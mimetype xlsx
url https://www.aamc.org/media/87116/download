--- v0 (2025-11-09)
+++ v1 (2025-11-29)
@@ -1,63 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/For Review/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="15" documentId="11_722512B08578E18268A9B31EE4D5ED22025FF9A6" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{80419E7B-CB48-4C9B-A9C5-D05720F8E679}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="11_40AD539607581BF5B86FB2ACE4D7D12A881EDD86" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3AEEBFC7-6931-4B7D-B94E-49EB20472136}"/>
   <bookViews>
-    <workbookView xWindow="-19380" yWindow="2145" windowWidth="17115" windowHeight="14655" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-25740" yWindow="3285" windowWidth="23280" windowHeight="13575" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FACTS Table B-12" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'FACTS Table B-12'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="217">
   <si>
     <t>Table B-12: First-Year, Research LOA, and Total MD-PhD Enrollment
 by U.S. MD-Granting Medical School, Academic Year 2025-2026</t>
   </si>
   <si>
     <t>The table below displays first-year, research-LOA, and total MD-PhD enrollment in 2025-2026 by U.S. MD-granting medical school. Please email datarequest@aamc.org if you need further assistance or additional inquiries.</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Medical School</t>
@@ -663,105 +662,53 @@
     <t>Washington State-Floyd</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>MC Wisconsin</t>
   </si>
   <si>
     <t>Wisconsin</t>
   </si>
   <si>
     <t>WV</t>
   </si>
   <si>
     <t>Marshall-Edwards</t>
   </si>
   <si>
     <t>West Virginia</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <r>
-      <t>First-Year</t>
-[...50 lines deleted...]
-    <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="10"/>
+        <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>First-year enrollment includes first-year students who are not on a research leave of absence. Most first-year students enrolled at programs that do not follow the traditional 2-4-2 model (the first 2 years of medical school, followed by 4 years of graduate school, and ending with the last 2 years of medical school) are accounted for in the research-LOA  enrollment counts.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -782,56 +729,108 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Total MD-PhD Enrollment includes all MD-PhD students enrolled as medical students, including students on a leave of absence.</t>
     </r>
   </si>
+  <si>
+    <r>
+      <t>First-Year</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF215967"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Research-LOA</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF215967"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Total MD-PhD
+Enrollment</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF215967"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -869,50 +868,58 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color rgb="FF215967"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF215967"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FF215967"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -1028,82 +1035,82 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>654704</xdr:colOff>
+      <xdr:colOff>643498</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>56029</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>312819</xdr:colOff>
+      <xdr:colOff>296851</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>278453</xdr:rowOff>
+      <xdr:rowOff>273691</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AAMC">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5058616" y="56029"/>
+          <a:off x="5047410" y="56029"/>
           <a:ext cx="684294" cy="217662"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1361,121 +1368,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E170"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="80" zoomScalePageLayoutView="90" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="80" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="7.59765625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="24.86328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="26.59765625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.3984375" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
     <col min="5" max="5" width="14.3984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
     </row>
     <row r="2" spans="1:5" ht="11.65" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="4"/>
     </row>
-    <row r="3" spans="1:5" ht="41.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="22" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="18"/>
       <c r="C3" s="19"/>
       <c r="D3" s="19"/>
       <c r="E3" s="19"/>
     </row>
     <row r="4" spans="1:5" ht="2.25" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="5" spans="1:5" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E5" s="8" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A6" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="10">
         <v>11</v>
       </c>
       <c r="D6" s="10">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E6" s="10">
         <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A7" s="11"/>
       <c r="B7" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="12">
         <v>0</v>
       </c>
       <c r="D7" s="12">
         <v>0</v>
       </c>
       <c r="E7" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A8" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="9" t="s">
@@ -1710,51 +1717,51 @@
       <c r="B23" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="12">
         <v>13</v>
       </c>
       <c r="D23" s="12">
         <v>45</v>
       </c>
       <c r="E23" s="12">
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A24" s="9"/>
       <c r="B24" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="10">
         <v>18</v>
       </c>
       <c r="D24" s="10">
         <v>59</v>
       </c>
       <c r="E24" s="10">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A25" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="12">
         <v>12</v>
       </c>
       <c r="D25" s="12">
         <v>43</v>
       </c>
       <c r="E25" s="12">
         <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A26" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>30</v>
@@ -2131,51 +2138,51 @@
       <c r="B50" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C50" s="10">
         <v>0</v>
       </c>
       <c r="D50" s="10">
         <v>12</v>
       </c>
       <c r="E50" s="10">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A51" s="11"/>
       <c r="B51" s="11" t="s">
         <v>61</v>
       </c>
       <c r="C51" s="12">
         <v>19</v>
       </c>
       <c r="D51" s="12">
         <v>66</v>
       </c>
       <c r="E51" s="12">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A52" s="9"/>
       <c r="B52" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C52" s="10">
         <v>0</v>
       </c>
       <c r="D52" s="10">
         <v>0</v>
       </c>
       <c r="E52" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A53" s="11"/>
       <c r="B53" s="11" t="s">
         <v>63</v>
       </c>
       <c r="C53" s="12">
         <v>0</v>
       </c>
@@ -2489,51 +2496,51 @@
       <c r="A73" s="11"/>
       <c r="B73" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C73" s="12">
         <v>0</v>
       </c>
       <c r="D73" s="12">
         <v>0</v>
       </c>
       <c r="E73" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A74" s="9" t="s">
         <v>91</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C74" s="10">
         <v>9</v>
       </c>
       <c r="D74" s="10">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E74" s="10">
         <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A75" s="11"/>
       <c r="B75" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C75" s="12">
         <v>8</v>
       </c>
       <c r="D75" s="12">
         <v>1</v>
       </c>
       <c r="E75" s="12">
         <v>77</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A76" s="9" t="s">
         <v>94</v>
       </c>
       <c r="B76" s="9" t="s">
@@ -2758,54 +2765,54 @@
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A90" s="9"/>
       <c r="B90" s="9" t="s">
         <v>115</v>
       </c>
       <c r="C90" s="10">
         <v>0</v>
       </c>
       <c r="D90" s="10">
         <v>0</v>
       </c>
       <c r="E90" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A91" s="11"/>
       <c r="B91" s="11" t="s">
         <v>116</v>
       </c>
       <c r="C91" s="12">
         <v>4</v>
       </c>
       <c r="D91" s="12">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E91" s="12">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A92" s="9"/>
       <c r="B92" s="9" t="s">
         <v>117</v>
       </c>
       <c r="C92" s="10">
         <v>6</v>
       </c>
       <c r="D92" s="10">
         <v>26</v>
       </c>
       <c r="E92" s="10">
         <v>46</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A93" s="11" t="s">
         <v>118</v>
       </c>
       <c r="B93" s="11" t="s">
         <v>119</v>
       </c>
       <c r="C93" s="12">
@@ -3279,57 +3286,57 @@
       <c r="E123" s="12">
         <v>59</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A124" s="9"/>
       <c r="B124" s="9" t="s">
         <v>156</v>
       </c>
       <c r="C124" s="10">
         <v>21</v>
       </c>
       <c r="D124" s="10">
         <v>133</v>
       </c>
       <c r="E124" s="10">
         <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A125" s="11"/>
       <c r="B125" s="11" t="s">
         <v>157</v>
       </c>
       <c r="C125" s="12">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D125" s="12">
         <v>62</v>
       </c>
       <c r="E125" s="12">
-        <v>107</v>
+        <v>117</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A126" s="9"/>
       <c r="B126" s="9" t="s">
         <v>158</v>
       </c>
       <c r="C126" s="10">
         <v>3</v>
       </c>
       <c r="D126" s="10">
         <v>12</v>
       </c>
       <c r="E126" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A127" s="11" t="s">
         <v>159</v>
       </c>
       <c r="B127" s="11" t="s">
         <v>160</v>
       </c>
       <c r="C127" s="12">
@@ -3827,51 +3834,51 @@
       </c>
       <c r="B159" s="11" t="s">
         <v>200</v>
       </c>
       <c r="C159" s="12">
         <v>0</v>
       </c>
       <c r="D159" s="12">
         <v>0</v>
       </c>
       <c r="E159" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A160" s="9" t="s">
         <v>201</v>
       </c>
       <c r="B160" s="9" t="s">
         <v>202</v>
       </c>
       <c r="C160" s="10">
         <v>6</v>
       </c>
       <c r="D160" s="10">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E160" s="10">
         <v>86</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A161" s="11"/>
       <c r="B161" s="11" t="s">
         <v>203</v>
       </c>
       <c r="C161" s="12">
         <v>0</v>
       </c>
       <c r="D161" s="12">
         <v>0</v>
       </c>
       <c r="E161" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A162" s="9" t="s">
         <v>204</v>
       </c>
       <c r="B162" s="9" t="s">
@@ -3918,125 +3925,145 @@
       <c r="E164" s="10">
         <v>8</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A165" s="11"/>
       <c r="B165" s="11" t="s">
         <v>209</v>
       </c>
       <c r="C165" s="12">
         <v>2</v>
       </c>
       <c r="D165" s="12">
         <v>15</v>
       </c>
       <c r="E165" s="12">
         <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A166" s="13" t="s">
         <v>210</v>
       </c>
       <c r="B166" s="13"/>
       <c r="C166" s="14">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="D166" s="14">
-        <v>2990</v>
+        <v>2982</v>
       </c>
       <c r="E166" s="14">
-        <v>6156</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:5" s="2" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.45">
+        <v>6163</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" s="2" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A167" s="20" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B167" s="21"/>
       <c r="C167" s="21"/>
       <c r="D167" s="21"/>
       <c r="E167" s="21"/>
     </row>
-    <row r="168" spans="1:5" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="168" spans="1:5" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A168" s="15" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B168" s="16"/>
       <c r="C168" s="16"/>
       <c r="D168" s="16"/>
       <c r="E168" s="16"/>
     </row>
-    <row r="169" spans="1:5" s="2" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="169" spans="1:5" s="2" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A169" s="15" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B169" s="16"/>
       <c r="C169" s="16"/>
       <c r="D169" s="16"/>
       <c r="E169" s="16"/>
     </row>
     <row r="170" spans="1:5" s="2" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A170" s="3"/>
       <c r="B170" s="3"/>
       <c r="C170" s="3"/>
       <c r="D170" s="3"/>
       <c r="E170" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A169:E169"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A168:E168"/>
     <mergeCell ref="A167:E167"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="85" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="85" orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8 Source: AAMC &amp;D&amp;R&amp;8 ©2025 Association of American Medical Colleges.
 This data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0c498ad708a7917d0bef762c086428f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c320ed5c022c0d73a6f201994db37a8f" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4241,104 +4268,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1917B578-766B-48B2-BF88-2DF504F3551E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
+    <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{963CEB77-FB15-4A1D-81C6-F65FC744E106}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C14F7925-33BA-483E-8E49-3013C3D65B38}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B03C9D0-50F3-489E-AC85-B40675FB66F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>