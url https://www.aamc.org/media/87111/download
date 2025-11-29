--- v0 (2025-11-09)
+++ v1 (2025-11-29)
@@ -1,63 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/For Review/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="11_44EEAE00FC30802826BD31173CD7CB1A857ADB1D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{36F69BB0-B369-4FA4-89A2-7AD66BD3702A}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="11_A066EC0F0A30A4BEEF21937FBC16D4E8881C37FD" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1D4E30D8-831B-4FC2-90B2-23AB67F5C665}"/>
   <bookViews>
-    <workbookView xWindow="-23280" yWindow="2115" windowWidth="22485" windowHeight="14655" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28230" yWindow="2865" windowWidth="23280" windowHeight="13575" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FACTS Table B-11.2" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'FACTS Table B-11.2'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="884" uniqueCount="222">
   <si>
     <t>Table B-11.2: Total MD-PhD Enrollment by U.S. MD-Granting Medical School and Gender, Academic Year 2021-2022 through 2025-2026</t>
   </si>
   <si>
     <t>The table below displays the number of enrolled MD-PhD students from 2021-2022 through 2025-2026 by U.S. MD-granting medical school and gender. Enrollment includes the number of MD-PhD students in medical school, including students on a leave of absence, on October 31 of each year shown. Enrollment does not include students with graduated, dismissed, withdrawn, deceased, never enrolled, completed fifth pathway, did not complete fifth pathway, or degree revoked statuses.  Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</t>
   </si>
   <si>
     <t>MD-PhD Enrollment</t>
   </si>
   <si>
     <t>2021-2022</t>
   </si>
@@ -1331,51 +1330,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q169"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="6.1328125" style="1" customWidth="1"/>
     <col min="2" max="2" width="31.86328125" style="1" customWidth="1"/>
     <col min="3" max="17" width="11.3984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="19"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
@@ -2442,81 +2441,81 @@
       <c r="P25" s="13">
         <v>48</v>
       </c>
       <c r="Q25" s="13">
         <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:17" s="2" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A26" s="10"/>
       <c r="B26" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="11">
         <v>74</v>
       </c>
       <c r="D26" s="11">
         <v>41</v>
       </c>
       <c r="E26" s="11">
         <v>115</v>
       </c>
       <c r="F26" s="11">
         <v>74</v>
       </c>
       <c r="G26" s="11">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H26" s="11">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="I26" s="11">
         <v>68</v>
       </c>
       <c r="J26" s="11">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K26" s="11">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="L26" s="11">
         <v>69</v>
       </c>
       <c r="M26" s="11">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N26" s="11">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O26" s="11">
         <v>71</v>
       </c>
       <c r="P26" s="11">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q26" s="11">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="27" spans="1:17" s="2" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A27" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="13">
         <v>45</v>
       </c>
       <c r="D27" s="13">
         <v>41</v>
       </c>
       <c r="E27" s="13">
         <v>86</v>
       </c>
       <c r="F27" s="13">
         <v>46</v>
       </c>
       <c r="G27" s="13">
         <v>43</v>
       </c>
       <c r="H27" s="13">
@@ -3841,75 +3840,75 @@
     </row>
     <row r="53" spans="1:17" s="2" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A53" s="12"/>
       <c r="B53" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C53" s="13">
         <v>68</v>
       </c>
       <c r="D53" s="13">
         <v>56</v>
       </c>
       <c r="E53" s="13">
         <v>124</v>
       </c>
       <c r="F53" s="13">
         <v>67</v>
       </c>
       <c r="G53" s="13">
         <v>59</v>
       </c>
       <c r="H53" s="13">
         <v>126</v>
       </c>
       <c r="I53" s="13">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J53" s="13">
         <v>58</v>
       </c>
       <c r="K53" s="13">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L53" s="13">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="M53" s="13">
         <v>62</v>
       </c>
       <c r="N53" s="13">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O53" s="13">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="P53" s="13">
         <v>65</v>
       </c>
       <c r="Q53" s="13">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:17" s="2" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A54" s="10"/>
       <c r="B54" s="10" t="s">
         <v>72</v>
       </c>
       <c r="C54" s="11" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="11" t="s">
         <v>16</v>
       </c>
       <c r="E54" s="11" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="11" t="s">
         <v>16</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="11" t="s">
         <v>16</v>
       </c>
@@ -5914,72 +5913,72 @@
       <c r="B93" s="12" t="s">
         <v>126</v>
       </c>
       <c r="C93" s="13">
         <v>22</v>
       </c>
       <c r="D93" s="13">
         <v>12</v>
       </c>
       <c r="E93" s="13">
         <v>34</v>
       </c>
       <c r="F93" s="13">
         <v>18</v>
       </c>
       <c r="G93" s="13">
         <v>13</v>
       </c>
       <c r="H93" s="13">
         <v>31</v>
       </c>
       <c r="I93" s="13">
         <v>19</v>
       </c>
       <c r="J93" s="13">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K93" s="13">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L93" s="13">
         <v>18</v>
       </c>
       <c r="M93" s="13">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N93" s="13">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="O93" s="13">
         <v>18</v>
       </c>
       <c r="P93" s="13">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="Q93" s="13">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="94" spans="1:17" s="2" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A94" s="10"/>
       <c r="B94" s="10" t="s">
         <v>127</v>
       </c>
       <c r="C94" s="11">
         <v>20</v>
       </c>
       <c r="D94" s="11">
         <v>27</v>
       </c>
       <c r="E94" s="11">
         <v>47</v>
       </c>
       <c r="F94" s="11">
         <v>18</v>
       </c>
       <c r="G94" s="11">
         <v>28</v>
       </c>
       <c r="H94" s="11">
         <v>46</v>
       </c>
@@ -7677,57 +7676,57 @@
       <c r="G127" s="13">
         <v>58</v>
       </c>
       <c r="H127" s="13">
         <v>112</v>
       </c>
       <c r="I127" s="13">
         <v>57</v>
       </c>
       <c r="J127" s="13">
         <v>56</v>
       </c>
       <c r="K127" s="13">
         <v>113</v>
       </c>
       <c r="L127" s="13">
         <v>56</v>
       </c>
       <c r="M127" s="13">
         <v>59</v>
       </c>
       <c r="N127" s="13">
         <v>115</v>
       </c>
       <c r="O127" s="13">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="P127" s="13">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="Q127" s="13">
-        <v>107</v>
+        <v>117</v>
       </c>
     </row>
     <row r="128" spans="1:17" s="2" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A128" s="10"/>
       <c r="B128" s="10" t="s">
         <v>168</v>
       </c>
       <c r="C128" s="11">
         <v>12</v>
       </c>
       <c r="D128" s="11">
         <v>12</v>
       </c>
       <c r="E128" s="11">
         <v>24</v>
       </c>
       <c r="F128" s="11">
         <v>6</v>
       </c>
       <c r="G128" s="11">
         <v>12</v>
       </c>
       <c r="H128" s="11">
         <v>18</v>
       </c>
@@ -9768,151 +9767,160 @@
       <c r="P167" s="13">
         <v>9</v>
       </c>
       <c r="Q167" s="13">
         <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A168" s="14" t="s">
         <v>220</v>
       </c>
       <c r="B168" s="14"/>
       <c r="C168" s="15">
         <v>3273</v>
       </c>
       <c r="D168" s="15">
         <v>2679</v>
       </c>
       <c r="E168" s="15">
         <v>5952</v>
       </c>
       <c r="F168" s="15">
         <v>3201</v>
       </c>
       <c r="G168" s="15">
-        <v>2811</v>
+        <v>2810</v>
       </c>
       <c r="H168" s="15">
-        <v>6012</v>
+        <v>6011</v>
       </c>
       <c r="I168" s="15">
-        <v>3140</v>
+        <v>3139</v>
       </c>
       <c r="J168" s="15">
-        <v>2902</v>
+        <v>2900</v>
       </c>
       <c r="K168" s="15">
-        <v>6048</v>
+        <v>6045</v>
       </c>
       <c r="L168" s="15">
-        <v>3133</v>
+        <v>3132</v>
       </c>
       <c r="M168" s="15">
-        <v>3014</v>
+        <v>3012</v>
       </c>
       <c r="N168" s="15">
-        <v>6162</v>
+        <v>6159</v>
       </c>
       <c r="O168" s="15">
-        <v>3066</v>
+        <v>3069</v>
       </c>
       <c r="P168" s="15">
-        <v>3066</v>
+        <v>3070</v>
       </c>
       <c r="Q168" s="15">
-        <v>6156</v>
+        <v>6163</v>
       </c>
     </row>
     <row r="169" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A169" s="16" t="s">
         <v>221</v>
       </c>
       <c r="B169" s="17"/>
       <c r="C169" s="17"/>
       <c r="D169" s="17"/>
       <c r="E169" s="17"/>
       <c r="F169" s="17"/>
       <c r="G169" s="17"/>
       <c r="H169" s="17"/>
       <c r="I169" s="17"/>
       <c r="J169" s="17"/>
       <c r="K169" s="17"/>
       <c r="L169" s="17"/>
       <c r="M169" s="17"/>
       <c r="N169" s="17"/>
       <c r="O169" s="17"/>
       <c r="P169" s="17"/>
       <c r="Q169" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A169:Q169"/>
     <mergeCell ref="A1:Q1"/>
     <mergeCell ref="O5:Q5"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="A3:Q3"/>
     <mergeCell ref="I5:K5"/>
     <mergeCell ref="L5:N5"/>
     <mergeCell ref="A5:B6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="60" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="60" orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8 Source: AAMC &amp;D&amp;R&amp;8 ©2025 Association of American Medical Colleges.
 May be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0c498ad708a7917d0bef762c086428f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c320ed5c022c0d73a6f201994db37a8f" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -10117,93 +10125,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{450FBF0B-4FD1-4873-9ED9-6416FED03345}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A5E57A1-88B6-498D-B855-54D216271E21}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60A09817-D4C1-41BC-8908-51CA497EFD89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC7AA44B-9DE2-4DF7-A2C2-033F337A213B}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3201D082-43D3-4751-BE98-926A3018DB78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>