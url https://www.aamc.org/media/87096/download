--- v0 (2025-11-09)
+++ v1 (2025-11-29)
@@ -1,93 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/For Review/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="16" documentId="11_12402F96284D7CA65B479879CC50FB520F86B03D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A57CC1A8-C993-4A56-BBEA-3D451B0D9F56}"/>
+  <xr:revisionPtr revIDLastSave="9" documentId="11_04C8EF9950CDC4C0B99B539BC413D4708BAE0C31" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1EF1AD42-1EC5-473C-A163-B1DCA7A4775E}"/>
   <bookViews>
-    <workbookView xWindow="-26625" yWindow="2355" windowWidth="25185" windowHeight="14655" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28020" yWindow="2145" windowWidth="25710" windowHeight="14610" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FACTS Table B-9" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'FACTS Table B-9'!$1:$7</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="81">
   <si>
     <t>Table B-9: MD-PhD Matriculants to U.S. MD-Granting Medical Schools by Race/Ethnicity (Alone) and State of Legal Residence, Academic Year 2025-2026</t>
   </si>
   <si>
+    <t>The table below displays the self-identified racial and ethnic characteristics of MD-PhD matriculants to U.S. medical schools in 2025-2026. The Multiple Race/Ethnicity category includes those who selected more than one race/ethnicity response. Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</t>
+  </si>
+  <si>
     <t>MD-PhD Matriculants 
 by State of Legal Residence</t>
   </si>
   <si>
     <t>MD-PhD Matriculants (Regardless of Citizenship and Permanent Residency Status)</t>
   </si>
   <si>
     <t>Total U.S. Citizen and Permanent Resident</t>
   </si>
   <si>
     <t>Total Non-U.S. Citizen and Non-Permanent Resident</t>
   </si>
   <si>
     <t>Total 
 MD-PhD
 Matriculants</t>
   </si>
   <si>
     <t>American Indian 
 or Alaska Native</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
@@ -288,53 +277,50 @@
   <si>
     <t>Utah</t>
   </si>
   <si>
     <t>Washington</t>
   </si>
   <si>
     <t>Wyoming</t>
   </si>
   <si>
     <t>Legal Residence is Not in the U.S.</t>
   </si>
   <si>
     <t xml:space="preserve">Total MD-PhD Matriculants                     </t>
   </si>
   <si>
     <t>U.S. Territories and Possessions</t>
   </si>
   <si>
     <t>Legal Residence is Unknown</t>
   </si>
   <si>
     <t>Notes: In 2025-2026, the methodology for acquiring race/ethnicity information was updated. The category of Middle Eastern or North African and the related sub-categories were added. Additionally, sub-categories were modified under the Black or African American, Hispanic or Latino, and Native Hawaiian or Pacific Islander categories. Sub-categories were also added under the White category. Matriculants could select multiple response options.
 Prior to the 2025 publication of the FACTS Tables, tables containing race/ethnicity data only displayed race/ethnicity information for U.S. citizens and permanent residents. These displays grouped all non-U.S. citizens and non-permanent residents into a separate category called “Non-U.S. Citizen and Non-Permanent Resident”. Starting with the 2025 FACTS Tables, race/ethnicity information is shown for all individuals who provided that information, regardless of citizenship and residency. 
 Each academic year includes applicants and matriculants who applied to enter medical school in the fall of the given year. For example, academic year 2025-2026 represents the applicants and matriculants who applied to enter medical school during the fall of 2025.</t>
-  </si>
-[...1 lines deleted...]
-    <t>The table below displays the self-identified racial and ethnic characteristics of MD-PhD matriculants to U.S. medical schools in 2025-2026. "Alone" indicates those students who selected only one race/ethnicity category. The Multiple Race or Ethnicity category includes those who selected more than one race/ethnicity response. Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="8" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -537,51 +523,51 @@
       <left/>
       <right/>
       <top style="thin">
         <color theme="8" tint="0.59996337778862885"/>
       </top>
       <bottom style="thin">
         <color theme="8" tint="0.59996337778862885"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="8" tint="0.59996337778862885"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="8" tint="0.59996337778862885"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -597,85 +583,86 @@
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="11" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
@@ -995,3041 +982,3041 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O73"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="G56" sqref="G56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="10.73046875" style="4" customWidth="1"/>
     <col min="2" max="2" width="27.3984375" style="4" customWidth="1"/>
     <col min="3" max="3" width="14.265625" style="4" customWidth="1"/>
     <col min="4" max="4" width="9.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.59765625" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.73046875" style="1" customWidth="1"/>
     <col min="7" max="7" width="19.59765625" style="1" customWidth="1"/>
     <col min="8" max="8" width="18.19921875" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.59765625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="12" width="14.265625" style="1" customWidth="1"/>
     <col min="13" max="13" width="15.265625" style="1" customWidth="1"/>
     <col min="14" max="14" width="17.265625" style="1" customWidth="1"/>
     <col min="15" max="15" width="11.33203125" style="1" customWidth="1"/>
     <col min="16" max="16" width="9.1328125" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9.1328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="30" t="s">
-[...15 lines deleted...]
-      <c r="O1" s="31"/>
+      <c r="A1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="37"/>
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+      <c r="E1" s="37"/>
+      <c r="F1" s="37"/>
+      <c r="G1" s="37"/>
+      <c r="H1" s="37"/>
+      <c r="I1" s="37"/>
+      <c r="J1" s="37"/>
+      <c r="K1" s="37"/>
+      <c r="L1" s="37"/>
+      <c r="M1" s="37"/>
+      <c r="N1" s="37"/>
+      <c r="O1" s="37"/>
     </row>
     <row r="2" spans="1:15" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="6"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
     </row>
     <row r="3" spans="1:15" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="36" t="s">
-[...15 lines deleted...]
-      <c r="O3" s="31"/>
+      <c r="A3" s="40" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="37"/>
+      <c r="C3" s="37"/>
+      <c r="D3" s="37"/>
+      <c r="E3" s="37"/>
+      <c r="F3" s="37"/>
+      <c r="G3" s="37"/>
+      <c r="H3" s="37"/>
+      <c r="I3" s="37"/>
+      <c r="J3" s="37"/>
+      <c r="K3" s="37"/>
+      <c r="L3" s="37"/>
+      <c r="M3" s="37"/>
+      <c r="N3" s="37"/>
+      <c r="O3" s="37"/>
     </row>
     <row r="4" spans="1:15" ht="2.25" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="5" spans="1:15" ht="17.350000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A5" s="32" t="s">
-[...15 lines deleted...]
-      <c r="M5" s="37" t="s">
+      <c r="A5" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="38"/>
+      <c r="C5" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="N5" s="37" t="s">
+      <c r="D5" s="28"/>
+      <c r="E5" s="28"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="28"/>
+      <c r="J5" s="28"/>
+      <c r="K5" s="28"/>
+      <c r="L5" s="29"/>
+      <c r="M5" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="O5" s="37" t="s">
+      <c r="N5" s="30" t="s">
         <v>5</v>
       </c>
+      <c r="O5" s="30" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="6" spans="1:15" s="4" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A6" s="34"/>
-      <c r="B6" s="35"/>
+      <c r="A6" s="31"/>
+      <c r="B6" s="39"/>
       <c r="C6" s="8" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D6" s="9" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E6" s="8" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F6" s="8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G6" s="8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I6" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J6" s="8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L6" s="8" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      <c r="O6" s="34"/>
+        <v>16</v>
+      </c>
+      <c r="M6" s="31"/>
+      <c r="N6" s="31"/>
+      <c r="O6" s="31"/>
     </row>
     <row r="7" spans="1:15" s="4" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A7" s="10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" s="10"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="13"/>
       <c r="G7" s="13"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="13"/>
       <c r="L7" s="13"/>
       <c r="M7" s="12"/>
       <c r="N7" s="12"/>
       <c r="O7" s="14"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A8" s="15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" s="15" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" s="16">
         <v>0</v>
       </c>
       <c r="D8" s="17">
         <v>1</v>
       </c>
       <c r="E8" s="17">
         <v>2</v>
       </c>
       <c r="F8" s="17">
         <v>0</v>
       </c>
       <c r="G8" s="17">
         <v>2</v>
       </c>
       <c r="H8" s="17">
         <v>0</v>
       </c>
       <c r="I8" s="17">
         <v>5</v>
       </c>
       <c r="J8" s="17">
         <v>0</v>
       </c>
       <c r="K8" s="17">
         <v>4</v>
       </c>
       <c r="L8" s="17">
         <v>1</v>
       </c>
       <c r="M8" s="17">
         <v>15</v>
       </c>
       <c r="N8" s="17">
         <v>0</v>
       </c>
       <c r="O8" s="17">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A9" s="15"/>
       <c r="B9" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9" s="19">
         <v>0</v>
       </c>
       <c r="D9" s="19">
         <v>1</v>
       </c>
       <c r="E9" s="19">
         <v>0</v>
       </c>
       <c r="F9" s="19">
         <v>0</v>
       </c>
       <c r="G9" s="19">
         <v>0</v>
       </c>
       <c r="H9" s="19">
         <v>0</v>
       </c>
       <c r="I9" s="19">
         <v>0</v>
       </c>
       <c r="J9" s="19">
         <v>0</v>
       </c>
       <c r="K9" s="19">
         <v>0</v>
       </c>
       <c r="L9" s="19">
         <v>0</v>
       </c>
       <c r="M9" s="19">
         <v>1</v>
       </c>
       <c r="N9" s="19">
         <v>0</v>
       </c>
       <c r="O9" s="19">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A10" s="15"/>
       <c r="B10" s="15" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C10" s="16">
         <v>0</v>
       </c>
       <c r="D10" s="16">
         <v>0</v>
       </c>
       <c r="E10" s="16">
         <v>0</v>
       </c>
       <c r="F10" s="16">
         <v>0</v>
       </c>
       <c r="G10" s="16">
         <v>0</v>
       </c>
       <c r="H10" s="16">
         <v>0</v>
       </c>
       <c r="I10" s="16">
         <v>2</v>
       </c>
       <c r="J10" s="16">
         <v>0</v>
       </c>
       <c r="K10" s="16">
         <v>0</v>
       </c>
       <c r="L10" s="16">
         <v>0</v>
       </c>
       <c r="M10" s="16">
         <v>2</v>
       </c>
       <c r="N10" s="16">
         <v>0</v>
       </c>
       <c r="O10" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A11" s="15"/>
       <c r="B11" s="18" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C11" s="19">
         <v>0</v>
       </c>
       <c r="D11" s="19">
         <v>0</v>
       </c>
       <c r="E11" s="19">
         <v>0</v>
       </c>
       <c r="F11" s="19">
         <v>0</v>
       </c>
       <c r="G11" s="19">
         <v>0</v>
       </c>
       <c r="H11" s="19">
         <v>0</v>
       </c>
       <c r="I11" s="19">
         <v>0</v>
       </c>
       <c r="J11" s="19">
         <v>0</v>
       </c>
       <c r="K11" s="19">
         <v>0</v>
       </c>
       <c r="L11" s="19">
         <v>0</v>
       </c>
       <c r="M11" s="19">
         <v>0</v>
       </c>
       <c r="N11" s="19">
         <v>0</v>
       </c>
       <c r="O11" s="19">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A12" s="15"/>
       <c r="B12" s="15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C12" s="16">
         <v>0</v>
       </c>
       <c r="D12" s="16">
         <v>19</v>
       </c>
       <c r="E12" s="16">
         <v>8</v>
       </c>
       <c r="F12" s="16">
         <v>3</v>
       </c>
       <c r="G12" s="16">
         <v>2</v>
       </c>
       <c r="H12" s="16">
         <v>0</v>
       </c>
       <c r="I12" s="16">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J12" s="16">
         <v>0</v>
       </c>
       <c r="K12" s="16">
         <v>5</v>
       </c>
       <c r="L12" s="16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M12" s="16">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="N12" s="16">
         <v>5</v>
       </c>
       <c r="O12" s="16">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A13" s="15"/>
       <c r="B13" s="18" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C13" s="19">
         <v>0</v>
       </c>
       <c r="D13" s="19">
         <v>19</v>
       </c>
       <c r="E13" s="19">
         <v>2</v>
       </c>
       <c r="F13" s="19">
         <v>2</v>
       </c>
       <c r="G13" s="19">
         <v>0</v>
       </c>
       <c r="H13" s="19">
         <v>0</v>
       </c>
       <c r="I13" s="19">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J13" s="19">
         <v>0</v>
       </c>
       <c r="K13" s="19">
         <v>9</v>
       </c>
       <c r="L13" s="19">
         <v>1</v>
       </c>
       <c r="M13" s="19">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N13" s="19">
         <v>3</v>
       </c>
       <c r="O13" s="19">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A14" s="15"/>
       <c r="B14" s="15" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C14" s="16">
         <v>0</v>
       </c>
       <c r="D14" s="16">
         <v>2</v>
       </c>
       <c r="E14" s="16">
         <v>0</v>
       </c>
       <c r="F14" s="16">
         <v>0</v>
       </c>
       <c r="G14" s="16">
         <v>0</v>
       </c>
       <c r="H14" s="16">
         <v>0</v>
       </c>
       <c r="I14" s="16">
         <v>0</v>
       </c>
       <c r="J14" s="16">
         <v>0</v>
       </c>
       <c r="K14" s="16">
         <v>0</v>
       </c>
       <c r="L14" s="16">
         <v>0</v>
       </c>
       <c r="M14" s="16">
         <v>1</v>
       </c>
       <c r="N14" s="16">
         <v>1</v>
       </c>
       <c r="O14" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A15" s="15"/>
       <c r="B15" s="18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C15" s="19">
         <v>0</v>
       </c>
       <c r="D15" s="19">
         <v>8</v>
       </c>
       <c r="E15" s="19">
         <v>2</v>
       </c>
       <c r="F15" s="19">
         <v>2</v>
       </c>
       <c r="G15" s="19">
         <v>0</v>
       </c>
       <c r="H15" s="19">
         <v>0</v>
       </c>
       <c r="I15" s="19">
         <v>9</v>
       </c>
       <c r="J15" s="19">
         <v>0</v>
       </c>
       <c r="K15" s="19">
         <v>3</v>
       </c>
       <c r="L15" s="19">
         <v>1</v>
       </c>
       <c r="M15" s="19">
         <v>25</v>
       </c>
       <c r="N15" s="19">
         <v>0</v>
       </c>
       <c r="O15" s="19">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A16" s="15"/>
       <c r="B16" s="15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C16" s="16">
         <v>0</v>
       </c>
       <c r="D16" s="16">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E16" s="16">
         <v>4</v>
       </c>
       <c r="F16" s="16">
         <v>3</v>
       </c>
       <c r="G16" s="16">
         <v>3</v>
       </c>
       <c r="H16" s="16">
         <v>0</v>
       </c>
       <c r="I16" s="16">
         <v>13</v>
       </c>
       <c r="J16" s="16">
         <v>0</v>
       </c>
       <c r="K16" s="16">
         <v>9</v>
       </c>
       <c r="L16" s="16">
         <v>3</v>
       </c>
       <c r="M16" s="16">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="N16" s="16">
         <v>0</v>
       </c>
       <c r="O16" s="16">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A17" s="15"/>
       <c r="B17" s="18" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C17" s="19">
         <v>0</v>
       </c>
       <c r="D17" s="19">
         <v>11</v>
       </c>
       <c r="E17" s="19">
         <v>3</v>
       </c>
       <c r="F17" s="19">
         <v>1</v>
       </c>
       <c r="G17" s="19">
         <v>0</v>
       </c>
       <c r="H17" s="19">
         <v>0</v>
       </c>
       <c r="I17" s="19">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J17" s="19">
         <v>0</v>
       </c>
       <c r="K17" s="19">
         <v>1</v>
       </c>
       <c r="L17" s="19">
         <v>1</v>
       </c>
       <c r="M17" s="19">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N17" s="19">
         <v>3</v>
       </c>
       <c r="O17" s="19">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A18" s="15"/>
       <c r="B18" s="15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C18" s="16">
         <v>0</v>
       </c>
       <c r="D18" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E18" s="16">
         <v>0</v>
       </c>
       <c r="F18" s="16">
         <v>0</v>
       </c>
       <c r="G18" s="16">
         <v>0</v>
       </c>
       <c r="H18" s="16">
         <v>0</v>
       </c>
       <c r="I18" s="16">
         <v>0</v>
       </c>
       <c r="J18" s="16">
         <v>0</v>
       </c>
       <c r="K18" s="16">
         <v>1</v>
       </c>
       <c r="L18" s="16">
         <v>0</v>
       </c>
       <c r="M18" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N18" s="16">
         <v>0</v>
       </c>
       <c r="O18" s="16">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A19" s="15"/>
       <c r="B19" s="18" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C19" s="19">
         <v>0</v>
       </c>
       <c r="D19" s="19">
         <v>0</v>
       </c>
       <c r="E19" s="19">
         <v>0</v>
       </c>
       <c r="F19" s="19">
         <v>0</v>
       </c>
       <c r="G19" s="19">
         <v>0</v>
       </c>
       <c r="H19" s="19">
         <v>0</v>
       </c>
       <c r="I19" s="19">
         <v>0</v>
       </c>
       <c r="J19" s="19">
         <v>0</v>
       </c>
       <c r="K19" s="19">
         <v>0</v>
       </c>
       <c r="L19" s="19">
         <v>0</v>
       </c>
       <c r="M19" s="19">
         <v>0</v>
       </c>
       <c r="N19" s="19">
         <v>0</v>
       </c>
       <c r="O19" s="19">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A20" s="15"/>
       <c r="B20" s="15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C20" s="16">
         <v>0</v>
       </c>
       <c r="D20" s="16">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="E20" s="16">
         <v>21</v>
       </c>
       <c r="F20" s="16">
         <v>11</v>
       </c>
       <c r="G20" s="16">
         <v>7</v>
       </c>
       <c r="H20" s="16">
         <v>0</v>
       </c>
       <c r="I20" s="16">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="J20" s="16">
         <v>0</v>
       </c>
       <c r="K20" s="16">
         <v>32</v>
       </c>
       <c r="L20" s="16">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M20" s="16">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="N20" s="16">
         <v>12</v>
       </c>
       <c r="O20" s="16">
-        <v>225</v>
+        <v>232</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A21" s="15"/>
       <c r="B21" s="18"/>
       <c r="C21" s="19"/>
       <c r="D21" s="19"/>
       <c r="E21" s="19"/>
       <c r="F21" s="19"/>
       <c r="G21" s="19"/>
       <c r="H21" s="19"/>
       <c r="I21" s="19"/>
       <c r="J21" s="19"/>
       <c r="K21" s="19"/>
       <c r="L21" s="19"/>
       <c r="M21" s="19"/>
       <c r="N21" s="19"/>
       <c r="O21" s="19"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A22" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B22" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C22" s="16">
         <v>0</v>
       </c>
       <c r="D22" s="16">
         <v>6</v>
       </c>
       <c r="E22" s="16">
         <v>0</v>
       </c>
       <c r="F22" s="16">
         <v>2</v>
       </c>
       <c r="G22" s="16">
         <v>2</v>
       </c>
       <c r="H22" s="16">
         <v>0</v>
       </c>
       <c r="I22" s="16">
         <v>16</v>
       </c>
       <c r="J22" s="16">
         <v>0</v>
       </c>
       <c r="K22" s="16">
         <v>3</v>
       </c>
       <c r="L22" s="16">
         <v>3</v>
       </c>
       <c r="M22" s="16">
         <v>32</v>
       </c>
       <c r="N22" s="16">
         <v>0</v>
       </c>
       <c r="O22" s="16">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A23" s="15"/>
       <c r="B23" s="18" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C23" s="19">
         <v>0</v>
       </c>
       <c r="D23" s="19">
         <v>2</v>
       </c>
       <c r="E23" s="19">
         <v>1</v>
       </c>
       <c r="F23" s="19">
         <v>0</v>
       </c>
       <c r="G23" s="19">
         <v>0</v>
       </c>
       <c r="H23" s="19">
         <v>0</v>
       </c>
       <c r="I23" s="19">
         <v>6</v>
       </c>
       <c r="J23" s="19">
         <v>0</v>
       </c>
       <c r="K23" s="19">
         <v>1</v>
       </c>
       <c r="L23" s="19">
         <v>1</v>
       </c>
       <c r="M23" s="19">
         <v>11</v>
       </c>
       <c r="N23" s="19">
         <v>0</v>
       </c>
       <c r="O23" s="19">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A24" s="15"/>
       <c r="B24" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C24" s="16">
         <v>0</v>
       </c>
       <c r="D24" s="16">
         <v>0</v>
       </c>
       <c r="E24" s="16">
         <v>0</v>
       </c>
       <c r="F24" s="16">
         <v>1</v>
       </c>
       <c r="G24" s="16">
         <v>0</v>
       </c>
       <c r="H24" s="16">
         <v>0</v>
       </c>
       <c r="I24" s="16">
         <v>3</v>
       </c>
       <c r="J24" s="16">
         <v>0</v>
       </c>
       <c r="K24" s="16">
         <v>1</v>
       </c>
       <c r="L24" s="16">
         <v>1</v>
       </c>
       <c r="M24" s="16">
         <v>6</v>
       </c>
       <c r="N24" s="16">
         <v>0</v>
       </c>
       <c r="O24" s="16">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A25" s="15"/>
       <c r="B25" s="18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C25" s="19">
         <v>0</v>
       </c>
       <c r="D25" s="19">
         <v>0</v>
       </c>
       <c r="E25" s="19">
         <v>0</v>
       </c>
       <c r="F25" s="19">
         <v>0</v>
       </c>
       <c r="G25" s="19">
         <v>0</v>
       </c>
       <c r="H25" s="19">
         <v>0</v>
       </c>
       <c r="I25" s="19">
         <v>6</v>
       </c>
       <c r="J25" s="19">
         <v>0</v>
       </c>
       <c r="K25" s="19">
         <v>0</v>
       </c>
       <c r="L25" s="19">
         <v>0</v>
       </c>
       <c r="M25" s="19">
         <v>6</v>
       </c>
       <c r="N25" s="19">
         <v>0</v>
       </c>
       <c r="O25" s="19">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A26" s="15"/>
       <c r="B26" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C26" s="16">
         <v>0</v>
       </c>
       <c r="D26" s="16">
         <v>4</v>
       </c>
       <c r="E26" s="16">
         <v>0</v>
       </c>
       <c r="F26" s="16">
         <v>0</v>
       </c>
       <c r="G26" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H26" s="16">
         <v>0</v>
       </c>
       <c r="I26" s="16">
         <v>8</v>
       </c>
       <c r="J26" s="16">
         <v>0</v>
       </c>
       <c r="K26" s="16">
         <v>3</v>
       </c>
       <c r="L26" s="16">
         <v>3</v>
       </c>
       <c r="M26" s="16">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N26" s="16">
         <v>1</v>
       </c>
       <c r="O26" s="16">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A27" s="15"/>
       <c r="B27" s="18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C27" s="19">
         <v>0</v>
       </c>
       <c r="D27" s="19">
         <v>1</v>
       </c>
       <c r="E27" s="19">
         <v>1</v>
       </c>
       <c r="F27" s="19">
         <v>0</v>
       </c>
       <c r="G27" s="19">
         <v>0</v>
       </c>
       <c r="H27" s="19">
         <v>0</v>
       </c>
       <c r="I27" s="19">
         <v>5</v>
       </c>
       <c r="J27" s="19">
         <v>0</v>
       </c>
       <c r="K27" s="19">
         <v>0</v>
       </c>
       <c r="L27" s="19">
         <v>0</v>
       </c>
       <c r="M27" s="19">
         <v>7</v>
       </c>
       <c r="N27" s="19">
         <v>0</v>
       </c>
       <c r="O27" s="19">
         <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A28" s="15"/>
       <c r="B28" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C28" s="16">
         <v>0</v>
       </c>
       <c r="D28" s="16">
         <v>5</v>
       </c>
       <c r="E28" s="16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F28" s="16">
         <v>1</v>
       </c>
       <c r="G28" s="16">
         <v>1</v>
       </c>
       <c r="H28" s="16">
         <v>0</v>
       </c>
       <c r="I28" s="16">
         <v>5</v>
       </c>
       <c r="J28" s="16">
         <v>0</v>
       </c>
       <c r="K28" s="16">
         <v>1</v>
       </c>
       <c r="L28" s="16">
         <v>1</v>
       </c>
       <c r="M28" s="16">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="N28" s="16">
         <v>2</v>
       </c>
       <c r="O28" s="16">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A29" s="15"/>
       <c r="B29" s="18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C29" s="19">
         <v>0</v>
       </c>
       <c r="D29" s="19">
         <v>1</v>
       </c>
       <c r="E29" s="19">
         <v>0</v>
       </c>
       <c r="F29" s="19">
         <v>0</v>
       </c>
       <c r="G29" s="19">
         <v>0</v>
       </c>
       <c r="H29" s="19">
         <v>0</v>
       </c>
       <c r="I29" s="19">
         <v>1</v>
       </c>
       <c r="J29" s="19">
         <v>0</v>
       </c>
       <c r="K29" s="19">
         <v>0</v>
       </c>
       <c r="L29" s="19">
         <v>1</v>
       </c>
       <c r="M29" s="19">
         <v>3</v>
       </c>
       <c r="N29" s="19">
         <v>0</v>
       </c>
       <c r="O29" s="19">
         <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A30" s="15"/>
       <c r="B30" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C30" s="16">
         <v>0</v>
       </c>
       <c r="D30" s="16">
         <v>0</v>
       </c>
       <c r="E30" s="16">
         <v>0</v>
       </c>
       <c r="F30" s="16">
         <v>0</v>
       </c>
       <c r="G30" s="16">
         <v>0</v>
       </c>
       <c r="H30" s="16">
         <v>0</v>
       </c>
       <c r="I30" s="16">
         <v>0</v>
       </c>
       <c r="J30" s="16">
         <v>0</v>
       </c>
       <c r="K30" s="16">
         <v>0</v>
       </c>
       <c r="L30" s="16">
         <v>0</v>
       </c>
       <c r="M30" s="16">
         <v>0</v>
       </c>
       <c r="N30" s="16">
         <v>0</v>
       </c>
       <c r="O30" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A31" s="15"/>
       <c r="B31" s="18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C31" s="19">
         <v>0</v>
       </c>
       <c r="D31" s="19">
         <v>7</v>
       </c>
       <c r="E31" s="19">
         <v>0</v>
       </c>
       <c r="F31" s="19">
         <v>1</v>
       </c>
       <c r="G31" s="19">
         <v>1</v>
       </c>
       <c r="H31" s="19">
         <v>0</v>
       </c>
       <c r="I31" s="19">
         <v>10</v>
       </c>
       <c r="J31" s="19">
         <v>0</v>
       </c>
       <c r="K31" s="19">
         <v>2</v>
       </c>
       <c r="L31" s="19">
         <v>1</v>
       </c>
       <c r="M31" s="19">
         <v>22</v>
       </c>
       <c r="N31" s="19">
         <v>0</v>
       </c>
       <c r="O31" s="19">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A32" s="15"/>
       <c r="B32" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C32" s="16">
         <v>0</v>
       </c>
       <c r="D32" s="16">
         <v>0</v>
       </c>
       <c r="E32" s="16">
         <v>0</v>
       </c>
       <c r="F32" s="16">
         <v>0</v>
       </c>
       <c r="G32" s="16">
         <v>0</v>
       </c>
       <c r="H32" s="16">
         <v>0</v>
       </c>
       <c r="I32" s="16">
         <v>0</v>
       </c>
       <c r="J32" s="16">
         <v>0</v>
       </c>
       <c r="K32" s="16">
         <v>0</v>
       </c>
       <c r="L32" s="16">
         <v>0</v>
       </c>
       <c r="M32" s="16">
         <v>0</v>
       </c>
       <c r="N32" s="16">
         <v>0</v>
       </c>
       <c r="O32" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A33" s="15"/>
       <c r="B33" s="18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C33" s="19">
         <v>0</v>
       </c>
       <c r="D33" s="19">
         <v>2</v>
       </c>
       <c r="E33" s="19">
         <v>2</v>
       </c>
       <c r="F33" s="19">
         <v>0</v>
       </c>
       <c r="G33" s="19">
         <v>0</v>
       </c>
       <c r="H33" s="19">
         <v>0</v>
       </c>
       <c r="I33" s="19">
         <v>5</v>
       </c>
       <c r="J33" s="19">
         <v>1</v>
       </c>
       <c r="K33" s="19">
         <v>0</v>
       </c>
       <c r="L33" s="19">
         <v>0</v>
       </c>
       <c r="M33" s="19">
         <v>10</v>
       </c>
       <c r="N33" s="19">
         <v>0</v>
       </c>
       <c r="O33" s="19">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A34" s="15"/>
       <c r="B34" s="15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C34" s="16">
         <v>0</v>
       </c>
       <c r="D34" s="16">
         <v>28</v>
       </c>
       <c r="E34" s="16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F34" s="16">
         <v>5</v>
       </c>
       <c r="G34" s="16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H34" s="16">
         <v>0</v>
       </c>
       <c r="I34" s="16">
         <v>65</v>
       </c>
       <c r="J34" s="16">
         <v>1</v>
       </c>
       <c r="K34" s="16">
         <v>11</v>
       </c>
       <c r="L34" s="16">
         <v>11</v>
       </c>
       <c r="M34" s="16">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="N34" s="16">
         <v>3</v>
       </c>
       <c r="O34" s="16">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A35" s="15"/>
       <c r="B35" s="18"/>
       <c r="C35" s="19"/>
       <c r="D35" s="19"/>
       <c r="E35" s="19"/>
       <c r="F35" s="19"/>
       <c r="G35" s="19"/>
       <c r="H35" s="19"/>
       <c r="I35" s="19"/>
       <c r="J35" s="19"/>
       <c r="K35" s="19"/>
       <c r="L35" s="19"/>
       <c r="M35" s="19"/>
       <c r="N35" s="19"/>
       <c r="O35" s="19"/>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A36" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B36" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C36" s="16">
         <v>0</v>
       </c>
       <c r="D36" s="16">
         <v>0</v>
       </c>
       <c r="E36" s="16">
         <v>0</v>
       </c>
       <c r="F36" s="16">
         <v>0</v>
       </c>
       <c r="G36" s="16">
         <v>0</v>
       </c>
       <c r="H36" s="16">
         <v>0</v>
       </c>
       <c r="I36" s="16">
         <v>0</v>
       </c>
       <c r="J36" s="16">
         <v>0</v>
       </c>
       <c r="K36" s="16">
         <v>0</v>
       </c>
       <c r="L36" s="16">
         <v>0</v>
       </c>
       <c r="M36" s="16">
         <v>0</v>
       </c>
       <c r="N36" s="16">
         <v>0</v>
       </c>
       <c r="O36" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A37" s="15"/>
       <c r="B37" s="18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C37" s="19">
         <v>0</v>
       </c>
       <c r="D37" s="19">
         <v>0</v>
       </c>
       <c r="E37" s="19">
         <v>0</v>
       </c>
       <c r="F37" s="19">
         <v>0</v>
       </c>
       <c r="G37" s="19">
         <v>0</v>
       </c>
       <c r="H37" s="19">
         <v>0</v>
       </c>
       <c r="I37" s="19">
         <v>1</v>
       </c>
       <c r="J37" s="19">
         <v>0</v>
       </c>
       <c r="K37" s="19">
         <v>0</v>
       </c>
       <c r="L37" s="19">
         <v>0</v>
       </c>
       <c r="M37" s="19">
         <v>1</v>
       </c>
       <c r="N37" s="19">
         <v>0</v>
       </c>
       <c r="O37" s="19">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A38" s="15"/>
       <c r="B38" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C38" s="16">
         <v>0</v>
       </c>
       <c r="D38" s="16">
         <v>9</v>
       </c>
       <c r="E38" s="16">
         <v>0</v>
       </c>
       <c r="F38" s="16">
         <v>5</v>
       </c>
       <c r="G38" s="16">
         <v>1</v>
       </c>
       <c r="H38" s="16">
         <v>0</v>
       </c>
       <c r="I38" s="16">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J38" s="16">
         <v>0</v>
       </c>
       <c r="K38" s="16">
         <v>4</v>
       </c>
       <c r="L38" s="16">
         <v>1</v>
       </c>
       <c r="M38" s="16">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N38" s="16">
         <v>0</v>
       </c>
       <c r="O38" s="16">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A39" s="15"/>
       <c r="B39" s="18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C39" s="19">
         <v>0</v>
       </c>
       <c r="D39" s="19">
         <v>5</v>
       </c>
       <c r="E39" s="19">
         <v>1</v>
       </c>
       <c r="F39" s="19">
         <v>1</v>
       </c>
       <c r="G39" s="19">
         <v>0</v>
       </c>
       <c r="H39" s="19">
         <v>0</v>
       </c>
       <c r="I39" s="19">
         <v>4</v>
       </c>
       <c r="J39" s="19">
         <v>0</v>
       </c>
       <c r="K39" s="19">
         <v>2</v>
       </c>
       <c r="L39" s="19">
         <v>2</v>
       </c>
       <c r="M39" s="19">
         <v>14</v>
       </c>
       <c r="N39" s="19">
         <v>1</v>
       </c>
       <c r="O39" s="19">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A40" s="15"/>
       <c r="B40" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C40" s="16">
         <v>0</v>
       </c>
       <c r="D40" s="16">
         <v>1</v>
       </c>
       <c r="E40" s="16">
         <v>1</v>
       </c>
       <c r="F40" s="16">
         <v>0</v>
       </c>
       <c r="G40" s="16">
         <v>0</v>
       </c>
       <c r="H40" s="16">
         <v>0</v>
       </c>
       <c r="I40" s="16">
         <v>7</v>
       </c>
       <c r="J40" s="16">
         <v>0</v>
       </c>
       <c r="K40" s="16">
         <v>1</v>
       </c>
       <c r="L40" s="16">
         <v>1</v>
       </c>
       <c r="M40" s="16">
         <v>11</v>
       </c>
       <c r="N40" s="16">
         <v>0</v>
       </c>
       <c r="O40" s="16">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A41" s="15"/>
       <c r="B41" s="18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C41" s="19">
         <v>0</v>
       </c>
       <c r="D41" s="19">
         <v>0</v>
       </c>
       <c r="E41" s="19">
         <v>0</v>
       </c>
       <c r="F41" s="19">
         <v>0</v>
       </c>
       <c r="G41" s="19">
         <v>0</v>
       </c>
       <c r="H41" s="19">
         <v>0</v>
       </c>
       <c r="I41" s="19">
         <v>2</v>
       </c>
       <c r="J41" s="19">
         <v>0</v>
       </c>
       <c r="K41" s="19">
         <v>0</v>
       </c>
       <c r="L41" s="19">
         <v>0</v>
       </c>
       <c r="M41" s="19">
         <v>2</v>
       </c>
       <c r="N41" s="19">
         <v>0</v>
       </c>
       <c r="O41" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A42" s="15"/>
       <c r="B42" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C42" s="16">
         <v>0</v>
       </c>
       <c r="D42" s="16">
         <v>1</v>
       </c>
       <c r="E42" s="16">
         <v>0</v>
       </c>
       <c r="F42" s="16">
         <v>0</v>
       </c>
       <c r="G42" s="16">
         <v>0</v>
       </c>
       <c r="H42" s="16">
         <v>0</v>
       </c>
       <c r="I42" s="16">
         <v>1</v>
       </c>
       <c r="J42" s="16">
         <v>0</v>
       </c>
       <c r="K42" s="16">
         <v>0</v>
       </c>
       <c r="L42" s="16">
         <v>1</v>
       </c>
       <c r="M42" s="16">
         <v>3</v>
       </c>
       <c r="N42" s="16">
         <v>0</v>
       </c>
       <c r="O42" s="16">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A43" s="15"/>
       <c r="B43" s="18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C43" s="19">
         <v>0</v>
       </c>
       <c r="D43" s="19">
         <v>6</v>
       </c>
       <c r="E43" s="19">
         <v>1</v>
       </c>
       <c r="F43" s="19">
         <v>1</v>
       </c>
       <c r="G43" s="19">
         <v>0</v>
       </c>
       <c r="H43" s="19">
         <v>0</v>
       </c>
       <c r="I43" s="19">
         <v>11</v>
       </c>
       <c r="J43" s="19">
         <v>0</v>
       </c>
       <c r="K43" s="19">
         <v>2</v>
       </c>
       <c r="L43" s="19">
         <v>1</v>
       </c>
       <c r="M43" s="19">
         <v>22</v>
       </c>
       <c r="N43" s="19">
         <v>0</v>
       </c>
       <c r="O43" s="19">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A44" s="15"/>
       <c r="B44" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C44" s="16">
         <v>1</v>
       </c>
       <c r="D44" s="16">
         <v>0</v>
       </c>
       <c r="E44" s="16">
         <v>0</v>
       </c>
       <c r="F44" s="16">
         <v>0</v>
       </c>
       <c r="G44" s="16">
         <v>0</v>
       </c>
       <c r="H44" s="16">
         <v>0</v>
       </c>
       <c r="I44" s="16">
         <v>0</v>
       </c>
       <c r="J44" s="16">
         <v>0</v>
       </c>
       <c r="K44" s="16">
         <v>1</v>
       </c>
       <c r="L44" s="16">
         <v>0</v>
       </c>
       <c r="M44" s="16">
         <v>2</v>
       </c>
       <c r="N44" s="16">
         <v>0</v>
       </c>
       <c r="O44" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A45" s="15"/>
       <c r="B45" s="18" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C45" s="19">
         <v>0</v>
       </c>
       <c r="D45" s="19">
         <v>0</v>
       </c>
       <c r="E45" s="19">
         <v>0</v>
       </c>
       <c r="F45" s="19">
         <v>2</v>
       </c>
       <c r="G45" s="19">
         <v>0</v>
       </c>
       <c r="H45" s="19">
         <v>0</v>
       </c>
       <c r="I45" s="19">
         <v>0</v>
       </c>
       <c r="J45" s="19">
         <v>0</v>
       </c>
       <c r="K45" s="19">
         <v>1</v>
       </c>
       <c r="L45" s="19">
         <v>0</v>
       </c>
       <c r="M45" s="19">
         <v>3</v>
       </c>
       <c r="N45" s="19">
         <v>0</v>
       </c>
       <c r="O45" s="19">
         <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A46" s="15"/>
       <c r="B46" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C46" s="16">
         <v>0</v>
       </c>
       <c r="D46" s="16">
         <v>0</v>
       </c>
       <c r="E46" s="16">
         <v>0</v>
       </c>
       <c r="F46" s="16">
         <v>0</v>
       </c>
       <c r="G46" s="16">
         <v>0</v>
       </c>
       <c r="H46" s="16">
         <v>0</v>
       </c>
       <c r="I46" s="16">
         <v>2</v>
       </c>
       <c r="J46" s="16">
         <v>0</v>
       </c>
       <c r="K46" s="16">
         <v>0</v>
       </c>
       <c r="L46" s="16">
         <v>0</v>
       </c>
       <c r="M46" s="16">
         <v>2</v>
       </c>
       <c r="N46" s="16">
         <v>0</v>
       </c>
       <c r="O46" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A47" s="15"/>
       <c r="B47" s="18" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C47" s="19">
         <v>0</v>
       </c>
       <c r="D47" s="19">
         <v>3</v>
       </c>
       <c r="E47" s="19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F47" s="19">
         <v>1</v>
       </c>
       <c r="G47" s="19">
         <v>0</v>
       </c>
       <c r="H47" s="19">
         <v>0</v>
       </c>
       <c r="I47" s="19">
         <v>1</v>
       </c>
       <c r="J47" s="19">
         <v>0</v>
       </c>
       <c r="K47" s="19">
         <v>1</v>
       </c>
       <c r="L47" s="19">
         <v>1</v>
       </c>
       <c r="M47" s="19">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="N47" s="19">
         <v>0</v>
       </c>
       <c r="O47" s="19">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A48" s="15"/>
       <c r="B48" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C48" s="16">
         <v>0</v>
       </c>
       <c r="D48" s="16">
         <v>10</v>
       </c>
       <c r="E48" s="16">
         <v>3</v>
       </c>
       <c r="F48" s="16">
         <v>4</v>
       </c>
       <c r="G48" s="16">
         <v>0</v>
       </c>
       <c r="H48" s="16">
         <v>0</v>
       </c>
       <c r="I48" s="16">
         <v>7</v>
       </c>
       <c r="J48" s="16">
         <v>0</v>
       </c>
       <c r="K48" s="16">
         <v>3</v>
       </c>
       <c r="L48" s="16">
         <v>2</v>
       </c>
       <c r="M48" s="16">
         <v>29</v>
       </c>
       <c r="N48" s="16">
         <v>0</v>
       </c>
       <c r="O48" s="16">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A49" s="15"/>
       <c r="B49" s="18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C49" s="19">
         <v>0</v>
       </c>
       <c r="D49" s="19">
         <v>5</v>
       </c>
       <c r="E49" s="19">
         <v>3</v>
       </c>
       <c r="F49" s="19">
         <v>0</v>
       </c>
       <c r="G49" s="19">
         <v>1</v>
       </c>
       <c r="H49" s="19">
         <v>0</v>
       </c>
       <c r="I49" s="19">
         <v>6</v>
       </c>
       <c r="J49" s="19">
         <v>1</v>
       </c>
       <c r="K49" s="19">
         <v>3</v>
       </c>
       <c r="L49" s="19">
         <v>0</v>
       </c>
       <c r="M49" s="19">
         <v>19</v>
       </c>
       <c r="N49" s="19">
         <v>0</v>
       </c>
       <c r="O49" s="19">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A50" s="15"/>
       <c r="B50" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C50" s="16">
         <v>0</v>
       </c>
       <c r="D50" s="16">
         <v>0</v>
       </c>
       <c r="E50" s="16">
         <v>0</v>
       </c>
       <c r="F50" s="16">
         <v>0</v>
       </c>
       <c r="G50" s="16">
         <v>1</v>
       </c>
       <c r="H50" s="16">
         <v>0</v>
       </c>
       <c r="I50" s="16">
         <v>1</v>
       </c>
       <c r="J50" s="16">
         <v>0</v>
       </c>
       <c r="K50" s="16">
         <v>0</v>
       </c>
       <c r="L50" s="16">
         <v>0</v>
       </c>
       <c r="M50" s="16">
         <v>2</v>
       </c>
       <c r="N50" s="16">
         <v>0</v>
       </c>
       <c r="O50" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A51" s="15"/>
       <c r="B51" s="18" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C51" s="19">
         <v>1</v>
       </c>
       <c r="D51" s="19">
         <v>40</v>
       </c>
       <c r="E51" s="19">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F51" s="19">
         <v>14</v>
       </c>
       <c r="G51" s="19">
         <v>3</v>
       </c>
       <c r="H51" s="19">
         <v>0</v>
       </c>
       <c r="I51" s="19">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J51" s="19">
         <v>1</v>
       </c>
       <c r="K51" s="19">
         <v>18</v>
       </c>
       <c r="L51" s="19">
         <v>9</v>
       </c>
       <c r="M51" s="19">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="N51" s="19">
         <v>1</v>
       </c>
       <c r="O51" s="19">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A52" s="15"/>
       <c r="B52" s="15"/>
       <c r="C52" s="16"/>
       <c r="D52" s="16"/>
       <c r="E52" s="16"/>
       <c r="F52" s="16"/>
       <c r="G52" s="16"/>
       <c r="H52" s="16"/>
       <c r="I52" s="16"/>
       <c r="J52" s="16"/>
       <c r="K52" s="16"/>
       <c r="L52" s="16"/>
       <c r="M52" s="16"/>
       <c r="N52" s="16"/>
       <c r="O52" s="16"/>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A53" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B53" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C53" s="19">
         <v>0</v>
       </c>
       <c r="D53" s="19">
         <v>0</v>
       </c>
       <c r="E53" s="19">
         <v>0</v>
       </c>
       <c r="F53" s="19">
         <v>0</v>
       </c>
       <c r="G53" s="19">
         <v>0</v>
       </c>
       <c r="H53" s="19">
         <v>0</v>
       </c>
       <c r="I53" s="19">
         <v>1</v>
       </c>
       <c r="J53" s="19">
         <v>0</v>
       </c>
       <c r="K53" s="19">
         <v>0</v>
       </c>
       <c r="L53" s="19">
         <v>0</v>
       </c>
       <c r="M53" s="19">
         <v>1</v>
       </c>
       <c r="N53" s="19">
         <v>0</v>
       </c>
       <c r="O53" s="19">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A54" s="15"/>
       <c r="B54" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C54" s="16">
         <v>0</v>
       </c>
       <c r="D54" s="16">
         <v>2</v>
       </c>
       <c r="E54" s="16">
         <v>0</v>
       </c>
       <c r="F54" s="16">
         <v>1</v>
       </c>
       <c r="G54" s="16">
         <v>0</v>
       </c>
       <c r="H54" s="16">
         <v>0</v>
       </c>
       <c r="I54" s="16">
         <v>7</v>
       </c>
       <c r="J54" s="16">
         <v>0</v>
       </c>
       <c r="K54" s="16">
         <v>0</v>
       </c>
       <c r="L54" s="16">
         <v>1</v>
       </c>
       <c r="M54" s="16">
         <v>11</v>
       </c>
       <c r="N54" s="16">
         <v>0</v>
       </c>
       <c r="O54" s="16">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A55" s="15"/>
       <c r="B55" s="18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C55" s="19">
         <v>0</v>
       </c>
       <c r="D55" s="19">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E55" s="19">
         <v>3</v>
       </c>
       <c r="F55" s="19">
         <v>6</v>
       </c>
       <c r="G55" s="19">
         <v>3</v>
       </c>
       <c r="H55" s="19">
         <v>0</v>
       </c>
       <c r="I55" s="19">
         <v>24</v>
       </c>
       <c r="J55" s="19">
         <v>0</v>
       </c>
       <c r="K55" s="19">
         <v>20</v>
       </c>
       <c r="L55" s="19">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="M55" s="19">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="N55" s="19">
         <v>1</v>
       </c>
       <c r="O55" s="19">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A56" s="15"/>
       <c r="B56" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C56" s="16">
         <v>0</v>
       </c>
       <c r="D56" s="16">
         <v>2</v>
       </c>
       <c r="E56" s="16">
         <v>0</v>
       </c>
       <c r="F56" s="16">
         <v>0</v>
       </c>
       <c r="G56" s="16">
         <v>1</v>
       </c>
       <c r="H56" s="16">
         <v>0</v>
       </c>
       <c r="I56" s="16">
         <v>4</v>
       </c>
       <c r="J56" s="16">
         <v>0</v>
       </c>
       <c r="K56" s="16">
         <v>1</v>
       </c>
       <c r="L56" s="16">
         <v>0</v>
       </c>
       <c r="M56" s="16">
         <v>8</v>
       </c>
       <c r="N56" s="16">
         <v>0</v>
       </c>
       <c r="O56" s="16">
         <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A57" s="15"/>
       <c r="B57" s="18" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C57" s="19">
         <v>0</v>
       </c>
       <c r="D57" s="19">
         <v>1</v>
       </c>
       <c r="E57" s="19">
         <v>0</v>
       </c>
       <c r="F57" s="19">
         <v>0</v>
       </c>
       <c r="G57" s="19">
         <v>0</v>
       </c>
       <c r="H57" s="19">
         <v>0</v>
       </c>
       <c r="I57" s="19">
         <v>0</v>
       </c>
       <c r="J57" s="19">
         <v>0</v>
       </c>
       <c r="K57" s="19">
         <v>1</v>
       </c>
       <c r="L57" s="19">
         <v>0</v>
       </c>
       <c r="M57" s="19">
         <v>2</v>
       </c>
       <c r="N57" s="19">
         <v>0</v>
       </c>
       <c r="O57" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A58" s="15"/>
       <c r="B58" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C58" s="16">
         <v>0</v>
       </c>
       <c r="D58" s="16">
         <v>0</v>
       </c>
       <c r="E58" s="16">
         <v>1</v>
       </c>
       <c r="F58" s="16">
         <v>0</v>
       </c>
       <c r="G58" s="16">
         <v>0</v>
       </c>
       <c r="H58" s="16">
         <v>0</v>
       </c>
       <c r="I58" s="16">
         <v>1</v>
       </c>
       <c r="J58" s="16">
         <v>0</v>
       </c>
       <c r="K58" s="16">
         <v>0</v>
       </c>
       <c r="L58" s="16">
         <v>0</v>
       </c>
       <c r="M58" s="16">
         <v>2</v>
       </c>
       <c r="N58" s="16">
         <v>0</v>
       </c>
       <c r="O58" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A59" s="15"/>
       <c r="B59" s="18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C59" s="19">
         <v>0</v>
       </c>
       <c r="D59" s="19">
         <v>0</v>
       </c>
       <c r="E59" s="19">
         <v>0</v>
       </c>
       <c r="F59" s="19">
         <v>0</v>
       </c>
       <c r="G59" s="19">
         <v>0</v>
       </c>
       <c r="H59" s="19">
         <v>0</v>
       </c>
       <c r="I59" s="19">
         <v>0</v>
       </c>
       <c r="J59" s="19">
         <v>0</v>
       </c>
       <c r="K59" s="19">
         <v>0</v>
       </c>
       <c r="L59" s="19">
         <v>0</v>
       </c>
       <c r="M59" s="19">
         <v>0</v>
       </c>
       <c r="N59" s="19">
         <v>0</v>
       </c>
       <c r="O59" s="19">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A60" s="15"/>
       <c r="B60" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C60" s="16">
         <v>0</v>
       </c>
       <c r="D60" s="16">
         <v>0</v>
       </c>
       <c r="E60" s="16">
         <v>0</v>
       </c>
       <c r="F60" s="16">
         <v>0</v>
       </c>
       <c r="G60" s="16">
         <v>0</v>
       </c>
       <c r="H60" s="16">
         <v>0</v>
       </c>
       <c r="I60" s="16">
         <v>0</v>
       </c>
       <c r="J60" s="16">
         <v>0</v>
       </c>
       <c r="K60" s="16">
         <v>0</v>
       </c>
       <c r="L60" s="16">
         <v>0</v>
       </c>
       <c r="M60" s="16">
         <v>0</v>
       </c>
       <c r="N60" s="16">
         <v>0</v>
       </c>
       <c r="O60" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A61" s="15"/>
       <c r="B61" s="18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C61" s="19">
         <v>0</v>
       </c>
       <c r="D61" s="19">
         <v>0</v>
       </c>
       <c r="E61" s="19">
         <v>0</v>
       </c>
       <c r="F61" s="19">
         <v>1</v>
       </c>
       <c r="G61" s="19">
         <v>0</v>
       </c>
       <c r="H61" s="19">
         <v>0</v>
       </c>
       <c r="I61" s="19">
         <v>0</v>
       </c>
       <c r="J61" s="19">
         <v>0</v>
       </c>
       <c r="K61" s="19">
         <v>1</v>
       </c>
       <c r="L61" s="19">
         <v>0</v>
       </c>
       <c r="M61" s="19">
         <v>2</v>
       </c>
       <c r="N61" s="19">
         <v>0</v>
       </c>
       <c r="O61" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A62" s="15"/>
       <c r="B62" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C62" s="16">
         <v>0</v>
       </c>
       <c r="D62" s="16">
         <v>0</v>
       </c>
       <c r="E62" s="16">
         <v>0</v>
       </c>
       <c r="F62" s="16">
         <v>0</v>
       </c>
       <c r="G62" s="16">
         <v>0</v>
       </c>
       <c r="H62" s="16">
         <v>0</v>
       </c>
       <c r="I62" s="16">
         <v>2</v>
       </c>
       <c r="J62" s="16">
         <v>0</v>
       </c>
       <c r="K62" s="16">
         <v>1</v>
       </c>
       <c r="L62" s="16">
         <v>0</v>
       </c>
       <c r="M62" s="16">
         <v>3</v>
       </c>
       <c r="N62" s="16">
         <v>0</v>
       </c>
       <c r="O62" s="16">
         <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A63" s="15"/>
       <c r="B63" s="18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C63" s="19">
         <v>0</v>
       </c>
       <c r="D63" s="19">
         <v>1</v>
       </c>
       <c r="E63" s="19">
         <v>0</v>
       </c>
       <c r="F63" s="19">
         <v>0</v>
       </c>
       <c r="G63" s="19">
         <v>0</v>
       </c>
       <c r="H63" s="19">
         <v>0</v>
       </c>
       <c r="I63" s="19">
         <v>3</v>
       </c>
       <c r="J63" s="19">
         <v>0</v>
       </c>
       <c r="K63" s="19">
         <v>0</v>
       </c>
       <c r="L63" s="19">
         <v>0</v>
       </c>
       <c r="M63" s="19">
         <v>4</v>
       </c>
       <c r="N63" s="19">
         <v>0</v>
       </c>
       <c r="O63" s="19">
         <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A64" s="15"/>
       <c r="B64" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C64" s="16">
         <v>0</v>
       </c>
       <c r="D64" s="16">
         <v>5</v>
       </c>
       <c r="E64" s="16">
         <v>2</v>
       </c>
       <c r="F64" s="16">
         <v>0</v>
       </c>
       <c r="G64" s="16">
         <v>0</v>
       </c>
       <c r="H64" s="16">
         <v>0</v>
       </c>
       <c r="I64" s="16">
         <v>7</v>
       </c>
       <c r="J64" s="16">
         <v>0</v>
       </c>
       <c r="K64" s="16">
         <v>4</v>
       </c>
       <c r="L64" s="16">
         <v>0</v>
       </c>
       <c r="M64" s="16">
         <v>18</v>
       </c>
       <c r="N64" s="16">
         <v>0</v>
       </c>
       <c r="O64" s="16">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A65" s="15"/>
       <c r="B65" s="18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C65" s="19">
         <v>0</v>
       </c>
       <c r="D65" s="19">
         <v>0</v>
       </c>
       <c r="E65" s="19">
         <v>0</v>
       </c>
       <c r="F65" s="19">
         <v>0</v>
       </c>
       <c r="G65" s="19">
         <v>0</v>
       </c>
       <c r="H65" s="19">
         <v>0</v>
       </c>
       <c r="I65" s="19">
         <v>0</v>
       </c>
       <c r="J65" s="19">
         <v>0</v>
       </c>
       <c r="K65" s="19">
         <v>0</v>
       </c>
       <c r="L65" s="19">
         <v>0</v>
       </c>
       <c r="M65" s="19">
         <v>0</v>
       </c>
       <c r="N65" s="19">
         <v>0</v>
       </c>
       <c r="O65" s="19">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A66" s="15"/>
       <c r="B66" s="15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C66" s="16">
         <v>0</v>
       </c>
       <c r="D66" s="16">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E66" s="16">
         <v>6</v>
       </c>
       <c r="F66" s="16">
         <v>8</v>
       </c>
       <c r="G66" s="16">
         <v>4</v>
       </c>
       <c r="H66" s="16">
         <v>0</v>
       </c>
       <c r="I66" s="16">
         <v>49</v>
       </c>
       <c r="J66" s="16">
         <v>0</v>
       </c>
       <c r="K66" s="16">
         <v>28</v>
       </c>
       <c r="L66" s="16">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M66" s="16">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="N66" s="16">
         <v>1</v>
       </c>
       <c r="O66" s="16">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A67" s="18"/>
       <c r="B67" s="20"/>
       <c r="C67" s="19"/>
       <c r="D67" s="19"/>
       <c r="E67" s="19"/>
       <c r="F67" s="19"/>
       <c r="G67" s="19"/>
       <c r="H67" s="19"/>
       <c r="I67" s="19"/>
       <c r="J67" s="19"/>
       <c r="K67" s="19"/>
       <c r="L67" s="19"/>
       <c r="M67" s="19"/>
       <c r="N67" s="19"/>
       <c r="O67" s="19"/>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A68" s="21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B68" s="22"/>
       <c r="C68" s="16">
         <v>0</v>
       </c>
       <c r="D68" s="17">
         <v>0</v>
       </c>
       <c r="E68" s="17">
         <v>0</v>
       </c>
       <c r="F68" s="17">
         <v>0</v>
       </c>
       <c r="G68" s="17">
         <v>0</v>
       </c>
       <c r="H68" s="17">
         <v>0</v>
       </c>
       <c r="I68" s="17">
         <v>0</v>
       </c>
       <c r="J68" s="17">
         <v>0</v>
       </c>
       <c r="K68" s="17">
         <v>0</v>
       </c>
       <c r="L68" s="17">
         <v>0</v>
       </c>
       <c r="M68" s="17">
         <v>0</v>
       </c>
       <c r="N68" s="17">
         <v>0</v>
       </c>
       <c r="O68" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.45">
-      <c r="A69" s="18" t="s">
-[...36 lines deleted...]
-      <c r="N69" s="28">
+      <c r="A69" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="B69" s="42"/>
+      <c r="C69" s="43">
+        <v>0</v>
+      </c>
+      <c r="D69" s="44">
+        <v>1</v>
+      </c>
+      <c r="E69" s="44">
+        <v>1</v>
+      </c>
+      <c r="F69" s="44">
+        <v>0</v>
+      </c>
+      <c r="G69" s="44">
+        <v>1</v>
+      </c>
+      <c r="H69" s="44">
+        <v>0</v>
+      </c>
+      <c r="I69" s="44">
+        <v>1</v>
+      </c>
+      <c r="J69" s="44">
+        <v>0</v>
+      </c>
+      <c r="K69" s="44">
+        <v>2</v>
+      </c>
+      <c r="L69" s="44">
+        <v>0</v>
+      </c>
+      <c r="M69" s="44">
+        <v>0</v>
+      </c>
+      <c r="N69" s="44">
         <v>6</v>
       </c>
-      <c r="O69" s="28">
+      <c r="O69" s="44">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A70" s="21" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="B70" s="29"/>
+        <v>79</v>
+      </c>
+      <c r="B70" s="22"/>
       <c r="C70" s="16">
         <v>0</v>
       </c>
       <c r="D70" s="17">
         <v>0</v>
       </c>
       <c r="E70" s="17">
         <v>0</v>
       </c>
       <c r="F70" s="17">
         <v>0</v>
       </c>
       <c r="G70" s="17">
         <v>0</v>
       </c>
       <c r="H70" s="17">
         <v>0</v>
       </c>
       <c r="I70" s="17">
         <v>0</v>
       </c>
       <c r="J70" s="17">
         <v>0</v>
       </c>
       <c r="K70" s="17">
         <v>0</v>
       </c>
       <c r="L70" s="17">
         <v>0</v>
       </c>
       <c r="M70" s="17">
         <v>0</v>
       </c>
       <c r="N70" s="17">
         <v>0</v>
       </c>
       <c r="O70" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A71" s="23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B71" s="24"/>
       <c r="C71" s="25">
         <v>1</v>
       </c>
       <c r="D71" s="26">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="E71" s="26">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F71" s="26">
         <v>38</v>
       </c>
       <c r="G71" s="26">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H71" s="26">
         <v>0</v>
       </c>
       <c r="I71" s="26">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="J71" s="26">
         <v>2</v>
       </c>
       <c r="K71" s="26">
         <v>91</v>
       </c>
       <c r="L71" s="26">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="M71" s="26">
-        <v>665</v>
+        <v>679</v>
       </c>
       <c r="N71" s="26">
         <v>23</v>
       </c>
       <c r="O71" s="26">
-        <v>688</v>
+        <v>702</v>
       </c>
     </row>
     <row r="72" spans="1:15" s="5" customFormat="1" ht="84.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A72" s="42" t="s">
-[...15 lines deleted...]
-      <c r="O72" s="43"/>
+      <c r="A72" s="34" t="s">
+        <v>80</v>
+      </c>
+      <c r="B72" s="35"/>
+      <c r="C72" s="35"/>
+      <c r="D72" s="35"/>
+      <c r="E72" s="35"/>
+      <c r="F72" s="35"/>
+      <c r="G72" s="35"/>
+      <c r="H72" s="35"/>
+      <c r="I72" s="35"/>
+      <c r="J72" s="35"/>
+      <c r="K72" s="35"/>
+      <c r="L72" s="35"/>
+      <c r="M72" s="35"/>
+      <c r="N72" s="35"/>
+      <c r="O72" s="35"/>
     </row>
     <row r="73" spans="1:15" s="5" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A73" s="40"/>
-[...13 lines deleted...]
-      <c r="O73" s="41"/>
+      <c r="A73" s="32"/>
+      <c r="B73" s="33"/>
+      <c r="C73" s="33"/>
+      <c r="D73" s="33"/>
+      <c r="E73" s="33"/>
+      <c r="F73" s="33"/>
+      <c r="G73" s="33"/>
+      <c r="H73" s="33"/>
+      <c r="I73" s="33"/>
+      <c r="J73" s="33"/>
+      <c r="K73" s="33"/>
+      <c r="L73" s="33"/>
+      <c r="M73" s="33"/>
+      <c r="N73" s="33"/>
+      <c r="O73" s="33"/>
     </row>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="A73:O73"/>
-    <mergeCell ref="A72:O72"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A5:B6"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="C5:L5"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
+    <mergeCell ref="A73:O73"/>
+    <mergeCell ref="A72:O72"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="55" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="55" fitToWidth="0" fitToHeight="0" orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;9 Source: AAMC &amp;D&amp;R&amp;9 ©2025 Association of American Medical Colleges.
 This data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0c498ad708a7917d0bef762c086428f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c320ed5c022c0d73a6f201994db37a8f" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
@@ -4251,103 +4238,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E9FE4FA-FC58-4E75-917B-8447E2CF25DB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC9CF3FB-2E5E-4874-ACEE-30E13E081F3D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7983D88E-4F99-4416-885D-8D6DA63D286C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1929EB32-C7B2-43AD-A7F3-47D9B4B1F690}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
+    <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F956E725-5051-4CB2-B6FD-25A708190FA5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28EF2618-C3FB-494F-AB70-D24323F6F0D1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>