--- v0 (2025-11-09)
+++ v1 (2025-12-29)
@@ -1,80 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/For Review/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="11_F2BB1DB42956D26B472D93612451F3C50CE0C712" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A823A65C-7D74-461C-954E-D2B1A8B3D20B}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="11_1A135E8C13B6524B07AE9537BC57E876513FB07F" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A542DD0B-B9BD-485D-92FF-D27313DDB092}"/>
   <bookViews>
-    <workbookView xWindow="-25230" yWindow="2325" windowWidth="25005" windowHeight="14655" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-27150" yWindow="2730" windowWidth="26790" windowHeight="13575" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FACTS Table B-5.1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'FACTS Table B-5.1'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="226">
   <si>
     <t>Table B-5.1: Total Enrollment by U.S. MD-Granting Medical School and Race/Ethnicity (Alone), Academic Year 2025-2026</t>
   </si>
   <si>
+    <t>The table below displays the racial and ethnic characteristics (alone) of enrolled students in U.S. medical schools for 2025-2026. Enrollment includes the number of students in medical school, including students on a leave of absence, on October 31 of each year shown. Enrollment does not include students with graduated, dismissed, withdrawn, deceased, never enrolled, completed fifth pathway, did not complete fifth pathway, or degree revoked statuses. Alone indicates those students who selected only one race/ethnicity category. The Multiple Race/Ethnicity category includes those students who selected more than one race/ethnicity category. Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</t>
+  </si>
+  <si>
     <t>Total Enrollment</t>
   </si>
   <si>
     <t>All Enrollees (Regardless of Citizenship and Permanent Residency Status)</t>
   </si>
   <si>
     <t>Total U.S. Citizen and Permanent Resident</t>
   </si>
   <si>
     <t>Total Non-U.S. Citizen and Non-Permanent Resident</t>
   </si>
   <si>
     <t>Total 
 Enrollment</t>
   </si>
   <si>
     <t>American Indian 
 or Alaska Native</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
     <t>Black or 
 African American</t>
@@ -708,53 +710,50 @@
   <si>
     <t>Washington State-Floyd</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>MC Wisconsin</t>
   </si>
   <si>
     <t>Wisconsin</t>
   </si>
   <si>
     <t>WV</t>
   </si>
   <si>
     <t>Marshall-Edwards</t>
   </si>
   <si>
     <t>West Virginia</t>
   </si>
   <si>
     <t xml:space="preserve">Notes: In 2025-2026, the methodology for acquiring race/ethnicity information was updated. The category of Middle Eastern or North African and the related sub-categories were added. Additionally, sub-categories were modified under the Black or African American, Hispanic or Latino, and Native Hawaiian or Pacific Islander categories. Sub-categories were also added under the White category. Individuals could select multiple response options.
 Due to the methodology changes in 2025-2026, not all enrolled students had the opportunity to respond to the updated race/ethnicity question. For example, students who were already enrolled in medical school prior to 2025-2026 may not have seen the new race/ethnicity question. As a result, the new Middle Eastern or North African category and the new subcategories may be underreported in the total enrollment counts for academic year 2025-2026.
 Prior to the 2025 publication of the FACTS Tables, tables containing race/ethnicity data only displayed race/ethnicity information for U.S. citizens and permanent residents. These displays grouped all non-U.S. citizens and non-permanent residents into a separate category called “Non-U.S. Citizen and Non-Permanent Resident”. Starting with the 2025 FACTS Tables, race/ethnicity information is shown for all individuals who provided that information, regardless of citizenship and residency. </t>
-  </si>
-[...1 lines deleted...]
-    <t>The table below displays the racial and ethnic characteristics (alone) of enrolled students in U.S. medical schools for 2025-2026. Enrollment includes the number of students in medical school, including students on a leave of absence, on October 31 of each year shown. Enrollment does not include students with graduated, dismissed, withdrawn, deceased, never enrolled, completed fifth pathway, did not complete fifth pathway, or degree revoked statuses. Alone indicates those students who selected only one race/ethnicity category. The Multiple Race or Ethnicity category includes those students who selected more than one race/ethnicity category. Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="8" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="8" tint="-0.499984740745262"/>
       <name val="Calibri"/>
@@ -1358,7598 +1357,7598 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O169"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="6.1328125" style="2" customWidth="1"/>
-    <col min="2" max="2" width="25" style="2" customWidth="1"/>
+    <col min="2" max="2" width="22.73046875" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.86328125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.3984375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.265625" style="1" customWidth="1"/>
     <col min="7" max="7" width="18" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.33203125" style="1" customWidth="1"/>
-    <col min="9" max="9" width="11.46484375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="10" style="1" customWidth="1"/>
     <col min="10" max="12" width="14.265625" style="1" customWidth="1"/>
     <col min="13" max="14" width="19.265625" style="1" customWidth="1"/>
     <col min="15" max="15" width="12.265625" style="2" customWidth="1"/>
     <col min="16" max="16" width="9.1328125" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9.1328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A1" s="25" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
       <c r="I1" s="27"/>
       <c r="J1" s="27"/>
       <c r="K1" s="27"/>
       <c r="L1" s="27"/>
       <c r="M1" s="27"/>
       <c r="N1" s="27"/>
       <c r="O1" s="26"/>
     </row>
     <row r="2" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A2" s="7"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
     </row>
     <row r="3" spans="1:15" ht="44.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="32" t="s">
-        <v>225</v>
+        <v>1</v>
       </c>
       <c r="B3" s="26"/>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
       <c r="E3" s="27"/>
       <c r="F3" s="27"/>
       <c r="G3" s="27"/>
       <c r="H3" s="27"/>
       <c r="I3" s="27"/>
       <c r="J3" s="27"/>
       <c r="K3" s="27"/>
       <c r="L3" s="27"/>
       <c r="M3" s="27"/>
       <c r="N3" s="27"/>
       <c r="O3" s="26"/>
     </row>
     <row r="4" spans="1:15" ht="2.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="3"/>
     </row>
     <row r="5" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A5" s="18" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B5" s="28"/>
       <c r="C5" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D5" s="19"/>
       <c r="E5" s="19"/>
       <c r="F5" s="19"/>
       <c r="G5" s="19"/>
       <c r="H5" s="19"/>
       <c r="I5" s="19"/>
       <c r="J5" s="19"/>
       <c r="K5" s="19"/>
       <c r="L5" s="20"/>
       <c r="M5" s="21" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5" s="21" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O5" s="21" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:15" s="5" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="22"/>
       <c r="B6" s="29"/>
       <c r="C6" s="8" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D6" s="9" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E6" s="8" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F6" s="8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G6" s="8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I6" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J6" s="8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L6" s="8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M6" s="22"/>
       <c r="N6" s="22"/>
       <c r="O6" s="22"/>
     </row>
     <row r="7" spans="1:15" s="5" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A7" s="10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" s="30"/>
       <c r="D7" s="31"/>
       <c r="E7" s="31"/>
       <c r="F7" s="31"/>
       <c r="G7" s="31"/>
       <c r="H7" s="31"/>
       <c r="I7" s="31"/>
       <c r="J7" s="31"/>
       <c r="K7" s="31"/>
       <c r="L7" s="31"/>
       <c r="M7" s="31"/>
       <c r="N7" s="31"/>
       <c r="O7" s="31"/>
     </row>
     <row r="8" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" s="13">
         <v>0</v>
       </c>
       <c r="D8" s="13">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E8" s="13">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F8" s="13">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G8" s="13">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H8" s="13">
         <v>0</v>
       </c>
       <c r="I8" s="13">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="J8" s="13">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="K8" s="13">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="L8" s="13">
         <v>4</v>
       </c>
       <c r="M8" s="13">
         <v>845</v>
       </c>
       <c r="N8" s="13">
         <v>0</v>
       </c>
       <c r="O8" s="13">
         <v>845</v>
       </c>
     </row>
     <row r="9" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="14"/>
       <c r="B9" s="14" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9" s="15">
         <v>2</v>
       </c>
       <c r="D9" s="15">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E9" s="15">
         <v>34</v>
       </c>
       <c r="F9" s="15">
         <v>10</v>
       </c>
       <c r="G9" s="15">
         <v>0</v>
       </c>
       <c r="H9" s="15">
         <v>0</v>
       </c>
       <c r="I9" s="15">
         <v>192</v>
       </c>
       <c r="J9" s="15">
         <v>3</v>
       </c>
       <c r="K9" s="15">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="L9" s="15">
         <v>0</v>
       </c>
       <c r="M9" s="15">
         <v>314</v>
       </c>
       <c r="N9" s="15">
         <v>0</v>
       </c>
       <c r="O9" s="15">
         <v>314</v>
       </c>
     </row>
     <row r="10" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10" s="13">
         <v>0</v>
       </c>
       <c r="D10" s="13">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E10" s="13">
         <v>22</v>
       </c>
       <c r="F10" s="13">
         <v>21</v>
       </c>
       <c r="G10" s="13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H10" s="13">
         <v>0</v>
       </c>
       <c r="I10" s="13">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="J10" s="13">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K10" s="13">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L10" s="13">
         <v>0</v>
       </c>
       <c r="M10" s="13">
         <v>725</v>
       </c>
       <c r="N10" s="13">
         <v>0</v>
       </c>
       <c r="O10" s="13">
         <v>725</v>
       </c>
     </row>
     <row r="11" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="14"/>
       <c r="B11" s="14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C11" s="15">
         <v>0</v>
       </c>
       <c r="D11" s="15">
         <v>12</v>
       </c>
       <c r="E11" s="15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F11" s="15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G11" s="15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H11" s="15">
         <v>0</v>
       </c>
       <c r="I11" s="15">
         <v>28</v>
       </c>
       <c r="J11" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K11" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L11" s="15">
         <v>0</v>
       </c>
       <c r="M11" s="15">
         <v>48</v>
       </c>
       <c r="N11" s="15">
         <v>0</v>
       </c>
       <c r="O11" s="15">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C12" s="13">
         <v>5</v>
       </c>
       <c r="D12" s="13">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E12" s="13">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F12" s="13">
         <v>60</v>
       </c>
       <c r="G12" s="13">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H12" s="13">
         <v>1</v>
       </c>
       <c r="I12" s="13">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="J12" s="13">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="K12" s="13">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="L12" s="13">
         <v>1</v>
       </c>
       <c r="M12" s="13">
         <v>517</v>
       </c>
       <c r="N12" s="13">
         <v>0</v>
       </c>
       <c r="O12" s="13">
         <v>517</v>
       </c>
     </row>
     <row r="13" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="14"/>
       <c r="B13" s="14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C13" s="15">
         <v>2</v>
       </c>
       <c r="D13" s="15">
         <v>151</v>
       </c>
       <c r="E13" s="15">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F13" s="15">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G13" s="15">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H13" s="15">
         <v>0</v>
       </c>
       <c r="I13" s="15">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="J13" s="15">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="K13" s="15">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="L13" s="15">
         <v>1</v>
       </c>
       <c r="M13" s="15">
         <v>518</v>
       </c>
       <c r="N13" s="15">
         <v>0</v>
       </c>
       <c r="O13" s="15">
         <v>518</v>
       </c>
     </row>
     <row r="14" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C14" s="13">
         <v>0</v>
       </c>
       <c r="D14" s="13">
         <v>269</v>
       </c>
       <c r="E14" s="13">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F14" s="13">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G14" s="13">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="H14" s="13">
         <v>0</v>
       </c>
       <c r="I14" s="13">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="J14" s="13">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="K14" s="13">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L14" s="13">
         <v>3</v>
       </c>
       <c r="M14" s="13">
         <v>550</v>
       </c>
       <c r="N14" s="13">
         <v>0</v>
       </c>
       <c r="O14" s="13">
         <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="14"/>
       <c r="B15" s="14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C15" s="15">
         <v>0</v>
       </c>
       <c r="D15" s="15">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E15" s="15">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F15" s="15">
         <v>6</v>
       </c>
       <c r="G15" s="15">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H15" s="15">
         <v>0</v>
       </c>
       <c r="I15" s="15">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J15" s="15">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="K15" s="15">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="L15" s="15">
         <v>9</v>
       </c>
       <c r="M15" s="15">
         <v>478</v>
       </c>
       <c r="N15" s="15">
         <v>4</v>
       </c>
       <c r="O15" s="15">
         <v>482</v>
       </c>
     </row>
     <row r="16" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="12"/>
       <c r="B16" s="12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C16" s="13">
         <v>0</v>
       </c>
       <c r="D16" s="13">
         <v>6</v>
       </c>
       <c r="E16" s="13">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F16" s="13">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G16" s="13">
         <v>0</v>
       </c>
       <c r="H16" s="13">
         <v>1</v>
       </c>
       <c r="I16" s="13">
         <v>0</v>
       </c>
       <c r="J16" s="13">
         <v>6</v>
       </c>
       <c r="K16" s="13">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L16" s="13">
         <v>0</v>
       </c>
       <c r="M16" s="13">
         <v>180</v>
       </c>
       <c r="N16" s="13">
         <v>0</v>
       </c>
       <c r="O16" s="13">
         <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="14"/>
       <c r="B17" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C17" s="15">
         <v>0</v>
       </c>
       <c r="D17" s="15">
         <v>42</v>
       </c>
       <c r="E17" s="15">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F17" s="15">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G17" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H17" s="15">
         <v>1</v>
       </c>
       <c r="I17" s="15">
         <v>56</v>
       </c>
       <c r="J17" s="15">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K17" s="15">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="L17" s="15">
         <v>2</v>
       </c>
       <c r="M17" s="15">
         <v>205</v>
       </c>
       <c r="N17" s="15">
         <v>4</v>
       </c>
       <c r="O17" s="15">
         <v>209</v>
       </c>
     </row>
     <row r="18" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="12"/>
       <c r="B18" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C18" s="13">
         <v>1</v>
       </c>
       <c r="D18" s="13">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="E18" s="13">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F18" s="13">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G18" s="13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H18" s="13">
         <v>1</v>
       </c>
       <c r="I18" s="13">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="J18" s="13">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K18" s="13">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="L18" s="13">
         <v>7</v>
       </c>
       <c r="M18" s="13">
         <v>715</v>
       </c>
       <c r="N18" s="13">
         <v>51</v>
       </c>
       <c r="O18" s="13">
         <v>766</v>
       </c>
     </row>
     <row r="19" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="14"/>
       <c r="B19" s="14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C19" s="15">
         <v>0</v>
       </c>
       <c r="D19" s="15">
         <v>300</v>
       </c>
       <c r="E19" s="15">
         <v>57</v>
       </c>
       <c r="F19" s="15">
         <v>82</v>
       </c>
       <c r="G19" s="15">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="H19" s="15">
         <v>0</v>
       </c>
       <c r="I19" s="15">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="J19" s="15">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K19" s="15">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L19" s="15">
         <v>2</v>
       </c>
       <c r="M19" s="15">
         <v>702</v>
       </c>
       <c r="N19" s="15">
         <v>1</v>
       </c>
       <c r="O19" s="15">
         <v>703</v>
       </c>
     </row>
     <row r="20" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="12"/>
       <c r="B20" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C20" s="13">
         <v>0</v>
       </c>
       <c r="D20" s="13">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E20" s="13">
         <v>61</v>
       </c>
       <c r="F20" s="13">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G20" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H20" s="13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I20" s="13">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="J20" s="13">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K20" s="13">
         <v>54</v>
       </c>
       <c r="L20" s="13">
         <v>10</v>
       </c>
       <c r="M20" s="13">
         <v>461</v>
       </c>
       <c r="N20" s="13">
         <v>48</v>
       </c>
       <c r="O20" s="13">
         <v>509</v>
       </c>
     </row>
     <row r="21" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="14"/>
       <c r="B21" s="14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C21" s="15">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D21" s="15">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E21" s="15">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F21" s="15">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G21" s="15">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H21" s="15">
         <v>1</v>
       </c>
       <c r="I21" s="15">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="J21" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K21" s="15">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="L21" s="15">
         <v>3</v>
       </c>
       <c r="M21" s="15">
         <v>595</v>
       </c>
       <c r="N21" s="15">
         <v>11</v>
       </c>
       <c r="O21" s="15">
         <v>606</v>
       </c>
     </row>
     <row r="22" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="12"/>
       <c r="B22" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C22" s="13">
         <v>0</v>
       </c>
       <c r="D22" s="13">
         <v>217</v>
       </c>
       <c r="E22" s="13">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F22" s="13">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G22" s="13">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H22" s="13">
         <v>2</v>
       </c>
       <c r="I22" s="13">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="J22" s="13">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K22" s="13">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="L22" s="13">
         <v>4</v>
       </c>
       <c r="M22" s="13">
         <v>517</v>
       </c>
       <c r="N22" s="13">
         <v>4</v>
       </c>
       <c r="O22" s="13">
         <v>521</v>
       </c>
     </row>
     <row r="23" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="14"/>
       <c r="B23" s="14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C23" s="15">
         <v>0</v>
       </c>
       <c r="D23" s="15">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E23" s="15">
         <v>38</v>
       </c>
       <c r="F23" s="15">
         <v>119</v>
       </c>
       <c r="G23" s="15">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H23" s="15">
         <v>1</v>
       </c>
       <c r="I23" s="15">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="J23" s="15">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K23" s="15">
         <v>29</v>
       </c>
       <c r="L23" s="15">
         <v>3</v>
       </c>
       <c r="M23" s="15">
         <v>386</v>
       </c>
       <c r="N23" s="15">
         <v>6</v>
       </c>
       <c r="O23" s="15">
         <v>392</v>
       </c>
     </row>
     <row r="24" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A24" s="12"/>
       <c r="B24" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C24" s="13">
         <v>2</v>
       </c>
       <c r="D24" s="13">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E24" s="13">
         <v>41</v>
       </c>
       <c r="F24" s="13">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G24" s="13">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H24" s="13">
         <v>3</v>
       </c>
       <c r="I24" s="13">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="J24" s="13">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="K24" s="13">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L24" s="13">
         <v>4</v>
       </c>
       <c r="M24" s="13">
         <v>668</v>
       </c>
       <c r="N24" s="13">
         <v>2</v>
       </c>
       <c r="O24" s="13">
         <v>670</v>
       </c>
     </row>
     <row r="25" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A25" s="14"/>
       <c r="B25" s="14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C25" s="15">
         <v>3</v>
       </c>
       <c r="D25" s="15">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E25" s="15">
         <v>112</v>
       </c>
       <c r="F25" s="15">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G25" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H25" s="15">
         <v>2</v>
       </c>
       <c r="I25" s="15">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="J25" s="15">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K25" s="15">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="L25" s="15">
         <v>7</v>
       </c>
       <c r="M25" s="15">
         <v>843</v>
       </c>
       <c r="N25" s="15">
         <v>9</v>
       </c>
       <c r="O25" s="15">
         <v>852</v>
       </c>
     </row>
     <row r="26" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A26" s="12"/>
       <c r="B26" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C26" s="13">
         <v>2</v>
       </c>
       <c r="D26" s="13">
         <v>314</v>
       </c>
       <c r="E26" s="13">
         <v>102</v>
       </c>
       <c r="F26" s="13">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G26" s="13">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="H26" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I26" s="13">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="J26" s="13">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K26" s="13">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="L26" s="13">
         <v>8</v>
       </c>
       <c r="M26" s="13">
         <v>835</v>
       </c>
       <c r="N26" s="13">
         <v>43</v>
       </c>
       <c r="O26" s="13">
         <v>878</v>
       </c>
     </row>
     <row r="27" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A27" s="14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B27" s="14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C27" s="15">
         <v>1</v>
       </c>
       <c r="D27" s="15">
         <v>164</v>
       </c>
       <c r="E27" s="15">
         <v>38</v>
       </c>
       <c r="F27" s="15">
         <v>33</v>
       </c>
       <c r="G27" s="15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H27" s="15">
         <v>1</v>
       </c>
       <c r="I27" s="15">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="J27" s="15">
         <v>17</v>
       </c>
       <c r="K27" s="15">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="L27" s="15">
         <v>6</v>
       </c>
       <c r="M27" s="15">
         <v>792</v>
       </c>
       <c r="N27" s="15">
         <v>19</v>
       </c>
       <c r="O27" s="15">
         <v>811</v>
       </c>
     </row>
     <row r="28" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A28" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B28" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C28" s="13">
         <v>0</v>
       </c>
       <c r="D28" s="13">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E28" s="13">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F28" s="13">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G28" s="13">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H28" s="13">
         <v>0</v>
       </c>
       <c r="I28" s="13">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="J28" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K28" s="13">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="L28" s="13">
         <v>4</v>
       </c>
       <c r="M28" s="13">
         <v>499</v>
       </c>
       <c r="N28" s="13">
         <v>8</v>
       </c>
       <c r="O28" s="13">
         <v>507</v>
       </c>
     </row>
     <row r="29" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A29" s="14"/>
       <c r="B29" s="14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C29" s="15">
         <v>0</v>
       </c>
       <c r="D29" s="15">
         <v>125</v>
       </c>
       <c r="E29" s="15">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F29" s="15">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G29" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H29" s="15">
         <v>0</v>
       </c>
       <c r="I29" s="15">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J29" s="15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K29" s="15">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="L29" s="15">
         <v>2</v>
       </c>
       <c r="M29" s="15">
         <v>397</v>
       </c>
       <c r="N29" s="15">
         <v>0</v>
       </c>
       <c r="O29" s="15">
         <v>397</v>
       </c>
     </row>
     <row r="30" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A30" s="12"/>
       <c r="B30" s="12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C30" s="13">
         <v>1</v>
       </c>
       <c r="D30" s="13">
         <v>182</v>
       </c>
       <c r="E30" s="13">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F30" s="13">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G30" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H30" s="13">
         <v>0</v>
       </c>
       <c r="I30" s="13">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J30" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K30" s="13">
         <v>87</v>
       </c>
       <c r="L30" s="13">
         <v>4</v>
       </c>
       <c r="M30" s="13">
         <v>528</v>
       </c>
       <c r="N30" s="13">
         <v>42</v>
       </c>
       <c r="O30" s="13">
         <v>570</v>
       </c>
     </row>
     <row r="31" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A31" s="14" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B31" s="14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C31" s="15">
         <v>0</v>
       </c>
       <c r="D31" s="15">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E31" s="15">
         <v>45</v>
       </c>
       <c r="F31" s="15">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G31" s="15">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H31" s="15">
         <v>0</v>
       </c>
       <c r="I31" s="15">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J31" s="15">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="K31" s="15">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="L31" s="15">
         <v>13</v>
       </c>
       <c r="M31" s="15">
         <v>711</v>
       </c>
       <c r="N31" s="15">
         <v>17</v>
       </c>
       <c r="O31" s="15">
         <v>728</v>
       </c>
     </row>
     <row r="32" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A32" s="12"/>
       <c r="B32" s="12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C32" s="13">
         <v>0</v>
       </c>
       <c r="D32" s="13">
         <v>390</v>
       </c>
       <c r="E32" s="13">
         <v>76</v>
       </c>
       <c r="F32" s="13">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G32" s="13">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H32" s="13">
         <v>1</v>
       </c>
       <c r="I32" s="13">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="J32" s="13">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="K32" s="13">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="L32" s="13">
         <v>14</v>
       </c>
       <c r="M32" s="13">
         <v>881</v>
       </c>
       <c r="N32" s="13">
         <v>37</v>
       </c>
       <c r="O32" s="13">
         <v>918</v>
       </c>
     </row>
     <row r="33" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A33" s="14"/>
       <c r="B33" s="14" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C33" s="15">
         <v>1</v>
       </c>
       <c r="D33" s="15">
         <v>48</v>
       </c>
       <c r="E33" s="15">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="F33" s="15">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G33" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H33" s="15">
         <v>0</v>
       </c>
       <c r="I33" s="15">
         <v>16</v>
       </c>
       <c r="J33" s="15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K33" s="15">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="L33" s="15">
         <v>5</v>
       </c>
       <c r="M33" s="15">
         <v>525</v>
       </c>
       <c r="N33" s="15">
         <v>23</v>
       </c>
       <c r="O33" s="15">
         <v>548</v>
       </c>
     </row>
     <row r="34" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A34" s="12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C34" s="13">
         <v>0</v>
       </c>
       <c r="D34" s="13">
         <v>83</v>
       </c>
       <c r="E34" s="13">
         <v>25</v>
       </c>
       <c r="F34" s="13">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G34" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H34" s="13">
         <v>0</v>
       </c>
       <c r="I34" s="13">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="J34" s="13">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K34" s="13">
         <v>131</v>
       </c>
       <c r="L34" s="13">
         <v>0</v>
       </c>
       <c r="M34" s="13">
         <v>495</v>
       </c>
       <c r="N34" s="13">
         <v>1</v>
       </c>
       <c r="O34" s="13">
         <v>496</v>
       </c>
     </row>
     <row r="35" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A35" s="14"/>
       <c r="B35" s="14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C35" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D35" s="15">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E35" s="15">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F35" s="15">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="G35" s="15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H35" s="15">
         <v>0</v>
       </c>
       <c r="I35" s="15">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="J35" s="15">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K35" s="15">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="L35" s="15">
         <v>3</v>
       </c>
       <c r="M35" s="15">
         <v>605</v>
       </c>
       <c r="N35" s="15">
         <v>0</v>
       </c>
       <c r="O35" s="15">
         <v>605</v>
       </c>
     </row>
     <row r="36" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A36" s="12"/>
       <c r="B36" s="12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C36" s="13">
         <v>0</v>
       </c>
       <c r="D36" s="13">
         <v>65</v>
       </c>
       <c r="E36" s="13">
         <v>11</v>
       </c>
       <c r="F36" s="13">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G36" s="13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H36" s="13">
         <v>0</v>
       </c>
       <c r="I36" s="13">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="J36" s="13">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K36" s="13">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="L36" s="13">
         <v>4</v>
       </c>
       <c r="M36" s="13">
         <v>329</v>
       </c>
       <c r="N36" s="13">
         <v>0</v>
       </c>
       <c r="O36" s="13">
         <v>329</v>
       </c>
     </row>
     <row r="37" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A37" s="14"/>
       <c r="B37" s="14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C37" s="15">
         <v>1</v>
       </c>
       <c r="D37" s="15">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E37" s="15">
         <v>40</v>
       </c>
       <c r="F37" s="15">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G37" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H37" s="15">
         <v>0</v>
       </c>
       <c r="I37" s="15">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J37" s="15">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K37" s="15">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L37" s="15">
         <v>3</v>
       </c>
       <c r="M37" s="15">
         <v>496</v>
       </c>
       <c r="N37" s="15">
         <v>0</v>
       </c>
       <c r="O37" s="15">
         <v>496</v>
       </c>
     </row>
     <row r="38" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A38" s="12"/>
       <c r="B38" s="12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C38" s="13">
         <v>0</v>
       </c>
       <c r="D38" s="13">
         <v>282</v>
       </c>
       <c r="E38" s="13">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F38" s="13">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="G38" s="13">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H38" s="13">
         <v>0</v>
       </c>
       <c r="I38" s="13">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="J38" s="13">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K38" s="13">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L38" s="13">
         <v>1</v>
       </c>
       <c r="M38" s="13">
         <v>918</v>
       </c>
       <c r="N38" s="13">
         <v>1</v>
       </c>
       <c r="O38" s="13">
         <v>919</v>
       </c>
     </row>
     <row r="39" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A39" s="14"/>
       <c r="B39" s="14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C39" s="15">
         <v>0</v>
       </c>
       <c r="D39" s="15">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E39" s="15">
         <v>7</v>
       </c>
       <c r="F39" s="15">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G39" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H39" s="15">
         <v>0</v>
       </c>
       <c r="I39" s="15">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J39" s="15">
         <v>7</v>
       </c>
       <c r="K39" s="15">
         <v>37</v>
       </c>
       <c r="L39" s="15">
         <v>3</v>
       </c>
       <c r="M39" s="15">
         <v>237</v>
       </c>
       <c r="N39" s="15">
         <v>0</v>
       </c>
       <c r="O39" s="15">
         <v>237</v>
       </c>
     </row>
     <row r="40" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A40" s="12"/>
       <c r="B40" s="12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C40" s="13">
         <v>0</v>
       </c>
       <c r="D40" s="13">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E40" s="13">
         <v>21</v>
       </c>
       <c r="F40" s="13">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G40" s="13">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H40" s="13">
         <v>0</v>
       </c>
       <c r="I40" s="13">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="J40" s="13">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K40" s="13">
         <v>70</v>
       </c>
       <c r="L40" s="13">
         <v>4</v>
       </c>
       <c r="M40" s="13">
         <v>492</v>
       </c>
       <c r="N40" s="13">
         <v>0</v>
       </c>
       <c r="O40" s="13">
         <v>492</v>
       </c>
     </row>
     <row r="41" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A41" s="14"/>
       <c r="B41" s="14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C41" s="15">
         <v>1</v>
       </c>
       <c r="D41" s="15">
         <v>219</v>
       </c>
       <c r="E41" s="15">
         <v>37</v>
       </c>
       <c r="F41" s="15">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G41" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H41" s="15">
         <v>1</v>
       </c>
       <c r="I41" s="15">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J41" s="15">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K41" s="15">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="L41" s="15">
         <v>3</v>
       </c>
       <c r="M41" s="15">
         <v>631</v>
       </c>
       <c r="N41" s="15">
         <v>0</v>
       </c>
       <c r="O41" s="15">
         <v>631</v>
       </c>
     </row>
     <row r="42" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A42" s="12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C42" s="13">
         <v>0</v>
       </c>
       <c r="D42" s="13">
         <v>141</v>
       </c>
       <c r="E42" s="13">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F42" s="13">
         <v>19</v>
       </c>
       <c r="G42" s="13">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H42" s="13">
         <v>0</v>
       </c>
       <c r="I42" s="13">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="J42" s="13">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K42" s="13">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="L42" s="13">
         <v>5</v>
       </c>
       <c r="M42" s="13">
         <v>642</v>
       </c>
       <c r="N42" s="13">
         <v>29</v>
       </c>
       <c r="O42" s="13">
         <v>671</v>
       </c>
     </row>
     <row r="43" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A43" s="14"/>
       <c r="B43" s="14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C43" s="15">
         <v>0</v>
       </c>
       <c r="D43" s="15">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="E43" s="15">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F43" s="15">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G43" s="15">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H43" s="15">
         <v>0</v>
       </c>
       <c r="I43" s="15">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="J43" s="15">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="K43" s="15">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L43" s="15">
         <v>12</v>
       </c>
       <c r="M43" s="15">
         <v>1175</v>
       </c>
       <c r="N43" s="15">
         <v>0</v>
       </c>
       <c r="O43" s="15">
         <v>1175</v>
       </c>
     </row>
     <row r="44" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A44" s="12"/>
       <c r="B44" s="12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C44" s="13">
         <v>1</v>
       </c>
       <c r="D44" s="13">
         <v>124</v>
       </c>
       <c r="E44" s="13">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F44" s="13">
         <v>24</v>
       </c>
       <c r="G44" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H44" s="13">
         <v>0</v>
       </c>
       <c r="I44" s="13">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J44" s="13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K44" s="13">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L44" s="13">
         <v>1</v>
       </c>
       <c r="M44" s="13">
         <v>690</v>
       </c>
       <c r="N44" s="13">
         <v>0</v>
       </c>
       <c r="O44" s="13">
         <v>690</v>
       </c>
     </row>
     <row r="45" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A45" s="14"/>
       <c r="B45" s="14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C45" s="15">
         <v>0</v>
       </c>
       <c r="D45" s="15">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E45" s="15">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F45" s="15">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G45" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H45" s="15">
         <v>1</v>
       </c>
       <c r="I45" s="15">
         <v>34</v>
       </c>
       <c r="J45" s="15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K45" s="15">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="L45" s="15">
         <v>1</v>
       </c>
       <c r="M45" s="15">
         <v>540</v>
       </c>
       <c r="N45" s="15">
         <v>0</v>
       </c>
       <c r="O45" s="15">
         <v>540</v>
       </c>
     </row>
     <row r="46" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A46" s="12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C46" s="13">
         <v>0</v>
       </c>
       <c r="D46" s="13">
         <v>210</v>
       </c>
       <c r="E46" s="13">
         <v>0</v>
       </c>
       <c r="F46" s="13">
         <v>0</v>
       </c>
       <c r="G46" s="13">
         <v>0</v>
       </c>
       <c r="H46" s="13">
         <v>9</v>
       </c>
       <c r="I46" s="13">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J46" s="13">
         <v>1</v>
       </c>
       <c r="K46" s="13">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L46" s="13">
         <v>1</v>
       </c>
       <c r="M46" s="13">
         <v>322</v>
       </c>
       <c r="N46" s="13">
         <v>5</v>
       </c>
       <c r="O46" s="13">
         <v>327</v>
       </c>
     </row>
     <row r="47" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A47" s="14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B47" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C47" s="15">
         <v>2</v>
       </c>
       <c r="D47" s="15">
         <v>136</v>
       </c>
       <c r="E47" s="15">
         <v>12</v>
       </c>
       <c r="F47" s="15">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G47" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H47" s="15">
         <v>0</v>
       </c>
       <c r="I47" s="15">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="J47" s="15">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K47" s="15">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="L47" s="15">
         <v>7</v>
       </c>
       <c r="M47" s="15">
         <v>665</v>
       </c>
       <c r="N47" s="15">
         <v>0</v>
       </c>
       <c r="O47" s="15">
         <v>665</v>
       </c>
     </row>
     <row r="48" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A48" s="12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B48" s="12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C48" s="13">
         <v>0</v>
       </c>
       <c r="D48" s="13">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="E48" s="13">
         <v>7</v>
       </c>
       <c r="F48" s="13">
         <v>4</v>
       </c>
       <c r="G48" s="13">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H48" s="13">
         <v>0</v>
       </c>
       <c r="I48" s="13">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="J48" s="13">
         <v>3</v>
       </c>
       <c r="K48" s="13">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L48" s="13">
         <v>4</v>
       </c>
       <c r="M48" s="13">
         <v>267</v>
       </c>
       <c r="N48" s="13">
         <v>0</v>
       </c>
       <c r="O48" s="13">
         <v>267</v>
       </c>
     </row>
     <row r="49" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A49" s="14"/>
       <c r="B49" s="14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C49" s="15">
         <v>0</v>
       </c>
       <c r="D49" s="15">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E49" s="15">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F49" s="15">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G49" s="15">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="H49" s="15">
         <v>1</v>
       </c>
       <c r="I49" s="15">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="J49" s="15">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="K49" s="15">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="L49" s="15">
         <v>5</v>
       </c>
       <c r="M49" s="15">
         <v>825</v>
       </c>
       <c r="N49" s="15">
         <v>5</v>
       </c>
       <c r="O49" s="15">
         <v>830</v>
       </c>
     </row>
     <row r="50" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A50" s="12"/>
       <c r="B50" s="12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C50" s="13">
         <v>0</v>
       </c>
       <c r="D50" s="13">
         <v>147</v>
       </c>
       <c r="E50" s="13">
         <v>78</v>
       </c>
       <c r="F50" s="13">
         <v>44</v>
       </c>
       <c r="G50" s="13">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="H50" s="13">
         <v>0</v>
       </c>
       <c r="I50" s="13">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="J50" s="13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K50" s="13">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L50" s="13">
         <v>3</v>
       </c>
       <c r="M50" s="13">
         <v>425</v>
       </c>
       <c r="N50" s="13">
         <v>10</v>
       </c>
       <c r="O50" s="13">
         <v>435</v>
       </c>
     </row>
     <row r="51" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A51" s="14"/>
       <c r="B51" s="14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C51" s="15">
         <v>0</v>
       </c>
       <c r="D51" s="15">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="E51" s="15">
         <v>140</v>
       </c>
       <c r="F51" s="15">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G51" s="15">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="H51" s="15">
         <v>2</v>
       </c>
       <c r="I51" s="15">
-        <v>487</v>
+        <v>471</v>
       </c>
       <c r="J51" s="15">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K51" s="15">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="L51" s="15">
         <v>8</v>
       </c>
       <c r="M51" s="15">
         <v>1305</v>
       </c>
       <c r="N51" s="15">
         <v>45</v>
       </c>
       <c r="O51" s="15">
         <v>1350</v>
       </c>
     </row>
     <row r="52" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A52" s="12"/>
       <c r="B52" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C52" s="13">
         <v>1</v>
       </c>
       <c r="D52" s="13">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E52" s="13">
         <v>35</v>
       </c>
       <c r="F52" s="13">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G52" s="13">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H52" s="13">
         <v>0</v>
       </c>
       <c r="I52" s="13">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="J52" s="13">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K52" s="13">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="L52" s="13">
         <v>0</v>
       </c>
       <c r="M52" s="13">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="N52" s="13">
         <v>10</v>
       </c>
       <c r="O52" s="13">
-        <v>737</v>
+        <v>736</v>
       </c>
     </row>
     <row r="53" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A53" s="14"/>
       <c r="B53" s="14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C53" s="15">
         <v>1</v>
       </c>
       <c r="D53" s="15">
         <v>243</v>
       </c>
       <c r="E53" s="15">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F53" s="15">
         <v>36</v>
       </c>
       <c r="G53" s="15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H53" s="15">
         <v>0</v>
       </c>
       <c r="I53" s="15">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="J53" s="15">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K53" s="15">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L53" s="15">
         <v>7</v>
       </c>
       <c r="M53" s="15">
         <v>695</v>
       </c>
       <c r="N53" s="15">
         <v>1</v>
       </c>
       <c r="O53" s="15">
         <v>696</v>
       </c>
     </row>
     <row r="54" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A54" s="12"/>
       <c r="B54" s="12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C54" s="13">
         <v>0</v>
       </c>
       <c r="D54" s="13">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E54" s="13">
         <v>72</v>
       </c>
       <c r="F54" s="13">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G54" s="13">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H54" s="13">
         <v>0</v>
       </c>
       <c r="I54" s="13">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="J54" s="13">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="K54" s="13">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="L54" s="13">
         <v>2</v>
       </c>
       <c r="M54" s="13">
         <v>582</v>
       </c>
       <c r="N54" s="13">
         <v>14</v>
       </c>
       <c r="O54" s="13">
         <v>596</v>
       </c>
     </row>
     <row r="55" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A55" s="14"/>
       <c r="B55" s="14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C55" s="15">
         <v>0</v>
       </c>
       <c r="D55" s="15">
         <v>44</v>
       </c>
       <c r="E55" s="15">
         <v>40</v>
       </c>
       <c r="F55" s="15">
         <v>13</v>
       </c>
       <c r="G55" s="15">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H55" s="15">
         <v>0</v>
       </c>
       <c r="I55" s="15">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J55" s="15">
         <v>2</v>
       </c>
       <c r="K55" s="15">
         <v>21</v>
       </c>
       <c r="L55" s="15">
         <v>3</v>
       </c>
       <c r="M55" s="15">
         <v>329</v>
       </c>
       <c r="N55" s="15">
         <v>1</v>
       </c>
       <c r="O55" s="15">
         <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A56" s="12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B56" s="12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C56" s="13">
         <v>1</v>
       </c>
       <c r="D56" s="13">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E56" s="13">
         <v>73</v>
       </c>
       <c r="F56" s="13">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G56" s="13">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="H56" s="13">
         <v>0</v>
       </c>
       <c r="I56" s="13">
-        <v>909</v>
+        <v>894</v>
       </c>
       <c r="J56" s="13">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K56" s="13">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="L56" s="13">
         <v>9</v>
       </c>
       <c r="M56" s="13">
         <v>1525</v>
       </c>
       <c r="N56" s="13">
         <v>0</v>
       </c>
       <c r="O56" s="13">
         <v>1525</v>
       </c>
     </row>
     <row r="57" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A57" s="14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B57" s="14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C57" s="15">
         <v>2</v>
       </c>
       <c r="D57" s="15">
         <v>154</v>
       </c>
       <c r="E57" s="15">
         <v>43</v>
       </c>
       <c r="F57" s="15">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G57" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H57" s="15">
         <v>0</v>
       </c>
       <c r="I57" s="15">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="J57" s="15">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="K57" s="15">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="L57" s="15">
         <v>1</v>
       </c>
       <c r="M57" s="15">
         <v>872</v>
       </c>
       <c r="N57" s="15">
         <v>7</v>
       </c>
       <c r="O57" s="15">
         <v>879</v>
       </c>
     </row>
     <row r="58" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A58" s="12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B58" s="12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C58" s="13">
         <v>0</v>
       </c>
       <c r="D58" s="13">
         <v>99</v>
       </c>
       <c r="E58" s="13">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F58" s="13">
         <v>24</v>
       </c>
       <c r="G58" s="13">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H58" s="13">
         <v>0</v>
       </c>
       <c r="I58" s="13">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="J58" s="13">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="K58" s="13">
         <v>77</v>
       </c>
       <c r="L58" s="13">
         <v>4</v>
       </c>
       <c r="M58" s="13">
         <v>851</v>
       </c>
       <c r="N58" s="13">
         <v>5</v>
       </c>
       <c r="O58" s="13">
         <v>856</v>
       </c>
     </row>
     <row r="59" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A59" s="14"/>
       <c r="B59" s="14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C59" s="15">
         <v>1</v>
       </c>
       <c r="D59" s="15">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E59" s="15">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F59" s="15">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G59" s="15">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H59" s="15">
         <v>0</v>
       </c>
       <c r="I59" s="15">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="J59" s="15">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="K59" s="15">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="L59" s="15">
         <v>3</v>
       </c>
       <c r="M59" s="15">
         <v>695</v>
       </c>
       <c r="N59" s="15">
         <v>3</v>
       </c>
       <c r="O59" s="15">
         <v>698</v>
       </c>
     </row>
     <row r="60" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A60" s="12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B60" s="12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C60" s="13">
         <v>1</v>
       </c>
       <c r="D60" s="13">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E60" s="13">
         <v>70</v>
       </c>
       <c r="F60" s="13">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G60" s="13">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H60" s="13">
         <v>0</v>
       </c>
       <c r="I60" s="13">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="J60" s="13">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K60" s="13">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L60" s="13">
         <v>4</v>
       </c>
       <c r="M60" s="13">
         <v>837</v>
       </c>
       <c r="N60" s="13">
         <v>3</v>
       </c>
       <c r="O60" s="13">
         <v>840</v>
       </c>
     </row>
     <row r="61" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A61" s="14"/>
       <c r="B61" s="14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C61" s="15">
         <v>1</v>
       </c>
       <c r="D61" s="15">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E61" s="15">
         <v>25</v>
       </c>
       <c r="F61" s="15">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G61" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H61" s="15">
         <v>0</v>
       </c>
       <c r="I61" s="15">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="J61" s="15">
         <v>7</v>
       </c>
       <c r="K61" s="15">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="L61" s="15">
         <v>2</v>
       </c>
       <c r="M61" s="15">
         <v>613</v>
       </c>
       <c r="N61" s="15">
         <v>0</v>
       </c>
       <c r="O61" s="15">
         <v>613</v>
       </c>
     </row>
     <row r="62" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A62" s="12"/>
       <c r="B62" s="12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C62" s="13">
         <v>1</v>
       </c>
       <c r="D62" s="13">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E62" s="13">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F62" s="13">
         <v>22</v>
       </c>
       <c r="G62" s="13">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H62" s="13">
         <v>2</v>
       </c>
       <c r="I62" s="13">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="J62" s="13">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="K62" s="13">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="L62" s="13">
         <v>6</v>
       </c>
       <c r="M62" s="13">
         <v>781</v>
       </c>
       <c r="N62" s="13">
         <v>57</v>
       </c>
       <c r="O62" s="13">
         <v>838</v>
       </c>
     </row>
     <row r="63" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A63" s="14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B63" s="14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C63" s="15">
         <v>1</v>
       </c>
       <c r="D63" s="15">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E63" s="15">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F63" s="15">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G63" s="15">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H63" s="15">
         <v>0</v>
       </c>
       <c r="I63" s="15">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="J63" s="15">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K63" s="15">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="L63" s="15">
         <v>10</v>
       </c>
       <c r="M63" s="15">
         <v>634</v>
       </c>
       <c r="N63" s="15">
         <v>17</v>
       </c>
       <c r="O63" s="15">
         <v>651</v>
       </c>
     </row>
     <row r="64" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A64" s="12"/>
       <c r="B64" s="12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C64" s="13">
         <v>0</v>
       </c>
       <c r="D64" s="13">
         <v>329</v>
       </c>
       <c r="E64" s="13">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F64" s="13">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G64" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H64" s="13">
         <v>1</v>
       </c>
       <c r="I64" s="13">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J64" s="13">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K64" s="13">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L64" s="13">
         <v>14</v>
       </c>
       <c r="M64" s="13">
         <v>780</v>
       </c>
       <c r="N64" s="13">
         <v>49</v>
       </c>
       <c r="O64" s="13">
         <v>829</v>
       </c>
     </row>
     <row r="65" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A65" s="14"/>
       <c r="B65" s="14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C65" s="15">
         <v>1</v>
       </c>
       <c r="D65" s="15">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E65" s="15">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F65" s="15">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G65" s="15">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H65" s="15">
         <v>0</v>
       </c>
       <c r="I65" s="15">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="J65" s="15">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="K65" s="15">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="L65" s="15">
         <v>7</v>
       </c>
       <c r="M65" s="15">
         <v>925</v>
       </c>
       <c r="N65" s="15">
         <v>13</v>
       </c>
       <c r="O65" s="15">
         <v>938</v>
       </c>
     </row>
     <row r="66" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A66" s="12"/>
       <c r="B66" s="12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C66" s="13">
         <v>0</v>
       </c>
       <c r="D66" s="13">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E66" s="13">
         <v>31</v>
       </c>
       <c r="F66" s="13">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G66" s="13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H66" s="13">
         <v>0</v>
       </c>
       <c r="I66" s="13">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="J66" s="13">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K66" s="13">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L66" s="13">
         <v>12</v>
       </c>
       <c r="M66" s="13">
         <v>848</v>
       </c>
       <c r="N66" s="13">
         <v>2</v>
       </c>
       <c r="O66" s="13">
         <v>850</v>
       </c>
     </row>
     <row r="67" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A67" s="14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B67" s="14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C67" s="15">
         <v>0</v>
       </c>
       <c r="D67" s="15">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="E67" s="15">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F67" s="15">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G67" s="15">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H67" s="15">
         <v>0</v>
       </c>
       <c r="I67" s="15">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="J67" s="15">
         <v>11</v>
       </c>
       <c r="K67" s="15">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L67" s="15">
         <v>3</v>
       </c>
       <c r="M67" s="15">
         <v>581</v>
       </c>
       <c r="N67" s="15">
         <v>15</v>
       </c>
       <c r="O67" s="15">
         <v>596</v>
       </c>
     </row>
     <row r="68" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A68" s="12"/>
       <c r="B68" s="12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C68" s="13">
         <v>0</v>
       </c>
       <c r="D68" s="13">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="E68" s="13">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F68" s="13">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G68" s="13">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H68" s="13">
         <v>1</v>
       </c>
       <c r="I68" s="13">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="J68" s="13">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="K68" s="13">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="L68" s="13">
         <v>5</v>
       </c>
       <c r="M68" s="13">
         <v>689</v>
       </c>
       <c r="N68" s="13">
         <v>4</v>
       </c>
       <c r="O68" s="13">
         <v>693</v>
       </c>
     </row>
     <row r="69" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A69" s="14"/>
       <c r="B69" s="14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C69" s="15">
         <v>0</v>
       </c>
       <c r="D69" s="15">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E69" s="15">
         <v>42</v>
       </c>
       <c r="F69" s="15">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G69" s="15">
         <v>0</v>
       </c>
       <c r="H69" s="15">
         <v>1</v>
       </c>
       <c r="I69" s="15">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="J69" s="15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K69" s="15">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="L69" s="15">
         <v>3</v>
       </c>
       <c r="M69" s="15">
         <v>709</v>
       </c>
       <c r="N69" s="15">
         <v>0</v>
       </c>
       <c r="O69" s="15">
         <v>709</v>
       </c>
     </row>
     <row r="70" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A70" s="12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B70" s="12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C70" s="13">
         <v>0</v>
       </c>
       <c r="D70" s="13">
         <v>92</v>
       </c>
       <c r="E70" s="13">
         <v>11</v>
       </c>
       <c r="F70" s="13">
         <v>13</v>
       </c>
       <c r="G70" s="13">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H70" s="13">
         <v>0</v>
       </c>
       <c r="I70" s="13">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="J70" s="13">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K70" s="13">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="L70" s="13">
         <v>1</v>
       </c>
       <c r="M70" s="13">
         <v>421</v>
       </c>
       <c r="N70" s="13">
         <v>7</v>
       </c>
       <c r="O70" s="13">
         <v>428</v>
       </c>
     </row>
     <row r="71" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A71" s="14"/>
       <c r="B71" s="14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C71" s="15">
         <v>1</v>
       </c>
       <c r="D71" s="15">
         <v>209</v>
       </c>
       <c r="E71" s="15">
         <v>60</v>
       </c>
       <c r="F71" s="15">
         <v>33</v>
       </c>
       <c r="G71" s="15">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="H71" s="15">
         <v>1</v>
       </c>
       <c r="I71" s="15">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="J71" s="15">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="K71" s="15">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="L71" s="15">
         <v>9</v>
       </c>
       <c r="M71" s="15">
         <v>770</v>
       </c>
       <c r="N71" s="15">
         <v>3</v>
       </c>
       <c r="O71" s="15">
         <v>773</v>
       </c>
     </row>
     <row r="72" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A72" s="12"/>
       <c r="B72" s="12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C72" s="13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D72" s="13">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E72" s="13">
         <v>75</v>
       </c>
       <c r="F72" s="13">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G72" s="13">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="H72" s="13">
         <v>0</v>
       </c>
       <c r="I72" s="13">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="J72" s="13">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="K72" s="13">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="L72" s="13">
         <v>7</v>
       </c>
       <c r="M72" s="13">
         <v>813</v>
       </c>
       <c r="N72" s="13">
         <v>9</v>
       </c>
       <c r="O72" s="13">
         <v>822</v>
       </c>
     </row>
     <row r="73" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A73" s="14"/>
       <c r="B73" s="14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C73" s="15">
         <v>0</v>
       </c>
       <c r="D73" s="15">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E73" s="15">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F73" s="15">
         <v>11</v>
       </c>
       <c r="G73" s="15">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="H73" s="15">
         <v>1</v>
       </c>
       <c r="I73" s="15">
-        <v>216</v>
+        <v>196</v>
       </c>
       <c r="J73" s="15">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="K73" s="15">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L73" s="15">
         <v>3</v>
       </c>
       <c r="M73" s="15">
         <v>519</v>
       </c>
       <c r="N73" s="15">
         <v>0</v>
       </c>
       <c r="O73" s="15">
         <v>519</v>
       </c>
     </row>
     <row r="74" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A74" s="12"/>
       <c r="B74" s="12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C74" s="13">
         <v>0</v>
       </c>
       <c r="D74" s="13">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="E74" s="13">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F74" s="13">
         <v>51</v>
       </c>
       <c r="G74" s="13">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="H74" s="13">
         <v>1</v>
       </c>
       <c r="I74" s="13">
-        <v>463</v>
+        <v>439</v>
       </c>
       <c r="J74" s="13">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="K74" s="13">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L74" s="13">
         <v>12</v>
       </c>
       <c r="M74" s="13">
         <v>1247</v>
       </c>
       <c r="N74" s="13">
         <v>40</v>
       </c>
       <c r="O74" s="13">
         <v>1287</v>
       </c>
     </row>
     <row r="75" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A75" s="14"/>
       <c r="B75" s="14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C75" s="15">
         <v>0</v>
       </c>
       <c r="D75" s="15">
         <v>72</v>
       </c>
       <c r="E75" s="15">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F75" s="15">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G75" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H75" s="15">
         <v>0</v>
       </c>
       <c r="I75" s="15">
         <v>190</v>
       </c>
       <c r="J75" s="15">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K75" s="15">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="L75" s="15">
         <v>2</v>
       </c>
       <c r="M75" s="15">
         <v>350</v>
       </c>
       <c r="N75" s="15">
         <v>0</v>
       </c>
       <c r="O75" s="15">
         <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A76" s="12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B76" s="12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C76" s="13">
         <v>1</v>
       </c>
       <c r="D76" s="13">
         <v>130</v>
       </c>
       <c r="E76" s="13">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F76" s="13">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G76" s="13">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H76" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I76" s="13">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J76" s="13">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K76" s="13">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L76" s="13">
         <v>7</v>
       </c>
       <c r="M76" s="13">
         <v>489</v>
       </c>
       <c r="N76" s="13">
         <v>14</v>
       </c>
       <c r="O76" s="13">
         <v>503</v>
       </c>
     </row>
     <row r="77" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A77" s="14"/>
       <c r="B77" s="14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C77" s="15">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D77" s="15">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E77" s="15">
         <v>84</v>
       </c>
       <c r="F77" s="15">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G77" s="15">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H77" s="15">
         <v>2</v>
       </c>
       <c r="I77" s="15">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="J77" s="15">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K77" s="15">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="L77" s="15">
         <v>10</v>
       </c>
       <c r="M77" s="15">
         <v>1086</v>
       </c>
       <c r="N77" s="15">
         <v>4</v>
       </c>
       <c r="O77" s="15">
         <v>1090</v>
       </c>
     </row>
     <row r="78" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A78" s="12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B78" s="12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C78" s="13">
         <v>0</v>
       </c>
       <c r="D78" s="13">
         <v>99</v>
       </c>
       <c r="E78" s="13">
         <v>40</v>
       </c>
       <c r="F78" s="13">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G78" s="13">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H78" s="13">
         <v>0</v>
       </c>
       <c r="I78" s="13">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="J78" s="13">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="K78" s="13">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L78" s="13">
         <v>4</v>
       </c>
       <c r="M78" s="13">
         <v>555</v>
       </c>
       <c r="N78" s="13">
         <v>0</v>
       </c>
       <c r="O78" s="13">
         <v>555</v>
       </c>
     </row>
     <row r="79" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A79" s="14"/>
       <c r="B79" s="14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C79" s="15">
         <v>1</v>
       </c>
       <c r="D79" s="15">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="E79" s="15">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F79" s="15">
         <v>11</v>
       </c>
       <c r="G79" s="15">
         <v>0</v>
       </c>
       <c r="H79" s="15">
         <v>2</v>
       </c>
       <c r="I79" s="15">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="J79" s="15">
         <v>1</v>
       </c>
       <c r="K79" s="15">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L79" s="15">
         <v>14</v>
       </c>
       <c r="M79" s="15">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="N79" s="15">
         <v>0</v>
       </c>
       <c r="O79" s="15">
-        <v>546</v>
+        <v>544</v>
       </c>
     </row>
     <row r="80" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A80" s="12"/>
       <c r="B80" s="12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C80" s="13">
         <v>1</v>
       </c>
       <c r="D80" s="13">
         <v>276</v>
       </c>
       <c r="E80" s="13">
         <v>22</v>
       </c>
       <c r="F80" s="13">
         <v>15</v>
       </c>
       <c r="G80" s="13">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H80" s="13">
         <v>0</v>
       </c>
       <c r="I80" s="13">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="J80" s="13">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="K80" s="13">
         <v>45</v>
       </c>
       <c r="L80" s="13">
         <v>5</v>
       </c>
       <c r="M80" s="13">
         <v>710</v>
       </c>
       <c r="N80" s="13">
         <v>22</v>
       </c>
       <c r="O80" s="13">
         <v>732</v>
       </c>
     </row>
     <row r="81" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A81" s="14"/>
       <c r="B81" s="14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C81" s="15">
         <v>1</v>
       </c>
       <c r="D81" s="15">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E81" s="15">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F81" s="15">
         <v>37</v>
       </c>
       <c r="G81" s="15">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H81" s="15">
         <v>1</v>
       </c>
       <c r="I81" s="15">
         <v>250</v>
       </c>
       <c r="J81" s="15">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K81" s="15">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="L81" s="15">
         <v>8</v>
       </c>
       <c r="M81" s="15">
         <v>594</v>
       </c>
       <c r="N81" s="15">
         <v>62</v>
       </c>
       <c r="O81" s="15">
         <v>656</v>
       </c>
     </row>
     <row r="82" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A82" s="12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B82" s="12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C82" s="13">
         <v>0</v>
       </c>
       <c r="D82" s="13">
         <v>67</v>
       </c>
       <c r="E82" s="13">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F82" s="13">
         <v>3</v>
       </c>
       <c r="G82" s="13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H82" s="13">
         <v>0</v>
       </c>
       <c r="I82" s="13">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="J82" s="13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K82" s="13">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L82" s="13">
         <v>1</v>
       </c>
       <c r="M82" s="13">
         <v>678</v>
       </c>
       <c r="N82" s="13">
         <v>1</v>
       </c>
       <c r="O82" s="13">
         <v>679</v>
       </c>
     </row>
     <row r="83" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A83" s="14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B83" s="14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C83" s="15">
         <v>0</v>
       </c>
       <c r="D83" s="15">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E83" s="15">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F83" s="15">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G83" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H83" s="15">
         <v>1</v>
       </c>
       <c r="I83" s="15">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="J83" s="15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K83" s="15">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L83" s="15">
         <v>1</v>
       </c>
       <c r="M83" s="15">
         <v>555</v>
       </c>
       <c r="N83" s="15">
         <v>14</v>
       </c>
       <c r="O83" s="15">
         <v>569</v>
       </c>
     </row>
     <row r="84" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A84" s="12"/>
       <c r="B84" s="12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C84" s="13">
         <v>0</v>
       </c>
       <c r="D84" s="13">
         <v>83</v>
       </c>
       <c r="E84" s="13">
         <v>52</v>
       </c>
       <c r="F84" s="13">
         <v>15</v>
       </c>
       <c r="G84" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H84" s="13">
         <v>0</v>
       </c>
       <c r="I84" s="13">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J84" s="13">
         <v>7</v>
       </c>
       <c r="K84" s="13">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L84" s="13">
         <v>5</v>
       </c>
       <c r="M84" s="13">
         <v>363</v>
       </c>
       <c r="N84" s="13">
         <v>0</v>
       </c>
       <c r="O84" s="13">
         <v>363</v>
       </c>
     </row>
     <row r="85" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A85" s="14"/>
       <c r="B85" s="14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C85" s="15">
         <v>1</v>
       </c>
       <c r="D85" s="15">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="E85" s="15">
         <v>106</v>
       </c>
       <c r="F85" s="15">
         <v>46</v>
       </c>
       <c r="G85" s="15">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H85" s="15">
         <v>0</v>
       </c>
       <c r="I85" s="15">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="J85" s="15">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K85" s="15">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="L85" s="15">
         <v>12</v>
       </c>
       <c r="M85" s="15">
         <v>957</v>
       </c>
       <c r="N85" s="15">
         <v>2</v>
       </c>
       <c r="O85" s="15">
         <v>959</v>
       </c>
     </row>
     <row r="86" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A86" s="12"/>
       <c r="B86" s="12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C86" s="13">
         <v>1</v>
       </c>
       <c r="D86" s="13">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E86" s="13">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F86" s="13">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G86" s="13">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H86" s="13">
         <v>0</v>
       </c>
       <c r="I86" s="13">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J86" s="13">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K86" s="13">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="L86" s="13">
         <v>3</v>
       </c>
       <c r="M86" s="13">
         <v>651</v>
       </c>
       <c r="N86" s="13">
         <v>0</v>
       </c>
       <c r="O86" s="13">
         <v>651</v>
       </c>
     </row>
     <row r="87" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A87" s="14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B87" s="14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C87" s="15">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D87" s="15">
         <v>14</v>
       </c>
       <c r="E87" s="15">
         <v>1</v>
       </c>
       <c r="F87" s="15">
         <v>2</v>
       </c>
       <c r="G87" s="15">
         <v>0</v>
       </c>
       <c r="H87" s="15">
         <v>0</v>
       </c>
       <c r="I87" s="15">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J87" s="15">
         <v>0</v>
       </c>
       <c r="K87" s="15">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="L87" s="15">
         <v>3</v>
       </c>
       <c r="M87" s="15">
         <v>295</v>
       </c>
       <c r="N87" s="15">
         <v>0</v>
       </c>
       <c r="O87" s="15">
         <v>295</v>
       </c>
     </row>
     <row r="88" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A88" s="12" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B88" s="12" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C88" s="13">
         <v>0</v>
       </c>
       <c r="D88" s="13">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="E88" s="13">
         <v>15</v>
       </c>
       <c r="F88" s="13">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G88" s="13">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="H88" s="13">
         <v>1</v>
       </c>
       <c r="I88" s="13">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="J88" s="13">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="K88" s="13">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L88" s="13">
         <v>5</v>
       </c>
       <c r="M88" s="13">
         <v>1000</v>
       </c>
       <c r="N88" s="13">
         <v>4</v>
       </c>
       <c r="O88" s="13">
         <v>1004</v>
       </c>
     </row>
     <row r="89" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A89" s="14"/>
       <c r="B89" s="14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C89" s="15">
         <v>0</v>
       </c>
       <c r="D89" s="15">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E89" s="15">
         <v>14</v>
       </c>
       <c r="F89" s="15">
         <v>12</v>
       </c>
       <c r="G89" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H89" s="15">
         <v>0</v>
       </c>
       <c r="I89" s="15">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J89" s="15">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K89" s="15">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="L89" s="15">
         <v>1</v>
       </c>
       <c r="M89" s="15">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="N89" s="15">
         <v>0</v>
       </c>
       <c r="O89" s="15">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="90" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A90" s="12" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B90" s="12" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C90" s="13">
         <v>0</v>
       </c>
       <c r="D90" s="13">
         <v>111</v>
       </c>
       <c r="E90" s="13">
         <v>34</v>
       </c>
       <c r="F90" s="13">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G90" s="13">
         <v>0</v>
       </c>
       <c r="H90" s="13">
         <v>0</v>
       </c>
       <c r="I90" s="13">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="J90" s="13">
         <v>8</v>
       </c>
       <c r="K90" s="13">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="L90" s="13">
         <v>5</v>
       </c>
       <c r="M90" s="13">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="N90" s="13">
         <v>37</v>
       </c>
       <c r="O90" s="13">
-        <v>430</v>
+        <v>429</v>
       </c>
     </row>
     <row r="91" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A91" s="14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B91" s="14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C91" s="15">
         <v>0</v>
       </c>
       <c r="D91" s="15">
         <v>179</v>
       </c>
       <c r="E91" s="15">
         <v>10</v>
       </c>
       <c r="F91" s="15">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G91" s="15">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H91" s="15">
         <v>0</v>
       </c>
       <c r="I91" s="15">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J91" s="15">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="K91" s="15">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="L91" s="15">
         <v>4</v>
       </c>
       <c r="M91" s="15">
         <v>470</v>
       </c>
       <c r="N91" s="15">
         <v>0</v>
       </c>
       <c r="O91" s="15">
         <v>470</v>
       </c>
     </row>
     <row r="92" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A92" s="12"/>
       <c r="B92" s="12" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C92" s="13">
         <v>0</v>
       </c>
       <c r="D92" s="13">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E92" s="13">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F92" s="13">
+        <v>27</v>
+      </c>
+      <c r="G92" s="13">
+        <v>7</v>
+      </c>
+      <c r="H92" s="13">
+        <v>0</v>
+      </c>
+      <c r="I92" s="13">
+        <v>240</v>
+      </c>
+      <c r="J92" s="13">
         <v>26</v>
       </c>
-      <c r="G92" s="13">
-[...10 lines deleted...]
-      </c>
       <c r="K92" s="13">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="L92" s="13">
         <v>7</v>
       </c>
       <c r="M92" s="13">
         <v>651</v>
       </c>
       <c r="N92" s="13">
         <v>0</v>
       </c>
       <c r="O92" s="13">
         <v>651</v>
       </c>
     </row>
     <row r="93" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A93" s="14"/>
       <c r="B93" s="14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C93" s="15">
         <v>0</v>
       </c>
       <c r="D93" s="15">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="E93" s="15">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F93" s="15">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G93" s="15">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H93" s="15">
         <v>0</v>
       </c>
       <c r="I93" s="15">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="J93" s="15">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K93" s="15">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L93" s="15">
         <v>10</v>
       </c>
       <c r="M93" s="15">
         <v>774</v>
       </c>
       <c r="N93" s="15">
         <v>6</v>
       </c>
       <c r="O93" s="15">
         <v>780</v>
       </c>
     </row>
     <row r="94" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A94" s="12"/>
       <c r="B94" s="12" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C94" s="13">
         <v>0</v>
       </c>
       <c r="D94" s="13">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="E94" s="13">
         <v>67</v>
       </c>
       <c r="F94" s="13">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G94" s="13">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="H94" s="13">
         <v>0</v>
       </c>
       <c r="I94" s="13">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="J94" s="13">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="K94" s="13">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L94" s="13">
         <v>6</v>
       </c>
       <c r="M94" s="13">
         <v>732</v>
       </c>
       <c r="N94" s="13">
         <v>1</v>
       </c>
       <c r="O94" s="13">
         <v>733</v>
       </c>
     </row>
     <row r="95" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A95" s="14" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B95" s="14" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C95" s="15">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D95" s="15">
         <v>61</v>
       </c>
       <c r="E95" s="15">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F95" s="15">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G95" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H95" s="15">
         <v>1</v>
       </c>
       <c r="I95" s="15">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="J95" s="15">
         <v>6</v>
       </c>
       <c r="K95" s="15">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L95" s="15">
         <v>2</v>
       </c>
       <c r="M95" s="15">
         <v>437</v>
       </c>
       <c r="N95" s="15">
         <v>8</v>
       </c>
       <c r="O95" s="15">
         <v>445</v>
       </c>
     </row>
     <row r="96" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A96" s="12" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B96" s="12" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C96" s="13">
         <v>0</v>
       </c>
       <c r="D96" s="13">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="E96" s="13">
         <v>7</v>
       </c>
       <c r="F96" s="13">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G96" s="13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H96" s="13">
         <v>0</v>
       </c>
       <c r="I96" s="13">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J96" s="13">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K96" s="13">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="L96" s="13">
         <v>0</v>
       </c>
       <c r="M96" s="13">
         <v>299</v>
       </c>
       <c r="N96" s="13">
         <v>2</v>
       </c>
       <c r="O96" s="13">
         <v>301</v>
       </c>
     </row>
     <row r="97" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A97" s="14"/>
       <c r="B97" s="14" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C97" s="15">
         <v>0</v>
       </c>
       <c r="D97" s="15">
         <v>36</v>
       </c>
       <c r="E97" s="15">
+        <v>1</v>
+      </c>
+      <c r="F97" s="15">
         <v>2</v>
       </c>
-      <c r="F97" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="G97" s="15">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H97" s="15">
         <v>0</v>
       </c>
       <c r="I97" s="15">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="J97" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K97" s="15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L97" s="15">
         <v>1</v>
       </c>
       <c r="M97" s="15">
         <v>64</v>
       </c>
       <c r="N97" s="15">
         <v>0</v>
       </c>
       <c r="O97" s="15">
         <v>64</v>
       </c>
     </row>
     <row r="98" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A98" s="12"/>
       <c r="B98" s="12" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C98" s="13">
         <v>0</v>
       </c>
       <c r="D98" s="13">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E98" s="13">
         <v>9</v>
       </c>
       <c r="F98" s="13">
         <v>29</v>
       </c>
       <c r="G98" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H98" s="13">
         <v>1</v>
       </c>
       <c r="I98" s="13">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="J98" s="13">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K98" s="13">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="L98" s="13">
         <v>2</v>
       </c>
       <c r="M98" s="13">
         <v>263</v>
       </c>
       <c r="N98" s="13">
         <v>1</v>
       </c>
       <c r="O98" s="13">
         <v>264</v>
       </c>
     </row>
     <row r="99" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A99" s="14" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B99" s="14" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C99" s="15">
         <v>0</v>
       </c>
       <c r="D99" s="15">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E99" s="15">
         <v>44</v>
       </c>
       <c r="F99" s="15">
         <v>40</v>
       </c>
       <c r="G99" s="15">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H99" s="15">
         <v>1</v>
       </c>
       <c r="I99" s="15">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J99" s="15">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K99" s="15">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L99" s="15">
         <v>26</v>
       </c>
       <c r="M99" s="15">
         <v>602</v>
       </c>
       <c r="N99" s="15">
         <v>1</v>
       </c>
       <c r="O99" s="15">
         <v>603</v>
       </c>
     </row>
     <row r="100" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A100" s="12"/>
       <c r="B100" s="12" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C100" s="13">
         <v>1</v>
       </c>
       <c r="D100" s="13">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E100" s="13">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F100" s="13">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G100" s="13">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H100" s="13">
         <v>0</v>
       </c>
       <c r="I100" s="13">
-        <v>418</v>
+        <v>405</v>
       </c>
       <c r="J100" s="13">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="K100" s="13">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="L100" s="13">
         <v>3</v>
       </c>
       <c r="M100" s="13">
         <v>787</v>
       </c>
       <c r="N100" s="13">
         <v>4</v>
       </c>
       <c r="O100" s="13">
         <v>791</v>
       </c>
     </row>
     <row r="101" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A101" s="14"/>
       <c r="B101" s="14" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C101" s="15">
         <v>1</v>
       </c>
       <c r="D101" s="15">
         <v>67</v>
       </c>
       <c r="E101" s="15">
         <v>121</v>
       </c>
       <c r="F101" s="15">
         <v>34</v>
       </c>
       <c r="G101" s="15">
         <v>0</v>
       </c>
       <c r="H101" s="15">
         <v>1</v>
       </c>
       <c r="I101" s="15">
         <v>27</v>
       </c>
       <c r="J101" s="15">
         <v>0</v>
       </c>
       <c r="K101" s="15">
         <v>24</v>
       </c>
       <c r="L101" s="15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M101" s="15">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N101" s="15">
         <v>0</v>
       </c>
       <c r="O101" s="15">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="102" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A102" s="12"/>
       <c r="B102" s="12" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C102" s="13">
         <v>1</v>
       </c>
       <c r="D102" s="13">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E102" s="13">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F102" s="13">
         <v>43</v>
       </c>
       <c r="G102" s="13">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H102" s="13">
         <v>0</v>
       </c>
       <c r="I102" s="13">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J102" s="13">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="K102" s="13">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="L102" s="13">
         <v>8</v>
       </c>
       <c r="M102" s="13">
         <v>644</v>
       </c>
       <c r="N102" s="13">
         <v>0</v>
       </c>
       <c r="O102" s="13">
         <v>644</v>
       </c>
     </row>
     <row r="103" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A103" s="14"/>
       <c r="B103" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C103" s="15">
         <v>1</v>
       </c>
       <c r="D103" s="15">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E103" s="15">
         <v>34</v>
       </c>
       <c r="F103" s="15">
         <v>47</v>
       </c>
       <c r="G103" s="15">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H103" s="15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I103" s="15">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="J103" s="15">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="K103" s="15">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L103" s="15">
         <v>5</v>
       </c>
       <c r="M103" s="15">
         <v>519</v>
       </c>
       <c r="N103" s="15">
         <v>13</v>
       </c>
       <c r="O103" s="15">
         <v>532</v>
       </c>
     </row>
     <row r="104" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A104" s="12"/>
       <c r="B104" s="12" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C104" s="13">
         <v>1</v>
       </c>
       <c r="D104" s="13">
         <v>225</v>
       </c>
       <c r="E104" s="13">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F104" s="13">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G104" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H104" s="13">
         <v>0</v>
       </c>
       <c r="I104" s="13">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="J104" s="13">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="K104" s="13">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="L104" s="13">
         <v>7</v>
       </c>
       <c r="M104" s="13">
         <v>800</v>
       </c>
       <c r="N104" s="13">
         <v>9</v>
       </c>
       <c r="O104" s="13">
         <v>809</v>
       </c>
     </row>
     <row r="105" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A105" s="14"/>
       <c r="B105" s="14" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C105" s="15">
         <v>2</v>
       </c>
       <c r="D105" s="15">
         <v>207</v>
       </c>
       <c r="E105" s="15">
         <v>66</v>
       </c>
       <c r="F105" s="15">
         <v>43</v>
       </c>
       <c r="G105" s="15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H105" s="15">
         <v>0</v>
       </c>
       <c r="I105" s="15">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="J105" s="15">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K105" s="15">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="L105" s="15">
         <v>15</v>
       </c>
       <c r="M105" s="15">
         <v>587</v>
       </c>
       <c r="N105" s="15">
         <v>11</v>
       </c>
       <c r="O105" s="15">
         <v>598</v>
       </c>
     </row>
     <row r="106" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A106" s="12"/>
       <c r="B106" s="12" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C106" s="13">
         <v>0</v>
       </c>
       <c r="D106" s="13">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E106" s="13">
         <v>4</v>
       </c>
       <c r="F106" s="13">
         <v>4</v>
       </c>
       <c r="G106" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H106" s="13">
         <v>0</v>
       </c>
       <c r="I106" s="13">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="J106" s="13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K106" s="13">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L106" s="13">
         <v>2</v>
       </c>
       <c r="M106" s="13">
         <v>74</v>
       </c>
       <c r="N106" s="13">
         <v>1</v>
       </c>
       <c r="O106" s="13">
         <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A107" s="14"/>
       <c r="B107" s="14" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C107" s="15">
         <v>0</v>
       </c>
       <c r="D107" s="15">
         <v>130</v>
       </c>
       <c r="E107" s="15">
         <v>29</v>
       </c>
       <c r="F107" s="15">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G107" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H107" s="15">
         <v>0</v>
       </c>
       <c r="I107" s="15">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="J107" s="15">
         <v>4</v>
       </c>
       <c r="K107" s="15">
         <v>51</v>
       </c>
       <c r="L107" s="15">
         <v>3</v>
       </c>
       <c r="M107" s="15">
         <v>469</v>
       </c>
       <c r="N107" s="15">
         <v>5</v>
       </c>
       <c r="O107" s="15">
         <v>474</v>
       </c>
     </row>
     <row r="108" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A108" s="12"/>
       <c r="B108" s="12" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C108" s="13">
         <v>0</v>
       </c>
       <c r="D108" s="13">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="E108" s="13">
         <v>36</v>
       </c>
       <c r="F108" s="13">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G108" s="13">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="H108" s="13">
         <v>0</v>
       </c>
       <c r="I108" s="13">
-        <v>416</v>
+        <v>405</v>
       </c>
       <c r="J108" s="13">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K108" s="13">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="L108" s="13">
         <v>10</v>
       </c>
       <c r="M108" s="13">
         <v>904</v>
       </c>
       <c r="N108" s="13">
         <v>30</v>
       </c>
       <c r="O108" s="13">
         <v>934</v>
       </c>
     </row>
     <row r="109" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A109" s="14"/>
       <c r="B109" s="14" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C109" s="15">
         <v>1</v>
       </c>
       <c r="D109" s="15">
         <v>263</v>
       </c>
       <c r="E109" s="15">
         <v>30</v>
       </c>
       <c r="F109" s="15">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G109" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H109" s="15">
         <v>0</v>
       </c>
       <c r="I109" s="15">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="J109" s="15">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="K109" s="15">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L109" s="15">
         <v>8</v>
       </c>
       <c r="M109" s="15">
         <v>584</v>
       </c>
       <c r="N109" s="15">
         <v>23</v>
       </c>
       <c r="O109" s="15">
         <v>607</v>
       </c>
     </row>
     <row r="110" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A110" s="12"/>
       <c r="B110" s="12" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C110" s="13">
         <v>0</v>
       </c>
       <c r="D110" s="13">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E110" s="13">
         <v>33</v>
       </c>
       <c r="F110" s="13">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G110" s="13">
         <v>2</v>
       </c>
       <c r="H110" s="13">
         <v>1</v>
       </c>
       <c r="I110" s="13">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J110" s="13">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K110" s="13">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L110" s="13">
         <v>12</v>
       </c>
       <c r="M110" s="13">
         <v>471</v>
       </c>
       <c r="N110" s="13">
         <v>4</v>
       </c>
       <c r="O110" s="13">
         <v>475</v>
       </c>
     </row>
     <row r="111" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A111" s="14"/>
       <c r="B111" s="14" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C111" s="15">
         <v>0</v>
       </c>
       <c r="D111" s="15">
         <v>283</v>
       </c>
       <c r="E111" s="15">
         <v>86</v>
       </c>
       <c r="F111" s="15">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G111" s="15">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H111" s="15">
         <v>0</v>
       </c>
       <c r="I111" s="15">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="J111" s="15">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="K111" s="15">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="L111" s="15">
         <v>13</v>
       </c>
       <c r="M111" s="15">
         <v>883</v>
       </c>
       <c r="N111" s="15">
         <v>0</v>
       </c>
       <c r="O111" s="15">
         <v>883</v>
       </c>
     </row>
     <row r="112" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A112" s="12"/>
       <c r="B112" s="12" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C112" s="13">
         <v>1</v>
       </c>
       <c r="D112" s="13">
         <v>190</v>
       </c>
       <c r="E112" s="13">
         <v>80</v>
       </c>
       <c r="F112" s="13">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G112" s="13">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H112" s="13">
         <v>0</v>
       </c>
       <c r="I112" s="13">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="J112" s="13">
         <v>16</v>
       </c>
       <c r="K112" s="13">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L112" s="13">
         <v>12</v>
       </c>
       <c r="M112" s="13">
         <v>730</v>
       </c>
       <c r="N112" s="13">
         <v>23</v>
       </c>
       <c r="O112" s="13">
         <v>753</v>
       </c>
     </row>
     <row r="113" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A113" s="14"/>
       <c r="B113" s="14" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C113" s="15">
         <v>0</v>
       </c>
       <c r="D113" s="15">
         <v>136</v>
       </c>
       <c r="E113" s="15">
         <v>32</v>
       </c>
       <c r="F113" s="15">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G113" s="15">
         <v>1</v>
       </c>
       <c r="H113" s="15">
         <v>0</v>
       </c>
       <c r="I113" s="15">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J113" s="15">
         <v>6</v>
       </c>
       <c r="K113" s="15">
         <v>51</v>
       </c>
       <c r="L113" s="15">
         <v>7</v>
       </c>
       <c r="M113" s="15">
         <v>438</v>
       </c>
       <c r="N113" s="15">
         <v>0</v>
       </c>
       <c r="O113" s="15">
         <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A114" s="12" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B114" s="12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C114" s="13">
         <v>0</v>
       </c>
       <c r="D114" s="13">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E114" s="13">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F114" s="13">
         <v>42</v>
       </c>
       <c r="G114" s="13">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H114" s="13">
         <v>0</v>
       </c>
       <c r="I114" s="13">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="J114" s="13">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K114" s="13">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L114" s="13">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M114" s="13">
         <v>991</v>
       </c>
       <c r="N114" s="13">
         <v>37</v>
       </c>
       <c r="O114" s="13">
         <v>1028</v>
       </c>
     </row>
     <row r="115" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A115" s="14"/>
       <c r="B115" s="14" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C115" s="15">
         <v>0</v>
       </c>
       <c r="D115" s="15">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E115" s="15">
         <v>57</v>
       </c>
       <c r="F115" s="15">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G115" s="15">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H115" s="15">
         <v>1</v>
       </c>
       <c r="I115" s="15">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="J115" s="15">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K115" s="15">
         <v>75</v>
       </c>
       <c r="L115" s="15">
         <v>3</v>
       </c>
       <c r="M115" s="15">
         <v>779</v>
       </c>
       <c r="N115" s="15">
         <v>0</v>
       </c>
       <c r="O115" s="15">
         <v>779</v>
       </c>
     </row>
     <row r="116" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A116" s="12"/>
       <c r="B116" s="12" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C116" s="13">
         <v>0</v>
       </c>
       <c r="D116" s="13">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E116" s="13">
         <v>42</v>
       </c>
       <c r="F116" s="13">
         <v>21</v>
       </c>
       <c r="G116" s="13">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="H116" s="13">
         <v>0</v>
       </c>
       <c r="I116" s="13">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="J116" s="13">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="K116" s="13">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="L116" s="13">
         <v>5</v>
       </c>
       <c r="M116" s="13">
         <v>772</v>
       </c>
       <c r="N116" s="13">
         <v>0</v>
       </c>
       <c r="O116" s="13">
         <v>772</v>
       </c>
     </row>
     <row r="117" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A117" s="14"/>
       <c r="B117" s="14" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C117" s="15">
         <v>0</v>
       </c>
       <c r="D117" s="15">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E117" s="15">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F117" s="15">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G117" s="15">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="H117" s="15">
         <v>1</v>
       </c>
       <c r="I117" s="15">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="J117" s="15">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="K117" s="15">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="L117" s="15">
         <v>3</v>
       </c>
       <c r="M117" s="15">
         <v>920</v>
       </c>
       <c r="N117" s="15">
         <v>0</v>
       </c>
       <c r="O117" s="15">
         <v>920</v>
       </c>
     </row>
     <row r="118" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A118" s="12"/>
       <c r="B118" s="12" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C118" s="13">
         <v>0</v>
       </c>
       <c r="D118" s="13">
         <v>218</v>
       </c>
       <c r="E118" s="13">
         <v>36</v>
       </c>
       <c r="F118" s="13">
         <v>16</v>
       </c>
       <c r="G118" s="13">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="H118" s="13">
         <v>0</v>
       </c>
       <c r="I118" s="13">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="J118" s="13">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="K118" s="13">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L118" s="13">
         <v>12</v>
       </c>
       <c r="M118" s="13">
         <v>731</v>
       </c>
       <c r="N118" s="13">
         <v>0</v>
       </c>
       <c r="O118" s="13">
         <v>731</v>
       </c>
     </row>
     <row r="119" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A119" s="14"/>
       <c r="B119" s="14" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C119" s="15">
         <v>0</v>
       </c>
       <c r="D119" s="15">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E119" s="15">
         <v>44</v>
       </c>
       <c r="F119" s="15">
         <v>10</v>
       </c>
       <c r="G119" s="15">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H119" s="15">
         <v>1</v>
       </c>
       <c r="I119" s="15">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="J119" s="15">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K119" s="15">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="L119" s="15">
         <v>2</v>
       </c>
       <c r="M119" s="15">
         <v>534</v>
       </c>
       <c r="N119" s="15">
         <v>0</v>
       </c>
       <c r="O119" s="15">
         <v>534</v>
       </c>
     </row>
     <row r="120" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A120" s="12" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B120" s="12" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C120" s="13">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D120" s="13">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="E120" s="13">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F120" s="13">
         <v>17</v>
       </c>
       <c r="G120" s="13">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H120" s="13">
         <v>0</v>
       </c>
       <c r="I120" s="13">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="J120" s="13">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="K120" s="13">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="L120" s="13">
         <v>5</v>
       </c>
       <c r="M120" s="13">
         <v>753</v>
       </c>
       <c r="N120" s="13">
         <v>0</v>
       </c>
       <c r="O120" s="13">
         <v>753</v>
       </c>
     </row>
     <row r="121" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A121" s="14" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B121" s="14" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C121" s="15">
         <v>13</v>
       </c>
       <c r="D121" s="15">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E121" s="15">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F121" s="15">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G121" s="15">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H121" s="15">
         <v>2</v>
       </c>
       <c r="I121" s="15">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J121" s="15">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="K121" s="15">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="L121" s="15">
         <v>2</v>
       </c>
       <c r="M121" s="15">
         <v>665</v>
       </c>
       <c r="N121" s="15">
         <v>3</v>
       </c>
       <c r="O121" s="15">
         <v>668</v>
       </c>
     </row>
     <row r="122" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A122" s="12" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B122" s="12" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C122" s="13">
         <v>0</v>
       </c>
       <c r="D122" s="13">
         <v>526</v>
       </c>
       <c r="E122" s="13">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F122" s="13">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G122" s="13">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="H122" s="13">
         <v>0</v>
       </c>
       <c r="I122" s="13">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="J122" s="13">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K122" s="13">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L122" s="13">
         <v>9</v>
       </c>
       <c r="M122" s="13">
         <v>1278</v>
       </c>
       <c r="N122" s="13">
         <v>0</v>
       </c>
       <c r="O122" s="13">
         <v>1278</v>
       </c>
     </row>
     <row r="123" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A123" s="14"/>
       <c r="B123" s="14" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C123" s="15">
         <v>0</v>
       </c>
       <c r="D123" s="15">
         <v>135</v>
       </c>
       <c r="E123" s="15">
         <v>11</v>
       </c>
       <c r="F123" s="15">
         <v>19</v>
       </c>
       <c r="G123" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H123" s="15">
         <v>0</v>
       </c>
       <c r="I123" s="15">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J123" s="15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="K123" s="15">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="L123" s="15">
         <v>3</v>
       </c>
       <c r="M123" s="15">
         <v>470</v>
       </c>
       <c r="N123" s="15">
         <v>0</v>
       </c>
       <c r="O123" s="15">
         <v>470</v>
       </c>
     </row>
     <row r="124" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A124" s="12"/>
       <c r="B124" s="12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C124" s="13">
         <v>0</v>
       </c>
       <c r="D124" s="13">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="E124" s="13">
         <v>82</v>
       </c>
       <c r="F124" s="13">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G124" s="13">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H124" s="13">
         <v>3</v>
       </c>
       <c r="I124" s="13">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="J124" s="13">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="K124" s="13">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="L124" s="13">
         <v>23</v>
       </c>
       <c r="M124" s="13">
         <v>1135</v>
       </c>
       <c r="N124" s="13">
         <v>59</v>
       </c>
       <c r="O124" s="13">
         <v>1194</v>
       </c>
     </row>
     <row r="125" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A125" s="14"/>
       <c r="B125" s="14" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C125" s="15">
         <v>0</v>
       </c>
       <c r="D125" s="15">
         <v>213</v>
       </c>
       <c r="E125" s="15">
         <v>22</v>
       </c>
       <c r="F125" s="15">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G125" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H125" s="15">
         <v>0</v>
       </c>
       <c r="I125" s="15">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="J125" s="15">
         <v>18</v>
       </c>
       <c r="K125" s="15">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="L125" s="15">
         <v>2</v>
       </c>
       <c r="M125" s="15">
         <v>644</v>
       </c>
       <c r="N125" s="15">
         <v>0</v>
       </c>
       <c r="O125" s="15">
         <v>644</v>
       </c>
     </row>
     <row r="126" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A126" s="12"/>
       <c r="B126" s="12" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C126" s="13">
         <v>0</v>
       </c>
       <c r="D126" s="13">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="E126" s="13">
         <v>85</v>
       </c>
       <c r="F126" s="13">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G126" s="13">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H126" s="13">
         <v>2</v>
       </c>
       <c r="I126" s="13">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="J126" s="13">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K126" s="13">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L126" s="13">
         <v>24</v>
       </c>
       <c r="M126" s="13">
         <v>775</v>
       </c>
       <c r="N126" s="13">
         <v>30</v>
       </c>
       <c r="O126" s="13">
         <v>805</v>
       </c>
     </row>
     <row r="127" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A127" s="14"/>
       <c r="B127" s="14" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C127" s="15">
         <v>1</v>
       </c>
       <c r="D127" s="15">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E127" s="15">
         <v>75</v>
       </c>
       <c r="F127" s="15">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G127" s="15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H127" s="15">
         <v>0</v>
       </c>
       <c r="I127" s="15">
         <v>287</v>
       </c>
       <c r="J127" s="15">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="K127" s="15">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L127" s="15">
         <v>12</v>
       </c>
       <c r="M127" s="15">
         <v>714</v>
       </c>
       <c r="N127" s="15">
         <v>11</v>
       </c>
       <c r="O127" s="15">
         <v>725</v>
       </c>
     </row>
     <row r="128" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A128" s="12"/>
       <c r="B128" s="12" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C128" s="13">
         <v>0</v>
       </c>
       <c r="D128" s="13">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E128" s="13">
         <v>81</v>
       </c>
       <c r="F128" s="13">
         <v>42</v>
       </c>
       <c r="G128" s="13">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H128" s="13">
         <v>0</v>
       </c>
       <c r="I128" s="13">
-        <v>437</v>
+        <v>426</v>
       </c>
       <c r="J128" s="13">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K128" s="13">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="L128" s="13">
         <v>10</v>
       </c>
       <c r="M128" s="13">
         <v>940</v>
       </c>
       <c r="N128" s="13">
         <v>5</v>
       </c>
       <c r="O128" s="13">
         <v>945</v>
       </c>
     </row>
     <row r="129" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A129" s="14" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B129" s="14" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C129" s="15">
         <v>0</v>
       </c>
       <c r="D129" s="15">
         <v>1</v>
       </c>
       <c r="E129" s="15">
         <v>2</v>
       </c>
       <c r="F129" s="15">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="G129" s="15">
         <v>0</v>
       </c>
       <c r="H129" s="15">
         <v>0</v>
       </c>
       <c r="I129" s="15">
         <v>2</v>
       </c>
       <c r="J129" s="15">
         <v>0</v>
       </c>
       <c r="K129" s="15">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="L129" s="15">
         <v>0</v>
       </c>
       <c r="M129" s="15">
         <v>339</v>
       </c>
       <c r="N129" s="15">
         <v>1</v>
       </c>
       <c r="O129" s="15">
         <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A130" s="12"/>
       <c r="B130" s="12" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C130" s="13">
         <v>0</v>
       </c>
       <c r="D130" s="13">
         <v>47</v>
       </c>
       <c r="E130" s="13">
         <v>21</v>
       </c>
       <c r="F130" s="13">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="G130" s="13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H130" s="13">
         <v>0</v>
       </c>
       <c r="I130" s="13">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="J130" s="13">
         <v>5</v>
       </c>
       <c r="K130" s="13">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="L130" s="13">
         <v>2</v>
       </c>
       <c r="M130" s="13">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="N130" s="13">
         <v>12</v>
       </c>
       <c r="O130" s="13">
-        <v>797</v>
+        <v>796</v>
       </c>
     </row>
     <row r="131" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A131" s="14"/>
       <c r="B131" s="14" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C131" s="15">
         <v>0</v>
       </c>
       <c r="D131" s="15">
         <v>1</v>
       </c>
       <c r="E131" s="15">
         <v>0</v>
       </c>
       <c r="F131" s="15">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="G131" s="15">
         <v>0</v>
       </c>
       <c r="H131" s="15">
         <v>0</v>
       </c>
       <c r="I131" s="15">
         <v>0</v>
       </c>
       <c r="J131" s="15">
         <v>0</v>
       </c>
       <c r="K131" s="15">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="L131" s="15">
         <v>0</v>
       </c>
       <c r="M131" s="15">
         <v>436</v>
       </c>
       <c r="N131" s="15">
         <v>0</v>
       </c>
       <c r="O131" s="15">
         <v>436</v>
       </c>
     </row>
     <row r="132" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A132" s="12"/>
       <c r="B132" s="12" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C132" s="13">
         <v>0</v>
       </c>
       <c r="D132" s="13">
         <v>9</v>
       </c>
       <c r="E132" s="13">
         <v>3</v>
       </c>
       <c r="F132" s="13">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G132" s="13">
         <v>0</v>
       </c>
       <c r="H132" s="13">
         <v>0</v>
       </c>
       <c r="I132" s="13">
         <v>16</v>
       </c>
       <c r="J132" s="13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K132" s="13">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="L132" s="13">
         <v>2</v>
       </c>
       <c r="M132" s="13">
         <v>305</v>
       </c>
       <c r="N132" s="13">
         <v>6</v>
       </c>
       <c r="O132" s="13">
         <v>311</v>
       </c>
     </row>
     <row r="133" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A133" s="14" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B133" s="14" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C133" s="15">
         <v>1</v>
       </c>
       <c r="D133" s="15">
         <v>173</v>
       </c>
       <c r="E133" s="15">
         <v>76</v>
       </c>
       <c r="F133" s="15">
         <v>34</v>
       </c>
       <c r="G133" s="15">
         <v>1</v>
       </c>
       <c r="H133" s="15">
         <v>1</v>
       </c>
       <c r="I133" s="15">
         <v>227</v>
       </c>
       <c r="J133" s="15">
         <v>4</v>
       </c>
       <c r="K133" s="15">
         <v>92</v>
       </c>
       <c r="L133" s="15">
         <v>27</v>
       </c>
       <c r="M133" s="15">
         <v>629</v>
       </c>
       <c r="N133" s="15">
         <v>7</v>
       </c>
       <c r="O133" s="15">
         <v>636</v>
       </c>
     </row>
     <row r="134" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A134" s="12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B134" s="12" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C134" s="13">
         <v>0</v>
       </c>
       <c r="D134" s="13">
         <v>127</v>
       </c>
       <c r="E134" s="13">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F134" s="13">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G134" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H134" s="13">
         <v>0</v>
       </c>
       <c r="I134" s="13">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="J134" s="13">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K134" s="13">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="L134" s="13">
         <v>1</v>
       </c>
       <c r="M134" s="13">
         <v>744</v>
       </c>
       <c r="N134" s="13">
         <v>5</v>
       </c>
       <c r="O134" s="13">
         <v>749</v>
       </c>
     </row>
     <row r="135" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A135" s="14"/>
       <c r="B135" s="14" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C135" s="15">
         <v>0</v>
       </c>
       <c r="D135" s="15">
         <v>41</v>
       </c>
       <c r="E135" s="15">
         <v>28</v>
       </c>
       <c r="F135" s="15">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G135" s="15">
         <v>0</v>
       </c>
       <c r="H135" s="15">
         <v>1</v>
       </c>
       <c r="I135" s="15">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J135" s="15">
         <v>2</v>
       </c>
       <c r="K135" s="15">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="L135" s="15">
         <v>3</v>
       </c>
       <c r="M135" s="15">
         <v>408</v>
       </c>
       <c r="N135" s="15">
         <v>0</v>
       </c>
       <c r="O135" s="15">
         <v>408</v>
       </c>
     </row>
     <row r="136" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A136" s="12"/>
       <c r="B136" s="12" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C136" s="13">
         <v>0</v>
       </c>
       <c r="D136" s="13">
         <v>44</v>
       </c>
       <c r="E136" s="13">
         <v>49</v>
       </c>
       <c r="F136" s="13">
         <v>20</v>
       </c>
       <c r="G136" s="13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H136" s="13">
         <v>0</v>
       </c>
       <c r="I136" s="13">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="J136" s="13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K136" s="13">
         <v>35</v>
       </c>
       <c r="L136" s="13">
         <v>1</v>
       </c>
       <c r="M136" s="13">
         <v>452</v>
       </c>
       <c r="N136" s="13">
         <v>2</v>
       </c>
       <c r="O136" s="13">
         <v>454</v>
       </c>
     </row>
     <row r="137" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A137" s="14" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B137" s="14" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C137" s="15">
         <v>3</v>
       </c>
       <c r="D137" s="15">
         <v>14</v>
       </c>
       <c r="E137" s="15">
         <v>3</v>
       </c>
       <c r="F137" s="15">
         <v>0</v>
       </c>
       <c r="G137" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H137" s="15">
         <v>0</v>
       </c>
       <c r="I137" s="15">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J137" s="15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K137" s="15">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="L137" s="15">
         <v>1</v>
       </c>
       <c r="M137" s="15">
         <v>293</v>
       </c>
       <c r="N137" s="15">
         <v>0</v>
       </c>
       <c r="O137" s="15">
         <v>293</v>
       </c>
     </row>
     <row r="138" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A138" s="12" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B138" s="12" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C138" s="13">
         <v>0</v>
       </c>
       <c r="D138" s="13">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E138" s="13">
         <v>5</v>
       </c>
       <c r="F138" s="13">
         <v>1</v>
       </c>
       <c r="G138" s="13">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H138" s="13">
         <v>0</v>
       </c>
       <c r="I138" s="13">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="J138" s="13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K138" s="13">
         <v>8</v>
       </c>
       <c r="L138" s="13">
         <v>0</v>
       </c>
       <c r="M138" s="13">
         <v>103</v>
       </c>
       <c r="N138" s="13">
         <v>0</v>
       </c>
       <c r="O138" s="13">
         <v>103</v>
       </c>
     </row>
     <row r="139" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A139" s="14"/>
       <c r="B139" s="14" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C139" s="15">
         <v>0</v>
       </c>
       <c r="D139" s="15">
         <v>36</v>
       </c>
       <c r="E139" s="15">
         <v>9</v>
       </c>
       <c r="F139" s="15">
         <v>3</v>
       </c>
       <c r="G139" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H139" s="15">
         <v>0</v>
       </c>
       <c r="I139" s="15">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="J139" s="15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K139" s="15">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L139" s="15">
         <v>2</v>
       </c>
       <c r="M139" s="15">
         <v>325</v>
       </c>
       <c r="N139" s="15">
         <v>0</v>
       </c>
       <c r="O139" s="15">
         <v>325</v>
       </c>
     </row>
     <row r="140" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A140" s="12"/>
       <c r="B140" s="12" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C140" s="13">
         <v>0</v>
       </c>
       <c r="D140" s="13">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E140" s="13">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="F140" s="13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G140" s="13">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H140" s="13">
         <v>0</v>
       </c>
       <c r="I140" s="13">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J140" s="13">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K140" s="13">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="L140" s="13">
         <v>0</v>
       </c>
       <c r="M140" s="13">
         <v>506</v>
       </c>
       <c r="N140" s="13">
         <v>15</v>
       </c>
       <c r="O140" s="13">
         <v>521</v>
       </c>
     </row>
     <row r="141" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A141" s="14"/>
       <c r="B141" s="14" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C141" s="15">
         <v>0</v>
       </c>
       <c r="D141" s="15">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E141" s="15">
         <v>21</v>
       </c>
       <c r="F141" s="15">
         <v>17</v>
       </c>
       <c r="G141" s="15">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="H141" s="15">
         <v>0</v>
       </c>
       <c r="I141" s="15">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="J141" s="15">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="K141" s="15">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L141" s="15">
         <v>1</v>
       </c>
       <c r="M141" s="15">
         <v>709</v>
       </c>
       <c r="N141" s="15">
         <v>0</v>
       </c>
       <c r="O141" s="15">
         <v>709</v>
       </c>
     </row>
     <row r="142" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A142" s="12"/>
       <c r="B142" s="12" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C142" s="13">
         <v>1</v>
       </c>
       <c r="D142" s="13">
         <v>191</v>
       </c>
       <c r="E142" s="13">
         <v>32</v>
       </c>
       <c r="F142" s="13">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G142" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H142" s="13">
         <v>0</v>
       </c>
       <c r="I142" s="13">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J142" s="13">
         <v>2</v>
       </c>
       <c r="K142" s="13">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L142" s="13">
         <v>3</v>
       </c>
       <c r="M142" s="13">
         <v>439</v>
       </c>
       <c r="N142" s="13">
         <v>23</v>
       </c>
       <c r="O142" s="13">
         <v>462</v>
       </c>
     </row>
     <row r="143" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A143" s="14" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B143" s="14" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C143" s="15">
         <v>0</v>
       </c>
       <c r="D143" s="15">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="E143" s="15">
         <v>61</v>
       </c>
       <c r="F143" s="15">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G143" s="15">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H143" s="15">
         <v>0</v>
       </c>
       <c r="I143" s="15">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="J143" s="15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K143" s="15">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="L143" s="15">
         <v>12</v>
       </c>
       <c r="M143" s="15">
         <v>961</v>
       </c>
       <c r="N143" s="15">
         <v>3</v>
       </c>
       <c r="O143" s="15">
         <v>964</v>
       </c>
     </row>
     <row r="144" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A144" s="12"/>
       <c r="B144" s="12" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C144" s="13">
         <v>0</v>
       </c>
       <c r="D144" s="13">
         <v>65</v>
       </c>
       <c r="E144" s="13">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F144" s="13">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G144" s="13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H144" s="13">
         <v>0</v>
       </c>
       <c r="I144" s="13">
         <v>52</v>
       </c>
       <c r="J144" s="13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K144" s="13">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L144" s="13">
         <v>1</v>
       </c>
       <c r="M144" s="13">
         <v>248</v>
       </c>
       <c r="N144" s="13">
         <v>0</v>
       </c>
       <c r="O144" s="13">
         <v>248</v>
       </c>
     </row>
     <row r="145" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A145" s="14"/>
       <c r="B145" s="14" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C145" s="15">
         <v>0</v>
       </c>
       <c r="D145" s="15">
         <v>65</v>
       </c>
       <c r="E145" s="15">
         <v>15</v>
       </c>
       <c r="F145" s="15">
         <v>17</v>
       </c>
       <c r="G145" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H145" s="15">
         <v>0</v>
       </c>
       <c r="I145" s="15">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="J145" s="15">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K145" s="15">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="L145" s="15">
         <v>3</v>
       </c>
       <c r="M145" s="15">
         <v>232</v>
       </c>
       <c r="N145" s="15">
         <v>20</v>
       </c>
       <c r="O145" s="15">
         <v>252</v>
       </c>
     </row>
     <row r="146" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A146" s="12"/>
       <c r="B146" s="12" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C146" s="13">
         <v>1</v>
       </c>
       <c r="D146" s="13">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="E146" s="13">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F146" s="13">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="G146" s="13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H146" s="13">
         <v>0</v>
       </c>
       <c r="I146" s="13">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="J146" s="13">
+        <v>6</v>
+      </c>
+      <c r="K146" s="13">
+        <v>101</v>
+      </c>
+      <c r="L146" s="13">
         <v>11</v>
       </c>
-      <c r="K146" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="M146" s="13">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="N146" s="13">
         <v>5</v>
       </c>
       <c r="O146" s="13">
-        <v>866</v>
+        <v>865</v>
       </c>
     </row>
     <row r="147" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A147" s="14"/>
       <c r="B147" s="14" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C147" s="15">
         <v>1</v>
       </c>
       <c r="D147" s="15">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E147" s="15">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F147" s="15">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G147" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H147" s="15">
         <v>0</v>
       </c>
       <c r="I147" s="15">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J147" s="15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K147" s="15">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="L147" s="15">
         <v>13</v>
       </c>
       <c r="M147" s="15">
         <v>761</v>
       </c>
       <c r="N147" s="15">
         <v>0</v>
       </c>
       <c r="O147" s="15">
         <v>761</v>
       </c>
     </row>
     <row r="148" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A148" s="12"/>
       <c r="B148" s="12" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C148" s="13">
         <v>0</v>
       </c>
       <c r="D148" s="13">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E148" s="13">
         <v>25</v>
       </c>
       <c r="F148" s="13">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="G148" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H148" s="13">
         <v>1</v>
       </c>
       <c r="I148" s="13">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="J148" s="13">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K148" s="13">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="L148" s="13">
         <v>1</v>
       </c>
       <c r="M148" s="13">
         <v>514</v>
       </c>
       <c r="N148" s="13">
         <v>0</v>
       </c>
       <c r="O148" s="13">
         <v>514</v>
       </c>
     </row>
     <row r="149" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A149" s="14"/>
       <c r="B149" s="14" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C149" s="15">
         <v>0</v>
       </c>
       <c r="D149" s="15">
         <v>86</v>
       </c>
       <c r="E149" s="15">
         <v>17</v>
       </c>
       <c r="F149" s="15">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G149" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H149" s="15">
         <v>0</v>
       </c>
       <c r="I149" s="15">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J149" s="15">
         <v>4</v>
       </c>
       <c r="K149" s="15">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="L149" s="15">
         <v>3</v>
       </c>
       <c r="M149" s="15">
         <v>208</v>
       </c>
       <c r="N149" s="15">
         <v>0</v>
       </c>
       <c r="O149" s="15">
         <v>208</v>
       </c>
     </row>
     <row r="150" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A150" s="12"/>
       <c r="B150" s="12" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C150" s="13">
         <v>1</v>
       </c>
       <c r="D150" s="13">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E150" s="13">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F150" s="13">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="G150" s="13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H150" s="13">
         <v>0</v>
       </c>
       <c r="I150" s="13">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="J150" s="13">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K150" s="13">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="L150" s="13">
         <v>7</v>
       </c>
       <c r="M150" s="13">
         <v>966</v>
       </c>
       <c r="N150" s="13">
         <v>0</v>
       </c>
       <c r="O150" s="13">
         <v>966</v>
       </c>
     </row>
     <row r="151" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A151" s="14"/>
       <c r="B151" s="14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C151" s="15">
         <v>0</v>
       </c>
       <c r="D151" s="15">
         <v>57</v>
       </c>
       <c r="E151" s="15">
         <v>23</v>
       </c>
       <c r="F151" s="15">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G151" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H151" s="15">
         <v>0</v>
       </c>
       <c r="I151" s="15">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="J151" s="15">
         <v>1</v>
       </c>
       <c r="K151" s="15">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="L151" s="15">
         <v>1</v>
       </c>
       <c r="M151" s="15">
         <v>226</v>
       </c>
       <c r="N151" s="15">
         <v>1</v>
       </c>
       <c r="O151" s="15">
         <v>227</v>
       </c>
     </row>
     <row r="152" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A152" s="12"/>
       <c r="B152" s="12" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C152" s="13">
         <v>0</v>
       </c>
       <c r="D152" s="13">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="E152" s="13">
         <v>41</v>
       </c>
       <c r="F152" s="13">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G152" s="13">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H152" s="13">
         <v>0</v>
       </c>
       <c r="I152" s="13">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="J152" s="13">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K152" s="13">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="L152" s="13">
         <v>19</v>
       </c>
       <c r="M152" s="13">
         <v>981</v>
       </c>
       <c r="N152" s="13">
         <v>2</v>
       </c>
       <c r="O152" s="13">
         <v>983</v>
       </c>
     </row>
     <row r="153" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A153" s="14"/>
       <c r="B153" s="14" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C153" s="15">
         <v>1</v>
       </c>
       <c r="D153" s="15">
         <v>448</v>
       </c>
       <c r="E153" s="15">
         <v>59</v>
       </c>
       <c r="F153" s="15">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G153" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H153" s="15">
         <v>0</v>
       </c>
       <c r="I153" s="15">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="J153" s="15">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K153" s="15">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="L153" s="15">
         <v>12</v>
       </c>
       <c r="M153" s="15">
         <v>1000</v>
       </c>
       <c r="N153" s="15">
         <v>5</v>
       </c>
       <c r="O153" s="15">
         <v>1005</v>
       </c>
     </row>
     <row r="154" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A154" s="12"/>
       <c r="B154" s="12" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C154" s="13">
         <v>0</v>
       </c>
       <c r="D154" s="13">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E154" s="13">
         <v>4</v>
       </c>
       <c r="F154" s="13">
         <v>7</v>
       </c>
       <c r="G154" s="13">
         <v>0</v>
       </c>
       <c r="H154" s="13">
         <v>0</v>
       </c>
       <c r="I154" s="13">
         <v>75</v>
       </c>
       <c r="J154" s="13">
         <v>0</v>
       </c>
       <c r="K154" s="13">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L154" s="13">
         <v>1</v>
       </c>
       <c r="M154" s="13">
         <v>119</v>
       </c>
       <c r="N154" s="13">
         <v>0</v>
       </c>
       <c r="O154" s="13">
         <v>119</v>
       </c>
     </row>
     <row r="155" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A155" s="14"/>
       <c r="B155" s="14" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C155" s="15">
         <v>2</v>
       </c>
       <c r="D155" s="15">
         <v>348</v>
       </c>
       <c r="E155" s="15">
         <v>73</v>
       </c>
       <c r="F155" s="15">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G155" s="15">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H155" s="15">
         <v>0</v>
       </c>
       <c r="I155" s="15">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="J155" s="15">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K155" s="15">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="L155" s="15">
         <v>3</v>
       </c>
       <c r="M155" s="15">
         <v>1020</v>
       </c>
       <c r="N155" s="15">
         <v>1</v>
       </c>
       <c r="O155" s="15">
         <v>1021</v>
       </c>
     </row>
     <row r="156" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A156" s="12" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B156" s="12" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C156" s="13">
         <v>0</v>
       </c>
       <c r="D156" s="13">
         <v>56</v>
       </c>
       <c r="E156" s="13">
         <v>8</v>
       </c>
       <c r="F156" s="13">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G156" s="13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H156" s="13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I156" s="13">
         <v>381</v>
       </c>
       <c r="J156" s="13">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K156" s="13">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L156" s="13">
         <v>1</v>
       </c>
       <c r="M156" s="13">
         <v>539</v>
       </c>
       <c r="N156" s="13">
         <v>4</v>
       </c>
       <c r="O156" s="13">
         <v>543</v>
       </c>
     </row>
     <row r="157" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A157" s="14" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B157" s="14" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C157" s="15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D157" s="15">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E157" s="15">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F157" s="15">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G157" s="15">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H157" s="15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I157" s="15">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J157" s="15">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="K157" s="15">
         <v>98</v>
       </c>
       <c r="L157" s="15">
         <v>2</v>
       </c>
       <c r="M157" s="15">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="N157" s="15">
         <v>0</v>
       </c>
       <c r="O157" s="15">
-        <v>620</v>
+        <v>619</v>
       </c>
     </row>
     <row r="158" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A158" s="12"/>
       <c r="B158" s="12" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C158" s="13">
         <v>1</v>
       </c>
       <c r="D158" s="13">
         <v>230</v>
       </c>
       <c r="E158" s="13">
         <v>94</v>
       </c>
       <c r="F158" s="13">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G158" s="13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H158" s="13">
         <v>0</v>
       </c>
       <c r="I158" s="13">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="J158" s="13">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K158" s="13">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="L158" s="13">
         <v>6</v>
       </c>
       <c r="M158" s="13">
         <v>651</v>
       </c>
       <c r="N158" s="13">
         <v>17</v>
       </c>
       <c r="O158" s="13">
         <v>668</v>
       </c>
     </row>
     <row r="159" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A159" s="14"/>
       <c r="B159" s="14" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C159" s="15">
         <v>0</v>
       </c>
       <c r="D159" s="15">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E159" s="15">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F159" s="15">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G159" s="15">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H159" s="15">
         <v>1</v>
       </c>
       <c r="I159" s="15">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="J159" s="15">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K159" s="15">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L159" s="15">
         <v>8</v>
       </c>
       <c r="M159" s="15">
         <v>747</v>
       </c>
       <c r="N159" s="15">
         <v>35</v>
       </c>
       <c r="O159" s="15">
         <v>782</v>
       </c>
     </row>
     <row r="160" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A160" s="12"/>
       <c r="B160" s="12" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C160" s="13">
         <v>0</v>
       </c>
       <c r="D160" s="13">
         <v>69</v>
       </c>
       <c r="E160" s="13">
         <v>3</v>
       </c>
       <c r="F160" s="13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G160" s="13">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H160" s="13">
         <v>0</v>
       </c>
       <c r="I160" s="13">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="J160" s="13">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K160" s="13">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L160" s="13">
         <v>1</v>
       </c>
       <c r="M160" s="13">
         <v>219</v>
       </c>
       <c r="N160" s="13">
         <v>0</v>
       </c>
       <c r="O160" s="13">
         <v>219</v>
       </c>
     </row>
     <row r="161" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A161" s="14" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B161" s="14" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C161" s="15">
         <v>0</v>
       </c>
       <c r="D161" s="15">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E161" s="15">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F161" s="15">
         <v>20</v>
       </c>
       <c r="G161" s="15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H161" s="15">
         <v>1</v>
       </c>
       <c r="I161" s="15">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="J161" s="15">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K161" s="15">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="L161" s="15">
         <v>1</v>
       </c>
       <c r="M161" s="15">
         <v>518</v>
       </c>
       <c r="N161" s="15">
         <v>1</v>
       </c>
       <c r="O161" s="15">
         <v>519</v>
       </c>
     </row>
     <row r="162" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A162" s="12" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B162" s="12" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C162" s="13">
         <v>14</v>
       </c>
       <c r="D162" s="13">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E162" s="13">
         <v>44</v>
       </c>
       <c r="F162" s="13">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G162" s="13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H162" s="13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I162" s="13">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="J162" s="13">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="K162" s="13">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="L162" s="13">
         <v>14</v>
       </c>
       <c r="M162" s="13">
         <v>1227</v>
       </c>
       <c r="N162" s="13">
         <v>4</v>
       </c>
       <c r="O162" s="13">
         <v>1231</v>
       </c>
     </row>
     <row r="163" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A163" s="14"/>
       <c r="B163" s="14" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C163" s="15">
         <v>1</v>
       </c>
       <c r="D163" s="15">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E163" s="15">
         <v>11</v>
       </c>
       <c r="F163" s="15">
         <v>15</v>
       </c>
       <c r="G163" s="15">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H163" s="15">
         <v>0</v>
       </c>
       <c r="I163" s="15">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="J163" s="15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K163" s="15">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L163" s="15">
         <v>1</v>
       </c>
       <c r="M163" s="15">
         <v>353</v>
       </c>
       <c r="N163" s="15">
         <v>0</v>
       </c>
       <c r="O163" s="15">
         <v>353</v>
       </c>
     </row>
     <row r="164" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A164" s="12" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B164" s="12" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C164" s="13">
         <v>0</v>
       </c>
       <c r="D164" s="13">
         <v>254</v>
       </c>
       <c r="E164" s="13">
         <v>68</v>
       </c>
       <c r="F164" s="13">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G164" s="13">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="H164" s="13">
         <v>1</v>
       </c>
       <c r="I164" s="13">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="J164" s="13">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="K164" s="13">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="L164" s="13">
         <v>7</v>
       </c>
       <c r="M164" s="13">
         <v>1124</v>
       </c>
       <c r="N164" s="13">
         <v>17</v>
       </c>
       <c r="O164" s="13">
         <v>1141</v>
       </c>
     </row>
     <row r="165" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A165" s="14"/>
       <c r="B165" s="14" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C165" s="15">
         <v>5</v>
       </c>
       <c r="D165" s="15">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E165" s="15">
         <v>52</v>
       </c>
       <c r="F165" s="15">
         <v>62</v>
       </c>
       <c r="G165" s="15">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H165" s="15">
         <v>0</v>
       </c>
       <c r="I165" s="15">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="J165" s="15">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K165" s="15">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="L165" s="15">
         <v>3</v>
       </c>
       <c r="M165" s="15">
         <v>748</v>
       </c>
       <c r="N165" s="15">
         <v>8</v>
       </c>
       <c r="O165" s="15">
         <v>756</v>
       </c>
     </row>
     <row r="166" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A166" s="12" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B166" s="12" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C166" s="13">
         <v>1</v>
       </c>
       <c r="D166" s="13">
         <v>42</v>
       </c>
       <c r="E166" s="13">
         <v>15</v>
       </c>
       <c r="F166" s="13">
         <v>3</v>
       </c>
       <c r="G166" s="13">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H166" s="13">
         <v>0</v>
       </c>
       <c r="I166" s="13">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="J166" s="13">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K166" s="13">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="L166" s="13">
         <v>4</v>
       </c>
       <c r="M166" s="13">
         <v>331</v>
       </c>
       <c r="N166" s="13">
         <v>0</v>
       </c>
       <c r="O166" s="13">
         <v>331</v>
       </c>
     </row>
     <row r="167" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A167" s="14"/>
       <c r="B167" s="14" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C167" s="15">
         <v>0</v>
       </c>
       <c r="D167" s="15">
         <v>47</v>
       </c>
       <c r="E167" s="15">
         <v>4</v>
       </c>
       <c r="F167" s="15">
+        <v>4</v>
+      </c>
+      <c r="G167" s="15">
+        <v>7</v>
+      </c>
+      <c r="H167" s="15">
+        <v>1</v>
+      </c>
+      <c r="I167" s="15">
+        <v>347</v>
+      </c>
+      <c r="J167" s="15">
         <v>5</v>
       </c>
-      <c r="G167" s="15">
-[...10 lines deleted...]
-      </c>
       <c r="K167" s="15">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L167" s="15">
         <v>6</v>
       </c>
       <c r="M167" s="15">
         <v>451</v>
       </c>
       <c r="N167" s="15">
         <v>9</v>
       </c>
       <c r="O167" s="15">
         <v>460</v>
       </c>
     </row>
     <row r="168" spans="1:15" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A168" s="16" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B168" s="16"/>
       <c r="C168" s="17">
         <v>162</v>
       </c>
       <c r="D168" s="17">
-        <v>28106</v>
+        <v>28024</v>
       </c>
       <c r="E168" s="17">
-        <v>8300</v>
+        <v>8249</v>
       </c>
       <c r="F168" s="17">
-        <v>6701</v>
+        <v>6688</v>
       </c>
       <c r="G168" s="17">
-        <v>96</v>
+        <v>1004</v>
       </c>
       <c r="H168" s="17">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I168" s="17">
-        <v>42311</v>
+        <v>41640</v>
       </c>
       <c r="J168" s="17">
-        <v>2330</v>
+        <v>1885</v>
       </c>
       <c r="K168" s="17">
-        <v>11753</v>
+        <v>12105</v>
       </c>
       <c r="L168" s="17">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="M168" s="17">
-        <v>99393</v>
+        <v>99388</v>
       </c>
       <c r="N168" s="17">
         <v>1335</v>
       </c>
       <c r="O168" s="17">
-        <v>100728</v>
+        <v>100723</v>
       </c>
     </row>
     <row r="169" spans="1:15" ht="114.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A169" s="23" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B169" s="24"/>
       <c r="C169" s="24"/>
       <c r="D169" s="24"/>
       <c r="E169" s="24"/>
       <c r="F169" s="24"/>
       <c r="G169" s="24"/>
       <c r="H169" s="24"/>
       <c r="I169" s="24"/>
       <c r="J169" s="24"/>
       <c r="K169" s="24"/>
       <c r="L169" s="24"/>
       <c r="M169" s="24"/>
       <c r="N169" s="24"/>
       <c r="O169" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="C5:L5"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="A169:O169"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A5:B6"/>
     <mergeCell ref="C7:O7"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="M5:M6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="55" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="55" fitToWidth="0" fitToHeight="0" orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8 Source: AAMC &amp;D&amp;R&amp;8 ©2025 Association of American Medical Colleges.
 This data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0c498ad708a7917d0bef762c086428f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c320ed5c022c0d73a6f201994db37a8f" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
@@ -9191,81 +9190,81 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBDBD140-1A07-4465-9492-217963B7E92E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C27AF2-3A5E-4D1F-8BAA-A08CC5E7105B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79C0FADA-7A7D-43D0-9F42-FF081B704E5C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEB626C3-0F95-449C-BE2E-B1B0738DAB4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AA94D8D-5EB0-48A2-8C0C-6138B9297D51}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB9FDBF3-3559-4B9D-BE6C-7E335F90C7E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>