--- v0 (2025-11-09)
+++ v1 (2025-11-29)
@@ -4,78 +4,81 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/For Review/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="7" documentId="11_4365C41373500E1211A63C138A09DA03837F6E0D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C069B1C6-55E5-4026-A793-B39A4E2F2B78}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="11_298D4521E790378668D87E4F71A187C0827F6E0F" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E7D78DFC-AAD1-475E-A096-4040925ABAB7}"/>
   <bookViews>
-    <workbookView xWindow="-18750" yWindow="2325" windowWidth="17025" windowHeight="14655" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FACTS Table B-3" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'FACTS Table B-3'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="19">
   <si>
     <t>Table B-3: Total U.S. MD-Granting Medical School Enrollment
 by Race/Ethnicity (Alone) and Gender, Academic Year 2025-2026</t>
   </si>
   <si>
+    <t>The table below displays the racial and ethnic characteristics (alone) of enrolled students in U.S. MD-granting medical schools for 2025-2026. Enrollment includes the number of students in medical school, including students on a leave of absence, on October 31 of each year shown. Enrollment does not include students with graduated, dismissed, withdrawn, deceased, never enrolled, completed fifth pathway, did not complete fifth pathway, or degree revoked statuses. Alone indicates those who selected only one race/ethnicity response. The Multiple Race/Ethnicity category includes those who selected more than one race/ethnicity response. Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</t>
+  </si>
+  <si>
     <t>Student Race/Ethnicity Responses</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Men</t>
   </si>
   <si>
     <t>American Indian or Alaska Native</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
     <t>Black or African American</t>
   </si>
   <si>
     <t>Hispanic or Latino</t>
   </si>
   <si>
     <t>Middle Eastern or North African</t>
   </si>
   <si>
     <t>Native Hawaiian or Pacific Islander</t>
@@ -84,53 +87,50 @@
     <t>White</t>
   </si>
   <si>
     <t>Some Other Race or Ethnicity</t>
   </si>
   <si>
     <t>Multiple Race or Ethnicity</t>
   </si>
   <si>
     <t>Unknown Race or Ethnicity</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Women</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t xml:space="preserve">Notes: Students who reported "Another Gender Identity" or who declined to report gender are only reflected in the All section. Therefore, the totals for men and women may not sum to the Total.
 In 2025-2026, the methodology for acquiring race/ethnicity information was updated. The category of Middle Eastern or North African and the related sub-categories were added. Additionally, sub-categories were modified under the Black or African American, Hispanic or Latino, and Native Hawaiian or Pacific Islander categories. Sub-categories were also added under the White category. Individuals could select multiple response options.
 Due to the methodology changes in 2025-2026, not all enrolled students had the opportunity to respond to the updated race/ethnicity question. For example, students who were already enrolled in medical school prior to 2025-2026 may not have seen the new race/ethnicity question. As a result, the new Middle Eastern or North African category and the new subcategories may be underreported in the total enrollment counts for academic year 2025-2026.
 Prior to the 2025 publication of the FACTS Tables, tables containing race/ethnicity data only displayed race/ethnicity information for U.S. citizens and permanent residents. These displays grouped all non-U.S. citizens and non-permanent residents into a separate category called “Non-U.S. Citizen and Non-Permanent Resident”. Starting with the 2025 FACTS Tables, race/ethnicity information is shown for all individuals who provided that information, regardless of citizenship and residency. </t>
-  </si>
-[...1 lines deleted...]
-    <t>The table below displays the racial and ethnic characteristics (alone) of enrolled students in U.S. MD-granting medical schools for 2025-2026. Enrollment includes the number of students in medical school, including students on a leave of absence, on October 31 of each year shown. Enrollment does not include students with graduated, dismissed, withdrawn, deceased, never enrolled, completed fifth pathway, did not complete fifth pathway, or degree revoked statuses. Alone indicates those who selected only one race/ethnicity response. The Multiple Race or Ethnicity category includes those who selected more than one race/ethnicity response. Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -358,82 +358,82 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>317500</xdr:colOff>
+      <xdr:colOff>402166</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>63500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>144544</xdr:colOff>
+      <xdr:colOff>229210</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>276400</xdr:rowOff>
+      <xdr:rowOff>271638</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AAMC">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4762500" y="63500"/>
+          <a:off x="4847166" y="63500"/>
           <a:ext cx="684294" cy="208138"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -702,459 +702,450 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C41"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.59765625" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="9.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.3984375" style="1" customWidth="1"/>
-    <col min="2" max="2" width="49.73046875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="12.42578125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="49.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="21"/>
     </row>
-    <row r="2" spans="1:3" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
     </row>
-    <row r="3" spans="1:3" ht="128.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:3" ht="128.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="24" t="s">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="B3" s="17"/>
       <c r="C3" s="21"/>
     </row>
-    <row r="4" spans="1:3" ht="2.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:3" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="17"/>
     </row>
-    <row r="5" spans="1:3" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="1:3" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B5" s="23"/>
       <c r="C5" s="3" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C6" s="6">
         <v>75</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.45">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C7" s="9">
-        <v>12342</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:3" x14ac:dyDescent="0.45">
+        <v>12291</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="7"/>
       <c r="B8" s="10" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C8" s="6">
-        <v>3064</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:3" x14ac:dyDescent="0.45">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C9" s="9">
-        <v>3132</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" x14ac:dyDescent="0.45">
+        <v>3122</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="7"/>
       <c r="B10" s="10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C10" s="6">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3" x14ac:dyDescent="0.45">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C11" s="9">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:3" x14ac:dyDescent="0.45">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="7"/>
       <c r="B12" s="10" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C12" s="6">
-        <v>19494</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" x14ac:dyDescent="0.45">
+        <v>19136</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13" s="9">
-        <v>1193</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7"/>
       <c r="B14" s="10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C14" s="6">
-        <v>5205</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3" x14ac:dyDescent="0.45">
+        <v>5374</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C15" s="9">
-        <v>402</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:3" x14ac:dyDescent="0.45">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="7"/>
       <c r="B16" s="11" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C16" s="12">
-        <v>45004</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.45">
+        <v>44998</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="7"/>
       <c r="B17" s="8"/>
       <c r="C17" s="9"/>
     </row>
-    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C18" s="6">
         <v>86</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.45">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C19" s="9">
-        <v>15663</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" x14ac:dyDescent="0.45">
+        <v>15632</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="7"/>
       <c r="B20" s="10" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C20" s="6">
-        <v>5227</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" x14ac:dyDescent="0.45">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C21" s="9">
-        <v>3554</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" x14ac:dyDescent="0.45">
+        <v>3551</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="7"/>
       <c r="B22" s="10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C22" s="6">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:3" x14ac:dyDescent="0.45">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C23" s="9">
         <v>41</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.45">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="7"/>
       <c r="B24" s="10" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C24" s="6">
-        <v>22656</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:3" x14ac:dyDescent="0.45">
+        <v>22347</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C25" s="9">
-        <v>1129</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="7"/>
       <c r="B26" s="10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C26" s="6">
-        <v>6484</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3" x14ac:dyDescent="0.45">
+        <v>6665</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C27" s="9">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3" x14ac:dyDescent="0.45">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="7"/>
       <c r="B28" s="11" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C28" s="12">
-        <v>55346</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.45">
+        <v>55347</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="7"/>
       <c r="B29" s="8"/>
       <c r="C29" s="9"/>
     </row>
-    <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B30" s="10" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C30" s="6">
         <v>162</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.45">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C31" s="9">
-        <v>28106</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:3" x14ac:dyDescent="0.45">
+        <v>28024</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" s="7"/>
       <c r="B32" s="10" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C32" s="6">
-        <v>8300</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:3" x14ac:dyDescent="0.45">
+        <v>8249</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C33" s="9">
-        <v>6701</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:3" x14ac:dyDescent="0.45">
+        <v>6688</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" s="7"/>
       <c r="B34" s="10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C34" s="6">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" x14ac:dyDescent="0.45">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A35" s="7"/>
       <c r="B35" s="8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C35" s="9">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:3" x14ac:dyDescent="0.45">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" s="7"/>
       <c r="B36" s="10" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C36" s="6">
-        <v>42311</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:3" x14ac:dyDescent="0.45">
+        <v>41640</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A37" s="7"/>
       <c r="B37" s="8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C37" s="9">
-        <v>2330</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="7"/>
       <c r="B38" s="10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C38" s="6">
-        <v>11753</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:3" x14ac:dyDescent="0.45">
+        <v>12105</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" s="7"/>
       <c r="B39" s="8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C39" s="9">
-        <v>890</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:3" x14ac:dyDescent="0.45">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" s="13"/>
       <c r="B40" s="14" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C40" s="15">
-        <v>100728</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:3" ht="318" customHeight="1" x14ac:dyDescent="0.45">
+        <v>100723</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="324" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B41" s="19"/>
       <c r="C41" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A41:C41"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A3:C3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8 Source: AAMC &amp;D&amp;R&amp;8 ©2025 Association of American Medical Colleges.
 This data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0c498ad708a7917d0bef762c086428f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c320ed5c022c0d73a6f201994db37a8f" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -1359,84 +1350,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD11E435-568D-44F2-955A-025EFFBCA4E3}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69955780-D0E8-4C1D-96CF-F3F92577B6C0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FFFDCA5-C417-4246-A4B7-FCF7EC7E24B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB9C9F32-C37D-4340-A338-723645352F55}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4988D8-90EA-4ED2-A130-BBABFE05CB92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AEEE0AC-6568-4135-A96C-F962E528D5D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>