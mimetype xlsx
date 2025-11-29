--- v0 (2025-11-09)
+++ v1 (2025-11-29)
@@ -13,53 +13,53 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Summary Data/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="36" documentId="13_ncr:1_{EB7533FD-0C14-47A4-A4A1-4CEA00E4CBBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{718E8349-CC0B-4813-BB97-1D5456FE72DE}"/>
+  <xr:revisionPtr revIDLastSave="42" documentId="13_ncr:1_{EB7533FD-0C14-47A4-A4A1-4CEA00E4CBBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{88D5418A-59ED-4913-ABB1-ED407AB742C9}"/>
   <bookViews>
-    <workbookView xWindow="-27330" yWindow="3210" windowWidth="24570" windowHeight="14025" tabRatio="249" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-21705" yWindow="2730" windowWidth="21345" windowHeight="13575" tabRatio="249" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FACTS Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D5" i="1" l="1"/>
   <c r="E5" i="1"/>
   <c r="F5" i="1"/>
   <c r="G5" i="1"/>
@@ -1437,51 +1437,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection sqref="A1:M1"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
     <col min="2" max="2" width="9.59765625" customWidth="1"/>
     <col min="3" max="3" width="3.73046875" customWidth="1"/>
     <col min="4" max="13" width="10.59765625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15.75" x14ac:dyDescent="0.5">
       <c r="A1" s="18" t="str">
         <f ca="1">IF(ISNUMBER(A2),"Table 1: Applicants, Matriculants, Enrollment, and Graduates of U.S. MD-Granting Medical Schools, "&amp;(A2-9)&amp;"-"&amp;(A2-8)&amp; " through " &amp;A2&amp;"-"&amp;(A2+1),"Table XX . Title" &amp; ", " &amp; (YEAR(NOW())-9) &amp; "-" &amp;(YEAR(NOW())-8) &amp; " through " &amp; YEAR(NOW()) &amp; "-" &amp;(YEAR(NOW())+1))</f>
         <v>Table 1: Applicants, Matriculants, Enrollment, and Graduates of U.S. MD-Granting Medical Schools, 2016-2017 through 2025-2026</v>
       </c>
       <c r="B1" s="19"/>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
       <c r="I1" s="19"/>
       <c r="J1" s="19"/>
       <c r="K1" s="19"/>
@@ -1637,51 +1637,51 @@
       <c r="E8" s="17">
         <v>21338</v>
       </c>
       <c r="F8" s="17">
         <v>21622</v>
       </c>
       <c r="G8" s="17">
         <v>21869</v>
       </c>
       <c r="H8" s="17">
         <v>22239</v>
       </c>
       <c r="I8" s="17">
         <v>22666</v>
       </c>
       <c r="J8" s="17">
         <v>22710</v>
       </c>
       <c r="K8" s="17">
         <v>22980</v>
       </c>
       <c r="L8" s="17">
         <v>23156</v>
       </c>
       <c r="M8" s="17">
-        <v>23441</v>
+        <v>23440</v>
       </c>
     </row>
     <row r="9" spans="1:13" s="8" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A9" s="5"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
     </row>
     <row r="10" spans="1:13" s="7" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="17">
         <v>88181</v>
@@ -1689,51 +1689,51 @@
       <c r="E10" s="17">
         <v>89729</v>
       </c>
       <c r="F10" s="17">
         <v>91218</v>
       </c>
       <c r="G10" s="17">
         <v>92621</v>
       </c>
       <c r="H10" s="17">
         <v>94064</v>
       </c>
       <c r="I10" s="17">
         <v>95334</v>
       </c>
       <c r="J10" s="17">
         <v>96376</v>
       </c>
       <c r="K10" s="17">
         <v>97772</v>
       </c>
       <c r="L10" s="17">
         <v>99454</v>
       </c>
       <c r="M10" s="17">
-        <v>100728</v>
+        <v>100723</v>
       </c>
     </row>
     <row r="11" spans="1:13" s="8" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A11" s="5"/>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="12"/>
       <c r="M11" s="12"/>
     </row>
     <row r="12" spans="1:13" s="7" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="15">
         <v>19262</v>
@@ -1798,67 +1798,67 @@
   <headerFooter>
     <oddFooter>&amp;L&amp;8
 Source: AAMC &amp;D&amp;R&amp;8©2025 Association of American Medical Colleges. 
                This data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0c498ad708a7917d0bef762c086428f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c320ed5c022c0d73a6f201994db37a8f" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -2067,70 +2067,85 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9CF48CA-C385-40DD-9FE9-6B4E87D79D4E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8094CC7-1B35-4C89-91FF-1E44E6BCACD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9CF48CA-C385-40DD-9FE9-6B4E87D79D4E}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{851CB887-37BE-4C8A-B4C3-23B6E3EFC289}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
+    <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{851CB887-37BE-4C8A-B4C3-23B6E3EFC289}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FACTS Table 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>