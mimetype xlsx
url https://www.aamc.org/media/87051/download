--- v0 (2025-11-09)
+++ v1 (2025-11-29)
@@ -16,53 +16,53 @@
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Summary Data/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="20" documentId="13_ncr:1_{1FBC4F6E-9283-4036-B549-036C6F59B197}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{71AE116B-C8E9-4645-BFA3-2C869547AA62}"/>
+  <xr:revisionPtr revIDLastSave="22" documentId="13_ncr:1_{1FBC4F6E-9283-4036-B549-036C6F59B197}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{15C2789B-49FC-4F23-8247-C1130F2F7682}"/>
   <bookViews>
-    <workbookView xWindow="-28605" yWindow="2160" windowWidth="24570" windowHeight="14025" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-21705" yWindow="2730" windowWidth="21345" windowHeight="13575" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Graphs" sheetId="3" r:id="rId1"/>
     <sheet name="Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Graphs!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -202,51 +202,51 @@
     <t>2019-2020</t>
   </si>
   <si>
     <t>2020-2021</t>
   </si>
   <si>
     <t>2021-2022</t>
   </si>
   <si>
     <t>2022-2023</t>
   </si>
   <si>
     <t>2023-2024</t>
   </si>
   <si>
     <t>2024-2025</t>
   </si>
   <si>
     <t>Applicants, Matriculants, and Total Enrollment of
 U.S. Medical Schools, Academic Years 1980-1981 through 2025-2026</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
-    <t>November 3, 2025</t>
+    <t>November 18, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1491,51 +1491,51 @@
                 <c:pt idx="37">
                   <c:v>89729</c:v>
                 </c:pt>
                 <c:pt idx="38">
                   <c:v>91218</c:v>
                 </c:pt>
                 <c:pt idx="39">
                   <c:v>92621</c:v>
                 </c:pt>
                 <c:pt idx="40">
                   <c:v>94064</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>95334</c:v>
                 </c:pt>
                 <c:pt idx="42">
                   <c:v>96376</c:v>
                 </c:pt>
                 <c:pt idx="43">
                   <c:v>97772</c:v>
                 </c:pt>
                 <c:pt idx="44">
                   <c:v>99454</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>100728</c:v>
+                  <c:v>100723</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-BA6B-457B-8E0F-6E1DFF5B1614}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="187037360"/>
         <c:axId val="187037752"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="187037360"/>
@@ -2784,73 +2784,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LSource: AAMC &amp;D&amp;R© 2025 Association of American Medical Colleges. 
 These data and charts may not be reproduced or distributed without prior written permission.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D50"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A27" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H42" sqref="H42"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="14.1328125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.46484375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="12" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.45">
       <c r="A2" s="14" t="s">
         <v>51</v>
       </c>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
@@ -3492,93 +3490,93 @@
     <row r="49" spans="1:4" x14ac:dyDescent="0.45">
       <c r="A49" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B49" s="8">
         <v>51946</v>
       </c>
       <c r="C49" s="9">
         <v>23156</v>
       </c>
       <c r="D49" s="8">
         <v>99454</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.45">
       <c r="A50" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B50" s="10">
         <v>54699</v>
       </c>
       <c r="C50" s="11">
         <v>23440</v>
       </c>
       <c r="D50" s="10">
-        <v>100728</v>
+        <v>100723</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0c498ad708a7917d0bef762c086428f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c320ed5c022c0d73a6f201994db37a8f" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -3787,70 +3785,85 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B2D3954-BF07-427B-A459-EF09FE5C2B26}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4BB032D-19BC-4C1C-AF5A-DA16FF61D537}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B2D3954-BF07-427B-A459-EF09FE5C2B26}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9A3C9D6-9EC1-4D24-8CC3-9A38F77B7765}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9A3C9D6-9EC1-4D24-8CC3-9A38F77B7765}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
+    <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">