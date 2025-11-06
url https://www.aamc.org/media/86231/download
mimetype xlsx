--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -759,51 +759,51 @@
             </rPr>
             <t xml:space="preserve">2026</t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FF000000"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FFFF0000"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">Data as of Oct, 01, 2025</t>
+            <t xml:space="preserve">Data as of Nov, 03, 2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13" customHeight="1"/>
     <row r="6" ht="0.7" customHeight="1">
       <c s="2" t="str" r="B6"/>
       <c s="3" t="str" r="C6"/>
       <c s="3" t="str" r="D6"/>
       <c s="3" t="str" r="E6"/>
       <c s="3" t="str" r="F6"/>
       <c s="3" t="str" r="G6"/>
       <c s="3" t="str" r="H6"/>
       <c s="3" t="str" r="I6"/>
       <c s="3" t="str" r="J6"/>
       <c s="3" t="str" r="K6"/>
       <c s="3" t="str" r="L6"/>
       <c s="3" t="str" r="M6"/>
       <c s="3" t="str" r="N6"/>
       <c s="3" t="str" r="O6"/>
       <c s="3" t="str" r="P6"/>
       <c s="3" t="str" r="Q6"/>
       <c s="4" t="str" r="R6"/>
     </row>
     <row r="7" ht="15.85" customHeight="0">
@@ -854,72 +854,72 @@
         <is>
           <t xml:space="preserve">TSI</t>
         </is>
       </c>
       <c s="8" t="str" r="N7"/>
       <c s="7" t="inlineStr" r="O7">
         <is>
           <t xml:space="preserve">U</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="P7">
         <is>
           <t xml:space="preserve">VSI</t>
         </is>
       </c>
       <c s="10" t="str" r="R7"/>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B8"/>
       <c s="11" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">Neurological Surgery (NS)</t>
         </is>
       </c>
       <c s="12" r="D8">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c s="13" t="inlineStr" r="E8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F8"/>
       <c s="15" r="G8">
         <v>17</v>
       </c>
       <c s="15" r="H8">
         <v>6</v>
       </c>
       <c s="15" r="I8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c s="15" r="J8">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c s="15" r="K8">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c s="14" t="str" r="L8"/>
       <c s="15" r="M8">
         <v>7</v>
       </c>
       <c s="14" t="str" r="N8"/>
       <c s="13" t="inlineStr" r="O8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="16" r="P8">
         <v>5</v>
       </c>
       <c s="10" t="str" r="R8"/>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B9"/>
       <c s="17" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">Obstetrics and Gynecology (OBG)</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="D9">
         <is>
@@ -971,408 +971,408 @@
       </c>
       <c s="20" t="inlineStr" r="P9">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R9"/>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B10"/>
       <c s="11" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
         </is>
       </c>
       <c s="15" r="D10">
         <v>17</v>
       </c>
       <c s="13" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F10"/>
       <c s="12" r="G10">
-        <v>1903</v>
+        <v>1935</v>
       </c>
       <c s="15" r="H10">
         <v>9</v>
       </c>
       <c s="15" r="I10">
         <v>10</v>
       </c>
       <c s="15" r="J10">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c s="15" r="K10">
-        <v>196</v>
+        <v>222</v>
       </c>
       <c s="14" t="str" r="L10"/>
       <c s="15" r="M10">
         <v>11</v>
       </c>
       <c s="14" t="str" r="N10"/>
       <c s="15" r="O10">
         <v>5</v>
       </c>
       <c s="16" r="P10">
         <v>10</v>
       </c>
       <c s="10" t="str" r="R10"/>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B11"/>
       <c s="17" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
         </is>
       </c>
       <c s="21" r="D11">
         <v>6</v>
       </c>
       <c s="18" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F11"/>
       <c s="21" r="G11">
         <v>9</v>
       </c>
       <c s="22" r="H11">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c s="21" r="I11">
         <v>8</v>
       </c>
       <c s="21" r="J11">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c s="21" r="K11">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c s="14" t="str" r="L11"/>
       <c s="18" t="inlineStr" r="M11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N11"/>
       <c s="18" t="inlineStr" r="O11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="20" t="inlineStr" r="P11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R11"/>
     </row>
     <row r="12" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B12"/>
       <c s="11" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">Plastic Surgery-Integrated (PSI)</t>
         </is>
       </c>
       <c s="15" r="D12">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c s="13" t="inlineStr" r="E12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F12"/>
       <c s="15" r="G12">
         <v>10</v>
       </c>
       <c s="15" r="H12">
         <v>8</v>
       </c>
       <c s="12" r="I12">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c s="15" r="J12">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c s="15" r="K12">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c s="14" t="str" r="L12"/>
       <c s="15" r="M12">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c s="14" t="str" r="N12"/>
       <c s="13" t="inlineStr" r="O12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="16" r="P12">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c s="10" t="str" r="R12"/>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B13"/>
       <c s="17" t="inlineStr" r="C13">
         <is>
           <t xml:space="preserve">Surgery - Cat (GS_C)</t>
         </is>
       </c>
       <c s="21" r="D13">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c s="18" t="inlineStr" r="E13">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F13"/>
       <c s="21" r="G13">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c s="21" r="H13">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c s="21" r="I13">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c s="22" r="J13">
-        <v>4380</v>
+        <v>4528</v>
       </c>
       <c s="21" r="K13">
-        <v>2042</v>
+        <v>2186</v>
       </c>
       <c s="14" t="str" r="L13"/>
       <c s="21" r="M13">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c s="14" t="str" r="N13"/>
       <c s="21" r="O13">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c s="23" r="P13">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c s="10" t="str" r="R13"/>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B14"/>
       <c s="11" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">Surgery - Pre (GS_P)</t>
         </is>
       </c>
       <c s="15" r="D14">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c s="13" t="inlineStr" r="E14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F14"/>
       <c s="15" r="G14">
-        <v>196</v>
+        <v>222</v>
       </c>
       <c s="15" r="H14">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c s="15" r="I14">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c s="15" r="J14">
-        <v>2042</v>
+        <v>2186</v>
       </c>
       <c s="12" r="K14">
-        <v>3061</v>
+        <v>3292</v>
       </c>
       <c s="14" t="str" r="L14"/>
       <c s="15" r="M14">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c s="14" t="str" r="N14"/>
       <c s="15" r="O14">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c s="16" r="P14">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c s="10" t="str" r="R14"/>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B15"/>
       <c s="17" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">Thoracic Surgery - Integrated (TSI)</t>
         </is>
       </c>
       <c s="21" r="D15">
         <v>7</v>
       </c>
       <c s="18" t="inlineStr" r="E15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F15"/>
       <c s="21" r="G15">
         <v>11</v>
       </c>
       <c s="18" t="inlineStr" r="H15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="21" r="I15">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c s="21" r="J15">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c s="21" r="K15">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c s="14" t="str" r="L15"/>
       <c s="22" r="M15">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c s="14" t="str" r="N15"/>
       <c s="18" t="inlineStr" r="O15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="23" r="P15">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c s="10" t="str" r="R15"/>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B16"/>
       <c s="11" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">Urology (U)</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F16"/>
       <c s="15" r="G16">
         <v>5</v>
       </c>
       <c s="13" t="inlineStr" r="H16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="I16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="15" r="J16">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c s="15" r="K16">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c s="14" t="str" r="L16"/>
       <c s="13" t="inlineStr" r="M16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N16"/>
       <c s="12" r="O16">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c s="24" t="inlineStr" r="P16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R16"/>
     </row>
     <row r="17" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B17"/>
       <c s="25" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">Vascular Surgery - Integrated (VSI)</t>
         </is>
       </c>
       <c s="26" r="D17">
         <v>5</v>
       </c>
       <c s="27" t="inlineStr" r="E17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="str" r="F17"/>
       <c s="26" r="G17">
         <v>10</v>
       </c>
       <c s="27" t="inlineStr" r="H17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="26" r="I17">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c s="26" r="J17">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c s="26" r="K17">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c s="28" t="str" r="L17"/>
       <c s="26" r="M17">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c s="28" t="str" r="N17"/>
       <c s="27" t="inlineStr" r="O17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="29" r="P17">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c s="10" t="str" r="R17"/>
     </row>
     <row r="18" ht="0.05" customHeight="1">
       <c s="5" t="str" r="B18"/>
       <c s="10" t="str" r="R18"/>
     </row>
     <row r="19" ht="1.05" customHeight="1">
       <c s="30" t="str" r="B19"/>
       <c s="31" t="str" r="C19"/>
       <c s="31" t="str" r="D19"/>
       <c s="31" t="str" r="E19"/>
       <c s="31" t="str" r="F19"/>
       <c s="31" t="str" r="G19"/>
       <c s="31" t="str" r="H19"/>
       <c s="31" t="str" r="I19"/>
       <c s="31" t="str" r="J19"/>
       <c s="31" t="str" r="K19"/>
       <c s="31" t="str" r="L19"/>
       <c s="31" t="str" r="M19"/>
       <c s="31" t="str" r="N19"/>
       <c s="31" t="str" r="O19"/>
       <c s="31" t="str" r="P19"/>
       <c s="31" t="str" r="Q19"/>
       <c s="32" t="str" r="R19"/>
@@ -1509,51 +1509,51 @@
             </rPr>
             <t xml:space="preserve">2026</t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FF000000"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FFFF0000"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">Data as of Oct, 01, 2025</t>
+            <t xml:space="preserve">Data as of Nov, 03, 2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13" customHeight="1"/>
     <row r="6" ht="0.7" customHeight="1">
       <c s="2" t="str" r="B6"/>
       <c s="3" t="str" r="C6"/>
       <c s="3" t="str" r="D6"/>
       <c s="3" t="str" r="E6"/>
       <c s="3" t="str" r="F6"/>
       <c s="3" t="str" r="G6"/>
       <c s="3" t="str" r="H6"/>
       <c s="3" t="str" r="I6"/>
       <c s="3" t="str" r="J6"/>
       <c s="3" t="str" r="K6"/>
       <c s="3" t="str" r="L6"/>
       <c s="3" t="str" r="M6"/>
       <c s="3" t="str" r="N6"/>
       <c s="3" t="str" r="O6"/>
       <c s="3" t="str" r="P6"/>
       <c s="3" t="str" r="Q6"/>
       <c s="4" t="str" r="R6"/>
     </row>
     <row r="7" ht="15.85" customHeight="0">
@@ -1604,74 +1604,74 @@
         <is>
           <t xml:space="preserve">TSI</t>
         </is>
       </c>
       <c s="8" t="str" r="N7"/>
       <c s="7" t="inlineStr" r="O7">
         <is>
           <t xml:space="preserve">U</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="P7">
         <is>
           <t xml:space="preserve">VSI</t>
         </is>
       </c>
       <c s="10" t="str" r="R7"/>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B8"/>
       <c s="11" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">Neurological Surgery (NS)</t>
         </is>
       </c>
       <c s="12" r="D8">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c s="13" t="inlineStr" r="E8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F8"/>
       <c s="15" r="G8">
         <v>14</v>
       </c>
       <c s="13" t="inlineStr" r="H8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="15" r="I8">
         <v>5</v>
       </c>
       <c s="15" r="J8">
         <v>44</v>
       </c>
       <c s="15" r="K8">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c s="14" t="str" r="L8"/>
       <c s="15" r="M8">
         <v>6</v>
       </c>
       <c s="14" t="str" r="N8"/>
       <c s="13" t="inlineStr" r="O8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="16" r="P8">
         <v>5</v>
       </c>
       <c s="10" t="str" r="R8"/>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B9"/>
       <c s="17" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">Obstetrics and Gynecology (OBG)</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="D9">
         <is>
@@ -1723,414 +1723,414 @@
       </c>
       <c s="20" t="inlineStr" r="P9">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R9"/>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B10"/>
       <c s="11" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
         </is>
       </c>
       <c s="15" r="D10">
         <v>14</v>
       </c>
       <c s="13" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F10"/>
       <c s="12" r="G10">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c s="15" r="H10">
         <v>5</v>
       </c>
       <c s="15" r="I10">
         <v>7</v>
       </c>
       <c s="15" r="J10">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c s="15" r="K10">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c s="14" t="str" r="L10"/>
       <c s="15" r="M10">
         <v>8</v>
       </c>
       <c s="14" t="str" r="N10"/>
       <c s="13" t="inlineStr" r="O10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="16" r="P10">
         <v>6</v>
       </c>
       <c s="10" t="str" r="R10"/>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B11"/>
       <c s="17" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="D11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F11"/>
       <c s="21" r="G11">
         <v>5</v>
       </c>
       <c s="22" r="H11">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c s="21" r="I11">
         <v>5</v>
       </c>
       <c s="21" r="J11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c s="21" r="K11">
         <v>22</v>
       </c>
       <c s="14" t="str" r="L11"/>
       <c s="18" t="inlineStr" r="M11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N11"/>
       <c s="18" t="inlineStr" r="O11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="20" t="inlineStr" r="P11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R11"/>
     </row>
     <row r="12" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B12"/>
       <c s="11" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">Plastic Surgery-Integrated (PSI)</t>
         </is>
       </c>
       <c s="15" r="D12">
         <v>5</v>
       </c>
       <c s="13" t="inlineStr" r="E12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F12"/>
       <c s="15" r="G12">
         <v>7</v>
       </c>
       <c s="15" r="H12">
         <v>5</v>
       </c>
       <c s="12" r="I12">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c s="15" r="J12">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c s="15" r="K12">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c s="14" t="str" r="L12"/>
       <c s="15" r="M12">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c s="14" t="str" r="N12"/>
       <c s="13" t="inlineStr" r="O12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="16" r="P12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c s="10" t="str" r="R12"/>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B13"/>
       <c s="17" t="inlineStr" r="C13">
         <is>
           <t xml:space="preserve">Surgery - Cat (GS_C)</t>
         </is>
       </c>
       <c s="21" r="D13">
         <v>44</v>
       </c>
       <c s="18" t="inlineStr" r="E13">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F13"/>
       <c s="21" r="G13">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c s="21" r="H13">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c s="21" r="I13">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c s="22" r="J13">
-        <v>1475</v>
+        <v>1572</v>
       </c>
       <c s="21" r="K13">
-        <v>1084</v>
+        <v>1164</v>
       </c>
       <c s="14" t="str" r="L13"/>
       <c s="21" r="M13">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c s="14" t="str" r="N13"/>
       <c s="21" r="O13">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c s="23" r="P13">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c s="10" t="str" r="R13"/>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B14"/>
       <c s="11" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">Surgery - Pre (GS_P)</t>
         </is>
       </c>
       <c s="15" r="D14">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c s="13" t="inlineStr" r="E14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F14"/>
       <c s="15" r="G14">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c s="15" r="H14">
         <v>22</v>
       </c>
       <c s="15" r="I14">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c s="15" r="J14">
-        <v>1084</v>
+        <v>1164</v>
       </c>
       <c s="12" r="K14">
-        <v>1428</v>
+        <v>1549</v>
       </c>
       <c s="14" t="str" r="L14"/>
       <c s="15" r="M14">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c s="14" t="str" r="N14"/>
       <c s="15" r="O14">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c s="16" r="P14">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c s="10" t="str" r="R14"/>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B15"/>
       <c s="17" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">Thoracic Surgery - Integrated (TSI)</t>
         </is>
       </c>
       <c s="21" r="D15">
         <v>6</v>
       </c>
       <c s="18" t="inlineStr" r="E15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F15"/>
       <c s="21" r="G15">
         <v>8</v>
       </c>
       <c s="18" t="inlineStr" r="H15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="21" r="I15">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c s="21" r="J15">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c s="21" r="K15">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c s="14" t="str" r="L15"/>
       <c s="22" r="M15">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c s="14" t="str" r="N15"/>
       <c s="18" t="inlineStr" r="O15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="23" r="P15">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c s="10" t="str" r="R15"/>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B16"/>
       <c s="11" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">Urology (U)</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F16"/>
       <c s="13" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="H16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="I16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="15" r="J16">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c s="15" r="K16">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c s="14" t="str" r="L16"/>
       <c s="13" t="inlineStr" r="M16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N16"/>
       <c s="12" r="O16">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c s="24" t="inlineStr" r="P16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R16"/>
     </row>
     <row r="17" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B17"/>
       <c s="25" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">Vascular Surgery - Integrated (VSI)</t>
         </is>
       </c>
       <c s="26" r="D17">
         <v>5</v>
       </c>
       <c s="27" t="inlineStr" r="E17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="str" r="F17"/>
       <c s="26" r="G17">
         <v>6</v>
       </c>
       <c s="27" t="inlineStr" r="H17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="26" r="I17">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c s="26" r="J17">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c s="26" r="K17">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c s="28" t="str" r="L17"/>
       <c s="26" r="M17">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c s="28" t="str" r="N17"/>
       <c s="27" t="inlineStr" r="O17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="29" r="P17">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c s="10" t="str" r="R17"/>
     </row>
     <row r="18" ht="0.05" customHeight="1">
       <c s="5" t="str" r="B18"/>
       <c s="10" t="str" r="R18"/>
     </row>
     <row r="19" ht="1.05" customHeight="1">
       <c s="30" t="str" r="B19"/>
       <c s="31" t="str" r="C19"/>
       <c s="31" t="str" r="D19"/>
       <c s="31" t="str" r="E19"/>
       <c s="31" t="str" r="F19"/>
       <c s="31" t="str" r="G19"/>
       <c s="31" t="str" r="H19"/>
       <c s="31" t="str" r="I19"/>
       <c s="31" t="str" r="J19"/>
       <c s="31" t="str" r="K19"/>
       <c s="31" t="str" r="L19"/>
       <c s="31" t="str" r="M19"/>
       <c s="31" t="str" r="N19"/>
       <c s="31" t="str" r="O19"/>
       <c s="31" t="str" r="P19"/>
       <c s="31" t="str" r="Q19"/>
       <c s="32" t="str" r="R19"/>
@@ -2267,51 +2267,51 @@
             </rPr>
             <t xml:space="preserve">2026</t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FF000000"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FFFF0000"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">Data as of Oct, 01, 2025</t>
+            <t xml:space="preserve">Data as of Nov, 03, 2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13" customHeight="1"/>
     <row r="6" ht="0.7" customHeight="1">
       <c s="2" t="str" r="B6"/>
       <c s="3" t="str" r="C6"/>
       <c s="3" t="str" r="D6"/>
       <c s="3" t="str" r="E6"/>
       <c s="3" t="str" r="F6"/>
       <c s="3" t="str" r="G6"/>
       <c s="3" t="str" r="H6"/>
       <c s="3" t="str" r="I6"/>
       <c s="3" t="str" r="J6"/>
       <c s="3" t="str" r="K6"/>
       <c s="3" t="str" r="L6"/>
       <c s="3" t="str" r="M6"/>
       <c s="3" t="str" r="N6"/>
       <c s="3" t="str" r="O6"/>
       <c s="3" t="str" r="P6"/>
       <c s="3" t="str" r="Q6"/>
       <c s="4" t="str" r="R6"/>
     </row>
     <row r="7" ht="15.85" customHeight="0">
@@ -2362,78 +2362,78 @@
         <is>
           <t xml:space="preserve">TSI</t>
         </is>
       </c>
       <c s="8" t="str" r="N7"/>
       <c s="7" t="inlineStr" r="O7">
         <is>
           <t xml:space="preserve">U</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="P7">
         <is>
           <t xml:space="preserve">VSI</t>
         </is>
       </c>
       <c s="10" t="str" r="R7"/>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B8"/>
       <c s="11" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">Neurological Surgery (NS)</t>
         </is>
       </c>
       <c s="12" r="D8">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c s="13" t="inlineStr" r="E8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F8"/>
       <c s="13" t="inlineStr" r="G8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="H8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="I8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="15" r="J8">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c s="15" r="K8">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c s="14" t="str" r="L8"/>
       <c s="13" t="inlineStr" r="M8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N8"/>
       <c s="13" t="inlineStr" r="O8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="24" t="inlineStr" r="P8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R8"/>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B9"/>
       <c s="17" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">Obstetrics and Gynecology (OBG)</t>
@@ -2491,448 +2491,448 @@
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R9"/>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B10"/>
       <c s="11" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="D10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F10"/>
       <c s="12" r="G10">
-        <v>1740</v>
+        <v>1755</v>
       </c>
       <c s="13" t="inlineStr" r="H10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="I10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="15" r="J10">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c s="15" r="K10">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c s="14" t="str" r="L10"/>
       <c s="13" t="inlineStr" r="M10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N10"/>
       <c s="13" t="inlineStr" r="O10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="24" t="inlineStr" r="P10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R10"/>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B11"/>
       <c s="17" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="D11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F11"/>
       <c s="18" t="inlineStr" r="G11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="22" r="H11">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c s="18" t="inlineStr" r="I11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="21" r="J11">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c s="21" r="K11">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c s="14" t="str" r="L11"/>
       <c s="18" t="inlineStr" r="M11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N11"/>
       <c s="18" t="inlineStr" r="O11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="20" t="inlineStr" r="P11">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R11"/>
     </row>
     <row r="12" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B12"/>
       <c s="11" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">Plastic Surgery-Integrated (PSI)</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="D12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="E12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F12"/>
       <c s="13" t="inlineStr" r="G12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="H12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="I12">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c s="15" r="J12">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c s="15" r="K12">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c s="14" t="str" r="L12"/>
       <c s="13" t="inlineStr" r="M12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N12"/>
       <c s="13" t="inlineStr" r="O12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="24" t="inlineStr" r="P12">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R12"/>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B13"/>
       <c s="17" t="inlineStr" r="C13">
         <is>
           <t xml:space="preserve">Surgery - Cat (GS_C)</t>
         </is>
       </c>
       <c s="21" r="D13">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c s="18" t="inlineStr" r="E13">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F13"/>
       <c s="21" r="G13">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c s="21" r="H13">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c s="21" r="I13">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c s="22" r="J13">
-        <v>2905</v>
+        <v>2956</v>
       </c>
       <c s="21" r="K13">
-        <v>958</v>
+        <v>1022</v>
       </c>
       <c s="14" t="str" r="L13"/>
       <c s="21" r="M13">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c s="14" t="str" r="N13"/>
       <c s="21" r="O13">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c s="23" r="P13">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c s="10" t="str" r="R13"/>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B14"/>
       <c s="11" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">Surgery - Pre (GS_P)</t>
         </is>
       </c>
       <c s="15" r="D14">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c s="13" t="inlineStr" r="E14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F14"/>
       <c s="15" r="G14">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c s="15" r="H14">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c s="15" r="I14">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c s="15" r="J14">
-        <v>958</v>
+        <v>1022</v>
       </c>
       <c s="12" r="K14">
-        <v>1633</v>
+        <v>1743</v>
       </c>
       <c s="14" t="str" r="L14"/>
       <c s="15" r="M14">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c s="14" t="str" r="N14"/>
       <c s="15" r="O14">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c s="16" r="P14">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c s="10" t="str" r="R14"/>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B15"/>
       <c s="17" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">Thoracic Surgery - Integrated (TSI)</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="D15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="E15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F15"/>
       <c s="18" t="inlineStr" r="G15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="H15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="I15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="21" r="J15">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c s="21" r="K15">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c s="14" t="str" r="L15"/>
       <c s="22" r="M15">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c s="14" t="str" r="N15"/>
       <c s="18" t="inlineStr" r="O15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="23" r="P15">
         <v>10</v>
       </c>
       <c s="10" t="str" r="R15"/>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B16"/>
       <c s="11" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">Urology (U)</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="F16"/>
       <c s="13" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="H16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" t="inlineStr" r="I16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="15" r="J16">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c s="15" r="K16">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c s="14" t="str" r="L16"/>
       <c s="13" t="inlineStr" r="M16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="14" t="str" r="N16"/>
       <c s="12" r="O16">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c s="24" t="inlineStr" r="P16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="10" t="str" r="R16"/>
     </row>
     <row r="17" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B17"/>
       <c s="25" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">Vascular Surgery - Integrated (VSI)</t>
         </is>
       </c>
       <c s="27" t="inlineStr" r="D17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="27" t="inlineStr" r="E17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="str" r="F17"/>
       <c s="27" t="inlineStr" r="G17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="27" t="inlineStr" r="H17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="27" t="inlineStr" r="I17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="26" r="J17">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c s="26" r="K17">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c s="28" t="str" r="L17"/>
       <c s="26" r="M17">
         <v>10</v>
       </c>
       <c s="28" t="str" r="N17"/>
       <c s="27" t="inlineStr" r="O17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="29" r="P17">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c s="10" t="str" r="R17"/>
     </row>
     <row r="18" ht="0.05" customHeight="1">
       <c s="5" t="str" r="B18"/>
       <c s="10" t="str" r="R18"/>
     </row>
     <row r="19" ht="1.05" customHeight="1">
       <c s="30" t="str" r="B19"/>
       <c s="31" t="str" r="C19"/>
       <c s="31" t="str" r="D19"/>
       <c s="31" t="str" r="E19"/>
       <c s="31" t="str" r="F19"/>
       <c s="31" t="str" r="G19"/>
       <c s="31" t="str" r="H19"/>
       <c s="31" t="str" r="I19"/>
       <c s="31" t="str" r="J19"/>
       <c s="31" t="str" r="K19"/>
       <c s="31" t="str" r="L19"/>
       <c s="31" t="str" r="M19"/>
       <c s="31" t="str" r="N19"/>
       <c s="31" t="str" r="O19"/>
       <c s="31" t="str" r="P19"/>
       <c s="31" t="str" r="Q19"/>
       <c s="32" t="str" r="R19"/>
@@ -2990,52 +2990,52 @@
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId13"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c2d27576f286ceb2e8f49e8e43e46ba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b7f5610f0a9127ab9d7c0d2dbcb5982" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -3376,112 +3376,112 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-143147</_dlc_DocId>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
-[...5 lines deleted...]
-    </_dlc_DocIdUrl>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145141</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145141</Url>
+      <Description>TQ32YHM4J7VE-1507329340-145141</Description>
+    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81F79B85-BBD6-4021-9EA1-445556286804}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AC9FAD8-7763-48B1-A2AF-6DAEB23F0389}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AC44FE0-BB61-4A0F-8F81-AF0A4C69714E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E6E270A-BD30-4774-8EE4-E851F1754EC9}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1091D66-5AD2-4A85-9D62-42696524C1DA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DCC5118-6116-4BEC-AA16-138221D33992}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D991033-22C2-497B-BA34-1B69A78D5AD3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5D95AE7-95A1-45ED-8FAE-5F6B351DCD76}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
   <LinksUpToDate>0</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>0</SharedDoc>
   <HyperlinksChanged>0</HyperlinksChanged>
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>c8ca9fba-af84-4acf-a9ab-c5dd42724640</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>480adedc-c8c3-40d5-8aa5-652dae1f227b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>