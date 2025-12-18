--- v1 (2025-11-06)
+++ v2 (2025-12-18)
@@ -1,111 +1,255 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...12 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1-my.sharepoint.com/personal/jwimsatt_aamc_org/Documents/G-Drive/ERAS/Dashboard Job Aids/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EFE59776-6B7E-4CCB-8303-C937337E35CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
+    <workbookView xWindow="38400" yWindow="240" windowWidth="28800" windowHeight="15285" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Surgery (All)" sheetId="1" r:id="rId6"/>
-[...1 lines deleted...]
-    <sheet name="Surgery (All Excluding IMGs)" sheetId="3" r:id="rId12"/>
+    <sheet name="Surgery (All)" sheetId="1" r:id="rId1"/>
+    <sheet name="Surgery (IMGs Only)" sheetId="2" r:id="rId2"/>
+    <sheet name="Surgery (All Excluding IMGs)" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="28">
+  <si>
+    <t>CROSS Speciality Applicant Data</t>
+  </si>
+  <si>
+    <t>Residency - Surgery (All)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">ERAS </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>2026</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>Data as of Dec, 04, 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>SPECIALTY</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>OBG</t>
+  </si>
+  <si>
+    <t>ORS</t>
+  </si>
+  <si>
+    <t>OTO</t>
+  </si>
+  <si>
+    <t>PSI</t>
+  </si>
+  <si>
+    <t>GS_C</t>
+  </si>
+  <si>
+    <t>GS_P</t>
+  </si>
+  <si>
+    <t>TSI</t>
+  </si>
+  <si>
+    <t>U</t>
+  </si>
+  <si>
+    <t>VSI</t>
+  </si>
+  <si>
+    <t>Neurological Surgery (NS)</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Obstetrics and Gynecology (OBG)</t>
+  </si>
+  <si>
+    <t>Orthopaedic Surgery (ORS)</t>
+  </si>
+  <si>
+    <t>Otolaryngology - Head and Neck Surgery (OTO)</t>
+  </si>
+  <si>
+    <t>Plastic Surgery-Integrated (PSI)</t>
+  </si>
+  <si>
+    <t>Surgery - Cat (GS_C)</t>
+  </si>
+  <si>
+    <t>Surgery - Pre (GS_P)</t>
+  </si>
+  <si>
+    <t>Thoracic Surgery - Integrated (TSI)</t>
+  </si>
+  <si>
+    <t>Urology (U)</t>
+  </si>
+  <si>
+    <t>Vascular Surgery - Integrated (VSI)</t>
+  </si>
+  <si>
+    <t>"--" is mask for N &lt; 5</t>
+  </si>
+  <si>
+    <t>Residency - Surgery (IMGs Only)</t>
+  </si>
+  <si>
+    <t>Residency - Surgery (All Excluding IMGs)</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="82" formatCode="[$-010409]#,0;(#,0)"/>
+    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\(#,##0\)"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font/>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
       <i/>
-      <strike val="0"/>
-      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB3DCE7"/>
         <bgColor rgb="FFB3DCE7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDAEEF3"/>
@@ -348,157 +492,185 @@
         <color rgb="FF8DCBDA"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF8DCBDA"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF8DCBDA"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF8DCBDA"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs>
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
-[...4 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="1">
+  <cellXfs count="44">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="5">
-[...5 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="8">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="10">
-[...8 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="12">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="3" borderId="11">
-[...38 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="16">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="2" fillId="4" borderId="17">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="18">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="19">
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="20">
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="008DCBDA"/>
       <rgbColor rgb="00A0D3E0"/>
       <rgbColor rgb="00B3DCE7"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DAEEF3"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -526,2516 +698,2410 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>462686</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>462686</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>462686</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId14" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+  <a:themeElements>
+    <a:clrScheme name="Office 2007 - 2010">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office 2007 - 2010">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office 2007 - 2010">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="B1:S22"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.421875"/>
-[...20 lines deleted...]
-    <col min="22" max="22" customWidth="1" width="3.421875"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="0.140625" customWidth="1"/>
+    <col min="3" max="3" width="49.42578125" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" customWidth="1"/>
+    <col min="5" max="5" width="1" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" customWidth="1"/>
+    <col min="7" max="10" width="8.42578125" customWidth="1"/>
+    <col min="11" max="11" width="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" customWidth="1"/>
+    <col min="13" max="13" width="4.85546875" customWidth="1"/>
+    <col min="14" max="14" width="3.5703125" customWidth="1"/>
+    <col min="15" max="16" width="8.42578125" customWidth="1"/>
+    <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="0.140625" customWidth="1"/>
+    <col min="19" max="19" width="2.5703125" customWidth="1"/>
+    <col min="20" max="20" width="3.85546875" customWidth="1"/>
+    <col min="21" max="21" width="3" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="17.25" customHeight="1">
-[...166 lines deleted...]
-      <c s="15" r="G8">
+    <row r="1" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+    </row>
+    <row r="2" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="41" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="N2" s="29"/>
+      <c r="O2" s="29"/>
+      <c r="P2" s="29"/>
+      <c r="Q2" s="29"/>
+      <c r="R2" s="29"/>
+      <c r="S2" s="29"/>
+    </row>
+    <row r="3" spans="2:19" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N3" s="29"/>
+      <c r="O3" s="29"/>
+      <c r="P3" s="29"/>
+      <c r="Q3" s="29"/>
+      <c r="R3" s="29"/>
+      <c r="S3" s="29"/>
+    </row>
+    <row r="4" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="29"/>
+      <c r="N4" s="29"/>
+      <c r="O4" s="29"/>
+      <c r="P4" s="29"/>
+      <c r="Q4" s="29"/>
+      <c r="R4" s="29"/>
+      <c r="S4" s="29"/>
+    </row>
+    <row r="5" spans="2:19" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:19" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="3"/>
+    </row>
+    <row r="7" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B7" s="4"/>
+      <c r="C7" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="43"/>
+      <c r="G7" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="K7" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="N7" s="43"/>
+      <c r="O7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="R7" s="8"/>
+    </row>
+    <row r="8" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B8" s="4"/>
+      <c r="C8" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="10">
+        <v>604</v>
+      </c>
+      <c r="E8" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="31"/>
+      <c r="G8" s="12">
+        <v>19</v>
+      </c>
+      <c r="H8" s="12">
+        <v>7</v>
+      </c>
+      <c r="I8" s="12">
+        <v>7</v>
+      </c>
+      <c r="J8" s="12">
+        <v>102</v>
+      </c>
+      <c r="K8" s="32">
+        <v>117</v>
+      </c>
+      <c r="L8" s="31"/>
+      <c r="M8" s="32">
+        <v>9</v>
+      </c>
+      <c r="N8" s="31"/>
+      <c r="O8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P8" s="13">
+        <v>7</v>
+      </c>
+      <c r="R8" s="8"/>
+    </row>
+    <row r="9" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B9" s="4"/>
+      <c r="C9" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="31"/>
+      <c r="G9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="K9" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="L9" s="31"/>
+      <c r="M9" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="N9" s="31"/>
+      <c r="O9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P9" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="R9" s="8"/>
+    </row>
+    <row r="10" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B10" s="4"/>
+      <c r="C10" s="9" t="s">
         <v>17</v>
       </c>
-      <c s="15" r="H8">
-[...2 lines deleted...]
-      <c s="15" r="I8">
+      <c r="D10" s="12">
+        <v>19</v>
+      </c>
+      <c r="E10" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="31"/>
+      <c r="G10" s="10">
+        <v>1944</v>
+      </c>
+      <c r="H10" s="12">
+        <v>10</v>
+      </c>
+      <c r="I10" s="12">
+        <v>11</v>
+      </c>
+      <c r="J10" s="12">
+        <v>275</v>
+      </c>
+      <c r="K10" s="32">
+        <v>234</v>
+      </c>
+      <c r="L10" s="31"/>
+      <c r="M10" s="32">
+        <v>13</v>
+      </c>
+      <c r="N10" s="31"/>
+      <c r="O10" s="12">
+        <v>5</v>
+      </c>
+      <c r="P10" s="13">
+        <v>12</v>
+      </c>
+      <c r="R10" s="8"/>
+    </row>
+    <row r="11" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B11" s="4"/>
+      <c r="C11" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="17">
         <v>7</v>
       </c>
-      <c s="15" r="J8">
-[...6 lines deleted...]
-      <c s="15" r="M8">
+      <c r="E11" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="31"/>
+      <c r="G11" s="17">
+        <v>10</v>
+      </c>
+      <c r="H11" s="18">
+        <v>660</v>
+      </c>
+      <c r="I11" s="17">
+        <v>8</v>
+      </c>
+      <c r="J11" s="17">
+        <v>77</v>
+      </c>
+      <c r="K11" s="38">
+        <v>72</v>
+      </c>
+      <c r="L11" s="31"/>
+      <c r="M11" s="38">
+        <v>5</v>
+      </c>
+      <c r="N11" s="31"/>
+      <c r="O11" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P11" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="R11" s="8"/>
+    </row>
+    <row r="12" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B12" s="4"/>
+      <c r="C12" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="12">
         <v>7</v>
       </c>
-      <c s="14" t="str" r="N8"/>
-[...5 lines deleted...]
-      <c s="16" r="P8">
+      <c r="E12" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="31"/>
+      <c r="G12" s="12">
+        <v>11</v>
+      </c>
+      <c r="H12" s="12">
+        <v>8</v>
+      </c>
+      <c r="I12" s="10">
+        <v>506</v>
+      </c>
+      <c r="J12" s="12">
+        <v>225</v>
+      </c>
+      <c r="K12" s="32">
+        <v>138</v>
+      </c>
+      <c r="L12" s="31"/>
+      <c r="M12" s="32">
+        <v>9</v>
+      </c>
+      <c r="N12" s="31"/>
+      <c r="O12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P12" s="13">
+        <v>8</v>
+      </c>
+      <c r="R12" s="8"/>
+    </row>
+    <row r="13" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B13" s="4"/>
+      <c r="C13" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="17">
+        <v>102</v>
+      </c>
+      <c r="E13" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="31"/>
+      <c r="G13" s="17">
+        <v>275</v>
+      </c>
+      <c r="H13" s="17">
+        <v>77</v>
+      </c>
+      <c r="I13" s="17">
+        <v>225</v>
+      </c>
+      <c r="J13" s="18">
+        <v>4581</v>
+      </c>
+      <c r="K13" s="38">
+        <v>2256</v>
+      </c>
+      <c r="L13" s="31"/>
+      <c r="M13" s="38">
+        <v>186</v>
+      </c>
+      <c r="N13" s="31"/>
+      <c r="O13" s="17">
+        <v>73</v>
+      </c>
+      <c r="P13" s="19">
+        <v>186</v>
+      </c>
+      <c r="R13" s="8"/>
+    </row>
+    <row r="14" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B14" s="4"/>
+      <c r="C14" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="12">
+        <v>117</v>
+      </c>
+      <c r="E14" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="31"/>
+      <c r="G14" s="12">
+        <v>234</v>
+      </c>
+      <c r="H14" s="12">
+        <v>72</v>
+      </c>
+      <c r="I14" s="12">
+        <v>138</v>
+      </c>
+      <c r="J14" s="12">
+        <v>2256</v>
+      </c>
+      <c r="K14" s="36">
+        <v>3441</v>
+      </c>
+      <c r="L14" s="31"/>
+      <c r="M14" s="32">
+        <v>79</v>
+      </c>
+      <c r="N14" s="31"/>
+      <c r="O14" s="12">
+        <v>89</v>
+      </c>
+      <c r="P14" s="13">
+        <v>93</v>
+      </c>
+      <c r="R14" s="8"/>
+    </row>
+    <row r="15" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B15" s="4"/>
+      <c r="C15" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" s="17">
+        <v>9</v>
+      </c>
+      <c r="E15" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="31"/>
+      <c r="G15" s="17">
+        <v>13</v>
+      </c>
+      <c r="H15" s="17">
         <v>5</v>
       </c>
-      <c s="10" t="str" r="R8"/>
-[...82 lines deleted...]
-      <c s="15" r="H10">
+      <c r="I15" s="17">
         <v>9</v>
       </c>
-      <c s="15" r="I10">
-[...13 lines deleted...]
-      <c s="15" r="O10">
+      <c r="J15" s="17">
+        <v>186</v>
+      </c>
+      <c r="K15" s="38">
+        <v>79</v>
+      </c>
+      <c r="L15" s="31"/>
+      <c r="M15" s="39">
+        <v>201</v>
+      </c>
+      <c r="N15" s="31"/>
+      <c r="O15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P15" s="19">
+        <v>38</v>
+      </c>
+      <c r="R15" s="8"/>
+    </row>
+    <row r="16" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B16" s="4"/>
+      <c r="C16" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="31"/>
+      <c r="G16" s="12">
         <v>5</v>
       </c>
-      <c s="16" r="P10">
-[...26 lines deleted...]
-      <c s="21" r="I11">
+      <c r="H16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" s="12">
+        <v>73</v>
+      </c>
+      <c r="K16" s="32">
+        <v>89</v>
+      </c>
+      <c r="L16" s="31"/>
+      <c r="M16" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="N16" s="31"/>
+      <c r="O16" s="10">
+        <v>603</v>
+      </c>
+      <c r="P16" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R16" s="8"/>
+    </row>
+    <row r="17" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B17" s="4"/>
+      <c r="C17" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="22">
+        <v>7</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="34"/>
+      <c r="G17" s="22">
+        <v>12</v>
+      </c>
+      <c r="H17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="22">
         <v>8</v>
       </c>
-      <c s="21" r="J11">
-[...339 lines deleted...]
-    <row r="22" ht="0.05" customHeight="1"/>
+      <c r="J17" s="22">
+        <v>186</v>
+      </c>
+      <c r="K17" s="35">
+        <v>93</v>
+      </c>
+      <c r="L17" s="34"/>
+      <c r="M17" s="35">
+        <v>38</v>
+      </c>
+      <c r="N17" s="34"/>
+      <c r="O17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="P17" s="24">
+        <v>256</v>
+      </c>
+      <c r="R17" s="8"/>
+    </row>
+    <row r="18" spans="2:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="4"/>
+      <c r="R18" s="8"/>
+    </row>
+    <row r="19" spans="2:18" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="25"/>
+      <c r="C19" s="26"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="26"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="26"/>
+      <c r="L19" s="26"/>
+      <c r="M19" s="26"/>
+      <c r="N19" s="26"/>
+      <c r="O19" s="26"/>
+      <c r="P19" s="26"/>
+      <c r="Q19" s="26"/>
+      <c r="R19" s="27"/>
+    </row>
+    <row r="20" spans="2:18" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="2:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="29"/>
+      <c r="D21" s="29"/>
+      <c r="E21" s="29"/>
+      <c r="F21" s="29"/>
+      <c r="G21" s="29"/>
+      <c r="H21" s="29"/>
+      <c r="I21" s="29"/>
+      <c r="J21" s="29"/>
+      <c r="K21" s="29"/>
+    </row>
+    <row r="22" spans="2:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="38">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="N2:S4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="M10:N10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="M15:N15"/>
+    <mergeCell ref="B21:K21"/>
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="E17:F17"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="M17:N17"/>
-    <mergeCell ref="B21:K21"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId7"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="B1:S22"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0"/>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.54296875"/>
-[...20 lines deleted...]
-    <col min="22" max="22" customWidth="1" width="3.43359375"/>
+    <col min="1" max="1" width="3.5703125" customWidth="1"/>
+    <col min="2" max="2" width="0.140625" customWidth="1"/>
+    <col min="3" max="3" width="49.42578125" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" customWidth="1"/>
+    <col min="5" max="5" width="1" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" customWidth="1"/>
+    <col min="7" max="10" width="8.42578125" customWidth="1"/>
+    <col min="11" max="11" width="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" customWidth="1"/>
+    <col min="13" max="13" width="4.85546875" customWidth="1"/>
+    <col min="14" max="14" width="3.5703125" customWidth="1"/>
+    <col min="15" max="16" width="8.42578125" customWidth="1"/>
+    <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="0.140625" customWidth="1"/>
+    <col min="19" max="19" width="2.5703125" customWidth="1"/>
+    <col min="20" max="20" width="3.85546875" customWidth="1"/>
+    <col min="21" max="21" width="2.85546875" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="17.25" customHeight="1">
-[...166 lines deleted...]
-      <c s="15" r="G8">
+    <row r="1" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+    </row>
+    <row r="2" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="N2" s="29"/>
+      <c r="O2" s="29"/>
+      <c r="P2" s="29"/>
+      <c r="Q2" s="29"/>
+      <c r="R2" s="29"/>
+      <c r="S2" s="29"/>
+    </row>
+    <row r="3" spans="2:19" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N3" s="29"/>
+      <c r="O3" s="29"/>
+      <c r="P3" s="29"/>
+      <c r="Q3" s="29"/>
+      <c r="R3" s="29"/>
+      <c r="S3" s="29"/>
+    </row>
+    <row r="4" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="29"/>
+      <c r="N4" s="29"/>
+      <c r="O4" s="29"/>
+      <c r="P4" s="29"/>
+      <c r="Q4" s="29"/>
+      <c r="R4" s="29"/>
+      <c r="S4" s="29"/>
+    </row>
+    <row r="5" spans="2:19" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:19" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="3"/>
+    </row>
+    <row r="7" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B7" s="4"/>
+      <c r="C7" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="43"/>
+      <c r="G7" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="K7" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="N7" s="43"/>
+      <c r="O7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="R7" s="8"/>
+    </row>
+    <row r="8" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B8" s="4"/>
+      <c r="C8" s="9" t="s">
         <v>14</v>
       </c>
-      <c s="13" t="inlineStr" r="H8">
-[...4 lines deleted...]
-      <c s="15" r="I8">
+      <c r="D8" s="10">
+        <v>148</v>
+      </c>
+      <c r="E8" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="31"/>
+      <c r="G8" s="12">
+        <v>16</v>
+      </c>
+      <c r="H8" s="12">
         <v>5</v>
       </c>
-      <c s="15" r="J8">
-[...6 lines deleted...]
-      <c s="15" r="M8">
+      <c r="I8" s="12">
+        <v>5</v>
+      </c>
+      <c r="J8" s="12">
+        <v>49</v>
+      </c>
+      <c r="K8" s="32">
+        <v>64</v>
+      </c>
+      <c r="L8" s="31"/>
+      <c r="M8" s="32">
+        <v>8</v>
+      </c>
+      <c r="N8" s="31"/>
+      <c r="O8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P8" s="13">
+        <v>7</v>
+      </c>
+      <c r="R8" s="8"/>
+    </row>
+    <row r="9" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B9" s="4"/>
+      <c r="C9" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="31"/>
+      <c r="G9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="K9" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="L9" s="31"/>
+      <c r="M9" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="N9" s="31"/>
+      <c r="O9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P9" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="R9" s="8"/>
+    </row>
+    <row r="10" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B10" s="4"/>
+      <c r="C10" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="12">
+        <v>16</v>
+      </c>
+      <c r="E10" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="31"/>
+      <c r="G10" s="10">
+        <v>186</v>
+      </c>
+      <c r="H10" s="12">
         <v>6</v>
       </c>
-      <c s="14" t="str" r="N8"/>
-[...5 lines deleted...]
-      <c s="16" r="P8">
+      <c r="I10" s="12">
+        <v>8</v>
+      </c>
+      <c r="J10" s="12">
+        <v>85</v>
+      </c>
+      <c r="K10" s="32">
+        <v>76</v>
+      </c>
+      <c r="L10" s="31"/>
+      <c r="M10" s="32">
+        <v>10</v>
+      </c>
+      <c r="N10" s="31"/>
+      <c r="O10" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P10" s="13">
+        <v>8</v>
+      </c>
+      <c r="R10" s="8"/>
+    </row>
+    <row r="11" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B11" s="4"/>
+      <c r="C11" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="17">
         <v>5</v>
       </c>
-      <c s="10" t="str" r="R8"/>
-[...82 lines deleted...]
-      <c s="15" r="H10">
+      <c r="E11" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="31"/>
+      <c r="G11" s="17">
+        <v>6</v>
+      </c>
+      <c r="H11" s="18">
+        <v>68</v>
+      </c>
+      <c r="I11" s="17">
         <v>5</v>
       </c>
-      <c s="15" r="I10">
+      <c r="J11" s="17">
+        <v>27</v>
+      </c>
+      <c r="K11" s="38">
+        <v>22</v>
+      </c>
+      <c r="L11" s="31"/>
+      <c r="M11" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="N11" s="31"/>
+      <c r="O11" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P11" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="R11" s="8"/>
+    </row>
+    <row r="12" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B12" s="4"/>
+      <c r="C12" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="12">
+        <v>5</v>
+      </c>
+      <c r="E12" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="31"/>
+      <c r="G12" s="12">
+        <v>8</v>
+      </c>
+      <c r="H12" s="12">
+        <v>5</v>
+      </c>
+      <c r="I12" s="10">
+        <v>93</v>
+      </c>
+      <c r="J12" s="12">
+        <v>77</v>
+      </c>
+      <c r="K12" s="32">
+        <v>50</v>
+      </c>
+      <c r="L12" s="31"/>
+      <c r="M12" s="32">
         <v>7</v>
       </c>
-      <c s="15" r="J10">
-[...6 lines deleted...]
-      <c s="15" r="M10">
+      <c r="N12" s="31"/>
+      <c r="O12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P12" s="13">
+        <v>6</v>
+      </c>
+      <c r="R12" s="8"/>
+    </row>
+    <row r="13" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B13" s="4"/>
+      <c r="C13" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="17">
+        <v>49</v>
+      </c>
+      <c r="E13" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="31"/>
+      <c r="G13" s="17">
+        <v>85</v>
+      </c>
+      <c r="H13" s="17">
+        <v>27</v>
+      </c>
+      <c r="I13" s="17">
+        <v>77</v>
+      </c>
+      <c r="J13" s="18">
+        <v>1604</v>
+      </c>
+      <c r="K13" s="38">
+        <v>1191</v>
+      </c>
+      <c r="L13" s="31"/>
+      <c r="M13" s="38">
+        <v>77</v>
+      </c>
+      <c r="N13" s="31"/>
+      <c r="O13" s="17">
+        <v>35</v>
+      </c>
+      <c r="P13" s="19">
+        <v>92</v>
+      </c>
+      <c r="R13" s="8"/>
+    </row>
+    <row r="14" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B14" s="4"/>
+      <c r="C14" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="12">
+        <v>64</v>
+      </c>
+      <c r="E14" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="31"/>
+      <c r="G14" s="12">
+        <v>76</v>
+      </c>
+      <c r="H14" s="12">
+        <v>22</v>
+      </c>
+      <c r="I14" s="12">
+        <v>50</v>
+      </c>
+      <c r="J14" s="12">
+        <v>1191</v>
+      </c>
+      <c r="K14" s="36">
+        <v>1594</v>
+      </c>
+      <c r="L14" s="31"/>
+      <c r="M14" s="32">
+        <v>54</v>
+      </c>
+      <c r="N14" s="31"/>
+      <c r="O14" s="12">
+        <v>40</v>
+      </c>
+      <c r="P14" s="13">
+        <v>65</v>
+      </c>
+      <c r="R14" s="8"/>
+    </row>
+    <row r="15" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B15" s="4"/>
+      <c r="C15" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" s="17">
         <v>8</v>
       </c>
-      <c s="14" t="str" r="N10"/>
-[...5 lines deleted...]
-      <c s="16" r="P10">
+      <c r="E15" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="31"/>
+      <c r="G15" s="17">
+        <v>10</v>
+      </c>
+      <c r="H15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="17">
+        <v>7</v>
+      </c>
+      <c r="J15" s="17">
+        <v>77</v>
+      </c>
+      <c r="K15" s="38">
+        <v>54</v>
+      </c>
+      <c r="L15" s="31"/>
+      <c r="M15" s="39">
+        <v>85</v>
+      </c>
+      <c r="N15" s="31"/>
+      <c r="O15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P15" s="19">
+        <v>27</v>
+      </c>
+      <c r="R15" s="8"/>
+    </row>
+    <row r="16" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B16" s="4"/>
+      <c r="C16" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="31"/>
+      <c r="G16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" s="12">
+        <v>35</v>
+      </c>
+      <c r="K16" s="32">
+        <v>40</v>
+      </c>
+      <c r="L16" s="31"/>
+      <c r="M16" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="N16" s="31"/>
+      <c r="O16" s="10">
+        <v>89</v>
+      </c>
+      <c r="P16" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R16" s="8"/>
+    </row>
+    <row r="17" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B17" s="4"/>
+      <c r="C17" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="22">
+        <v>7</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="34"/>
+      <c r="G17" s="22">
+        <v>8</v>
+      </c>
+      <c r="H17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="22">
         <v>6</v>
       </c>
-      <c s="10" t="str" r="R10"/>
-[...75 lines deleted...]
-      <c s="12" r="I12">
+      <c r="J17" s="22">
         <v>92</v>
       </c>
-      <c s="15" r="J12">
-[...151 lines deleted...]
-      <c s="23" r="P15">
+      <c r="K17" s="35">
+        <v>65</v>
+      </c>
+      <c r="L17" s="34"/>
+      <c r="M17" s="35">
+        <v>27</v>
+      </c>
+      <c r="N17" s="34"/>
+      <c r="O17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="P17" s="24">
+        <v>102</v>
+      </c>
+      <c r="R17" s="8"/>
+    </row>
+    <row r="18" spans="2:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="4"/>
+      <c r="R18" s="8"/>
+    </row>
+    <row r="19" spans="2:18" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="25"/>
+      <c r="C19" s="26"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="26"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="26"/>
+      <c r="L19" s="26"/>
+      <c r="M19" s="26"/>
+      <c r="N19" s="26"/>
+      <c r="O19" s="26"/>
+      <c r="P19" s="26"/>
+      <c r="Q19" s="26"/>
+      <c r="R19" s="27"/>
+    </row>
+    <row r="20" spans="2:18" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="2:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="28" t="s">
         <v>25</v>
       </c>
-      <c s="10" t="str" r="R15"/>
-[...136 lines deleted...]
-    <row r="22" ht="0.05" customHeight="1"/>
+      <c r="C21" s="29"/>
+      <c r="D21" s="29"/>
+      <c r="E21" s="29"/>
+      <c r="F21" s="29"/>
+      <c r="G21" s="29"/>
+      <c r="H21" s="29"/>
+      <c r="I21" s="29"/>
+      <c r="J21" s="29"/>
+      <c r="K21" s="29"/>
+    </row>
+    <row r="22" spans="2:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="38">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="N2:S4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="M10:N10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="M15:N15"/>
+    <mergeCell ref="B21:K21"/>
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="E17:F17"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="M17:N17"/>
-    <mergeCell ref="B21:K21"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId10"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="B1:S23"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0"/>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.54296875"/>
-[...20 lines deleted...]
-    <col min="22" max="22" customWidth="1" width="3.43359375"/>
+    <col min="1" max="1" width="3.5703125" customWidth="1"/>
+    <col min="2" max="2" width="0.140625" customWidth="1"/>
+    <col min="3" max="3" width="49.42578125" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" customWidth="1"/>
+    <col min="5" max="5" width="1" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" customWidth="1"/>
+    <col min="7" max="10" width="8.42578125" customWidth="1"/>
+    <col min="11" max="11" width="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" customWidth="1"/>
+    <col min="13" max="13" width="4.85546875" customWidth="1"/>
+    <col min="14" max="14" width="3.5703125" customWidth="1"/>
+    <col min="15" max="16" width="8.42578125" customWidth="1"/>
+    <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="0.140625" customWidth="1"/>
+    <col min="19" max="19" width="2.5703125" customWidth="1"/>
+    <col min="20" max="20" width="3.85546875" customWidth="1"/>
+    <col min="21" max="21" width="2.85546875" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="17.25" customHeight="1">
-[...299 lines deleted...]
-      <c s="15" r="J10">
+    <row r="1" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+    </row>
+    <row r="2" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="N2" s="29"/>
+      <c r="O2" s="29"/>
+      <c r="P2" s="29"/>
+      <c r="Q2" s="29"/>
+      <c r="R2" s="29"/>
+      <c r="S2" s="29"/>
+    </row>
+    <row r="3" spans="2:19" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N3" s="29"/>
+      <c r="O3" s="29"/>
+      <c r="P3" s="29"/>
+      <c r="Q3" s="29"/>
+      <c r="R3" s="29"/>
+      <c r="S3" s="29"/>
+    </row>
+    <row r="4" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="29"/>
+      <c r="N4" s="29"/>
+      <c r="O4" s="29"/>
+      <c r="P4" s="29"/>
+      <c r="Q4" s="29"/>
+      <c r="R4" s="29"/>
+      <c r="S4" s="29"/>
+    </row>
+    <row r="5" spans="2:19" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:19" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="3"/>
+    </row>
+    <row r="7" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B7" s="4"/>
+      <c r="C7" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="43"/>
+      <c r="G7" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="K7" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="N7" s="43"/>
+      <c r="O7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="P7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="R7" s="8"/>
+    </row>
+    <row r="8" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B8" s="4"/>
+      <c r="C8" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="10">
+        <v>456</v>
+      </c>
+      <c r="E8" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="31"/>
+      <c r="G8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J8" s="12">
+        <v>53</v>
+      </c>
+      <c r="K8" s="32">
+        <v>53</v>
+      </c>
+      <c r="L8" s="31"/>
+      <c r="M8" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="N8" s="31"/>
+      <c r="O8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P8" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R8" s="8"/>
+    </row>
+    <row r="9" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B9" s="4"/>
+      <c r="C9" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="31"/>
+      <c r="G9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="K9" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="L9" s="31"/>
+      <c r="M9" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="N9" s="31"/>
+      <c r="O9" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P9" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="R9" s="8"/>
+    </row>
+    <row r="10" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B10" s="4"/>
+      <c r="C10" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="31"/>
+      <c r="G10" s="10">
+        <v>1758</v>
+      </c>
+      <c r="H10" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" s="12">
         <v>190</v>
       </c>
-      <c s="15" r="K10">
+      <c r="K10" s="32">
+        <v>158</v>
+      </c>
+      <c r="L10" s="31"/>
+      <c r="M10" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="N10" s="31"/>
+      <c r="O10" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P10" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R10" s="8"/>
+    </row>
+    <row r="11" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B11" s="4"/>
+      <c r="C11" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="31"/>
+      <c r="G11" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" s="18">
+        <v>592</v>
+      </c>
+      <c r="I11" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" s="17">
+        <v>50</v>
+      </c>
+      <c r="K11" s="38">
+        <v>50</v>
+      </c>
+      <c r="L11" s="31"/>
+      <c r="M11" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="N11" s="31"/>
+      <c r="O11" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P11" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="R11" s="8"/>
+    </row>
+    <row r="12" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B12" s="4"/>
+      <c r="C12" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="31"/>
+      <c r="G12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="10">
+        <v>413</v>
+      </c>
+      <c r="J12" s="12">
         <v>148</v>
       </c>
-      <c s="14" t="str" r="L10"/>
-[...49 lines deleted...]
-      <c s="21" r="J11">
+      <c r="K12" s="32">
+        <v>88</v>
+      </c>
+      <c r="L12" s="31"/>
+      <c r="M12" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="N12" s="31"/>
+      <c r="O12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="P12" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R12" s="8"/>
+    </row>
+    <row r="13" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B13" s="4"/>
+      <c r="C13" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="17">
+        <v>53</v>
+      </c>
+      <c r="E13" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="31"/>
+      <c r="G13" s="17">
+        <v>190</v>
+      </c>
+      <c r="H13" s="17">
         <v>50</v>
       </c>
-      <c s="21" r="K11">
-[...96 lines deleted...]
-      <c s="21" r="H13">
+      <c r="I13" s="17">
+        <v>148</v>
+      </c>
+      <c r="J13" s="18">
+        <v>2977</v>
+      </c>
+      <c r="K13" s="38">
+        <v>1065</v>
+      </c>
+      <c r="L13" s="31"/>
+      <c r="M13" s="38">
+        <v>109</v>
+      </c>
+      <c r="N13" s="31"/>
+      <c r="O13" s="17">
+        <v>38</v>
+      </c>
+      <c r="P13" s="19">
+        <v>94</v>
+      </c>
+      <c r="R13" s="8"/>
+    </row>
+    <row r="14" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B14" s="4"/>
+      <c r="C14" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="12">
+        <v>53</v>
+      </c>
+      <c r="E14" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="31"/>
+      <c r="G14" s="12">
+        <v>158</v>
+      </c>
+      <c r="H14" s="12">
         <v>50</v>
       </c>
-      <c s="21" r="I13">
-[...53 lines deleted...]
-      <c s="15" r="M14">
+      <c r="I14" s="12">
+        <v>88</v>
+      </c>
+      <c r="J14" s="12">
+        <v>1065</v>
+      </c>
+      <c r="K14" s="36">
+        <v>1847</v>
+      </c>
+      <c r="L14" s="31"/>
+      <c r="M14" s="32">
         <v>25</v>
       </c>
-      <c s="14" t="str" r="N14"/>
-[...3 lines deleted...]
-      <c s="16" r="P14">
+      <c r="N14" s="31"/>
+      <c r="O14" s="12">
+        <v>49</v>
+      </c>
+      <c r="P14" s="13">
         <v>28</v>
       </c>
-      <c s="10" t="str" r="R14"/>
-[...37 lines deleted...]
-      <c s="21" r="K15">
+      <c r="R14" s="8"/>
+    </row>
+    <row r="15" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B15" s="4"/>
+      <c r="C15" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="31"/>
+      <c r="G15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="J15" s="17">
+        <v>109</v>
+      </c>
+      <c r="K15" s="38">
         <v>25</v>
       </c>
-      <c s="14" t="str" r="L15"/>
-[...60 lines deleted...]
-      <c s="12" r="O16">
+      <c r="L15" s="31"/>
+      <c r="M15" s="39">
+        <v>116</v>
+      </c>
+      <c r="N15" s="31"/>
+      <c r="O15" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P15" s="19">
+        <v>11</v>
+      </c>
+      <c r="R15" s="8"/>
+    </row>
+    <row r="16" spans="2:19" x14ac:dyDescent="0.25">
+      <c r="B16" s="4"/>
+      <c r="C16" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="31"/>
+      <c r="G16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" s="12">
+        <v>38</v>
+      </c>
+      <c r="K16" s="32">
+        <v>49</v>
+      </c>
+      <c r="L16" s="31"/>
+      <c r="M16" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="N16" s="31"/>
+      <c r="O16" s="10">
         <v>514</v>
       </c>
-      <c s="24" t="inlineStr" r="P16">
-[...42 lines deleted...]
-      <c s="26" r="K17">
+      <c r="P16" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R16" s="8"/>
+    </row>
+    <row r="17" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B17" s="4"/>
+      <c r="C17" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="34"/>
+      <c r="G17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="J17" s="22">
+        <v>94</v>
+      </c>
+      <c r="K17" s="35">
         <v>28</v>
       </c>
-      <c s="28" t="str" r="L17"/>
-[...46 lines deleted...]
-    <row r="23" ht="245.05" customHeight="1"/>
+      <c r="L17" s="34"/>
+      <c r="M17" s="35">
+        <v>11</v>
+      </c>
+      <c r="N17" s="34"/>
+      <c r="O17" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="P17" s="24">
+        <v>154</v>
+      </c>
+      <c r="R17" s="8"/>
+    </row>
+    <row r="18" spans="2:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="4"/>
+      <c r="R18" s="8"/>
+    </row>
+    <row r="19" spans="2:18" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="25"/>
+      <c r="C19" s="26"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="26"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="26"/>
+      <c r="L19" s="26"/>
+      <c r="M19" s="26"/>
+      <c r="N19" s="26"/>
+      <c r="O19" s="26"/>
+      <c r="P19" s="26"/>
+      <c r="Q19" s="26"/>
+      <c r="R19" s="27"/>
+    </row>
+    <row r="20" spans="2:18" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="2:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="29"/>
+      <c r="D21" s="29"/>
+      <c r="E21" s="29"/>
+      <c r="F21" s="29"/>
+      <c r="G21" s="29"/>
+      <c r="H21" s="29"/>
+      <c r="I21" s="29"/>
+      <c r="J21" s="29"/>
+      <c r="K21" s="29"/>
+    </row>
+    <row r="22" spans="2:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="23" spans="2:18" ht="245.1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="38">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="N2:S4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="M10:N10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="M15:N15"/>
+    <mergeCell ref="B21:K21"/>
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="E17:F17"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="M17:N17"/>
-    <mergeCell ref="B21:K21"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId13"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162780</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162780</Url>
+      <Description>TQ32YHM4J7VE-1507329340-162780</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -3314,174 +3380,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AC9FAD8-7763-48B1-A2AF-6DAEB23F0389}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A12ED9C2-3220-4FAA-AF14-7D151A5F669A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E6E270A-BD30-4774-8EE4-E851F1754EC9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0EFDB41-13EB-43E7-A5EC-12953676F3A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DCC5118-6116-4BEC-AA16-138221D33992}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{772346ED-47F2-42D4-AC81-3D6A00EFF3A3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5D95AE7-95A1-45ED-8FAE-5F6B351DCD76}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C4E817E-8C91-4511-A9A5-403A8AA4D717}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...10 lines deleted...]
-  <ScaleCrop>0</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector baseType="variant" size="2">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="0"/>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Surgery (All)</vt:lpstr>
+      <vt:lpstr>Surgery (IMGs Only)</vt:lpstr>
+      <vt:lpstr>Surgery (All Excluding IMGs)</vt:lpstr>
+    </vt:vector>
   </TitlesOfParts>
-  <LinksUpToDate>0</LinksUpToDate>
-[...3 lines deleted...]
-  <Application>Microsoft Excel</Application>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Jena Wimsatt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>480adedc-c8c3-40d5-8aa5-652dae1f227b</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>547fb5a6-8ba1-4b62-85f5-72addba5da32</vt:lpwstr>
   </property>
 </Properties>
 </file>