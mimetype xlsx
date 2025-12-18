--- v0 (2025-10-16)
+++ v1 (2025-12-18)
@@ -12,79 +12,90 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ambrown\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1-my.sharepoint.com/personal/jwimsatt_aamc_org/Documents/G-Drive/ERAS/Dashboard Job Aids/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{91DB935E-C6BC-4BEC-837B-A73BC1EBF7B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C1B2C1C6-1F39-4585-A5D1-91720F79654F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="10" windowWidth="19430" windowHeight="10310" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38400" yWindow="240" windowWidth="28800" windowHeight="15285" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId1"/>
     <sheet name="Applicants - Sent Psig" sheetId="2" r:id="rId2"/>
     <sheet name="Psig Distribution - 1-Tier" sheetId="3" r:id="rId3"/>
     <sheet name="Psig Distribution - 2-Tier" sheetId="4" r:id="rId4"/>
     <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Applicants - Sent Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Psig Distribution - 1-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Psig Distribution - 2-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Specialty - 10% Signal Rate'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="28">
   <si>
     <t/>
   </si>
   <si>
     <t>Fellowship Report</t>
   </si>
   <si>
     <t>Data as of May 31, 2025</t>
   </si>
   <si>
     <t>RECEIVED Program Signals
 SPECIALTY (total # of available signals)</t>
   </si>
   <si>
     <t>GRAD TYPE</t>
   </si>
   <si>
     <t># of Signals
@@ -1390,425 +1401,425 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:W22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:W1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="0.453125" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
-    <col min="5" max="5" width="9.7265625" customWidth="1"/>
-    <col min="6" max="6" width="0.26953125" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
     <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
-    <col min="8" max="8" width="13.7265625" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="5.453125" customWidth="1"/>
-    <col min="11" max="11" width="15.7265625" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="5.1796875" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
     <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
-    <col min="16" max="16" width="15.1796875" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
     <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
-    <col min="18" max="18" width="15.1796875" customWidth="1"/>
+    <col min="18" max="18" width="15.140625" customWidth="1"/>
     <col min="19" max="19" width="0" hidden="1" customWidth="1"/>
-    <col min="20" max="20" width="15.1796875" customWidth="1"/>
+    <col min="20" max="20" width="15.140625" customWidth="1"/>
     <col min="21" max="21" width="0" hidden="1" customWidth="1"/>
-    <col min="22" max="22" width="3.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="24" width="8.81640625" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
+    <col min="23" max="23" width="78.140625" customWidth="1"/>
+    <col min="24" max="24" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="16"/>
       <c r="P1" s="16"/>
       <c r="Q1" s="16"/>
       <c r="R1" s="16"/>
       <c r="S1" s="16"/>
       <c r="T1" s="16"/>
       <c r="U1" s="16"/>
       <c r="V1" s="16"/>
       <c r="W1" s="16"/>
     </row>
-    <row r="2" spans="1:23" ht="4" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="3" spans="1:23" ht="20.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:23" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D3" s="16"/>
     </row>
-    <row r="4" spans="1:23" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:23" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D4" s="16"/>
       <c r="F4" s="34" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="16"/>
       <c r="H4" s="16"/>
       <c r="I4" s="16"/>
       <c r="J4" s="16"/>
       <c r="K4" s="16"/>
       <c r="L4" s="16"/>
       <c r="M4" s="16"/>
       <c r="O4" s="35" t="s">
         <v>2</v>
       </c>
       <c r="P4" s="16"/>
       <c r="Q4" s="16"/>
       <c r="R4" s="16"/>
       <c r="S4" s="16"/>
       <c r="T4" s="16"/>
     </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="16"/>
       <c r="K5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="16"/>
       <c r="O5" s="16"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="16"/>
       <c r="R5" s="16"/>
       <c r="S5" s="16"/>
       <c r="T5" s="16"/>
     </row>
-    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:23" ht="41.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:23" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:23" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="36" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="16"/>
       <c r="I8" s="37" t="s">
         <v>5</v>
       </c>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="37" t="s">
         <v>6</v>
       </c>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="37" t="s">
         <v>7</v>
       </c>
       <c r="P8" s="16"/>
       <c r="Q8" s="37" t="s">
         <v>8</v>
       </c>
       <c r="R8" s="16"/>
       <c r="S8" s="37" t="s">
         <v>9</v>
       </c>
       <c r="T8" s="16"/>
     </row>
-    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:23" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="20" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="21"/>
       <c r="E12" s="21"/>
       <c r="F12" s="22"/>
       <c r="H12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="J12" s="28">
         <v>147</v>
       </c>
       <c r="K12" s="29"/>
       <c r="M12" s="30">
         <v>1.986486</v>
       </c>
       <c r="N12" s="29"/>
       <c r="P12" s="4">
         <v>1</v>
       </c>
       <c r="R12" s="4">
         <v>4</v>
       </c>
       <c r="T12" s="5">
         <v>0.94351788536307002</v>
       </c>
     </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A13" s="18"/>
       <c r="C13" s="23"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="24"/>
       <c r="H13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="J13" s="28">
         <v>191</v>
       </c>
       <c r="K13" s="29"/>
       <c r="M13" s="30">
         <v>2.5131579999999998</v>
       </c>
       <c r="N13" s="29"/>
       <c r="P13" s="4">
         <v>1</v>
       </c>
       <c r="R13" s="4">
         <v>9</v>
       </c>
       <c r="T13" s="5">
         <v>1.50990893765154</v>
       </c>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A14" s="18"/>
       <c r="C14" s="23"/>
       <c r="D14" s="16"/>
       <c r="E14" s="16"/>
       <c r="F14" s="24"/>
       <c r="H14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J14" s="28">
         <v>1290</v>
       </c>
       <c r="K14" s="29"/>
       <c r="M14" s="30">
         <v>12.647059</v>
       </c>
       <c r="N14" s="29"/>
       <c r="P14" s="4">
         <v>1</v>
       </c>
       <c r="R14" s="4">
         <v>49</v>
       </c>
       <c r="T14" s="5">
         <v>11.495713418487799</v>
       </c>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A15" s="19"/>
       <c r="C15" s="25"/>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="27"/>
       <c r="H15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J15" s="31">
         <v>1628</v>
       </c>
       <c r="K15" s="29"/>
       <c r="M15" s="32">
         <v>15.504761999999999</v>
       </c>
       <c r="N15" s="29"/>
       <c r="P15" s="7">
         <v>1</v>
       </c>
       <c r="R15" s="7">
         <v>52</v>
       </c>
       <c r="T15" s="8">
         <v>12.788308801401399</v>
       </c>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A16" s="17" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="21"/>
       <c r="E16" s="21"/>
       <c r="F16" s="22"/>
       <c r="H16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="J16" s="28">
         <v>589</v>
       </c>
       <c r="K16" s="29"/>
       <c r="M16" s="30">
         <v>5.5046730000000004</v>
       </c>
       <c r="N16" s="29"/>
       <c r="P16" s="4">
         <v>1</v>
       </c>
       <c r="R16" s="4">
         <v>20</v>
       </c>
       <c r="T16" s="5">
         <v>4.7232340615302997</v>
       </c>
     </row>
-    <row r="17" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A17" s="18"/>
       <c r="C17" s="23"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="24"/>
       <c r="H17" s="3" t="s">
         <v>12</v>
       </c>
       <c r="J17" s="28">
         <v>327</v>
       </c>
       <c r="K17" s="29"/>
       <c r="M17" s="30">
         <v>3.478723</v>
       </c>
       <c r="N17" s="29"/>
       <c r="P17" s="4">
         <v>1</v>
       </c>
       <c r="R17" s="4">
         <v>18</v>
       </c>
       <c r="T17" s="5">
         <v>3.0399799341442999</v>
       </c>
     </row>
-    <row r="18" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A18" s="18"/>
       <c r="C18" s="23"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="24"/>
       <c r="H18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J18" s="28">
         <v>987</v>
       </c>
       <c r="K18" s="29"/>
       <c r="M18" s="30">
         <v>9.5825239999999994</v>
       </c>
       <c r="N18" s="29"/>
       <c r="P18" s="4">
         <v>1</v>
       </c>
       <c r="R18" s="4">
         <v>55</v>
       </c>
       <c r="T18" s="5">
         <v>9.5789027555352106</v>
       </c>
     </row>
-    <row r="19" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A19" s="19"/>
       <c r="C19" s="25"/>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="27"/>
       <c r="H19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J19" s="31">
         <v>1903</v>
       </c>
       <c r="K19" s="29"/>
       <c r="M19" s="32">
         <v>17.458715999999999</v>
       </c>
       <c r="N19" s="29"/>
       <c r="P19" s="7">
         <v>1</v>
       </c>
       <c r="R19" s="7">
         <v>84</v>
       </c>
       <c r="T19" s="8">
         <v>15.491056032433701</v>
       </c>
     </row>
-    <row r="20" spans="1:20" ht="2.15" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="21" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:20" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="16"/>
       <c r="D21" s="16"/>
       <c r="E21" s="16"/>
       <c r="F21" s="16"/>
       <c r="G21" s="16"/>
       <c r="H21" s="16"/>
       <c r="I21" s="16"/>
       <c r="J21" s="16"/>
     </row>
-    <row r="22" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="32">
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="B21:J21"/>
     <mergeCell ref="A16:A19"/>
@@ -1816,426 +1827,426 @@
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="M17:N17"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="M18:N18"/>
     <mergeCell ref="J19:K19"/>
     <mergeCell ref="M19:N19"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:W23"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="0.453125" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
-    <col min="5" max="5" width="9.7265625" customWidth="1"/>
-    <col min="6" max="6" width="0.26953125" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
     <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
-    <col min="8" max="8" width="13.7265625" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="5.453125" customWidth="1"/>
-    <col min="11" max="11" width="15.7265625" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="5.1796875" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
     <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
-    <col min="16" max="16" width="15.1796875" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
     <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
-    <col min="18" max="18" width="15.1796875" customWidth="1"/>
+    <col min="18" max="18" width="15.140625" customWidth="1"/>
     <col min="19" max="19" width="0" hidden="1" customWidth="1"/>
-    <col min="20" max="20" width="15.1796875" customWidth="1"/>
+    <col min="20" max="20" width="15.140625" customWidth="1"/>
     <col min="21" max="21" width="0" hidden="1" customWidth="1"/>
-    <col min="22" max="22" width="3.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="24" width="8.81640625" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
+    <col min="23" max="23" width="78.140625" customWidth="1"/>
+    <col min="24" max="24" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="16"/>
       <c r="P1" s="16"/>
       <c r="Q1" s="16"/>
       <c r="R1" s="16"/>
       <c r="S1" s="16"/>
       <c r="T1" s="16"/>
       <c r="U1" s="16"/>
       <c r="V1" s="16"/>
       <c r="W1" s="16"/>
     </row>
-    <row r="2" spans="1:23" ht="4" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="3" spans="1:23" ht="20.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:23" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D3" s="16"/>
     </row>
-    <row r="4" spans="1:23" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:23" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D4" s="16"/>
       <c r="F4" s="34" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="16"/>
       <c r="H4" s="16"/>
       <c r="I4" s="16"/>
       <c r="J4" s="16"/>
       <c r="K4" s="16"/>
       <c r="L4" s="16"/>
       <c r="M4" s="16"/>
       <c r="O4" s="35" t="s">
         <v>2</v>
       </c>
       <c r="P4" s="16"/>
       <c r="Q4" s="16"/>
       <c r="R4" s="16"/>
       <c r="S4" s="16"/>
       <c r="T4" s="16"/>
     </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="16"/>
       <c r="K5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="16"/>
       <c r="O5" s="16"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="16"/>
       <c r="R5" s="16"/>
       <c r="S5" s="16"/>
       <c r="T5" s="16"/>
     </row>
-    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:23" ht="41.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:23" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:23" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="36" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="36" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="16"/>
       <c r="I8" s="37" t="s">
         <v>18</v>
       </c>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="37" t="s">
         <v>6</v>
       </c>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="37" t="s">
         <v>7</v>
       </c>
       <c r="P8" s="16"/>
       <c r="Q8" s="37" t="s">
         <v>8</v>
       </c>
       <c r="R8" s="16"/>
       <c r="S8" s="37" t="s">
         <v>9</v>
       </c>
       <c r="T8" s="16"/>
     </row>
-    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:23" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="2.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="20" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="21"/>
       <c r="E12" s="21"/>
       <c r="F12" s="22"/>
       <c r="H12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="J12" s="28">
         <v>15</v>
       </c>
       <c r="K12" s="29"/>
       <c r="M12" s="30">
         <v>9.8000000000000007</v>
       </c>
       <c r="N12" s="29"/>
       <c r="P12" s="4">
         <v>8</v>
       </c>
       <c r="R12" s="4">
         <v>10</v>
       </c>
       <c r="T12" s="5">
         <v>0.55086114402814801</v>
       </c>
     </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A13" s="18"/>
       <c r="C13" s="23"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="24"/>
       <c r="H13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="J13" s="28">
         <v>20</v>
       </c>
       <c r="K13" s="29"/>
       <c r="M13" s="30">
         <v>9.5500000000000007</v>
       </c>
       <c r="N13" s="29"/>
       <c r="P13" s="4">
         <v>4</v>
       </c>
       <c r="R13" s="4">
         <v>10</v>
       </c>
       <c r="T13" s="5">
         <v>1.37654349731492</v>
       </c>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A14" s="18"/>
       <c r="C14" s="23"/>
       <c r="D14" s="16"/>
       <c r="E14" s="16"/>
       <c r="F14" s="24"/>
       <c r="H14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J14" s="28">
         <v>136</v>
       </c>
       <c r="K14" s="29"/>
       <c r="M14" s="30">
         <v>9.4852939999999997</v>
       </c>
       <c r="N14" s="29"/>
       <c r="P14" s="4">
         <v>1</v>
       </c>
       <c r="R14" s="4">
         <v>10</v>
       </c>
       <c r="T14" s="5">
         <v>1.92472855228991</v>
       </c>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A15" s="19"/>
       <c r="C15" s="25"/>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="27"/>
       <c r="H15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J15" s="31">
         <v>171</v>
       </c>
       <c r="K15" s="29"/>
       <c r="M15" s="32">
         <v>9.5204679999999993</v>
       </c>
       <c r="N15" s="29"/>
       <c r="P15" s="7">
         <v>1</v>
       </c>
       <c r="R15" s="7">
         <v>10</v>
       </c>
       <c r="T15" s="8">
         <v>1.78734300009819</v>
       </c>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
       <c r="A16" s="17" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="21"/>
       <c r="E16" s="21"/>
       <c r="F16" s="22"/>
       <c r="H16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="J16" s="28">
         <v>128</v>
       </c>
       <c r="K16" s="29"/>
       <c r="M16" s="30">
         <v>4.6015629999999996</v>
       </c>
       <c r="N16" s="29"/>
       <c r="P16" s="4">
         <v>1</v>
       </c>
       <c r="R16" s="4">
         <v>5</v>
       </c>
       <c r="T16" s="5">
         <v>1.11559266759871</v>
       </c>
     </row>
-    <row r="17" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A17" s="18"/>
       <c r="C17" s="23"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="24"/>
       <c r="H17" s="3" t="s">
         <v>12</v>
       </c>
       <c r="J17" s="28">
         <v>72</v>
       </c>
       <c r="K17" s="29"/>
       <c r="M17" s="30">
         <v>4.5416670000000003</v>
       </c>
       <c r="N17" s="29"/>
       <c r="P17" s="4">
         <v>1</v>
       </c>
       <c r="R17" s="4">
         <v>5</v>
       </c>
       <c r="T17" s="5">
         <v>1.05694512629559</v>
       </c>
     </row>
-    <row r="18" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A18" s="18"/>
       <c r="C18" s="23"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="24"/>
       <c r="H18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J18" s="28">
         <v>215</v>
       </c>
       <c r="K18" s="29"/>
       <c r="M18" s="30">
         <v>4.5906979999999997</v>
       </c>
       <c r="N18" s="29"/>
       <c r="P18" s="4">
         <v>1</v>
       </c>
       <c r="R18" s="4">
         <v>5</v>
       </c>
       <c r="T18" s="5">
         <v>1.0838533111080999</v>
       </c>
     </row>
-    <row r="19" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A19" s="19"/>
       <c r="C19" s="25"/>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="27"/>
       <c r="H19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J19" s="31">
         <v>415</v>
       </c>
       <c r="K19" s="29"/>
       <c r="M19" s="32">
         <v>4.5855420000000002</v>
       </c>
       <c r="N19" s="29"/>
       <c r="P19" s="7">
         <v>1</v>
       </c>
       <c r="R19" s="7">
         <v>5</v>
       </c>
       <c r="T19" s="8">
         <v>1.0880569838018599</v>
       </c>
     </row>
-    <row r="20" spans="1:20" ht="2.15" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="21" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:20" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="16"/>
       <c r="D21" s="16"/>
       <c r="E21" s="16"/>
       <c r="F21" s="16"/>
       <c r="G21" s="16"/>
       <c r="H21" s="16"/>
       <c r="I21" s="16"/>
       <c r="J21" s="16"/>
     </row>
-    <row r="22" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="23" spans="1:20" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="23" spans="1:20" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="32">
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="B21:J21"/>
     <mergeCell ref="A16:A19"/>
@@ -2243,813 +2254,813 @@
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="M17:N17"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="M18:N18"/>
     <mergeCell ref="J19:K19"/>
     <mergeCell ref="M19:N19"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:R24"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="21.26953125" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="0.42578125" customWidth="1"/>
+    <col min="3" max="3" width="0.140625" customWidth="1"/>
+    <col min="4" max="4" width="38.85546875" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
+    <col min="7" max="7" width="0.5703125" customWidth="1"/>
+    <col min="8" max="8" width="13.140625" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" customWidth="1"/>
     <col min="10" max="10" width="10" customWidth="1"/>
-    <col min="11" max="11" width="5.1796875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="15.1796875" customWidth="1"/>
+    <col min="11" max="11" width="5.140625" customWidth="1"/>
+    <col min="12" max="12" width="5.42578125" customWidth="1"/>
+    <col min="13" max="13" width="9.7109375" customWidth="1"/>
+    <col min="14" max="14" width="15.140625" customWidth="1"/>
     <col min="15" max="15" width="15" customWidth="1"/>
     <col min="16" max="16" width="0" hidden="1" customWidth="1"/>
-    <col min="17" max="17" width="3.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="19" max="19" width="8.81640625" customWidth="1"/>
+    <col min="17" max="17" width="3.42578125" customWidth="1"/>
+    <col min="18" max="18" width="78.140625" customWidth="1"/>
+    <col min="19" max="19" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="16"/>
       <c r="P1" s="16"/>
       <c r="Q1" s="16"/>
       <c r="R1" s="16"/>
     </row>
-    <row r="2" spans="1:18" ht="4" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="3" spans="1:18" ht="20.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:18" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:18" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C3" s="16"/>
       <c r="D3" s="16"/>
     </row>
-    <row r="4" spans="1:18" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C4" s="16"/>
       <c r="D4" s="16"/>
       <c r="F4" s="34" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="16"/>
       <c r="H4" s="16"/>
       <c r="I4" s="16"/>
       <c r="J4" s="16"/>
       <c r="L4" s="35" t="s">
         <v>2</v>
       </c>
       <c r="M4" s="16"/>
       <c r="N4" s="16"/>
       <c r="O4" s="16"/>
       <c r="P4" s="16"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="16"/>
       <c r="N5" s="16"/>
       <c r="O5" s="16"/>
       <c r="P5" s="16"/>
     </row>
-    <row r="6" spans="1:18" ht="3.4" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:18" ht="41.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:18" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:18" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:18" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="36" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="36" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="16"/>
       <c r="I8" s="2" t="s">
         <v>0</v>
       </c>
       <c r="J8" s="37" t="s">
         <v>0</v>
       </c>
       <c r="K8" s="16"/>
       <c r="L8" s="37" t="s">
         <v>0</v>
       </c>
       <c r="M8" s="16"/>
       <c r="N8" s="2" t="s">
         <v>0</v>
       </c>
       <c r="O8" s="37" t="s">
         <v>20</v>
       </c>
       <c r="P8" s="16"/>
     </row>
-    <row r="9" spans="1:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:18" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:18" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:18" ht="2.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="43" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="40"/>
       <c r="D12" s="44" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="16"/>
       <c r="F12" s="16"/>
       <c r="G12" s="16"/>
       <c r="H12" s="16"/>
       <c r="I12" s="16"/>
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
       <c r="L12" s="16"/>
       <c r="M12" s="16"/>
       <c r="N12" s="16"/>
       <c r="O12" s="16"/>
     </row>
-    <row r="13" spans="1:18" ht="165.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:18" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B13" s="38"/>
       <c r="C13" s="39"/>
       <c r="D13" s="39"/>
       <c r="E13" s="39"/>
       <c r="F13" s="39"/>
       <c r="G13" s="39"/>
       <c r="H13" s="39"/>
       <c r="I13" s="39"/>
       <c r="J13" s="39"/>
       <c r="K13" s="39"/>
       <c r="L13" s="39"/>
       <c r="M13" s="39"/>
       <c r="N13" s="39"/>
       <c r="O13" s="40"/>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="39"/>
       <c r="D14" s="39"/>
       <c r="E14" s="39"/>
       <c r="F14" s="39"/>
       <c r="G14" s="39"/>
       <c r="H14" s="39"/>
       <c r="I14" s="39"/>
       <c r="J14" s="39"/>
       <c r="K14" s="39"/>
       <c r="L14" s="39"/>
       <c r="M14" s="39"/>
       <c r="N14" s="39"/>
       <c r="O14" s="40"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="42" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="40"/>
       <c r="D15" s="42" t="s">
         <v>0</v>
       </c>
       <c r="E15" s="39"/>
       <c r="F15" s="39"/>
       <c r="G15" s="40"/>
       <c r="H15" s="42" t="s">
         <v>0</v>
       </c>
       <c r="I15" s="39"/>
       <c r="J15" s="39"/>
       <c r="K15" s="39"/>
       <c r="L15" s="40"/>
       <c r="M15" s="42" t="s">
         <v>0</v>
       </c>
       <c r="N15" s="39"/>
       <c r="O15" s="40"/>
     </row>
-    <row r="16" spans="1:18" ht="144" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:18" ht="144" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B16" s="38"/>
       <c r="C16" s="39"/>
       <c r="D16" s="39"/>
       <c r="E16" s="39"/>
       <c r="F16" s="39"/>
       <c r="G16" s="39"/>
       <c r="H16" s="39"/>
       <c r="I16" s="39"/>
       <c r="J16" s="39"/>
       <c r="K16" s="39"/>
       <c r="L16" s="39"/>
       <c r="M16" s="39"/>
       <c r="N16" s="39"/>
       <c r="O16" s="40"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="41" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="39"/>
       <c r="D17" s="39"/>
       <c r="E17" s="39"/>
       <c r="F17" s="39"/>
       <c r="G17" s="39"/>
       <c r="H17" s="39"/>
       <c r="I17" s="39"/>
       <c r="J17" s="39"/>
       <c r="K17" s="39"/>
       <c r="L17" s="39"/>
       <c r="M17" s="39"/>
       <c r="N17" s="39"/>
       <c r="O17" s="40"/>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B18" s="43" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="40"/>
       <c r="D18" s="44" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
       <c r="G18" s="16"/>
       <c r="H18" s="16"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
       <c r="L18" s="16"/>
       <c r="M18" s="16"/>
       <c r="N18" s="16"/>
       <c r="O18" s="16"/>
     </row>
-    <row r="19" spans="1:15" ht="165.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="39"/>
       <c r="D19" s="39"/>
       <c r="E19" s="39"/>
       <c r="F19" s="39"/>
       <c r="G19" s="39"/>
       <c r="H19" s="39"/>
       <c r="I19" s="39"/>
       <c r="J19" s="39"/>
       <c r="K19" s="39"/>
       <c r="L19" s="39"/>
       <c r="M19" s="39"/>
       <c r="N19" s="39"/>
       <c r="O19" s="40"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B20" s="41" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="39"/>
       <c r="D20" s="39"/>
       <c r="E20" s="39"/>
       <c r="F20" s="39"/>
       <c r="G20" s="39"/>
       <c r="H20" s="39"/>
       <c r="I20" s="39"/>
       <c r="J20" s="39"/>
       <c r="K20" s="39"/>
       <c r="L20" s="39"/>
       <c r="M20" s="39"/>
       <c r="N20" s="39"/>
       <c r="O20" s="40"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="42" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="40"/>
       <c r="D21" s="42" t="s">
         <v>0</v>
       </c>
       <c r="E21" s="39"/>
       <c r="F21" s="39"/>
       <c r="G21" s="40"/>
       <c r="H21" s="42" t="s">
         <v>0</v>
       </c>
       <c r="I21" s="39"/>
       <c r="J21" s="39"/>
       <c r="K21" s="39"/>
       <c r="L21" s="40"/>
       <c r="M21" s="42" t="s">
         <v>0</v>
       </c>
       <c r="N21" s="39"/>
       <c r="O21" s="40"/>
     </row>
-    <row r="22" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B22" s="38"/>
       <c r="C22" s="39"/>
       <c r="D22" s="39"/>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="39"/>
       <c r="I22" s="39"/>
       <c r="J22" s="39"/>
       <c r="K22" s="39"/>
       <c r="L22" s="39"/>
       <c r="M22" s="39"/>
       <c r="N22" s="39"/>
       <c r="O22" s="40"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B23" s="41" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="39"/>
       <c r="D23" s="39"/>
       <c r="E23" s="39"/>
       <c r="F23" s="39"/>
       <c r="G23" s="39"/>
       <c r="H23" s="39"/>
       <c r="I23" s="39"/>
       <c r="J23" s="39"/>
       <c r="K23" s="39"/>
       <c r="L23" s="39"/>
       <c r="M23" s="39"/>
       <c r="N23" s="39"/>
       <c r="O23" s="40"/>
     </row>
-    <row r="24" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="24" spans="1:15" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="C3:D4"/>
     <mergeCell ref="F4:J5"/>
     <mergeCell ref="L4:P5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="D12:O12"/>
     <mergeCell ref="B13:O13"/>
     <mergeCell ref="B14:O14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="D15:G15"/>
     <mergeCell ref="H15:L15"/>
     <mergeCell ref="M15:O15"/>
     <mergeCell ref="B16:O16"/>
     <mergeCell ref="B17:O17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:O18"/>
     <mergeCell ref="B19:O19"/>
     <mergeCell ref="B22:O22"/>
     <mergeCell ref="B23:O23"/>
     <mergeCell ref="B20:O20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="D21:G21"/>
     <mergeCell ref="H21:L21"/>
     <mergeCell ref="M21:O21"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:O12"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="21.26953125" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="0.42578125" customWidth="1"/>
+    <col min="3" max="3" width="0.5703125" customWidth="1"/>
+    <col min="4" max="4" width="38.42578125" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
+    <col min="7" max="7" width="13.7109375" customWidth="1"/>
+    <col min="8" max="8" width="21.28515625" customWidth="1"/>
     <col min="9" max="9" width="10" customWidth="1"/>
-    <col min="10" max="10" width="5.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16" width="8.81640625" customWidth="1"/>
+    <col min="10" max="10" width="5.140625" customWidth="1"/>
+    <col min="11" max="13" width="15.140625" customWidth="1"/>
+    <col min="14" max="14" width="3.42578125" customWidth="1"/>
+    <col min="15" max="15" width="78.140625" customWidth="1"/>
+    <col min="16" max="16" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="16"/>
     </row>
-    <row r="2" spans="1:15" ht="4" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="3" spans="1:15" ht="20.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:15" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C3" s="16"/>
       <c r="D3" s="16"/>
     </row>
-    <row r="4" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:15" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C4" s="16"/>
       <c r="D4" s="16"/>
       <c r="F4" s="34" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="16"/>
       <c r="H4" s="16"/>
       <c r="I4" s="16"/>
       <c r="K4" s="35" t="s">
         <v>2</v>
       </c>
       <c r="L4" s="16"/>
       <c r="M4" s="16"/>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="K5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="16"/>
     </row>
-    <row r="6" spans="1:15" ht="3.4" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:15" ht="41.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:15" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:15" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:15" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="36" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>0</v>
       </c>
       <c r="I8" s="37" t="s">
         <v>0</v>
       </c>
       <c r="J8" s="16"/>
       <c r="K8" s="2" t="s">
         <v>0</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>0</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="9" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="9" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:15" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:15" ht="4.7" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="C3:D4"/>
     <mergeCell ref="F4:I5"/>
     <mergeCell ref="K4:M5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="I8:J8"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:U18"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="0.453125" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
-    <col min="5" max="5" width="9.7265625" customWidth="1"/>
-    <col min="6" max="6" width="0.26953125" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
     <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
-    <col min="8" max="8" width="13.7265625" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="5.453125" customWidth="1"/>
-    <col min="11" max="11" width="15.7265625" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="5.1796875" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
     <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
-    <col min="16" max="16" width="15.1796875" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
     <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
-    <col min="18" max="19" width="15.1796875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="22" max="22" width="8.81640625" customWidth="1"/>
+    <col min="18" max="19" width="15.140625" customWidth="1"/>
+    <col min="20" max="20" width="3.42578125" customWidth="1"/>
+    <col min="21" max="21" width="78.140625" customWidth="1"/>
+    <col min="22" max="22" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:21" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
       <c r="N1" s="16"/>
       <c r="O1" s="16"/>
       <c r="P1" s="16"/>
       <c r="Q1" s="16"/>
       <c r="R1" s="16"/>
       <c r="S1" s="16"/>
       <c r="T1" s="16"/>
       <c r="U1" s="16"/>
     </row>
-    <row r="2" spans="1:21" ht="4" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="3" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:21" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:21" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D3" s="16"/>
     </row>
-    <row r="4" spans="1:21" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:21" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D4" s="16"/>
       <c r="F4" s="34" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="16"/>
       <c r="H4" s="16"/>
       <c r="I4" s="16"/>
       <c r="J4" s="16"/>
       <c r="K4" s="16"/>
       <c r="L4" s="16"/>
       <c r="M4" s="16"/>
       <c r="O4" s="35" t="s">
         <v>2</v>
       </c>
       <c r="P4" s="16"/>
       <c r="Q4" s="16"/>
       <c r="R4" s="16"/>
       <c r="S4" s="16"/>
     </row>
-    <row r="5" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="16"/>
       <c r="K5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="16"/>
       <c r="O5" s="16"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="16"/>
       <c r="R5" s="16"/>
       <c r="S5" s="16"/>
     </row>
-    <row r="6" spans="1:21" ht="3.4" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:21" ht="41.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:21" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:21" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:21" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="36" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="16"/>
       <c r="I8" s="37" t="s">
         <v>23</v>
       </c>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="37" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="37" t="s">
         <v>25</v>
       </c>
       <c r="P8" s="16"/>
       <c r="Q8" s="37" t="s">
         <v>26</v>
       </c>
       <c r="R8" s="16"/>
       <c r="S8" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="9" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:21" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:21" ht="6.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="29"/>
       <c r="C12" s="45" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="46"/>
       <c r="E12" s="46"/>
       <c r="F12" s="46"/>
       <c r="G12" s="46"/>
       <c r="H12" s="47" t="s">
         <v>0</v>
       </c>
       <c r="I12" s="29"/>
       <c r="J12" s="48">
         <v>105</v>
       </c>
       <c r="K12" s="29"/>
       <c r="M12" s="48">
         <v>11</v>
       </c>
       <c r="N12" s="29"/>
       <c r="P12" s="13">
         <v>482</v>
       </c>
       <c r="R12" s="13">
         <v>1628</v>
       </c>
       <c r="S12" s="14">
         <v>0.29606900000000003</v>
       </c>
     </row>
-    <row r="13" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13" s="17" t="s">
         <v>0</v>
       </c>
       <c r="B13" s="29"/>
       <c r="C13" s="45" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="46"/>
       <c r="E13" s="46"/>
       <c r="F13" s="46"/>
       <c r="G13" s="46"/>
       <c r="H13" s="47" t="s">
         <v>0</v>
       </c>
       <c r="I13" s="29"/>
       <c r="J13" s="48">
         <v>109</v>
       </c>
       <c r="K13" s="29"/>
       <c r="M13" s="48">
         <v>11</v>
       </c>
       <c r="N13" s="29"/>
       <c r="P13" s="13">
         <v>567</v>
       </c>
       <c r="R13" s="13">
         <v>1903</v>
       </c>
       <c r="S13" s="14">
         <v>0.29795100000000002</v>
       </c>
     </row>
-    <row r="14" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:21" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:21" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="16" spans="1:21" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="16"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="16"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
     </row>
-    <row r="17" ht="2.25" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="18" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="17" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:S5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="B16:J16"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:K13"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
@@ -3115,71 +3126,71 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-143152</_dlc_DocId>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
-[...5 lines deleted...]
-    </_dlc_DocIdUrl>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162789</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162789</Url>
+      <Description>TQ32YHM4J7VE-1507329340-162789</Description>
+    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c2d27576f286ceb2e8f49e8e43e46ba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b7f5610f0a9127ab9d7c0d2dbcb5982" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -3459,79 +3470,79 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72A5911C-AC42-4709-8CA5-A15F3C418F59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05DAC53B-C9FF-465B-BE3D-05865E9B6A77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AE6B41A-F102-4A4E-BA83-5767364BFC08}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E839EA6B-C3DB-4806-82B7-9332E10655CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30737C3A-6F8F-4607-936F-6F1A7A433FF5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2380BF4-9023-46D8-920C-05F010E44774}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0B683DA-13E8-480C-B551-298CBAACC253}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4ACBCD7F-A052-40EA-8EB3-C080267D31A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
@@ -3555,50 +3566,50 @@
       <vt:lpstr>Applicants - Sent Psig</vt:lpstr>
       <vt:lpstr>Psig Distribution - 1-Tier</vt:lpstr>
       <vt:lpstr>Psig Distribution - 2-Tier</vt:lpstr>
       <vt:lpstr>Specialty - 10% Signal Rate</vt:lpstr>
       <vt:lpstr>'Applicants - Sent Psig'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Psig Distribution - 1-Tier'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Psig Distribution - 2-Tier'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Specialty - 10% Signal Rate'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Specialty - Received Psig'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Amy Brown</dc:creator>
+  <dc:creator>Jena Wimsatt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>792c60da-a5e9-44a8-be35-5942f25c1b71</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-[...4 lines deleted...]
-  </property>
 </Properties>
 </file>