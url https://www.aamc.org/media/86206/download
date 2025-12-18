--- v0 (2025-10-16)
+++ v1 (2025-12-18)
@@ -12,105 +12,105 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ambrown\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1-my.sharepoint.com/personal/jwimsatt_aamc_org/Documents/G-Drive/ERAS/Dashboard Job Aids/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AC2907FF-B91C-4C86-A1D0-AEB9C9A237EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BEAAA434-A78B-48AA-8681-D53EDA9633DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="10" windowWidth="19430" windowHeight="10310" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38400" yWindow="240" windowWidth="28800" windowHeight="15285" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId1"/>
     <sheet name="Applicants - Sent Psig" sheetId="2" r:id="rId2"/>
     <sheet name="Psig Distribution - 1-Tier" sheetId="3" r:id="rId3"/>
     <sheet name="Psig Distribution - 2-Tier" sheetId="4" r:id="rId4"/>
     <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Applicants - Sent Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Psig Distribution - 1-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Psig Distribution - 2-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Specialty - 10% Signal Rate'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="650" uniqueCount="70">
   <si>
     <t/>
   </si>
   <si>
     <t>Fellowship Report</t>
   </si>
   <si>
-    <t>Data as of October 01, 2025</t>
+    <t>Data as of December 04, 2025</t>
   </si>
   <si>
     <t>RECEIVED Program Signals
 SPECIALTY (total # of available signals)</t>
   </si>
   <si>
     <t>GRAD TYPE</t>
   </si>
   <si>
     <t># of Signals
 Received
 ERAS 2026</t>
   </si>
   <si>
     <t>Mean</t>
   </si>
   <si>
     <t>Min</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>SD</t>
   </si>
@@ -141,107 +141,125 @@
   <si>
     <t>Endocrinology, Diabetes, and Metabolism (5)</t>
   </si>
   <si>
     <t>Gastroenterology (5 gold)</t>
   </si>
   <si>
     <t>Gastroenterology (10 silver)</t>
   </si>
   <si>
     <t>Hematology and Oncology (5 gold)</t>
   </si>
   <si>
     <t>Hematology and Oncology (15 silver)</t>
   </si>
   <si>
     <t>Hospice and Palliative Medicine (5)</t>
   </si>
   <si>
     <t>Neonatal-Perinatal Medicine (3 gold)</t>
   </si>
   <si>
     <t>Neonatal-Perinatal Medicine (5 silver)</t>
   </si>
   <si>
+    <t>Pain Medicine (5)</t>
+  </si>
+  <si>
     <t>Pediatric Critical Care Medicine (3)</t>
   </si>
   <si>
     <t>Pediatric Gastroenterology (3)</t>
   </si>
   <si>
     <t>Pulmonary Disease (3 gold)</t>
   </si>
   <si>
     <t>Pulmonary Disease (12 silver)</t>
   </si>
   <si>
     <t>Pulmonary Disease and Critical Care Medicine (3 gold)</t>
   </si>
   <si>
     <t>Pulmonary Disease and Critical Care Medicine (12 silver)</t>
   </si>
   <si>
+    <t>Thoracic Surgery (6)</t>
+  </si>
+  <si>
+    <t>Urogynecology and Reconstructive Pelvic Surgery (OBGYN) (10)</t>
+  </si>
+  <si>
     <t>"--" is mask for N &lt; 5</t>
   </si>
   <si>
     <t>SENT Program Signals
 SPECIALTY (total # of available signals)</t>
   </si>
   <si>
     <t># of Applicants who
 Signaled
 ERAS 2026</t>
+  </si>
+  <si>
+    <t>Maternal-Fetal Medicine (10)</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>Program Signals Distribution
 SPECIALTY</t>
   </si>
   <si>
     <t>ERAS YEAR
 ERAS 2026</t>
   </si>
   <si>
     <t>Individual Programs (N=86)</t>
   </si>
   <si>
     <t>Individual Programs (N=275)</t>
   </si>
   <si>
     <t>Individual Programs (N=156)</t>
   </si>
   <si>
-    <t>Individual Programs (N=171)</t>
+    <t>Individual Programs (N=173)</t>
   </si>
   <si>
     <t>Individual Programs (N=69)</t>
   </si>
   <si>
     <t>Individual Programs (N=58)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=68)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=50)</t>
   </si>
   <si>
     <t>Critical Care Medicine (3 gold, 12 silver)</t>
   </si>
   <si>
     <t>Individual Programs (N=72)</t>
   </si>
   <si>
     <t>Gastroenterology (5 gold, 10 silver)</t>
   </si>
   <si>
     <t>Individual Programs (N=229)</t>
   </si>
   <si>
     <t>Individual Programs (N=230)</t>
   </si>
   <si>
     <t>Hematology and Oncology (5 gold, 15 silver)</t>
   </si>
   <si>
     <t>Individual Programs (N=185)</t>
   </si>
   <si>
     <t>Neonatal-Perinatal Medicine (3 gold, 5 silver)</t>
   </si>
@@ -581,113 +599,104 @@
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -701,75 +710,90 @@
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
@@ -844,55 +868,55 @@
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
@@ -1425,50 +1449,278 @@
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000E000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000010000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000011000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000013000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000014000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
@@ -2745,8069 +2997,9480 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W88"/>
+  <dimension ref="A1:W98"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:W1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="0.453125" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
-    <col min="5" max="5" width="9.7265625" customWidth="1"/>
-    <col min="6" max="6" width="0.26953125" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
     <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
-    <col min="8" max="8" width="13.7265625" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="5.453125" customWidth="1"/>
-    <col min="11" max="11" width="15.7265625" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="5.1796875" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
     <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
-    <col min="16" max="16" width="15.1796875" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
     <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
-    <col min="18" max="18" width="15.1796875" customWidth="1"/>
+    <col min="18" max="18" width="15.140625" customWidth="1"/>
     <col min="19" max="19" width="0" hidden="1" customWidth="1"/>
-    <col min="20" max="20" width="15.1796875" customWidth="1"/>
+    <col min="20" max="20" width="15.140625" customWidth="1"/>
     <col min="21" max="21" width="0" hidden="1" customWidth="1"/>
-    <col min="22" max="22" width="3.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="24" width="8.81640625" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
+    <col min="23" max="23" width="78.140625" customWidth="1"/>
+    <col min="24" max="24" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...42 lines deleted...]
-      <c r="O4" s="19" t="s">
+    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+      <c r="V1" s="18"/>
+      <c r="W1" s="18"/>
+    </row>
+    <row r="2" spans="1:23" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:23" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:23" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="O4" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="P4" s="17"/>
-[...24 lines deleted...]
-      <c r="B8" s="20" t="s">
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="18"/>
+      <c r="T4" s="18"/>
+    </row>
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+      <c r="S5" s="18"/>
+      <c r="T5" s="18"/>
+    </row>
+    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:23" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:23" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="17"/>
-[...3 lines deleted...]
-      <c r="G8" s="20" t="s">
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
         <v>4</v>
       </c>
-      <c r="H8" s="17"/>
-      <c r="I8" s="21" t="s">
+      <c r="H8" s="18"/>
+      <c r="I8" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="J8" s="17"/>
-[...1 lines deleted...]
-      <c r="L8" s="21" t="s">
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
         <v>6</v>
       </c>
-      <c r="M8" s="17"/>
-[...1 lines deleted...]
-      <c r="O8" s="21" t="s">
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="P8" s="17"/>
-      <c r="Q8" s="21" t="s">
+      <c r="P8" s="18"/>
+      <c r="Q8" s="42" t="s">
         <v>8</v>
       </c>
-      <c r="R8" s="17"/>
-      <c r="S8" s="21" t="s">
+      <c r="R8" s="18"/>
+      <c r="S8" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="T8" s="17"/>
-[...8 lines deleted...]
-      <c r="C12" s="25" t="s">
+      <c r="T8" s="18"/>
+    </row>
+    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:23" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D12" s="26"/>
-[...1 lines deleted...]
-      <c r="F12" s="27"/>
+      <c r="D12" s="23"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="24"/>
       <c r="H12" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J12" s="33">
+      <c r="J12" s="30">
         <v>292</v>
       </c>
-      <c r="K12" s="34"/>
-      <c r="M12" s="35">
+      <c r="K12" s="31"/>
+      <c r="M12" s="32">
         <v>3.7435900000000002</v>
       </c>
-      <c r="N12" s="34"/>
+      <c r="N12" s="31"/>
       <c r="P12" s="4">
         <v>1</v>
       </c>
       <c r="R12" s="4">
         <v>13</v>
       </c>
       <c r="T12" s="5">
         <v>2.77949779636538</v>
       </c>
     </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F13" s="29"/>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A13" s="20"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="26"/>
       <c r="H13" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J13" s="33">
+      <c r="J13" s="30">
         <v>254</v>
       </c>
-      <c r="K13" s="34"/>
-      <c r="M13" s="35">
+      <c r="K13" s="31"/>
+      <c r="M13" s="32">
         <v>3.2987009999999999</v>
       </c>
-      <c r="N13" s="34"/>
+      <c r="N13" s="31"/>
       <c r="P13" s="4">
         <v>1</v>
       </c>
       <c r="R13" s="4">
         <v>11</v>
       </c>
       <c r="T13" s="5">
         <v>2.3399557688127399</v>
       </c>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F14" s="29"/>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A14" s="20"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="26"/>
       <c r="H14" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J14" s="33">
+      <c r="J14" s="30">
         <v>638</v>
       </c>
-      <c r="K14" s="34"/>
-      <c r="M14" s="35">
+      <c r="K14" s="31"/>
+      <c r="M14" s="32">
         <v>7.5952380000000002</v>
       </c>
-      <c r="N14" s="34"/>
+      <c r="N14" s="31"/>
       <c r="P14" s="4">
         <v>1</v>
       </c>
       <c r="R14" s="4">
         <v>24</v>
       </c>
       <c r="T14" s="5">
         <v>4.7367292512872199</v>
       </c>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F15" s="32"/>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A15" s="21"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="29"/>
       <c r="H15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J15" s="36">
+      <c r="J15" s="33">
         <v>1184</v>
       </c>
-      <c r="K15" s="34"/>
-      <c r="M15" s="37">
+      <c r="K15" s="31"/>
+      <c r="M15" s="34">
         <v>13.767442000000001</v>
       </c>
-      <c r="N15" s="34"/>
+      <c r="N15" s="31"/>
       <c r="P15" s="7">
         <v>3</v>
       </c>
       <c r="R15" s="7">
         <v>38</v>
       </c>
       <c r="T15" s="8">
         <v>7.2706895821510598</v>
       </c>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C16" s="25" t="s">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="26"/>
-[...1 lines deleted...]
-      <c r="F16" s="27"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="24"/>
       <c r="H16" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J16" s="33">
+      <c r="J16" s="30">
         <v>5368</v>
       </c>
-      <c r="K16" s="34"/>
-      <c r="M16" s="35">
+      <c r="K16" s="31"/>
+      <c r="M16" s="32">
         <v>19.735294</v>
       </c>
-      <c r="N16" s="34"/>
+      <c r="N16" s="31"/>
       <c r="P16" s="4">
         <v>1</v>
       </c>
       <c r="R16" s="4">
         <v>65</v>
       </c>
       <c r="T16" s="5">
         <v>11.3539077854279</v>
       </c>
     </row>
-    <row r="17" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F17" s="29"/>
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A17" s="20"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="18"/>
+      <c r="F17" s="26"/>
       <c r="H17" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J17" s="33">
-[...6 lines deleted...]
-      <c r="N17" s="34"/>
+      <c r="J17" s="30">
+        <v>20100</v>
+      </c>
+      <c r="K17" s="31"/>
+      <c r="M17" s="32">
+        <v>73.090908999999996</v>
+      </c>
+      <c r="N17" s="31"/>
       <c r="P17" s="4">
         <v>6</v>
       </c>
       <c r="R17" s="4">
         <v>281</v>
       </c>
       <c r="T17" s="5">
-        <v>45.058136002280399</v>
-[...7 lines deleted...]
-      <c r="F18" s="29"/>
+        <v>45.055793767283703</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A18" s="20"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="18"/>
+      <c r="F18" s="26"/>
       <c r="H18" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J18" s="33">
-[...6 lines deleted...]
-      <c r="N18" s="34"/>
+      <c r="J18" s="30">
+        <v>16609</v>
+      </c>
+      <c r="K18" s="31"/>
+      <c r="M18" s="32">
+        <v>61.0625</v>
+      </c>
+      <c r="N18" s="31"/>
       <c r="P18" s="4">
         <v>1</v>
       </c>
       <c r="R18" s="4">
         <v>285</v>
       </c>
       <c r="T18" s="5">
-        <v>66.250093071632705</v>
-[...7 lines deleted...]
-      <c r="F19" s="32"/>
+        <v>66.246713699624394</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A19" s="21"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="28"/>
+      <c r="F19" s="29"/>
       <c r="H19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J19" s="36">
-[...6 lines deleted...]
-      <c r="N19" s="34"/>
+      <c r="J19" s="33">
+        <v>42077</v>
+      </c>
+      <c r="K19" s="31"/>
+      <c r="M19" s="34">
+        <v>153.007273</v>
+      </c>
+      <c r="N19" s="31"/>
       <c r="P19" s="7">
         <v>6</v>
       </c>
       <c r="R19" s="7">
         <v>440</v>
       </c>
       <c r="T19" s="8">
-        <v>87.384714080896302</v>
-[...6 lines deleted...]
-      <c r="C20" s="38" t="s">
+        <v>87.354926357933607</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="35" t="s">
         <v>16</v>
       </c>
-      <c r="D20" s="26"/>
-[...1 lines deleted...]
-      <c r="F20" s="27"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="24"/>
       <c r="H20" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J20" s="33">
+      <c r="J20" s="30">
         <v>279</v>
       </c>
-      <c r="K20" s="34"/>
-      <c r="M20" s="35">
+      <c r="K20" s="31"/>
+      <c r="M20" s="32">
         <v>4.2272730000000003</v>
       </c>
-      <c r="N20" s="34"/>
+      <c r="N20" s="31"/>
       <c r="P20" s="4">
         <v>1</v>
       </c>
       <c r="R20" s="4">
         <v>12</v>
       </c>
       <c r="T20" s="5">
         <v>2.6821084989239301</v>
       </c>
     </row>
-    <row r="21" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F21" s="29"/>
+    <row r="21" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A21" s="20"/>
+      <c r="C21" s="36"/>
+      <c r="D21" s="18"/>
+      <c r="E21" s="18"/>
+      <c r="F21" s="26"/>
       <c r="H21" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J21" s="33">
-[...6 lines deleted...]
-      <c r="N21" s="34"/>
+      <c r="J21" s="30">
+        <v>814</v>
+      </c>
+      <c r="K21" s="31"/>
+      <c r="M21" s="32">
+        <v>11.464789</v>
+      </c>
+      <c r="N21" s="31"/>
       <c r="P21" s="4">
         <v>1</v>
       </c>
       <c r="R21" s="4">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T21" s="5">
-        <v>10.230541725637</v>
-[...7 lines deleted...]
-      <c r="F22" s="29"/>
+        <v>10.3410844692421</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A22" s="20"/>
+      <c r="C22" s="36"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="26"/>
       <c r="H22" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J22" s="33">
-[...6 lines deleted...]
-      <c r="N22" s="34"/>
+      <c r="J22" s="30">
+        <v>249</v>
+      </c>
+      <c r="K22" s="31"/>
+      <c r="M22" s="32">
+        <v>4.6981130000000002</v>
+      </c>
+      <c r="N22" s="31"/>
       <c r="P22" s="4">
         <v>1</v>
       </c>
       <c r="R22" s="4">
         <v>21</v>
       </c>
       <c r="T22" s="5">
-        <v>4.7868955493095902</v>
-[...7 lines deleted...]
-      <c r="F23" s="32"/>
+        <v>4.7740681813313097</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A23" s="21"/>
+      <c r="C23" s="37"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="29"/>
       <c r="H23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J23" s="36">
-[...6 lines deleted...]
-      <c r="N23" s="34"/>
+      <c r="J23" s="33">
+        <v>1342</v>
+      </c>
+      <c r="K23" s="31"/>
+      <c r="M23" s="34">
+        <v>18.638888999999999</v>
+      </c>
+      <c r="N23" s="31"/>
       <c r="P23" s="7">
         <v>1</v>
       </c>
       <c r="R23" s="7">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T23" s="8">
-        <v>14.3212362943986</v>
-[...6 lines deleted...]
-      <c r="C24" s="38" t="s">
+        <v>14.391219510520999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="D24" s="26"/>
-[...1 lines deleted...]
-      <c r="F24" s="27"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="24"/>
       <c r="H24" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J24" s="33">
-[...6 lines deleted...]
-      <c r="N24" s="34"/>
+      <c r="J24" s="30">
+        <v>745</v>
+      </c>
+      <c r="K24" s="31"/>
+      <c r="M24" s="32">
+        <v>10.347222</v>
+      </c>
+      <c r="N24" s="31"/>
       <c r="P24" s="4">
         <v>1</v>
       </c>
       <c r="R24" s="4">
         <v>20</v>
       </c>
       <c r="T24" s="5">
-        <v>4.4531995239378199</v>
-[...7 lines deleted...]
-      <c r="F25" s="29"/>
+        <v>4.4789325737278096</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A25" s="20"/>
+      <c r="C25" s="36"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="18"/>
+      <c r="F25" s="26"/>
       <c r="H25" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J25" s="33">
-[...6 lines deleted...]
-      <c r="N25" s="34"/>
+      <c r="J25" s="30">
+        <v>2244</v>
+      </c>
+      <c r="K25" s="31"/>
+      <c r="M25" s="32">
+        <v>31.166667</v>
+      </c>
+      <c r="N25" s="31"/>
       <c r="P25" s="4">
         <v>8</v>
       </c>
       <c r="R25" s="4">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T25" s="5">
-        <v>14.2838155616768</v>
-[...7 lines deleted...]
-      <c r="F26" s="29"/>
+        <v>14.3958131760592</v>
+      </c>
+    </row>
+    <row r="26" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A26" s="20"/>
+      <c r="C26" s="36"/>
+      <c r="D26" s="18"/>
+      <c r="E26" s="18"/>
+      <c r="F26" s="26"/>
       <c r="H26" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J26" s="33">
+      <c r="J26" s="30">
         <v>573</v>
       </c>
-      <c r="K26" s="34"/>
-      <c r="M26" s="35">
+      <c r="K26" s="31"/>
+      <c r="M26" s="32">
         <v>8.3043479999999992</v>
       </c>
-      <c r="N26" s="34"/>
+      <c r="N26" s="31"/>
       <c r="P26" s="4">
         <v>1</v>
       </c>
       <c r="R26" s="4">
         <v>25</v>
       </c>
       <c r="T26" s="5">
         <v>5.9958425596408098</v>
       </c>
     </row>
-    <row r="27" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F27" s="32"/>
+    <row r="27" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A27" s="21"/>
+      <c r="C27" s="37"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="29"/>
       <c r="H27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J27" s="36">
-[...6 lines deleted...]
-      <c r="N27" s="34"/>
+      <c r="J27" s="33">
+        <v>3562</v>
+      </c>
+      <c r="K27" s="31"/>
+      <c r="M27" s="34">
+        <v>49.472222000000002</v>
+      </c>
+      <c r="N27" s="31"/>
       <c r="P27" s="7">
         <v>12</v>
       </c>
       <c r="R27" s="7">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="T27" s="8">
-        <v>20.372581034321598</v>
-[...6 lines deleted...]
-      <c r="C28" s="25" t="s">
+        <v>20.47806948909</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="D28" s="26"/>
-[...1 lines deleted...]
-      <c r="F28" s="27"/>
+      <c r="D28" s="23"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="24"/>
       <c r="H28" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J28" s="33">
+      <c r="J28" s="30">
         <v>371</v>
       </c>
-      <c r="K28" s="34"/>
-      <c r="M28" s="35">
+      <c r="K28" s="31"/>
+      <c r="M28" s="32">
         <v>3.1982759999999999</v>
       </c>
-      <c r="N28" s="34"/>
+      <c r="N28" s="31"/>
       <c r="P28" s="4">
         <v>1</v>
       </c>
       <c r="R28" s="4">
         <v>10</v>
       </c>
       <c r="T28" s="5">
         <v>2.0225676750111501</v>
       </c>
     </row>
-    <row r="29" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F29" s="29"/>
+    <row r="29" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A29" s="20"/>
+      <c r="C29" s="25"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="18"/>
+      <c r="F29" s="26"/>
       <c r="H29" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J29" s="33">
-[...6 lines deleted...]
-      <c r="N29" s="34"/>
+      <c r="J29" s="30">
+        <v>1456</v>
+      </c>
+      <c r="K29" s="31"/>
+      <c r="M29" s="32">
+        <v>9.4545449999999995</v>
+      </c>
+      <c r="N29" s="31"/>
       <c r="P29" s="4">
         <v>1</v>
       </c>
       <c r="R29" s="4">
         <v>30</v>
       </c>
       <c r="T29" s="5">
-        <v>6.8881622367653303</v>
-[...7 lines deleted...]
-      <c r="F30" s="29"/>
+        <v>6.8866555743699003</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A30" s="20"/>
+      <c r="C30" s="25"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="18"/>
+      <c r="F30" s="26"/>
       <c r="H30" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J30" s="33">
+      <c r="J30" s="30">
         <v>556</v>
       </c>
-      <c r="K30" s="34"/>
-      <c r="M30" s="35">
+      <c r="K30" s="31"/>
+      <c r="M30" s="32">
         <v>4.8347829999999998</v>
       </c>
-      <c r="N30" s="34"/>
+      <c r="N30" s="31"/>
       <c r="P30" s="4">
         <v>1</v>
       </c>
       <c r="R30" s="4">
         <v>22</v>
       </c>
       <c r="T30" s="5">
         <v>5.0470252624689698</v>
       </c>
     </row>
-    <row r="31" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F31" s="32"/>
+    <row r="31" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A31" s="21"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="29"/>
       <c r="H31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J31" s="36">
-[...6 lines deleted...]
-      <c r="N31" s="34"/>
+      <c r="J31" s="33">
+        <v>2383</v>
+      </c>
+      <c r="K31" s="31"/>
+      <c r="M31" s="34">
+        <v>15.275641</v>
+      </c>
+      <c r="N31" s="31"/>
       <c r="P31" s="7">
         <v>1</v>
       </c>
       <c r="R31" s="7">
         <v>54</v>
       </c>
       <c r="T31" s="8">
-        <v>11.145076850340701</v>
-[...6 lines deleted...]
-      <c r="C32" s="38" t="s">
+        <v>11.1358611252116</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="D32" s="26"/>
-[...1 lines deleted...]
-      <c r="F32" s="27"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="24"/>
       <c r="H32" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J32" s="33">
+      <c r="J32" s="30">
         <v>1046</v>
       </c>
-      <c r="K32" s="34"/>
-      <c r="M32" s="35">
+      <c r="K32" s="31"/>
+      <c r="M32" s="32">
         <v>5.1274509999999998</v>
       </c>
-      <c r="N32" s="34"/>
+      <c r="N32" s="31"/>
       <c r="P32" s="4">
         <v>1</v>
       </c>
       <c r="R32" s="4">
         <v>18</v>
       </c>
       <c r="T32" s="5">
         <v>3.9521062738747301</v>
       </c>
     </row>
-    <row r="33" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F33" s="29"/>
+    <row r="33" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A33" s="20"/>
+      <c r="C33" s="36"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="18"/>
+      <c r="F33" s="26"/>
       <c r="H33" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J33" s="33">
-[...6 lines deleted...]
-      <c r="N33" s="34"/>
+      <c r="J33" s="30">
+        <v>2867</v>
+      </c>
+      <c r="K33" s="31"/>
+      <c r="M33" s="32">
+        <v>12.629956</v>
+      </c>
+      <c r="N33" s="31"/>
       <c r="P33" s="4">
         <v>1</v>
       </c>
       <c r="R33" s="4">
         <v>66</v>
       </c>
       <c r="T33" s="5">
-        <v>9.4156858486251505</v>
-[...7 lines deleted...]
-      <c r="F34" s="29"/>
+        <v>9.4477876775465308</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A34" s="20"/>
+      <c r="C34" s="36"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="26"/>
       <c r="H34" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J34" s="33">
+      <c r="J34" s="30">
         <v>2623</v>
       </c>
-      <c r="K34" s="34"/>
-      <c r="M34" s="35">
+      <c r="K34" s="31"/>
+      <c r="M34" s="32">
         <v>12.372642000000001</v>
       </c>
-      <c r="N34" s="34"/>
+      <c r="N34" s="31"/>
       <c r="P34" s="4">
         <v>1</v>
       </c>
       <c r="R34" s="4">
         <v>57</v>
       </c>
       <c r="T34" s="5">
         <v>12.451529022573901</v>
       </c>
     </row>
-    <row r="35" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F35" s="32"/>
+    <row r="35" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A35" s="21"/>
+      <c r="C35" s="37"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="29"/>
       <c r="H35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J35" s="36">
-[...6 lines deleted...]
-      <c r="N35" s="34"/>
+      <c r="J35" s="33">
+        <v>6536</v>
+      </c>
+      <c r="K35" s="31"/>
+      <c r="M35" s="34">
+        <v>28.541485000000002</v>
+      </c>
+      <c r="N35" s="31"/>
       <c r="P35" s="7">
         <v>5</v>
       </c>
       <c r="R35" s="7">
         <v>86</v>
       </c>
       <c r="T35" s="8">
-        <v>14.8124243120429</v>
-[...6 lines deleted...]
-      <c r="C36" s="38" t="s">
+        <v>14.8251292068569</v>
+      </c>
+    </row>
+    <row r="36" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A36" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="D36" s="26"/>
-[...1 lines deleted...]
-      <c r="F36" s="27"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="24"/>
       <c r="H36" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J36" s="33">
+      <c r="J36" s="30">
         <v>2015</v>
       </c>
-      <c r="K36" s="34"/>
-      <c r="M36" s="35">
+      <c r="K36" s="31"/>
+      <c r="M36" s="32">
         <v>9.0765770000000003</v>
       </c>
-      <c r="N36" s="34"/>
+      <c r="N36" s="31"/>
       <c r="P36" s="4">
         <v>1</v>
       </c>
       <c r="R36" s="4">
         <v>32</v>
       </c>
       <c r="T36" s="5">
         <v>6.1415055971642696</v>
       </c>
     </row>
-    <row r="37" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F37" s="29"/>
+    <row r="37" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A37" s="20"/>
+      <c r="C37" s="36"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="26"/>
       <c r="H37" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J37" s="33">
-[...6 lines deleted...]
-      <c r="N37" s="34"/>
+      <c r="J37" s="30">
+        <v>5322</v>
+      </c>
+      <c r="K37" s="31"/>
+      <c r="M37" s="32">
+        <v>23.139130000000002</v>
+      </c>
+      <c r="N37" s="31"/>
       <c r="P37" s="4">
         <v>1</v>
       </c>
       <c r="R37" s="4">
         <v>97</v>
       </c>
       <c r="T37" s="5">
-        <v>15.296872981103</v>
-[...7 lines deleted...]
-      <c r="F38" s="29"/>
+        <v>15.2747112247662</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A38" s="20"/>
+      <c r="C38" s="36"/>
+      <c r="D38" s="18"/>
+      <c r="E38" s="18"/>
+      <c r="F38" s="26"/>
       <c r="H38" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J38" s="33">
+      <c r="J38" s="30">
         <v>5073</v>
       </c>
-      <c r="K38" s="34"/>
-      <c r="M38" s="35">
+      <c r="K38" s="31"/>
+      <c r="M38" s="32">
         <v>22.446902999999999</v>
       </c>
-      <c r="N38" s="34"/>
+      <c r="N38" s="31"/>
       <c r="P38" s="4">
         <v>1</v>
       </c>
       <c r="R38" s="4">
         <v>72</v>
       </c>
       <c r="T38" s="5">
         <v>18.334892391284999</v>
       </c>
     </row>
-    <row r="39" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F39" s="32"/>
+    <row r="39" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A39" s="21"/>
+      <c r="C39" s="37"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="29"/>
       <c r="H39" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J39" s="36">
-[...6 lines deleted...]
-      <c r="N39" s="34"/>
+      <c r="J39" s="33">
+        <v>12410</v>
+      </c>
+      <c r="K39" s="31"/>
+      <c r="M39" s="34">
+        <v>53.956522</v>
+      </c>
+      <c r="N39" s="31"/>
       <c r="P39" s="7">
         <v>5</v>
       </c>
       <c r="R39" s="7">
         <v>153</v>
       </c>
       <c r="T39" s="8">
-        <v>23.901310047777699</v>
-[...6 lines deleted...]
-      <c r="C40" s="38" t="s">
+        <v>23.888347012717301</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A40" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C40" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="D40" s="26"/>
-[...1 lines deleted...]
-      <c r="F40" s="27"/>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+      <c r="F40" s="24"/>
       <c r="H40" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J40" s="33">
-[...6 lines deleted...]
-      <c r="N40" s="34"/>
+      <c r="J40" s="30">
+        <v>696</v>
+      </c>
+      <c r="K40" s="31"/>
+      <c r="M40" s="32">
+        <v>4.1676650000000004</v>
+      </c>
+      <c r="N40" s="31"/>
       <c r="P40" s="4">
         <v>1</v>
       </c>
       <c r="R40" s="4">
         <v>15</v>
       </c>
       <c r="T40" s="5">
-        <v>2.7220121234116501</v>
-[...7 lines deleted...]
-      <c r="F41" s="29"/>
+        <v>2.7279294345712102</v>
+      </c>
+    </row>
+    <row r="41" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A41" s="20"/>
+      <c r="C41" s="36"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="26"/>
       <c r="H41" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J41" s="33">
-[...6 lines deleted...]
-      <c r="N41" s="34"/>
+      <c r="J41" s="30">
+        <v>2825</v>
+      </c>
+      <c r="K41" s="31"/>
+      <c r="M41" s="32">
+        <v>15.27027</v>
+      </c>
+      <c r="N41" s="31"/>
       <c r="P41" s="4">
         <v>1</v>
       </c>
       <c r="R41" s="4">
         <v>65</v>
       </c>
       <c r="T41" s="5">
-        <v>10.9158247054448</v>
-[...7 lines deleted...]
-      <c r="F42" s="29"/>
+        <v>10.909829650365801</v>
+      </c>
+    </row>
+    <row r="42" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A42" s="20"/>
+      <c r="C42" s="36"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="18"/>
+      <c r="F42" s="26"/>
       <c r="H42" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J42" s="33">
+      <c r="J42" s="30">
         <v>2455</v>
       </c>
-      <c r="K42" s="34"/>
-      <c r="M42" s="35">
+      <c r="K42" s="31"/>
+      <c r="M42" s="32">
         <v>14.526627</v>
       </c>
-      <c r="N42" s="34"/>
+      <c r="N42" s="31"/>
       <c r="P42" s="4">
         <v>1</v>
       </c>
       <c r="R42" s="4">
         <v>90</v>
       </c>
       <c r="T42" s="5">
         <v>17.265801979635899</v>
       </c>
     </row>
-    <row r="43" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F43" s="32"/>
+    <row r="43" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A43" s="21"/>
+      <c r="C43" s="37"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="29"/>
       <c r="H43" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J43" s="36">
-[...6 lines deleted...]
-      <c r="N43" s="34"/>
+      <c r="J43" s="33">
+        <v>5976</v>
+      </c>
+      <c r="K43" s="31"/>
+      <c r="M43" s="34">
+        <v>32.302703000000001</v>
+      </c>
+      <c r="N43" s="31"/>
       <c r="P43" s="7">
         <v>4</v>
       </c>
       <c r="R43" s="7">
         <v>123</v>
       </c>
       <c r="T43" s="8">
-        <v>22.371673473390398</v>
-[...6 lines deleted...]
-      <c r="C44" s="38" t="s">
+        <v>22.367125608803601</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A44" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C44" s="35" t="s">
         <v>22</v>
       </c>
-      <c r="D44" s="26"/>
-[...1 lines deleted...]
-      <c r="F44" s="27"/>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="24"/>
       <c r="H44" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J44" s="33">
+      <c r="J44" s="30">
         <v>1860</v>
       </c>
-      <c r="K44" s="34"/>
-      <c r="M44" s="35">
+      <c r="K44" s="31"/>
+      <c r="M44" s="32">
         <v>10.163933999999999</v>
       </c>
-      <c r="N44" s="34"/>
+      <c r="N44" s="31"/>
       <c r="P44" s="4">
         <v>1</v>
       </c>
       <c r="R44" s="4">
         <v>26</v>
       </c>
       <c r="T44" s="5">
         <v>5.3693687710940496</v>
       </c>
     </row>
-    <row r="45" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F45" s="29"/>
+    <row r="45" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A45" s="20"/>
+      <c r="C45" s="36"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="18"/>
+      <c r="F45" s="26"/>
       <c r="H45" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J45" s="33">
-[...6 lines deleted...]
-      <c r="N45" s="34"/>
+      <c r="J45" s="30">
+        <v>7838</v>
+      </c>
+      <c r="K45" s="31"/>
+      <c r="M45" s="32">
+        <v>42.367567999999999</v>
+      </c>
+      <c r="N45" s="31"/>
       <c r="P45" s="4">
         <v>1</v>
       </c>
       <c r="R45" s="4">
         <v>123</v>
       </c>
       <c r="T45" s="5">
-        <v>23.352088450500499</v>
-[...7 lines deleted...]
-      <c r="F46" s="29"/>
+        <v>23.3704808893613</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A46" s="20"/>
+      <c r="C46" s="36"/>
+      <c r="D46" s="18"/>
+      <c r="E46" s="18"/>
+      <c r="F46" s="26"/>
       <c r="H46" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J46" s="33">
+      <c r="J46" s="30">
         <v>6279</v>
       </c>
-      <c r="K46" s="34"/>
-      <c r="M46" s="35">
+      <c r="K46" s="31"/>
+      <c r="M46" s="32">
         <v>34.311475000000002</v>
       </c>
-      <c r="N46" s="34"/>
+      <c r="N46" s="31"/>
       <c r="P46" s="4">
         <v>1</v>
       </c>
       <c r="R46" s="4">
         <v>128</v>
       </c>
       <c r="T46" s="5">
         <v>31.424883913866701</v>
       </c>
     </row>
-    <row r="47" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F47" s="32"/>
+    <row r="47" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A47" s="21"/>
+      <c r="C47" s="37"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="29"/>
       <c r="H47" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J47" s="36">
-[...6 lines deleted...]
-      <c r="N47" s="34"/>
+      <c r="J47" s="33">
+        <v>15977</v>
+      </c>
+      <c r="K47" s="31"/>
+      <c r="M47" s="34">
+        <v>86.362161999999998</v>
+      </c>
+      <c r="N47" s="31"/>
       <c r="P47" s="7">
         <v>2</v>
       </c>
       <c r="R47" s="7">
         <v>201</v>
       </c>
       <c r="T47" s="8">
-        <v>43.684674246238799</v>
-[...6 lines deleted...]
-      <c r="C48" s="25" t="s">
+        <v>43.7093124516961</v>
+      </c>
+    </row>
+    <row r="48" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A48" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="D48" s="26"/>
-[...1 lines deleted...]
-      <c r="F48" s="27"/>
+      <c r="D48" s="23"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="24"/>
       <c r="H48" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J48" s="33">
-[...6 lines deleted...]
-      <c r="N48" s="34"/>
+      <c r="J48" s="30">
+        <v>380</v>
+      </c>
+      <c r="K48" s="31"/>
+      <c r="M48" s="32">
+        <v>2.8358210000000001</v>
+      </c>
+      <c r="N48" s="31"/>
       <c r="P48" s="4">
         <v>1</v>
       </c>
       <c r="R48" s="4">
         <v>11</v>
       </c>
       <c r="T48" s="5">
-        <v>2.0294876200657201</v>
-[...7 lines deleted...]
-      <c r="F49" s="29"/>
+        <v>2.0342703851749899</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A49" s="20"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="26"/>
       <c r="H49" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J49" s="33">
-[...6 lines deleted...]
-      <c r="N49" s="34"/>
+      <c r="J49" s="30">
+        <v>459</v>
+      </c>
+      <c r="K49" s="31"/>
+      <c r="M49" s="32">
+        <v>3.5307689999999998</v>
+      </c>
+      <c r="N49" s="31"/>
       <c r="P49" s="4">
         <v>1</v>
       </c>
       <c r="R49" s="4">
         <v>20</v>
       </c>
       <c r="T49" s="5">
-        <v>3.3489634217172299</v>
-[...7 lines deleted...]
-      <c r="F50" s="29"/>
+        <v>3.31823356622164</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A50" s="20"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="18"/>
+      <c r="E50" s="18"/>
+      <c r="F50" s="26"/>
       <c r="H50" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J50" s="33">
-[...6 lines deleted...]
-      <c r="N50" s="34"/>
+      <c r="J50" s="30">
+        <v>947</v>
+      </c>
+      <c r="K50" s="31"/>
+      <c r="M50" s="32">
+        <v>6.6223780000000003</v>
+      </c>
+      <c r="N50" s="31"/>
       <c r="P50" s="4">
         <v>1</v>
       </c>
       <c r="R50" s="4">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="T50" s="5">
-        <v>7.2263766162579701</v>
-[...7 lines deleted...]
-      <c r="F51" s="32"/>
+        <v>7.2818549147864804</v>
+      </c>
+    </row>
+    <row r="51" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A51" s="21"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="28"/>
+      <c r="F51" s="29"/>
       <c r="H51" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J51" s="36">
-[...6 lines deleted...]
-      <c r="N51" s="34"/>
+      <c r="J51" s="33">
+        <v>1786</v>
+      </c>
+      <c r="K51" s="31"/>
+      <c r="M51" s="34">
+        <v>10.323699</v>
+      </c>
+      <c r="N51" s="31"/>
       <c r="P51" s="7">
         <v>1</v>
       </c>
       <c r="R51" s="7">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="T51" s="8">
-        <v>10.5367442314977</v>
-[...6 lines deleted...]
-      <c r="C52" s="38" t="s">
+        <v>10.586815196271299</v>
+      </c>
+    </row>
+    <row r="52" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A52" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C52" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="D52" s="26"/>
-[...1 lines deleted...]
-      <c r="F52" s="27"/>
+      <c r="D52" s="23"/>
+      <c r="E52" s="23"/>
+      <c r="F52" s="24"/>
       <c r="H52" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J52" s="33">
+      <c r="J52" s="30">
         <v>155</v>
       </c>
-      <c r="K52" s="34"/>
-      <c r="M52" s="35">
+      <c r="K52" s="31"/>
+      <c r="M52" s="32">
         <v>2.1232880000000001</v>
       </c>
-      <c r="N52" s="34"/>
+      <c r="N52" s="31"/>
       <c r="P52" s="4">
         <v>1</v>
       </c>
       <c r="R52" s="4">
         <v>7</v>
       </c>
       <c r="T52" s="5">
         <v>1.38388763994769</v>
       </c>
     </row>
-    <row r="53" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F53" s="29"/>
+    <row r="53" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A53" s="20"/>
+      <c r="C53" s="36"/>
+      <c r="D53" s="18"/>
+      <c r="E53" s="18"/>
+      <c r="F53" s="26"/>
       <c r="H53" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J53" s="33">
+      <c r="J53" s="30">
         <v>255</v>
       </c>
-      <c r="K53" s="34"/>
-      <c r="M53" s="35">
+      <c r="K53" s="31"/>
+      <c r="M53" s="32">
         <v>3.4931510000000001</v>
       </c>
-      <c r="N53" s="34"/>
+      <c r="N53" s="31"/>
       <c r="P53" s="4">
         <v>1</v>
       </c>
       <c r="R53" s="4">
         <v>13</v>
       </c>
       <c r="T53" s="5">
         <v>2.8583371039819601</v>
       </c>
     </row>
-    <row r="54" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F54" s="29"/>
+    <row r="54" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A54" s="20"/>
+      <c r="C54" s="36"/>
+      <c r="D54" s="18"/>
+      <c r="E54" s="18"/>
+      <c r="F54" s="26"/>
       <c r="H54" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J54" s="33">
-[...6 lines deleted...]
-      <c r="N54" s="34"/>
+      <c r="J54" s="30">
+        <v>372</v>
+      </c>
+      <c r="K54" s="31"/>
+      <c r="M54" s="32">
+        <v>5.3913039999999999</v>
+      </c>
+      <c r="N54" s="31"/>
       <c r="P54" s="4">
         <v>1</v>
       </c>
       <c r="R54" s="4">
         <v>24</v>
       </c>
       <c r="T54" s="5">
-        <v>5.4451853044685299</v>
-[...7 lines deleted...]
-      <c r="F55" s="32"/>
+        <v>5.4427971668986501</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A55" s="21"/>
+      <c r="C55" s="37"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="29"/>
       <c r="H55" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J55" s="36">
-[...6 lines deleted...]
-      <c r="N55" s="34"/>
+      <c r="J55" s="33">
+        <v>782</v>
+      </c>
+      <c r="K55" s="31"/>
+      <c r="M55" s="34">
+        <v>8.3191489999999995</v>
+      </c>
+      <c r="N55" s="31"/>
       <c r="P55" s="7">
         <v>1</v>
       </c>
       <c r="R55" s="7">
         <v>37</v>
       </c>
       <c r="T55" s="8">
-        <v>8.4127739182745191</v>
-[...6 lines deleted...]
-      <c r="C56" s="38" t="s">
+        <v>8.4117337095274305</v>
+      </c>
+    </row>
+    <row r="56" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A56" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C56" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="D56" s="26"/>
-[...1 lines deleted...]
-      <c r="F56" s="27"/>
+      <c r="D56" s="23"/>
+      <c r="E56" s="23"/>
+      <c r="F56" s="24"/>
       <c r="H56" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J56" s="33">
+      <c r="J56" s="30">
         <v>225</v>
       </c>
-      <c r="K56" s="34"/>
-      <c r="M56" s="35">
+      <c r="K56" s="31"/>
+      <c r="M56" s="32">
         <v>2.9605260000000002</v>
       </c>
-      <c r="N56" s="34"/>
+      <c r="N56" s="31"/>
       <c r="P56" s="4">
         <v>1</v>
       </c>
       <c r="R56" s="4">
         <v>8</v>
       </c>
       <c r="T56" s="5">
         <v>1.88637774583989</v>
       </c>
     </row>
-    <row r="57" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F57" s="29"/>
+    <row r="57" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A57" s="20"/>
+      <c r="C57" s="36"/>
+      <c r="D57" s="18"/>
+      <c r="E57" s="18"/>
+      <c r="F57" s="26"/>
       <c r="H57" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J57" s="33">
+      <c r="J57" s="30">
         <v>387</v>
       </c>
-      <c r="K57" s="34"/>
-      <c r="M57" s="35">
+      <c r="K57" s="31"/>
+      <c r="M57" s="32">
         <v>4.6071429999999998</v>
       </c>
-      <c r="N57" s="34"/>
+      <c r="N57" s="31"/>
       <c r="P57" s="4">
         <v>1</v>
       </c>
       <c r="R57" s="4">
         <v>15</v>
       </c>
       <c r="T57" s="5">
         <v>3.2301958144979399</v>
       </c>
     </row>
-    <row r="58" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F58" s="29"/>
+    <row r="58" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A58" s="20"/>
+      <c r="C58" s="36"/>
+      <c r="D58" s="18"/>
+      <c r="E58" s="18"/>
+      <c r="F58" s="26"/>
       <c r="H58" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J58" s="33">
+      <c r="J58" s="30">
         <v>546</v>
       </c>
-      <c r="K58" s="34"/>
-      <c r="M58" s="35">
+      <c r="K58" s="31"/>
+      <c r="M58" s="32">
         <v>6.5</v>
       </c>
-      <c r="N58" s="34"/>
+      <c r="N58" s="31"/>
       <c r="P58" s="4">
         <v>1</v>
       </c>
       <c r="R58" s="4">
         <v>20</v>
       </c>
       <c r="T58" s="5">
         <v>5.0717740485948299</v>
       </c>
     </row>
-    <row r="59" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F59" s="32"/>
+    <row r="59" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A59" s="21"/>
+      <c r="C59" s="37"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="28"/>
+      <c r="F59" s="29"/>
       <c r="H59" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J59" s="36">
+      <c r="J59" s="33">
         <v>1158</v>
       </c>
-      <c r="K59" s="34"/>
-      <c r="M59" s="37">
+      <c r="K59" s="31"/>
+      <c r="M59" s="34">
         <v>12.0625</v>
       </c>
-      <c r="N59" s="34"/>
+      <c r="N59" s="31"/>
       <c r="P59" s="7">
         <v>1</v>
       </c>
       <c r="R59" s="7">
         <v>39</v>
       </c>
       <c r="T59" s="8">
         <v>9.1810015248882308</v>
       </c>
     </row>
-    <row r="60" spans="1:20" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C60" s="25" t="s">
+    <row r="60" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A60" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C60" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="D60" s="26"/>
-[...1 lines deleted...]
-      <c r="F60" s="27"/>
+      <c r="D60" s="23"/>
+      <c r="E60" s="23"/>
+      <c r="F60" s="24"/>
       <c r="H60" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J60" s="33">
-[...6 lines deleted...]
-      <c r="N60" s="34"/>
+      <c r="J60" s="30">
+        <v>95</v>
+      </c>
+      <c r="K60" s="31"/>
+      <c r="M60" s="32">
+        <v>1.7592589999999999</v>
+      </c>
+      <c r="N60" s="31"/>
       <c r="P60" s="4">
         <v>1</v>
       </c>
       <c r="R60" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="T60" s="5">
-        <v>1.65375391156</v>
-[...7 lines deleted...]
-      <c r="F61" s="29"/>
+        <v>1.0449373186942801</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A61" s="20"/>
+      <c r="C61" s="25"/>
+      <c r="D61" s="18"/>
+      <c r="E61" s="18"/>
+      <c r="F61" s="26"/>
       <c r="H61" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J61" s="33">
-[...6 lines deleted...]
-      <c r="N61" s="34"/>
+      <c r="J61" s="30">
+        <v>92</v>
+      </c>
+      <c r="K61" s="31"/>
+      <c r="M61" s="32">
+        <v>1.7037040000000001</v>
+      </c>
+      <c r="N61" s="31"/>
       <c r="P61" s="4">
         <v>1</v>
       </c>
       <c r="R61" s="4">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="T61" s="5">
-        <v>2.0792154770489799</v>
-[...7 lines deleted...]
-      <c r="F62" s="29"/>
+        <v>0.90344451960261496</v>
+      </c>
+    </row>
+    <row r="62" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A62" s="20"/>
+      <c r="C62" s="25"/>
+      <c r="D62" s="18"/>
+      <c r="E62" s="18"/>
+      <c r="F62" s="26"/>
       <c r="H62" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J62" s="33">
-[...6 lines deleted...]
-      <c r="N62" s="34"/>
+      <c r="J62" s="30">
+        <v>142</v>
+      </c>
+      <c r="K62" s="31"/>
+      <c r="M62" s="32">
+        <v>2.21875</v>
+      </c>
+      <c r="N62" s="31"/>
       <c r="P62" s="4">
         <v>1</v>
       </c>
       <c r="R62" s="4">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="T62" s="5">
-        <v>6.4503803763809202</v>
-[...7 lines deleted...]
-      <c r="F63" s="32"/>
+        <v>1.4416563390766901</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A63" s="21"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="29"/>
       <c r="H63" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J63" s="36">
-[...6 lines deleted...]
-      <c r="N63" s="34"/>
+      <c r="J63" s="33">
+        <v>329</v>
+      </c>
+      <c r="K63" s="31"/>
+      <c r="M63" s="34">
+        <v>3.8255810000000001</v>
+      </c>
+      <c r="N63" s="31"/>
       <c r="P63" s="7">
         <v>1</v>
       </c>
       <c r="R63" s="7">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="T63" s="8">
-        <v>9.0839599845001509</v>
-[...6 lines deleted...]
-      <c r="C64" s="25" t="s">
+        <v>2.7276011438625001</v>
+      </c>
+    </row>
+    <row r="64" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A64" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C64" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="D64" s="26"/>
-[...1 lines deleted...]
-      <c r="F64" s="27"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="24"/>
       <c r="H64" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J64" s="33">
-[...6 lines deleted...]
-      <c r="N64" s="34"/>
+      <c r="J64" s="30">
+        <v>128</v>
+      </c>
+      <c r="K64" s="31"/>
+      <c r="M64" s="32">
+        <v>2.5098039999999999</v>
+      </c>
+      <c r="N64" s="31"/>
       <c r="P64" s="4">
         <v>1</v>
       </c>
       <c r="R64" s="4">
         <v>7</v>
       </c>
       <c r="T64" s="5">
-        <v>1.5172323487192101</v>
-[...7 lines deleted...]
-      <c r="F65" s="29"/>
+        <v>1.65375391156</v>
+      </c>
+    </row>
+    <row r="65" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A65" s="20"/>
+      <c r="C65" s="25"/>
+      <c r="D65" s="18"/>
+      <c r="E65" s="18"/>
+      <c r="F65" s="26"/>
       <c r="H65" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J65" s="33">
-[...6 lines deleted...]
-      <c r="N65" s="34"/>
+      <c r="J65" s="30">
+        <v>139</v>
+      </c>
+      <c r="K65" s="31"/>
+      <c r="M65" s="32">
+        <v>2.7254900000000002</v>
+      </c>
+      <c r="N65" s="31"/>
       <c r="P65" s="4">
         <v>1</v>
       </c>
       <c r="R65" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="T65" s="5">
-        <v>1.7637295711077701</v>
-[...7 lines deleted...]
-      <c r="F66" s="29"/>
+        <v>2.0792154770489799</v>
+      </c>
+    </row>
+    <row r="66" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A66" s="20"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="18"/>
+      <c r="E66" s="18"/>
+      <c r="F66" s="26"/>
       <c r="H66" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J66" s="33">
-[...6 lines deleted...]
-      <c r="N66" s="34"/>
+      <c r="J66" s="30">
+        <v>319</v>
+      </c>
+      <c r="K66" s="31"/>
+      <c r="M66" s="32">
+        <v>5.8</v>
+      </c>
+      <c r="N66" s="31"/>
       <c r="P66" s="4">
         <v>1</v>
       </c>
       <c r="R66" s="4">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="T66" s="5">
-        <v>3.8324826157466099</v>
-[...7 lines deleted...]
-      <c r="F67" s="32"/>
+        <v>6.4503803763809202</v>
+      </c>
+    </row>
+    <row r="67" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A67" s="21"/>
+      <c r="C67" s="27"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="29"/>
       <c r="H67" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J67" s="36">
-[...6 lines deleted...]
-      <c r="N67" s="34"/>
+      <c r="J67" s="33">
+        <v>586</v>
+      </c>
+      <c r="K67" s="31"/>
+      <c r="M67" s="34">
+        <v>8.4927539999999997</v>
+      </c>
+      <c r="N67" s="31"/>
       <c r="P67" s="7">
         <v>1</v>
       </c>
       <c r="R67" s="7">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="T67" s="8">
-        <v>5.7222726254522298</v>
-[...6 lines deleted...]
-      <c r="C68" s="38" t="s">
+        <v>9.0839599845001509</v>
+      </c>
+    </row>
+    <row r="68" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A68" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C68" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="D68" s="26"/>
-[...1 lines deleted...]
-      <c r="F68" s="27"/>
+      <c r="D68" s="23"/>
+      <c r="E68" s="23"/>
+      <c r="F68" s="24"/>
       <c r="H68" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J68" s="33">
-[...6 lines deleted...]
-      <c r="N68" s="34"/>
+      <c r="J68" s="30">
+        <v>56</v>
+      </c>
+      <c r="K68" s="31"/>
+      <c r="M68" s="32">
+        <v>2.074074</v>
+      </c>
+      <c r="N68" s="31"/>
       <c r="P68" s="4">
         <v>1</v>
       </c>
       <c r="R68" s="4">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="T68" s="5">
-        <v>1.3540062776811601</v>
-[...7 lines deleted...]
-      <c r="F69" s="29"/>
+        <v>1.5172323487192101</v>
+      </c>
+    </row>
+    <row r="69" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A69" s="20"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="18"/>
+      <c r="E69" s="18"/>
+      <c r="F69" s="26"/>
       <c r="H69" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J69" s="33">
-[...6 lines deleted...]
-      <c r="N69" s="34"/>
+      <c r="J69" s="30">
+        <v>117</v>
+      </c>
+      <c r="K69" s="31"/>
+      <c r="M69" s="32">
+        <v>2.7209300000000001</v>
+      </c>
+      <c r="N69" s="31"/>
       <c r="P69" s="4">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="R69" s="4">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="T69" s="5">
-        <v>8.2522724143111006</v>
-[...7 lines deleted...]
-      <c r="F70" s="29"/>
+        <v>1.7637295711077701</v>
+      </c>
+    </row>
+    <row r="70" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A70" s="20"/>
+      <c r="C70" s="25"/>
+      <c r="D70" s="18"/>
+      <c r="E70" s="18"/>
+      <c r="F70" s="26"/>
       <c r="H70" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J70" s="33">
-[...6 lines deleted...]
-      <c r="N70" s="34"/>
+      <c r="J70" s="30">
+        <v>202</v>
+      </c>
+      <c r="K70" s="31"/>
+      <c r="M70" s="32">
+        <v>4.3913039999999999</v>
+      </c>
+      <c r="N70" s="31"/>
       <c r="P70" s="4">
         <v>1</v>
       </c>
       <c r="R70" s="4">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="T70" s="5">
-        <v>1.6158932514247299</v>
-[...7 lines deleted...]
-      <c r="F71" s="32"/>
+        <v>3.8324826157466099</v>
+      </c>
+    </row>
+    <row r="71" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A71" s="21"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="29"/>
       <c r="H71" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J71" s="36">
-[...6 lines deleted...]
-      <c r="N71" s="34"/>
+      <c r="J71" s="33">
+        <v>375</v>
+      </c>
+      <c r="K71" s="31"/>
+      <c r="M71" s="34">
+        <v>6.4655170000000002</v>
+      </c>
+      <c r="N71" s="31"/>
       <c r="P71" s="7">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="R71" s="7">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="T71" s="8">
-        <v>8.9820809392924108</v>
-[...6 lines deleted...]
-      <c r="C72" s="38" t="s">
+        <v>5.7222726254522298</v>
+      </c>
+    </row>
+    <row r="72" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A72" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C72" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="D72" s="26"/>
-[...1 lines deleted...]
-      <c r="F72" s="27"/>
+      <c r="D72" s="23"/>
+      <c r="E72" s="23"/>
+      <c r="F72" s="24"/>
       <c r="H72" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J72" s="33">
-[...6 lines deleted...]
-      <c r="N72" s="34"/>
+      <c r="J72" s="30">
+        <v>35</v>
+      </c>
+      <c r="K72" s="31"/>
+      <c r="M72" s="32">
+        <v>3.5</v>
+      </c>
+      <c r="N72" s="31"/>
       <c r="P72" s="4">
         <v>1</v>
       </c>
       <c r="R72" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="T72" s="5">
-        <v>2.21359436211787</v>
-[...7 lines deleted...]
-      <c r="F73" s="29"/>
+        <v>1.3540062776811601</v>
+      </c>
+    </row>
+    <row r="73" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A73" s="20"/>
+      <c r="C73" s="36"/>
+      <c r="D73" s="18"/>
+      <c r="E73" s="18"/>
+      <c r="F73" s="26"/>
       <c r="H73" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J73" s="33">
-[...6 lines deleted...]
-      <c r="N73" s="34"/>
+      <c r="J73" s="30">
+        <v>231</v>
+      </c>
+      <c r="K73" s="31"/>
+      <c r="M73" s="32">
+        <v>23.1</v>
+      </c>
+      <c r="N73" s="31"/>
       <c r="P73" s="4">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="R73" s="4">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="T73" s="5">
-        <v>6.4256430806573697</v>
-[...7 lines deleted...]
-      <c r="F74" s="29"/>
+        <v>8.3326666199962691</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A74" s="20"/>
+      <c r="C74" s="36"/>
+      <c r="D74" s="18"/>
+      <c r="E74" s="18"/>
+      <c r="F74" s="26"/>
       <c r="H74" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J74" s="33">
-[...6 lines deleted...]
-      <c r="N74" s="34"/>
+      <c r="J74" s="30">
+        <v>19</v>
+      </c>
+      <c r="K74" s="31"/>
+      <c r="M74" s="32">
+        <v>2.1111110000000002</v>
+      </c>
+      <c r="N74" s="31"/>
       <c r="P74" s="4">
         <v>1</v>
       </c>
       <c r="R74" s="4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="T74" s="5">
-        <v>0.52704648751319805</v>
-[...7 lines deleted...]
-      <c r="F75" s="32"/>
+        <v>1.6158932514247299</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A75" s="21"/>
+      <c r="C75" s="37"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="29"/>
       <c r="H75" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J75" s="36">
-[...6 lines deleted...]
-      <c r="N75" s="34"/>
+      <c r="J75" s="33">
+        <v>285</v>
+      </c>
+      <c r="K75" s="31"/>
+      <c r="M75" s="34">
+        <v>28.5</v>
+      </c>
+      <c r="N75" s="31"/>
       <c r="P75" s="7">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="R75" s="7">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="T75" s="8">
-        <v>8.1812794231709294</v>
-[...6 lines deleted...]
-      <c r="C76" s="38" t="s">
+        <v>9.0215790746409805</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A76" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C76" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="D76" s="26"/>
-[...1 lines deleted...]
-      <c r="F76" s="27"/>
+      <c r="D76" s="23"/>
+      <c r="E76" s="23"/>
+      <c r="F76" s="24"/>
       <c r="H76" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J76" s="33">
-[...6 lines deleted...]
-      <c r="N76" s="34"/>
+      <c r="J76" s="30">
+        <v>43</v>
+      </c>
+      <c r="K76" s="31"/>
+      <c r="M76" s="32">
+        <v>4.3</v>
+      </c>
+      <c r="N76" s="31"/>
       <c r="P76" s="4">
         <v>1</v>
       </c>
       <c r="R76" s="4">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="T76" s="5">
-        <v>3.3058842992458199</v>
-[...7 lines deleted...]
-      <c r="F77" s="29"/>
+        <v>2.21359436211787</v>
+      </c>
+    </row>
+    <row r="77" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A77" s="20"/>
+      <c r="C77" s="36"/>
+      <c r="D77" s="18"/>
+      <c r="E77" s="18"/>
+      <c r="F77" s="26"/>
       <c r="H77" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J77" s="33">
-[...6 lines deleted...]
-      <c r="N77" s="34"/>
+      <c r="J77" s="30">
+        <v>299</v>
+      </c>
+      <c r="K77" s="31"/>
+      <c r="M77" s="32">
+        <v>29.9</v>
+      </c>
+      <c r="N77" s="31"/>
       <c r="P77" s="4">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="R77" s="4">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="T77" s="5">
-        <v>6.89290200133442</v>
-[...7 lines deleted...]
-      <c r="F78" s="29"/>
+        <v>6.5396228484523498</v>
+      </c>
+    </row>
+    <row r="78" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A78" s="20"/>
+      <c r="C78" s="36"/>
+      <c r="D78" s="18"/>
+      <c r="E78" s="18"/>
+      <c r="F78" s="26"/>
       <c r="H78" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J78" s="33">
-[...6 lines deleted...]
-      <c r="N78" s="34"/>
+      <c r="J78" s="30">
+        <v>13</v>
+      </c>
+      <c r="K78" s="31"/>
+      <c r="M78" s="32">
+        <v>1.4444440000000001</v>
+      </c>
+      <c r="N78" s="31"/>
       <c r="P78" s="4">
         <v>1</v>
       </c>
       <c r="R78" s="4">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="T78" s="5">
-        <v>9.7256903611003391</v>
-[...7 lines deleted...]
-      <c r="F79" s="32"/>
+        <v>0.52704648751319805</v>
+      </c>
+    </row>
+    <row r="79" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A79" s="21"/>
+      <c r="C79" s="37"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="29"/>
       <c r="H79" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J79" s="36">
-[...6 lines deleted...]
-      <c r="N79" s="34"/>
+      <c r="J79" s="33">
+        <v>355</v>
+      </c>
+      <c r="K79" s="31"/>
+      <c r="M79" s="34">
+        <v>35.5</v>
+      </c>
+      <c r="N79" s="31"/>
       <c r="P79" s="7">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="R79" s="7">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="T79" s="8">
-        <v>13.876785794988701</v>
-[...6 lines deleted...]
-      <c r="C80" s="38" t="s">
+        <v>8.2630368509404608</v>
+      </c>
+    </row>
+    <row r="80" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A80" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C80" s="35" t="s">
         <v>31</v>
       </c>
-      <c r="D80" s="26"/>
-[...1 lines deleted...]
-      <c r="F80" s="27"/>
+      <c r="D80" s="23"/>
+      <c r="E80" s="23"/>
+      <c r="F80" s="24"/>
       <c r="H80" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J80" s="33">
-[...6 lines deleted...]
-      <c r="N80" s="34"/>
+      <c r="J80" s="30">
+        <v>799</v>
+      </c>
+      <c r="K80" s="31"/>
+      <c r="M80" s="32">
+        <v>4.4887639999999998</v>
+      </c>
+      <c r="N80" s="31"/>
       <c r="P80" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R80" s="4">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="T80" s="5">
-        <v>6.8956345610828302</v>
-[...7 lines deleted...]
-      <c r="F81" s="29"/>
+        <v>3.31106478341938</v>
+      </c>
+    </row>
+    <row r="81" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A81" s="20"/>
+      <c r="C81" s="36"/>
+      <c r="D81" s="18"/>
+      <c r="E81" s="18"/>
+      <c r="F81" s="26"/>
       <c r="H81" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J81" s="33">
-[...6 lines deleted...]
-      <c r="N81" s="34"/>
+      <c r="J81" s="30">
+        <v>1836</v>
+      </c>
+      <c r="K81" s="31"/>
+      <c r="M81" s="32">
+        <v>9</v>
+      </c>
+      <c r="N81" s="31"/>
       <c r="P81" s="4">
         <v>1</v>
       </c>
       <c r="R81" s="4">
-        <v>112</v>
+        <v>44</v>
       </c>
       <c r="T81" s="5">
-        <v>18.599171325626301</v>
-[...7 lines deleted...]
-      <c r="F82" s="29"/>
+        <v>6.8911308941276097</v>
+      </c>
+    </row>
+    <row r="82" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A82" s="20"/>
+      <c r="C82" s="36"/>
+      <c r="D82" s="18"/>
+      <c r="E82" s="18"/>
+      <c r="F82" s="26"/>
       <c r="H82" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J82" s="33">
-[...6 lines deleted...]
-      <c r="N82" s="34"/>
+      <c r="J82" s="30">
+        <v>1280</v>
+      </c>
+      <c r="K82" s="31"/>
+      <c r="M82" s="32">
+        <v>7.9503110000000001</v>
+      </c>
+      <c r="N82" s="31"/>
       <c r="P82" s="4">
         <v>1</v>
       </c>
       <c r="R82" s="4">
-        <v>96</v>
+        <v>45</v>
       </c>
       <c r="T82" s="5">
-        <v>23.5134545313954</v>
-[...7 lines deleted...]
-      <c r="F83" s="32"/>
+        <v>9.7479493228063099</v>
+      </c>
+    </row>
+    <row r="83" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A83" s="21"/>
+      <c r="C83" s="37"/>
+      <c r="D83" s="28"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="29"/>
       <c r="H83" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J83" s="36">
-[...6 lines deleted...]
-      <c r="N83" s="34"/>
+      <c r="J83" s="33">
+        <v>3915</v>
+      </c>
+      <c r="K83" s="31"/>
+      <c r="M83" s="34">
+        <v>19.097560999999999</v>
+      </c>
+      <c r="N83" s="31"/>
       <c r="P83" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R83" s="7">
+        <v>74</v>
+      </c>
+      <c r="T83" s="8">
+        <v>13.884687717049999</v>
+      </c>
+    </row>
+    <row r="84" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A84" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C84" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D84" s="23"/>
+      <c r="E84" s="23"/>
+      <c r="F84" s="24"/>
+      <c r="H84" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J84" s="30">
+        <v>2818</v>
+      </c>
+      <c r="K84" s="31"/>
+      <c r="M84" s="32">
+        <v>13.950495</v>
+      </c>
+      <c r="N84" s="31"/>
+      <c r="P84" s="4">
+        <v>2</v>
+      </c>
+      <c r="R84" s="4">
+        <v>35</v>
+      </c>
+      <c r="T84" s="5">
+        <v>6.8956345610828302</v>
+      </c>
+    </row>
+    <row r="85" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A85" s="20"/>
+      <c r="C85" s="36"/>
+      <c r="D85" s="18"/>
+      <c r="E85" s="18"/>
+      <c r="F85" s="26"/>
+      <c r="H85" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J85" s="30">
+        <v>6495</v>
+      </c>
+      <c r="K85" s="31"/>
+      <c r="M85" s="32">
+        <v>31.529126000000002</v>
+      </c>
+      <c r="N85" s="31"/>
+      <c r="P85" s="4">
+        <v>1</v>
+      </c>
+      <c r="R85" s="4">
+        <v>112</v>
+      </c>
+      <c r="T85" s="5">
+        <v>18.591805856344301</v>
+      </c>
+    </row>
+    <row r="86" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A86" s="20"/>
+      <c r="C86" s="36"/>
+      <c r="D86" s="18"/>
+      <c r="E86" s="18"/>
+      <c r="F86" s="26"/>
+      <c r="H86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" s="30">
+        <v>4428</v>
+      </c>
+      <c r="K86" s="31"/>
+      <c r="M86" s="32">
+        <v>22.251256000000001</v>
+      </c>
+      <c r="N86" s="31"/>
+      <c r="P86" s="4">
+        <v>1</v>
+      </c>
+      <c r="R86" s="4">
+        <v>96</v>
+      </c>
+      <c r="T86" s="5">
+        <v>23.545725684293501</v>
+      </c>
+    </row>
+    <row r="87" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A87" s="21"/>
+      <c r="C87" s="37"/>
+      <c r="D87" s="28"/>
+      <c r="E87" s="28"/>
+      <c r="F87" s="29"/>
+      <c r="H87" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J87" s="33">
+        <v>13741</v>
+      </c>
+      <c r="K87" s="31"/>
+      <c r="M87" s="34">
+        <v>66.703883000000005</v>
+      </c>
+      <c r="N87" s="31"/>
+      <c r="P87" s="7">
+        <v>1</v>
+      </c>
+      <c r="R87" s="7">
         <v>195</v>
       </c>
-      <c r="T83" s="8">
-[...19 lines deleted...]
-    <row r="88" spans="1:20" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c r="T87" s="8">
+        <v>35.378713246809902</v>
+      </c>
+    </row>
+    <row r="88" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A88" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C88" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="D88" s="23"/>
+      <c r="E88" s="23"/>
+      <c r="F88" s="24"/>
+      <c r="H88" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J88" s="30">
+        <v>114</v>
+      </c>
+      <c r="K88" s="31"/>
+      <c r="M88" s="32">
+        <v>2</v>
+      </c>
+      <c r="N88" s="31"/>
+      <c r="P88" s="4">
+        <v>1</v>
+      </c>
+      <c r="R88" s="4">
+        <v>5</v>
+      </c>
+      <c r="T88" s="5">
+        <v>1.0690449008343801</v>
+      </c>
+    </row>
+    <row r="89" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A89" s="20"/>
+      <c r="C89" s="25"/>
+      <c r="D89" s="18"/>
+      <c r="E89" s="18"/>
+      <c r="F89" s="26"/>
+      <c r="H89" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J89" s="30">
+        <v>205</v>
+      </c>
+      <c r="K89" s="31"/>
+      <c r="M89" s="32">
+        <v>3.3064520000000002</v>
+      </c>
+      <c r="N89" s="31"/>
+      <c r="P89" s="4">
+        <v>1</v>
+      </c>
+      <c r="R89" s="4">
+        <v>7</v>
+      </c>
+      <c r="T89" s="5">
+        <v>1.5533013229892001</v>
+      </c>
+    </row>
+    <row r="90" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A90" s="20"/>
+      <c r="C90" s="25"/>
+      <c r="D90" s="18"/>
+      <c r="E90" s="18"/>
+      <c r="F90" s="26"/>
+      <c r="H90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" s="30">
+        <v>580</v>
+      </c>
+      <c r="K90" s="31"/>
+      <c r="M90" s="32">
+        <v>8.5294120000000007</v>
+      </c>
+      <c r="N90" s="31"/>
+      <c r="P90" s="4">
+        <v>1</v>
+      </c>
+      <c r="R90" s="4">
+        <v>25</v>
+      </c>
+      <c r="T90" s="5">
+        <v>5.4648690743694903</v>
+      </c>
+    </row>
+    <row r="91" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A91" s="21"/>
+      <c r="C91" s="27"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="28"/>
+      <c r="F91" s="29"/>
+      <c r="H91" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J91" s="33">
+        <v>899</v>
+      </c>
+      <c r="K91" s="31"/>
+      <c r="M91" s="34">
+        <v>13.220587999999999</v>
+      </c>
+      <c r="N91" s="31"/>
+      <c r="P91" s="7">
+        <v>3</v>
+      </c>
+      <c r="R91" s="7">
+        <v>31</v>
+      </c>
+      <c r="T91" s="8">
+        <v>6.0934160370025596</v>
+      </c>
+    </row>
+    <row r="92" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A92" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C92" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="D92" s="23"/>
+      <c r="E92" s="23"/>
+      <c r="F92" s="24"/>
+      <c r="H92" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J92" s="30">
+        <v>39</v>
+      </c>
+      <c r="K92" s="31"/>
+      <c r="M92" s="32">
+        <v>1.3448279999999999</v>
+      </c>
+      <c r="N92" s="31"/>
+      <c r="P92" s="4">
+        <v>1</v>
+      </c>
+      <c r="R92" s="4">
+        <v>2</v>
+      </c>
+      <c r="T92" s="5">
+        <v>0.48372512855959798</v>
+      </c>
+    </row>
+    <row r="93" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A93" s="20"/>
+      <c r="C93" s="25"/>
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="26"/>
+      <c r="H93" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J93" s="30">
+        <v>50</v>
+      </c>
+      <c r="K93" s="31"/>
+      <c r="M93" s="32">
+        <v>1.612903</v>
+      </c>
+      <c r="N93" s="31"/>
+      <c r="P93" s="4">
+        <v>1</v>
+      </c>
+      <c r="R93" s="4">
+        <v>3</v>
+      </c>
+      <c r="T93" s="5">
+        <v>0.667203866895269</v>
+      </c>
+    </row>
+    <row r="94" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A94" s="20"/>
+      <c r="C94" s="25"/>
+      <c r="D94" s="18"/>
+      <c r="E94" s="18"/>
+      <c r="F94" s="26"/>
+      <c r="H94" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" s="30">
+        <v>211</v>
+      </c>
+      <c r="K94" s="31"/>
+      <c r="M94" s="32">
+        <v>4.6888889999999996</v>
+      </c>
+      <c r="N94" s="31"/>
+      <c r="P94" s="4">
+        <v>1</v>
+      </c>
+      <c r="R94" s="4">
+        <v>12</v>
+      </c>
+      <c r="T94" s="5">
+        <v>2.9218785053454899</v>
+      </c>
+    </row>
+    <row r="95" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A95" s="21"/>
+      <c r="C95" s="27"/>
+      <c r="D95" s="28"/>
+      <c r="E95" s="28"/>
+      <c r="F95" s="29"/>
+      <c r="H95" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J95" s="33">
+        <v>300</v>
+      </c>
+      <c r="K95" s="31"/>
+      <c r="M95" s="34">
+        <v>6</v>
+      </c>
+      <c r="N95" s="31"/>
+      <c r="P95" s="7">
+        <v>1</v>
+      </c>
+      <c r="R95" s="7">
+        <v>16</v>
+      </c>
+      <c r="T95" s="8">
+        <v>3.2701495378651999</v>
+      </c>
+    </row>
+    <row r="96" spans="1:20" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="97" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C97" s="18"/>
+      <c r="D97" s="18"/>
+      <c r="E97" s="18"/>
+      <c r="F97" s="18"/>
+      <c r="G97" s="18"/>
+      <c r="H97" s="18"/>
+      <c r="I97" s="18"/>
+      <c r="J97" s="18"/>
+    </row>
+    <row r="98" spans="2:10" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="192">
-[...180 lines deleted...]
-    <mergeCell ref="M15:N15"/>
+  <mergeCells count="222">
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
+    <mergeCell ref="A12:A15"/>
+    <mergeCell ref="C12:F15"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="A16:A19"/>
+    <mergeCell ref="C16:F19"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="A20:A23"/>
+    <mergeCell ref="C20:F23"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="C24:F27"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="M27:N27"/>
+    <mergeCell ref="A28:A31"/>
+    <mergeCell ref="C28:F31"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="M31:N31"/>
+    <mergeCell ref="A32:A35"/>
+    <mergeCell ref="C32:F35"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="M33:N33"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="M34:N34"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="M35:N35"/>
+    <mergeCell ref="A36:A39"/>
+    <mergeCell ref="C36:F39"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="M36:N36"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="M37:N37"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="M38:N38"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="A40:A43"/>
+    <mergeCell ref="C40:F43"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="M40:N40"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="M41:N41"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="M42:N42"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="M43:N43"/>
+    <mergeCell ref="A44:A47"/>
+    <mergeCell ref="C44:F47"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="M44:N44"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="M45:N45"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="M46:N46"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="M47:N47"/>
+    <mergeCell ref="A48:A51"/>
+    <mergeCell ref="C48:F51"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="M48:N48"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="M49:N49"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="M50:N50"/>
+    <mergeCell ref="J51:K51"/>
+    <mergeCell ref="M51:N51"/>
+    <mergeCell ref="A52:A55"/>
+    <mergeCell ref="C52:F55"/>
+    <mergeCell ref="J52:K52"/>
+    <mergeCell ref="M52:N52"/>
+    <mergeCell ref="J53:K53"/>
+    <mergeCell ref="M53:N53"/>
+    <mergeCell ref="J54:K54"/>
+    <mergeCell ref="M54:N54"/>
+    <mergeCell ref="J55:K55"/>
+    <mergeCell ref="M55:N55"/>
+    <mergeCell ref="A56:A59"/>
+    <mergeCell ref="C56:F59"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="M56:N56"/>
+    <mergeCell ref="J57:K57"/>
+    <mergeCell ref="M57:N57"/>
+    <mergeCell ref="J58:K58"/>
+    <mergeCell ref="M58:N58"/>
+    <mergeCell ref="J59:K59"/>
+    <mergeCell ref="M59:N59"/>
+    <mergeCell ref="A60:A63"/>
+    <mergeCell ref="C60:F63"/>
+    <mergeCell ref="J60:K60"/>
+    <mergeCell ref="M60:N60"/>
+    <mergeCell ref="J61:K61"/>
+    <mergeCell ref="M61:N61"/>
+    <mergeCell ref="J62:K62"/>
+    <mergeCell ref="M62:N62"/>
+    <mergeCell ref="J63:K63"/>
+    <mergeCell ref="M63:N63"/>
+    <mergeCell ref="A64:A67"/>
+    <mergeCell ref="C64:F67"/>
+    <mergeCell ref="J64:K64"/>
+    <mergeCell ref="M64:N64"/>
+    <mergeCell ref="J65:K65"/>
+    <mergeCell ref="M65:N65"/>
+    <mergeCell ref="J66:K66"/>
+    <mergeCell ref="M66:N66"/>
+    <mergeCell ref="J67:K67"/>
+    <mergeCell ref="M67:N67"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="C68:F71"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="M68:N68"/>
+    <mergeCell ref="J69:K69"/>
+    <mergeCell ref="M69:N69"/>
+    <mergeCell ref="J70:K70"/>
+    <mergeCell ref="M70:N70"/>
+    <mergeCell ref="J71:K71"/>
+    <mergeCell ref="M71:N71"/>
+    <mergeCell ref="A72:A75"/>
+    <mergeCell ref="C72:F75"/>
+    <mergeCell ref="J72:K72"/>
+    <mergeCell ref="M72:N72"/>
+    <mergeCell ref="J73:K73"/>
+    <mergeCell ref="M73:N73"/>
+    <mergeCell ref="J74:K74"/>
+    <mergeCell ref="M74:N74"/>
+    <mergeCell ref="J75:K75"/>
+    <mergeCell ref="M75:N75"/>
+    <mergeCell ref="A76:A79"/>
+    <mergeCell ref="C76:F79"/>
+    <mergeCell ref="J76:K76"/>
+    <mergeCell ref="M76:N76"/>
+    <mergeCell ref="J77:K77"/>
+    <mergeCell ref="M77:N77"/>
+    <mergeCell ref="J78:K78"/>
+    <mergeCell ref="M78:N78"/>
+    <mergeCell ref="J79:K79"/>
+    <mergeCell ref="M79:N79"/>
+    <mergeCell ref="A80:A83"/>
+    <mergeCell ref="C80:F83"/>
+    <mergeCell ref="J80:K80"/>
+    <mergeCell ref="M80:N80"/>
+    <mergeCell ref="J81:K81"/>
+    <mergeCell ref="M81:N81"/>
+    <mergeCell ref="J82:K82"/>
+    <mergeCell ref="M82:N82"/>
+    <mergeCell ref="J83:K83"/>
+    <mergeCell ref="M83:N83"/>
+    <mergeCell ref="A84:A87"/>
+    <mergeCell ref="C84:F87"/>
+    <mergeCell ref="J84:K84"/>
+    <mergeCell ref="M84:N84"/>
+    <mergeCell ref="J85:K85"/>
+    <mergeCell ref="M85:N85"/>
+    <mergeCell ref="J86:K86"/>
+    <mergeCell ref="M86:N86"/>
+    <mergeCell ref="J87:K87"/>
+    <mergeCell ref="M87:N87"/>
+    <mergeCell ref="A88:A91"/>
+    <mergeCell ref="C88:F91"/>
+    <mergeCell ref="J88:K88"/>
+    <mergeCell ref="M88:N88"/>
+    <mergeCell ref="J89:K89"/>
+    <mergeCell ref="M89:N89"/>
+    <mergeCell ref="J90:K90"/>
+    <mergeCell ref="M90:N90"/>
+    <mergeCell ref="J91:K91"/>
+    <mergeCell ref="M91:N91"/>
+    <mergeCell ref="B97:J97"/>
+    <mergeCell ref="A92:A95"/>
+    <mergeCell ref="C92:F95"/>
+    <mergeCell ref="J92:K92"/>
+    <mergeCell ref="M92:N92"/>
+    <mergeCell ref="J93:K93"/>
+    <mergeCell ref="M93:N93"/>
+    <mergeCell ref="J94:K94"/>
+    <mergeCell ref="M94:N94"/>
+    <mergeCell ref="J95:K95"/>
+    <mergeCell ref="M95:N95"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:W88"/>
+  <dimension ref="A1:W103"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="0.453125" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
-    <col min="5" max="5" width="9.7265625" customWidth="1"/>
-    <col min="6" max="6" width="0.26953125" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
     <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
-    <col min="8" max="8" width="13.7265625" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="5.453125" customWidth="1"/>
-    <col min="11" max="11" width="15.7265625" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="5.1796875" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
     <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
-    <col min="16" max="16" width="15.1796875" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
     <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
-    <col min="18" max="18" width="15.1796875" customWidth="1"/>
+    <col min="18" max="18" width="15.140625" customWidth="1"/>
     <col min="19" max="19" width="0" hidden="1" customWidth="1"/>
-    <col min="20" max="20" width="15.1796875" customWidth="1"/>
+    <col min="20" max="20" width="15.140625" customWidth="1"/>
     <col min="21" max="21" width="0" hidden="1" customWidth="1"/>
-    <col min="22" max="22" width="3.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="24" width="8.81640625" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
+    <col min="23" max="23" width="78.140625" customWidth="1"/>
+    <col min="24" max="24" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...42 lines deleted...]
-      <c r="O4" s="19" t="s">
+    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+      <c r="V1" s="18"/>
+      <c r="W1" s="18"/>
+    </row>
+    <row r="2" spans="1:23" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:23" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:23" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="O4" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="P4" s="17"/>
-[...31 lines deleted...]
-      <c r="G8" s="20" t="s">
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="18"/>
+      <c r="T4" s="18"/>
+    </row>
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+      <c r="S5" s="18"/>
+      <c r="T5" s="18"/>
+    </row>
+    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:23" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:23" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
         <v>4</v>
       </c>
-      <c r="H8" s="17"/>
-[...5 lines deleted...]
-      <c r="L8" s="21" t="s">
+      <c r="H8" s="18"/>
+      <c r="I8" s="42" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
         <v>6</v>
       </c>
-      <c r="M8" s="17"/>
-[...1 lines deleted...]
-      <c r="O8" s="21" t="s">
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="P8" s="17"/>
-      <c r="Q8" s="21" t="s">
+      <c r="P8" s="18"/>
+      <c r="Q8" s="42" t="s">
         <v>8</v>
       </c>
-      <c r="R8" s="17"/>
-      <c r="S8" s="21" t="s">
+      <c r="R8" s="18"/>
+      <c r="S8" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="T8" s="17"/>
-[...8 lines deleted...]
-      <c r="C12" s="25" t="s">
+      <c r="T8" s="18"/>
+    </row>
+    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:23" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="2.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="D12" s="26"/>
-[...1 lines deleted...]
-      <c r="F12" s="27"/>
+      <c r="D12" s="23"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="24"/>
       <c r="H12" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J12" s="33">
+      <c r="J12" s="30">
         <v>60</v>
       </c>
-      <c r="K12" s="34"/>
-      <c r="M12" s="35">
+      <c r="K12" s="31"/>
+      <c r="M12" s="32">
         <v>4.8666669999999996</v>
       </c>
-      <c r="N12" s="34"/>
+      <c r="N12" s="31"/>
       <c r="P12" s="4">
         <v>2</v>
       </c>
       <c r="R12" s="4">
         <v>5</v>
       </c>
       <c r="T12" s="5">
         <v>0.53347352324178199</v>
       </c>
     </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F13" s="29"/>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A13" s="20"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="26"/>
       <c r="H13" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J13" s="33">
+      <c r="J13" s="30">
         <v>56</v>
       </c>
-      <c r="K13" s="34"/>
-      <c r="M13" s="35">
+      <c r="K13" s="31"/>
+      <c r="M13" s="32">
         <v>4.5357139999999996</v>
       </c>
-      <c r="N13" s="34"/>
+      <c r="N13" s="31"/>
       <c r="P13" s="4">
         <v>1</v>
       </c>
       <c r="R13" s="4">
         <v>5</v>
       </c>
       <c r="T13" s="5">
         <v>1.1849548514605901</v>
       </c>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F14" s="29"/>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A14" s="20"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="26"/>
       <c r="H14" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J14" s="33">
+      <c r="J14" s="30">
         <v>139</v>
       </c>
-      <c r="K14" s="34"/>
-      <c r="M14" s="35">
+      <c r="K14" s="31"/>
+      <c r="M14" s="32">
         <v>4.5899279999999996</v>
       </c>
-      <c r="N14" s="34"/>
+      <c r="N14" s="31"/>
       <c r="P14" s="4">
         <v>1</v>
       </c>
       <c r="R14" s="4">
         <v>5</v>
       </c>
       <c r="T14" s="5">
         <v>1.0531913406404401</v>
       </c>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F15" s="32"/>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A15" s="21"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="29"/>
       <c r="H15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J15" s="36">
+      <c r="J15" s="33">
         <v>255</v>
       </c>
-      <c r="K15" s="34"/>
-      <c r="M15" s="37">
+      <c r="K15" s="31"/>
+      <c r="M15" s="34">
         <v>4.6431370000000003</v>
       </c>
-      <c r="N15" s="34"/>
+      <c r="N15" s="31"/>
       <c r="P15" s="7">
         <v>1</v>
       </c>
       <c r="R15" s="7">
         <v>5</v>
       </c>
       <c r="T15" s="8">
         <v>0.99611344735426599</v>
       </c>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C16" s="25" t="s">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="26"/>
-[...1 lines deleted...]
-      <c r="F16" s="27"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="24"/>
       <c r="H16" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J16" s="33">
+      <c r="J16" s="30">
         <v>290</v>
       </c>
-      <c r="K16" s="34"/>
-      <c r="M16" s="35">
+      <c r="K16" s="31"/>
+      <c r="M16" s="32">
         <v>18.510345000000001</v>
       </c>
-      <c r="N16" s="34"/>
+      <c r="N16" s="31"/>
       <c r="P16" s="4">
         <v>1</v>
       </c>
       <c r="R16" s="4">
         <v>20</v>
       </c>
       <c r="T16" s="5">
         <v>4.2764846544796598</v>
       </c>
     </row>
-    <row r="17" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F17" s="29"/>
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A17" s="20"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="18"/>
+      <c r="F17" s="26"/>
       <c r="H17" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J17" s="33">
-[...6 lines deleted...]
-      <c r="N17" s="34"/>
+      <c r="J17" s="30">
+        <v>1071</v>
+      </c>
+      <c r="K17" s="31"/>
+      <c r="M17" s="32">
+        <v>18.767506999999998</v>
+      </c>
+      <c r="N17" s="31"/>
       <c r="P17" s="4">
         <v>1</v>
       </c>
       <c r="R17" s="4">
         <v>20</v>
       </c>
       <c r="T17" s="5">
-        <v>3.7629380808086701</v>
-[...7 lines deleted...]
-      <c r="F18" s="29"/>
+        <v>3.8075012803674801</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A18" s="20"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="18"/>
+      <c r="F18" s="26"/>
       <c r="H18" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J18" s="33">
-[...6 lines deleted...]
-      <c r="N18" s="34"/>
+      <c r="J18" s="30">
+        <v>886</v>
+      </c>
+      <c r="K18" s="31"/>
+      <c r="M18" s="32">
+        <v>18.74605</v>
+      </c>
+      <c r="N18" s="31"/>
       <c r="P18" s="4">
         <v>1</v>
       </c>
       <c r="R18" s="4">
         <v>20</v>
       </c>
       <c r="T18" s="5">
-        <v>3.8310331504699899</v>
-[...7 lines deleted...]
-      <c r="F19" s="32"/>
+        <v>3.87522218717843</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A19" s="21"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="28"/>
+      <c r="F19" s="29"/>
       <c r="H19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J19" s="36">
-[...6 lines deleted...]
-      <c r="N19" s="34"/>
+      <c r="J19" s="33">
+        <v>2247</v>
+      </c>
+      <c r="K19" s="31"/>
+      <c r="M19" s="34">
+        <v>18.725857000000001</v>
+      </c>
+      <c r="N19" s="31"/>
       <c r="P19" s="7">
         <v>1</v>
       </c>
       <c r="R19" s="7">
         <v>20</v>
       </c>
       <c r="T19" s="8">
-        <v>3.8598208507649701</v>
-[...6 lines deleted...]
-      <c r="C20" s="38" t="s">
+        <v>3.8975945145692101</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="35" t="s">
         <v>16</v>
       </c>
-      <c r="D20" s="26"/>
-[...1 lines deleted...]
-      <c r="F20" s="27"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="24"/>
       <c r="H20" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J20" s="33">
+      <c r="J20" s="30">
         <v>107</v>
       </c>
-      <c r="K20" s="34"/>
-      <c r="M20" s="35">
+      <c r="K20" s="31"/>
+      <c r="M20" s="32">
         <v>2.6074769999999998</v>
       </c>
-      <c r="N20" s="34"/>
+      <c r="N20" s="31"/>
       <c r="P20" s="4">
         <v>1</v>
       </c>
       <c r="R20" s="4">
         <v>3</v>
       </c>
       <c r="T20" s="5">
         <v>0.75999736841649701</v>
       </c>
     </row>
-    <row r="21" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F21" s="29"/>
+    <row r="21" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A21" s="20"/>
+      <c r="C21" s="36"/>
+      <c r="D21" s="18"/>
+      <c r="E21" s="18"/>
+      <c r="F21" s="26"/>
       <c r="H21" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J21" s="33">
-[...6 lines deleted...]
-      <c r="N21" s="34"/>
+      <c r="J21" s="30">
+        <v>306</v>
+      </c>
+      <c r="K21" s="31"/>
+      <c r="M21" s="32">
+        <v>2.6601309999999998</v>
+      </c>
+      <c r="N21" s="31"/>
       <c r="P21" s="4">
         <v>1</v>
       </c>
       <c r="R21" s="4">
         <v>3</v>
       </c>
       <c r="T21" s="5">
-        <v>0.69867231231815696</v>
-[...7 lines deleted...]
-      <c r="F22" s="29"/>
+        <v>0.70223785144351203</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A22" s="20"/>
+      <c r="C22" s="36"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="26"/>
       <c r="H22" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J22" s="33">
-[...6 lines deleted...]
-      <c r="N22" s="34"/>
+      <c r="J22" s="30">
+        <v>96</v>
+      </c>
+      <c r="K22" s="31"/>
+      <c r="M22" s="32">
+        <v>2.59375</v>
+      </c>
+      <c r="N22" s="31"/>
       <c r="P22" s="4">
         <v>1</v>
       </c>
       <c r="R22" s="4">
         <v>3</v>
       </c>
       <c r="T22" s="5">
-        <v>0.74599061656297005</v>
-[...7 lines deleted...]
-      <c r="F23" s="32"/>
+        <v>0.75996842039653201</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A23" s="21"/>
+      <c r="C23" s="37"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="29"/>
       <c r="H23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J23" s="36">
-[...6 lines deleted...]
-      <c r="N23" s="34"/>
+      <c r="J23" s="33">
+        <v>509</v>
+      </c>
+      <c r="K23" s="31"/>
+      <c r="M23" s="34">
+        <v>2.6365419999999999</v>
+      </c>
+      <c r="N23" s="31"/>
       <c r="P23" s="7">
         <v>1</v>
       </c>
       <c r="R23" s="7">
         <v>3</v>
       </c>
       <c r="T23" s="8">
-        <v>0.72081689769316604</v>
-[...6 lines deleted...]
-      <c r="C24" s="38" t="s">
+        <v>0.72565074243743499</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="D24" s="26"/>
-[...1 lines deleted...]
-      <c r="F24" s="27"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="24"/>
       <c r="H24" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J24" s="33">
+      <c r="J24" s="30">
         <v>83</v>
       </c>
-      <c r="K24" s="34"/>
-[...3 lines deleted...]
-      <c r="N24" s="34"/>
+      <c r="K24" s="31"/>
+      <c r="M24" s="32">
+        <v>8.9759039999999999</v>
+      </c>
+      <c r="N24" s="31"/>
       <c r="P24" s="4">
         <v>1</v>
       </c>
       <c r="R24" s="4">
         <v>12</v>
       </c>
       <c r="T24" s="5">
-        <v>3.9861754853493299</v>
-[...7 lines deleted...]
-      <c r="F25" s="29"/>
+        <v>3.9756101418524401</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A25" s="20"/>
+      <c r="C25" s="36"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="18"/>
+      <c r="F25" s="26"/>
       <c r="H25" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J25" s="33">
-[...6 lines deleted...]
-      <c r="N25" s="34"/>
+      <c r="J25" s="30">
+        <v>243</v>
+      </c>
+      <c r="K25" s="31"/>
+      <c r="M25" s="32">
+        <v>9.2345679999999994</v>
+      </c>
+      <c r="N25" s="31"/>
       <c r="P25" s="4">
         <v>1</v>
       </c>
       <c r="R25" s="4">
         <v>12</v>
       </c>
       <c r="T25" s="5">
-        <v>3.93479084577567</v>
-[...7 lines deleted...]
-      <c r="F26" s="29"/>
+        <v>3.9500121518800402</v>
+      </c>
+    </row>
+    <row r="26" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A26" s="20"/>
+      <c r="C26" s="36"/>
+      <c r="D26" s="18"/>
+      <c r="E26" s="18"/>
+      <c r="F26" s="26"/>
       <c r="H26" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J26" s="33">
+      <c r="J26" s="30">
         <v>70</v>
       </c>
-      <c r="K26" s="34"/>
-      <c r="M26" s="35">
+      <c r="K26" s="31"/>
+      <c r="M26" s="32">
         <v>8.1857140000000008</v>
       </c>
-      <c r="N26" s="34"/>
+      <c r="N26" s="31"/>
       <c r="P26" s="4">
         <v>1</v>
       </c>
       <c r="R26" s="4">
         <v>12</v>
       </c>
       <c r="T26" s="5">
         <v>3.7715056675020402</v>
       </c>
     </row>
-    <row r="27" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F27" s="32"/>
+    <row r="27" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A27" s="21"/>
+      <c r="C27" s="37"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="29"/>
       <c r="H27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J27" s="36">
-[...6 lines deleted...]
-      <c r="N27" s="34"/>
+      <c r="J27" s="33">
+        <v>396</v>
+      </c>
+      <c r="K27" s="31"/>
+      <c r="M27" s="34">
+        <v>8.9949490000000001</v>
+      </c>
+      <c r="N27" s="31"/>
       <c r="P27" s="7">
         <v>1</v>
       </c>
       <c r="R27" s="7">
         <v>12</v>
       </c>
       <c r="T27" s="8">
-        <v>3.9324013020036501</v>
-[...6 lines deleted...]
-      <c r="C28" s="25" t="s">
+        <v>3.9388466586045201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="D28" s="26"/>
-[...1 lines deleted...]
-      <c r="F28" s="27"/>
+      <c r="D28" s="23"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="24"/>
       <c r="H28" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J28" s="33">
+      <c r="J28" s="30">
         <v>76</v>
       </c>
-      <c r="K28" s="34"/>
-      <c r="M28" s="35">
+      <c r="K28" s="31"/>
+      <c r="M28" s="32">
         <v>4.8815790000000003</v>
       </c>
-      <c r="N28" s="34"/>
+      <c r="N28" s="31"/>
       <c r="P28" s="4">
         <v>1</v>
       </c>
       <c r="R28" s="4">
         <v>5</v>
       </c>
       <c r="T28" s="5">
         <v>0.65036143797122503</v>
       </c>
     </row>
-    <row r="29" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F29" s="29"/>
+    <row r="29" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A29" s="20"/>
+      <c r="C29" s="25"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="18"/>
+      <c r="F29" s="26"/>
       <c r="H29" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J29" s="33">
-[...6 lines deleted...]
-      <c r="N29" s="34"/>
+      <c r="J29" s="30">
+        <v>309</v>
+      </c>
+      <c r="K29" s="31"/>
+      <c r="M29" s="32">
+        <v>4.7119739999999997</v>
+      </c>
+      <c r="N29" s="31"/>
       <c r="P29" s="4">
         <v>1</v>
       </c>
       <c r="R29" s="4">
         <v>5</v>
       </c>
       <c r="T29" s="5">
-        <v>0.89307782415643899</v>
-[...7 lines deleted...]
-      <c r="F30" s="29"/>
+        <v>0.91337232276876001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A30" s="20"/>
+      <c r="C30" s="25"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="18"/>
+      <c r="F30" s="26"/>
       <c r="H30" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J30" s="33">
+      <c r="J30" s="30">
         <v>119</v>
       </c>
-      <c r="K30" s="34"/>
-      <c r="M30" s="35">
+      <c r="K30" s="31"/>
+      <c r="M30" s="32">
         <v>4.672269</v>
       </c>
-      <c r="N30" s="34"/>
+      <c r="N30" s="31"/>
       <c r="P30" s="4">
         <v>1</v>
       </c>
       <c r="R30" s="4">
         <v>5</v>
       </c>
       <c r="T30" s="5">
         <v>0.99032671376672499</v>
       </c>
     </row>
-    <row r="31" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F31" s="32"/>
+    <row r="31" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A31" s="21"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="29"/>
       <c r="H31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J31" s="36">
-[...6 lines deleted...]
-      <c r="N31" s="34"/>
+      <c r="J31" s="33">
+        <v>504</v>
+      </c>
+      <c r="K31" s="31"/>
+      <c r="M31" s="34">
+        <v>4.7281750000000002</v>
+      </c>
+      <c r="N31" s="31"/>
       <c r="P31" s="7">
         <v>1</v>
       </c>
       <c r="R31" s="7">
         <v>5</v>
       </c>
       <c r="T31" s="8">
-        <v>0.88718149214239095</v>
-[...6 lines deleted...]
-      <c r="C32" s="38" t="s">
+        <v>0.89991721841511596</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="D32" s="26"/>
-[...1 lines deleted...]
-      <c r="F32" s="27"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="24"/>
       <c r="H32" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J32" s="33">
+      <c r="J32" s="30">
         <v>215</v>
       </c>
-      <c r="K32" s="34"/>
-      <c r="M32" s="35">
+      <c r="K32" s="31"/>
+      <c r="M32" s="32">
         <v>4.8651160000000004</v>
       </c>
-      <c r="N32" s="34"/>
+      <c r="N32" s="31"/>
       <c r="P32" s="4">
         <v>1</v>
       </c>
       <c r="R32" s="4">
         <v>5</v>
       </c>
       <c r="T32" s="5">
         <v>0.62982696036292396</v>
       </c>
     </row>
-    <row r="33" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F33" s="29"/>
+    <row r="33" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A33" s="20"/>
+      <c r="C33" s="36"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="18"/>
+      <c r="F33" s="26"/>
       <c r="H33" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J33" s="33">
-[...6 lines deleted...]
-      <c r="N33" s="34"/>
+      <c r="J33" s="30">
+        <v>592</v>
+      </c>
+      <c r="K33" s="31"/>
+      <c r="M33" s="32">
+        <v>4.842905</v>
+      </c>
+      <c r="N33" s="31"/>
       <c r="P33" s="4">
         <v>1</v>
       </c>
       <c r="R33" s="4">
         <v>5</v>
       </c>
       <c r="T33" s="5">
-        <v>0.68070625088947101</v>
-[...7 lines deleted...]
-      <c r="F34" s="29"/>
+        <v>0.67611093764263297</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A34" s="20"/>
+      <c r="C34" s="36"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="26"/>
       <c r="H34" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J34" s="33">
+      <c r="J34" s="30">
         <v>537</v>
       </c>
-      <c r="K34" s="34"/>
-      <c r="M34" s="35">
+      <c r="K34" s="31"/>
+      <c r="M34" s="32">
         <v>4.884544</v>
       </c>
-      <c r="N34" s="34"/>
+      <c r="N34" s="31"/>
       <c r="P34" s="4">
         <v>1</v>
       </c>
       <c r="R34" s="4">
         <v>5</v>
       </c>
       <c r="T34" s="5">
         <v>0.61790856928837001</v>
       </c>
     </row>
-    <row r="35" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F35" s="32"/>
+    <row r="35" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A35" s="21"/>
+      <c r="C35" s="37"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="29"/>
       <c r="H35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J35" s="36">
-[...6 lines deleted...]
-      <c r="N35" s="34"/>
+      <c r="J35" s="33">
+        <v>1344</v>
+      </c>
+      <c r="K35" s="31"/>
+      <c r="M35" s="34">
+        <v>4.8630950000000004</v>
+      </c>
+      <c r="N35" s="31"/>
       <c r="P35" s="7">
         <v>1</v>
       </c>
       <c r="R35" s="7">
         <v>5</v>
       </c>
       <c r="T35" s="8">
-        <v>0.64805169546881103</v>
-[...6 lines deleted...]
-      <c r="C36" s="38" t="s">
+        <v>0.64608358592367898</v>
+      </c>
+    </row>
+    <row r="36" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A36" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="D36" s="26"/>
-[...1 lines deleted...]
-      <c r="F36" s="27"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="24"/>
       <c r="H36" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J36" s="33">
+      <c r="J36" s="30">
         <v>207</v>
       </c>
-      <c r="K36" s="34"/>
-      <c r="M36" s="35">
+      <c r="K36" s="31"/>
+      <c r="M36" s="32">
         <v>9.7342999999999993</v>
       </c>
-      <c r="N36" s="34"/>
+      <c r="N36" s="31"/>
       <c r="P36" s="4">
         <v>4</v>
       </c>
       <c r="R36" s="4">
         <v>10</v>
       </c>
       <c r="T36" s="5">
         <v>1.04240922866214</v>
       </c>
     </row>
-    <row r="37" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F37" s="29"/>
+    <row r="37" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A37" s="20"/>
+      <c r="C37" s="36"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="26"/>
       <c r="H37" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J37" s="33">
-[...6 lines deleted...]
-      <c r="N37" s="34"/>
+      <c r="J37" s="30">
+        <v>561</v>
+      </c>
+      <c r="K37" s="31"/>
+      <c r="M37" s="32">
+        <v>9.4866309999999991</v>
+      </c>
+      <c r="N37" s="31"/>
       <c r="P37" s="4">
         <v>1</v>
       </c>
       <c r="R37" s="4">
         <v>10</v>
       </c>
       <c r="T37" s="5">
-        <v>1.71451159226177</v>
-[...7 lines deleted...]
-      <c r="F38" s="29"/>
+        <v>1.74367714901584</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A38" s="20"/>
+      <c r="C38" s="36"/>
+      <c r="D38" s="18"/>
+      <c r="E38" s="18"/>
+      <c r="F38" s="26"/>
       <c r="H38" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J38" s="33">
+      <c r="J38" s="30">
         <v>516</v>
       </c>
-      <c r="K38" s="34"/>
-      <c r="M38" s="35">
+      <c r="K38" s="31"/>
+      <c r="M38" s="32">
         <v>9.8313950000000006</v>
       </c>
-      <c r="N38" s="34"/>
+      <c r="N38" s="31"/>
       <c r="P38" s="4">
         <v>1</v>
       </c>
       <c r="R38" s="4">
         <v>10</v>
       </c>
       <c r="T38" s="5">
         <v>0.96327462335514702</v>
       </c>
     </row>
-    <row r="39" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F39" s="32"/>
+    <row r="39" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A39" s="21"/>
+      <c r="C39" s="37"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="29"/>
       <c r="H39" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J39" s="36">
-[...6 lines deleted...]
-      <c r="N39" s="34"/>
+      <c r="J39" s="33">
+        <v>1284</v>
+      </c>
+      <c r="K39" s="31"/>
+      <c r="M39" s="34">
+        <v>9.6651089999999993</v>
+      </c>
+      <c r="N39" s="31"/>
       <c r="P39" s="7">
         <v>1</v>
       </c>
       <c r="R39" s="7">
         <v>10</v>
       </c>
       <c r="T39" s="8">
-        <v>1.3610881676070801</v>
-[...6 lines deleted...]
-      <c r="C40" s="38" t="s">
+        <v>1.37878533499599</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A40" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C40" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="D40" s="26"/>
-[...1 lines deleted...]
-      <c r="F40" s="27"/>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+      <c r="F40" s="24"/>
       <c r="H40" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J40" s="33">
-[...6 lines deleted...]
-      <c r="N40" s="34"/>
+      <c r="J40" s="30">
+        <v>145</v>
+      </c>
+      <c r="K40" s="31"/>
+      <c r="M40" s="32">
+        <v>4.8</v>
+      </c>
+      <c r="N40" s="31"/>
       <c r="P40" s="4">
         <v>1</v>
       </c>
       <c r="R40" s="4">
         <v>5</v>
       </c>
       <c r="T40" s="5">
-        <v>0.70045627986334702</v>
-[...7 lines deleted...]
-      <c r="F41" s="29"/>
+        <v>0.82855597276225101</v>
+      </c>
+    </row>
+    <row r="41" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A41" s="20"/>
+      <c r="C41" s="36"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="26"/>
       <c r="H41" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J41" s="33">
-[...6 lines deleted...]
-      <c r="N41" s="34"/>
+      <c r="J41" s="30">
+        <v>586</v>
+      </c>
+      <c r="K41" s="31"/>
+      <c r="M41" s="32">
+        <v>4.8208190000000002</v>
+      </c>
+      <c r="N41" s="31"/>
       <c r="P41" s="4">
         <v>1</v>
       </c>
       <c r="R41" s="4">
         <v>5</v>
       </c>
       <c r="T41" s="5">
-        <v>0.72678882765215902</v>
-[...7 lines deleted...]
-      <c r="F42" s="29"/>
+        <v>0.74639600749200197</v>
+      </c>
+    </row>
+    <row r="42" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A42" s="20"/>
+      <c r="C42" s="36"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="18"/>
+      <c r="F42" s="26"/>
       <c r="H42" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J42" s="33">
+      <c r="J42" s="30">
         <v>515</v>
       </c>
-      <c r="K42" s="34"/>
-      <c r="M42" s="35">
+      <c r="K42" s="31"/>
+      <c r="M42" s="32">
         <v>4.7669899999999998</v>
       </c>
-      <c r="N42" s="34"/>
+      <c r="N42" s="31"/>
       <c r="P42" s="4">
         <v>1</v>
       </c>
       <c r="R42" s="4">
         <v>5</v>
       </c>
       <c r="T42" s="5">
         <v>0.85491637017897804</v>
       </c>
     </row>
-    <row r="43" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F43" s="32"/>
+    <row r="43" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A43" s="21"/>
+      <c r="C43" s="37"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="29"/>
       <c r="H43" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J43" s="36">
-[...6 lines deleted...]
-      <c r="N43" s="34"/>
+      <c r="J43" s="33">
+        <v>1246</v>
+      </c>
+      <c r="K43" s="31"/>
+      <c r="M43" s="34">
+        <v>4.7961479999999996</v>
+      </c>
+      <c r="N43" s="31"/>
       <c r="P43" s="7">
         <v>1</v>
       </c>
       <c r="R43" s="7">
         <v>5</v>
       </c>
       <c r="T43" s="8">
-        <v>0.78015190828453396</v>
-[...6 lines deleted...]
-      <c r="C44" s="38" t="s">
+        <v>0.80255591705500495</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A44" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C44" s="35" t="s">
         <v>22</v>
       </c>
-      <c r="D44" s="26"/>
-[...1 lines deleted...]
-      <c r="F44" s="27"/>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="24"/>
       <c r="H44" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J44" s="33">
+      <c r="J44" s="30">
         <v>132</v>
       </c>
-      <c r="K44" s="34"/>
-      <c r="M44" s="35">
+      <c r="K44" s="31"/>
+      <c r="M44" s="32">
         <v>14.090909</v>
       </c>
-      <c r="N44" s="34"/>
+      <c r="N44" s="31"/>
       <c r="P44" s="4">
         <v>1</v>
       </c>
       <c r="R44" s="4">
         <v>15</v>
       </c>
       <c r="T44" s="5">
         <v>2.74784260830201</v>
       </c>
     </row>
-    <row r="45" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F45" s="29"/>
+    <row r="45" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A45" s="20"/>
+      <c r="C45" s="36"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="18"/>
+      <c r="F45" s="26"/>
       <c r="H45" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J45" s="33">
-[...6 lines deleted...]
-      <c r="N45" s="34"/>
+      <c r="J45" s="30">
+        <v>552</v>
+      </c>
+      <c r="K45" s="31"/>
+      <c r="M45" s="32">
+        <v>14.199275</v>
+      </c>
+      <c r="N45" s="31"/>
       <c r="P45" s="4">
         <v>1</v>
       </c>
       <c r="R45" s="4">
         <v>15</v>
       </c>
       <c r="T45" s="5">
-        <v>2.6162893570857202</v>
-[...7 lines deleted...]
-      <c r="F46" s="29"/>
+        <v>2.64766255402761</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A46" s="20"/>
+      <c r="C46" s="36"/>
+      <c r="D46" s="18"/>
+      <c r="E46" s="18"/>
+      <c r="F46" s="26"/>
       <c r="H46" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J46" s="33">
+      <c r="J46" s="30">
         <v>473</v>
       </c>
-      <c r="K46" s="34"/>
-      <c r="M46" s="35">
+      <c r="K46" s="31"/>
+      <c r="M46" s="32">
         <v>13.274841</v>
       </c>
-      <c r="N46" s="34"/>
+      <c r="N46" s="31"/>
       <c r="P46" s="4">
         <v>1</v>
       </c>
       <c r="R46" s="4">
         <v>15</v>
       </c>
       <c r="T46" s="5">
         <v>3.6498230094074402</v>
       </c>
     </row>
-    <row r="47" spans="1:20" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="F47" s="32"/>
+    <row r="47" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A47" s="21"/>
+      <c r="C47" s="37"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="29"/>
       <c r="H47" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J47" s="36">
-[...6 lines deleted...]
-      <c r="N47" s="34"/>
+      <c r="J47" s="33">
+        <v>1157</v>
+      </c>
+      <c r="K47" s="31"/>
+      <c r="M47" s="34">
+        <v>13.808989</v>
+      </c>
+      <c r="N47" s="31"/>
       <c r="P47" s="7">
         <v>1</v>
       </c>
       <c r="R47" s="7">
         <v>15</v>
       </c>
       <c r="T47" s="8">
-        <v>3.1258589219604902</v>
-[...6 lines deleted...]
-      <c r="C48" s="25" t="s">
+        <v>3.1372669634572099</v>
+      </c>
+    </row>
+    <row r="48" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A48" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="D48" s="26"/>
-[...1 lines deleted...]
-      <c r="F48" s="27"/>
+      <c r="D48" s="23"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="24"/>
       <c r="H48" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J48" s="33">
-[...6 lines deleted...]
-      <c r="N48" s="34"/>
+      <c r="J48" s="30">
+        <v>92</v>
+      </c>
+      <c r="K48" s="31"/>
+      <c r="M48" s="32">
+        <v>4.1304350000000003</v>
+      </c>
+      <c r="N48" s="31"/>
       <c r="P48" s="4">
         <v>1</v>
       </c>
       <c r="R48" s="4">
         <v>5</v>
       </c>
       <c r="T48" s="5">
-        <v>1.4661926885645</v>
-[...7 lines deleted...]
-      <c r="F49" s="29"/>
+        <v>1.5237099461511701</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A49" s="20"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="26"/>
       <c r="H49" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J49" s="33">
-[...6 lines deleted...]
-      <c r="N49" s="34"/>
+      <c r="J49" s="30">
+        <v>110</v>
+      </c>
+      <c r="K49" s="31"/>
+      <c r="M49" s="32">
+        <v>4.1727270000000001</v>
+      </c>
+      <c r="N49" s="31"/>
       <c r="P49" s="4">
         <v>1</v>
       </c>
       <c r="R49" s="4">
         <v>5</v>
       </c>
       <c r="T49" s="5">
-        <v>1.28755427070085</v>
-[...7 lines deleted...]
-      <c r="F50" s="29"/>
+        <v>1.4165306209185899</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A50" s="20"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="18"/>
+      <c r="E50" s="18"/>
+      <c r="F50" s="26"/>
       <c r="H50" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J50" s="33">
-[...6 lines deleted...]
-      <c r="N50" s="34"/>
+      <c r="J50" s="30">
+        <v>243</v>
+      </c>
+      <c r="K50" s="31"/>
+      <c r="M50" s="32">
+        <v>3.897119</v>
+      </c>
+      <c r="N50" s="31"/>
       <c r="P50" s="4">
         <v>1</v>
       </c>
       <c r="R50" s="4">
         <v>5</v>
       </c>
       <c r="T50" s="5">
-        <v>1.5515421360697901</v>
-[...7 lines deleted...]
-      <c r="F51" s="32"/>
+        <v>1.5761468840181101</v>
+      </c>
+    </row>
+    <row r="51" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A51" s="21"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="28"/>
+      <c r="F51" s="29"/>
       <c r="H51" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J51" s="36">
-[...6 lines deleted...]
-      <c r="N51" s="34"/>
+      <c r="J51" s="33">
+        <v>445</v>
+      </c>
+      <c r="K51" s="31"/>
+      <c r="M51" s="34">
+        <v>4.0134829999999999</v>
+      </c>
+      <c r="N51" s="31"/>
       <c r="P51" s="7">
         <v>1</v>
       </c>
       <c r="R51" s="7">
         <v>5</v>
       </c>
       <c r="T51" s="8">
-        <v>1.4836667415561999</v>
-[...11 lines deleted...]
-      <c r="F52" s="27"/>
+        <v>1.5310209012289799</v>
+      </c>
+    </row>
+    <row r="52" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A52" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C52" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" s="23"/>
+      <c r="E52" s="23"/>
+      <c r="F52" s="24"/>
       <c r="H52" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J52" s="33">
-[...22 lines deleted...]
-      <c r="F53" s="29"/>
+      <c r="J52" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="K52" s="31"/>
+      <c r="M52" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="N52" s="31"/>
+      <c r="P52" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="R52" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="T52" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="53" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A53" s="20"/>
+      <c r="C53" s="25"/>
+      <c r="D53" s="18"/>
+      <c r="E53" s="18"/>
+      <c r="F53" s="26"/>
       <c r="H53" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J53" s="33">
-[...22 lines deleted...]
-      <c r="F54" s="29"/>
+      <c r="J53" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="K53" s="31"/>
+      <c r="M53" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="N53" s="31"/>
+      <c r="P53" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="R53" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="T53" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="54" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A54" s="20"/>
+      <c r="C54" s="25"/>
+      <c r="D54" s="18"/>
+      <c r="E54" s="18"/>
+      <c r="F54" s="26"/>
       <c r="H54" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J54" s="33">
-[...22 lines deleted...]
-      <c r="F55" s="32"/>
+      <c r="J54" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="K54" s="31"/>
+      <c r="M54" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="N54" s="31"/>
+      <c r="P54" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="R54" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="T54" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A55" s="21"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="29"/>
       <c r="H55" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J55" s="36">
-[...26 lines deleted...]
-      <c r="F56" s="27"/>
+      <c r="J55" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="K55" s="31"/>
+      <c r="M55" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="N55" s="31"/>
+      <c r="P55" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="R55" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="T55" s="10" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="56" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A56" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C56" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="D56" s="23"/>
+      <c r="E56" s="23"/>
+      <c r="F56" s="24"/>
       <c r="H56" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J56" s="33">
-[...6 lines deleted...]
-      <c r="N56" s="34"/>
+      <c r="J56" s="30">
+        <v>54</v>
+      </c>
+      <c r="K56" s="31"/>
+      <c r="M56" s="32">
+        <v>2.8703699999999999</v>
+      </c>
+      <c r="N56" s="31"/>
       <c r="P56" s="4">
         <v>1</v>
       </c>
       <c r="R56" s="4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T56" s="5">
-        <v>0.92124046806466298</v>
-[...7 lines deleted...]
-      <c r="F57" s="29"/>
+        <v>0.43433512406896102</v>
+      </c>
+    </row>
+    <row r="57" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A57" s="20"/>
+      <c r="C57" s="36"/>
+      <c r="D57" s="18"/>
+      <c r="E57" s="18"/>
+      <c r="F57" s="26"/>
       <c r="H57" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J57" s="33">
-[...6 lines deleted...]
-      <c r="N57" s="34"/>
+      <c r="J57" s="30">
+        <v>88</v>
+      </c>
+      <c r="K57" s="31"/>
+      <c r="M57" s="32">
+        <v>2.8977270000000002</v>
+      </c>
+      <c r="N57" s="31"/>
       <c r="P57" s="4">
         <v>1</v>
       </c>
       <c r="R57" s="4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T57" s="5">
-        <v>0.80297571569755499</v>
-[...7 lines deleted...]
-      <c r="F58" s="29"/>
+        <v>0.40113464073799499</v>
+      </c>
+    </row>
+    <row r="58" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A58" s="20"/>
+      <c r="C58" s="36"/>
+      <c r="D58" s="18"/>
+      <c r="E58" s="18"/>
+      <c r="F58" s="26"/>
       <c r="H58" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J58" s="33">
-[...6 lines deleted...]
-      <c r="N58" s="34"/>
+      <c r="J58" s="30">
+        <v>131</v>
+      </c>
+      <c r="K58" s="31"/>
+      <c r="M58" s="32">
+        <v>2.8396949999999999</v>
+      </c>
+      <c r="N58" s="31"/>
       <c r="P58" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R58" s="4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T58" s="5">
-        <v>0.68474958926603202</v>
-[...7 lines deleted...]
-      <c r="F59" s="32"/>
+        <v>0.492344391660959</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A59" s="21"/>
+      <c r="C59" s="37"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="28"/>
+      <c r="F59" s="29"/>
       <c r="H59" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J59" s="36">
-[...6 lines deleted...]
-      <c r="N59" s="34"/>
+      <c r="J59" s="33">
+        <v>273</v>
+      </c>
+      <c r="K59" s="31"/>
+      <c r="M59" s="34">
+        <v>2.8644690000000002</v>
+      </c>
+      <c r="N59" s="31"/>
       <c r="P59" s="7">
         <v>1</v>
       </c>
       <c r="R59" s="7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T59" s="8">
-        <v>0.77453728122021304</v>
-[...11 lines deleted...]
-      <c r="F60" s="27"/>
+        <v>0.45326702946497199</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A60" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C60" s="35" t="s">
+        <v>25</v>
+      </c>
+      <c r="D60" s="23"/>
+      <c r="E60" s="23"/>
+      <c r="F60" s="24"/>
       <c r="H60" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J60" s="33">
-[...6 lines deleted...]
-      <c r="N60" s="34"/>
+      <c r="J60" s="30">
+        <v>48</v>
+      </c>
+      <c r="K60" s="31"/>
+      <c r="M60" s="32">
+        <v>4.6875</v>
+      </c>
+      <c r="N60" s="31"/>
       <c r="P60" s="4">
         <v>1</v>
       </c>
       <c r="R60" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T60" s="5">
-        <v>0.35996110901040401</v>
-[...7 lines deleted...]
-      <c r="F61" s="29"/>
+        <v>0.92124046806466298</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A61" s="20"/>
+      <c r="C61" s="36"/>
+      <c r="D61" s="18"/>
+      <c r="E61" s="18"/>
+      <c r="F61" s="26"/>
       <c r="H61" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J61" s="33">
-[...6 lines deleted...]
-      <c r="N61" s="34"/>
+      <c r="J61" s="30">
+        <v>82</v>
+      </c>
+      <c r="K61" s="31"/>
+      <c r="M61" s="32">
+        <v>4.7195119999999999</v>
+      </c>
+      <c r="N61" s="31"/>
       <c r="P61" s="4">
         <v>1</v>
       </c>
       <c r="R61" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T61" s="5">
-        <v>0.36932912151629699</v>
-[...7 lines deleted...]
-      <c r="F62" s="29"/>
+        <v>0.80297571569755499</v>
+      </c>
+    </row>
+    <row r="62" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A62" s="20"/>
+      <c r="C62" s="36"/>
+      <c r="D62" s="18"/>
+      <c r="E62" s="18"/>
+      <c r="F62" s="26"/>
       <c r="H62" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J62" s="33">
-[...6 lines deleted...]
-      <c r="N62" s="34"/>
+      <c r="J62" s="30">
+        <v>115</v>
+      </c>
+      <c r="K62" s="31"/>
+      <c r="M62" s="32">
+        <v>4.7478259999999999</v>
+      </c>
+      <c r="N62" s="31"/>
       <c r="P62" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R62" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T62" s="5">
-        <v>0.42791938493132098</v>
-[...7 lines deleted...]
-      <c r="F63" s="32"/>
+        <v>0.68474958926603202</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A63" s="21"/>
+      <c r="C63" s="37"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="29"/>
       <c r="H63" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J63" s="36">
-[...6 lines deleted...]
-      <c r="N63" s="34"/>
+      <c r="J63" s="33">
+        <v>245</v>
+      </c>
+      <c r="K63" s="31"/>
+      <c r="M63" s="34">
+        <v>4.7265309999999996</v>
+      </c>
+      <c r="N63" s="31"/>
       <c r="P63" s="7">
         <v>1</v>
       </c>
       <c r="R63" s="7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T63" s="8">
-        <v>0.399963748357273</v>
-[...11 lines deleted...]
-      <c r="F64" s="27"/>
+        <v>0.77453728122021304</v>
+      </c>
+    </row>
+    <row r="64" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A64" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C64" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="24"/>
       <c r="H64" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J64" s="33">
-[...6 lines deleted...]
-      <c r="N64" s="34"/>
+      <c r="J64" s="30">
+        <v>20</v>
+      </c>
+      <c r="K64" s="31"/>
+      <c r="M64" s="32">
+        <v>4.75</v>
+      </c>
+      <c r="N64" s="31"/>
       <c r="P64" s="4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R64" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T64" s="5">
-        <v>0.226294056484036</v>
-[...7 lines deleted...]
-      <c r="F65" s="29"/>
+        <v>0.43852936047658198</v>
+      </c>
+    </row>
+    <row r="65" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A65" s="20"/>
+      <c r="C65" s="25"/>
+      <c r="D65" s="18"/>
+      <c r="E65" s="18"/>
+      <c r="F65" s="26"/>
       <c r="H65" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J65" s="33">
-[...6 lines deleted...]
-      <c r="N65" s="34"/>
+      <c r="J65" s="30">
+        <v>22</v>
+      </c>
+      <c r="K65" s="31"/>
+      <c r="M65" s="32">
+        <v>4.1818179999999998</v>
+      </c>
+      <c r="N65" s="31"/>
       <c r="P65" s="4">
         <v>1</v>
       </c>
       <c r="R65" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T65" s="5">
-        <v>0.47458718903906399</v>
-[...7 lines deleted...]
-      <c r="F66" s="29"/>
+        <v>1.4186912983450599</v>
+      </c>
+    </row>
+    <row r="66" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A66" s="20"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="18"/>
+      <c r="E66" s="18"/>
+      <c r="F66" s="26"/>
       <c r="H66" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J66" s="33">
-[...6 lines deleted...]
-      <c r="N66" s="34"/>
+      <c r="J66" s="30">
+        <v>30</v>
+      </c>
+      <c r="K66" s="31"/>
+      <c r="M66" s="32">
+        <v>4.733333</v>
+      </c>
+      <c r="N66" s="31"/>
       <c r="P66" s="4">
         <v>1</v>
       </c>
       <c r="R66" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T66" s="5">
-        <v>0.46579072554098799</v>
-[...7 lines deleted...]
-      <c r="F67" s="32"/>
+        <v>0.82063755702502394</v>
+      </c>
+    </row>
+    <row r="67" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A67" s="21"/>
+      <c r="C67" s="27"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="29"/>
       <c r="H67" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J67" s="36">
-[...6 lines deleted...]
-      <c r="N67" s="34"/>
+      <c r="J67" s="33">
+        <v>72</v>
+      </c>
+      <c r="K67" s="31"/>
+      <c r="M67" s="34">
+        <v>4.5694439999999998</v>
+      </c>
+      <c r="N67" s="31"/>
       <c r="P67" s="7">
         <v>1</v>
       </c>
       <c r="R67" s="7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T67" s="8">
-        <v>0.44227480145267201</v>
-[...11 lines deleted...]
-      <c r="F68" s="27"/>
+        <v>1.0010679297630101</v>
+      </c>
+    </row>
+    <row r="68" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A68" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C68" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D68" s="23"/>
+      <c r="E68" s="23"/>
+      <c r="F68" s="24"/>
       <c r="H68" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J68" s="33">
-[...6 lines deleted...]
-      <c r="N68" s="34"/>
+      <c r="J68" s="30">
+        <v>44</v>
+      </c>
+      <c r="K68" s="31"/>
+      <c r="M68" s="32">
+        <v>2.9090910000000001</v>
+      </c>
+      <c r="N68" s="31"/>
       <c r="P68" s="4">
         <v>1</v>
       </c>
       <c r="R68" s="4">
         <v>3</v>
       </c>
       <c r="T68" s="5">
-        <v>0.88408653422614702</v>
-[...7 lines deleted...]
-      <c r="F69" s="29"/>
+        <v>0.35996110901040401</v>
+      </c>
+    </row>
+    <row r="69" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A69" s="20"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="18"/>
+      <c r="E69" s="18"/>
+      <c r="F69" s="26"/>
       <c r="H69" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J69" s="33">
-[...6 lines deleted...]
-      <c r="N69" s="34"/>
+      <c r="J69" s="30">
+        <v>48</v>
+      </c>
+      <c r="K69" s="31"/>
+      <c r="M69" s="32">
+        <v>2.8958330000000001</v>
+      </c>
+      <c r="N69" s="31"/>
       <c r="P69" s="4">
         <v>1</v>
       </c>
       <c r="R69" s="4">
         <v>3</v>
       </c>
       <c r="T69" s="5">
-        <v>0.79170638496856904</v>
-[...7 lines deleted...]
-      <c r="F70" s="29"/>
+        <v>0.36932912151629699</v>
+      </c>
+    </row>
+    <row r="70" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A70" s="20"/>
+      <c r="C70" s="25"/>
+      <c r="D70" s="18"/>
+      <c r="E70" s="18"/>
+      <c r="F70" s="26"/>
       <c r="H70" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J70" s="33">
-[...6 lines deleted...]
-      <c r="N70" s="34"/>
+      <c r="J70" s="30">
+        <v>111</v>
+      </c>
+      <c r="K70" s="31"/>
+      <c r="M70" s="32">
+        <v>2.8738739999999998</v>
+      </c>
+      <c r="N70" s="31"/>
       <c r="P70" s="4">
         <v>1</v>
       </c>
       <c r="R70" s="4">
         <v>3</v>
       </c>
       <c r="T70" s="5">
-        <v>0.71879552029767102</v>
-[...7 lines deleted...]
-      <c r="F71" s="32"/>
+        <v>0.42791938493132098</v>
+      </c>
+    </row>
+    <row r="71" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A71" s="21"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="29"/>
       <c r="H71" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J71" s="36">
-[...6 lines deleted...]
-      <c r="N71" s="34"/>
+      <c r="J71" s="33">
+        <v>203</v>
+      </c>
+      <c r="K71" s="31"/>
+      <c r="M71" s="34">
+        <v>2.8866999999999998</v>
+      </c>
+      <c r="N71" s="31"/>
       <c r="P71" s="7">
         <v>1</v>
       </c>
       <c r="R71" s="7">
         <v>3</v>
       </c>
       <c r="T71" s="8">
-        <v>0.79903504303628603</v>
-[...11 lines deleted...]
-      <c r="F72" s="27"/>
+        <v>0.399963748357273</v>
+      </c>
+    </row>
+    <row r="72" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A72" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C72" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D72" s="23"/>
+      <c r="E72" s="23"/>
+      <c r="F72" s="24"/>
       <c r="H72" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J72" s="33">
-[...6 lines deleted...]
-      <c r="N72" s="34"/>
+      <c r="J72" s="30">
+        <v>19</v>
+      </c>
+      <c r="K72" s="31"/>
+      <c r="M72" s="32">
+        <v>2.947368</v>
+      </c>
+      <c r="N72" s="31"/>
       <c r="P72" s="4">
         <v>2</v>
       </c>
       <c r="R72" s="4">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T72" s="5">
-        <v>1.66470477863194</v>
-[...7 lines deleted...]
-      <c r="F73" s="29"/>
+        <v>0.226294056484036</v>
+      </c>
+    </row>
+    <row r="73" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A73" s="20"/>
+      <c r="C73" s="25"/>
+      <c r="D73" s="18"/>
+      <c r="E73" s="18"/>
+      <c r="F73" s="26"/>
       <c r="H73" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J73" s="33">
-[...6 lines deleted...]
-      <c r="N73" s="34"/>
+      <c r="J73" s="30">
+        <v>41</v>
+      </c>
+      <c r="K73" s="31"/>
+      <c r="M73" s="32">
+        <v>2.8536589999999999</v>
+      </c>
+      <c r="N73" s="31"/>
       <c r="P73" s="4">
         <v>1</v>
       </c>
       <c r="R73" s="4">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T73" s="5">
-        <v>1.97587398383601</v>
-[...7 lines deleted...]
-      <c r="F74" s="29"/>
+        <v>0.47458718903906399</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A74" s="20"/>
+      <c r="C74" s="25"/>
+      <c r="D74" s="18"/>
+      <c r="E74" s="18"/>
+      <c r="F74" s="26"/>
       <c r="H74" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J74" s="42" t="s">
-[...22 lines deleted...]
-      <c r="F75" s="32"/>
+      <c r="J74" s="30">
+        <v>71</v>
+      </c>
+      <c r="K74" s="31"/>
+      <c r="M74" s="32">
+        <v>2.8450700000000002</v>
+      </c>
+      <c r="N74" s="31"/>
+      <c r="P74" s="4">
+        <v>1</v>
+      </c>
+      <c r="R74" s="4">
+        <v>3</v>
+      </c>
+      <c r="T74" s="5">
+        <v>0.46579072554098799</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A75" s="21"/>
+      <c r="C75" s="27"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="29"/>
       <c r="H75" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J75" s="36">
-[...6 lines deleted...]
-      <c r="N75" s="34"/>
+      <c r="J75" s="33">
+        <v>131</v>
+      </c>
+      <c r="K75" s="31"/>
+      <c r="M75" s="34">
+        <v>2.8625949999999998</v>
+      </c>
+      <c r="N75" s="31"/>
       <c r="P75" s="7">
         <v>1</v>
       </c>
       <c r="R75" s="7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T75" s="8">
-        <v>1.92562587228153</v>
-[...11 lines deleted...]
-      <c r="F76" s="27"/>
+        <v>0.44227480145267201</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A76" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C76" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="D76" s="23"/>
+      <c r="E76" s="23"/>
+      <c r="F76" s="24"/>
       <c r="H76" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J76" s="33">
-[...6 lines deleted...]
-      <c r="N76" s="34"/>
+      <c r="J76" s="30">
+        <v>15</v>
+      </c>
+      <c r="K76" s="31"/>
+      <c r="M76" s="32">
+        <v>2.3333330000000001</v>
+      </c>
+      <c r="N76" s="31"/>
       <c r="P76" s="4">
         <v>1</v>
       </c>
       <c r="R76" s="4">
         <v>3</v>
       </c>
       <c r="T76" s="5">
-        <v>0.42450559478056399</v>
-[...7 lines deleted...]
-      <c r="F77" s="29"/>
+        <v>0.88408653422614702</v>
+      </c>
+    </row>
+    <row r="77" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A77" s="20"/>
+      <c r="C77" s="36"/>
+      <c r="D77" s="18"/>
+      <c r="E77" s="18"/>
+      <c r="F77" s="26"/>
       <c r="H77" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J77" s="33">
-[...6 lines deleted...]
-      <c r="N77" s="34"/>
+      <c r="J77" s="30">
+        <v>92</v>
+      </c>
+      <c r="K77" s="31"/>
+      <c r="M77" s="32">
+        <v>2.5108700000000002</v>
+      </c>
+      <c r="N77" s="31"/>
       <c r="P77" s="4">
         <v>1</v>
       </c>
       <c r="R77" s="4">
         <v>3</v>
       </c>
       <c r="T77" s="5">
-        <v>0.382600313643363</v>
-[...7 lines deleted...]
-      <c r="F78" s="29"/>
+        <v>0.80292589944527304</v>
+      </c>
+    </row>
+    <row r="78" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A78" s="20"/>
+      <c r="C78" s="36"/>
+      <c r="D78" s="18"/>
+      <c r="E78" s="18"/>
+      <c r="F78" s="26"/>
       <c r="H78" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J78" s="33">
-[...6 lines deleted...]
-      <c r="N78" s="34"/>
+      <c r="J78" s="30">
+        <v>8</v>
+      </c>
+      <c r="K78" s="31"/>
+      <c r="M78" s="32">
+        <v>2.375</v>
+      </c>
+      <c r="N78" s="31"/>
       <c r="P78" s="4">
         <v>1</v>
       </c>
       <c r="R78" s="4">
         <v>3</v>
       </c>
       <c r="T78" s="5">
-        <v>0.57066890575884699</v>
-[...7 lines deleted...]
-      <c r="F79" s="32"/>
+        <v>0.71879552029767102</v>
+      </c>
+    </row>
+    <row r="79" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A79" s="21"/>
+      <c r="C79" s="37"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="29"/>
       <c r="H79" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J79" s="36">
-[...6 lines deleted...]
-      <c r="N79" s="34"/>
+      <c r="J79" s="33">
+        <v>115</v>
+      </c>
+      <c r="K79" s="31"/>
+      <c r="M79" s="34">
+        <v>2.4782609999999998</v>
+      </c>
+      <c r="N79" s="31"/>
       <c r="P79" s="7">
         <v>1</v>
       </c>
       <c r="R79" s="7">
         <v>3</v>
       </c>
       <c r="T79" s="8">
-        <v>0.464265010527393</v>
-[...11 lines deleted...]
-      <c r="F80" s="27"/>
+        <v>0.80769053479658903</v>
+      </c>
+    </row>
+    <row r="80" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A80" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C80" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="D80" s="23"/>
+      <c r="E80" s="23"/>
+      <c r="F80" s="24"/>
       <c r="H80" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J80" s="33">
-[...6 lines deleted...]
-      <c r="N80" s="34"/>
+      <c r="J80" s="30">
+        <v>9</v>
+      </c>
+      <c r="K80" s="31"/>
+      <c r="M80" s="32">
+        <v>4.7777779999999996</v>
+      </c>
+      <c r="N80" s="31"/>
       <c r="P80" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R80" s="4">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="T80" s="5">
-        <v>2.3598652503903699</v>
-[...7 lines deleted...]
-      <c r="F81" s="29"/>
+        <v>1.66470477863194</v>
+      </c>
+    </row>
+    <row r="81" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A81" s="20"/>
+      <c r="C81" s="36"/>
+      <c r="D81" s="18"/>
+      <c r="E81" s="18"/>
+      <c r="F81" s="26"/>
       <c r="H81" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="J81" s="33">
-[...6 lines deleted...]
-      <c r="N81" s="34"/>
+      <c r="J81" s="30">
+        <v>62</v>
+      </c>
+      <c r="K81" s="31"/>
+      <c r="M81" s="32">
+        <v>4.8225809999999996</v>
+      </c>
+      <c r="N81" s="31"/>
       <c r="P81" s="4">
         <v>1</v>
       </c>
       <c r="R81" s="4">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="T81" s="5">
-        <v>2.5494364083067498</v>
-[...7 lines deleted...]
-      <c r="F82" s="29"/>
+        <v>2.0204177785794699</v>
+      </c>
+    </row>
+    <row r="82" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A82" s="20"/>
+      <c r="C82" s="36"/>
+      <c r="D82" s="18"/>
+      <c r="E82" s="18"/>
+      <c r="F82" s="26"/>
       <c r="H82" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="J82" s="33">
-[...22 lines deleted...]
-      <c r="F83" s="32"/>
+      <c r="J82" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="K82" s="31"/>
+      <c r="M82" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="N82" s="31"/>
+      <c r="P82" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="R82" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="T82" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A83" s="21"/>
+      <c r="C83" s="37"/>
+      <c r="D83" s="28"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="29"/>
       <c r="H83" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J83" s="36">
-[...6 lines deleted...]
-      <c r="N83" s="34"/>
+      <c r="J83" s="33">
+        <v>75</v>
+      </c>
+      <c r="K83" s="31"/>
+      <c r="M83" s="34">
+        <v>4.733333</v>
+      </c>
+      <c r="N83" s="31"/>
       <c r="P83" s="7">
         <v>1</v>
       </c>
       <c r="R83" s="7">
+        <v>7</v>
+      </c>
+      <c r="T83" s="8">
+        <v>1.96160011215334</v>
+      </c>
+    </row>
+    <row r="84" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A84" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C84" s="35" t="s">
+        <v>31</v>
+      </c>
+      <c r="D84" s="23"/>
+      <c r="E84" s="23"/>
+      <c r="F84" s="24"/>
+      <c r="H84" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J84" s="30">
+        <v>279</v>
+      </c>
+      <c r="K84" s="31"/>
+      <c r="M84" s="32">
+        <v>2.8637990000000002</v>
+      </c>
+      <c r="N84" s="31"/>
+      <c r="P84" s="4">
+        <v>1</v>
+      </c>
+      <c r="R84" s="4">
+        <v>3</v>
+      </c>
+      <c r="T84" s="5">
+        <v>0.45170454945683203</v>
+      </c>
+    </row>
+    <row r="85" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A85" s="20"/>
+      <c r="C85" s="36"/>
+      <c r="D85" s="18"/>
+      <c r="E85" s="18"/>
+      <c r="F85" s="26"/>
+      <c r="H85" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="T83" s="8">
-[...6 lines deleted...]
-      <c r="B86" s="41" t="s">
+      <c r="J85" s="30">
+        <v>632</v>
+      </c>
+      <c r="K85" s="31"/>
+      <c r="M85" s="32">
+        <v>2.9050630000000002</v>
+      </c>
+      <c r="N85" s="31"/>
+      <c r="P85" s="4">
+        <v>1</v>
+      </c>
+      <c r="R85" s="4">
+        <v>3</v>
+      </c>
+      <c r="T85" s="5">
+        <v>0.38231662270950201</v>
+      </c>
+    </row>
+    <row r="86" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A86" s="20"/>
+      <c r="C86" s="36"/>
+      <c r="D86" s="18"/>
+      <c r="E86" s="18"/>
+      <c r="F86" s="26"/>
+      <c r="H86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" s="30">
+        <v>458</v>
+      </c>
+      <c r="K86" s="31"/>
+      <c r="M86" s="32">
+        <v>2.7947600000000001</v>
+      </c>
+      <c r="N86" s="31"/>
+      <c r="P86" s="4">
+        <v>1</v>
+      </c>
+      <c r="R86" s="4">
+        <v>3</v>
+      </c>
+      <c r="T86" s="5">
+        <v>0.57012630179636503</v>
+      </c>
+    </row>
+    <row r="87" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A87" s="21"/>
+      <c r="C87" s="37"/>
+      <c r="D87" s="28"/>
+      <c r="E87" s="28"/>
+      <c r="F87" s="29"/>
+      <c r="H87" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J87" s="33">
+        <v>1369</v>
+      </c>
+      <c r="K87" s="31"/>
+      <c r="M87" s="34">
+        <v>2.8597519999999998</v>
+      </c>
+      <c r="N87" s="31"/>
+      <c r="P87" s="7">
+        <v>1</v>
+      </c>
+      <c r="R87" s="7">
+        <v>3</v>
+      </c>
+      <c r="T87" s="8">
+        <v>0.469043707984661</v>
+      </c>
+    </row>
+    <row r="88" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A88" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C88" s="35" t="s">
         <v>32</v>
       </c>
-      <c r="C86" s="17"/>
-[...9 lines deleted...]
-    <row r="88" spans="1:20" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c r="D88" s="23"/>
+      <c r="E88" s="23"/>
+      <c r="F88" s="24"/>
+      <c r="H88" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J88" s="30">
+        <v>254</v>
+      </c>
+      <c r="K88" s="31"/>
+      <c r="M88" s="32">
+        <v>11.094488</v>
+      </c>
+      <c r="N88" s="31"/>
+      <c r="P88" s="4">
+        <v>1</v>
+      </c>
+      <c r="R88" s="4">
+        <v>12</v>
+      </c>
+      <c r="T88" s="5">
+        <v>2.3598652503903699</v>
+      </c>
+    </row>
+    <row r="89" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A89" s="20"/>
+      <c r="C89" s="36"/>
+      <c r="D89" s="18"/>
+      <c r="E89" s="18"/>
+      <c r="F89" s="26"/>
+      <c r="H89" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J89" s="30">
+        <v>588</v>
+      </c>
+      <c r="K89" s="31"/>
+      <c r="M89" s="32">
+        <v>11.045918</v>
+      </c>
+      <c r="N89" s="31"/>
+      <c r="P89" s="4">
+        <v>1</v>
+      </c>
+      <c r="R89" s="4">
+        <v>12</v>
+      </c>
+      <c r="T89" s="5">
+        <v>2.5731047394150099</v>
+      </c>
+    </row>
+    <row r="90" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A90" s="20"/>
+      <c r="C90" s="36"/>
+      <c r="D90" s="18"/>
+      <c r="E90" s="18"/>
+      <c r="F90" s="26"/>
+      <c r="H90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" s="30">
+        <v>407</v>
+      </c>
+      <c r="K90" s="31"/>
+      <c r="M90" s="32">
+        <v>10.879607</v>
+      </c>
+      <c r="N90" s="31"/>
+      <c r="P90" s="4">
+        <v>1</v>
+      </c>
+      <c r="R90" s="4">
+        <v>12</v>
+      </c>
+      <c r="T90" s="5">
+        <v>2.7333757517033801</v>
+      </c>
+    </row>
+    <row r="91" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A91" s="21"/>
+      <c r="C91" s="37"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="28"/>
+      <c r="F91" s="29"/>
+      <c r="H91" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J91" s="33">
+        <v>1249</v>
+      </c>
+      <c r="K91" s="31"/>
+      <c r="M91" s="34">
+        <v>11.001601000000001</v>
+      </c>
+      <c r="N91" s="31"/>
+      <c r="P91" s="7">
+        <v>1</v>
+      </c>
+      <c r="R91" s="7">
+        <v>12</v>
+      </c>
+      <c r="T91" s="8">
+        <v>2.5858114780470798</v>
+      </c>
+    </row>
+    <row r="92" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A92" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C92" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="D92" s="23"/>
+      <c r="E92" s="23"/>
+      <c r="F92" s="24"/>
+      <c r="H92" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J92" s="30">
+        <v>19</v>
+      </c>
+      <c r="K92" s="31"/>
+      <c r="M92" s="32">
+        <v>6</v>
+      </c>
+      <c r="N92" s="31"/>
+      <c r="P92" s="4">
+        <v>6</v>
+      </c>
+      <c r="R92" s="4">
+        <v>6</v>
+      </c>
+      <c r="T92" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A93" s="20"/>
+      <c r="C93" s="25"/>
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="26"/>
+      <c r="H93" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J93" s="30">
+        <v>35</v>
+      </c>
+      <c r="K93" s="31"/>
+      <c r="M93" s="32">
+        <v>5.8571429999999998</v>
+      </c>
+      <c r="N93" s="31"/>
+      <c r="P93" s="4">
+        <v>1</v>
+      </c>
+      <c r="R93" s="4">
+        <v>6</v>
+      </c>
+      <c r="T93" s="5">
+        <v>0.83900774728246696</v>
+      </c>
+    </row>
+    <row r="94" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A94" s="20"/>
+      <c r="C94" s="25"/>
+      <c r="D94" s="18"/>
+      <c r="E94" s="18"/>
+      <c r="F94" s="26"/>
+      <c r="H94" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" s="30">
+        <v>99</v>
+      </c>
+      <c r="K94" s="31"/>
+      <c r="M94" s="32">
+        <v>5.8585859999999998</v>
+      </c>
+      <c r="N94" s="31"/>
+      <c r="P94" s="4">
+        <v>1</v>
+      </c>
+      <c r="R94" s="4">
+        <v>6</v>
+      </c>
+      <c r="T94" s="5">
+        <v>0.68352761465795997</v>
+      </c>
+    </row>
+    <row r="95" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A95" s="21"/>
+      <c r="C95" s="27"/>
+      <c r="D95" s="28"/>
+      <c r="E95" s="28"/>
+      <c r="F95" s="29"/>
+      <c r="H95" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J95" s="33">
+        <v>153</v>
+      </c>
+      <c r="K95" s="31"/>
+      <c r="M95" s="34">
+        <v>5.8758169999999996</v>
+      </c>
+      <c r="N95" s="31"/>
+      <c r="P95" s="7">
+        <v>1</v>
+      </c>
+      <c r="R95" s="7">
+        <v>6</v>
+      </c>
+      <c r="T95" s="8">
+        <v>0.68060047017321401</v>
+      </c>
+    </row>
+    <row r="96" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A96" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C96" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="D96" s="23"/>
+      <c r="E96" s="23"/>
+      <c r="F96" s="24"/>
+      <c r="H96" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J96" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="K96" s="31"/>
+      <c r="M96" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="N96" s="31"/>
+      <c r="P96" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="R96" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="T96" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="97" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A97" s="20"/>
+      <c r="C97" s="25"/>
+      <c r="D97" s="18"/>
+      <c r="E97" s="18"/>
+      <c r="F97" s="26"/>
+      <c r="H97" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J97" s="30">
+        <v>5</v>
+      </c>
+      <c r="K97" s="31"/>
+      <c r="M97" s="32">
+        <v>10</v>
+      </c>
+      <c r="N97" s="31"/>
+      <c r="P97" s="4">
+        <v>10</v>
+      </c>
+      <c r="R97" s="4">
+        <v>10</v>
+      </c>
+      <c r="T97" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A98" s="20"/>
+      <c r="C98" s="25"/>
+      <c r="D98" s="18"/>
+      <c r="E98" s="18"/>
+      <c r="F98" s="26"/>
+      <c r="H98" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" s="30">
+        <v>23</v>
+      </c>
+      <c r="K98" s="31"/>
+      <c r="M98" s="32">
+        <v>9.1739130000000007</v>
+      </c>
+      <c r="N98" s="31"/>
+      <c r="P98" s="4">
+        <v>1</v>
+      </c>
+      <c r="R98" s="4">
+        <v>10</v>
+      </c>
+      <c r="T98" s="5">
+        <v>2.5586832551138499</v>
+      </c>
+    </row>
+    <row r="99" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A99" s="21"/>
+      <c r="C99" s="27"/>
+      <c r="D99" s="28"/>
+      <c r="E99" s="28"/>
+      <c r="F99" s="29"/>
+      <c r="H99" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J99" s="33">
+        <v>32</v>
+      </c>
+      <c r="K99" s="31"/>
+      <c r="M99" s="34">
+        <v>9.375</v>
+      </c>
+      <c r="N99" s="31"/>
+      <c r="P99" s="7">
+        <v>1</v>
+      </c>
+      <c r="R99" s="7">
+        <v>10</v>
+      </c>
+      <c r="T99" s="8">
+        <v>2.19306269860212</v>
+      </c>
+    </row>
+    <row r="100" spans="1:20" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="101" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C101" s="18"/>
+      <c r="D101" s="18"/>
+      <c r="E101" s="18"/>
+      <c r="F101" s="18"/>
+      <c r="G101" s="18"/>
+      <c r="H101" s="18"/>
+      <c r="I101" s="18"/>
+      <c r="J101" s="18"/>
+    </row>
+    <row r="102" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="103" spans="1:20" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="192">
-[...180 lines deleted...]
-    <mergeCell ref="M15:N15"/>
+  <mergeCells count="232">
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
+    <mergeCell ref="A12:A15"/>
+    <mergeCell ref="C12:F15"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="A16:A19"/>
+    <mergeCell ref="C16:F19"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="A20:A23"/>
+    <mergeCell ref="C20:F23"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="C24:F27"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="M27:N27"/>
+    <mergeCell ref="A28:A31"/>
+    <mergeCell ref="C28:F31"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="M31:N31"/>
+    <mergeCell ref="A32:A35"/>
+    <mergeCell ref="C32:F35"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="M33:N33"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="M34:N34"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="M35:N35"/>
+    <mergeCell ref="A36:A39"/>
+    <mergeCell ref="C36:F39"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="M36:N36"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="M37:N37"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="M38:N38"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="A40:A43"/>
+    <mergeCell ref="C40:F43"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="M40:N40"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="M41:N41"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="M42:N42"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="M43:N43"/>
+    <mergeCell ref="A44:A47"/>
+    <mergeCell ref="C44:F47"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="M44:N44"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="M45:N45"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="M46:N46"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="M47:N47"/>
+    <mergeCell ref="A48:A51"/>
+    <mergeCell ref="C48:F51"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="M48:N48"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="M49:N49"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="M50:N50"/>
+    <mergeCell ref="J51:K51"/>
+    <mergeCell ref="M51:N51"/>
+    <mergeCell ref="A52:A55"/>
+    <mergeCell ref="C52:F55"/>
+    <mergeCell ref="J52:K52"/>
+    <mergeCell ref="M52:N52"/>
+    <mergeCell ref="J53:K53"/>
+    <mergeCell ref="M53:N53"/>
+    <mergeCell ref="J54:K54"/>
+    <mergeCell ref="M54:N54"/>
+    <mergeCell ref="J55:K55"/>
+    <mergeCell ref="M55:N55"/>
+    <mergeCell ref="A56:A59"/>
+    <mergeCell ref="C56:F59"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="M56:N56"/>
+    <mergeCell ref="J57:K57"/>
+    <mergeCell ref="M57:N57"/>
+    <mergeCell ref="J58:K58"/>
+    <mergeCell ref="M58:N58"/>
+    <mergeCell ref="J59:K59"/>
+    <mergeCell ref="M59:N59"/>
+    <mergeCell ref="A60:A63"/>
+    <mergeCell ref="C60:F63"/>
+    <mergeCell ref="J60:K60"/>
+    <mergeCell ref="M60:N60"/>
+    <mergeCell ref="J61:K61"/>
+    <mergeCell ref="M61:N61"/>
+    <mergeCell ref="J62:K62"/>
+    <mergeCell ref="M62:N62"/>
+    <mergeCell ref="J63:K63"/>
+    <mergeCell ref="M63:N63"/>
+    <mergeCell ref="A64:A67"/>
+    <mergeCell ref="C64:F67"/>
+    <mergeCell ref="J64:K64"/>
+    <mergeCell ref="M64:N64"/>
+    <mergeCell ref="J65:K65"/>
+    <mergeCell ref="M65:N65"/>
+    <mergeCell ref="J66:K66"/>
+    <mergeCell ref="M66:N66"/>
+    <mergeCell ref="J67:K67"/>
+    <mergeCell ref="M67:N67"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="C68:F71"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="M68:N68"/>
+    <mergeCell ref="J69:K69"/>
+    <mergeCell ref="M69:N69"/>
+    <mergeCell ref="J70:K70"/>
+    <mergeCell ref="M70:N70"/>
+    <mergeCell ref="J71:K71"/>
+    <mergeCell ref="M71:N71"/>
+    <mergeCell ref="A72:A75"/>
+    <mergeCell ref="C72:F75"/>
+    <mergeCell ref="J72:K72"/>
+    <mergeCell ref="M72:N72"/>
+    <mergeCell ref="J73:K73"/>
+    <mergeCell ref="M73:N73"/>
+    <mergeCell ref="J74:K74"/>
+    <mergeCell ref="M74:N74"/>
+    <mergeCell ref="J75:K75"/>
+    <mergeCell ref="M75:N75"/>
+    <mergeCell ref="A76:A79"/>
+    <mergeCell ref="C76:F79"/>
+    <mergeCell ref="J76:K76"/>
+    <mergeCell ref="M76:N76"/>
+    <mergeCell ref="J77:K77"/>
+    <mergeCell ref="M77:N77"/>
+    <mergeCell ref="J78:K78"/>
+    <mergeCell ref="M78:N78"/>
+    <mergeCell ref="J79:K79"/>
+    <mergeCell ref="M79:N79"/>
+    <mergeCell ref="A80:A83"/>
+    <mergeCell ref="C80:F83"/>
+    <mergeCell ref="J80:K80"/>
+    <mergeCell ref="M80:N80"/>
+    <mergeCell ref="J81:K81"/>
+    <mergeCell ref="M81:N81"/>
+    <mergeCell ref="J82:K82"/>
+    <mergeCell ref="M82:N82"/>
+    <mergeCell ref="J83:K83"/>
+    <mergeCell ref="M83:N83"/>
+    <mergeCell ref="A84:A87"/>
+    <mergeCell ref="C84:F87"/>
+    <mergeCell ref="J84:K84"/>
+    <mergeCell ref="M84:N84"/>
+    <mergeCell ref="J85:K85"/>
+    <mergeCell ref="M85:N85"/>
+    <mergeCell ref="J86:K86"/>
+    <mergeCell ref="M86:N86"/>
+    <mergeCell ref="J87:K87"/>
+    <mergeCell ref="M87:N87"/>
+    <mergeCell ref="A88:A91"/>
+    <mergeCell ref="C88:F91"/>
+    <mergeCell ref="J88:K88"/>
+    <mergeCell ref="M88:N88"/>
+    <mergeCell ref="J89:K89"/>
+    <mergeCell ref="M89:N89"/>
+    <mergeCell ref="J90:K90"/>
+    <mergeCell ref="M90:N90"/>
+    <mergeCell ref="J91:K91"/>
+    <mergeCell ref="M91:N91"/>
+    <mergeCell ref="A92:A95"/>
+    <mergeCell ref="C92:F95"/>
+    <mergeCell ref="J92:K92"/>
+    <mergeCell ref="M92:N92"/>
+    <mergeCell ref="J93:K93"/>
+    <mergeCell ref="M93:N93"/>
+    <mergeCell ref="J94:K94"/>
+    <mergeCell ref="M94:N94"/>
+    <mergeCell ref="J95:K95"/>
+    <mergeCell ref="M95:N95"/>
+    <mergeCell ref="B101:J101"/>
+    <mergeCell ref="A96:A99"/>
+    <mergeCell ref="C96:F99"/>
+    <mergeCell ref="J96:K96"/>
+    <mergeCell ref="M96:N96"/>
+    <mergeCell ref="J97:K97"/>
+    <mergeCell ref="M97:N97"/>
+    <mergeCell ref="J98:K98"/>
+    <mergeCell ref="M98:N98"/>
+    <mergeCell ref="J99:K99"/>
+    <mergeCell ref="M99:N99"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:R49"/>
+  <dimension ref="A1:R68"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="21.26953125" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="0.42578125" customWidth="1"/>
+    <col min="3" max="3" width="0.140625" customWidth="1"/>
+    <col min="4" max="4" width="38.85546875" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
+    <col min="7" max="7" width="0.5703125" customWidth="1"/>
+    <col min="8" max="8" width="13.140625" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" customWidth="1"/>
     <col min="10" max="10" width="10" customWidth="1"/>
-    <col min="11" max="11" width="5.1796875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="15.1796875" customWidth="1"/>
+    <col min="11" max="11" width="5.140625" customWidth="1"/>
+    <col min="12" max="12" width="5.42578125" customWidth="1"/>
+    <col min="13" max="13" width="9.7109375" customWidth="1"/>
+    <col min="14" max="14" width="15.140625" customWidth="1"/>
     <col min="15" max="15" width="15" customWidth="1"/>
     <col min="16" max="16" width="0" hidden="1" customWidth="1"/>
-    <col min="17" max="17" width="3.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="19" max="19" width="8.81640625" customWidth="1"/>
+    <col min="17" max="17" width="3.42578125" customWidth="1"/>
+    <col min="18" max="18" width="78.140625" customWidth="1"/>
+    <col min="19" max="19" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...36 lines deleted...]
-      <c r="L4" s="19" t="s">
+    <row r="1" spans="1:18" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+    </row>
+    <row r="2" spans="1:18" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:18" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="L4" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="M4" s="17"/>
-[...29 lines deleted...]
-      <c r="H8" s="17"/>
+      <c r="M4" s="18"/>
+      <c r="N4" s="18"/>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+    </row>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="N5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+    </row>
+    <row r="6" spans="1:18" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:18" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:18" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="H8" s="18"/>
       <c r="I8" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="J8" s="21" t="s">
-[...6 lines deleted...]
-      <c r="M8" s="17"/>
+      <c r="J8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="M8" s="18"/>
       <c r="N8" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="O8" s="21" t="s">
-[...15 lines deleted...]
-      <c r="D12" s="45" t="s">
+      <c r="O8" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="P8" s="18"/>
+    </row>
+    <row r="9" spans="1:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:18" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:18" ht="2.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="47"/>
+      <c r="D12" s="51" t="s">
         <v>10</v>
       </c>
-      <c r="E12" s="17"/>
-[...31 lines deleted...]
-      <c r="A14" s="12" t="s">
+      <c r="E12" s="18"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+      <c r="K12" s="18"/>
+      <c r="L12" s="18"/>
+      <c r="M12" s="18"/>
+      <c r="N12" s="18"/>
+      <c r="O12" s="18"/>
+    </row>
+    <row r="13" spans="1:18" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="45"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="46"/>
+      <c r="I13" s="46"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+      <c r="L13" s="46"/>
+      <c r="M13" s="46"/>
+      <c r="N13" s="46"/>
+      <c r="O13" s="47"/>
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B14" s="48" t="s">
-        <v>38</v>
-[...16 lines deleted...]
-      <c r="A15" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="46"/>
+      <c r="I14" s="46"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+      <c r="L14" s="46"/>
+      <c r="M14" s="46"/>
+      <c r="N14" s="46"/>
+      <c r="O14" s="47"/>
+    </row>
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A15" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C15" s="44"/>
+      <c r="C15" s="47"/>
       <c r="D15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="E15" s="47"/>
-[...1 lines deleted...]
-      <c r="G15" s="44"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="47"/>
       <c r="H15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="I15" s="47"/>
-[...2 lines deleted...]
-      <c r="L15" s="44"/>
+      <c r="I15" s="46"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+      <c r="L15" s="47"/>
       <c r="M15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="N15" s="47"/>
-[...22 lines deleted...]
-      <c r="A17" s="12" t="s">
+      <c r="N15" s="46"/>
+      <c r="O15" s="47"/>
+    </row>
+    <row r="16" spans="1:18" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B16" s="45"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="46"/>
+      <c r="I16" s="46"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+      <c r="L16" s="46"/>
+      <c r="M16" s="46"/>
+      <c r="N16" s="46"/>
+      <c r="O16" s="47"/>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="48" t="s">
-        <v>38</v>
-[...23 lines deleted...]
-      <c r="D18" s="45" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="46"/>
+      <c r="I17" s="46"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+      <c r="L17" s="46"/>
+      <c r="M17" s="46"/>
+      <c r="N17" s="46"/>
+      <c r="O17" s="47"/>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="47"/>
+      <c r="D18" s="51" t="s">
         <v>15</v>
       </c>
-      <c r="E18" s="17"/>
-[...31 lines deleted...]
-      <c r="A20" s="12" t="s">
+      <c r="E18" s="18"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+      <c r="K18" s="18"/>
+      <c r="L18" s="18"/>
+      <c r="M18" s="18"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="18"/>
+    </row>
+    <row r="19" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="45"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="46"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="47"/>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B20" s="48" t="s">
-        <v>39</v>
-[...16 lines deleted...]
-      <c r="A21" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="46"/>
+      <c r="I20" s="46"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+      <c r="L20" s="46"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="47"/>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A21" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C21" s="44"/>
+      <c r="C21" s="47"/>
       <c r="D21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="E21" s="47"/>
-[...1 lines deleted...]
-      <c r="G21" s="44"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="47"/>
       <c r="H21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="I21" s="47"/>
-[...2 lines deleted...]
-      <c r="L21" s="44"/>
+      <c r="I21" s="46"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+      <c r="L21" s="47"/>
       <c r="M21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="N21" s="47"/>
-[...22 lines deleted...]
-      <c r="A23" s="12" t="s">
+      <c r="N21" s="46"/>
+      <c r="O21" s="47"/>
+    </row>
+    <row r="22" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="45"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="46"/>
+      <c r="I22" s="46"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+      <c r="L22" s="46"/>
+      <c r="M22" s="46"/>
+      <c r="N22" s="46"/>
+      <c r="O22" s="47"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B23" s="48" t="s">
-        <v>39</v>
-[...23 lines deleted...]
-      <c r="D24" s="45" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="46"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+      <c r="L23" s="46"/>
+      <c r="M23" s="46"/>
+      <c r="N23" s="46"/>
+      <c r="O23" s="47"/>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="47"/>
+      <c r="D24" s="51" t="s">
         <v>18</v>
       </c>
-      <c r="E24" s="17"/>
-[...31 lines deleted...]
-      <c r="A26" s="12" t="s">
+      <c r="E24" s="18"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+      <c r="K24" s="18"/>
+      <c r="L24" s="18"/>
+      <c r="M24" s="18"/>
+      <c r="N24" s="18"/>
+      <c r="O24" s="18"/>
+    </row>
+    <row r="25" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="45"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="46"/>
+      <c r="I25" s="46"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+      <c r="L25" s="46"/>
+      <c r="M25" s="46"/>
+      <c r="N25" s="46"/>
+      <c r="O25" s="47"/>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B26" s="48" t="s">
-        <v>40</v>
-[...16 lines deleted...]
-      <c r="A27" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="46"/>
+      <c r="I26" s="46"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+      <c r="L26" s="46"/>
+      <c r="M26" s="46"/>
+      <c r="N26" s="46"/>
+      <c r="O26" s="47"/>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A27" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C27" s="44"/>
+      <c r="C27" s="47"/>
       <c r="D27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="E27" s="47"/>
-[...1 lines deleted...]
-      <c r="G27" s="44"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="47"/>
       <c r="H27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="I27" s="47"/>
-[...2 lines deleted...]
-      <c r="L27" s="44"/>
+      <c r="I27" s="46"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+      <c r="L27" s="47"/>
       <c r="M27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="N27" s="47"/>
-[...22 lines deleted...]
-      <c r="A29" s="12" t="s">
+      <c r="N27" s="46"/>
+      <c r="O27" s="47"/>
+    </row>
+    <row r="28" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B28" s="45"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="46"/>
+      <c r="I28" s="46"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+      <c r="L28" s="46"/>
+      <c r="M28" s="46"/>
+      <c r="N28" s="46"/>
+      <c r="O28" s="47"/>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B29" s="48" t="s">
-        <v>40</v>
-[...23 lines deleted...]
-      <c r="D30" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="46"/>
+      <c r="I29" s="46"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+      <c r="L29" s="46"/>
+      <c r="M29" s="46"/>
+      <c r="N29" s="46"/>
+      <c r="O29" s="47"/>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A30" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B30" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C30" s="47"/>
+      <c r="D30" s="51" t="s">
         <v>23</v>
       </c>
-      <c r="E30" s="17"/>
-[...31 lines deleted...]
-      <c r="A32" s="12" t="s">
+      <c r="E30" s="18"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="18"/>
+      <c r="L30" s="18"/>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="18"/>
+    </row>
+    <row r="31" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" s="45"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="46"/>
+      <c r="I31" s="46"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+      <c r="L31" s="46"/>
+      <c r="M31" s="46"/>
+      <c r="N31" s="46"/>
+      <c r="O31" s="47"/>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A32" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B32" s="48" t="s">
-        <v>41</v>
-[...16 lines deleted...]
-      <c r="A33" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="46"/>
+      <c r="I32" s="46"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+      <c r="L32" s="46"/>
+      <c r="M32" s="46"/>
+      <c r="N32" s="46"/>
+      <c r="O32" s="47"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A33" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C33" s="44"/>
+      <c r="C33" s="47"/>
       <c r="D33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="E33" s="47"/>
-[...1 lines deleted...]
-      <c r="G33" s="44"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="47"/>
       <c r="H33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="I33" s="47"/>
-[...2 lines deleted...]
-      <c r="L33" s="44"/>
+      <c r="I33" s="46"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+      <c r="L33" s="47"/>
       <c r="M33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="N33" s="47"/>
-[...22 lines deleted...]
-      <c r="A35" s="12" t="s">
+      <c r="N33" s="46"/>
+      <c r="O33" s="47"/>
+    </row>
+    <row r="34" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B34" s="45"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="46"/>
+      <c r="I34" s="46"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+      <c r="L34" s="46"/>
+      <c r="M34" s="46"/>
+      <c r="N34" s="46"/>
+      <c r="O34" s="47"/>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A35" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B35" s="48" t="s">
-        <v>41</v>
-[...23 lines deleted...]
-      <c r="D36" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="46"/>
+      <c r="I35" s="46"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+      <c r="L35" s="46"/>
+      <c r="M35" s="46"/>
+      <c r="N35" s="46"/>
+      <c r="O35" s="47"/>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B36" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="47"/>
+      <c r="D36" s="51" t="s">
         <v>26</v>
       </c>
-      <c r="E36" s="17"/>
-[...31 lines deleted...]
-      <c r="A38" s="12" t="s">
+      <c r="E36" s="18"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+      <c r="K36" s="18"/>
+      <c r="L36" s="18"/>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+      <c r="O36" s="18"/>
+    </row>
+    <row r="37" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B37" s="45"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="46"/>
+      <c r="I37" s="46"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+      <c r="L37" s="46"/>
+      <c r="M37" s="46"/>
+      <c r="N37" s="46"/>
+      <c r="O37" s="47"/>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B38" s="48" t="s">
         <v>42</v>
       </c>
-      <c r="C38" s="47"/>
-[...14 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="46"/>
+      <c r="I38" s="46"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
+      <c r="N38" s="46"/>
+      <c r="O38" s="47"/>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A39" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C39" s="44"/>
+      <c r="C39" s="47"/>
       <c r="D39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="E39" s="47"/>
-[...1 lines deleted...]
-      <c r="G39" s="44"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="47"/>
       <c r="H39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="I39" s="47"/>
-[...2 lines deleted...]
-      <c r="L39" s="44"/>
+      <c r="I39" s="46"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+      <c r="L39" s="47"/>
       <c r="M39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="N39" s="47"/>
-[...22 lines deleted...]
-      <c r="A41" s="12" t="s">
+      <c r="N39" s="46"/>
+      <c r="O39" s="47"/>
+    </row>
+    <row r="40" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B40" s="45"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="46"/>
+      <c r="I40" s="46"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+      <c r="L40" s="46"/>
+      <c r="M40" s="46"/>
+      <c r="N40" s="46"/>
+      <c r="O40" s="47"/>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B41" s="48" t="s">
         <v>42</v>
       </c>
-      <c r="C41" s="47"/>
-[...21 lines deleted...]
-      <c r="D42" s="45" t="s">
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="46"/>
+      <c r="I41" s="46"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+      <c r="L41" s="46"/>
+      <c r="M41" s="46"/>
+      <c r="N41" s="46"/>
+      <c r="O41" s="47"/>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A42" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B42" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C42" s="47"/>
+      <c r="D42" s="51" t="s">
         <v>27</v>
       </c>
-      <c r="E42" s="17"/>
-[...31 lines deleted...]
-      <c r="A44" s="12" t="s">
+      <c r="E42" s="18"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+      <c r="K42" s="18"/>
+      <c r="L42" s="18"/>
+      <c r="M42" s="18"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="18"/>
+    </row>
+    <row r="43" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B43" s="45"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="46"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+      <c r="L43" s="46"/>
+      <c r="M43" s="46"/>
+      <c r="N43" s="46"/>
+      <c r="O43" s="47"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A44" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B44" s="48" t="s">
-        <v>43</v>
-[...16 lines deleted...]
-      <c r="A45" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="46"/>
+      <c r="I44" s="46"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+      <c r="L44" s="46"/>
+      <c r="M44" s="46"/>
+      <c r="N44" s="46"/>
+      <c r="O44" s="47"/>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A45" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C45" s="44"/>
+      <c r="C45" s="47"/>
       <c r="D45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="E45" s="47"/>
-[...1 lines deleted...]
-      <c r="G45" s="44"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="47"/>
       <c r="H45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="I45" s="47"/>
-[...2 lines deleted...]
-      <c r="L45" s="44"/>
+      <c r="I45" s="46"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+      <c r="L45" s="47"/>
       <c r="M45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="N45" s="47"/>
-[...22 lines deleted...]
-      <c r="A47" s="12" t="s">
+      <c r="N45" s="46"/>
+      <c r="O45" s="47"/>
+    </row>
+    <row r="46" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B46" s="45"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="46"/>
+      <c r="I46" s="46"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+      <c r="L46" s="46"/>
+      <c r="M46" s="46"/>
+      <c r="N46" s="46"/>
+      <c r="O46" s="47"/>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A47" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B47" s="48" t="s">
-        <v>43</v>
-[...16 lines deleted...]
-    <row r="49" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
+        <v>46</v>
+      </c>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="46"/>
+      <c r="I47" s="46"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+      <c r="L47" s="46"/>
+      <c r="M47" s="46"/>
+      <c r="N47" s="46"/>
+      <c r="O47" s="47"/>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A48" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B48" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="47"/>
+      <c r="D48" s="51" t="s">
+        <v>28</v>
+      </c>
+      <c r="E48" s="18"/>
+      <c r="F48" s="18"/>
+      <c r="G48" s="18"/>
+      <c r="H48" s="18"/>
+      <c r="I48" s="18"/>
+      <c r="J48" s="18"/>
+      <c r="K48" s="18"/>
+      <c r="L48" s="18"/>
+      <c r="M48" s="18"/>
+      <c r="N48" s="18"/>
+      <c r="O48" s="18"/>
+    </row>
+    <row r="49" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B49" s="45"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="46"/>
+      <c r="I49" s="46"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+      <c r="L49" s="46"/>
+      <c r="M49" s="46"/>
+      <c r="N49" s="46"/>
+      <c r="O49" s="47"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A50" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B50" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="46"/>
+      <c r="I50" s="46"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+      <c r="L50" s="46"/>
+      <c r="M50" s="46"/>
+      <c r="N50" s="46"/>
+      <c r="O50" s="47"/>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A51" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B51" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C51" s="47"/>
+      <c r="D51" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="47"/>
+      <c r="H51" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="I51" s="46"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+      <c r="L51" s="47"/>
+      <c r="M51" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="N51" s="46"/>
+      <c r="O51" s="47"/>
+    </row>
+    <row r="52" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B52" s="45"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="46"/>
+      <c r="I52" s="46"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+      <c r="L52" s="46"/>
+      <c r="M52" s="46"/>
+      <c r="N52" s="46"/>
+      <c r="O52" s="47"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B53" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="46"/>
+      <c r="I53" s="46"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+      <c r="L53" s="46"/>
+      <c r="M53" s="46"/>
+      <c r="N53" s="46"/>
+      <c r="O53" s="47"/>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B54" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C54" s="47"/>
+      <c r="D54" s="51" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" s="18"/>
+      <c r="F54" s="18"/>
+      <c r="G54" s="18"/>
+      <c r="H54" s="18"/>
+      <c r="I54" s="18"/>
+      <c r="J54" s="18"/>
+      <c r="K54" s="18"/>
+      <c r="L54" s="18"/>
+      <c r="M54" s="18"/>
+      <c r="N54" s="18"/>
+      <c r="O54" s="18"/>
+    </row>
+    <row r="55" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B55" s="45"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="46"/>
+      <c r="I55" s="46"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+      <c r="L55" s="46"/>
+      <c r="M55" s="46"/>
+      <c r="N55" s="46"/>
+      <c r="O55" s="47"/>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B56" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="46"/>
+      <c r="I56" s="46"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+      <c r="L56" s="46"/>
+      <c r="M56" s="46"/>
+      <c r="N56" s="46"/>
+      <c r="O56" s="47"/>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A57" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B57" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C57" s="47"/>
+      <c r="D57" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="47"/>
+      <c r="H57" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="I57" s="46"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+      <c r="L57" s="47"/>
+      <c r="M57" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="N57" s="46"/>
+      <c r="O57" s="47"/>
+    </row>
+    <row r="58" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B58" s="45"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="46"/>
+      <c r="I58" s="46"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+      <c r="L58" s="46"/>
+      <c r="M58" s="46"/>
+      <c r="N58" s="46"/>
+      <c r="O58" s="47"/>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A59" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B59" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="46"/>
+      <c r="I59" s="46"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+      <c r="L59" s="46"/>
+      <c r="M59" s="46"/>
+      <c r="N59" s="46"/>
+      <c r="O59" s="47"/>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A60" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B60" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C60" s="47"/>
+      <c r="D60" s="51" t="s">
+        <v>34</v>
+      </c>
+      <c r="E60" s="18"/>
+      <c r="F60" s="18"/>
+      <c r="G60" s="18"/>
+      <c r="H60" s="18"/>
+      <c r="I60" s="18"/>
+      <c r="J60" s="18"/>
+      <c r="K60" s="18"/>
+      <c r="L60" s="18"/>
+      <c r="M60" s="18"/>
+      <c r="N60" s="18"/>
+      <c r="O60" s="18"/>
+    </row>
+    <row r="61" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B61" s="45"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="46"/>
+      <c r="I61" s="46"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+      <c r="L61" s="46"/>
+      <c r="M61" s="46"/>
+      <c r="N61" s="46"/>
+      <c r="O61" s="47"/>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A62" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B62" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="46"/>
+      <c r="I62" s="46"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+      <c r="L62" s="46"/>
+      <c r="M62" s="46"/>
+      <c r="N62" s="46"/>
+      <c r="O62" s="47"/>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A63" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B63" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C63" s="47"/>
+      <c r="D63" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="47"/>
+      <c r="H63" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="I63" s="46"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+      <c r="L63" s="47"/>
+      <c r="M63" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="N63" s="46"/>
+      <c r="O63" s="47"/>
+    </row>
+    <row r="64" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B64" s="45"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="46"/>
+      <c r="I64" s="46"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+      <c r="L64" s="46"/>
+      <c r="M64" s="46"/>
+      <c r="N64" s="46"/>
+      <c r="O64" s="47"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A65" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B65" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="46"/>
+      <c r="I65" s="46"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+      <c r="L65" s="46"/>
+      <c r="M65" s="46"/>
+      <c r="N65" s="46"/>
+      <c r="O65" s="47"/>
+    </row>
+    <row r="66" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="67" spans="1:15" ht="19.7" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="68" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="69">
-[...59 lines deleted...]
-    <mergeCell ref="M15:O15"/>
+  <mergeCells count="99">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="C3:D4"/>
     <mergeCell ref="F4:J5"/>
     <mergeCell ref="L4:P5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="O8:P8"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="D12:O12"/>
+    <mergeCell ref="B13:O13"/>
+    <mergeCell ref="B14:O14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="D15:G15"/>
+    <mergeCell ref="H15:L15"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="B16:O16"/>
+    <mergeCell ref="B17:O17"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D18:O18"/>
+    <mergeCell ref="B19:O19"/>
+    <mergeCell ref="B20:O20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:G21"/>
+    <mergeCell ref="H21:L21"/>
+    <mergeCell ref="M21:O21"/>
+    <mergeCell ref="B22:O22"/>
+    <mergeCell ref="B23:O23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:O24"/>
+    <mergeCell ref="B25:O25"/>
+    <mergeCell ref="B26:O26"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="D27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:O27"/>
+    <mergeCell ref="B28:O28"/>
+    <mergeCell ref="B29:O29"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:O30"/>
+    <mergeCell ref="B31:O31"/>
+    <mergeCell ref="B32:O32"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:G33"/>
+    <mergeCell ref="H33:L33"/>
+    <mergeCell ref="M33:O33"/>
+    <mergeCell ref="B34:O34"/>
+    <mergeCell ref="B35:O35"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:O36"/>
+    <mergeCell ref="B37:O37"/>
+    <mergeCell ref="B38:O38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:G39"/>
+    <mergeCell ref="H39:L39"/>
+    <mergeCell ref="M39:O39"/>
+    <mergeCell ref="B40:O40"/>
+    <mergeCell ref="B41:O41"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:O42"/>
+    <mergeCell ref="B43:O43"/>
+    <mergeCell ref="B44:O44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:G45"/>
+    <mergeCell ref="H45:L45"/>
+    <mergeCell ref="M45:O45"/>
+    <mergeCell ref="B46:O46"/>
+    <mergeCell ref="B47:O47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:O48"/>
+    <mergeCell ref="B49:O49"/>
+    <mergeCell ref="B50:O50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:G51"/>
+    <mergeCell ref="H51:L51"/>
+    <mergeCell ref="M51:O51"/>
+    <mergeCell ref="B52:O52"/>
+    <mergeCell ref="B53:O53"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="D54:O54"/>
+    <mergeCell ref="B55:O55"/>
+    <mergeCell ref="B56:O56"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:G57"/>
+    <mergeCell ref="H57:L57"/>
+    <mergeCell ref="M57:O57"/>
+    <mergeCell ref="B58:O58"/>
+    <mergeCell ref="B59:O59"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="D60:O60"/>
+    <mergeCell ref="B61:O61"/>
+    <mergeCell ref="B64:O64"/>
+    <mergeCell ref="B65:O65"/>
+    <mergeCell ref="B62:O62"/>
+    <mergeCell ref="B63:C63"/>
+    <mergeCell ref="D63:G63"/>
+    <mergeCell ref="H63:L63"/>
+    <mergeCell ref="M63:O63"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:U48"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="0.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="0.453125" customWidth="1"/>
+    <col min="1" max="1" width="0.42578125" customWidth="1"/>
+    <col min="2" max="2" width="2.28515625" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="0" hidden="1" customWidth="1"/>
-    <col min="5" max="5" width="38.81640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="10" width="21.26953125" customWidth="1"/>
+    <col min="5" max="5" width="38.85546875" customWidth="1"/>
+    <col min="6" max="6" width="7.7109375" customWidth="1"/>
+    <col min="7" max="7" width="1.85546875" customWidth="1"/>
+    <col min="8" max="8" width="0.28515625" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" customWidth="1"/>
     <col min="11" max="11" width="10" customWidth="1"/>
-    <col min="12" max="12" width="5.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16" width="15.1796875" customWidth="1"/>
+    <col min="12" max="12" width="5.140625" customWidth="1"/>
+    <col min="13" max="13" width="0.85546875" customWidth="1"/>
+    <col min="14" max="14" width="12.5703125" customWidth="1"/>
+    <col min="15" max="15" width="1.5703125" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
     <col min="17" max="17" width="9" customWidth="1"/>
     <col min="18" max="18" width="6" customWidth="1"/>
-    <col min="19" max="19" width="3.453125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="23" max="23" width="3.453125" customWidth="1"/>
+    <col min="19" max="19" width="3.42578125" customWidth="1"/>
+    <col min="20" max="20" width="78.140625" customWidth="1"/>
+    <col min="21" max="21" width="1.85546875" customWidth="1"/>
+    <col min="22" max="22" width="3.7109375" customWidth="1"/>
+    <col min="23" max="23" width="3.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...37 lines deleted...]
-      <c r="M4" s="19" t="s">
+    <row r="1" spans="1:21" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+    </row>
+    <row r="2" spans="1:21" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:21" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+      <c r="E3" s="18"/>
+    </row>
+    <row r="4" spans="1:21" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="H4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="M4" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="N4" s="17"/>
-[...27 lines deleted...]
-      <c r="H8" s="17"/>
+      <c r="N4" s="18"/>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="N5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+    </row>
+    <row r="6" spans="1:21" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:21" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:21" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C8" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
       <c r="I8" s="1" t="s">
         <v>0</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="K8" s="21" t="s">
-[...7 lines deleted...]
-      <c r="O8" s="17"/>
+      <c r="K8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="L8" s="18"/>
+      <c r="M8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="N8" s="18"/>
+      <c r="O8" s="18"/>
       <c r="P8" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q8" s="21" t="s">
-[...66 lines deleted...]
-      <c r="A14" s="12" t="s">
+      <c r="Q8" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="R8" s="18"/>
+    </row>
+    <row r="9" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:21" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:21" ht="4.7" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="46"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="51" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+      <c r="K12" s="18"/>
+      <c r="L12" s="18"/>
+      <c r="M12" s="18"/>
+      <c r="N12" s="18"/>
+      <c r="O12" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="P12" s="18"/>
+      <c r="Q12" s="18"/>
+      <c r="R12" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="S12" s="18"/>
+      <c r="T12" s="18"/>
+      <c r="U12" s="18"/>
+    </row>
+    <row r="13" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="45"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="46"/>
+      <c r="I13" s="46"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+      <c r="L13" s="46"/>
+      <c r="M13" s="46"/>
+      <c r="N13" s="47"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="46"/>
+      <c r="Q13" s="46"/>
+      <c r="R13" s="46"/>
+      <c r="S13" s="46"/>
+      <c r="T13" s="46"/>
+      <c r="U13" s="47"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B14" s="48" t="s">
-        <v>45</v>
-[...12 lines deleted...]
-      <c r="N14" s="44"/>
+        <v>51</v>
+      </c>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="46"/>
+      <c r="I14" s="46"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+      <c r="L14" s="46"/>
+      <c r="M14" s="46"/>
+      <c r="N14" s="47"/>
       <c r="O14" s="48" t="s">
-        <v>45</v>
-[...9 lines deleted...]
-      <c r="A15" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="P14" s="46"/>
+      <c r="Q14" s="46"/>
+      <c r="R14" s="46"/>
+      <c r="S14" s="46"/>
+      <c r="T14" s="46"/>
+      <c r="U14" s="47"/>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A15" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C15" s="47"/>
-      <c r="D15" s="44"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="47"/>
       <c r="E15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="F15" s="44"/>
+      <c r="F15" s="47"/>
       <c r="G15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="H15" s="47"/>
-[...5 lines deleted...]
-      <c r="N15" s="13" t="s">
+      <c r="H15" s="46"/>
+      <c r="I15" s="46"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+      <c r="L15" s="46"/>
+      <c r="M15" s="47"/>
+      <c r="N15" s="14" t="s">
         <v>0</v>
       </c>
       <c r="O15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="P15" s="47"/>
-      <c r="Q15" s="44"/>
+      <c r="P15" s="46"/>
+      <c r="Q15" s="47"/>
       <c r="R15" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="S15" s="47"/>
-[...29 lines deleted...]
-      <c r="A17" s="12" t="s">
+      <c r="S15" s="46"/>
+      <c r="T15" s="46"/>
+      <c r="U15" s="47"/>
+    </row>
+    <row r="16" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B16" s="45"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="46"/>
+      <c r="I16" s="46"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+      <c r="L16" s="46"/>
+      <c r="M16" s="46"/>
+      <c r="N16" s="47"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="46"/>
+      <c r="Q16" s="46"/>
+      <c r="R16" s="46"/>
+      <c r="S16" s="46"/>
+      <c r="T16" s="46"/>
+      <c r="U16" s="47"/>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="48" t="s">
-        <v>45</v>
-[...12 lines deleted...]
-      <c r="N17" s="44"/>
+        <v>51</v>
+      </c>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="46"/>
+      <c r="I17" s="46"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+      <c r="L17" s="46"/>
+      <c r="M17" s="46"/>
+      <c r="N17" s="47"/>
       <c r="O17" s="48" t="s">
-        <v>45</v>
-[...67 lines deleted...]
-      <c r="A20" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="P17" s="46"/>
+      <c r="Q17" s="46"/>
+      <c r="R17" s="46"/>
+      <c r="S17" s="46"/>
+      <c r="T17" s="46"/>
+      <c r="U17" s="47"/>
+    </row>
+    <row r="18" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="46"/>
+      <c r="D18" s="47"/>
+      <c r="E18" s="51" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+      <c r="K18" s="18"/>
+      <c r="L18" s="18"/>
+      <c r="M18" s="18"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="P18" s="18"/>
+      <c r="Q18" s="18"/>
+      <c r="R18" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="S18" s="18"/>
+      <c r="T18" s="18"/>
+      <c r="U18" s="18"/>
+    </row>
+    <row r="19" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="45"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="46"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="47"/>
+      <c r="O19" s="45"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
+      <c r="T19" s="46"/>
+      <c r="U19" s="47"/>
+    </row>
+    <row r="20" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B20" s="48" t="s">
-        <v>47</v>
-[...12 lines deleted...]
-      <c r="N20" s="44"/>
+        <v>53</v>
+      </c>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="46"/>
+      <c r="I20" s="46"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+      <c r="L20" s="46"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="47"/>
       <c r="O20" s="48" t="s">
-        <v>48</v>
-[...9 lines deleted...]
-      <c r="A21" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+      <c r="T20" s="46"/>
+      <c r="U20" s="47"/>
+    </row>
+    <row r="21" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A21" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C21" s="47"/>
-      <c r="D21" s="44"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="47"/>
       <c r="E21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="F21" s="44"/>
+      <c r="F21" s="47"/>
       <c r="G21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="H21" s="47"/>
-[...5 lines deleted...]
-      <c r="N21" s="13" t="s">
+      <c r="H21" s="46"/>
+      <c r="I21" s="46"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+      <c r="L21" s="46"/>
+      <c r="M21" s="47"/>
+      <c r="N21" s="14" t="s">
         <v>0</v>
       </c>
       <c r="O21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="P21" s="47"/>
-      <c r="Q21" s="44"/>
+      <c r="P21" s="46"/>
+      <c r="Q21" s="47"/>
       <c r="R21" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="S21" s="47"/>
-[...29 lines deleted...]
-      <c r="A23" s="12" t="s">
+      <c r="S21" s="46"/>
+      <c r="T21" s="46"/>
+      <c r="U21" s="47"/>
+    </row>
+    <row r="22" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="45"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="46"/>
+      <c r="I22" s="46"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+      <c r="L22" s="46"/>
+      <c r="M22" s="46"/>
+      <c r="N22" s="47"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="46"/>
+      <c r="Q22" s="46"/>
+      <c r="R22" s="46"/>
+      <c r="S22" s="46"/>
+      <c r="T22" s="46"/>
+      <c r="U22" s="47"/>
+    </row>
+    <row r="23" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B23" s="48" t="s">
-        <v>47</v>
-[...12 lines deleted...]
-      <c r="N23" s="44"/>
+        <v>53</v>
+      </c>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="46"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+      <c r="L23" s="46"/>
+      <c r="M23" s="46"/>
+      <c r="N23" s="47"/>
       <c r="O23" s="48" t="s">
-        <v>48</v>
-[...67 lines deleted...]
-      <c r="A26" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="P23" s="46"/>
+      <c r="Q23" s="46"/>
+      <c r="R23" s="46"/>
+      <c r="S23" s="46"/>
+      <c r="T23" s="46"/>
+      <c r="U23" s="47"/>
+    </row>
+    <row r="24" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A24" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="46"/>
+      <c r="D24" s="47"/>
+      <c r="E24" s="51" t="s">
+        <v>55</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+      <c r="K24" s="18"/>
+      <c r="L24" s="18"/>
+      <c r="M24" s="18"/>
+      <c r="N24" s="18"/>
+      <c r="O24" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="P24" s="18"/>
+      <c r="Q24" s="18"/>
+      <c r="R24" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="S24" s="18"/>
+      <c r="T24" s="18"/>
+      <c r="U24" s="18"/>
+    </row>
+    <row r="25" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="45"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="46"/>
+      <c r="I25" s="46"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+      <c r="L25" s="46"/>
+      <c r="M25" s="46"/>
+      <c r="N25" s="47"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="46"/>
+      <c r="Q25" s="46"/>
+      <c r="R25" s="46"/>
+      <c r="S25" s="46"/>
+      <c r="T25" s="46"/>
+      <c r="U25" s="47"/>
+    </row>
+    <row r="26" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B26" s="48" t="s">
-        <v>50</v>
-[...12 lines deleted...]
-      <c r="N26" s="44"/>
+        <v>56</v>
+      </c>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="46"/>
+      <c r="I26" s="46"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+      <c r="L26" s="46"/>
+      <c r="M26" s="46"/>
+      <c r="N26" s="47"/>
       <c r="O26" s="48" t="s">
-        <v>50</v>
-[...9 lines deleted...]
-      <c r="A27" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="P26" s="46"/>
+      <c r="Q26" s="46"/>
+      <c r="R26" s="46"/>
+      <c r="S26" s="46"/>
+      <c r="T26" s="46"/>
+      <c r="U26" s="47"/>
+    </row>
+    <row r="27" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A27" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C27" s="47"/>
-      <c r="D27" s="44"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="47"/>
       <c r="E27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="F27" s="44"/>
+      <c r="F27" s="47"/>
       <c r="G27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="H27" s="47"/>
-[...5 lines deleted...]
-      <c r="N27" s="13" t="s">
+      <c r="H27" s="46"/>
+      <c r="I27" s="46"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+      <c r="L27" s="46"/>
+      <c r="M27" s="47"/>
+      <c r="N27" s="14" t="s">
         <v>0</v>
       </c>
       <c r="O27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="P27" s="47"/>
-      <c r="Q27" s="44"/>
+      <c r="P27" s="46"/>
+      <c r="Q27" s="47"/>
       <c r="R27" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="S27" s="47"/>
-[...29 lines deleted...]
-      <c r="A29" s="12" t="s">
+      <c r="S27" s="46"/>
+      <c r="T27" s="46"/>
+      <c r="U27" s="47"/>
+    </row>
+    <row r="28" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B28" s="45"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="46"/>
+      <c r="I28" s="46"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+      <c r="L28" s="46"/>
+      <c r="M28" s="46"/>
+      <c r="N28" s="47"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="46"/>
+      <c r="Q28" s="46"/>
+      <c r="R28" s="46"/>
+      <c r="S28" s="46"/>
+      <c r="T28" s="46"/>
+      <c r="U28" s="47"/>
+    </row>
+    <row r="29" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B29" s="48" t="s">
-        <v>50</v>
-[...12 lines deleted...]
-      <c r="N29" s="44"/>
+        <v>56</v>
+      </c>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="46"/>
+      <c r="I29" s="46"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+      <c r="L29" s="46"/>
+      <c r="M29" s="46"/>
+      <c r="N29" s="47"/>
       <c r="O29" s="48" t="s">
-        <v>50</v>
-[...67 lines deleted...]
-      <c r="A32" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="P29" s="46"/>
+      <c r="Q29" s="46"/>
+      <c r="R29" s="46"/>
+      <c r="S29" s="46"/>
+      <c r="T29" s="46"/>
+      <c r="U29" s="47"/>
+    </row>
+    <row r="30" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A30" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B30" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C30" s="46"/>
+      <c r="D30" s="47"/>
+      <c r="E30" s="51" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="18"/>
+      <c r="L30" s="18"/>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="P30" s="18"/>
+      <c r="Q30" s="18"/>
+      <c r="R30" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="S30" s="18"/>
+      <c r="T30" s="18"/>
+      <c r="U30" s="18"/>
+    </row>
+    <row r="31" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" s="45"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="46"/>
+      <c r="I31" s="46"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+      <c r="L31" s="46"/>
+      <c r="M31" s="46"/>
+      <c r="N31" s="47"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="46"/>
+      <c r="Q31" s="46"/>
+      <c r="R31" s="46"/>
+      <c r="S31" s="46"/>
+      <c r="T31" s="46"/>
+      <c r="U31" s="47"/>
+    </row>
+    <row r="32" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A32" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B32" s="48" t="s">
-        <v>52</v>
-[...12 lines deleted...]
-      <c r="N32" s="44"/>
+        <v>58</v>
+      </c>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="46"/>
+      <c r="I32" s="46"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+      <c r="L32" s="46"/>
+      <c r="M32" s="46"/>
+      <c r="N32" s="47"/>
       <c r="O32" s="48" t="s">
-        <v>53</v>
-[...9 lines deleted...]
-      <c r="A33" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="P32" s="46"/>
+      <c r="Q32" s="46"/>
+      <c r="R32" s="46"/>
+      <c r="S32" s="46"/>
+      <c r="T32" s="46"/>
+      <c r="U32" s="47"/>
+    </row>
+    <row r="33" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A33" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C33" s="47"/>
-      <c r="D33" s="44"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="47"/>
       <c r="E33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="F33" s="44"/>
+      <c r="F33" s="47"/>
       <c r="G33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="H33" s="47"/>
-[...5 lines deleted...]
-      <c r="N33" s="13" t="s">
+      <c r="H33" s="46"/>
+      <c r="I33" s="46"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+      <c r="L33" s="46"/>
+      <c r="M33" s="47"/>
+      <c r="N33" s="14" t="s">
         <v>0</v>
       </c>
       <c r="O33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="P33" s="47"/>
-      <c r="Q33" s="44"/>
+      <c r="P33" s="46"/>
+      <c r="Q33" s="47"/>
       <c r="R33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="S33" s="47"/>
-[...29 lines deleted...]
-      <c r="A35" s="12" t="s">
+      <c r="S33" s="46"/>
+      <c r="T33" s="46"/>
+      <c r="U33" s="47"/>
+    </row>
+    <row r="34" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B34" s="45"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="46"/>
+      <c r="I34" s="46"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+      <c r="L34" s="46"/>
+      <c r="M34" s="46"/>
+      <c r="N34" s="47"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="46"/>
+      <c r="Q34" s="46"/>
+      <c r="R34" s="46"/>
+      <c r="S34" s="46"/>
+      <c r="T34" s="46"/>
+      <c r="U34" s="47"/>
+    </row>
+    <row r="35" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A35" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B35" s="48" t="s">
-        <v>52</v>
-[...12 lines deleted...]
-      <c r="N35" s="44"/>
+        <v>58</v>
+      </c>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="46"/>
+      <c r="I35" s="46"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+      <c r="L35" s="46"/>
+      <c r="M35" s="46"/>
+      <c r="N35" s="47"/>
       <c r="O35" s="48" t="s">
-        <v>53</v>
-[...67 lines deleted...]
-      <c r="A38" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="P35" s="46"/>
+      <c r="Q35" s="46"/>
+      <c r="R35" s="46"/>
+      <c r="S35" s="46"/>
+      <c r="T35" s="46"/>
+      <c r="U35" s="47"/>
+    </row>
+    <row r="36" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B36" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="46"/>
+      <c r="D36" s="47"/>
+      <c r="E36" s="51" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+      <c r="K36" s="18"/>
+      <c r="L36" s="18"/>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+      <c r="O36" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="P36" s="18"/>
+      <c r="Q36" s="18"/>
+      <c r="R36" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="S36" s="18"/>
+      <c r="T36" s="18"/>
+      <c r="U36" s="18"/>
+    </row>
+    <row r="37" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B37" s="45"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="46"/>
+      <c r="I37" s="46"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+      <c r="L37" s="46"/>
+      <c r="M37" s="46"/>
+      <c r="N37" s="47"/>
+      <c r="O37" s="45"/>
+      <c r="P37" s="46"/>
+      <c r="Q37" s="46"/>
+      <c r="R37" s="46"/>
+      <c r="S37" s="46"/>
+      <c r="T37" s="46"/>
+      <c r="U37" s="47"/>
+    </row>
+    <row r="38" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B38" s="48" t="s">
-        <v>55</v>
-[...12 lines deleted...]
-      <c r="N38" s="44"/>
+        <v>61</v>
+      </c>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="46"/>
+      <c r="I38" s="46"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
+      <c r="N38" s="47"/>
       <c r="O38" s="48" t="s">
-        <v>55</v>
-[...9 lines deleted...]
-      <c r="A39" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="P38" s="46"/>
+      <c r="Q38" s="46"/>
+      <c r="R38" s="46"/>
+      <c r="S38" s="46"/>
+      <c r="T38" s="46"/>
+      <c r="U38" s="47"/>
+    </row>
+    <row r="39" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A39" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C39" s="47"/>
-      <c r="D39" s="44"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="47"/>
       <c r="E39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="F39" s="44"/>
+      <c r="F39" s="47"/>
       <c r="G39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="H39" s="47"/>
-[...5 lines deleted...]
-      <c r="N39" s="13" t="s">
+      <c r="H39" s="46"/>
+      <c r="I39" s="46"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+      <c r="L39" s="46"/>
+      <c r="M39" s="47"/>
+      <c r="N39" s="14" t="s">
         <v>0</v>
       </c>
       <c r="O39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="P39" s="47"/>
-      <c r="Q39" s="44"/>
+      <c r="P39" s="46"/>
+      <c r="Q39" s="47"/>
       <c r="R39" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="S39" s="47"/>
-[...29 lines deleted...]
-      <c r="A41" s="12" t="s">
+      <c r="S39" s="46"/>
+      <c r="T39" s="46"/>
+      <c r="U39" s="47"/>
+    </row>
+    <row r="40" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B40" s="45"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="46"/>
+      <c r="I40" s="46"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+      <c r="L40" s="46"/>
+      <c r="M40" s="46"/>
+      <c r="N40" s="47"/>
+      <c r="O40" s="45"/>
+      <c r="P40" s="46"/>
+      <c r="Q40" s="46"/>
+      <c r="R40" s="46"/>
+      <c r="S40" s="46"/>
+      <c r="T40" s="46"/>
+      <c r="U40" s="47"/>
+    </row>
+    <row r="41" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B41" s="48" t="s">
-        <v>55</v>
-[...12 lines deleted...]
-      <c r="N41" s="44"/>
+        <v>61</v>
+      </c>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="46"/>
+      <c r="I41" s="46"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+      <c r="L41" s="46"/>
+      <c r="M41" s="46"/>
+      <c r="N41" s="47"/>
       <c r="O41" s="48" t="s">
-        <v>55</v>
-[...67 lines deleted...]
-      <c r="A44" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="P41" s="46"/>
+      <c r="Q41" s="46"/>
+      <c r="R41" s="46"/>
+      <c r="S41" s="46"/>
+      <c r="T41" s="46"/>
+      <c r="U41" s="47"/>
+    </row>
+    <row r="42" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A42" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B42" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C42" s="46"/>
+      <c r="D42" s="47"/>
+      <c r="E42" s="51" t="s">
+        <v>62</v>
+      </c>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+      <c r="K42" s="18"/>
+      <c r="L42" s="18"/>
+      <c r="M42" s="18"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="P42" s="18"/>
+      <c r="Q42" s="18"/>
+      <c r="R42" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="S42" s="18"/>
+      <c r="T42" s="18"/>
+      <c r="U42" s="18"/>
+    </row>
+    <row r="43" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B43" s="45"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="46"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+      <c r="L43" s="46"/>
+      <c r="M43" s="46"/>
+      <c r="N43" s="47"/>
+      <c r="O43" s="45"/>
+      <c r="P43" s="46"/>
+      <c r="Q43" s="46"/>
+      <c r="R43" s="46"/>
+      <c r="S43" s="46"/>
+      <c r="T43" s="46"/>
+      <c r="U43" s="47"/>
+    </row>
+    <row r="44" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A44" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B44" s="48" t="s">
-        <v>57</v>
-[...12 lines deleted...]
-      <c r="N44" s="44"/>
+        <v>63</v>
+      </c>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="46"/>
+      <c r="I44" s="46"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+      <c r="L44" s="46"/>
+      <c r="M44" s="46"/>
+      <c r="N44" s="47"/>
       <c r="O44" s="48" t="s">
-        <v>58</v>
-[...9 lines deleted...]
-      <c r="A45" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="P44" s="46"/>
+      <c r="Q44" s="46"/>
+      <c r="R44" s="46"/>
+      <c r="S44" s="46"/>
+      <c r="T44" s="46"/>
+      <c r="U44" s="47"/>
+    </row>
+    <row r="45" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A45" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C45" s="47"/>
-      <c r="D45" s="44"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="47"/>
       <c r="E45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="F45" s="44"/>
+      <c r="F45" s="47"/>
       <c r="G45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="H45" s="47"/>
-[...5 lines deleted...]
-      <c r="N45" s="13" t="s">
+      <c r="H45" s="46"/>
+      <c r="I45" s="46"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+      <c r="L45" s="46"/>
+      <c r="M45" s="47"/>
+      <c r="N45" s="14" t="s">
         <v>0</v>
       </c>
       <c r="O45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="P45" s="47"/>
-      <c r="Q45" s="44"/>
+      <c r="P45" s="46"/>
+      <c r="Q45" s="47"/>
       <c r="R45" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="S45" s="47"/>
-[...29 lines deleted...]
-      <c r="A47" s="12" t="s">
+      <c r="S45" s="46"/>
+      <c r="T45" s="46"/>
+      <c r="U45" s="47"/>
+    </row>
+    <row r="46" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B46" s="45"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="46"/>
+      <c r="I46" s="46"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+      <c r="L46" s="46"/>
+      <c r="M46" s="46"/>
+      <c r="N46" s="47"/>
+      <c r="O46" s="45"/>
+      <c r="P46" s="46"/>
+      <c r="Q46" s="46"/>
+      <c r="R46" s="46"/>
+      <c r="S46" s="46"/>
+      <c r="T46" s="46"/>
+      <c r="U46" s="47"/>
+    </row>
+    <row r="47" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A47" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B47" s="48" t="s">
-        <v>57</v>
-[...12 lines deleted...]
-      <c r="N47" s="44"/>
+        <v>63</v>
+      </c>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="46"/>
+      <c r="I47" s="46"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+      <c r="L47" s="46"/>
+      <c r="M47" s="46"/>
+      <c r="N47" s="47"/>
       <c r="O47" s="48" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-    <row r="48" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.35"/>
+        <v>64</v>
+      </c>
+      <c r="P47" s="46"/>
+      <c r="Q47" s="46"/>
+      <c r="R47" s="46"/>
+      <c r="S47" s="46"/>
+      <c r="T47" s="46"/>
+      <c r="U47" s="47"/>
+    </row>
+    <row r="48" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="110">
-    <mergeCell ref="B46:N46"/>
-[...11 lines deleted...]
-    <mergeCell ref="R45:U45"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="E12:N12"/>
+    <mergeCell ref="O12:Q12"/>
+    <mergeCell ref="R12:U12"/>
+    <mergeCell ref="B13:N13"/>
+    <mergeCell ref="O13:U13"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="D3:E4"/>
+    <mergeCell ref="H4:K5"/>
+    <mergeCell ref="M4:R5"/>
+    <mergeCell ref="C8:H8"/>
+    <mergeCell ref="K8:L8"/>
+    <mergeCell ref="M8:O8"/>
+    <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="B16:N16"/>
+    <mergeCell ref="O16:U16"/>
+    <mergeCell ref="B17:N17"/>
+    <mergeCell ref="O17:U17"/>
+    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="E18:N18"/>
+    <mergeCell ref="O18:Q18"/>
+    <mergeCell ref="R18:U18"/>
+    <mergeCell ref="B14:N14"/>
+    <mergeCell ref="O14:U14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="G15:M15"/>
+    <mergeCell ref="O15:Q15"/>
+    <mergeCell ref="R15:U15"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="O22:U22"/>
+    <mergeCell ref="B23:N23"/>
+    <mergeCell ref="O23:U23"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="E24:N24"/>
+    <mergeCell ref="O24:Q24"/>
+    <mergeCell ref="R24:U24"/>
+    <mergeCell ref="B19:N19"/>
+    <mergeCell ref="O19:U19"/>
+    <mergeCell ref="B20:N20"/>
+    <mergeCell ref="O20:U20"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="G21:M21"/>
+    <mergeCell ref="O21:Q21"/>
+    <mergeCell ref="R21:U21"/>
+    <mergeCell ref="B28:N28"/>
+    <mergeCell ref="O28:U28"/>
+    <mergeCell ref="B29:N29"/>
+    <mergeCell ref="O29:U29"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="E30:N30"/>
+    <mergeCell ref="O30:Q30"/>
+    <mergeCell ref="R30:U30"/>
+    <mergeCell ref="B25:N25"/>
+    <mergeCell ref="O25:U25"/>
+    <mergeCell ref="B26:N26"/>
+    <mergeCell ref="O26:U26"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="G27:M27"/>
+    <mergeCell ref="O27:Q27"/>
+    <mergeCell ref="R27:U27"/>
+    <mergeCell ref="B34:N34"/>
+    <mergeCell ref="O34:U34"/>
+    <mergeCell ref="B35:N35"/>
+    <mergeCell ref="O35:U35"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="E36:N36"/>
+    <mergeCell ref="O36:Q36"/>
+    <mergeCell ref="R36:U36"/>
+    <mergeCell ref="B31:N31"/>
+    <mergeCell ref="O31:U31"/>
+    <mergeCell ref="B32:N32"/>
+    <mergeCell ref="O32:U32"/>
+    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="G33:M33"/>
+    <mergeCell ref="O33:Q33"/>
+    <mergeCell ref="R33:U33"/>
     <mergeCell ref="B40:N40"/>
     <mergeCell ref="O40:U40"/>
     <mergeCell ref="B41:N41"/>
     <mergeCell ref="O41:U41"/>
     <mergeCell ref="B42:D42"/>
     <mergeCell ref="E42:N42"/>
     <mergeCell ref="O42:Q42"/>
     <mergeCell ref="R42:U42"/>
     <mergeCell ref="B37:N37"/>
     <mergeCell ref="O37:U37"/>
     <mergeCell ref="B38:N38"/>
     <mergeCell ref="O38:U38"/>
     <mergeCell ref="B39:D39"/>
     <mergeCell ref="E39:F39"/>
     <mergeCell ref="G39:M39"/>
     <mergeCell ref="O39:Q39"/>
     <mergeCell ref="R39:U39"/>
-    <mergeCell ref="B34:N34"/>
-[...78 lines deleted...]
-    <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="B46:N46"/>
+    <mergeCell ref="O46:U46"/>
+    <mergeCell ref="B47:N47"/>
+    <mergeCell ref="O47:U47"/>
+    <mergeCell ref="B43:N43"/>
+    <mergeCell ref="O43:U43"/>
+    <mergeCell ref="B44:N44"/>
+    <mergeCell ref="O44:U44"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="G45:M45"/>
+    <mergeCell ref="O45:Q45"/>
+    <mergeCell ref="R45:U45"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:U33"/>
+  <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="0.453125" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="39" customWidth="1"/>
-    <col min="5" max="5" width="9.7265625" customWidth="1"/>
-    <col min="6" max="6" width="0.26953125" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
     <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
-    <col min="8" max="8" width="13.7265625" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="5.453125" customWidth="1"/>
-    <col min="11" max="11" width="15.7265625" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="5.1796875" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
     <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
-    <col min="16" max="16" width="15.1796875" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
     <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
-    <col min="18" max="19" width="15.1796875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="22" max="22" width="8.81640625" customWidth="1"/>
+    <col min="18" max="19" width="15.140625" customWidth="1"/>
+    <col min="20" max="20" width="3.42578125" customWidth="1"/>
+    <col min="21" max="21" width="78.140625" customWidth="1"/>
+    <col min="22" max="22" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...40 lines deleted...]
-      <c r="O4" s="19" t="s">
+    <row r="1" spans="1:21" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+    </row>
+    <row r="2" spans="1:21" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:21" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:21" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="O4" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="P4" s="17"/>
-[...22 lines deleted...]
-      <c r="B8" s="20" t="s">
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="18"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+      <c r="S5" s="18"/>
+    </row>
+    <row r="6" spans="1:21" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:21" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:21" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="17"/>
-[...7 lines deleted...]
-      <c r="I8" s="21" t="s">
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="42" t="s">
+        <v>65</v>
+      </c>
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="42" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" s="18"/>
+      <c r="Q8" s="42" t="s">
+        <v>68</v>
+      </c>
+      <c r="R8" s="18"/>
+      <c r="S8" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:21" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:21" ht="6.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="52" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="53"/>
+      <c r="E12" s="53"/>
+      <c r="F12" s="53"/>
+      <c r="G12" s="53"/>
+      <c r="H12" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I12" s="31"/>
+      <c r="J12" s="55">
+        <v>86</v>
+      </c>
+      <c r="K12" s="31"/>
+      <c r="M12" s="55">
+        <v>9</v>
+      </c>
+      <c r="N12" s="31"/>
+      <c r="P12" s="15">
+        <v>255</v>
+      </c>
+      <c r="R12" s="15">
+        <v>1184</v>
+      </c>
+      <c r="S12" s="16">
+        <v>0.21537200000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A13" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="31"/>
+      <c r="C13" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="53"/>
+      <c r="E13" s="53"/>
+      <c r="F13" s="53"/>
+      <c r="G13" s="53"/>
+      <c r="H13" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I13" s="31"/>
+      <c r="J13" s="55">
+        <v>275</v>
+      </c>
+      <c r="K13" s="31"/>
+      <c r="M13" s="55">
+        <v>28</v>
+      </c>
+      <c r="N13" s="31"/>
+      <c r="P13" s="15">
+        <v>9207</v>
+      </c>
+      <c r="R13" s="15">
+        <v>42077</v>
+      </c>
+      <c r="S13" s="16">
+        <v>0.21881300000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A14" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="31"/>
+      <c r="C14" s="56" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="53"/>
+      <c r="E14" s="53"/>
+      <c r="F14" s="53"/>
+      <c r="G14" s="53"/>
+      <c r="H14" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I14" s="31"/>
+      <c r="J14" s="55">
+        <v>72</v>
+      </c>
+      <c r="K14" s="31"/>
+      <c r="M14" s="55">
+        <v>7</v>
+      </c>
+      <c r="N14" s="31"/>
+      <c r="P14" s="15">
+        <v>374</v>
+      </c>
+      <c r="R14" s="15">
+        <v>1342</v>
+      </c>
+      <c r="S14" s="16">
+        <v>0.27868900000000002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="31"/>
+      <c r="C15" s="56" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="53"/>
+      <c r="E15" s="53"/>
+      <c r="F15" s="53"/>
+      <c r="G15" s="53"/>
+      <c r="H15" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I15" s="31"/>
+      <c r="J15" s="55">
+        <v>72</v>
+      </c>
+      <c r="K15" s="31"/>
+      <c r="M15" s="55">
+        <v>7</v>
+      </c>
+      <c r="N15" s="31"/>
+      <c r="P15" s="15">
+        <v>614</v>
+      </c>
+      <c r="R15" s="15">
+        <v>3562</v>
+      </c>
+      <c r="S15" s="16">
+        <v>0.172375</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="53"/>
+      <c r="E16" s="53"/>
+      <c r="F16" s="53"/>
+      <c r="G16" s="53"/>
+      <c r="H16" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I16" s="31"/>
+      <c r="J16" s="55">
+        <v>156</v>
+      </c>
+      <c r="K16" s="31"/>
+      <c r="M16" s="55">
+        <v>16</v>
+      </c>
+      <c r="N16" s="31"/>
+      <c r="P16" s="15">
+        <v>621</v>
+      </c>
+      <c r="R16" s="15">
+        <v>2383</v>
+      </c>
+      <c r="S16" s="16">
+        <v>0.26059599999999999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A17" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B17" s="31"/>
+      <c r="C17" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" s="53"/>
+      <c r="E17" s="53"/>
+      <c r="F17" s="53"/>
+      <c r="G17" s="53"/>
+      <c r="H17" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I17" s="31"/>
+      <c r="J17" s="55">
+        <v>229</v>
+      </c>
+      <c r="K17" s="31"/>
+      <c r="M17" s="55">
+        <v>23</v>
+      </c>
+      <c r="N17" s="31"/>
+      <c r="P17" s="15">
+        <v>1356</v>
+      </c>
+      <c r="R17" s="15">
+        <v>6536</v>
+      </c>
+      <c r="S17" s="16">
+        <v>0.20746600000000001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A18" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="31"/>
+      <c r="C18" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="53"/>
+      <c r="E18" s="53"/>
+      <c r="F18" s="53"/>
+      <c r="G18" s="53"/>
+      <c r="H18" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="55">
+        <v>230</v>
+      </c>
+      <c r="K18" s="31"/>
+      <c r="M18" s="55">
+        <v>23</v>
+      </c>
+      <c r="N18" s="31"/>
+      <c r="P18" s="15">
+        <v>2337</v>
+      </c>
+      <c r="R18" s="15">
+        <v>12410</v>
+      </c>
+      <c r="S18" s="16">
+        <v>0.18831600000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A19" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="31"/>
+      <c r="C19" s="56" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" s="53"/>
+      <c r="E19" s="53"/>
+      <c r="F19" s="53"/>
+      <c r="G19" s="53"/>
+      <c r="H19" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I19" s="31"/>
+      <c r="J19" s="55">
+        <v>185</v>
+      </c>
+      <c r="K19" s="31"/>
+      <c r="M19" s="55">
+        <v>19</v>
+      </c>
+      <c r="N19" s="31"/>
+      <c r="P19" s="15">
+        <v>1539</v>
+      </c>
+      <c r="R19" s="15">
+        <v>5976</v>
+      </c>
+      <c r="S19" s="16">
+        <v>0.25752999999999998</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B20" s="31"/>
+      <c r="C20" s="56" t="s">
+        <v>22</v>
+      </c>
+      <c r="D20" s="53"/>
+      <c r="E20" s="53"/>
+      <c r="F20" s="53"/>
+      <c r="G20" s="53"/>
+      <c r="H20" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I20" s="31"/>
+      <c r="J20" s="55">
+        <v>185</v>
+      </c>
+      <c r="K20" s="31"/>
+      <c r="M20" s="55">
+        <v>19</v>
+      </c>
+      <c r="N20" s="31"/>
+      <c r="P20" s="15">
+        <v>3274</v>
+      </c>
+      <c r="R20" s="15">
+        <v>15977</v>
+      </c>
+      <c r="S20" s="16">
+        <v>0.20491999999999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A21" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B21" s="31"/>
+      <c r="C21" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="D21" s="53"/>
+      <c r="E21" s="53"/>
+      <c r="F21" s="53"/>
+      <c r="G21" s="53"/>
+      <c r="H21" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I21" s="31"/>
+      <c r="J21" s="55">
+        <v>173</v>
+      </c>
+      <c r="K21" s="31"/>
+      <c r="M21" s="55">
+        <v>17</v>
+      </c>
+      <c r="N21" s="31"/>
+      <c r="P21" s="15">
+        <v>615</v>
+      </c>
+      <c r="R21" s="15">
+        <v>1786</v>
+      </c>
+      <c r="S21" s="16">
+        <v>0.34434500000000001</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A22" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="31"/>
+      <c r="C22" s="56" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="53"/>
+      <c r="E22" s="53"/>
+      <c r="F22" s="53"/>
+      <c r="G22" s="53"/>
+      <c r="H22" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I22" s="31"/>
+      <c r="J22" s="55">
+        <v>94</v>
+      </c>
+      <c r="K22" s="31"/>
+      <c r="M22" s="55">
+        <v>9</v>
+      </c>
+      <c r="N22" s="31"/>
+      <c r="P22" s="15">
+        <v>262</v>
+      </c>
+      <c r="R22" s="15">
+        <v>782</v>
+      </c>
+      <c r="S22" s="16">
+        <v>0.335038</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A23" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B23" s="31"/>
+      <c r="C23" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" s="53"/>
+      <c r="E23" s="53"/>
+      <c r="F23" s="53"/>
+      <c r="G23" s="53"/>
+      <c r="H23" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I23" s="31"/>
+      <c r="J23" s="55">
+        <v>96</v>
+      </c>
+      <c r="K23" s="31"/>
+      <c r="M23" s="55">
+        <v>10</v>
+      </c>
+      <c r="N23" s="31"/>
+      <c r="P23" s="15">
+        <v>306</v>
+      </c>
+      <c r="R23" s="15">
+        <v>1158</v>
+      </c>
+      <c r="S23" s="16">
+        <v>0.26424900000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="31"/>
+      <c r="C24" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" s="53"/>
+      <c r="E24" s="53"/>
+      <c r="F24" s="53"/>
+      <c r="G24" s="53"/>
+      <c r="H24" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I24" s="31"/>
+      <c r="J24" s="55">
+        <v>86</v>
+      </c>
+      <c r="K24" s="31"/>
+      <c r="M24" s="55">
+        <v>9</v>
+      </c>
+      <c r="N24" s="31"/>
+      <c r="P24" s="15">
+        <v>86</v>
+      </c>
+      <c r="R24" s="15">
+        <v>329</v>
+      </c>
+      <c r="S24" s="16">
+        <v>0.26139800000000002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A25" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="31"/>
+      <c r="C25" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" s="53"/>
+      <c r="E25" s="53"/>
+      <c r="F25" s="53"/>
+      <c r="G25" s="53"/>
+      <c r="H25" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I25" s="31"/>
+      <c r="J25" s="55">
+        <v>69</v>
+      </c>
+      <c r="K25" s="31"/>
+      <c r="M25" s="55">
+        <v>7</v>
+      </c>
+      <c r="N25" s="31"/>
+      <c r="P25" s="15">
+        <v>210</v>
+      </c>
+      <c r="R25" s="15">
+        <v>586</v>
+      </c>
+      <c r="S25" s="16">
+        <v>0.35836200000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A26" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B26" s="31"/>
+      <c r="C26" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="53"/>
+      <c r="E26" s="53"/>
+      <c r="F26" s="53"/>
+      <c r="G26" s="53"/>
+      <c r="H26" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I26" s="31"/>
+      <c r="J26" s="55">
+        <v>58</v>
+      </c>
+      <c r="K26" s="31"/>
+      <c r="M26" s="55">
+        <v>6</v>
+      </c>
+      <c r="N26" s="31"/>
+      <c r="P26" s="15">
+        <v>113</v>
+      </c>
+      <c r="R26" s="15">
+        <v>375</v>
+      </c>
+      <c r="S26" s="16">
+        <v>0.30133300000000002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A27" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B27" s="31"/>
+      <c r="C27" s="56" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" s="53"/>
+      <c r="E27" s="53"/>
+      <c r="F27" s="53"/>
+      <c r="G27" s="53"/>
+      <c r="H27" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I27" s="31"/>
+      <c r="J27" s="55">
+        <v>10</v>
+      </c>
+      <c r="K27" s="31"/>
+      <c r="M27" s="55">
+        <v>1</v>
+      </c>
+      <c r="N27" s="31"/>
+      <c r="P27" s="15">
+        <v>40</v>
+      </c>
+      <c r="R27" s="15">
+        <v>285</v>
+      </c>
+      <c r="S27" s="16">
+        <v>0.140351</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" s="53"/>
+      <c r="E28" s="53"/>
+      <c r="F28" s="53"/>
+      <c r="G28" s="53"/>
+      <c r="H28" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I28" s="31"/>
+      <c r="J28" s="55">
+        <v>10</v>
+      </c>
+      <c r="K28" s="31"/>
+      <c r="M28" s="55">
+        <v>1</v>
+      </c>
+      <c r="N28" s="31"/>
+      <c r="P28" s="15">
+        <v>46</v>
+      </c>
+      <c r="R28" s="15">
+        <v>355</v>
+      </c>
+      <c r="S28" s="16">
+        <v>0.129577</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A29" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B29" s="31"/>
+      <c r="C29" s="56" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" s="53"/>
+      <c r="E29" s="53"/>
+      <c r="F29" s="53"/>
+      <c r="G29" s="53"/>
+      <c r="H29" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I29" s="31"/>
+      <c r="J29" s="55">
+        <v>205</v>
+      </c>
+      <c r="K29" s="31"/>
+      <c r="M29" s="55">
+        <v>21</v>
+      </c>
+      <c r="N29" s="31"/>
+      <c r="P29" s="15">
+        <v>1034</v>
+      </c>
+      <c r="R29" s="15">
+        <v>3915</v>
+      </c>
+      <c r="S29" s="16">
+        <v>0.26411200000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A30" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B30" s="31"/>
+      <c r="C30" s="56" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" s="53"/>
+      <c r="E30" s="53"/>
+      <c r="F30" s="53"/>
+      <c r="G30" s="53"/>
+      <c r="H30" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I30" s="31"/>
+      <c r="J30" s="55">
+        <v>206</v>
+      </c>
+      <c r="K30" s="31"/>
+      <c r="M30" s="55">
+        <v>21</v>
+      </c>
+      <c r="N30" s="31"/>
+      <c r="P30" s="15">
+        <v>2835</v>
+      </c>
+      <c r="R30" s="15">
+        <v>13741</v>
+      </c>
+      <c r="S30" s="16">
+        <v>0.206317</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A31" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" s="31"/>
+      <c r="C31" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="D31" s="53"/>
+      <c r="E31" s="53"/>
+      <c r="F31" s="53"/>
+      <c r="G31" s="53"/>
+      <c r="H31" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I31" s="31"/>
+      <c r="J31" s="55">
+        <v>68</v>
+      </c>
+      <c r="K31" s="31"/>
+      <c r="M31" s="55">
+        <v>7</v>
+      </c>
+      <c r="N31" s="31"/>
+      <c r="P31" s="15">
+        <v>183</v>
+      </c>
+      <c r="R31" s="15">
+        <v>899</v>
+      </c>
+      <c r="S31" s="16">
+        <v>0.20355999999999999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B32" s="31"/>
+      <c r="C32" s="52" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="53"/>
+      <c r="E32" s="53"/>
+      <c r="F32" s="53"/>
+      <c r="G32" s="53"/>
+      <c r="H32" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I32" s="31"/>
+      <c r="J32" s="55">
+        <v>50</v>
+      </c>
+      <c r="K32" s="31"/>
+      <c r="M32" s="55">
+        <v>5</v>
+      </c>
+      <c r="N32" s="31"/>
+      <c r="P32" s="15">
         <v>59</v>
       </c>
-      <c r="J8" s="17"/>
-[...648 lines deleted...]
-    <row r="33" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c r="R32" s="15">
+        <v>300</v>
+      </c>
+      <c r="S32" s="16">
+        <v>0.19666700000000001</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" spans="2:10" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" s="18"/>
+      <c r="D35" s="18"/>
+      <c r="E35" s="18"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="2:10" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="101">
-[...85 lines deleted...]
-    <mergeCell ref="M13:N13"/>
+  <mergeCells count="116">
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:S5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="C13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="C17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="C21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="C27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="M27:N27"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="C30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="B35:J35"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="C32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="C31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="M31:N31"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c2d27576f286ceb2e8f49e8e43e46ba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b7f5610f0a9127ab9d7c0d2dbcb5982" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162787</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162787</Url>
+      <Description>TQ32YHM4J7VE-1507329340-162787</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -11086,115 +12749,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA19E50F-F14C-460F-9565-3FCAE48BBC81}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1006267E-DA54-4BF2-8830-2874B68EB94D}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F26C2E21-24A6-41FA-B8E7-5DE20E9076AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{945CC9B3-AE51-4879-AE07-FB9A928EF907}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25E9B2C3-CE08-4DE1-8F62-2B3A4CB8B8A0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21B1014E-7563-49D9-BD12-1F8847D0CF6C}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{873FE43D-132C-49BC-9186-EC437E090348}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -11204,50 +12846,50 @@
       <vt:lpstr>Applicants - Sent Psig</vt:lpstr>
       <vt:lpstr>Psig Distribution - 1-Tier</vt:lpstr>
       <vt:lpstr>Psig Distribution - 2-Tier</vt:lpstr>
       <vt:lpstr>Specialty - 10% Signal Rate</vt:lpstr>
       <vt:lpstr>'Applicants - Sent Psig'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Psig Distribution - 1-Tier'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Psig Distribution - 2-Tier'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Specialty - 10% Signal Rate'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Specialty - Received Psig'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Amy Brown</dc:creator>
+  <dc:creator>Jena Wimsatt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>dc9ebc50-eb4a-4c4d-ae48-cd3090fffa19</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>a07b7626-adb6-4ca8-ad4b-bc151e03490a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>