--- v1 (2025-12-18)
+++ v2 (2026-01-07)
@@ -1,396 +1,169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...6 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing29.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet54.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing55.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BEAAA434-A78B-48AA-8681-D53EDA9633DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38400" yWindow="240" windowWidth="28800" windowHeight="15285" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </bookViews>
   <sheets>
-    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId5"/>
+    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId6"/>
+    <sheet name="Applicants - Sent Psig" sheetId="2" r:id="rId9"/>
+    <sheet name="Psig Distribution - 1-Tier" sheetId="3" r:id="rId12"/>
+    <sheet name="Psig Distribution - 2-Tier" sheetId="4" r:id="rId35"/>
+    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId62"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Applicants - Sent Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Psig Distribution - 1-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Psig Distribution - 2-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Specialty - 10% Signal Rate'!$1:$10</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...229 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <numFmts count="3">
-    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\(#,##0\)"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="166" formatCode="[$-10409]#,##0%"/>
+    <numFmt numFmtId="82" formatCode="[$-010409]#,0;(#,0)"/>
+    <numFmt numFmtId="83" formatCode="[$-010409]#,0.00;(#,0.00)"/>
+    <numFmt numFmtId="84" formatCode="[$-010409]#,0%"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="10">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font/>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0E2841"/>
         <bgColor rgb="FF0E2841"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9E1F2"/>
         <bgColor rgb="FFD9E1F2"/>
       </patternFill>
     </fill>
     <fill>
@@ -596,227 +369,190 @@
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+  <cellXfs count="45">
+    <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...33 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="4" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="4" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="6" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="6" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="6" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="13">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="4" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="14">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="15">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="4" borderId="12">
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="4" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="17">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="4">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="5" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="6" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="6" borderId="4">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="000E2841"/>
       <rgbColor rgb="00D9E1F2"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00F0E68C"/>
       <rgbColor rgb="00F2F2F2"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -844,7572 +580,4445 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet54.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing29.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image30.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image31.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image32.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image33.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image34.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image35.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image36.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image37.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image38.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image39.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image40.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image41.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image42.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image43.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image44.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image45.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image46.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image47.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image48.png" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image49.png" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image50.png" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image51.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image52.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image53.png" Id="rId61" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing55.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId64" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image8.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image9.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image10.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image11.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image12.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image13.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image14.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image15.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image16.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image17.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image18.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image19.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image20.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image21.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image22.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image23.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image24.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image25.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image26.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image27.png" Id="rId34" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing29.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1323898</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId37" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 2"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId38" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 3"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId39" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 4"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId40" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 5"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId41" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 6"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId42" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 7"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId43" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 8"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId44" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 9"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId45" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 10"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId46" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 11"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId47" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 12"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId48" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 13"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId49" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 14"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId50" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 15"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId51" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 16"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId52" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 17"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId53" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 18"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId54" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 19"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId55" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 20"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId56" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 21"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId57" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Picture 22"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId58" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 23"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId59" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 24"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId60" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 25"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId61" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId11" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing55.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1324552</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId64" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1321308</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId14" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" name="Picture 2"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
+        <a:blip r:embed="rId15" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 3">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="3" name="Picture 3"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print"/>
+        <a:blip r:embed="rId16" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="4" name="Picture 4"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print"/>
+        <a:blip r:embed="rId17" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="5" name="Picture 5"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print"/>
+        <a:blip r:embed="rId18" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 6">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="6" name="Picture 6"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print"/>
+        <a:blip r:embed="rId19" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 7">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="7" name="Picture 7"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print"/>
+        <a:blip r:embed="rId20" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 8">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="8" name="Picture 8"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8" cstate="print"/>
+        <a:blip r:embed="rId21" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 9">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="9" name="Picture 9"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9" cstate="print"/>
+        <a:blip r:embed="rId22" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 10">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="10" name="Picture 10"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10" cstate="print"/>
+        <a:blip r:embed="rId23" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 11">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="11" name="Picture 11"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11" cstate="print"/>
+        <a:blip r:embed="rId24" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 12">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="12" name="Picture 12"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12" cstate="print"/>
+        <a:blip r:embed="rId25" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Picture 13">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="13" name="Picture 13"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print"/>
+        <a:blip r:embed="rId26" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 14">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="14" name="Picture 14"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print"/>
+        <a:blip r:embed="rId27" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 15">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="15" name="Picture 15"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15" cstate="print"/>
+        <a:blip r:embed="rId28" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Picture 16">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="16" name="Picture 16"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16" cstate="print"/>
+        <a:blip r:embed="rId29" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 17">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="17" name="Picture 17"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17" cstate="print"/>
+        <a:blip r:embed="rId30" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Picture 18">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="18" name="Picture 18"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print"/>
+        <a:blip r:embed="rId31" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Picture 19">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="19" name="Picture 19"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print"/>
+        <a:blip r:embed="rId32" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 20"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId33" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 21"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId34" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-[...951 lines deleted...]
-</xdr:wsDr>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-[...39 lines deleted...]
-</xdr:wsDr>
+<file path=xl/worksheets/_rels/sheet28.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing29.xml" Id="rId36" /></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...281 lines deleted...]
-</a:theme>
+<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet54.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing55.xml" Id="rId63" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...12 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W98"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" sqref="A1:W1"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="24" max="24" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.4140625"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.703125"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.47265625"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="0.0234375"/>
+    <col min="20" max="20" customWidth="1" width="15.07421875"/>
+    <col min="21" max="21" customWidth="1" width="0.0234375"/>
+    <col min="22" max="22" customWidth="1" width="3.4140625"/>
+    <col min="23" max="23" customWidth="1" width="78.171875"/>
+    <col min="24" max="24" customWidth="1" width="8.9140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="38" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Fellowship Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">RECEIVED Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">GRAD TYPE</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"># of Signals
+Received
+ERAS 2026</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Mean</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">Min</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Max</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">SD</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.15" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Allergy and Immunology (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D12"/>
+      <c s="8" t="str" r="E12"/>
+      <c s="9" t="str" r="F12"/>
+      <c s="10" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J12">
+        <v>292</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="13" r="M12">
+        <v>3.74359</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="11" r="P12">
+        <v>1</v>
+      </c>
+      <c s="11" r="R12">
+        <v>13</v>
+      </c>
+      <c s="13" r="T12">
+        <v>2.77949779636538</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A13"/>
+      <c s="15" t="str" r="C13"/>
+      <c s="16" t="str" r="F13"/>
+      <c s="10" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J13">
+        <v>255</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="13" r="M13">
+        <v>3.311688</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="11" r="P13">
+        <v>1</v>
+      </c>
+      <c s="11" r="R13">
+        <v>11</v>
+      </c>
+      <c s="13" r="T13">
+        <v>2.33542373028964</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A14"/>
+      <c s="15" t="str" r="C14"/>
+      <c s="16" t="str" r="F14"/>
+      <c s="10" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J14">
+        <v>638</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="13" r="M14">
+        <v>7.595238</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="11" r="P14">
+        <v>1</v>
+      </c>
+      <c s="11" r="R14">
+        <v>24</v>
+      </c>
+      <c s="13" r="T14">
+        <v>4.73672925128722</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A15"/>
+      <c s="18" t="str" r="C15"/>
+      <c s="19" t="str" r="D15"/>
+      <c s="19" t="str" r="E15"/>
+      <c s="20" t="str" r="F15"/>
+      <c s="21" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J15">
+        <v>1185</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="23" r="M15">
+        <v>13.77907</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="22" r="P15">
+        <v>3</v>
+      </c>
+      <c s="22" r="R15">
+        <v>38</v>
+      </c>
+      <c s="23" r="T15">
+        <v>7.26701032062017</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Cardiovascular Disease (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D16"/>
+      <c s="8" t="str" r="E16"/>
+      <c s="9" t="str" r="F16"/>
+      <c s="10" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J16">
+        <v>5368</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="13" r="M16">
+        <v>19.735294</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="11" r="P16">
+        <v>1</v>
+      </c>
+      <c s="11" r="R16">
+        <v>65</v>
+      </c>
+      <c s="13" r="T16">
+        <v>11.3539077854279</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A17"/>
+      <c s="15" t="str" r="C17"/>
+      <c s="16" t="str" r="F17"/>
+      <c s="10" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J17">
+        <v>20102</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="13" r="M17">
+        <v>73.098182</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="11" r="P17">
+        <v>6</v>
+      </c>
+      <c s="11" r="R17">
+        <v>281</v>
+      </c>
+      <c s="13" r="T17">
+        <v>45.0673603287346</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A18"/>
+      <c s="15" t="str" r="C18"/>
+      <c s="16" t="str" r="F18"/>
+      <c s="10" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J18">
+        <v>16609</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="13" r="M18">
+        <v>61.0625</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="11" r="P18">
+        <v>1</v>
+      </c>
+      <c s="11" r="R18">
+        <v>285</v>
+      </c>
+      <c s="13" r="T18">
+        <v>66.2467136996244</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A19"/>
+      <c s="18" t="str" r="C19"/>
+      <c s="19" t="str" r="D19"/>
+      <c s="19" t="str" r="E19"/>
+      <c s="20" t="str" r="F19"/>
+      <c s="21" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J19">
+        <v>42079</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="23" r="M19">
+        <v>153.014545</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="22" r="P19">
+        <v>6</v>
+      </c>
+      <c s="22" r="R19">
+        <v>440</v>
+      </c>
+      <c s="23" r="T19">
+        <v>87.3636151266647</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D20"/>
+      <c s="8" t="str" r="E20"/>
+      <c s="9" t="str" r="F20"/>
+      <c s="10" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J20">
+        <v>281</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="13" r="M20">
+        <v>4.257576</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="11" r="P20">
+        <v>1</v>
+      </c>
+      <c s="11" r="R20">
+        <v>12</v>
+      </c>
+      <c s="13" r="T20">
+        <v>2.66204432720419</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A21"/>
+      <c s="25" t="str" r="C21"/>
+      <c s="16" t="str" r="F21"/>
+      <c s="10" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J21">
+        <v>819</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="13" r="M21">
+        <v>11.535211</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="11" r="P21">
+        <v>1</v>
+      </c>
+      <c s="11" r="R21">
+        <v>56</v>
+      </c>
+      <c s="13" r="T21">
+        <v>10.3369392955555</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A22"/>
+      <c s="25" t="str" r="C22"/>
+      <c s="16" t="str" r="F22"/>
+      <c s="10" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J22">
+        <v>249</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="13" r="M22">
+        <v>4.698113</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="11" r="P22">
+        <v>1</v>
+      </c>
+      <c s="11" r="R22">
+        <v>21</v>
+      </c>
+      <c s="13" r="T22">
+        <v>4.77406818133131</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="19" t="str" r="D23"/>
+      <c s="19" t="str" r="E23"/>
+      <c s="20" t="str" r="F23"/>
+      <c s="21" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J23">
+        <v>1349</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="23" r="M23">
+        <v>18.736111</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="22" r="P23">
+        <v>1</v>
+      </c>
+      <c s="22" r="R23">
+        <v>77</v>
+      </c>
+      <c s="23" r="T23">
+        <v>14.3536745469584</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D24"/>
+      <c s="8" t="str" r="E24"/>
+      <c s="9" t="str" r="F24"/>
+      <c s="10" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J24">
+        <v>745</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="13" r="M24">
+        <v>10.347222</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="11" r="P24">
+        <v>1</v>
+      </c>
+      <c s="11" r="R24">
+        <v>20</v>
+      </c>
+      <c s="13" r="T24">
+        <v>4.47893257372781</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A25"/>
+      <c s="25" t="str" r="C25"/>
+      <c s="16" t="str" r="F25"/>
+      <c s="10" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J25">
+        <v>2251</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="13" r="M25">
+        <v>31.263889</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="11" r="P25">
+        <v>8</v>
+      </c>
+      <c s="11" r="R25">
+        <v>74</v>
+      </c>
+      <c s="13" r="T25">
+        <v>14.3487674732013</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A26"/>
+      <c s="25" t="str" r="C26"/>
+      <c s="16" t="str" r="F26"/>
+      <c s="10" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J26">
+        <v>573</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="13" r="M26">
+        <v>8.304348</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="11" r="P26">
+        <v>1</v>
+      </c>
+      <c s="11" r="R26">
+        <v>25</v>
+      </c>
+      <c s="13" r="T26">
+        <v>5.99584255964081</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A27"/>
+      <c s="26" t="str" r="C27"/>
+      <c s="19" t="str" r="D27"/>
+      <c s="19" t="str" r="E27"/>
+      <c s="20" t="str" r="F27"/>
+      <c s="21" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J27">
+        <v>3569</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="23" r="M27">
+        <v>49.569444</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="22" r="P27">
+        <v>12</v>
+      </c>
+      <c s="22" r="R27">
+        <v>117</v>
+      </c>
+      <c s="23" r="T27">
+        <v>20.4187337266541</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Endocrinology, Diabetes, and Metabolism (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D28"/>
+      <c s="8" t="str" r="E28"/>
+      <c s="9" t="str" r="F28"/>
+      <c s="10" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J28">
+        <v>371</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="13" r="M28">
+        <v>3.198276</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="11" r="P28">
+        <v>1</v>
+      </c>
+      <c s="11" r="R28">
+        <v>10</v>
+      </c>
+      <c s="13" r="T28">
+        <v>2.02256767501115</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A29"/>
+      <c s="15" t="str" r="C29"/>
+      <c s="16" t="str" r="F29"/>
+      <c s="10" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J29">
+        <v>1471</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="13" r="M29">
+        <v>9.551948</v>
+      </c>
+      <c s="12" t="str" r="N29"/>
+      <c s="11" r="P29">
+        <v>1</v>
+      </c>
+      <c s="11" r="R29">
+        <v>30</v>
+      </c>
+      <c s="13" r="T29">
+        <v>6.89988369467196</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A30"/>
+      <c s="15" t="str" r="C30"/>
+      <c s="16" t="str" r="F30"/>
+      <c s="10" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J30">
+        <v>557</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="13" r="M30">
+        <v>4.843478</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="11" r="P30">
+        <v>1</v>
+      </c>
+      <c s="11" r="R30">
+        <v>22</v>
+      </c>
+      <c s="13" r="T30">
+        <v>5.04469721588918</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A31"/>
+      <c s="18" t="str" r="C31"/>
+      <c s="19" t="str" r="D31"/>
+      <c s="19" t="str" r="E31"/>
+      <c s="20" t="str" r="F31"/>
+      <c s="21" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J31">
+        <v>2399</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="23" r="M31">
+        <v>15.378205</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="22" r="P31">
+        <v>1</v>
+      </c>
+      <c s="22" r="R31">
+        <v>54</v>
+      </c>
+      <c s="23" r="T31">
+        <v>11.1252940185867</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Gastroenterology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D32"/>
+      <c s="8" t="str" r="E32"/>
+      <c s="9" t="str" r="F32"/>
+      <c s="10" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J32">
+        <v>1046</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="13" r="M32">
+        <v>5.127451</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="11" r="P32">
+        <v>1</v>
+      </c>
+      <c s="11" r="R32">
+        <v>18</v>
+      </c>
+      <c s="13" r="T32">
+        <v>3.95210627387473</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="16" t="str" r="F33"/>
+      <c s="10" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J33">
+        <v>2867</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="13" r="M33">
+        <v>12.629956</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="11" r="P33">
+        <v>1</v>
+      </c>
+      <c s="11" r="R33">
+        <v>66</v>
+      </c>
+      <c s="13" r="T33">
+        <v>9.44778767754653</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="16" t="str" r="F34"/>
+      <c s="10" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J34">
+        <v>2623</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="13" r="M34">
+        <v>12.372642</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="11" r="P34">
+        <v>1</v>
+      </c>
+      <c s="11" r="R34">
+        <v>57</v>
+      </c>
+      <c s="13" r="T34">
+        <v>12.4515290225739</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="19" t="str" r="D35"/>
+      <c s="19" t="str" r="E35"/>
+      <c s="20" t="str" r="F35"/>
+      <c s="21" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J35">
+        <v>6536</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="23" r="M35">
+        <v>28.541485</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="22" r="P35">
+        <v>5</v>
+      </c>
+      <c s="22" r="R35">
+        <v>86</v>
+      </c>
+      <c s="23" r="T35">
+        <v>14.8251292068569</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Gastroenterology (10 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D36"/>
+      <c s="8" t="str" r="E36"/>
+      <c s="9" t="str" r="F36"/>
+      <c s="10" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J36">
+        <v>2015</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="13" r="M36">
+        <v>9.076577</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="11" r="P36">
+        <v>1</v>
+      </c>
+      <c s="11" r="R36">
+        <v>32</v>
+      </c>
+      <c s="13" r="T36">
+        <v>6.14150559716427</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A37"/>
+      <c s="25" t="str" r="C37"/>
+      <c s="16" t="str" r="F37"/>
+      <c s="10" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J37">
+        <v>5322</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="13" r="M37">
+        <v>23.13913</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="11" r="P37">
+        <v>1</v>
+      </c>
+      <c s="11" r="R37">
+        <v>97</v>
+      </c>
+      <c s="13" r="T37">
+        <v>15.2747112247662</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A38"/>
+      <c s="25" t="str" r="C38"/>
+      <c s="16" t="str" r="F38"/>
+      <c s="10" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J38">
+        <v>5073</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="13" r="M38">
+        <v>22.446903</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="11" r="P38">
+        <v>1</v>
+      </c>
+      <c s="11" r="R38">
+        <v>72</v>
+      </c>
+      <c s="13" r="T38">
+        <v>18.334892391285</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A39"/>
+      <c s="26" t="str" r="C39"/>
+      <c s="19" t="str" r="D39"/>
+      <c s="19" t="str" r="E39"/>
+      <c s="20" t="str" r="F39"/>
+      <c s="21" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J39">
+        <v>12410</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="23" r="M39">
+        <v>53.956522</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="22" r="P39">
+        <v>5</v>
+      </c>
+      <c s="22" r="R39">
+        <v>153</v>
+      </c>
+      <c s="23" r="T39">
+        <v>23.8883470127173</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Hematology and Oncology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D40"/>
+      <c s="8" t="str" r="E40"/>
+      <c s="9" t="str" r="F40"/>
+      <c s="10" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J40">
+        <v>696</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="13" r="M40">
+        <v>4.167665</v>
+      </c>
+      <c s="12" t="str" r="N40"/>
+      <c s="11" r="P40">
+        <v>1</v>
+      </c>
+      <c s="11" r="R40">
+        <v>15</v>
+      </c>
+      <c s="13" r="T40">
+        <v>2.72792943457121</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A41"/>
+      <c s="25" t="str" r="C41"/>
+      <c s="16" t="str" r="F41"/>
+      <c s="10" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J41">
+        <v>2825</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="13" r="M41">
+        <v>15.27027</v>
+      </c>
+      <c s="12" t="str" r="N41"/>
+      <c s="11" r="P41">
+        <v>1</v>
+      </c>
+      <c s="11" r="R41">
+        <v>65</v>
+      </c>
+      <c s="13" r="T41">
+        <v>10.9098296503658</v>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A42"/>
+      <c s="25" t="str" r="C42"/>
+      <c s="16" t="str" r="F42"/>
+      <c s="10" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J42">
+        <v>2458</v>
+      </c>
+      <c s="12" t="str" r="K42"/>
+      <c s="13" r="M42">
+        <v>14.544379</v>
+      </c>
+      <c s="12" t="str" r="N42"/>
+      <c s="11" r="P42">
+        <v>1</v>
+      </c>
+      <c s="11" r="R42">
+        <v>90</v>
+      </c>
+      <c s="13" r="T42">
+        <v>17.2650757310821</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A43"/>
+      <c s="26" t="str" r="C43"/>
+      <c s="19" t="str" r="D43"/>
+      <c s="19" t="str" r="E43"/>
+      <c s="20" t="str" r="F43"/>
+      <c s="21" t="inlineStr" r="H43">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J43">
+        <v>5979</v>
+      </c>
+      <c s="12" t="str" r="K43"/>
+      <c s="23" r="M43">
+        <v>32.318919</v>
+      </c>
+      <c s="12" t="str" r="N43"/>
+      <c s="22" r="P43">
+        <v>4</v>
+      </c>
+      <c s="22" r="R43">
+        <v>123</v>
+      </c>
+      <c s="23" r="T43">
+        <v>22.3684783791835</v>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C44">
+        <is>
+          <t xml:space="preserve">Hematology and Oncology (15 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D44"/>
+      <c s="8" t="str" r="E44"/>
+      <c s="9" t="str" r="F44"/>
+      <c s="10" t="inlineStr" r="H44">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J44">
+        <v>1861</v>
+      </c>
+      <c s="12" t="str" r="K44"/>
+      <c s="13" r="M44">
+        <v>10.169399</v>
+      </c>
+      <c s="12" t="str" r="N44"/>
+      <c s="11" r="P44">
+        <v>1</v>
+      </c>
+      <c s="11" r="R44">
+        <v>26</v>
+      </c>
+      <c s="13" r="T44">
+        <v>5.36970986180818</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="16" t="str" r="F45"/>
+      <c s="10" t="inlineStr" r="H45">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J45">
+        <v>7839</v>
+      </c>
+      <c s="12" t="str" r="K45"/>
+      <c s="13" r="M45">
+        <v>42.372973</v>
+      </c>
+      <c s="12" t="str" r="N45"/>
+      <c s="11" r="P45">
+        <v>1</v>
+      </c>
+      <c s="11" r="R45">
+        <v>123</v>
+      </c>
+      <c s="13" r="T45">
+        <v>23.3695808477602</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A46"/>
+      <c s="25" t="str" r="C46"/>
+      <c s="16" t="str" r="F46"/>
+      <c s="10" t="inlineStr" r="H46">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J46">
+        <v>6279</v>
+      </c>
+      <c s="12" t="str" r="K46"/>
+      <c s="13" r="M46">
+        <v>34.311475</v>
+      </c>
+      <c s="12" t="str" r="N46"/>
+      <c s="11" r="P46">
+        <v>1</v>
+      </c>
+      <c s="11" r="R46">
+        <v>128</v>
+      </c>
+      <c s="13" r="T46">
+        <v>31.4248839138667</v>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A47"/>
+      <c s="26" t="str" r="C47"/>
+      <c s="19" t="str" r="D47"/>
+      <c s="19" t="str" r="E47"/>
+      <c s="20" t="str" r="F47"/>
+      <c s="21" t="inlineStr" r="H47">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J47">
+        <v>15979</v>
+      </c>
+      <c s="12" t="str" r="K47"/>
+      <c s="23" r="M47">
+        <v>86.372973</v>
+      </c>
+      <c s="12" t="str" r="N47"/>
+      <c s="22" r="P47">
+        <v>2</v>
+      </c>
+      <c s="22" r="R47">
+        <v>201</v>
+      </c>
+      <c s="23" r="T47">
+        <v>43.7095940612584</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C48">
+        <is>
+          <t xml:space="preserve">Hospice and Palliative Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D48"/>
+      <c s="8" t="str" r="E48"/>
+      <c s="9" t="str" r="F48"/>
+      <c s="10" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J48">
+        <v>389</v>
+      </c>
+      <c s="12" t="str" r="K48"/>
+      <c s="13" r="M48">
+        <v>2.881481</v>
+      </c>
+      <c s="12" t="str" r="N48"/>
+      <c s="11" r="P48">
+        <v>1</v>
+      </c>
+      <c s="11" r="R48">
+        <v>11</v>
+      </c>
+      <c s="13" r="T48">
+        <v>2.05176241314632</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A49"/>
+      <c s="15" t="str" r="C49"/>
+      <c s="16" t="str" r="F49"/>
+      <c s="10" t="inlineStr" r="H49">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J49">
+        <v>470</v>
+      </c>
+      <c s="12" t="str" r="K49"/>
+      <c s="13" r="M49">
+        <v>3.587786</v>
+      </c>
+      <c s="12" t="str" r="N49"/>
+      <c s="11" r="P49">
+        <v>1</v>
+      </c>
+      <c s="11" r="R49">
+        <v>20</v>
+      </c>
+      <c s="13" r="T49">
+        <v>3.33021185512273</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A50"/>
+      <c s="15" t="str" r="C50"/>
+      <c s="16" t="str" r="F50"/>
+      <c s="10" t="inlineStr" r="H50">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J50">
+        <v>953</v>
+      </c>
+      <c s="12" t="str" r="K50"/>
+      <c s="13" r="M50">
+        <v>6.618056</v>
+      </c>
+      <c s="12" t="str" r="N50"/>
+      <c s="11" r="P50">
+        <v>1</v>
+      </c>
+      <c s="11" r="R50">
+        <v>42</v>
+      </c>
+      <c s="13" r="T50">
+        <v>7.26231436940043</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A51"/>
+      <c s="18" t="str" r="C51"/>
+      <c s="19" t="str" r="D51"/>
+      <c s="19" t="str" r="E51"/>
+      <c s="20" t="str" r="F51"/>
+      <c s="21" t="inlineStr" r="H51">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J51">
+        <v>1812</v>
+      </c>
+      <c s="12" t="str" r="K51"/>
+      <c s="23" r="M51">
+        <v>10.473988</v>
+      </c>
+      <c s="12" t="str" r="N51"/>
+      <c s="22" r="P51">
+        <v>1</v>
+      </c>
+      <c s="22" r="R51">
+        <v>63</v>
+      </c>
+      <c s="23" r="T51">
+        <v>10.5745231570979</v>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C52">
+        <is>
+          <t xml:space="preserve">Maternal-Fetal Medicine (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D52"/>
+      <c s="8" t="str" r="E52"/>
+      <c s="9" t="str" r="F52"/>
+      <c s="10" t="inlineStr" r="H52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="J52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K52"/>
+      <c s="27" t="inlineStr" r="M52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N52"/>
+      <c s="27" t="inlineStr" r="P52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="R52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="T52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A53"/>
+      <c s="15" t="str" r="C53"/>
+      <c s="16" t="str" r="F53"/>
+      <c s="10" t="inlineStr" r="H53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J53">
+        <v>48</v>
+      </c>
+      <c s="12" t="str" r="K53"/>
+      <c s="13" r="M53">
+        <v>1.090909</v>
+      </c>
+      <c s="12" t="str" r="N53"/>
+      <c s="11" r="P53">
+        <v>1</v>
+      </c>
+      <c s="11" r="R53">
+        <v>3</v>
+      </c>
+      <c s="13" r="T53">
+        <v>0.421414285472147</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A54"/>
+      <c s="15" t="str" r="C54"/>
+      <c s="16" t="str" r="F54"/>
+      <c s="10" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J54">
+        <v>20</v>
+      </c>
+      <c s="12" t="str" r="K54"/>
+      <c s="13" r="M54">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N54"/>
+      <c s="11" r="P54">
+        <v>1</v>
+      </c>
+      <c s="11" r="R54">
+        <v>1</v>
+      </c>
+      <c s="13" r="T54">
         <v>0</v>
       </c>
-      <c r="B1" s="18"/>
-[...38 lines deleted...]
-      <c r="O4" s="40" t="s">
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A55"/>
+      <c s="18" t="str" r="C55"/>
+      <c s="19" t="str" r="D55"/>
+      <c s="19" t="str" r="E55"/>
+      <c s="20" t="str" r="F55"/>
+      <c s="21" t="inlineStr" r="H55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J55">
+        <v>68</v>
+      </c>
+      <c s="12" t="str" r="K55"/>
+      <c s="23" r="M55">
+        <v>1.133333</v>
+      </c>
+      <c s="12" t="str" r="N55"/>
+      <c s="22" r="P55">
+        <v>1</v>
+      </c>
+      <c s="22" r="R55">
+        <v>3</v>
+      </c>
+      <c s="23" r="T55">
+        <v>0.430477641695826</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C56">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D56"/>
+      <c s="8" t="str" r="E56"/>
+      <c s="9" t="str" r="F56"/>
+      <c s="10" t="inlineStr" r="H56">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J56">
+        <v>155</v>
+      </c>
+      <c s="12" t="str" r="K56"/>
+      <c s="13" r="M56">
+        <v>2.123288</v>
+      </c>
+      <c s="12" t="str" r="N56"/>
+      <c s="11" r="P56">
+        <v>1</v>
+      </c>
+      <c s="11" r="R56">
+        <v>7</v>
+      </c>
+      <c s="13" r="T56">
+        <v>1.38388763994769</v>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A57"/>
+      <c s="25" t="str" r="C57"/>
+      <c s="16" t="str" r="F57"/>
+      <c s="10" t="inlineStr" r="H57">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J57">
+        <v>256</v>
+      </c>
+      <c s="12" t="str" r="K57"/>
+      <c s="13" r="M57">
+        <v>3.506849</v>
+      </c>
+      <c s="12" t="str" r="N57"/>
+      <c s="11" r="P57">
+        <v>1</v>
+      </c>
+      <c s="11" r="R57">
+        <v>13</v>
+      </c>
+      <c s="13" r="T57">
+        <v>2.8486024643674</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="16" t="str" r="F58"/>
+      <c s="10" t="inlineStr" r="H58">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J58">
+        <v>372</v>
+      </c>
+      <c s="12" t="str" r="K58"/>
+      <c s="13" r="M58">
+        <v>5.391304</v>
+      </c>
+      <c s="12" t="str" r="N58"/>
+      <c s="11" r="P58">
+        <v>1</v>
+      </c>
+      <c s="11" r="R58">
+        <v>24</v>
+      </c>
+      <c s="13" r="T58">
+        <v>5.44279716689865</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="19" t="str" r="D59"/>
+      <c s="19" t="str" r="E59"/>
+      <c s="20" t="str" r="F59"/>
+      <c s="21" t="inlineStr" r="H59">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J59">
+        <v>783</v>
+      </c>
+      <c s="12" t="str" r="K59"/>
+      <c s="23" r="M59">
+        <v>8.329787</v>
+      </c>
+      <c s="12" t="str" r="N59"/>
+      <c s="22" r="P59">
+        <v>1</v>
+      </c>
+      <c s="22" r="R59">
+        <v>37</v>
+      </c>
+      <c s="23" r="T59">
+        <v>8.40300547423361</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C60">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (5 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D60"/>
+      <c s="8" t="str" r="E60"/>
+      <c s="9" t="str" r="F60"/>
+      <c s="10" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J60">
+        <v>225</v>
+      </c>
+      <c s="12" t="str" r="K60"/>
+      <c s="13" r="M60">
+        <v>2.960526</v>
+      </c>
+      <c s="12" t="str" r="N60"/>
+      <c s="11" r="P60">
+        <v>1</v>
+      </c>
+      <c s="11" r="R60">
+        <v>8</v>
+      </c>
+      <c s="13" r="T60">
+        <v>1.88637774583989</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A61"/>
+      <c s="25" t="str" r="C61"/>
+      <c s="16" t="str" r="F61"/>
+      <c s="10" t="inlineStr" r="H61">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J61">
+        <v>387</v>
+      </c>
+      <c s="12" t="str" r="K61"/>
+      <c s="13" r="M61">
+        <v>4.607143</v>
+      </c>
+      <c s="12" t="str" r="N61"/>
+      <c s="11" r="P61">
+        <v>1</v>
+      </c>
+      <c s="11" r="R61">
+        <v>15</v>
+      </c>
+      <c s="13" r="T61">
+        <v>3.23019581449794</v>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A62"/>
+      <c s="25" t="str" r="C62"/>
+      <c s="16" t="str" r="F62"/>
+      <c s="10" t="inlineStr" r="H62">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J62">
+        <v>546</v>
+      </c>
+      <c s="12" t="str" r="K62"/>
+      <c s="13" r="M62">
+        <v>6.5</v>
+      </c>
+      <c s="12" t="str" r="N62"/>
+      <c s="11" r="P62">
+        <v>1</v>
+      </c>
+      <c s="11" r="R62">
+        <v>20</v>
+      </c>
+      <c s="13" r="T62">
+        <v>5.07177404859483</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="19" t="str" r="D63"/>
+      <c s="19" t="str" r="E63"/>
+      <c s="20" t="str" r="F63"/>
+      <c s="21" t="inlineStr" r="H63">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J63">
+        <v>1158</v>
+      </c>
+      <c s="12" t="str" r="K63"/>
+      <c s="23" r="M63">
+        <v>12.0625</v>
+      </c>
+      <c s="12" t="str" r="N63"/>
+      <c s="22" r="P63">
+        <v>1</v>
+      </c>
+      <c s="22" r="R63">
+        <v>39</v>
+      </c>
+      <c s="23" r="T63">
+        <v>9.18100152488823</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C64">
+        <is>
+          <t xml:space="preserve">Pain Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D64"/>
+      <c s="8" t="str" r="E64"/>
+      <c s="9" t="str" r="F64"/>
+      <c s="10" t="inlineStr" r="H64">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J64">
+        <v>274</v>
+      </c>
+      <c s="12" t="str" r="K64"/>
+      <c s="13" r="M64">
+        <v>3.382716</v>
+      </c>
+      <c s="12" t="str" r="N64"/>
+      <c s="11" r="P64">
+        <v>1</v>
+      </c>
+      <c s="11" r="R64">
+        <v>14</v>
+      </c>
+      <c s="13" r="T64">
+        <v>2.57666412246532</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A65"/>
+      <c s="15" t="str" r="C65"/>
+      <c s="16" t="str" r="F65"/>
+      <c s="10" t="inlineStr" r="H65">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J65">
+        <v>195</v>
+      </c>
+      <c s="12" t="str" r="K65"/>
+      <c s="13" r="M65">
+        <v>2.785714</v>
+      </c>
+      <c s="12" t="str" r="N65"/>
+      <c s="11" r="P65">
+        <v>1</v>
+      </c>
+      <c s="11" r="R65">
+        <v>8</v>
+      </c>
+      <c s="13" r="T65">
+        <v>1.84070611451149</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A66"/>
+      <c s="15" t="str" r="C66"/>
+      <c s="16" t="str" r="F66"/>
+      <c s="10" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J66">
+        <v>380</v>
+      </c>
+      <c s="12" t="str" r="K66"/>
+      <c s="13" r="M66">
+        <v>4.691358</v>
+      </c>
+      <c s="12" t="str" r="N66"/>
+      <c s="11" r="P66">
+        <v>1</v>
+      </c>
+      <c s="11" r="R66">
+        <v>24</v>
+      </c>
+      <c s="13" r="T66">
+        <v>4.03001848630996</v>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A67"/>
+      <c s="18" t="str" r="C67"/>
+      <c s="19" t="str" r="D67"/>
+      <c s="19" t="str" r="E67"/>
+      <c s="20" t="str" r="F67"/>
+      <c s="21" t="inlineStr" r="H67">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J67">
+        <v>849</v>
+      </c>
+      <c s="12" t="str" r="K67"/>
+      <c s="23" r="M67">
+        <v>8.575758</v>
+      </c>
+      <c s="12" t="str" r="N67"/>
+      <c s="22" r="P67">
+        <v>1</v>
+      </c>
+      <c s="22" r="R67">
+        <v>43</v>
+      </c>
+      <c s="23" r="T67">
+        <v>7.16865468550411</v>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C68">
+        <is>
+          <t xml:space="preserve">Pediatric Critical Care Medicine (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D68"/>
+      <c s="8" t="str" r="E68"/>
+      <c s="9" t="str" r="F68"/>
+      <c s="10" t="inlineStr" r="H68">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J68">
+        <v>128</v>
+      </c>
+      <c s="12" t="str" r="K68"/>
+      <c s="13" r="M68">
+        <v>2.509804</v>
+      </c>
+      <c s="12" t="str" r="N68"/>
+      <c s="11" r="P68">
+        <v>1</v>
+      </c>
+      <c s="11" r="R68">
+        <v>7</v>
+      </c>
+      <c s="13" r="T68">
+        <v>1.65375391156</v>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A69"/>
+      <c s="15" t="str" r="C69"/>
+      <c s="16" t="str" r="F69"/>
+      <c s="10" t="inlineStr" r="H69">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J69">
+        <v>139</v>
+      </c>
+      <c s="12" t="str" r="K69"/>
+      <c s="13" r="M69">
+        <v>2.72549</v>
+      </c>
+      <c s="12" t="str" r="N69"/>
+      <c s="11" r="P69">
+        <v>1</v>
+      </c>
+      <c s="11" r="R69">
+        <v>9</v>
+      </c>
+      <c s="13" r="T69">
+        <v>2.07921547704898</v>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A70"/>
+      <c s="15" t="str" r="C70"/>
+      <c s="16" t="str" r="F70"/>
+      <c s="10" t="inlineStr" r="H70">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J70">
+        <v>319</v>
+      </c>
+      <c s="12" t="str" r="K70"/>
+      <c s="13" r="M70">
+        <v>5.8</v>
+      </c>
+      <c s="12" t="str" r="N70"/>
+      <c s="11" r="P70">
+        <v>1</v>
+      </c>
+      <c s="11" r="R70">
+        <v>32</v>
+      </c>
+      <c s="13" r="T70">
+        <v>6.45038037638092</v>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A71"/>
+      <c s="18" t="str" r="C71"/>
+      <c s="19" t="str" r="D71"/>
+      <c s="19" t="str" r="E71"/>
+      <c s="20" t="str" r="F71"/>
+      <c s="21" t="inlineStr" r="H71">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J71">
+        <v>586</v>
+      </c>
+      <c s="12" t="str" r="K71"/>
+      <c s="23" r="M71">
+        <v>8.492754</v>
+      </c>
+      <c s="12" t="str" r="N71"/>
+      <c s="22" r="P71">
+        <v>1</v>
+      </c>
+      <c s="22" r="R71">
+        <v>45</v>
+      </c>
+      <c s="23" r="T71">
+        <v>9.08395998450015</v>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C72">
+        <is>
+          <t xml:space="preserve">Pediatric Gastroenterology (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D72"/>
+      <c s="8" t="str" r="E72"/>
+      <c s="9" t="str" r="F72"/>
+      <c s="10" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J72">
+        <v>56</v>
+      </c>
+      <c s="12" t="str" r="K72"/>
+      <c s="13" r="M72">
+        <v>2.074074</v>
+      </c>
+      <c s="12" t="str" r="N72"/>
+      <c s="11" r="P72">
+        <v>1</v>
+      </c>
+      <c s="11" r="R72">
+        <v>7</v>
+      </c>
+      <c s="13" r="T72">
+        <v>1.51723234871921</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A73"/>
+      <c s="15" t="str" r="C73"/>
+      <c s="16" t="str" r="F73"/>
+      <c s="10" t="inlineStr" r="H73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J73">
+        <v>117</v>
+      </c>
+      <c s="12" t="str" r="K73"/>
+      <c s="13" r="M73">
+        <v>2.72093</v>
+      </c>
+      <c s="12" t="str" r="N73"/>
+      <c s="11" r="P73">
+        <v>1</v>
+      </c>
+      <c s="11" r="R73">
+        <v>8</v>
+      </c>
+      <c s="13" r="T73">
+        <v>1.76372957110777</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A74"/>
+      <c s="15" t="str" r="C74"/>
+      <c s="16" t="str" r="F74"/>
+      <c s="10" t="inlineStr" r="H74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J74">
+        <v>202</v>
+      </c>
+      <c s="12" t="str" r="K74"/>
+      <c s="13" r="M74">
+        <v>4.391304</v>
+      </c>
+      <c s="12" t="str" r="N74"/>
+      <c s="11" r="P74">
+        <v>1</v>
+      </c>
+      <c s="11" r="R74">
+        <v>17</v>
+      </c>
+      <c s="13" r="T74">
+        <v>3.83248261574661</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A75"/>
+      <c s="18" t="str" r="C75"/>
+      <c s="19" t="str" r="D75"/>
+      <c s="19" t="str" r="E75"/>
+      <c s="20" t="str" r="F75"/>
+      <c s="21" t="inlineStr" r="H75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J75">
+        <v>375</v>
+      </c>
+      <c s="12" t="str" r="K75"/>
+      <c s="23" r="M75">
+        <v>6.465517</v>
+      </c>
+      <c s="12" t="str" r="N75"/>
+      <c s="22" r="P75">
+        <v>1</v>
+      </c>
+      <c s="22" r="R75">
+        <v>26</v>
+      </c>
+      <c s="23" r="T75">
+        <v>5.72227262545223</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C76">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D76"/>
+      <c s="8" t="str" r="E76"/>
+      <c s="9" t="str" r="F76"/>
+      <c s="10" t="inlineStr" r="H76">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J76">
+        <v>35</v>
+      </c>
+      <c s="12" t="str" r="K76"/>
+      <c s="13" r="M76">
+        <v>3.5</v>
+      </c>
+      <c s="12" t="str" r="N76"/>
+      <c s="11" r="P76">
+        <v>1</v>
+      </c>
+      <c s="11" r="R76">
+        <v>5</v>
+      </c>
+      <c s="13" r="T76">
+        <v>1.35400627768116</v>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A77"/>
+      <c s="25" t="str" r="C77"/>
+      <c s="16" t="str" r="F77"/>
+      <c s="10" t="inlineStr" r="H77">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J77">
+        <v>231</v>
+      </c>
+      <c s="12" t="str" r="K77"/>
+      <c s="13" r="M77">
+        <v>23.1</v>
+      </c>
+      <c s="12" t="str" r="N77"/>
+      <c s="11" r="P77">
+        <v>10</v>
+      </c>
+      <c s="11" r="R77">
+        <v>36</v>
+      </c>
+      <c s="13" r="T77">
+        <v>8.33266661999627</v>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="16" t="str" r="F78"/>
+      <c s="10" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J78">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="K78"/>
+      <c s="13" r="M78">
+        <v>2.111111</v>
+      </c>
+      <c s="12" t="str" r="N78"/>
+      <c s="11" r="P78">
+        <v>1</v>
+      </c>
+      <c s="11" r="R78">
+        <v>6</v>
+      </c>
+      <c s="13" r="T78">
+        <v>1.61589325142473</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="19" t="str" r="D79"/>
+      <c s="19" t="str" r="E79"/>
+      <c s="20" t="str" r="F79"/>
+      <c s="21" t="inlineStr" r="H79">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J79">
+        <v>285</v>
+      </c>
+      <c s="12" t="str" r="K79"/>
+      <c s="23" r="M79">
+        <v>28.5</v>
+      </c>
+      <c s="12" t="str" r="N79"/>
+      <c s="22" r="P79">
+        <v>13</v>
+      </c>
+      <c s="22" r="R79">
+        <v>40</v>
+      </c>
+      <c s="23" r="T79">
+        <v>9.02157907464098</v>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C80">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D80"/>
+      <c s="8" t="str" r="E80"/>
+      <c s="9" t="str" r="F80"/>
+      <c s="10" t="inlineStr" r="H80">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J80">
+        <v>43</v>
+      </c>
+      <c s="12" t="str" r="K80"/>
+      <c s="13" r="M80">
+        <v>4.3</v>
+      </c>
+      <c s="12" t="str" r="N80"/>
+      <c s="11" r="P80">
+        <v>1</v>
+      </c>
+      <c s="11" r="R80">
+        <v>7</v>
+      </c>
+      <c s="13" r="T80">
+        <v>2.21359436211787</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A81"/>
+      <c s="25" t="str" r="C81"/>
+      <c s="16" t="str" r="F81"/>
+      <c s="10" t="inlineStr" r="H81">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J81">
+        <v>299</v>
+      </c>
+      <c s="12" t="str" r="K81"/>
+      <c s="13" r="M81">
+        <v>29.9</v>
+      </c>
+      <c s="12" t="str" r="N81"/>
+      <c s="11" r="P81">
+        <v>19</v>
+      </c>
+      <c s="11" r="R81">
+        <v>37</v>
+      </c>
+      <c s="13" r="T81">
+        <v>6.53962284845235</v>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A82"/>
+      <c s="25" t="str" r="C82"/>
+      <c s="16" t="str" r="F82"/>
+      <c s="10" t="inlineStr" r="H82">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J82">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="K82"/>
+      <c s="13" r="M82">
+        <v>1.444444</v>
+      </c>
+      <c s="12" t="str" r="N82"/>
+      <c s="11" r="P82">
+        <v>1</v>
+      </c>
+      <c s="11" r="R82">
         <v>2</v>
       </c>
-      <c r="P4" s="18"/>
-[...24 lines deleted...]
-      <c r="B8" s="41" t="s">
+      <c s="13" r="T82">
+        <v>0.527046487513198</v>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="19" t="str" r="D83"/>
+      <c s="19" t="str" r="E83"/>
+      <c s="20" t="str" r="F83"/>
+      <c s="21" t="inlineStr" r="H83">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J83">
+        <v>355</v>
+      </c>
+      <c s="12" t="str" r="K83"/>
+      <c s="23" r="M83">
+        <v>35.5</v>
+      </c>
+      <c s="12" t="str" r="N83"/>
+      <c s="22" r="P83">
+        <v>22</v>
+      </c>
+      <c s="22" r="R83">
+        <v>46</v>
+      </c>
+      <c s="23" r="T83">
+        <v>8.26303685094046</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C84">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D84"/>
+      <c s="8" t="str" r="E84"/>
+      <c s="9" t="str" r="F84"/>
+      <c s="10" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J84">
+        <v>799</v>
+      </c>
+      <c s="12" t="str" r="K84"/>
+      <c s="13" r="M84">
+        <v>4.488764</v>
+      </c>
+      <c s="12" t="str" r="N84"/>
+      <c s="11" r="P84">
+        <v>1</v>
+      </c>
+      <c s="11" r="R84">
+        <v>15</v>
+      </c>
+      <c s="13" r="T84">
+        <v>3.31106478341938</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="16" t="str" r="F85"/>
+      <c s="10" t="inlineStr" r="H85">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J85">
+        <v>1844</v>
+      </c>
+      <c s="12" t="str" r="K85"/>
+      <c s="13" r="M85">
+        <v>9.039216</v>
+      </c>
+      <c s="12" t="str" r="N85"/>
+      <c s="11" r="P85">
+        <v>1</v>
+      </c>
+      <c s="11" r="R85">
+        <v>44</v>
+      </c>
+      <c s="13" r="T85">
+        <v>6.92311266700174</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A86"/>
+      <c s="25" t="str" r="C86"/>
+      <c s="16" t="str" r="F86"/>
+      <c s="10" t="inlineStr" r="H86">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J86">
+        <v>1281</v>
+      </c>
+      <c s="12" t="str" r="K86"/>
+      <c s="13" r="M86">
+        <v>7.956522</v>
+      </c>
+      <c s="12" t="str" r="N86"/>
+      <c s="11" r="P86">
+        <v>1</v>
+      </c>
+      <c s="11" r="R86">
+        <v>45</v>
+      </c>
+      <c s="13" r="T86">
+        <v>9.77135343747221</v>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A87"/>
+      <c s="26" t="str" r="C87"/>
+      <c s="19" t="str" r="D87"/>
+      <c s="19" t="str" r="E87"/>
+      <c s="20" t="str" r="F87"/>
+      <c s="21" t="inlineStr" r="H87">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J87">
+        <v>3924</v>
+      </c>
+      <c s="12" t="str" r="K87"/>
+      <c s="23" r="M87">
+        <v>19.141463</v>
+      </c>
+      <c s="12" t="str" r="N87"/>
+      <c s="22" r="P87">
+        <v>2</v>
+      </c>
+      <c s="22" r="R87">
+        <v>74</v>
+      </c>
+      <c s="23" r="T87">
+        <v>13.8978940490997</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D88"/>
+      <c s="8" t="str" r="E88"/>
+      <c s="9" t="str" r="F88"/>
+      <c s="10" t="inlineStr" r="H88">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J88">
+        <v>2818</v>
+      </c>
+      <c s="12" t="str" r="K88"/>
+      <c s="13" r="M88">
+        <v>13.950495</v>
+      </c>
+      <c s="12" t="str" r="N88"/>
+      <c s="11" r="P88">
+        <v>2</v>
+      </c>
+      <c s="11" r="R88">
+        <v>35</v>
+      </c>
+      <c s="13" r="T88">
+        <v>6.89563456108283</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="16" t="str" r="F89"/>
+      <c s="10" t="inlineStr" r="H89">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J89">
+        <v>6496</v>
+      </c>
+      <c s="12" t="str" r="K89"/>
+      <c s="13" r="M89">
+        <v>31.533981</v>
+      </c>
+      <c s="12" t="str" r="N89"/>
+      <c s="11" r="P89">
+        <v>1</v>
+      </c>
+      <c s="11" r="R89">
+        <v>112</v>
+      </c>
+      <c s="13" r="T89">
+        <v>18.5894360323276</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="16" t="str" r="F90"/>
+      <c s="10" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J90">
+        <v>4428</v>
+      </c>
+      <c s="12" t="str" r="K90"/>
+      <c s="13" r="M90">
+        <v>22.251256</v>
+      </c>
+      <c s="12" t="str" r="N90"/>
+      <c s="11" r="P90">
+        <v>1</v>
+      </c>
+      <c s="11" r="R90">
+        <v>96</v>
+      </c>
+      <c s="13" r="T90">
+        <v>23.5457256842935</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A91"/>
+      <c s="26" t="str" r="C91"/>
+      <c s="19" t="str" r="D91"/>
+      <c s="19" t="str" r="E91"/>
+      <c s="20" t="str" r="F91"/>
+      <c s="21" t="inlineStr" r="H91">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J91">
+        <v>13742</v>
+      </c>
+      <c s="12" t="str" r="K91"/>
+      <c s="23" r="M91">
+        <v>66.708738</v>
+      </c>
+      <c s="12" t="str" r="N91"/>
+      <c s="22" r="P91">
+        <v>1</v>
+      </c>
+      <c s="22" r="R91">
+        <v>195</v>
+      </c>
+      <c s="23" r="T91">
+        <v>35.374686019808</v>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery (6)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D92"/>
+      <c s="8" t="str" r="E92"/>
+      <c s="9" t="str" r="F92"/>
+      <c s="10" t="inlineStr" r="H92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J92">
+        <v>120</v>
+      </c>
+      <c s="12" t="str" r="K92"/>
+      <c s="13" r="M92">
+        <v>2.068966</v>
+      </c>
+      <c s="12" t="str" r="N92"/>
+      <c s="11" r="P92">
+        <v>1</v>
+      </c>
+      <c s="11" r="R92">
+        <v>5</v>
+      </c>
+      <c s="13" r="T92">
+        <v>1.07380398583727</v>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A93"/>
+      <c s="15" t="str" r="C93"/>
+      <c s="16" t="str" r="F93"/>
+      <c s="10" t="inlineStr" r="H93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J93">
+        <v>238</v>
+      </c>
+      <c s="12" t="str" r="K93"/>
+      <c s="13" r="M93">
+        <v>3.83871</v>
+      </c>
+      <c s="12" t="str" r="N93"/>
+      <c s="11" r="P93">
+        <v>1</v>
+      </c>
+      <c s="11" r="R93">
+        <v>7</v>
+      </c>
+      <c s="13" r="T93">
+        <v>1.63158940913454</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A94"/>
+      <c s="15" t="str" r="C94"/>
+      <c s="16" t="str" r="F94"/>
+      <c s="10" t="inlineStr" r="H94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J94">
+        <v>617</v>
+      </c>
+      <c s="12" t="str" r="K94"/>
+      <c s="13" r="M94">
+        <v>9.208955</v>
+      </c>
+      <c s="12" t="str" r="N94"/>
+      <c s="11" r="P94">
+        <v>1</v>
+      </c>
+      <c s="11" r="R94">
+        <v>26</v>
+      </c>
+      <c s="13" r="T94">
+        <v>5.64220382474791</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A95"/>
+      <c s="18" t="str" r="C95"/>
+      <c s="19" t="str" r="D95"/>
+      <c s="19" t="str" r="E95"/>
+      <c s="20" t="str" r="F95"/>
+      <c s="21" t="inlineStr" r="H95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J95">
+        <v>975</v>
+      </c>
+      <c s="12" t="str" r="K95"/>
+      <c s="23" r="M95">
+        <v>14.552239</v>
+      </c>
+      <c s="12" t="str" r="N95"/>
+      <c s="22" r="P95">
+        <v>4</v>
+      </c>
+      <c s="22" r="R95">
+        <v>32</v>
+      </c>
+      <c s="23" r="T95">
+        <v>6.43448001007074</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C96">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (OBGYN) (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D96"/>
+      <c s="8" t="str" r="E96"/>
+      <c s="9" t="str" r="F96"/>
+      <c s="10" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J96">
+        <v>104</v>
+      </c>
+      <c s="12" t="str" r="K96"/>
+      <c s="13" r="M96">
+        <v>2.26087</v>
+      </c>
+      <c s="12" t="str" r="N96"/>
+      <c s="11" r="P96">
+        <v>1</v>
+      </c>
+      <c s="11" r="R96">
+        <v>5</v>
+      </c>
+      <c s="13" r="T96">
+        <v>1.21901189493786</v>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A97"/>
+      <c s="15" t="str" r="C97"/>
+      <c s="16" t="str" r="F97"/>
+      <c s="10" t="inlineStr" r="H97">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J97">
+        <v>50</v>
+      </c>
+      <c s="12" t="str" r="K97"/>
+      <c s="13" r="M97">
+        <v>1.612903</v>
+      </c>
+      <c s="12" t="str" r="N97"/>
+      <c s="11" r="P97">
+        <v>1</v>
+      </c>
+      <c s="11" r="R97">
         <v>3</v>
       </c>
-      <c r="C8" s="18"/>
-[...447 lines deleted...]
-      <c r="R26" s="4">
+      <c s="13" r="T97">
+        <v>0.667203866895269</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A98"/>
+      <c s="15" t="str" r="C98"/>
+      <c s="16" t="str" r="F98"/>
+      <c s="10" t="inlineStr" r="H98">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J98">
+        <v>424</v>
+      </c>
+      <c s="12" t="str" r="K98"/>
+      <c s="13" r="M98">
+        <v>8.313725</v>
+      </c>
+      <c s="12" t="str" r="N98"/>
+      <c s="11" r="P98">
+        <v>1</v>
+      </c>
+      <c s="11" r="R98">
+        <v>19</v>
+      </c>
+      <c s="13" r="T98">
+        <v>5.17103548624451</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A99"/>
+      <c s="18" t="str" r="C99"/>
+      <c s="19" t="str" r="D99"/>
+      <c s="19" t="str" r="E99"/>
+      <c s="20" t="str" r="F99"/>
+      <c s="21" t="inlineStr" r="H99">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J99">
+        <v>578</v>
+      </c>
+      <c s="12" t="str" r="K99"/>
+      <c s="23" r="M99">
+        <v>11.115385</v>
+      </c>
+      <c s="12" t="str" r="N99"/>
+      <c s="22" r="P99">
+        <v>2</v>
+      </c>
+      <c s="22" r="R99">
         <v>25</v>
       </c>
-      <c r="T26" s="5">
-[...1948 lines deleted...]
-    <row r="98" spans="2:10" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="23" r="T99">
+        <v>5.52943586634297</v>
+      </c>
+    </row>
+    <row r="100" ht="2.15" customHeight="1"/>
+    <row r="101" ht="15.8" customHeight="1">
+      <c s="28" t="inlineStr" r="B101">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="2.2" customHeight="1"/>
   </sheetData>
-  <mergeCells count="222">
-[...2856 lines deleted...]
-  <mergeCells count="232">
+  <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="C16:F19"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
@@ -8587,1369 +5196,7265 @@
     <mergeCell ref="M85:N85"/>
     <mergeCell ref="J86:K86"/>
     <mergeCell ref="M86:N86"/>
     <mergeCell ref="J87:K87"/>
     <mergeCell ref="M87:N87"/>
     <mergeCell ref="A88:A91"/>
     <mergeCell ref="C88:F91"/>
     <mergeCell ref="J88:K88"/>
     <mergeCell ref="M88:N88"/>
     <mergeCell ref="J89:K89"/>
     <mergeCell ref="M89:N89"/>
     <mergeCell ref="J90:K90"/>
     <mergeCell ref="M90:N90"/>
     <mergeCell ref="J91:K91"/>
     <mergeCell ref="M91:N91"/>
     <mergeCell ref="A92:A95"/>
     <mergeCell ref="C92:F95"/>
     <mergeCell ref="J92:K92"/>
     <mergeCell ref="M92:N92"/>
     <mergeCell ref="J93:K93"/>
     <mergeCell ref="M93:N93"/>
     <mergeCell ref="J94:K94"/>
     <mergeCell ref="M94:N94"/>
     <mergeCell ref="J95:K95"/>
     <mergeCell ref="M95:N95"/>
-    <mergeCell ref="B101:J101"/>
     <mergeCell ref="A96:A99"/>
     <mergeCell ref="C96:F99"/>
     <mergeCell ref="J96:K96"/>
     <mergeCell ref="M96:N96"/>
     <mergeCell ref="J97:K97"/>
     <mergeCell ref="M97:N97"/>
     <mergeCell ref="J98:K98"/>
     <mergeCell ref="M98:N98"/>
     <mergeCell ref="J99:K99"/>
     <mergeCell ref="M99:N99"/>
+    <mergeCell ref="B101:J101"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:R68"/>
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="0.43359375"/>
+    <col min="2" max="2" customWidth="1" width="2.3125"/>
+    <col min="3" max="3" customWidth="1" width="0.421875"/>
+    <col min="4" max="4" customWidth="1" width="0.0234375"/>
+    <col min="5" max="5" customWidth="1" width="38.9140625"/>
+    <col min="6" max="6" customWidth="1" width="7.7734375"/>
+    <col min="7" max="7" customWidth="1" width="1.9140625"/>
+    <col min="8" max="8" customWidth="1" width="0.3515625"/>
+    <col min="9" max="9" customWidth="1" width="13.7109375"/>
+    <col min="10" max="10" customWidth="1" width="21.25390625"/>
+    <col min="11" max="11" customWidth="1" width="9.94140625"/>
+    <col min="12" max="12" customWidth="1" width="5.140625"/>
+    <col min="13" max="13" customWidth="1" width="0.87109375"/>
+    <col min="14" max="14" customWidth="1" width="12.58203125"/>
+    <col min="15" max="15" customWidth="1" width="1.62109375"/>
+    <col min="16" max="16" customWidth="1" width="15.08203125"/>
+    <col min="17" max="17" customWidth="1" width="9.04296875"/>
+    <col min="18" max="18" customWidth="1" width="6.03125"/>
+    <col min="19" max="19" customWidth="1" width="3.421875"/>
+    <col min="20" max="20" customWidth="1" width="78.171875"/>
+    <col min="21" max="21" customWidth="1" width="1.80078125"/>
+    <col min="22" max="22" customWidth="1" width="3.68359375"/>
+    <col min="23" max="23" customWidth="1" width="3.421875"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="38" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="H4">
+        <is>
+          <t xml:space="preserve">Fellowship Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="M4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="C8">
+        <is>
+          <t xml:space="preserve">Program Signals Distribution
+SPECIALTY</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="K8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="M8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="P8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">ERAS YEAR
+ERAS 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="4.65" customHeight="1"/>
+    <row r="12" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C12"/>
+      <c s="31" t="str" r="D12"/>
+      <c s="32" t="inlineStr" r="E12">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (3 gold, 12 silver)</t>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="O12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="R12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="190.8" customHeight="1">
+      <c s="33" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B13"/>
+      <c s="35" t="str" r="C13"/>
+      <c s="35" t="str" r="D13"/>
+      <c s="35" t="str" r="E13"/>
+      <c s="35" t="str" r="F13"/>
+      <c s="35" t="str" r="G13"/>
+      <c s="35" t="str" r="H13"/>
+      <c s="35" t="str" r="I13"/>
+      <c s="35" t="str" r="J13"/>
+      <c s="35" t="str" r="K13"/>
+      <c s="35" t="str" r="L13"/>
+      <c s="35" t="str" r="M13"/>
+      <c s="31" t="str" r="N13"/>
+      <c s="34" t="str" r="O13"/>
+      <c s="35" t="str" r="P13"/>
+      <c s="35" t="str" r="Q13"/>
+      <c s="35" t="str" r="R13"/>
+      <c s="35" t="str" r="S13"/>
+      <c s="35" t="str" r="T13"/>
+      <c s="31" t="str" r="U13"/>
+    </row>
+    <row r="14" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=72)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C14"/>
+      <c s="35" t="str" r="D14"/>
+      <c s="35" t="str" r="E14"/>
+      <c s="35" t="str" r="F14"/>
+      <c s="35" t="str" r="G14"/>
+      <c s="35" t="str" r="H14"/>
+      <c s="35" t="str" r="I14"/>
+      <c s="35" t="str" r="J14"/>
+      <c s="35" t="str" r="K14"/>
+      <c s="35" t="str" r="L14"/>
+      <c s="35" t="str" r="M14"/>
+      <c s="31" t="str" r="N14"/>
+      <c s="36" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=72)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P14"/>
+      <c s="35" t="str" r="Q14"/>
+      <c s="35" t="str" r="R14"/>
+      <c s="35" t="str" r="S14"/>
+      <c s="35" t="str" r="T14"/>
+      <c s="31" t="str" r="U14"/>
+    </row>
+    <row r="15" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C15"/>
+      <c s="31" t="str" r="D15"/>
+      <c s="37" t="inlineStr" r="E15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="F15"/>
+      <c s="37" t="inlineStr" r="G15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="H15"/>
+      <c s="35" t="str" r="I15"/>
+      <c s="35" t="str" r="J15"/>
+      <c s="35" t="str" r="K15"/>
+      <c s="35" t="str" r="L15"/>
+      <c s="31" t="str" r="M15"/>
+      <c s="37" t="inlineStr" r="N15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="O15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="P15"/>
+      <c s="31" t="str" r="Q15"/>
+      <c s="37" t="inlineStr" r="R15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="S15"/>
+      <c s="35" t="str" r="T15"/>
+      <c s="31" t="str" r="U15"/>
+    </row>
+    <row r="16" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B16"/>
+      <c s="35" t="str" r="C16"/>
+      <c s="35" t="str" r="D16"/>
+      <c s="35" t="str" r="E16"/>
+      <c s="35" t="str" r="F16"/>
+      <c s="35" t="str" r="G16"/>
+      <c s="35" t="str" r="H16"/>
+      <c s="35" t="str" r="I16"/>
+      <c s="35" t="str" r="J16"/>
+      <c s="35" t="str" r="K16"/>
+      <c s="35" t="str" r="L16"/>
+      <c s="35" t="str" r="M16"/>
+      <c s="31" t="str" r="N16"/>
+      <c s="34" t="str" r="O16"/>
+      <c s="35" t="str" r="P16"/>
+      <c s="35" t="str" r="Q16"/>
+      <c s="35" t="str" r="R16"/>
+      <c s="35" t="str" r="S16"/>
+      <c s="35" t="str" r="T16"/>
+      <c s="31" t="str" r="U16"/>
+    </row>
+    <row r="17" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=72)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C17"/>
+      <c s="35" t="str" r="D17"/>
+      <c s="35" t="str" r="E17"/>
+      <c s="35" t="str" r="F17"/>
+      <c s="35" t="str" r="G17"/>
+      <c s="35" t="str" r="H17"/>
+      <c s="35" t="str" r="I17"/>
+      <c s="35" t="str" r="J17"/>
+      <c s="35" t="str" r="K17"/>
+      <c s="35" t="str" r="L17"/>
+      <c s="35" t="str" r="M17"/>
+      <c s="31" t="str" r="N17"/>
+      <c s="36" t="inlineStr" r="O17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=72)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P17"/>
+      <c s="35" t="str" r="Q17"/>
+      <c s="35" t="str" r="R17"/>
+      <c s="35" t="str" r="S17"/>
+      <c s="35" t="str" r="T17"/>
+      <c s="31" t="str" r="U17"/>
+    </row>
+    <row r="18" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C18"/>
+      <c s="31" t="str" r="D18"/>
+      <c s="32" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">Gastroenterology (5 gold, 10 silver)</t>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="O18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="R18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="190.8" customHeight="1">
+      <c s="33" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B19"/>
+      <c s="35" t="str" r="C19"/>
+      <c s="35" t="str" r="D19"/>
+      <c s="35" t="str" r="E19"/>
+      <c s="35" t="str" r="F19"/>
+      <c s="35" t="str" r="G19"/>
+      <c s="35" t="str" r="H19"/>
+      <c s="35" t="str" r="I19"/>
+      <c s="35" t="str" r="J19"/>
+      <c s="35" t="str" r="K19"/>
+      <c s="35" t="str" r="L19"/>
+      <c s="35" t="str" r="M19"/>
+      <c s="31" t="str" r="N19"/>
+      <c s="34" t="str" r="O19"/>
+      <c s="35" t="str" r="P19"/>
+      <c s="35" t="str" r="Q19"/>
+      <c s="35" t="str" r="R19"/>
+      <c s="35" t="str" r="S19"/>
+      <c s="35" t="str" r="T19"/>
+      <c s="31" t="str" r="U19"/>
+    </row>
+    <row r="20" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=229)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C20"/>
+      <c s="35" t="str" r="D20"/>
+      <c s="35" t="str" r="E20"/>
+      <c s="35" t="str" r="F20"/>
+      <c s="35" t="str" r="G20"/>
+      <c s="35" t="str" r="H20"/>
+      <c s="35" t="str" r="I20"/>
+      <c s="35" t="str" r="J20"/>
+      <c s="35" t="str" r="K20"/>
+      <c s="35" t="str" r="L20"/>
+      <c s="35" t="str" r="M20"/>
+      <c s="31" t="str" r="N20"/>
+      <c s="36" t="inlineStr" r="O20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=230)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P20"/>
+      <c s="35" t="str" r="Q20"/>
+      <c s="35" t="str" r="R20"/>
+      <c s="35" t="str" r="S20"/>
+      <c s="35" t="str" r="T20"/>
+      <c s="31" t="str" r="U20"/>
+    </row>
+    <row r="21" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C21"/>
+      <c s="31" t="str" r="D21"/>
+      <c s="37" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="F21"/>
+      <c s="37" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="H21"/>
+      <c s="35" t="str" r="I21"/>
+      <c s="35" t="str" r="J21"/>
+      <c s="35" t="str" r="K21"/>
+      <c s="35" t="str" r="L21"/>
+      <c s="31" t="str" r="M21"/>
+      <c s="37" t="inlineStr" r="N21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="O21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="P21"/>
+      <c s="31" t="str" r="Q21"/>
+      <c s="37" t="inlineStr" r="R21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="S21"/>
+      <c s="35" t="str" r="T21"/>
+      <c s="31" t="str" r="U21"/>
+    </row>
+    <row r="22" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B22"/>
+      <c s="35" t="str" r="C22"/>
+      <c s="35" t="str" r="D22"/>
+      <c s="35" t="str" r="E22"/>
+      <c s="35" t="str" r="F22"/>
+      <c s="35" t="str" r="G22"/>
+      <c s="35" t="str" r="H22"/>
+      <c s="35" t="str" r="I22"/>
+      <c s="35" t="str" r="J22"/>
+      <c s="35" t="str" r="K22"/>
+      <c s="35" t="str" r="L22"/>
+      <c s="35" t="str" r="M22"/>
+      <c s="31" t="str" r="N22"/>
+      <c s="34" t="str" r="O22"/>
+      <c s="35" t="str" r="P22"/>
+      <c s="35" t="str" r="Q22"/>
+      <c s="35" t="str" r="R22"/>
+      <c s="35" t="str" r="S22"/>
+      <c s="35" t="str" r="T22"/>
+      <c s="31" t="str" r="U22"/>
+    </row>
+    <row r="23" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=229)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C23"/>
+      <c s="35" t="str" r="D23"/>
+      <c s="35" t="str" r="E23"/>
+      <c s="35" t="str" r="F23"/>
+      <c s="35" t="str" r="G23"/>
+      <c s="35" t="str" r="H23"/>
+      <c s="35" t="str" r="I23"/>
+      <c s="35" t="str" r="J23"/>
+      <c s="35" t="str" r="K23"/>
+      <c s="35" t="str" r="L23"/>
+      <c s="35" t="str" r="M23"/>
+      <c s="31" t="str" r="N23"/>
+      <c s="36" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=230)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P23"/>
+      <c s="35" t="str" r="Q23"/>
+      <c s="35" t="str" r="R23"/>
+      <c s="35" t="str" r="S23"/>
+      <c s="35" t="str" r="T23"/>
+      <c s="31" t="str" r="U23"/>
+    </row>
+    <row r="24" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C24"/>
+      <c s="31" t="str" r="D24"/>
+      <c s="32" t="inlineStr" r="E24">
+        <is>
+          <t xml:space="preserve">Hematology and Oncology (5 gold, 15 silver)</t>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="O24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="R24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="25" ht="190.8" customHeight="1">
+      <c s="33" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B25"/>
+      <c s="35" t="str" r="C25"/>
+      <c s="35" t="str" r="D25"/>
+      <c s="35" t="str" r="E25"/>
+      <c s="35" t="str" r="F25"/>
+      <c s="35" t="str" r="G25"/>
+      <c s="35" t="str" r="H25"/>
+      <c s="35" t="str" r="I25"/>
+      <c s="35" t="str" r="J25"/>
+      <c s="35" t="str" r="K25"/>
+      <c s="35" t="str" r="L25"/>
+      <c s="35" t="str" r="M25"/>
+      <c s="31" t="str" r="N25"/>
+      <c s="34" t="str" r="O25"/>
+      <c s="35" t="str" r="P25"/>
+      <c s="35" t="str" r="Q25"/>
+      <c s="35" t="str" r="R25"/>
+      <c s="35" t="str" r="S25"/>
+      <c s="35" t="str" r="T25"/>
+      <c s="31" t="str" r="U25"/>
+    </row>
+    <row r="26" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=185)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C26"/>
+      <c s="35" t="str" r="D26"/>
+      <c s="35" t="str" r="E26"/>
+      <c s="35" t="str" r="F26"/>
+      <c s="35" t="str" r="G26"/>
+      <c s="35" t="str" r="H26"/>
+      <c s="35" t="str" r="I26"/>
+      <c s="35" t="str" r="J26"/>
+      <c s="35" t="str" r="K26"/>
+      <c s="35" t="str" r="L26"/>
+      <c s="35" t="str" r="M26"/>
+      <c s="31" t="str" r="N26"/>
+      <c s="36" t="inlineStr" r="O26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=185)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P26"/>
+      <c s="35" t="str" r="Q26"/>
+      <c s="35" t="str" r="R26"/>
+      <c s="35" t="str" r="S26"/>
+      <c s="35" t="str" r="T26"/>
+      <c s="31" t="str" r="U26"/>
+    </row>
+    <row r="27" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C27"/>
+      <c s="31" t="str" r="D27"/>
+      <c s="37" t="inlineStr" r="E27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="F27"/>
+      <c s="37" t="inlineStr" r="G27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="H27"/>
+      <c s="35" t="str" r="I27"/>
+      <c s="35" t="str" r="J27"/>
+      <c s="35" t="str" r="K27"/>
+      <c s="35" t="str" r="L27"/>
+      <c s="31" t="str" r="M27"/>
+      <c s="37" t="inlineStr" r="N27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="O27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="P27"/>
+      <c s="31" t="str" r="Q27"/>
+      <c s="37" t="inlineStr" r="R27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="S27"/>
+      <c s="35" t="str" r="T27"/>
+      <c s="31" t="str" r="U27"/>
+    </row>
+    <row r="28" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B28"/>
+      <c s="35" t="str" r="C28"/>
+      <c s="35" t="str" r="D28"/>
+      <c s="35" t="str" r="E28"/>
+      <c s="35" t="str" r="F28"/>
+      <c s="35" t="str" r="G28"/>
+      <c s="35" t="str" r="H28"/>
+      <c s="35" t="str" r="I28"/>
+      <c s="35" t="str" r="J28"/>
+      <c s="35" t="str" r="K28"/>
+      <c s="35" t="str" r="L28"/>
+      <c s="35" t="str" r="M28"/>
+      <c s="31" t="str" r="N28"/>
+      <c s="34" t="str" r="O28"/>
+      <c s="35" t="str" r="P28"/>
+      <c s="35" t="str" r="Q28"/>
+      <c s="35" t="str" r="R28"/>
+      <c s="35" t="str" r="S28"/>
+      <c s="35" t="str" r="T28"/>
+      <c s="31" t="str" r="U28"/>
+    </row>
+    <row r="29" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=185)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C29"/>
+      <c s="35" t="str" r="D29"/>
+      <c s="35" t="str" r="E29"/>
+      <c s="35" t="str" r="F29"/>
+      <c s="35" t="str" r="G29"/>
+      <c s="35" t="str" r="H29"/>
+      <c s="35" t="str" r="I29"/>
+      <c s="35" t="str" r="J29"/>
+      <c s="35" t="str" r="K29"/>
+      <c s="35" t="str" r="L29"/>
+      <c s="35" t="str" r="M29"/>
+      <c s="31" t="str" r="N29"/>
+      <c s="36" t="inlineStr" r="O29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=185)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P29"/>
+      <c s="35" t="str" r="Q29"/>
+      <c s="35" t="str" r="R29"/>
+      <c s="35" t="str" r="S29"/>
+      <c s="35" t="str" r="T29"/>
+      <c s="31" t="str" r="U29"/>
+    </row>
+    <row r="30" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C30"/>
+      <c s="31" t="str" r="D30"/>
+      <c s="32" t="inlineStr" r="E30">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (3 gold, 5 silver)</t>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="O30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="R30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="190.8" customHeight="1">
+      <c s="33" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B31"/>
+      <c s="35" t="str" r="C31"/>
+      <c s="35" t="str" r="D31"/>
+      <c s="35" t="str" r="E31"/>
+      <c s="35" t="str" r="F31"/>
+      <c s="35" t="str" r="G31"/>
+      <c s="35" t="str" r="H31"/>
+      <c s="35" t="str" r="I31"/>
+      <c s="35" t="str" r="J31"/>
+      <c s="35" t="str" r="K31"/>
+      <c s="35" t="str" r="L31"/>
+      <c s="35" t="str" r="M31"/>
+      <c s="31" t="str" r="N31"/>
+      <c s="34" t="str" r="O31"/>
+      <c s="35" t="str" r="P31"/>
+      <c s="35" t="str" r="Q31"/>
+      <c s="35" t="str" r="R31"/>
+      <c s="35" t="str" r="S31"/>
+      <c s="35" t="str" r="T31"/>
+      <c s="31" t="str" r="U31"/>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=94)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C32"/>
+      <c s="35" t="str" r="D32"/>
+      <c s="35" t="str" r="E32"/>
+      <c s="35" t="str" r="F32"/>
+      <c s="35" t="str" r="G32"/>
+      <c s="35" t="str" r="H32"/>
+      <c s="35" t="str" r="I32"/>
+      <c s="35" t="str" r="J32"/>
+      <c s="35" t="str" r="K32"/>
+      <c s="35" t="str" r="L32"/>
+      <c s="35" t="str" r="M32"/>
+      <c s="31" t="str" r="N32"/>
+      <c s="36" t="inlineStr" r="O32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=96)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P32"/>
+      <c s="35" t="str" r="Q32"/>
+      <c s="35" t="str" r="R32"/>
+      <c s="35" t="str" r="S32"/>
+      <c s="35" t="str" r="T32"/>
+      <c s="31" t="str" r="U32"/>
+    </row>
+    <row r="33" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C33"/>
+      <c s="31" t="str" r="D33"/>
+      <c s="37" t="inlineStr" r="E33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="F33"/>
+      <c s="37" t="inlineStr" r="G33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="H33"/>
+      <c s="35" t="str" r="I33"/>
+      <c s="35" t="str" r="J33"/>
+      <c s="35" t="str" r="K33"/>
+      <c s="35" t="str" r="L33"/>
+      <c s="31" t="str" r="M33"/>
+      <c s="37" t="inlineStr" r="N33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="O33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="P33"/>
+      <c s="31" t="str" r="Q33"/>
+      <c s="37" t="inlineStr" r="R33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="S33"/>
+      <c s="35" t="str" r="T33"/>
+      <c s="31" t="str" r="U33"/>
+    </row>
+    <row r="34" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B34"/>
+      <c s="35" t="str" r="C34"/>
+      <c s="35" t="str" r="D34"/>
+      <c s="35" t="str" r="E34"/>
+      <c s="35" t="str" r="F34"/>
+      <c s="35" t="str" r="G34"/>
+      <c s="35" t="str" r="H34"/>
+      <c s="35" t="str" r="I34"/>
+      <c s="35" t="str" r="J34"/>
+      <c s="35" t="str" r="K34"/>
+      <c s="35" t="str" r="L34"/>
+      <c s="35" t="str" r="M34"/>
+      <c s="31" t="str" r="N34"/>
+      <c s="34" t="str" r="O34"/>
+      <c s="35" t="str" r="P34"/>
+      <c s="35" t="str" r="Q34"/>
+      <c s="35" t="str" r="R34"/>
+      <c s="35" t="str" r="S34"/>
+      <c s="35" t="str" r="T34"/>
+      <c s="31" t="str" r="U34"/>
+    </row>
+    <row r="35" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=94)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C35"/>
+      <c s="35" t="str" r="D35"/>
+      <c s="35" t="str" r="E35"/>
+      <c s="35" t="str" r="F35"/>
+      <c s="35" t="str" r="G35"/>
+      <c s="35" t="str" r="H35"/>
+      <c s="35" t="str" r="I35"/>
+      <c s="35" t="str" r="J35"/>
+      <c s="35" t="str" r="K35"/>
+      <c s="35" t="str" r="L35"/>
+      <c s="35" t="str" r="M35"/>
+      <c s="31" t="str" r="N35"/>
+      <c s="36" t="inlineStr" r="O35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=96)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P35"/>
+      <c s="35" t="str" r="Q35"/>
+      <c s="35" t="str" r="R35"/>
+      <c s="35" t="str" r="S35"/>
+      <c s="35" t="str" r="T35"/>
+      <c s="31" t="str" r="U35"/>
+    </row>
+    <row r="36" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C36"/>
+      <c s="31" t="str" r="D36"/>
+      <c s="32" t="inlineStr" r="E36">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (3 gold, 12 silver)</t>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="O36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="R36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="190.8" customHeight="1">
+      <c s="33" t="inlineStr" r="A37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B37"/>
+      <c s="35" t="str" r="C37"/>
+      <c s="35" t="str" r="D37"/>
+      <c s="35" t="str" r="E37"/>
+      <c s="35" t="str" r="F37"/>
+      <c s="35" t="str" r="G37"/>
+      <c s="35" t="str" r="H37"/>
+      <c s="35" t="str" r="I37"/>
+      <c s="35" t="str" r="J37"/>
+      <c s="35" t="str" r="K37"/>
+      <c s="35" t="str" r="L37"/>
+      <c s="35" t="str" r="M37"/>
+      <c s="31" t="str" r="N37"/>
+      <c s="34" t="str" r="O37"/>
+      <c s="35" t="str" r="P37"/>
+      <c s="35" t="str" r="Q37"/>
+      <c s="35" t="str" r="R37"/>
+      <c s="35" t="str" r="S37"/>
+      <c s="35" t="str" r="T37"/>
+      <c s="31" t="str" r="U37"/>
+    </row>
+    <row r="38" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B38">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=10)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C38"/>
+      <c s="35" t="str" r="D38"/>
+      <c s="35" t="str" r="E38"/>
+      <c s="35" t="str" r="F38"/>
+      <c s="35" t="str" r="G38"/>
+      <c s="35" t="str" r="H38"/>
+      <c s="35" t="str" r="I38"/>
+      <c s="35" t="str" r="J38"/>
+      <c s="35" t="str" r="K38"/>
+      <c s="35" t="str" r="L38"/>
+      <c s="35" t="str" r="M38"/>
+      <c s="31" t="str" r="N38"/>
+      <c s="36" t="inlineStr" r="O38">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=10)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P38"/>
+      <c s="35" t="str" r="Q38"/>
+      <c s="35" t="str" r="R38"/>
+      <c s="35" t="str" r="S38"/>
+      <c s="35" t="str" r="T38"/>
+      <c s="31" t="str" r="U38"/>
+    </row>
+    <row r="39" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C39"/>
+      <c s="31" t="str" r="D39"/>
+      <c s="37" t="inlineStr" r="E39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="F39"/>
+      <c s="37" t="inlineStr" r="G39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="H39"/>
+      <c s="35" t="str" r="I39"/>
+      <c s="35" t="str" r="J39"/>
+      <c s="35" t="str" r="K39"/>
+      <c s="35" t="str" r="L39"/>
+      <c s="31" t="str" r="M39"/>
+      <c s="37" t="inlineStr" r="N39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="O39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="P39"/>
+      <c s="31" t="str" r="Q39"/>
+      <c s="37" t="inlineStr" r="R39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="S39"/>
+      <c s="35" t="str" r="T39"/>
+      <c s="31" t="str" r="U39"/>
+    </row>
+    <row r="40" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B40"/>
+      <c s="35" t="str" r="C40"/>
+      <c s="35" t="str" r="D40"/>
+      <c s="35" t="str" r="E40"/>
+      <c s="35" t="str" r="F40"/>
+      <c s="35" t="str" r="G40"/>
+      <c s="35" t="str" r="H40"/>
+      <c s="35" t="str" r="I40"/>
+      <c s="35" t="str" r="J40"/>
+      <c s="35" t="str" r="K40"/>
+      <c s="35" t="str" r="L40"/>
+      <c s="35" t="str" r="M40"/>
+      <c s="31" t="str" r="N40"/>
+      <c s="34" t="str" r="O40"/>
+      <c s="35" t="str" r="P40"/>
+      <c s="35" t="str" r="Q40"/>
+      <c s="35" t="str" r="R40"/>
+      <c s="35" t="str" r="S40"/>
+      <c s="35" t="str" r="T40"/>
+      <c s="31" t="str" r="U40"/>
+    </row>
+    <row r="41" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B41">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=10)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C41"/>
+      <c s="35" t="str" r="D41"/>
+      <c s="35" t="str" r="E41"/>
+      <c s="35" t="str" r="F41"/>
+      <c s="35" t="str" r="G41"/>
+      <c s="35" t="str" r="H41"/>
+      <c s="35" t="str" r="I41"/>
+      <c s="35" t="str" r="J41"/>
+      <c s="35" t="str" r="K41"/>
+      <c s="35" t="str" r="L41"/>
+      <c s="35" t="str" r="M41"/>
+      <c s="31" t="str" r="N41"/>
+      <c s="36" t="inlineStr" r="O41">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=10)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P41"/>
+      <c s="35" t="str" r="Q41"/>
+      <c s="35" t="str" r="R41"/>
+      <c s="35" t="str" r="S41"/>
+      <c s="35" t="str" r="T41"/>
+      <c s="31" t="str" r="U41"/>
+    </row>
+    <row r="42" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C42"/>
+      <c s="31" t="str" r="D42"/>
+      <c s="32" t="inlineStr" r="E42">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (3 gold, 12 silver)</t>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="O42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="32" t="inlineStr" r="R42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="190.8" customHeight="1">
+      <c s="33" t="inlineStr" r="A43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B43"/>
+      <c s="35" t="str" r="C43"/>
+      <c s="35" t="str" r="D43"/>
+      <c s="35" t="str" r="E43"/>
+      <c s="35" t="str" r="F43"/>
+      <c s="35" t="str" r="G43"/>
+      <c s="35" t="str" r="H43"/>
+      <c s="35" t="str" r="I43"/>
+      <c s="35" t="str" r="J43"/>
+      <c s="35" t="str" r="K43"/>
+      <c s="35" t="str" r="L43"/>
+      <c s="35" t="str" r="M43"/>
+      <c s="31" t="str" r="N43"/>
+      <c s="34" t="str" r="O43"/>
+      <c s="35" t="str" r="P43"/>
+      <c s="35" t="str" r="Q43"/>
+      <c s="35" t="str" r="R43"/>
+      <c s="35" t="str" r="S43"/>
+      <c s="35" t="str" r="T43"/>
+      <c s="31" t="str" r="U43"/>
+    </row>
+    <row r="44" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B44">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=205)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C44"/>
+      <c s="35" t="str" r="D44"/>
+      <c s="35" t="str" r="E44"/>
+      <c s="35" t="str" r="F44"/>
+      <c s="35" t="str" r="G44"/>
+      <c s="35" t="str" r="H44"/>
+      <c s="35" t="str" r="I44"/>
+      <c s="35" t="str" r="J44"/>
+      <c s="35" t="str" r="K44"/>
+      <c s="35" t="str" r="L44"/>
+      <c s="35" t="str" r="M44"/>
+      <c s="31" t="str" r="N44"/>
+      <c s="36" t="inlineStr" r="O44">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=206)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P44"/>
+      <c s="35" t="str" r="Q44"/>
+      <c s="35" t="str" r="R44"/>
+      <c s="35" t="str" r="S44"/>
+      <c s="35" t="str" r="T44"/>
+      <c s="31" t="str" r="U44"/>
+    </row>
+    <row r="45" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="C45"/>
+      <c s="31" t="str" r="D45"/>
+      <c s="37" t="inlineStr" r="E45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="F45"/>
+      <c s="37" t="inlineStr" r="G45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="H45"/>
+      <c s="35" t="str" r="I45"/>
+      <c s="35" t="str" r="J45"/>
+      <c s="35" t="str" r="K45"/>
+      <c s="35" t="str" r="L45"/>
+      <c s="31" t="str" r="M45"/>
+      <c s="37" t="inlineStr" r="N45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="O45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="P45"/>
+      <c s="31" t="str" r="Q45"/>
+      <c s="37" t="inlineStr" r="R45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="S45"/>
+      <c s="35" t="str" r="T45"/>
+      <c s="31" t="str" r="U45"/>
+    </row>
+    <row r="46" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B46"/>
+      <c s="35" t="str" r="C46"/>
+      <c s="35" t="str" r="D46"/>
+      <c s="35" t="str" r="E46"/>
+      <c s="35" t="str" r="F46"/>
+      <c s="35" t="str" r="G46"/>
+      <c s="35" t="str" r="H46"/>
+      <c s="35" t="str" r="I46"/>
+      <c s="35" t="str" r="J46"/>
+      <c s="35" t="str" r="K46"/>
+      <c s="35" t="str" r="L46"/>
+      <c s="35" t="str" r="M46"/>
+      <c s="31" t="str" r="N46"/>
+      <c s="34" t="str" r="O46"/>
+      <c s="35" t="str" r="P46"/>
+      <c s="35" t="str" r="Q46"/>
+      <c s="35" t="str" r="R46"/>
+      <c s="35" t="str" r="S46"/>
+      <c s="35" t="str" r="T46"/>
+      <c s="31" t="str" r="U46"/>
+    </row>
+    <row r="47" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=205)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C47"/>
+      <c s="35" t="str" r="D47"/>
+      <c s="35" t="str" r="E47"/>
+      <c s="35" t="str" r="F47"/>
+      <c s="35" t="str" r="G47"/>
+      <c s="35" t="str" r="H47"/>
+      <c s="35" t="str" r="I47"/>
+      <c s="35" t="str" r="J47"/>
+      <c s="35" t="str" r="K47"/>
+      <c s="35" t="str" r="L47"/>
+      <c s="35" t="str" r="M47"/>
+      <c s="31" t="str" r="N47"/>
+      <c s="36" t="inlineStr" r="O47">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=206)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="P47"/>
+      <c s="35" t="str" r="Q47"/>
+      <c s="35" t="str" r="R47"/>
+      <c s="35" t="str" r="S47"/>
+      <c s="35" t="str" r="T47"/>
+      <c s="31" t="str" r="U47"/>
+    </row>
+    <row r="48" ht="18" customHeight="1"/>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="D3:E4"/>
+    <mergeCell ref="H4:K5"/>
+    <mergeCell ref="M4:R5"/>
+    <mergeCell ref="C8:H8"/>
+    <mergeCell ref="K8:L8"/>
+    <mergeCell ref="M8:O8"/>
+    <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="E12:N12"/>
+    <mergeCell ref="O12:Q12"/>
+    <mergeCell ref="R12:U12"/>
+    <mergeCell ref="B13:N13"/>
+    <mergeCell ref="O13:U13"/>
+    <mergeCell ref="B14:N14"/>
+    <mergeCell ref="O14:U14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="G15:M15"/>
+    <mergeCell ref="O15:Q15"/>
+    <mergeCell ref="R15:U15"/>
+    <mergeCell ref="B16:N16"/>
+    <mergeCell ref="O16:U16"/>
+    <mergeCell ref="B17:N17"/>
+    <mergeCell ref="O17:U17"/>
+    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="E18:N18"/>
+    <mergeCell ref="O18:Q18"/>
+    <mergeCell ref="R18:U18"/>
+    <mergeCell ref="B19:N19"/>
+    <mergeCell ref="O19:U19"/>
+    <mergeCell ref="B20:N20"/>
+    <mergeCell ref="O20:U20"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="G21:M21"/>
+    <mergeCell ref="O21:Q21"/>
+    <mergeCell ref="R21:U21"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="O22:U22"/>
+    <mergeCell ref="B23:N23"/>
+    <mergeCell ref="O23:U23"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="E24:N24"/>
+    <mergeCell ref="O24:Q24"/>
+    <mergeCell ref="R24:U24"/>
+    <mergeCell ref="B25:N25"/>
+    <mergeCell ref="O25:U25"/>
+    <mergeCell ref="B26:N26"/>
+    <mergeCell ref="O26:U26"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="G27:M27"/>
+    <mergeCell ref="O27:Q27"/>
+    <mergeCell ref="R27:U27"/>
+    <mergeCell ref="B28:N28"/>
+    <mergeCell ref="O28:U28"/>
+    <mergeCell ref="B29:N29"/>
+    <mergeCell ref="O29:U29"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="E30:N30"/>
+    <mergeCell ref="O30:Q30"/>
+    <mergeCell ref="R30:U30"/>
+    <mergeCell ref="B31:N31"/>
+    <mergeCell ref="O31:U31"/>
+    <mergeCell ref="B32:N32"/>
+    <mergeCell ref="O32:U32"/>
+    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="G33:M33"/>
+    <mergeCell ref="O33:Q33"/>
+    <mergeCell ref="R33:U33"/>
+    <mergeCell ref="B34:N34"/>
+    <mergeCell ref="O34:U34"/>
+    <mergeCell ref="B35:N35"/>
+    <mergeCell ref="O35:U35"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="E36:N36"/>
+    <mergeCell ref="O36:Q36"/>
+    <mergeCell ref="R36:U36"/>
+    <mergeCell ref="B37:N37"/>
+    <mergeCell ref="O37:U37"/>
+    <mergeCell ref="B38:N38"/>
+    <mergeCell ref="O38:U38"/>
+    <mergeCell ref="B39:D39"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="G39:M39"/>
+    <mergeCell ref="O39:Q39"/>
+    <mergeCell ref="R39:U39"/>
+    <mergeCell ref="B40:N40"/>
+    <mergeCell ref="O40:U40"/>
+    <mergeCell ref="B41:N41"/>
+    <mergeCell ref="O41:U41"/>
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="E42:N42"/>
+    <mergeCell ref="O42:Q42"/>
+    <mergeCell ref="R42:U42"/>
+    <mergeCell ref="B43:N43"/>
+    <mergeCell ref="O43:U43"/>
+    <mergeCell ref="B44:N44"/>
+    <mergeCell ref="O44:U44"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="G45:M45"/>
+    <mergeCell ref="O45:Q45"/>
+    <mergeCell ref="R45:U45"/>
+    <mergeCell ref="B46:N46"/>
+    <mergeCell ref="O46:U46"/>
+    <mergeCell ref="B47:N47"/>
+    <mergeCell ref="O47:U47"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId36"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.4140625"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.703125"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.47265625"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="0.0234375"/>
+    <col min="20" max="20" customWidth="1" width="15.07421875"/>
+    <col min="21" max="21" customWidth="1" width="0.0234375"/>
+    <col min="22" max="22" customWidth="1" width="3.4140625"/>
+    <col min="23" max="23" customWidth="1" width="78.171875"/>
+    <col min="24" max="24" customWidth="1" width="8.9140625"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Fellowship Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">SENT Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">GRAD TYPE</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"># of Applicants who
+Signaled
+ERAS 2026</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Mean</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">Min</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Max</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">SD</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.85" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Allergy and Immunology (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D12"/>
+      <c s="8" t="str" r="E12"/>
+      <c s="9" t="str" r="F12"/>
+      <c s="10" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J12">
+        <v>60</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="13" r="M12">
+        <v>4.866667</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="11" r="P12">
+        <v>2</v>
+      </c>
+      <c s="11" r="R12">
+        <v>5</v>
+      </c>
+      <c s="13" r="T12">
+        <v>0.533473523241782</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A13"/>
+      <c s="15" t="str" r="C13"/>
+      <c s="16" t="str" r="F13"/>
+      <c s="10" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J13">
+        <v>57</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="13" r="M13">
+        <v>4.473684</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="11" r="P13">
+        <v>1</v>
+      </c>
+      <c s="11" r="R13">
+        <v>5</v>
+      </c>
+      <c s="13" r="T13">
+        <v>1.26358458363499</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A14"/>
+      <c s="15" t="str" r="C14"/>
+      <c s="16" t="str" r="F14"/>
+      <c s="10" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J14">
+        <v>139</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="13" r="M14">
+        <v>4.589928</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="11" r="P14">
+        <v>1</v>
+      </c>
+      <c s="11" r="R14">
+        <v>5</v>
+      </c>
+      <c s="13" r="T14">
+        <v>1.05319134064044</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A15"/>
+      <c s="18" t="str" r="C15"/>
+      <c s="19" t="str" r="D15"/>
+      <c s="19" t="str" r="E15"/>
+      <c s="20" t="str" r="F15"/>
+      <c s="21" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J15">
+        <v>256</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="23" r="M15">
+        <v>4.628906</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="22" r="P15">
+        <v>1</v>
+      </c>
+      <c s="22" r="R15">
+        <v>5</v>
+      </c>
+      <c s="23" r="T15">
+        <v>1.01985391110688</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Cardiovascular Disease (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D16"/>
+      <c s="8" t="str" r="E16"/>
+      <c s="9" t="str" r="F16"/>
+      <c s="10" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J16">
+        <v>290</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="13" r="M16">
+        <v>18.510345</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="11" r="P16">
+        <v>1</v>
+      </c>
+      <c s="11" r="R16">
+        <v>20</v>
+      </c>
+      <c s="13" r="T16">
+        <v>4.27648465447966</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A17"/>
+      <c s="15" t="str" r="C17"/>
+      <c s="16" t="str" r="F17"/>
+      <c s="10" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J17">
+        <v>1071</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="13" r="M17">
+        <v>18.769374</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="11" r="P17">
+        <v>1</v>
+      </c>
+      <c s="11" r="R17">
+        <v>20</v>
+      </c>
+      <c s="13" r="T17">
+        <v>3.80516070619889</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A18"/>
+      <c s="15" t="str" r="C18"/>
+      <c s="16" t="str" r="F18"/>
+      <c s="10" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J18">
+        <v>886</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="13" r="M18">
+        <v>18.74605</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="11" r="P18">
+        <v>1</v>
+      </c>
+      <c s="11" r="R18">
+        <v>20</v>
+      </c>
+      <c s="13" r="T18">
+        <v>3.87522218717843</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A19"/>
+      <c s="18" t="str" r="C19"/>
+      <c s="19" t="str" r="D19"/>
+      <c s="19" t="str" r="E19"/>
+      <c s="20" t="str" r="F19"/>
+      <c s="21" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J19">
+        <v>2247</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="23" r="M19">
+        <v>18.726747</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="22" r="P19">
+        <v>1</v>
+      </c>
+      <c s="22" r="R19">
+        <v>20</v>
+      </c>
+      <c s="23" r="T19">
+        <v>3.89651485304496</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D20"/>
+      <c s="8" t="str" r="E20"/>
+      <c s="9" t="str" r="F20"/>
+      <c s="10" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J20">
+        <v>108</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="13" r="M20">
+        <v>2.601852</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="11" r="P20">
+        <v>1</v>
+      </c>
+      <c s="11" r="R20">
+        <v>3</v>
+      </c>
+      <c s="13" r="T20">
+        <v>0.758698886251983</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A21"/>
+      <c s="25" t="str" r="C21"/>
+      <c s="16" t="str" r="F21"/>
+      <c s="10" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J21">
+        <v>311</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="13" r="M21">
+        <v>2.633441</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="11" r="P21">
+        <v>1</v>
+      </c>
+      <c s="11" r="R21">
+        <v>3</v>
+      </c>
+      <c s="13" r="T21">
+        <v>0.727230362402451</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A22"/>
+      <c s="25" t="str" r="C22"/>
+      <c s="16" t="str" r="F22"/>
+      <c s="10" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J22">
+        <v>96</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="13" r="M22">
+        <v>2.59375</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="11" r="P22">
+        <v>1</v>
+      </c>
+      <c s="11" r="R22">
+        <v>3</v>
+      </c>
+      <c s="13" r="T22">
+        <v>0.759968420396532</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="19" t="str" r="D23"/>
+      <c s="19" t="str" r="E23"/>
+      <c s="20" t="str" r="F23"/>
+      <c s="21" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J23">
+        <v>515</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="23" r="M23">
+        <v>2.619417</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="22" r="P23">
+        <v>1</v>
+      </c>
+      <c s="22" r="R23">
+        <v>3</v>
+      </c>
+      <c s="23" r="T23">
+        <v>0.739560680404252</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D24"/>
+      <c s="8" t="str" r="E24"/>
+      <c s="9" t="str" r="F24"/>
+      <c s="10" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J24">
+        <v>83</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="13" r="M24">
+        <v>8.975904</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="11" r="P24">
+        <v>1</v>
+      </c>
+      <c s="11" r="R24">
+        <v>12</v>
+      </c>
+      <c s="13" r="T24">
+        <v>3.97561014185244</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A25"/>
+      <c s="25" t="str" r="C25"/>
+      <c s="16" t="str" r="F25"/>
+      <c s="10" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J25">
+        <v>245</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="13" r="M25">
+        <v>9.187755</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="11" r="P25">
+        <v>1</v>
+      </c>
+      <c s="11" r="R25">
+        <v>12</v>
+      </c>
+      <c s="13" r="T25">
+        <v>3.9863587395015</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A26"/>
+      <c s="25" t="str" r="C26"/>
+      <c s="16" t="str" r="F26"/>
+      <c s="10" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J26">
+        <v>70</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="13" r="M26">
+        <v>8.185714</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="11" r="P26">
+        <v>1</v>
+      </c>
+      <c s="11" r="R26">
+        <v>12</v>
+      </c>
+      <c s="13" r="T26">
+        <v>3.77150566750204</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A27"/>
+      <c s="26" t="str" r="C27"/>
+      <c s="19" t="str" r="D27"/>
+      <c s="19" t="str" r="E27"/>
+      <c s="20" t="str" r="F27"/>
+      <c s="21" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J27">
+        <v>398</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="23" r="M27">
+        <v>8.967337</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="22" r="P27">
+        <v>1</v>
+      </c>
+      <c s="22" r="R27">
+        <v>12</v>
+      </c>
+      <c s="23" r="T27">
+        <v>3.95972663197853</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Endocrinology, Diabetes, and Metabolism (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D28"/>
+      <c s="8" t="str" r="E28"/>
+      <c s="9" t="str" r="F28"/>
+      <c s="10" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J28">
+        <v>76</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="13" r="M28">
+        <v>4.881579</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="11" r="P28">
+        <v>1</v>
+      </c>
+      <c s="11" r="R28">
+        <v>5</v>
+      </c>
+      <c s="13" r="T28">
+        <v>0.650361437971225</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A29"/>
+      <c s="15" t="str" r="C29"/>
+      <c s="16" t="str" r="F29"/>
+      <c s="10" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J29">
+        <v>316</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="13" r="M29">
+        <v>4.655063</v>
+      </c>
+      <c s="12" t="str" r="N29"/>
+      <c s="11" r="P29">
+        <v>1</v>
+      </c>
+      <c s="11" r="R29">
+        <v>5</v>
+      </c>
+      <c s="13" r="T29">
+        <v>1.01244555409168</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A30"/>
+      <c s="15" t="str" r="C30"/>
+      <c s="16" t="str" r="F30"/>
+      <c s="10" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J30">
+        <v>119</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="13" r="M30">
+        <v>4.680672</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="11" r="P30">
+        <v>1</v>
+      </c>
+      <c s="11" r="R30">
+        <v>5</v>
+      </c>
+      <c s="13" r="T30">
+        <v>0.971603314115385</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A31"/>
+      <c s="18" t="str" r="C31"/>
+      <c s="19" t="str" r="D31"/>
+      <c s="19" t="str" r="E31"/>
+      <c s="20" t="str" r="F31"/>
+      <c s="21" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J31">
+        <v>511</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="23" r="M31">
+        <v>4.694716</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="22" r="P31">
+        <v>1</v>
+      </c>
+      <c s="22" r="R31">
+        <v>5</v>
+      </c>
+      <c s="23" r="T31">
+        <v>0.959896869460464</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Gastroenterology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D32"/>
+      <c s="8" t="str" r="E32"/>
+      <c s="9" t="str" r="F32"/>
+      <c s="10" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J32">
+        <v>215</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="13" r="M32">
+        <v>4.865116</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="11" r="P32">
+        <v>1</v>
+      </c>
+      <c s="11" r="R32">
+        <v>5</v>
+      </c>
+      <c s="13" r="T32">
+        <v>0.629826960362924</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="16" t="str" r="F33"/>
+      <c s="10" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J33">
+        <v>592</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="13" r="M33">
+        <v>4.842905</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="11" r="P33">
+        <v>1</v>
+      </c>
+      <c s="11" r="R33">
+        <v>5</v>
+      </c>
+      <c s="13" r="T33">
+        <v>0.676110937642633</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="16" t="str" r="F34"/>
+      <c s="10" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J34">
+        <v>537</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="13" r="M34">
+        <v>4.884544</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="11" r="P34">
+        <v>1</v>
+      </c>
+      <c s="11" r="R34">
+        <v>5</v>
+      </c>
+      <c s="13" r="T34">
+        <v>0.61790856928837</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="19" t="str" r="D35"/>
+      <c s="19" t="str" r="E35"/>
+      <c s="20" t="str" r="F35"/>
+      <c s="21" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J35">
+        <v>1344</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="23" r="M35">
+        <v>4.863095</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="22" r="P35">
+        <v>1</v>
+      </c>
+      <c s="22" r="R35">
+        <v>5</v>
+      </c>
+      <c s="23" r="T35">
+        <v>0.646083585923679</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Gastroenterology (10 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D36"/>
+      <c s="8" t="str" r="E36"/>
+      <c s="9" t="str" r="F36"/>
+      <c s="10" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J36">
+        <v>207</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="13" r="M36">
+        <v>9.7343</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="11" r="P36">
+        <v>4</v>
+      </c>
+      <c s="11" r="R36">
+        <v>10</v>
+      </c>
+      <c s="13" r="T36">
+        <v>1.04240922866214</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A37"/>
+      <c s="25" t="str" r="C37"/>
+      <c s="16" t="str" r="F37"/>
+      <c s="10" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J37">
+        <v>561</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="13" r="M37">
+        <v>9.486631</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="11" r="P37">
+        <v>1</v>
+      </c>
+      <c s="11" r="R37">
+        <v>10</v>
+      </c>
+      <c s="13" r="T37">
+        <v>1.74367714901584</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A38"/>
+      <c s="25" t="str" r="C38"/>
+      <c s="16" t="str" r="F38"/>
+      <c s="10" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J38">
+        <v>516</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="13" r="M38">
+        <v>9.831395</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="11" r="P38">
+        <v>1</v>
+      </c>
+      <c s="11" r="R38">
+        <v>10</v>
+      </c>
+      <c s="13" r="T38">
+        <v>0.963274623355147</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A39"/>
+      <c s="26" t="str" r="C39"/>
+      <c s="19" t="str" r="D39"/>
+      <c s="19" t="str" r="E39"/>
+      <c s="20" t="str" r="F39"/>
+      <c s="21" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J39">
+        <v>1284</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="23" r="M39">
+        <v>9.665109</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="22" r="P39">
+        <v>1</v>
+      </c>
+      <c s="22" r="R39">
+        <v>10</v>
+      </c>
+      <c s="23" r="T39">
+        <v>1.37878533499599</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Hematology and Oncology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D40"/>
+      <c s="8" t="str" r="E40"/>
+      <c s="9" t="str" r="F40"/>
+      <c s="10" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J40">
+        <v>145</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="13" r="M40">
+        <v>4.8</v>
+      </c>
+      <c s="12" t="str" r="N40"/>
+      <c s="11" r="P40">
+        <v>1</v>
+      </c>
+      <c s="11" r="R40">
+        <v>5</v>
+      </c>
+      <c s="13" r="T40">
+        <v>0.828555972762251</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A41"/>
+      <c s="25" t="str" r="C41"/>
+      <c s="16" t="str" r="F41"/>
+      <c s="10" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J41">
+        <v>586</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="13" r="M41">
+        <v>4.820819</v>
+      </c>
+      <c s="12" t="str" r="N41"/>
+      <c s="11" r="P41">
+        <v>1</v>
+      </c>
+      <c s="11" r="R41">
+        <v>5</v>
+      </c>
+      <c s="13" r="T41">
+        <v>0.746396007492002</v>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A42"/>
+      <c s="25" t="str" r="C42"/>
+      <c s="16" t="str" r="F42"/>
+      <c s="10" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J42">
+        <v>516</v>
+      </c>
+      <c s="12" t="str" r="K42"/>
+      <c s="13" r="M42">
+        <v>4.763566</v>
+      </c>
+      <c s="12" t="str" r="N42"/>
+      <c s="11" r="P42">
+        <v>1</v>
+      </c>
+      <c s="11" r="R42">
+        <v>5</v>
+      </c>
+      <c s="13" r="T42">
+        <v>0.862130500562415</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A43"/>
+      <c s="26" t="str" r="C43"/>
+      <c s="19" t="str" r="D43"/>
+      <c s="19" t="str" r="E43"/>
+      <c s="20" t="str" r="F43"/>
+      <c s="21" t="inlineStr" r="H43">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J43">
+        <v>1247</v>
+      </c>
+      <c s="12" t="str" r="K43"/>
+      <c s="23" r="M43">
+        <v>4.794707</v>
+      </c>
+      <c s="12" t="str" r="N43"/>
+      <c s="22" r="P43">
+        <v>1</v>
+      </c>
+      <c s="22" r="R43">
+        <v>5</v>
+      </c>
+      <c s="23" r="T43">
+        <v>0.805837452592022</v>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C44">
+        <is>
+          <t xml:space="preserve">Hematology and Oncology (15 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D44"/>
+      <c s="8" t="str" r="E44"/>
+      <c s="9" t="str" r="F44"/>
+      <c s="10" t="inlineStr" r="H44">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J44">
+        <v>132</v>
+      </c>
+      <c s="12" t="str" r="K44"/>
+      <c s="13" r="M44">
+        <v>14.098485</v>
+      </c>
+      <c s="12" t="str" r="N44"/>
+      <c s="11" r="P44">
+        <v>1</v>
+      </c>
+      <c s="11" r="R44">
+        <v>15</v>
+      </c>
+      <c s="13" r="T44">
+        <v>2.72395337698721</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="16" t="str" r="F45"/>
+      <c s="10" t="inlineStr" r="H45">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J45">
+        <v>552</v>
+      </c>
+      <c s="12" t="str" r="K45"/>
+      <c s="13" r="M45">
+        <v>14.201087</v>
+      </c>
+      <c s="12" t="str" r="N45"/>
+      <c s="11" r="P45">
+        <v>1</v>
+      </c>
+      <c s="11" r="R45">
+        <v>15</v>
+      </c>
+      <c s="13" r="T45">
+        <v>2.64375604018223</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A46"/>
+      <c s="25" t="str" r="C46"/>
+      <c s="16" t="str" r="F46"/>
+      <c s="10" t="inlineStr" r="H46">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J46">
+        <v>473</v>
+      </c>
+      <c s="12" t="str" r="K46"/>
+      <c s="13" r="M46">
+        <v>13.274841</v>
+      </c>
+      <c s="12" t="str" r="N46"/>
+      <c s="11" r="P46">
+        <v>1</v>
+      </c>
+      <c s="11" r="R46">
+        <v>15</v>
+      </c>
+      <c s="13" r="T46">
+        <v>3.64982300940744</v>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A47"/>
+      <c s="26" t="str" r="C47"/>
+      <c s="19" t="str" r="D47"/>
+      <c s="19" t="str" r="E47"/>
+      <c s="20" t="str" r="F47"/>
+      <c s="21" t="inlineStr" r="H47">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J47">
+        <v>1157</v>
+      </c>
+      <c s="12" t="str" r="K47"/>
+      <c s="23" r="M47">
+        <v>13.810717</v>
+      </c>
+      <c s="12" t="str" r="N47"/>
+      <c s="22" r="P47">
+        <v>1</v>
+      </c>
+      <c s="22" r="R47">
+        <v>15</v>
+      </c>
+      <c s="23" r="T47">
+        <v>3.13351097014196</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C48">
+        <is>
+          <t xml:space="preserve">Hospice and Palliative Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D48"/>
+      <c s="8" t="str" r="E48"/>
+      <c s="9" t="str" r="F48"/>
+      <c s="10" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J48">
+        <v>96</v>
+      </c>
+      <c s="12" t="str" r="K48"/>
+      <c s="13" r="M48">
+        <v>4.052083</v>
+      </c>
+      <c s="12" t="str" r="N48"/>
+      <c s="11" r="P48">
+        <v>1</v>
+      </c>
+      <c s="11" r="R48">
+        <v>5</v>
+      </c>
+      <c s="13" r="T48">
+        <v>1.57446784660723</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A49"/>
+      <c s="15" t="str" r="C49"/>
+      <c s="16" t="str" r="F49"/>
+      <c s="10" t="inlineStr" r="H49">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J49">
+        <v>119</v>
+      </c>
+      <c s="12" t="str" r="K49"/>
+      <c s="13" r="M49">
+        <v>3.94958</v>
+      </c>
+      <c s="12" t="str" r="N49"/>
+      <c s="11" r="P49">
+        <v>1</v>
+      </c>
+      <c s="11" r="R49">
+        <v>5</v>
+      </c>
+      <c s="13" r="T49">
+        <v>1.57431254838421</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A50"/>
+      <c s="15" t="str" r="C50"/>
+      <c s="16" t="str" r="F50"/>
+      <c s="10" t="inlineStr" r="H50">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J50">
+        <v>246</v>
+      </c>
+      <c s="12" t="str" r="K50"/>
+      <c s="13" r="M50">
+        <v>3.873984</v>
+      </c>
+      <c s="12" t="str" r="N50"/>
+      <c s="11" r="P50">
+        <v>1</v>
+      </c>
+      <c s="11" r="R50">
+        <v>5</v>
+      </c>
+      <c s="13" r="T50">
+        <v>1.58800692693703</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A51"/>
+      <c s="18" t="str" r="C51"/>
+      <c s="19" t="str" r="D51"/>
+      <c s="19" t="str" r="E51"/>
+      <c s="20" t="str" r="F51"/>
+      <c s="21" t="inlineStr" r="H51">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J51">
+        <v>461</v>
+      </c>
+      <c s="12" t="str" r="K51"/>
+      <c s="23" r="M51">
+        <v>3.930586</v>
+      </c>
+      <c s="12" t="str" r="N51"/>
+      <c s="22" r="P51">
+        <v>1</v>
+      </c>
+      <c s="22" r="R51">
+        <v>5</v>
+      </c>
+      <c s="23" r="T51">
+        <v>1.58150181789336</v>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C52">
+        <is>
+          <t xml:space="preserve">Maternal-Fetal Medicine (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D52"/>
+      <c s="8" t="str" r="E52"/>
+      <c s="9" t="str" r="F52"/>
+      <c s="10" t="inlineStr" r="H52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="J52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K52"/>
+      <c s="27" t="inlineStr" r="M52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N52"/>
+      <c s="27" t="inlineStr" r="P52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="R52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="T52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A53"/>
+      <c s="15" t="str" r="C53"/>
+      <c s="16" t="str" r="F53"/>
+      <c s="10" t="inlineStr" r="H53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="J53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K53"/>
+      <c s="27" t="inlineStr" r="M53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N53"/>
+      <c s="27" t="inlineStr" r="P53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="R53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="T53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A54"/>
+      <c s="15" t="str" r="C54"/>
+      <c s="16" t="str" r="F54"/>
+      <c s="10" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="J54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K54"/>
+      <c s="27" t="inlineStr" r="M54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N54"/>
+      <c s="27" t="inlineStr" r="P54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="R54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="T54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A55"/>
+      <c s="18" t="str" r="C55"/>
+      <c s="19" t="str" r="D55"/>
+      <c s="19" t="str" r="E55"/>
+      <c s="20" t="str" r="F55"/>
+      <c s="21" t="inlineStr" r="H55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J55">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K55"/>
+      <c s="29" t="inlineStr" r="M55">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N55"/>
+      <c s="29" t="inlineStr" r="P55">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="R55">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="T55">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C56">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D56"/>
+      <c s="8" t="str" r="E56"/>
+      <c s="9" t="str" r="F56"/>
+      <c s="10" t="inlineStr" r="H56">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J56">
+        <v>54</v>
+      </c>
+      <c s="12" t="str" r="K56"/>
+      <c s="13" r="M56">
+        <v>2.87037</v>
+      </c>
+      <c s="12" t="str" r="N56"/>
+      <c s="11" r="P56">
+        <v>1</v>
+      </c>
+      <c s="11" r="R56">
+        <v>3</v>
+      </c>
+      <c s="13" r="T56">
+        <v>0.434335124068961</v>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A57"/>
+      <c s="25" t="str" r="C57"/>
+      <c s="16" t="str" r="F57"/>
+      <c s="10" t="inlineStr" r="H57">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J57">
+        <v>89</v>
+      </c>
+      <c s="12" t="str" r="K57"/>
+      <c s="13" r="M57">
+        <v>2.876404</v>
+      </c>
+      <c s="12" t="str" r="N57"/>
+      <c s="11" r="P57">
+        <v>1</v>
+      </c>
+      <c s="11" r="R57">
+        <v>3</v>
+      </c>
+      <c s="13" r="T57">
+        <v>0.446460524570762</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="16" t="str" r="F58"/>
+      <c s="10" t="inlineStr" r="H58">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J58">
+        <v>131</v>
+      </c>
+      <c s="12" t="str" r="K58"/>
+      <c s="13" r="M58">
+        <v>2.839695</v>
+      </c>
+      <c s="12" t="str" r="N58"/>
+      <c s="11" r="P58">
+        <v>1</v>
+      </c>
+      <c s="11" r="R58">
+        <v>3</v>
+      </c>
+      <c s="13" r="T58">
+        <v>0.492344391660959</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="19" t="str" r="D59"/>
+      <c s="19" t="str" r="E59"/>
+      <c s="20" t="str" r="F59"/>
+      <c s="21" t="inlineStr" r="H59">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J59">
+        <v>274</v>
+      </c>
+      <c s="12" t="str" r="K59"/>
+      <c s="23" r="M59">
+        <v>2.857664</v>
+      </c>
+      <c s="12" t="str" r="N59"/>
+      <c s="22" r="P59">
+        <v>1</v>
+      </c>
+      <c s="22" r="R59">
+        <v>3</v>
+      </c>
+      <c s="23" r="T59">
+        <v>0.466222050100593</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C60">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (5 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D60"/>
+      <c s="8" t="str" r="E60"/>
+      <c s="9" t="str" r="F60"/>
+      <c s="10" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J60">
+        <v>48</v>
+      </c>
+      <c s="12" t="str" r="K60"/>
+      <c s="13" r="M60">
+        <v>4.6875</v>
+      </c>
+      <c s="12" t="str" r="N60"/>
+      <c s="11" r="P60">
+        <v>1</v>
+      </c>
+      <c s="11" r="R60">
+        <v>5</v>
+      </c>
+      <c s="13" r="T60">
+        <v>0.921240468064663</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A61"/>
+      <c s="25" t="str" r="C61"/>
+      <c s="16" t="str" r="F61"/>
+      <c s="10" t="inlineStr" r="H61">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J61">
+        <v>82</v>
+      </c>
+      <c s="12" t="str" r="K61"/>
+      <c s="13" r="M61">
+        <v>4.719512</v>
+      </c>
+      <c s="12" t="str" r="N61"/>
+      <c s="11" r="P61">
+        <v>1</v>
+      </c>
+      <c s="11" r="R61">
+        <v>5</v>
+      </c>
+      <c s="13" r="T61">
+        <v>0.802975715697555</v>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A62"/>
+      <c s="25" t="str" r="C62"/>
+      <c s="16" t="str" r="F62"/>
+      <c s="10" t="inlineStr" r="H62">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J62">
+        <v>115</v>
+      </c>
+      <c s="12" t="str" r="K62"/>
+      <c s="13" r="M62">
+        <v>4.747826</v>
+      </c>
+      <c s="12" t="str" r="N62"/>
+      <c s="11" r="P62">
+        <v>2</v>
+      </c>
+      <c s="11" r="R62">
+        <v>5</v>
+      </c>
+      <c s="13" r="T62">
+        <v>0.684749589266032</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="19" t="str" r="D63"/>
+      <c s="19" t="str" r="E63"/>
+      <c s="20" t="str" r="F63"/>
+      <c s="21" t="inlineStr" r="H63">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J63">
+        <v>245</v>
+      </c>
+      <c s="12" t="str" r="K63"/>
+      <c s="23" r="M63">
+        <v>4.726531</v>
+      </c>
+      <c s="12" t="str" r="N63"/>
+      <c s="22" r="P63">
+        <v>1</v>
+      </c>
+      <c s="22" r="R63">
+        <v>5</v>
+      </c>
+      <c s="23" r="T63">
+        <v>0.774537281220213</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C64">
+        <is>
+          <t xml:space="preserve">Pain Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D64"/>
+      <c s="8" t="str" r="E64"/>
+      <c s="9" t="str" r="F64"/>
+      <c s="10" t="inlineStr" r="H64">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J64">
+        <v>57</v>
+      </c>
+      <c s="12" t="str" r="K64"/>
+      <c s="13" r="M64">
+        <v>4.807018</v>
+      </c>
+      <c s="12" t="str" r="N64"/>
+      <c s="11" r="P64">
+        <v>1</v>
+      </c>
+      <c s="11" r="R64">
+        <v>5</v>
+      </c>
+      <c s="13" r="T64">
+        <v>0.762821735400873</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A65"/>
+      <c s="15" t="str" r="C65"/>
+      <c s="16" t="str" r="F65"/>
+      <c s="10" t="inlineStr" r="H65">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J65">
+        <v>44</v>
+      </c>
+      <c s="12" t="str" r="K65"/>
+      <c s="13" r="M65">
+        <v>4.431818</v>
+      </c>
+      <c s="12" t="str" r="N65"/>
+      <c s="11" r="P65">
+        <v>1</v>
+      </c>
+      <c s="11" r="R65">
+        <v>5</v>
+      </c>
+      <c s="13" r="T65">
+        <v>1.22047163014959</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A66"/>
+      <c s="15" t="str" r="C66"/>
+      <c s="16" t="str" r="F66"/>
+      <c s="10" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J66">
+        <v>83</v>
+      </c>
+      <c s="12" t="str" r="K66"/>
+      <c s="13" r="M66">
+        <v>4.578313</v>
+      </c>
+      <c s="12" t="str" r="N66"/>
+      <c s="11" r="P66">
+        <v>1</v>
+      </c>
+      <c s="11" r="R66">
+        <v>5</v>
+      </c>
+      <c s="13" r="T66">
+        <v>1.08007268273945</v>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A67"/>
+      <c s="18" t="str" r="C67"/>
+      <c s="19" t="str" r="D67"/>
+      <c s="19" t="str" r="E67"/>
+      <c s="20" t="str" r="F67"/>
+      <c s="21" t="inlineStr" r="H67">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J67">
+        <v>184</v>
+      </c>
+      <c s="12" t="str" r="K67"/>
+      <c s="23" r="M67">
+        <v>4.61413</v>
+      </c>
+      <c s="12" t="str" r="N67"/>
+      <c s="22" r="P67">
+        <v>1</v>
+      </c>
+      <c s="22" r="R67">
+        <v>5</v>
+      </c>
+      <c s="23" r="T67">
+        <v>1.03771720617902</v>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C68">
+        <is>
+          <t xml:space="preserve">Pediatric Critical Care Medicine (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D68"/>
+      <c s="8" t="str" r="E68"/>
+      <c s="9" t="str" r="F68"/>
+      <c s="10" t="inlineStr" r="H68">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J68">
+        <v>44</v>
+      </c>
+      <c s="12" t="str" r="K68"/>
+      <c s="13" r="M68">
+        <v>2.909091</v>
+      </c>
+      <c s="12" t="str" r="N68"/>
+      <c s="11" r="P68">
+        <v>1</v>
+      </c>
+      <c s="11" r="R68">
+        <v>3</v>
+      </c>
+      <c s="13" r="T68">
+        <v>0.359961109010404</v>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A69"/>
+      <c s="15" t="str" r="C69"/>
+      <c s="16" t="str" r="F69"/>
+      <c s="10" t="inlineStr" r="H69">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J69">
+        <v>48</v>
+      </c>
+      <c s="12" t="str" r="K69"/>
+      <c s="13" r="M69">
+        <v>2.895833</v>
+      </c>
+      <c s="12" t="str" r="N69"/>
+      <c s="11" r="P69">
+        <v>1</v>
+      </c>
+      <c s="11" r="R69">
+        <v>3</v>
+      </c>
+      <c s="13" r="T69">
+        <v>0.369329121516297</v>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A70"/>
+      <c s="15" t="str" r="C70"/>
+      <c s="16" t="str" r="F70"/>
+      <c s="10" t="inlineStr" r="H70">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J70">
+        <v>111</v>
+      </c>
+      <c s="12" t="str" r="K70"/>
+      <c s="13" r="M70">
+        <v>2.873874</v>
+      </c>
+      <c s="12" t="str" r="N70"/>
+      <c s="11" r="P70">
+        <v>1</v>
+      </c>
+      <c s="11" r="R70">
+        <v>3</v>
+      </c>
+      <c s="13" r="T70">
+        <v>0.427919384931321</v>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A71"/>
+      <c s="18" t="str" r="C71"/>
+      <c s="19" t="str" r="D71"/>
+      <c s="19" t="str" r="E71"/>
+      <c s="20" t="str" r="F71"/>
+      <c s="21" t="inlineStr" r="H71">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J71">
+        <v>203</v>
+      </c>
+      <c s="12" t="str" r="K71"/>
+      <c s="23" r="M71">
+        <v>2.8867</v>
+      </c>
+      <c s="12" t="str" r="N71"/>
+      <c s="22" r="P71">
+        <v>1</v>
+      </c>
+      <c s="22" r="R71">
+        <v>3</v>
+      </c>
+      <c s="23" r="T71">
+        <v>0.399963748357273</v>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C72">
+        <is>
+          <t xml:space="preserve">Pediatric Gastroenterology (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D72"/>
+      <c s="8" t="str" r="E72"/>
+      <c s="9" t="str" r="F72"/>
+      <c s="10" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J72">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="K72"/>
+      <c s="13" r="M72">
+        <v>2.947368</v>
+      </c>
+      <c s="12" t="str" r="N72"/>
+      <c s="11" r="P72">
+        <v>2</v>
+      </c>
+      <c s="11" r="R72">
+        <v>3</v>
+      </c>
+      <c s="13" r="T72">
+        <v>0.226294056484036</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A73"/>
+      <c s="15" t="str" r="C73"/>
+      <c s="16" t="str" r="F73"/>
+      <c s="10" t="inlineStr" r="H73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J73">
+        <v>41</v>
+      </c>
+      <c s="12" t="str" r="K73"/>
+      <c s="13" r="M73">
+        <v>2.853659</v>
+      </c>
+      <c s="12" t="str" r="N73"/>
+      <c s="11" r="P73">
+        <v>1</v>
+      </c>
+      <c s="11" r="R73">
+        <v>3</v>
+      </c>
+      <c s="13" r="T73">
+        <v>0.474587189039064</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A74"/>
+      <c s="15" t="str" r="C74"/>
+      <c s="16" t="str" r="F74"/>
+      <c s="10" t="inlineStr" r="H74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J74">
+        <v>71</v>
+      </c>
+      <c s="12" t="str" r="K74"/>
+      <c s="13" r="M74">
+        <v>2.84507</v>
+      </c>
+      <c s="12" t="str" r="N74"/>
+      <c s="11" r="P74">
+        <v>1</v>
+      </c>
+      <c s="11" r="R74">
+        <v>3</v>
+      </c>
+      <c s="13" r="T74">
+        <v>0.465790725540988</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A75"/>
+      <c s="18" t="str" r="C75"/>
+      <c s="19" t="str" r="D75"/>
+      <c s="19" t="str" r="E75"/>
+      <c s="20" t="str" r="F75"/>
+      <c s="21" t="inlineStr" r="H75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J75">
+        <v>131</v>
+      </c>
+      <c s="12" t="str" r="K75"/>
+      <c s="23" r="M75">
+        <v>2.862595</v>
+      </c>
+      <c s="12" t="str" r="N75"/>
+      <c s="22" r="P75">
+        <v>1</v>
+      </c>
+      <c s="22" r="R75">
+        <v>3</v>
+      </c>
+      <c s="23" r="T75">
+        <v>0.442274801452672</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C76">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D76"/>
+      <c s="8" t="str" r="E76"/>
+      <c s="9" t="str" r="F76"/>
+      <c s="10" t="inlineStr" r="H76">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J76">
+        <v>15</v>
+      </c>
+      <c s="12" t="str" r="K76"/>
+      <c s="13" r="M76">
+        <v>2.333333</v>
+      </c>
+      <c s="12" t="str" r="N76"/>
+      <c s="11" r="P76">
+        <v>1</v>
+      </c>
+      <c s="11" r="R76">
+        <v>3</v>
+      </c>
+      <c s="13" r="T76">
+        <v>0.884086534226147</v>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A77"/>
+      <c s="25" t="str" r="C77"/>
+      <c s="16" t="str" r="F77"/>
+      <c s="10" t="inlineStr" r="H77">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J77">
+        <v>92</v>
+      </c>
+      <c s="12" t="str" r="K77"/>
+      <c s="13" r="M77">
+        <v>2.51087</v>
+      </c>
+      <c s="12" t="str" r="N77"/>
+      <c s="11" r="P77">
+        <v>1</v>
+      </c>
+      <c s="11" r="R77">
+        <v>3</v>
+      </c>
+      <c s="13" r="T77">
+        <v>0.802925899445273</v>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="16" t="str" r="F78"/>
+      <c s="10" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J78">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="K78"/>
+      <c s="13" r="M78">
+        <v>2.375</v>
+      </c>
+      <c s="12" t="str" r="N78"/>
+      <c s="11" r="P78">
+        <v>1</v>
+      </c>
+      <c s="11" r="R78">
+        <v>3</v>
+      </c>
+      <c s="13" r="T78">
+        <v>0.718795520297671</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="19" t="str" r="D79"/>
+      <c s="19" t="str" r="E79"/>
+      <c s="20" t="str" r="F79"/>
+      <c s="21" t="inlineStr" r="H79">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J79">
+        <v>115</v>
+      </c>
+      <c s="12" t="str" r="K79"/>
+      <c s="23" r="M79">
+        <v>2.478261</v>
+      </c>
+      <c s="12" t="str" r="N79"/>
+      <c s="22" r="P79">
+        <v>1</v>
+      </c>
+      <c s="22" r="R79">
+        <v>3</v>
+      </c>
+      <c s="23" r="T79">
+        <v>0.807690534796589</v>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C80">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D80"/>
+      <c s="8" t="str" r="E80"/>
+      <c s="9" t="str" r="F80"/>
+      <c s="10" t="inlineStr" r="H80">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J80">
+        <v>9</v>
+      </c>
+      <c s="12" t="str" r="K80"/>
+      <c s="13" r="M80">
+        <v>4.777778</v>
+      </c>
+      <c s="12" t="str" r="N80"/>
+      <c s="11" r="P80">
+        <v>2</v>
+      </c>
+      <c s="11" r="R80">
+        <v>7</v>
+      </c>
+      <c s="13" r="T80">
+        <v>1.66470477863194</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A81"/>
+      <c s="25" t="str" r="C81"/>
+      <c s="16" t="str" r="F81"/>
+      <c s="10" t="inlineStr" r="H81">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J81">
+        <v>62</v>
+      </c>
+      <c s="12" t="str" r="K81"/>
+      <c s="13" r="M81">
+        <v>4.822581</v>
+      </c>
+      <c s="12" t="str" r="N81"/>
+      <c s="11" r="P81">
+        <v>1</v>
+      </c>
+      <c s="11" r="R81">
+        <v>7</v>
+      </c>
+      <c s="13" r="T81">
+        <v>2.02041777857947</v>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A82"/>
+      <c s="25" t="str" r="C82"/>
+      <c s="16" t="str" r="F82"/>
+      <c s="10" t="inlineStr" r="H82">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K82"/>
+      <c s="27" t="inlineStr" r="M82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N82"/>
+      <c s="27" t="inlineStr" r="P82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="R82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" t="inlineStr" r="T82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="19" t="str" r="D83"/>
+      <c s="19" t="str" r="E83"/>
+      <c s="20" t="str" r="F83"/>
+      <c s="21" t="inlineStr" r="H83">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J83">
+        <v>75</v>
+      </c>
+      <c s="12" t="str" r="K83"/>
+      <c s="23" r="M83">
+        <v>4.733333</v>
+      </c>
+      <c s="12" t="str" r="N83"/>
+      <c s="22" r="P83">
+        <v>1</v>
+      </c>
+      <c s="22" r="R83">
+        <v>7</v>
+      </c>
+      <c s="23" r="T83">
+        <v>1.96160011215334</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C84">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D84"/>
+      <c s="8" t="str" r="E84"/>
+      <c s="9" t="str" r="F84"/>
+      <c s="10" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J84">
+        <v>279</v>
+      </c>
+      <c s="12" t="str" r="K84"/>
+      <c s="13" r="M84">
+        <v>2.863799</v>
+      </c>
+      <c s="12" t="str" r="N84"/>
+      <c s="11" r="P84">
+        <v>1</v>
+      </c>
+      <c s="11" r="R84">
+        <v>3</v>
+      </c>
+      <c s="13" r="T84">
+        <v>0.451704549456832</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="16" t="str" r="F85"/>
+      <c s="10" t="inlineStr" r="H85">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J85">
+        <v>637</v>
+      </c>
+      <c s="12" t="str" r="K85"/>
+      <c s="13" r="M85">
+        <v>2.894819</v>
+      </c>
+      <c s="12" t="str" r="N85"/>
+      <c s="11" r="P85">
+        <v>1</v>
+      </c>
+      <c s="11" r="R85">
+        <v>3</v>
+      </c>
+      <c s="13" r="T85">
+        <v>0.4041286923741</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A86"/>
+      <c s="25" t="str" r="C86"/>
+      <c s="16" t="str" r="F86"/>
+      <c s="10" t="inlineStr" r="H86">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J86">
+        <v>459</v>
+      </c>
+      <c s="12" t="str" r="K86"/>
+      <c s="13" r="M86">
+        <v>2.79085</v>
+      </c>
+      <c s="12" t="str" r="N86"/>
+      <c s="11" r="P86">
+        <v>1</v>
+      </c>
+      <c s="11" r="R86">
+        <v>3</v>
+      </c>
+      <c s="13" r="T86">
+        <v>0.575625746470743</v>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A87"/>
+      <c s="26" t="str" r="C87"/>
+      <c s="19" t="str" r="D87"/>
+      <c s="19" t="str" r="E87"/>
+      <c s="20" t="str" r="F87"/>
+      <c s="21" t="inlineStr" r="H87">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J87">
+        <v>1375</v>
+      </c>
+      <c s="12" t="str" r="K87"/>
+      <c s="23" r="M87">
+        <v>2.853818</v>
+      </c>
+      <c s="12" t="str" r="N87"/>
+      <c s="22" r="P87">
+        <v>1</v>
+      </c>
+      <c s="22" r="R87">
+        <v>3</v>
+      </c>
+      <c s="23" r="T87">
+        <v>0.479189941463716</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D88"/>
+      <c s="8" t="str" r="E88"/>
+      <c s="9" t="str" r="F88"/>
+      <c s="10" t="inlineStr" r="H88">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J88">
+        <v>254</v>
+      </c>
+      <c s="12" t="str" r="K88"/>
+      <c s="13" r="M88">
+        <v>11.094488</v>
+      </c>
+      <c s="12" t="str" r="N88"/>
+      <c s="11" r="P88">
+        <v>1</v>
+      </c>
+      <c s="11" r="R88">
+        <v>12</v>
+      </c>
+      <c s="13" r="T88">
+        <v>2.35986525039037</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="16" t="str" r="F89"/>
+      <c s="10" t="inlineStr" r="H89">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J89">
+        <v>588</v>
+      </c>
+      <c s="12" t="str" r="K89"/>
+      <c s="13" r="M89">
+        <v>11.047619</v>
+      </c>
+      <c s="12" t="str" r="N89"/>
+      <c s="11" r="P89">
+        <v>1</v>
+      </c>
+      <c s="11" r="R89">
+        <v>12</v>
+      </c>
+      <c s="13" r="T89">
+        <v>2.57009532897128</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="16" t="str" r="F90"/>
+      <c s="10" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J90">
+        <v>407</v>
+      </c>
+      <c s="12" t="str" r="K90"/>
+      <c s="13" r="M90">
+        <v>10.879607</v>
+      </c>
+      <c s="12" t="str" r="N90"/>
+      <c s="11" r="P90">
+        <v>1</v>
+      </c>
+      <c s="11" r="R90">
+        <v>12</v>
+      </c>
+      <c s="13" r="T90">
+        <v>2.73337575170338</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A91"/>
+      <c s="26" t="str" r="C91"/>
+      <c s="19" t="str" r="D91"/>
+      <c s="19" t="str" r="E91"/>
+      <c s="20" t="str" r="F91"/>
+      <c s="21" t="inlineStr" r="H91">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J91">
+        <v>1249</v>
+      </c>
+      <c s="12" t="str" r="K91"/>
+      <c s="23" r="M91">
+        <v>11.002402</v>
+      </c>
+      <c s="12" t="str" r="N91"/>
+      <c s="22" r="P91">
+        <v>1</v>
+      </c>
+      <c s="22" r="R91">
+        <v>12</v>
+      </c>
+      <c s="23" r="T91">
+        <v>2.58441656858951</v>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery (6)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D92"/>
+      <c s="8" t="str" r="E92"/>
+      <c s="9" t="str" r="F92"/>
+      <c s="10" t="inlineStr" r="H92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J92">
+        <v>20</v>
+      </c>
+      <c s="12" t="str" r="K92"/>
+      <c s="13" r="M92">
+        <v>6</v>
+      </c>
+      <c s="12" t="str" r="N92"/>
+      <c s="11" r="P92">
+        <v>6</v>
+      </c>
+      <c s="11" r="R92">
+        <v>6</v>
+      </c>
+      <c s="13" r="T92">
         <v>0</v>
       </c>
-      <c r="B1" s="18"/>
-[...55 lines deleted...]
-      <c r="B8" s="41" t="s">
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A93"/>
+      <c s="15" t="str" r="C93"/>
+      <c s="16" t="str" r="F93"/>
+      <c s="10" t="inlineStr" r="H93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J93">
+        <v>41</v>
+      </c>
+      <c s="12" t="str" r="K93"/>
+      <c s="13" r="M93">
+        <v>5.804878</v>
+      </c>
+      <c s="12" t="str" r="N93"/>
+      <c s="11" r="P93">
+        <v>1</v>
+      </c>
+      <c s="11" r="R93">
+        <v>6</v>
+      </c>
+      <c s="13" r="T93">
+        <v>0.807969677648858</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A94"/>
+      <c s="15" t="str" r="C94"/>
+      <c s="16" t="str" r="F94"/>
+      <c s="10" t="inlineStr" r="H94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J94">
+        <v>106</v>
+      </c>
+      <c s="12" t="str" r="K94"/>
+      <c s="13" r="M94">
+        <v>5.820755</v>
+      </c>
+      <c s="12" t="str" r="N94"/>
+      <c s="11" r="P94">
+        <v>1</v>
+      </c>
+      <c s="11" r="R94">
+        <v>6</v>
+      </c>
+      <c s="13" r="T94">
+        <v>0.712743291795861</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A95"/>
+      <c s="18" t="str" r="C95"/>
+      <c s="19" t="str" r="D95"/>
+      <c s="19" t="str" r="E95"/>
+      <c s="20" t="str" r="F95"/>
+      <c s="21" t="inlineStr" r="H95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J95">
+        <v>167</v>
+      </c>
+      <c s="12" t="str" r="K95"/>
+      <c s="23" r="M95">
+        <v>5.838323</v>
+      </c>
+      <c s="12" t="str" r="N95"/>
+      <c s="22" r="P95">
+        <v>1</v>
+      </c>
+      <c s="22" r="R95">
+        <v>6</v>
+      </c>
+      <c s="23" r="T95">
+        <v>0.695911632321231</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C96">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (OBGYN) (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D96"/>
+      <c s="8" t="str" r="E96"/>
+      <c s="9" t="str" r="F96"/>
+      <c s="10" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J96">
+        <v>12</v>
+      </c>
+      <c s="12" t="str" r="K96"/>
+      <c s="13" r="M96">
+        <v>8.666667</v>
+      </c>
+      <c s="12" t="str" r="N96"/>
+      <c s="11" r="P96">
+        <v>1</v>
+      </c>
+      <c s="11" r="R96">
+        <v>10</v>
+      </c>
+      <c s="13" r="T96">
+        <v>3.07396730626726</v>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A97"/>
+      <c s="15" t="str" r="C97"/>
+      <c s="16" t="str" r="F97"/>
+      <c s="10" t="inlineStr" r="H97">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J97">
+        <v>5</v>
+      </c>
+      <c s="12" t="str" r="K97"/>
+      <c s="13" r="M97">
+        <v>10</v>
+      </c>
+      <c s="12" t="str" r="N97"/>
+      <c s="11" r="P97">
+        <v>10</v>
+      </c>
+      <c s="11" r="R97">
+        <v>10</v>
+      </c>
+      <c s="13" r="T97">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A98"/>
+      <c s="15" t="str" r="C98"/>
+      <c s="16" t="str" r="F98"/>
+      <c s="10" t="inlineStr" r="H98">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J98">
+        <v>45</v>
+      </c>
+      <c s="12" t="str" r="K98"/>
+      <c s="13" r="M98">
+        <v>9.422222</v>
+      </c>
+      <c s="12" t="str" r="N98"/>
+      <c s="11" r="P98">
+        <v>1</v>
+      </c>
+      <c s="11" r="R98">
+        <v>10</v>
+      </c>
+      <c s="13" r="T98">
+        <v>2.10391706110293</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A99"/>
+      <c s="18" t="str" r="C99"/>
+      <c s="19" t="str" r="D99"/>
+      <c s="19" t="str" r="E99"/>
+      <c s="20" t="str" r="F99"/>
+      <c s="21" t="inlineStr" r="H99">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J99">
+        <v>62</v>
+      </c>
+      <c s="12" t="str" r="K99"/>
+      <c s="23" r="M99">
+        <v>9.322581</v>
+      </c>
+      <c s="12" t="str" r="N99"/>
+      <c s="22" r="P99">
+        <v>1</v>
+      </c>
+      <c s="22" r="R99">
+        <v>10</v>
+      </c>
+      <c s="23" r="T99">
+        <v>2.25795216955541</v>
+      </c>
+    </row>
+    <row r="100" ht="2.15" customHeight="1"/>
+    <row r="101" ht="15.8" customHeight="1">
+      <c s="28" t="inlineStr" r="B101">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="2.2" customHeight="1"/>
+    <row r="103" ht="0.05" customHeight="1"/>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="A1:W1"/>
+    <mergeCell ref="D3:D4"/>
+    <mergeCell ref="F4:M5"/>
+    <mergeCell ref="O4:T5"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="I8:K8"/>
+    <mergeCell ref="L8:N8"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="S8:T8"/>
+    <mergeCell ref="A12:A15"/>
+    <mergeCell ref="C12:F15"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="A16:A19"/>
+    <mergeCell ref="C16:F19"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="A20:A23"/>
+    <mergeCell ref="C20:F23"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="C24:F27"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="M27:N27"/>
+    <mergeCell ref="A28:A31"/>
+    <mergeCell ref="C28:F31"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="M31:N31"/>
+    <mergeCell ref="A32:A35"/>
+    <mergeCell ref="C32:F35"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="M33:N33"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="M34:N34"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="M35:N35"/>
+    <mergeCell ref="A36:A39"/>
+    <mergeCell ref="C36:F39"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="M36:N36"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="M37:N37"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="M38:N38"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="A40:A43"/>
+    <mergeCell ref="C40:F43"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="M40:N40"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="M41:N41"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="M42:N42"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="M43:N43"/>
+    <mergeCell ref="A44:A47"/>
+    <mergeCell ref="C44:F47"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="M44:N44"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="M45:N45"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="M46:N46"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="M47:N47"/>
+    <mergeCell ref="A48:A51"/>
+    <mergeCell ref="C48:F51"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="M48:N48"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="M49:N49"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="M50:N50"/>
+    <mergeCell ref="J51:K51"/>
+    <mergeCell ref="M51:N51"/>
+    <mergeCell ref="A52:A55"/>
+    <mergeCell ref="C52:F55"/>
+    <mergeCell ref="J52:K52"/>
+    <mergeCell ref="M52:N52"/>
+    <mergeCell ref="J53:K53"/>
+    <mergeCell ref="M53:N53"/>
+    <mergeCell ref="J54:K54"/>
+    <mergeCell ref="M54:N54"/>
+    <mergeCell ref="J55:K55"/>
+    <mergeCell ref="M55:N55"/>
+    <mergeCell ref="A56:A59"/>
+    <mergeCell ref="C56:F59"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="M56:N56"/>
+    <mergeCell ref="J57:K57"/>
+    <mergeCell ref="M57:N57"/>
+    <mergeCell ref="J58:K58"/>
+    <mergeCell ref="M58:N58"/>
+    <mergeCell ref="J59:K59"/>
+    <mergeCell ref="M59:N59"/>
+    <mergeCell ref="A60:A63"/>
+    <mergeCell ref="C60:F63"/>
+    <mergeCell ref="J60:K60"/>
+    <mergeCell ref="M60:N60"/>
+    <mergeCell ref="J61:K61"/>
+    <mergeCell ref="M61:N61"/>
+    <mergeCell ref="J62:K62"/>
+    <mergeCell ref="M62:N62"/>
+    <mergeCell ref="J63:K63"/>
+    <mergeCell ref="M63:N63"/>
+    <mergeCell ref="A64:A67"/>
+    <mergeCell ref="C64:F67"/>
+    <mergeCell ref="J64:K64"/>
+    <mergeCell ref="M64:N64"/>
+    <mergeCell ref="J65:K65"/>
+    <mergeCell ref="M65:N65"/>
+    <mergeCell ref="J66:K66"/>
+    <mergeCell ref="M66:N66"/>
+    <mergeCell ref="J67:K67"/>
+    <mergeCell ref="M67:N67"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="C68:F71"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="M68:N68"/>
+    <mergeCell ref="J69:K69"/>
+    <mergeCell ref="M69:N69"/>
+    <mergeCell ref="J70:K70"/>
+    <mergeCell ref="M70:N70"/>
+    <mergeCell ref="J71:K71"/>
+    <mergeCell ref="M71:N71"/>
+    <mergeCell ref="A72:A75"/>
+    <mergeCell ref="C72:F75"/>
+    <mergeCell ref="J72:K72"/>
+    <mergeCell ref="M72:N72"/>
+    <mergeCell ref="J73:K73"/>
+    <mergeCell ref="M73:N73"/>
+    <mergeCell ref="J74:K74"/>
+    <mergeCell ref="M74:N74"/>
+    <mergeCell ref="J75:K75"/>
+    <mergeCell ref="M75:N75"/>
+    <mergeCell ref="A76:A79"/>
+    <mergeCell ref="C76:F79"/>
+    <mergeCell ref="J76:K76"/>
+    <mergeCell ref="M76:N76"/>
+    <mergeCell ref="J77:K77"/>
+    <mergeCell ref="M77:N77"/>
+    <mergeCell ref="J78:K78"/>
+    <mergeCell ref="M78:N78"/>
+    <mergeCell ref="J79:K79"/>
+    <mergeCell ref="M79:N79"/>
+    <mergeCell ref="A80:A83"/>
+    <mergeCell ref="C80:F83"/>
+    <mergeCell ref="J80:K80"/>
+    <mergeCell ref="M80:N80"/>
+    <mergeCell ref="J81:K81"/>
+    <mergeCell ref="M81:N81"/>
+    <mergeCell ref="J82:K82"/>
+    <mergeCell ref="M82:N82"/>
+    <mergeCell ref="J83:K83"/>
+    <mergeCell ref="M83:N83"/>
+    <mergeCell ref="A84:A87"/>
+    <mergeCell ref="C84:F87"/>
+    <mergeCell ref="J84:K84"/>
+    <mergeCell ref="M84:N84"/>
+    <mergeCell ref="J85:K85"/>
+    <mergeCell ref="M85:N85"/>
+    <mergeCell ref="J86:K86"/>
+    <mergeCell ref="M86:N86"/>
+    <mergeCell ref="J87:K87"/>
+    <mergeCell ref="M87:N87"/>
+    <mergeCell ref="A88:A91"/>
+    <mergeCell ref="C88:F91"/>
+    <mergeCell ref="J88:K88"/>
+    <mergeCell ref="M88:N88"/>
+    <mergeCell ref="J89:K89"/>
+    <mergeCell ref="M89:N89"/>
+    <mergeCell ref="J90:K90"/>
+    <mergeCell ref="M90:N90"/>
+    <mergeCell ref="J91:K91"/>
+    <mergeCell ref="M91:N91"/>
+    <mergeCell ref="A92:A95"/>
+    <mergeCell ref="C92:F95"/>
+    <mergeCell ref="J92:K92"/>
+    <mergeCell ref="M92:N92"/>
+    <mergeCell ref="J93:K93"/>
+    <mergeCell ref="M93:N93"/>
+    <mergeCell ref="J94:K94"/>
+    <mergeCell ref="M94:N94"/>
+    <mergeCell ref="J95:K95"/>
+    <mergeCell ref="M95:N95"/>
+    <mergeCell ref="A96:A99"/>
+    <mergeCell ref="C96:F99"/>
+    <mergeCell ref="J96:K96"/>
+    <mergeCell ref="M96:N96"/>
+    <mergeCell ref="J97:K97"/>
+    <mergeCell ref="M97:N97"/>
+    <mergeCell ref="J98:K98"/>
+    <mergeCell ref="M98:N98"/>
+    <mergeCell ref="J99:K99"/>
+    <mergeCell ref="M99:N99"/>
+    <mergeCell ref="B101:J101"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId10"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet54.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.40234375"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.69140625"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.4609375"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="15.08203125"/>
+    <col min="20" max="20" customWidth="1" width="3.421875"/>
+    <col min="21" max="21" customWidth="1" width="78.171875"/>
+    <col min="22" max="22" customWidth="1" width="8.9140625"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Fellowship Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">RECEIVED Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve">Count of
+participating
+programs</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Count of
+top 10%
+programs</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">10% count of
+signals</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Sum of
+total signals
+received</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">% of top 10%
+signals</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="6.45" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B12"/>
+      <c s="38" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Allergy and Immunology (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D12"/>
+      <c s="39" t="str" r="E12"/>
+      <c s="39" t="str" r="F12"/>
+      <c s="39" t="str" r="G12"/>
+      <c s="40" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I12"/>
+      <c s="41" r="J12">
+        <v>86</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="41" r="M12">
+        <v>9</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="41" r="P12">
+        <v>255</v>
+      </c>
+      <c s="41" r="R12">
+        <v>1185</v>
+      </c>
+      <c s="42" r="S12">
+        <v>0.21519</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B13"/>
+      <c s="38" t="inlineStr" r="C13">
+        <is>
+          <t xml:space="preserve">Cardiovascular Disease (20)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D13"/>
+      <c s="39" t="str" r="E13"/>
+      <c s="39" t="str" r="F13"/>
+      <c s="39" t="str" r="G13"/>
+      <c s="40" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I13"/>
+      <c s="41" r="J13">
+        <v>275</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="41" r="M13">
+        <v>28</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="41" r="P13">
+        <v>9208</v>
+      </c>
+      <c s="41" r="R13">
+        <v>42079</v>
+      </c>
+      <c s="42" r="S13">
+        <v>0.218826</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B14"/>
+      <c s="43" t="inlineStr" r="C14">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D14"/>
+      <c s="39" t="str" r="E14"/>
+      <c s="39" t="str" r="F14"/>
+      <c s="39" t="str" r="G14"/>
+      <c s="44" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I14"/>
+      <c s="41" r="J14">
+        <v>72</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="41" r="M14">
+        <v>7</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="41" r="P14">
+        <v>374</v>
+      </c>
+      <c s="41" r="R14">
+        <v>1349</v>
+      </c>
+      <c s="42" r="S14">
+        <v>0.277242</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B15"/>
+      <c s="43" t="inlineStr" r="C15">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D15"/>
+      <c s="39" t="str" r="E15"/>
+      <c s="39" t="str" r="F15"/>
+      <c s="39" t="str" r="G15"/>
+      <c s="44" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I15"/>
+      <c s="41" r="J15">
+        <v>72</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="41" r="M15">
+        <v>7</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="41" r="P15">
+        <v>614</v>
+      </c>
+      <c s="41" r="R15">
+        <v>3569</v>
+      </c>
+      <c s="42" r="S15">
+        <v>0.172037</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B16"/>
+      <c s="38" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Endocrinology, Diabetes, and Metabolism (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D16"/>
+      <c s="39" t="str" r="E16"/>
+      <c s="39" t="str" r="F16"/>
+      <c s="39" t="str" r="G16"/>
+      <c s="40" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I16"/>
+      <c s="41" r="J16">
+        <v>156</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="41" r="M16">
+        <v>16</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="41" r="P16">
+        <v>621</v>
+      </c>
+      <c s="41" r="R16">
+        <v>2399</v>
+      </c>
+      <c s="42" r="S16">
+        <v>0.258858</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B17"/>
+      <c s="43" t="inlineStr" r="C17">
+        <is>
+          <t xml:space="preserve">Gastroenterology (5 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D17"/>
+      <c s="39" t="str" r="E17"/>
+      <c s="39" t="str" r="F17"/>
+      <c s="39" t="str" r="G17"/>
+      <c s="44" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I17"/>
+      <c s="41" r="J17">
+        <v>229</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="41" r="M17">
+        <v>23</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="41" r="P17">
+        <v>1356</v>
+      </c>
+      <c s="41" r="R17">
+        <v>6536</v>
+      </c>
+      <c s="42" r="S17">
+        <v>0.207466</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B18"/>
+      <c s="43" t="inlineStr" r="C18">
+        <is>
+          <t xml:space="preserve">Gastroenterology (10 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D18"/>
+      <c s="39" t="str" r="E18"/>
+      <c s="39" t="str" r="F18"/>
+      <c s="39" t="str" r="G18"/>
+      <c s="44" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I18"/>
+      <c s="41" r="J18">
+        <v>230</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="41" r="M18">
+        <v>23</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="41" r="P18">
+        <v>2337</v>
+      </c>
+      <c s="41" r="R18">
+        <v>12410</v>
+      </c>
+      <c s="42" r="S18">
+        <v>0.188316</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B19"/>
+      <c s="43" t="inlineStr" r="C19">
+        <is>
+          <t xml:space="preserve">Hematology and Oncology (5 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D19"/>
+      <c s="39" t="str" r="E19"/>
+      <c s="39" t="str" r="F19"/>
+      <c s="39" t="str" r="G19"/>
+      <c s="44" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I19"/>
+      <c s="41" r="J19">
+        <v>185</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="41" r="M19">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="41" r="P19">
+        <v>1539</v>
+      </c>
+      <c s="41" r="R19">
+        <v>5979</v>
+      </c>
+      <c s="42" r="S19">
+        <v>0.257401</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B20"/>
+      <c s="43" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Hematology and Oncology (15 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D20"/>
+      <c s="39" t="str" r="E20"/>
+      <c s="39" t="str" r="F20"/>
+      <c s="39" t="str" r="G20"/>
+      <c s="44" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I20"/>
+      <c s="41" r="J20">
+        <v>185</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="41" r="M20">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="41" r="P20">
+        <v>3274</v>
+      </c>
+      <c s="41" r="R20">
+        <v>15979</v>
+      </c>
+      <c s="42" r="S20">
+        <v>0.204894</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B21"/>
+      <c s="38" t="inlineStr" r="C21">
+        <is>
+          <t xml:space="preserve">Hospice and Palliative Medicine (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D21"/>
+      <c s="39" t="str" r="E21"/>
+      <c s="39" t="str" r="F21"/>
+      <c s="39" t="str" r="G21"/>
+      <c s="40" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I21"/>
+      <c s="41" r="J21">
+        <v>173</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="41" r="M21">
+        <v>17</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="41" r="P21">
+        <v>616</v>
+      </c>
+      <c s="41" r="R21">
+        <v>1812</v>
+      </c>
+      <c s="42" r="S21">
+        <v>0.339956</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B22"/>
+      <c s="38" t="inlineStr" r="C22">
+        <is>
+          <t xml:space="preserve">Maternal-Fetal Medicine (10)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D22"/>
+      <c s="39" t="str" r="E22"/>
+      <c s="39" t="str" r="F22"/>
+      <c s="39" t="str" r="G22"/>
+      <c s="40" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I22"/>
+      <c s="41" r="J22">
+        <v>30</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="41" r="M22">
+        <v>3</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="41" r="P22">
+        <v>14</v>
+      </c>
+      <c s="41" r="R22">
+        <v>68</v>
+      </c>
+      <c s="42" r="S22">
+        <v>0.205882</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B23"/>
+      <c s="43" t="inlineStr" r="C23">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D23"/>
+      <c s="39" t="str" r="E23"/>
+      <c s="39" t="str" r="F23"/>
+      <c s="39" t="str" r="G23"/>
+      <c s="44" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I23"/>
+      <c s="41" r="J23">
+        <v>94</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="41" r="M23">
+        <v>9</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="41" r="P23">
+        <v>262</v>
+      </c>
+      <c s="41" r="R23">
+        <v>783</v>
+      </c>
+      <c s="42" r="S23">
+        <v>0.33461</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B24"/>
+      <c s="43" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (5 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D24"/>
+      <c s="39" t="str" r="E24"/>
+      <c s="39" t="str" r="F24"/>
+      <c s="39" t="str" r="G24"/>
+      <c s="44" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I24"/>
+      <c s="41" r="J24">
+        <v>96</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="41" r="M24">
+        <v>10</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="41" r="P24">
+        <v>306</v>
+      </c>
+      <c s="41" r="R24">
+        <v>1158</v>
+      </c>
+      <c s="42" r="S24">
+        <v>0.264249</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B25"/>
+      <c s="38" t="inlineStr" r="C25">
+        <is>
+          <t xml:space="preserve">Pain Medicine (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D25"/>
+      <c s="39" t="str" r="E25"/>
+      <c s="39" t="str" r="F25"/>
+      <c s="39" t="str" r="G25"/>
+      <c s="40" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I25"/>
+      <c s="41" r="J25">
+        <v>99</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="41" r="M25">
+        <v>10</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="41" r="P25">
+        <v>240</v>
+      </c>
+      <c s="41" r="R25">
+        <v>849</v>
+      </c>
+      <c s="42" r="S25">
+        <v>0.282686</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B26"/>
+      <c s="38" t="inlineStr" r="C26">
+        <is>
+          <t xml:space="preserve">Pediatric Critical Care Medicine (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D26"/>
+      <c s="39" t="str" r="E26"/>
+      <c s="39" t="str" r="F26"/>
+      <c s="39" t="str" r="G26"/>
+      <c s="40" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I26"/>
+      <c s="41" r="J26">
+        <v>69</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="41" r="M26">
+        <v>7</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="41" r="P26">
+        <v>210</v>
+      </c>
+      <c s="41" r="R26">
+        <v>586</v>
+      </c>
+      <c s="42" r="S26">
+        <v>0.358362</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B27"/>
+      <c s="38" t="inlineStr" r="C27">
+        <is>
+          <t xml:space="preserve">Pediatric Gastroenterology (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D27"/>
+      <c s="39" t="str" r="E27"/>
+      <c s="39" t="str" r="F27"/>
+      <c s="39" t="str" r="G27"/>
+      <c s="40" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I27"/>
+      <c s="41" r="J27">
+        <v>58</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="41" r="M27">
+        <v>6</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="41" r="P27">
+        <v>113</v>
+      </c>
+      <c s="41" r="R27">
+        <v>375</v>
+      </c>
+      <c s="42" r="S27">
+        <v>0.301333</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B28"/>
+      <c s="43" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D28"/>
+      <c s="39" t="str" r="E28"/>
+      <c s="39" t="str" r="F28"/>
+      <c s="39" t="str" r="G28"/>
+      <c s="44" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I28"/>
+      <c s="41" r="J28">
+        <v>10</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="41" r="M28">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="41" r="P28">
         <v>40</v>
       </c>
-      <c r="C8" s="18"/>
-[...37 lines deleted...]
-      <c r="D12" s="51" t="s">
+      <c s="41" r="R28">
+        <v>285</v>
+      </c>
+      <c s="42" r="S28">
+        <v>0.140351</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B29"/>
+      <c s="43" t="inlineStr" r="C29">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (12 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D29"/>
+      <c s="39" t="str" r="E29"/>
+      <c s="39" t="str" r="F29"/>
+      <c s="39" t="str" r="G29"/>
+      <c s="44" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I29"/>
+      <c s="41" r="J29">
         <v>10</v>
       </c>
-      <c r="E12" s="18"/>
-[...684 lines deleted...]
-      <c r="B44" s="48" t="s">
+      <c s="12" t="str" r="K29"/>
+      <c s="41" r="M29">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N29"/>
+      <c s="41" r="P29">
         <v>46</v>
       </c>
-      <c r="C44" s="46"/>
-[...472 lines deleted...]
-    <row r="68" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="41" r="R29">
+        <v>355</v>
+      </c>
+      <c s="42" r="S29">
+        <v>0.129577</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B30"/>
+      <c s="43" t="inlineStr" r="C30">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D30"/>
+      <c s="39" t="str" r="E30"/>
+      <c s="39" t="str" r="F30"/>
+      <c s="39" t="str" r="G30"/>
+      <c s="44" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I30"/>
+      <c s="41" r="J30">
+        <v>205</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="41" r="M30">
+        <v>21</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="41" r="P30">
+        <v>1037</v>
+      </c>
+      <c s="41" r="R30">
+        <v>3924</v>
+      </c>
+      <c s="42" r="S30">
+        <v>0.264271</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B31"/>
+      <c s="43" t="inlineStr" r="C31">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D31"/>
+      <c s="39" t="str" r="E31"/>
+      <c s="39" t="str" r="F31"/>
+      <c s="39" t="str" r="G31"/>
+      <c s="44" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I31"/>
+      <c s="41" r="J31">
+        <v>206</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="41" r="M31">
+        <v>21</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="41" r="P31">
+        <v>2835</v>
+      </c>
+      <c s="41" r="R31">
+        <v>13742</v>
+      </c>
+      <c s="42" r="S31">
+        <v>0.206302</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B32"/>
+      <c s="38" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery (6)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D32"/>
+      <c s="39" t="str" r="E32"/>
+      <c s="39" t="str" r="F32"/>
+      <c s="39" t="str" r="G32"/>
+      <c s="40" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I32"/>
+      <c s="41" r="J32">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="41" r="M32">
+        <v>7</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="41" r="P32">
+        <v>197</v>
+      </c>
+      <c s="41" r="R32">
+        <v>975</v>
+      </c>
+      <c s="42" r="S32">
+        <v>0.202051</v>
+      </c>
+    </row>
+    <row r="33" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B33"/>
+      <c s="38" t="inlineStr" r="C33">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (OBGYN) (10)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D33"/>
+      <c s="39" t="str" r="E33"/>
+      <c s="39" t="str" r="F33"/>
+      <c s="39" t="str" r="G33"/>
+      <c s="40" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I33"/>
+      <c s="41" r="J33">
+        <v>52</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="41" r="M33">
+        <v>5</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="41" r="P33">
+        <v>108</v>
+      </c>
+      <c s="41" r="R33">
+        <v>578</v>
+      </c>
+      <c s="42" r="S33">
+        <v>0.186851</v>
+      </c>
+    </row>
+    <row r="34" ht="0.05" customHeight="1"/>
+    <row r="35" ht="2.1" customHeight="1"/>
+    <row r="36" ht="15.8" customHeight="1">
+      <c s="28" t="inlineStr" r="B36">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="2.2" customHeight="1"/>
+    <row r="38" ht="18.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="99">
+  <mergeCells>
+    <mergeCell ref="A1:U1"/>
+    <mergeCell ref="D3:D4"/>
+    <mergeCell ref="F4:M5"/>
+    <mergeCell ref="O4:S5"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="I8:K8"/>
+    <mergeCell ref="L8:N8"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="C12:G12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="C13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="C17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="C21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="C27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="M27:N27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="C30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="C31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="M31:N31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="C32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="C33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="M33:N33"/>
+    <mergeCell ref="B36:J36"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId63"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.421875"/>
+    <col min="3" max="3" customWidth="1" width="0.08203125"/>
+    <col min="4" max="4" customWidth="1" width="38.8515625"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.54296875"/>
+    <col min="8" max="8" customWidth="1" width="13.18359375"/>
+    <col min="9" max="9" customWidth="1" width="21.25390625"/>
+    <col min="10" max="10" customWidth="1" width="9.94140625"/>
+    <col min="11" max="11" customWidth="1" width="5.140625"/>
+    <col min="12" max="12" customWidth="1" width="5.390625"/>
+    <col min="13" max="13" customWidth="1" width="9.69140625"/>
+    <col min="14" max="14" customWidth="1" width="15.08203125"/>
+    <col min="15" max="15" customWidth="1" width="15.03125"/>
+    <col min="16" max="16" customWidth="1" width="0.05078125"/>
+    <col min="17" max="17" customWidth="1" width="3.421875"/>
+    <col min="18" max="18" customWidth="1" width="78.171875"/>
+    <col min="19" max="19" customWidth="1" width="8.9140625"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Fellowship Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="L4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">Program Signals Distribution
+SPECIALTY</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="N8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">ERAS YEAR
+ERAS 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.85" customHeight="1"/>
+    <row r="12" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C12"/>
+      <c s="32" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">Allergy and Immunology (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B13"/>
+      <c s="35" t="str" r="C13"/>
+      <c s="35" t="str" r="D13"/>
+      <c s="35" t="str" r="E13"/>
+      <c s="35" t="str" r="F13"/>
+      <c s="35" t="str" r="G13"/>
+      <c s="35" t="str" r="H13"/>
+      <c s="35" t="str" r="I13"/>
+      <c s="35" t="str" r="J13"/>
+      <c s="35" t="str" r="K13"/>
+      <c s="35" t="str" r="L13"/>
+      <c s="35" t="str" r="M13"/>
+      <c s="35" t="str" r="N13"/>
+      <c s="31" t="str" r="O13"/>
+    </row>
+    <row r="14" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=86)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C14"/>
+      <c s="35" t="str" r="D14"/>
+      <c s="35" t="str" r="E14"/>
+      <c s="35" t="str" r="F14"/>
+      <c s="35" t="str" r="G14"/>
+      <c s="35" t="str" r="H14"/>
+      <c s="35" t="str" r="I14"/>
+      <c s="35" t="str" r="J14"/>
+      <c s="35" t="str" r="K14"/>
+      <c s="35" t="str" r="L14"/>
+      <c s="35" t="str" r="M14"/>
+      <c s="35" t="str" r="N14"/>
+      <c s="31" t="str" r="O14"/>
+    </row>
+    <row r="15" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C15"/>
+      <c s="37" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E15"/>
+      <c s="35" t="str" r="F15"/>
+      <c s="31" t="str" r="G15"/>
+      <c s="37" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I15"/>
+      <c s="35" t="str" r="J15"/>
+      <c s="35" t="str" r="K15"/>
+      <c s="31" t="str" r="L15"/>
+      <c s="37" t="inlineStr" r="M15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N15"/>
+      <c s="31" t="str" r="O15"/>
+    </row>
+    <row r="16" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B16"/>
+      <c s="35" t="str" r="C16"/>
+      <c s="35" t="str" r="D16"/>
+      <c s="35" t="str" r="E16"/>
+      <c s="35" t="str" r="F16"/>
+      <c s="35" t="str" r="G16"/>
+      <c s="35" t="str" r="H16"/>
+      <c s="35" t="str" r="I16"/>
+      <c s="35" t="str" r="J16"/>
+      <c s="35" t="str" r="K16"/>
+      <c s="35" t="str" r="L16"/>
+      <c s="35" t="str" r="M16"/>
+      <c s="35" t="str" r="N16"/>
+      <c s="31" t="str" r="O16"/>
+    </row>
+    <row r="17" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=86)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C17"/>
+      <c s="35" t="str" r="D17"/>
+      <c s="35" t="str" r="E17"/>
+      <c s="35" t="str" r="F17"/>
+      <c s="35" t="str" r="G17"/>
+      <c s="35" t="str" r="H17"/>
+      <c s="35" t="str" r="I17"/>
+      <c s="35" t="str" r="J17"/>
+      <c s="35" t="str" r="K17"/>
+      <c s="35" t="str" r="L17"/>
+      <c s="35" t="str" r="M17"/>
+      <c s="35" t="str" r="N17"/>
+      <c s="31" t="str" r="O17"/>
+    </row>
+    <row r="18" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C18"/>
+      <c s="32" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">Cardiovascular Disease (20)</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B19"/>
+      <c s="35" t="str" r="C19"/>
+      <c s="35" t="str" r="D19"/>
+      <c s="35" t="str" r="E19"/>
+      <c s="35" t="str" r="F19"/>
+      <c s="35" t="str" r="G19"/>
+      <c s="35" t="str" r="H19"/>
+      <c s="35" t="str" r="I19"/>
+      <c s="35" t="str" r="J19"/>
+      <c s="35" t="str" r="K19"/>
+      <c s="35" t="str" r="L19"/>
+      <c s="35" t="str" r="M19"/>
+      <c s="35" t="str" r="N19"/>
+      <c s="31" t="str" r="O19"/>
+    </row>
+    <row r="20" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=275)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C20"/>
+      <c s="35" t="str" r="D20"/>
+      <c s="35" t="str" r="E20"/>
+      <c s="35" t="str" r="F20"/>
+      <c s="35" t="str" r="G20"/>
+      <c s="35" t="str" r="H20"/>
+      <c s="35" t="str" r="I20"/>
+      <c s="35" t="str" r="J20"/>
+      <c s="35" t="str" r="K20"/>
+      <c s="35" t="str" r="L20"/>
+      <c s="35" t="str" r="M20"/>
+      <c s="35" t="str" r="N20"/>
+      <c s="31" t="str" r="O20"/>
+    </row>
+    <row r="21" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C21"/>
+      <c s="37" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E21"/>
+      <c s="35" t="str" r="F21"/>
+      <c s="31" t="str" r="G21"/>
+      <c s="37" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I21"/>
+      <c s="35" t="str" r="J21"/>
+      <c s="35" t="str" r="K21"/>
+      <c s="31" t="str" r="L21"/>
+      <c s="37" t="inlineStr" r="M21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N21"/>
+      <c s="31" t="str" r="O21"/>
+    </row>
+    <row r="22" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B22"/>
+      <c s="35" t="str" r="C22"/>
+      <c s="35" t="str" r="D22"/>
+      <c s="35" t="str" r="E22"/>
+      <c s="35" t="str" r="F22"/>
+      <c s="35" t="str" r="G22"/>
+      <c s="35" t="str" r="H22"/>
+      <c s="35" t="str" r="I22"/>
+      <c s="35" t="str" r="J22"/>
+      <c s="35" t="str" r="K22"/>
+      <c s="35" t="str" r="L22"/>
+      <c s="35" t="str" r="M22"/>
+      <c s="35" t="str" r="N22"/>
+      <c s="31" t="str" r="O22"/>
+    </row>
+    <row r="23" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=275)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C23"/>
+      <c s="35" t="str" r="D23"/>
+      <c s="35" t="str" r="E23"/>
+      <c s="35" t="str" r="F23"/>
+      <c s="35" t="str" r="G23"/>
+      <c s="35" t="str" r="H23"/>
+      <c s="35" t="str" r="I23"/>
+      <c s="35" t="str" r="J23"/>
+      <c s="35" t="str" r="K23"/>
+      <c s="35" t="str" r="L23"/>
+      <c s="35" t="str" r="M23"/>
+      <c s="35" t="str" r="N23"/>
+      <c s="31" t="str" r="O23"/>
+    </row>
+    <row r="24" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C24"/>
+      <c s="32" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">Endocrinology, Diabetes, and Metabolism (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B25"/>
+      <c s="35" t="str" r="C25"/>
+      <c s="35" t="str" r="D25"/>
+      <c s="35" t="str" r="E25"/>
+      <c s="35" t="str" r="F25"/>
+      <c s="35" t="str" r="G25"/>
+      <c s="35" t="str" r="H25"/>
+      <c s="35" t="str" r="I25"/>
+      <c s="35" t="str" r="J25"/>
+      <c s="35" t="str" r="K25"/>
+      <c s="35" t="str" r="L25"/>
+      <c s="35" t="str" r="M25"/>
+      <c s="35" t="str" r="N25"/>
+      <c s="31" t="str" r="O25"/>
+    </row>
+    <row r="26" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=156)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C26"/>
+      <c s="35" t="str" r="D26"/>
+      <c s="35" t="str" r="E26"/>
+      <c s="35" t="str" r="F26"/>
+      <c s="35" t="str" r="G26"/>
+      <c s="35" t="str" r="H26"/>
+      <c s="35" t="str" r="I26"/>
+      <c s="35" t="str" r="J26"/>
+      <c s="35" t="str" r="K26"/>
+      <c s="35" t="str" r="L26"/>
+      <c s="35" t="str" r="M26"/>
+      <c s="35" t="str" r="N26"/>
+      <c s="31" t="str" r="O26"/>
+    </row>
+    <row r="27" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C27"/>
+      <c s="37" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E27"/>
+      <c s="35" t="str" r="F27"/>
+      <c s="31" t="str" r="G27"/>
+      <c s="37" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I27"/>
+      <c s="35" t="str" r="J27"/>
+      <c s="35" t="str" r="K27"/>
+      <c s="31" t="str" r="L27"/>
+      <c s="37" t="inlineStr" r="M27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N27"/>
+      <c s="31" t="str" r="O27"/>
+    </row>
+    <row r="28" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B28"/>
+      <c s="35" t="str" r="C28"/>
+      <c s="35" t="str" r="D28"/>
+      <c s="35" t="str" r="E28"/>
+      <c s="35" t="str" r="F28"/>
+      <c s="35" t="str" r="G28"/>
+      <c s="35" t="str" r="H28"/>
+      <c s="35" t="str" r="I28"/>
+      <c s="35" t="str" r="J28"/>
+      <c s="35" t="str" r="K28"/>
+      <c s="35" t="str" r="L28"/>
+      <c s="35" t="str" r="M28"/>
+      <c s="35" t="str" r="N28"/>
+      <c s="31" t="str" r="O28"/>
+    </row>
+    <row r="29" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=156)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C29"/>
+      <c s="35" t="str" r="D29"/>
+      <c s="35" t="str" r="E29"/>
+      <c s="35" t="str" r="F29"/>
+      <c s="35" t="str" r="G29"/>
+      <c s="35" t="str" r="H29"/>
+      <c s="35" t="str" r="I29"/>
+      <c s="35" t="str" r="J29"/>
+      <c s="35" t="str" r="K29"/>
+      <c s="35" t="str" r="L29"/>
+      <c s="35" t="str" r="M29"/>
+      <c s="35" t="str" r="N29"/>
+      <c s="31" t="str" r="O29"/>
+    </row>
+    <row r="30" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C30"/>
+      <c s="32" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Hospice and Palliative Medicine (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B31"/>
+      <c s="35" t="str" r="C31"/>
+      <c s="35" t="str" r="D31"/>
+      <c s="35" t="str" r="E31"/>
+      <c s="35" t="str" r="F31"/>
+      <c s="35" t="str" r="G31"/>
+      <c s="35" t="str" r="H31"/>
+      <c s="35" t="str" r="I31"/>
+      <c s="35" t="str" r="J31"/>
+      <c s="35" t="str" r="K31"/>
+      <c s="35" t="str" r="L31"/>
+      <c s="35" t="str" r="M31"/>
+      <c s="35" t="str" r="N31"/>
+      <c s="31" t="str" r="O31"/>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=173)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C32"/>
+      <c s="35" t="str" r="D32"/>
+      <c s="35" t="str" r="E32"/>
+      <c s="35" t="str" r="F32"/>
+      <c s="35" t="str" r="G32"/>
+      <c s="35" t="str" r="H32"/>
+      <c s="35" t="str" r="I32"/>
+      <c s="35" t="str" r="J32"/>
+      <c s="35" t="str" r="K32"/>
+      <c s="35" t="str" r="L32"/>
+      <c s="35" t="str" r="M32"/>
+      <c s="35" t="str" r="N32"/>
+      <c s="31" t="str" r="O32"/>
+    </row>
+    <row r="33" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C33"/>
+      <c s="37" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E33"/>
+      <c s="35" t="str" r="F33"/>
+      <c s="31" t="str" r="G33"/>
+      <c s="37" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I33"/>
+      <c s="35" t="str" r="J33"/>
+      <c s="35" t="str" r="K33"/>
+      <c s="31" t="str" r="L33"/>
+      <c s="37" t="inlineStr" r="M33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N33"/>
+      <c s="31" t="str" r="O33"/>
+    </row>
+    <row r="34" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B34"/>
+      <c s="35" t="str" r="C34"/>
+      <c s="35" t="str" r="D34"/>
+      <c s="35" t="str" r="E34"/>
+      <c s="35" t="str" r="F34"/>
+      <c s="35" t="str" r="G34"/>
+      <c s="35" t="str" r="H34"/>
+      <c s="35" t="str" r="I34"/>
+      <c s="35" t="str" r="J34"/>
+      <c s="35" t="str" r="K34"/>
+      <c s="35" t="str" r="L34"/>
+      <c s="35" t="str" r="M34"/>
+      <c s="35" t="str" r="N34"/>
+      <c s="31" t="str" r="O34"/>
+    </row>
+    <row r="35" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=173)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C35"/>
+      <c s="35" t="str" r="D35"/>
+      <c s="35" t="str" r="E35"/>
+      <c s="35" t="str" r="F35"/>
+      <c s="35" t="str" r="G35"/>
+      <c s="35" t="str" r="H35"/>
+      <c s="35" t="str" r="I35"/>
+      <c s="35" t="str" r="J35"/>
+      <c s="35" t="str" r="K35"/>
+      <c s="35" t="str" r="L35"/>
+      <c s="35" t="str" r="M35"/>
+      <c s="35" t="str" r="N35"/>
+      <c s="31" t="str" r="O35"/>
+    </row>
+    <row r="36" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C36"/>
+      <c s="32" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve">Maternal-Fetal Medicine (10)</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B37"/>
+      <c s="35" t="str" r="C37"/>
+      <c s="35" t="str" r="D37"/>
+      <c s="35" t="str" r="E37"/>
+      <c s="35" t="str" r="F37"/>
+      <c s="35" t="str" r="G37"/>
+      <c s="35" t="str" r="H37"/>
+      <c s="35" t="str" r="I37"/>
+      <c s="35" t="str" r="J37"/>
+      <c s="35" t="str" r="K37"/>
+      <c s="35" t="str" r="L37"/>
+      <c s="35" t="str" r="M37"/>
+      <c s="35" t="str" r="N37"/>
+      <c s="31" t="str" r="O37"/>
+    </row>
+    <row r="38" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B38">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=30)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C38"/>
+      <c s="35" t="str" r="D38"/>
+      <c s="35" t="str" r="E38"/>
+      <c s="35" t="str" r="F38"/>
+      <c s="35" t="str" r="G38"/>
+      <c s="35" t="str" r="H38"/>
+      <c s="35" t="str" r="I38"/>
+      <c s="35" t="str" r="J38"/>
+      <c s="35" t="str" r="K38"/>
+      <c s="35" t="str" r="L38"/>
+      <c s="35" t="str" r="M38"/>
+      <c s="35" t="str" r="N38"/>
+      <c s="31" t="str" r="O38"/>
+    </row>
+    <row r="39" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C39"/>
+      <c s="37" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E39"/>
+      <c s="35" t="str" r="F39"/>
+      <c s="31" t="str" r="G39"/>
+      <c s="37" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I39"/>
+      <c s="35" t="str" r="J39"/>
+      <c s="35" t="str" r="K39"/>
+      <c s="31" t="str" r="L39"/>
+      <c s="37" t="inlineStr" r="M39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N39"/>
+      <c s="31" t="str" r="O39"/>
+    </row>
+    <row r="40" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B40"/>
+      <c s="35" t="str" r="C40"/>
+      <c s="35" t="str" r="D40"/>
+      <c s="35" t="str" r="E40"/>
+      <c s="35" t="str" r="F40"/>
+      <c s="35" t="str" r="G40"/>
+      <c s="35" t="str" r="H40"/>
+      <c s="35" t="str" r="I40"/>
+      <c s="35" t="str" r="J40"/>
+      <c s="35" t="str" r="K40"/>
+      <c s="35" t="str" r="L40"/>
+      <c s="35" t="str" r="M40"/>
+      <c s="35" t="str" r="N40"/>
+      <c s="31" t="str" r="O40"/>
+    </row>
+    <row r="41" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B41">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=30)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C41"/>
+      <c s="35" t="str" r="D41"/>
+      <c s="35" t="str" r="E41"/>
+      <c s="35" t="str" r="F41"/>
+      <c s="35" t="str" r="G41"/>
+      <c s="35" t="str" r="H41"/>
+      <c s="35" t="str" r="I41"/>
+      <c s="35" t="str" r="J41"/>
+      <c s="35" t="str" r="K41"/>
+      <c s="35" t="str" r="L41"/>
+      <c s="35" t="str" r="M41"/>
+      <c s="35" t="str" r="N41"/>
+      <c s="31" t="str" r="O41"/>
+    </row>
+    <row r="42" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C42"/>
+      <c s="32" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">Pain Medicine (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B43"/>
+      <c s="35" t="str" r="C43"/>
+      <c s="35" t="str" r="D43"/>
+      <c s="35" t="str" r="E43"/>
+      <c s="35" t="str" r="F43"/>
+      <c s="35" t="str" r="G43"/>
+      <c s="35" t="str" r="H43"/>
+      <c s="35" t="str" r="I43"/>
+      <c s="35" t="str" r="J43"/>
+      <c s="35" t="str" r="K43"/>
+      <c s="35" t="str" r="L43"/>
+      <c s="35" t="str" r="M43"/>
+      <c s="35" t="str" r="N43"/>
+      <c s="31" t="str" r="O43"/>
+    </row>
+    <row r="44" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B44">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=99)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C44"/>
+      <c s="35" t="str" r="D44"/>
+      <c s="35" t="str" r="E44"/>
+      <c s="35" t="str" r="F44"/>
+      <c s="35" t="str" r="G44"/>
+      <c s="35" t="str" r="H44"/>
+      <c s="35" t="str" r="I44"/>
+      <c s="35" t="str" r="J44"/>
+      <c s="35" t="str" r="K44"/>
+      <c s="35" t="str" r="L44"/>
+      <c s="35" t="str" r="M44"/>
+      <c s="35" t="str" r="N44"/>
+      <c s="31" t="str" r="O44"/>
+    </row>
+    <row r="45" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C45"/>
+      <c s="37" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E45"/>
+      <c s="35" t="str" r="F45"/>
+      <c s="31" t="str" r="G45"/>
+      <c s="37" t="inlineStr" r="H45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I45"/>
+      <c s="35" t="str" r="J45"/>
+      <c s="35" t="str" r="K45"/>
+      <c s="31" t="str" r="L45"/>
+      <c s="37" t="inlineStr" r="M45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N45"/>
+      <c s="31" t="str" r="O45"/>
+    </row>
+    <row r="46" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B46"/>
+      <c s="35" t="str" r="C46"/>
+      <c s="35" t="str" r="D46"/>
+      <c s="35" t="str" r="E46"/>
+      <c s="35" t="str" r="F46"/>
+      <c s="35" t="str" r="G46"/>
+      <c s="35" t="str" r="H46"/>
+      <c s="35" t="str" r="I46"/>
+      <c s="35" t="str" r="J46"/>
+      <c s="35" t="str" r="K46"/>
+      <c s="35" t="str" r="L46"/>
+      <c s="35" t="str" r="M46"/>
+      <c s="35" t="str" r="N46"/>
+      <c s="31" t="str" r="O46"/>
+    </row>
+    <row r="47" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=99)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C47"/>
+      <c s="35" t="str" r="D47"/>
+      <c s="35" t="str" r="E47"/>
+      <c s="35" t="str" r="F47"/>
+      <c s="35" t="str" r="G47"/>
+      <c s="35" t="str" r="H47"/>
+      <c s="35" t="str" r="I47"/>
+      <c s="35" t="str" r="J47"/>
+      <c s="35" t="str" r="K47"/>
+      <c s="35" t="str" r="L47"/>
+      <c s="35" t="str" r="M47"/>
+      <c s="35" t="str" r="N47"/>
+      <c s="31" t="str" r="O47"/>
+    </row>
+    <row r="48" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C48"/>
+      <c s="32" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">Pediatric Critical Care Medicine (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B49"/>
+      <c s="35" t="str" r="C49"/>
+      <c s="35" t="str" r="D49"/>
+      <c s="35" t="str" r="E49"/>
+      <c s="35" t="str" r="F49"/>
+      <c s="35" t="str" r="G49"/>
+      <c s="35" t="str" r="H49"/>
+      <c s="35" t="str" r="I49"/>
+      <c s="35" t="str" r="J49"/>
+      <c s="35" t="str" r="K49"/>
+      <c s="35" t="str" r="L49"/>
+      <c s="35" t="str" r="M49"/>
+      <c s="35" t="str" r="N49"/>
+      <c s="31" t="str" r="O49"/>
+    </row>
+    <row r="50" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B50">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=69)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C50"/>
+      <c s="35" t="str" r="D50"/>
+      <c s="35" t="str" r="E50"/>
+      <c s="35" t="str" r="F50"/>
+      <c s="35" t="str" r="G50"/>
+      <c s="35" t="str" r="H50"/>
+      <c s="35" t="str" r="I50"/>
+      <c s="35" t="str" r="J50"/>
+      <c s="35" t="str" r="K50"/>
+      <c s="35" t="str" r="L50"/>
+      <c s="35" t="str" r="M50"/>
+      <c s="35" t="str" r="N50"/>
+      <c s="31" t="str" r="O50"/>
+    </row>
+    <row r="51" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C51"/>
+      <c s="37" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E51"/>
+      <c s="35" t="str" r="F51"/>
+      <c s="31" t="str" r="G51"/>
+      <c s="37" t="inlineStr" r="H51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I51"/>
+      <c s="35" t="str" r="J51"/>
+      <c s="35" t="str" r="K51"/>
+      <c s="31" t="str" r="L51"/>
+      <c s="37" t="inlineStr" r="M51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N51"/>
+      <c s="31" t="str" r="O51"/>
+    </row>
+    <row r="52" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B52"/>
+      <c s="35" t="str" r="C52"/>
+      <c s="35" t="str" r="D52"/>
+      <c s="35" t="str" r="E52"/>
+      <c s="35" t="str" r="F52"/>
+      <c s="35" t="str" r="G52"/>
+      <c s="35" t="str" r="H52"/>
+      <c s="35" t="str" r="I52"/>
+      <c s="35" t="str" r="J52"/>
+      <c s="35" t="str" r="K52"/>
+      <c s="35" t="str" r="L52"/>
+      <c s="35" t="str" r="M52"/>
+      <c s="35" t="str" r="N52"/>
+      <c s="31" t="str" r="O52"/>
+    </row>
+    <row r="53" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B53">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=69)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C53"/>
+      <c s="35" t="str" r="D53"/>
+      <c s="35" t="str" r="E53"/>
+      <c s="35" t="str" r="F53"/>
+      <c s="35" t="str" r="G53"/>
+      <c s="35" t="str" r="H53"/>
+      <c s="35" t="str" r="I53"/>
+      <c s="35" t="str" r="J53"/>
+      <c s="35" t="str" r="K53"/>
+      <c s="35" t="str" r="L53"/>
+      <c s="35" t="str" r="M53"/>
+      <c s="35" t="str" r="N53"/>
+      <c s="31" t="str" r="O53"/>
+    </row>
+    <row r="54" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C54"/>
+      <c s="32" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve">Pediatric Gastroenterology (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B55"/>
+      <c s="35" t="str" r="C55"/>
+      <c s="35" t="str" r="D55"/>
+      <c s="35" t="str" r="E55"/>
+      <c s="35" t="str" r="F55"/>
+      <c s="35" t="str" r="G55"/>
+      <c s="35" t="str" r="H55"/>
+      <c s="35" t="str" r="I55"/>
+      <c s="35" t="str" r="J55"/>
+      <c s="35" t="str" r="K55"/>
+      <c s="35" t="str" r="L55"/>
+      <c s="35" t="str" r="M55"/>
+      <c s="35" t="str" r="N55"/>
+      <c s="31" t="str" r="O55"/>
+    </row>
+    <row r="56" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B56">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=58)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C56"/>
+      <c s="35" t="str" r="D56"/>
+      <c s="35" t="str" r="E56"/>
+      <c s="35" t="str" r="F56"/>
+      <c s="35" t="str" r="G56"/>
+      <c s="35" t="str" r="H56"/>
+      <c s="35" t="str" r="I56"/>
+      <c s="35" t="str" r="J56"/>
+      <c s="35" t="str" r="K56"/>
+      <c s="35" t="str" r="L56"/>
+      <c s="35" t="str" r="M56"/>
+      <c s="35" t="str" r="N56"/>
+      <c s="31" t="str" r="O56"/>
+    </row>
+    <row r="57" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C57"/>
+      <c s="37" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E57"/>
+      <c s="35" t="str" r="F57"/>
+      <c s="31" t="str" r="G57"/>
+      <c s="37" t="inlineStr" r="H57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I57"/>
+      <c s="35" t="str" r="J57"/>
+      <c s="35" t="str" r="K57"/>
+      <c s="31" t="str" r="L57"/>
+      <c s="37" t="inlineStr" r="M57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N57"/>
+      <c s="31" t="str" r="O57"/>
+    </row>
+    <row r="58" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B58"/>
+      <c s="35" t="str" r="C58"/>
+      <c s="35" t="str" r="D58"/>
+      <c s="35" t="str" r="E58"/>
+      <c s="35" t="str" r="F58"/>
+      <c s="35" t="str" r="G58"/>
+      <c s="35" t="str" r="H58"/>
+      <c s="35" t="str" r="I58"/>
+      <c s="35" t="str" r="J58"/>
+      <c s="35" t="str" r="K58"/>
+      <c s="35" t="str" r="L58"/>
+      <c s="35" t="str" r="M58"/>
+      <c s="35" t="str" r="N58"/>
+      <c s="31" t="str" r="O58"/>
+    </row>
+    <row r="59" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B59">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=58)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C59"/>
+      <c s="35" t="str" r="D59"/>
+      <c s="35" t="str" r="E59"/>
+      <c s="35" t="str" r="F59"/>
+      <c s="35" t="str" r="G59"/>
+      <c s="35" t="str" r="H59"/>
+      <c s="35" t="str" r="I59"/>
+      <c s="35" t="str" r="J59"/>
+      <c s="35" t="str" r="K59"/>
+      <c s="35" t="str" r="L59"/>
+      <c s="35" t="str" r="M59"/>
+      <c s="35" t="str" r="N59"/>
+      <c s="31" t="str" r="O59"/>
+    </row>
+    <row r="60" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C60"/>
+      <c s="32" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery (6)</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B61"/>
+      <c s="35" t="str" r="C61"/>
+      <c s="35" t="str" r="D61"/>
+      <c s="35" t="str" r="E61"/>
+      <c s="35" t="str" r="F61"/>
+      <c s="35" t="str" r="G61"/>
+      <c s="35" t="str" r="H61"/>
+      <c s="35" t="str" r="I61"/>
+      <c s="35" t="str" r="J61"/>
+      <c s="35" t="str" r="K61"/>
+      <c s="35" t="str" r="L61"/>
+      <c s="35" t="str" r="M61"/>
+      <c s="35" t="str" r="N61"/>
+      <c s="31" t="str" r="O61"/>
+    </row>
+    <row r="62" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A62">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=67)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C62"/>
+      <c s="35" t="str" r="D62"/>
+      <c s="35" t="str" r="E62"/>
+      <c s="35" t="str" r="F62"/>
+      <c s="35" t="str" r="G62"/>
+      <c s="35" t="str" r="H62"/>
+      <c s="35" t="str" r="I62"/>
+      <c s="35" t="str" r="J62"/>
+      <c s="35" t="str" r="K62"/>
+      <c s="35" t="str" r="L62"/>
+      <c s="35" t="str" r="M62"/>
+      <c s="35" t="str" r="N62"/>
+      <c s="31" t="str" r="O62"/>
+    </row>
+    <row r="63" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C63"/>
+      <c s="37" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E63"/>
+      <c s="35" t="str" r="F63"/>
+      <c s="31" t="str" r="G63"/>
+      <c s="37" t="inlineStr" r="H63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I63"/>
+      <c s="35" t="str" r="J63"/>
+      <c s="35" t="str" r="K63"/>
+      <c s="31" t="str" r="L63"/>
+      <c s="37" t="inlineStr" r="M63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N63"/>
+      <c s="31" t="str" r="O63"/>
+    </row>
+    <row r="64" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B64"/>
+      <c s="35" t="str" r="C64"/>
+      <c s="35" t="str" r="D64"/>
+      <c s="35" t="str" r="E64"/>
+      <c s="35" t="str" r="F64"/>
+      <c s="35" t="str" r="G64"/>
+      <c s="35" t="str" r="H64"/>
+      <c s="35" t="str" r="I64"/>
+      <c s="35" t="str" r="J64"/>
+      <c s="35" t="str" r="K64"/>
+      <c s="35" t="str" r="L64"/>
+      <c s="35" t="str" r="M64"/>
+      <c s="35" t="str" r="N64"/>
+      <c s="31" t="str" r="O64"/>
+    </row>
+    <row r="65" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A65">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B65">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=67)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C65"/>
+      <c s="35" t="str" r="D65"/>
+      <c s="35" t="str" r="E65"/>
+      <c s="35" t="str" r="F65"/>
+      <c s="35" t="str" r="G65"/>
+      <c s="35" t="str" r="H65"/>
+      <c s="35" t="str" r="I65"/>
+      <c s="35" t="str" r="J65"/>
+      <c s="35" t="str" r="K65"/>
+      <c s="35" t="str" r="L65"/>
+      <c s="35" t="str" r="M65"/>
+      <c s="35" t="str" r="N65"/>
+      <c s="31" t="str" r="O65"/>
+    </row>
+    <row r="66" ht="18" customHeight="0">
+      <c s="30" t="inlineStr" r="A66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="inlineStr" r="B66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C66"/>
+      <c s="32" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (OBGYN) (10)</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="165.6" customHeight="1">
+      <c s="33" t="inlineStr" r="A67">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B67"/>
+      <c s="35" t="str" r="C67"/>
+      <c s="35" t="str" r="D67"/>
+      <c s="35" t="str" r="E67"/>
+      <c s="35" t="str" r="F67"/>
+      <c s="35" t="str" r="G67"/>
+      <c s="35" t="str" r="H67"/>
+      <c s="35" t="str" r="I67"/>
+      <c s="35" t="str" r="J67"/>
+      <c s="35" t="str" r="K67"/>
+      <c s="35" t="str" r="L67"/>
+      <c s="35" t="str" r="M67"/>
+      <c s="35" t="str" r="N67"/>
+      <c s="31" t="str" r="O67"/>
+    </row>
+    <row r="68" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B68">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=52)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C68"/>
+      <c s="35" t="str" r="D68"/>
+      <c s="35" t="str" r="E68"/>
+      <c s="35" t="str" r="F68"/>
+      <c s="35" t="str" r="G68"/>
+      <c s="35" t="str" r="H68"/>
+      <c s="35" t="str" r="I68"/>
+      <c s="35" t="str" r="J68"/>
+      <c s="35" t="str" r="K68"/>
+      <c s="35" t="str" r="L68"/>
+      <c s="35" t="str" r="M68"/>
+      <c s="35" t="str" r="N68"/>
+      <c s="31" t="str" r="O68"/>
+    </row>
+    <row r="69" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="str" r="C69"/>
+      <c s="37" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="E69"/>
+      <c s="35" t="str" r="F69"/>
+      <c s="31" t="str" r="G69"/>
+      <c s="37" t="inlineStr" r="H69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="I69"/>
+      <c s="35" t="str" r="J69"/>
+      <c s="35" t="str" r="K69"/>
+      <c s="31" t="str" r="L69"/>
+      <c s="37" t="inlineStr" r="M69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="str" r="N69"/>
+      <c s="31" t="str" r="O69"/>
+    </row>
+    <row r="70" ht="144" customHeight="1">
+      <c s="33" t="inlineStr" r="A70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="B70"/>
+      <c s="35" t="str" r="C70"/>
+      <c s="35" t="str" r="D70"/>
+      <c s="35" t="str" r="E70"/>
+      <c s="35" t="str" r="F70"/>
+      <c s="35" t="str" r="G70"/>
+      <c s="35" t="str" r="H70"/>
+      <c s="35" t="str" r="I70"/>
+      <c s="35" t="str" r="J70"/>
+      <c s="35" t="str" r="K70"/>
+      <c s="35" t="str" r="L70"/>
+      <c s="35" t="str" r="M70"/>
+      <c s="35" t="str" r="N70"/>
+      <c s="31" t="str" r="O70"/>
+    </row>
+    <row r="71" ht="17.95" customHeight="0">
+      <c s="36" t="inlineStr" r="A71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B71">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=52)</t>
+        </is>
+      </c>
+      <c s="35" t="str" r="C71"/>
+      <c s="35" t="str" r="D71"/>
+      <c s="35" t="str" r="E71"/>
+      <c s="35" t="str" r="F71"/>
+      <c s="35" t="str" r="G71"/>
+      <c s="35" t="str" r="H71"/>
+      <c s="35" t="str" r="I71"/>
+      <c s="35" t="str" r="J71"/>
+      <c s="35" t="str" r="K71"/>
+      <c s="35" t="str" r="L71"/>
+      <c s="35" t="str" r="M71"/>
+      <c s="35" t="str" r="N71"/>
+      <c s="31" t="str" r="O71"/>
+    </row>
+    <row r="72" ht="0.05" customHeight="1"/>
+    <row r="73" ht="19.75" customHeight="1"/>
+    <row r="74" ht="0.05" customHeight="1"/>
+  </sheetData>
+  <mergeCells>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="C3:D4"/>
     <mergeCell ref="F4:J5"/>
     <mergeCell ref="L4:P5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="D12:O12"/>
     <mergeCell ref="B13:O13"/>
     <mergeCell ref="B14:O14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="D15:G15"/>
     <mergeCell ref="H15:L15"/>
     <mergeCell ref="M15:O15"/>
     <mergeCell ref="B16:O16"/>
     <mergeCell ref="B17:O17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:O18"/>
     <mergeCell ref="B19:O19"/>
     <mergeCell ref="B20:O20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="D21:G21"/>
@@ -9998,2477 +12503,92 @@
     <mergeCell ref="B46:O46"/>
     <mergeCell ref="B47:O47"/>
     <mergeCell ref="B48:C48"/>
     <mergeCell ref="D48:O48"/>
     <mergeCell ref="B49:O49"/>
     <mergeCell ref="B50:O50"/>
     <mergeCell ref="B51:C51"/>
     <mergeCell ref="D51:G51"/>
     <mergeCell ref="H51:L51"/>
     <mergeCell ref="M51:O51"/>
     <mergeCell ref="B52:O52"/>
     <mergeCell ref="B53:O53"/>
     <mergeCell ref="B54:C54"/>
     <mergeCell ref="D54:O54"/>
     <mergeCell ref="B55:O55"/>
     <mergeCell ref="B56:O56"/>
     <mergeCell ref="B57:C57"/>
     <mergeCell ref="D57:G57"/>
     <mergeCell ref="H57:L57"/>
     <mergeCell ref="M57:O57"/>
     <mergeCell ref="B58:O58"/>
     <mergeCell ref="B59:O59"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="D60:O60"/>
     <mergeCell ref="B61:O61"/>
-    <mergeCell ref="B64:O64"/>
-    <mergeCell ref="B65:O65"/>
     <mergeCell ref="B62:O62"/>
     <mergeCell ref="B63:C63"/>
     <mergeCell ref="D63:G63"/>
     <mergeCell ref="H63:L63"/>
     <mergeCell ref="M63:O63"/>
+    <mergeCell ref="B64:O64"/>
+    <mergeCell ref="B65:O65"/>
+    <mergeCell ref="B66:C66"/>
+    <mergeCell ref="D66:O66"/>
+    <mergeCell ref="B67:O67"/>
+    <mergeCell ref="B68:O68"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="D69:G69"/>
+    <mergeCell ref="H69:L69"/>
+    <mergeCell ref="M69:O69"/>
+    <mergeCell ref="B70:O70"/>
+    <mergeCell ref="B71:O71"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
-[...2314 lines deleted...]
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId13"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...78 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
@@ -12749,147 +12869,171 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-198458</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-198458</Url>
+      <Description>TQ32YHM4J7VE-1507329340-198458</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA19E50F-F14C-460F-9565-3FCAE48BBC81}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50E108E3-7109-46BB-9BC3-E763123F41B7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F26C2E21-24A6-41FA-B8E7-5DE20E9076AC}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25B2CDB3-CD9E-49D0-8630-ADE63D07C0C4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25E9B2C3-CE08-4DE1-8F62-2B3A4CB8B8A0}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EC8ED99-736A-4E01-A95B-E719633435F0}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{873FE43D-132C-49BC-9186-EC437E090348}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC7FA6F6-CD5C-4043-9760-C7A38B6DF29E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...2 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <Pages>0</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <Slides>0</Slides>
+  <Notes>0</Notes>
+  <TotalTime></TotalTime>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
-[...10 lines deleted...]
-    </vt:vector>
+    <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
-  <Manager/>
-[...4 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <LinksUpToDate>0</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
+  <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...11 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>a07b7626-adb6-4ca8-ad4b-bc151e03490a</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>7e410901-282f-4e46-b423-33093205af9d</vt:lpwstr>
   </property>
 </Properties>
 </file>