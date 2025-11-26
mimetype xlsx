--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,438 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...6 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet50.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing51.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet68.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing69.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DDCFB631-4306-42D4-BC32-B26D75030B2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="10" windowWidth="19430" windowHeight="10310" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </bookViews>
   <sheets>
-    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId5"/>
+    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId6"/>
+    <sheet name="Applicants - Sent Psig" sheetId="2" r:id="rId9"/>
+    <sheet name="Psig Distribution - 1-Tier" sheetId="3" r:id="rId12"/>
+    <sheet name="Psig Distribution - 2-Tier" sheetId="4" r:id="rId57"/>
+    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId76"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Applicants - Sent Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Psig Distribution - 1-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Psig Distribution - 2-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Specialty - 10% Signal Rate'!$1:$10</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
-  <extLst>
-[...3 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...277 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <numFmts count="3">
-    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\(#,##0\)"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="166" formatCode="[$-10409]#,##0%"/>
+    <numFmt numFmtId="82" formatCode="[$-010409]#,0;(#,0)"/>
+    <numFmt numFmtId="83" formatCode="[$-010409]#,0.00;(#,0.00)"/>
+    <numFmt numFmtId="84" formatCode="[$-010409]#,0%"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="11">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font/>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Segoe UI"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0E2841"/>
         <bgColor rgb="FF0E2841"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9E1F2"/>
         <bgColor rgb="FFD9E1F2"/>
       </patternFill>
     </fill>
     <fill>
@@ -638,227 +378,190 @@
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+  <cellXfs count="45">
+    <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...33 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="6" borderId="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="6" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="6" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="5" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="13">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="5" borderId="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="5" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="14">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="15">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="5" borderId="12">
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="5" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="10" fillId="5" borderId="12">
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="17">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="4">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="5" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="4">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="000E2841"/>
       <rgbColor rgb="00D9E1F2"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00F2F2F2"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00F0E68C"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -886,6331 +589,5843 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet68.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet50.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing51.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image52.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image53.png" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image54.png" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image55.png" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image56.png" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image57.png" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image58.png" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image59.png" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image60.png" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image61.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image62.png" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image63.png" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image64.png" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image65.png" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image66.png" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image67.png" Id="rId75" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing69.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId78" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image8.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image9.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image10.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image11.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image12.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image13.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image14.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image15.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image16.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image17.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image18.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image19.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image20.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image21.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image22.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image23.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image24.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image25.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image26.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image27.png" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image28.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image29.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image30.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image31.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image32.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image33.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image34.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image35.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image36.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image37.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image38.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image39.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image40.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image41.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image42.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image43.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image44.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image45.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image46.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image47.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image48.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image49.png" Id="rId56" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId11" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing51.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1323898</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId59" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 2"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId60" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 3"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId61" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 4"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId62" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 5"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId63" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 6"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId64" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 7"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId65" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 8"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId66" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 9"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId67" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 10"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId68" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 11"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId69" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 12"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId70" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 13"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId71" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 14"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId72" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 15"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId73" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 16"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId74" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 17"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId75" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing69.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1324552</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId78" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1321308</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId14" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" name="Picture 2"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
+        <a:blip r:embed="rId15" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 3">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="3" name="Picture 3"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print"/>
+        <a:blip r:embed="rId16" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="4" name="Picture 4"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print"/>
+        <a:blip r:embed="rId17" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="5" name="Picture 5"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print"/>
+        <a:blip r:embed="rId18" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 6">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="6" name="Picture 6"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print"/>
+        <a:blip r:embed="rId19" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 7">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="7" name="Picture 7"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print"/>
+        <a:blip r:embed="rId20" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 8">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="8" name="Picture 8"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8" cstate="print"/>
+        <a:blip r:embed="rId21" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 9">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="9" name="Picture 9"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9" cstate="print"/>
+        <a:blip r:embed="rId22" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 10">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="10" name="Picture 10"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10" cstate="print"/>
+        <a:blip r:embed="rId23" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 11">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="11" name="Picture 11"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11" cstate="print"/>
+        <a:blip r:embed="rId24" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 12">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="12" name="Picture 12"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12" cstate="print"/>
+        <a:blip r:embed="rId25" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Picture 13">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="13" name="Picture 13"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print"/>
+        <a:blip r:embed="rId26" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 14">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="14" name="Picture 14"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print"/>
+        <a:blip r:embed="rId27" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 15">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="15" name="Picture 15"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15" cstate="print"/>
+        <a:blip r:embed="rId28" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Picture 16">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="16" name="Picture 16"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16" cstate="print"/>
+        <a:blip r:embed="rId29" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 17">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="17" name="Picture 17"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17" cstate="print"/>
+        <a:blip r:embed="rId30" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Picture 18">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="18" name="Picture 18"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print"/>
+        <a:blip r:embed="rId31" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Picture 19">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="19" name="Picture 19"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print"/>
+        <a:blip r:embed="rId32" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Picture 20">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="20" name="Picture 20"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20" cstate="print"/>
+        <a:blip r:embed="rId33" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 21">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="21" name="Picture 21"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21" cstate="print"/>
+        <a:blip r:embed="rId34" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 22">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="22" name="Picture 22"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print"/>
+        <a:blip r:embed="rId35" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 23">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="23" name="Picture 23"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23" cstate="print"/>
+        <a:blip r:embed="rId36" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>81</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>81</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 24">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="24" name="Picture 24"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24" cstate="print"/>
+        <a:blip r:embed="rId37" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 25">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="25" name="Picture 25"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25" cstate="print"/>
+        <a:blip r:embed="rId38" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 26">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="26" name="Picture 26"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26" cstate="print"/>
+        <a:blip r:embed="rId39" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 27">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="27" name="Picture 27"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27" cstate="print"/>
+        <a:blip r:embed="rId40" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 28">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="28" name="Picture 28"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28" cstate="print"/>
+        <a:blip r:embed="rId41" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 29">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="29" name="Picture 29"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print"/>
+        <a:blip r:embed="rId42" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 30">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="30" name="Picture 30"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30" cstate="print"/>
+        <a:blip r:embed="rId43" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 31">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="31" name="Picture 31"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31" cstate="print"/>
+        <a:blip r:embed="rId44" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>105</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>105</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 32">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="32" name="Picture 32"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32" cstate="print"/>
+        <a:blip r:embed="rId45" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>108</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>108</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 33">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="33" name="Picture 33"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33" cstate="print"/>
+        <a:blip r:embed="rId46" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 34">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="34" name="Picture 34"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print"/>
+        <a:blip r:embed="rId47" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 35">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="35" name="Picture 35"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35" cstate="print"/>
+        <a:blip r:embed="rId48" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Picture 36">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="36" name="Picture 36"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36" cstate="print"/>
+        <a:blip r:embed="rId49" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 37">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="37" name="Picture 37"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37" cstate="print"/>
+        <a:blip r:embed="rId50" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Picture 38">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="38" name="Picture 38"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38" cstate="print"/>
+        <a:blip r:embed="rId51" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Picture 39">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="39" name="Picture 39"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39" cstate="print"/>
+        <a:blip r:embed="rId52" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Picture 40">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="40" name="Picture 40"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40" cstate="print"/>
+        <a:blip r:embed="rId53" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 41">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="41" name="Picture 41"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41" cstate="print"/>
+        <a:blip r:embed="rId54" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 42">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="42" name="Picture 42"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42" cstate="print"/>
+        <a:blip r:embed="rId55" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 43">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="43" name="Picture 43"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43" cstate="print"/>
+        <a:blip r:embed="rId56" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-[...647 lines deleted...]
-</xdr:wsDr>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-[...39 lines deleted...]
-</xdr:wsDr>
+<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...281 lines deleted...]
-</a:theme>
+<file path=xl/worksheets/_rels/sheet50.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing51.xml" Id="rId58" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...12 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet68.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing69.xml" Id="rId77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W134"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" sqref="A1:W1"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="24" max="24" width="8.81640625" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.4140625"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.703125"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.47265625"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="0.0234375"/>
+    <col min="20" max="20" customWidth="1" width="15.07421875"/>
+    <col min="21" max="21" customWidth="1" width="0.0234375"/>
+    <col min="22" max="22" customWidth="1" width="3.4140625"/>
+    <col min="23" max="23" customWidth="1" width="78.171875"/>
+    <col min="24" max="24" customWidth="1" width="8.9140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...42 lines deleted...]
-      <c r="O4" s="40" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of November 03, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">RECEIVED Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">GRAD TYPE</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"># of Signals
+Received
+ERAS 2026</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Mean</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">Min</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Max</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">SD</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.15" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D12"/>
+      <c s="8" t="str" r="E12"/>
+      <c s="9" t="str" r="F12"/>
+      <c s="10" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J12">
+        <v>3418</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="13" r="M12">
+        <v>19.757225</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="11" r="P12">
+        <v>1</v>
+      </c>
+      <c s="11" r="R12">
+        <v>105</v>
+      </c>
+      <c s="13" r="T12">
+        <v>15.2498195727031</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A13"/>
+      <c s="15" t="str" r="C13"/>
+      <c s="16" t="str" r="F13"/>
+      <c s="10" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J13">
+        <v>3552</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="13" r="M13">
+        <v>20.413793</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="11" r="P13">
+        <v>1</v>
+      </c>
+      <c s="11" r="R13">
+        <v>111</v>
+      </c>
+      <c s="13" r="T13">
+        <v>21.0861440998586</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A14"/>
+      <c s="15" t="str" r="C14"/>
+      <c s="16" t="str" r="F14"/>
+      <c s="10" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J14">
+        <v>10736</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="13" r="M14">
+        <v>61</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="11" r="P14">
+        <v>1</v>
+      </c>
+      <c s="11" r="R14">
+        <v>252</v>
+      </c>
+      <c s="13" r="T14">
+        <v>58.7501246211444</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A15"/>
+      <c s="18" t="str" r="C15"/>
+      <c s="19" t="str" r="D15"/>
+      <c s="19" t="str" r="E15"/>
+      <c s="20" t="str" r="F15"/>
+      <c s="21" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J15">
+        <v>17706</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="23" r="M15">
+        <v>100.033898</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="22" r="P15">
+        <v>10</v>
+      </c>
+      <c s="22" r="R15">
+        <v>271</v>
+      </c>
+      <c s="23" r="T15">
+        <v>64.0157915830149</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Anesthesiology (10 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D16"/>
+      <c s="8" t="str" r="E16"/>
+      <c s="9" t="str" r="F16"/>
+      <c s="10" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J16">
+        <v>6595</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="13" r="M16">
+        <v>37.259887</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="11" r="P16">
+        <v>1</v>
+      </c>
+      <c s="11" r="R16">
+        <v>121</v>
+      </c>
+      <c s="13" r="T16">
+        <v>25.6049583674725</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A17"/>
+      <c s="15" t="str" r="C17"/>
+      <c s="16" t="str" r="F17"/>
+      <c s="10" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J17">
+        <v>6279</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="13" r="M17">
+        <v>35.474576</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="11" r="P17">
+        <v>1</v>
+      </c>
+      <c s="11" r="R17">
+        <v>180</v>
+      </c>
+      <c s="13" r="T17">
+        <v>34.6898707694335</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A18"/>
+      <c s="15" t="str" r="C18"/>
+      <c s="16" t="str" r="F18"/>
+      <c s="10" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J18">
+        <v>21039</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="13" r="M18">
+        <v>118.864407</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="11" r="P18">
+        <v>1</v>
+      </c>
+      <c s="11" r="R18">
+        <v>375</v>
+      </c>
+      <c s="13" r="T18">
+        <v>77.1479078912708</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A19"/>
+      <c s="18" t="str" r="C19"/>
+      <c s="19" t="str" r="D19"/>
+      <c s="19" t="str" r="E19"/>
+      <c s="20" t="str" r="F19"/>
+      <c s="21" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J19">
+        <v>33913</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="23" r="M19">
+        <v>191.59887</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="22" r="P19">
+        <v>6</v>
+      </c>
+      <c s="22" r="R19">
+        <v>460</v>
+      </c>
+      <c s="23" r="T19">
+        <v>91.1085927945328</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D20"/>
+      <c s="8" t="str" r="E20"/>
+      <c s="9" t="str" r="F20"/>
+      <c s="10" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J20">
+        <v>125</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="13" r="M20">
+        <v>2.118644</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="11" r="P20">
+        <v>1</v>
+      </c>
+      <c s="11" r="R20">
+        <v>7</v>
+      </c>
+      <c s="13" r="T20">
+        <v>1.42737696492552</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A21"/>
+      <c s="25" t="str" r="C21"/>
+      <c s="16" t="str" r="F21"/>
+      <c s="10" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J21">
+        <v>701</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="13" r="M21">
+        <v>8.987179</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="11" r="P21">
+        <v>1</v>
+      </c>
+      <c s="11" r="R21">
+        <v>59</v>
+      </c>
+      <c s="13" r="T21">
+        <v>9.2645022532244</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A22"/>
+      <c s="25" t="str" r="C22"/>
+      <c s="16" t="str" r="F22"/>
+      <c s="10" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J22">
+        <v>489</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="13" r="M22">
+        <v>6.985714</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="11" r="P22">
+        <v>1</v>
+      </c>
+      <c s="11" r="R22">
+        <v>48</v>
+      </c>
+      <c s="13" r="T22">
+        <v>8.18888050956906</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="19" t="str" r="D23"/>
+      <c s="19" t="str" r="E23"/>
+      <c s="20" t="str" r="F23"/>
+      <c s="21" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J23">
+        <v>1315</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="23" r="M23">
+        <v>16.234568</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="22" r="P23">
+        <v>1</v>
+      </c>
+      <c s="22" r="R23">
+        <v>71</v>
+      </c>
+      <c s="23" r="T23">
+        <v>13.1208532496938</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D24"/>
+      <c s="8" t="str" r="E24"/>
+      <c s="9" t="str" r="F24"/>
+      <c s="10" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J24">
+        <v>595</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="13" r="M24">
+        <v>6.918605</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="11" r="P24">
+        <v>1</v>
+      </c>
+      <c s="11" r="R24">
+        <v>46</v>
+      </c>
+      <c s="13" r="T24">
+        <v>9.31439761874057</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A25"/>
+      <c s="15" t="str" r="C25"/>
+      <c s="16" t="str" r="F25"/>
+      <c s="10" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J25">
+        <v>431</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="13" r="M25">
+        <v>3.780702</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="11" r="P25">
+        <v>1</v>
+      </c>
+      <c s="11" r="R25">
+        <v>15</v>
+      </c>
+      <c s="13" r="T25">
+        <v>3.32796874985328</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A26"/>
+      <c s="15" t="str" r="C26"/>
+      <c s="16" t="str" r="F26"/>
+      <c s="10" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J26">
+        <v>2927</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="13" r="M26">
+        <v>21.681481</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="11" r="P26">
+        <v>1</v>
+      </c>
+      <c s="11" r="R26">
+        <v>69</v>
+      </c>
+      <c s="13" r="T26">
+        <v>14.5323375270464</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A27"/>
+      <c s="18" t="str" r="C27"/>
+      <c s="19" t="str" r="D27"/>
+      <c s="19" t="str" r="E27"/>
+      <c s="20" t="str" r="F27"/>
+      <c s="21" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J27">
+        <v>3953</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="23" r="M27">
+        <v>28.035461</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="22" r="P27">
+        <v>3</v>
+      </c>
+      <c s="22" r="R27">
+        <v>77</v>
+      </c>
+      <c s="23" r="T27">
+        <v>14.9758907915356</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Dermatology (25 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D28"/>
+      <c s="8" t="str" r="E28"/>
+      <c s="9" t="str" r="F28"/>
+      <c s="10" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J28">
+        <v>4262</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="13" r="M28">
+        <v>30.22695</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="11" r="P28">
+        <v>1</v>
+      </c>
+      <c s="11" r="R28">
+        <v>130</v>
+      </c>
+      <c s="13" r="T28">
+        <v>37.1851292857777</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A29"/>
+      <c s="15" t="str" r="C29"/>
+      <c s="16" t="str" r="F29"/>
+      <c s="10" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J29">
+        <v>2462</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="13" r="M29">
+        <v>17.585714</v>
+      </c>
+      <c s="12" t="str" r="N29"/>
+      <c s="11" r="P29">
+        <v>1</v>
+      </c>
+      <c s="11" r="R29">
+        <v>47</v>
+      </c>
+      <c s="13" r="T29">
+        <v>9.82068419205098</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A30"/>
+      <c s="15" t="str" r="C30"/>
+      <c s="16" t="str" r="F30"/>
+      <c s="10" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J30">
+        <v>23413</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="13" r="M30">
+        <v>166.049645</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="11" r="P30">
+        <v>6</v>
+      </c>
+      <c s="11" r="R30">
+        <v>328</v>
+      </c>
+      <c s="13" r="T30">
+        <v>82.6906737062893</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A31"/>
+      <c s="18" t="str" r="C31"/>
+      <c s="19" t="str" r="D31"/>
+      <c s="19" t="str" r="E31"/>
+      <c s="20" t="str" r="F31"/>
+      <c s="21" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J31">
+        <v>30137</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="23" r="M31">
+        <v>213.737589</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="22" r="P31">
+        <v>29</v>
+      </c>
+      <c s="22" r="R31">
+        <v>439</v>
+      </c>
+      <c s="23" r="T31">
+        <v>72.7528738126543</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D32"/>
+      <c s="8" t="str" r="E32"/>
+      <c s="9" t="str" r="F32"/>
+      <c s="10" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J32">
+        <v>10041</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="13" r="M32">
+        <v>13.514132</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="11" r="P32">
+        <v>1</v>
+      </c>
+      <c s="11" r="R32">
+        <v>61</v>
+      </c>
+      <c s="13" r="T32">
+        <v>11.2919837495455</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="16" t="str" r="F33"/>
+      <c s="10" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J33">
+        <v>34084</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="13" r="M33">
+        <v>44.207523</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="11" r="P33">
+        <v>1</v>
+      </c>
+      <c s="11" r="R33">
+        <v>520</v>
+      </c>
+      <c s="13" r="T33">
+        <v>67.4256954802841</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="16" t="str" r="F34"/>
+      <c s="10" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J34">
+        <v>9795</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="13" r="M34">
+        <v>13.992857</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="11" r="P34">
+        <v>1</v>
+      </c>
+      <c s="11" r="R34">
+        <v>152</v>
+      </c>
+      <c s="13" r="T34">
+        <v>19.3943698015687</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="19" t="str" r="D35"/>
+      <c s="19" t="str" r="E35"/>
+      <c s="20" t="str" r="F35"/>
+      <c s="21" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J35">
+        <v>53920</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="23" r="M35">
+        <v>69.574194</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="22" r="P35">
         <v>2</v>
       </c>
-      <c r="P4" s="18"/>
-[...24 lines deleted...]
-      <c r="B8" s="41" t="s">
+      <c s="22" r="R35">
+        <v>525</v>
+      </c>
+      <c s="23" r="T35">
+        <v>66.796651225941</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D36"/>
+      <c s="8" t="str" r="E36"/>
+      <c s="9" t="str" r="F36"/>
+      <c s="10" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J36">
+        <v>10392</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="13" r="M36">
+        <v>16.897561</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="11" r="P36">
+        <v>1</v>
+      </c>
+      <c s="11" r="R36">
+        <v>145</v>
+      </c>
+      <c s="13" r="T36">
+        <v>20.3656536109205</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A37"/>
+      <c s="15" t="str" r="C37"/>
+      <c s="16" t="str" r="F37"/>
+      <c s="10" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J37">
+        <v>41722</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="13" r="M37">
+        <v>62.271642</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="11" r="P37">
+        <v>1</v>
+      </c>
+      <c s="11" r="R37">
+        <v>634</v>
+      </c>
+      <c s="13" r="T37">
+        <v>76.3882827925854</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A38"/>
+      <c s="15" t="str" r="C38"/>
+      <c s="16" t="str" r="F38"/>
+      <c s="10" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J38">
+        <v>25997</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="13" r="M38">
+        <v>46.340463</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="11" r="P38">
+        <v>1</v>
+      </c>
+      <c s="11" r="R38">
+        <v>706</v>
+      </c>
+      <c s="13" r="T38">
+        <v>89.0945321722944</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A39"/>
+      <c s="18" t="str" r="C39"/>
+      <c s="19" t="str" r="D39"/>
+      <c s="19" t="str" r="E39"/>
+      <c s="20" t="str" r="F39"/>
+      <c s="21" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J39">
+        <v>78111</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="23" r="M39">
+        <v>115.891691</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="22" r="P39">
+        <v>2</v>
+      </c>
+      <c s="22" r="R39">
+        <v>811</v>
+      </c>
+      <c s="23" r="T39">
+        <v>117.996821003788</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Internal Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D40"/>
+      <c s="8" t="str" r="E40"/>
+      <c s="9" t="str" r="F40"/>
+      <c s="10" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J40">
+        <v>38341</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="13" r="M40">
+        <v>57.655639</v>
+      </c>
+      <c s="12" t="str" r="N40"/>
+      <c s="11" r="P40">
+        <v>1</v>
+      </c>
+      <c s="11" r="R40">
+        <v>242</v>
+      </c>
+      <c s="13" r="T40">
+        <v>50.529070444646</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A41"/>
+      <c s="15" t="str" r="C41"/>
+      <c s="16" t="str" r="F41"/>
+      <c s="10" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J41">
+        <v>158261</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="13" r="M41">
+        <v>235.157504</v>
+      </c>
+      <c s="12" t="str" r="N41"/>
+      <c s="11" r="P41">
+        <v>6</v>
+      </c>
+      <c s="11" r="R41">
+        <v>1527</v>
+      </c>
+      <c s="13" r="T41">
+        <v>236.835678997063</v>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A42"/>
+      <c s="15" t="str" r="C42"/>
+      <c s="16" t="str" r="F42"/>
+      <c s="10" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J42">
+        <v>93426</v>
+      </c>
+      <c s="12" t="str" r="K42"/>
+      <c s="13" r="M42">
+        <v>139.441791</v>
+      </c>
+      <c s="12" t="str" r="N42"/>
+      <c s="11" r="P42">
+        <v>1</v>
+      </c>
+      <c s="11" r="R42">
+        <v>1416</v>
+      </c>
+      <c s="13" r="T42">
+        <v>230.043822529535</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A43"/>
+      <c s="18" t="str" r="C43"/>
+      <c s="19" t="str" r="D43"/>
+      <c s="19" t="str" r="E43"/>
+      <c s="20" t="str" r="F43"/>
+      <c s="21" t="inlineStr" r="H43">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J43">
+        <v>290028</v>
+      </c>
+      <c s="12" t="str" r="K43"/>
+      <c s="23" r="M43">
+        <v>430.947994</v>
+      </c>
+      <c s="12" t="str" r="N43"/>
+      <c s="22" r="P43">
+        <v>19</v>
+      </c>
+      <c s="22" r="R43">
+        <v>1967</v>
+      </c>
+      <c s="23" r="T43">
+        <v>331.634115071113</v>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C44">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D44"/>
+      <c s="8" t="str" r="E44"/>
+      <c s="9" t="str" r="F44"/>
+      <c s="10" t="inlineStr" r="H44">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J44">
+        <v>69</v>
+      </c>
+      <c s="12" t="str" r="K44"/>
+      <c s="13" r="M44">
+        <v>5.307692</v>
+      </c>
+      <c s="12" t="str" r="N44"/>
+      <c s="11" r="P44">
+        <v>1</v>
+      </c>
+      <c s="11" r="R44">
+        <v>12</v>
+      </c>
+      <c s="13" r="T44">
+        <v>2.89783298345505</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="16" t="str" r="F45"/>
+      <c s="10" t="inlineStr" r="H45">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J45">
+        <v>277</v>
+      </c>
+      <c s="12" t="str" r="K45"/>
+      <c s="13" r="M45">
+        <v>21.307692</v>
+      </c>
+      <c s="12" t="str" r="N45"/>
+      <c s="11" r="P45">
+        <v>7</v>
+      </c>
+      <c s="11" r="R45">
+        <v>66</v>
+      </c>
+      <c s="13" r="T45">
+        <v>17.0165831764194</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A46"/>
+      <c s="25" t="str" r="C46"/>
+      <c s="16" t="str" r="F46"/>
+      <c s="10" t="inlineStr" r="H46">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J46">
+        <v>162</v>
+      </c>
+      <c s="12" t="str" r="K46"/>
+      <c s="13" r="M46">
+        <v>12.461538</v>
+      </c>
+      <c s="12" t="str" r="N46"/>
+      <c s="11" r="P46">
+        <v>1</v>
+      </c>
+      <c s="11" r="R46">
+        <v>32</v>
+      </c>
+      <c s="13" r="T46">
+        <v>12.1423184359495</v>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A47"/>
+      <c s="26" t="str" r="C47"/>
+      <c s="19" t="str" r="D47"/>
+      <c s="19" t="str" r="E47"/>
+      <c s="20" t="str" r="F47"/>
+      <c s="21" t="inlineStr" r="H47">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J47">
+        <v>508</v>
+      </c>
+      <c s="12" t="str" r="K47"/>
+      <c s="23" r="M47">
+        <v>39.076923</v>
+      </c>
+      <c s="12" t="str" r="N47"/>
+      <c s="22" r="P47">
+        <v>17</v>
+      </c>
+      <c s="22" r="R47">
+        <v>73</v>
+      </c>
+      <c s="23" r="T47">
+        <v>20.714172032693</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C48">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D48"/>
+      <c s="8" t="str" r="E48"/>
+      <c s="9" t="str" r="F48"/>
+      <c s="10" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J48">
+        <v>527</v>
+      </c>
+      <c s="12" t="str" r="K48"/>
+      <c s="13" r="M48">
+        <v>5.606383</v>
+      </c>
+      <c s="12" t="str" r="N48"/>
+      <c s="11" r="P48">
+        <v>1</v>
+      </c>
+      <c s="11" r="R48">
+        <v>16</v>
+      </c>
+      <c s="13" r="T48">
+        <v>3.86664285912211</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A49"/>
+      <c s="25" t="str" r="C49"/>
+      <c s="16" t="str" r="F49"/>
+      <c s="10" t="inlineStr" r="H49">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J49">
+        <v>1019</v>
+      </c>
+      <c s="12" t="str" r="K49"/>
+      <c s="13" r="M49">
+        <v>10.292929</v>
+      </c>
+      <c s="12" t="str" r="N49"/>
+      <c s="11" r="P49">
+        <v>1</v>
+      </c>
+      <c s="11" r="R49">
+        <v>50</v>
+      </c>
+      <c s="13" r="T49">
+        <v>9.52146075977841</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A50"/>
+      <c s="25" t="str" r="C50"/>
+      <c s="16" t="str" r="F50"/>
+      <c s="10" t="inlineStr" r="H50">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J50">
+        <v>2102</v>
+      </c>
+      <c s="12" t="str" r="K50"/>
+      <c s="13" r="M50">
+        <v>21.02</v>
+      </c>
+      <c s="12" t="str" r="N50"/>
+      <c s="11" r="P50">
+        <v>2</v>
+      </c>
+      <c s="11" r="R50">
+        <v>62</v>
+      </c>
+      <c s="13" r="T50">
+        <v>14.2282831009226</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A51"/>
+      <c s="26" t="str" r="C51"/>
+      <c s="19" t="str" r="D51"/>
+      <c s="19" t="str" r="E51"/>
+      <c s="20" t="str" r="F51"/>
+      <c s="21" t="inlineStr" r="H51">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J51">
+        <v>3648</v>
+      </c>
+      <c s="12" t="str" r="K51"/>
+      <c s="23" r="M51">
+        <v>36.48</v>
+      </c>
+      <c s="12" t="str" r="N51"/>
+      <c s="22" r="P51">
+        <v>5</v>
+      </c>
+      <c s="22" r="R51">
+        <v>96</v>
+      </c>
+      <c s="23" r="T51">
+        <v>18.9104642195796</v>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C52">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D52"/>
+      <c s="8" t="str" r="E52"/>
+      <c s="9" t="str" r="F52"/>
+      <c s="10" t="inlineStr" r="H52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J52">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="K52"/>
+      <c s="13" r="M52">
+        <v>1.333333</v>
+      </c>
+      <c s="12" t="str" r="N52"/>
+      <c s="11" r="P52">
+        <v>1</v>
+      </c>
+      <c s="11" r="R52">
         <v>3</v>
       </c>
-      <c r="C8" s="18"/>
-[...3 lines deleted...]
-      <c r="G8" s="41" t="s">
+      <c s="13" r="T52">
+        <v>0.816496785051846</v>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A53"/>
+      <c s="25" t="str" r="C53"/>
+      <c s="16" t="str" r="F53"/>
+      <c s="10" t="inlineStr" r="H53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J53">
+        <v>46</v>
+      </c>
+      <c s="12" t="str" r="K53"/>
+      <c s="13" r="M53">
+        <v>7.666667</v>
+      </c>
+      <c s="12" t="str" r="N53"/>
+      <c s="11" r="P53">
         <v>4</v>
       </c>
-      <c r="H8" s="18"/>
-      <c r="I8" s="42" t="s">
+      <c s="11" r="R53">
+        <v>14</v>
+      </c>
+      <c s="13" r="T53">
+        <v>3.50238019067034</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A54"/>
+      <c s="25" t="str" r="C54"/>
+      <c s="16" t="str" r="F54"/>
+      <c s="10" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J54">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="K54"/>
+      <c s="13" r="M54">
+        <v>2.166667</v>
+      </c>
+      <c s="12" t="str" r="N54"/>
+      <c s="11" r="P54">
+        <v>1</v>
+      </c>
+      <c s="11" r="R54">
+        <v>3</v>
+      </c>
+      <c s="13" r="T54">
+        <v>0.75277287411277</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A55"/>
+      <c s="26" t="str" r="C55"/>
+      <c s="19" t="str" r="D55"/>
+      <c s="19" t="str" r="E55"/>
+      <c s="20" t="str" r="F55"/>
+      <c s="21" t="inlineStr" r="H55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J55">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="K55"/>
+      <c s="23" r="M55">
+        <v>11.166667</v>
+      </c>
+      <c s="12" t="str" r="N55"/>
+      <c s="22" r="P55">
+        <v>6</v>
+      </c>
+      <c s="22" r="R55">
+        <v>17</v>
+      </c>
+      <c s="23" r="T55">
+        <v>3.76386330782615</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C56">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D56"/>
+      <c s="8" t="str" r="E56"/>
+      <c s="9" t="str" r="F56"/>
+      <c s="10" t="inlineStr" r="H56">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J56">
+        <v>745</v>
+      </c>
+      <c s="12" t="str" r="K56"/>
+      <c s="13" r="M56">
+        <v>6.157025</v>
+      </c>
+      <c s="12" t="str" r="N56"/>
+      <c s="11" r="P56">
+        <v>1</v>
+      </c>
+      <c s="11" r="R56">
+        <v>25</v>
+      </c>
+      <c s="13" r="T56">
+        <v>4.3359125913699</v>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A57"/>
+      <c s="25" t="str" r="C57"/>
+      <c s="16" t="str" r="F57"/>
+      <c s="10" t="inlineStr" r="H57">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J57">
+        <v>2968</v>
+      </c>
+      <c s="12" t="str" r="K57"/>
+      <c s="13" r="M57">
+        <v>24.528926</v>
+      </c>
+      <c s="12" t="str" r="N57"/>
+      <c s="11" r="P57">
+        <v>4</v>
+      </c>
+      <c s="11" r="R57">
+        <v>63</v>
+      </c>
+      <c s="13" r="T57">
+        <v>13.7701817707683</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="16" t="str" r="F58"/>
+      <c s="10" t="inlineStr" r="H58">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J58">
+        <v>10238</v>
+      </c>
+      <c s="12" t="str" r="K58"/>
+      <c s="13" r="M58">
+        <v>84.61157</v>
+      </c>
+      <c s="12" t="str" r="N58"/>
+      <c s="11" r="P58">
+        <v>11</v>
+      </c>
+      <c s="11" r="R58">
+        <v>185</v>
+      </c>
+      <c s="13" r="T58">
+        <v>44.0810563848009</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="19" t="str" r="D59"/>
+      <c s="19" t="str" r="E59"/>
+      <c s="20" t="str" r="F59"/>
+      <c s="21" t="inlineStr" r="H59">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J59">
+        <v>13951</v>
+      </c>
+      <c s="12" t="str" r="K59"/>
+      <c s="23" r="M59">
+        <v>115.297521</v>
+      </c>
+      <c s="12" t="str" r="N59"/>
+      <c s="22" r="P59">
+        <v>42</v>
+      </c>
+      <c s="22" r="R59">
+        <v>226</v>
+      </c>
+      <c s="23" r="T59">
+        <v>43.7688330207695</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C60">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D60"/>
+      <c s="8" t="str" r="E60"/>
+      <c s="9" t="str" r="F60"/>
+      <c s="10" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J60">
+        <v>2730</v>
+      </c>
+      <c s="12" t="str" r="K60"/>
+      <c s="13" r="M60">
+        <v>14.521277</v>
+      </c>
+      <c s="12" t="str" r="N60"/>
+      <c s="11" r="P60">
+        <v>1</v>
+      </c>
+      <c s="11" r="R60">
+        <v>54</v>
+      </c>
+      <c s="13" r="T60">
+        <v>11.2075497322118</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A61"/>
+      <c s="25" t="str" r="C61"/>
+      <c s="16" t="str" r="F61"/>
+      <c s="10" t="inlineStr" r="H61">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J61">
+        <v>10199</v>
+      </c>
+      <c s="12" t="str" r="K61"/>
+      <c s="13" r="M61">
+        <v>52.84456</v>
+      </c>
+      <c s="12" t="str" r="N61"/>
+      <c s="11" r="P61">
+        <v>3</v>
+      </c>
+      <c s="11" r="R61">
+        <v>265</v>
+      </c>
+      <c s="13" r="T61">
+        <v>50.5289385303115</v>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A62"/>
+      <c s="25" t="str" r="C62"/>
+      <c s="16" t="str" r="F62"/>
+      <c s="10" t="inlineStr" r="H62">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J62">
+        <v>7138</v>
+      </c>
+      <c s="12" t="str" r="K62"/>
+      <c s="13" r="M62">
+        <v>37.371728</v>
+      </c>
+      <c s="12" t="str" r="N62"/>
+      <c s="11" r="P62">
+        <v>1</v>
+      </c>
+      <c s="11" r="R62">
+        <v>169</v>
+      </c>
+      <c s="13" r="T62">
+        <v>42.0392427738655</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="19" t="str" r="D63"/>
+      <c s="19" t="str" r="E63"/>
+      <c s="20" t="str" r="F63"/>
+      <c s="21" t="inlineStr" r="H63">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J63">
+        <v>20067</v>
+      </c>
+      <c s="12" t="str" r="K63"/>
+      <c s="23" r="M63">
+        <v>103.974093</v>
+      </c>
+      <c s="12" t="str" r="N63"/>
+      <c s="22" r="P63">
+        <v>10</v>
+      </c>
+      <c s="22" r="R63">
+        <v>302</v>
+      </c>
+      <c s="23" r="T63">
+        <v>59.7801906989263</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C64">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D64"/>
+      <c s="8" t="str" r="E64"/>
+      <c s="9" t="str" r="F64"/>
+      <c s="10" t="inlineStr" r="H64">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J64">
+        <v>10813</v>
+      </c>
+      <c s="12" t="str" r="K64"/>
+      <c s="13" r="M64">
+        <v>53.79602</v>
+      </c>
+      <c s="12" t="str" r="N64"/>
+      <c s="11" r="P64">
+        <v>3</v>
+      </c>
+      <c s="11" r="R64">
+        <v>284</v>
+      </c>
+      <c s="13" r="T64">
+        <v>71.9136508877139</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A65"/>
+      <c s="25" t="str" r="C65"/>
+      <c s="16" t="str" r="F65"/>
+      <c s="10" t="inlineStr" r="H65">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J65">
+        <v>3943</v>
+      </c>
+      <c s="12" t="str" r="K65"/>
+      <c s="13" r="M65">
+        <v>19.616915</v>
+      </c>
+      <c s="12" t="str" r="N65"/>
+      <c s="11" r="P65">
+        <v>1</v>
+      </c>
+      <c s="11" r="R65">
+        <v>85</v>
+      </c>
+      <c s="13" r="T65">
+        <v>14.6709751550468</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A66"/>
+      <c s="25" t="str" r="C66"/>
+      <c s="16" t="str" r="F66"/>
+      <c s="10" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J66">
+        <v>38801</v>
+      </c>
+      <c s="12" t="str" r="K66"/>
+      <c s="13" r="M66">
+        <v>193.039801</v>
+      </c>
+      <c s="12" t="str" r="N66"/>
+      <c s="11" r="P66">
+        <v>2</v>
+      </c>
+      <c s="11" r="R66">
+        <v>458</v>
+      </c>
+      <c s="13" r="T66">
+        <v>110.816778549099</v>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A67"/>
+      <c s="26" t="str" r="C67"/>
+      <c s="19" t="str" r="D67"/>
+      <c s="19" t="str" r="E67"/>
+      <c s="20" t="str" r="F67"/>
+      <c s="21" t="inlineStr" r="H67">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J67">
+        <v>53557</v>
+      </c>
+      <c s="12" t="str" r="K67"/>
+      <c s="23" r="M67">
+        <v>266.452736</v>
+      </c>
+      <c s="12" t="str" r="N67"/>
+      <c s="22" r="P67">
+        <v>34</v>
+      </c>
+      <c s="22" r="R67">
+        <v>554</v>
+      </c>
+      <c s="23" r="T67">
+        <v>86.5587604174182</v>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C68">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D68"/>
+      <c s="8" t="str" r="E68"/>
+      <c s="9" t="str" r="F68"/>
+      <c s="10" t="inlineStr" r="H68">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J68">
+        <v>1509</v>
+      </c>
+      <c s="12" t="str" r="K68"/>
+      <c s="13" r="M68">
+        <v>12.368852</v>
+      </c>
+      <c s="12" t="str" r="N68"/>
+      <c s="11" r="P68">
+        <v>1</v>
+      </c>
+      <c s="11" r="R68">
+        <v>59</v>
+      </c>
+      <c s="13" r="T68">
+        <v>14.9683969081529</v>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A69"/>
+      <c s="25" t="str" r="C69"/>
+      <c s="16" t="str" r="F69"/>
+      <c s="10" t="inlineStr" r="H69">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J69">
+        <v>1315</v>
+      </c>
+      <c s="12" t="str" r="K69"/>
+      <c s="13" r="M69">
+        <v>10.778689</v>
+      </c>
+      <c s="12" t="str" r="N69"/>
+      <c s="11" r="P69">
+        <v>1</v>
+      </c>
+      <c s="11" r="R69">
+        <v>34</v>
+      </c>
+      <c s="13" r="T69">
+        <v>7.27103651483061</v>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A70"/>
+      <c s="25" t="str" r="C70"/>
+      <c s="16" t="str" r="F70"/>
+      <c s="10" t="inlineStr" r="H70">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J70">
+        <v>12923</v>
+      </c>
+      <c s="12" t="str" r="K70"/>
+      <c s="13" r="M70">
+        <v>102.563492</v>
+      </c>
+      <c s="12" t="str" r="N70"/>
+      <c s="11" r="P70">
+        <v>2</v>
+      </c>
+      <c s="11" r="R70">
+        <v>217</v>
+      </c>
+      <c s="13" r="T70">
+        <v>54.2771400959925</v>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A71"/>
+      <c s="26" t="str" r="C71"/>
+      <c s="19" t="str" r="D71"/>
+      <c s="19" t="str" r="E71"/>
+      <c s="20" t="str" r="F71"/>
+      <c s="21" t="inlineStr" r="H71">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J71">
+        <v>15747</v>
+      </c>
+      <c s="12" t="str" r="K71"/>
+      <c s="23" r="M71">
+        <v>124.97619</v>
+      </c>
+      <c s="12" t="str" r="N71"/>
+      <c s="22" r="P71">
+        <v>11</v>
+      </c>
+      <c s="22" r="R71">
+        <v>238</v>
+      </c>
+      <c s="23" r="T71">
+        <v>49.838212538172</v>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C72">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D72"/>
+      <c s="8" t="str" r="E72"/>
+      <c s="9" t="str" r="F72"/>
+      <c s="10" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J72">
+        <v>994</v>
+      </c>
+      <c s="12" t="str" r="K72"/>
+      <c s="13" r="M72">
+        <v>7.587786</v>
+      </c>
+      <c s="12" t="str" r="N72"/>
+      <c s="11" r="P72">
+        <v>1</v>
+      </c>
+      <c s="11" r="R72">
+        <v>26</v>
+      </c>
+      <c s="13" r="T72">
+        <v>5.32753404494049</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A73"/>
+      <c s="25" t="str" r="C73"/>
+      <c s="16" t="str" r="F73"/>
+      <c s="10" t="inlineStr" r="H73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J73">
+        <v>3617</v>
+      </c>
+      <c s="12" t="str" r="K73"/>
+      <c s="13" r="M73">
+        <v>26.595588</v>
+      </c>
+      <c s="12" t="str" r="N73"/>
+      <c s="11" r="P73">
+        <v>2</v>
+      </c>
+      <c s="11" r="R73">
+        <v>133</v>
+      </c>
+      <c s="13" r="T73">
+        <v>19.4560772767791</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A74"/>
+      <c s="25" t="str" r="C74"/>
+      <c s="16" t="str" r="F74"/>
+      <c s="10" t="inlineStr" r="H74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J74">
+        <v>1879</v>
+      </c>
+      <c s="12" t="str" r="K74"/>
+      <c s="13" r="M74">
+        <v>14.343511</v>
+      </c>
+      <c s="12" t="str" r="N74"/>
+      <c s="11" r="P74">
+        <v>1</v>
+      </c>
+      <c s="11" r="R74">
+        <v>78</v>
+      </c>
+      <c s="13" r="T74">
+        <v>16.0593950384191</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A75"/>
+      <c s="26" t="str" r="C75"/>
+      <c s="19" t="str" r="D75"/>
+      <c s="19" t="str" r="E75"/>
+      <c s="20" t="str" r="F75"/>
+      <c s="21" t="inlineStr" r="H75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J75">
+        <v>6490</v>
+      </c>
+      <c s="12" t="str" r="K75"/>
+      <c s="23" r="M75">
+        <v>47.720588</v>
+      </c>
+      <c s="12" t="str" r="N75"/>
+      <c s="22" r="P75">
+        <v>8</v>
+      </c>
+      <c s="22" r="R75">
+        <v>151</v>
+      </c>
+      <c s="23" r="T75">
+        <v>27.4905212391471</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C76">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D76"/>
+      <c s="8" t="str" r="E76"/>
+      <c s="9" t="str" r="F76"/>
+      <c s="10" t="inlineStr" r="H76">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J76">
+        <v>3684</v>
+      </c>
+      <c s="12" t="str" r="K76"/>
+      <c s="13" r="M76">
+        <v>18.606061</v>
+      </c>
+      <c s="12" t="str" r="N76"/>
+      <c s="11" r="P76">
+        <v>1</v>
+      </c>
+      <c s="11" r="R76">
+        <v>72</v>
+      </c>
+      <c s="13" r="T76">
+        <v>13.5278004124839</v>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A77"/>
+      <c s="25" t="str" r="C77"/>
+      <c s="16" t="str" r="F77"/>
+      <c s="10" t="inlineStr" r="H77">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J77">
+        <v>13223</v>
+      </c>
+      <c s="12" t="str" r="K77"/>
+      <c s="13" r="M77">
+        <v>63.267943</v>
+      </c>
+      <c s="12" t="str" r="N77"/>
+      <c s="11" r="P77">
+        <v>1</v>
+      </c>
+      <c s="11" r="R77">
+        <v>479</v>
+      </c>
+      <c s="13" r="T77">
+        <v>69.6033057332768</v>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="16" t="str" r="F78"/>
+      <c s="10" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J78">
+        <v>8636</v>
+      </c>
+      <c s="12" t="str" r="K78"/>
+      <c s="13" r="M78">
+        <v>43.396985</v>
+      </c>
+      <c s="12" t="str" r="N78"/>
+      <c s="11" r="P78">
+        <v>1</v>
+      </c>
+      <c s="11" r="R78">
+        <v>405</v>
+      </c>
+      <c s="13" r="T78">
+        <v>62.6088401106425</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="19" t="str" r="D79"/>
+      <c s="19" t="str" r="E79"/>
+      <c s="20" t="str" r="F79"/>
+      <c s="21" t="inlineStr" r="H79">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J79">
+        <v>25543</v>
+      </c>
+      <c s="12" t="str" r="K79"/>
+      <c s="23" r="M79">
+        <v>122.215311</v>
+      </c>
+      <c s="12" t="str" r="N79"/>
+      <c s="22" r="P79">
+        <v>12</v>
+      </c>
+      <c s="22" r="R79">
+        <v>482</v>
+      </c>
+      <c s="23" r="T79">
+        <v>82.150521763407</v>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C80">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D80"/>
+      <c s="8" t="str" r="E80"/>
+      <c s="9" t="str" r="F80"/>
+      <c s="10" t="inlineStr" r="H80">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J80">
+        <v>16</v>
+      </c>
+      <c s="12" t="str" r="K80"/>
+      <c s="13" r="M80">
+        <v>1.454545</v>
+      </c>
+      <c s="12" t="str" r="N80"/>
+      <c s="11" r="P80">
+        <v>1</v>
+      </c>
+      <c s="11" r="R80">
+        <v>2</v>
+      </c>
+      <c s="13" r="T80">
+        <v>0.522232706750544</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A81"/>
+      <c s="25" t="str" r="C81"/>
+      <c s="16" t="str" r="F81"/>
+      <c s="10" t="inlineStr" r="H81">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J81">
+        <v>198</v>
+      </c>
+      <c s="12" t="str" r="K81"/>
+      <c s="13" r="M81">
+        <v>7.92</v>
+      </c>
+      <c s="12" t="str" r="N81"/>
+      <c s="11" r="P81">
+        <v>1</v>
+      </c>
+      <c s="11" r="R81">
+        <v>24</v>
+      </c>
+      <c s="13" r="T81">
+        <v>5.13906606301184</v>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A82"/>
+      <c s="25" t="str" r="C82"/>
+      <c s="16" t="str" r="F82"/>
+      <c s="10" t="inlineStr" r="H82">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J82">
+        <v>64</v>
+      </c>
+      <c s="12" t="str" r="K82"/>
+      <c s="13" r="M82">
+        <v>3.555556</v>
+      </c>
+      <c s="12" t="str" r="N82"/>
+      <c s="11" r="P82">
+        <v>1</v>
+      </c>
+      <c s="11" r="R82">
+        <v>9</v>
+      </c>
+      <c s="13" r="T82">
+        <v>2.33193224601402</v>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="19" t="str" r="D83"/>
+      <c s="19" t="str" r="E83"/>
+      <c s="20" t="str" r="F83"/>
+      <c s="21" t="inlineStr" r="H83">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J83">
+        <v>278</v>
+      </c>
+      <c s="12" t="str" r="K83"/>
+      <c s="23" r="M83">
+        <v>11.12</v>
+      </c>
+      <c s="12" t="str" r="N83"/>
+      <c s="22" r="P83">
+        <v>2</v>
+      </c>
+      <c s="22" r="R83">
+        <v>26</v>
+      </c>
+      <c s="23" r="T83">
+        <v>5.93239690175902</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C84">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D84"/>
+      <c s="8" t="str" r="E84"/>
+      <c s="9" t="str" r="F84"/>
+      <c s="10" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J84">
+        <v>58</v>
+      </c>
+      <c s="12" t="str" r="K84"/>
+      <c s="13" r="M84">
+        <v>5.272727</v>
+      </c>
+      <c s="12" t="str" r="N84"/>
+      <c s="11" r="P84">
+        <v>1</v>
+      </c>
+      <c s="11" r="R84">
+        <v>8</v>
+      </c>
+      <c s="13" r="T84">
+        <v>2.05382131647327</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="16" t="str" r="F85"/>
+      <c s="10" t="inlineStr" r="H85">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J85">
+        <v>151</v>
+      </c>
+      <c s="12" t="str" r="K85"/>
+      <c s="13" r="M85">
+        <v>13.727273</v>
+      </c>
+      <c s="12" t="str" r="N85"/>
+      <c s="11" r="P85">
         <v>5</v>
       </c>
-      <c r="J8" s="18"/>
-[...1 lines deleted...]
-      <c r="L8" s="42" t="s">
+      <c s="11" r="R85">
+        <v>22</v>
+      </c>
+      <c s="13" r="T85">
+        <v>6.37323952162478</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A86"/>
+      <c s="25" t="str" r="C86"/>
+      <c s="16" t="str" r="F86"/>
+      <c s="10" t="inlineStr" r="H86">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J86">
+        <v>247</v>
+      </c>
+      <c s="12" t="str" r="K86"/>
+      <c s="13" r="M86">
+        <v>22.454545</v>
+      </c>
+      <c s="12" t="str" r="N86"/>
+      <c s="11" r="P86">
         <v>6</v>
       </c>
-      <c r="M8" s="18"/>
-[...21 lines deleted...]
-      <c r="C12" s="35" t="s">
+      <c s="11" r="R86">
+        <v>46</v>
+      </c>
+      <c s="13" r="T86">
+        <v>12.9642865981897</v>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A87"/>
+      <c s="26" t="str" r="C87"/>
+      <c s="19" t="str" r="D87"/>
+      <c s="19" t="str" r="E87"/>
+      <c s="20" t="str" r="F87"/>
+      <c s="21" t="inlineStr" r="H87">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J87">
+        <v>456</v>
+      </c>
+      <c s="12" t="str" r="K87"/>
+      <c s="23" r="M87">
+        <v>41.454545</v>
+      </c>
+      <c s="12" t="str" r="N87"/>
+      <c s="22" r="P87">
+        <v>17</v>
+      </c>
+      <c s="22" r="R87">
+        <v>71</v>
+      </c>
+      <c s="23" r="T87">
+        <v>15.9584688175276</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D88"/>
+      <c s="8" t="str" r="E88"/>
+      <c s="9" t="str" r="F88"/>
+      <c s="10" t="inlineStr" r="H88">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J88">
+        <v>8305</v>
+      </c>
+      <c s="12" t="str" r="K88"/>
+      <c s="13" r="M88">
+        <v>73.495575</v>
+      </c>
+      <c s="12" t="str" r="N88"/>
+      <c s="11" r="P88">
+        <v>1</v>
+      </c>
+      <c s="11" r="R88">
+        <v>159</v>
+      </c>
+      <c s="13" r="T88">
+        <v>29.494891778069</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="16" t="str" r="F89"/>
+      <c s="10" t="inlineStr" r="H89">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J89">
+        <v>2605</v>
+      </c>
+      <c s="12" t="str" r="K89"/>
+      <c s="13" r="M89">
+        <v>23.053097</v>
+      </c>
+      <c s="12" t="str" r="N89"/>
+      <c s="11" r="P89">
+        <v>1</v>
+      </c>
+      <c s="11" r="R89">
+        <v>107</v>
+      </c>
+      <c s="13" r="T89">
+        <v>18.0529186006031</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="16" t="str" r="F90"/>
+      <c s="10" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J90">
+        <v>9040</v>
+      </c>
+      <c s="12" t="str" r="K90"/>
+      <c s="13" r="M90">
+        <v>80</v>
+      </c>
+      <c s="12" t="str" r="N90"/>
+      <c s="11" r="P90">
+        <v>12</v>
+      </c>
+      <c s="11" r="R90">
+        <v>228</v>
+      </c>
+      <c s="13" r="T90">
+        <v>48.838107191004</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A91"/>
+      <c s="26" t="str" r="C91"/>
+      <c s="19" t="str" r="D91"/>
+      <c s="19" t="str" r="E91"/>
+      <c s="20" t="str" r="F91"/>
+      <c s="21" t="inlineStr" r="H91">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J91">
+        <v>19950</v>
+      </c>
+      <c s="12" t="str" r="K91"/>
+      <c s="23" r="M91">
+        <v>176.548673</v>
+      </c>
+      <c s="12" t="str" r="N91"/>
+      <c s="22" r="P91">
+        <v>24</v>
+      </c>
+      <c s="22" r="R91">
+        <v>366</v>
+      </c>
+      <c s="23" r="T91">
+        <v>72.840823416543</v>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D92"/>
+      <c s="8" t="str" r="E92"/>
+      <c s="9" t="str" r="F92"/>
+      <c s="10" t="inlineStr" r="H92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J92">
+        <v>358</v>
+      </c>
+      <c s="12" t="str" r="K92"/>
+      <c s="13" r="M92">
+        <v>4.261905</v>
+      </c>
+      <c s="12" t="str" r="N92"/>
+      <c s="11" r="P92">
+        <v>1</v>
+      </c>
+      <c s="11" r="R92">
+        <v>15</v>
+      </c>
+      <c s="13" r="T92">
+        <v>2.92112803553696</v>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A93"/>
+      <c s="25" t="str" r="C93"/>
+      <c s="16" t="str" r="F93"/>
+      <c s="10" t="inlineStr" r="H93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J93">
+        <v>1574</v>
+      </c>
+      <c s="12" t="str" r="K93"/>
+      <c s="13" r="M93">
+        <v>17.685393</v>
+      </c>
+      <c s="12" t="str" r="N93"/>
+      <c s="11" r="P93">
+        <v>1</v>
+      </c>
+      <c s="11" r="R93">
+        <v>61</v>
+      </c>
+      <c s="13" r="T93">
+        <v>11.3923773199451</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A94"/>
+      <c s="25" t="str" r="C94"/>
+      <c s="16" t="str" r="F94"/>
+      <c s="10" t="inlineStr" r="H94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J94">
+        <v>7529</v>
+      </c>
+      <c s="12" t="str" r="K94"/>
+      <c s="13" r="M94">
+        <v>84.595506</v>
+      </c>
+      <c s="12" t="str" r="N94"/>
+      <c s="11" r="P94">
+        <v>18</v>
+      </c>
+      <c s="11" r="R94">
+        <v>184</v>
+      </c>
+      <c s="13" r="T94">
+        <v>36.3842245760439</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A95"/>
+      <c s="26" t="str" r="C95"/>
+      <c s="19" t="str" r="D95"/>
+      <c s="19" t="str" r="E95"/>
+      <c s="20" t="str" r="F95"/>
+      <c s="21" t="inlineStr" r="H95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J95">
+        <v>9461</v>
+      </c>
+      <c s="12" t="str" r="K95"/>
+      <c s="23" r="M95">
+        <v>106.303371</v>
+      </c>
+      <c s="12" t="str" r="N95"/>
+      <c s="22" r="P95">
+        <v>26</v>
+      </c>
+      <c s="22" r="R95">
+        <v>201</v>
+      </c>
+      <c s="23" r="T95">
+        <v>39.6239151018675</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C96">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D96"/>
+      <c s="8" t="str" r="E96"/>
+      <c s="9" t="str" r="F96"/>
+      <c s="10" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J96">
+        <v>7848</v>
+      </c>
+      <c s="12" t="str" r="K96"/>
+      <c s="13" r="M96">
+        <v>23.781818</v>
+      </c>
+      <c s="12" t="str" r="N96"/>
+      <c s="11" r="P96">
+        <v>1</v>
+      </c>
+      <c s="11" r="R96">
+        <v>138</v>
+      </c>
+      <c s="13" r="T96">
+        <v>17.5859410325407</v>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A97"/>
+      <c s="25" t="str" r="C97"/>
+      <c s="16" t="str" r="F97"/>
+      <c s="10" t="inlineStr" r="H97">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J97">
+        <v>10507</v>
+      </c>
+      <c s="12" t="str" r="K97"/>
+      <c s="13" r="M97">
+        <v>31.364179</v>
+      </c>
+      <c s="12" t="str" r="N97"/>
+      <c s="11" r="P97">
+        <v>1</v>
+      </c>
+      <c s="11" r="R97">
+        <v>327</v>
+      </c>
+      <c s="13" r="T97">
+        <v>38.405400154145</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A98"/>
+      <c s="25" t="str" r="C98"/>
+      <c s="16" t="str" r="F98"/>
+      <c s="10" t="inlineStr" r="H98">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J98">
+        <v>17338</v>
+      </c>
+      <c s="12" t="str" r="K98"/>
+      <c s="13" r="M98">
+        <v>52.066066</v>
+      </c>
+      <c s="12" t="str" r="N98"/>
+      <c s="11" r="P98">
+        <v>1</v>
+      </c>
+      <c s="11" r="R98">
+        <v>292</v>
+      </c>
+      <c s="13" r="T98">
+        <v>61.5940985160104</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A99"/>
+      <c s="26" t="str" r="C99"/>
+      <c s="19" t="str" r="D99"/>
+      <c s="19" t="str" r="E99"/>
+      <c s="20" t="str" r="F99"/>
+      <c s="21" t="inlineStr" r="H99">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J99">
+        <v>35693</v>
+      </c>
+      <c s="12" t="str" r="K99"/>
+      <c s="23" r="M99">
+        <v>106.546269</v>
+      </c>
+      <c s="12" t="str" r="N99"/>
+      <c s="22" r="P99">
+        <v>3</v>
+      </c>
+      <c s="22" r="R99">
+        <v>376</v>
+      </c>
+      <c s="23" r="T99">
+        <v>70.2952931710225</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A100">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C100">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D100"/>
+      <c s="8" t="str" r="E100"/>
+      <c s="9" t="str" r="F100"/>
+      <c s="10" t="inlineStr" r="H100">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J100">
+        <v>23</v>
+      </c>
+      <c s="12" t="str" r="K100"/>
+      <c s="13" r="M100">
+        <v>1.4375</v>
+      </c>
+      <c s="12" t="str" r="N100"/>
+      <c s="11" r="P100">
+        <v>1</v>
+      </c>
+      <c s="11" r="R100">
+        <v>3</v>
+      </c>
+      <c s="13" r="T100">
+        <v>0.813941029804985</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A101"/>
+      <c s="25" t="str" r="C101"/>
+      <c s="16" t="str" r="F101"/>
+      <c s="10" t="inlineStr" r="H101">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J101">
+        <v>172</v>
+      </c>
+      <c s="12" t="str" r="K101"/>
+      <c s="13" r="M101">
+        <v>6.88</v>
+      </c>
+      <c s="12" t="str" r="N101"/>
+      <c s="11" r="P101">
+        <v>2</v>
+      </c>
+      <c s="11" r="R101">
+        <v>16</v>
+      </c>
+      <c s="13" r="T101">
+        <v>3.51567916624939</v>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A102"/>
+      <c s="25" t="str" r="C102"/>
+      <c s="16" t="str" r="F102"/>
+      <c s="10" t="inlineStr" r="H102">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J102">
+        <v>151</v>
+      </c>
+      <c s="12" t="str" r="K102"/>
+      <c s="13" r="M102">
+        <v>5.807692</v>
+      </c>
+      <c s="12" t="str" r="N102"/>
+      <c s="11" r="P102">
+        <v>1</v>
+      </c>
+      <c s="11" r="R102">
+        <v>20</v>
+      </c>
+      <c s="13" r="T102">
+        <v>4.30831034165367</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A103"/>
+      <c s="26" t="str" r="C103"/>
+      <c s="19" t="str" r="D103"/>
+      <c s="19" t="str" r="E103"/>
+      <c s="20" t="str" r="F103"/>
+      <c s="21" t="inlineStr" r="H103">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J103">
+        <v>346</v>
+      </c>
+      <c s="12" t="str" r="K103"/>
+      <c s="23" r="M103">
+        <v>12.814815</v>
+      </c>
+      <c s="12" t="str" r="N103"/>
+      <c s="22" r="P103">
+        <v>3</v>
+      </c>
+      <c s="22" r="R103">
+        <v>25</v>
+      </c>
+      <c s="23" r="T103">
+        <v>5.93579126991507</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A104">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C104">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D104"/>
+      <c s="8" t="str" r="E104"/>
+      <c s="9" t="str" r="F104"/>
+      <c s="10" t="inlineStr" r="H104">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J104">
+        <v>126</v>
+      </c>
+      <c s="12" t="str" r="K104"/>
+      <c s="13" r="M104">
+        <v>2.032258</v>
+      </c>
+      <c s="12" t="str" r="N104"/>
+      <c s="11" r="P104">
+        <v>1</v>
+      </c>
+      <c s="11" r="R104">
+        <v>6</v>
+      </c>
+      <c s="13" r="T104">
+        <v>1.29270027461899</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A105"/>
+      <c s="25" t="str" r="C105"/>
+      <c s="16" t="str" r="F105"/>
+      <c s="10" t="inlineStr" r="H105">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J105">
+        <v>319</v>
+      </c>
+      <c s="12" t="str" r="K105"/>
+      <c s="13" r="M105">
+        <v>4.310811</v>
+      </c>
+      <c s="12" t="str" r="N105"/>
+      <c s="11" r="P105">
+        <v>1</v>
+      </c>
+      <c s="11" r="R105">
+        <v>16</v>
+      </c>
+      <c s="13" r="T105">
+        <v>3.26007683958523</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A106"/>
+      <c s="25" t="str" r="C106"/>
+      <c s="16" t="str" r="F106"/>
+      <c s="10" t="inlineStr" r="H106">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J106">
+        <v>691</v>
+      </c>
+      <c s="12" t="str" r="K106"/>
+      <c s="13" r="M106">
+        <v>8.974026</v>
+      </c>
+      <c s="12" t="str" r="N106"/>
+      <c s="11" r="P106">
+        <v>1</v>
+      </c>
+      <c s="11" r="R106">
+        <v>43</v>
+      </c>
+      <c s="13" r="T106">
+        <v>9.65588727150436</v>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A107"/>
+      <c s="26" t="str" r="C107"/>
+      <c s="19" t="str" r="D107"/>
+      <c s="19" t="str" r="E107"/>
+      <c s="20" t="str" r="F107"/>
+      <c s="21" t="inlineStr" r="H107">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J107">
+        <v>1136</v>
+      </c>
+      <c s="12" t="str" r="K107"/>
+      <c s="23" r="M107">
+        <v>14.2</v>
+      </c>
+      <c s="12" t="str" r="N107"/>
+      <c s="22" r="P107">
+        <v>1</v>
+      </c>
+      <c s="22" r="R107">
+        <v>51</v>
+      </c>
+      <c s="23" r="T107">
+        <v>10.8106838821603</v>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C108">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D108"/>
+      <c s="8" t="str" r="E108"/>
+      <c s="9" t="str" r="F108"/>
+      <c s="10" t="inlineStr" r="H108">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J108">
+        <v>1901</v>
+      </c>
+      <c s="12" t="str" r="K108"/>
+      <c s="13" r="M108">
+        <v>10.801136</v>
+      </c>
+      <c s="12" t="str" r="N108"/>
+      <c s="11" r="P108">
+        <v>1</v>
+      </c>
+      <c s="11" r="R108">
+        <v>47</v>
+      </c>
+      <c s="13" r="T108">
+        <v>8.99524946846945</v>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A109"/>
+      <c s="15" t="str" r="C109"/>
+      <c s="16" t="str" r="F109"/>
+      <c s="10" t="inlineStr" r="H109">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J109">
+        <v>2693</v>
+      </c>
+      <c s="12" t="str" r="K109"/>
+      <c s="13" r="M109">
+        <v>14.796703</v>
+      </c>
+      <c s="12" t="str" r="N109"/>
+      <c s="11" r="P109">
+        <v>1</v>
+      </c>
+      <c s="11" r="R109">
+        <v>117</v>
+      </c>
+      <c s="13" r="T109">
+        <v>19.3686934768456</v>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A110"/>
+      <c s="15" t="str" r="C110"/>
+      <c s="16" t="str" r="F110"/>
+      <c s="10" t="inlineStr" r="H110">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J110">
+        <v>7298</v>
+      </c>
+      <c s="12" t="str" r="K110"/>
+      <c s="13" r="M110">
+        <v>39.236559</v>
+      </c>
+      <c s="12" t="str" r="N110"/>
+      <c s="11" r="P110">
+        <v>2</v>
+      </c>
+      <c s="11" r="R110">
+        <v>173</v>
+      </c>
+      <c s="13" r="T110">
+        <v>37.6667888331352</v>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A111"/>
+      <c s="18" t="str" r="C111"/>
+      <c s="19" t="str" r="D111"/>
+      <c s="19" t="str" r="E111"/>
+      <c s="20" t="str" r="F111"/>
+      <c s="21" t="inlineStr" r="H111">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J111">
+        <v>11892</v>
+      </c>
+      <c s="12" t="str" r="K111"/>
+      <c s="23" r="M111">
+        <v>63.593583</v>
+      </c>
+      <c s="12" t="str" r="N111"/>
+      <c s="22" r="P111">
+        <v>4</v>
+      </c>
+      <c s="22" r="R111">
+        <v>183</v>
+      </c>
+      <c s="23" r="T111">
+        <v>41.4193809707485</v>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A112">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C112">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (9 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D112"/>
+      <c s="8" t="str" r="E112"/>
+      <c s="9" t="str" r="F112"/>
+      <c s="10" t="inlineStr" r="H112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J112">
+        <v>2721</v>
+      </c>
+      <c s="12" t="str" r="K112"/>
+      <c s="13" r="M112">
+        <v>14.708108</v>
+      </c>
+      <c s="12" t="str" r="N112"/>
+      <c s="11" r="P112">
+        <v>1</v>
+      </c>
+      <c s="11" r="R112">
+        <v>62</v>
+      </c>
+      <c s="13" r="T112">
+        <v>12.0036764784794</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A113"/>
+      <c s="15" t="str" r="C113"/>
+      <c s="16" t="str" r="F113"/>
+      <c s="10" t="inlineStr" r="H113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J113">
+        <v>3595</v>
+      </c>
+      <c s="12" t="str" r="K113"/>
+      <c s="13" r="M113">
+        <v>19.432432</v>
+      </c>
+      <c s="12" t="str" r="N113"/>
+      <c s="11" r="P113">
+        <v>1</v>
+      </c>
+      <c s="11" r="R113">
+        <v>98</v>
+      </c>
+      <c s="13" r="T113">
+        <v>21.7307392649215</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A114"/>
+      <c s="15" t="str" r="C114"/>
+      <c s="16" t="str" r="F114"/>
+      <c s="10" t="inlineStr" r="H114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J114">
+        <v>10681</v>
+      </c>
+      <c s="12" t="str" r="K114"/>
+      <c s="13" r="M114">
+        <v>57.424731</v>
+      </c>
+      <c s="12" t="str" r="N114"/>
+      <c s="11" r="P114">
+        <v>1</v>
+      </c>
+      <c s="11" r="R114">
+        <v>189</v>
+      </c>
+      <c s="13" r="T114">
+        <v>34.5910038449305</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A115"/>
+      <c s="18" t="str" r="C115"/>
+      <c s="19" t="str" r="D115"/>
+      <c s="19" t="str" r="E115"/>
+      <c s="20" t="str" r="F115"/>
+      <c s="21" t="inlineStr" r="H115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J115">
+        <v>16997</v>
+      </c>
+      <c s="12" t="str" r="K115"/>
+      <c s="23" r="M115">
+        <v>91.38172</v>
+      </c>
+      <c s="12" t="str" r="N115"/>
+      <c s="22" r="P115">
+        <v>3</v>
+      </c>
+      <c s="22" r="R115">
+        <v>251</v>
+      </c>
+      <c s="23" r="T115">
+        <v>39.0086544756417</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C116">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D116"/>
+      <c s="8" t="str" r="E116"/>
+      <c s="9" t="str" r="F116"/>
+      <c s="10" t="inlineStr" r="H116">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J116">
+        <v>11976</v>
+      </c>
+      <c s="12" t="str" r="K116"/>
+      <c s="13" r="M116">
+        <v>34.512968</v>
+      </c>
+      <c s="12" t="str" r="N116"/>
+      <c s="11" r="P116">
+        <v>1</v>
+      </c>
+      <c s="11" r="R116">
+        <v>179</v>
+      </c>
+      <c s="13" r="T116">
+        <v>24.5383203785426</v>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A117"/>
+      <c s="25" t="str" r="C117"/>
+      <c s="16" t="str" r="F117"/>
+      <c s="10" t="inlineStr" r="H117">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J117">
+        <v>25247</v>
+      </c>
+      <c s="12" t="str" r="K117"/>
+      <c s="13" r="M117">
+        <v>72.548851</v>
+      </c>
+      <c s="12" t="str" r="N117"/>
+      <c s="11" r="P117">
+        <v>2</v>
+      </c>
+      <c s="11" r="R117">
+        <v>482</v>
+      </c>
+      <c s="13" r="T117">
+        <v>83.2554862636691</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A118"/>
+      <c s="25" t="str" r="C118"/>
+      <c s="16" t="str" r="F118"/>
+      <c s="10" t="inlineStr" r="H118">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J118">
+        <v>37189</v>
+      </c>
+      <c s="12" t="str" r="K118"/>
+      <c s="13" r="M118">
+        <v>106.864943</v>
+      </c>
+      <c s="12" t="str" r="N118"/>
+      <c s="11" r="P118">
+        <v>2</v>
+      </c>
+      <c s="11" r="R118">
+        <v>432</v>
+      </c>
+      <c s="13" r="T118">
+        <v>102.215552490802</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A119"/>
+      <c s="26" t="str" r="C119"/>
+      <c s="19" t="str" r="D119"/>
+      <c s="19" t="str" r="E119"/>
+      <c s="20" t="str" r="F119"/>
+      <c s="21" t="inlineStr" r="H119">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J119">
+        <v>74412</v>
+      </c>
+      <c s="12" t="str" r="K119"/>
+      <c s="23" r="M119">
+        <v>213.827586</v>
+      </c>
+      <c s="12" t="str" r="N119"/>
+      <c s="22" r="P119">
+        <v>35</v>
+      </c>
+      <c s="22" r="R119">
+        <v>784</v>
+      </c>
+      <c s="23" r="T119">
+        <v>139.026770120002</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C120">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D120"/>
+      <c s="8" t="str" r="E120"/>
+      <c s="9" t="str" r="F120"/>
+      <c s="10" t="inlineStr" r="H120">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J120">
+        <v>18</v>
+      </c>
+      <c s="12" t="str" r="K120"/>
+      <c s="13" r="M120">
+        <v>1.5</v>
+      </c>
+      <c s="12" t="str" r="N120"/>
+      <c s="11" r="P120">
+        <v>1</v>
+      </c>
+      <c s="11" r="R120">
+        <v>4</v>
+      </c>
+      <c s="13" r="T120">
+        <v>0.904534134237067</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A121"/>
+      <c s="25" t="str" r="C121"/>
+      <c s="16" t="str" r="F121"/>
+      <c s="10" t="inlineStr" r="H121">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J121">
+        <v>189</v>
+      </c>
+      <c s="12" t="str" r="K121"/>
+      <c s="13" r="M121">
+        <v>6.096774</v>
+      </c>
+      <c s="12" t="str" r="N121"/>
+      <c s="11" r="P121">
+        <v>1</v>
+      </c>
+      <c s="11" r="R121">
+        <v>19</v>
+      </c>
+      <c s="13" r="T121">
+        <v>4.96222288898836</v>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A122"/>
+      <c s="25" t="str" r="C122"/>
+      <c s="16" t="str" r="F122"/>
+      <c s="10" t="inlineStr" r="H122">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J122">
+        <v>304</v>
+      </c>
+      <c s="12" t="str" r="K122"/>
+      <c s="13" r="M122">
+        <v>9.212121</v>
+      </c>
+      <c s="12" t="str" r="N122"/>
+      <c s="11" r="P122">
+        <v>1</v>
+      </c>
+      <c s="11" r="R122">
+        <v>35</v>
+      </c>
+      <c s="13" r="T122">
+        <v>6.64152452378217</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A123"/>
+      <c s="26" t="str" r="C123"/>
+      <c s="19" t="str" r="D123"/>
+      <c s="19" t="str" r="E123"/>
+      <c s="20" t="str" r="F123"/>
+      <c s="21" t="inlineStr" r="H123">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J123">
+        <v>511</v>
+      </c>
+      <c s="12" t="str" r="K123"/>
+      <c s="23" r="M123">
+        <v>15.484848</v>
+      </c>
+      <c s="12" t="str" r="N123"/>
+      <c s="22" r="P123">
+        <v>4</v>
+      </c>
+      <c s="22" r="R123">
+        <v>38</v>
+      </c>
+      <c s="23" r="T123">
+        <v>8.54078895653089</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A124">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C124">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D124"/>
+      <c s="8" t="str" r="E124"/>
+      <c s="9" t="str" r="F124"/>
+      <c s="10" t="inlineStr" r="H124">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J124">
+        <v>12859</v>
+      </c>
+      <c s="12" t="str" r="K124"/>
+      <c s="13" r="M124">
+        <v>72.649718</v>
+      </c>
+      <c s="12" t="str" r="N124"/>
+      <c s="11" r="P124">
+        <v>13</v>
+      </c>
+      <c s="11" r="R124">
+        <v>184</v>
+      </c>
+      <c s="13" r="T124">
+        <v>39.823494271598</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A125"/>
+      <c s="25" t="str" r="C125"/>
+      <c s="16" t="str" r="F125"/>
+      <c s="10" t="inlineStr" r="H125">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J125">
+        <v>14564</v>
+      </c>
+      <c s="12" t="str" r="K125"/>
+      <c s="13" r="M125">
+        <v>80.464088</v>
+      </c>
+      <c s="12" t="str" r="N125"/>
+      <c s="11" r="P125">
+        <v>6</v>
+      </c>
+      <c s="11" r="R125">
+        <v>538</v>
+      </c>
+      <c s="13" r="T125">
+        <v>83.9314209637845</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A126"/>
+      <c s="25" t="str" r="C126"/>
+      <c s="16" t="str" r="F126"/>
+      <c s="10" t="inlineStr" r="H126">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J126">
+        <v>35554</v>
+      </c>
+      <c s="12" t="str" r="K126"/>
+      <c s="13" r="M126">
+        <v>196.430939</v>
+      </c>
+      <c s="12" t="str" r="N126"/>
+      <c s="11" r="P126">
         <v>10</v>
       </c>
-      <c r="D12" s="23"/>
-[...83 lines deleted...]
-      <c r="H15" s="6" t="s">
+      <c s="11" r="R126">
+        <v>826</v>
+      </c>
+      <c s="13" r="T126">
+        <v>153.822812690446</v>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A127"/>
+      <c s="26" t="str" r="C127"/>
+      <c s="19" t="str" r="D127"/>
+      <c s="19" t="str" r="E127"/>
+      <c s="20" t="str" r="F127"/>
+      <c s="21" t="inlineStr" r="H127">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J127">
+        <v>62977</v>
+      </c>
+      <c s="12" t="str" r="K127"/>
+      <c s="23" r="M127">
+        <v>347.939227</v>
+      </c>
+      <c s="12" t="str" r="N127"/>
+      <c s="22" r="P127">
+        <v>73</v>
+      </c>
+      <c s="22" r="R127">
+        <v>1098</v>
+      </c>
+      <c s="23" r="T127">
+        <v>201.047069274834</v>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A128">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C128">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D128"/>
+      <c s="8" t="str" r="E128"/>
+      <c s="9" t="str" r="F128"/>
+      <c s="10" t="inlineStr" r="H128">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J128">
+        <v>1932</v>
+      </c>
+      <c s="12" t="str" r="K128"/>
+      <c s="13" r="M128">
+        <v>13.702128</v>
+      </c>
+      <c s="12" t="str" r="N128"/>
+      <c s="11" r="P128">
+        <v>1</v>
+      </c>
+      <c s="11" r="R128">
+        <v>51</v>
+      </c>
+      <c s="13" r="T128">
+        <v>11.9974668159574</v>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A129"/>
+      <c s="25" t="str" r="C129"/>
+      <c s="16" t="str" r="F129"/>
+      <c s="10" t="inlineStr" r="H129">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J129">
+        <v>1983</v>
+      </c>
+      <c s="12" t="str" r="K129"/>
+      <c s="13" r="M129">
+        <v>13.308725</v>
+      </c>
+      <c s="12" t="str" r="N129"/>
+      <c s="11" r="P129">
+        <v>1</v>
+      </c>
+      <c s="11" r="R129">
+        <v>47</v>
+      </c>
+      <c s="13" r="T129">
+        <v>7.70827853674217</v>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A130"/>
+      <c s="25" t="str" r="C130"/>
+      <c s="16" t="str" r="F130"/>
+      <c s="10" t="inlineStr" r="H130">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J130">
+        <v>12986</v>
+      </c>
+      <c s="12" t="str" r="K130"/>
+      <c s="13" r="M130">
+        <v>87.154362</v>
+      </c>
+      <c s="12" t="str" r="N130"/>
+      <c s="11" r="P130">
+        <v>5</v>
+      </c>
+      <c s="11" r="R130">
+        <v>197</v>
+      </c>
+      <c s="13" r="T130">
+        <v>41.0923029653973</v>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A131"/>
+      <c s="26" t="str" r="C131"/>
+      <c s="19" t="str" r="D131"/>
+      <c s="19" t="str" r="E131"/>
+      <c s="20" t="str" r="F131"/>
+      <c s="21" t="inlineStr" r="H131">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J131">
+        <v>16901</v>
+      </c>
+      <c s="12" t="str" r="K131"/>
+      <c s="23" r="M131">
+        <v>113.42953</v>
+      </c>
+      <c s="12" t="str" r="N131"/>
+      <c s="22" r="P131">
         <v>14</v>
       </c>
-      <c r="J15" s="33">
-[...3258 lines deleted...]
-      <c r="R131" s="7">
+      <c s="22" r="R131">
         <v>213</v>
       </c>
-      <c r="T131" s="8">
-[...17 lines deleted...]
-    <row r="134" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c s="23" r="T131">
+        <v>40.4994586260113</v>
+      </c>
+    </row>
+    <row r="132" ht="2.15" customHeight="1"/>
+    <row r="133" ht="15.8" customHeight="1">
+      <c s="27" t="inlineStr" r="B133">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" ht="2.2" customHeight="1"/>
   </sheetData>
-  <mergeCells count="312">
+  <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="C16:F19"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
@@ -7468,3591 +6683,3794 @@
     <mergeCell ref="M117:N117"/>
     <mergeCell ref="J118:K118"/>
     <mergeCell ref="M118:N118"/>
     <mergeCell ref="J119:K119"/>
     <mergeCell ref="M119:N119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="C120:F123"/>
     <mergeCell ref="J120:K120"/>
     <mergeCell ref="M120:N120"/>
     <mergeCell ref="J121:K121"/>
     <mergeCell ref="M121:N121"/>
     <mergeCell ref="J122:K122"/>
     <mergeCell ref="M122:N122"/>
     <mergeCell ref="J123:K123"/>
     <mergeCell ref="M123:N123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="C124:F127"/>
     <mergeCell ref="J124:K124"/>
     <mergeCell ref="M124:N124"/>
     <mergeCell ref="J125:K125"/>
     <mergeCell ref="M125:N125"/>
     <mergeCell ref="J126:K126"/>
     <mergeCell ref="M126:N126"/>
     <mergeCell ref="J127:K127"/>
     <mergeCell ref="M127:N127"/>
-    <mergeCell ref="B133:J133"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="C128:F131"/>
     <mergeCell ref="J128:K128"/>
     <mergeCell ref="M128:N128"/>
     <mergeCell ref="J129:K129"/>
     <mergeCell ref="M129:N129"/>
     <mergeCell ref="J130:K130"/>
     <mergeCell ref="M130:N130"/>
     <mergeCell ref="J131:K131"/>
     <mergeCell ref="M131:N131"/>
+    <mergeCell ref="B133:J133"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:W134"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="24" max="24" width="8.81640625" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.4140625"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.703125"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.47265625"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="0.0234375"/>
+    <col min="20" max="20" customWidth="1" width="15.07421875"/>
+    <col min="21" max="21" customWidth="1" width="0.0234375"/>
+    <col min="22" max="22" customWidth="1" width="3.4140625"/>
+    <col min="23" max="23" customWidth="1" width="78.171875"/>
+    <col min="24" max="24" customWidth="1" width="8.9140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...42 lines deleted...]
-      <c r="O4" s="40" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of November 03, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">SENT Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">GRAD TYPE</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"># of Applicants who
+Signaled
+ERAS 2026</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Mean</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">Min</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Max</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">SD</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.85" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D12"/>
+      <c s="8" t="str" r="E12"/>
+      <c s="9" t="str" r="F12"/>
+      <c s="10" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J12">
+        <v>696</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="13" r="M12">
+        <v>4.91092</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="11" r="P12">
+        <v>1</v>
+      </c>
+      <c s="11" r="R12">
+        <v>5</v>
+      </c>
+      <c s="13" r="T12">
+        <v>0.542217668469038</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A13"/>
+      <c s="15" t="str" r="C13"/>
+      <c s="16" t="str" r="F13"/>
+      <c s="10" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J13">
+        <v>750</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="13" r="M13">
+        <v>4.736</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="11" r="P13">
+        <v>1</v>
+      </c>
+      <c s="11" r="R13">
+        <v>5</v>
+      </c>
+      <c s="13" r="T13">
+        <v>0.901949555130441</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A14"/>
+      <c s="15" t="str" r="C14"/>
+      <c s="16" t="str" r="F14"/>
+      <c s="10" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J14">
+        <v>2173</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="13" r="M14">
+        <v>4.940635</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="11" r="P14">
+        <v>1</v>
+      </c>
+      <c s="11" r="R14">
+        <v>5</v>
+      </c>
+      <c s="13" r="T14">
+        <v>0.442475988049069</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A15"/>
+      <c s="18" t="str" r="C15"/>
+      <c s="19" t="str" r="D15"/>
+      <c s="19" t="str" r="E15"/>
+      <c s="20" t="str" r="F15"/>
+      <c s="21" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J15">
+        <v>3619</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="23" r="M15">
+        <v>4.892512</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="22" r="P15">
+        <v>1</v>
+      </c>
+      <c s="22" r="R15">
+        <v>5</v>
+      </c>
+      <c s="23" r="T15">
+        <v>0.590839233632974</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Anesthesiology (10 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D16"/>
+      <c s="8" t="str" r="E16"/>
+      <c s="9" t="str" r="F16"/>
+      <c s="10" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J16">
+        <v>667</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="13" r="M16">
+        <v>9.887556</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="11" r="P16">
+        <v>3</v>
+      </c>
+      <c s="11" r="R16">
+        <v>10</v>
+      </c>
+      <c s="13" r="T16">
+        <v>0.773304597167248</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A17"/>
+      <c s="15" t="str" r="C17"/>
+      <c s="16" t="str" r="F17"/>
+      <c s="10" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J17">
+        <v>674</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="13" r="M17">
+        <v>9.316024</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="11" r="P17">
+        <v>1</v>
+      </c>
+      <c s="11" r="R17">
+        <v>10</v>
+      </c>
+      <c s="13" r="T17">
+        <v>1.93957985141112</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A18"/>
+      <c s="15" t="str" r="C18"/>
+      <c s="16" t="str" r="F18"/>
+      <c s="10" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J18">
+        <v>2131</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="13" r="M18">
+        <v>9.87283</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="11" r="P18">
+        <v>1</v>
+      </c>
+      <c s="11" r="R18">
+        <v>10</v>
+      </c>
+      <c s="13" r="T18">
+        <v>0.873220476168533</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A19"/>
+      <c s="18" t="str" r="C19"/>
+      <c s="19" t="str" r="D19"/>
+      <c s="19" t="str" r="E19"/>
+      <c s="20" t="str" r="F19"/>
+      <c s="21" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J19">
+        <v>3472</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="23" r="M19">
+        <v>9.767569</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="22" r="P19">
+        <v>1</v>
+      </c>
+      <c s="22" r="R19">
+        <v>10</v>
+      </c>
+      <c s="23" r="T19">
+        <v>1.16695458352071</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D20"/>
+      <c s="8" t="str" r="E20"/>
+      <c s="9" t="str" r="F20"/>
+      <c s="10" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J20">
+        <v>43</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="13" r="M20">
+        <v>2.906977</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="11" r="P20">
+        <v>1</v>
+      </c>
+      <c s="11" r="R20">
+        <v>3</v>
+      </c>
+      <c s="13" r="T20">
+        <v>0.423650799597971</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A21"/>
+      <c s="25" t="str" r="C21"/>
+      <c s="16" t="str" r="F21"/>
+      <c s="10" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J21">
+        <v>251</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="13" r="M21">
+        <v>2.792829</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="11" r="P21">
+        <v>1</v>
+      </c>
+      <c s="11" r="R21">
+        <v>3</v>
+      </c>
+      <c s="13" r="T21">
+        <v>0.540669954778329</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A22"/>
+      <c s="25" t="str" r="C22"/>
+      <c s="16" t="str" r="F22"/>
+      <c s="10" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J22">
+        <v>167</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="13" r="M22">
+        <v>2.928144</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="11" r="P22">
+        <v>1</v>
+      </c>
+      <c s="11" r="R22">
+        <v>3</v>
+      </c>
+      <c s="13" r="T22">
+        <v>0.320825497739815</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="19" t="str" r="D23"/>
+      <c s="19" t="str" r="E23"/>
+      <c s="20" t="str" r="F23"/>
+      <c s="21" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J23">
+        <v>461</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="23" r="M23">
+        <v>2.852495</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="22" r="P23">
+        <v>1</v>
+      </c>
+      <c s="22" r="R23">
+        <v>3</v>
+      </c>
+      <c s="23" r="T23">
+        <v>0.465928106042123</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D24"/>
+      <c s="8" t="str" r="E24"/>
+      <c s="9" t="str" r="F24"/>
+      <c s="10" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J24">
+        <v>203</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="13" r="M24">
+        <v>2.931034</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="11" r="P24">
+        <v>1</v>
+      </c>
+      <c s="11" r="R24">
+        <v>3</v>
+      </c>
+      <c s="13" r="T24">
+        <v>0.365381991893416</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A25"/>
+      <c s="15" t="str" r="C25"/>
+      <c s="16" t="str" r="F25"/>
+      <c s="10" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J25">
+        <v>151</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="13" r="M25">
+        <v>2.854305</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="11" r="P25">
+        <v>1</v>
+      </c>
+      <c s="11" r="R25">
+        <v>3</v>
+      </c>
+      <c s="13" r="T25">
+        <v>0.466802956288839</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A26"/>
+      <c s="15" t="str" r="C26"/>
+      <c s="16" t="str" r="F26"/>
+      <c s="10" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J26">
+        <v>984</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="13" r="M26">
+        <v>2.974593</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="11" r="P26">
+        <v>1</v>
+      </c>
+      <c s="11" r="R26">
+        <v>3</v>
+      </c>
+      <c s="13" r="T26">
+        <v>0.207547584905245</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A27"/>
+      <c s="18" t="str" r="C27"/>
+      <c s="19" t="str" r="D27"/>
+      <c s="19" t="str" r="E27"/>
+      <c s="20" t="str" r="F27"/>
+      <c s="21" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J27">
+        <v>1338</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="23" r="M27">
+        <v>2.95441</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="22" r="P27">
+        <v>1</v>
+      </c>
+      <c s="22" r="R27">
+        <v>3</v>
+      </c>
+      <c s="23" r="T27">
+        <v>0.279143332358127</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Dermatology (25 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D28"/>
+      <c s="8" t="str" r="E28"/>
+      <c s="9" t="str" r="F28"/>
+      <c s="10" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J28">
+        <v>194</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="13" r="M28">
+        <v>21.969072</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="11" r="P28">
+        <v>1</v>
+      </c>
+      <c s="11" r="R28">
+        <v>25</v>
+      </c>
+      <c s="13" r="T28">
+        <v>6.41454035765619</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A29"/>
+      <c s="15" t="str" r="C29"/>
+      <c s="16" t="str" r="F29"/>
+      <c s="10" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J29">
+        <v>131</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="13" r="M29">
+        <v>18.793893</v>
+      </c>
+      <c s="12" t="str" r="N29"/>
+      <c s="11" r="P29">
+        <v>1</v>
+      </c>
+      <c s="11" r="R29">
+        <v>25</v>
+      </c>
+      <c s="13" r="T29">
+        <v>8.62742447083717</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A30"/>
+      <c s="15" t="str" r="C30"/>
+      <c s="16" t="str" r="F30"/>
+      <c s="10" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J30">
+        <v>963</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="13" r="M30">
+        <v>24.312565</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="11" r="P30">
+        <v>1</v>
+      </c>
+      <c s="11" r="R30">
+        <v>25</v>
+      </c>
+      <c s="13" r="T30">
+        <v>3.27682422476397</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A31"/>
+      <c s="18" t="str" r="C31"/>
+      <c s="19" t="str" r="D31"/>
+      <c s="19" t="str" r="E31"/>
+      <c s="20" t="str" r="F31"/>
+      <c s="21" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J31">
+        <v>1288</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="23" r="M31">
+        <v>23.398292</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="22" r="P31">
+        <v>1</v>
+      </c>
+      <c s="22" r="R31">
+        <v>25</v>
+      </c>
+      <c s="23" r="T31">
+        <v>4.9845334786718</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D32"/>
+      <c s="8" t="str" r="E32"/>
+      <c s="9" t="str" r="F32"/>
+      <c s="10" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J32">
+        <v>2071</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="13" r="M32">
+        <v>4.848382</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="11" r="P32">
+        <v>1</v>
+      </c>
+      <c s="11" r="R32">
+        <v>5</v>
+      </c>
+      <c s="13" r="T32">
+        <v>0.630234083495966</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="16" t="str" r="F33"/>
+      <c s="10" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J33">
+        <v>7235</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="13" r="M33">
+        <v>4.710988</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="11" r="P33">
+        <v>1</v>
+      </c>
+      <c s="11" r="R33">
+        <v>5</v>
+      </c>
+      <c s="13" r="T33">
+        <v>0.912865269357971</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="16" t="str" r="F34"/>
+      <c s="10" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J34">
+        <v>2030</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="13" r="M34">
+        <v>4.825123</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="11" r="P34">
+        <v>1</v>
+      </c>
+      <c s="11" r="R34">
+        <v>5</v>
+      </c>
+      <c s="13" r="T34">
+        <v>0.742513972932496</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="19" t="str" r="D35"/>
+      <c s="19" t="str" r="E35"/>
+      <c s="20" t="str" r="F35"/>
+      <c s="21" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J35">
+        <v>11336</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="23" r="M35">
+        <v>4.756528</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="22" r="P35">
+        <v>1</v>
+      </c>
+      <c s="22" r="R35">
+        <v>5</v>
+      </c>
+      <c s="23" r="T35">
+        <v>0.840718740126566</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D36"/>
+      <c s="8" t="str" r="E36"/>
+      <c s="9" t="str" r="F36"/>
+      <c s="10" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J36">
+        <v>3520</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="13" r="M36">
+        <v>2.952273</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="11" r="P36">
+        <v>1</v>
+      </c>
+      <c s="11" r="R36">
+        <v>3</v>
+      </c>
+      <c s="13" r="T36">
+        <v>0.275938398922658</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A37"/>
+      <c s="15" t="str" r="C37"/>
+      <c s="16" t="str" r="F37"/>
+      <c s="10" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J37">
+        <v>14210</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="13" r="M37">
+        <v>2.936101</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="11" r="P37">
+        <v>1</v>
+      </c>
+      <c s="11" r="R37">
+        <v>3</v>
+      </c>
+      <c s="13" r="T37">
+        <v>0.314556831113235</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A38"/>
+      <c s="15" t="str" r="C38"/>
+      <c s="16" t="str" r="F38"/>
+      <c s="10" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J38">
+        <v>8825</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="13" r="M38">
+        <v>2.945836</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="11" r="P38">
+        <v>1</v>
+      </c>
+      <c s="11" r="R38">
+        <v>3</v>
+      </c>
+      <c s="13" r="T38">
+        <v>0.300735764417869</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A39"/>
+      <c s="18" t="str" r="C39"/>
+      <c s="19" t="str" r="D39"/>
+      <c s="19" t="str" r="E39"/>
+      <c s="20" t="str" r="F39"/>
+      <c s="21" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J39">
+        <v>26555</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="23" r="M39">
+        <v>2.94148</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="22" r="P39">
+        <v>1</v>
+      </c>
+      <c s="22" r="R39">
+        <v>3</v>
+      </c>
+      <c s="23" r="T39">
+        <v>0.305173721018046</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Internal Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D40"/>
+      <c s="8" t="str" r="E40"/>
+      <c s="9" t="str" r="F40"/>
+      <c s="10" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J40">
+        <v>3401</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="13" r="M40">
+        <v>11.273449</v>
+      </c>
+      <c s="12" t="str" r="N40"/>
+      <c s="11" r="P40">
+        <v>1</v>
+      </c>
+      <c s="11" r="R40">
+        <v>12</v>
+      </c>
+      <c s="13" r="T40">
+        <v>2.23654085587543</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A41"/>
+      <c s="15" t="str" r="C41"/>
+      <c s="16" t="str" r="F41"/>
+      <c s="10" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J41">
+        <v>13801</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="13" r="M41">
+        <v>11.467357</v>
+      </c>
+      <c s="12" t="str" r="N41"/>
+      <c s="11" r="P41">
+        <v>1</v>
+      </c>
+      <c s="11" r="R41">
+        <v>12</v>
+      </c>
+      <c s="13" r="T41">
+        <v>1.88955470944876</v>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A42"/>
+      <c s="15" t="str" r="C42"/>
+      <c s="16" t="str" r="F42"/>
+      <c s="10" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J42">
+        <v>8476</v>
+      </c>
+      <c s="12" t="str" r="K42"/>
+      <c s="13" r="M42">
+        <v>11.022416</v>
+      </c>
+      <c s="12" t="str" r="N42"/>
+      <c s="11" r="P42">
+        <v>1</v>
+      </c>
+      <c s="11" r="R42">
+        <v>12</v>
+      </c>
+      <c s="13" r="T42">
+        <v>2.50838354324055</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A43"/>
+      <c s="18" t="str" r="C43"/>
+      <c s="19" t="str" r="D43"/>
+      <c s="19" t="str" r="E43"/>
+      <c s="20" t="str" r="F43"/>
+      <c s="21" t="inlineStr" r="H43">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J43">
+        <v>25678</v>
+      </c>
+      <c s="12" t="str" r="K43"/>
+      <c s="23" r="M43">
+        <v>11.294805</v>
+      </c>
+      <c s="12" t="str" r="N43"/>
+      <c s="22" r="P43">
+        <v>1</v>
+      </c>
+      <c s="22" r="R43">
+        <v>12</v>
+      </c>
+      <c s="23" r="T43">
+        <v>2.16766164333828</v>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C44">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D44"/>
+      <c s="8" t="str" r="E44"/>
+      <c s="9" t="str" r="F44"/>
+      <c s="10" t="inlineStr" r="H44">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J44">
+        <v>38</v>
+      </c>
+      <c s="12" t="str" r="K44"/>
+      <c s="13" r="M44">
+        <v>1.815789</v>
+      </c>
+      <c s="12" t="str" r="N44"/>
+      <c s="11" r="P44">
+        <v>1</v>
+      </c>
+      <c s="11" r="R44">
         <v>2</v>
       </c>
-      <c r="P4" s="18"/>
-[...31 lines deleted...]
-      <c r="G8" s="41" t="s">
+      <c s="13" r="T44">
+        <v>0.390231982287459</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="16" t="str" r="F45"/>
+      <c s="10" t="inlineStr" r="H45">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J45">
+        <v>156</v>
+      </c>
+      <c s="12" t="str" r="K45"/>
+      <c s="13" r="M45">
+        <v>1.775641</v>
+      </c>
+      <c s="12" t="str" r="N45"/>
+      <c s="11" r="P45">
+        <v>1</v>
+      </c>
+      <c s="11" r="R45">
+        <v>2</v>
+      </c>
+      <c s="13" r="T45">
+        <v>0.417830109015614</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A46"/>
+      <c s="25" t="str" r="C46"/>
+      <c s="16" t="str" r="F46"/>
+      <c s="10" t="inlineStr" r="H46">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J46">
+        <v>85</v>
+      </c>
+      <c s="12" t="str" r="K46"/>
+      <c s="13" r="M46">
+        <v>1.905882</v>
+      </c>
+      <c s="12" t="str" r="N46"/>
+      <c s="11" r="P46">
+        <v>1</v>
+      </c>
+      <c s="11" r="R46">
+        <v>2</v>
+      </c>
+      <c s="13" r="T46">
+        <v>0.292854912883496</v>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A47"/>
+      <c s="26" t="str" r="C47"/>
+      <c s="19" t="str" r="D47"/>
+      <c s="19" t="str" r="E47"/>
+      <c s="20" t="str" r="F47"/>
+      <c s="21" t="inlineStr" r="H47">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J47">
+        <v>279</v>
+      </c>
+      <c s="12" t="str" r="K47"/>
+      <c s="23" r="M47">
+        <v>1.820789</v>
+      </c>
+      <c s="12" t="str" r="N47"/>
+      <c s="22" r="P47">
+        <v>1</v>
+      </c>
+      <c s="22" r="R47">
+        <v>2</v>
+      </c>
+      <c s="23" r="T47">
+        <v>0.383873677138717</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C48">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D48"/>
+      <c s="8" t="str" r="E48"/>
+      <c s="9" t="str" r="F48"/>
+      <c s="10" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J48">
+        <v>73</v>
+      </c>
+      <c s="12" t="str" r="K48"/>
+      <c s="13" r="M48">
+        <v>7.219178</v>
+      </c>
+      <c s="12" t="str" r="N48"/>
+      <c s="11" r="P48">
+        <v>1</v>
+      </c>
+      <c s="11" r="R48">
+        <v>8</v>
+      </c>
+      <c s="13" r="T48">
+        <v>1.85878401112125</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A49"/>
+      <c s="25" t="str" r="C49"/>
+      <c s="16" t="str" r="F49"/>
+      <c s="10" t="inlineStr" r="H49">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J49">
+        <v>154</v>
+      </c>
+      <c s="12" t="str" r="K49"/>
+      <c s="13" r="M49">
+        <v>6.616883</v>
+      </c>
+      <c s="12" t="str" r="N49"/>
+      <c s="11" r="P49">
+        <v>1</v>
+      </c>
+      <c s="11" r="R49">
+        <v>8</v>
+      </c>
+      <c s="13" r="T49">
+        <v>2.50653366225152</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A50"/>
+      <c s="25" t="str" r="C50"/>
+      <c s="16" t="str" r="F50"/>
+      <c s="10" t="inlineStr" r="H50">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J50">
+        <v>277</v>
+      </c>
+      <c s="12" t="str" r="K50"/>
+      <c s="13" r="M50">
+        <v>7.588448</v>
+      </c>
+      <c s="12" t="str" r="N50"/>
+      <c s="11" r="P50">
+        <v>1</v>
+      </c>
+      <c s="11" r="R50">
+        <v>8</v>
+      </c>
+      <c s="13" r="T50">
+        <v>1.51792555812201</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A51"/>
+      <c s="26" t="str" r="C51"/>
+      <c s="19" t="str" r="D51"/>
+      <c s="19" t="str" r="E51"/>
+      <c s="20" t="str" r="F51"/>
+      <c s="21" t="inlineStr" r="H51">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J51">
+        <v>504</v>
+      </c>
+      <c s="12" t="str" r="K51"/>
+      <c s="23" r="M51">
+        <v>7.238095</v>
+      </c>
+      <c s="12" t="str" r="N51"/>
+      <c s="22" r="P51">
+        <v>1</v>
+      </c>
+      <c s="22" r="R51">
+        <v>8</v>
+      </c>
+      <c s="23" r="T51">
+        <v>1.96565765076221</v>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C52">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D52"/>
+      <c s="8" t="str" r="E52"/>
+      <c s="9" t="str" r="F52"/>
+      <c s="10" t="inlineStr" r="H52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K52"/>
+      <c s="28" t="inlineStr" r="M52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N52"/>
+      <c s="28" t="inlineStr" r="P52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="R52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="T52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A53"/>
+      <c s="25" t="str" r="C53"/>
+      <c s="16" t="str" r="F53"/>
+      <c s="10" t="inlineStr" r="H53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J53">
+        <v>22</v>
+      </c>
+      <c s="12" t="str" r="K53"/>
+      <c s="13" r="M53">
+        <v>2.090909</v>
+      </c>
+      <c s="12" t="str" r="N53"/>
+      <c s="11" r="P53">
+        <v>1</v>
+      </c>
+      <c s="11" r="R53">
+        <v>3</v>
+      </c>
+      <c s="13" r="T53">
+        <v>1.00737232441635</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A54"/>
+      <c s="25" t="str" r="C54"/>
+      <c s="16" t="str" r="F54"/>
+      <c s="10" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J54">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="K54"/>
+      <c s="13" r="M54">
+        <v>1.625</v>
+      </c>
+      <c s="12" t="str" r="N54"/>
+      <c s="11" r="P54">
+        <v>1</v>
+      </c>
+      <c s="11" r="R54">
+        <v>3</v>
+      </c>
+      <c s="13" r="T54">
+        <v>0.885061014845869</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A55"/>
+      <c s="26" t="str" r="C55"/>
+      <c s="19" t="str" r="D55"/>
+      <c s="19" t="str" r="E55"/>
+      <c s="20" t="str" r="F55"/>
+      <c s="21" t="inlineStr" r="H55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J55">
+        <v>33</v>
+      </c>
+      <c s="12" t="str" r="K55"/>
+      <c s="23" r="M55">
+        <v>2.030303</v>
+      </c>
+      <c s="12" t="str" r="N55"/>
+      <c s="22" r="P55">
+        <v>1</v>
+      </c>
+      <c s="22" r="R55">
+        <v>3</v>
+      </c>
+      <c s="23" r="T55">
+        <v>0.976173140380332</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C56">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D56"/>
+      <c s="8" t="str" r="E56"/>
+      <c s="9" t="str" r="F56"/>
+      <c s="10" t="inlineStr" r="H56">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J56">
+        <v>37</v>
+      </c>
+      <c s="12" t="str" r="K56"/>
+      <c s="13" r="M56">
+        <v>20.135135</v>
+      </c>
+      <c s="12" t="str" r="N56"/>
+      <c s="11" r="P56">
+        <v>1</v>
+      </c>
+      <c s="11" r="R56">
+        <v>25</v>
+      </c>
+      <c s="13" r="T56">
+        <v>7.89715455084931</v>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A57"/>
+      <c s="25" t="str" r="C57"/>
+      <c s="16" t="str" r="F57"/>
+      <c s="10" t="inlineStr" r="H57">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J57">
+        <v>139</v>
+      </c>
+      <c s="12" t="str" r="K57"/>
+      <c s="13" r="M57">
+        <v>21.352518</v>
+      </c>
+      <c s="12" t="str" r="N57"/>
+      <c s="11" r="P57">
+        <v>1</v>
+      </c>
+      <c s="11" r="R57">
+        <v>25</v>
+      </c>
+      <c s="13" r="T57">
+        <v>7.79138030133301</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="16" t="str" r="F58"/>
+      <c s="10" t="inlineStr" r="H58">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J58">
+        <v>416</v>
+      </c>
+      <c s="12" t="str" r="K58"/>
+      <c s="13" r="M58">
+        <v>24.610577</v>
+      </c>
+      <c s="12" t="str" r="N58"/>
+      <c s="11" r="P58">
+        <v>1</v>
+      </c>
+      <c s="11" r="R58">
+        <v>25</v>
+      </c>
+      <c s="13" r="T58">
+        <v>2.76426988552131</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="19" t="str" r="D59"/>
+      <c s="19" t="str" r="E59"/>
+      <c s="20" t="str" r="F59"/>
+      <c s="21" t="inlineStr" r="H59">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J59">
+        <v>592</v>
+      </c>
+      <c s="12" t="str" r="K59"/>
+      <c s="23" r="M59">
+        <v>23.565878</v>
+      </c>
+      <c s="12" t="str" r="N59"/>
+      <c s="22" r="P59">
+        <v>1</v>
+      </c>
+      <c s="22" r="R59">
+        <v>25</v>
+      </c>
+      <c s="23" r="T59">
+        <v>5.10737300380538</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C60">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D60"/>
+      <c s="8" t="str" r="E60"/>
+      <c s="9" t="str" r="F60"/>
+      <c s="10" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J60">
+        <v>346</v>
+      </c>
+      <c s="12" t="str" r="K60"/>
+      <c s="13" r="M60">
+        <v>7.890173</v>
+      </c>
+      <c s="12" t="str" r="N60"/>
+      <c s="11" r="P60">
+        <v>1</v>
+      </c>
+      <c s="11" r="R60">
+        <v>8</v>
+      </c>
+      <c s="13" r="T60">
+        <v>0.70109842390352</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A61"/>
+      <c s="25" t="str" r="C61"/>
+      <c s="16" t="str" r="F61"/>
+      <c s="10" t="inlineStr" r="H61">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J61">
+        <v>1395</v>
+      </c>
+      <c s="12" t="str" r="K61"/>
+      <c s="13" r="M61">
+        <v>7.311111</v>
+      </c>
+      <c s="12" t="str" r="N61"/>
+      <c s="11" r="P61">
+        <v>1</v>
+      </c>
+      <c s="11" r="R61">
+        <v>8</v>
+      </c>
+      <c s="13" r="T61">
+        <v>1.87737715976306</v>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A62"/>
+      <c s="25" t="str" r="C62"/>
+      <c s="16" t="str" r="F62"/>
+      <c s="10" t="inlineStr" r="H62">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J62">
+        <v>905</v>
+      </c>
+      <c s="12" t="str" r="K62"/>
+      <c s="13" r="M62">
+        <v>7.887293</v>
+      </c>
+      <c s="12" t="str" r="N62"/>
+      <c s="11" r="P62">
+        <v>1</v>
+      </c>
+      <c s="11" r="R62">
+        <v>8</v>
+      </c>
+      <c s="13" r="T62">
+        <v>0.784385746938329</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="19" t="str" r="D63"/>
+      <c s="19" t="str" r="E63"/>
+      <c s="20" t="str" r="F63"/>
+      <c s="21" t="inlineStr" r="H63">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J63">
+        <v>2646</v>
+      </c>
+      <c s="12" t="str" r="K63"/>
+      <c s="23" r="M63">
+        <v>7.5839</v>
+      </c>
+      <c s="12" t="str" r="N63"/>
+      <c s="22" r="P63">
+        <v>1</v>
+      </c>
+      <c s="22" r="R63">
+        <v>8</v>
+      </c>
+      <c s="23" r="T63">
+        <v>1.48842635021018</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C64">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D64"/>
+      <c s="8" t="str" r="E64"/>
+      <c s="9" t="str" r="F64"/>
+      <c s="10" t="inlineStr" r="H64">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J64">
+        <v>407</v>
+      </c>
+      <c s="12" t="str" r="K64"/>
+      <c s="13" r="M64">
+        <v>26.567568</v>
+      </c>
+      <c s="12" t="str" r="N64"/>
+      <c s="11" r="P64">
+        <v>1</v>
+      </c>
+      <c s="11" r="R64">
+        <v>30</v>
+      </c>
+      <c s="13" r="T64">
+        <v>7.75134665719448</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A65"/>
+      <c s="25" t="str" r="C65"/>
+      <c s="16" t="str" r="F65"/>
+      <c s="10" t="inlineStr" r="H65">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J65">
+        <v>171</v>
+      </c>
+      <c s="12" t="str" r="K65"/>
+      <c s="13" r="M65">
+        <v>23.05848</v>
+      </c>
+      <c s="12" t="str" r="N65"/>
+      <c s="11" r="P65">
+        <v>1</v>
+      </c>
+      <c s="11" r="R65">
+        <v>30</v>
+      </c>
+      <c s="13" r="T65">
+        <v>10.346891030643</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A66"/>
+      <c s="25" t="str" r="C66"/>
+      <c s="16" t="str" r="F66"/>
+      <c s="10" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J66">
+        <v>1330</v>
+      </c>
+      <c s="12" t="str" r="K66"/>
+      <c s="13" r="M66">
+        <v>29.173684</v>
+      </c>
+      <c s="12" t="str" r="N66"/>
+      <c s="11" r="P66">
+        <v>1</v>
+      </c>
+      <c s="11" r="R66">
+        <v>30</v>
+      </c>
+      <c s="13" r="T66">
+        <v>4.11410026615784</v>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A67"/>
+      <c s="26" t="str" r="C67"/>
+      <c s="19" t="str" r="D67"/>
+      <c s="19" t="str" r="E67"/>
+      <c s="20" t="str" r="F67"/>
+      <c s="21" t="inlineStr" r="H67">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J67">
+        <v>1908</v>
+      </c>
+      <c s="12" t="str" r="K67"/>
+      <c s="23" r="M67">
+        <v>28.069706</v>
+      </c>
+      <c s="12" t="str" r="N67"/>
+      <c s="22" r="P67">
+        <v>1</v>
+      </c>
+      <c s="22" r="R67">
+        <v>30</v>
+      </c>
+      <c s="23" r="T67">
+        <v>6.14434195011964</v>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C68">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D68"/>
+      <c s="8" t="str" r="E68"/>
+      <c s="9" t="str" r="F68"/>
+      <c s="10" t="inlineStr" r="H68">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J68">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="K68"/>
+      <c s="13" r="M68">
+        <v>22.522388</v>
+      </c>
+      <c s="12" t="str" r="N68"/>
+      <c s="11" r="P68">
         <v>4</v>
       </c>
-      <c r="H8" s="18"/>
-[...5 lines deleted...]
-      <c r="L8" s="42" t="s">
+      <c s="11" r="R68">
+        <v>25</v>
+      </c>
+      <c s="13" r="T68">
+        <v>5.8150910568967</v>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A69"/>
+      <c s="25" t="str" r="C69"/>
+      <c s="16" t="str" r="F69"/>
+      <c s="10" t="inlineStr" r="H69">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J69">
+        <v>66</v>
+      </c>
+      <c s="12" t="str" r="K69"/>
+      <c s="13" r="M69">
+        <v>19.924242</v>
+      </c>
+      <c s="12" t="str" r="N69"/>
+      <c s="11" r="P69">
+        <v>1</v>
+      </c>
+      <c s="11" r="R69">
+        <v>25</v>
+      </c>
+      <c s="13" r="T69">
+        <v>8.35529837887313</v>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A70"/>
+      <c s="25" t="str" r="C70"/>
+      <c s="16" t="str" r="F70"/>
+      <c s="10" t="inlineStr" r="H70">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J70">
+        <v>525</v>
+      </c>
+      <c s="12" t="str" r="K70"/>
+      <c s="13" r="M70">
+        <v>24.615238</v>
+      </c>
+      <c s="12" t="str" r="N70"/>
+      <c s="11" r="P70">
+        <v>1</v>
+      </c>
+      <c s="11" r="R70">
+        <v>25</v>
+      </c>
+      <c s="13" r="T70">
+        <v>2.78983512057612</v>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A71"/>
+      <c s="26" t="str" r="C71"/>
+      <c s="19" t="str" r="D71"/>
+      <c s="19" t="str" r="E71"/>
+      <c s="20" t="str" r="F71"/>
+      <c s="21" t="inlineStr" r="H71">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J71">
+        <v>658</v>
+      </c>
+      <c s="12" t="str" r="K71"/>
+      <c s="23" r="M71">
+        <v>23.931611</v>
+      </c>
+      <c s="12" t="str" r="N71"/>
+      <c s="22" r="P71">
+        <v>1</v>
+      </c>
+      <c s="22" r="R71">
+        <v>25</v>
+      </c>
+      <c s="23" r="T71">
+        <v>4.33254948038681</v>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C72">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D72"/>
+      <c s="8" t="str" r="E72"/>
+      <c s="9" t="str" r="F72"/>
+      <c s="10" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J72">
+        <v>200</v>
+      </c>
+      <c s="12" t="str" r="K72"/>
+      <c s="13" r="M72">
+        <v>4.97</v>
+      </c>
+      <c s="12" t="str" r="N72"/>
+      <c s="11" r="P72">
+        <v>3</v>
+      </c>
+      <c s="11" r="R72">
+        <v>5</v>
+      </c>
+      <c s="13" r="T72">
+        <v>0.221862570074359</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A73"/>
+      <c s="25" t="str" r="C73"/>
+      <c s="16" t="str" r="F73"/>
+      <c s="10" t="inlineStr" r="H73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J73">
+        <v>760</v>
+      </c>
+      <c s="12" t="str" r="K73"/>
+      <c s="13" r="M73">
+        <v>4.759211</v>
+      </c>
+      <c s="12" t="str" r="N73"/>
+      <c s="11" r="P73">
+        <v>1</v>
+      </c>
+      <c s="11" r="R73">
+        <v>5</v>
+      </c>
+      <c s="13" r="T73">
+        <v>0.865501010975724</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A74"/>
+      <c s="25" t="str" r="C74"/>
+      <c s="16" t="str" r="F74"/>
+      <c s="10" t="inlineStr" r="H74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J74">
+        <v>383</v>
+      </c>
+      <c s="12" t="str" r="K74"/>
+      <c s="13" r="M74">
+        <v>4.906005</v>
+      </c>
+      <c s="12" t="str" r="N74"/>
+      <c s="11" r="P74">
+        <v>1</v>
+      </c>
+      <c s="11" r="R74">
+        <v>5</v>
+      </c>
+      <c s="13" r="T74">
+        <v>0.542605750061682</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A75"/>
+      <c s="26" t="str" r="C75"/>
+      <c s="19" t="str" r="D75"/>
+      <c s="19" t="str" r="E75"/>
+      <c s="20" t="str" r="F75"/>
+      <c s="21" t="inlineStr" r="H75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J75">
+        <v>1343</v>
+      </c>
+      <c s="12" t="str" r="K75"/>
+      <c s="23" r="M75">
+        <v>4.832465</v>
+      </c>
+      <c s="12" t="str" r="N75"/>
+      <c s="22" r="P75">
+        <v>1</v>
+      </c>
+      <c s="22" r="R75">
+        <v>5</v>
+      </c>
+      <c s="23" r="T75">
+        <v>0.722763446779097</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C76">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D76"/>
+      <c s="8" t="str" r="E76"/>
+      <c s="9" t="str" r="F76"/>
+      <c s="10" t="inlineStr" r="H76">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J76">
+        <v>754</v>
+      </c>
+      <c s="12" t="str" r="K76"/>
+      <c s="13" r="M76">
+        <v>4.885942</v>
+      </c>
+      <c s="12" t="str" r="N76"/>
+      <c s="11" r="P76">
+        <v>1</v>
+      </c>
+      <c s="11" r="R76">
+        <v>5</v>
+      </c>
+      <c s="13" r="T76">
+        <v>0.598816332442595</v>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A77"/>
+      <c s="25" t="str" r="C77"/>
+      <c s="16" t="str" r="F77"/>
+      <c s="10" t="inlineStr" r="H77">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J77">
+        <v>2813</v>
+      </c>
+      <c s="12" t="str" r="K77"/>
+      <c s="13" r="M77">
+        <v>4.700675</v>
+      </c>
+      <c s="12" t="str" r="N77"/>
+      <c s="11" r="P77">
+        <v>1</v>
+      </c>
+      <c s="11" r="R77">
+        <v>5</v>
+      </c>
+      <c s="13" r="T77">
+        <v>0.947317792506823</v>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="16" t="str" r="F78"/>
+      <c s="10" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J78">
+        <v>1803</v>
+      </c>
+      <c s="12" t="str" r="K78"/>
+      <c s="13" r="M78">
+        <v>4.789795</v>
+      </c>
+      <c s="12" t="str" r="N78"/>
+      <c s="11" r="P78">
+        <v>1</v>
+      </c>
+      <c s="11" r="R78">
+        <v>5</v>
+      </c>
+      <c s="13" r="T78">
+        <v>0.819096453416812</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="19" t="str" r="D79"/>
+      <c s="19" t="str" r="E79"/>
+      <c s="20" t="str" r="F79"/>
+      <c s="21" t="inlineStr" r="H79">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J79">
+        <v>5370</v>
+      </c>
+      <c s="12" t="str" r="K79"/>
+      <c s="23" r="M79">
+        <v>4.756611</v>
+      </c>
+      <c s="12" t="str" r="N79"/>
+      <c s="22" r="P79">
+        <v>1</v>
+      </c>
+      <c s="22" r="R79">
+        <v>5</v>
+      </c>
+      <c s="23" r="T79">
+        <v>0.866</v>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C80">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D80"/>
+      <c s="8" t="str" r="E80"/>
+      <c s="9" t="str" r="F80"/>
+      <c s="10" t="inlineStr" r="H80">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J80">
         <v>6</v>
       </c>
-      <c r="M8" s="18"/>
-[...1 lines deleted...]
-      <c r="O8" s="42" t="s">
+      <c s="12" t="str" r="K80"/>
+      <c s="13" r="M80">
+        <v>2.666667</v>
+      </c>
+      <c s="12" t="str" r="N80"/>
+      <c s="11" r="P80">
+        <v>1</v>
+      </c>
+      <c s="11" r="R80">
+        <v>3</v>
+      </c>
+      <c s="13" r="T80">
+        <v>0.778499197173639</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A81"/>
+      <c s="25" t="str" r="C81"/>
+      <c s="16" t="str" r="F81"/>
+      <c s="10" t="inlineStr" r="H81">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J81">
+        <v>75</v>
+      </c>
+      <c s="12" t="str" r="K81"/>
+      <c s="13" r="M81">
+        <v>2.64</v>
+      </c>
+      <c s="12" t="str" r="N81"/>
+      <c s="11" r="P81">
+        <v>1</v>
+      </c>
+      <c s="11" r="R81">
+        <v>3</v>
+      </c>
+      <c s="13" r="T81">
+        <v>0.668364421554589</v>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A82"/>
+      <c s="25" t="str" r="C82"/>
+      <c s="16" t="str" r="F82"/>
+      <c s="10" t="inlineStr" r="H82">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J82">
+        <v>22</v>
+      </c>
+      <c s="12" t="str" r="K82"/>
+      <c s="13" r="M82">
+        <v>2.909091</v>
+      </c>
+      <c s="12" t="str" r="N82"/>
+      <c s="11" r="P82">
+        <v>1</v>
+      </c>
+      <c s="11" r="R82">
+        <v>3</v>
+      </c>
+      <c s="13" r="T82">
+        <v>0.421414285472147</v>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="19" t="str" r="D83"/>
+      <c s="19" t="str" r="E83"/>
+      <c s="20" t="str" r="F83"/>
+      <c s="21" t="inlineStr" r="H83">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J83">
+        <v>103</v>
+      </c>
+      <c s="12" t="str" r="K83"/>
+      <c s="23" r="M83">
+        <v>2.699029</v>
+      </c>
+      <c s="12" t="str" r="N83"/>
+      <c s="22" r="P83">
+        <v>1</v>
+      </c>
+      <c s="22" r="R83">
+        <v>3</v>
+      </c>
+      <c s="23" r="T83">
+        <v>0.637601756584782</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C84">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D84"/>
+      <c s="8" t="str" r="E84"/>
+      <c s="9" t="str" r="F84"/>
+      <c s="10" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J84">
+        <v>22</v>
+      </c>
+      <c s="12" t="str" r="K84"/>
+      <c s="13" r="M84">
+        <v>2.636364</v>
+      </c>
+      <c s="12" t="str" r="N84"/>
+      <c s="11" r="P84">
+        <v>1</v>
+      </c>
+      <c s="11" r="R84">
+        <v>3</v>
+      </c>
+      <c s="13" r="T84">
+        <v>0.650256103393117</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="16" t="str" r="F85"/>
+      <c s="10" t="inlineStr" r="H85">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J85">
+        <v>61</v>
+      </c>
+      <c s="12" t="str" r="K85"/>
+      <c s="13" r="M85">
+        <v>2.47541</v>
+      </c>
+      <c s="12" t="str" r="N85"/>
+      <c s="11" r="P85">
+        <v>1</v>
+      </c>
+      <c s="11" r="R85">
+        <v>3</v>
+      </c>
+      <c s="13" r="T85">
+        <v>0.845142591519325</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A86"/>
+      <c s="25" t="str" r="C86"/>
+      <c s="16" t="str" r="F86"/>
+      <c s="10" t="inlineStr" r="H86">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J86">
+        <v>87</v>
+      </c>
+      <c s="12" t="str" r="K86"/>
+      <c s="13" r="M86">
+        <v>2.83908</v>
+      </c>
+      <c s="12" t="str" r="N86"/>
+      <c s="11" r="P86">
+        <v>1</v>
+      </c>
+      <c s="11" r="R86">
+        <v>3</v>
+      </c>
+      <c s="13" r="T86">
+        <v>0.501410011866536</v>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A87"/>
+      <c s="26" t="str" r="C87"/>
+      <c s="19" t="str" r="D87"/>
+      <c s="19" t="str" r="E87"/>
+      <c s="20" t="str" r="F87"/>
+      <c s="21" t="inlineStr" r="H87">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J87">
+        <v>170</v>
+      </c>
+      <c s="12" t="str" r="K87"/>
+      <c s="23" r="M87">
+        <v>2.682353</v>
+      </c>
+      <c s="12" t="str" r="N87"/>
+      <c s="22" r="P87">
+        <v>1</v>
+      </c>
+      <c s="22" r="R87">
+        <v>3</v>
+      </c>
+      <c s="23" r="T87">
+        <v>0.682036655906411</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D88"/>
+      <c s="8" t="str" r="E88"/>
+      <c s="9" t="str" r="F88"/>
+      <c s="10" t="inlineStr" r="H88">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J88">
+        <v>440</v>
+      </c>
+      <c s="12" t="str" r="K88"/>
+      <c s="13" r="M88">
+        <v>18.875</v>
+      </c>
+      <c s="12" t="str" r="N88"/>
+      <c s="11" r="P88">
+        <v>1</v>
+      </c>
+      <c s="11" r="R88">
+        <v>20</v>
+      </c>
+      <c s="13" r="T88">
+        <v>3.70840599179755</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="16" t="str" r="F89"/>
+      <c s="10" t="inlineStr" r="H89">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J89">
+        <v>181</v>
+      </c>
+      <c s="12" t="str" r="K89"/>
+      <c s="13" r="M89">
+        <v>14.392265</v>
+      </c>
+      <c s="12" t="str" r="N89"/>
+      <c s="11" r="P89">
+        <v>1</v>
+      </c>
+      <c s="11" r="R89">
+        <v>20</v>
+      </c>
+      <c s="13" r="T89">
+        <v>7.5037014865998</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="16" t="str" r="F90"/>
+      <c s="10" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J90">
+        <v>470</v>
+      </c>
+      <c s="12" t="str" r="K90"/>
+      <c s="13" r="M90">
+        <v>19.234043</v>
+      </c>
+      <c s="12" t="str" r="N90"/>
+      <c s="11" r="P90">
+        <v>1</v>
+      </c>
+      <c s="11" r="R90">
+        <v>20</v>
+      </c>
+      <c s="13" r="T90">
+        <v>3.19152737729132</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A91"/>
+      <c s="26" t="str" r="C91"/>
+      <c s="19" t="str" r="D91"/>
+      <c s="19" t="str" r="E91"/>
+      <c s="20" t="str" r="F91"/>
+      <c s="21" t="inlineStr" r="H91">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J91">
+        <v>1091</v>
+      </c>
+      <c s="12" t="str" r="K91"/>
+      <c s="23" r="M91">
+        <v>18.285976</v>
+      </c>
+      <c s="12" t="str" r="N91"/>
+      <c s="22" r="P91">
+        <v>1</v>
+      </c>
+      <c s="22" r="R91">
+        <v>20</v>
+      </c>
+      <c s="23" r="T91">
+        <v>4.72137723551084</v>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D92"/>
+      <c s="8" t="str" r="E92"/>
+      <c s="9" t="str" r="F92"/>
+      <c s="10" t="inlineStr" r="H92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J92">
+        <v>22</v>
+      </c>
+      <c s="12" t="str" r="K92"/>
+      <c s="13" r="M92">
+        <v>16.272727</v>
+      </c>
+      <c s="12" t="str" r="N92"/>
+      <c s="11" r="P92">
+        <v>1</v>
+      </c>
+      <c s="11" r="R92">
+        <v>20</v>
+      </c>
+      <c s="13" r="T92">
+        <v>6.68341798782629</v>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A93"/>
+      <c s="25" t="str" r="C93"/>
+      <c s="16" t="str" r="F93"/>
+      <c s="10" t="inlineStr" r="H93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J93">
+        <v>89</v>
+      </c>
+      <c s="12" t="str" r="K93"/>
+      <c s="13" r="M93">
+        <v>17.685393</v>
+      </c>
+      <c s="12" t="str" r="N93"/>
+      <c s="11" r="P93">
+        <v>1</v>
+      </c>
+      <c s="11" r="R93">
+        <v>20</v>
+      </c>
+      <c s="13" r="T93">
+        <v>5.11029871925311</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A94"/>
+      <c s="25" t="str" r="C94"/>
+      <c s="16" t="str" r="F94"/>
+      <c s="10" t="inlineStr" r="H94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J94">
+        <v>389</v>
+      </c>
+      <c s="12" t="str" r="K94"/>
+      <c s="13" r="M94">
+        <v>19.354756</v>
+      </c>
+      <c s="12" t="str" r="N94"/>
+      <c s="11" r="P94">
+        <v>1</v>
+      </c>
+      <c s="11" r="R94">
+        <v>20</v>
+      </c>
+      <c s="13" r="T94">
+        <v>3.08733606852251</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A95"/>
+      <c s="26" t="str" r="C95"/>
+      <c s="19" t="str" r="D95"/>
+      <c s="19" t="str" r="E95"/>
+      <c s="20" t="str" r="F95"/>
+      <c s="21" t="inlineStr" r="H95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J95">
+        <v>500</v>
+      </c>
+      <c s="12" t="str" r="K95"/>
+      <c s="23" r="M95">
+        <v>18.922</v>
+      </c>
+      <c s="12" t="str" r="N95"/>
+      <c s="22" r="P95">
+        <v>1</v>
+      </c>
+      <c s="22" r="R95">
+        <v>20</v>
+      </c>
+      <c s="23" r="T95">
+        <v>3.83283276441851</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C96">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D96"/>
+      <c s="8" t="str" r="E96"/>
+      <c s="9" t="str" r="F96"/>
+      <c s="10" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J96">
+        <v>809</v>
+      </c>
+      <c s="12" t="str" r="K96"/>
+      <c s="13" r="M96">
+        <v>9.700865</v>
+      </c>
+      <c s="12" t="str" r="N96"/>
+      <c s="11" r="P96">
+        <v>1</v>
+      </c>
+      <c s="11" r="R96">
+        <v>10</v>
+      </c>
+      <c s="13" r="T96">
+        <v>1.41360531974098</v>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A97"/>
+      <c s="25" t="str" r="C97"/>
+      <c s="16" t="str" r="F97"/>
+      <c s="10" t="inlineStr" r="H97">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J97">
+        <v>1190</v>
+      </c>
+      <c s="12" t="str" r="K97"/>
+      <c s="13" r="M97">
+        <v>8.829412</v>
+      </c>
+      <c s="12" t="str" r="N97"/>
+      <c s="11" r="P97">
+        <v>1</v>
+      </c>
+      <c s="11" r="R97">
+        <v>10</v>
+      </c>
+      <c s="13" r="T97">
+        <v>2.64922365986717</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A98"/>
+      <c s="25" t="str" r="C98"/>
+      <c s="16" t="str" r="F98"/>
+      <c s="10" t="inlineStr" r="H98">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J98">
+        <v>1784</v>
+      </c>
+      <c s="12" t="str" r="K98"/>
+      <c s="13" r="M98">
+        <v>9.71861</v>
+      </c>
+      <c s="12" t="str" r="N98"/>
+      <c s="11" r="P98">
+        <v>1</v>
+      </c>
+      <c s="11" r="R98">
+        <v>10</v>
+      </c>
+      <c s="13" r="T98">
+        <v>1.41217845897748</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A99"/>
+      <c s="26" t="str" r="C99"/>
+      <c s="19" t="str" r="D99"/>
+      <c s="19" t="str" r="E99"/>
+      <c s="20" t="str" r="F99"/>
+      <c s="21" t="inlineStr" r="H99">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J99">
+        <v>3783</v>
+      </c>
+      <c s="12" t="str" r="K99"/>
+      <c s="23" r="M99">
+        <v>9.435104</v>
+      </c>
+      <c s="12" t="str" r="N99"/>
+      <c s="22" r="P99">
+        <v>1</v>
+      </c>
+      <c s="22" r="R99">
+        <v>10</v>
+      </c>
+      <c s="23" r="T99">
+        <v>1.93467800938554</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A100">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C100">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D100"/>
+      <c s="8" t="str" r="E100"/>
+      <c s="9" t="str" r="F100"/>
+      <c s="10" t="inlineStr" r="H100">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J100">
+        <v>12</v>
+      </c>
+      <c s="12" t="str" r="K100"/>
+      <c s="13" r="M100">
+        <v>1.916667</v>
+      </c>
+      <c s="12" t="str" r="N100"/>
+      <c s="11" r="P100">
+        <v>1</v>
+      </c>
+      <c s="11" r="R100">
+        <v>3</v>
+      </c>
+      <c s="13" r="T100">
+        <v>0.974307446343299</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A101"/>
+      <c s="25" t="str" r="C101"/>
+      <c s="16" t="str" r="F101"/>
+      <c s="10" t="inlineStr" r="H101">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J101">
+        <v>69</v>
+      </c>
+      <c s="12" t="str" r="K101"/>
+      <c s="13" r="M101">
+        <v>2.492754</v>
+      </c>
+      <c s="12" t="str" r="N101"/>
+      <c s="11" r="P101">
+        <v>1</v>
+      </c>
+      <c s="11" r="R101">
+        <v>3</v>
+      </c>
+      <c s="13" r="T101">
+        <v>0.794565289954199</v>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A102"/>
+      <c s="25" t="str" r="C102"/>
+      <c s="16" t="str" r="F102"/>
+      <c s="10" t="inlineStr" r="H102">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J102">
+        <v>60</v>
+      </c>
+      <c s="12" t="str" r="K102"/>
+      <c s="13" r="M102">
+        <v>2.516667</v>
+      </c>
+      <c s="12" t="str" r="N102"/>
+      <c s="11" r="P102">
+        <v>1</v>
+      </c>
+      <c s="11" r="R102">
+        <v>3</v>
+      </c>
+      <c s="13" r="T102">
+        <v>0.829937347032895</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A103"/>
+      <c s="26" t="str" r="C103"/>
+      <c s="19" t="str" r="D103"/>
+      <c s="19" t="str" r="E103"/>
+      <c s="20" t="str" r="F103"/>
+      <c s="21" t="inlineStr" r="H103">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J103">
+        <v>141</v>
+      </c>
+      <c s="12" t="str" r="K103"/>
+      <c s="23" r="M103">
+        <v>2.453901</v>
+      </c>
+      <c s="12" t="str" r="N103"/>
+      <c s="22" r="P103">
+        <v>1</v>
+      </c>
+      <c s="22" r="R103">
+        <v>3</v>
+      </c>
+      <c s="23" r="T103">
+        <v>0.839209747321848</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A104">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C104">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D104"/>
+      <c s="8" t="str" r="E104"/>
+      <c s="9" t="str" r="F104"/>
+      <c s="10" t="inlineStr" r="H104">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J104">
+        <v>32</v>
+      </c>
+      <c s="12" t="str" r="K104"/>
+      <c s="13" r="M104">
+        <v>3.9375</v>
+      </c>
+      <c s="12" t="str" r="N104"/>
+      <c s="11" r="P104">
+        <v>2</v>
+      </c>
+      <c s="11" r="R104">
+        <v>4</v>
+      </c>
+      <c s="13" r="T104">
+        <v>0.350736368231183</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A105"/>
+      <c s="25" t="str" r="C105"/>
+      <c s="16" t="str" r="F105"/>
+      <c s="10" t="inlineStr" r="H105">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J105">
+        <v>91</v>
+      </c>
+      <c s="12" t="str" r="K105"/>
+      <c s="13" r="M105">
+        <v>3.505495</v>
+      </c>
+      <c s="12" t="str" r="N105"/>
+      <c s="11" r="P105">
+        <v>1</v>
+      </c>
+      <c s="11" r="R105">
+        <v>4</v>
+      </c>
+      <c s="13" r="T105">
+        <v>0.979046985593643</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A106"/>
+      <c s="25" t="str" r="C106"/>
+      <c s="16" t="str" r="F106"/>
+      <c s="10" t="inlineStr" r="H106">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J106">
+        <v>175</v>
+      </c>
+      <c s="12" t="str" r="K106"/>
+      <c s="13" r="M106">
+        <v>3.948571</v>
+      </c>
+      <c s="12" t="str" r="N106"/>
+      <c s="11" r="P106">
+        <v>1</v>
+      </c>
+      <c s="11" r="R106">
+        <v>4</v>
+      </c>
+      <c s="13" r="T106">
+        <v>0.389967947400809</v>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A107"/>
+      <c s="26" t="str" r="C107"/>
+      <c s="19" t="str" r="D107"/>
+      <c s="19" t="str" r="E107"/>
+      <c s="20" t="str" r="F107"/>
+      <c s="21" t="inlineStr" r="H107">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J107">
+        <v>298</v>
+      </c>
+      <c s="12" t="str" r="K107"/>
+      <c s="23" r="M107">
+        <v>3.812081</v>
+      </c>
+      <c s="12" t="str" r="N107"/>
+      <c s="22" r="P107">
+        <v>1</v>
+      </c>
+      <c s="22" r="R107">
+        <v>4</v>
+      </c>
+      <c s="23" r="T107">
+        <v>0.659708268858289</v>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C108">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D108"/>
+      <c s="8" t="str" r="E108"/>
+      <c s="9" t="str" r="F108"/>
+      <c s="10" t="inlineStr" r="H108">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J108">
+        <v>325</v>
+      </c>
+      <c s="12" t="str" r="K108"/>
+      <c s="13" r="M108">
+        <v>5.849231</v>
+      </c>
+      <c s="12" t="str" r="N108"/>
+      <c s="11" r="P108">
+        <v>1</v>
+      </c>
+      <c s="11" r="R108">
+        <v>6</v>
+      </c>
+      <c s="13" r="T108">
+        <v>0.784307337719086</v>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A109"/>
+      <c s="15" t="str" r="C109"/>
+      <c s="16" t="str" r="F109"/>
+      <c s="10" t="inlineStr" r="H109">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J109">
+        <v>488</v>
+      </c>
+      <c s="12" t="str" r="K109"/>
+      <c s="13" r="M109">
+        <v>5.518443</v>
+      </c>
+      <c s="12" t="str" r="N109"/>
+      <c s="11" r="P109">
+        <v>1</v>
+      </c>
+      <c s="11" r="R109">
+        <v>6</v>
+      </c>
+      <c s="13" r="T109">
+        <v>1.31721068929765</v>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A110"/>
+      <c s="15" t="str" r="C110"/>
+      <c s="16" t="str" r="F110"/>
+      <c s="10" t="inlineStr" r="H110">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J110">
+        <v>1237</v>
+      </c>
+      <c s="12" t="str" r="K110"/>
+      <c s="13" r="M110">
+        <v>5.899757</v>
+      </c>
+      <c s="12" t="str" r="N110"/>
+      <c s="11" r="P110">
+        <v>1</v>
+      </c>
+      <c s="11" r="R110">
+        <v>6</v>
+      </c>
+      <c s="13" r="T110">
+        <v>0.626655407700277</v>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A111"/>
+      <c s="18" t="str" r="C111"/>
+      <c s="19" t="str" r="D111"/>
+      <c s="19" t="str" r="E111"/>
+      <c s="20" t="str" r="F111"/>
+      <c s="21" t="inlineStr" r="H111">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J111">
+        <v>2050</v>
+      </c>
+      <c s="12" t="str" r="K111"/>
+      <c s="23" r="M111">
+        <v>5.800976</v>
+      </c>
+      <c s="12" t="str" r="N111"/>
+      <c s="22" r="P111">
+        <v>1</v>
+      </c>
+      <c s="22" r="R111">
+        <v>6</v>
+      </c>
+      <c s="23" r="T111">
+        <v>0.878797473824316</v>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A112">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C112">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (9 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D112"/>
+      <c s="8" t="str" r="E112"/>
+      <c s="9" t="str" r="F112"/>
+      <c s="10" t="inlineStr" r="H112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J112">
+        <v>312</v>
+      </c>
+      <c s="12" t="str" r="K112"/>
+      <c s="13" r="M112">
+        <v>8.721154</v>
+      </c>
+      <c s="12" t="str" r="N112"/>
+      <c s="11" r="P112">
+        <v>1</v>
+      </c>
+      <c s="11" r="R112">
+        <v>9</v>
+      </c>
+      <c s="13" r="T112">
+        <v>1.27293126287322</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A113"/>
+      <c s="15" t="str" r="C113"/>
+      <c s="16" t="str" r="F113"/>
+      <c s="10" t="inlineStr" r="H113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J113">
+        <v>428</v>
+      </c>
+      <c s="12" t="str" r="K113"/>
+      <c s="13" r="M113">
+        <v>8.399533</v>
+      </c>
+      <c s="12" t="str" r="N113"/>
+      <c s="11" r="P113">
+        <v>1</v>
+      </c>
+      <c s="11" r="R113">
+        <v>9</v>
+      </c>
+      <c s="13" r="T113">
+        <v>1.77617763751264</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A114"/>
+      <c s="15" t="str" r="C114"/>
+      <c s="16" t="str" r="F114"/>
+      <c s="10" t="inlineStr" r="H114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J114">
+        <v>1201</v>
+      </c>
+      <c s="12" t="str" r="K114"/>
+      <c s="13" r="M114">
+        <v>8.893422</v>
+      </c>
+      <c s="12" t="str" r="N114"/>
+      <c s="11" r="P114">
+        <v>1</v>
+      </c>
+      <c s="11" r="R114">
+        <v>9</v>
+      </c>
+      <c s="13" r="T114">
+        <v>0.728063870824532</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A115"/>
+      <c s="18" t="str" r="C115"/>
+      <c s="19" t="str" r="D115"/>
+      <c s="19" t="str" r="E115"/>
+      <c s="20" t="str" r="F115"/>
+      <c s="21" t="inlineStr" r="H115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J115">
+        <v>1941</v>
+      </c>
+      <c s="12" t="str" r="K115"/>
+      <c s="23" r="M115">
+        <v>8.756826</v>
+      </c>
+      <c s="12" t="str" r="N115"/>
+      <c s="22" r="P115">
+        <v>1</v>
+      </c>
+      <c s="22" r="R115">
+        <v>9</v>
+      </c>
+      <c s="23" r="T115">
+        <v>1.15020389496819</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C116">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D116"/>
+      <c s="8" t="str" r="E116"/>
+      <c s="9" t="str" r="F116"/>
+      <c s="10" t="inlineStr" r="H116">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J116">
+        <v>878</v>
+      </c>
+      <c s="12" t="str" r="K116"/>
+      <c s="13" r="M116">
+        <v>13.640091</v>
+      </c>
+      <c s="12" t="str" r="N116"/>
+      <c s="11" r="P116">
+        <v>1</v>
+      </c>
+      <c s="11" r="R116">
+        <v>15</v>
+      </c>
+      <c s="13" r="T116">
+        <v>3.61419631453522</v>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A117"/>
+      <c s="25" t="str" r="C117"/>
+      <c s="16" t="str" r="F117"/>
+      <c s="10" t="inlineStr" r="H117">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J117">
+        <v>1891</v>
+      </c>
+      <c s="12" t="str" r="K117"/>
+      <c s="13" r="M117">
+        <v>13.351137</v>
+      </c>
+      <c s="12" t="str" r="N117"/>
+      <c s="11" r="P117">
+        <v>1</v>
+      </c>
+      <c s="11" r="R117">
+        <v>15</v>
+      </c>
+      <c s="13" r="T117">
+        <v>3.86405085370263</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A118"/>
+      <c s="25" t="str" r="C118"/>
+      <c s="16" t="str" r="F118"/>
+      <c s="10" t="inlineStr" r="H118">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J118">
+        <v>2745</v>
+      </c>
+      <c s="12" t="str" r="K118"/>
+      <c s="13" r="M118">
+        <v>13.547905</v>
+      </c>
+      <c s="12" t="str" r="N118"/>
+      <c s="11" r="P118">
+        <v>1</v>
+      </c>
+      <c s="11" r="R118">
+        <v>15</v>
+      </c>
+      <c s="13" r="T118">
+        <v>3.75327390420683</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A119"/>
+      <c s="26" t="str" r="C119"/>
+      <c s="19" t="str" r="D119"/>
+      <c s="19" t="str" r="E119"/>
+      <c s="20" t="str" r="F119"/>
+      <c s="21" t="inlineStr" r="H119">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J119">
+        <v>5514</v>
+      </c>
+      <c s="12" t="str" r="K119"/>
+      <c s="23" r="M119">
+        <v>13.495103</v>
+      </c>
+      <c s="12" t="str" r="N119"/>
+      <c s="22" r="P119">
+        <v>1</v>
+      </c>
+      <c s="22" r="R119">
+        <v>15</v>
+      </c>
+      <c s="23" r="T119">
+        <v>3.77128771111407</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C120">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D120"/>
+      <c s="8" t="str" r="E120"/>
+      <c s="9" t="str" r="F120"/>
+      <c s="10" t="inlineStr" r="H120">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J120">
         <v>7</v>
       </c>
-      <c r="P8" s="18"/>
-[...49 lines deleted...]
-      <c r="H13" s="3" t="s">
+      <c s="12" t="str" r="K120"/>
+      <c s="13" r="M120">
+        <v>2.571429</v>
+      </c>
+      <c s="12" t="str" r="N120"/>
+      <c s="11" r="P120">
+        <v>1</v>
+      </c>
+      <c s="11" r="R120">
+        <v>3</v>
+      </c>
+      <c s="13" r="T120">
+        <v>0.755929229491756</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A121"/>
+      <c s="25" t="str" r="C121"/>
+      <c s="16" t="str" r="F121"/>
+      <c s="10" t="inlineStr" r="H121">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J121">
+        <v>76</v>
+      </c>
+      <c s="12" t="str" r="K121"/>
+      <c s="13" r="M121">
+        <v>2.486842</v>
+      </c>
+      <c s="12" t="str" r="N121"/>
+      <c s="11" r="P121">
+        <v>1</v>
+      </c>
+      <c s="11" r="R121">
+        <v>3</v>
+      </c>
+      <c s="13" r="T121">
+        <v>0.771914503037739</v>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A122"/>
+      <c s="25" t="str" r="C122"/>
+      <c s="16" t="str" r="F122"/>
+      <c s="10" t="inlineStr" r="H122">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J122">
+        <v>106</v>
+      </c>
+      <c s="12" t="str" r="K122"/>
+      <c s="13" r="M122">
+        <v>2.867925</v>
+      </c>
+      <c s="12" t="str" r="N122"/>
+      <c s="11" r="P122">
+        <v>1</v>
+      </c>
+      <c s="11" r="R122">
+        <v>3</v>
+      </c>
+      <c s="13" r="T122">
+        <v>0.391267172147115</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A123"/>
+      <c s="26" t="str" r="C123"/>
+      <c s="19" t="str" r="D123"/>
+      <c s="19" t="str" r="E123"/>
+      <c s="20" t="str" r="F123"/>
+      <c s="21" t="inlineStr" r="H123">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J123">
+        <v>189</v>
+      </c>
+      <c s="12" t="str" r="K123"/>
+      <c s="23" r="M123">
+        <v>2.703704</v>
+      </c>
+      <c s="12" t="str" r="N123"/>
+      <c s="22" r="P123">
+        <v>1</v>
+      </c>
+      <c s="22" r="R123">
+        <v>3</v>
+      </c>
+      <c s="23" r="T123">
+        <v>0.61548273736962</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A124">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C124">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D124"/>
+      <c s="8" t="str" r="E124"/>
+      <c s="9" t="str" r="F124"/>
+      <c s="10" t="inlineStr" r="H124">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J124">
+        <v>1245</v>
+      </c>
+      <c s="12" t="str" r="K124"/>
+      <c s="13" r="M124">
+        <v>10.328514</v>
+      </c>
+      <c s="12" t="str" r="N124"/>
+      <c s="11" r="P124">
+        <v>1</v>
+      </c>
+      <c s="11" r="R124">
         <v>12</v>
       </c>
-      <c r="J13" s="30">
-[...108 lines deleted...]
-      <c r="H17" s="3" t="s">
+      <c s="13" r="T124">
+        <v>3.14388294947506</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A125"/>
+      <c s="25" t="str" r="C125"/>
+      <c s="16" t="str" r="F125"/>
+      <c s="10" t="inlineStr" r="H125">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J125">
+        <v>1813</v>
+      </c>
+      <c s="12" t="str" r="K125"/>
+      <c s="13" r="M125">
+        <v>8.033094</v>
+      </c>
+      <c s="12" t="str" r="N125"/>
+      <c s="11" r="P125">
+        <v>1</v>
+      </c>
+      <c s="11" r="R125">
         <v>12</v>
       </c>
-      <c r="J17" s="30">
-[...108 lines deleted...]
-      <c r="H21" s="3" t="s">
+      <c s="13" r="T125">
+        <v>4.40501373437132</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A126"/>
+      <c s="25" t="str" r="C126"/>
+      <c s="16" t="str" r="F126"/>
+      <c s="10" t="inlineStr" r="H126">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J126">
+        <v>3648</v>
+      </c>
+      <c s="12" t="str" r="K126"/>
+      <c s="13" r="M126">
+        <v>9.746162</v>
+      </c>
+      <c s="12" t="str" r="N126"/>
+      <c s="11" r="P126">
+        <v>1</v>
+      </c>
+      <c s="11" r="R126">
         <v>12</v>
       </c>
-      <c r="J21" s="30">
-[...108 lines deleted...]
-      <c r="H25" s="3" t="s">
+      <c s="13" r="T126">
+        <v>3.59578405914482</v>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A127"/>
+      <c s="26" t="str" r="C127"/>
+      <c s="19" t="str" r="D127"/>
+      <c s="19" t="str" r="E127"/>
+      <c s="20" t="str" r="F127"/>
+      <c s="21" t="inlineStr" r="H127">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J127">
+        <v>6706</v>
+      </c>
+      <c s="12" t="str" r="K127"/>
+      <c s="23" r="M127">
+        <v>9.391142</v>
+      </c>
+      <c s="12" t="str" r="N127"/>
+      <c s="22" r="P127">
+        <v>1</v>
+      </c>
+      <c s="22" r="R127">
         <v>12</v>
       </c>
-      <c r="J25" s="30">
-[...1103 lines deleted...]
-      <c r="R64" s="4">
+      <c s="23" r="T127">
+        <v>3.85264779080569</v>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A128">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C128">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D128"/>
+      <c s="8" t="str" r="E128"/>
+      <c s="9" t="str" r="F128"/>
+      <c s="10" t="inlineStr" r="H128">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J128">
+        <v>72</v>
+      </c>
+      <c s="12" t="str" r="K128"/>
+      <c s="13" r="M128">
+        <v>26.833333</v>
+      </c>
+      <c s="12" t="str" r="N128"/>
+      <c s="11" r="P128">
+        <v>1</v>
+      </c>
+      <c s="11" r="R128">
         <v>30</v>
       </c>
-      <c r="T64" s="5">
-[...23 lines deleted...]
-      <c r="R65" s="4">
+      <c s="13" r="T128">
+        <v>8.18492559526353</v>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A129"/>
+      <c s="25" t="str" r="C129"/>
+      <c s="16" t="str" r="F129"/>
+      <c s="10" t="inlineStr" r="H129">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J129">
+        <v>86</v>
+      </c>
+      <c s="12" t="str" r="K129"/>
+      <c s="13" r="M129">
+        <v>23.05814</v>
+      </c>
+      <c s="12" t="str" r="N129"/>
+      <c s="11" r="P129">
+        <v>1</v>
+      </c>
+      <c s="11" r="R129">
         <v>30</v>
       </c>
-      <c r="T65" s="5">
-[...23 lines deleted...]
-      <c r="R66" s="4">
+      <c s="13" r="T129">
+        <v>10.9505583875892</v>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A130"/>
+      <c s="25" t="str" r="C130"/>
+      <c s="16" t="str" r="F130"/>
+      <c s="10" t="inlineStr" r="H130">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J130">
+        <v>442</v>
+      </c>
+      <c s="12" t="str" r="K130"/>
+      <c s="13" r="M130">
+        <v>29.38009</v>
+      </c>
+      <c s="12" t="str" r="N130"/>
+      <c s="11" r="P130">
+        <v>1</v>
+      </c>
+      <c s="11" r="R130">
         <v>30</v>
       </c>
-      <c r="T66" s="5">
-[...23 lines deleted...]
-      <c r="R67" s="7">
+      <c s="13" r="T130">
+        <v>3.85646924012107</v>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A131"/>
+      <c s="26" t="str" r="C131"/>
+      <c s="19" t="str" r="D131"/>
+      <c s="19" t="str" r="E131"/>
+      <c s="20" t="str" r="F131"/>
+      <c s="21" t="inlineStr" r="H131">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J131">
+        <v>600</v>
+      </c>
+      <c s="12" t="str" r="K131"/>
+      <c s="23" r="M131">
+        <v>28.168333</v>
+      </c>
+      <c s="12" t="str" r="N131"/>
+      <c s="22" r="P131">
+        <v>1</v>
+      </c>
+      <c s="22" r="R131">
         <v>30</v>
       </c>
-      <c r="T67" s="8">
-[...1809 lines deleted...]
-    <row r="134" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c s="23" r="T131">
+        <v>6.40995865821302</v>
+      </c>
+    </row>
+    <row r="132" ht="2.15" customHeight="1"/>
+    <row r="133" ht="15.8" customHeight="1">
+      <c s="27" t="inlineStr" r="B133">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" ht="2.2" customHeight="1"/>
   </sheetData>
-  <mergeCells count="312">
+  <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="C16:F19"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
@@ -11310,4080 +10728,990 @@
     <mergeCell ref="M117:N117"/>
     <mergeCell ref="J118:K118"/>
     <mergeCell ref="M118:N118"/>
     <mergeCell ref="J119:K119"/>
     <mergeCell ref="M119:N119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="C120:F123"/>
     <mergeCell ref="J120:K120"/>
     <mergeCell ref="M120:N120"/>
     <mergeCell ref="J121:K121"/>
     <mergeCell ref="M121:N121"/>
     <mergeCell ref="J122:K122"/>
     <mergeCell ref="M122:N122"/>
     <mergeCell ref="J123:K123"/>
     <mergeCell ref="M123:N123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="C124:F127"/>
     <mergeCell ref="J124:K124"/>
     <mergeCell ref="M124:N124"/>
     <mergeCell ref="J125:K125"/>
     <mergeCell ref="M125:N125"/>
     <mergeCell ref="J126:K126"/>
     <mergeCell ref="M126:N126"/>
     <mergeCell ref="J127:K127"/>
     <mergeCell ref="M127:N127"/>
-    <mergeCell ref="B133:J133"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="C128:F131"/>
     <mergeCell ref="J128:K128"/>
     <mergeCell ref="M128:N128"/>
     <mergeCell ref="J129:K129"/>
     <mergeCell ref="M129:N129"/>
     <mergeCell ref="J130:K130"/>
     <mergeCell ref="M130:N130"/>
     <mergeCell ref="J131:K131"/>
     <mergeCell ref="M131:N131"/>
+    <mergeCell ref="B133:J133"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId10"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:R142"/>
+<file path=xl/worksheets/sheet50.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="8.81640625" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="0.43359375"/>
+    <col min="2" max="2" customWidth="1" width="2.3125"/>
+    <col min="3" max="3" customWidth="1" width="0.421875"/>
+    <col min="4" max="4" customWidth="1" width="0.0234375"/>
+    <col min="5" max="5" customWidth="1" width="38.9140625"/>
+    <col min="6" max="6" customWidth="1" width="7.7734375"/>
+    <col min="7" max="7" customWidth="1" width="1.9140625"/>
+    <col min="8" max="8" customWidth="1" width="0.3515625"/>
+    <col min="9" max="9" customWidth="1" width="13.7109375"/>
+    <col min="10" max="10" customWidth="1" width="21.25390625"/>
+    <col min="11" max="11" customWidth="1" width="9.94140625"/>
+    <col min="12" max="12" customWidth="1" width="5.140625"/>
+    <col min="13" max="13" customWidth="1" width="0.87109375"/>
+    <col min="14" max="14" customWidth="1" width="12.58203125"/>
+    <col min="15" max="15" customWidth="1" width="1.62109375"/>
+    <col min="16" max="16" customWidth="1" width="15.08203125"/>
+    <col min="17" max="17" customWidth="1" width="9.04296875"/>
+    <col min="18" max="18" customWidth="1" width="6.03125"/>
+    <col min="19" max="19" customWidth="1" width="3.421875"/>
+    <col min="20" max="20" customWidth="1" width="78.171875"/>
+    <col min="21" max="21" customWidth="1" width="1.80078125"/>
+    <col min="22" max="22" customWidth="1" width="3.68359375"/>
+    <col min="23" max="23" customWidth="1" width="3.421875"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...2894 lines deleted...]
-    <row r="142" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="H4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="M4">
+        <is>
+          <t xml:space="preserve">Data as of November 03, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="C8">
+        <is>
+          <t xml:space="preserve">Program Signals Distribution
+SPECIALTY</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="K8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="M8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="P8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">ERAS YEAR
+ERAS 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="4.65" customHeight="1"/>
+    <row r="12" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C12"/>
+      <c s="30" t="str" r="D12"/>
+      <c s="31" t="inlineStr" r="E12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold, 10 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B13"/>
+      <c s="34" t="str" r="C13"/>
+      <c s="34" t="str" r="D13"/>
+      <c s="34" t="str" r="E13"/>
+      <c s="34" t="str" r="F13"/>
+      <c s="34" t="str" r="G13"/>
+      <c s="34" t="str" r="H13"/>
+      <c s="34" t="str" r="I13"/>
+      <c s="34" t="str" r="J13"/>
+      <c s="34" t="str" r="K13"/>
+      <c s="34" t="str" r="L13"/>
+      <c s="34" t="str" r="M13"/>
+      <c s="30" t="str" r="N13"/>
+      <c s="33" t="str" r="O13"/>
+      <c s="34" t="str" r="P13"/>
+      <c s="34" t="str" r="Q13"/>
+      <c s="34" t="str" r="R13"/>
+      <c s="34" t="str" r="S13"/>
+      <c s="34" t="str" r="T13"/>
+      <c s="30" t="str" r="U13"/>
+    </row>
+    <row r="14" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C14"/>
+      <c s="34" t="str" r="D14"/>
+      <c s="34" t="str" r="E14"/>
+      <c s="34" t="str" r="F14"/>
+      <c s="34" t="str" r="G14"/>
+      <c s="34" t="str" r="H14"/>
+      <c s="34" t="str" r="I14"/>
+      <c s="34" t="str" r="J14"/>
+      <c s="34" t="str" r="K14"/>
+      <c s="34" t="str" r="L14"/>
+      <c s="34" t="str" r="M14"/>
+      <c s="30" t="str" r="N14"/>
+      <c s="35" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P14"/>
+      <c s="34" t="str" r="Q14"/>
+      <c s="34" t="str" r="R14"/>
+      <c s="34" t="str" r="S14"/>
+      <c s="34" t="str" r="T14"/>
+      <c s="30" t="str" r="U14"/>
+    </row>
+    <row r="15" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C15"/>
+      <c s="30" t="str" r="D15"/>
+      <c s="36" t="inlineStr" r="E15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F15"/>
+      <c s="36" t="inlineStr" r="G15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H15"/>
+      <c s="34" t="str" r="I15"/>
+      <c s="34" t="str" r="J15"/>
+      <c s="34" t="str" r="K15"/>
+      <c s="34" t="str" r="L15"/>
+      <c s="30" t="str" r="M15"/>
+      <c s="36" t="inlineStr" r="N15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P15"/>
+      <c s="30" t="str" r="Q15"/>
+      <c s="36" t="inlineStr" r="R15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S15"/>
+      <c s="34" t="str" r="T15"/>
+      <c s="30" t="str" r="U15"/>
+    </row>
+    <row r="16" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B16"/>
+      <c s="34" t="str" r="C16"/>
+      <c s="34" t="str" r="D16"/>
+      <c s="34" t="str" r="E16"/>
+      <c s="34" t="str" r="F16"/>
+      <c s="34" t="str" r="G16"/>
+      <c s="34" t="str" r="H16"/>
+      <c s="34" t="str" r="I16"/>
+      <c s="34" t="str" r="J16"/>
+      <c s="34" t="str" r="K16"/>
+      <c s="34" t="str" r="L16"/>
+      <c s="34" t="str" r="M16"/>
+      <c s="30" t="str" r="N16"/>
+      <c s="33" t="str" r="O16"/>
+      <c s="34" t="str" r="P16"/>
+      <c s="34" t="str" r="Q16"/>
+      <c s="34" t="str" r="R16"/>
+      <c s="34" t="str" r="S16"/>
+      <c s="34" t="str" r="T16"/>
+      <c s="30" t="str" r="U16"/>
+    </row>
+    <row r="17" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C17"/>
+      <c s="34" t="str" r="D17"/>
+      <c s="34" t="str" r="E17"/>
+      <c s="34" t="str" r="F17"/>
+      <c s="34" t="str" r="G17"/>
+      <c s="34" t="str" r="H17"/>
+      <c s="34" t="str" r="I17"/>
+      <c s="34" t="str" r="J17"/>
+      <c s="34" t="str" r="K17"/>
+      <c s="34" t="str" r="L17"/>
+      <c s="34" t="str" r="M17"/>
+      <c s="30" t="str" r="N17"/>
+      <c s="35" t="inlineStr" r="O17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P17"/>
+      <c s="34" t="str" r="Q17"/>
+      <c s="34" t="str" r="R17"/>
+      <c s="34" t="str" r="S17"/>
+      <c s="34" t="str" r="T17"/>
+      <c s="30" t="str" r="U17"/>
+    </row>
+    <row r="18" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C18"/>
+      <c s="30" t="str" r="D18"/>
+      <c s="31" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold, 25 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B19"/>
+      <c s="34" t="str" r="C19"/>
+      <c s="34" t="str" r="D19"/>
+      <c s="34" t="str" r="E19"/>
+      <c s="34" t="str" r="F19"/>
+      <c s="34" t="str" r="G19"/>
+      <c s="34" t="str" r="H19"/>
+      <c s="34" t="str" r="I19"/>
+      <c s="34" t="str" r="J19"/>
+      <c s="34" t="str" r="K19"/>
+      <c s="34" t="str" r="L19"/>
+      <c s="34" t="str" r="M19"/>
+      <c s="30" t="str" r="N19"/>
+      <c s="33" t="str" r="O19"/>
+      <c s="34" t="str" r="P19"/>
+      <c s="34" t="str" r="Q19"/>
+      <c s="34" t="str" r="R19"/>
+      <c s="34" t="str" r="S19"/>
+      <c s="34" t="str" r="T19"/>
+      <c s="30" t="str" r="U19"/>
+    </row>
+    <row r="20" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C20"/>
+      <c s="34" t="str" r="D20"/>
+      <c s="34" t="str" r="E20"/>
+      <c s="34" t="str" r="F20"/>
+      <c s="34" t="str" r="G20"/>
+      <c s="34" t="str" r="H20"/>
+      <c s="34" t="str" r="I20"/>
+      <c s="34" t="str" r="J20"/>
+      <c s="34" t="str" r="K20"/>
+      <c s="34" t="str" r="L20"/>
+      <c s="34" t="str" r="M20"/>
+      <c s="30" t="str" r="N20"/>
+      <c s="35" t="inlineStr" r="O20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P20"/>
+      <c s="34" t="str" r="Q20"/>
+      <c s="34" t="str" r="R20"/>
+      <c s="34" t="str" r="S20"/>
+      <c s="34" t="str" r="T20"/>
+      <c s="30" t="str" r="U20"/>
+    </row>
+    <row r="21" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C21"/>
+      <c s="30" t="str" r="D21"/>
+      <c s="36" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F21"/>
+      <c s="36" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H21"/>
+      <c s="34" t="str" r="I21"/>
+      <c s="34" t="str" r="J21"/>
+      <c s="34" t="str" r="K21"/>
+      <c s="34" t="str" r="L21"/>
+      <c s="30" t="str" r="M21"/>
+      <c s="36" t="inlineStr" r="N21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P21"/>
+      <c s="30" t="str" r="Q21"/>
+      <c s="36" t="inlineStr" r="R21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S21"/>
+      <c s="34" t="str" r="T21"/>
+      <c s="30" t="str" r="U21"/>
+    </row>
+    <row r="22" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B22"/>
+      <c s="34" t="str" r="C22"/>
+      <c s="34" t="str" r="D22"/>
+      <c s="34" t="str" r="E22"/>
+      <c s="34" t="str" r="F22"/>
+      <c s="34" t="str" r="G22"/>
+      <c s="34" t="str" r="H22"/>
+      <c s="34" t="str" r="I22"/>
+      <c s="34" t="str" r="J22"/>
+      <c s="34" t="str" r="K22"/>
+      <c s="34" t="str" r="L22"/>
+      <c s="34" t="str" r="M22"/>
+      <c s="30" t="str" r="N22"/>
+      <c s="33" t="str" r="O22"/>
+      <c s="34" t="str" r="P22"/>
+      <c s="34" t="str" r="Q22"/>
+      <c s="34" t="str" r="R22"/>
+      <c s="34" t="str" r="S22"/>
+      <c s="34" t="str" r="T22"/>
+      <c s="30" t="str" r="U22"/>
+    </row>
+    <row r="23" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C23"/>
+      <c s="34" t="str" r="D23"/>
+      <c s="34" t="str" r="E23"/>
+      <c s="34" t="str" r="F23"/>
+      <c s="34" t="str" r="G23"/>
+      <c s="34" t="str" r="H23"/>
+      <c s="34" t="str" r="I23"/>
+      <c s="34" t="str" r="J23"/>
+      <c s="34" t="str" r="K23"/>
+      <c s="34" t="str" r="L23"/>
+      <c s="34" t="str" r="M23"/>
+      <c s="30" t="str" r="N23"/>
+      <c s="35" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P23"/>
+      <c s="34" t="str" r="Q23"/>
+      <c s="34" t="str" r="R23"/>
+      <c s="34" t="str" r="S23"/>
+      <c s="34" t="str" r="T23"/>
+      <c s="30" t="str" r="U23"/>
+    </row>
+    <row r="24" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C24"/>
+      <c s="30" t="str" r="D24"/>
+      <c s="31" t="inlineStr" r="E24">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold, 12 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="25" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B25"/>
+      <c s="34" t="str" r="C25"/>
+      <c s="34" t="str" r="D25"/>
+      <c s="34" t="str" r="E25"/>
+      <c s="34" t="str" r="F25"/>
+      <c s="34" t="str" r="G25"/>
+      <c s="34" t="str" r="H25"/>
+      <c s="34" t="str" r="I25"/>
+      <c s="34" t="str" r="J25"/>
+      <c s="34" t="str" r="K25"/>
+      <c s="34" t="str" r="L25"/>
+      <c s="34" t="str" r="M25"/>
+      <c s="30" t="str" r="N25"/>
+      <c s="33" t="str" r="O25"/>
+      <c s="34" t="str" r="P25"/>
+      <c s="34" t="str" r="Q25"/>
+      <c s="34" t="str" r="R25"/>
+      <c s="34" t="str" r="S25"/>
+      <c s="34" t="str" r="T25"/>
+      <c s="30" t="str" r="U25"/>
+    </row>
+    <row r="26" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=674)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C26"/>
+      <c s="34" t="str" r="D26"/>
+      <c s="34" t="str" r="E26"/>
+      <c s="34" t="str" r="F26"/>
+      <c s="34" t="str" r="G26"/>
+      <c s="34" t="str" r="H26"/>
+      <c s="34" t="str" r="I26"/>
+      <c s="34" t="str" r="J26"/>
+      <c s="34" t="str" r="K26"/>
+      <c s="34" t="str" r="L26"/>
+      <c s="34" t="str" r="M26"/>
+      <c s="30" t="str" r="N26"/>
+      <c s="35" t="inlineStr" r="O26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=673)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P26"/>
+      <c s="34" t="str" r="Q26"/>
+      <c s="34" t="str" r="R26"/>
+      <c s="34" t="str" r="S26"/>
+      <c s="34" t="str" r="T26"/>
+      <c s="30" t="str" r="U26"/>
+    </row>
+    <row r="27" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C27"/>
+      <c s="30" t="str" r="D27"/>
+      <c s="36" t="inlineStr" r="E27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F27"/>
+      <c s="36" t="inlineStr" r="G27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H27"/>
+      <c s="34" t="str" r="I27"/>
+      <c s="34" t="str" r="J27"/>
+      <c s="34" t="str" r="K27"/>
+      <c s="34" t="str" r="L27"/>
+      <c s="30" t="str" r="M27"/>
+      <c s="36" t="inlineStr" r="N27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P27"/>
+      <c s="30" t="str" r="Q27"/>
+      <c s="36" t="inlineStr" r="R27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S27"/>
+      <c s="34" t="str" r="T27"/>
+      <c s="30" t="str" r="U27"/>
+    </row>
+    <row r="28" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B28"/>
+      <c s="34" t="str" r="C28"/>
+      <c s="34" t="str" r="D28"/>
+      <c s="34" t="str" r="E28"/>
+      <c s="34" t="str" r="F28"/>
+      <c s="34" t="str" r="G28"/>
+      <c s="34" t="str" r="H28"/>
+      <c s="34" t="str" r="I28"/>
+      <c s="34" t="str" r="J28"/>
+      <c s="34" t="str" r="K28"/>
+      <c s="34" t="str" r="L28"/>
+      <c s="34" t="str" r="M28"/>
+      <c s="30" t="str" r="N28"/>
+      <c s="33" t="str" r="O28"/>
+      <c s="34" t="str" r="P28"/>
+      <c s="34" t="str" r="Q28"/>
+      <c s="34" t="str" r="R28"/>
+      <c s="34" t="str" r="S28"/>
+      <c s="34" t="str" r="T28"/>
+      <c s="30" t="str" r="U28"/>
+    </row>
+    <row r="29" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=674)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C29"/>
+      <c s="34" t="str" r="D29"/>
+      <c s="34" t="str" r="E29"/>
+      <c s="34" t="str" r="F29"/>
+      <c s="34" t="str" r="G29"/>
+      <c s="34" t="str" r="H29"/>
+      <c s="34" t="str" r="I29"/>
+      <c s="34" t="str" r="J29"/>
+      <c s="34" t="str" r="K29"/>
+      <c s="34" t="str" r="L29"/>
+      <c s="34" t="str" r="M29"/>
+      <c s="30" t="str" r="N29"/>
+      <c s="35" t="inlineStr" r="O29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=673)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P29"/>
+      <c s="34" t="str" r="Q29"/>
+      <c s="34" t="str" r="R29"/>
+      <c s="34" t="str" r="S29"/>
+      <c s="34" t="str" r="T29"/>
+      <c s="30" t="str" r="U29"/>
+    </row>
+    <row r="30" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C30"/>
+      <c s="30" t="str" r="D30"/>
+      <c s="31" t="inlineStr" r="E30">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold, 9 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B31"/>
+      <c s="34" t="str" r="C31"/>
+      <c s="34" t="str" r="D31"/>
+      <c s="34" t="str" r="E31"/>
+      <c s="34" t="str" r="F31"/>
+      <c s="34" t="str" r="G31"/>
+      <c s="34" t="str" r="H31"/>
+      <c s="34" t="str" r="I31"/>
+      <c s="34" t="str" r="J31"/>
+      <c s="34" t="str" r="K31"/>
+      <c s="34" t="str" r="L31"/>
+      <c s="34" t="str" r="M31"/>
+      <c s="30" t="str" r="N31"/>
+      <c s="33" t="str" r="O31"/>
+      <c s="34" t="str" r="P31"/>
+      <c s="34" t="str" r="Q31"/>
+      <c s="34" t="str" r="R31"/>
+      <c s="34" t="str" r="S31"/>
+      <c s="34" t="str" r="T31"/>
+      <c s="30" t="str" r="U31"/>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=187)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C32"/>
+      <c s="34" t="str" r="D32"/>
+      <c s="34" t="str" r="E32"/>
+      <c s="34" t="str" r="F32"/>
+      <c s="34" t="str" r="G32"/>
+      <c s="34" t="str" r="H32"/>
+      <c s="34" t="str" r="I32"/>
+      <c s="34" t="str" r="J32"/>
+      <c s="34" t="str" r="K32"/>
+      <c s="34" t="str" r="L32"/>
+      <c s="34" t="str" r="M32"/>
+      <c s="30" t="str" r="N32"/>
+      <c s="35" t="inlineStr" r="O32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=186)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P32"/>
+      <c s="34" t="str" r="Q32"/>
+      <c s="34" t="str" r="R32"/>
+      <c s="34" t="str" r="S32"/>
+      <c s="34" t="str" r="T32"/>
+      <c s="30" t="str" r="U32"/>
+    </row>
+    <row r="33" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C33"/>
+      <c s="30" t="str" r="D33"/>
+      <c s="36" t="inlineStr" r="E33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F33"/>
+      <c s="36" t="inlineStr" r="G33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H33"/>
+      <c s="34" t="str" r="I33"/>
+      <c s="34" t="str" r="J33"/>
+      <c s="34" t="str" r="K33"/>
+      <c s="34" t="str" r="L33"/>
+      <c s="30" t="str" r="M33"/>
+      <c s="36" t="inlineStr" r="N33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P33"/>
+      <c s="30" t="str" r="Q33"/>
+      <c s="36" t="inlineStr" r="R33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S33"/>
+      <c s="34" t="str" r="T33"/>
+      <c s="30" t="str" r="U33"/>
+    </row>
+    <row r="34" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B34"/>
+      <c s="34" t="str" r="C34"/>
+      <c s="34" t="str" r="D34"/>
+      <c s="34" t="str" r="E34"/>
+      <c s="34" t="str" r="F34"/>
+      <c s="34" t="str" r="G34"/>
+      <c s="34" t="str" r="H34"/>
+      <c s="34" t="str" r="I34"/>
+      <c s="34" t="str" r="J34"/>
+      <c s="34" t="str" r="K34"/>
+      <c s="34" t="str" r="L34"/>
+      <c s="34" t="str" r="M34"/>
+      <c s="30" t="str" r="N34"/>
+      <c s="33" t="str" r="O34"/>
+      <c s="34" t="str" r="P34"/>
+      <c s="34" t="str" r="Q34"/>
+      <c s="34" t="str" r="R34"/>
+      <c s="34" t="str" r="S34"/>
+      <c s="34" t="str" r="T34"/>
+      <c s="30" t="str" r="U34"/>
+    </row>
+    <row r="35" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=187)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C35"/>
+      <c s="34" t="str" r="D35"/>
+      <c s="34" t="str" r="E35"/>
+      <c s="34" t="str" r="F35"/>
+      <c s="34" t="str" r="G35"/>
+      <c s="34" t="str" r="H35"/>
+      <c s="34" t="str" r="I35"/>
+      <c s="34" t="str" r="J35"/>
+      <c s="34" t="str" r="K35"/>
+      <c s="34" t="str" r="L35"/>
+      <c s="34" t="str" r="M35"/>
+      <c s="30" t="str" r="N35"/>
+      <c s="35" t="inlineStr" r="O35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=186)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P35"/>
+      <c s="34" t="str" r="Q35"/>
+      <c s="34" t="str" r="R35"/>
+      <c s="34" t="str" r="S35"/>
+      <c s="34" t="str" r="T35"/>
+      <c s="30" t="str" r="U35"/>
+    </row>
+    <row r="36" ht="18" customHeight="1"/>
   </sheetData>
-  <mergeCells count="226">
-[...1080 lines deleted...]
-  <mergeCells count="76">
+  <mergeCells>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="D3:E4"/>
     <mergeCell ref="H4:K5"/>
     <mergeCell ref="M4:R5"/>
     <mergeCell ref="C8:H8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:O8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:N12"/>
     <mergeCell ref="O12:Q12"/>
     <mergeCell ref="R12:U12"/>
     <mergeCell ref="B13:N13"/>
     <mergeCell ref="O13:U13"/>
     <mergeCell ref="B14:N14"/>
     <mergeCell ref="O14:U14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="G15:M15"/>
     <mergeCell ref="O15:Q15"/>
     <mergeCell ref="R15:U15"/>
     <mergeCell ref="B16:N16"/>
     <mergeCell ref="O16:U16"/>
     <mergeCell ref="B17:N17"/>
     <mergeCell ref="O17:U17"/>
@@ -15403,1464 +11731,5082 @@
     <mergeCell ref="B22:N22"/>
     <mergeCell ref="O22:U22"/>
     <mergeCell ref="B23:N23"/>
     <mergeCell ref="O23:U23"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="E24:N24"/>
     <mergeCell ref="O24:Q24"/>
     <mergeCell ref="R24:U24"/>
     <mergeCell ref="B25:N25"/>
     <mergeCell ref="O25:U25"/>
     <mergeCell ref="B26:N26"/>
     <mergeCell ref="O26:U26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="G27:M27"/>
     <mergeCell ref="O27:Q27"/>
     <mergeCell ref="R27:U27"/>
     <mergeCell ref="B28:N28"/>
     <mergeCell ref="O28:U28"/>
     <mergeCell ref="B29:N29"/>
     <mergeCell ref="O29:U29"/>
     <mergeCell ref="B30:D30"/>
     <mergeCell ref="E30:N30"/>
     <mergeCell ref="O30:Q30"/>
     <mergeCell ref="R30:U30"/>
-    <mergeCell ref="B34:N34"/>
-[...2 lines deleted...]
-    <mergeCell ref="O35:U35"/>
     <mergeCell ref="B31:N31"/>
     <mergeCell ref="O31:U31"/>
     <mergeCell ref="B32:N32"/>
     <mergeCell ref="O32:U32"/>
     <mergeCell ref="B33:D33"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="G33:M33"/>
     <mergeCell ref="O33:Q33"/>
     <mergeCell ref="R33:U33"/>
+    <mergeCell ref="B34:N34"/>
+    <mergeCell ref="O34:U34"/>
+    <mergeCell ref="B35:N35"/>
+    <mergeCell ref="O35:U35"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId58"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:U45"/>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="22" max="22" width="8.81640625" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.421875"/>
+    <col min="3" max="3" customWidth="1" width="0.08203125"/>
+    <col min="4" max="4" customWidth="1" width="38.8515625"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.54296875"/>
+    <col min="8" max="8" customWidth="1" width="13.18359375"/>
+    <col min="9" max="9" customWidth="1" width="21.25390625"/>
+    <col min="10" max="10" customWidth="1" width="9.94140625"/>
+    <col min="11" max="11" customWidth="1" width="5.140625"/>
+    <col min="12" max="12" customWidth="1" width="5.390625"/>
+    <col min="13" max="13" customWidth="1" width="9.69140625"/>
+    <col min="14" max="14" customWidth="1" width="15.08203125"/>
+    <col min="15" max="15" customWidth="1" width="15.03125"/>
+    <col min="16" max="16" customWidth="1" width="0.05078125"/>
+    <col min="17" max="17" customWidth="1" width="3.421875"/>
+    <col min="18" max="18" customWidth="1" width="78.171875"/>
+    <col min="19" max="19" customWidth="1" width="8.9140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-[...66 lines deleted...]
-      <c r="B8" s="41" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="L4">
+        <is>
+          <t xml:space="preserve">Data as of November 03, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">Program Signals Distribution
+SPECIALTY</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="N8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">ERAS YEAR
+ERAS 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.85" customHeight="1"/>
+    <row r="12" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C12"/>
+      <c s="31" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B13"/>
+      <c s="34" t="str" r="C13"/>
+      <c s="34" t="str" r="D13"/>
+      <c s="34" t="str" r="E13"/>
+      <c s="34" t="str" r="F13"/>
+      <c s="34" t="str" r="G13"/>
+      <c s="34" t="str" r="H13"/>
+      <c s="34" t="str" r="I13"/>
+      <c s="34" t="str" r="J13"/>
+      <c s="34" t="str" r="K13"/>
+      <c s="34" t="str" r="L13"/>
+      <c s="34" t="str" r="M13"/>
+      <c s="34" t="str" r="N13"/>
+      <c s="30" t="str" r="O13"/>
+    </row>
+    <row r="14" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=81)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C14"/>
+      <c s="34" t="str" r="D14"/>
+      <c s="34" t="str" r="E14"/>
+      <c s="34" t="str" r="F14"/>
+      <c s="34" t="str" r="G14"/>
+      <c s="34" t="str" r="H14"/>
+      <c s="34" t="str" r="I14"/>
+      <c s="34" t="str" r="J14"/>
+      <c s="34" t="str" r="K14"/>
+      <c s="34" t="str" r="L14"/>
+      <c s="34" t="str" r="M14"/>
+      <c s="34" t="str" r="N14"/>
+      <c s="30" t="str" r="O14"/>
+    </row>
+    <row r="15" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C15"/>
+      <c s="36" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E15"/>
+      <c s="34" t="str" r="F15"/>
+      <c s="30" t="str" r="G15"/>
+      <c s="36" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I15"/>
+      <c s="34" t="str" r="J15"/>
+      <c s="34" t="str" r="K15"/>
+      <c s="30" t="str" r="L15"/>
+      <c s="36" t="inlineStr" r="M15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N15"/>
+      <c s="30" t="str" r="O15"/>
+    </row>
+    <row r="16" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B16"/>
+      <c s="34" t="str" r="C16"/>
+      <c s="34" t="str" r="D16"/>
+      <c s="34" t="str" r="E16"/>
+      <c s="34" t="str" r="F16"/>
+      <c s="34" t="str" r="G16"/>
+      <c s="34" t="str" r="H16"/>
+      <c s="34" t="str" r="I16"/>
+      <c s="34" t="str" r="J16"/>
+      <c s="34" t="str" r="K16"/>
+      <c s="34" t="str" r="L16"/>
+      <c s="34" t="str" r="M16"/>
+      <c s="34" t="str" r="N16"/>
+      <c s="30" t="str" r="O16"/>
+    </row>
+    <row r="17" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=81)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C17"/>
+      <c s="34" t="str" r="D17"/>
+      <c s="34" t="str" r="E17"/>
+      <c s="34" t="str" r="F17"/>
+      <c s="34" t="str" r="G17"/>
+      <c s="34" t="str" r="H17"/>
+      <c s="34" t="str" r="I17"/>
+      <c s="34" t="str" r="J17"/>
+      <c s="34" t="str" r="K17"/>
+      <c s="34" t="str" r="L17"/>
+      <c s="34" t="str" r="M17"/>
+      <c s="34" t="str" r="N17"/>
+      <c s="30" t="str" r="O17"/>
+    </row>
+    <row r="18" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C18"/>
+      <c s="31" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B19"/>
+      <c s="34" t="str" r="C19"/>
+      <c s="34" t="str" r="D19"/>
+      <c s="34" t="str" r="E19"/>
+      <c s="34" t="str" r="F19"/>
+      <c s="34" t="str" r="G19"/>
+      <c s="34" t="str" r="H19"/>
+      <c s="34" t="str" r="I19"/>
+      <c s="34" t="str" r="J19"/>
+      <c s="34" t="str" r="K19"/>
+      <c s="34" t="str" r="L19"/>
+      <c s="34" t="str" r="M19"/>
+      <c s="34" t="str" r="N19"/>
+      <c s="30" t="str" r="O19"/>
+    </row>
+    <row r="20" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=775)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C20"/>
+      <c s="34" t="str" r="D20"/>
+      <c s="34" t="str" r="E20"/>
+      <c s="34" t="str" r="F20"/>
+      <c s="34" t="str" r="G20"/>
+      <c s="34" t="str" r="H20"/>
+      <c s="34" t="str" r="I20"/>
+      <c s="34" t="str" r="J20"/>
+      <c s="34" t="str" r="K20"/>
+      <c s="34" t="str" r="L20"/>
+      <c s="34" t="str" r="M20"/>
+      <c s="34" t="str" r="N20"/>
+      <c s="30" t="str" r="O20"/>
+    </row>
+    <row r="21" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C21"/>
+      <c s="36" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E21"/>
+      <c s="34" t="str" r="F21"/>
+      <c s="30" t="str" r="G21"/>
+      <c s="36" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I21"/>
+      <c s="34" t="str" r="J21"/>
+      <c s="34" t="str" r="K21"/>
+      <c s="30" t="str" r="L21"/>
+      <c s="36" t="inlineStr" r="M21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N21"/>
+      <c s="30" t="str" r="O21"/>
+    </row>
+    <row r="22" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B22"/>
+      <c s="34" t="str" r="C22"/>
+      <c s="34" t="str" r="D22"/>
+      <c s="34" t="str" r="E22"/>
+      <c s="34" t="str" r="F22"/>
+      <c s="34" t="str" r="G22"/>
+      <c s="34" t="str" r="H22"/>
+      <c s="34" t="str" r="I22"/>
+      <c s="34" t="str" r="J22"/>
+      <c s="34" t="str" r="K22"/>
+      <c s="34" t="str" r="L22"/>
+      <c s="34" t="str" r="M22"/>
+      <c s="34" t="str" r="N22"/>
+      <c s="30" t="str" r="O22"/>
+    </row>
+    <row r="23" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=775)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C23"/>
+      <c s="34" t="str" r="D23"/>
+      <c s="34" t="str" r="E23"/>
+      <c s="34" t="str" r="F23"/>
+      <c s="34" t="str" r="G23"/>
+      <c s="34" t="str" r="H23"/>
+      <c s="34" t="str" r="I23"/>
+      <c s="34" t="str" r="J23"/>
+      <c s="34" t="str" r="K23"/>
+      <c s="34" t="str" r="L23"/>
+      <c s="34" t="str" r="M23"/>
+      <c s="34" t="str" r="N23"/>
+      <c s="30" t="str" r="O23"/>
+    </row>
+    <row r="24" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C24"/>
+      <c s="31" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B25"/>
+      <c s="34" t="str" r="C25"/>
+      <c s="34" t="str" r="D25"/>
+      <c s="34" t="str" r="E25"/>
+      <c s="34" t="str" r="F25"/>
+      <c s="34" t="str" r="G25"/>
+      <c s="34" t="str" r="H25"/>
+      <c s="34" t="str" r="I25"/>
+      <c s="34" t="str" r="J25"/>
+      <c s="34" t="str" r="K25"/>
+      <c s="34" t="str" r="L25"/>
+      <c s="34" t="str" r="M25"/>
+      <c s="34" t="str" r="N25"/>
+      <c s="30" t="str" r="O25"/>
+    </row>
+    <row r="26" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=13)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C26"/>
+      <c s="34" t="str" r="D26"/>
+      <c s="34" t="str" r="E26"/>
+      <c s="34" t="str" r="F26"/>
+      <c s="34" t="str" r="G26"/>
+      <c s="34" t="str" r="H26"/>
+      <c s="34" t="str" r="I26"/>
+      <c s="34" t="str" r="J26"/>
+      <c s="34" t="str" r="K26"/>
+      <c s="34" t="str" r="L26"/>
+      <c s="34" t="str" r="M26"/>
+      <c s="34" t="str" r="N26"/>
+      <c s="30" t="str" r="O26"/>
+    </row>
+    <row r="27" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C27"/>
+      <c s="36" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E27"/>
+      <c s="34" t="str" r="F27"/>
+      <c s="30" t="str" r="G27"/>
+      <c s="36" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I27"/>
+      <c s="34" t="str" r="J27"/>
+      <c s="34" t="str" r="K27"/>
+      <c s="30" t="str" r="L27"/>
+      <c s="36" t="inlineStr" r="M27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N27"/>
+      <c s="30" t="str" r="O27"/>
+    </row>
+    <row r="28" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B28"/>
+      <c s="34" t="str" r="C28"/>
+      <c s="34" t="str" r="D28"/>
+      <c s="34" t="str" r="E28"/>
+      <c s="34" t="str" r="F28"/>
+      <c s="34" t="str" r="G28"/>
+      <c s="34" t="str" r="H28"/>
+      <c s="34" t="str" r="I28"/>
+      <c s="34" t="str" r="J28"/>
+      <c s="34" t="str" r="K28"/>
+      <c s="34" t="str" r="L28"/>
+      <c s="34" t="str" r="M28"/>
+      <c s="34" t="str" r="N28"/>
+      <c s="30" t="str" r="O28"/>
+    </row>
+    <row r="29" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=13)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C29"/>
+      <c s="34" t="str" r="D29"/>
+      <c s="34" t="str" r="E29"/>
+      <c s="34" t="str" r="F29"/>
+      <c s="34" t="str" r="G29"/>
+      <c s="34" t="str" r="H29"/>
+      <c s="34" t="str" r="I29"/>
+      <c s="34" t="str" r="J29"/>
+      <c s="34" t="str" r="K29"/>
+      <c s="34" t="str" r="L29"/>
+      <c s="34" t="str" r="M29"/>
+      <c s="34" t="str" r="N29"/>
+      <c s="30" t="str" r="O29"/>
+    </row>
+    <row r="30" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C30"/>
+      <c s="31" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B31"/>
+      <c s="34" t="str" r="C31"/>
+      <c s="34" t="str" r="D31"/>
+      <c s="34" t="str" r="E31"/>
+      <c s="34" t="str" r="F31"/>
+      <c s="34" t="str" r="G31"/>
+      <c s="34" t="str" r="H31"/>
+      <c s="34" t="str" r="I31"/>
+      <c s="34" t="str" r="J31"/>
+      <c s="34" t="str" r="K31"/>
+      <c s="34" t="str" r="L31"/>
+      <c s="34" t="str" r="M31"/>
+      <c s="34" t="str" r="N31"/>
+      <c s="30" t="str" r="O31"/>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=100)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C32"/>
+      <c s="34" t="str" r="D32"/>
+      <c s="34" t="str" r="E32"/>
+      <c s="34" t="str" r="F32"/>
+      <c s="34" t="str" r="G32"/>
+      <c s="34" t="str" r="H32"/>
+      <c s="34" t="str" r="I32"/>
+      <c s="34" t="str" r="J32"/>
+      <c s="34" t="str" r="K32"/>
+      <c s="34" t="str" r="L32"/>
+      <c s="34" t="str" r="M32"/>
+      <c s="34" t="str" r="N32"/>
+      <c s="30" t="str" r="O32"/>
+    </row>
+    <row r="33" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C33"/>
+      <c s="36" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E33"/>
+      <c s="34" t="str" r="F33"/>
+      <c s="30" t="str" r="G33"/>
+      <c s="36" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I33"/>
+      <c s="34" t="str" r="J33"/>
+      <c s="34" t="str" r="K33"/>
+      <c s="30" t="str" r="L33"/>
+      <c s="36" t="inlineStr" r="M33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N33"/>
+      <c s="30" t="str" r="O33"/>
+    </row>
+    <row r="34" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B34"/>
+      <c s="34" t="str" r="C34"/>
+      <c s="34" t="str" r="D34"/>
+      <c s="34" t="str" r="E34"/>
+      <c s="34" t="str" r="F34"/>
+      <c s="34" t="str" r="G34"/>
+      <c s="34" t="str" r="H34"/>
+      <c s="34" t="str" r="I34"/>
+      <c s="34" t="str" r="J34"/>
+      <c s="34" t="str" r="K34"/>
+      <c s="34" t="str" r="L34"/>
+      <c s="34" t="str" r="M34"/>
+      <c s="34" t="str" r="N34"/>
+      <c s="30" t="str" r="O34"/>
+    </row>
+    <row r="35" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=100)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C35"/>
+      <c s="34" t="str" r="D35"/>
+      <c s="34" t="str" r="E35"/>
+      <c s="34" t="str" r="F35"/>
+      <c s="34" t="str" r="G35"/>
+      <c s="34" t="str" r="H35"/>
+      <c s="34" t="str" r="I35"/>
+      <c s="34" t="str" r="J35"/>
+      <c s="34" t="str" r="K35"/>
+      <c s="34" t="str" r="L35"/>
+      <c s="34" t="str" r="M35"/>
+      <c s="34" t="str" r="N35"/>
+      <c s="30" t="str" r="O35"/>
+    </row>
+    <row r="36" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C36"/>
+      <c s="31" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">            *Neurodevelopmental Disabilities histogram is not shown due to &lt;10 programs participating.</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C37"/>
+      <c s="34" t="str" r="D37"/>
+      <c s="34" t="str" r="E37"/>
+      <c s="34" t="str" r="F37"/>
+      <c s="34" t="str" r="G37"/>
+      <c s="34" t="str" r="H37"/>
+      <c s="34" t="str" r="I37"/>
+      <c s="34" t="str" r="J37"/>
+      <c s="34" t="str" r="K37"/>
+      <c s="34" t="str" r="L37"/>
+      <c s="34" t="str" r="M37"/>
+      <c s="34" t="str" r="N37"/>
+      <c s="30" t="str" r="O37"/>
+    </row>
+    <row r="38" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C38"/>
+      <c s="36" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E38"/>
+      <c s="34" t="str" r="F38"/>
+      <c s="30" t="str" r="G38"/>
+      <c s="36" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I38"/>
+      <c s="34" t="str" r="J38"/>
+      <c s="34" t="str" r="K38"/>
+      <c s="30" t="str" r="L38"/>
+      <c s="36" t="inlineStr" r="M38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N38"/>
+      <c s="30" t="str" r="O38"/>
+    </row>
+    <row r="39" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C39"/>
+      <c s="31" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B40"/>
+      <c s="34" t="str" r="C40"/>
+      <c s="34" t="str" r="D40"/>
+      <c s="34" t="str" r="E40"/>
+      <c s="34" t="str" r="F40"/>
+      <c s="34" t="str" r="G40"/>
+      <c s="34" t="str" r="H40"/>
+      <c s="34" t="str" r="I40"/>
+      <c s="34" t="str" r="J40"/>
+      <c s="34" t="str" r="K40"/>
+      <c s="34" t="str" r="L40"/>
+      <c s="34" t="str" r="M40"/>
+      <c s="34" t="str" r="N40"/>
+      <c s="30" t="str" r="O40"/>
+    </row>
+    <row r="41" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B41">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=121)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C41"/>
+      <c s="34" t="str" r="D41"/>
+      <c s="34" t="str" r="E41"/>
+      <c s="34" t="str" r="F41"/>
+      <c s="34" t="str" r="G41"/>
+      <c s="34" t="str" r="H41"/>
+      <c s="34" t="str" r="I41"/>
+      <c s="34" t="str" r="J41"/>
+      <c s="34" t="str" r="K41"/>
+      <c s="34" t="str" r="L41"/>
+      <c s="34" t="str" r="M41"/>
+      <c s="34" t="str" r="N41"/>
+      <c s="30" t="str" r="O41"/>
+    </row>
+    <row r="42" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C42"/>
+      <c s="36" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E42"/>
+      <c s="34" t="str" r="F42"/>
+      <c s="30" t="str" r="G42"/>
+      <c s="36" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I42"/>
+      <c s="34" t="str" r="J42"/>
+      <c s="34" t="str" r="K42"/>
+      <c s="30" t="str" r="L42"/>
+      <c s="36" t="inlineStr" r="M42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N42"/>
+      <c s="30" t="str" r="O42"/>
+    </row>
+    <row r="43" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B43"/>
+      <c s="34" t="str" r="C43"/>
+      <c s="34" t="str" r="D43"/>
+      <c s="34" t="str" r="E43"/>
+      <c s="34" t="str" r="F43"/>
+      <c s="34" t="str" r="G43"/>
+      <c s="34" t="str" r="H43"/>
+      <c s="34" t="str" r="I43"/>
+      <c s="34" t="str" r="J43"/>
+      <c s="34" t="str" r="K43"/>
+      <c s="34" t="str" r="L43"/>
+      <c s="34" t="str" r="M43"/>
+      <c s="34" t="str" r="N43"/>
+      <c s="30" t="str" r="O43"/>
+    </row>
+    <row r="44" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B44">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=121)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C44"/>
+      <c s="34" t="str" r="D44"/>
+      <c s="34" t="str" r="E44"/>
+      <c s="34" t="str" r="F44"/>
+      <c s="34" t="str" r="G44"/>
+      <c s="34" t="str" r="H44"/>
+      <c s="34" t="str" r="I44"/>
+      <c s="34" t="str" r="J44"/>
+      <c s="34" t="str" r="K44"/>
+      <c s="34" t="str" r="L44"/>
+      <c s="34" t="str" r="M44"/>
+      <c s="34" t="str" r="N44"/>
+      <c s="30" t="str" r="O44"/>
+    </row>
+    <row r="45" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C45"/>
+      <c s="31" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B46"/>
+      <c s="34" t="str" r="C46"/>
+      <c s="34" t="str" r="D46"/>
+      <c s="34" t="str" r="E46"/>
+      <c s="34" t="str" r="F46"/>
+      <c s="34" t="str" r="G46"/>
+      <c s="34" t="str" r="H46"/>
+      <c s="34" t="str" r="I46"/>
+      <c s="34" t="str" r="J46"/>
+      <c s="34" t="str" r="K46"/>
+      <c s="34" t="str" r="L46"/>
+      <c s="34" t="str" r="M46"/>
+      <c s="34" t="str" r="N46"/>
+      <c s="30" t="str" r="O46"/>
+    </row>
+    <row r="47" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=193)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C47"/>
+      <c s="34" t="str" r="D47"/>
+      <c s="34" t="str" r="E47"/>
+      <c s="34" t="str" r="F47"/>
+      <c s="34" t="str" r="G47"/>
+      <c s="34" t="str" r="H47"/>
+      <c s="34" t="str" r="I47"/>
+      <c s="34" t="str" r="J47"/>
+      <c s="34" t="str" r="K47"/>
+      <c s="34" t="str" r="L47"/>
+      <c s="34" t="str" r="M47"/>
+      <c s="34" t="str" r="N47"/>
+      <c s="30" t="str" r="O47"/>
+    </row>
+    <row r="48" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C48"/>
+      <c s="36" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E48"/>
+      <c s="34" t="str" r="F48"/>
+      <c s="30" t="str" r="G48"/>
+      <c s="36" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I48"/>
+      <c s="34" t="str" r="J48"/>
+      <c s="34" t="str" r="K48"/>
+      <c s="30" t="str" r="L48"/>
+      <c s="36" t="inlineStr" r="M48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N48"/>
+      <c s="30" t="str" r="O48"/>
+    </row>
+    <row r="49" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B49"/>
+      <c s="34" t="str" r="C49"/>
+      <c s="34" t="str" r="D49"/>
+      <c s="34" t="str" r="E49"/>
+      <c s="34" t="str" r="F49"/>
+      <c s="34" t="str" r="G49"/>
+      <c s="34" t="str" r="H49"/>
+      <c s="34" t="str" r="I49"/>
+      <c s="34" t="str" r="J49"/>
+      <c s="34" t="str" r="K49"/>
+      <c s="34" t="str" r="L49"/>
+      <c s="34" t="str" r="M49"/>
+      <c s="34" t="str" r="N49"/>
+      <c s="30" t="str" r="O49"/>
+    </row>
+    <row r="50" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B50">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=193)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C50"/>
+      <c s="34" t="str" r="D50"/>
+      <c s="34" t="str" r="E50"/>
+      <c s="34" t="str" r="F50"/>
+      <c s="34" t="str" r="G50"/>
+      <c s="34" t="str" r="H50"/>
+      <c s="34" t="str" r="I50"/>
+      <c s="34" t="str" r="J50"/>
+      <c s="34" t="str" r="K50"/>
+      <c s="34" t="str" r="L50"/>
+      <c s="34" t="str" r="M50"/>
+      <c s="34" t="str" r="N50"/>
+      <c s="30" t="str" r="O50"/>
+    </row>
+    <row r="51" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C51"/>
+      <c s="31" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B52"/>
+      <c s="34" t="str" r="C52"/>
+      <c s="34" t="str" r="D52"/>
+      <c s="34" t="str" r="E52"/>
+      <c s="34" t="str" r="F52"/>
+      <c s="34" t="str" r="G52"/>
+      <c s="34" t="str" r="H52"/>
+      <c s="34" t="str" r="I52"/>
+      <c s="34" t="str" r="J52"/>
+      <c s="34" t="str" r="K52"/>
+      <c s="34" t="str" r="L52"/>
+      <c s="34" t="str" r="M52"/>
+      <c s="34" t="str" r="N52"/>
+      <c s="30" t="str" r="O52"/>
+    </row>
+    <row r="53" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B53">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=201)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C53"/>
+      <c s="34" t="str" r="D53"/>
+      <c s="34" t="str" r="E53"/>
+      <c s="34" t="str" r="F53"/>
+      <c s="34" t="str" r="G53"/>
+      <c s="34" t="str" r="H53"/>
+      <c s="34" t="str" r="I53"/>
+      <c s="34" t="str" r="J53"/>
+      <c s="34" t="str" r="K53"/>
+      <c s="34" t="str" r="L53"/>
+      <c s="34" t="str" r="M53"/>
+      <c s="34" t="str" r="N53"/>
+      <c s="30" t="str" r="O53"/>
+    </row>
+    <row r="54" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C54"/>
+      <c s="36" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E54"/>
+      <c s="34" t="str" r="F54"/>
+      <c s="30" t="str" r="G54"/>
+      <c s="36" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I54"/>
+      <c s="34" t="str" r="J54"/>
+      <c s="34" t="str" r="K54"/>
+      <c s="30" t="str" r="L54"/>
+      <c s="36" t="inlineStr" r="M54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N54"/>
+      <c s="30" t="str" r="O54"/>
+    </row>
+    <row r="55" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B55"/>
+      <c s="34" t="str" r="C55"/>
+      <c s="34" t="str" r="D55"/>
+      <c s="34" t="str" r="E55"/>
+      <c s="34" t="str" r="F55"/>
+      <c s="34" t="str" r="G55"/>
+      <c s="34" t="str" r="H55"/>
+      <c s="34" t="str" r="I55"/>
+      <c s="34" t="str" r="J55"/>
+      <c s="34" t="str" r="K55"/>
+      <c s="34" t="str" r="L55"/>
+      <c s="34" t="str" r="M55"/>
+      <c s="34" t="str" r="N55"/>
+      <c s="30" t="str" r="O55"/>
+    </row>
+    <row r="56" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B56">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=201)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C56"/>
+      <c s="34" t="str" r="D56"/>
+      <c s="34" t="str" r="E56"/>
+      <c s="34" t="str" r="F56"/>
+      <c s="34" t="str" r="G56"/>
+      <c s="34" t="str" r="H56"/>
+      <c s="34" t="str" r="I56"/>
+      <c s="34" t="str" r="J56"/>
+      <c s="34" t="str" r="K56"/>
+      <c s="34" t="str" r="L56"/>
+      <c s="34" t="str" r="M56"/>
+      <c s="34" t="str" r="N56"/>
+      <c s="30" t="str" r="O56"/>
+    </row>
+    <row r="57" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C57"/>
+      <c s="31" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B58"/>
+      <c s="34" t="str" r="C58"/>
+      <c s="34" t="str" r="D58"/>
+      <c s="34" t="str" r="E58"/>
+      <c s="34" t="str" r="F58"/>
+      <c s="34" t="str" r="G58"/>
+      <c s="34" t="str" r="H58"/>
+      <c s="34" t="str" r="I58"/>
+      <c s="34" t="str" r="J58"/>
+      <c s="34" t="str" r="K58"/>
+      <c s="34" t="str" r="L58"/>
+      <c s="34" t="str" r="M58"/>
+      <c s="34" t="str" r="N58"/>
+      <c s="30" t="str" r="O58"/>
+    </row>
+    <row r="59" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B59">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=126)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C59"/>
+      <c s="34" t="str" r="D59"/>
+      <c s="34" t="str" r="E59"/>
+      <c s="34" t="str" r="F59"/>
+      <c s="34" t="str" r="G59"/>
+      <c s="34" t="str" r="H59"/>
+      <c s="34" t="str" r="I59"/>
+      <c s="34" t="str" r="J59"/>
+      <c s="34" t="str" r="K59"/>
+      <c s="34" t="str" r="L59"/>
+      <c s="34" t="str" r="M59"/>
+      <c s="34" t="str" r="N59"/>
+      <c s="30" t="str" r="O59"/>
+    </row>
+    <row r="60" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C60"/>
+      <c s="36" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E60"/>
+      <c s="34" t="str" r="F60"/>
+      <c s="30" t="str" r="G60"/>
+      <c s="36" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I60"/>
+      <c s="34" t="str" r="J60"/>
+      <c s="34" t="str" r="K60"/>
+      <c s="30" t="str" r="L60"/>
+      <c s="36" t="inlineStr" r="M60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N60"/>
+      <c s="30" t="str" r="O60"/>
+    </row>
+    <row r="61" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B61"/>
+      <c s="34" t="str" r="C61"/>
+      <c s="34" t="str" r="D61"/>
+      <c s="34" t="str" r="E61"/>
+      <c s="34" t="str" r="F61"/>
+      <c s="34" t="str" r="G61"/>
+      <c s="34" t="str" r="H61"/>
+      <c s="34" t="str" r="I61"/>
+      <c s="34" t="str" r="J61"/>
+      <c s="34" t="str" r="K61"/>
+      <c s="34" t="str" r="L61"/>
+      <c s="34" t="str" r="M61"/>
+      <c s="34" t="str" r="N61"/>
+      <c s="30" t="str" r="O61"/>
+    </row>
+    <row r="62" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A62">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=126)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C62"/>
+      <c s="34" t="str" r="D62"/>
+      <c s="34" t="str" r="E62"/>
+      <c s="34" t="str" r="F62"/>
+      <c s="34" t="str" r="G62"/>
+      <c s="34" t="str" r="H62"/>
+      <c s="34" t="str" r="I62"/>
+      <c s="34" t="str" r="J62"/>
+      <c s="34" t="str" r="K62"/>
+      <c s="34" t="str" r="L62"/>
+      <c s="34" t="str" r="M62"/>
+      <c s="34" t="str" r="N62"/>
+      <c s="30" t="str" r="O62"/>
+    </row>
+    <row r="63" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C63"/>
+      <c s="31" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B64"/>
+      <c s="34" t="str" r="C64"/>
+      <c s="34" t="str" r="D64"/>
+      <c s="34" t="str" r="E64"/>
+      <c s="34" t="str" r="F64"/>
+      <c s="34" t="str" r="G64"/>
+      <c s="34" t="str" r="H64"/>
+      <c s="34" t="str" r="I64"/>
+      <c s="34" t="str" r="J64"/>
+      <c s="34" t="str" r="K64"/>
+      <c s="34" t="str" r="L64"/>
+      <c s="34" t="str" r="M64"/>
+      <c s="34" t="str" r="N64"/>
+      <c s="30" t="str" r="O64"/>
+    </row>
+    <row r="65" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A65">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B65">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=136)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C65"/>
+      <c s="34" t="str" r="D65"/>
+      <c s="34" t="str" r="E65"/>
+      <c s="34" t="str" r="F65"/>
+      <c s="34" t="str" r="G65"/>
+      <c s="34" t="str" r="H65"/>
+      <c s="34" t="str" r="I65"/>
+      <c s="34" t="str" r="J65"/>
+      <c s="34" t="str" r="K65"/>
+      <c s="34" t="str" r="L65"/>
+      <c s="34" t="str" r="M65"/>
+      <c s="34" t="str" r="N65"/>
+      <c s="30" t="str" r="O65"/>
+    </row>
+    <row r="66" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C66"/>
+      <c s="36" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E66"/>
+      <c s="34" t="str" r="F66"/>
+      <c s="30" t="str" r="G66"/>
+      <c s="36" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I66"/>
+      <c s="34" t="str" r="J66"/>
+      <c s="34" t="str" r="K66"/>
+      <c s="30" t="str" r="L66"/>
+      <c s="36" t="inlineStr" r="M66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N66"/>
+      <c s="30" t="str" r="O66"/>
+    </row>
+    <row r="67" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A67">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B67"/>
+      <c s="34" t="str" r="C67"/>
+      <c s="34" t="str" r="D67"/>
+      <c s="34" t="str" r="E67"/>
+      <c s="34" t="str" r="F67"/>
+      <c s="34" t="str" r="G67"/>
+      <c s="34" t="str" r="H67"/>
+      <c s="34" t="str" r="I67"/>
+      <c s="34" t="str" r="J67"/>
+      <c s="34" t="str" r="K67"/>
+      <c s="34" t="str" r="L67"/>
+      <c s="34" t="str" r="M67"/>
+      <c s="34" t="str" r="N67"/>
+      <c s="30" t="str" r="O67"/>
+    </row>
+    <row r="68" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B68">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=136)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C68"/>
+      <c s="34" t="str" r="D68"/>
+      <c s="34" t="str" r="E68"/>
+      <c s="34" t="str" r="F68"/>
+      <c s="34" t="str" r="G68"/>
+      <c s="34" t="str" r="H68"/>
+      <c s="34" t="str" r="I68"/>
+      <c s="34" t="str" r="J68"/>
+      <c s="34" t="str" r="K68"/>
+      <c s="34" t="str" r="L68"/>
+      <c s="34" t="str" r="M68"/>
+      <c s="34" t="str" r="N68"/>
+      <c s="30" t="str" r="O68"/>
+    </row>
+    <row r="69" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C69"/>
+      <c s="31" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B70"/>
+      <c s="34" t="str" r="C70"/>
+      <c s="34" t="str" r="D70"/>
+      <c s="34" t="str" r="E70"/>
+      <c s="34" t="str" r="F70"/>
+      <c s="34" t="str" r="G70"/>
+      <c s="34" t="str" r="H70"/>
+      <c s="34" t="str" r="I70"/>
+      <c s="34" t="str" r="J70"/>
+      <c s="34" t="str" r="K70"/>
+      <c s="34" t="str" r="L70"/>
+      <c s="34" t="str" r="M70"/>
+      <c s="34" t="str" r="N70"/>
+      <c s="30" t="str" r="O70"/>
+    </row>
+    <row r="71" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B71">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=209)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C71"/>
+      <c s="34" t="str" r="D71"/>
+      <c s="34" t="str" r="E71"/>
+      <c s="34" t="str" r="F71"/>
+      <c s="34" t="str" r="G71"/>
+      <c s="34" t="str" r="H71"/>
+      <c s="34" t="str" r="I71"/>
+      <c s="34" t="str" r="J71"/>
+      <c s="34" t="str" r="K71"/>
+      <c s="34" t="str" r="L71"/>
+      <c s="34" t="str" r="M71"/>
+      <c s="34" t="str" r="N71"/>
+      <c s="30" t="str" r="O71"/>
+    </row>
+    <row r="72" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C72"/>
+      <c s="36" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E72"/>
+      <c s="34" t="str" r="F72"/>
+      <c s="30" t="str" r="G72"/>
+      <c s="36" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I72"/>
+      <c s="34" t="str" r="J72"/>
+      <c s="34" t="str" r="K72"/>
+      <c s="30" t="str" r="L72"/>
+      <c s="36" t="inlineStr" r="M72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N72"/>
+      <c s="30" t="str" r="O72"/>
+    </row>
+    <row r="73" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A73">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B73"/>
+      <c s="34" t="str" r="C73"/>
+      <c s="34" t="str" r="D73"/>
+      <c s="34" t="str" r="E73"/>
+      <c s="34" t="str" r="F73"/>
+      <c s="34" t="str" r="G73"/>
+      <c s="34" t="str" r="H73"/>
+      <c s="34" t="str" r="I73"/>
+      <c s="34" t="str" r="J73"/>
+      <c s="34" t="str" r="K73"/>
+      <c s="34" t="str" r="L73"/>
+      <c s="34" t="str" r="M73"/>
+      <c s="34" t="str" r="N73"/>
+      <c s="30" t="str" r="O73"/>
+    </row>
+    <row r="74" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A74">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B74">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=209)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C74"/>
+      <c s="34" t="str" r="D74"/>
+      <c s="34" t="str" r="E74"/>
+      <c s="34" t="str" r="F74"/>
+      <c s="34" t="str" r="G74"/>
+      <c s="34" t="str" r="H74"/>
+      <c s="34" t="str" r="I74"/>
+      <c s="34" t="str" r="J74"/>
+      <c s="34" t="str" r="K74"/>
+      <c s="34" t="str" r="L74"/>
+      <c s="34" t="str" r="M74"/>
+      <c s="34" t="str" r="N74"/>
+      <c s="30" t="str" r="O74"/>
+    </row>
+    <row r="75" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C75"/>
+      <c s="31" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B76"/>
+      <c s="34" t="str" r="C76"/>
+      <c s="34" t="str" r="D76"/>
+      <c s="34" t="str" r="E76"/>
+      <c s="34" t="str" r="F76"/>
+      <c s="34" t="str" r="G76"/>
+      <c s="34" t="str" r="H76"/>
+      <c s="34" t="str" r="I76"/>
+      <c s="34" t="str" r="J76"/>
+      <c s="34" t="str" r="K76"/>
+      <c s="34" t="str" r="L76"/>
+      <c s="34" t="str" r="M76"/>
+      <c s="34" t="str" r="N76"/>
+      <c s="30" t="str" r="O76"/>
+    </row>
+    <row r="77" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A77">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=25)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C77"/>
+      <c s="34" t="str" r="D77"/>
+      <c s="34" t="str" r="E77"/>
+      <c s="34" t="str" r="F77"/>
+      <c s="34" t="str" r="G77"/>
+      <c s="34" t="str" r="H77"/>
+      <c s="34" t="str" r="I77"/>
+      <c s="34" t="str" r="J77"/>
+      <c s="34" t="str" r="K77"/>
+      <c s="34" t="str" r="L77"/>
+      <c s="34" t="str" r="M77"/>
+      <c s="34" t="str" r="N77"/>
+      <c s="30" t="str" r="O77"/>
+    </row>
+    <row r="78" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C78"/>
+      <c s="36" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E78"/>
+      <c s="34" t="str" r="F78"/>
+      <c s="30" t="str" r="G78"/>
+      <c s="36" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I78"/>
+      <c s="34" t="str" r="J78"/>
+      <c s="34" t="str" r="K78"/>
+      <c s="30" t="str" r="L78"/>
+      <c s="36" t="inlineStr" r="M78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N78"/>
+      <c s="30" t="str" r="O78"/>
+    </row>
+    <row r="79" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B79"/>
+      <c s="34" t="str" r="C79"/>
+      <c s="34" t="str" r="D79"/>
+      <c s="34" t="str" r="E79"/>
+      <c s="34" t="str" r="F79"/>
+      <c s="34" t="str" r="G79"/>
+      <c s="34" t="str" r="H79"/>
+      <c s="34" t="str" r="I79"/>
+      <c s="34" t="str" r="J79"/>
+      <c s="34" t="str" r="K79"/>
+      <c s="34" t="str" r="L79"/>
+      <c s="34" t="str" r="M79"/>
+      <c s="34" t="str" r="N79"/>
+      <c s="30" t="str" r="O79"/>
+    </row>
+    <row r="80" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B80">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=25)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C80"/>
+      <c s="34" t="str" r="D80"/>
+      <c s="34" t="str" r="E80"/>
+      <c s="34" t="str" r="F80"/>
+      <c s="34" t="str" r="G80"/>
+      <c s="34" t="str" r="H80"/>
+      <c s="34" t="str" r="I80"/>
+      <c s="34" t="str" r="J80"/>
+      <c s="34" t="str" r="K80"/>
+      <c s="34" t="str" r="L80"/>
+      <c s="34" t="str" r="M80"/>
+      <c s="34" t="str" r="N80"/>
+      <c s="30" t="str" r="O80"/>
+    </row>
+    <row r="81" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C81"/>
+      <c s="31" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B82"/>
+      <c s="34" t="str" r="C82"/>
+      <c s="34" t="str" r="D82"/>
+      <c s="34" t="str" r="E82"/>
+      <c s="34" t="str" r="F82"/>
+      <c s="34" t="str" r="G82"/>
+      <c s="34" t="str" r="H82"/>
+      <c s="34" t="str" r="I82"/>
+      <c s="34" t="str" r="J82"/>
+      <c s="34" t="str" r="K82"/>
+      <c s="34" t="str" r="L82"/>
+      <c s="34" t="str" r="M82"/>
+      <c s="34" t="str" r="N82"/>
+      <c s="30" t="str" r="O82"/>
+    </row>
+    <row r="83" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B83">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=11)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C83"/>
+      <c s="34" t="str" r="D83"/>
+      <c s="34" t="str" r="E83"/>
+      <c s="34" t="str" r="F83"/>
+      <c s="34" t="str" r="G83"/>
+      <c s="34" t="str" r="H83"/>
+      <c s="34" t="str" r="I83"/>
+      <c s="34" t="str" r="J83"/>
+      <c s="34" t="str" r="K83"/>
+      <c s="34" t="str" r="L83"/>
+      <c s="34" t="str" r="M83"/>
+      <c s="34" t="str" r="N83"/>
+      <c s="30" t="str" r="O83"/>
+    </row>
+    <row r="84" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C84"/>
+      <c s="36" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E84"/>
+      <c s="34" t="str" r="F84"/>
+      <c s="30" t="str" r="G84"/>
+      <c s="36" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I84"/>
+      <c s="34" t="str" r="J84"/>
+      <c s="34" t="str" r="K84"/>
+      <c s="30" t="str" r="L84"/>
+      <c s="36" t="inlineStr" r="M84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N84"/>
+      <c s="30" t="str" r="O84"/>
+    </row>
+    <row r="85" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B85"/>
+      <c s="34" t="str" r="C85"/>
+      <c s="34" t="str" r="D85"/>
+      <c s="34" t="str" r="E85"/>
+      <c s="34" t="str" r="F85"/>
+      <c s="34" t="str" r="G85"/>
+      <c s="34" t="str" r="H85"/>
+      <c s="34" t="str" r="I85"/>
+      <c s="34" t="str" r="J85"/>
+      <c s="34" t="str" r="K85"/>
+      <c s="34" t="str" r="L85"/>
+      <c s="34" t="str" r="M85"/>
+      <c s="34" t="str" r="N85"/>
+      <c s="30" t="str" r="O85"/>
+    </row>
+    <row r="86" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B86">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=11)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C86"/>
+      <c s="34" t="str" r="D86"/>
+      <c s="34" t="str" r="E86"/>
+      <c s="34" t="str" r="F86"/>
+      <c s="34" t="str" r="G86"/>
+      <c s="34" t="str" r="H86"/>
+      <c s="34" t="str" r="I86"/>
+      <c s="34" t="str" r="J86"/>
+      <c s="34" t="str" r="K86"/>
+      <c s="34" t="str" r="L86"/>
+      <c s="34" t="str" r="M86"/>
+      <c s="34" t="str" r="N86"/>
+      <c s="30" t="str" r="O86"/>
+    </row>
+    <row r="87" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A87">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C87"/>
+      <c s="31" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B88"/>
+      <c s="34" t="str" r="C88"/>
+      <c s="34" t="str" r="D88"/>
+      <c s="34" t="str" r="E88"/>
+      <c s="34" t="str" r="F88"/>
+      <c s="34" t="str" r="G88"/>
+      <c s="34" t="str" r="H88"/>
+      <c s="34" t="str" r="I88"/>
+      <c s="34" t="str" r="J88"/>
+      <c s="34" t="str" r="K88"/>
+      <c s="34" t="str" r="L88"/>
+      <c s="34" t="str" r="M88"/>
+      <c s="34" t="str" r="N88"/>
+      <c s="30" t="str" r="O88"/>
+    </row>
+    <row r="89" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A89">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B89">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=113)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C89"/>
+      <c s="34" t="str" r="D89"/>
+      <c s="34" t="str" r="E89"/>
+      <c s="34" t="str" r="F89"/>
+      <c s="34" t="str" r="G89"/>
+      <c s="34" t="str" r="H89"/>
+      <c s="34" t="str" r="I89"/>
+      <c s="34" t="str" r="J89"/>
+      <c s="34" t="str" r="K89"/>
+      <c s="34" t="str" r="L89"/>
+      <c s="34" t="str" r="M89"/>
+      <c s="34" t="str" r="N89"/>
+      <c s="30" t="str" r="O89"/>
+    </row>
+    <row r="90" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C90"/>
+      <c s="36" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E90"/>
+      <c s="34" t="str" r="F90"/>
+      <c s="30" t="str" r="G90"/>
+      <c s="36" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I90"/>
+      <c s="34" t="str" r="J90"/>
+      <c s="34" t="str" r="K90"/>
+      <c s="30" t="str" r="L90"/>
+      <c s="36" t="inlineStr" r="M90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N90"/>
+      <c s="30" t="str" r="O90"/>
+    </row>
+    <row r="91" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B91"/>
+      <c s="34" t="str" r="C91"/>
+      <c s="34" t="str" r="D91"/>
+      <c s="34" t="str" r="E91"/>
+      <c s="34" t="str" r="F91"/>
+      <c s="34" t="str" r="G91"/>
+      <c s="34" t="str" r="H91"/>
+      <c s="34" t="str" r="I91"/>
+      <c s="34" t="str" r="J91"/>
+      <c s="34" t="str" r="K91"/>
+      <c s="34" t="str" r="L91"/>
+      <c s="34" t="str" r="M91"/>
+      <c s="34" t="str" r="N91"/>
+      <c s="30" t="str" r="O91"/>
+    </row>
+    <row r="92" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=113)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C92"/>
+      <c s="34" t="str" r="D92"/>
+      <c s="34" t="str" r="E92"/>
+      <c s="34" t="str" r="F92"/>
+      <c s="34" t="str" r="G92"/>
+      <c s="34" t="str" r="H92"/>
+      <c s="34" t="str" r="I92"/>
+      <c s="34" t="str" r="J92"/>
+      <c s="34" t="str" r="K92"/>
+      <c s="34" t="str" r="L92"/>
+      <c s="34" t="str" r="M92"/>
+      <c s="34" t="str" r="N92"/>
+      <c s="30" t="str" r="O92"/>
+    </row>
+    <row r="93" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A93">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B93">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C93"/>
+      <c s="31" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A94">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B94"/>
+      <c s="34" t="str" r="C94"/>
+      <c s="34" t="str" r="D94"/>
+      <c s="34" t="str" r="E94"/>
+      <c s="34" t="str" r="F94"/>
+      <c s="34" t="str" r="G94"/>
+      <c s="34" t="str" r="H94"/>
+      <c s="34" t="str" r="I94"/>
+      <c s="34" t="str" r="J94"/>
+      <c s="34" t="str" r="K94"/>
+      <c s="34" t="str" r="L94"/>
+      <c s="34" t="str" r="M94"/>
+      <c s="34" t="str" r="N94"/>
+      <c s="30" t="str" r="O94"/>
+    </row>
+    <row r="95" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A95">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B95">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=89)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C95"/>
+      <c s="34" t="str" r="D95"/>
+      <c s="34" t="str" r="E95"/>
+      <c s="34" t="str" r="F95"/>
+      <c s="34" t="str" r="G95"/>
+      <c s="34" t="str" r="H95"/>
+      <c s="34" t="str" r="I95"/>
+      <c s="34" t="str" r="J95"/>
+      <c s="34" t="str" r="K95"/>
+      <c s="34" t="str" r="L95"/>
+      <c s="34" t="str" r="M95"/>
+      <c s="34" t="str" r="N95"/>
+      <c s="30" t="str" r="O95"/>
+    </row>
+    <row r="96" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C96"/>
+      <c s="36" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E96"/>
+      <c s="34" t="str" r="F96"/>
+      <c s="30" t="str" r="G96"/>
+      <c s="36" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I96"/>
+      <c s="34" t="str" r="J96"/>
+      <c s="34" t="str" r="K96"/>
+      <c s="30" t="str" r="L96"/>
+      <c s="36" t="inlineStr" r="M96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N96"/>
+      <c s="30" t="str" r="O96"/>
+    </row>
+    <row r="97" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A97">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B97"/>
+      <c s="34" t="str" r="C97"/>
+      <c s="34" t="str" r="D97"/>
+      <c s="34" t="str" r="E97"/>
+      <c s="34" t="str" r="F97"/>
+      <c s="34" t="str" r="G97"/>
+      <c s="34" t="str" r="H97"/>
+      <c s="34" t="str" r="I97"/>
+      <c s="34" t="str" r="J97"/>
+      <c s="34" t="str" r="K97"/>
+      <c s="34" t="str" r="L97"/>
+      <c s="34" t="str" r="M97"/>
+      <c s="34" t="str" r="N97"/>
+      <c s="30" t="str" r="O97"/>
+    </row>
+    <row r="98" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A98">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B98">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=89)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C98"/>
+      <c s="34" t="str" r="D98"/>
+      <c s="34" t="str" r="E98"/>
+      <c s="34" t="str" r="F98"/>
+      <c s="34" t="str" r="G98"/>
+      <c s="34" t="str" r="H98"/>
+      <c s="34" t="str" r="I98"/>
+      <c s="34" t="str" r="J98"/>
+      <c s="34" t="str" r="K98"/>
+      <c s="34" t="str" r="L98"/>
+      <c s="34" t="str" r="M98"/>
+      <c s="34" t="str" r="N98"/>
+      <c s="30" t="str" r="O98"/>
+    </row>
+    <row r="99" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A99">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B99">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C99"/>
+      <c s="31" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A100">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B100"/>
+      <c s="34" t="str" r="C100"/>
+      <c s="34" t="str" r="D100"/>
+      <c s="34" t="str" r="E100"/>
+      <c s="34" t="str" r="F100"/>
+      <c s="34" t="str" r="G100"/>
+      <c s="34" t="str" r="H100"/>
+      <c s="34" t="str" r="I100"/>
+      <c s="34" t="str" r="J100"/>
+      <c s="34" t="str" r="K100"/>
+      <c s="34" t="str" r="L100"/>
+      <c s="34" t="str" r="M100"/>
+      <c s="34" t="str" r="N100"/>
+      <c s="30" t="str" r="O100"/>
+    </row>
+    <row r="101" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B101">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=335)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C101"/>
+      <c s="34" t="str" r="D101"/>
+      <c s="34" t="str" r="E101"/>
+      <c s="34" t="str" r="F101"/>
+      <c s="34" t="str" r="G101"/>
+      <c s="34" t="str" r="H101"/>
+      <c s="34" t="str" r="I101"/>
+      <c s="34" t="str" r="J101"/>
+      <c s="34" t="str" r="K101"/>
+      <c s="34" t="str" r="L101"/>
+      <c s="34" t="str" r="M101"/>
+      <c s="34" t="str" r="N101"/>
+      <c s="30" t="str" r="O101"/>
+    </row>
+    <row r="102" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C102"/>
+      <c s="36" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E102"/>
+      <c s="34" t="str" r="F102"/>
+      <c s="30" t="str" r="G102"/>
+      <c s="36" t="inlineStr" r="H102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I102"/>
+      <c s="34" t="str" r="J102"/>
+      <c s="34" t="str" r="K102"/>
+      <c s="30" t="str" r="L102"/>
+      <c s="36" t="inlineStr" r="M102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N102"/>
+      <c s="30" t="str" r="O102"/>
+    </row>
+    <row r="103" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A103">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B103"/>
+      <c s="34" t="str" r="C103"/>
+      <c s="34" t="str" r="D103"/>
+      <c s="34" t="str" r="E103"/>
+      <c s="34" t="str" r="F103"/>
+      <c s="34" t="str" r="G103"/>
+      <c s="34" t="str" r="H103"/>
+      <c s="34" t="str" r="I103"/>
+      <c s="34" t="str" r="J103"/>
+      <c s="34" t="str" r="K103"/>
+      <c s="34" t="str" r="L103"/>
+      <c s="34" t="str" r="M103"/>
+      <c s="34" t="str" r="N103"/>
+      <c s="30" t="str" r="O103"/>
+    </row>
+    <row r="104" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A104">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B104">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=335)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C104"/>
+      <c s="34" t="str" r="D104"/>
+      <c s="34" t="str" r="E104"/>
+      <c s="34" t="str" r="F104"/>
+      <c s="34" t="str" r="G104"/>
+      <c s="34" t="str" r="H104"/>
+      <c s="34" t="str" r="I104"/>
+      <c s="34" t="str" r="J104"/>
+      <c s="34" t="str" r="K104"/>
+      <c s="34" t="str" r="L104"/>
+      <c s="34" t="str" r="M104"/>
+      <c s="34" t="str" r="N104"/>
+      <c s="30" t="str" r="O104"/>
+    </row>
+    <row r="105" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A105">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B105">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C105"/>
+      <c s="31" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B106"/>
+      <c s="34" t="str" r="C106"/>
+      <c s="34" t="str" r="D106"/>
+      <c s="34" t="str" r="E106"/>
+      <c s="34" t="str" r="F106"/>
+      <c s="34" t="str" r="G106"/>
+      <c s="34" t="str" r="H106"/>
+      <c s="34" t="str" r="I106"/>
+      <c s="34" t="str" r="J106"/>
+      <c s="34" t="str" r="K106"/>
+      <c s="34" t="str" r="L106"/>
+      <c s="34" t="str" r="M106"/>
+      <c s="34" t="str" r="N106"/>
+      <c s="30" t="str" r="O106"/>
+    </row>
+    <row r="107" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A107">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=27)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C107"/>
+      <c s="34" t="str" r="D107"/>
+      <c s="34" t="str" r="E107"/>
+      <c s="34" t="str" r="F107"/>
+      <c s="34" t="str" r="G107"/>
+      <c s="34" t="str" r="H107"/>
+      <c s="34" t="str" r="I107"/>
+      <c s="34" t="str" r="J107"/>
+      <c s="34" t="str" r="K107"/>
+      <c s="34" t="str" r="L107"/>
+      <c s="34" t="str" r="M107"/>
+      <c s="34" t="str" r="N107"/>
+      <c s="30" t="str" r="O107"/>
+    </row>
+    <row r="108" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C108"/>
+      <c s="36" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E108"/>
+      <c s="34" t="str" r="F108"/>
+      <c s="30" t="str" r="G108"/>
+      <c s="36" t="inlineStr" r="H108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I108"/>
+      <c s="34" t="str" r="J108"/>
+      <c s="34" t="str" r="K108"/>
+      <c s="30" t="str" r="L108"/>
+      <c s="36" t="inlineStr" r="M108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N108"/>
+      <c s="30" t="str" r="O108"/>
+    </row>
+    <row r="109" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A109">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B109"/>
+      <c s="34" t="str" r="C109"/>
+      <c s="34" t="str" r="D109"/>
+      <c s="34" t="str" r="E109"/>
+      <c s="34" t="str" r="F109"/>
+      <c s="34" t="str" r="G109"/>
+      <c s="34" t="str" r="H109"/>
+      <c s="34" t="str" r="I109"/>
+      <c s="34" t="str" r="J109"/>
+      <c s="34" t="str" r="K109"/>
+      <c s="34" t="str" r="L109"/>
+      <c s="34" t="str" r="M109"/>
+      <c s="34" t="str" r="N109"/>
+      <c s="30" t="str" r="O109"/>
+    </row>
+    <row r="110" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A110">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B110">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=27)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C110"/>
+      <c s="34" t="str" r="D110"/>
+      <c s="34" t="str" r="E110"/>
+      <c s="34" t="str" r="F110"/>
+      <c s="34" t="str" r="G110"/>
+      <c s="34" t="str" r="H110"/>
+      <c s="34" t="str" r="I110"/>
+      <c s="34" t="str" r="J110"/>
+      <c s="34" t="str" r="K110"/>
+      <c s="34" t="str" r="L110"/>
+      <c s="34" t="str" r="M110"/>
+      <c s="34" t="str" r="N110"/>
+      <c s="30" t="str" r="O110"/>
+    </row>
+    <row r="111" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C111"/>
+      <c s="31" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A112">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B112"/>
+      <c s="34" t="str" r="C112"/>
+      <c s="34" t="str" r="D112"/>
+      <c s="34" t="str" r="E112"/>
+      <c s="34" t="str" r="F112"/>
+      <c s="34" t="str" r="G112"/>
+      <c s="34" t="str" r="H112"/>
+      <c s="34" t="str" r="I112"/>
+      <c s="34" t="str" r="J112"/>
+      <c s="34" t="str" r="K112"/>
+      <c s="34" t="str" r="L112"/>
+      <c s="34" t="str" r="M112"/>
+      <c s="34" t="str" r="N112"/>
+      <c s="30" t="str" r="O112"/>
+    </row>
+    <row r="113" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A113">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B113">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=80)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C113"/>
+      <c s="34" t="str" r="D113"/>
+      <c s="34" t="str" r="E113"/>
+      <c s="34" t="str" r="F113"/>
+      <c s="34" t="str" r="G113"/>
+      <c s="34" t="str" r="H113"/>
+      <c s="34" t="str" r="I113"/>
+      <c s="34" t="str" r="J113"/>
+      <c s="34" t="str" r="K113"/>
+      <c s="34" t="str" r="L113"/>
+      <c s="34" t="str" r="M113"/>
+      <c s="34" t="str" r="N113"/>
+      <c s="30" t="str" r="O113"/>
+    </row>
+    <row r="114" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C114"/>
+      <c s="36" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E114"/>
+      <c s="34" t="str" r="F114"/>
+      <c s="30" t="str" r="G114"/>
+      <c s="36" t="inlineStr" r="H114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I114"/>
+      <c s="34" t="str" r="J114"/>
+      <c s="34" t="str" r="K114"/>
+      <c s="30" t="str" r="L114"/>
+      <c s="36" t="inlineStr" r="M114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N114"/>
+      <c s="30" t="str" r="O114"/>
+    </row>
+    <row r="115" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A115">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B115"/>
+      <c s="34" t="str" r="C115"/>
+      <c s="34" t="str" r="D115"/>
+      <c s="34" t="str" r="E115"/>
+      <c s="34" t="str" r="F115"/>
+      <c s="34" t="str" r="G115"/>
+      <c s="34" t="str" r="H115"/>
+      <c s="34" t="str" r="I115"/>
+      <c s="34" t="str" r="J115"/>
+      <c s="34" t="str" r="K115"/>
+      <c s="34" t="str" r="L115"/>
+      <c s="34" t="str" r="M115"/>
+      <c s="34" t="str" r="N115"/>
+      <c s="30" t="str" r="O115"/>
+    </row>
+    <row r="116" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B116">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=80)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C116"/>
+      <c s="34" t="str" r="D116"/>
+      <c s="34" t="str" r="E116"/>
+      <c s="34" t="str" r="F116"/>
+      <c s="34" t="str" r="G116"/>
+      <c s="34" t="str" r="H116"/>
+      <c s="34" t="str" r="I116"/>
+      <c s="34" t="str" r="J116"/>
+      <c s="34" t="str" r="K116"/>
+      <c s="34" t="str" r="L116"/>
+      <c s="34" t="str" r="M116"/>
+      <c s="34" t="str" r="N116"/>
+      <c s="30" t="str" r="O116"/>
+    </row>
+    <row r="117" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A117">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C117"/>
+      <c s="31" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A118">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B118"/>
+      <c s="34" t="str" r="C118"/>
+      <c s="34" t="str" r="D118"/>
+      <c s="34" t="str" r="E118"/>
+      <c s="34" t="str" r="F118"/>
+      <c s="34" t="str" r="G118"/>
+      <c s="34" t="str" r="H118"/>
+      <c s="34" t="str" r="I118"/>
+      <c s="34" t="str" r="J118"/>
+      <c s="34" t="str" r="K118"/>
+      <c s="34" t="str" r="L118"/>
+      <c s="34" t="str" r="M118"/>
+      <c s="34" t="str" r="N118"/>
+      <c s="30" t="str" r="O118"/>
+    </row>
+    <row r="119" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A119">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B119">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=348)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C119"/>
+      <c s="34" t="str" r="D119"/>
+      <c s="34" t="str" r="E119"/>
+      <c s="34" t="str" r="F119"/>
+      <c s="34" t="str" r="G119"/>
+      <c s="34" t="str" r="H119"/>
+      <c s="34" t="str" r="I119"/>
+      <c s="34" t="str" r="J119"/>
+      <c s="34" t="str" r="K119"/>
+      <c s="34" t="str" r="L119"/>
+      <c s="34" t="str" r="M119"/>
+      <c s="34" t="str" r="N119"/>
+      <c s="30" t="str" r="O119"/>
+    </row>
+    <row r="120" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C120"/>
+      <c s="36" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E120"/>
+      <c s="34" t="str" r="F120"/>
+      <c s="30" t="str" r="G120"/>
+      <c s="36" t="inlineStr" r="H120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I120"/>
+      <c s="34" t="str" r="J120"/>
+      <c s="34" t="str" r="K120"/>
+      <c s="30" t="str" r="L120"/>
+      <c s="36" t="inlineStr" r="M120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N120"/>
+      <c s="30" t="str" r="O120"/>
+    </row>
+    <row r="121" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B121"/>
+      <c s="34" t="str" r="C121"/>
+      <c s="34" t="str" r="D121"/>
+      <c s="34" t="str" r="E121"/>
+      <c s="34" t="str" r="F121"/>
+      <c s="34" t="str" r="G121"/>
+      <c s="34" t="str" r="H121"/>
+      <c s="34" t="str" r="I121"/>
+      <c s="34" t="str" r="J121"/>
+      <c s="34" t="str" r="K121"/>
+      <c s="34" t="str" r="L121"/>
+      <c s="34" t="str" r="M121"/>
+      <c s="34" t="str" r="N121"/>
+      <c s="30" t="str" r="O121"/>
+    </row>
+    <row r="122" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A122">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=348)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C122"/>
+      <c s="34" t="str" r="D122"/>
+      <c s="34" t="str" r="E122"/>
+      <c s="34" t="str" r="F122"/>
+      <c s="34" t="str" r="G122"/>
+      <c s="34" t="str" r="H122"/>
+      <c s="34" t="str" r="I122"/>
+      <c s="34" t="str" r="J122"/>
+      <c s="34" t="str" r="K122"/>
+      <c s="34" t="str" r="L122"/>
+      <c s="34" t="str" r="M122"/>
+      <c s="34" t="str" r="N122"/>
+      <c s="30" t="str" r="O122"/>
+    </row>
+    <row r="123" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A123">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B123">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C123"/>
+      <c s="31" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A124">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B124"/>
+      <c s="34" t="str" r="C124"/>
+      <c s="34" t="str" r="D124"/>
+      <c s="34" t="str" r="E124"/>
+      <c s="34" t="str" r="F124"/>
+      <c s="34" t="str" r="G124"/>
+      <c s="34" t="str" r="H124"/>
+      <c s="34" t="str" r="I124"/>
+      <c s="34" t="str" r="J124"/>
+      <c s="34" t="str" r="K124"/>
+      <c s="34" t="str" r="L124"/>
+      <c s="34" t="str" r="M124"/>
+      <c s="34" t="str" r="N124"/>
+      <c s="30" t="str" r="O124"/>
+    </row>
+    <row r="125" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A125">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B125">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=33)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C125"/>
+      <c s="34" t="str" r="D125"/>
+      <c s="34" t="str" r="E125"/>
+      <c s="34" t="str" r="F125"/>
+      <c s="34" t="str" r="G125"/>
+      <c s="34" t="str" r="H125"/>
+      <c s="34" t="str" r="I125"/>
+      <c s="34" t="str" r="J125"/>
+      <c s="34" t="str" r="K125"/>
+      <c s="34" t="str" r="L125"/>
+      <c s="34" t="str" r="M125"/>
+      <c s="34" t="str" r="N125"/>
+      <c s="30" t="str" r="O125"/>
+    </row>
+    <row r="126" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C126"/>
+      <c s="36" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E126"/>
+      <c s="34" t="str" r="F126"/>
+      <c s="30" t="str" r="G126"/>
+      <c s="36" t="inlineStr" r="H126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I126"/>
+      <c s="34" t="str" r="J126"/>
+      <c s="34" t="str" r="K126"/>
+      <c s="30" t="str" r="L126"/>
+      <c s="36" t="inlineStr" r="M126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N126"/>
+      <c s="30" t="str" r="O126"/>
+    </row>
+    <row r="127" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A127">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B127"/>
+      <c s="34" t="str" r="C127"/>
+      <c s="34" t="str" r="D127"/>
+      <c s="34" t="str" r="E127"/>
+      <c s="34" t="str" r="F127"/>
+      <c s="34" t="str" r="G127"/>
+      <c s="34" t="str" r="H127"/>
+      <c s="34" t="str" r="I127"/>
+      <c s="34" t="str" r="J127"/>
+      <c s="34" t="str" r="K127"/>
+      <c s="34" t="str" r="L127"/>
+      <c s="34" t="str" r="M127"/>
+      <c s="34" t="str" r="N127"/>
+      <c s="30" t="str" r="O127"/>
+    </row>
+    <row r="128" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A128">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B128">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=33)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C128"/>
+      <c s="34" t="str" r="D128"/>
+      <c s="34" t="str" r="E128"/>
+      <c s="34" t="str" r="F128"/>
+      <c s="34" t="str" r="G128"/>
+      <c s="34" t="str" r="H128"/>
+      <c s="34" t="str" r="I128"/>
+      <c s="34" t="str" r="J128"/>
+      <c s="34" t="str" r="K128"/>
+      <c s="34" t="str" r="L128"/>
+      <c s="34" t="str" r="M128"/>
+      <c s="34" t="str" r="N128"/>
+      <c s="30" t="str" r="O128"/>
+    </row>
+    <row r="129" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A129">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B129">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C129"/>
+      <c s="31" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A130">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B130"/>
+      <c s="34" t="str" r="C130"/>
+      <c s="34" t="str" r="D130"/>
+      <c s="34" t="str" r="E130"/>
+      <c s="34" t="str" r="F130"/>
+      <c s="34" t="str" r="G130"/>
+      <c s="34" t="str" r="H130"/>
+      <c s="34" t="str" r="I130"/>
+      <c s="34" t="str" r="J130"/>
+      <c s="34" t="str" r="K130"/>
+      <c s="34" t="str" r="L130"/>
+      <c s="34" t="str" r="M130"/>
+      <c s="34" t="str" r="N130"/>
+      <c s="30" t="str" r="O130"/>
+    </row>
+    <row r="131" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B131">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=181)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C131"/>
+      <c s="34" t="str" r="D131"/>
+      <c s="34" t="str" r="E131"/>
+      <c s="34" t="str" r="F131"/>
+      <c s="34" t="str" r="G131"/>
+      <c s="34" t="str" r="H131"/>
+      <c s="34" t="str" r="I131"/>
+      <c s="34" t="str" r="J131"/>
+      <c s="34" t="str" r="K131"/>
+      <c s="34" t="str" r="L131"/>
+      <c s="34" t="str" r="M131"/>
+      <c s="34" t="str" r="N131"/>
+      <c s="30" t="str" r="O131"/>
+    </row>
+    <row r="132" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C132"/>
+      <c s="36" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E132"/>
+      <c s="34" t="str" r="F132"/>
+      <c s="30" t="str" r="G132"/>
+      <c s="36" t="inlineStr" r="H132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I132"/>
+      <c s="34" t="str" r="J132"/>
+      <c s="34" t="str" r="K132"/>
+      <c s="30" t="str" r="L132"/>
+      <c s="36" t="inlineStr" r="M132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N132"/>
+      <c s="30" t="str" r="O132"/>
+    </row>
+    <row r="133" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A133">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B133"/>
+      <c s="34" t="str" r="C133"/>
+      <c s="34" t="str" r="D133"/>
+      <c s="34" t="str" r="E133"/>
+      <c s="34" t="str" r="F133"/>
+      <c s="34" t="str" r="G133"/>
+      <c s="34" t="str" r="H133"/>
+      <c s="34" t="str" r="I133"/>
+      <c s="34" t="str" r="J133"/>
+      <c s="34" t="str" r="K133"/>
+      <c s="34" t="str" r="L133"/>
+      <c s="34" t="str" r="M133"/>
+      <c s="34" t="str" r="N133"/>
+      <c s="30" t="str" r="O133"/>
+    </row>
+    <row r="134" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A134">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B134">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=181)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C134"/>
+      <c s="34" t="str" r="D134"/>
+      <c s="34" t="str" r="E134"/>
+      <c s="34" t="str" r="F134"/>
+      <c s="34" t="str" r="G134"/>
+      <c s="34" t="str" r="H134"/>
+      <c s="34" t="str" r="I134"/>
+      <c s="34" t="str" r="J134"/>
+      <c s="34" t="str" r="K134"/>
+      <c s="34" t="str" r="L134"/>
+      <c s="34" t="str" r="M134"/>
+      <c s="34" t="str" r="N134"/>
+      <c s="30" t="str" r="O134"/>
+    </row>
+    <row r="135" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A135">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B135">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C135"/>
+      <c s="31" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B136"/>
+      <c s="34" t="str" r="C136"/>
+      <c s="34" t="str" r="D136"/>
+      <c s="34" t="str" r="E136"/>
+      <c s="34" t="str" r="F136"/>
+      <c s="34" t="str" r="G136"/>
+      <c s="34" t="str" r="H136"/>
+      <c s="34" t="str" r="I136"/>
+      <c s="34" t="str" r="J136"/>
+      <c s="34" t="str" r="K136"/>
+      <c s="34" t="str" r="L136"/>
+      <c s="34" t="str" r="M136"/>
+      <c s="34" t="str" r="N136"/>
+      <c s="30" t="str" r="O136"/>
+    </row>
+    <row r="137" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A137">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=149)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C137"/>
+      <c s="34" t="str" r="D137"/>
+      <c s="34" t="str" r="E137"/>
+      <c s="34" t="str" r="F137"/>
+      <c s="34" t="str" r="G137"/>
+      <c s="34" t="str" r="H137"/>
+      <c s="34" t="str" r="I137"/>
+      <c s="34" t="str" r="J137"/>
+      <c s="34" t="str" r="K137"/>
+      <c s="34" t="str" r="L137"/>
+      <c s="34" t="str" r="M137"/>
+      <c s="34" t="str" r="N137"/>
+      <c s="30" t="str" r="O137"/>
+    </row>
+    <row r="138" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C138"/>
+      <c s="36" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E138"/>
+      <c s="34" t="str" r="F138"/>
+      <c s="30" t="str" r="G138"/>
+      <c s="36" t="inlineStr" r="H138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I138"/>
+      <c s="34" t="str" r="J138"/>
+      <c s="34" t="str" r="K138"/>
+      <c s="30" t="str" r="L138"/>
+      <c s="36" t="inlineStr" r="M138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N138"/>
+      <c s="30" t="str" r="O138"/>
+    </row>
+    <row r="139" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A139">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B139"/>
+      <c s="34" t="str" r="C139"/>
+      <c s="34" t="str" r="D139"/>
+      <c s="34" t="str" r="E139"/>
+      <c s="34" t="str" r="F139"/>
+      <c s="34" t="str" r="G139"/>
+      <c s="34" t="str" r="H139"/>
+      <c s="34" t="str" r="I139"/>
+      <c s="34" t="str" r="J139"/>
+      <c s="34" t="str" r="K139"/>
+      <c s="34" t="str" r="L139"/>
+      <c s="34" t="str" r="M139"/>
+      <c s="34" t="str" r="N139"/>
+      <c s="30" t="str" r="O139"/>
+    </row>
+    <row r="140" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A140">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B140">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=149)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C140"/>
+      <c s="34" t="str" r="D140"/>
+      <c s="34" t="str" r="E140"/>
+      <c s="34" t="str" r="F140"/>
+      <c s="34" t="str" r="G140"/>
+      <c s="34" t="str" r="H140"/>
+      <c s="34" t="str" r="I140"/>
+      <c s="34" t="str" r="J140"/>
+      <c s="34" t="str" r="K140"/>
+      <c s="34" t="str" r="L140"/>
+      <c s="34" t="str" r="M140"/>
+      <c s="34" t="str" r="N140"/>
+      <c s="30" t="str" r="O140"/>
+    </row>
+    <row r="141" ht="19.75" customHeight="1"/>
+    <row r="142" ht="0.05" customHeight="1"/>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="C3:D4"/>
+    <mergeCell ref="F4:J5"/>
+    <mergeCell ref="L4:P5"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="D12:O12"/>
+    <mergeCell ref="B13:O13"/>
+    <mergeCell ref="B14:O14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="D15:G15"/>
+    <mergeCell ref="H15:L15"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="B16:O16"/>
+    <mergeCell ref="B17:O17"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D18:O18"/>
+    <mergeCell ref="B19:O19"/>
+    <mergeCell ref="B20:O20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:G21"/>
+    <mergeCell ref="H21:L21"/>
+    <mergeCell ref="M21:O21"/>
+    <mergeCell ref="B22:O22"/>
+    <mergeCell ref="B23:O23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:O24"/>
+    <mergeCell ref="B25:O25"/>
+    <mergeCell ref="B26:O26"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="D27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:O27"/>
+    <mergeCell ref="B28:O28"/>
+    <mergeCell ref="B29:O29"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:O30"/>
+    <mergeCell ref="B31:O31"/>
+    <mergeCell ref="B32:O32"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:G33"/>
+    <mergeCell ref="H33:L33"/>
+    <mergeCell ref="M33:O33"/>
+    <mergeCell ref="B34:O34"/>
+    <mergeCell ref="B35:O35"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:O36"/>
+    <mergeCell ref="B37:O37"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:G38"/>
+    <mergeCell ref="H38:L38"/>
+    <mergeCell ref="M38:O38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:O39"/>
+    <mergeCell ref="B40:O40"/>
+    <mergeCell ref="B41:O41"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:G42"/>
+    <mergeCell ref="H42:L42"/>
+    <mergeCell ref="M42:O42"/>
+    <mergeCell ref="B43:O43"/>
+    <mergeCell ref="B44:O44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:O45"/>
+    <mergeCell ref="B46:O46"/>
+    <mergeCell ref="B47:O47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:G48"/>
+    <mergeCell ref="H48:L48"/>
+    <mergeCell ref="M48:O48"/>
+    <mergeCell ref="B49:O49"/>
+    <mergeCell ref="B50:O50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:O51"/>
+    <mergeCell ref="B52:O52"/>
+    <mergeCell ref="B53:O53"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="D54:G54"/>
+    <mergeCell ref="H54:L54"/>
+    <mergeCell ref="M54:O54"/>
+    <mergeCell ref="B55:O55"/>
+    <mergeCell ref="B56:O56"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:O57"/>
+    <mergeCell ref="B58:O58"/>
+    <mergeCell ref="B59:O59"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="D60:G60"/>
+    <mergeCell ref="H60:L60"/>
+    <mergeCell ref="M60:O60"/>
+    <mergeCell ref="B61:O61"/>
+    <mergeCell ref="B62:O62"/>
+    <mergeCell ref="B63:C63"/>
+    <mergeCell ref="D63:O63"/>
+    <mergeCell ref="B64:O64"/>
+    <mergeCell ref="B65:O65"/>
+    <mergeCell ref="B66:C66"/>
+    <mergeCell ref="D66:G66"/>
+    <mergeCell ref="H66:L66"/>
+    <mergeCell ref="M66:O66"/>
+    <mergeCell ref="B67:O67"/>
+    <mergeCell ref="B68:O68"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="D69:O69"/>
+    <mergeCell ref="B70:O70"/>
+    <mergeCell ref="B71:O71"/>
+    <mergeCell ref="B72:C72"/>
+    <mergeCell ref="D72:G72"/>
+    <mergeCell ref="H72:L72"/>
+    <mergeCell ref="M72:O72"/>
+    <mergeCell ref="B73:O73"/>
+    <mergeCell ref="B74:O74"/>
+    <mergeCell ref="B75:C75"/>
+    <mergeCell ref="D75:O75"/>
+    <mergeCell ref="B76:O76"/>
+    <mergeCell ref="B77:O77"/>
+    <mergeCell ref="B78:C78"/>
+    <mergeCell ref="D78:G78"/>
+    <mergeCell ref="H78:L78"/>
+    <mergeCell ref="M78:O78"/>
+    <mergeCell ref="B79:O79"/>
+    <mergeCell ref="B80:O80"/>
+    <mergeCell ref="B81:C81"/>
+    <mergeCell ref="D81:O81"/>
+    <mergeCell ref="B82:O82"/>
+    <mergeCell ref="B83:O83"/>
+    <mergeCell ref="B84:C84"/>
+    <mergeCell ref="D84:G84"/>
+    <mergeCell ref="H84:L84"/>
+    <mergeCell ref="M84:O84"/>
+    <mergeCell ref="B85:O85"/>
+    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="D87:O87"/>
+    <mergeCell ref="B88:O88"/>
+    <mergeCell ref="B89:O89"/>
+    <mergeCell ref="B90:C90"/>
+    <mergeCell ref="D90:G90"/>
+    <mergeCell ref="H90:L90"/>
+    <mergeCell ref="M90:O90"/>
+    <mergeCell ref="B91:O91"/>
+    <mergeCell ref="B92:O92"/>
+    <mergeCell ref="B93:C93"/>
+    <mergeCell ref="D93:O93"/>
+    <mergeCell ref="B94:O94"/>
+    <mergeCell ref="B95:O95"/>
+    <mergeCell ref="B96:C96"/>
+    <mergeCell ref="D96:G96"/>
+    <mergeCell ref="H96:L96"/>
+    <mergeCell ref="M96:O96"/>
+    <mergeCell ref="B97:O97"/>
+    <mergeCell ref="B98:O98"/>
+    <mergeCell ref="B99:C99"/>
+    <mergeCell ref="D99:O99"/>
+    <mergeCell ref="B100:O100"/>
+    <mergeCell ref="B101:O101"/>
+    <mergeCell ref="B102:C102"/>
+    <mergeCell ref="D102:G102"/>
+    <mergeCell ref="H102:L102"/>
+    <mergeCell ref="M102:O102"/>
+    <mergeCell ref="B103:O103"/>
+    <mergeCell ref="B104:O104"/>
+    <mergeCell ref="B105:C105"/>
+    <mergeCell ref="D105:O105"/>
+    <mergeCell ref="B106:O106"/>
+    <mergeCell ref="B107:O107"/>
+    <mergeCell ref="B108:C108"/>
+    <mergeCell ref="D108:G108"/>
+    <mergeCell ref="H108:L108"/>
+    <mergeCell ref="M108:O108"/>
+    <mergeCell ref="B109:O109"/>
+    <mergeCell ref="B110:O110"/>
+    <mergeCell ref="B111:C111"/>
+    <mergeCell ref="D111:O111"/>
+    <mergeCell ref="B112:O112"/>
+    <mergeCell ref="B113:O113"/>
+    <mergeCell ref="B114:C114"/>
+    <mergeCell ref="D114:G114"/>
+    <mergeCell ref="H114:L114"/>
+    <mergeCell ref="M114:O114"/>
+    <mergeCell ref="B115:O115"/>
+    <mergeCell ref="B116:O116"/>
+    <mergeCell ref="B117:C117"/>
+    <mergeCell ref="D117:O117"/>
+    <mergeCell ref="B118:O118"/>
+    <mergeCell ref="B119:O119"/>
+    <mergeCell ref="B120:C120"/>
+    <mergeCell ref="D120:G120"/>
+    <mergeCell ref="H120:L120"/>
+    <mergeCell ref="M120:O120"/>
+    <mergeCell ref="B121:O121"/>
+    <mergeCell ref="B122:O122"/>
+    <mergeCell ref="B123:C123"/>
+    <mergeCell ref="D123:O123"/>
+    <mergeCell ref="B124:O124"/>
+    <mergeCell ref="B125:O125"/>
+    <mergeCell ref="B126:C126"/>
+    <mergeCell ref="D126:G126"/>
+    <mergeCell ref="H126:L126"/>
+    <mergeCell ref="M126:O126"/>
+    <mergeCell ref="B127:O127"/>
+    <mergeCell ref="B128:O128"/>
+    <mergeCell ref="B129:C129"/>
+    <mergeCell ref="D129:O129"/>
+    <mergeCell ref="B130:O130"/>
+    <mergeCell ref="B131:O131"/>
+    <mergeCell ref="B132:C132"/>
+    <mergeCell ref="D132:G132"/>
+    <mergeCell ref="H132:L132"/>
+    <mergeCell ref="M132:O132"/>
+    <mergeCell ref="B133:O133"/>
+    <mergeCell ref="B134:O134"/>
+    <mergeCell ref="B135:C135"/>
+    <mergeCell ref="D135:O135"/>
+    <mergeCell ref="B136:O136"/>
+    <mergeCell ref="B137:O137"/>
+    <mergeCell ref="B138:C138"/>
+    <mergeCell ref="D138:G138"/>
+    <mergeCell ref="H138:L138"/>
+    <mergeCell ref="M138:O138"/>
+    <mergeCell ref="B139:O139"/>
+    <mergeCell ref="B140:O140"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId13"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet68.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.40234375"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.69140625"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.4609375"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="15.08203125"/>
+    <col min="20" max="20" customWidth="1" width="3.421875"/>
+    <col min="21" max="21" customWidth="1" width="78.171875"/>
+    <col min="22" max="22" customWidth="1" width="8.9140625"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of November 03, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">RECEIVED Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve">Count of
+participating
+programs</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Count of
+top 10%
+programs</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">10% count of
+signals</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Sum of
+total signals
+received</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">% of top 10%
+signals</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="6.45" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B12"/>
+      <c s="38" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D12"/>
+      <c s="39" t="str" r="E12"/>
+      <c s="39" t="str" r="F12"/>
+      <c s="39" t="str" r="G12"/>
+      <c s="40" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I12"/>
+      <c s="41" r="J12">
+        <v>177</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="41" r="M12">
+        <v>18</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="41" r="P12">
+        <v>4087</v>
+      </c>
+      <c s="41" r="R12">
+        <v>17706</v>
+      </c>
+      <c s="42" r="S12">
+        <v>0.230826</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B13"/>
+      <c s="38" t="inlineStr" r="C13">
+        <is>
+          <t xml:space="preserve">Anesthesiology (10 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D13"/>
+      <c s="39" t="str" r="E13"/>
+      <c s="39" t="str" r="F13"/>
+      <c s="39" t="str" r="G13"/>
+      <c s="40" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I13"/>
+      <c s="41" r="J13">
+        <v>177</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="41" r="M13">
+        <v>18</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="41" r="P13">
+        <v>6653</v>
+      </c>
+      <c s="41" r="R13">
+        <v>33913</v>
+      </c>
+      <c s="42" r="S13">
+        <v>0.196178</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B14"/>
+      <c s="43" t="inlineStr" r="C14">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D14"/>
+      <c s="39" t="str" r="E14"/>
+      <c s="39" t="str" r="F14"/>
+      <c s="39" t="str" r="G14"/>
+      <c s="44" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I14"/>
+      <c s="41" r="J14">
+        <v>81</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="41" r="M14">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="41" r="P14">
+        <v>378</v>
+      </c>
+      <c s="41" r="R14">
+        <v>1315</v>
+      </c>
+      <c s="42" r="S14">
+        <v>0.287452</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B15"/>
+      <c s="38" t="inlineStr" r="C15">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D15"/>
+      <c s="39" t="str" r="E15"/>
+      <c s="39" t="str" r="F15"/>
+      <c s="39" t="str" r="G15"/>
+      <c s="40" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I15"/>
+      <c s="41" r="J15">
+        <v>141</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="41" r="M15">
+        <v>14</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="41" r="P15">
+        <v>821</v>
+      </c>
+      <c s="41" r="R15">
+        <v>3953</v>
+      </c>
+      <c s="42" r="S15">
+        <v>0.20769</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B16"/>
+      <c s="38" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Dermatology (25 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D16"/>
+      <c s="39" t="str" r="E16"/>
+      <c s="39" t="str" r="F16"/>
+      <c s="39" t="str" r="G16"/>
+      <c s="40" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I16"/>
+      <c s="41" r="J16">
+        <v>141</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="41" r="M16">
+        <v>14</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="41" r="P16">
+        <v>4826</v>
+      </c>
+      <c s="41" r="R16">
+        <v>30137</v>
+      </c>
+      <c s="42" r="S16">
+        <v>0.160135</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B17"/>
+      <c s="43" t="inlineStr" r="C17">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D17"/>
+      <c s="39" t="str" r="E17"/>
+      <c s="39" t="str" r="F17"/>
+      <c s="39" t="str" r="G17"/>
+      <c s="44" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I17"/>
+      <c s="41" r="J17">
+        <v>775</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="41" r="M17">
+        <v>78</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="41" r="P17">
+        <v>17300</v>
+      </c>
+      <c s="41" r="R17">
+        <v>53920</v>
+      </c>
+      <c s="42" r="S17">
+        <v>0.320846</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B18"/>
+      <c s="38" t="inlineStr" r="C18">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D18"/>
+      <c s="39" t="str" r="E18"/>
+      <c s="39" t="str" r="F18"/>
+      <c s="39" t="str" r="G18"/>
+      <c s="40" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I18"/>
+      <c s="41" r="J18">
+        <v>674</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="41" r="M18">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="41" r="P18">
+        <v>26484</v>
+      </c>
+      <c s="41" r="R18">
+        <v>78111</v>
+      </c>
+      <c s="42" r="S18">
+        <v>0.339056</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B19"/>
+      <c s="38" t="inlineStr" r="C19">
+        <is>
+          <t xml:space="preserve">Internal Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D19"/>
+      <c s="39" t="str" r="E19"/>
+      <c s="39" t="str" r="F19"/>
+      <c s="39" t="str" r="G19"/>
+      <c s="40" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I19"/>
+      <c s="41" r="J19">
+        <v>673</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="41" r="M19">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="41" r="P19">
+        <v>79001</v>
+      </c>
+      <c s="41" r="R19">
+        <v>290028</v>
+      </c>
+      <c s="42" r="S19">
+        <v>0.272391</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B20"/>
+      <c s="43" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D20"/>
+      <c s="39" t="str" r="E20"/>
+      <c s="39" t="str" r="F20"/>
+      <c s="39" t="str" r="G20"/>
+      <c s="44" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I20"/>
+      <c s="41" r="J20">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="41" r="M20">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="41" r="P20">
+        <v>73</v>
+      </c>
+      <c s="41" r="R20">
+        <v>508</v>
+      </c>
+      <c s="42" r="S20">
+        <v>0.143701</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B21"/>
+      <c s="43" t="inlineStr" r="C21">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D21"/>
+      <c s="39" t="str" r="E21"/>
+      <c s="39" t="str" r="F21"/>
+      <c s="39" t="str" r="G21"/>
+      <c s="44" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I21"/>
+      <c s="41" r="J21">
+        <v>100</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="41" r="M21">
+        <v>10</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="41" r="P21">
+        <v>762</v>
+      </c>
+      <c s="41" r="R21">
+        <v>3648</v>
+      </c>
+      <c s="42" r="S21">
+        <v>0.208882</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B22"/>
+      <c s="43" t="inlineStr" r="C22">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D22"/>
+      <c s="39" t="str" r="E22"/>
+      <c s="39" t="str" r="F22"/>
+      <c s="39" t="str" r="G22"/>
+      <c s="44" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I22"/>
+      <c s="41" r="J22">
+        <v>6</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="41" r="M22">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="41" r="P22">
+        <v>17</v>
+      </c>
+      <c s="41" r="R22">
+        <v>67</v>
+      </c>
+      <c s="42" r="S22">
+        <v>0.253731</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B23"/>
+      <c s="43" t="inlineStr" r="C23">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D23"/>
+      <c s="39" t="str" r="E23"/>
+      <c s="39" t="str" r="F23"/>
+      <c s="39" t="str" r="G23"/>
+      <c s="44" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I23"/>
+      <c s="41" r="J23">
+        <v>121</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="41" r="M23">
+        <v>12</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="41" r="P23">
+        <v>2292</v>
+      </c>
+      <c s="41" r="R23">
+        <v>13951</v>
+      </c>
+      <c s="42" r="S23">
+        <v>0.164289</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B24"/>
+      <c s="43" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D24"/>
+      <c s="39" t="str" r="E24"/>
+      <c s="39" t="str" r="F24"/>
+      <c s="39" t="str" r="G24"/>
+      <c s="44" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I24"/>
+      <c s="41" r="J24">
+        <v>193</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="41" r="M24">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="41" r="P24">
+        <v>4383</v>
+      </c>
+      <c s="41" r="R24">
+        <v>20067</v>
+      </c>
+      <c s="42" r="S24">
+        <v>0.218418</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B25"/>
+      <c s="43" t="inlineStr" r="C25">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D25"/>
+      <c s="39" t="str" r="E25"/>
+      <c s="39" t="str" r="F25"/>
+      <c s="39" t="str" r="G25"/>
+      <c s="44" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I25"/>
+      <c s="41" r="J25">
+        <v>201</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="41" r="M25">
+        <v>20</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="41" r="P25">
+        <v>8631</v>
+      </c>
+      <c s="41" r="R25">
+        <v>53557</v>
+      </c>
+      <c s="42" r="S25">
+        <v>0.161155</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B26"/>
+      <c s="43" t="inlineStr" r="C26">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D26"/>
+      <c s="39" t="str" r="E26"/>
+      <c s="39" t="str" r="F26"/>
+      <c s="39" t="str" r="G26"/>
+      <c s="44" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I26"/>
+      <c s="41" r="J26">
+        <v>126</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="41" r="M26">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="41" r="P26">
+        <v>2713</v>
+      </c>
+      <c s="41" r="R26">
+        <v>15747</v>
+      </c>
+      <c s="42" r="S26">
+        <v>0.172287</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B27"/>
+      <c s="43" t="inlineStr" r="C27">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D27"/>
+      <c s="39" t="str" r="E27"/>
+      <c s="39" t="str" r="F27"/>
+      <c s="39" t="str" r="G27"/>
+      <c s="44" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I27"/>
+      <c s="41" r="J27">
+        <v>136</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="41" r="M27">
+        <v>14</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="41" r="P27">
+        <v>1517</v>
+      </c>
+      <c s="41" r="R27">
+        <v>6490</v>
+      </c>
+      <c s="42" r="S27">
+        <v>0.233744</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B28"/>
+      <c s="43" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D28"/>
+      <c s="39" t="str" r="E28"/>
+      <c s="39" t="str" r="F28"/>
+      <c s="39" t="str" r="G28"/>
+      <c s="44" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I28"/>
+      <c s="41" r="J28">
+        <v>209</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="41" r="M28">
+        <v>21</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="41" r="P28">
+        <v>6285</v>
+      </c>
+      <c s="41" r="R28">
+        <v>25543</v>
+      </c>
+      <c s="42" r="S28">
+        <v>0.246056</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B29"/>
+      <c s="43" t="inlineStr" r="C29">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D29"/>
+      <c s="39" t="str" r="E29"/>
+      <c s="39" t="str" r="F29"/>
+      <c s="39" t="str" r="G29"/>
+      <c s="44" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I29"/>
+      <c s="41" r="J29">
+        <v>25</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="41" r="M29">
         <v>3</v>
       </c>
-      <c r="C8" s="18"/>
-[...52 lines deleted...]
-      <c r="M12" s="55">
+      <c s="12" t="str" r="N29"/>
+      <c s="41" r="P29">
+        <v>66</v>
+      </c>
+      <c s="41" r="R29">
+        <v>278</v>
+      </c>
+      <c s="42" r="S29">
+        <v>0.23741</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B30"/>
+      <c s="43" t="inlineStr" r="C30">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D30"/>
+      <c s="39" t="str" r="E30"/>
+      <c s="39" t="str" r="F30"/>
+      <c s="39" t="str" r="G30"/>
+      <c s="44" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I30"/>
+      <c s="41" r="J30">
+        <v>11</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="41" r="M30">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="41" r="P30">
+        <v>71</v>
+      </c>
+      <c s="41" r="R30">
+        <v>456</v>
+      </c>
+      <c s="42" r="S30">
+        <v>0.155702</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B31"/>
+      <c s="43" t="inlineStr" r="C31">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D31"/>
+      <c s="39" t="str" r="E31"/>
+      <c s="39" t="str" r="F31"/>
+      <c s="39" t="str" r="G31"/>
+      <c s="44" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I31"/>
+      <c s="41" r="J31">
+        <v>113</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="41" r="M31">
+        <v>11</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="41" r="P31">
+        <v>3587</v>
+      </c>
+      <c s="41" r="R31">
+        <v>19950</v>
+      </c>
+      <c s="42" r="S31">
+        <v>0.179799</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B32"/>
+      <c s="43" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D32"/>
+      <c s="39" t="str" r="E32"/>
+      <c s="39" t="str" r="F32"/>
+      <c s="39" t="str" r="G32"/>
+      <c s="44" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I32"/>
+      <c s="41" r="J32">
+        <v>89</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="41" r="M32">
+        <v>9</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="41" r="P32">
+        <v>1582</v>
+      </c>
+      <c s="41" r="R32">
+        <v>9461</v>
+      </c>
+      <c s="42" r="S32">
+        <v>0.167213</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B33"/>
+      <c s="43" t="inlineStr" r="C33">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D33"/>
+      <c s="39" t="str" r="E33"/>
+      <c s="39" t="str" r="F33"/>
+      <c s="39" t="str" r="G33"/>
+      <c s="44" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I33"/>
+      <c s="41" r="J33">
+        <v>335</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="41" r="M33">
+        <v>34</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="41" r="P33">
+        <v>9042</v>
+      </c>
+      <c s="41" r="R33">
+        <v>35693</v>
+      </c>
+      <c s="42" r="S33">
+        <v>0.253327</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B34"/>
+      <c s="43" t="inlineStr" r="C34">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D34"/>
+      <c s="39" t="str" r="E34"/>
+      <c s="39" t="str" r="F34"/>
+      <c s="39" t="str" r="G34"/>
+      <c s="44" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I34"/>
+      <c s="41" r="J34">
+        <v>27</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="41" r="M34">
+        <v>3</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="41" r="P34">
+        <v>68</v>
+      </c>
+      <c s="41" r="R34">
+        <v>346</v>
+      </c>
+      <c s="42" r="S34">
+        <v>0.196532</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B35"/>
+      <c s="43" t="inlineStr" r="C35">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D35"/>
+      <c s="39" t="str" r="E35"/>
+      <c s="39" t="str" r="F35"/>
+      <c s="39" t="str" r="G35"/>
+      <c s="44" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I35"/>
+      <c s="41" r="J35">
+        <v>80</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="41" r="M35">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="41" r="P35">
+        <v>313</v>
+      </c>
+      <c s="41" r="R35">
+        <v>1136</v>
+      </c>
+      <c s="42" r="S35">
+        <v>0.275528</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B36"/>
+      <c s="38" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D36"/>
+      <c s="39" t="str" r="E36"/>
+      <c s="39" t="str" r="F36"/>
+      <c s="39" t="str" r="G36"/>
+      <c s="40" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I36"/>
+      <c s="41" r="J36">
+        <v>187</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="41" r="M36">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="41" r="P36">
+        <v>2918</v>
+      </c>
+      <c s="41" r="R36">
+        <v>11892</v>
+      </c>
+      <c s="42" r="S36">
+        <v>0.245375</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B37"/>
+      <c s="38" t="inlineStr" r="C37">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (9 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D37"/>
+      <c s="39" t="str" r="E37"/>
+      <c s="39" t="str" r="F37"/>
+      <c s="39" t="str" r="G37"/>
+      <c s="40" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I37"/>
+      <c s="41" r="J37">
+        <v>186</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="41" r="M37">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="41" r="P37">
+        <v>3214</v>
+      </c>
+      <c s="41" r="R37">
+        <v>16997</v>
+      </c>
+      <c s="42" r="S37">
+        <v>0.189092</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B38"/>
+      <c s="43" t="inlineStr" r="C38">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D38"/>
+      <c s="39" t="str" r="E38"/>
+      <c s="39" t="str" r="F38"/>
+      <c s="39" t="str" r="G38"/>
+      <c s="44" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I38"/>
+      <c s="41" r="J38">
+        <v>348</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="41" r="M38">
+        <v>35</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="41" r="P38">
+        <v>17732</v>
+      </c>
+      <c s="41" r="R38">
+        <v>74412</v>
+      </c>
+      <c s="42" r="S38">
+        <v>0.238295</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B39"/>
+      <c s="43" t="inlineStr" r="C39">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D39"/>
+      <c s="39" t="str" r="E39"/>
+      <c s="39" t="str" r="F39"/>
+      <c s="39" t="str" r="G39"/>
+      <c s="44" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I39"/>
+      <c s="41" r="J39">
+        <v>33</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="41" r="M39">
+        <v>3</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="41" r="P39">
+        <v>98</v>
+      </c>
+      <c s="41" r="R39">
+        <v>511</v>
+      </c>
+      <c s="42" r="S39">
+        <v>0.191781</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B40"/>
+      <c s="43" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D40"/>
+      <c s="39" t="str" r="E40"/>
+      <c s="39" t="str" r="F40"/>
+      <c s="39" t="str" r="G40"/>
+      <c s="44" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I40"/>
+      <c s="41" r="J40">
+        <v>181</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="41" r="M40">
         <v>18</v>
       </c>
-      <c r="N12" s="31"/>
-[...15 lines deleted...]
-      <c r="C13" s="56" t="s">
+      <c s="12" t="str" r="N40"/>
+      <c s="41" r="P40">
+        <v>13995</v>
+      </c>
+      <c s="41" r="R40">
+        <v>62977</v>
+      </c>
+      <c s="42" r="S40">
+        <v>0.222224</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B41"/>
+      <c s="43" t="inlineStr" r="C41">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D41"/>
+      <c s="39" t="str" r="E41"/>
+      <c s="39" t="str" r="F41"/>
+      <c s="39" t="str" r="G41"/>
+      <c s="44" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I41"/>
+      <c s="41" r="J41">
+        <v>149</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="41" r="M41">
         <v>15</v>
       </c>
-      <c r="D13" s="53"/>
-[...992 lines deleted...]
-    <row r="45" spans="1:19" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c s="12" t="str" r="N41"/>
+      <c s="41" r="P41">
+        <v>2804</v>
+      </c>
+      <c s="41" r="R41">
+        <v>16901</v>
+      </c>
+      <c s="42" r="S41">
+        <v>0.165907</v>
+      </c>
+    </row>
+    <row r="42" ht="2.15" customHeight="1"/>
+    <row r="43" ht="15.8" customHeight="1">
+      <c s="27" t="inlineStr" r="B43">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="2.2" customHeight="1"/>
+    <row r="45" ht="18.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="161">
+  <mergeCells>
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:S5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="C12:G12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="M12:N12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
-    <mergeCell ref="A12:B12"/>
-[...3 lines deleted...]
-    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="M14:N14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:G15"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
-    <mergeCell ref="A14:B14"/>
-[...3 lines deleted...]
-    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="M16:N16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:G17"/>
     <mergeCell ref="H17:I17"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="M17:N17"/>
-    <mergeCell ref="A16:B16"/>
-[...3 lines deleted...]
-    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="M18:N18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:G19"/>
     <mergeCell ref="H19:I19"/>
     <mergeCell ref="J19:K19"/>
     <mergeCell ref="M19:N19"/>
-    <mergeCell ref="A18:B18"/>
-[...3 lines deleted...]
-    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="M20:N20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:G21"/>
     <mergeCell ref="H21:I21"/>
     <mergeCell ref="J21:K21"/>
     <mergeCell ref="M21:N21"/>
-    <mergeCell ref="A20:B20"/>
-[...3 lines deleted...]
-    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="M22:N22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:G23"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="J23:K23"/>
     <mergeCell ref="M23:N23"/>
-    <mergeCell ref="A22:B22"/>
-[...3 lines deleted...]
-    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="C25:G25"/>
     <mergeCell ref="H25:I25"/>
     <mergeCell ref="J25:K25"/>
     <mergeCell ref="M25:N25"/>
-    <mergeCell ref="A24:B24"/>
-[...3 lines deleted...]
-    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="M26:N26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="C27:G27"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="J27:K27"/>
     <mergeCell ref="M27:N27"/>
-    <mergeCell ref="A26:B26"/>
-[...3 lines deleted...]
-    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="C29:G29"/>
     <mergeCell ref="H29:I29"/>
     <mergeCell ref="J29:K29"/>
     <mergeCell ref="M29:N29"/>
-    <mergeCell ref="A28:B28"/>
-[...3 lines deleted...]
-    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="C30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:G31"/>
     <mergeCell ref="H31:I31"/>
     <mergeCell ref="J31:K31"/>
     <mergeCell ref="M31:N31"/>
-    <mergeCell ref="A30:B30"/>
-[...3 lines deleted...]
-    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="C32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="M32:N32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="C33:G33"/>
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="J33:K33"/>
     <mergeCell ref="M33:N33"/>
-    <mergeCell ref="A32:B32"/>
-[...3 lines deleted...]
-    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="M34:N34"/>
     <mergeCell ref="A35:B35"/>
     <mergeCell ref="C35:G35"/>
     <mergeCell ref="H35:I35"/>
     <mergeCell ref="J35:K35"/>
     <mergeCell ref="M35:N35"/>
-    <mergeCell ref="A34:B34"/>
-[...3 lines deleted...]
-    <mergeCell ref="M34:N34"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="C36:G36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="M36:N36"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="C37:G37"/>
     <mergeCell ref="H37:I37"/>
     <mergeCell ref="J37:K37"/>
     <mergeCell ref="M37:N37"/>
-    <mergeCell ref="A36:B36"/>
-[...3 lines deleted...]
-    <mergeCell ref="M36:N36"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="C38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="M38:N38"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="C39:G39"/>
     <mergeCell ref="H39:I39"/>
     <mergeCell ref="J39:K39"/>
     <mergeCell ref="M39:N39"/>
-    <mergeCell ref="A38:B38"/>
-[...4 lines deleted...]
-    <mergeCell ref="B43:J43"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="C40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="M40:N40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="C41:G41"/>
     <mergeCell ref="H41:I41"/>
     <mergeCell ref="J41:K41"/>
     <mergeCell ref="M41:N41"/>
-    <mergeCell ref="A40:B40"/>
-[...3 lines deleted...]
-    <mergeCell ref="M40:N40"/>
+    <mergeCell ref="B43:J43"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId77"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...30 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b7f5610f0a9127ab9d7c0d2dbcb5982" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -17139,197 +17085,174 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145148</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145148</Url>
+      <Description>TQ32YHM4J7VE-1507329340-145148</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2275B2B0-411D-4524-B2B1-F28EAEAAD3C6}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C65EBA-BAD8-4ACE-86C7-9397FAD61081}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{962C11AF-F13B-4EF9-B3A6-7D4640B2B5D4}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5084A159-EE0A-45E4-A3E3-93A5E91037B4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5DCA7D7-2D1B-4391-A424-64985487253C}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E9C17DF-6131-4239-B4EF-449D2FA62EEE}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630C6B62-7E01-455F-BE8E-A607DAE3D5BC}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE5CAA25-E8C2-4452-91F6-E1D350F17C59}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...2 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <Pages>0</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <Slides>0</Slides>
+  <Notes>0</Notes>
+  <TotalTime></TotalTime>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
-[...10 lines deleted...]
-    </vt:vector>
+    <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
-  <Manager/>
-[...4 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <LinksUpToDate>0</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
+  <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...11 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>924cc1b4-1eaf-4987-a1ae-9dcbfcf66656</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>d871446b-af5b-4752-87ad-085f4181d822</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>