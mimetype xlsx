--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -1,178 +1,449 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...16 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1-my.sharepoint.com/personal/jwimsatt_aamc_org/Documents/G-Drive/ERAS/Dashboard Job Aids/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D4882949-1CD1-4828-AF3A-DC57EDF2007E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
+    <workbookView xWindow="38400" yWindow="240" windowWidth="28800" windowHeight="15285" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId6"/>
-[...3 lines deleted...]
-    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId76"/>
+    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId1"/>
+    <sheet name="Applicants - Sent Psig" sheetId="2" r:id="rId2"/>
+    <sheet name="Psig Distribution - 1-Tier" sheetId="3" r:id="rId3"/>
+    <sheet name="Psig Distribution - 2-Tier" sheetId="4" r:id="rId4"/>
+    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Applicants - Sent Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Psig Distribution - 1-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Psig Distribution - 2-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Specialty - 10% Signal Rate'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="892" uniqueCount="86">
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Residency Report</t>
+  </si>
+  <si>
+    <t>Data as of December 04, 2025</t>
+  </si>
+  <si>
+    <t>RECEIVED Program Signals
+SPECIALTY (total # of available signals)</t>
+  </si>
+  <si>
+    <t>GRAD TYPE</t>
+  </si>
+  <si>
+    <t># of Signals
+Received
+ERAS 2026</t>
+  </si>
+  <si>
+    <t>Mean</t>
+  </si>
+  <si>
+    <t>Min</t>
+  </si>
+  <si>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>SD</t>
+  </si>
+  <si>
+    <t>Anesthesiology (5 gold)</t>
+  </si>
+  <si>
+    <t>DO</t>
+  </si>
+  <si>
+    <t>IMG</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Overall</t>
+  </si>
+  <si>
+    <t>Anesthesiology (10 silver)</t>
+  </si>
+  <si>
+    <t>Child Neurology (3)</t>
+  </si>
+  <si>
+    <t>Dermatology (3 gold)</t>
+  </si>
+  <si>
+    <t>Dermatology (25 silver)</t>
+  </si>
+  <si>
+    <t>Family Medicine (5)</t>
+  </si>
+  <si>
+    <t>Internal Medicine (3 gold)</t>
+  </si>
+  <si>
+    <t>Internal Medicine (12 silver)</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Psychiatry (2)</t>
+  </si>
+  <si>
+    <t>Interventional Radiology-Integrated (8)</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental Disabilities (3)</t>
+  </si>
+  <si>
+    <t>Neurological Surgery (25)</t>
+  </si>
+  <si>
+    <t>Neurology (8)</t>
+  </si>
+  <si>
+    <t>Orthopaedic Surgery (30)</t>
+  </si>
+  <si>
+    <t>Otolaryngology - Head and Neck Surgery (25)</t>
+  </si>
+  <si>
+    <t>Pathology-Anatomic and Clinical (5)</t>
+  </si>
+  <si>
+    <t>Pediatrics (5)</t>
+  </si>
+  <si>
+    <t>Pediatrics/Medical Genetics (3)</t>
+  </si>
+  <si>
+    <t>Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+  </si>
+  <si>
+    <t>Physical Medicine and Rehabilitation (20)</t>
+  </si>
+  <si>
+    <t>Plastic Surgery-Integrated (20)</t>
+  </si>
+  <si>
+    <t>Psychiatry (10)</t>
+  </si>
+  <si>
+    <t>Public Health and General Preventive Medicine (3)</t>
+  </si>
+  <si>
+    <t>Radiation Oncology (4)</t>
+  </si>
+  <si>
+    <t>Radiology-Diagnostic (6 gold)</t>
+  </si>
+  <si>
+    <t>Radiology-Diagnostic (9 silver)</t>
+  </si>
+  <si>
+    <t>Surgery (15)</t>
+  </si>
+  <si>
+    <t>Thoracic Surgery-Integrated (3)</t>
+  </si>
+  <si>
+    <t>Transitional Year (12)</t>
+  </si>
+  <si>
+    <t>Urology (30)</t>
+  </si>
+  <si>
+    <t>"--" is mask for N &lt; 5</t>
+  </si>
+  <si>
+    <t>SENT Program Signals
+SPECIALTY (total # of available signals)</t>
+  </si>
+  <si>
+    <t># of Applicants who
+Signaled
+ERAS 2026</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Program Signals Distribution
+SPECIALTY</t>
+  </si>
+  <si>
+    <t>ERAS YEAR
+ERAS 2026</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=81)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=775)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=13)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=100)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            *Neurodevelopmental Disabilities histogram is not shown due to &lt;10 programs participating.</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=121)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=193)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=201)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=126)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=136)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=209)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=25)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=11)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=113)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=89)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=335)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=27)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=80)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=348)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=33)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=181)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=149)</t>
+  </si>
+  <si>
+    <t>Anesthesiology (5 gold, 10 silver)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=177)</t>
+  </si>
+  <si>
+    <t>Dermatology (3 gold, 25 silver)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=141)</t>
+  </si>
+  <si>
+    <t>Internal Medicine (3 gold, 12 silver)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=674)</t>
+  </si>
+  <si>
+    <t>Radiology-Diagnostic (6 gold, 9 silver)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=187)</t>
+  </si>
+  <si>
+    <t>Individual Programs (N=186)</t>
+  </si>
+  <si>
+    <t>Count of
+participating
+programs</t>
+  </si>
+  <si>
+    <t>Count of
+top 10%
+programs</t>
+  </si>
+  <si>
+    <t>10% count of
+signals</t>
+  </si>
+  <si>
+    <t>Sum of
+total signals
+received</t>
+  </si>
+  <si>
+    <t>% of top 10%
+signals</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="82" formatCode="[$-010409]#,0;(#,0)"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="84" formatCode="[$-010409]#,0%"/>
+    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\(#,##0\)"/>
+    <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00;\(#,##0.00\)"/>
+    <numFmt numFmtId="166" formatCode="[$-10409]#,##0%"/>
   </numFmts>
-  <fonts count="11">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font/>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
       <i/>
-      <strike val="0"/>
-      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Segoe UI"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0E2841"/>
         <bgColor rgb="FF0E2841"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9E1F2"/>
         <bgColor rgb="FFD9E1F2"/>
       </patternFill>
     </fill>
     <fill>
@@ -378,190 +649,227 @@
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs>
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
-[...2 lines deleted...]
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+  <cellXfs count="58">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
+    <xf numFmtId="165" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="5" borderId="1">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="5" borderId="1">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="6">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="9">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="6" borderId="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="6" borderId="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="6" borderId="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="165" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="6">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="9">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="0" borderId="0">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="5" borderId="12">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="13">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="5" borderId="0">
-[...5 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="14">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="15">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="5" borderId="12">
-      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="5" borderId="12">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="10" fillId="5" borderId="12">
-      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="16">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="17">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="4">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="0" borderId="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="5" fillId="0" borderId="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="16">
-[...3 lines deleted...]
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="000E2841"/>
       <rgbColor rgb="00D9E1F2"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00F2F2F2"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00F0E68C"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -589,5843 +897,6331 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet68.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet50.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing51.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image52.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image53.png" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image54.png" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image55.png" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image56.png" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image57.png" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image58.png" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image59.png" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image60.png" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image61.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image62.png" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image63.png" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image64.png" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image65.png" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image66.png" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image67.png" Id="rId75" /></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing69.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId78" /></Relationships>
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image8.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image9.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image10.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image11.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image12.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image13.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image14.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image15.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image16.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image17.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image18.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image19.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image20.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image21.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image22.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image23.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image24.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image25.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image26.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image27.png" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image28.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image29.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image30.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image31.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image32.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image33.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image34.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image35.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image36.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image37.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image38.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image39.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image40.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image41.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image42.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image43.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image44.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image45.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image46.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image47.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image48.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image49.png" Id="rId56" /></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing51.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1321308</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000010000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000011000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000013000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000014000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Picture 20">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000015000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Picture 21">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000016000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 22">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000017000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Picture 23">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000018000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 24">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000019000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Picture 25">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00001A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 26">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00001B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Picture 27">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00001C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Picture 28">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00001D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Picture 29">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00001E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Picture 30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00001F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Picture 31">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000020000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Picture 32">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000021000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Picture 33">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000022000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Picture 34">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000023000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Picture 35">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000024000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Picture 36">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000025000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Picture 37">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000026000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 38">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000027000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Picture 39">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000028000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Picture 40">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000029000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Picture 41">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00002A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>10477</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>2095500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Picture 42">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00002B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>8864</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>990600</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Picture 43">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00002C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1323898</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId59" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2"/>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId60" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 3"/>
+        <xdr:cNvPr id="4" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId61" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 4"/>
+        <xdr:cNvPr id="5" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId62" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 5"/>
+        <xdr:cNvPr id="6" name="Picture 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId63" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 6"/>
+        <xdr:cNvPr id="7" name="Picture 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId64" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 7"/>
+        <xdr:cNvPr id="8" name="Picture 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId65" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 8"/>
+        <xdr:cNvPr id="9" name="Picture 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId66" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 9"/>
+        <xdr:cNvPr id="10" name="Picture 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId67" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 10"/>
+        <xdr:cNvPr id="11" name="Picture 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId68" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 11"/>
+        <xdr:cNvPr id="12" name="Picture 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId69" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 12"/>
+        <xdr:cNvPr id="13" name="Picture 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId70" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 13"/>
+        <xdr:cNvPr id="14" name="Picture 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId71" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Picture 14"/>
+        <xdr:cNvPr id="15" name="Picture 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId72" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>9652</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>2413000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 15"/>
+        <xdr:cNvPr id="16" name="Picture 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000010000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId73" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9448</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 16"/>
+        <xdr:cNvPr id="17" name="Picture 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000011000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId74" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>8940</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Picture 17"/>
+        <xdr:cNvPr id="18" name="Picture 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId75" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing69.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId78" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1377 lines deleted...]
-</xdr:wsDr>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+  <a:themeElements>
+    <a:clrScheme name="Office 2007 - 2010">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office 2007 - 2010">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office 2007 - 2010">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet50.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing51.xml" Id="rId58" /></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet68.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing69.xml" Id="rId77" /></Relationships>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:W134"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:W1"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="2.7421875"/>
-[...22 lines deleted...]
-    <col min="24" max="24" customWidth="1" width="8.9140625"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
+    <col min="4" max="4" width="39" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
+    <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
+    <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
+    <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
+    <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="15.140625" customWidth="1"/>
+    <col min="19" max="19" width="0" hidden="1" customWidth="1"/>
+    <col min="20" max="20" width="15.140625" customWidth="1"/>
+    <col min="21" max="21" width="0" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
+    <col min="23" max="23" width="78.140625" customWidth="1"/>
+    <col min="24" max="24" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.4" customHeight="1">
-[...96 lines deleted...]
-      <c s="11" r="R12">
+    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+      <c r="V1" s="18"/>
+      <c r="W1" s="18"/>
+    </row>
+    <row r="2" spans="1:23" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:23" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:23" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="O4" s="40" t="s">
+        <v>2</v>
+      </c>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="18"/>
+      <c r="T4" s="18"/>
+    </row>
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+      <c r="S5" s="18"/>
+      <c r="T5" s="18"/>
+    </row>
+    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:23" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:23" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
+        <v>6</v>
+      </c>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="P8" s="18"/>
+      <c r="Q8" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="R8" s="18"/>
+      <c r="S8" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="T8" s="18"/>
+    </row>
+    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:23" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="23"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="24"/>
+      <c r="H12" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J12" s="30">
+        <v>3430</v>
+      </c>
+      <c r="K12" s="31"/>
+      <c r="M12" s="32">
+        <v>19.826589999999999</v>
+      </c>
+      <c r="N12" s="31"/>
+      <c r="P12" s="4">
+        <v>1</v>
+      </c>
+      <c r="R12" s="4">
         <v>105</v>
       </c>
-      <c s="13" r="T12">
-[...43 lines deleted...]
-      <c s="13" r="M14">
+      <c r="T12" s="5">
+        <v>15.2835216164338</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A13" s="20"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="26"/>
+      <c r="H13" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" s="30">
+        <v>3616</v>
+      </c>
+      <c r="K13" s="31"/>
+      <c r="M13" s="32">
+        <v>20.781609</v>
+      </c>
+      <c r="N13" s="31"/>
+      <c r="P13" s="4">
+        <v>1</v>
+      </c>
+      <c r="R13" s="4">
+        <v>113</v>
+      </c>
+      <c r="T13" s="5">
+        <v>21.397382643678601</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A14" s="20"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="26"/>
+      <c r="H14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="30">
+        <v>10754</v>
+      </c>
+      <c r="K14" s="31"/>
+      <c r="M14" s="32">
+        <v>61.102272999999997</v>
+      </c>
+      <c r="N14" s="31"/>
+      <c r="P14" s="4">
+        <v>1</v>
+      </c>
+      <c r="R14" s="4">
+        <v>252</v>
+      </c>
+      <c r="T14" s="5">
+        <v>58.775318391311203</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A15" s="21"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="29"/>
+      <c r="H15" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J15" s="33">
+        <v>17800</v>
+      </c>
+      <c r="K15" s="31"/>
+      <c r="M15" s="34">
+        <v>100.564972</v>
+      </c>
+      <c r="N15" s="31"/>
+      <c r="P15" s="7">
+        <v>11</v>
+      </c>
+      <c r="R15" s="7">
+        <v>271</v>
+      </c>
+      <c r="T15" s="8">
+        <v>64.126894038304997</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="24"/>
+      <c r="H16" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J16" s="30">
+        <v>6616</v>
+      </c>
+      <c r="K16" s="31"/>
+      <c r="M16" s="32">
+        <v>37.378531000000002</v>
+      </c>
+      <c r="N16" s="31"/>
+      <c r="P16" s="4">
+        <v>1</v>
+      </c>
+      <c r="R16" s="4">
+        <v>121</v>
+      </c>
+      <c r="T16" s="5">
+        <v>25.684010590248601</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A17" s="20"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="18"/>
+      <c r="F17" s="26"/>
+      <c r="H17" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" s="30">
+        <v>6384</v>
+      </c>
+      <c r="K17" s="31"/>
+      <c r="M17" s="32">
+        <v>36.067796999999999</v>
+      </c>
+      <c r="N17" s="31"/>
+      <c r="P17" s="4">
+        <v>1</v>
+      </c>
+      <c r="R17" s="4">
+        <v>182</v>
+      </c>
+      <c r="T17" s="5">
+        <v>35.092020788207698</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A18" s="20"/>
+      <c r="C18" s="36"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="18"/>
+      <c r="F18" s="26"/>
+      <c r="H18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" s="30">
+        <v>21055</v>
+      </c>
+      <c r="K18" s="31"/>
+      <c r="M18" s="32">
+        <v>118.954802</v>
+      </c>
+      <c r="N18" s="31"/>
+      <c r="P18" s="4">
+        <v>1</v>
+      </c>
+      <c r="R18" s="4">
+        <v>375</v>
+      </c>
+      <c r="T18" s="5">
+        <v>77.174007871821701</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A19" s="21"/>
+      <c r="C19" s="37"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="28"/>
+      <c r="F19" s="29"/>
+      <c r="H19" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J19" s="33">
+        <v>34055</v>
+      </c>
+      <c r="K19" s="31"/>
+      <c r="M19" s="34">
+        <v>192.40112999999999</v>
+      </c>
+      <c r="N19" s="31"/>
+      <c r="P19" s="7">
+        <v>6</v>
+      </c>
+      <c r="R19" s="7">
+        <v>460</v>
+      </c>
+      <c r="T19" s="8">
+        <v>91.253098320002294</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="24"/>
+      <c r="H20" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J20" s="30">
+        <v>125</v>
+      </c>
+      <c r="K20" s="31"/>
+      <c r="M20" s="32">
+        <v>2.1186440000000002</v>
+      </c>
+      <c r="N20" s="31"/>
+      <c r="P20" s="4">
+        <v>1</v>
+      </c>
+      <c r="R20" s="4">
+        <v>7</v>
+      </c>
+      <c r="T20" s="5">
+        <v>1.4273769649255199</v>
+      </c>
+    </row>
+    <row r="21" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A21" s="20"/>
+      <c r="C21" s="25"/>
+      <c r="D21" s="18"/>
+      <c r="E21" s="18"/>
+      <c r="F21" s="26"/>
+      <c r="H21" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" s="30">
+        <v>705</v>
+      </c>
+      <c r="K21" s="31"/>
+      <c r="M21" s="32">
+        <v>9.0384620000000009</v>
+      </c>
+      <c r="N21" s="31"/>
+      <c r="P21" s="4">
+        <v>1</v>
+      </c>
+      <c r="R21" s="4">
+        <v>60</v>
+      </c>
+      <c r="T21" s="5">
+        <v>9.3300830650107294</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A22" s="20"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="26"/>
+      <c r="H22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="30">
+        <v>490</v>
+      </c>
+      <c r="K22" s="31"/>
+      <c r="M22" s="32">
+        <v>7</v>
+      </c>
+      <c r="N22" s="31"/>
+      <c r="P22" s="4">
+        <v>1</v>
+      </c>
+      <c r="R22" s="4">
+        <v>48</v>
+      </c>
+      <c r="T22" s="5">
+        <v>8.1862380248805398</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A23" s="21"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="29"/>
+      <c r="H23" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J23" s="33">
+        <v>1320</v>
+      </c>
+      <c r="K23" s="31"/>
+      <c r="M23" s="34">
+        <v>16.296296000000002</v>
+      </c>
+      <c r="N23" s="31"/>
+      <c r="P23" s="7">
+        <v>1</v>
+      </c>
+      <c r="R23" s="7">
+        <v>71</v>
+      </c>
+      <c r="T23" s="8">
+        <v>13.1932221613979</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="24"/>
+      <c r="H24" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J24" s="30">
+        <v>597</v>
+      </c>
+      <c r="K24" s="31"/>
+      <c r="M24" s="32">
+        <v>6.9418600000000001</v>
+      </c>
+      <c r="N24" s="31"/>
+      <c r="P24" s="4">
+        <v>1</v>
+      </c>
+      <c r="R24" s="4">
+        <v>46</v>
+      </c>
+      <c r="T24" s="5">
+        <v>9.3549039011632793</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A25" s="20"/>
+      <c r="C25" s="36"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="18"/>
+      <c r="F25" s="26"/>
+      <c r="H25" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" s="30">
+        <v>444</v>
+      </c>
+      <c r="K25" s="31"/>
+      <c r="M25" s="32">
+        <v>3.8608699999999998</v>
+      </c>
+      <c r="N25" s="31"/>
+      <c r="P25" s="4">
+        <v>1</v>
+      </c>
+      <c r="R25" s="4">
+        <v>15</v>
+      </c>
+      <c r="T25" s="5">
+        <v>3.3426718355231899</v>
+      </c>
+    </row>
+    <row r="26" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A26" s="20"/>
+      <c r="C26" s="36"/>
+      <c r="D26" s="18"/>
+      <c r="E26" s="18"/>
+      <c r="F26" s="26"/>
+      <c r="H26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="30">
+        <v>2931</v>
+      </c>
+      <c r="K26" s="31"/>
+      <c r="M26" s="32">
+        <v>21.711110999999999</v>
+      </c>
+      <c r="N26" s="31"/>
+      <c r="P26" s="4">
+        <v>1</v>
+      </c>
+      <c r="R26" s="4">
+        <v>69</v>
+      </c>
+      <c r="T26" s="5">
+        <v>14.5396353117951</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A27" s="21"/>
+      <c r="C27" s="37"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="29"/>
+      <c r="H27" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J27" s="33">
+        <v>3972</v>
+      </c>
+      <c r="K27" s="31"/>
+      <c r="M27" s="34">
+        <v>28.170213</v>
+      </c>
+      <c r="N27" s="31"/>
+      <c r="P27" s="7">
+        <v>3</v>
+      </c>
+      <c r="R27" s="7">
+        <v>77</v>
+      </c>
+      <c r="T27" s="8">
+        <v>14.9923587537118</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="23"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="24"/>
+      <c r="H28" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J28" s="30">
+        <v>4264</v>
+      </c>
+      <c r="K28" s="31"/>
+      <c r="M28" s="32">
+        <v>30.241135</v>
+      </c>
+      <c r="N28" s="31"/>
+      <c r="P28" s="4">
+        <v>1</v>
+      </c>
+      <c r="R28" s="4">
+        <v>130</v>
+      </c>
+      <c r="T28" s="5">
+        <v>37.177547121885297</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A29" s="20"/>
+      <c r="C29" s="36"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="18"/>
+      <c r="F29" s="26"/>
+      <c r="H29" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" s="30">
+        <v>2525</v>
+      </c>
+      <c r="K29" s="31"/>
+      <c r="M29" s="32">
+        <v>18.035713999999999</v>
+      </c>
+      <c r="N29" s="31"/>
+      <c r="P29" s="4">
+        <v>1</v>
+      </c>
+      <c r="R29" s="4">
+        <v>49</v>
+      </c>
+      <c r="T29" s="5">
+        <v>10.1615799952566</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A30" s="20"/>
+      <c r="C30" s="36"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="18"/>
+      <c r="F30" s="26"/>
+      <c r="H30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="30">
+        <v>23434</v>
+      </c>
+      <c r="K30" s="31"/>
+      <c r="M30" s="32">
+        <v>166.19858199999999</v>
+      </c>
+      <c r="N30" s="31"/>
+      <c r="P30" s="4">
+        <v>6</v>
+      </c>
+      <c r="R30" s="4">
+        <v>328</v>
+      </c>
+      <c r="T30" s="5">
+        <v>82.608389392361403</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A31" s="21"/>
+      <c r="C31" s="37"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="29"/>
+      <c r="H31" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J31" s="33">
+        <v>30223</v>
+      </c>
+      <c r="K31" s="31"/>
+      <c r="M31" s="34">
+        <v>214.34751800000001</v>
+      </c>
+      <c r="N31" s="31"/>
+      <c r="P31" s="7">
+        <v>29</v>
+      </c>
+      <c r="R31" s="7">
+        <v>440</v>
+      </c>
+      <c r="T31" s="8">
+        <v>72.892385041237304</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="24"/>
+      <c r="H32" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J32" s="30">
+        <v>10166</v>
+      </c>
+      <c r="K32" s="31"/>
+      <c r="M32" s="32">
+        <v>13.682369</v>
+      </c>
+      <c r="N32" s="31"/>
+      <c r="P32" s="4">
+        <v>1</v>
+      </c>
+      <c r="R32" s="4">
+        <v>62</v>
+      </c>
+      <c r="T32" s="5">
+        <v>11.3723454484992</v>
+      </c>
+    </row>
+    <row r="33" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A33" s="20"/>
+      <c r="C33" s="25"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="18"/>
+      <c r="F33" s="26"/>
+      <c r="H33" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" s="30">
+        <v>34775</v>
+      </c>
+      <c r="K33" s="31"/>
+      <c r="M33" s="32">
+        <v>45.045337000000004</v>
+      </c>
+      <c r="N33" s="31"/>
+      <c r="P33" s="4">
+        <v>1</v>
+      </c>
+      <c r="R33" s="4">
+        <v>532</v>
+      </c>
+      <c r="T33" s="5">
+        <v>68.351550004370793</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A34" s="20"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="26"/>
+      <c r="H34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" s="30">
+        <v>9909</v>
+      </c>
+      <c r="K34" s="31"/>
+      <c r="M34" s="32">
+        <v>14.135521000000001</v>
+      </c>
+      <c r="N34" s="31"/>
+      <c r="P34" s="4">
+        <v>1</v>
+      </c>
+      <c r="R34" s="4">
+        <v>152</v>
+      </c>
+      <c r="T34" s="5">
+        <v>19.467046360452301</v>
+      </c>
+    </row>
+    <row r="35" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A35" s="21"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="29"/>
+      <c r="H35" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J35" s="33">
+        <v>54850</v>
+      </c>
+      <c r="K35" s="31"/>
+      <c r="M35" s="34">
+        <v>70.774193999999994</v>
+      </c>
+      <c r="N35" s="31"/>
+      <c r="P35" s="7">
+        <v>2</v>
+      </c>
+      <c r="R35" s="7">
+        <v>537</v>
+      </c>
+      <c r="T35" s="8">
+        <v>67.721857468619405</v>
+      </c>
+    </row>
+    <row r="36" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A36" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="24"/>
+      <c r="H36" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J36" s="30">
+        <v>10469</v>
+      </c>
+      <c r="K36" s="31"/>
+      <c r="M36" s="32">
+        <v>16.940128999999999</v>
+      </c>
+      <c r="N36" s="31"/>
+      <c r="P36" s="4">
+        <v>1</v>
+      </c>
+      <c r="R36" s="4">
+        <v>145</v>
+      </c>
+      <c r="T36" s="5">
+        <v>20.444603762362298</v>
+      </c>
+    </row>
+    <row r="37" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A37" s="20"/>
+      <c r="C37" s="36"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="26"/>
+      <c r="H37" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" s="30">
+        <v>42337</v>
+      </c>
+      <c r="K37" s="31"/>
+      <c r="M37" s="32">
+        <v>63.189551999999999</v>
+      </c>
+      <c r="N37" s="31"/>
+      <c r="P37" s="4">
+        <v>1</v>
+      </c>
+      <c r="R37" s="4">
+        <v>637</v>
+      </c>
+      <c r="T37" s="5">
+        <v>76.870816712195804</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A38" s="20"/>
+      <c r="C38" s="36"/>
+      <c r="D38" s="18"/>
+      <c r="E38" s="18"/>
+      <c r="F38" s="26"/>
+      <c r="H38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="30">
+        <v>26132</v>
+      </c>
+      <c r="K38" s="31"/>
+      <c r="M38" s="32">
+        <v>46.169611000000003</v>
+      </c>
+      <c r="N38" s="31"/>
+      <c r="P38" s="4">
+        <v>1</v>
+      </c>
+      <c r="R38" s="4">
+        <v>706</v>
+      </c>
+      <c r="T38" s="5">
+        <v>88.925580076825995</v>
+      </c>
+    </row>
+    <row r="39" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A39" s="21"/>
+      <c r="C39" s="37"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="29"/>
+      <c r="H39" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J39" s="33">
+        <v>78938</v>
+      </c>
+      <c r="K39" s="31"/>
+      <c r="M39" s="34">
+        <v>117.118694</v>
+      </c>
+      <c r="N39" s="31"/>
+      <c r="P39" s="7">
+        <v>2</v>
+      </c>
+      <c r="R39" s="7">
+        <v>816</v>
+      </c>
+      <c r="T39" s="8">
+        <v>118.411906707054</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A40" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C40" s="35" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+      <c r="F40" s="24"/>
+      <c r="H40" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J40" s="30">
+        <v>38555</v>
+      </c>
+      <c r="K40" s="31"/>
+      <c r="M40" s="32">
+        <v>57.977443999999998</v>
+      </c>
+      <c r="N40" s="31"/>
+      <c r="P40" s="4">
+        <v>1</v>
+      </c>
+      <c r="R40" s="4">
+        <v>243</v>
+      </c>
+      <c r="T40" s="5">
+        <v>50.703464950632302</v>
+      </c>
+    </row>
+    <row r="41" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A41" s="20"/>
+      <c r="C41" s="36"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="26"/>
+      <c r="H41" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" s="30">
+        <v>159971</v>
+      </c>
+      <c r="K41" s="31"/>
+      <c r="M41" s="32">
+        <v>237.345697</v>
+      </c>
+      <c r="N41" s="31"/>
+      <c r="P41" s="4">
+        <v>4</v>
+      </c>
+      <c r="R41" s="4">
+        <v>1539</v>
+      </c>
+      <c r="T41" s="5">
+        <v>238.497271820874</v>
+      </c>
+    </row>
+    <row r="42" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A42" s="20"/>
+      <c r="C42" s="36"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="18"/>
+      <c r="F42" s="26"/>
+      <c r="H42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="30">
+        <v>93793</v>
+      </c>
+      <c r="K42" s="31"/>
+      <c r="M42" s="32">
+        <v>139.989552</v>
+      </c>
+      <c r="N42" s="31"/>
+      <c r="P42" s="4">
+        <v>1</v>
+      </c>
+      <c r="R42" s="4">
+        <v>1419</v>
+      </c>
+      <c r="T42" s="5">
+        <v>230.426091723572</v>
+      </c>
+    </row>
+    <row r="43" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A43" s="21"/>
+      <c r="C43" s="37"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="29"/>
+      <c r="H43" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J43" s="33">
+        <v>292319</v>
+      </c>
+      <c r="K43" s="31"/>
+      <c r="M43" s="34">
+        <v>433.70771500000001</v>
+      </c>
+      <c r="N43" s="31"/>
+      <c r="P43" s="7">
+        <v>4</v>
+      </c>
+      <c r="R43" s="7">
+        <v>1980</v>
+      </c>
+      <c r="T43" s="8">
+        <v>333.26981385357999</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A44" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C44" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="24"/>
+      <c r="H44" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J44" s="30">
+        <v>69</v>
+      </c>
+      <c r="K44" s="31"/>
+      <c r="M44" s="32">
+        <v>5.3076920000000003</v>
+      </c>
+      <c r="N44" s="31"/>
+      <c r="P44" s="4">
+        <v>1</v>
+      </c>
+      <c r="R44" s="4">
+        <v>12</v>
+      </c>
+      <c r="T44" s="5">
+        <v>2.89783298345505</v>
+      </c>
+    </row>
+    <row r="45" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A45" s="20"/>
+      <c r="C45" s="25"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="18"/>
+      <c r="F45" s="26"/>
+      <c r="H45" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" s="30">
+        <v>284</v>
+      </c>
+      <c r="K45" s="31"/>
+      <c r="M45" s="32">
+        <v>21.846153999999999</v>
+      </c>
+      <c r="N45" s="31"/>
+      <c r="P45" s="4">
+        <v>7</v>
+      </c>
+      <c r="R45" s="4">
+        <v>67</v>
+      </c>
+      <c r="T45" s="5">
+        <v>17.358216843904199</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A46" s="20"/>
+      <c r="C46" s="25"/>
+      <c r="D46" s="18"/>
+      <c r="E46" s="18"/>
+      <c r="F46" s="26"/>
+      <c r="H46" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="30">
+        <v>164</v>
+      </c>
+      <c r="K46" s="31"/>
+      <c r="M46" s="32">
+        <v>12.615385</v>
+      </c>
+      <c r="N46" s="31"/>
+      <c r="P46" s="4">
+        <v>1</v>
+      </c>
+      <c r="R46" s="4">
+        <v>32</v>
+      </c>
+      <c r="T46" s="5">
+        <v>12.121182986820999</v>
+      </c>
+    </row>
+    <row r="47" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A47" s="21"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="29"/>
+      <c r="H47" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J47" s="33">
+        <v>517</v>
+      </c>
+      <c r="K47" s="31"/>
+      <c r="M47" s="34">
+        <v>39.769230999999998</v>
+      </c>
+      <c r="N47" s="31"/>
+      <c r="P47" s="7">
+        <v>17</v>
+      </c>
+      <c r="R47" s="7">
+        <v>74</v>
+      </c>
+      <c r="T47" s="8">
+        <v>20.897184212233</v>
+      </c>
+    </row>
+    <row r="48" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A48" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D48" s="23"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="24"/>
+      <c r="H48" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J48" s="30">
+        <v>531</v>
+      </c>
+      <c r="K48" s="31"/>
+      <c r="M48" s="32">
+        <v>5.648936</v>
+      </c>
+      <c r="N48" s="31"/>
+      <c r="P48" s="4">
+        <v>1</v>
+      </c>
+      <c r="R48" s="4">
+        <v>16</v>
+      </c>
+      <c r="T48" s="5">
+        <v>3.9012196810741102</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A49" s="20"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="26"/>
+      <c r="H49" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" s="30">
+        <v>1037</v>
+      </c>
+      <c r="K49" s="31"/>
+      <c r="M49" s="32">
+        <v>10.474747000000001</v>
+      </c>
+      <c r="N49" s="31"/>
+      <c r="P49" s="4">
+        <v>1</v>
+      </c>
+      <c r="R49" s="4">
+        <v>51</v>
+      </c>
+      <c r="T49" s="5">
+        <v>9.7293406765309705</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A50" s="20"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="18"/>
+      <c r="E50" s="18"/>
+      <c r="F50" s="26"/>
+      <c r="H50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" s="30">
+        <v>2111</v>
+      </c>
+      <c r="K50" s="31"/>
+      <c r="M50" s="32">
+        <v>21.11</v>
+      </c>
+      <c r="N50" s="31"/>
+      <c r="P50" s="4">
+        <v>2</v>
+      </c>
+      <c r="R50" s="4">
+        <v>62</v>
+      </c>
+      <c r="T50" s="5">
+        <v>14.2700470216464</v>
+      </c>
+    </row>
+    <row r="51" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A51" s="21"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="28"/>
+      <c r="F51" s="29"/>
+      <c r="H51" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J51" s="33">
+        <v>3679</v>
+      </c>
+      <c r="K51" s="31"/>
+      <c r="M51" s="34">
+        <v>36.79</v>
+      </c>
+      <c r="N51" s="31"/>
+      <c r="P51" s="7">
+        <v>5</v>
+      </c>
+      <c r="R51" s="7">
+        <v>96</v>
+      </c>
+      <c r="T51" s="8">
+        <v>19.042374326748199</v>
+      </c>
+    </row>
+    <row r="52" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A52" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C52" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="D52" s="23"/>
+      <c r="E52" s="23"/>
+      <c r="F52" s="24"/>
+      <c r="H52" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J52" s="30">
+        <v>8</v>
+      </c>
+      <c r="K52" s="31"/>
+      <c r="M52" s="32">
+        <v>1.3333330000000001</v>
+      </c>
+      <c r="N52" s="31"/>
+      <c r="P52" s="4">
+        <v>1</v>
+      </c>
+      <c r="R52" s="4">
+        <v>3</v>
+      </c>
+      <c r="T52" s="5">
+        <v>0.81649678505184597</v>
+      </c>
+    </row>
+    <row r="53" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A53" s="20"/>
+      <c r="C53" s="25"/>
+      <c r="D53" s="18"/>
+      <c r="E53" s="18"/>
+      <c r="F53" s="26"/>
+      <c r="H53" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" s="30">
+        <v>46</v>
+      </c>
+      <c r="K53" s="31"/>
+      <c r="M53" s="32">
+        <v>7.6666670000000003</v>
+      </c>
+      <c r="N53" s="31"/>
+      <c r="P53" s="4">
+        <v>4</v>
+      </c>
+      <c r="R53" s="4">
+        <v>14</v>
+      </c>
+      <c r="T53" s="5">
+        <v>3.50238019067034</v>
+      </c>
+    </row>
+    <row r="54" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A54" s="20"/>
+      <c r="C54" s="25"/>
+      <c r="D54" s="18"/>
+      <c r="E54" s="18"/>
+      <c r="F54" s="26"/>
+      <c r="H54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="30">
+        <v>13</v>
+      </c>
+      <c r="K54" s="31"/>
+      <c r="M54" s="32">
+        <v>2.1666669999999999</v>
+      </c>
+      <c r="N54" s="31"/>
+      <c r="P54" s="4">
+        <v>1</v>
+      </c>
+      <c r="R54" s="4">
+        <v>3</v>
+      </c>
+      <c r="T54" s="5">
+        <v>0.75277287411277005</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A55" s="21"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="29"/>
+      <c r="H55" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J55" s="33">
+        <v>67</v>
+      </c>
+      <c r="K55" s="31"/>
+      <c r="M55" s="34">
+        <v>11.166667</v>
+      </c>
+      <c r="N55" s="31"/>
+      <c r="P55" s="7">
+        <v>6</v>
+      </c>
+      <c r="R55" s="7">
+        <v>17</v>
+      </c>
+      <c r="T55" s="8">
+        <v>3.7638633078261501</v>
+      </c>
+    </row>
+    <row r="56" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A56" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C56" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" s="23"/>
+      <c r="E56" s="23"/>
+      <c r="F56" s="24"/>
+      <c r="H56" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J56" s="30">
+        <v>745</v>
+      </c>
+      <c r="K56" s="31"/>
+      <c r="M56" s="32">
+        <v>6.157025</v>
+      </c>
+      <c r="N56" s="31"/>
+      <c r="P56" s="4">
+        <v>1</v>
+      </c>
+      <c r="R56" s="4">
+        <v>25</v>
+      </c>
+      <c r="T56" s="5">
+        <v>4.3359125913699001</v>
+      </c>
+    </row>
+    <row r="57" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A57" s="20"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="18"/>
+      <c r="E57" s="18"/>
+      <c r="F57" s="26"/>
+      <c r="H57" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" s="30">
+        <v>2972</v>
+      </c>
+      <c r="K57" s="31"/>
+      <c r="M57" s="32">
+        <v>24.561983000000001</v>
+      </c>
+      <c r="N57" s="31"/>
+      <c r="P57" s="4">
+        <v>4</v>
+      </c>
+      <c r="R57" s="4">
+        <v>63</v>
+      </c>
+      <c r="T57" s="5">
+        <v>13.774307351006801</v>
+      </c>
+    </row>
+    <row r="58" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A58" s="20"/>
+      <c r="C58" s="25"/>
+      <c r="D58" s="18"/>
+      <c r="E58" s="18"/>
+      <c r="F58" s="26"/>
+      <c r="H58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" s="30">
+        <v>10263</v>
+      </c>
+      <c r="K58" s="31"/>
+      <c r="M58" s="32">
+        <v>84.818181999999993</v>
+      </c>
+      <c r="N58" s="31"/>
+      <c r="P58" s="4">
+        <v>12</v>
+      </c>
+      <c r="R58" s="4">
+        <v>185</v>
+      </c>
+      <c r="T58" s="5">
+        <v>44.163521904395303</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A59" s="21"/>
+      <c r="C59" s="27"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="28"/>
+      <c r="F59" s="29"/>
+      <c r="H59" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J59" s="33">
+        <v>13980</v>
+      </c>
+      <c r="K59" s="31"/>
+      <c r="M59" s="34">
+        <v>115.53719</v>
+      </c>
+      <c r="N59" s="31"/>
+      <c r="P59" s="7">
+        <v>43</v>
+      </c>
+      <c r="R59" s="7">
+        <v>226</v>
+      </c>
+      <c r="T59" s="8">
+        <v>43.855832246122098</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A60" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C60" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="D60" s="23"/>
+      <c r="E60" s="23"/>
+      <c r="F60" s="24"/>
+      <c r="H60" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J60" s="30">
+        <v>2730</v>
+      </c>
+      <c r="K60" s="31"/>
+      <c r="M60" s="32">
+        <v>14.521277</v>
+      </c>
+      <c r="N60" s="31"/>
+      <c r="P60" s="4">
+        <v>1</v>
+      </c>
+      <c r="R60" s="4">
+        <v>54</v>
+      </c>
+      <c r="T60" s="5">
+        <v>11.207549732211801</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A61" s="20"/>
+      <c r="C61" s="25"/>
+      <c r="D61" s="18"/>
+      <c r="E61" s="18"/>
+      <c r="F61" s="26"/>
+      <c r="H61" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" s="30">
+        <v>10303</v>
+      </c>
+      <c r="K61" s="31"/>
+      <c r="M61" s="32">
+        <v>53.383420000000001</v>
+      </c>
+      <c r="N61" s="31"/>
+      <c r="P61" s="4">
+        <v>3</v>
+      </c>
+      <c r="R61" s="4">
+        <v>266</v>
+      </c>
+      <c r="T61" s="5">
+        <v>50.756959030265001</v>
+      </c>
+    </row>
+    <row r="62" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A62" s="20"/>
+      <c r="C62" s="25"/>
+      <c r="D62" s="18"/>
+      <c r="E62" s="18"/>
+      <c r="F62" s="26"/>
+      <c r="H62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="30">
+        <v>7154</v>
+      </c>
+      <c r="K62" s="31"/>
+      <c r="M62" s="32">
+        <v>37.455497000000001</v>
+      </c>
+      <c r="N62" s="31"/>
+      <c r="P62" s="4">
+        <v>1</v>
+      </c>
+      <c r="R62" s="4">
+        <v>170</v>
+      </c>
+      <c r="T62" s="5">
+        <v>42.085087477632698</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A63" s="21"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="29"/>
+      <c r="H63" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J63" s="33">
+        <v>20187</v>
+      </c>
+      <c r="K63" s="31"/>
+      <c r="M63" s="34">
+        <v>104.595855</v>
+      </c>
+      <c r="N63" s="31"/>
+      <c r="P63" s="7">
+        <v>10</v>
+      </c>
+      <c r="R63" s="7">
+        <v>303</v>
+      </c>
+      <c r="T63" s="8">
+        <v>59.995419816849299</v>
+      </c>
+    </row>
+    <row r="64" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A64" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C64" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="24"/>
+      <c r="H64" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J64" s="30">
+        <v>10813</v>
+      </c>
+      <c r="K64" s="31"/>
+      <c r="M64" s="32">
+        <v>53.796019999999999</v>
+      </c>
+      <c r="N64" s="31"/>
+      <c r="P64" s="4">
+        <v>3</v>
+      </c>
+      <c r="R64" s="4">
+        <v>284</v>
+      </c>
+      <c r="T64" s="5">
+        <v>71.913650887713899</v>
+      </c>
+    </row>
+    <row r="65" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A65" s="20"/>
+      <c r="C65" s="25"/>
+      <c r="D65" s="18"/>
+      <c r="E65" s="18"/>
+      <c r="F65" s="26"/>
+      <c r="H65" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" s="30">
+        <v>4004</v>
+      </c>
+      <c r="K65" s="31"/>
+      <c r="M65" s="32">
+        <v>19.920397999999999</v>
+      </c>
+      <c r="N65" s="31"/>
+      <c r="P65" s="4">
+        <v>1</v>
+      </c>
+      <c r="R65" s="4">
+        <v>85</v>
+      </c>
+      <c r="T65" s="5">
+        <v>14.712023382254401</v>
+      </c>
+    </row>
+    <row r="66" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A66" s="20"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="18"/>
+      <c r="E66" s="18"/>
+      <c r="F66" s="26"/>
+      <c r="H66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J66" s="30">
+        <v>38808</v>
+      </c>
+      <c r="K66" s="31"/>
+      <c r="M66" s="32">
+        <v>193.07462699999999</v>
+      </c>
+      <c r="N66" s="31"/>
+      <c r="P66" s="4">
+        <v>2</v>
+      </c>
+      <c r="R66" s="4">
+        <v>458</v>
+      </c>
+      <c r="T66" s="5">
+        <v>110.78122315176</v>
+      </c>
+    </row>
+    <row r="67" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A67" s="21"/>
+      <c r="C67" s="27"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="29"/>
+      <c r="H67" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J67" s="33">
+        <v>53625</v>
+      </c>
+      <c r="K67" s="31"/>
+      <c r="M67" s="34">
+        <v>266.791045</v>
+      </c>
+      <c r="N67" s="31"/>
+      <c r="P67" s="7">
+        <v>37</v>
+      </c>
+      <c r="R67" s="7">
+        <v>554</v>
+      </c>
+      <c r="T67" s="8">
+        <v>86.517201289685701</v>
+      </c>
+    </row>
+    <row r="68" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A68" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C68" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D68" s="23"/>
+      <c r="E68" s="23"/>
+      <c r="F68" s="24"/>
+      <c r="H68" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J68" s="30">
+        <v>1509</v>
+      </c>
+      <c r="K68" s="31"/>
+      <c r="M68" s="32">
+        <v>12.368852</v>
+      </c>
+      <c r="N68" s="31"/>
+      <c r="P68" s="4">
+        <v>1</v>
+      </c>
+      <c r="R68" s="4">
+        <v>59</v>
+      </c>
+      <c r="T68" s="5">
+        <v>14.968396908152901</v>
+      </c>
+    </row>
+    <row r="69" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A69" s="20"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="18"/>
+      <c r="E69" s="18"/>
+      <c r="F69" s="26"/>
+      <c r="H69" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J69" s="30">
+        <v>1317</v>
+      </c>
+      <c r="K69" s="31"/>
+      <c r="M69" s="32">
+        <v>10.795082000000001</v>
+      </c>
+      <c r="N69" s="31"/>
+      <c r="P69" s="4">
+        <v>1</v>
+      </c>
+      <c r="R69" s="4">
+        <v>34</v>
+      </c>
+      <c r="T69" s="5">
+        <v>7.2590081278367498</v>
+      </c>
+    </row>
+    <row r="70" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A70" s="20"/>
+      <c r="C70" s="25"/>
+      <c r="D70" s="18"/>
+      <c r="E70" s="18"/>
+      <c r="F70" s="26"/>
+      <c r="H70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" s="30">
+        <v>12938</v>
+      </c>
+      <c r="K70" s="31"/>
+      <c r="M70" s="32">
+        <v>102.68254</v>
+      </c>
+      <c r="N70" s="31"/>
+      <c r="P70" s="4">
+        <v>2</v>
+      </c>
+      <c r="R70" s="4">
+        <v>217</v>
+      </c>
+      <c r="T70" s="5">
+        <v>54.224518559411798</v>
+      </c>
+    </row>
+    <row r="71" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A71" s="21"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="29"/>
+      <c r="H71" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J71" s="33">
+        <v>15764</v>
+      </c>
+      <c r="K71" s="31"/>
+      <c r="M71" s="34">
+        <v>125.11111099999999</v>
+      </c>
+      <c r="N71" s="31"/>
+      <c r="P71" s="7">
+        <v>12</v>
+      </c>
+      <c r="R71" s="7">
+        <v>238</v>
+      </c>
+      <c r="T71" s="8">
+        <v>49.757688410938101</v>
+      </c>
+    </row>
+    <row r="72" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A72" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C72" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="D72" s="23"/>
+      <c r="E72" s="23"/>
+      <c r="F72" s="24"/>
+      <c r="H72" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J72" s="30">
+        <v>1000</v>
+      </c>
+      <c r="K72" s="31"/>
+      <c r="M72" s="32">
+        <v>7.6335879999999996</v>
+      </c>
+      <c r="N72" s="31"/>
+      <c r="P72" s="4">
+        <v>1</v>
+      </c>
+      <c r="R72" s="4">
+        <v>26</v>
+      </c>
+      <c r="T72" s="5">
+        <v>5.3309056453852204</v>
+      </c>
+    </row>
+    <row r="73" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A73" s="20"/>
+      <c r="C73" s="25"/>
+      <c r="D73" s="18"/>
+      <c r="E73" s="18"/>
+      <c r="F73" s="26"/>
+      <c r="H73" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J73" s="30">
+        <v>3679</v>
+      </c>
+      <c r="K73" s="31"/>
+      <c r="M73" s="32">
+        <v>27.051470999999999</v>
+      </c>
+      <c r="N73" s="31"/>
+      <c r="P73" s="4">
+        <v>2</v>
+      </c>
+      <c r="R73" s="4">
+        <v>135</v>
+      </c>
+      <c r="T73" s="5">
+        <v>19.683164405145799</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A74" s="20"/>
+      <c r="C74" s="25"/>
+      <c r="D74" s="18"/>
+      <c r="E74" s="18"/>
+      <c r="F74" s="26"/>
+      <c r="H74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" s="30">
+        <v>1891</v>
+      </c>
+      <c r="K74" s="31"/>
+      <c r="M74" s="32">
+        <v>14.435115</v>
+      </c>
+      <c r="N74" s="31"/>
+      <c r="P74" s="4">
+        <v>1</v>
+      </c>
+      <c r="R74" s="4">
+        <v>78</v>
+      </c>
+      <c r="T74" s="5">
+        <v>16.0940023300607</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A75" s="21"/>
+      <c r="C75" s="27"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="29"/>
+      <c r="H75" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J75" s="33">
+        <v>6570</v>
+      </c>
+      <c r="K75" s="31"/>
+      <c r="M75" s="34">
+        <v>48.308824000000001</v>
+      </c>
+      <c r="N75" s="31"/>
+      <c r="P75" s="7">
+        <v>8</v>
+      </c>
+      <c r="R75" s="7">
+        <v>153</v>
+      </c>
+      <c r="T75" s="8">
+        <v>27.587574956853299</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A76" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C76" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="D76" s="23"/>
+      <c r="E76" s="23"/>
+      <c r="F76" s="24"/>
+      <c r="H76" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J76" s="30">
+        <v>3693</v>
+      </c>
+      <c r="K76" s="31"/>
+      <c r="M76" s="32">
+        <v>18.557789</v>
+      </c>
+      <c r="N76" s="31"/>
+      <c r="P76" s="4">
+        <v>1</v>
+      </c>
+      <c r="R76" s="4">
+        <v>72</v>
+      </c>
+      <c r="T76" s="5">
+        <v>13.5507064022508</v>
+      </c>
+    </row>
+    <row r="77" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A77" s="20"/>
+      <c r="C77" s="25"/>
+      <c r="D77" s="18"/>
+      <c r="E77" s="18"/>
+      <c r="F77" s="26"/>
+      <c r="H77" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J77" s="30">
+        <v>13469</v>
+      </c>
+      <c r="K77" s="31"/>
+      <c r="M77" s="32">
+        <v>64.444975999999997</v>
+      </c>
+      <c r="N77" s="31"/>
+      <c r="P77" s="4">
+        <v>1</v>
+      </c>
+      <c r="R77" s="4">
+        <v>485</v>
+      </c>
+      <c r="T77" s="5">
+        <v>70.6573400150331</v>
+      </c>
+    </row>
+    <row r="78" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A78" s="20"/>
+      <c r="C78" s="25"/>
+      <c r="D78" s="18"/>
+      <c r="E78" s="18"/>
+      <c r="F78" s="26"/>
+      <c r="H78" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" s="30">
+        <v>8671</v>
+      </c>
+      <c r="K78" s="31"/>
+      <c r="M78" s="32">
+        <v>43.572864000000003</v>
+      </c>
+      <c r="N78" s="31"/>
+      <c r="P78" s="4">
+        <v>1</v>
+      </c>
+      <c r="R78" s="4">
+        <v>406</v>
+      </c>
+      <c r="T78" s="5">
+        <v>62.686356250782403</v>
+      </c>
+    </row>
+    <row r="79" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A79" s="21"/>
+      <c r="C79" s="27"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="29"/>
+      <c r="H79" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J79" s="33">
+        <v>25833</v>
+      </c>
+      <c r="K79" s="31"/>
+      <c r="M79" s="34">
+        <v>123.60287099999999</v>
+      </c>
+      <c r="N79" s="31"/>
+      <c r="P79" s="7">
+        <v>12</v>
+      </c>
+      <c r="R79" s="7">
+        <v>485</v>
+      </c>
+      <c r="T79" s="8">
+        <v>82.778609924303495</v>
+      </c>
+    </row>
+    <row r="80" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A80" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C80" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D80" s="23"/>
+      <c r="E80" s="23"/>
+      <c r="F80" s="24"/>
+      <c r="H80" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J80" s="30">
+        <v>16</v>
+      </c>
+      <c r="K80" s="31"/>
+      <c r="M80" s="32">
+        <v>1.454545</v>
+      </c>
+      <c r="N80" s="31"/>
+      <c r="P80" s="4">
+        <v>1</v>
+      </c>
+      <c r="R80" s="4">
+        <v>2</v>
+      </c>
+      <c r="T80" s="5">
+        <v>0.52223270675054401</v>
+      </c>
+    </row>
+    <row r="81" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A81" s="20"/>
+      <c r="C81" s="25"/>
+      <c r="D81" s="18"/>
+      <c r="E81" s="18"/>
+      <c r="F81" s="26"/>
+      <c r="H81" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J81" s="30">
+        <v>205</v>
+      </c>
+      <c r="K81" s="31"/>
+      <c r="M81" s="32">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="N81" s="31"/>
+      <c r="P81" s="4">
+        <v>1</v>
+      </c>
+      <c r="R81" s="4">
+        <v>25</v>
+      </c>
+      <c r="T81" s="5">
+        <v>5.2915026221291797</v>
+      </c>
+    </row>
+    <row r="82" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A82" s="20"/>
+      <c r="C82" s="25"/>
+      <c r="D82" s="18"/>
+      <c r="E82" s="18"/>
+      <c r="F82" s="26"/>
+      <c r="H82" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J82" s="30">
+        <v>68</v>
+      </c>
+      <c r="K82" s="31"/>
+      <c r="M82" s="32">
+        <v>3.4</v>
+      </c>
+      <c r="N82" s="31"/>
+      <c r="P82" s="4">
+        <v>1</v>
+      </c>
+      <c r="R82" s="4">
+        <v>10</v>
+      </c>
+      <c r="T82" s="5">
+        <v>2.5005263445922701</v>
+      </c>
+    </row>
+    <row r="83" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A83" s="21"/>
+      <c r="C83" s="27"/>
+      <c r="D83" s="28"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="29"/>
+      <c r="H83" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J83" s="33">
+        <v>289</v>
+      </c>
+      <c r="K83" s="31"/>
+      <c r="M83" s="34">
+        <v>11.56</v>
+      </c>
+      <c r="N83" s="31"/>
+      <c r="P83" s="7">
+        <v>2</v>
+      </c>
+      <c r="R83" s="7">
+        <v>27</v>
+      </c>
+      <c r="T83" s="8">
+        <v>6.1106464469808799</v>
+      </c>
+    </row>
+    <row r="84" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A84" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C84" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D84" s="23"/>
+      <c r="E84" s="23"/>
+      <c r="F84" s="24"/>
+      <c r="H84" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J84" s="30">
+        <v>58</v>
+      </c>
+      <c r="K84" s="31"/>
+      <c r="M84" s="32">
+        <v>5.2727269999999997</v>
+      </c>
+      <c r="N84" s="31"/>
+      <c r="P84" s="4">
+        <v>1</v>
+      </c>
+      <c r="R84" s="4">
+        <v>8</v>
+      </c>
+      <c r="T84" s="5">
+        <v>2.0538213164732699</v>
+      </c>
+    </row>
+    <row r="85" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A85" s="20"/>
+      <c r="C85" s="25"/>
+      <c r="D85" s="18"/>
+      <c r="E85" s="18"/>
+      <c r="F85" s="26"/>
+      <c r="H85" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J85" s="30">
+        <v>154</v>
+      </c>
+      <c r="K85" s="31"/>
+      <c r="M85" s="32">
+        <v>14</v>
+      </c>
+      <c r="N85" s="31"/>
+      <c r="P85" s="4">
+        <v>5</v>
+      </c>
+      <c r="R85" s="4">
+        <v>23</v>
+      </c>
+      <c r="T85" s="5">
+        <v>6.4652919500978498</v>
+      </c>
+    </row>
+    <row r="86" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A86" s="20"/>
+      <c r="C86" s="25"/>
+      <c r="D86" s="18"/>
+      <c r="E86" s="18"/>
+      <c r="F86" s="26"/>
+      <c r="H86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" s="30">
+        <v>250</v>
+      </c>
+      <c r="K86" s="31"/>
+      <c r="M86" s="32">
+        <v>22.727273</v>
+      </c>
+      <c r="N86" s="31"/>
+      <c r="P86" s="4">
+        <v>6</v>
+      </c>
+      <c r="R86" s="4">
+        <v>46</v>
+      </c>
+      <c r="T86" s="5">
+        <v>13.1460329377345</v>
+      </c>
+    </row>
+    <row r="87" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A87" s="21"/>
+      <c r="C87" s="27"/>
+      <c r="D87" s="28"/>
+      <c r="E87" s="28"/>
+      <c r="F87" s="29"/>
+      <c r="H87" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J87" s="33">
+        <v>462</v>
+      </c>
+      <c r="K87" s="31"/>
+      <c r="M87" s="34">
+        <v>42</v>
+      </c>
+      <c r="N87" s="31"/>
+      <c r="P87" s="7">
+        <v>17</v>
+      </c>
+      <c r="R87" s="7">
+        <v>71</v>
+      </c>
+      <c r="T87" s="8">
+        <v>16.068602926203599</v>
+      </c>
+    </row>
+    <row r="88" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A88" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C88" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="D88" s="23"/>
+      <c r="E88" s="23"/>
+      <c r="F88" s="24"/>
+      <c r="H88" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J88" s="30">
+        <v>8315</v>
+      </c>
+      <c r="K88" s="31"/>
+      <c r="M88" s="32">
+        <v>73.584070999999994</v>
+      </c>
+      <c r="N88" s="31"/>
+      <c r="P88" s="4">
+        <v>1</v>
+      </c>
+      <c r="R88" s="4">
+        <v>155</v>
+      </c>
+      <c r="T88" s="5">
+        <v>29.372218915158602</v>
+      </c>
+    </row>
+    <row r="89" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A89" s="20"/>
+      <c r="C89" s="25"/>
+      <c r="D89" s="18"/>
+      <c r="E89" s="18"/>
+      <c r="F89" s="26"/>
+      <c r="H89" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J89" s="30">
+        <v>2672</v>
+      </c>
+      <c r="K89" s="31"/>
+      <c r="M89" s="32">
+        <v>23.646018000000002</v>
+      </c>
+      <c r="N89" s="31"/>
+      <c r="P89" s="4">
+        <v>2</v>
+      </c>
+      <c r="R89" s="4">
+        <v>108</v>
+      </c>
+      <c r="T89" s="5">
+        <v>18.290766769055899</v>
+      </c>
+    </row>
+    <row r="90" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A90" s="20"/>
+      <c r="C90" s="25"/>
+      <c r="D90" s="18"/>
+      <c r="E90" s="18"/>
+      <c r="F90" s="26"/>
+      <c r="H90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" s="30">
+        <v>9061</v>
+      </c>
+      <c r="K90" s="31"/>
+      <c r="M90" s="32">
+        <v>80.185840999999996</v>
+      </c>
+      <c r="N90" s="31"/>
+      <c r="P90" s="4">
+        <v>12</v>
+      </c>
+      <c r="R90" s="4">
+        <v>228</v>
+      </c>
+      <c r="T90" s="5">
+        <v>48.723078402334103</v>
+      </c>
+    </row>
+    <row r="91" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A91" s="21"/>
+      <c r="C91" s="27"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="28"/>
+      <c r="F91" s="29"/>
+      <c r="H91" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J91" s="33">
+        <v>20048</v>
+      </c>
+      <c r="K91" s="31"/>
+      <c r="M91" s="34">
+        <v>177.41592900000001</v>
+      </c>
+      <c r="N91" s="31"/>
+      <c r="P91" s="7">
+        <v>24</v>
+      </c>
+      <c r="R91" s="7">
+        <v>367</v>
+      </c>
+      <c r="T91" s="8">
+        <v>72.373007703148602</v>
+      </c>
+    </row>
+    <row r="92" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A92" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C92" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="D92" s="23"/>
+      <c r="E92" s="23"/>
+      <c r="F92" s="24"/>
+      <c r="H92" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J92" s="30">
+        <v>358</v>
+      </c>
+      <c r="K92" s="31"/>
+      <c r="M92" s="32">
+        <v>4.2619049999999996</v>
+      </c>
+      <c r="N92" s="31"/>
+      <c r="P92" s="4">
+        <v>1</v>
+      </c>
+      <c r="R92" s="4">
+        <v>15</v>
+      </c>
+      <c r="T92" s="5">
+        <v>2.92112803553696</v>
+      </c>
+    </row>
+    <row r="93" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A93" s="20"/>
+      <c r="C93" s="25"/>
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="26"/>
+      <c r="H93" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J93" s="30">
+        <v>1575</v>
+      </c>
+      <c r="K93" s="31"/>
+      <c r="M93" s="32">
+        <v>17.696629000000001</v>
+      </c>
+      <c r="N93" s="31"/>
+      <c r="P93" s="4">
+        <v>1</v>
+      </c>
+      <c r="R93" s="4">
         <v>61</v>
       </c>
-      <c s="12" t="str" r="N14"/>
-[...3 lines deleted...]
-      <c s="11" r="R14">
+      <c r="T93" s="5">
+        <v>11.39118927066</v>
+      </c>
+    </row>
+    <row r="94" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A94" s="20"/>
+      <c r="C94" s="25"/>
+      <c r="D94" s="18"/>
+      <c r="E94" s="18"/>
+      <c r="F94" s="26"/>
+      <c r="H94" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" s="30">
+        <v>7540</v>
+      </c>
+      <c r="K94" s="31"/>
+      <c r="M94" s="32">
+        <v>84.719100999999995</v>
+      </c>
+      <c r="N94" s="31"/>
+      <c r="P94" s="4">
+        <v>18</v>
+      </c>
+      <c r="R94" s="4">
+        <v>184</v>
+      </c>
+      <c r="T94" s="5">
+        <v>36.479754275488197</v>
+      </c>
+    </row>
+    <row r="95" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A95" s="21"/>
+      <c r="C95" s="27"/>
+      <c r="D95" s="28"/>
+      <c r="E95" s="28"/>
+      <c r="F95" s="29"/>
+      <c r="H95" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J95" s="33">
+        <v>9473</v>
+      </c>
+      <c r="K95" s="31"/>
+      <c r="M95" s="34">
+        <v>106.438202</v>
+      </c>
+      <c r="N95" s="31"/>
+      <c r="P95" s="7">
+        <v>26</v>
+      </c>
+      <c r="R95" s="7">
+        <v>201</v>
+      </c>
+      <c r="T95" s="8">
+        <v>39.716024662596801</v>
+      </c>
+    </row>
+    <row r="96" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A96" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C96" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="D96" s="23"/>
+      <c r="E96" s="23"/>
+      <c r="F96" s="24"/>
+      <c r="H96" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J96" s="30">
+        <v>7871</v>
+      </c>
+      <c r="K96" s="31"/>
+      <c r="M96" s="32">
+        <v>23.851514999999999</v>
+      </c>
+      <c r="N96" s="31"/>
+      <c r="P96" s="4">
+        <v>1</v>
+      </c>
+      <c r="R96" s="4">
+        <v>138</v>
+      </c>
+      <c r="T96" s="5">
+        <v>17.587965999512299</v>
+      </c>
+    </row>
+    <row r="97" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A97" s="20"/>
+      <c r="C97" s="25"/>
+      <c r="D97" s="18"/>
+      <c r="E97" s="18"/>
+      <c r="F97" s="26"/>
+      <c r="H97" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J97" s="30">
+        <v>10675</v>
+      </c>
+      <c r="K97" s="31"/>
+      <c r="M97" s="32">
+        <v>31.865672</v>
+      </c>
+      <c r="N97" s="31"/>
+      <c r="P97" s="4">
+        <v>2</v>
+      </c>
+      <c r="R97" s="4">
+        <v>331</v>
+      </c>
+      <c r="T97" s="5">
+        <v>38.940110438980497</v>
+      </c>
+    </row>
+    <row r="98" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A98" s="20"/>
+      <c r="C98" s="25"/>
+      <c r="D98" s="18"/>
+      <c r="E98" s="18"/>
+      <c r="F98" s="26"/>
+      <c r="H98" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" s="30">
+        <v>17430</v>
+      </c>
+      <c r="K98" s="31"/>
+      <c r="M98" s="32">
+        <v>52.185628999999999</v>
+      </c>
+      <c r="N98" s="31"/>
+      <c r="P98" s="4">
+        <v>1</v>
+      </c>
+      <c r="R98" s="4">
+        <v>292</v>
+      </c>
+      <c r="T98" s="5">
+        <v>61.623054727918202</v>
+      </c>
+    </row>
+    <row r="99" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A99" s="21"/>
+      <c r="C99" s="27"/>
+      <c r="D99" s="28"/>
+      <c r="E99" s="28"/>
+      <c r="F99" s="29"/>
+      <c r="H99" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J99" s="33">
+        <v>35976</v>
+      </c>
+      <c r="K99" s="31"/>
+      <c r="M99" s="34">
+        <v>107.39104500000001</v>
+      </c>
+      <c r="N99" s="31"/>
+      <c r="P99" s="7">
+        <v>3</v>
+      </c>
+      <c r="R99" s="7">
+        <v>382</v>
+      </c>
+      <c r="T99" s="8">
+        <v>70.453997672240007</v>
+      </c>
+    </row>
+    <row r="100" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A100" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C100" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D100" s="23"/>
+      <c r="E100" s="23"/>
+      <c r="F100" s="24"/>
+      <c r="H100" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J100" s="30">
+        <v>24</v>
+      </c>
+      <c r="K100" s="31"/>
+      <c r="M100" s="32">
+        <v>1.4117649999999999</v>
+      </c>
+      <c r="N100" s="31"/>
+      <c r="P100" s="4">
+        <v>1</v>
+      </c>
+      <c r="R100" s="4">
+        <v>3</v>
+      </c>
+      <c r="T100" s="5">
+        <v>0.79520626255079296</v>
+      </c>
+    </row>
+    <row r="101" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A101" s="20"/>
+      <c r="C101" s="25"/>
+      <c r="D101" s="18"/>
+      <c r="E101" s="18"/>
+      <c r="F101" s="26"/>
+      <c r="H101" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J101" s="30">
+        <v>192</v>
+      </c>
+      <c r="K101" s="31"/>
+      <c r="M101" s="32">
+        <v>7.3846150000000002</v>
+      </c>
+      <c r="N101" s="31"/>
+      <c r="P101" s="4">
+        <v>1</v>
+      </c>
+      <c r="R101" s="4">
+        <v>19</v>
+      </c>
+      <c r="T101" s="5">
+        <v>4.0504510859903</v>
+      </c>
+    </row>
+    <row r="102" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A102" s="20"/>
+      <c r="C102" s="25"/>
+      <c r="D102" s="18"/>
+      <c r="E102" s="18"/>
+      <c r="F102" s="26"/>
+      <c r="H102" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J102" s="30">
+        <v>158</v>
+      </c>
+      <c r="K102" s="31"/>
+      <c r="M102" s="32">
+        <v>6.0769229999999999</v>
+      </c>
+      <c r="N102" s="31"/>
+      <c r="P102" s="4">
+        <v>1</v>
+      </c>
+      <c r="R102" s="4">
+        <v>20</v>
+      </c>
+      <c r="T102" s="5">
+        <v>4.3719384716622001</v>
+      </c>
+    </row>
+    <row r="103" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A103" s="21"/>
+      <c r="C103" s="27"/>
+      <c r="D103" s="28"/>
+      <c r="E103" s="28"/>
+      <c r="F103" s="29"/>
+      <c r="H103" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J103" s="33">
+        <v>374</v>
+      </c>
+      <c r="K103" s="31"/>
+      <c r="M103" s="34">
+        <v>13.851851999999999</v>
+      </c>
+      <c r="N103" s="31"/>
+      <c r="P103" s="7">
+        <v>3</v>
+      </c>
+      <c r="R103" s="7">
+        <v>25</v>
+      </c>
+      <c r="T103" s="8">
+        <v>6.0745604779275997</v>
+      </c>
+    </row>
+    <row r="104" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A104" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C104" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="D104" s="23"/>
+      <c r="E104" s="23"/>
+      <c r="F104" s="24"/>
+      <c r="H104" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J104" s="30">
+        <v>129</v>
+      </c>
+      <c r="K104" s="31"/>
+      <c r="M104" s="32">
+        <v>2.0806450000000001</v>
+      </c>
+      <c r="N104" s="31"/>
+      <c r="P104" s="4">
+        <v>1</v>
+      </c>
+      <c r="R104" s="4">
+        <v>6</v>
+      </c>
+      <c r="T104" s="5">
+        <v>1.3219258678155901</v>
+      </c>
+    </row>
+    <row r="105" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A105" s="20"/>
+      <c r="C105" s="25"/>
+      <c r="D105" s="18"/>
+      <c r="E105" s="18"/>
+      <c r="F105" s="26"/>
+      <c r="H105" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J105" s="30">
+        <v>337</v>
+      </c>
+      <c r="K105" s="31"/>
+      <c r="M105" s="32">
+        <v>4.5540539999999998</v>
+      </c>
+      <c r="N105" s="31"/>
+      <c r="P105" s="4">
+        <v>1</v>
+      </c>
+      <c r="R105" s="4">
+        <v>16</v>
+      </c>
+      <c r="T105" s="5">
+        <v>3.3480392769500198</v>
+      </c>
+    </row>
+    <row r="106" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A106" s="20"/>
+      <c r="C106" s="25"/>
+      <c r="D106" s="18"/>
+      <c r="E106" s="18"/>
+      <c r="F106" s="26"/>
+      <c r="H106" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J106" s="30">
+        <v>699</v>
+      </c>
+      <c r="K106" s="31"/>
+      <c r="M106" s="32">
+        <v>9.0779219999999992</v>
+      </c>
+      <c r="N106" s="31"/>
+      <c r="P106" s="4">
+        <v>1</v>
+      </c>
+      <c r="R106" s="4">
+        <v>43</v>
+      </c>
+      <c r="T106" s="5">
+        <v>9.7018259621578498</v>
+      </c>
+    </row>
+    <row r="107" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A107" s="21"/>
+      <c r="C107" s="27"/>
+      <c r="D107" s="28"/>
+      <c r="E107" s="28"/>
+      <c r="F107" s="29"/>
+      <c r="H107" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J107" s="33">
+        <v>1165</v>
+      </c>
+      <c r="K107" s="31"/>
+      <c r="M107" s="34">
+        <v>14.5625</v>
+      </c>
+      <c r="N107" s="31"/>
+      <c r="P107" s="7">
+        <v>1</v>
+      </c>
+      <c r="R107" s="7">
+        <v>51</v>
+      </c>
+      <c r="T107" s="8">
+        <v>10.8299207753335</v>
+      </c>
+    </row>
+    <row r="108" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A108" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C108" s="35" t="s">
+        <v>38</v>
+      </c>
+      <c r="D108" s="23"/>
+      <c r="E108" s="23"/>
+      <c r="F108" s="24"/>
+      <c r="H108" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J108" s="30">
+        <v>1911</v>
+      </c>
+      <c r="K108" s="31"/>
+      <c r="M108" s="32">
+        <v>10.857955</v>
+      </c>
+      <c r="N108" s="31"/>
+      <c r="P108" s="4">
+        <v>1</v>
+      </c>
+      <c r="R108" s="4">
+        <v>47</v>
+      </c>
+      <c r="T108" s="5">
+        <v>9.05268667302696</v>
+      </c>
+    </row>
+    <row r="109" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A109" s="20"/>
+      <c r="C109" s="36"/>
+      <c r="D109" s="18"/>
+      <c r="E109" s="18"/>
+      <c r="F109" s="26"/>
+      <c r="H109" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J109" s="30">
+        <v>2734</v>
+      </c>
+      <c r="K109" s="31"/>
+      <c r="M109" s="32">
+        <v>15.021978000000001</v>
+      </c>
+      <c r="N109" s="31"/>
+      <c r="P109" s="4">
+        <v>1</v>
+      </c>
+      <c r="R109" s="4">
+        <v>117</v>
+      </c>
+      <c r="T109" s="5">
+        <v>19.435104090279498</v>
+      </c>
+    </row>
+    <row r="110" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A110" s="20"/>
+      <c r="C110" s="36"/>
+      <c r="D110" s="18"/>
+      <c r="E110" s="18"/>
+      <c r="F110" s="26"/>
+      <c r="H110" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J110" s="30">
+        <v>7326</v>
+      </c>
+      <c r="K110" s="31"/>
+      <c r="M110" s="32">
+        <v>39.387096999999997</v>
+      </c>
+      <c r="N110" s="31"/>
+      <c r="P110" s="4">
+        <v>2</v>
+      </c>
+      <c r="R110" s="4">
+        <v>173</v>
+      </c>
+      <c r="T110" s="5">
+        <v>37.729630557427903</v>
+      </c>
+    </row>
+    <row r="111" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A111" s="21"/>
+      <c r="C111" s="37"/>
+      <c r="D111" s="28"/>
+      <c r="E111" s="28"/>
+      <c r="F111" s="29"/>
+      <c r="H111" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J111" s="33">
+        <v>11971</v>
+      </c>
+      <c r="K111" s="31"/>
+      <c r="M111" s="34">
+        <v>64.016042999999996</v>
+      </c>
+      <c r="N111" s="31"/>
+      <c r="P111" s="7">
+        <v>4</v>
+      </c>
+      <c r="R111" s="7">
+        <v>184</v>
+      </c>
+      <c r="T111" s="8">
+        <v>41.497567735952899</v>
+      </c>
+    </row>
+    <row r="112" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A112" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C112" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="D112" s="23"/>
+      <c r="E112" s="23"/>
+      <c r="F112" s="24"/>
+      <c r="H112" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J112" s="30">
+        <v>2738</v>
+      </c>
+      <c r="K112" s="31"/>
+      <c r="M112" s="32">
+        <v>14.8</v>
+      </c>
+      <c r="N112" s="31"/>
+      <c r="P112" s="4">
+        <v>1</v>
+      </c>
+      <c r="R112" s="4">
+        <v>62</v>
+      </c>
+      <c r="T112" s="5">
+        <v>12.037441588643301</v>
+      </c>
+    </row>
+    <row r="113" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A113" s="20"/>
+      <c r="C113" s="36"/>
+      <c r="D113" s="18"/>
+      <c r="E113" s="18"/>
+      <c r="F113" s="26"/>
+      <c r="H113" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J113" s="30">
+        <v>3639</v>
+      </c>
+      <c r="K113" s="31"/>
+      <c r="M113" s="32">
+        <v>19.670269999999999</v>
+      </c>
+      <c r="N113" s="31"/>
+      <c r="P113" s="4">
+        <v>1</v>
+      </c>
+      <c r="R113" s="4">
+        <v>99</v>
+      </c>
+      <c r="T113" s="5">
+        <v>21.849396376101598</v>
+      </c>
+    </row>
+    <row r="114" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A114" s="20"/>
+      <c r="C114" s="36"/>
+      <c r="D114" s="18"/>
+      <c r="E114" s="18"/>
+      <c r="F114" s="26"/>
+      <c r="H114" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J114" s="30">
+        <v>10704</v>
+      </c>
+      <c r="K114" s="31"/>
+      <c r="M114" s="32">
+        <v>57.548386999999998</v>
+      </c>
+      <c r="N114" s="31"/>
+      <c r="P114" s="4">
+        <v>1</v>
+      </c>
+      <c r="R114" s="4">
+        <v>189</v>
+      </c>
+      <c r="T114" s="5">
+        <v>34.595271078573703</v>
+      </c>
+    </row>
+    <row r="115" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A115" s="21"/>
+      <c r="C115" s="37"/>
+      <c r="D115" s="28"/>
+      <c r="E115" s="28"/>
+      <c r="F115" s="29"/>
+      <c r="H115" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J115" s="33">
+        <v>17081</v>
+      </c>
+      <c r="K115" s="31"/>
+      <c r="M115" s="34">
+        <v>91.833332999999996</v>
+      </c>
+      <c r="N115" s="31"/>
+      <c r="P115" s="7">
+        <v>3</v>
+      </c>
+      <c r="R115" s="7">
         <v>252</v>
       </c>
-      <c s="13" r="T14">
-[...142 lines deleted...]
-      <c s="22" r="P19">
+      <c r="T115" s="8">
+        <v>39.094192100617697</v>
+      </c>
+    </row>
+    <row r="116" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A116" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C116" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D116" s="23"/>
+      <c r="E116" s="23"/>
+      <c r="F116" s="24"/>
+      <c r="H116" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J116" s="30">
+        <v>12049</v>
+      </c>
+      <c r="K116" s="31"/>
+      <c r="M116" s="32">
+        <v>34.723343</v>
+      </c>
+      <c r="N116" s="31"/>
+      <c r="P116" s="4">
+        <v>1</v>
+      </c>
+      <c r="R116" s="4">
+        <v>179</v>
+      </c>
+      <c r="T116" s="5">
+        <v>24.534595187204499</v>
+      </c>
+    </row>
+    <row r="117" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A117" s="20"/>
+      <c r="C117" s="25"/>
+      <c r="D117" s="18"/>
+      <c r="E117" s="18"/>
+      <c r="F117" s="26"/>
+      <c r="H117" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J117" s="30">
+        <v>25582</v>
+      </c>
+      <c r="K117" s="31"/>
+      <c r="M117" s="32">
+        <v>73.511493999999999</v>
+      </c>
+      <c r="N117" s="31"/>
+      <c r="P117" s="4">
+        <v>3</v>
+      </c>
+      <c r="R117" s="4">
+        <v>488</v>
+      </c>
+      <c r="T117" s="5">
+        <v>84.0620217399035</v>
+      </c>
+    </row>
+    <row r="118" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A118" s="20"/>
+      <c r="C118" s="25"/>
+      <c r="D118" s="18"/>
+      <c r="E118" s="18"/>
+      <c r="F118" s="26"/>
+      <c r="H118" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J118" s="30">
+        <v>37440</v>
+      </c>
+      <c r="K118" s="31"/>
+      <c r="M118" s="32">
+        <v>107.586207</v>
+      </c>
+      <c r="N118" s="31"/>
+      <c r="P118" s="4">
+        <v>2</v>
+      </c>
+      <c r="R118" s="4">
+        <v>434</v>
+      </c>
+      <c r="T118" s="5">
+        <v>102.935535822183</v>
+      </c>
+    </row>
+    <row r="119" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A119" s="21"/>
+      <c r="C119" s="27"/>
+      <c r="D119" s="28"/>
+      <c r="E119" s="28"/>
+      <c r="F119" s="29"/>
+      <c r="H119" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J119" s="33">
+        <v>75071</v>
+      </c>
+      <c r="K119" s="31"/>
+      <c r="M119" s="34">
+        <v>215.72126399999999</v>
+      </c>
+      <c r="N119" s="31"/>
+      <c r="P119" s="7">
+        <v>39</v>
+      </c>
+      <c r="R119" s="7">
+        <v>790</v>
+      </c>
+      <c r="T119" s="8">
+        <v>140.20359797095099</v>
+      </c>
+    </row>
+    <row r="120" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A120" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C120" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D120" s="23"/>
+      <c r="E120" s="23"/>
+      <c r="F120" s="24"/>
+      <c r="H120" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J120" s="30">
+        <v>18</v>
+      </c>
+      <c r="K120" s="31"/>
+      <c r="M120" s="32">
+        <v>1.5</v>
+      </c>
+      <c r="N120" s="31"/>
+      <c r="P120" s="4">
+        <v>1</v>
+      </c>
+      <c r="R120" s="4">
+        <v>4</v>
+      </c>
+      <c r="T120" s="5">
+        <v>0.90453413423706697</v>
+      </c>
+    </row>
+    <row r="121" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A121" s="20"/>
+      <c r="C121" s="25"/>
+      <c r="D121" s="18"/>
+      <c r="E121" s="18"/>
+      <c r="F121" s="26"/>
+      <c r="H121" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J121" s="30">
+        <v>198</v>
+      </c>
+      <c r="K121" s="31"/>
+      <c r="M121" s="32">
+        <v>6.3870969999999998</v>
+      </c>
+      <c r="N121" s="31"/>
+      <c r="P121" s="4">
+        <v>2</v>
+      </c>
+      <c r="R121" s="4">
+        <v>19</v>
+      </c>
+      <c r="T121" s="5">
+        <v>4.9442047894479497</v>
+      </c>
+    </row>
+    <row r="122" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A122" s="20"/>
+      <c r="C122" s="25"/>
+      <c r="D122" s="18"/>
+      <c r="E122" s="18"/>
+      <c r="F122" s="26"/>
+      <c r="H122" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J122" s="30">
+        <v>304</v>
+      </c>
+      <c r="K122" s="31"/>
+      <c r="M122" s="32">
+        <v>9.2121209999999998</v>
+      </c>
+      <c r="N122" s="31"/>
+      <c r="P122" s="4">
+        <v>1</v>
+      </c>
+      <c r="R122" s="4">
+        <v>35</v>
+      </c>
+      <c r="T122" s="5">
+        <v>6.6415245237821701</v>
+      </c>
+    </row>
+    <row r="123" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A123" s="21"/>
+      <c r="C123" s="27"/>
+      <c r="D123" s="28"/>
+      <c r="E123" s="28"/>
+      <c r="F123" s="29"/>
+      <c r="H123" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J123" s="33">
+        <v>520</v>
+      </c>
+      <c r="K123" s="31"/>
+      <c r="M123" s="34">
+        <v>15.757576</v>
+      </c>
+      <c r="N123" s="31"/>
+      <c r="P123" s="7">
+        <v>5</v>
+      </c>
+      <c r="R123" s="7">
+        <v>39</v>
+      </c>
+      <c r="T123" s="8">
+        <v>8.6205796788847096</v>
+      </c>
+    </row>
+    <row r="124" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A124" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C124" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D124" s="23"/>
+      <c r="E124" s="23"/>
+      <c r="F124" s="24"/>
+      <c r="H124" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J124" s="30">
+        <v>12966</v>
+      </c>
+      <c r="K124" s="31"/>
+      <c r="M124" s="32">
+        <v>73.254237000000003</v>
+      </c>
+      <c r="N124" s="31"/>
+      <c r="P124" s="4">
+        <v>14</v>
+      </c>
+      <c r="R124" s="4">
+        <v>185</v>
+      </c>
+      <c r="T124" s="5">
+        <v>39.964299355800001</v>
+      </c>
+    </row>
+    <row r="125" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A125" s="20"/>
+      <c r="C125" s="25"/>
+      <c r="D125" s="18"/>
+      <c r="E125" s="18"/>
+      <c r="F125" s="26"/>
+      <c r="H125" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J125" s="30">
+        <v>15035</v>
+      </c>
+      <c r="K125" s="31"/>
+      <c r="M125" s="32">
+        <v>83.066298000000003</v>
+      </c>
+      <c r="N125" s="31"/>
+      <c r="P125" s="4">
         <v>6</v>
       </c>
-      <c s="22" r="R19">
-[...303 lines deleted...]
-      <c s="11" r="R29">
+      <c r="R125" s="4">
+        <v>549</v>
+      </c>
+      <c r="T125" s="5">
+        <v>85.4858404240141</v>
+      </c>
+    </row>
+    <row r="126" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A126" s="20"/>
+      <c r="C126" s="25"/>
+      <c r="D126" s="18"/>
+      <c r="E126" s="18"/>
+      <c r="F126" s="26"/>
+      <c r="H126" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J126" s="30">
+        <v>35789</v>
+      </c>
+      <c r="K126" s="31"/>
+      <c r="M126" s="32">
+        <v>197.72928200000001</v>
+      </c>
+      <c r="N126" s="31"/>
+      <c r="P126" s="4">
+        <v>11</v>
+      </c>
+      <c r="R126" s="4">
+        <v>830</v>
+      </c>
+      <c r="T126" s="5">
+        <v>154.255987365159</v>
+      </c>
+    </row>
+    <row r="127" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A127" s="21"/>
+      <c r="C127" s="27"/>
+      <c r="D127" s="28"/>
+      <c r="E127" s="28"/>
+      <c r="F127" s="29"/>
+      <c r="H127" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J127" s="33">
+        <v>63790</v>
+      </c>
+      <c r="K127" s="31"/>
+      <c r="M127" s="34">
+        <v>352.43093900000002</v>
+      </c>
+      <c r="N127" s="31"/>
+      <c r="P127" s="7">
+        <v>76</v>
+      </c>
+      <c r="R127" s="7">
+        <v>1107</v>
+      </c>
+      <c r="T127" s="8">
+        <v>202.286463363222</v>
+      </c>
+    </row>
+    <row r="128" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A128" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C128" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D128" s="23"/>
+      <c r="E128" s="23"/>
+      <c r="F128" s="24"/>
+      <c r="H128" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J128" s="30">
+        <v>1932</v>
+      </c>
+      <c r="K128" s="31"/>
+      <c r="M128" s="32">
+        <v>13.702128</v>
+      </c>
+      <c r="N128" s="31"/>
+      <c r="P128" s="4">
+        <v>1</v>
+      </c>
+      <c r="R128" s="4">
+        <v>51</v>
+      </c>
+      <c r="T128" s="5">
+        <v>11.9974668159574</v>
+      </c>
+    </row>
+    <row r="129" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A129" s="20"/>
+      <c r="C129" s="25"/>
+      <c r="D129" s="18"/>
+      <c r="E129" s="18"/>
+      <c r="F129" s="26"/>
+      <c r="H129" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J129" s="30">
+        <v>1986</v>
+      </c>
+      <c r="K129" s="31"/>
+      <c r="M129" s="32">
+        <v>13.328859</v>
+      </c>
+      <c r="N129" s="31"/>
+      <c r="P129" s="4">
+        <v>1</v>
+      </c>
+      <c r="R129" s="4">
         <v>47</v>
       </c>
-      <c s="13" r="T29">
-[...649 lines deleted...]
-      <c s="22" r="P51">
+      <c r="T129" s="5">
+        <v>7.7148881391761002</v>
+      </c>
+    </row>
+    <row r="130" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A130" s="20"/>
+      <c r="C130" s="25"/>
+      <c r="D130" s="18"/>
+      <c r="E130" s="18"/>
+      <c r="F130" s="26"/>
+      <c r="H130" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J130" s="30">
+        <v>12986</v>
+      </c>
+      <c r="K130" s="31"/>
+      <c r="M130" s="32">
+        <v>87.154362000000006</v>
+      </c>
+      <c r="N130" s="31"/>
+      <c r="P130" s="4">
         <v>5</v>
       </c>
-      <c s="22" r="R51">
-[...63 lines deleted...]
-      <c s="11" r="R53">
+      <c r="R130" s="4">
+        <v>197</v>
+      </c>
+      <c r="T130" s="5">
+        <v>41.092302965397302</v>
+      </c>
+    </row>
+    <row r="131" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A131" s="21"/>
+      <c r="C131" s="27"/>
+      <c r="D131" s="28"/>
+      <c r="E131" s="28"/>
+      <c r="F131" s="29"/>
+      <c r="H131" s="6" t="s">
         <v>14</v>
       </c>
-      <c s="13" r="T53">
-[...2329 lines deleted...]
-      <c s="22" r="P131">
+      <c r="J131" s="33">
+        <v>16904</v>
+      </c>
+      <c r="K131" s="31"/>
+      <c r="M131" s="34">
+        <v>113.449664</v>
+      </c>
+      <c r="N131" s="31"/>
+      <c r="P131" s="7">
         <v>14</v>
       </c>
-      <c s="22" r="R131">
+      <c r="R131" s="7">
         <v>213</v>
       </c>
-      <c s="23" r="T131">
-[...11 lines deleted...]
-    <row r="134" ht="2.2" customHeight="1"/>
+      <c r="T131" s="8">
+        <v>40.519337432885102</v>
+      </c>
+    </row>
+    <row r="132" spans="1:20" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B133" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C133" s="18"/>
+      <c r="D133" s="18"/>
+      <c r="E133" s="18"/>
+      <c r="F133" s="18"/>
+      <c r="G133" s="18"/>
+      <c r="H133" s="18"/>
+      <c r="I133" s="18"/>
+      <c r="J133" s="18"/>
+    </row>
+    <row r="134" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="312">
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="C16:F19"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
@@ -6683,3794 +7479,3591 @@
     <mergeCell ref="M117:N117"/>
     <mergeCell ref="J118:K118"/>
     <mergeCell ref="M118:N118"/>
     <mergeCell ref="J119:K119"/>
     <mergeCell ref="M119:N119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="C120:F123"/>
     <mergeCell ref="J120:K120"/>
     <mergeCell ref="M120:N120"/>
     <mergeCell ref="J121:K121"/>
     <mergeCell ref="M121:N121"/>
     <mergeCell ref="J122:K122"/>
     <mergeCell ref="M122:N122"/>
     <mergeCell ref="J123:K123"/>
     <mergeCell ref="M123:N123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="C124:F127"/>
     <mergeCell ref="J124:K124"/>
     <mergeCell ref="M124:N124"/>
     <mergeCell ref="J125:K125"/>
     <mergeCell ref="M125:N125"/>
     <mergeCell ref="J126:K126"/>
     <mergeCell ref="M126:N126"/>
     <mergeCell ref="J127:K127"/>
     <mergeCell ref="M127:N127"/>
+    <mergeCell ref="B133:J133"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="C128:F131"/>
     <mergeCell ref="J128:K128"/>
     <mergeCell ref="M128:N128"/>
     <mergeCell ref="J129:K129"/>
     <mergeCell ref="M129:N129"/>
     <mergeCell ref="J130:K130"/>
     <mergeCell ref="M130:N130"/>
     <mergeCell ref="J131:K131"/>
     <mergeCell ref="M131:N131"/>
-    <mergeCell ref="B133:J133"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId7"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:W134"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="2.7421875"/>
-[...22 lines deleted...]
-    <col min="24" max="24" customWidth="1" width="8.9140625"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
+    <col min="4" max="4" width="39" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
+    <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
+    <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
+    <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
+    <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="15.140625" customWidth="1"/>
+    <col min="19" max="19" width="0" hidden="1" customWidth="1"/>
+    <col min="20" max="20" width="15.140625" customWidth="1"/>
+    <col min="21" max="21" width="0" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="3.42578125" customWidth="1"/>
+    <col min="23" max="23" width="78.140625" customWidth="1"/>
+    <col min="24" max="24" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.4" customHeight="1">
-[...96 lines deleted...]
-      <c s="11" r="R12">
+    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+      <c r="V1" s="18"/>
+      <c r="W1" s="18"/>
+    </row>
+    <row r="2" spans="1:23" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:23" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:23" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="O4" s="40" t="s">
+        <v>2</v>
+      </c>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="18"/>
+      <c r="T4" s="18"/>
+    </row>
+    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+      <c r="S5" s="18"/>
+      <c r="T5" s="18"/>
+    </row>
+    <row r="6" spans="1:23" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:23" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:23" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
+        <v>6</v>
+      </c>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="P8" s="18"/>
+      <c r="Q8" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="R8" s="18"/>
+      <c r="S8" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="T8" s="18"/>
+    </row>
+    <row r="9" spans="1:23" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:23" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="2.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="23"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="24"/>
+      <c r="H12" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J12" s="30">
+        <v>698</v>
+      </c>
+      <c r="K12" s="31"/>
+      <c r="M12" s="32">
+        <v>4.91404</v>
+      </c>
+      <c r="N12" s="31"/>
+      <c r="P12" s="4">
+        <v>1</v>
+      </c>
+      <c r="R12" s="4">
         <v>5</v>
       </c>
-      <c s="13" r="T12">
-[...23 lines deleted...]
-      <c s="11" r="R13">
+      <c r="T12" s="5">
+        <v>0.53927080395660199</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A13" s="20"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="26"/>
+      <c r="H13" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" s="30">
+        <v>766</v>
+      </c>
+      <c r="K13" s="31"/>
+      <c r="M13" s="32">
+        <v>4.7206270000000004</v>
+      </c>
+      <c r="N13" s="31"/>
+      <c r="P13" s="4">
+        <v>1</v>
+      </c>
+      <c r="R13" s="4">
         <v>5</v>
       </c>
-      <c s="13" r="T13">
-[...23 lines deleted...]
-      <c s="11" r="R14">
+      <c r="T13" s="5">
+        <v>0.93009354368257002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A14" s="20"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="26"/>
+      <c r="H14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="30">
+        <v>2181</v>
+      </c>
+      <c r="K14" s="31"/>
+      <c r="M14" s="32">
+        <v>4.9307660000000002</v>
+      </c>
+      <c r="N14" s="31"/>
+      <c r="P14" s="4">
+        <v>1</v>
+      </c>
+      <c r="R14" s="4">
         <v>5</v>
       </c>
-      <c s="13" r="T14">
-[...25 lines deleted...]
-      <c s="22" r="R15">
+      <c r="T14" s="5">
+        <v>0.48103014458555499</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A15" s="21"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="29"/>
+      <c r="H15" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J15" s="33">
+        <v>3645</v>
+      </c>
+      <c r="K15" s="31"/>
+      <c r="M15" s="34">
+        <v>4.8834020000000002</v>
+      </c>
+      <c r="N15" s="31"/>
+      <c r="P15" s="7">
+        <v>1</v>
+      </c>
+      <c r="R15" s="7">
         <v>5</v>
       </c>
-      <c s="23" r="T15">
-[...30 lines deleted...]
-      <c s="11" r="P16">
+      <c r="T15" s="8">
+        <v>0.61878186786621303</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="24"/>
+      <c r="H16" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J16" s="30">
+        <v>670</v>
+      </c>
+      <c r="K16" s="31"/>
+      <c r="M16" s="32">
+        <v>9.8746270000000003</v>
+      </c>
+      <c r="N16" s="31"/>
+      <c r="P16" s="4">
         <v>3</v>
       </c>
-      <c s="11" r="R16">
+      <c r="R16" s="4">
         <v>10</v>
       </c>
-      <c s="13" r="T16">
-[...23 lines deleted...]
-      <c s="11" r="R17">
+      <c r="T16" s="5">
+        <v>0.80092259301383195</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A17" s="20"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="18"/>
+      <c r="F17" s="26"/>
+      <c r="H17" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" s="30">
+        <v>684</v>
+      </c>
+      <c r="K17" s="31"/>
+      <c r="M17" s="32">
+        <v>9.3333329999999997</v>
+      </c>
+      <c r="N17" s="31"/>
+      <c r="P17" s="4">
+        <v>1</v>
+      </c>
+      <c r="R17" s="4">
         <v>10</v>
       </c>
-      <c s="13" r="T17">
-[...23 lines deleted...]
-      <c s="11" r="R18">
+      <c r="T17" s="5">
+        <v>1.91860704679202</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A18" s="20"/>
+      <c r="C18" s="36"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="18"/>
+      <c r="F18" s="26"/>
+      <c r="H18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" s="30">
+        <v>2135</v>
+      </c>
+      <c r="K18" s="31"/>
+      <c r="M18" s="32">
+        <v>9.8618269999999999</v>
+      </c>
+      <c r="N18" s="31"/>
+      <c r="P18" s="4">
+        <v>1</v>
+      </c>
+      <c r="R18" s="4">
         <v>10</v>
       </c>
-      <c s="13" r="T18">
-[...25 lines deleted...]
-      <c s="22" r="R19">
+      <c r="T18" s="5">
+        <v>0.92294853594336401</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A19" s="21"/>
+      <c r="C19" s="37"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="28"/>
+      <c r="F19" s="29"/>
+      <c r="H19" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J19" s="33">
+        <v>3489</v>
+      </c>
+      <c r="K19" s="31"/>
+      <c r="M19" s="34">
+        <v>9.7606760000000001</v>
+      </c>
+      <c r="N19" s="31"/>
+      <c r="P19" s="7">
+        <v>1</v>
+      </c>
+      <c r="R19" s="7">
         <v>10</v>
       </c>
-      <c s="23" r="T19">
-[...22 lines deleted...]
-      <c s="11" r="J20">
+      <c r="T19" s="8">
+        <v>1.1874801050965</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="24"/>
+      <c r="H20" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J20" s="30">
         <v>43</v>
       </c>
-      <c s="12" t="str" r="K20"/>
-[...7 lines deleted...]
-      <c s="11" r="R20">
+      <c r="K20" s="31"/>
+      <c r="M20" s="32">
+        <v>2.9069769999999999</v>
+      </c>
+      <c r="N20" s="31"/>
+      <c r="P20" s="4">
+        <v>1</v>
+      </c>
+      <c r="R20" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T20">
-[...23 lines deleted...]
-      <c s="11" r="R21">
+      <c r="T20" s="5">
+        <v>0.42365079959797097</v>
+      </c>
+    </row>
+    <row r="21" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A21" s="20"/>
+      <c r="C21" s="25"/>
+      <c r="D21" s="18"/>
+      <c r="E21" s="18"/>
+      <c r="F21" s="26"/>
+      <c r="H21" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" s="30">
+        <v>254</v>
+      </c>
+      <c r="K21" s="31"/>
+      <c r="M21" s="32">
+        <v>2.7755909999999999</v>
+      </c>
+      <c r="N21" s="31"/>
+      <c r="P21" s="4">
+        <v>1</v>
+      </c>
+      <c r="R21" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T21">
-[...23 lines deleted...]
-      <c s="11" r="R22">
+      <c r="T21" s="5">
+        <v>0.56249888888779198</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A22" s="20"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="26"/>
+      <c r="H22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="30">
+        <v>168</v>
+      </c>
+      <c r="K22" s="31"/>
+      <c r="M22" s="32">
+        <v>2.9166669999999999</v>
+      </c>
+      <c r="N22" s="31"/>
+      <c r="P22" s="4">
+        <v>1</v>
+      </c>
+      <c r="R22" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T22">
-[...25 lines deleted...]
-      <c s="22" r="R23">
+      <c r="T22" s="5">
+        <v>0.35267265275323001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A23" s="21"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="29"/>
+      <c r="H23" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J23" s="33">
+        <v>465</v>
+      </c>
+      <c r="K23" s="31"/>
+      <c r="M23" s="34">
+        <v>2.8387099999999998</v>
+      </c>
+      <c r="N23" s="31"/>
+      <c r="P23" s="7">
+        <v>1</v>
+      </c>
+      <c r="R23" s="7">
         <v>3</v>
       </c>
-      <c s="23" r="T23">
-[...33 lines deleted...]
-      <c s="11" r="R24">
+      <c r="T23" s="8">
+        <v>0.48862869338588799</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="24"/>
+      <c r="H24" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J24" s="30">
+        <v>204</v>
+      </c>
+      <c r="K24" s="31"/>
+      <c r="M24" s="32">
+        <v>2.9264709999999998</v>
+      </c>
+      <c r="N24" s="31"/>
+      <c r="P24" s="4">
+        <v>1</v>
+      </c>
+      <c r="R24" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T24">
-[...23 lines deleted...]
-      <c s="11" r="R25">
+      <c r="T24" s="5">
+        <v>0.37025126603429698</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A25" s="20"/>
+      <c r="C25" s="36"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="18"/>
+      <c r="F25" s="26"/>
+      <c r="H25" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" s="30">
+        <v>156</v>
+      </c>
+      <c r="K25" s="31"/>
+      <c r="M25" s="32">
+        <v>2.8461539999999999</v>
+      </c>
+      <c r="N25" s="31"/>
+      <c r="P25" s="4">
+        <v>1</v>
+      </c>
+      <c r="R25" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T25">
-[...23 lines deleted...]
-      <c s="11" r="R26">
+      <c r="T25" s="5">
+        <v>0.48320802973460603</v>
+      </c>
+    </row>
+    <row r="26" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A26" s="20"/>
+      <c r="C26" s="36"/>
+      <c r="D26" s="18"/>
+      <c r="E26" s="18"/>
+      <c r="F26" s="26"/>
+      <c r="H26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="30">
+        <v>986</v>
+      </c>
+      <c r="K26" s="31"/>
+      <c r="M26" s="32">
+        <v>2.9726170000000001</v>
+      </c>
+      <c r="N26" s="31"/>
+      <c r="P26" s="4">
+        <v>1</v>
+      </c>
+      <c r="R26" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T26">
-[...25 lines deleted...]
-      <c s="22" r="R27">
+      <c r="T26" s="5">
+        <v>0.211924514863194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A27" s="21"/>
+      <c r="C27" s="37"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="29"/>
+      <c r="H27" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J27" s="33">
+        <v>1346</v>
+      </c>
+      <c r="K27" s="31"/>
+      <c r="M27" s="34">
+        <v>2.9509660000000002</v>
+      </c>
+      <c r="N27" s="31"/>
+      <c r="P27" s="7">
+        <v>1</v>
+      </c>
+      <c r="R27" s="7">
         <v>3</v>
       </c>
-      <c s="23" r="T27">
-[...22 lines deleted...]
-      <c s="11" r="J28">
+      <c r="T27" s="8">
+        <v>0.28691810678310298</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="23"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="24"/>
+      <c r="H28" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J28" s="30">
         <v>194</v>
       </c>
-      <c s="12" t="str" r="K28"/>
-[...7 lines deleted...]
-      <c s="11" r="R28">
+      <c r="K28" s="31"/>
+      <c r="M28" s="32">
+        <v>21.979381</v>
+      </c>
+      <c r="N28" s="31"/>
+      <c r="P28" s="4">
+        <v>1</v>
+      </c>
+      <c r="R28" s="4">
         <v>25</v>
       </c>
-      <c s="13" r="T28">
-[...23 lines deleted...]
-      <c s="11" r="R29">
+      <c r="T28" s="5">
+        <v>6.4040997806092896</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A29" s="20"/>
+      <c r="C29" s="36"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="18"/>
+      <c r="F29" s="26"/>
+      <c r="H29" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" s="30">
+        <v>136</v>
+      </c>
+      <c r="K29" s="31"/>
+      <c r="M29" s="32">
+        <v>18.566175999999999</v>
+      </c>
+      <c r="N29" s="31"/>
+      <c r="P29" s="4">
+        <v>1</v>
+      </c>
+      <c r="R29" s="4">
         <v>25</v>
       </c>
-      <c s="13" r="T29">
-[...23 lines deleted...]
-      <c s="11" r="R30">
+      <c r="T29" s="5">
+        <v>8.7925683392283105</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A30" s="20"/>
+      <c r="C30" s="36"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="18"/>
+      <c r="F30" s="26"/>
+      <c r="H30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="30">
+        <v>964</v>
+      </c>
+      <c r="K30" s="31"/>
+      <c r="M30" s="32">
+        <v>24.309128999999999</v>
+      </c>
+      <c r="N30" s="31"/>
+      <c r="P30" s="4">
+        <v>1</v>
+      </c>
+      <c r="R30" s="4">
         <v>25</v>
       </c>
-      <c s="13" r="T30">
-[...25 lines deleted...]
-      <c s="22" r="R31">
+      <c r="T30" s="5">
+        <v>3.2679791921002201</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A31" s="21"/>
+      <c r="C31" s="37"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="29"/>
+      <c r="H31" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J31" s="33">
+        <v>1294</v>
+      </c>
+      <c r="K31" s="31"/>
+      <c r="M31" s="34">
+        <v>23.356259999999999</v>
+      </c>
+      <c r="N31" s="31"/>
+      <c r="P31" s="7">
+        <v>1</v>
+      </c>
+      <c r="R31" s="7">
         <v>25</v>
       </c>
-      <c s="23" r="T31">
-[...33 lines deleted...]
-      <c s="11" r="R32">
+      <c r="T31" s="8">
+        <v>5.0559118860992802</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="24"/>
+      <c r="H32" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J32" s="30">
+        <v>2099</v>
+      </c>
+      <c r="K32" s="31"/>
+      <c r="M32" s="32">
+        <v>4.8432589999999998</v>
+      </c>
+      <c r="N32" s="31"/>
+      <c r="P32" s="4">
+        <v>1</v>
+      </c>
+      <c r="R32" s="4">
         <v>5</v>
       </c>
-      <c s="13" r="T32">
-[...23 lines deleted...]
-      <c s="11" r="R33">
+      <c r="T32" s="5">
+        <v>0.63772015806308002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A33" s="20"/>
+      <c r="C33" s="25"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="18"/>
+      <c r="F33" s="26"/>
+      <c r="H33" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" s="30">
+        <v>7408</v>
+      </c>
+      <c r="K33" s="31"/>
+      <c r="M33" s="32">
+        <v>4.6942490000000001</v>
+      </c>
+      <c r="N33" s="31"/>
+      <c r="P33" s="4">
+        <v>1</v>
+      </c>
+      <c r="R33" s="4">
         <v>5</v>
       </c>
-      <c s="13" r="T33">
-[...23 lines deleted...]
-      <c s="11" r="R34">
+      <c r="T33" s="5">
+        <v>0.93533576858794398</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A34" s="20"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="26"/>
+      <c r="H34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" s="30">
+        <v>2057</v>
+      </c>
+      <c r="K34" s="31"/>
+      <c r="M34" s="32">
+        <v>4.8172100000000002</v>
+      </c>
+      <c r="N34" s="31"/>
+      <c r="P34" s="4">
+        <v>1</v>
+      </c>
+      <c r="R34" s="4">
         <v>5</v>
       </c>
-      <c s="13" r="T34">
-[...25 lines deleted...]
-      <c s="22" r="R35">
+      <c r="T34" s="5">
+        <v>0.76045907187698103</v>
+      </c>
+    </row>
+    <row r="35" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A35" s="21"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="29"/>
+      <c r="H35" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J35" s="33">
+        <v>11564</v>
+      </c>
+      <c r="K35" s="31"/>
+      <c r="M35" s="34">
+        <v>4.7431679999999998</v>
+      </c>
+      <c r="N35" s="31"/>
+      <c r="P35" s="7">
+        <v>1</v>
+      </c>
+      <c r="R35" s="7">
         <v>5</v>
       </c>
-      <c s="23" r="T35">
-[...33 lines deleted...]
-      <c s="11" r="R36">
+      <c r="T35" s="8">
+        <v>0.86104761773086602</v>
+      </c>
+    </row>
+    <row r="36" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A36" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="24"/>
+      <c r="H36" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J36" s="30">
+        <v>3549</v>
+      </c>
+      <c r="K36" s="31"/>
+      <c r="M36" s="32">
+        <v>2.9498449999999998</v>
+      </c>
+      <c r="N36" s="31"/>
+      <c r="P36" s="4">
+        <v>1</v>
+      </c>
+      <c r="R36" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T36">
-[...23 lines deleted...]
-      <c s="11" r="R37">
+      <c r="T36" s="5">
+        <v>0.28442925306655797</v>
+      </c>
+    </row>
+    <row r="37" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A37" s="20"/>
+      <c r="C37" s="36"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="26"/>
+      <c r="H37" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" s="30">
+        <v>14444</v>
+      </c>
+      <c r="K37" s="31"/>
+      <c r="M37" s="32">
+        <v>2.9311129999999999</v>
+      </c>
+      <c r="N37" s="31"/>
+      <c r="P37" s="4">
+        <v>1</v>
+      </c>
+      <c r="R37" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T37">
-[...23 lines deleted...]
-      <c s="11" r="R38">
+      <c r="T37" s="5">
+        <v>0.32784905063153702</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A38" s="20"/>
+      <c r="C38" s="36"/>
+      <c r="D38" s="18"/>
+      <c r="E38" s="18"/>
+      <c r="F38" s="26"/>
+      <c r="H38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="30">
+        <v>8887</v>
+      </c>
+      <c r="K38" s="31"/>
+      <c r="M38" s="32">
+        <v>2.9404750000000002</v>
+      </c>
+      <c r="N38" s="31"/>
+      <c r="P38" s="4">
+        <v>1</v>
+      </c>
+      <c r="R38" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T38">
-[...25 lines deleted...]
-      <c s="22" r="R39">
+      <c r="T38" s="5">
+        <v>0.315312543359759</v>
+      </c>
+    </row>
+    <row r="39" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A39" s="21"/>
+      <c r="C39" s="37"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="29"/>
+      <c r="H39" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J39" s="33">
+        <v>26880</v>
+      </c>
+      <c r="K39" s="31"/>
+      <c r="M39" s="34">
+        <v>2.9366819999999998</v>
+      </c>
+      <c r="N39" s="31"/>
+      <c r="P39" s="7">
+        <v>1</v>
+      </c>
+      <c r="R39" s="7">
         <v>3</v>
       </c>
-      <c s="23" r="T39">
-[...33 lines deleted...]
-      <c s="11" r="R40">
+      <c r="T39" s="8">
+        <v>0.31835514759463202</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A40" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C40" s="35" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+      <c r="F40" s="24"/>
+      <c r="H40" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J40" s="30">
+        <v>3422</v>
+      </c>
+      <c r="K40" s="31"/>
+      <c r="M40" s="32">
+        <v>11.266802999999999</v>
+      </c>
+      <c r="N40" s="31"/>
+      <c r="P40" s="4">
+        <v>1</v>
+      </c>
+      <c r="R40" s="4">
         <v>12</v>
       </c>
-      <c s="13" r="T40">
-[...23 lines deleted...]
-      <c s="11" r="R41">
+      <c r="T40" s="5">
+        <v>2.2399799106242</v>
+      </c>
+    </row>
+    <row r="41" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A41" s="20"/>
+      <c r="C41" s="36"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="26"/>
+      <c r="H41" s="3" t="s">
         <v>12</v>
       </c>
-      <c s="13" r="T41">
-[...23 lines deleted...]
-      <c s="11" r="R42">
+      <c r="J41" s="30">
+        <v>13979</v>
+      </c>
+      <c r="K41" s="31"/>
+      <c r="M41" s="32">
+        <v>11.443664999999999</v>
+      </c>
+      <c r="N41" s="31"/>
+      <c r="P41" s="4">
+        <v>1</v>
+      </c>
+      <c r="R41" s="4">
         <v>12</v>
       </c>
-      <c s="13" r="T42">
-[...25 lines deleted...]
-      <c s="22" r="R43">
+      <c r="T41" s="5">
+        <v>1.9380245096489399</v>
+      </c>
+    </row>
+    <row r="42" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A42" s="20"/>
+      <c r="C42" s="36"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="18"/>
+      <c r="F42" s="26"/>
+      <c r="H42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="30">
+        <v>8517</v>
+      </c>
+      <c r="K42" s="31"/>
+      <c r="M42" s="32">
+        <v>11.012446000000001</v>
+      </c>
+      <c r="N42" s="31"/>
+      <c r="P42" s="4">
+        <v>1</v>
+      </c>
+      <c r="R42" s="4">
         <v>12</v>
       </c>
-      <c s="23" r="T43">
-[...22 lines deleted...]
-      <c s="11" r="J44">
+      <c r="T42" s="5">
+        <v>2.52245673897492</v>
+      </c>
+    </row>
+    <row r="43" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A43" s="21"/>
+      <c r="C43" s="37"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="29"/>
+      <c r="H43" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J43" s="33">
+        <v>25918</v>
+      </c>
+      <c r="K43" s="31"/>
+      <c r="M43" s="34">
+        <v>11.278608999999999</v>
+      </c>
+      <c r="N43" s="31"/>
+      <c r="P43" s="7">
+        <v>1</v>
+      </c>
+      <c r="R43" s="7">
+        <v>12</v>
+      </c>
+      <c r="T43" s="8">
+        <v>2.1947539725445302</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A44" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C44" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="24"/>
+      <c r="H44" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J44" s="30">
         <v>38</v>
       </c>
-      <c s="12" t="str" r="K44"/>
-[...7 lines deleted...]
-      <c s="11" r="R44">
+      <c r="K44" s="31"/>
+      <c r="M44" s="32">
+        <v>1.8157890000000001</v>
+      </c>
+      <c r="N44" s="31"/>
+      <c r="P44" s="4">
+        <v>1</v>
+      </c>
+      <c r="R44" s="4">
         <v>2</v>
       </c>
-      <c s="13" r="T44">
-[...23 lines deleted...]
-      <c s="11" r="R45">
+      <c r="T44" s="5">
+        <v>0.39023198228745898</v>
+      </c>
+    </row>
+    <row r="45" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A45" s="20"/>
+      <c r="C45" s="25"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="18"/>
+      <c r="F45" s="26"/>
+      <c r="H45" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" s="30">
+        <v>159</v>
+      </c>
+      <c r="K45" s="31"/>
+      <c r="M45" s="32">
+        <v>1.7861640000000001</v>
+      </c>
+      <c r="N45" s="31"/>
+      <c r="P45" s="4">
+        <v>1</v>
+      </c>
+      <c r="R45" s="4">
         <v>2</v>
       </c>
-      <c s="13" r="T45">
-[...23 lines deleted...]
-      <c s="11" r="R46">
+      <c r="T45" s="5">
+        <v>0.41065922612307199</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A46" s="20"/>
+      <c r="C46" s="25"/>
+      <c r="D46" s="18"/>
+      <c r="E46" s="18"/>
+      <c r="F46" s="26"/>
+      <c r="H46" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="30">
+        <v>86</v>
+      </c>
+      <c r="K46" s="31"/>
+      <c r="M46" s="32">
+        <v>1.9069769999999999</v>
+      </c>
+      <c r="N46" s="31"/>
+      <c r="P46" s="4">
+        <v>1</v>
+      </c>
+      <c r="R46" s="4">
         <v>2</v>
       </c>
-      <c s="13" r="T46">
-[...14 lines deleted...]
-      <c s="22" r="J47">
+      <c r="T46" s="5">
+        <v>0.29131254693198499</v>
+      </c>
+    </row>
+    <row r="47" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A47" s="21"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="29"/>
+      <c r="H47" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J47" s="33">
+        <v>283</v>
+      </c>
+      <c r="K47" s="31"/>
+      <c r="M47" s="34">
+        <v>1.8268549999999999</v>
+      </c>
+      <c r="N47" s="31"/>
+      <c r="P47" s="7">
+        <v>1</v>
+      </c>
+      <c r="R47" s="7">
+        <v>2</v>
+      </c>
+      <c r="T47" s="8">
+        <v>0.378707010761618</v>
+      </c>
+    </row>
+    <row r="48" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A48" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D48" s="23"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="24"/>
+      <c r="H48" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J48" s="30">
+        <v>73</v>
+      </c>
+      <c r="K48" s="31"/>
+      <c r="M48" s="32">
+        <v>7.2739729999999998</v>
+      </c>
+      <c r="N48" s="31"/>
+      <c r="P48" s="4">
+        <v>1</v>
+      </c>
+      <c r="R48" s="4">
+        <v>8</v>
+      </c>
+      <c r="T48" s="5">
+        <v>1.7908601285415899</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A49" s="20"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="26"/>
+      <c r="H49" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" s="30">
+        <v>158</v>
+      </c>
+      <c r="K49" s="31"/>
+      <c r="M49" s="32">
+        <v>6.5632910000000004</v>
+      </c>
+      <c r="N49" s="31"/>
+      <c r="P49" s="4">
+        <v>1</v>
+      </c>
+      <c r="R49" s="4">
+        <v>8</v>
+      </c>
+      <c r="T49" s="5">
+        <v>2.5583565036952902</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A50" s="20"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="18"/>
+      <c r="E50" s="18"/>
+      <c r="F50" s="26"/>
+      <c r="H50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" s="30">
         <v>279</v>
       </c>
-      <c s="12" t="str" r="K47"/>
-[...7 lines deleted...]
-      <c s="22" r="R47">
+      <c r="K50" s="31"/>
+      <c r="M50" s="32">
+        <v>7.5663080000000003</v>
+      </c>
+      <c r="N50" s="31"/>
+      <c r="P50" s="4">
+        <v>1</v>
+      </c>
+      <c r="R50" s="4">
+        <v>8</v>
+      </c>
+      <c r="T50" s="5">
+        <v>1.56317977213115</v>
+      </c>
+    </row>
+    <row r="51" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A51" s="21"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="28"/>
+      <c r="F51" s="29"/>
+      <c r="H51" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J51" s="33">
+        <v>510</v>
+      </c>
+      <c r="K51" s="31"/>
+      <c r="M51" s="34">
+        <v>7.2137250000000002</v>
+      </c>
+      <c r="N51" s="31"/>
+      <c r="P51" s="7">
+        <v>1</v>
+      </c>
+      <c r="R51" s="7">
+        <v>8</v>
+      </c>
+      <c r="T51" s="8">
+        <v>2.0037766841641802</v>
+      </c>
+    </row>
+    <row r="52" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A52" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C52" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="D52" s="23"/>
+      <c r="E52" s="23"/>
+      <c r="F52" s="24"/>
+      <c r="H52" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J52" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="K52" s="31"/>
+      <c r="M52" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="N52" s="31"/>
+      <c r="P52" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="R52" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="T52" s="9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="53" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A53" s="20"/>
+      <c r="C53" s="25"/>
+      <c r="D53" s="18"/>
+      <c r="E53" s="18"/>
+      <c r="F53" s="26"/>
+      <c r="H53" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" s="30">
+        <v>22</v>
+      </c>
+      <c r="K53" s="31"/>
+      <c r="M53" s="32">
+        <v>2.0909089999999999</v>
+      </c>
+      <c r="N53" s="31"/>
+      <c r="P53" s="4">
+        <v>1</v>
+      </c>
+      <c r="R53" s="4">
+        <v>3</v>
+      </c>
+      <c r="T53" s="5">
+        <v>1.0073723244163499</v>
+      </c>
+    </row>
+    <row r="54" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A54" s="20"/>
+      <c r="C54" s="25"/>
+      <c r="D54" s="18"/>
+      <c r="E54" s="18"/>
+      <c r="F54" s="26"/>
+      <c r="H54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="30">
+        <v>8</v>
+      </c>
+      <c r="K54" s="31"/>
+      <c r="M54" s="32">
+        <v>1.625</v>
+      </c>
+      <c r="N54" s="31"/>
+      <c r="P54" s="4">
+        <v>1</v>
+      </c>
+      <c r="R54" s="4">
+        <v>3</v>
+      </c>
+      <c r="T54" s="5">
+        <v>0.88506101484586897</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A55" s="21"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="29"/>
+      <c r="H55" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J55" s="33">
+        <v>33</v>
+      </c>
+      <c r="K55" s="31"/>
+      <c r="M55" s="34">
+        <v>2.030303</v>
+      </c>
+      <c r="N55" s="31"/>
+      <c r="P55" s="7">
+        <v>1</v>
+      </c>
+      <c r="R55" s="7">
+        <v>3</v>
+      </c>
+      <c r="T55" s="8">
+        <v>0.97617314038033198</v>
+      </c>
+    </row>
+    <row r="56" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A56" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C56" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" s="23"/>
+      <c r="E56" s="23"/>
+      <c r="F56" s="24"/>
+      <c r="H56" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J56" s="30">
+        <v>37</v>
+      </c>
+      <c r="K56" s="31"/>
+      <c r="M56" s="32">
+        <v>20.135134999999998</v>
+      </c>
+      <c r="N56" s="31"/>
+      <c r="P56" s="4">
+        <v>1</v>
+      </c>
+      <c r="R56" s="4">
+        <v>25</v>
+      </c>
+      <c r="T56" s="5">
+        <v>7.8971545508493097</v>
+      </c>
+    </row>
+    <row r="57" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A57" s="20"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="18"/>
+      <c r="E57" s="18"/>
+      <c r="F57" s="26"/>
+      <c r="H57" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" s="30">
+        <v>141</v>
+      </c>
+      <c r="K57" s="31"/>
+      <c r="M57" s="32">
+        <v>21.078014</v>
+      </c>
+      <c r="N57" s="31"/>
+      <c r="P57" s="4">
+        <v>1</v>
+      </c>
+      <c r="R57" s="4">
+        <v>25</v>
+      </c>
+      <c r="T57" s="5">
+        <v>8.0691591879203894</v>
+      </c>
+    </row>
+    <row r="58" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A58" s="20"/>
+      <c r="C58" s="25"/>
+      <c r="D58" s="18"/>
+      <c r="E58" s="18"/>
+      <c r="F58" s="26"/>
+      <c r="H58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" s="30">
+        <v>417</v>
+      </c>
+      <c r="K58" s="31"/>
+      <c r="M58" s="32">
+        <v>24.611511</v>
+      </c>
+      <c r="N58" s="31"/>
+      <c r="P58" s="4">
+        <v>1</v>
+      </c>
+      <c r="R58" s="4">
+        <v>25</v>
+      </c>
+      <c r="T58" s="5">
+        <v>2.7610152118378499</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A59" s="21"/>
+      <c r="C59" s="27"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="28"/>
+      <c r="F59" s="29"/>
+      <c r="H59" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J59" s="33">
+        <v>595</v>
+      </c>
+      <c r="K59" s="31"/>
+      <c r="M59" s="34">
+        <v>23.495798000000001</v>
+      </c>
+      <c r="N59" s="31"/>
+      <c r="P59" s="7">
+        <v>1</v>
+      </c>
+      <c r="R59" s="7">
+        <v>25</v>
+      </c>
+      <c r="T59" s="8">
+        <v>5.2459667364557303</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A60" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C60" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="D60" s="23"/>
+      <c r="E60" s="23"/>
+      <c r="F60" s="24"/>
+      <c r="H60" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J60" s="30">
+        <v>346</v>
+      </c>
+      <c r="K60" s="31"/>
+      <c r="M60" s="32">
+        <v>7.8901729999999999</v>
+      </c>
+      <c r="N60" s="31"/>
+      <c r="P60" s="4">
+        <v>1</v>
+      </c>
+      <c r="R60" s="4">
+        <v>8</v>
+      </c>
+      <c r="T60" s="5">
+        <v>0.70109842390351995</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A61" s="20"/>
+      <c r="C61" s="25"/>
+      <c r="D61" s="18"/>
+      <c r="E61" s="18"/>
+      <c r="F61" s="26"/>
+      <c r="H61" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" s="30">
+        <v>1414</v>
+      </c>
+      <c r="K61" s="31"/>
+      <c r="M61" s="32">
+        <v>7.2864209999999998</v>
+      </c>
+      <c r="N61" s="31"/>
+      <c r="P61" s="4">
+        <v>1</v>
+      </c>
+      <c r="R61" s="4">
+        <v>8</v>
+      </c>
+      <c r="T61" s="5">
+        <v>1.9063685372980701</v>
+      </c>
+    </row>
+    <row r="62" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A62" s="20"/>
+      <c r="C62" s="25"/>
+      <c r="D62" s="18"/>
+      <c r="E62" s="18"/>
+      <c r="F62" s="26"/>
+      <c r="H62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="30">
+        <v>907</v>
+      </c>
+      <c r="K62" s="31"/>
+      <c r="M62" s="32">
+        <v>7.8875409999999997</v>
+      </c>
+      <c r="N62" s="31"/>
+      <c r="P62" s="4">
+        <v>1</v>
+      </c>
+      <c r="R62" s="4">
+        <v>8</v>
+      </c>
+      <c r="T62" s="5">
+        <v>0.78353812925728095</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A63" s="21"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="29"/>
+      <c r="H63" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J63" s="33">
+        <v>2667</v>
+      </c>
+      <c r="K63" s="31"/>
+      <c r="M63" s="34">
+        <v>7.5691790000000001</v>
+      </c>
+      <c r="N63" s="31"/>
+      <c r="P63" s="7">
+        <v>1</v>
+      </c>
+      <c r="R63" s="7">
+        <v>8</v>
+      </c>
+      <c r="T63" s="8">
+        <v>1.51298975541806</v>
+      </c>
+    </row>
+    <row r="64" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A64" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C64" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="24"/>
+      <c r="H64" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J64" s="30">
+        <v>407</v>
+      </c>
+      <c r="K64" s="31"/>
+      <c r="M64" s="32">
+        <v>26.567568000000001</v>
+      </c>
+      <c r="N64" s="31"/>
+      <c r="P64" s="4">
+        <v>1</v>
+      </c>
+      <c r="R64" s="4">
+        <v>30</v>
+      </c>
+      <c r="T64" s="5">
+        <v>7.75134665719448</v>
+      </c>
+    </row>
+    <row r="65" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A65" s="20"/>
+      <c r="C65" s="25"/>
+      <c r="D65" s="18"/>
+      <c r="E65" s="18"/>
+      <c r="F65" s="26"/>
+      <c r="H65" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" s="30">
+        <v>174</v>
+      </c>
+      <c r="K65" s="31"/>
+      <c r="M65" s="32">
+        <v>23.011493999999999</v>
+      </c>
+      <c r="N65" s="31"/>
+      <c r="P65" s="4">
+        <v>1</v>
+      </c>
+      <c r="R65" s="4">
+        <v>30</v>
+      </c>
+      <c r="T65" s="5">
+        <v>10.3182714637676</v>
+      </c>
+    </row>
+    <row r="66" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A66" s="20"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="18"/>
+      <c r="E66" s="18"/>
+      <c r="F66" s="26"/>
+      <c r="H66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J66" s="30">
+        <v>1332</v>
+      </c>
+      <c r="K66" s="31"/>
+      <c r="M66" s="32">
+        <v>29.135134999999998</v>
+      </c>
+      <c r="N66" s="31"/>
+      <c r="P66" s="4">
+        <v>1</v>
+      </c>
+      <c r="R66" s="4">
+        <v>30</v>
+      </c>
+      <c r="T66" s="5">
+        <v>4.2423464026408801</v>
+      </c>
+    </row>
+    <row r="67" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A67" s="21"/>
+      <c r="C67" s="27"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="29"/>
+      <c r="H67" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J67" s="33">
+        <v>1913</v>
+      </c>
+      <c r="K67" s="31"/>
+      <c r="M67" s="34">
+        <v>28.031887000000001</v>
+      </c>
+      <c r="N67" s="31"/>
+      <c r="P67" s="7">
+        <v>1</v>
+      </c>
+      <c r="R67" s="7">
+        <v>30</v>
+      </c>
+      <c r="T67" s="8">
+        <v>6.2093775050322098</v>
+      </c>
+    </row>
+    <row r="68" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A68" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C68" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D68" s="23"/>
+      <c r="E68" s="23"/>
+      <c r="F68" s="24"/>
+      <c r="H68" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J68" s="30">
+        <v>67</v>
+      </c>
+      <c r="K68" s="31"/>
+      <c r="M68" s="32">
+        <v>22.522387999999999</v>
+      </c>
+      <c r="N68" s="31"/>
+      <c r="P68" s="4">
+        <v>4</v>
+      </c>
+      <c r="R68" s="4">
+        <v>25</v>
+      </c>
+      <c r="T68" s="5">
+        <v>5.8150910568966996</v>
+      </c>
+    </row>
+    <row r="69" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A69" s="20"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="18"/>
+      <c r="E69" s="18"/>
+      <c r="F69" s="26"/>
+      <c r="H69" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J69" s="30">
+        <v>67</v>
+      </c>
+      <c r="K69" s="31"/>
+      <c r="M69" s="32">
+        <v>19.656715999999999</v>
+      </c>
+      <c r="N69" s="31"/>
+      <c r="P69" s="4">
+        <v>1</v>
+      </c>
+      <c r="R69" s="4">
+        <v>25</v>
+      </c>
+      <c r="T69" s="5">
+        <v>8.5744019033399592</v>
+      </c>
+    </row>
+    <row r="70" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A70" s="20"/>
+      <c r="C70" s="25"/>
+      <c r="D70" s="18"/>
+      <c r="E70" s="18"/>
+      <c r="F70" s="26"/>
+      <c r="H70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" s="30">
+        <v>525</v>
+      </c>
+      <c r="K70" s="31"/>
+      <c r="M70" s="32">
+        <v>24.643809999999998</v>
+      </c>
+      <c r="N70" s="31"/>
+      <c r="P70" s="4">
+        <v>1</v>
+      </c>
+      <c r="R70" s="4">
+        <v>25</v>
+      </c>
+      <c r="T70" s="5">
+        <v>2.6192775721561099</v>
+      </c>
+    </row>
+    <row r="71" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A71" s="21"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="29"/>
+      <c r="H71" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J71" s="33">
+        <v>659</v>
+      </c>
+      <c r="K71" s="31"/>
+      <c r="M71" s="34">
+        <v>23.921092999999999</v>
+      </c>
+      <c r="N71" s="31"/>
+      <c r="P71" s="7">
+        <v>1</v>
+      </c>
+      <c r="R71" s="7">
+        <v>25</v>
+      </c>
+      <c r="T71" s="8">
+        <v>4.3324098374922899</v>
+      </c>
+    </row>
+    <row r="72" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A72" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C72" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="D72" s="23"/>
+      <c r="E72" s="23"/>
+      <c r="F72" s="24"/>
+      <c r="H72" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J72" s="30">
+        <v>201</v>
+      </c>
+      <c r="K72" s="31"/>
+      <c r="M72" s="32">
+        <v>4.9751240000000001</v>
+      </c>
+      <c r="N72" s="31"/>
+      <c r="P72" s="4">
+        <v>3</v>
+      </c>
+      <c r="R72" s="4">
+        <v>5</v>
+      </c>
+      <c r="T72" s="5">
+        <v>0.21039724332794901</v>
+      </c>
+    </row>
+    <row r="73" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A73" s="20"/>
+      <c r="C73" s="25"/>
+      <c r="D73" s="18"/>
+      <c r="E73" s="18"/>
+      <c r="F73" s="26"/>
+      <c r="H73" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J73" s="30">
+        <v>779</v>
+      </c>
+      <c r="K73" s="31"/>
+      <c r="M73" s="32">
+        <v>4.7227209999999999</v>
+      </c>
+      <c r="N73" s="31"/>
+      <c r="P73" s="4">
+        <v>1</v>
+      </c>
+      <c r="R73" s="4">
+        <v>5</v>
+      </c>
+      <c r="T73" s="5">
+        <v>0.93192006094943602</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A74" s="20"/>
+      <c r="C74" s="25"/>
+      <c r="D74" s="18"/>
+      <c r="E74" s="18"/>
+      <c r="F74" s="26"/>
+      <c r="H74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" s="30">
+        <v>386</v>
+      </c>
+      <c r="K74" s="31"/>
+      <c r="M74" s="32">
+        <v>4.8989640000000003</v>
+      </c>
+      <c r="N74" s="31"/>
+      <c r="P74" s="4">
+        <v>1</v>
+      </c>
+      <c r="R74" s="4">
+        <v>5</v>
+      </c>
+      <c r="T74" s="5">
+        <v>0.56499646016590199</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A75" s="21"/>
+      <c r="C75" s="27"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="29"/>
+      <c r="H75" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J75" s="33">
+        <v>1366</v>
+      </c>
+      <c r="K75" s="31"/>
+      <c r="M75" s="34">
+        <v>4.8096629999999996</v>
+      </c>
+      <c r="N75" s="31"/>
+      <c r="P75" s="7">
+        <v>1</v>
+      </c>
+      <c r="R75" s="7">
+        <v>5</v>
+      </c>
+      <c r="T75" s="8">
+        <v>0.77611403801245604</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A76" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C76" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="D76" s="23"/>
+      <c r="E76" s="23"/>
+      <c r="F76" s="24"/>
+      <c r="H76" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J76" s="30">
+        <v>755</v>
+      </c>
+      <c r="K76" s="31"/>
+      <c r="M76" s="32">
+        <v>4.8913909999999996</v>
+      </c>
+      <c r="N76" s="31"/>
+      <c r="P76" s="4">
+        <v>1</v>
+      </c>
+      <c r="R76" s="4">
+        <v>5</v>
+      </c>
+      <c r="T76" s="5">
+        <v>0.58146109070169105</v>
+      </c>
+    </row>
+    <row r="77" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A77" s="20"/>
+      <c r="C77" s="25"/>
+      <c r="D77" s="18"/>
+      <c r="E77" s="18"/>
+      <c r="F77" s="26"/>
+      <c r="H77" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J77" s="30">
+        <v>2875</v>
+      </c>
+      <c r="K77" s="31"/>
+      <c r="M77" s="32">
+        <v>4.6848700000000001</v>
+      </c>
+      <c r="N77" s="31"/>
+      <c r="P77" s="4">
+        <v>1</v>
+      </c>
+      <c r="R77" s="4">
+        <v>5</v>
+      </c>
+      <c r="T77" s="5">
+        <v>0.97248496132330997</v>
+      </c>
+    </row>
+    <row r="78" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A78" s="20"/>
+      <c r="C78" s="25"/>
+      <c r="D78" s="18"/>
+      <c r="E78" s="18"/>
+      <c r="F78" s="26"/>
+      <c r="H78" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" s="30">
+        <v>1814</v>
+      </c>
+      <c r="K78" s="31"/>
+      <c r="M78" s="32">
+        <v>4.7800440000000002</v>
+      </c>
+      <c r="N78" s="31"/>
+      <c r="P78" s="4">
+        <v>1</v>
+      </c>
+      <c r="R78" s="4">
+        <v>5</v>
+      </c>
+      <c r="T78" s="5">
+        <v>0.84053554356731397</v>
+      </c>
+    </row>
+    <row r="79" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A79" s="21"/>
+      <c r="C79" s="27"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="29"/>
+      <c r="H79" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J79" s="33">
+        <v>5444</v>
+      </c>
+      <c r="K79" s="31"/>
+      <c r="M79" s="34">
+        <v>4.7452240000000003</v>
+      </c>
+      <c r="N79" s="31"/>
+      <c r="P79" s="7">
+        <v>1</v>
+      </c>
+      <c r="R79" s="7">
+        <v>5</v>
+      </c>
+      <c r="T79" s="8">
+        <v>0.88708793250725704</v>
+      </c>
+    </row>
+    <row r="80" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A80" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C80" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D80" s="23"/>
+      <c r="E80" s="23"/>
+      <c r="F80" s="24"/>
+      <c r="H80" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J80" s="30">
+        <v>6</v>
+      </c>
+      <c r="K80" s="31"/>
+      <c r="M80" s="32">
+        <v>2.6666669999999999</v>
+      </c>
+      <c r="N80" s="31"/>
+      <c r="P80" s="4">
+        <v>1</v>
+      </c>
+      <c r="R80" s="4">
+        <v>3</v>
+      </c>
+      <c r="T80" s="5">
+        <v>0.77849919717363902</v>
+      </c>
+    </row>
+    <row r="81" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A81" s="20"/>
+      <c r="C81" s="25"/>
+      <c r="D81" s="18"/>
+      <c r="E81" s="18"/>
+      <c r="F81" s="26"/>
+      <c r="H81" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J81" s="30">
+        <v>77</v>
+      </c>
+      <c r="K81" s="31"/>
+      <c r="M81" s="32">
+        <v>2.6623380000000001</v>
+      </c>
+      <c r="N81" s="31"/>
+      <c r="P81" s="4">
+        <v>1</v>
+      </c>
+      <c r="R81" s="4">
+        <v>3</v>
+      </c>
+      <c r="T81" s="5">
+        <v>0.63883879030628699</v>
+      </c>
+    </row>
+    <row r="82" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A82" s="20"/>
+      <c r="C82" s="25"/>
+      <c r="D82" s="18"/>
+      <c r="E82" s="18"/>
+      <c r="F82" s="26"/>
+      <c r="H82" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J82" s="30">
+        <v>24</v>
+      </c>
+      <c r="K82" s="31"/>
+      <c r="M82" s="32">
+        <v>2.8333330000000001</v>
+      </c>
+      <c r="N82" s="31"/>
+      <c r="P82" s="4">
+        <v>1</v>
+      </c>
+      <c r="R82" s="4">
+        <v>3</v>
+      </c>
+      <c r="T82" s="5">
+        <v>0.55862062260536005</v>
+      </c>
+    </row>
+    <row r="83" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A83" s="21"/>
+      <c r="C83" s="27"/>
+      <c r="D83" s="28"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="29"/>
+      <c r="H83" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J83" s="33">
+        <v>107</v>
+      </c>
+      <c r="K83" s="31"/>
+      <c r="M83" s="34">
+        <v>2.7009349999999999</v>
+      </c>
+      <c r="N83" s="31"/>
+      <c r="P83" s="7">
+        <v>1</v>
+      </c>
+      <c r="R83" s="7">
+        <v>3</v>
+      </c>
+      <c r="T83" s="8">
+        <v>0.63119172998384598</v>
+      </c>
+    </row>
+    <row r="84" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A84" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C84" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D84" s="23"/>
+      <c r="E84" s="23"/>
+      <c r="F84" s="24"/>
+      <c r="H84" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J84" s="30">
+        <v>22</v>
+      </c>
+      <c r="K84" s="31"/>
+      <c r="M84" s="32">
+        <v>2.6363639999999999</v>
+      </c>
+      <c r="N84" s="31"/>
+      <c r="P84" s="4">
+        <v>1</v>
+      </c>
+      <c r="R84" s="4">
+        <v>3</v>
+      </c>
+      <c r="T84" s="5">
+        <v>0.65025610339311701</v>
+      </c>
+    </row>
+    <row r="85" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A85" s="20"/>
+      <c r="C85" s="25"/>
+      <c r="D85" s="18"/>
+      <c r="E85" s="18"/>
+      <c r="F85" s="26"/>
+      <c r="H85" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J85" s="30">
+        <v>62</v>
+      </c>
+      <c r="K85" s="31"/>
+      <c r="M85" s="32">
+        <v>2.4838710000000002</v>
+      </c>
+      <c r="N85" s="31"/>
+      <c r="P85" s="4">
+        <v>1</v>
+      </c>
+      <c r="R85" s="4">
+        <v>3</v>
+      </c>
+      <c r="T85" s="5">
+        <v>0.84086562541228904</v>
+      </c>
+    </row>
+    <row r="86" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A86" s="20"/>
+      <c r="C86" s="25"/>
+      <c r="D86" s="18"/>
+      <c r="E86" s="18"/>
+      <c r="F86" s="26"/>
+      <c r="H86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" s="30">
+        <v>88</v>
+      </c>
+      <c r="K86" s="31"/>
+      <c r="M86" s="32">
+        <v>2.8409089999999999</v>
+      </c>
+      <c r="N86" s="31"/>
+      <c r="P86" s="4">
+        <v>1</v>
+      </c>
+      <c r="R86" s="4">
+        <v>3</v>
+      </c>
+      <c r="T86" s="5">
+        <v>0.49882963023461202</v>
+      </c>
+    </row>
+    <row r="87" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A87" s="21"/>
+      <c r="C87" s="27"/>
+      <c r="D87" s="28"/>
+      <c r="E87" s="28"/>
+      <c r="F87" s="29"/>
+      <c r="H87" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J87" s="33">
+        <v>172</v>
+      </c>
+      <c r="K87" s="31"/>
+      <c r="M87" s="34">
+        <v>2.6860469999999999</v>
+      </c>
+      <c r="N87" s="31"/>
+      <c r="P87" s="7">
+        <v>1</v>
+      </c>
+      <c r="R87" s="7">
+        <v>3</v>
+      </c>
+      <c r="T87" s="8">
+        <v>0.67890573719773495</v>
+      </c>
+    </row>
+    <row r="88" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A88" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C88" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="D88" s="23"/>
+      <c r="E88" s="23"/>
+      <c r="F88" s="24"/>
+      <c r="H88" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J88" s="30">
+        <v>442</v>
+      </c>
+      <c r="K88" s="31"/>
+      <c r="M88" s="32">
+        <v>18.812217</v>
+      </c>
+      <c r="N88" s="31"/>
+      <c r="P88" s="4">
+        <v>1</v>
+      </c>
+      <c r="R88" s="4">
+        <v>20</v>
+      </c>
+      <c r="T88" s="5">
+        <v>3.77252806483928</v>
+      </c>
+    </row>
+    <row r="89" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A89" s="20"/>
+      <c r="C89" s="25"/>
+      <c r="D89" s="18"/>
+      <c r="E89" s="18"/>
+      <c r="F89" s="26"/>
+      <c r="H89" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J89" s="30">
+        <v>187</v>
+      </c>
+      <c r="K89" s="31"/>
+      <c r="M89" s="32">
+        <v>14.28877</v>
+      </c>
+      <c r="N89" s="31"/>
+      <c r="P89" s="4">
+        <v>1</v>
+      </c>
+      <c r="R89" s="4">
+        <v>20</v>
+      </c>
+      <c r="T89" s="5">
+        <v>7.5455387481610598</v>
+      </c>
+    </row>
+    <row r="90" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A90" s="20"/>
+      <c r="C90" s="25"/>
+      <c r="D90" s="18"/>
+      <c r="E90" s="18"/>
+      <c r="F90" s="26"/>
+      <c r="H90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" s="30">
+        <v>473</v>
+      </c>
+      <c r="K90" s="31"/>
+      <c r="M90" s="32">
+        <v>19.156448000000001</v>
+      </c>
+      <c r="N90" s="31"/>
+      <c r="P90" s="4">
+        <v>1</v>
+      </c>
+      <c r="R90" s="4">
+        <v>20</v>
+      </c>
+      <c r="T90" s="5">
+        <v>3.3593974162042799</v>
+      </c>
+    </row>
+    <row r="91" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A91" s="21"/>
+      <c r="C91" s="27"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="28"/>
+      <c r="F91" s="29"/>
+      <c r="H91" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J91" s="33">
+        <v>1102</v>
+      </c>
+      <c r="K91" s="31"/>
+      <c r="M91" s="34">
+        <v>18.192377</v>
+      </c>
+      <c r="N91" s="31"/>
+      <c r="P91" s="7">
+        <v>1</v>
+      </c>
+      <c r="R91" s="7">
+        <v>20</v>
+      </c>
+      <c r="T91" s="8">
+        <v>4.8296646881538301</v>
+      </c>
+    </row>
+    <row r="92" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A92" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C92" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="D92" s="23"/>
+      <c r="E92" s="23"/>
+      <c r="F92" s="24"/>
+      <c r="H92" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J92" s="30">
+        <v>22</v>
+      </c>
+      <c r="K92" s="31"/>
+      <c r="M92" s="32">
+        <v>16.272727</v>
+      </c>
+      <c r="N92" s="31"/>
+      <c r="P92" s="4">
+        <v>1</v>
+      </c>
+      <c r="R92" s="4">
+        <v>20</v>
+      </c>
+      <c r="T92" s="5">
+        <v>6.6834179878262896</v>
+      </c>
+    </row>
+    <row r="93" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A93" s="20"/>
+      <c r="C93" s="25"/>
+      <c r="D93" s="18"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="26"/>
+      <c r="H93" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J93" s="30">
+        <v>90</v>
+      </c>
+      <c r="K93" s="31"/>
+      <c r="M93" s="32">
+        <v>17.5</v>
+      </c>
+      <c r="N93" s="31"/>
+      <c r="P93" s="4">
+        <v>1</v>
+      </c>
+      <c r="R93" s="4">
+        <v>20</v>
+      </c>
+      <c r="T93" s="5">
+        <v>5.3758200304697699</v>
+      </c>
+    </row>
+    <row r="94" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A94" s="20"/>
+      <c r="C94" s="25"/>
+      <c r="D94" s="18"/>
+      <c r="E94" s="18"/>
+      <c r="F94" s="26"/>
+      <c r="H94" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" s="30">
+        <v>389</v>
+      </c>
+      <c r="K94" s="31"/>
+      <c r="M94" s="32">
+        <v>19.383033000000001</v>
+      </c>
+      <c r="N94" s="31"/>
+      <c r="P94" s="4">
+        <v>1</v>
+      </c>
+      <c r="R94" s="4">
+        <v>20</v>
+      </c>
+      <c r="T94" s="5">
+        <v>3.0423556662559998</v>
+      </c>
+    </row>
+    <row r="95" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A95" s="21"/>
+      <c r="C95" s="27"/>
+      <c r="D95" s="28"/>
+      <c r="E95" s="28"/>
+      <c r="F95" s="29"/>
+      <c r="H95" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J95" s="33">
+        <v>501</v>
+      </c>
+      <c r="K95" s="31"/>
+      <c r="M95" s="34">
+        <v>18.908183999999999</v>
+      </c>
+      <c r="N95" s="31"/>
+      <c r="P95" s="7">
+        <v>1</v>
+      </c>
+      <c r="R95" s="7">
+        <v>20</v>
+      </c>
+      <c r="T95" s="8">
+        <v>3.8869581937551101</v>
+      </c>
+    </row>
+    <row r="96" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A96" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C96" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="D96" s="23"/>
+      <c r="E96" s="23"/>
+      <c r="F96" s="24"/>
+      <c r="H96" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J96" s="30">
+        <v>813</v>
+      </c>
+      <c r="K96" s="31"/>
+      <c r="M96" s="32">
+        <v>9.6814269999999993</v>
+      </c>
+      <c r="N96" s="31"/>
+      <c r="P96" s="4">
+        <v>1</v>
+      </c>
+      <c r="R96" s="4">
+        <v>10</v>
+      </c>
+      <c r="T96" s="5">
+        <v>1.4610804221534099</v>
+      </c>
+    </row>
+    <row r="97" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A97" s="20"/>
+      <c r="C97" s="25"/>
+      <c r="D97" s="18"/>
+      <c r="E97" s="18"/>
+      <c r="F97" s="26"/>
+      <c r="H97" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J97" s="30">
+        <v>1222</v>
+      </c>
+      <c r="K97" s="31"/>
+      <c r="M97" s="32">
+        <v>8.7356789999999993</v>
+      </c>
+      <c r="N97" s="31"/>
+      <c r="P97" s="4">
+        <v>1</v>
+      </c>
+      <c r="R97" s="4">
+        <v>10</v>
+      </c>
+      <c r="T97" s="5">
+        <v>2.7601076065979702</v>
+      </c>
+    </row>
+    <row r="98" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A98" s="20"/>
+      <c r="C98" s="25"/>
+      <c r="D98" s="18"/>
+      <c r="E98" s="18"/>
+      <c r="F98" s="26"/>
+      <c r="H98" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" s="30">
+        <v>1797</v>
+      </c>
+      <c r="K98" s="31"/>
+      <c r="M98" s="32">
+        <v>9.6994989999999994</v>
+      </c>
+      <c r="N98" s="31"/>
+      <c r="P98" s="4">
+        <v>1</v>
+      </c>
+      <c r="R98" s="4">
+        <v>10</v>
+      </c>
+      <c r="T98" s="5">
+        <v>1.4566238361361501</v>
+      </c>
+    </row>
+    <row r="99" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A99" s="21"/>
+      <c r="C99" s="27"/>
+      <c r="D99" s="28"/>
+      <c r="E99" s="28"/>
+      <c r="F99" s="29"/>
+      <c r="H99" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J99" s="33">
+        <v>3832</v>
+      </c>
+      <c r="K99" s="31"/>
+      <c r="M99" s="34">
+        <v>9.3883089999999996</v>
+      </c>
+      <c r="N99" s="31"/>
+      <c r="P99" s="7">
+        <v>1</v>
+      </c>
+      <c r="R99" s="7">
+        <v>10</v>
+      </c>
+      <c r="T99" s="8">
+        <v>2.0188462051379701</v>
+      </c>
+    </row>
+    <row r="100" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A100" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C100" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D100" s="23"/>
+      <c r="E100" s="23"/>
+      <c r="F100" s="24"/>
+      <c r="H100" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J100" s="30">
+        <v>13</v>
+      </c>
+      <c r="K100" s="31"/>
+      <c r="M100" s="32">
+        <v>1.8461540000000001</v>
+      </c>
+      <c r="N100" s="31"/>
+      <c r="P100" s="4">
+        <v>1</v>
+      </c>
+      <c r="R100" s="4">
+        <v>3</v>
+      </c>
+      <c r="T100" s="5">
+        <v>0.96715303856214996</v>
+      </c>
+    </row>
+    <row r="101" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A101" s="20"/>
+      <c r="C101" s="25"/>
+      <c r="D101" s="18"/>
+      <c r="E101" s="18"/>
+      <c r="F101" s="26"/>
+      <c r="H101" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J101" s="30">
+        <v>78</v>
+      </c>
+      <c r="K101" s="31"/>
+      <c r="M101" s="32">
+        <v>2.461538</v>
+      </c>
+      <c r="N101" s="31"/>
+      <c r="P101" s="4">
+        <v>1</v>
+      </c>
+      <c r="R101" s="4">
+        <v>3</v>
+      </c>
+      <c r="T101" s="5">
+        <v>0.81426469897693599</v>
+      </c>
+    </row>
+    <row r="102" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A102" s="20"/>
+      <c r="C102" s="25"/>
+      <c r="D102" s="18"/>
+      <c r="E102" s="18"/>
+      <c r="F102" s="26"/>
+      <c r="H102" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J102" s="30">
+        <v>63</v>
+      </c>
+      <c r="K102" s="31"/>
+      <c r="M102" s="32">
+        <v>2.5079370000000001</v>
+      </c>
+      <c r="N102" s="31"/>
+      <c r="P102" s="4">
+        <v>1</v>
+      </c>
+      <c r="R102" s="4">
+        <v>3</v>
+      </c>
+      <c r="T102" s="5">
+        <v>0.83662237598572498</v>
+      </c>
+    </row>
+    <row r="103" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A103" s="21"/>
+      <c r="C103" s="27"/>
+      <c r="D103" s="28"/>
+      <c r="E103" s="28"/>
+      <c r="F103" s="29"/>
+      <c r="H103" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J103" s="33">
+        <v>154</v>
+      </c>
+      <c r="K103" s="31"/>
+      <c r="M103" s="34">
+        <v>2.4285709999999998</v>
+      </c>
+      <c r="N103" s="31"/>
+      <c r="P103" s="7">
+        <v>1</v>
+      </c>
+      <c r="R103" s="7">
+        <v>3</v>
+      </c>
+      <c r="T103" s="8">
+        <v>0.85310022857809598</v>
+      </c>
+    </row>
+    <row r="104" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A104" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C104" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="D104" s="23"/>
+      <c r="E104" s="23"/>
+      <c r="F104" s="24"/>
+      <c r="H104" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J104" s="30">
+        <v>33</v>
+      </c>
+      <c r="K104" s="31"/>
+      <c r="M104" s="32">
+        <v>3.9090910000000001</v>
+      </c>
+      <c r="N104" s="31"/>
+      <c r="P104" s="4">
         <v>2</v>
       </c>
-      <c s="23" r="T47">
-[...190 lines deleted...]
-      <c s="11" r="R53">
+      <c r="R104" s="4">
+        <v>4</v>
+      </c>
+      <c r="T104" s="5">
+        <v>0.38138563161188999</v>
+      </c>
+    </row>
+    <row r="105" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A105" s="20"/>
+      <c r="C105" s="25"/>
+      <c r="D105" s="18"/>
+      <c r="E105" s="18"/>
+      <c r="F105" s="26"/>
+      <c r="H105" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J105" s="30">
+        <v>97</v>
+      </c>
+      <c r="K105" s="31"/>
+      <c r="M105" s="32">
+        <v>3.474227</v>
+      </c>
+      <c r="N105" s="31"/>
+      <c r="P105" s="4">
+        <v>1</v>
+      </c>
+      <c r="R105" s="4">
+        <v>4</v>
+      </c>
+      <c r="T105" s="5">
+        <v>1.0189170721898799</v>
+      </c>
+    </row>
+    <row r="106" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A106" s="20"/>
+      <c r="C106" s="25"/>
+      <c r="D106" s="18"/>
+      <c r="E106" s="18"/>
+      <c r="F106" s="26"/>
+      <c r="H106" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J106" s="30">
+        <v>177</v>
+      </c>
+      <c r="K106" s="31"/>
+      <c r="M106" s="32">
+        <v>3.9491529999999999</v>
+      </c>
+      <c r="N106" s="31"/>
+      <c r="P106" s="4">
+        <v>1</v>
+      </c>
+      <c r="R106" s="4">
+        <v>4</v>
+      </c>
+      <c r="T106" s="5">
+        <v>0.38779118092086601</v>
+      </c>
+    </row>
+    <row r="107" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A107" s="21"/>
+      <c r="C107" s="27"/>
+      <c r="D107" s="28"/>
+      <c r="E107" s="28"/>
+      <c r="F107" s="29"/>
+      <c r="H107" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J107" s="33">
+        <v>307</v>
+      </c>
+      <c r="K107" s="31"/>
+      <c r="M107" s="34">
+        <v>3.794788</v>
+      </c>
+      <c r="N107" s="31"/>
+      <c r="P107" s="7">
+        <v>1</v>
+      </c>
+      <c r="R107" s="7">
+        <v>4</v>
+      </c>
+      <c r="T107" s="8">
+        <v>0.69034773846229103</v>
+      </c>
+    </row>
+    <row r="108" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A108" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C108" s="35" t="s">
+        <v>38</v>
+      </c>
+      <c r="D108" s="23"/>
+      <c r="E108" s="23"/>
+      <c r="F108" s="24"/>
+      <c r="H108" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J108" s="30">
+        <v>327</v>
+      </c>
+      <c r="K108" s="31"/>
+      <c r="M108" s="32">
+        <v>5.8440370000000001</v>
+      </c>
+      <c r="N108" s="31"/>
+      <c r="P108" s="4">
+        <v>1</v>
+      </c>
+      <c r="R108" s="4">
+        <v>6</v>
+      </c>
+      <c r="T108" s="5">
+        <v>0.78470440294419097</v>
+      </c>
+    </row>
+    <row r="109" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A109" s="20"/>
+      <c r="C109" s="36"/>
+      <c r="D109" s="18"/>
+      <c r="E109" s="18"/>
+      <c r="F109" s="26"/>
+      <c r="H109" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J109" s="30">
+        <v>497</v>
+      </c>
+      <c r="K109" s="31"/>
+      <c r="M109" s="32">
+        <v>5.5010060000000003</v>
+      </c>
+      <c r="N109" s="31"/>
+      <c r="P109" s="4">
+        <v>1</v>
+      </c>
+      <c r="R109" s="4">
+        <v>6</v>
+      </c>
+      <c r="T109" s="5">
+        <v>1.33150628988375</v>
+      </c>
+    </row>
+    <row r="110" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A110" s="20"/>
+      <c r="C110" s="36"/>
+      <c r="D110" s="18"/>
+      <c r="E110" s="18"/>
+      <c r="F110" s="26"/>
+      <c r="H110" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J110" s="30">
+        <v>1243</v>
+      </c>
+      <c r="K110" s="31"/>
+      <c r="M110" s="32">
+        <v>5.8938050000000004</v>
+      </c>
+      <c r="N110" s="31"/>
+      <c r="P110" s="4">
+        <v>1</v>
+      </c>
+      <c r="R110" s="4">
+        <v>6</v>
+      </c>
+      <c r="T110" s="5">
+        <v>0.65310412646070504</v>
+      </c>
+    </row>
+    <row r="111" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A111" s="21"/>
+      <c r="C111" s="37"/>
+      <c r="D111" s="28"/>
+      <c r="E111" s="28"/>
+      <c r="F111" s="29"/>
+      <c r="H111" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J111" s="33">
+        <v>2067</v>
+      </c>
+      <c r="K111" s="31"/>
+      <c r="M111" s="34">
+        <v>5.7914849999999998</v>
+      </c>
+      <c r="N111" s="31"/>
+      <c r="P111" s="7">
+        <v>1</v>
+      </c>
+      <c r="R111" s="7">
+        <v>6</v>
+      </c>
+      <c r="T111" s="8">
+        <v>0.89818761959848903</v>
+      </c>
+    </row>
+    <row r="112" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A112" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C112" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="D112" s="23"/>
+      <c r="E112" s="23"/>
+      <c r="F112" s="24"/>
+      <c r="H112" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J112" s="30">
+        <v>314</v>
+      </c>
+      <c r="K112" s="31"/>
+      <c r="M112" s="32">
+        <v>8.7197449999999996</v>
+      </c>
+      <c r="N112" s="31"/>
+      <c r="P112" s="4">
+        <v>1</v>
+      </c>
+      <c r="R112" s="4">
+        <v>9</v>
+      </c>
+      <c r="T112" s="5">
+        <v>1.2645801674864301</v>
+      </c>
+    </row>
+    <row r="113" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A113" s="20"/>
+      <c r="C113" s="36"/>
+      <c r="D113" s="18"/>
+      <c r="E113" s="18"/>
+      <c r="F113" s="26"/>
+      <c r="H113" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J113" s="30">
+        <v>433</v>
+      </c>
+      <c r="K113" s="31"/>
+      <c r="M113" s="32">
+        <v>8.4041569999999997</v>
+      </c>
+      <c r="N113" s="31"/>
+      <c r="P113" s="4">
+        <v>1</v>
+      </c>
+      <c r="R113" s="4">
+        <v>9</v>
+      </c>
+      <c r="T113" s="5">
+        <v>1.7747571664878501</v>
+      </c>
+    </row>
+    <row r="114" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A114" s="20"/>
+      <c r="C114" s="36"/>
+      <c r="D114" s="18"/>
+      <c r="E114" s="18"/>
+      <c r="F114" s="26"/>
+      <c r="H114" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J114" s="30">
+        <v>1205</v>
+      </c>
+      <c r="K114" s="31"/>
+      <c r="M114" s="32">
+        <v>8.8829879999999992</v>
+      </c>
+      <c r="N114" s="31"/>
+      <c r="P114" s="4">
+        <v>1</v>
+      </c>
+      <c r="R114" s="4">
+        <v>9</v>
+      </c>
+      <c r="T114" s="5">
+        <v>0.77234318796762902</v>
+      </c>
+    </row>
+    <row r="115" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A115" s="21"/>
+      <c r="C115" s="37"/>
+      <c r="D115" s="28"/>
+      <c r="E115" s="28"/>
+      <c r="F115" s="29"/>
+      <c r="H115" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J115" s="33">
+        <v>1952</v>
+      </c>
+      <c r="K115" s="31"/>
+      <c r="M115" s="34">
+        <v>8.7505120000000005</v>
+      </c>
+      <c r="N115" s="31"/>
+      <c r="P115" s="7">
+        <v>1</v>
+      </c>
+      <c r="R115" s="7">
+        <v>9</v>
+      </c>
+      <c r="T115" s="8">
+        <v>1.1665110372388301</v>
+      </c>
+    </row>
+    <row r="116" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A116" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C116" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D116" s="23"/>
+      <c r="E116" s="23"/>
+      <c r="F116" s="24"/>
+      <c r="H116" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J116" s="30">
+        <v>898</v>
+      </c>
+      <c r="K116" s="31"/>
+      <c r="M116" s="32">
+        <v>13.417595</v>
+      </c>
+      <c r="N116" s="31"/>
+      <c r="P116" s="4">
+        <v>1</v>
+      </c>
+      <c r="R116" s="4">
+        <v>15</v>
+      </c>
+      <c r="T116" s="5">
+        <v>3.9241275463470902</v>
+      </c>
+    </row>
+    <row r="117" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A117" s="20"/>
+      <c r="C117" s="25"/>
+      <c r="D117" s="18"/>
+      <c r="E117" s="18"/>
+      <c r="F117" s="26"/>
+      <c r="H117" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J117" s="30">
+        <v>1934</v>
+      </c>
+      <c r="K117" s="31"/>
+      <c r="M117" s="32">
+        <v>13.227508</v>
+      </c>
+      <c r="N117" s="31"/>
+      <c r="P117" s="4">
+        <v>1</v>
+      </c>
+      <c r="R117" s="4">
+        <v>15</v>
+      </c>
+      <c r="T117" s="5">
+        <v>4.03231682782988</v>
+      </c>
+    </row>
+    <row r="118" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A118" s="20"/>
+      <c r="C118" s="25"/>
+      <c r="D118" s="18"/>
+      <c r="E118" s="18"/>
+      <c r="F118" s="26"/>
+      <c r="H118" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J118" s="30">
+        <v>2793</v>
+      </c>
+      <c r="K118" s="31"/>
+      <c r="M118" s="32">
+        <v>13.404941000000001</v>
+      </c>
+      <c r="N118" s="31"/>
+      <c r="P118" s="4">
+        <v>1</v>
+      </c>
+      <c r="R118" s="4">
+        <v>15</v>
+      </c>
+      <c r="T118" s="5">
+        <v>3.94196993900258</v>
+      </c>
+    </row>
+    <row r="119" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A119" s="21"/>
+      <c r="C119" s="27"/>
+      <c r="D119" s="28"/>
+      <c r="E119" s="28"/>
+      <c r="F119" s="29"/>
+      <c r="H119" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J119" s="33">
+        <v>5625</v>
+      </c>
+      <c r="K119" s="31"/>
+      <c r="M119" s="34">
+        <v>13.345955999999999</v>
+      </c>
+      <c r="N119" s="31"/>
+      <c r="P119" s="7">
+        <v>1</v>
+      </c>
+      <c r="R119" s="7">
+        <v>15</v>
+      </c>
+      <c r="T119" s="8">
+        <v>3.97102064965671</v>
+      </c>
+    </row>
+    <row r="120" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A120" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C120" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D120" s="23"/>
+      <c r="E120" s="23"/>
+      <c r="F120" s="24"/>
+      <c r="H120" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J120" s="30">
+        <v>7</v>
+      </c>
+      <c r="K120" s="31"/>
+      <c r="M120" s="32">
+        <v>2.5714290000000002</v>
+      </c>
+      <c r="N120" s="31"/>
+      <c r="P120" s="4">
+        <v>1</v>
+      </c>
+      <c r="R120" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T53">
-[...23 lines deleted...]
-      <c s="11" r="R54">
+      <c r="T120" s="5">
+        <v>0.75592922949175601</v>
+      </c>
+    </row>
+    <row r="121" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A121" s="20"/>
+      <c r="C121" s="25"/>
+      <c r="D121" s="18"/>
+      <c r="E121" s="18"/>
+      <c r="F121" s="26"/>
+      <c r="H121" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J121" s="30">
+        <v>80</v>
+      </c>
+      <c r="K121" s="31"/>
+      <c r="M121" s="32">
+        <v>2.4750000000000001</v>
+      </c>
+      <c r="N121" s="31"/>
+      <c r="P121" s="4">
+        <v>1</v>
+      </c>
+      <c r="R121" s="4">
         <v>3</v>
       </c>
-      <c s="13" r="T54">
-[...25 lines deleted...]
-      <c s="22" r="R55">
+      <c r="T121" s="5">
+        <v>0.77662410469930698</v>
+      </c>
+    </row>
+    <row r="122" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A122" s="20"/>
+      <c r="C122" s="25"/>
+      <c r="D122" s="18"/>
+      <c r="E122" s="18"/>
+      <c r="F122" s="26"/>
+      <c r="H122" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J122" s="30">
+        <v>106</v>
+      </c>
+      <c r="K122" s="31"/>
+      <c r="M122" s="32">
+        <v>2.8679250000000001</v>
+      </c>
+      <c r="N122" s="31"/>
+      <c r="P122" s="4">
+        <v>1</v>
+      </c>
+      <c r="R122" s="4">
         <v>3</v>
       </c>
-      <c s="23" r="T55">
-[...273 lines deleted...]
-      <c s="11" r="R64">
+      <c r="T122" s="5">
+        <v>0.39126717214711498</v>
+      </c>
+    </row>
+    <row r="123" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A123" s="21"/>
+      <c r="C123" s="27"/>
+      <c r="D123" s="28"/>
+      <c r="E123" s="28"/>
+      <c r="F123" s="29"/>
+      <c r="H123" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J123" s="33">
+        <v>193</v>
+      </c>
+      <c r="K123" s="31"/>
+      <c r="M123" s="34">
+        <v>2.6943009999999998</v>
+      </c>
+      <c r="N123" s="31"/>
+      <c r="P123" s="7">
+        <v>1</v>
+      </c>
+      <c r="R123" s="7">
+        <v>3</v>
+      </c>
+      <c r="T123" s="8">
+        <v>0.62403685788581398</v>
+      </c>
+    </row>
+    <row r="124" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A124" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C124" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D124" s="23"/>
+      <c r="E124" s="23"/>
+      <c r="F124" s="24"/>
+      <c r="H124" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J124" s="30">
+        <v>1262</v>
+      </c>
+      <c r="K124" s="31"/>
+      <c r="M124" s="32">
+        <v>10.274168</v>
+      </c>
+      <c r="N124" s="31"/>
+      <c r="P124" s="4">
+        <v>1</v>
+      </c>
+      <c r="R124" s="4">
+        <v>12</v>
+      </c>
+      <c r="T124" s="5">
+        <v>3.2108044163418001</v>
+      </c>
+    </row>
+    <row r="125" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A125" s="20"/>
+      <c r="C125" s="25"/>
+      <c r="D125" s="18"/>
+      <c r="E125" s="18"/>
+      <c r="F125" s="26"/>
+      <c r="H125" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J125" s="30">
+        <v>1899</v>
+      </c>
+      <c r="K125" s="31"/>
+      <c r="M125" s="32">
+        <v>7.9173249999999999</v>
+      </c>
+      <c r="N125" s="31"/>
+      <c r="P125" s="4">
+        <v>1</v>
+      </c>
+      <c r="R125" s="4">
+        <v>12</v>
+      </c>
+      <c r="T125" s="5">
+        <v>4.4605796708499703</v>
+      </c>
+    </row>
+    <row r="126" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A126" s="20"/>
+      <c r="C126" s="25"/>
+      <c r="D126" s="18"/>
+      <c r="E126" s="18"/>
+      <c r="F126" s="26"/>
+      <c r="H126" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J126" s="30">
+        <v>3676</v>
+      </c>
+      <c r="K126" s="31"/>
+      <c r="M126" s="32">
+        <v>9.7358539999999998</v>
+      </c>
+      <c r="N126" s="31"/>
+      <c r="P126" s="4">
+        <v>1</v>
+      </c>
+      <c r="R126" s="4">
+        <v>12</v>
+      </c>
+      <c r="T126" s="5">
+        <v>3.6095111857424702</v>
+      </c>
+    </row>
+    <row r="127" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A127" s="21"/>
+      <c r="C127" s="27"/>
+      <c r="D127" s="28"/>
+      <c r="E127" s="28"/>
+      <c r="F127" s="29"/>
+      <c r="H127" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J127" s="33">
+        <v>6837</v>
+      </c>
+      <c r="K127" s="31"/>
+      <c r="M127" s="34">
+        <v>9.3301160000000003</v>
+      </c>
+      <c r="N127" s="31"/>
+      <c r="P127" s="7">
+        <v>1</v>
+      </c>
+      <c r="R127" s="7">
+        <v>12</v>
+      </c>
+      <c r="T127" s="8">
+        <v>3.90380058404627</v>
+      </c>
+    </row>
+    <row r="128" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A128" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C128" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D128" s="23"/>
+      <c r="E128" s="23"/>
+      <c r="F128" s="24"/>
+      <c r="H128" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="J128" s="30">
+        <v>72</v>
+      </c>
+      <c r="K128" s="31"/>
+      <c r="M128" s="32">
+        <v>26.833333</v>
+      </c>
+      <c r="N128" s="31"/>
+      <c r="P128" s="4">
+        <v>1</v>
+      </c>
+      <c r="R128" s="4">
         <v>30</v>
       </c>
-      <c s="13" r="T64">
-[...23 lines deleted...]
-      <c s="11" r="R65">
+      <c r="T128" s="5">
+        <v>8.1849255952635307</v>
+      </c>
+    </row>
+    <row r="129" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A129" s="20"/>
+      <c r="C129" s="25"/>
+      <c r="D129" s="18"/>
+      <c r="E129" s="18"/>
+      <c r="F129" s="26"/>
+      <c r="H129" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J129" s="30">
+        <v>86</v>
+      </c>
+      <c r="K129" s="31"/>
+      <c r="M129" s="32">
+        <v>23.093022999999999</v>
+      </c>
+      <c r="N129" s="31"/>
+      <c r="P129" s="4">
+        <v>1</v>
+      </c>
+      <c r="R129" s="4">
         <v>30</v>
       </c>
-      <c s="13" r="T65">
-[...23 lines deleted...]
-      <c s="11" r="R66">
+      <c r="T129" s="5">
+        <v>10.9487139427423</v>
+      </c>
+    </row>
+    <row r="130" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A130" s="20"/>
+      <c r="C130" s="25"/>
+      <c r="D130" s="18"/>
+      <c r="E130" s="18"/>
+      <c r="F130" s="26"/>
+      <c r="H130" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J130" s="30">
+        <v>442</v>
+      </c>
+      <c r="K130" s="31"/>
+      <c r="M130" s="32">
+        <v>29.380089999999999</v>
+      </c>
+      <c r="N130" s="31"/>
+      <c r="P130" s="4">
+        <v>1</v>
+      </c>
+      <c r="R130" s="4">
         <v>30</v>
       </c>
-      <c s="13" r="T66">
-[...25 lines deleted...]
-      <c s="22" r="R67">
+      <c r="T130" s="5">
+        <v>3.8564692401210698</v>
+      </c>
+    </row>
+    <row r="131" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A131" s="21"/>
+      <c r="C131" s="27"/>
+      <c r="D131" s="28"/>
+      <c r="E131" s="28"/>
+      <c r="F131" s="29"/>
+      <c r="H131" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J131" s="33">
+        <v>600</v>
+      </c>
+      <c r="K131" s="31"/>
+      <c r="M131" s="34">
+        <v>28.173333</v>
+      </c>
+      <c r="N131" s="31"/>
+      <c r="P131" s="7">
+        <v>1</v>
+      </c>
+      <c r="R131" s="7">
         <v>30</v>
       </c>
-      <c s="23" r="T67">
-[...1931 lines deleted...]
-    <row r="134" ht="2.2" customHeight="1"/>
+      <c r="T131" s="8">
+        <v>6.4055300327139202</v>
+      </c>
+    </row>
+    <row r="132" spans="1:20" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B133" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C133" s="18"/>
+      <c r="D133" s="18"/>
+      <c r="E133" s="18"/>
+      <c r="F133" s="18"/>
+      <c r="G133" s="18"/>
+      <c r="H133" s="18"/>
+      <c r="I133" s="18"/>
+      <c r="J133" s="18"/>
+    </row>
+    <row r="134" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="312">
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="C16:F19"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
@@ -10728,990 +11321,4080 @@
     <mergeCell ref="M117:N117"/>
     <mergeCell ref="J118:K118"/>
     <mergeCell ref="M118:N118"/>
     <mergeCell ref="J119:K119"/>
     <mergeCell ref="M119:N119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="C120:F123"/>
     <mergeCell ref="J120:K120"/>
     <mergeCell ref="M120:N120"/>
     <mergeCell ref="J121:K121"/>
     <mergeCell ref="M121:N121"/>
     <mergeCell ref="J122:K122"/>
     <mergeCell ref="M122:N122"/>
     <mergeCell ref="J123:K123"/>
     <mergeCell ref="M123:N123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="C124:F127"/>
     <mergeCell ref="J124:K124"/>
     <mergeCell ref="M124:N124"/>
     <mergeCell ref="J125:K125"/>
     <mergeCell ref="M125:N125"/>
     <mergeCell ref="J126:K126"/>
     <mergeCell ref="M126:N126"/>
     <mergeCell ref="J127:K127"/>
     <mergeCell ref="M127:N127"/>
+    <mergeCell ref="B133:J133"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="C128:F131"/>
     <mergeCell ref="J128:K128"/>
     <mergeCell ref="M128:N128"/>
     <mergeCell ref="J129:K129"/>
     <mergeCell ref="M129:N129"/>
     <mergeCell ref="J130:K130"/>
     <mergeCell ref="M130:N130"/>
     <mergeCell ref="J131:K131"/>
     <mergeCell ref="M131:N131"/>
-    <mergeCell ref="B133:J133"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId10"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet50.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:R142"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="0.43359375"/>
-[...21 lines deleted...]
-    <col min="23" max="23" customWidth="1" width="3.421875"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="0.42578125" customWidth="1"/>
+    <col min="3" max="3" width="0.140625" customWidth="1"/>
+    <col min="4" max="4" width="38.85546875" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
+    <col min="7" max="7" width="0.5703125" customWidth="1"/>
+    <col min="8" max="8" width="13.140625" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" customWidth="1"/>
+    <col min="10" max="10" width="10" customWidth="1"/>
+    <col min="11" max="11" width="5.140625" customWidth="1"/>
+    <col min="12" max="12" width="5.42578125" customWidth="1"/>
+    <col min="13" max="13" width="9.7109375" customWidth="1"/>
+    <col min="14" max="14" width="15.140625" customWidth="1"/>
+    <col min="15" max="15" width="15" customWidth="1"/>
+    <col min="16" max="16" width="0" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="3.42578125" customWidth="1"/>
+    <col min="18" max="18" width="78.140625" customWidth="1"/>
+    <col min="19" max="19" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.4" customHeight="1">
-[...881 lines deleted...]
-    <row r="36" ht="18" customHeight="1"/>
+    <row r="1" spans="1:18" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+    </row>
+    <row r="2" spans="1:18" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:18" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="L4" s="40" t="s">
+        <v>2</v>
+      </c>
+      <c r="M4" s="18"/>
+      <c r="N4" s="18"/>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+    </row>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="N5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+    </row>
+    <row r="6" spans="1:18" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:18" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:18" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="J8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="M8" s="18"/>
+      <c r="N8" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="O8" s="42" t="s">
+        <v>49</v>
+      </c>
+      <c r="P8" s="18"/>
+    </row>
+    <row r="9" spans="1:18" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:18" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:18" ht="2.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="46"/>
+      <c r="D12" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="18"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+      <c r="K12" s="18"/>
+      <c r="L12" s="18"/>
+      <c r="M12" s="18"/>
+      <c r="N12" s="18"/>
+      <c r="O12" s="18"/>
+    </row>
+    <row r="13" spans="1:18" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="44"/>
+      <c r="C13" s="45"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="45"/>
+      <c r="G13" s="45"/>
+      <c r="H13" s="45"/>
+      <c r="I13" s="45"/>
+      <c r="J13" s="45"/>
+      <c r="K13" s="45"/>
+      <c r="L13" s="45"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="46"/>
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A14" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="47" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" s="45"/>
+      <c r="D14" s="45"/>
+      <c r="E14" s="45"/>
+      <c r="F14" s="45"/>
+      <c r="G14" s="45"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="45"/>
+      <c r="J14" s="45"/>
+      <c r="K14" s="45"/>
+      <c r="L14" s="45"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="46"/>
+    </row>
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="46"/>
+      <c r="D15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E15" s="45"/>
+      <c r="F15" s="45"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I15" s="45"/>
+      <c r="J15" s="45"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="46"/>
+      <c r="M15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N15" s="45"/>
+      <c r="O15" s="46"/>
+    </row>
+    <row r="16" spans="1:18" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B16" s="44"/>
+      <c r="C16" s="45"/>
+      <c r="D16" s="45"/>
+      <c r="E16" s="45"/>
+      <c r="F16" s="45"/>
+      <c r="G16" s="45"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="45"/>
+      <c r="J16" s="45"/>
+      <c r="K16" s="45"/>
+      <c r="L16" s="45"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="46"/>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A17" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B17" s="47" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="45"/>
+      <c r="D17" s="45"/>
+      <c r="E17" s="45"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="45"/>
+      <c r="H17" s="45"/>
+      <c r="I17" s="45"/>
+      <c r="J17" s="45"/>
+      <c r="K17" s="45"/>
+      <c r="L17" s="45"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="46"/>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="46"/>
+      <c r="D18" s="50" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="18"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+      <c r="K18" s="18"/>
+      <c r="L18" s="18"/>
+      <c r="M18" s="18"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="18"/>
+    </row>
+    <row r="19" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="44"/>
+      <c r="C19" s="45"/>
+      <c r="D19" s="45"/>
+      <c r="E19" s="45"/>
+      <c r="F19" s="45"/>
+      <c r="G19" s="45"/>
+      <c r="H19" s="45"/>
+      <c r="I19" s="45"/>
+      <c r="J19" s="45"/>
+      <c r="K19" s="45"/>
+      <c r="L19" s="45"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="O19" s="46"/>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A20" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B20" s="47" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="45"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="45"/>
+      <c r="G20" s="45"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="45"/>
+      <c r="J20" s="45"/>
+      <c r="K20" s="45"/>
+      <c r="L20" s="45"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="46"/>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A21" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="46"/>
+      <c r="D21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E21" s="45"/>
+      <c r="F21" s="45"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I21" s="45"/>
+      <c r="J21" s="45"/>
+      <c r="K21" s="45"/>
+      <c r="L21" s="46"/>
+      <c r="M21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N21" s="45"/>
+      <c r="O21" s="46"/>
+    </row>
+    <row r="22" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="44"/>
+      <c r="C22" s="45"/>
+      <c r="D22" s="45"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
+      <c r="G22" s="45"/>
+      <c r="H22" s="45"/>
+      <c r="I22" s="45"/>
+      <c r="J22" s="45"/>
+      <c r="K22" s="45"/>
+      <c r="L22" s="45"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="46"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A23" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B23" s="47" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="45"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="45"/>
+      <c r="H23" s="45"/>
+      <c r="I23" s="45"/>
+      <c r="J23" s="45"/>
+      <c r="K23" s="45"/>
+      <c r="L23" s="45"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="O23" s="46"/>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="46"/>
+      <c r="D24" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="18"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+      <c r="K24" s="18"/>
+      <c r="L24" s="18"/>
+      <c r="M24" s="18"/>
+      <c r="N24" s="18"/>
+      <c r="O24" s="18"/>
+    </row>
+    <row r="25" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="44"/>
+      <c r="C25" s="45"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="45"/>
+      <c r="J25" s="45"/>
+      <c r="K25" s="45"/>
+      <c r="L25" s="45"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="46"/>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A26" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B26" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" s="45"/>
+      <c r="D26" s="45"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="45"/>
+      <c r="J26" s="45"/>
+      <c r="K26" s="45"/>
+      <c r="L26" s="45"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="46"/>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A27" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="46"/>
+      <c r="D27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E27" s="45"/>
+      <c r="F27" s="45"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I27" s="45"/>
+      <c r="J27" s="45"/>
+      <c r="K27" s="45"/>
+      <c r="L27" s="46"/>
+      <c r="M27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N27" s="45"/>
+      <c r="O27" s="46"/>
+    </row>
+    <row r="28" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B28" s="44"/>
+      <c r="C28" s="45"/>
+      <c r="D28" s="45"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="45"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="45"/>
+      <c r="I28" s="45"/>
+      <c r="J28" s="45"/>
+      <c r="K28" s="45"/>
+      <c r="L28" s="45"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="46"/>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A29" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B29" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="45"/>
+      <c r="D29" s="45"/>
+      <c r="E29" s="45"/>
+      <c r="F29" s="45"/>
+      <c r="G29" s="45"/>
+      <c r="H29" s="45"/>
+      <c r="I29" s="45"/>
+      <c r="J29" s="45"/>
+      <c r="K29" s="45"/>
+      <c r="L29" s="45"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="O29" s="46"/>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B30" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C30" s="46"/>
+      <c r="D30" s="50" t="s">
+        <v>23</v>
+      </c>
+      <c r="E30" s="18"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="18"/>
+      <c r="L30" s="18"/>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="18"/>
+    </row>
+    <row r="31" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" s="44"/>
+      <c r="C31" s="45"/>
+      <c r="D31" s="45"/>
+      <c r="E31" s="45"/>
+      <c r="F31" s="45"/>
+      <c r="G31" s="45"/>
+      <c r="H31" s="45"/>
+      <c r="I31" s="45"/>
+      <c r="J31" s="45"/>
+      <c r="K31" s="45"/>
+      <c r="L31" s="45"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="46"/>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A32" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B32" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="45"/>
+      <c r="I32" s="45"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="45"/>
+      <c r="L32" s="45"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="46"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A33" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C33" s="46"/>
+      <c r="D33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E33" s="45"/>
+      <c r="F33" s="45"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I33" s="45"/>
+      <c r="J33" s="45"/>
+      <c r="K33" s="45"/>
+      <c r="L33" s="46"/>
+      <c r="M33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N33" s="45"/>
+      <c r="O33" s="46"/>
+    </row>
+    <row r="34" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B34" s="44"/>
+      <c r="C34" s="45"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="45"/>
+      <c r="I34" s="45"/>
+      <c r="J34" s="45"/>
+      <c r="K34" s="45"/>
+      <c r="L34" s="45"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="46"/>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A35" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B35" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="C35" s="45"/>
+      <c r="D35" s="45"/>
+      <c r="E35" s="45"/>
+      <c r="F35" s="45"/>
+      <c r="G35" s="45"/>
+      <c r="H35" s="45"/>
+      <c r="I35" s="45"/>
+      <c r="J35" s="45"/>
+      <c r="K35" s="45"/>
+      <c r="L35" s="45"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+      <c r="O35" s="46"/>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B36" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="46"/>
+      <c r="D36" s="50" t="s">
+        <v>24</v>
+      </c>
+      <c r="E36" s="18"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
+      <c r="H36" s="18"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="18"/>
+      <c r="K36" s="18"/>
+      <c r="L36" s="18"/>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+      <c r="O36" s="18"/>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A37" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B37" s="51" t="s">
+        <v>54</v>
+      </c>
+      <c r="C37" s="45"/>
+      <c r="D37" s="45"/>
+      <c r="E37" s="45"/>
+      <c r="F37" s="45"/>
+      <c r="G37" s="45"/>
+      <c r="H37" s="45"/>
+      <c r="I37" s="45"/>
+      <c r="J37" s="45"/>
+      <c r="K37" s="45"/>
+      <c r="L37" s="45"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+      <c r="O37" s="46"/>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B38" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C38" s="46"/>
+      <c r="D38" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E38" s="45"/>
+      <c r="F38" s="45"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I38" s="45"/>
+      <c r="J38" s="45"/>
+      <c r="K38" s="45"/>
+      <c r="L38" s="46"/>
+      <c r="M38" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N38" s="45"/>
+      <c r="O38" s="46"/>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B39" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C39" s="46"/>
+      <c r="D39" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="E39" s="18"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="18"/>
+      <c r="H39" s="18"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="18"/>
+      <c r="K39" s="18"/>
+      <c r="L39" s="18"/>
+      <c r="M39" s="18"/>
+      <c r="N39" s="18"/>
+      <c r="O39" s="18"/>
+    </row>
+    <row r="40" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B40" s="44"/>
+      <c r="C40" s="45"/>
+      <c r="D40" s="45"/>
+      <c r="E40" s="45"/>
+      <c r="F40" s="45"/>
+      <c r="G40" s="45"/>
+      <c r="H40" s="45"/>
+      <c r="I40" s="45"/>
+      <c r="J40" s="45"/>
+      <c r="K40" s="45"/>
+      <c r="L40" s="45"/>
+      <c r="M40" s="45"/>
+      <c r="N40" s="45"/>
+      <c r="O40" s="46"/>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A41" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B41" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="C41" s="45"/>
+      <c r="D41" s="45"/>
+      <c r="E41" s="45"/>
+      <c r="F41" s="45"/>
+      <c r="G41" s="45"/>
+      <c r="H41" s="45"/>
+      <c r="I41" s="45"/>
+      <c r="J41" s="45"/>
+      <c r="K41" s="45"/>
+      <c r="L41" s="45"/>
+      <c r="M41" s="45"/>
+      <c r="N41" s="45"/>
+      <c r="O41" s="46"/>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A42" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B42" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C42" s="46"/>
+      <c r="D42" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E42" s="45"/>
+      <c r="F42" s="45"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I42" s="45"/>
+      <c r="J42" s="45"/>
+      <c r="K42" s="45"/>
+      <c r="L42" s="46"/>
+      <c r="M42" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N42" s="45"/>
+      <c r="O42" s="46"/>
+    </row>
+    <row r="43" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B43" s="44"/>
+      <c r="C43" s="45"/>
+      <c r="D43" s="45"/>
+      <c r="E43" s="45"/>
+      <c r="F43" s="45"/>
+      <c r="G43" s="45"/>
+      <c r="H43" s="45"/>
+      <c r="I43" s="45"/>
+      <c r="J43" s="45"/>
+      <c r="K43" s="45"/>
+      <c r="L43" s="45"/>
+      <c r="M43" s="45"/>
+      <c r="N43" s="45"/>
+      <c r="O43" s="46"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A44" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B44" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="C44" s="45"/>
+      <c r="D44" s="45"/>
+      <c r="E44" s="45"/>
+      <c r="F44" s="45"/>
+      <c r="G44" s="45"/>
+      <c r="H44" s="45"/>
+      <c r="I44" s="45"/>
+      <c r="J44" s="45"/>
+      <c r="K44" s="45"/>
+      <c r="L44" s="45"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="46"/>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B45" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C45" s="46"/>
+      <c r="D45" s="50" t="s">
+        <v>26</v>
+      </c>
+      <c r="E45" s="18"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="18"/>
+      <c r="H45" s="18"/>
+      <c r="I45" s="18"/>
+      <c r="J45" s="18"/>
+      <c r="K45" s="18"/>
+      <c r="L45" s="18"/>
+      <c r="M45" s="18"/>
+      <c r="N45" s="18"/>
+      <c r="O45" s="18"/>
+    </row>
+    <row r="46" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B46" s="44"/>
+      <c r="C46" s="45"/>
+      <c r="D46" s="45"/>
+      <c r="E46" s="45"/>
+      <c r="F46" s="45"/>
+      <c r="G46" s="45"/>
+      <c r="H46" s="45"/>
+      <c r="I46" s="45"/>
+      <c r="J46" s="45"/>
+      <c r="K46" s="45"/>
+      <c r="L46" s="45"/>
+      <c r="M46" s="45"/>
+      <c r="N46" s="45"/>
+      <c r="O46" s="46"/>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A47" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B47" s="47" t="s">
+        <v>56</v>
+      </c>
+      <c r="C47" s="45"/>
+      <c r="D47" s="45"/>
+      <c r="E47" s="45"/>
+      <c r="F47" s="45"/>
+      <c r="G47" s="45"/>
+      <c r="H47" s="45"/>
+      <c r="I47" s="45"/>
+      <c r="J47" s="45"/>
+      <c r="K47" s="45"/>
+      <c r="L47" s="45"/>
+      <c r="M47" s="45"/>
+      <c r="N47" s="45"/>
+      <c r="O47" s="46"/>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A48" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B48" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="46"/>
+      <c r="D48" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E48" s="45"/>
+      <c r="F48" s="45"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I48" s="45"/>
+      <c r="J48" s="45"/>
+      <c r="K48" s="45"/>
+      <c r="L48" s="46"/>
+      <c r="M48" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N48" s="45"/>
+      <c r="O48" s="46"/>
+    </row>
+    <row r="49" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B49" s="44"/>
+      <c r="C49" s="45"/>
+      <c r="D49" s="45"/>
+      <c r="E49" s="45"/>
+      <c r="F49" s="45"/>
+      <c r="G49" s="45"/>
+      <c r="H49" s="45"/>
+      <c r="I49" s="45"/>
+      <c r="J49" s="45"/>
+      <c r="K49" s="45"/>
+      <c r="L49" s="45"/>
+      <c r="M49" s="45"/>
+      <c r="N49" s="45"/>
+      <c r="O49" s="46"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A50" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B50" s="47" t="s">
+        <v>56</v>
+      </c>
+      <c r="C50" s="45"/>
+      <c r="D50" s="45"/>
+      <c r="E50" s="45"/>
+      <c r="F50" s="45"/>
+      <c r="G50" s="45"/>
+      <c r="H50" s="45"/>
+      <c r="I50" s="45"/>
+      <c r="J50" s="45"/>
+      <c r="K50" s="45"/>
+      <c r="L50" s="45"/>
+      <c r="M50" s="45"/>
+      <c r="N50" s="45"/>
+      <c r="O50" s="46"/>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B51" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C51" s="46"/>
+      <c r="D51" s="50" t="s">
+        <v>27</v>
+      </c>
+      <c r="E51" s="18"/>
+      <c r="F51" s="18"/>
+      <c r="G51" s="18"/>
+      <c r="H51" s="18"/>
+      <c r="I51" s="18"/>
+      <c r="J51" s="18"/>
+      <c r="K51" s="18"/>
+      <c r="L51" s="18"/>
+      <c r="M51" s="18"/>
+      <c r="N51" s="18"/>
+      <c r="O51" s="18"/>
+    </row>
+    <row r="52" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B52" s="44"/>
+      <c r="C52" s="45"/>
+      <c r="D52" s="45"/>
+      <c r="E52" s="45"/>
+      <c r="F52" s="45"/>
+      <c r="G52" s="45"/>
+      <c r="H52" s="45"/>
+      <c r="I52" s="45"/>
+      <c r="J52" s="45"/>
+      <c r="K52" s="45"/>
+      <c r="L52" s="45"/>
+      <c r="M52" s="45"/>
+      <c r="N52" s="45"/>
+      <c r="O52" s="46"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B53" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="C53" s="45"/>
+      <c r="D53" s="45"/>
+      <c r="E53" s="45"/>
+      <c r="F53" s="45"/>
+      <c r="G53" s="45"/>
+      <c r="H53" s="45"/>
+      <c r="I53" s="45"/>
+      <c r="J53" s="45"/>
+      <c r="K53" s="45"/>
+      <c r="L53" s="45"/>
+      <c r="M53" s="45"/>
+      <c r="N53" s="45"/>
+      <c r="O53" s="46"/>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B54" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C54" s="46"/>
+      <c r="D54" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E54" s="45"/>
+      <c r="F54" s="45"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I54" s="45"/>
+      <c r="J54" s="45"/>
+      <c r="K54" s="45"/>
+      <c r="L54" s="46"/>
+      <c r="M54" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N54" s="45"/>
+      <c r="O54" s="46"/>
+    </row>
+    <row r="55" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B55" s="44"/>
+      <c r="C55" s="45"/>
+      <c r="D55" s="45"/>
+      <c r="E55" s="45"/>
+      <c r="F55" s="45"/>
+      <c r="G55" s="45"/>
+      <c r="H55" s="45"/>
+      <c r="I55" s="45"/>
+      <c r="J55" s="45"/>
+      <c r="K55" s="45"/>
+      <c r="L55" s="45"/>
+      <c r="M55" s="45"/>
+      <c r="N55" s="45"/>
+      <c r="O55" s="46"/>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B56" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="C56" s="45"/>
+      <c r="D56" s="45"/>
+      <c r="E56" s="45"/>
+      <c r="F56" s="45"/>
+      <c r="G56" s="45"/>
+      <c r="H56" s="45"/>
+      <c r="I56" s="45"/>
+      <c r="J56" s="45"/>
+      <c r="K56" s="45"/>
+      <c r="L56" s="45"/>
+      <c r="M56" s="45"/>
+      <c r="N56" s="45"/>
+      <c r="O56" s="46"/>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B57" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C57" s="46"/>
+      <c r="D57" s="50" t="s">
+        <v>28</v>
+      </c>
+      <c r="E57" s="18"/>
+      <c r="F57" s="18"/>
+      <c r="G57" s="18"/>
+      <c r="H57" s="18"/>
+      <c r="I57" s="18"/>
+      <c r="J57" s="18"/>
+      <c r="K57" s="18"/>
+      <c r="L57" s="18"/>
+      <c r="M57" s="18"/>
+      <c r="N57" s="18"/>
+      <c r="O57" s="18"/>
+    </row>
+    <row r="58" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B58" s="44"/>
+      <c r="C58" s="45"/>
+      <c r="D58" s="45"/>
+      <c r="E58" s="45"/>
+      <c r="F58" s="45"/>
+      <c r="G58" s="45"/>
+      <c r="H58" s="45"/>
+      <c r="I58" s="45"/>
+      <c r="J58" s="45"/>
+      <c r="K58" s="45"/>
+      <c r="L58" s="45"/>
+      <c r="M58" s="45"/>
+      <c r="N58" s="45"/>
+      <c r="O58" s="46"/>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A59" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B59" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="C59" s="45"/>
+      <c r="D59" s="45"/>
+      <c r="E59" s="45"/>
+      <c r="F59" s="45"/>
+      <c r="G59" s="45"/>
+      <c r="H59" s="45"/>
+      <c r="I59" s="45"/>
+      <c r="J59" s="45"/>
+      <c r="K59" s="45"/>
+      <c r="L59" s="45"/>
+      <c r="M59" s="45"/>
+      <c r="N59" s="45"/>
+      <c r="O59" s="46"/>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A60" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B60" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C60" s="46"/>
+      <c r="D60" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E60" s="45"/>
+      <c r="F60" s="45"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I60" s="45"/>
+      <c r="J60" s="45"/>
+      <c r="K60" s="45"/>
+      <c r="L60" s="46"/>
+      <c r="M60" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N60" s="45"/>
+      <c r="O60" s="46"/>
+    </row>
+    <row r="61" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B61" s="44"/>
+      <c r="C61" s="45"/>
+      <c r="D61" s="45"/>
+      <c r="E61" s="45"/>
+      <c r="F61" s="45"/>
+      <c r="G61" s="45"/>
+      <c r="H61" s="45"/>
+      <c r="I61" s="45"/>
+      <c r="J61" s="45"/>
+      <c r="K61" s="45"/>
+      <c r="L61" s="45"/>
+      <c r="M61" s="45"/>
+      <c r="N61" s="45"/>
+      <c r="O61" s="46"/>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A62" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B62" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="C62" s="45"/>
+      <c r="D62" s="45"/>
+      <c r="E62" s="45"/>
+      <c r="F62" s="45"/>
+      <c r="G62" s="45"/>
+      <c r="H62" s="45"/>
+      <c r="I62" s="45"/>
+      <c r="J62" s="45"/>
+      <c r="K62" s="45"/>
+      <c r="L62" s="45"/>
+      <c r="M62" s="45"/>
+      <c r="N62" s="45"/>
+      <c r="O62" s="46"/>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A63" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B63" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C63" s="46"/>
+      <c r="D63" s="50" t="s">
+        <v>29</v>
+      </c>
+      <c r="E63" s="18"/>
+      <c r="F63" s="18"/>
+      <c r="G63" s="18"/>
+      <c r="H63" s="18"/>
+      <c r="I63" s="18"/>
+      <c r="J63" s="18"/>
+      <c r="K63" s="18"/>
+      <c r="L63" s="18"/>
+      <c r="M63" s="18"/>
+      <c r="N63" s="18"/>
+      <c r="O63" s="18"/>
+    </row>
+    <row r="64" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B64" s="44"/>
+      <c r="C64" s="45"/>
+      <c r="D64" s="45"/>
+      <c r="E64" s="45"/>
+      <c r="F64" s="45"/>
+      <c r="G64" s="45"/>
+      <c r="H64" s="45"/>
+      <c r="I64" s="45"/>
+      <c r="J64" s="45"/>
+      <c r="K64" s="45"/>
+      <c r="L64" s="45"/>
+      <c r="M64" s="45"/>
+      <c r="N64" s="45"/>
+      <c r="O64" s="46"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A65" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B65" s="47" t="s">
+        <v>59</v>
+      </c>
+      <c r="C65" s="45"/>
+      <c r="D65" s="45"/>
+      <c r="E65" s="45"/>
+      <c r="F65" s="45"/>
+      <c r="G65" s="45"/>
+      <c r="H65" s="45"/>
+      <c r="I65" s="45"/>
+      <c r="J65" s="45"/>
+      <c r="K65" s="45"/>
+      <c r="L65" s="45"/>
+      <c r="M65" s="45"/>
+      <c r="N65" s="45"/>
+      <c r="O65" s="46"/>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A66" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B66" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C66" s="46"/>
+      <c r="D66" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E66" s="45"/>
+      <c r="F66" s="45"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I66" s="45"/>
+      <c r="J66" s="45"/>
+      <c r="K66" s="45"/>
+      <c r="L66" s="46"/>
+      <c r="M66" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N66" s="45"/>
+      <c r="O66" s="46"/>
+    </row>
+    <row r="67" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B67" s="44"/>
+      <c r="C67" s="45"/>
+      <c r="D67" s="45"/>
+      <c r="E67" s="45"/>
+      <c r="F67" s="45"/>
+      <c r="G67" s="45"/>
+      <c r="H67" s="45"/>
+      <c r="I67" s="45"/>
+      <c r="J67" s="45"/>
+      <c r="K67" s="45"/>
+      <c r="L67" s="45"/>
+      <c r="M67" s="45"/>
+      <c r="N67" s="45"/>
+      <c r="O67" s="46"/>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A68" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B68" s="47" t="s">
+        <v>59</v>
+      </c>
+      <c r="C68" s="45"/>
+      <c r="D68" s="45"/>
+      <c r="E68" s="45"/>
+      <c r="F68" s="45"/>
+      <c r="G68" s="45"/>
+      <c r="H68" s="45"/>
+      <c r="I68" s="45"/>
+      <c r="J68" s="45"/>
+      <c r="K68" s="45"/>
+      <c r="L68" s="45"/>
+      <c r="M68" s="45"/>
+      <c r="N68" s="45"/>
+      <c r="O68" s="46"/>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A69" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B69" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C69" s="46"/>
+      <c r="D69" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="E69" s="18"/>
+      <c r="F69" s="18"/>
+      <c r="G69" s="18"/>
+      <c r="H69" s="18"/>
+      <c r="I69" s="18"/>
+      <c r="J69" s="18"/>
+      <c r="K69" s="18"/>
+      <c r="L69" s="18"/>
+      <c r="M69" s="18"/>
+      <c r="N69" s="18"/>
+      <c r="O69" s="18"/>
+    </row>
+    <row r="70" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B70" s="44"/>
+      <c r="C70" s="45"/>
+      <c r="D70" s="45"/>
+      <c r="E70" s="45"/>
+      <c r="F70" s="45"/>
+      <c r="G70" s="45"/>
+      <c r="H70" s="45"/>
+      <c r="I70" s="45"/>
+      <c r="J70" s="45"/>
+      <c r="K70" s="45"/>
+      <c r="L70" s="45"/>
+      <c r="M70" s="45"/>
+      <c r="N70" s="45"/>
+      <c r="O70" s="46"/>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A71" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B71" s="47" t="s">
+        <v>60</v>
+      </c>
+      <c r="C71" s="45"/>
+      <c r="D71" s="45"/>
+      <c r="E71" s="45"/>
+      <c r="F71" s="45"/>
+      <c r="G71" s="45"/>
+      <c r="H71" s="45"/>
+      <c r="I71" s="45"/>
+      <c r="J71" s="45"/>
+      <c r="K71" s="45"/>
+      <c r="L71" s="45"/>
+      <c r="M71" s="45"/>
+      <c r="N71" s="45"/>
+      <c r="O71" s="46"/>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A72" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B72" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C72" s="46"/>
+      <c r="D72" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E72" s="45"/>
+      <c r="F72" s="45"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I72" s="45"/>
+      <c r="J72" s="45"/>
+      <c r="K72" s="45"/>
+      <c r="L72" s="46"/>
+      <c r="M72" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N72" s="45"/>
+      <c r="O72" s="46"/>
+    </row>
+    <row r="73" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B73" s="44"/>
+      <c r="C73" s="45"/>
+      <c r="D73" s="45"/>
+      <c r="E73" s="45"/>
+      <c r="F73" s="45"/>
+      <c r="G73" s="45"/>
+      <c r="H73" s="45"/>
+      <c r="I73" s="45"/>
+      <c r="J73" s="45"/>
+      <c r="K73" s="45"/>
+      <c r="L73" s="45"/>
+      <c r="M73" s="45"/>
+      <c r="N73" s="45"/>
+      <c r="O73" s="46"/>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A74" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B74" s="47" t="s">
+        <v>60</v>
+      </c>
+      <c r="C74" s="45"/>
+      <c r="D74" s="45"/>
+      <c r="E74" s="45"/>
+      <c r="F74" s="45"/>
+      <c r="G74" s="45"/>
+      <c r="H74" s="45"/>
+      <c r="I74" s="45"/>
+      <c r="J74" s="45"/>
+      <c r="K74" s="45"/>
+      <c r="L74" s="45"/>
+      <c r="M74" s="45"/>
+      <c r="N74" s="45"/>
+      <c r="O74" s="46"/>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A75" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B75" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C75" s="46"/>
+      <c r="D75" s="50" t="s">
+        <v>31</v>
+      </c>
+      <c r="E75" s="18"/>
+      <c r="F75" s="18"/>
+      <c r="G75" s="18"/>
+      <c r="H75" s="18"/>
+      <c r="I75" s="18"/>
+      <c r="J75" s="18"/>
+      <c r="K75" s="18"/>
+      <c r="L75" s="18"/>
+      <c r="M75" s="18"/>
+      <c r="N75" s="18"/>
+      <c r="O75" s="18"/>
+    </row>
+    <row r="76" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B76" s="44"/>
+      <c r="C76" s="45"/>
+      <c r="D76" s="45"/>
+      <c r="E76" s="45"/>
+      <c r="F76" s="45"/>
+      <c r="G76" s="45"/>
+      <c r="H76" s="45"/>
+      <c r="I76" s="45"/>
+      <c r="J76" s="45"/>
+      <c r="K76" s="45"/>
+      <c r="L76" s="45"/>
+      <c r="M76" s="45"/>
+      <c r="N76" s="45"/>
+      <c r="O76" s="46"/>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A77" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B77" s="47" t="s">
+        <v>61</v>
+      </c>
+      <c r="C77" s="45"/>
+      <c r="D77" s="45"/>
+      <c r="E77" s="45"/>
+      <c r="F77" s="45"/>
+      <c r="G77" s="45"/>
+      <c r="H77" s="45"/>
+      <c r="I77" s="45"/>
+      <c r="J77" s="45"/>
+      <c r="K77" s="45"/>
+      <c r="L77" s="45"/>
+      <c r="M77" s="45"/>
+      <c r="N77" s="45"/>
+      <c r="O77" s="46"/>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A78" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B78" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C78" s="46"/>
+      <c r="D78" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E78" s="45"/>
+      <c r="F78" s="45"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I78" s="45"/>
+      <c r="J78" s="45"/>
+      <c r="K78" s="45"/>
+      <c r="L78" s="46"/>
+      <c r="M78" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N78" s="45"/>
+      <c r="O78" s="46"/>
+    </row>
+    <row r="79" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B79" s="44"/>
+      <c r="C79" s="45"/>
+      <c r="D79" s="45"/>
+      <c r="E79" s="45"/>
+      <c r="F79" s="45"/>
+      <c r="G79" s="45"/>
+      <c r="H79" s="45"/>
+      <c r="I79" s="45"/>
+      <c r="J79" s="45"/>
+      <c r="K79" s="45"/>
+      <c r="L79" s="45"/>
+      <c r="M79" s="45"/>
+      <c r="N79" s="45"/>
+      <c r="O79" s="46"/>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A80" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B80" s="47" t="s">
+        <v>61</v>
+      </c>
+      <c r="C80" s="45"/>
+      <c r="D80" s="45"/>
+      <c r="E80" s="45"/>
+      <c r="F80" s="45"/>
+      <c r="G80" s="45"/>
+      <c r="H80" s="45"/>
+      <c r="I80" s="45"/>
+      <c r="J80" s="45"/>
+      <c r="K80" s="45"/>
+      <c r="L80" s="45"/>
+      <c r="M80" s="45"/>
+      <c r="N80" s="45"/>
+      <c r="O80" s="46"/>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A81" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B81" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C81" s="46"/>
+      <c r="D81" s="50" t="s">
+        <v>32</v>
+      </c>
+      <c r="E81" s="18"/>
+      <c r="F81" s="18"/>
+      <c r="G81" s="18"/>
+      <c r="H81" s="18"/>
+      <c r="I81" s="18"/>
+      <c r="J81" s="18"/>
+      <c r="K81" s="18"/>
+      <c r="L81" s="18"/>
+      <c r="M81" s="18"/>
+      <c r="N81" s="18"/>
+      <c r="O81" s="18"/>
+    </row>
+    <row r="82" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B82" s="44"/>
+      <c r="C82" s="45"/>
+      <c r="D82" s="45"/>
+      <c r="E82" s="45"/>
+      <c r="F82" s="45"/>
+      <c r="G82" s="45"/>
+      <c r="H82" s="45"/>
+      <c r="I82" s="45"/>
+      <c r="J82" s="45"/>
+      <c r="K82" s="45"/>
+      <c r="L82" s="45"/>
+      <c r="M82" s="45"/>
+      <c r="N82" s="45"/>
+      <c r="O82" s="46"/>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A83" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B83" s="47" t="s">
+        <v>62</v>
+      </c>
+      <c r="C83" s="45"/>
+      <c r="D83" s="45"/>
+      <c r="E83" s="45"/>
+      <c r="F83" s="45"/>
+      <c r="G83" s="45"/>
+      <c r="H83" s="45"/>
+      <c r="I83" s="45"/>
+      <c r="J83" s="45"/>
+      <c r="K83" s="45"/>
+      <c r="L83" s="45"/>
+      <c r="M83" s="45"/>
+      <c r="N83" s="45"/>
+      <c r="O83" s="46"/>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A84" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B84" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C84" s="46"/>
+      <c r="D84" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E84" s="45"/>
+      <c r="F84" s="45"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I84" s="45"/>
+      <c r="J84" s="45"/>
+      <c r="K84" s="45"/>
+      <c r="L84" s="46"/>
+      <c r="M84" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N84" s="45"/>
+      <c r="O84" s="46"/>
+    </row>
+    <row r="85" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B85" s="44"/>
+      <c r="C85" s="45"/>
+      <c r="D85" s="45"/>
+      <c r="E85" s="45"/>
+      <c r="F85" s="45"/>
+      <c r="G85" s="45"/>
+      <c r="H85" s="45"/>
+      <c r="I85" s="45"/>
+      <c r="J85" s="45"/>
+      <c r="K85" s="45"/>
+      <c r="L85" s="45"/>
+      <c r="M85" s="45"/>
+      <c r="N85" s="45"/>
+      <c r="O85" s="46"/>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A86" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B86" s="47" t="s">
+        <v>62</v>
+      </c>
+      <c r="C86" s="45"/>
+      <c r="D86" s="45"/>
+      <c r="E86" s="45"/>
+      <c r="F86" s="45"/>
+      <c r="G86" s="45"/>
+      <c r="H86" s="45"/>
+      <c r="I86" s="45"/>
+      <c r="J86" s="45"/>
+      <c r="K86" s="45"/>
+      <c r="L86" s="45"/>
+      <c r="M86" s="45"/>
+      <c r="N86" s="45"/>
+      <c r="O86" s="46"/>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A87" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B87" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C87" s="46"/>
+      <c r="D87" s="50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E87" s="18"/>
+      <c r="F87" s="18"/>
+      <c r="G87" s="18"/>
+      <c r="H87" s="18"/>
+      <c r="I87" s="18"/>
+      <c r="J87" s="18"/>
+      <c r="K87" s="18"/>
+      <c r="L87" s="18"/>
+      <c r="M87" s="18"/>
+      <c r="N87" s="18"/>
+      <c r="O87" s="18"/>
+    </row>
+    <row r="88" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B88" s="44"/>
+      <c r="C88" s="45"/>
+      <c r="D88" s="45"/>
+      <c r="E88" s="45"/>
+      <c r="F88" s="45"/>
+      <c r="G88" s="45"/>
+      <c r="H88" s="45"/>
+      <c r="I88" s="45"/>
+      <c r="J88" s="45"/>
+      <c r="K88" s="45"/>
+      <c r="L88" s="45"/>
+      <c r="M88" s="45"/>
+      <c r="N88" s="45"/>
+      <c r="O88" s="46"/>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A89" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B89" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="C89" s="45"/>
+      <c r="D89" s="45"/>
+      <c r="E89" s="45"/>
+      <c r="F89" s="45"/>
+      <c r="G89" s="45"/>
+      <c r="H89" s="45"/>
+      <c r="I89" s="45"/>
+      <c r="J89" s="45"/>
+      <c r="K89" s="45"/>
+      <c r="L89" s="45"/>
+      <c r="M89" s="45"/>
+      <c r="N89" s="45"/>
+      <c r="O89" s="46"/>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A90" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B90" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C90" s="46"/>
+      <c r="D90" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E90" s="45"/>
+      <c r="F90" s="45"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I90" s="45"/>
+      <c r="J90" s="45"/>
+      <c r="K90" s="45"/>
+      <c r="L90" s="46"/>
+      <c r="M90" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N90" s="45"/>
+      <c r="O90" s="46"/>
+    </row>
+    <row r="91" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B91" s="44"/>
+      <c r="C91" s="45"/>
+      <c r="D91" s="45"/>
+      <c r="E91" s="45"/>
+      <c r="F91" s="45"/>
+      <c r="G91" s="45"/>
+      <c r="H91" s="45"/>
+      <c r="I91" s="45"/>
+      <c r="J91" s="45"/>
+      <c r="K91" s="45"/>
+      <c r="L91" s="45"/>
+      <c r="M91" s="45"/>
+      <c r="N91" s="45"/>
+      <c r="O91" s="46"/>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A92" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B92" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="C92" s="45"/>
+      <c r="D92" s="45"/>
+      <c r="E92" s="45"/>
+      <c r="F92" s="45"/>
+      <c r="G92" s="45"/>
+      <c r="H92" s="45"/>
+      <c r="I92" s="45"/>
+      <c r="J92" s="45"/>
+      <c r="K92" s="45"/>
+      <c r="L92" s="45"/>
+      <c r="M92" s="45"/>
+      <c r="N92" s="45"/>
+      <c r="O92" s="46"/>
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A93" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B93" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C93" s="46"/>
+      <c r="D93" s="50" t="s">
+        <v>34</v>
+      </c>
+      <c r="E93" s="18"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="18"/>
+      <c r="H93" s="18"/>
+      <c r="I93" s="18"/>
+      <c r="J93" s="18"/>
+      <c r="K93" s="18"/>
+      <c r="L93" s="18"/>
+      <c r="M93" s="18"/>
+      <c r="N93" s="18"/>
+      <c r="O93" s="18"/>
+    </row>
+    <row r="94" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B94" s="44"/>
+      <c r="C94" s="45"/>
+      <c r="D94" s="45"/>
+      <c r="E94" s="45"/>
+      <c r="F94" s="45"/>
+      <c r="G94" s="45"/>
+      <c r="H94" s="45"/>
+      <c r="I94" s="45"/>
+      <c r="J94" s="45"/>
+      <c r="K94" s="45"/>
+      <c r="L94" s="45"/>
+      <c r="M94" s="45"/>
+      <c r="N94" s="45"/>
+      <c r="O94" s="46"/>
+    </row>
+    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A95" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B95" s="47" t="s">
+        <v>64</v>
+      </c>
+      <c r="C95" s="45"/>
+      <c r="D95" s="45"/>
+      <c r="E95" s="45"/>
+      <c r="F95" s="45"/>
+      <c r="G95" s="45"/>
+      <c r="H95" s="45"/>
+      <c r="I95" s="45"/>
+      <c r="J95" s="45"/>
+      <c r="K95" s="45"/>
+      <c r="L95" s="45"/>
+      <c r="M95" s="45"/>
+      <c r="N95" s="45"/>
+      <c r="O95" s="46"/>
+    </row>
+    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A96" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B96" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C96" s="46"/>
+      <c r="D96" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E96" s="45"/>
+      <c r="F96" s="45"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I96" s="45"/>
+      <c r="J96" s="45"/>
+      <c r="K96" s="45"/>
+      <c r="L96" s="46"/>
+      <c r="M96" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N96" s="45"/>
+      <c r="O96" s="46"/>
+    </row>
+    <row r="97" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B97" s="44"/>
+      <c r="C97" s="45"/>
+      <c r="D97" s="45"/>
+      <c r="E97" s="45"/>
+      <c r="F97" s="45"/>
+      <c r="G97" s="45"/>
+      <c r="H97" s="45"/>
+      <c r="I97" s="45"/>
+      <c r="J97" s="45"/>
+      <c r="K97" s="45"/>
+      <c r="L97" s="45"/>
+      <c r="M97" s="45"/>
+      <c r="N97" s="45"/>
+      <c r="O97" s="46"/>
+    </row>
+    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A98" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B98" s="47" t="s">
+        <v>64</v>
+      </c>
+      <c r="C98" s="45"/>
+      <c r="D98" s="45"/>
+      <c r="E98" s="45"/>
+      <c r="F98" s="45"/>
+      <c r="G98" s="45"/>
+      <c r="H98" s="45"/>
+      <c r="I98" s="45"/>
+      <c r="J98" s="45"/>
+      <c r="K98" s="45"/>
+      <c r="L98" s="45"/>
+      <c r="M98" s="45"/>
+      <c r="N98" s="45"/>
+      <c r="O98" s="46"/>
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A99" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B99" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C99" s="46"/>
+      <c r="D99" s="50" t="s">
+        <v>35</v>
+      </c>
+      <c r="E99" s="18"/>
+      <c r="F99" s="18"/>
+      <c r="G99" s="18"/>
+      <c r="H99" s="18"/>
+      <c r="I99" s="18"/>
+      <c r="J99" s="18"/>
+      <c r="K99" s="18"/>
+      <c r="L99" s="18"/>
+      <c r="M99" s="18"/>
+      <c r="N99" s="18"/>
+      <c r="O99" s="18"/>
+    </row>
+    <row r="100" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B100" s="44"/>
+      <c r="C100" s="45"/>
+      <c r="D100" s="45"/>
+      <c r="E100" s="45"/>
+      <c r="F100" s="45"/>
+      <c r="G100" s="45"/>
+      <c r="H100" s="45"/>
+      <c r="I100" s="45"/>
+      <c r="J100" s="45"/>
+      <c r="K100" s="45"/>
+      <c r="L100" s="45"/>
+      <c r="M100" s="45"/>
+      <c r="N100" s="45"/>
+      <c r="O100" s="46"/>
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A101" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B101" s="47" t="s">
+        <v>65</v>
+      </c>
+      <c r="C101" s="45"/>
+      <c r="D101" s="45"/>
+      <c r="E101" s="45"/>
+      <c r="F101" s="45"/>
+      <c r="G101" s="45"/>
+      <c r="H101" s="45"/>
+      <c r="I101" s="45"/>
+      <c r="J101" s="45"/>
+      <c r="K101" s="45"/>
+      <c r="L101" s="45"/>
+      <c r="M101" s="45"/>
+      <c r="N101" s="45"/>
+      <c r="O101" s="46"/>
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A102" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B102" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C102" s="46"/>
+      <c r="D102" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E102" s="45"/>
+      <c r="F102" s="45"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I102" s="45"/>
+      <c r="J102" s="45"/>
+      <c r="K102" s="45"/>
+      <c r="L102" s="46"/>
+      <c r="M102" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N102" s="45"/>
+      <c r="O102" s="46"/>
+    </row>
+    <row r="103" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B103" s="44"/>
+      <c r="C103" s="45"/>
+      <c r="D103" s="45"/>
+      <c r="E103" s="45"/>
+      <c r="F103" s="45"/>
+      <c r="G103" s="45"/>
+      <c r="H103" s="45"/>
+      <c r="I103" s="45"/>
+      <c r="J103" s="45"/>
+      <c r="K103" s="45"/>
+      <c r="L103" s="45"/>
+      <c r="M103" s="45"/>
+      <c r="N103" s="45"/>
+      <c r="O103" s="46"/>
+    </row>
+    <row r="104" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A104" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B104" s="47" t="s">
+        <v>65</v>
+      </c>
+      <c r="C104" s="45"/>
+      <c r="D104" s="45"/>
+      <c r="E104" s="45"/>
+      <c r="F104" s="45"/>
+      <c r="G104" s="45"/>
+      <c r="H104" s="45"/>
+      <c r="I104" s="45"/>
+      <c r="J104" s="45"/>
+      <c r="K104" s="45"/>
+      <c r="L104" s="45"/>
+      <c r="M104" s="45"/>
+      <c r="N104" s="45"/>
+      <c r="O104" s="46"/>
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A105" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B105" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C105" s="46"/>
+      <c r="D105" s="50" t="s">
+        <v>36</v>
+      </c>
+      <c r="E105" s="18"/>
+      <c r="F105" s="18"/>
+      <c r="G105" s="18"/>
+      <c r="H105" s="18"/>
+      <c r="I105" s="18"/>
+      <c r="J105" s="18"/>
+      <c r="K105" s="18"/>
+      <c r="L105" s="18"/>
+      <c r="M105" s="18"/>
+      <c r="N105" s="18"/>
+      <c r="O105" s="18"/>
+    </row>
+    <row r="106" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B106" s="44"/>
+      <c r="C106" s="45"/>
+      <c r="D106" s="45"/>
+      <c r="E106" s="45"/>
+      <c r="F106" s="45"/>
+      <c r="G106" s="45"/>
+      <c r="H106" s="45"/>
+      <c r="I106" s="45"/>
+      <c r="J106" s="45"/>
+      <c r="K106" s="45"/>
+      <c r="L106" s="45"/>
+      <c r="M106" s="45"/>
+      <c r="N106" s="45"/>
+      <c r="O106" s="46"/>
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A107" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B107" s="47" t="s">
+        <v>66</v>
+      </c>
+      <c r="C107" s="45"/>
+      <c r="D107" s="45"/>
+      <c r="E107" s="45"/>
+      <c r="F107" s="45"/>
+      <c r="G107" s="45"/>
+      <c r="H107" s="45"/>
+      <c r="I107" s="45"/>
+      <c r="J107" s="45"/>
+      <c r="K107" s="45"/>
+      <c r="L107" s="45"/>
+      <c r="M107" s="45"/>
+      <c r="N107" s="45"/>
+      <c r="O107" s="46"/>
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A108" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B108" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C108" s="46"/>
+      <c r="D108" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E108" s="45"/>
+      <c r="F108" s="45"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I108" s="45"/>
+      <c r="J108" s="45"/>
+      <c r="K108" s="45"/>
+      <c r="L108" s="46"/>
+      <c r="M108" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N108" s="45"/>
+      <c r="O108" s="46"/>
+    </row>
+    <row r="109" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B109" s="44"/>
+      <c r="C109" s="45"/>
+      <c r="D109" s="45"/>
+      <c r="E109" s="45"/>
+      <c r="F109" s="45"/>
+      <c r="G109" s="45"/>
+      <c r="H109" s="45"/>
+      <c r="I109" s="45"/>
+      <c r="J109" s="45"/>
+      <c r="K109" s="45"/>
+      <c r="L109" s="45"/>
+      <c r="M109" s="45"/>
+      <c r="N109" s="45"/>
+      <c r="O109" s="46"/>
+    </row>
+    <row r="110" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A110" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B110" s="47" t="s">
+        <v>66</v>
+      </c>
+      <c r="C110" s="45"/>
+      <c r="D110" s="45"/>
+      <c r="E110" s="45"/>
+      <c r="F110" s="45"/>
+      <c r="G110" s="45"/>
+      <c r="H110" s="45"/>
+      <c r="I110" s="45"/>
+      <c r="J110" s="45"/>
+      <c r="K110" s="45"/>
+      <c r="L110" s="45"/>
+      <c r="M110" s="45"/>
+      <c r="N110" s="45"/>
+      <c r="O110" s="46"/>
+    </row>
+    <row r="111" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A111" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B111" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C111" s="46"/>
+      <c r="D111" s="50" t="s">
+        <v>37</v>
+      </c>
+      <c r="E111" s="18"/>
+      <c r="F111" s="18"/>
+      <c r="G111" s="18"/>
+      <c r="H111" s="18"/>
+      <c r="I111" s="18"/>
+      <c r="J111" s="18"/>
+      <c r="K111" s="18"/>
+      <c r="L111" s="18"/>
+      <c r="M111" s="18"/>
+      <c r="N111" s="18"/>
+      <c r="O111" s="18"/>
+    </row>
+    <row r="112" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B112" s="44"/>
+      <c r="C112" s="45"/>
+      <c r="D112" s="45"/>
+      <c r="E112" s="45"/>
+      <c r="F112" s="45"/>
+      <c r="G112" s="45"/>
+      <c r="H112" s="45"/>
+      <c r="I112" s="45"/>
+      <c r="J112" s="45"/>
+      <c r="K112" s="45"/>
+      <c r="L112" s="45"/>
+      <c r="M112" s="45"/>
+      <c r="N112" s="45"/>
+      <c r="O112" s="46"/>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A113" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B113" s="47" t="s">
+        <v>67</v>
+      </c>
+      <c r="C113" s="45"/>
+      <c r="D113" s="45"/>
+      <c r="E113" s="45"/>
+      <c r="F113" s="45"/>
+      <c r="G113" s="45"/>
+      <c r="H113" s="45"/>
+      <c r="I113" s="45"/>
+      <c r="J113" s="45"/>
+      <c r="K113" s="45"/>
+      <c r="L113" s="45"/>
+      <c r="M113" s="45"/>
+      <c r="N113" s="45"/>
+      <c r="O113" s="46"/>
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A114" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B114" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C114" s="46"/>
+      <c r="D114" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E114" s="45"/>
+      <c r="F114" s="45"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I114" s="45"/>
+      <c r="J114" s="45"/>
+      <c r="K114" s="45"/>
+      <c r="L114" s="46"/>
+      <c r="M114" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N114" s="45"/>
+      <c r="O114" s="46"/>
+    </row>
+    <row r="115" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B115" s="44"/>
+      <c r="C115" s="45"/>
+      <c r="D115" s="45"/>
+      <c r="E115" s="45"/>
+      <c r="F115" s="45"/>
+      <c r="G115" s="45"/>
+      <c r="H115" s="45"/>
+      <c r="I115" s="45"/>
+      <c r="J115" s="45"/>
+      <c r="K115" s="45"/>
+      <c r="L115" s="45"/>
+      <c r="M115" s="45"/>
+      <c r="N115" s="45"/>
+      <c r="O115" s="46"/>
+    </row>
+    <row r="116" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A116" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B116" s="47" t="s">
+        <v>67</v>
+      </c>
+      <c r="C116" s="45"/>
+      <c r="D116" s="45"/>
+      <c r="E116" s="45"/>
+      <c r="F116" s="45"/>
+      <c r="G116" s="45"/>
+      <c r="H116" s="45"/>
+      <c r="I116" s="45"/>
+      <c r="J116" s="45"/>
+      <c r="K116" s="45"/>
+      <c r="L116" s="45"/>
+      <c r="M116" s="45"/>
+      <c r="N116" s="45"/>
+      <c r="O116" s="46"/>
+    </row>
+    <row r="117" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A117" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B117" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C117" s="46"/>
+      <c r="D117" s="50" t="s">
+        <v>40</v>
+      </c>
+      <c r="E117" s="18"/>
+      <c r="F117" s="18"/>
+      <c r="G117" s="18"/>
+      <c r="H117" s="18"/>
+      <c r="I117" s="18"/>
+      <c r="J117" s="18"/>
+      <c r="K117" s="18"/>
+      <c r="L117" s="18"/>
+      <c r="M117" s="18"/>
+      <c r="N117" s="18"/>
+      <c r="O117" s="18"/>
+    </row>
+    <row r="118" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B118" s="44"/>
+      <c r="C118" s="45"/>
+      <c r="D118" s="45"/>
+      <c r="E118" s="45"/>
+      <c r="F118" s="45"/>
+      <c r="G118" s="45"/>
+      <c r="H118" s="45"/>
+      <c r="I118" s="45"/>
+      <c r="J118" s="45"/>
+      <c r="K118" s="45"/>
+      <c r="L118" s="45"/>
+      <c r="M118" s="45"/>
+      <c r="N118" s="45"/>
+      <c r="O118" s="46"/>
+    </row>
+    <row r="119" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A119" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B119" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="C119" s="45"/>
+      <c r="D119" s="45"/>
+      <c r="E119" s="45"/>
+      <c r="F119" s="45"/>
+      <c r="G119" s="45"/>
+      <c r="H119" s="45"/>
+      <c r="I119" s="45"/>
+      <c r="J119" s="45"/>
+      <c r="K119" s="45"/>
+      <c r="L119" s="45"/>
+      <c r="M119" s="45"/>
+      <c r="N119" s="45"/>
+      <c r="O119" s="46"/>
+    </row>
+    <row r="120" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A120" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B120" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C120" s="46"/>
+      <c r="D120" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E120" s="45"/>
+      <c r="F120" s="45"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I120" s="45"/>
+      <c r="J120" s="45"/>
+      <c r="K120" s="45"/>
+      <c r="L120" s="46"/>
+      <c r="M120" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N120" s="45"/>
+      <c r="O120" s="46"/>
+    </row>
+    <row r="121" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B121" s="44"/>
+      <c r="C121" s="45"/>
+      <c r="D121" s="45"/>
+      <c r="E121" s="45"/>
+      <c r="F121" s="45"/>
+      <c r="G121" s="45"/>
+      <c r="H121" s="45"/>
+      <c r="I121" s="45"/>
+      <c r="J121" s="45"/>
+      <c r="K121" s="45"/>
+      <c r="L121" s="45"/>
+      <c r="M121" s="45"/>
+      <c r="N121" s="45"/>
+      <c r="O121" s="46"/>
+    </row>
+    <row r="122" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A122" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B122" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="C122" s="45"/>
+      <c r="D122" s="45"/>
+      <c r="E122" s="45"/>
+      <c r="F122" s="45"/>
+      <c r="G122" s="45"/>
+      <c r="H122" s="45"/>
+      <c r="I122" s="45"/>
+      <c r="J122" s="45"/>
+      <c r="K122" s="45"/>
+      <c r="L122" s="45"/>
+      <c r="M122" s="45"/>
+      <c r="N122" s="45"/>
+      <c r="O122" s="46"/>
+    </row>
+    <row r="123" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A123" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B123" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C123" s="46"/>
+      <c r="D123" s="50" t="s">
+        <v>41</v>
+      </c>
+      <c r="E123" s="18"/>
+      <c r="F123" s="18"/>
+      <c r="G123" s="18"/>
+      <c r="H123" s="18"/>
+      <c r="I123" s="18"/>
+      <c r="J123" s="18"/>
+      <c r="K123" s="18"/>
+      <c r="L123" s="18"/>
+      <c r="M123" s="18"/>
+      <c r="N123" s="18"/>
+      <c r="O123" s="18"/>
+    </row>
+    <row r="124" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B124" s="44"/>
+      <c r="C124" s="45"/>
+      <c r="D124" s="45"/>
+      <c r="E124" s="45"/>
+      <c r="F124" s="45"/>
+      <c r="G124" s="45"/>
+      <c r="H124" s="45"/>
+      <c r="I124" s="45"/>
+      <c r="J124" s="45"/>
+      <c r="K124" s="45"/>
+      <c r="L124" s="45"/>
+      <c r="M124" s="45"/>
+      <c r="N124" s="45"/>
+      <c r="O124" s="46"/>
+    </row>
+    <row r="125" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A125" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B125" s="47" t="s">
+        <v>69</v>
+      </c>
+      <c r="C125" s="45"/>
+      <c r="D125" s="45"/>
+      <c r="E125" s="45"/>
+      <c r="F125" s="45"/>
+      <c r="G125" s="45"/>
+      <c r="H125" s="45"/>
+      <c r="I125" s="45"/>
+      <c r="J125" s="45"/>
+      <c r="K125" s="45"/>
+      <c r="L125" s="45"/>
+      <c r="M125" s="45"/>
+      <c r="N125" s="45"/>
+      <c r="O125" s="46"/>
+    </row>
+    <row r="126" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A126" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B126" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C126" s="46"/>
+      <c r="D126" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E126" s="45"/>
+      <c r="F126" s="45"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I126" s="45"/>
+      <c r="J126" s="45"/>
+      <c r="K126" s="45"/>
+      <c r="L126" s="46"/>
+      <c r="M126" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N126" s="45"/>
+      <c r="O126" s="46"/>
+    </row>
+    <row r="127" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B127" s="44"/>
+      <c r="C127" s="45"/>
+      <c r="D127" s="45"/>
+      <c r="E127" s="45"/>
+      <c r="F127" s="45"/>
+      <c r="G127" s="45"/>
+      <c r="H127" s="45"/>
+      <c r="I127" s="45"/>
+      <c r="J127" s="45"/>
+      <c r="K127" s="45"/>
+      <c r="L127" s="45"/>
+      <c r="M127" s="45"/>
+      <c r="N127" s="45"/>
+      <c r="O127" s="46"/>
+    </row>
+    <row r="128" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A128" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B128" s="47" t="s">
+        <v>69</v>
+      </c>
+      <c r="C128" s="45"/>
+      <c r="D128" s="45"/>
+      <c r="E128" s="45"/>
+      <c r="F128" s="45"/>
+      <c r="G128" s="45"/>
+      <c r="H128" s="45"/>
+      <c r="I128" s="45"/>
+      <c r="J128" s="45"/>
+      <c r="K128" s="45"/>
+      <c r="L128" s="45"/>
+      <c r="M128" s="45"/>
+      <c r="N128" s="45"/>
+      <c r="O128" s="46"/>
+    </row>
+    <row r="129" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A129" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B129" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C129" s="46"/>
+      <c r="D129" s="50" t="s">
+        <v>42</v>
+      </c>
+      <c r="E129" s="18"/>
+      <c r="F129" s="18"/>
+      <c r="G129" s="18"/>
+      <c r="H129" s="18"/>
+      <c r="I129" s="18"/>
+      <c r="J129" s="18"/>
+      <c r="K129" s="18"/>
+      <c r="L129" s="18"/>
+      <c r="M129" s="18"/>
+      <c r="N129" s="18"/>
+      <c r="O129" s="18"/>
+    </row>
+    <row r="130" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B130" s="44"/>
+      <c r="C130" s="45"/>
+      <c r="D130" s="45"/>
+      <c r="E130" s="45"/>
+      <c r="F130" s="45"/>
+      <c r="G130" s="45"/>
+      <c r="H130" s="45"/>
+      <c r="I130" s="45"/>
+      <c r="J130" s="45"/>
+      <c r="K130" s="45"/>
+      <c r="L130" s="45"/>
+      <c r="M130" s="45"/>
+      <c r="N130" s="45"/>
+      <c r="O130" s="46"/>
+    </row>
+    <row r="131" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A131" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B131" s="47" t="s">
+        <v>70</v>
+      </c>
+      <c r="C131" s="45"/>
+      <c r="D131" s="45"/>
+      <c r="E131" s="45"/>
+      <c r="F131" s="45"/>
+      <c r="G131" s="45"/>
+      <c r="H131" s="45"/>
+      <c r="I131" s="45"/>
+      <c r="J131" s="45"/>
+      <c r="K131" s="45"/>
+      <c r="L131" s="45"/>
+      <c r="M131" s="45"/>
+      <c r="N131" s="45"/>
+      <c r="O131" s="46"/>
+    </row>
+    <row r="132" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A132" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B132" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C132" s="46"/>
+      <c r="D132" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E132" s="45"/>
+      <c r="F132" s="45"/>
+      <c r="G132" s="46"/>
+      <c r="H132" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I132" s="45"/>
+      <c r="J132" s="45"/>
+      <c r="K132" s="45"/>
+      <c r="L132" s="46"/>
+      <c r="M132" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N132" s="45"/>
+      <c r="O132" s="46"/>
+    </row>
+    <row r="133" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B133" s="44"/>
+      <c r="C133" s="45"/>
+      <c r="D133" s="45"/>
+      <c r="E133" s="45"/>
+      <c r="F133" s="45"/>
+      <c r="G133" s="45"/>
+      <c r="H133" s="45"/>
+      <c r="I133" s="45"/>
+      <c r="J133" s="45"/>
+      <c r="K133" s="45"/>
+      <c r="L133" s="45"/>
+      <c r="M133" s="45"/>
+      <c r="N133" s="45"/>
+      <c r="O133" s="46"/>
+    </row>
+    <row r="134" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A134" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B134" s="47" t="s">
+        <v>70</v>
+      </c>
+      <c r="C134" s="45"/>
+      <c r="D134" s="45"/>
+      <c r="E134" s="45"/>
+      <c r="F134" s="45"/>
+      <c r="G134" s="45"/>
+      <c r="H134" s="45"/>
+      <c r="I134" s="45"/>
+      <c r="J134" s="45"/>
+      <c r="K134" s="45"/>
+      <c r="L134" s="45"/>
+      <c r="M134" s="45"/>
+      <c r="N134" s="45"/>
+      <c r="O134" s="46"/>
+    </row>
+    <row r="135" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A135" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B135" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C135" s="46"/>
+      <c r="D135" s="50" t="s">
+        <v>43</v>
+      </c>
+      <c r="E135" s="18"/>
+      <c r="F135" s="18"/>
+      <c r="G135" s="18"/>
+      <c r="H135" s="18"/>
+      <c r="I135" s="18"/>
+      <c r="J135" s="18"/>
+      <c r="K135" s="18"/>
+      <c r="L135" s="18"/>
+      <c r="M135" s="18"/>
+      <c r="N135" s="18"/>
+      <c r="O135" s="18"/>
+    </row>
+    <row r="136" spans="1:15" ht="165.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B136" s="44"/>
+      <c r="C136" s="45"/>
+      <c r="D136" s="45"/>
+      <c r="E136" s="45"/>
+      <c r="F136" s="45"/>
+      <c r="G136" s="45"/>
+      <c r="H136" s="45"/>
+      <c r="I136" s="45"/>
+      <c r="J136" s="45"/>
+      <c r="K136" s="45"/>
+      <c r="L136" s="45"/>
+      <c r="M136" s="45"/>
+      <c r="N136" s="45"/>
+      <c r="O136" s="46"/>
+    </row>
+    <row r="137" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A137" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B137" s="47" t="s">
+        <v>71</v>
+      </c>
+      <c r="C137" s="45"/>
+      <c r="D137" s="45"/>
+      <c r="E137" s="45"/>
+      <c r="F137" s="45"/>
+      <c r="G137" s="45"/>
+      <c r="H137" s="45"/>
+      <c r="I137" s="45"/>
+      <c r="J137" s="45"/>
+      <c r="K137" s="45"/>
+      <c r="L137" s="45"/>
+      <c r="M137" s="45"/>
+      <c r="N137" s="45"/>
+      <c r="O137" s="46"/>
+    </row>
+    <row r="138" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A138" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B138" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C138" s="46"/>
+      <c r="D138" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="E138" s="45"/>
+      <c r="F138" s="45"/>
+      <c r="G138" s="46"/>
+      <c r="H138" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="I138" s="45"/>
+      <c r="J138" s="45"/>
+      <c r="K138" s="45"/>
+      <c r="L138" s="46"/>
+      <c r="M138" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="N138" s="45"/>
+      <c r="O138" s="46"/>
+    </row>
+    <row r="139" spans="1:15" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B139" s="44"/>
+      <c r="C139" s="45"/>
+      <c r="D139" s="45"/>
+      <c r="E139" s="45"/>
+      <c r="F139" s="45"/>
+      <c r="G139" s="45"/>
+      <c r="H139" s="45"/>
+      <c r="I139" s="45"/>
+      <c r="J139" s="45"/>
+      <c r="K139" s="45"/>
+      <c r="L139" s="45"/>
+      <c r="M139" s="45"/>
+      <c r="N139" s="45"/>
+      <c r="O139" s="46"/>
+    </row>
+    <row r="140" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A140" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B140" s="47" t="s">
+        <v>71</v>
+      </c>
+      <c r="C140" s="45"/>
+      <c r="D140" s="45"/>
+      <c r="E140" s="45"/>
+      <c r="F140" s="45"/>
+      <c r="G140" s="45"/>
+      <c r="H140" s="45"/>
+      <c r="I140" s="45"/>
+      <c r="J140" s="45"/>
+      <c r="K140" s="45"/>
+      <c r="L140" s="45"/>
+      <c r="M140" s="45"/>
+      <c r="N140" s="45"/>
+      <c r="O140" s="46"/>
+    </row>
+    <row r="141" spans="1:15" ht="19.7" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="142" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="226">
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="C3:D4"/>
+    <mergeCell ref="F4:J5"/>
+    <mergeCell ref="L4:P5"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="B16:O16"/>
+    <mergeCell ref="B17:O17"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D18:O18"/>
+    <mergeCell ref="B19:O19"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="D12:O12"/>
+    <mergeCell ref="B13:O13"/>
+    <mergeCell ref="B14:O14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="D15:G15"/>
+    <mergeCell ref="H15:L15"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="B22:O22"/>
+    <mergeCell ref="B23:O23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:O24"/>
+    <mergeCell ref="B25:O25"/>
+    <mergeCell ref="B20:O20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:G21"/>
+    <mergeCell ref="H21:L21"/>
+    <mergeCell ref="M21:O21"/>
+    <mergeCell ref="B28:O28"/>
+    <mergeCell ref="B29:O29"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:O30"/>
+    <mergeCell ref="B31:O31"/>
+    <mergeCell ref="B26:O26"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="D27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:O27"/>
+    <mergeCell ref="B34:O34"/>
+    <mergeCell ref="B35:O35"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:O36"/>
+    <mergeCell ref="B37:O37"/>
+    <mergeCell ref="B32:O32"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:G33"/>
+    <mergeCell ref="H33:L33"/>
+    <mergeCell ref="M33:O33"/>
+    <mergeCell ref="B40:O40"/>
+    <mergeCell ref="B41:O41"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:G42"/>
+    <mergeCell ref="H42:L42"/>
+    <mergeCell ref="M42:O42"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:G38"/>
+    <mergeCell ref="H38:L38"/>
+    <mergeCell ref="M38:O38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:O39"/>
+    <mergeCell ref="B47:O47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:G48"/>
+    <mergeCell ref="H48:L48"/>
+    <mergeCell ref="M48:O48"/>
+    <mergeCell ref="B43:O43"/>
+    <mergeCell ref="B44:O44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:O45"/>
+    <mergeCell ref="B46:O46"/>
+    <mergeCell ref="B53:O53"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="D54:G54"/>
+    <mergeCell ref="H54:L54"/>
+    <mergeCell ref="M54:O54"/>
+    <mergeCell ref="B49:O49"/>
+    <mergeCell ref="B50:O50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:O51"/>
+    <mergeCell ref="B52:O52"/>
+    <mergeCell ref="B59:O59"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="D60:G60"/>
+    <mergeCell ref="H60:L60"/>
+    <mergeCell ref="M60:O60"/>
+    <mergeCell ref="B55:O55"/>
+    <mergeCell ref="B56:O56"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:O57"/>
+    <mergeCell ref="B58:O58"/>
+    <mergeCell ref="B65:O65"/>
+    <mergeCell ref="B66:C66"/>
+    <mergeCell ref="D66:G66"/>
+    <mergeCell ref="H66:L66"/>
+    <mergeCell ref="M66:O66"/>
+    <mergeCell ref="B61:O61"/>
+    <mergeCell ref="B62:O62"/>
+    <mergeCell ref="B63:C63"/>
+    <mergeCell ref="D63:O63"/>
+    <mergeCell ref="B64:O64"/>
+    <mergeCell ref="B71:O71"/>
+    <mergeCell ref="B72:C72"/>
+    <mergeCell ref="D72:G72"/>
+    <mergeCell ref="H72:L72"/>
+    <mergeCell ref="M72:O72"/>
+    <mergeCell ref="B67:O67"/>
+    <mergeCell ref="B68:O68"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="D69:O69"/>
+    <mergeCell ref="B70:O70"/>
+    <mergeCell ref="B77:O77"/>
+    <mergeCell ref="B78:C78"/>
+    <mergeCell ref="D78:G78"/>
+    <mergeCell ref="H78:L78"/>
+    <mergeCell ref="M78:O78"/>
+    <mergeCell ref="B73:O73"/>
+    <mergeCell ref="B74:O74"/>
+    <mergeCell ref="B75:C75"/>
+    <mergeCell ref="D75:O75"/>
+    <mergeCell ref="B76:O76"/>
+    <mergeCell ref="B83:O83"/>
+    <mergeCell ref="B84:C84"/>
+    <mergeCell ref="D84:G84"/>
+    <mergeCell ref="H84:L84"/>
+    <mergeCell ref="M84:O84"/>
+    <mergeCell ref="B79:O79"/>
+    <mergeCell ref="B80:O80"/>
+    <mergeCell ref="B81:C81"/>
+    <mergeCell ref="D81:O81"/>
+    <mergeCell ref="B82:O82"/>
+    <mergeCell ref="B89:O89"/>
+    <mergeCell ref="B90:C90"/>
+    <mergeCell ref="D90:G90"/>
+    <mergeCell ref="H90:L90"/>
+    <mergeCell ref="M90:O90"/>
+    <mergeCell ref="B85:O85"/>
+    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="D87:O87"/>
+    <mergeCell ref="B88:O88"/>
+    <mergeCell ref="B95:O95"/>
+    <mergeCell ref="B96:C96"/>
+    <mergeCell ref="D96:G96"/>
+    <mergeCell ref="H96:L96"/>
+    <mergeCell ref="M96:O96"/>
+    <mergeCell ref="B91:O91"/>
+    <mergeCell ref="B92:O92"/>
+    <mergeCell ref="B93:C93"/>
+    <mergeCell ref="D93:O93"/>
+    <mergeCell ref="B94:O94"/>
+    <mergeCell ref="B101:O101"/>
+    <mergeCell ref="B102:C102"/>
+    <mergeCell ref="D102:G102"/>
+    <mergeCell ref="H102:L102"/>
+    <mergeCell ref="M102:O102"/>
+    <mergeCell ref="B97:O97"/>
+    <mergeCell ref="B98:O98"/>
+    <mergeCell ref="B99:C99"/>
+    <mergeCell ref="D99:O99"/>
+    <mergeCell ref="B100:O100"/>
+    <mergeCell ref="B107:O107"/>
+    <mergeCell ref="B108:C108"/>
+    <mergeCell ref="D108:G108"/>
+    <mergeCell ref="H108:L108"/>
+    <mergeCell ref="M108:O108"/>
+    <mergeCell ref="B103:O103"/>
+    <mergeCell ref="B104:O104"/>
+    <mergeCell ref="B105:C105"/>
+    <mergeCell ref="D105:O105"/>
+    <mergeCell ref="B106:O106"/>
+    <mergeCell ref="B113:O113"/>
+    <mergeCell ref="B114:C114"/>
+    <mergeCell ref="D114:G114"/>
+    <mergeCell ref="H114:L114"/>
+    <mergeCell ref="M114:O114"/>
+    <mergeCell ref="B109:O109"/>
+    <mergeCell ref="B110:O110"/>
+    <mergeCell ref="B111:C111"/>
+    <mergeCell ref="D111:O111"/>
+    <mergeCell ref="B112:O112"/>
+    <mergeCell ref="B119:O119"/>
+    <mergeCell ref="B120:C120"/>
+    <mergeCell ref="D120:G120"/>
+    <mergeCell ref="H120:L120"/>
+    <mergeCell ref="M120:O120"/>
+    <mergeCell ref="B115:O115"/>
+    <mergeCell ref="B116:O116"/>
+    <mergeCell ref="B117:C117"/>
+    <mergeCell ref="D117:O117"/>
+    <mergeCell ref="B118:O118"/>
+    <mergeCell ref="B125:O125"/>
+    <mergeCell ref="B126:C126"/>
+    <mergeCell ref="D126:G126"/>
+    <mergeCell ref="H126:L126"/>
+    <mergeCell ref="M126:O126"/>
+    <mergeCell ref="B121:O121"/>
+    <mergeCell ref="B122:O122"/>
+    <mergeCell ref="B123:C123"/>
+    <mergeCell ref="D123:O123"/>
+    <mergeCell ref="B124:O124"/>
+    <mergeCell ref="B131:O131"/>
+    <mergeCell ref="B132:C132"/>
+    <mergeCell ref="D132:G132"/>
+    <mergeCell ref="H132:L132"/>
+    <mergeCell ref="M132:O132"/>
+    <mergeCell ref="B127:O127"/>
+    <mergeCell ref="B128:O128"/>
+    <mergeCell ref="B129:C129"/>
+    <mergeCell ref="D129:O129"/>
+    <mergeCell ref="B130:O130"/>
+    <mergeCell ref="B139:O139"/>
+    <mergeCell ref="B140:O140"/>
+    <mergeCell ref="B137:O137"/>
+    <mergeCell ref="B138:C138"/>
+    <mergeCell ref="D138:G138"/>
+    <mergeCell ref="H138:L138"/>
+    <mergeCell ref="M138:O138"/>
+    <mergeCell ref="B133:O133"/>
+    <mergeCell ref="B134:O134"/>
+    <mergeCell ref="B135:C135"/>
+    <mergeCell ref="D135:O135"/>
+    <mergeCell ref="B136:O136"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:U36"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="0.42578125" customWidth="1"/>
+    <col min="2" max="2" width="2.28515625" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
+    <col min="4" max="4" width="0" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="38.85546875" customWidth="1"/>
+    <col min="6" max="6" width="7.7109375" customWidth="1"/>
+    <col min="7" max="7" width="1.85546875" customWidth="1"/>
+    <col min="8" max="8" width="0.28515625" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" customWidth="1"/>
+    <col min="11" max="11" width="10" customWidth="1"/>
+    <col min="12" max="12" width="5.140625" customWidth="1"/>
+    <col min="13" max="13" width="0.85546875" customWidth="1"/>
+    <col min="14" max="14" width="12.5703125" customWidth="1"/>
+    <col min="15" max="15" width="1.5703125" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
+    <col min="17" max="17" width="9" customWidth="1"/>
+    <col min="18" max="18" width="6" customWidth="1"/>
+    <col min="19" max="19" width="3.42578125" customWidth="1"/>
+    <col min="20" max="20" width="78.140625" customWidth="1"/>
+    <col min="21" max="21" width="1.85546875" customWidth="1"/>
+    <col min="22" max="22" width="3.7109375" customWidth="1"/>
+    <col min="23" max="23" width="3.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+    </row>
+    <row r="2" spans="1:21" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:21" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+      <c r="E3" s="18"/>
+    </row>
+    <row r="4" spans="1:21" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="H4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="M4" s="40" t="s">
+        <v>2</v>
+      </c>
+      <c r="N4" s="18"/>
+      <c r="O4" s="18"/>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="N5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+    </row>
+    <row r="6" spans="1:21" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:21" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:21" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C8" s="41" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="K8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="L8" s="18"/>
+      <c r="M8" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="N8" s="18"/>
+      <c r="O8" s="18"/>
+      <c r="P8" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="42" t="s">
+        <v>49</v>
+      </c>
+      <c r="R8" s="18"/>
+    </row>
+    <row r="9" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:21" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:21" ht="4.7" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="45"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="50" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" s="18"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+      <c r="K12" s="18"/>
+      <c r="L12" s="18"/>
+      <c r="M12" s="18"/>
+      <c r="N12" s="18"/>
+      <c r="O12" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="P12" s="18"/>
+      <c r="Q12" s="18"/>
+      <c r="R12" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="S12" s="18"/>
+      <c r="T12" s="18"/>
+      <c r="U12" s="18"/>
+    </row>
+    <row r="13" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="44"/>
+      <c r="C13" s="45"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="45"/>
+      <c r="G13" s="45"/>
+      <c r="H13" s="45"/>
+      <c r="I13" s="45"/>
+      <c r="J13" s="45"/>
+      <c r="K13" s="45"/>
+      <c r="L13" s="45"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="46"/>
+      <c r="O13" s="44"/>
+      <c r="P13" s="45"/>
+      <c r="Q13" s="45"/>
+      <c r="R13" s="45"/>
+      <c r="S13" s="45"/>
+      <c r="T13" s="45"/>
+      <c r="U13" s="46"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A14" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="45"/>
+      <c r="D14" s="45"/>
+      <c r="E14" s="45"/>
+      <c r="F14" s="45"/>
+      <c r="G14" s="45"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="45"/>
+      <c r="J14" s="45"/>
+      <c r="K14" s="45"/>
+      <c r="L14" s="45"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="46"/>
+      <c r="O14" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" s="45"/>
+      <c r="Q14" s="45"/>
+      <c r="R14" s="45"/>
+      <c r="S14" s="45"/>
+      <c r="T14" s="45"/>
+      <c r="U14" s="46"/>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="45"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="F15" s="46"/>
+      <c r="G15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="H15" s="45"/>
+      <c r="I15" s="45"/>
+      <c r="J15" s="45"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="45"/>
+      <c r="M15" s="46"/>
+      <c r="N15" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="O15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="P15" s="45"/>
+      <c r="Q15" s="46"/>
+      <c r="R15" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="S15" s="45"/>
+      <c r="T15" s="45"/>
+      <c r="U15" s="46"/>
+    </row>
+    <row r="16" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B16" s="44"/>
+      <c r="C16" s="45"/>
+      <c r="D16" s="45"/>
+      <c r="E16" s="45"/>
+      <c r="F16" s="45"/>
+      <c r="G16" s="45"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="45"/>
+      <c r="J16" s="45"/>
+      <c r="K16" s="45"/>
+      <c r="L16" s="45"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="46"/>
+      <c r="O16" s="44"/>
+      <c r="P16" s="45"/>
+      <c r="Q16" s="45"/>
+      <c r="R16" s="45"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="46"/>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A17" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B17" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="45"/>
+      <c r="D17" s="45"/>
+      <c r="E17" s="45"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="45"/>
+      <c r="H17" s="45"/>
+      <c r="I17" s="45"/>
+      <c r="J17" s="45"/>
+      <c r="K17" s="45"/>
+      <c r="L17" s="45"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="46"/>
+      <c r="O17" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="P17" s="45"/>
+      <c r="Q17" s="45"/>
+      <c r="R17" s="45"/>
+      <c r="S17" s="45"/>
+      <c r="T17" s="45"/>
+      <c r="U17" s="46"/>
+    </row>
+    <row r="18" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="45"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="50" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="18"/>
+      <c r="H18" s="18"/>
+      <c r="I18" s="18"/>
+      <c r="J18" s="18"/>
+      <c r="K18" s="18"/>
+      <c r="L18" s="18"/>
+      <c r="M18" s="18"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="P18" s="18"/>
+      <c r="Q18" s="18"/>
+      <c r="R18" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="S18" s="18"/>
+      <c r="T18" s="18"/>
+      <c r="U18" s="18"/>
+    </row>
+    <row r="19" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="44"/>
+      <c r="C19" s="45"/>
+      <c r="D19" s="45"/>
+      <c r="E19" s="45"/>
+      <c r="F19" s="45"/>
+      <c r="G19" s="45"/>
+      <c r="H19" s="45"/>
+      <c r="I19" s="45"/>
+      <c r="J19" s="45"/>
+      <c r="K19" s="45"/>
+      <c r="L19" s="45"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="44"/>
+      <c r="P19" s="45"/>
+      <c r="Q19" s="45"/>
+      <c r="R19" s="45"/>
+      <c r="S19" s="45"/>
+      <c r="T19" s="45"/>
+      <c r="U19" s="46"/>
+    </row>
+    <row r="20" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A20" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B20" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="C20" s="45"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="45"/>
+      <c r="G20" s="45"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="45"/>
+      <c r="J20" s="45"/>
+      <c r="K20" s="45"/>
+      <c r="L20" s="45"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="P20" s="45"/>
+      <c r="Q20" s="45"/>
+      <c r="R20" s="45"/>
+      <c r="S20" s="45"/>
+      <c r="T20" s="45"/>
+      <c r="U20" s="46"/>
+    </row>
+    <row r="21" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A21" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="45"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="F21" s="46"/>
+      <c r="G21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="H21" s="45"/>
+      <c r="I21" s="45"/>
+      <c r="J21" s="45"/>
+      <c r="K21" s="45"/>
+      <c r="L21" s="45"/>
+      <c r="M21" s="46"/>
+      <c r="N21" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="O21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="P21" s="45"/>
+      <c r="Q21" s="46"/>
+      <c r="R21" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="S21" s="45"/>
+      <c r="T21" s="45"/>
+      <c r="U21" s="46"/>
+    </row>
+    <row r="22" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="44"/>
+      <c r="C22" s="45"/>
+      <c r="D22" s="45"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
+      <c r="G22" s="45"/>
+      <c r="H22" s="45"/>
+      <c r="I22" s="45"/>
+      <c r="J22" s="45"/>
+      <c r="K22" s="45"/>
+      <c r="L22" s="45"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="46"/>
+      <c r="O22" s="44"/>
+      <c r="P22" s="45"/>
+      <c r="Q22" s="45"/>
+      <c r="R22" s="45"/>
+      <c r="S22" s="45"/>
+      <c r="T22" s="45"/>
+      <c r="U22" s="46"/>
+    </row>
+    <row r="23" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A23" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B23" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="C23" s="45"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="45"/>
+      <c r="H23" s="45"/>
+      <c r="I23" s="45"/>
+      <c r="J23" s="45"/>
+      <c r="K23" s="45"/>
+      <c r="L23" s="45"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="46"/>
+      <c r="O23" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="P23" s="45"/>
+      <c r="Q23" s="45"/>
+      <c r="R23" s="45"/>
+      <c r="S23" s="45"/>
+      <c r="T23" s="45"/>
+      <c r="U23" s="46"/>
+    </row>
+    <row r="24" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="45"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="50" t="s">
+        <v>76</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="18"/>
+      <c r="K24" s="18"/>
+      <c r="L24" s="18"/>
+      <c r="M24" s="18"/>
+      <c r="N24" s="18"/>
+      <c r="O24" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="P24" s="18"/>
+      <c r="Q24" s="18"/>
+      <c r="R24" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="S24" s="18"/>
+      <c r="T24" s="18"/>
+      <c r="U24" s="18"/>
+    </row>
+    <row r="25" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="44"/>
+      <c r="C25" s="45"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="45"/>
+      <c r="J25" s="45"/>
+      <c r="K25" s="45"/>
+      <c r="L25" s="45"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="46"/>
+      <c r="O25" s="44"/>
+      <c r="P25" s="45"/>
+      <c r="Q25" s="45"/>
+      <c r="R25" s="45"/>
+      <c r="S25" s="45"/>
+      <c r="T25" s="45"/>
+      <c r="U25" s="46"/>
+    </row>
+    <row r="26" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A26" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B26" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="C26" s="45"/>
+      <c r="D26" s="45"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="45"/>
+      <c r="J26" s="45"/>
+      <c r="K26" s="45"/>
+      <c r="L26" s="45"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="46"/>
+      <c r="O26" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="P26" s="45"/>
+      <c r="Q26" s="45"/>
+      <c r="R26" s="45"/>
+      <c r="S26" s="45"/>
+      <c r="T26" s="45"/>
+      <c r="U26" s="46"/>
+    </row>
+    <row r="27" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A27" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="45"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="F27" s="46"/>
+      <c r="G27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="H27" s="45"/>
+      <c r="I27" s="45"/>
+      <c r="J27" s="45"/>
+      <c r="K27" s="45"/>
+      <c r="L27" s="45"/>
+      <c r="M27" s="46"/>
+      <c r="N27" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="O27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="P27" s="45"/>
+      <c r="Q27" s="46"/>
+      <c r="R27" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="S27" s="45"/>
+      <c r="T27" s="45"/>
+      <c r="U27" s="46"/>
+    </row>
+    <row r="28" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B28" s="44"/>
+      <c r="C28" s="45"/>
+      <c r="D28" s="45"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="45"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="45"/>
+      <c r="I28" s="45"/>
+      <c r="J28" s="45"/>
+      <c r="K28" s="45"/>
+      <c r="L28" s="45"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="46"/>
+      <c r="O28" s="44"/>
+      <c r="P28" s="45"/>
+      <c r="Q28" s="45"/>
+      <c r="R28" s="45"/>
+      <c r="S28" s="45"/>
+      <c r="T28" s="45"/>
+      <c r="U28" s="46"/>
+    </row>
+    <row r="29" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A29" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B29" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" s="45"/>
+      <c r="D29" s="45"/>
+      <c r="E29" s="45"/>
+      <c r="F29" s="45"/>
+      <c r="G29" s="45"/>
+      <c r="H29" s="45"/>
+      <c r="I29" s="45"/>
+      <c r="J29" s="45"/>
+      <c r="K29" s="45"/>
+      <c r="L29" s="45"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="46"/>
+      <c r="O29" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="P29" s="45"/>
+      <c r="Q29" s="45"/>
+      <c r="R29" s="45"/>
+      <c r="S29" s="45"/>
+      <c r="T29" s="45"/>
+      <c r="U29" s="46"/>
+    </row>
+    <row r="30" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B30" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="C30" s="45"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="18"/>
+      <c r="L30" s="18"/>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="P30" s="18"/>
+      <c r="Q30" s="18"/>
+      <c r="R30" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="S30" s="18"/>
+      <c r="T30" s="18"/>
+      <c r="U30" s="18"/>
+    </row>
+    <row r="31" spans="1:21" ht="190.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" s="44"/>
+      <c r="C31" s="45"/>
+      <c r="D31" s="45"/>
+      <c r="E31" s="45"/>
+      <c r="F31" s="45"/>
+      <c r="G31" s="45"/>
+      <c r="H31" s="45"/>
+      <c r="I31" s="45"/>
+      <c r="J31" s="45"/>
+      <c r="K31" s="45"/>
+      <c r="L31" s="45"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="46"/>
+      <c r="O31" s="44"/>
+      <c r="P31" s="45"/>
+      <c r="Q31" s="45"/>
+      <c r="R31" s="45"/>
+      <c r="S31" s="45"/>
+      <c r="T31" s="45"/>
+      <c r="U31" s="46"/>
+    </row>
+    <row r="32" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A32" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B32" s="47" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="45"/>
+      <c r="I32" s="45"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="45"/>
+      <c r="L32" s="45"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="46"/>
+      <c r="O32" s="47" t="s">
+        <v>80</v>
+      </c>
+      <c r="P32" s="45"/>
+      <c r="Q32" s="45"/>
+      <c r="R32" s="45"/>
+      <c r="S32" s="45"/>
+      <c r="T32" s="45"/>
+      <c r="U32" s="46"/>
+    </row>
+    <row r="33" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A33" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C33" s="45"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="F33" s="46"/>
+      <c r="G33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="H33" s="45"/>
+      <c r="I33" s="45"/>
+      <c r="J33" s="45"/>
+      <c r="K33" s="45"/>
+      <c r="L33" s="45"/>
+      <c r="M33" s="46"/>
+      <c r="N33" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="O33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="P33" s="45"/>
+      <c r="Q33" s="46"/>
+      <c r="R33" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="S33" s="45"/>
+      <c r="T33" s="45"/>
+      <c r="U33" s="46"/>
+    </row>
+    <row r="34" spans="1:21" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B34" s="44"/>
+      <c r="C34" s="45"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="45"/>
+      <c r="I34" s="45"/>
+      <c r="J34" s="45"/>
+      <c r="K34" s="45"/>
+      <c r="L34" s="45"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="46"/>
+      <c r="O34" s="44"/>
+      <c r="P34" s="45"/>
+      <c r="Q34" s="45"/>
+      <c r="R34" s="45"/>
+      <c r="S34" s="45"/>
+      <c r="T34" s="45"/>
+      <c r="U34" s="46"/>
+    </row>
+    <row r="35" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A35" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B35" s="47" t="s">
+        <v>79</v>
+      </c>
+      <c r="C35" s="45"/>
+      <c r="D35" s="45"/>
+      <c r="E35" s="45"/>
+      <c r="F35" s="45"/>
+      <c r="G35" s="45"/>
+      <c r="H35" s="45"/>
+      <c r="I35" s="45"/>
+      <c r="J35" s="45"/>
+      <c r="K35" s="45"/>
+      <c r="L35" s="45"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="46"/>
+      <c r="O35" s="47" t="s">
+        <v>80</v>
+      </c>
+      <c r="P35" s="45"/>
+      <c r="Q35" s="45"/>
+      <c r="R35" s="45"/>
+      <c r="S35" s="45"/>
+      <c r="T35" s="45"/>
+      <c r="U35" s="46"/>
+    </row>
+    <row r="36" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="76">
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="D3:E4"/>
     <mergeCell ref="H4:K5"/>
     <mergeCell ref="M4:R5"/>
     <mergeCell ref="C8:H8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:O8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:N12"/>
     <mergeCell ref="O12:Q12"/>
     <mergeCell ref="R12:U12"/>
     <mergeCell ref="B13:N13"/>
     <mergeCell ref="O13:U13"/>
     <mergeCell ref="B14:N14"/>
     <mergeCell ref="O14:U14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="G15:M15"/>
     <mergeCell ref="O15:Q15"/>
     <mergeCell ref="R15:U15"/>
     <mergeCell ref="B16:N16"/>
     <mergeCell ref="O16:U16"/>
     <mergeCell ref="B17:N17"/>
     <mergeCell ref="O17:U17"/>
@@ -11731,5082 +15414,1434 @@
     <mergeCell ref="B22:N22"/>
     <mergeCell ref="O22:U22"/>
     <mergeCell ref="B23:N23"/>
     <mergeCell ref="O23:U23"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="E24:N24"/>
     <mergeCell ref="O24:Q24"/>
     <mergeCell ref="R24:U24"/>
     <mergeCell ref="B25:N25"/>
     <mergeCell ref="O25:U25"/>
     <mergeCell ref="B26:N26"/>
     <mergeCell ref="O26:U26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="G27:M27"/>
     <mergeCell ref="O27:Q27"/>
     <mergeCell ref="R27:U27"/>
     <mergeCell ref="B28:N28"/>
     <mergeCell ref="O28:U28"/>
     <mergeCell ref="B29:N29"/>
     <mergeCell ref="O29:U29"/>
     <mergeCell ref="B30:D30"/>
     <mergeCell ref="E30:N30"/>
     <mergeCell ref="O30:Q30"/>
     <mergeCell ref="R30:U30"/>
+    <mergeCell ref="B34:N34"/>
+    <mergeCell ref="O34:U34"/>
+    <mergeCell ref="B35:N35"/>
+    <mergeCell ref="O35:U35"/>
     <mergeCell ref="B31:N31"/>
     <mergeCell ref="O31:U31"/>
     <mergeCell ref="B32:N32"/>
     <mergeCell ref="O32:U32"/>
     <mergeCell ref="B33:D33"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="G33:M33"/>
     <mergeCell ref="O33:Q33"/>
     <mergeCell ref="R33:U33"/>
-    <mergeCell ref="B34:N34"/>
-[...2 lines deleted...]
-    <mergeCell ref="O35:U35"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId58"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:U45"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="2.7421875"/>
-[...17 lines deleted...]
-    <col min="19" max="19" customWidth="1" width="8.9140625"/>
+    <col min="1" max="1" width="2.7109375" customWidth="1"/>
+    <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" customWidth="1"/>
+    <col min="4" max="4" width="39" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" customWidth="1"/>
+    <col min="6" max="6" width="0.28515625" customWidth="1"/>
+    <col min="7" max="7" width="0" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
+    <col min="11" max="11" width="15.7109375" customWidth="1"/>
+    <col min="12" max="12" width="0" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="5.140625" customWidth="1"/>
+    <col min="15" max="15" width="0" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="15.140625" customWidth="1"/>
+    <col min="17" max="17" width="0" hidden="1" customWidth="1"/>
+    <col min="18" max="19" width="15.140625" customWidth="1"/>
+    <col min="20" max="20" width="3.42578125" customWidth="1"/>
+    <col min="21" max="21" width="78.140625" customWidth="1"/>
+    <col min="22" max="22" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.4" customHeight="1">
-[...3233 lines deleted...]
-    <row r="142" ht="0.05" customHeight="1"/>
+    <row r="1" spans="1:21" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+    </row>
+    <row r="2" spans="1:21" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:21" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D3" s="18"/>
+    </row>
+    <row r="4" spans="1:21" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="18"/>
+      <c r="F4" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="O4" s="40" t="s">
+        <v>2</v>
+      </c>
+      <c r="P4" s="18"/>
+      <c r="Q4" s="18"/>
+      <c r="R4" s="18"/>
+      <c r="S4" s="18"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+      <c r="S5" s="18"/>
+    </row>
+    <row r="6" spans="1:21" ht="3.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:21" ht="1.35" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:21" ht="41.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="42" t="s">
+        <v>81</v>
+      </c>
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="42" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="42" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" s="18"/>
+      <c r="Q8" s="42" t="s">
+        <v>84</v>
+      </c>
+      <c r="R8" s="18"/>
+      <c r="S8" s="2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:21" ht="2.4500000000000002" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:21" ht="6.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="31"/>
+      <c r="C12" s="56" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="53"/>
+      <c r="E12" s="53"/>
+      <c r="F12" s="53"/>
+      <c r="G12" s="53"/>
+      <c r="H12" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I12" s="31"/>
+      <c r="J12" s="55">
+        <v>177</v>
+      </c>
+      <c r="K12" s="31"/>
+      <c r="M12" s="55">
+        <v>18</v>
+      </c>
+      <c r="N12" s="31"/>
+      <c r="P12" s="15">
+        <v>4098</v>
+      </c>
+      <c r="R12" s="15">
+        <v>17800</v>
+      </c>
+      <c r="S12" s="16">
+        <v>0.23022500000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A13" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="31"/>
+      <c r="C13" s="56" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="53"/>
+      <c r="E13" s="53"/>
+      <c r="F13" s="53"/>
+      <c r="G13" s="53"/>
+      <c r="H13" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I13" s="31"/>
+      <c r="J13" s="55">
+        <v>177</v>
+      </c>
+      <c r="K13" s="31"/>
+      <c r="M13" s="55">
+        <v>18</v>
+      </c>
+      <c r="N13" s="31"/>
+      <c r="P13" s="15">
+        <v>6669</v>
+      </c>
+      <c r="R13" s="15">
+        <v>34055</v>
+      </c>
+      <c r="S13" s="16">
+        <v>0.19583</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A14" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="31"/>
+      <c r="C14" s="52" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="53"/>
+      <c r="E14" s="53"/>
+      <c r="F14" s="53"/>
+      <c r="G14" s="53"/>
+      <c r="H14" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I14" s="31"/>
+      <c r="J14" s="55">
+        <v>81</v>
+      </c>
+      <c r="K14" s="31"/>
+      <c r="M14" s="55">
+        <v>8</v>
+      </c>
+      <c r="N14" s="31"/>
+      <c r="P14" s="15">
+        <v>380</v>
+      </c>
+      <c r="R14" s="15">
+        <v>1320</v>
+      </c>
+      <c r="S14" s="16">
+        <v>0.287879</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="31"/>
+      <c r="C15" s="56" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="53"/>
+      <c r="E15" s="53"/>
+      <c r="F15" s="53"/>
+      <c r="G15" s="53"/>
+      <c r="H15" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I15" s="31"/>
+      <c r="J15" s="55">
+        <v>141</v>
+      </c>
+      <c r="K15" s="31"/>
+      <c r="M15" s="55">
+        <v>14</v>
+      </c>
+      <c r="N15" s="31"/>
+      <c r="P15" s="15">
+        <v>824</v>
+      </c>
+      <c r="R15" s="15">
+        <v>3972</v>
+      </c>
+      <c r="S15" s="16">
+        <v>0.207452</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="53"/>
+      <c r="E16" s="53"/>
+      <c r="F16" s="53"/>
+      <c r="G16" s="53"/>
+      <c r="H16" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I16" s="31"/>
+      <c r="J16" s="55">
+        <v>141</v>
+      </c>
+      <c r="K16" s="31"/>
+      <c r="M16" s="55">
+        <v>14</v>
+      </c>
+      <c r="N16" s="31"/>
+      <c r="P16" s="15">
+        <v>4839</v>
+      </c>
+      <c r="R16" s="15">
+        <v>30223</v>
+      </c>
+      <c r="S16" s="16">
+        <v>0.16011</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A17" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B17" s="31"/>
+      <c r="C17" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" s="53"/>
+      <c r="E17" s="53"/>
+      <c r="F17" s="53"/>
+      <c r="G17" s="53"/>
+      <c r="H17" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I17" s="31"/>
+      <c r="J17" s="55">
+        <v>775</v>
+      </c>
+      <c r="K17" s="31"/>
+      <c r="M17" s="55">
+        <v>78</v>
+      </c>
+      <c r="N17" s="31"/>
+      <c r="P17" s="15">
+        <v>17576</v>
+      </c>
+      <c r="R17" s="15">
+        <v>54850</v>
+      </c>
+      <c r="S17" s="16">
+        <v>0.320438</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A18" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="31"/>
+      <c r="C18" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="53"/>
+      <c r="E18" s="53"/>
+      <c r="F18" s="53"/>
+      <c r="G18" s="53"/>
+      <c r="H18" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I18" s="31"/>
+      <c r="J18" s="55">
+        <v>674</v>
+      </c>
+      <c r="K18" s="31"/>
+      <c r="M18" s="55">
+        <v>67</v>
+      </c>
+      <c r="N18" s="31"/>
+      <c r="P18" s="15">
+        <v>26629</v>
+      </c>
+      <c r="R18" s="15">
+        <v>78938</v>
+      </c>
+      <c r="S18" s="16">
+        <v>0.337341</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A19" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="31"/>
+      <c r="C19" s="56" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" s="53"/>
+      <c r="E19" s="53"/>
+      <c r="F19" s="53"/>
+      <c r="G19" s="53"/>
+      <c r="H19" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I19" s="31"/>
+      <c r="J19" s="55">
+        <v>674</v>
+      </c>
+      <c r="K19" s="31"/>
+      <c r="M19" s="55">
+        <v>67</v>
+      </c>
+      <c r="N19" s="31"/>
+      <c r="P19" s="15">
+        <v>79431</v>
+      </c>
+      <c r="R19" s="15">
+        <v>292319</v>
+      </c>
+      <c r="S19" s="16">
+        <v>0.271727</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B20" s="31"/>
+      <c r="C20" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="D20" s="53"/>
+      <c r="E20" s="53"/>
+      <c r="F20" s="53"/>
+      <c r="G20" s="53"/>
+      <c r="H20" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I20" s="31"/>
+      <c r="J20" s="55">
+        <v>13</v>
+      </c>
+      <c r="K20" s="31"/>
+      <c r="M20" s="55">
+        <v>1</v>
+      </c>
+      <c r="N20" s="31"/>
+      <c r="P20" s="15">
+        <v>74</v>
+      </c>
+      <c r="R20" s="15">
+        <v>517</v>
+      </c>
+      <c r="S20" s="16">
+        <v>0.14313300000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A21" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B21" s="31"/>
+      <c r="C21" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="D21" s="53"/>
+      <c r="E21" s="53"/>
+      <c r="F21" s="53"/>
+      <c r="G21" s="53"/>
+      <c r="H21" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I21" s="31"/>
+      <c r="J21" s="55">
+        <v>100</v>
+      </c>
+      <c r="K21" s="31"/>
+      <c r="M21" s="55">
+        <v>10</v>
+      </c>
+      <c r="N21" s="31"/>
+      <c r="P21" s="15">
+        <v>769</v>
+      </c>
+      <c r="R21" s="15">
+        <v>3679</v>
+      </c>
+      <c r="S21" s="16">
+        <v>0.20902399999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A22" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="31"/>
+      <c r="C22" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="53"/>
+      <c r="E22" s="53"/>
+      <c r="F22" s="53"/>
+      <c r="G22" s="53"/>
+      <c r="H22" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I22" s="31"/>
+      <c r="J22" s="55">
+        <v>6</v>
+      </c>
+      <c r="K22" s="31"/>
+      <c r="M22" s="55">
+        <v>1</v>
+      </c>
+      <c r="N22" s="31"/>
+      <c r="P22" s="15">
+        <v>17</v>
+      </c>
+      <c r="R22" s="15">
+        <v>67</v>
+      </c>
+      <c r="S22" s="16">
+        <v>0.25373099999999998</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A23" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B23" s="31"/>
+      <c r="C23" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" s="53"/>
+      <c r="E23" s="53"/>
+      <c r="F23" s="53"/>
+      <c r="G23" s="53"/>
+      <c r="H23" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I23" s="31"/>
+      <c r="J23" s="55">
+        <v>121</v>
+      </c>
+      <c r="K23" s="31"/>
+      <c r="M23" s="55">
+        <v>12</v>
+      </c>
+      <c r="N23" s="31"/>
+      <c r="P23" s="15">
+        <v>2298</v>
+      </c>
+      <c r="R23" s="15">
+        <v>13980</v>
+      </c>
+      <c r="S23" s="16">
+        <v>0.164378</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="31"/>
+      <c r="C24" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" s="53"/>
+      <c r="E24" s="53"/>
+      <c r="F24" s="53"/>
+      <c r="G24" s="53"/>
+      <c r="H24" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I24" s="31"/>
+      <c r="J24" s="55">
+        <v>193</v>
+      </c>
+      <c r="K24" s="31"/>
+      <c r="M24" s="55">
+        <v>19</v>
+      </c>
+      <c r="N24" s="31"/>
+      <c r="P24" s="15">
+        <v>4407</v>
+      </c>
+      <c r="R24" s="15">
+        <v>20187</v>
+      </c>
+      <c r="S24" s="16">
+        <v>0.218309</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A25" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="31"/>
+      <c r="C25" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" s="53"/>
+      <c r="E25" s="53"/>
+      <c r="F25" s="53"/>
+      <c r="G25" s="53"/>
+      <c r="H25" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I25" s="31"/>
+      <c r="J25" s="55">
+        <v>201</v>
+      </c>
+      <c r="K25" s="31"/>
+      <c r="M25" s="55">
+        <v>20</v>
+      </c>
+      <c r="N25" s="31"/>
+      <c r="P25" s="15">
+        <v>8639</v>
+      </c>
+      <c r="R25" s="15">
+        <v>53625</v>
+      </c>
+      <c r="S25" s="16">
+        <v>0.16109999999999999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A26" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B26" s="31"/>
+      <c r="C26" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="53"/>
+      <c r="E26" s="53"/>
+      <c r="F26" s="53"/>
+      <c r="G26" s="53"/>
+      <c r="H26" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I26" s="31"/>
+      <c r="J26" s="55">
+        <v>126</v>
+      </c>
+      <c r="K26" s="31"/>
+      <c r="M26" s="55">
+        <v>13</v>
+      </c>
+      <c r="N26" s="31"/>
+      <c r="P26" s="15">
+        <v>2714</v>
+      </c>
+      <c r="R26" s="15">
+        <v>15764</v>
+      </c>
+      <c r="S26" s="16">
+        <v>0.17216400000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A27" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B27" s="31"/>
+      <c r="C27" s="52" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" s="53"/>
+      <c r="E27" s="53"/>
+      <c r="F27" s="53"/>
+      <c r="G27" s="53"/>
+      <c r="H27" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I27" s="31"/>
+      <c r="J27" s="55">
+        <v>136</v>
+      </c>
+      <c r="K27" s="31"/>
+      <c r="M27" s="55">
+        <v>14</v>
+      </c>
+      <c r="N27" s="31"/>
+      <c r="P27" s="15">
+        <v>1530</v>
+      </c>
+      <c r="R27" s="15">
+        <v>6570</v>
+      </c>
+      <c r="S27" s="16">
+        <v>0.232877</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="52" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" s="53"/>
+      <c r="E28" s="53"/>
+      <c r="F28" s="53"/>
+      <c r="G28" s="53"/>
+      <c r="H28" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I28" s="31"/>
+      <c r="J28" s="55">
+        <v>209</v>
+      </c>
+      <c r="K28" s="31"/>
+      <c r="M28" s="55">
+        <v>21</v>
+      </c>
+      <c r="N28" s="31"/>
+      <c r="P28" s="15">
+        <v>6347</v>
+      </c>
+      <c r="R28" s="15">
+        <v>25833</v>
+      </c>
+      <c r="S28" s="16">
+        <v>0.24569299999999999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A29" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B29" s="31"/>
+      <c r="C29" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" s="53"/>
+      <c r="E29" s="53"/>
+      <c r="F29" s="53"/>
+      <c r="G29" s="53"/>
+      <c r="H29" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I29" s="31"/>
+      <c r="J29" s="55">
+        <v>25</v>
+      </c>
+      <c r="K29" s="31"/>
+      <c r="M29" s="55">
+        <v>3</v>
+      </c>
+      <c r="N29" s="31"/>
+      <c r="P29" s="15">
+        <v>67</v>
+      </c>
+      <c r="R29" s="15">
+        <v>289</v>
+      </c>
+      <c r="S29" s="16">
+        <v>0.23183400000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A30" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B30" s="31"/>
+      <c r="C30" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" s="53"/>
+      <c r="E30" s="53"/>
+      <c r="F30" s="53"/>
+      <c r="G30" s="53"/>
+      <c r="H30" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I30" s="31"/>
+      <c r="J30" s="55">
+        <v>11</v>
+      </c>
+      <c r="K30" s="31"/>
+      <c r="M30" s="55">
+        <v>1</v>
+      </c>
+      <c r="N30" s="31"/>
+      <c r="P30" s="15">
+        <v>71</v>
+      </c>
+      <c r="R30" s="15">
+        <v>462</v>
+      </c>
+      <c r="S30" s="16">
+        <v>0.15368000000000001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A31" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" s="31"/>
+      <c r="C31" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="D31" s="53"/>
+      <c r="E31" s="53"/>
+      <c r="F31" s="53"/>
+      <c r="G31" s="53"/>
+      <c r="H31" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I31" s="31"/>
+      <c r="J31" s="55">
+        <v>113</v>
+      </c>
+      <c r="K31" s="31"/>
+      <c r="M31" s="55">
+        <v>11</v>
+      </c>
+      <c r="N31" s="31"/>
+      <c r="P31" s="15">
+        <v>3578</v>
+      </c>
+      <c r="R31" s="15">
+        <v>20048</v>
+      </c>
+      <c r="S31" s="16">
+        <v>0.17847199999999999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B32" s="31"/>
+      <c r="C32" s="52" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="53"/>
+      <c r="E32" s="53"/>
+      <c r="F32" s="53"/>
+      <c r="G32" s="53"/>
+      <c r="H32" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I32" s="31"/>
+      <c r="J32" s="55">
+        <v>89</v>
+      </c>
+      <c r="K32" s="31"/>
+      <c r="M32" s="55">
+        <v>9</v>
+      </c>
+      <c r="N32" s="31"/>
+      <c r="P32" s="15">
+        <v>1583</v>
+      </c>
+      <c r="R32" s="15">
+        <v>9473</v>
+      </c>
+      <c r="S32" s="16">
+        <v>0.16710700000000001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A33" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B33" s="31"/>
+      <c r="C33" s="52" t="s">
+        <v>35</v>
+      </c>
+      <c r="D33" s="53"/>
+      <c r="E33" s="53"/>
+      <c r="F33" s="53"/>
+      <c r="G33" s="53"/>
+      <c r="H33" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I33" s="31"/>
+      <c r="J33" s="55">
+        <v>335</v>
+      </c>
+      <c r="K33" s="31"/>
+      <c r="M33" s="55">
+        <v>34</v>
+      </c>
+      <c r="N33" s="31"/>
+      <c r="P33" s="15">
+        <v>9077</v>
+      </c>
+      <c r="R33" s="15">
+        <v>35976</v>
+      </c>
+      <c r="S33" s="16">
+        <v>0.252307</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A34" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B34" s="31"/>
+      <c r="C34" s="52" t="s">
+        <v>36</v>
+      </c>
+      <c r="D34" s="53"/>
+      <c r="E34" s="53"/>
+      <c r="F34" s="53"/>
+      <c r="G34" s="53"/>
+      <c r="H34" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I34" s="31"/>
+      <c r="J34" s="55">
+        <v>27</v>
+      </c>
+      <c r="K34" s="31"/>
+      <c r="M34" s="55">
+        <v>3</v>
+      </c>
+      <c r="N34" s="31"/>
+      <c r="P34" s="15">
+        <v>72</v>
+      </c>
+      <c r="R34" s="15">
+        <v>374</v>
+      </c>
+      <c r="S34" s="16">
+        <v>0.19251299999999999</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A35" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B35" s="31"/>
+      <c r="C35" s="52" t="s">
+        <v>37</v>
+      </c>
+      <c r="D35" s="53"/>
+      <c r="E35" s="53"/>
+      <c r="F35" s="53"/>
+      <c r="G35" s="53"/>
+      <c r="H35" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I35" s="31"/>
+      <c r="J35" s="55">
+        <v>80</v>
+      </c>
+      <c r="K35" s="31"/>
+      <c r="M35" s="55">
+        <v>8</v>
+      </c>
+      <c r="N35" s="31"/>
+      <c r="P35" s="15">
+        <v>315</v>
+      </c>
+      <c r="R35" s="15">
+        <v>1165</v>
+      </c>
+      <c r="S35" s="16">
+        <v>0.27038600000000002</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A36" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B36" s="31"/>
+      <c r="C36" s="56" t="s">
+        <v>38</v>
+      </c>
+      <c r="D36" s="53"/>
+      <c r="E36" s="53"/>
+      <c r="F36" s="53"/>
+      <c r="G36" s="53"/>
+      <c r="H36" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I36" s="31"/>
+      <c r="J36" s="55">
+        <v>187</v>
+      </c>
+      <c r="K36" s="31"/>
+      <c r="M36" s="55">
+        <v>19</v>
+      </c>
+      <c r="N36" s="31"/>
+      <c r="P36" s="15">
+        <v>2924</v>
+      </c>
+      <c r="R36" s="15">
+        <v>11971</v>
+      </c>
+      <c r="S36" s="16">
+        <v>0.244257</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A37" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B37" s="31"/>
+      <c r="C37" s="56" t="s">
+        <v>39</v>
+      </c>
+      <c r="D37" s="53"/>
+      <c r="E37" s="53"/>
+      <c r="F37" s="53"/>
+      <c r="G37" s="53"/>
+      <c r="H37" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="I37" s="31"/>
+      <c r="J37" s="55">
+        <v>186</v>
+      </c>
+      <c r="K37" s="31"/>
+      <c r="M37" s="55">
+        <v>19</v>
+      </c>
+      <c r="N37" s="31"/>
+      <c r="P37" s="15">
+        <v>3229</v>
+      </c>
+      <c r="R37" s="15">
+        <v>17081</v>
+      </c>
+      <c r="S37" s="16">
+        <v>0.18904000000000001</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A38" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B38" s="31"/>
+      <c r="C38" s="52" t="s">
+        <v>40</v>
+      </c>
+      <c r="D38" s="53"/>
+      <c r="E38" s="53"/>
+      <c r="F38" s="53"/>
+      <c r="G38" s="53"/>
+      <c r="H38" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I38" s="31"/>
+      <c r="J38" s="55">
+        <v>348</v>
+      </c>
+      <c r="K38" s="31"/>
+      <c r="M38" s="55">
+        <v>35</v>
+      </c>
+      <c r="N38" s="31"/>
+      <c r="P38" s="15">
+        <v>17885</v>
+      </c>
+      <c r="R38" s="15">
+        <v>75071</v>
+      </c>
+      <c r="S38" s="16">
+        <v>0.23824100000000001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A39" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B39" s="31"/>
+      <c r="C39" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="D39" s="53"/>
+      <c r="E39" s="53"/>
+      <c r="F39" s="53"/>
+      <c r="G39" s="53"/>
+      <c r="H39" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I39" s="31"/>
+      <c r="J39" s="55">
+        <v>33</v>
+      </c>
+      <c r="K39" s="31"/>
+      <c r="M39" s="55">
+        <v>3</v>
+      </c>
+      <c r="N39" s="31"/>
+      <c r="P39" s="15">
+        <v>99</v>
+      </c>
+      <c r="R39" s="15">
+        <v>520</v>
+      </c>
+      <c r="S39" s="16">
+        <v>0.190385</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A40" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B40" s="31"/>
+      <c r="C40" s="52" t="s">
+        <v>42</v>
+      </c>
+      <c r="D40" s="53"/>
+      <c r="E40" s="53"/>
+      <c r="F40" s="53"/>
+      <c r="G40" s="53"/>
+      <c r="H40" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I40" s="31"/>
+      <c r="J40" s="55">
+        <v>181</v>
+      </c>
+      <c r="K40" s="31"/>
+      <c r="M40" s="55">
+        <v>18</v>
+      </c>
+      <c r="N40" s="31"/>
+      <c r="P40" s="15">
+        <v>14117</v>
+      </c>
+      <c r="R40" s="15">
+        <v>63790</v>
+      </c>
+      <c r="S40" s="16">
+        <v>0.221304</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A41" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B41" s="31"/>
+      <c r="C41" s="52" t="s">
+        <v>43</v>
+      </c>
+      <c r="D41" s="53"/>
+      <c r="E41" s="53"/>
+      <c r="F41" s="53"/>
+      <c r="G41" s="53"/>
+      <c r="H41" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="I41" s="31"/>
+      <c r="J41" s="55">
+        <v>149</v>
+      </c>
+      <c r="K41" s="31"/>
+      <c r="M41" s="55">
+        <v>15</v>
+      </c>
+      <c r="N41" s="31"/>
+      <c r="P41" s="15">
+        <v>2805</v>
+      </c>
+      <c r="R41" s="15">
+        <v>16904</v>
+      </c>
+      <c r="S41" s="16">
+        <v>0.165937</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19" ht="2.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="43" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C43" s="18"/>
+      <c r="D43" s="18"/>
+      <c r="E43" s="18"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="18"/>
+    </row>
+    <row r="44" spans="1:19" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="45" spans="1:19" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
-[...1553 lines deleted...]
-  <mergeCells>
+  <mergeCells count="161">
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:S5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="C13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="M13:N13"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
-    <mergeCell ref="A13:B13"/>
-[...3 lines deleted...]
-    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="M15:N15"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:G14"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
-    <mergeCell ref="A15:B15"/>
-[...3 lines deleted...]
-    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="C17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="M17:N17"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:G16"/>
     <mergeCell ref="H16:I16"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
-    <mergeCell ref="A17:B17"/>
-[...3 lines deleted...]
-    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="M19:N19"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:G18"/>
     <mergeCell ref="H18:I18"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="M18:N18"/>
-    <mergeCell ref="A19:B19"/>
-[...3 lines deleted...]
-    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="C21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="M21:N21"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:G20"/>
     <mergeCell ref="H20:I20"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="M20:N20"/>
-    <mergeCell ref="A21:B21"/>
-[...3 lines deleted...]
-    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="M23:N23"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:G22"/>
     <mergeCell ref="H22:I22"/>
     <mergeCell ref="J22:K22"/>
     <mergeCell ref="M22:N22"/>
-    <mergeCell ref="A23:B23"/>
-[...3 lines deleted...]
-    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="M25:N25"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="C24:G24"/>
     <mergeCell ref="H24:I24"/>
     <mergeCell ref="J24:K24"/>
     <mergeCell ref="M24:N24"/>
-    <mergeCell ref="A25:B25"/>
-[...3 lines deleted...]
-    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="C27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="M27:N27"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="C26:G26"/>
     <mergeCell ref="H26:I26"/>
     <mergeCell ref="J26:K26"/>
     <mergeCell ref="M26:N26"/>
-    <mergeCell ref="A27:B27"/>
-[...3 lines deleted...]
-    <mergeCell ref="M27:N27"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="M29:N29"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="C28:G28"/>
     <mergeCell ref="H28:I28"/>
     <mergeCell ref="J28:K28"/>
     <mergeCell ref="M28:N28"/>
-    <mergeCell ref="A29:B29"/>
-[...3 lines deleted...]
-    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="C31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="M31:N31"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="C30:G30"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="J30:K30"/>
     <mergeCell ref="M30:N30"/>
-    <mergeCell ref="A31:B31"/>
-[...3 lines deleted...]
-    <mergeCell ref="M31:N31"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="C33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="M33:N33"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:G32"/>
     <mergeCell ref="H32:I32"/>
     <mergeCell ref="J32:K32"/>
     <mergeCell ref="M32:N32"/>
-    <mergeCell ref="A33:B33"/>
-[...3 lines deleted...]
-    <mergeCell ref="M33:N33"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="C35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="M35:N35"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="C34:G34"/>
     <mergeCell ref="H34:I34"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="M34:N34"/>
-    <mergeCell ref="A35:B35"/>
-[...3 lines deleted...]
-    <mergeCell ref="M35:N35"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="C37:G37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="M37:N37"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="C36:G36"/>
     <mergeCell ref="H36:I36"/>
     <mergeCell ref="J36:K36"/>
     <mergeCell ref="M36:N36"/>
-    <mergeCell ref="A37:B37"/>
-[...3 lines deleted...]
-    <mergeCell ref="M37:N37"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="C39:G39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="M39:N39"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="C38:G38"/>
     <mergeCell ref="H38:I38"/>
     <mergeCell ref="J38:K38"/>
     <mergeCell ref="M38:N38"/>
-    <mergeCell ref="A39:B39"/>
-[...3 lines deleted...]
-    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="B43:J43"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="C41:G41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="M41:N41"/>
     <mergeCell ref="A40:B40"/>
     <mergeCell ref="C40:G40"/>
     <mergeCell ref="H40:I40"/>
     <mergeCell ref="J40:K40"/>
     <mergeCell ref="M40:N40"/>
-    <mergeCell ref="A41:B41"/>
-[...4 lines deleted...]
-    <mergeCell ref="B43:J43"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId77"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -17156,103 +17191,156 @@
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
     <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145148</_dlc_DocId>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162786</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
-      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145148</Url>
-      <Description>TQ32YHM4J7VE-1507329340-145148</Description>
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162786</Url>
+      <Description>TQ32YHM4J7VE-1507329340-162786</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C65EBA-BAD8-4ACE-86C7-9397FAD61081}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E66812B-80F0-42F0-9B00-4E28C777F878}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5084A159-EE0A-45E4-A3E3-93A5E91037B4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{896D1806-EF46-4253-BFD7-14AEC7DCA911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E9C17DF-6131-4239-B4EF-449D2FA62EEE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAA9DDC2-834A-4CE7-8952-281C380F01A5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE5CAA25-E8C2-4452-91F6-E1D350F17C59}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FA99769-20AD-40A5-A80F-EBF7C8672025}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...10 lines deleted...]
-  <ScaleCrop>0</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector baseType="variant" size="2">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="0"/>
+    <vt:vector size="10" baseType="lpstr">
+      <vt:lpstr>Specialty - Received Psig</vt:lpstr>
+      <vt:lpstr>Applicants - Sent Psig</vt:lpstr>
+      <vt:lpstr>Psig Distribution - 1-Tier</vt:lpstr>
+      <vt:lpstr>Psig Distribution - 2-Tier</vt:lpstr>
+      <vt:lpstr>Specialty - 10% Signal Rate</vt:lpstr>
+      <vt:lpstr>'Applicants - Sent Psig'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Psig Distribution - 1-Tier'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Psig Distribution - 2-Tier'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Specialty - 10% Signal Rate'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Specialty - Received Psig'!Print_Titles</vt:lpstr>
+    </vt:vector>
   </TitlesOfParts>
-  <LinksUpToDate>0</LinksUpToDate>
-[...3 lines deleted...]
-  <Application>Microsoft Excel</Application>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Jena Wimsatt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>d871446b-af5b-4752-87ad-085f4181d822</vt:lpwstr>
+    <vt:lpwstr>9a5dc33a-9449-4916-9f8e-956d596de948</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>