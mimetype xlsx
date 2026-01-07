--- v2 (2025-12-18)
+++ v3 (2026-01-07)
@@ -1,449 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...6 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet50.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing51.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet68.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing69.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D4882949-1CD1-4828-AF3A-DC57EDF2007E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38400" yWindow="240" windowWidth="28800" windowHeight="15285" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </bookViews>
   <sheets>
-    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId5"/>
+    <sheet name="Specialty - Received Psig" sheetId="1" r:id="rId6"/>
+    <sheet name="Applicants - Sent Psig" sheetId="2" r:id="rId9"/>
+    <sheet name="Psig Distribution - 1-Tier" sheetId="3" r:id="rId12"/>
+    <sheet name="Psig Distribution - 2-Tier" sheetId="4" r:id="rId57"/>
+    <sheet name="Specialty - 10% Signal Rate" sheetId="5" r:id="rId76"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Applicants - Sent Psig'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Psig Distribution - 1-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Psig Distribution - 2-Tier'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Specialty - 10% Signal Rate'!$1:$10</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Specialty - Received Psig'!$1:$10</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...277 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <numFmts count="3">
-    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\(#,##0\)"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="166" formatCode="[$-10409]#,##0%"/>
+    <numFmt numFmtId="82" formatCode="[$-010409]#,0;(#,0)"/>
+    <numFmt numFmtId="83" formatCode="[$-010409]#,0.00;(#,0.00)"/>
+    <numFmt numFmtId="84" formatCode="[$-010409]#,0%"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="11">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font/>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Segoe UI"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0E2841"/>
         <bgColor rgb="FF0E2841"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9E1F2"/>
         <bgColor rgb="FFD9E1F2"/>
       </patternFill>
     </fill>
     <fill>
@@ -649,227 +378,190 @@
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+  <cellXfs count="45">
+    <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...33 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="6" borderId="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="6" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="5" fillId="6" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="5" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="13">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="5" borderId="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="5" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="5" borderId="14">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="15">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="5" borderId="12">
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="5" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="10" fillId="5" borderId="12">
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="17">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="4" borderId="4">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="5" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="5" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="5" borderId="4">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="000E2841"/>
       <rgbColor rgb="00D9E1F2"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00F2F2F2"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00F0E68C"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -897,6331 +589,5843 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet68.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet50.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing51.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image52.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image53.png" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image54.png" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image55.png" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image56.png" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image57.png" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image58.png" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image59.png" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image60.png" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image61.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image62.png" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image63.png" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image64.png" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image65.png" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image66.png" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image67.png" Id="rId75" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing69.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId78" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image8.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image9.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image10.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image11.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image12.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image13.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image14.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image15.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image16.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image17.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image18.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image19.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image20.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image21.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image22.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image23.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image24.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image25.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image26.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image27.png" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image28.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image29.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image30.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image31.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image32.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image33.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image34.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image35.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image36.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image37.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image38.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image39.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image40.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image41.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image42.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image43.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image44.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image45.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image46.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image47.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image48.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image49.png" Id="rId56" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1324552</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId11" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing51.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1323898</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId59" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 2"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId60" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 3"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId61" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 4"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId62" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 5"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId63" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 6"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId64" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 7"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId65" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 8"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId66" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Picture 9"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId67" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Picture 10"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId68" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Picture 11"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId69" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Picture 12"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId70" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Picture 13"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId71" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 14"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId72" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9652</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>2413000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 15"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId73" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>9448</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 16"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId74" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>8940</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9144</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 17"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId75" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing69.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1324552</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId78" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1321308</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId14" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" name="Picture 2"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
+        <a:blip r:embed="rId15" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 3">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="3" name="Picture 3"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print"/>
+        <a:blip r:embed="rId16" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="4" name="Picture 4"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print"/>
+        <a:blip r:embed="rId17" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="5" name="Picture 5"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print"/>
+        <a:blip r:embed="rId18" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 6">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="6" name="Picture 6"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print"/>
+        <a:blip r:embed="rId19" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Picture 7">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="7" name="Picture 7"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print"/>
+        <a:blip r:embed="rId20" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 8">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="8" name="Picture 8"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8" cstate="print"/>
+        <a:blip r:embed="rId21" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 9">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="9" name="Picture 9"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9" cstate="print"/>
+        <a:blip r:embed="rId22" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Picture 10">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="10" name="Picture 10"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10" cstate="print"/>
+        <a:blip r:embed="rId23" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 11">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="11" name="Picture 11"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11" cstate="print"/>
+        <a:blip r:embed="rId24" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 12">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="12" name="Picture 12"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12" cstate="print"/>
+        <a:blip r:embed="rId25" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Picture 13">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="13" name="Picture 13"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print"/>
+        <a:blip r:embed="rId26" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Picture 14">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="14" name="Picture 14"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print"/>
+        <a:blip r:embed="rId27" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 15">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="15" name="Picture 15"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15" cstate="print"/>
+        <a:blip r:embed="rId28" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Picture 16">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="16" name="Picture 16"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16" cstate="print"/>
+        <a:blip r:embed="rId29" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 17">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="17" name="Picture 17"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17" cstate="print"/>
+        <a:blip r:embed="rId30" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Picture 18">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="18" name="Picture 18"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print"/>
+        <a:blip r:embed="rId31" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Picture 19">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="19" name="Picture 19"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print"/>
+        <a:blip r:embed="rId32" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Picture 20">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="20" name="Picture 20"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20" cstate="print"/>
+        <a:blip r:embed="rId33" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 21">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="21" name="Picture 21"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21" cstate="print"/>
+        <a:blip r:embed="rId34" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 22">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="22" name="Picture 22"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print"/>
+        <a:blip r:embed="rId35" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 23">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="23" name="Picture 23"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23" cstate="print"/>
+        <a:blip r:embed="rId36" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>81</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>81</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 24">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="24" name="Picture 24"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24" cstate="print"/>
+        <a:blip r:embed="rId37" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 25">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="25" name="Picture 25"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25" cstate="print"/>
+        <a:blip r:embed="rId38" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 26">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="26" name="Picture 26"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26" cstate="print"/>
+        <a:blip r:embed="rId39" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 27">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="27" name="Picture 27"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27" cstate="print"/>
+        <a:blip r:embed="rId40" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 28">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="28" name="Picture 28"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28" cstate="print"/>
+        <a:blip r:embed="rId41" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 29">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="29" name="Picture 29"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print"/>
+        <a:blip r:embed="rId42" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 30">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="30" name="Picture 30"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30" cstate="print"/>
+        <a:blip r:embed="rId43" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 31">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="31" name="Picture 31"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31" cstate="print"/>
+        <a:blip r:embed="rId44" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>105</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>105</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 32">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="32" name="Picture 32"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32" cstate="print"/>
+        <a:blip r:embed="rId45" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>108</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>108</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 33">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="33" name="Picture 33"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33" cstate="print"/>
+        <a:blip r:embed="rId46" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Picture 34">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="34" name="Picture 34"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print"/>
+        <a:blip r:embed="rId47" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Picture 35">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="35" name="Picture 35"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35" cstate="print"/>
+        <a:blip r:embed="rId48" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Picture 36">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="36" name="Picture 36"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36" cstate="print"/>
+        <a:blip r:embed="rId49" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Picture 37">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="37" name="Picture 37"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37" cstate="print"/>
+        <a:blip r:embed="rId50" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Picture 38">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="38" name="Picture 38"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38" cstate="print"/>
+        <a:blip r:embed="rId51" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Picture 39">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="39" name="Picture 39"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39" cstate="print"/>
+        <a:blip r:embed="rId52" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Picture 40">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="40" name="Picture 40"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40" cstate="print"/>
+        <a:blip r:embed="rId53" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Picture 41">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="41" name="Picture 41"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41" cstate="print"/>
+        <a:blip r:embed="rId54" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>10477</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>2095500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Picture 42">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="42" name="Picture 42"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42" cstate="print"/>
+        <a:blip r:embed="rId55" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>8864</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>9144</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>990600</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>1828800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Picture 43">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="43" name="Picture 43"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43" cstate="print"/>
+        <a:blip r:embed="rId56" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-[...647 lines deleted...]
-</xdr:wsDr>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-[...39 lines deleted...]
-</xdr:wsDr>
+<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...281 lines deleted...]
-</a:theme>
+<file path=xl/worksheets/_rels/sheet50.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing51.xml" Id="rId58" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...12 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet68.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing69.xml" Id="rId77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W134"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" sqref="A1:W1"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="24" max="24" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.4140625"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.703125"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.47265625"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="0.0234375"/>
+    <col min="20" max="20" customWidth="1" width="15.07421875"/>
+    <col min="21" max="21" customWidth="1" width="0.0234375"/>
+    <col min="22" max="22" customWidth="1" width="3.4140625"/>
+    <col min="23" max="23" customWidth="1" width="78.171875"/>
+    <col min="24" max="24" customWidth="1" width="8.9140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="O4" s="40" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">RECEIVED Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">GRAD TYPE</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"># of Signals
+Received
+ERAS 2026</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Mean</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">Min</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Max</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">SD</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.15" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D12"/>
+      <c s="8" t="str" r="E12"/>
+      <c s="9" t="str" r="F12"/>
+      <c s="10" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J12">
+        <v>3433</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="13" r="M12">
+        <v>19.843931</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="11" r="P12">
+        <v>1</v>
+      </c>
+      <c s="11" r="R12">
+        <v>105</v>
+      </c>
+      <c s="13" r="T12">
+        <v>15.2797148860834</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A13"/>
+      <c s="15" t="str" r="C13"/>
+      <c s="16" t="str" r="F13"/>
+      <c s="10" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J13">
+        <v>3646</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="13" r="M13">
+        <v>20.954023</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="11" r="P13">
+        <v>1</v>
+      </c>
+      <c s="11" r="R13">
+        <v>113</v>
+      </c>
+      <c s="13" r="T13">
+        <v>21.5347054542197</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A14"/>
+      <c s="15" t="str" r="C14"/>
+      <c s="16" t="str" r="F14"/>
+      <c s="10" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J14">
+        <v>10779</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="13" r="M14">
+        <v>61.244318</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="11" r="P14">
+        <v>1</v>
+      </c>
+      <c s="11" r="R14">
+        <v>252</v>
+      </c>
+      <c s="13" r="T14">
+        <v>58.8042026814411</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A15"/>
+      <c s="18" t="str" r="C15"/>
+      <c s="19" t="str" r="D15"/>
+      <c s="19" t="str" r="E15"/>
+      <c s="20" t="str" r="F15"/>
+      <c s="21" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J15">
+        <v>17858</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="23" r="M15">
+        <v>100.892655</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="22" r="P15">
+        <v>11</v>
+      </c>
+      <c s="22" r="R15">
+        <v>271</v>
+      </c>
+      <c s="23" r="T15">
+        <v>64.2481411326429</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Anesthesiology (10 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D16"/>
+      <c s="8" t="str" r="E16"/>
+      <c s="9" t="str" r="F16"/>
+      <c s="10" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J16">
+        <v>6616</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="13" r="M16">
+        <v>37.378531</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="11" r="P16">
+        <v>1</v>
+      </c>
+      <c s="11" r="R16">
+        <v>121</v>
+      </c>
+      <c s="13" r="T16">
+        <v>25.6840105902486</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A17"/>
+      <c s="15" t="str" r="C17"/>
+      <c s="16" t="str" r="F17"/>
+      <c s="10" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J17">
+        <v>6417</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="13" r="M17">
+        <v>36.254237</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="11" r="P17">
+        <v>1</v>
+      </c>
+      <c s="11" r="R17">
+        <v>182</v>
+      </c>
+      <c s="13" r="T17">
+        <v>35.2692210149303</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A18"/>
+      <c s="15" t="str" r="C18"/>
+      <c s="16" t="str" r="F18"/>
+      <c s="10" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J18">
+        <v>21095</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="13" r="M18">
+        <v>119.180791</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="11" r="P18">
+        <v>1</v>
+      </c>
+      <c s="11" r="R18">
+        <v>375</v>
+      </c>
+      <c s="13" r="T18">
+        <v>77.2321697092604</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A19"/>
+      <c s="18" t="str" r="C19"/>
+      <c s="19" t="str" r="D19"/>
+      <c s="19" t="str" r="E19"/>
+      <c s="20" t="str" r="F19"/>
+      <c s="21" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J19">
+        <v>34128</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="23" r="M19">
+        <v>192.813559</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="22" r="P19">
+        <v>6</v>
+      </c>
+      <c s="22" r="R19">
+        <v>460</v>
+      </c>
+      <c s="23" r="T19">
+        <v>91.3901740123083</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D20"/>
+      <c s="8" t="str" r="E20"/>
+      <c s="9" t="str" r="F20"/>
+      <c s="10" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J20">
+        <v>126</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="13" r="M20">
+        <v>2.135593</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="11" r="P20">
+        <v>1</v>
+      </c>
+      <c s="11" r="R20">
+        <v>7</v>
+      </c>
+      <c s="13" r="T20">
+        <v>1.45575719129256</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A21"/>
+      <c s="25" t="str" r="C21"/>
+      <c s="16" t="str" r="F21"/>
+      <c s="10" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J21">
+        <v>710</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="13" r="M21">
+        <v>9.102564</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="11" r="P21">
+        <v>1</v>
+      </c>
+      <c s="11" r="R21">
+        <v>61</v>
+      </c>
+      <c s="13" r="T21">
+        <v>9.41481253132531</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A22"/>
+      <c s="25" t="str" r="C22"/>
+      <c s="16" t="str" r="F22"/>
+      <c s="10" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J22">
+        <v>491</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="13" r="M22">
+        <v>7.014286</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="11" r="P22">
+        <v>1</v>
+      </c>
+      <c s="11" r="R22">
+        <v>48</v>
+      </c>
+      <c s="13" r="T22">
+        <v>8.19949248429438</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="19" t="str" r="D23"/>
+      <c s="19" t="str" r="E23"/>
+      <c s="20" t="str" r="F23"/>
+      <c s="21" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J23">
+        <v>1327</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="23" r="M23">
+        <v>16.382716</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="22" r="P23">
+        <v>1</v>
+      </c>
+      <c s="22" r="R23">
+        <v>71</v>
+      </c>
+      <c s="23" r="T23">
+        <v>13.267034257889</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D24"/>
+      <c s="8" t="str" r="E24"/>
+      <c s="9" t="str" r="F24"/>
+      <c s="10" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J24">
+        <v>600</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="13" r="M24">
+        <v>6.818182</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="11" r="P24">
+        <v>1</v>
+      </c>
+      <c s="11" r="R24">
+        <v>46</v>
+      </c>
+      <c s="13" r="T24">
+        <v>9.28544215425415</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A25"/>
+      <c s="15" t="str" r="C25"/>
+      <c s="16" t="str" r="F25"/>
+      <c s="10" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J25">
+        <v>450</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="13" r="M25">
+        <v>3.913043</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="11" r="P25">
+        <v>1</v>
+      </c>
+      <c s="11" r="R25">
+        <v>15</v>
+      </c>
+      <c s="13" r="T25">
+        <v>3.39908458264869</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A26"/>
+      <c s="15" t="str" r="C26"/>
+      <c s="16" t="str" r="F26"/>
+      <c s="10" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J26">
+        <v>2934</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="13" r="M26">
+        <v>21.733333</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="11" r="P26">
+        <v>1</v>
+      </c>
+      <c s="11" r="R26">
+        <v>69</v>
+      </c>
+      <c s="13" r="T26">
+        <v>14.5377532308125</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A27"/>
+      <c s="18" t="str" r="C27"/>
+      <c s="19" t="str" r="D27"/>
+      <c s="19" t="str" r="E27"/>
+      <c s="20" t="str" r="F27"/>
+      <c s="21" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J27">
+        <v>3984</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="23" r="M27">
+        <v>28.255319</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="22" r="P27">
+        <v>3</v>
+      </c>
+      <c s="22" r="R27">
+        <v>77</v>
+      </c>
+      <c s="23" r="T27">
+        <v>15.0116165685112</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Dermatology (25 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D28"/>
+      <c s="8" t="str" r="E28"/>
+      <c s="9" t="str" r="F28"/>
+      <c s="10" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J28">
+        <v>4278</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="13" r="M28">
+        <v>30.340426</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="11" r="P28">
+        <v>1</v>
+      </c>
+      <c s="11" r="R28">
+        <v>130</v>
+      </c>
+      <c s="13" r="T28">
+        <v>37.1731142897659</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A29"/>
+      <c s="15" t="str" r="C29"/>
+      <c s="16" t="str" r="F29"/>
+      <c s="10" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J29">
+        <v>2539</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="13" r="M29">
+        <v>18.135714</v>
+      </c>
+      <c s="12" t="str" r="N29"/>
+      <c s="11" r="P29">
+        <v>1</v>
+      </c>
+      <c s="11" r="R29">
+        <v>50</v>
+      </c>
+      <c s="13" r="T29">
+        <v>10.2115822965885</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A30"/>
+      <c s="15" t="str" r="C30"/>
+      <c s="16" t="str" r="F30"/>
+      <c s="10" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J30">
+        <v>23437</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="13" r="M30">
+        <v>166.219858</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="11" r="P30">
+        <v>6</v>
+      </c>
+      <c s="11" r="R30">
+        <v>328</v>
+      </c>
+      <c s="13" r="T30">
+        <v>82.5973099017153</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A31"/>
+      <c s="18" t="str" r="C31"/>
+      <c s="19" t="str" r="D31"/>
+      <c s="19" t="str" r="E31"/>
+      <c s="20" t="str" r="F31"/>
+      <c s="21" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J31">
+        <v>30254</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="23" r="M31">
+        <v>214.567376</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="22" r="P31">
+        <v>29</v>
+      </c>
+      <c s="22" r="R31">
+        <v>442</v>
+      </c>
+      <c s="23" r="T31">
+        <v>72.9686140885244</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D32"/>
+      <c s="8" t="str" r="E32"/>
+      <c s="9" t="str" r="F32"/>
+      <c s="10" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J32">
+        <v>10198</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="13" r="M32">
+        <v>13.725437</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="11" r="P32">
+        <v>1</v>
+      </c>
+      <c s="11" r="R32">
+        <v>62</v>
+      </c>
+      <c s="13" r="T32">
+        <v>11.3770225894124</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="16" t="str" r="F33"/>
+      <c s="10" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J33">
+        <v>35107</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="13" r="M33">
+        <v>45.475389</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="11" r="P33">
+        <v>1</v>
+      </c>
+      <c s="11" r="R33">
+        <v>541</v>
+      </c>
+      <c s="13" r="T33">
+        <v>68.7504984781929</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="16" t="str" r="F34"/>
+      <c s="10" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J34">
+        <v>9992</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="13" r="M34">
+        <v>14.213371</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="11" r="P34">
+        <v>1</v>
+      </c>
+      <c s="11" r="R34">
+        <v>152</v>
+      </c>
+      <c s="13" r="T34">
+        <v>19.4829165424482</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="19" t="str" r="D35"/>
+      <c s="19" t="str" r="E35"/>
+      <c s="20" t="str" r="F35"/>
+      <c s="21" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J35">
+        <v>55297</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="23" r="M35">
+        <v>71.350968</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="22" r="P35">
         <v>2</v>
       </c>
-      <c r="P4" s="18"/>
-[...24 lines deleted...]
-      <c r="B8" s="41" t="s">
+      <c s="22" r="R35">
+        <v>547</v>
+      </c>
+      <c s="23" r="T35">
+        <v>68.1001555357989</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D36"/>
+      <c s="8" t="str" r="E36"/>
+      <c s="9" t="str" r="F36"/>
+      <c s="10" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J36">
+        <v>10519</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="13" r="M36">
+        <v>16.993538</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="11" r="P36">
+        <v>1</v>
+      </c>
+      <c s="11" r="R36">
+        <v>145</v>
+      </c>
+      <c s="13" r="T36">
+        <v>20.4891625743953</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A37"/>
+      <c s="15" t="str" r="C37"/>
+      <c s="16" t="str" r="F37"/>
+      <c s="10" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J37">
+        <v>42652</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="13" r="M37">
+        <v>63.564829</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="11" r="P37">
+        <v>1</v>
+      </c>
+      <c s="11" r="R37">
+        <v>640</v>
+      </c>
+      <c s="13" r="T37">
+        <v>77.0849011480199</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A38"/>
+      <c s="15" t="str" r="C38"/>
+      <c s="16" t="str" r="F38"/>
+      <c s="10" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J38">
+        <v>26188</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="13" r="M38">
+        <v>46.105634</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="11" r="P38">
+        <v>1</v>
+      </c>
+      <c s="11" r="R38">
+        <v>706</v>
+      </c>
+      <c s="13" r="T38">
+        <v>88.8397449681166</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A39"/>
+      <c s="18" t="str" r="C39"/>
+      <c s="19" t="str" r="D39"/>
+      <c s="19" t="str" r="E39"/>
+      <c s="20" t="str" r="F39"/>
+      <c s="21" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J39">
+        <v>79359</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="23" r="M39">
+        <v>117.743323</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="22" r="P39">
         <v>3</v>
       </c>
-      <c r="C8" s="18"/>
-[...3 lines deleted...]
-      <c r="G8" s="41" t="s">
+      <c s="22" r="R39">
+        <v>817</v>
+      </c>
+      <c s="23" r="T39">
+        <v>118.543655287831</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Internal Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D40"/>
+      <c s="8" t="str" r="E40"/>
+      <c s="9" t="str" r="F40"/>
+      <c s="10" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J40">
+        <v>38716</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="13" r="M40">
+        <v>58.219549</v>
+      </c>
+      <c s="12" t="str" r="N40"/>
+      <c s="11" r="P40">
+        <v>1</v>
+      </c>
+      <c s="11" r="R40">
+        <v>243</v>
+      </c>
+      <c s="13" r="T40">
+        <v>50.8074552501894</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A41"/>
+      <c s="15" t="str" r="C41"/>
+      <c s="16" t="str" r="F41"/>
+      <c s="10" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J41">
+        <v>160836</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="13" r="M41">
+        <v>238.62908</v>
+      </c>
+      <c s="12" t="str" r="N41"/>
+      <c s="11" r="P41">
         <v>4</v>
       </c>
-      <c r="H8" s="18"/>
-      <c r="I8" s="42" t="s">
+      <c s="11" r="R41">
+        <v>1542</v>
+      </c>
+      <c s="13" r="T41">
+        <v>239.114753175123</v>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A42"/>
+      <c s="15" t="str" r="C42"/>
+      <c s="16" t="str" r="F42"/>
+      <c s="10" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J42">
+        <v>93950</v>
+      </c>
+      <c s="12" t="str" r="K42"/>
+      <c s="13" r="M42">
+        <v>140.223881</v>
+      </c>
+      <c s="12" t="str" r="N42"/>
+      <c s="11" r="P42">
+        <v>1</v>
+      </c>
+      <c s="11" r="R42">
+        <v>1419</v>
+      </c>
+      <c s="13" r="T42">
+        <v>230.577705672079</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A43"/>
+      <c s="18" t="str" r="C43"/>
+      <c s="19" t="str" r="D43"/>
+      <c s="19" t="str" r="E43"/>
+      <c s="20" t="str" r="F43"/>
+      <c s="21" t="inlineStr" r="H43">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J43">
+        <v>293502</v>
+      </c>
+      <c s="12" t="str" r="K43"/>
+      <c s="23" r="M43">
+        <v>435.462908</v>
+      </c>
+      <c s="12" t="str" r="N43"/>
+      <c s="22" r="P43">
+        <v>4</v>
+      </c>
+      <c s="22" r="R43">
+        <v>1984</v>
+      </c>
+      <c s="23" r="T43">
+        <v>333.769487353173</v>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C44">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D44"/>
+      <c s="8" t="str" r="E44"/>
+      <c s="9" t="str" r="F44"/>
+      <c s="10" t="inlineStr" r="H44">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J44">
+        <v>70</v>
+      </c>
+      <c s="12" t="str" r="K44"/>
+      <c s="13" r="M44">
+        <v>5.384615</v>
+      </c>
+      <c s="12" t="str" r="N44"/>
+      <c s="11" r="P44">
+        <v>1</v>
+      </c>
+      <c s="11" r="R44">
+        <v>12</v>
+      </c>
+      <c s="13" r="T44">
+        <v>2.98715198809836</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="16" t="str" r="F45"/>
+      <c s="10" t="inlineStr" r="H45">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J45">
+        <v>284</v>
+      </c>
+      <c s="12" t="str" r="K45"/>
+      <c s="13" r="M45">
+        <v>21.846154</v>
+      </c>
+      <c s="12" t="str" r="N45"/>
+      <c s="11" r="P45">
+        <v>7</v>
+      </c>
+      <c s="11" r="R45">
+        <v>67</v>
+      </c>
+      <c s="13" r="T45">
+        <v>17.3582168439042</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A46"/>
+      <c s="25" t="str" r="C46"/>
+      <c s="16" t="str" r="F46"/>
+      <c s="10" t="inlineStr" r="H46">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J46">
+        <v>164</v>
+      </c>
+      <c s="12" t="str" r="K46"/>
+      <c s="13" r="M46">
+        <v>12.615385</v>
+      </c>
+      <c s="12" t="str" r="N46"/>
+      <c s="11" r="P46">
+        <v>1</v>
+      </c>
+      <c s="11" r="R46">
+        <v>32</v>
+      </c>
+      <c s="13" r="T46">
+        <v>12.121182986821</v>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A47"/>
+      <c s="26" t="str" r="C47"/>
+      <c s="19" t="str" r="D47"/>
+      <c s="19" t="str" r="E47"/>
+      <c s="20" t="str" r="F47"/>
+      <c s="21" t="inlineStr" r="H47">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J47">
+        <v>518</v>
+      </c>
+      <c s="12" t="str" r="K47"/>
+      <c s="23" r="M47">
+        <v>39.846154</v>
+      </c>
+      <c s="12" t="str" r="N47"/>
+      <c s="22" r="P47">
+        <v>17</v>
+      </c>
+      <c s="22" r="R47">
+        <v>74</v>
+      </c>
+      <c s="23" r="T47">
+        <v>20.8360511133948</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C48">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D48"/>
+      <c s="8" t="str" r="E48"/>
+      <c s="9" t="str" r="F48"/>
+      <c s="10" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J48">
+        <v>535</v>
+      </c>
+      <c s="12" t="str" r="K48"/>
+      <c s="13" r="M48">
+        <v>5.691489</v>
+      </c>
+      <c s="12" t="str" r="N48"/>
+      <c s="11" r="P48">
+        <v>1</v>
+      </c>
+      <c s="11" r="R48">
+        <v>16</v>
+      </c>
+      <c s="13" r="T48">
+        <v>3.90760655644859</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A49"/>
+      <c s="25" t="str" r="C49"/>
+      <c s="16" t="str" r="F49"/>
+      <c s="10" t="inlineStr" r="H49">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J49">
+        <v>1038</v>
+      </c>
+      <c s="12" t="str" r="K49"/>
+      <c s="13" r="M49">
+        <v>10.484848</v>
+      </c>
+      <c s="12" t="str" r="N49"/>
+      <c s="11" r="P49">
+        <v>1</v>
+      </c>
+      <c s="11" r="R49">
+        <v>51</v>
+      </c>
+      <c s="13" r="T49">
+        <v>9.72726405522128</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A50"/>
+      <c s="25" t="str" r="C50"/>
+      <c s="16" t="str" r="F50"/>
+      <c s="10" t="inlineStr" r="H50">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J50">
+        <v>2111</v>
+      </c>
+      <c s="12" t="str" r="K50"/>
+      <c s="13" r="M50">
+        <v>21.11</v>
+      </c>
+      <c s="12" t="str" r="N50"/>
+      <c s="11" r="P50">
+        <v>2</v>
+      </c>
+      <c s="11" r="R50">
+        <v>62</v>
+      </c>
+      <c s="13" r="T50">
+        <v>14.2700470216464</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A51"/>
+      <c s="26" t="str" r="C51"/>
+      <c s="19" t="str" r="D51"/>
+      <c s="19" t="str" r="E51"/>
+      <c s="20" t="str" r="F51"/>
+      <c s="21" t="inlineStr" r="H51">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J51">
+        <v>3684</v>
+      </c>
+      <c s="12" t="str" r="K51"/>
+      <c s="23" r="M51">
+        <v>36.84</v>
+      </c>
+      <c s="12" t="str" r="N51"/>
+      <c s="22" r="P51">
         <v>5</v>
       </c>
-      <c r="J8" s="18"/>
-[...1 lines deleted...]
-      <c r="L8" s="42" t="s">
+      <c s="22" r="R51">
+        <v>96</v>
+      </c>
+      <c s="23" r="T51">
+        <v>19.0680440265907</v>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C52">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D52"/>
+      <c s="8" t="str" r="E52"/>
+      <c s="9" t="str" r="F52"/>
+      <c s="10" t="inlineStr" r="H52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J52">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="K52"/>
+      <c s="13" r="M52">
+        <v>1.333333</v>
+      </c>
+      <c s="12" t="str" r="N52"/>
+      <c s="11" r="P52">
+        <v>1</v>
+      </c>
+      <c s="11" r="R52">
+        <v>3</v>
+      </c>
+      <c s="13" r="T52">
+        <v>0.816496785051846</v>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A53"/>
+      <c s="25" t="str" r="C53"/>
+      <c s="16" t="str" r="F53"/>
+      <c s="10" t="inlineStr" r="H53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J53">
+        <v>46</v>
+      </c>
+      <c s="12" t="str" r="K53"/>
+      <c s="13" r="M53">
+        <v>7.666667</v>
+      </c>
+      <c s="12" t="str" r="N53"/>
+      <c s="11" r="P53">
+        <v>4</v>
+      </c>
+      <c s="11" r="R53">
+        <v>14</v>
+      </c>
+      <c s="13" r="T53">
+        <v>3.50238019067034</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A54"/>
+      <c s="25" t="str" r="C54"/>
+      <c s="16" t="str" r="F54"/>
+      <c s="10" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J54">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="K54"/>
+      <c s="13" r="M54">
+        <v>2.166667</v>
+      </c>
+      <c s="12" t="str" r="N54"/>
+      <c s="11" r="P54">
+        <v>1</v>
+      </c>
+      <c s="11" r="R54">
+        <v>3</v>
+      </c>
+      <c s="13" r="T54">
+        <v>0.75277287411277</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A55"/>
+      <c s="26" t="str" r="C55"/>
+      <c s="19" t="str" r="D55"/>
+      <c s="19" t="str" r="E55"/>
+      <c s="20" t="str" r="F55"/>
+      <c s="21" t="inlineStr" r="H55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J55">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="K55"/>
+      <c s="23" r="M55">
+        <v>11.166667</v>
+      </c>
+      <c s="12" t="str" r="N55"/>
+      <c s="22" r="P55">
         <v>6</v>
       </c>
-      <c r="M8" s="18"/>
-[...5 lines deleted...]
-      <c r="Q8" s="42" t="s">
+      <c s="22" r="R55">
+        <v>17</v>
+      </c>
+      <c s="23" r="T55">
+        <v>3.76386330782615</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C56">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D56"/>
+      <c s="8" t="str" r="E56"/>
+      <c s="9" t="str" r="F56"/>
+      <c s="10" t="inlineStr" r="H56">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J56">
+        <v>745</v>
+      </c>
+      <c s="12" t="str" r="K56"/>
+      <c s="13" r="M56">
+        <v>6.157025</v>
+      </c>
+      <c s="12" t="str" r="N56"/>
+      <c s="11" r="P56">
+        <v>1</v>
+      </c>
+      <c s="11" r="R56">
+        <v>25</v>
+      </c>
+      <c s="13" r="T56">
+        <v>4.3359125913699</v>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A57"/>
+      <c s="25" t="str" r="C57"/>
+      <c s="16" t="str" r="F57"/>
+      <c s="10" t="inlineStr" r="H57">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J57">
+        <v>2998</v>
+      </c>
+      <c s="12" t="str" r="K57"/>
+      <c s="13" r="M57">
+        <v>24.77686</v>
+      </c>
+      <c s="12" t="str" r="N57"/>
+      <c s="11" r="P57">
+        <v>4</v>
+      </c>
+      <c s="11" r="R57">
+        <v>63</v>
+      </c>
+      <c s="13" r="T57">
+        <v>13.8723271299375</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="16" t="str" r="F58"/>
+      <c s="10" t="inlineStr" r="H58">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J58">
+        <v>10271</v>
+      </c>
+      <c s="12" t="str" r="K58"/>
+      <c s="13" r="M58">
+        <v>84.884298</v>
+      </c>
+      <c s="12" t="str" r="N58"/>
+      <c s="11" r="P58">
+        <v>12</v>
+      </c>
+      <c s="11" r="R58">
+        <v>185</v>
+      </c>
+      <c s="13" r="T58">
+        <v>44.1971322712232</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="19" t="str" r="D59"/>
+      <c s="19" t="str" r="E59"/>
+      <c s="20" t="str" r="F59"/>
+      <c s="21" t="inlineStr" r="H59">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J59">
+        <v>14014</v>
+      </c>
+      <c s="12" t="str" r="K59"/>
+      <c s="23" r="M59">
+        <v>115.818182</v>
+      </c>
+      <c s="12" t="str" r="N59"/>
+      <c s="22" r="P59">
+        <v>44</v>
+      </c>
+      <c s="22" r="R59">
+        <v>227</v>
+      </c>
+      <c s="23" r="T59">
+        <v>43.8966589503119</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C60">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D60"/>
+      <c s="8" t="str" r="E60"/>
+      <c s="9" t="str" r="F60"/>
+      <c s="10" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J60">
+        <v>2731</v>
+      </c>
+      <c s="12" t="str" r="K60"/>
+      <c s="13" r="M60">
+        <v>14.526596</v>
+      </c>
+      <c s="12" t="str" r="N60"/>
+      <c s="11" r="P60">
+        <v>1</v>
+      </c>
+      <c s="11" r="R60">
+        <v>54</v>
+      </c>
+      <c s="13" r="T60">
+        <v>11.2022884715579</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A61"/>
+      <c s="25" t="str" r="C61"/>
+      <c s="16" t="str" r="F61"/>
+      <c s="10" t="inlineStr" r="H61">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J61">
+        <v>10356</v>
+      </c>
+      <c s="12" t="str" r="K61"/>
+      <c s="13" r="M61">
+        <v>53.658031</v>
+      </c>
+      <c s="12" t="str" r="N61"/>
+      <c s="11" r="P61">
+        <v>3</v>
+      </c>
+      <c s="11" r="R61">
+        <v>268</v>
+      </c>
+      <c s="13" r="T61">
+        <v>50.9477586847547</v>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A62"/>
+      <c s="25" t="str" r="C62"/>
+      <c s="16" t="str" r="F62"/>
+      <c s="10" t="inlineStr" r="H62">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J62">
+        <v>7180</v>
+      </c>
+      <c s="12" t="str" r="K62"/>
+      <c s="13" r="M62">
+        <v>37.591623</v>
+      </c>
+      <c s="12" t="str" r="N62"/>
+      <c s="11" r="P62">
+        <v>1</v>
+      </c>
+      <c s="11" r="R62">
+        <v>170</v>
+      </c>
+      <c s="13" r="T62">
+        <v>42.1828193107099</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="19" t="str" r="D63"/>
+      <c s="19" t="str" r="E63"/>
+      <c s="20" t="str" r="F63"/>
+      <c s="21" t="inlineStr" r="H63">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J63">
+        <v>20267</v>
+      </c>
+      <c s="12" t="str" r="K63"/>
+      <c s="23" r="M63">
+        <v>105.010363</v>
+      </c>
+      <c s="12" t="str" r="N63"/>
+      <c s="22" r="P63">
+        <v>10</v>
+      </c>
+      <c s="22" r="R63">
+        <v>305</v>
+      </c>
+      <c s="23" r="T63">
+        <v>60.1276411062333</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C64">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D64"/>
+      <c s="8" t="str" r="E64"/>
+      <c s="9" t="str" r="F64"/>
+      <c s="10" t="inlineStr" r="H64">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J64">
+        <v>10813</v>
+      </c>
+      <c s="12" t="str" r="K64"/>
+      <c s="13" r="M64">
+        <v>53.79602</v>
+      </c>
+      <c s="12" t="str" r="N64"/>
+      <c s="11" r="P64">
+        <v>3</v>
+      </c>
+      <c s="11" r="R64">
+        <v>284</v>
+      </c>
+      <c s="13" r="T64">
+        <v>71.9136508877139</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A65"/>
+      <c s="25" t="str" r="C65"/>
+      <c s="16" t="str" r="F65"/>
+      <c s="10" t="inlineStr" r="H65">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J65">
+        <v>4005</v>
+      </c>
+      <c s="12" t="str" r="K65"/>
+      <c s="13" r="M65">
+        <v>19.925373</v>
+      </c>
+      <c s="12" t="str" r="N65"/>
+      <c s="11" r="P65">
+        <v>1</v>
+      </c>
+      <c s="11" r="R65">
+        <v>85</v>
+      </c>
+      <c s="13" r="T65">
+        <v>14.7186753140356</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A66"/>
+      <c s="25" t="str" r="C66"/>
+      <c s="16" t="str" r="F66"/>
+      <c s="10" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J66">
+        <v>38815</v>
+      </c>
+      <c s="12" t="str" r="K66"/>
+      <c s="13" r="M66">
+        <v>193.109453</v>
+      </c>
+      <c s="12" t="str" r="N66"/>
+      <c s="11" r="P66">
+        <v>2</v>
+      </c>
+      <c s="11" r="R66">
+        <v>458</v>
+      </c>
+      <c s="13" r="T66">
+        <v>110.795929347607</v>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A67"/>
+      <c s="26" t="str" r="C67"/>
+      <c s="19" t="str" r="D67"/>
+      <c s="19" t="str" r="E67"/>
+      <c s="20" t="str" r="F67"/>
+      <c s="21" t="inlineStr" r="H67">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J67">
+        <v>53633</v>
+      </c>
+      <c s="12" t="str" r="K67"/>
+      <c s="23" r="M67">
+        <v>266.830846</v>
+      </c>
+      <c s="12" t="str" r="N67"/>
+      <c s="22" r="P67">
+        <v>37</v>
+      </c>
+      <c s="22" r="R67">
+        <v>554</v>
+      </c>
+      <c s="23" r="T67">
+        <v>86.521969718679</v>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C68">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D68"/>
+      <c s="8" t="str" r="E68"/>
+      <c s="9" t="str" r="F68"/>
+      <c s="10" t="inlineStr" r="H68">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J68">
+        <v>1509</v>
+      </c>
+      <c s="12" t="str" r="K68"/>
+      <c s="13" r="M68">
+        <v>12.368852</v>
+      </c>
+      <c s="12" t="str" r="N68"/>
+      <c s="11" r="P68">
+        <v>1</v>
+      </c>
+      <c s="11" r="R68">
+        <v>59</v>
+      </c>
+      <c s="13" r="T68">
+        <v>14.9683969081529</v>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A69"/>
+      <c s="25" t="str" r="C69"/>
+      <c s="16" t="str" r="F69"/>
+      <c s="10" t="inlineStr" r="H69">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J69">
+        <v>1320</v>
+      </c>
+      <c s="12" t="str" r="K69"/>
+      <c s="13" r="M69">
+        <v>10.819672</v>
+      </c>
+      <c s="12" t="str" r="N69"/>
+      <c s="11" r="P69">
+        <v>1</v>
+      </c>
+      <c s="11" r="R69">
+        <v>34</v>
+      </c>
+      <c s="13" r="T69">
+        <v>7.2738821821638</v>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A70"/>
+      <c s="25" t="str" r="C70"/>
+      <c s="16" t="str" r="F70"/>
+      <c s="10" t="inlineStr" r="H70">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J70">
+        <v>12938</v>
+      </c>
+      <c s="12" t="str" r="K70"/>
+      <c s="13" r="M70">
+        <v>102.68254</v>
+      </c>
+      <c s="12" t="str" r="N70"/>
+      <c s="11" r="P70">
+        <v>2</v>
+      </c>
+      <c s="11" r="R70">
+        <v>217</v>
+      </c>
+      <c s="13" r="T70">
+        <v>54.2245185594118</v>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A71"/>
+      <c s="26" t="str" r="C71"/>
+      <c s="19" t="str" r="D71"/>
+      <c s="19" t="str" r="E71"/>
+      <c s="20" t="str" r="F71"/>
+      <c s="21" t="inlineStr" r="H71">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J71">
+        <v>15767</v>
+      </c>
+      <c s="12" t="str" r="K71"/>
+      <c s="23" r="M71">
+        <v>125.134921</v>
+      </c>
+      <c s="12" t="str" r="N71"/>
+      <c s="22" r="P71">
+        <v>12</v>
+      </c>
+      <c s="22" r="R71">
+        <v>238</v>
+      </c>
+      <c s="23" r="T71">
+        <v>49.7602818621438</v>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C72">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D72"/>
+      <c s="8" t="str" r="E72"/>
+      <c s="9" t="str" r="F72"/>
+      <c s="10" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J72">
+        <v>1000</v>
+      </c>
+      <c s="12" t="str" r="K72"/>
+      <c s="13" r="M72">
+        <v>7.633588</v>
+      </c>
+      <c s="12" t="str" r="N72"/>
+      <c s="11" r="P72">
+        <v>1</v>
+      </c>
+      <c s="11" r="R72">
+        <v>26</v>
+      </c>
+      <c s="13" r="T72">
+        <v>5.33090564538522</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A73"/>
+      <c s="25" t="str" r="C73"/>
+      <c s="16" t="str" r="F73"/>
+      <c s="10" t="inlineStr" r="H73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J73">
+        <v>3705</v>
+      </c>
+      <c s="12" t="str" r="K73"/>
+      <c s="13" r="M73">
+        <v>27.242647</v>
+      </c>
+      <c s="12" t="str" r="N73"/>
+      <c s="11" r="P73">
+        <v>2</v>
+      </c>
+      <c s="11" r="R73">
+        <v>135</v>
+      </c>
+      <c s="13" r="T73">
+        <v>19.7639763205687</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A74"/>
+      <c s="25" t="str" r="C74"/>
+      <c s="16" t="str" r="F74"/>
+      <c s="10" t="inlineStr" r="H74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J74">
+        <v>1892</v>
+      </c>
+      <c s="12" t="str" r="K74"/>
+      <c s="13" r="M74">
+        <v>14.442748</v>
+      </c>
+      <c s="12" t="str" r="N74"/>
+      <c s="11" r="P74">
+        <v>1</v>
+      </c>
+      <c s="11" r="R74">
+        <v>78</v>
+      </c>
+      <c s="13" r="T74">
+        <v>16.0892512255854</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A75"/>
+      <c s="26" t="str" r="C75"/>
+      <c s="19" t="str" r="D75"/>
+      <c s="19" t="str" r="E75"/>
+      <c s="20" t="str" r="F75"/>
+      <c s="21" t="inlineStr" r="H75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J75">
+        <v>6597</v>
+      </c>
+      <c s="12" t="str" r="K75"/>
+      <c s="23" r="M75">
+        <v>48.507353</v>
+      </c>
+      <c s="12" t="str" r="N75"/>
+      <c s="22" r="P75">
         <v>8</v>
       </c>
-      <c r="R8" s="18"/>
-[...12 lines deleted...]
-      <c r="C12" s="35" t="s">
+      <c s="22" r="R75">
+        <v>153</v>
+      </c>
+      <c s="23" r="T75">
+        <v>27.5592281640833</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C76">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D76"/>
+      <c s="8" t="str" r="E76"/>
+      <c s="9" t="str" r="F76"/>
+      <c s="10" t="inlineStr" r="H76">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J76">
+        <v>3693</v>
+      </c>
+      <c s="12" t="str" r="K76"/>
+      <c s="13" r="M76">
+        <v>18.557789</v>
+      </c>
+      <c s="12" t="str" r="N76"/>
+      <c s="11" r="P76">
+        <v>1</v>
+      </c>
+      <c s="11" r="R76">
+        <v>72</v>
+      </c>
+      <c s="13" r="T76">
+        <v>13.5507064022508</v>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A77"/>
+      <c s="25" t="str" r="C77"/>
+      <c s="16" t="str" r="F77"/>
+      <c s="10" t="inlineStr" r="H77">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J77">
+        <v>13549</v>
+      </c>
+      <c s="12" t="str" r="K77"/>
+      <c s="13" r="M77">
+        <v>64.827751</v>
+      </c>
+      <c s="12" t="str" r="N77"/>
+      <c s="11" r="P77">
+        <v>1</v>
+      </c>
+      <c s="11" r="R77">
+        <v>487</v>
+      </c>
+      <c s="13" r="T77">
+        <v>70.8782067211072</v>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="16" t="str" r="F78"/>
+      <c s="10" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J78">
+        <v>8689</v>
+      </c>
+      <c s="12" t="str" r="K78"/>
+      <c s="13" r="M78">
+        <v>43.663317</v>
+      </c>
+      <c s="12" t="str" r="N78"/>
+      <c s="11" r="P78">
+        <v>1</v>
+      </c>
+      <c s="11" r="R78">
+        <v>406</v>
+      </c>
+      <c s="13" r="T78">
+        <v>62.6973023981096</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="19" t="str" r="D79"/>
+      <c s="19" t="str" r="E79"/>
+      <c s="20" t="str" r="F79"/>
+      <c s="21" t="inlineStr" r="H79">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J79">
+        <v>25931</v>
+      </c>
+      <c s="12" t="str" r="K79"/>
+      <c s="23" r="M79">
+        <v>124.07177</v>
+      </c>
+      <c s="12" t="str" r="N79"/>
+      <c s="22" r="P79">
+        <v>13</v>
+      </c>
+      <c s="22" r="R79">
+        <v>487</v>
+      </c>
+      <c s="23" r="T79">
+        <v>82.8881870654679</v>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C80">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D80"/>
+      <c s="8" t="str" r="E80"/>
+      <c s="9" t="str" r="F80"/>
+      <c s="10" t="inlineStr" r="H80">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J80">
+        <v>16</v>
+      </c>
+      <c s="12" t="str" r="K80"/>
+      <c s="13" r="M80">
+        <v>1.454545</v>
+      </c>
+      <c s="12" t="str" r="N80"/>
+      <c s="11" r="P80">
+        <v>1</v>
+      </c>
+      <c s="11" r="R80">
+        <v>2</v>
+      </c>
+      <c s="13" r="T80">
+        <v>0.522232706750544</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A81"/>
+      <c s="25" t="str" r="C81"/>
+      <c s="16" t="str" r="F81"/>
+      <c s="10" t="inlineStr" r="H81">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J81">
+        <v>213</v>
+      </c>
+      <c s="12" t="str" r="K81"/>
+      <c s="13" r="M81">
+        <v>8.192308</v>
+      </c>
+      <c s="12" t="str" r="N81"/>
+      <c s="11" r="P81">
+        <v>1</v>
+      </c>
+      <c s="11" r="R81">
+        <v>26</v>
+      </c>
+      <c s="13" r="T81">
+        <v>5.40384474240332</v>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A82"/>
+      <c s="25" t="str" r="C82"/>
+      <c s="16" t="str" r="F82"/>
+      <c s="10" t="inlineStr" r="H82">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J82">
+        <v>68</v>
+      </c>
+      <c s="12" t="str" r="K82"/>
+      <c s="13" r="M82">
+        <v>3.4</v>
+      </c>
+      <c s="12" t="str" r="N82"/>
+      <c s="11" r="P82">
+        <v>1</v>
+      </c>
+      <c s="11" r="R82">
         <v>10</v>
       </c>
-      <c r="D12" s="23"/>
-[...29 lines deleted...]
-      <c r="H13" s="3" t="s">
+      <c s="13" r="T82">
+        <v>2.50052634459227</v>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="19" t="str" r="D83"/>
+      <c s="19" t="str" r="E83"/>
+      <c s="20" t="str" r="F83"/>
+      <c s="21" t="inlineStr" r="H83">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J83">
+        <v>297</v>
+      </c>
+      <c s="12" t="str" r="K83"/>
+      <c s="23" r="M83">
+        <v>11.423077</v>
+      </c>
+      <c s="12" t="str" r="N83"/>
+      <c s="22" r="P83">
+        <v>1</v>
+      </c>
+      <c s="22" r="R83">
+        <v>28</v>
+      </c>
+      <c s="23" r="T83">
+        <v>6.29395312979053</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C84">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D84"/>
+      <c s="8" t="str" r="E84"/>
+      <c s="9" t="str" r="F84"/>
+      <c s="10" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J84">
+        <v>58</v>
+      </c>
+      <c s="12" t="str" r="K84"/>
+      <c s="13" r="M84">
+        <v>5.272727</v>
+      </c>
+      <c s="12" t="str" r="N84"/>
+      <c s="11" r="P84">
+        <v>1</v>
+      </c>
+      <c s="11" r="R84">
+        <v>8</v>
+      </c>
+      <c s="13" r="T84">
+        <v>2.05382131647327</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="16" t="str" r="F85"/>
+      <c s="10" t="inlineStr" r="H85">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J85">
+        <v>154</v>
+      </c>
+      <c s="12" t="str" r="K85"/>
+      <c s="13" r="M85">
+        <v>14</v>
+      </c>
+      <c s="12" t="str" r="N85"/>
+      <c s="11" r="P85">
+        <v>5</v>
+      </c>
+      <c s="11" r="R85">
+        <v>23</v>
+      </c>
+      <c s="13" r="T85">
+        <v>6.46529195009785</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A86"/>
+      <c s="25" t="str" r="C86"/>
+      <c s="16" t="str" r="F86"/>
+      <c s="10" t="inlineStr" r="H86">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J86">
+        <v>250</v>
+      </c>
+      <c s="12" t="str" r="K86"/>
+      <c s="13" r="M86">
+        <v>22.727273</v>
+      </c>
+      <c s="12" t="str" r="N86"/>
+      <c s="11" r="P86">
+        <v>6</v>
+      </c>
+      <c s="11" r="R86">
+        <v>46</v>
+      </c>
+      <c s="13" r="T86">
+        <v>13.1460329377345</v>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A87"/>
+      <c s="26" t="str" r="C87"/>
+      <c s="19" t="str" r="D87"/>
+      <c s="19" t="str" r="E87"/>
+      <c s="20" t="str" r="F87"/>
+      <c s="21" t="inlineStr" r="H87">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J87">
+        <v>462</v>
+      </c>
+      <c s="12" t="str" r="K87"/>
+      <c s="23" r="M87">
+        <v>42</v>
+      </c>
+      <c s="12" t="str" r="N87"/>
+      <c s="22" r="P87">
+        <v>17</v>
+      </c>
+      <c s="22" r="R87">
+        <v>71</v>
+      </c>
+      <c s="23" r="T87">
+        <v>16.0686029262036</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D88"/>
+      <c s="8" t="str" r="E88"/>
+      <c s="9" t="str" r="F88"/>
+      <c s="10" t="inlineStr" r="H88">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J88">
+        <v>8331</v>
+      </c>
+      <c s="12" t="str" r="K88"/>
+      <c s="13" r="M88">
+        <v>73.725664</v>
+      </c>
+      <c s="12" t="str" r="N88"/>
+      <c s="11" r="P88">
+        <v>1</v>
+      </c>
+      <c s="11" r="R88">
+        <v>156</v>
+      </c>
+      <c s="13" r="T88">
+        <v>29.4121718511231</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="16" t="str" r="F89"/>
+      <c s="10" t="inlineStr" r="H89">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J89">
+        <v>2682</v>
+      </c>
+      <c s="12" t="str" r="K89"/>
+      <c s="13" r="M89">
+        <v>23.734513</v>
+      </c>
+      <c s="12" t="str" r="N89"/>
+      <c s="11" r="P89">
+        <v>2</v>
+      </c>
+      <c s="11" r="R89">
+        <v>108</v>
+      </c>
+      <c s="13" r="T89">
+        <v>18.3458917744546</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="16" t="str" r="F90"/>
+      <c s="10" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J90">
+        <v>9070</v>
+      </c>
+      <c s="12" t="str" r="K90"/>
+      <c s="13" r="M90">
+        <v>80.265487</v>
+      </c>
+      <c s="12" t="str" r="N90"/>
+      <c s="11" r="P90">
         <v>12</v>
       </c>
-      <c r="J13" s="30">
-[...50 lines deleted...]
-      <c r="H15" s="6" t="s">
+      <c s="11" r="R90">
+        <v>228</v>
+      </c>
+      <c s="13" r="T90">
+        <v>48.7136343645185</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A91"/>
+      <c s="26" t="str" r="C91"/>
+      <c s="19" t="str" r="D91"/>
+      <c s="19" t="str" r="E91"/>
+      <c s="20" t="str" r="F91"/>
+      <c s="21" t="inlineStr" r="H91">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J91">
+        <v>20083</v>
+      </c>
+      <c s="12" t="str" r="K91"/>
+      <c s="23" r="M91">
+        <v>177.725664</v>
+      </c>
+      <c s="12" t="str" r="N91"/>
+      <c s="22" r="P91">
+        <v>24</v>
+      </c>
+      <c s="22" r="R91">
+        <v>367</v>
+      </c>
+      <c s="23" r="T91">
+        <v>72.3474068782012</v>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D92"/>
+      <c s="8" t="str" r="E92"/>
+      <c s="9" t="str" r="F92"/>
+      <c s="10" t="inlineStr" r="H92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J92">
+        <v>358</v>
+      </c>
+      <c s="12" t="str" r="K92"/>
+      <c s="13" r="M92">
+        <v>4.261905</v>
+      </c>
+      <c s="12" t="str" r="N92"/>
+      <c s="11" r="P92">
+        <v>1</v>
+      </c>
+      <c s="11" r="R92">
+        <v>15</v>
+      </c>
+      <c s="13" r="T92">
+        <v>2.92112803553696</v>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A93"/>
+      <c s="25" t="str" r="C93"/>
+      <c s="16" t="str" r="F93"/>
+      <c s="10" t="inlineStr" r="H93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J93">
+        <v>1575</v>
+      </c>
+      <c s="12" t="str" r="K93"/>
+      <c s="13" r="M93">
+        <v>17.696629</v>
+      </c>
+      <c s="12" t="str" r="N93"/>
+      <c s="11" r="P93">
+        <v>1</v>
+      </c>
+      <c s="11" r="R93">
+        <v>61</v>
+      </c>
+      <c s="13" r="T93">
+        <v>11.39118927066</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A94"/>
+      <c s="25" t="str" r="C94"/>
+      <c s="16" t="str" r="F94"/>
+      <c s="10" t="inlineStr" r="H94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J94">
+        <v>7541</v>
+      </c>
+      <c s="12" t="str" r="K94"/>
+      <c s="13" r="M94">
+        <v>84.730337</v>
+      </c>
+      <c s="12" t="str" r="N94"/>
+      <c s="11" r="P94">
+        <v>18</v>
+      </c>
+      <c s="11" r="R94">
+        <v>185</v>
+      </c>
+      <c s="13" r="T94">
+        <v>36.5108215738841</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A95"/>
+      <c s="26" t="str" r="C95"/>
+      <c s="19" t="str" r="D95"/>
+      <c s="19" t="str" r="E95"/>
+      <c s="20" t="str" r="F95"/>
+      <c s="21" t="inlineStr" r="H95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J95">
+        <v>9474</v>
+      </c>
+      <c s="12" t="str" r="K95"/>
+      <c s="23" r="M95">
+        <v>106.449438</v>
+      </c>
+      <c s="12" t="str" r="N95"/>
+      <c s="22" r="P95">
+        <v>26</v>
+      </c>
+      <c s="22" r="R95">
+        <v>202</v>
+      </c>
+      <c s="23" r="T95">
+        <v>39.7432130432354</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C96">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D96"/>
+      <c s="8" t="str" r="E96"/>
+      <c s="9" t="str" r="F96"/>
+      <c s="10" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J96">
+        <v>7881</v>
+      </c>
+      <c s="12" t="str" r="K96"/>
+      <c s="13" r="M96">
+        <v>23.881818</v>
+      </c>
+      <c s="12" t="str" r="N96"/>
+      <c s="11" r="P96">
+        <v>1</v>
+      </c>
+      <c s="11" r="R96">
+        <v>138</v>
+      </c>
+      <c s="13" r="T96">
+        <v>17.5786890011741</v>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A97"/>
+      <c s="25" t="str" r="C97"/>
+      <c s="16" t="str" r="F97"/>
+      <c s="10" t="inlineStr" r="H97">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J97">
+        <v>10804</v>
+      </c>
+      <c s="12" t="str" r="K97"/>
+      <c s="13" r="M97">
+        <v>32.250746</v>
+      </c>
+      <c s="12" t="str" r="N97"/>
+      <c s="11" r="P97">
+        <v>2</v>
+      </c>
+      <c s="11" r="R97">
+        <v>334</v>
+      </c>
+      <c s="13" r="T97">
+        <v>39.2910579776111</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A98"/>
+      <c s="25" t="str" r="C98"/>
+      <c s="16" t="str" r="F98"/>
+      <c s="10" t="inlineStr" r="H98">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J98">
+        <v>17459</v>
+      </c>
+      <c s="12" t="str" r="K98"/>
+      <c s="13" r="M98">
+        <v>52.272455</v>
+      </c>
+      <c s="12" t="str" r="N98"/>
+      <c s="11" r="P98">
+        <v>1</v>
+      </c>
+      <c s="11" r="R98">
+        <v>293</v>
+      </c>
+      <c s="13" r="T98">
+        <v>61.6141292318572</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A99"/>
+      <c s="26" t="str" r="C99"/>
+      <c s="19" t="str" r="D99"/>
+      <c s="19" t="str" r="E99"/>
+      <c s="20" t="str" r="F99"/>
+      <c s="21" t="inlineStr" r="H99">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J99">
+        <v>36144</v>
+      </c>
+      <c s="12" t="str" r="K99"/>
+      <c s="23" r="M99">
+        <v>107.892537</v>
+      </c>
+      <c s="12" t="str" r="N99"/>
+      <c s="22" r="P99">
+        <v>3</v>
+      </c>
+      <c s="22" r="R99">
+        <v>382</v>
+      </c>
+      <c s="23" r="T99">
+        <v>70.5575344169565</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A100">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C100">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D100"/>
+      <c s="8" t="str" r="E100"/>
+      <c s="9" t="str" r="F100"/>
+      <c s="10" t="inlineStr" r="H100">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J100">
+        <v>24</v>
+      </c>
+      <c s="12" t="str" r="K100"/>
+      <c s="13" r="M100">
+        <v>1.411765</v>
+      </c>
+      <c s="12" t="str" r="N100"/>
+      <c s="11" r="P100">
+        <v>1</v>
+      </c>
+      <c s="11" r="R100">
+        <v>3</v>
+      </c>
+      <c s="13" r="T100">
+        <v>0.795206262550793</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A101"/>
+      <c s="25" t="str" r="C101"/>
+      <c s="16" t="str" r="F101"/>
+      <c s="10" t="inlineStr" r="H101">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J101">
+        <v>199</v>
+      </c>
+      <c s="12" t="str" r="K101"/>
+      <c s="13" r="M101">
+        <v>7.653846</v>
+      </c>
+      <c s="12" t="str" r="N101"/>
+      <c s="11" r="P101">
+        <v>1</v>
+      </c>
+      <c s="11" r="R101">
+        <v>19</v>
+      </c>
+      <c s="13" r="T101">
+        <v>4.19468532788814</v>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A102"/>
+      <c s="25" t="str" r="C102"/>
+      <c s="16" t="str" r="F102"/>
+      <c s="10" t="inlineStr" r="H102">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J102">
+        <v>165</v>
+      </c>
+      <c s="12" t="str" r="K102"/>
+      <c s="13" r="M102">
+        <v>6.111111</v>
+      </c>
+      <c s="12" t="str" r="N102"/>
+      <c s="11" r="P102">
+        <v>1</v>
+      </c>
+      <c s="11" r="R102">
+        <v>20</v>
+      </c>
+      <c s="13" r="T102">
+        <v>4.36183917631084</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A103"/>
+      <c s="26" t="str" r="C103"/>
+      <c s="19" t="str" r="D103"/>
+      <c s="19" t="str" r="E103"/>
+      <c s="20" t="str" r="F103"/>
+      <c s="21" t="inlineStr" r="H103">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J103">
+        <v>388</v>
+      </c>
+      <c s="12" t="str" r="K103"/>
+      <c s="23" r="M103">
+        <v>14.37037</v>
+      </c>
+      <c s="12" t="str" r="N103"/>
+      <c s="22" r="P103">
+        <v>3</v>
+      </c>
+      <c s="22" r="R103">
+        <v>25</v>
+      </c>
+      <c s="23" r="T103">
+        <v>6.24591034197578</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A104">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C104">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D104"/>
+      <c s="8" t="str" r="E104"/>
+      <c s="9" t="str" r="F104"/>
+      <c s="10" t="inlineStr" r="H104">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J104">
+        <v>130</v>
+      </c>
+      <c s="12" t="str" r="K104"/>
+      <c s="13" r="M104">
+        <v>2.063492</v>
+      </c>
+      <c s="12" t="str" r="N104"/>
+      <c s="11" r="P104">
+        <v>1</v>
+      </c>
+      <c s="11" r="R104">
+        <v>6</v>
+      </c>
+      <c s="13" r="T104">
+        <v>1.31827121640427</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A105"/>
+      <c s="25" t="str" r="C105"/>
+      <c s="16" t="str" r="F105"/>
+      <c s="10" t="inlineStr" r="H105">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J105">
+        <v>343</v>
+      </c>
+      <c s="12" t="str" r="K105"/>
+      <c s="13" r="M105">
+        <v>4.635135</v>
+      </c>
+      <c s="12" t="str" r="N105"/>
+      <c s="11" r="P105">
+        <v>1</v>
+      </c>
+      <c s="11" r="R105">
+        <v>16</v>
+      </c>
+      <c s="13" r="T105">
+        <v>3.37019302117846</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A106"/>
+      <c s="25" t="str" r="C106"/>
+      <c s="16" t="str" r="F106"/>
+      <c s="10" t="inlineStr" r="H106">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J106">
+        <v>699</v>
+      </c>
+      <c s="12" t="str" r="K106"/>
+      <c s="13" r="M106">
+        <v>9.077922</v>
+      </c>
+      <c s="12" t="str" r="N106"/>
+      <c s="11" r="P106">
+        <v>1</v>
+      </c>
+      <c s="11" r="R106">
+        <v>43</v>
+      </c>
+      <c s="13" r="T106">
+        <v>9.70182596215785</v>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A107"/>
+      <c s="26" t="str" r="C107"/>
+      <c s="19" t="str" r="D107"/>
+      <c s="19" t="str" r="E107"/>
+      <c s="20" t="str" r="F107"/>
+      <c s="21" t="inlineStr" r="H107">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J107">
+        <v>1172</v>
+      </c>
+      <c s="12" t="str" r="K107"/>
+      <c s="23" r="M107">
+        <v>14.65</v>
+      </c>
+      <c s="12" t="str" r="N107"/>
+      <c s="22" r="P107">
+        <v>1</v>
+      </c>
+      <c s="22" r="R107">
+        <v>51</v>
+      </c>
+      <c s="23" r="T107">
+        <v>10.8325575927387</v>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C108">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D108"/>
+      <c s="8" t="str" r="E108"/>
+      <c s="9" t="str" r="F108"/>
+      <c s="10" t="inlineStr" r="H108">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J108">
+        <v>1916</v>
+      </c>
+      <c s="12" t="str" r="K108"/>
+      <c s="13" r="M108">
+        <v>10.886364</v>
+      </c>
+      <c s="12" t="str" r="N108"/>
+      <c s="11" r="P108">
+        <v>1</v>
+      </c>
+      <c s="11" r="R108">
+        <v>47</v>
+      </c>
+      <c s="13" r="T108">
+        <v>9.04456499783157</v>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A109"/>
+      <c s="15" t="str" r="C109"/>
+      <c s="16" t="str" r="F109"/>
+      <c s="10" t="inlineStr" r="H109">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J109">
+        <v>2754</v>
+      </c>
+      <c s="12" t="str" r="K109"/>
+      <c s="13" r="M109">
+        <v>15.131868</v>
+      </c>
+      <c s="12" t="str" r="N109"/>
+      <c s="11" r="P109">
+        <v>1</v>
+      </c>
+      <c s="11" r="R109">
+        <v>117</v>
+      </c>
+      <c s="13" r="T109">
+        <v>19.4718716357725</v>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A110"/>
+      <c s="15" t="str" r="C110"/>
+      <c s="16" t="str" r="F110"/>
+      <c s="10" t="inlineStr" r="H110">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J110">
+        <v>7338</v>
+      </c>
+      <c s="12" t="str" r="K110"/>
+      <c s="13" r="M110">
+        <v>39.451613</v>
+      </c>
+      <c s="12" t="str" r="N110"/>
+      <c s="11" r="P110">
+        <v>2</v>
+      </c>
+      <c s="11" r="R110">
+        <v>174</v>
+      </c>
+      <c s="13" r="T110">
+        <v>37.7505370955169</v>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A111"/>
+      <c s="18" t="str" r="C111"/>
+      <c s="19" t="str" r="D111"/>
+      <c s="19" t="str" r="E111"/>
+      <c s="20" t="str" r="F111"/>
+      <c s="21" t="inlineStr" r="H111">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J111">
+        <v>12008</v>
+      </c>
+      <c s="12" t="str" r="K111"/>
+      <c s="23" r="M111">
+        <v>64.213904</v>
+      </c>
+      <c s="12" t="str" r="N111"/>
+      <c s="22" r="P111">
+        <v>5</v>
+      </c>
+      <c s="22" r="R111">
+        <v>184</v>
+      </c>
+      <c s="23" r="T111">
+        <v>41.5113304773528</v>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A112">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C112">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (9 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D112"/>
+      <c s="8" t="str" r="E112"/>
+      <c s="9" t="str" r="F112"/>
+      <c s="10" t="inlineStr" r="H112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J112">
+        <v>2738</v>
+      </c>
+      <c s="12" t="str" r="K112"/>
+      <c s="13" r="M112">
+        <v>14.8</v>
+      </c>
+      <c s="12" t="str" r="N112"/>
+      <c s="11" r="P112">
+        <v>1</v>
+      </c>
+      <c s="11" r="R112">
+        <v>62</v>
+      </c>
+      <c s="13" r="T112">
+        <v>12.0374415886433</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A113"/>
+      <c s="15" t="str" r="C113"/>
+      <c s="16" t="str" r="F113"/>
+      <c s="10" t="inlineStr" r="H113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J113">
+        <v>3660</v>
+      </c>
+      <c s="12" t="str" r="K113"/>
+      <c s="13" r="M113">
+        <v>19.677419</v>
+      </c>
+      <c s="12" t="str" r="N113"/>
+      <c s="11" r="P113">
+        <v>1</v>
+      </c>
+      <c s="11" r="R113">
+        <v>99</v>
+      </c>
+      <c s="13" r="T113">
+        <v>21.8941736313568</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A114"/>
+      <c s="15" t="str" r="C114"/>
+      <c s="16" t="str" r="F114"/>
+      <c s="10" t="inlineStr" r="H114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J114">
+        <v>10707</v>
+      </c>
+      <c s="12" t="str" r="K114"/>
+      <c s="13" r="M114">
+        <v>57.564516</v>
+      </c>
+      <c s="12" t="str" r="N114"/>
+      <c s="11" r="P114">
+        <v>1</v>
+      </c>
+      <c s="11" r="R114">
+        <v>189</v>
+      </c>
+      <c s="13" r="T114">
+        <v>34.590713161194</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A115"/>
+      <c s="18" t="str" r="C115"/>
+      <c s="19" t="str" r="D115"/>
+      <c s="19" t="str" r="E115"/>
+      <c s="20" t="str" r="F115"/>
+      <c s="21" t="inlineStr" r="H115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J115">
+        <v>17105</v>
+      </c>
+      <c s="12" t="str" r="K115"/>
+      <c s="23" r="M115">
+        <v>91.470588</v>
+      </c>
+      <c s="12" t="str" r="N115"/>
+      <c s="22" r="P115">
+        <v>1</v>
+      </c>
+      <c s="22" r="R115">
+        <v>253</v>
+      </c>
+      <c s="23" r="T115">
+        <v>39.6149876814319</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C116">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D116"/>
+      <c s="8" t="str" r="E116"/>
+      <c s="9" t="str" r="F116"/>
+      <c s="10" t="inlineStr" r="H116">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J116">
+        <v>12126</v>
+      </c>
+      <c s="12" t="str" r="K116"/>
+      <c s="13" r="M116">
+        <v>34.844828</v>
+      </c>
+      <c s="12" t="str" r="N116"/>
+      <c s="11" r="P116">
+        <v>1</v>
+      </c>
+      <c s="11" r="R116">
+        <v>179</v>
+      </c>
+      <c s="13" r="T116">
+        <v>24.5557426684676</v>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A117"/>
+      <c s="25" t="str" r="C117"/>
+      <c s="16" t="str" r="F117"/>
+      <c s="10" t="inlineStr" r="H117">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J117">
+        <v>25798</v>
+      </c>
+      <c s="12" t="str" r="K117"/>
+      <c s="13" r="M117">
+        <v>74.132184</v>
+      </c>
+      <c s="12" t="str" r="N117"/>
+      <c s="11" r="P117">
+        <v>3</v>
+      </c>
+      <c s="11" r="R117">
+        <v>492</v>
+      </c>
+      <c s="13" r="T117">
+        <v>84.6883066190369</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A118"/>
+      <c s="25" t="str" r="C118"/>
+      <c s="16" t="str" r="F118"/>
+      <c s="10" t="inlineStr" r="H118">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J118">
+        <v>37561</v>
+      </c>
+      <c s="12" t="str" r="K118"/>
+      <c s="13" r="M118">
+        <v>107.933908</v>
+      </c>
+      <c s="12" t="str" r="N118"/>
+      <c s="11" r="P118">
+        <v>2</v>
+      </c>
+      <c s="11" r="R118">
+        <v>435</v>
+      </c>
+      <c s="13" r="T118">
+        <v>103.252069499841</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A119"/>
+      <c s="26" t="str" r="C119"/>
+      <c s="19" t="str" r="D119"/>
+      <c s="19" t="str" r="E119"/>
+      <c s="20" t="str" r="F119"/>
+      <c s="21" t="inlineStr" r="H119">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J119">
+        <v>75485</v>
+      </c>
+      <c s="12" t="str" r="K119"/>
+      <c s="23" r="M119">
+        <v>216.91092</v>
+      </c>
+      <c s="12" t="str" r="N119"/>
+      <c s="22" r="P119">
+        <v>39</v>
+      </c>
+      <c s="22" r="R119">
+        <v>796</v>
+      </c>
+      <c s="23" r="T119">
+        <v>141.08954622154</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C120">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D120"/>
+      <c s="8" t="str" r="E120"/>
+      <c s="9" t="str" r="F120"/>
+      <c s="10" t="inlineStr" r="H120">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J120">
+        <v>18</v>
+      </c>
+      <c s="12" t="str" r="K120"/>
+      <c s="13" r="M120">
+        <v>1.5</v>
+      </c>
+      <c s="12" t="str" r="N120"/>
+      <c s="11" r="P120">
+        <v>1</v>
+      </c>
+      <c s="11" r="R120">
+        <v>4</v>
+      </c>
+      <c s="13" r="T120">
+        <v>0.904534134237067</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A121"/>
+      <c s="25" t="str" r="C121"/>
+      <c s="16" t="str" r="F121"/>
+      <c s="10" t="inlineStr" r="H121">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J121">
+        <v>199</v>
+      </c>
+      <c s="12" t="str" r="K121"/>
+      <c s="13" r="M121">
+        <v>6.419355</v>
+      </c>
+      <c s="12" t="str" r="N121"/>
+      <c s="11" r="P121">
+        <v>2</v>
+      </c>
+      <c s="11" r="R121">
+        <v>19</v>
+      </c>
+      <c s="13" r="T121">
+        <v>4.99849437330883</v>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A122"/>
+      <c s="25" t="str" r="C122"/>
+      <c s="16" t="str" r="F122"/>
+      <c s="10" t="inlineStr" r="H122">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J122">
+        <v>304</v>
+      </c>
+      <c s="12" t="str" r="K122"/>
+      <c s="13" r="M122">
+        <v>9.212121</v>
+      </c>
+      <c s="12" t="str" r="N122"/>
+      <c s="11" r="P122">
+        <v>1</v>
+      </c>
+      <c s="11" r="R122">
+        <v>35</v>
+      </c>
+      <c s="13" r="T122">
+        <v>6.64152452378217</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A123"/>
+      <c s="26" t="str" r="C123"/>
+      <c s="19" t="str" r="D123"/>
+      <c s="19" t="str" r="E123"/>
+      <c s="20" t="str" r="F123"/>
+      <c s="21" t="inlineStr" r="H123">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J123">
+        <v>521</v>
+      </c>
+      <c s="12" t="str" r="K123"/>
+      <c s="23" r="M123">
+        <v>15.787879</v>
+      </c>
+      <c s="12" t="str" r="N123"/>
+      <c s="22" r="P123">
+        <v>5</v>
+      </c>
+      <c s="22" r="R123">
+        <v>39</v>
+      </c>
+      <c s="23" r="T123">
+        <v>8.64854600496523</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A124">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C124">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D124"/>
+      <c s="8" t="str" r="E124"/>
+      <c s="9" t="str" r="F124"/>
+      <c s="10" t="inlineStr" r="H124">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J124">
+        <v>13045</v>
+      </c>
+      <c s="12" t="str" r="K124"/>
+      <c s="13" r="M124">
+        <v>73.700565</v>
+      </c>
+      <c s="12" t="str" r="N124"/>
+      <c s="11" r="P124">
         <v>14</v>
       </c>
-      <c r="J15" s="33">
-[...54 lines deleted...]
-      <c r="H17" s="3" t="s">
+      <c s="11" r="R124">
+        <v>187</v>
+      </c>
+      <c s="13" r="T124">
+        <v>40.1512148757668</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A125"/>
+      <c s="25" t="str" r="C125"/>
+      <c s="16" t="str" r="F125"/>
+      <c s="10" t="inlineStr" r="H125">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J125">
+        <v>15338</v>
+      </c>
+      <c s="12" t="str" r="K125"/>
+      <c s="13" r="M125">
+        <v>84.740331</v>
+      </c>
+      <c s="12" t="str" r="N125"/>
+      <c s="11" r="P125">
+        <v>6</v>
+      </c>
+      <c s="11" r="R125">
+        <v>552</v>
+      </c>
+      <c s="13" r="T125">
+        <v>86.6720766106363</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A126"/>
+      <c s="25" t="str" r="C126"/>
+      <c s="16" t="str" r="F126"/>
+      <c s="10" t="inlineStr" r="H126">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J126">
+        <v>35908</v>
+      </c>
+      <c s="12" t="str" r="K126"/>
+      <c s="13" r="M126">
+        <v>198.38674</v>
+      </c>
+      <c s="12" t="str" r="N126"/>
+      <c s="11" r="P126">
         <v>12</v>
       </c>
-      <c r="J17" s="30">
-[...50 lines deleted...]
-      <c r="H19" s="6" t="s">
+      <c s="11" r="R126">
+        <v>832</v>
+      </c>
+      <c s="13" r="T126">
+        <v>154.585519806999</v>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A127"/>
+      <c s="26" t="str" r="C127"/>
+      <c s="19" t="str" r="D127"/>
+      <c s="19" t="str" r="E127"/>
+      <c s="20" t="str" r="F127"/>
+      <c s="21" t="inlineStr" r="H127">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J127">
+        <v>64291</v>
+      </c>
+      <c s="12" t="str" r="K127"/>
+      <c s="23" r="M127">
+        <v>355.198895</v>
+      </c>
+      <c s="12" t="str" r="N127"/>
+      <c s="22" r="P127">
+        <v>76</v>
+      </c>
+      <c s="22" r="R127">
+        <v>1115</v>
+      </c>
+      <c s="23" r="T127">
+        <v>203.427530636834</v>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A128">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C128">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D128"/>
+      <c s="8" t="str" r="E128"/>
+      <c s="9" t="str" r="F128"/>
+      <c s="10" t="inlineStr" r="H128">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J128">
+        <v>1932</v>
+      </c>
+      <c s="12" t="str" r="K128"/>
+      <c s="13" r="M128">
+        <v>13.702128</v>
+      </c>
+      <c s="12" t="str" r="N128"/>
+      <c s="11" r="P128">
+        <v>1</v>
+      </c>
+      <c s="11" r="R128">
+        <v>51</v>
+      </c>
+      <c s="13" r="T128">
+        <v>11.9974668159574</v>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A129"/>
+      <c s="25" t="str" r="C129"/>
+      <c s="16" t="str" r="F129"/>
+      <c s="10" t="inlineStr" r="H129">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J129">
+        <v>1988</v>
+      </c>
+      <c s="12" t="str" r="K129"/>
+      <c s="13" r="M129">
+        <v>13.342282</v>
+      </c>
+      <c s="12" t="str" r="N129"/>
+      <c s="11" r="P129">
+        <v>1</v>
+      </c>
+      <c s="11" r="R129">
+        <v>47</v>
+      </c>
+      <c s="13" r="T129">
+        <v>7.72130416445305</v>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A130"/>
+      <c s="25" t="str" r="C130"/>
+      <c s="16" t="str" r="F130"/>
+      <c s="10" t="inlineStr" r="H130">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J130">
+        <v>12986</v>
+      </c>
+      <c s="12" t="str" r="K130"/>
+      <c s="13" r="M130">
+        <v>87.154362</v>
+      </c>
+      <c s="12" t="str" r="N130"/>
+      <c s="11" r="P130">
+        <v>5</v>
+      </c>
+      <c s="11" r="R130">
+        <v>197</v>
+      </c>
+      <c s="13" r="T130">
+        <v>41.0923029653973</v>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A131"/>
+      <c s="26" t="str" r="C131"/>
+      <c s="19" t="str" r="D131"/>
+      <c s="19" t="str" r="E131"/>
+      <c s="20" t="str" r="F131"/>
+      <c s="21" t="inlineStr" r="H131">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J131">
+        <v>16906</v>
+      </c>
+      <c s="12" t="str" r="K131"/>
+      <c s="23" r="M131">
+        <v>113.463087</v>
+      </c>
+      <c s="12" t="str" r="N131"/>
+      <c s="22" r="P131">
         <v>14</v>
       </c>
-      <c r="J19" s="33">
-[...3146 lines deleted...]
-      <c r="R131" s="7">
+      <c s="22" r="R131">
         <v>213</v>
       </c>
-      <c r="T131" s="8">
-[...17 lines deleted...]
-    <row r="134" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="23" r="T131">
+        <v>40.5088451328842</v>
+      </c>
+    </row>
+    <row r="132" ht="2.15" customHeight="1"/>
+    <row r="133" ht="15.8" customHeight="1">
+      <c s="27" t="inlineStr" r="B133">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" ht="2.2" customHeight="1"/>
   </sheetData>
-  <mergeCells count="312">
+  <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="C16:F19"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
@@ -7479,3591 +6683,3794 @@
     <mergeCell ref="M117:N117"/>
     <mergeCell ref="J118:K118"/>
     <mergeCell ref="M118:N118"/>
     <mergeCell ref="J119:K119"/>
     <mergeCell ref="M119:N119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="C120:F123"/>
     <mergeCell ref="J120:K120"/>
     <mergeCell ref="M120:N120"/>
     <mergeCell ref="J121:K121"/>
     <mergeCell ref="M121:N121"/>
     <mergeCell ref="J122:K122"/>
     <mergeCell ref="M122:N122"/>
     <mergeCell ref="J123:K123"/>
     <mergeCell ref="M123:N123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="C124:F127"/>
     <mergeCell ref="J124:K124"/>
     <mergeCell ref="M124:N124"/>
     <mergeCell ref="J125:K125"/>
     <mergeCell ref="M125:N125"/>
     <mergeCell ref="J126:K126"/>
     <mergeCell ref="M126:N126"/>
     <mergeCell ref="J127:K127"/>
     <mergeCell ref="M127:N127"/>
-    <mergeCell ref="B133:J133"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="C128:F131"/>
     <mergeCell ref="J128:K128"/>
     <mergeCell ref="M128:N128"/>
     <mergeCell ref="J129:K129"/>
     <mergeCell ref="M129:N129"/>
     <mergeCell ref="J130:K130"/>
     <mergeCell ref="M130:N130"/>
     <mergeCell ref="J131:K131"/>
     <mergeCell ref="M131:N131"/>
+    <mergeCell ref="B133:J133"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:W134"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="24" max="24" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.4140625"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.703125"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.47265625"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="0.0234375"/>
+    <col min="20" max="20" customWidth="1" width="15.07421875"/>
+    <col min="21" max="21" customWidth="1" width="0.0234375"/>
+    <col min="22" max="22" customWidth="1" width="3.4140625"/>
+    <col min="23" max="23" customWidth="1" width="78.171875"/>
+    <col min="24" max="24" customWidth="1" width="8.9140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="O4" s="40" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">SENT Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">GRAD TYPE</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"># of Applicants who
+Signaled
+ERAS 2026</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Mean</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">Min</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Max</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">SD</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.85" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D12"/>
+      <c s="8" t="str" r="E12"/>
+      <c s="9" t="str" r="F12"/>
+      <c s="10" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J12">
+        <v>699</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="13" r="M12">
+        <v>4.911302</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="11" r="P12">
+        <v>1</v>
+      </c>
+      <c s="11" r="R12">
+        <v>5</v>
+      </c>
+      <c s="13" r="T12">
+        <v>0.54372327520532</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A13"/>
+      <c s="15" t="str" r="C13"/>
+      <c s="16" t="str" r="F13"/>
+      <c s="10" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J13">
+        <v>773</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="13" r="M13">
+        <v>4.716688</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="11" r="P13">
+        <v>1</v>
+      </c>
+      <c s="11" r="R13">
+        <v>5</v>
+      </c>
+      <c s="13" r="T13">
+        <v>0.936118048111455</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A14"/>
+      <c s="15" t="str" r="C14"/>
+      <c s="16" t="str" r="F14"/>
+      <c s="10" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J14">
+        <v>2189</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="13" r="M14">
+        <v>4.924166</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="11" r="P14">
+        <v>1</v>
+      </c>
+      <c s="11" r="R14">
+        <v>5</v>
+      </c>
+      <c s="13" r="T14">
+        <v>0.505582831987005</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A15"/>
+      <c s="18" t="str" r="C15"/>
+      <c s="19" t="str" r="D15"/>
+      <c s="19" t="str" r="E15"/>
+      <c s="20" t="str" r="F15"/>
+      <c s="21" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J15">
+        <v>3661</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="23" r="M15">
+        <v>4.877902</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="22" r="P15">
+        <v>1</v>
+      </c>
+      <c s="22" r="R15">
+        <v>5</v>
+      </c>
+      <c s="23" r="T15">
+        <v>0.63336640264542</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Anesthesiology (10 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D16"/>
+      <c s="8" t="str" r="E16"/>
+      <c s="9" t="str" r="F16"/>
+      <c s="10" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J16">
+        <v>670</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="13" r="M16">
+        <v>9.874627</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="11" r="P16">
+        <v>3</v>
+      </c>
+      <c s="11" r="R16">
+        <v>10</v>
+      </c>
+      <c s="13" r="T16">
+        <v>0.800922593013832</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A17"/>
+      <c s="15" t="str" r="C17"/>
+      <c s="16" t="str" r="F17"/>
+      <c s="10" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J17">
+        <v>690</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="13" r="M17">
+        <v>9.3</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="11" r="P17">
+        <v>1</v>
+      </c>
+      <c s="11" r="R17">
+        <v>10</v>
+      </c>
+      <c s="13" r="T17">
+        <v>1.96595396690767</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A18"/>
+      <c s="15" t="str" r="C18"/>
+      <c s="16" t="str" r="F18"/>
+      <c s="10" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J18">
+        <v>2139</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="13" r="M18">
+        <v>9.862085</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="11" r="P18">
+        <v>1</v>
+      </c>
+      <c s="11" r="R18">
+        <v>10</v>
+      </c>
+      <c s="13" r="T18">
+        <v>0.918547222520432</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A19"/>
+      <c s="18" t="str" r="C19"/>
+      <c s="19" t="str" r="D19"/>
+      <c s="19" t="str" r="E19"/>
+      <c s="20" t="str" r="F19"/>
+      <c s="21" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J19">
+        <v>3499</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="23" r="M19">
+        <v>9.753644</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="22" r="P19">
+        <v>1</v>
+      </c>
+      <c s="22" r="R19">
+        <v>10</v>
+      </c>
+      <c s="23" r="T19">
+        <v>1.2044936695558</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D20"/>
+      <c s="8" t="str" r="E20"/>
+      <c s="9" t="str" r="F20"/>
+      <c s="10" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J20">
+        <v>44</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="13" r="M20">
+        <v>2.863636</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="11" r="P20">
+        <v>1</v>
+      </c>
+      <c s="11" r="R20">
+        <v>3</v>
+      </c>
+      <c s="13" r="T20">
+        <v>0.507003944757829</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A21"/>
+      <c s="25" t="str" r="C21"/>
+      <c s="16" t="str" r="F21"/>
+      <c s="10" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J21">
+        <v>256</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="13" r="M21">
+        <v>2.773438</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="11" r="P21">
+        <v>1</v>
+      </c>
+      <c s="11" r="R21">
+        <v>3</v>
+      </c>
+      <c s="13" r="T21">
+        <v>0.562561107791856</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A22"/>
+      <c s="25" t="str" r="C22"/>
+      <c s="16" t="str" r="F22"/>
+      <c s="10" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J22">
+        <v>169</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="13" r="M22">
+        <v>2.905325</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="11" r="P22">
+        <v>1</v>
+      </c>
+      <c s="11" r="R22">
+        <v>3</v>
+      </c>
+      <c s="13" r="T22">
+        <v>0.381199422874694</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="19" t="str" r="D23"/>
+      <c s="19" t="str" r="E23"/>
+      <c s="20" t="str" r="F23"/>
+      <c s="21" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J23">
+        <v>469</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="23" r="M23">
+        <v>2.829424</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="22" r="P23">
+        <v>1</v>
+      </c>
+      <c s="22" r="R23">
+        <v>3</v>
+      </c>
+      <c s="23" r="T23">
+        <v>0.502616155729201</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D24"/>
+      <c s="8" t="str" r="E24"/>
+      <c s="9" t="str" r="F24"/>
+      <c s="10" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J24">
+        <v>206</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="13" r="M24">
+        <v>2.912621</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="11" r="P24">
+        <v>1</v>
+      </c>
+      <c s="11" r="R24">
+        <v>3</v>
+      </c>
+      <c s="13" r="T24">
+        <v>0.397236705252674</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A25"/>
+      <c s="15" t="str" r="C25"/>
+      <c s="16" t="str" r="F25"/>
+      <c s="10" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J25">
+        <v>158</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="13" r="M25">
+        <v>2.848101</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="11" r="P25">
+        <v>1</v>
+      </c>
+      <c s="11" r="R25">
+        <v>3</v>
+      </c>
+      <c s="13" r="T25">
+        <v>0.480439382232556</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A26"/>
+      <c s="15" t="str" r="C26"/>
+      <c s="16" t="str" r="F26"/>
+      <c s="10" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J26">
+        <v>987</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="13" r="M26">
+        <v>2.972644</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="11" r="P26">
+        <v>1</v>
+      </c>
+      <c s="11" r="R26">
+        <v>3</v>
+      </c>
+      <c s="13" r="T26">
+        <v>0.211818318376858</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A27"/>
+      <c s="18" t="str" r="C27"/>
+      <c s="19" t="str" r="D27"/>
+      <c s="19" t="str" r="E27"/>
+      <c s="20" t="str" r="F27"/>
+      <c s="21" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J27">
+        <v>1351</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="23" r="M27">
+        <v>2.948927</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="22" r="P27">
+        <v>1</v>
+      </c>
+      <c s="22" r="R27">
+        <v>3</v>
+      </c>
+      <c s="23" r="T27">
+        <v>0.2924140899478</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Dermatology (25 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D28"/>
+      <c s="8" t="str" r="E28"/>
+      <c s="9" t="str" r="F28"/>
+      <c s="10" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J28">
+        <v>195</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="13" r="M28">
+        <v>21.938462</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="11" r="P28">
+        <v>1</v>
+      </c>
+      <c s="11" r="R28">
+        <v>25</v>
+      </c>
+      <c s="13" r="T28">
+        <v>6.40182395884173</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A29"/>
+      <c s="15" t="str" r="C29"/>
+      <c s="16" t="str" r="F29"/>
+      <c s="10" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J29">
+        <v>138</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="13" r="M29">
+        <v>18.398551</v>
+      </c>
+      <c s="12" t="str" r="N29"/>
+      <c s="11" r="P29">
+        <v>1</v>
+      </c>
+      <c s="11" r="R29">
+        <v>25</v>
+      </c>
+      <c s="13" r="T29">
+        <v>8.97474423033882</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A30"/>
+      <c s="15" t="str" r="C30"/>
+      <c s="16" t="str" r="F30"/>
+      <c s="10" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J30">
+        <v>964</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="13" r="M30">
+        <v>24.312241</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="11" r="P30">
+        <v>1</v>
+      </c>
+      <c s="11" r="R30">
+        <v>25</v>
+      </c>
+      <c s="13" r="T30">
+        <v>3.26339255989836</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A31"/>
+      <c s="18" t="str" r="C31"/>
+      <c s="19" t="str" r="D31"/>
+      <c s="19" t="str" r="E31"/>
+      <c s="20" t="str" r="F31"/>
+      <c s="21" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J31">
+        <v>1297</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="23" r="M31">
+        <v>23.326137</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="22" r="P31">
+        <v>1</v>
+      </c>
+      <c s="22" r="R31">
+        <v>25</v>
+      </c>
+      <c s="23" r="T31">
+        <v>5.1188002500586</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D32"/>
+      <c s="8" t="str" r="E32"/>
+      <c s="9" t="str" r="F32"/>
+      <c s="10" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J32">
+        <v>2107</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="13" r="M32">
+        <v>4.840057</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="11" r="P32">
+        <v>1</v>
+      </c>
+      <c s="11" r="R32">
+        <v>5</v>
+      </c>
+      <c s="13" r="T32">
+        <v>0.644537043155783</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="16" t="str" r="F33"/>
+      <c s="10" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J33">
+        <v>7497</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="13" r="M33">
+        <v>4.682806</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="11" r="P33">
+        <v>1</v>
+      </c>
+      <c s="11" r="R33">
+        <v>5</v>
+      </c>
+      <c s="13" r="T33">
+        <v>0.95337243509554</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="16" t="str" r="F34"/>
+      <c s="10" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J34">
+        <v>2079</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="13" r="M34">
+        <v>4.806157</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="11" r="P34">
+        <v>1</v>
+      </c>
+      <c s="11" r="R34">
+        <v>5</v>
+      </c>
+      <c s="13" r="T34">
+        <v>0.783790788412316</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="19" t="str" r="D35"/>
+      <c s="19" t="str" r="E35"/>
+      <c s="20" t="str" r="F35"/>
+      <c s="21" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J35">
+        <v>11683</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="23" r="M35">
+        <v>4.733116</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="22" r="P35">
+        <v>1</v>
+      </c>
+      <c s="22" r="R35">
+        <v>5</v>
+      </c>
+      <c s="23" r="T35">
+        <v>0.87868253652841</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D36"/>
+      <c s="8" t="str" r="E36"/>
+      <c s="9" t="str" r="F36"/>
+      <c s="10" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J36">
+        <v>3568</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="13" r="M36">
+        <v>2.94815</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="11" r="P36">
+        <v>1</v>
+      </c>
+      <c s="11" r="R36">
+        <v>3</v>
+      </c>
+      <c s="13" r="T36">
+        <v>0.290666475535105</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A37"/>
+      <c s="15" t="str" r="C37"/>
+      <c s="16" t="str" r="F37"/>
+      <c s="10" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J37">
+        <v>14562</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="13" r="M37">
+        <v>2.928993</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="11" r="P37">
+        <v>1</v>
+      </c>
+      <c s="11" r="R37">
+        <v>3</v>
+      </c>
+      <c s="13" r="T37">
+        <v>0.333604556323801</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A38"/>
+      <c s="15" t="str" r="C38"/>
+      <c s="16" t="str" r="F38"/>
+      <c s="10" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J38">
+        <v>8910</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="13" r="M38">
+        <v>2.939169</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="11" r="P38">
+        <v>1</v>
+      </c>
+      <c s="11" r="R38">
+        <v>3</v>
+      </c>
+      <c s="13" r="T38">
+        <v>0.319068958063927</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A39"/>
+      <c s="18" t="str" r="C39"/>
+      <c s="19" t="str" r="D39"/>
+      <c s="19" t="str" r="E39"/>
+      <c s="20" t="str" r="F39"/>
+      <c s="21" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J39">
+        <v>27040</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="23" r="M39">
+        <v>2.934874</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="22" r="P39">
+        <v>1</v>
+      </c>
+      <c s="22" r="R39">
+        <v>3</v>
+      </c>
+      <c s="23" r="T39">
+        <v>0.3235320695078</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Internal Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D40"/>
+      <c s="8" t="str" r="E40"/>
+      <c s="9" t="str" r="F40"/>
+      <c s="10" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J40">
+        <v>3441</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="13" r="M40">
+        <v>11.25138</v>
+      </c>
+      <c s="12" t="str" r="N40"/>
+      <c s="11" r="P40">
+        <v>1</v>
+      </c>
+      <c s="11" r="R40">
+        <v>12</v>
+      </c>
+      <c s="13" r="T40">
+        <v>2.26609156920015</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A41"/>
+      <c s="15" t="str" r="C41"/>
+      <c s="16" t="str" r="F41"/>
+      <c s="10" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J41">
+        <v>14073</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="13" r="M41">
+        <v>11.428693</v>
+      </c>
+      <c s="12" t="str" r="N41"/>
+      <c s="11" r="P41">
+        <v>1</v>
+      </c>
+      <c s="11" r="R41">
+        <v>12</v>
+      </c>
+      <c s="13" r="T41">
+        <v>1.96531829483165</v>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A42"/>
+      <c s="15" t="str" r="C42"/>
+      <c s="16" t="str" r="F42"/>
+      <c s="10" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J42">
+        <v>8534</v>
+      </c>
+      <c s="12" t="str" r="K42"/>
+      <c s="13" r="M42">
+        <v>11.008906</v>
+      </c>
+      <c s="12" t="str" r="N42"/>
+      <c s="11" r="P42">
+        <v>1</v>
+      </c>
+      <c s="11" r="R42">
+        <v>12</v>
+      </c>
+      <c s="13" r="T42">
+        <v>2.52849975281786</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A43"/>
+      <c s="18" t="str" r="C43"/>
+      <c s="19" t="str" r="D43"/>
+      <c s="19" t="str" r="E43"/>
+      <c s="20" t="str" r="F43"/>
+      <c s="21" t="inlineStr" r="H43">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J43">
+        <v>26048</v>
+      </c>
+      <c s="12" t="str" r="K43"/>
+      <c s="23" r="M43">
+        <v>11.267736</v>
+      </c>
+      <c s="12" t="str" r="N43"/>
+      <c s="22" r="P43">
+        <v>1</v>
+      </c>
+      <c s="22" r="R43">
+        <v>12</v>
+      </c>
+      <c s="23" r="T43">
+        <v>2.21258875528192</v>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C44">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D44"/>
+      <c s="8" t="str" r="E44"/>
+      <c s="9" t="str" r="F44"/>
+      <c s="10" t="inlineStr" r="H44">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J44">
+        <v>39</v>
+      </c>
+      <c s="12" t="str" r="K44"/>
+      <c s="13" r="M44">
+        <v>1.794872</v>
+      </c>
+      <c s="12" t="str" r="N44"/>
+      <c s="11" r="P44">
+        <v>1</v>
+      </c>
+      <c s="11" r="R44">
         <v>2</v>
       </c>
-      <c r="P4" s="18"/>
-[...31 lines deleted...]
-      <c r="G8" s="41" t="s">
+      <c s="13" r="T44">
+        <v>0.406408661325026</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="16" t="str" r="F45"/>
+      <c s="10" t="inlineStr" r="H45">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J45">
+        <v>159</v>
+      </c>
+      <c s="12" t="str" r="K45"/>
+      <c s="13" r="M45">
+        <v>1.786164</v>
+      </c>
+      <c s="12" t="str" r="N45"/>
+      <c s="11" r="P45">
+        <v>1</v>
+      </c>
+      <c s="11" r="R45">
+        <v>2</v>
+      </c>
+      <c s="13" r="T45">
+        <v>0.410659226123072</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A46"/>
+      <c s="25" t="str" r="C46"/>
+      <c s="16" t="str" r="F46"/>
+      <c s="10" t="inlineStr" r="H46">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J46">
+        <v>86</v>
+      </c>
+      <c s="12" t="str" r="K46"/>
+      <c s="13" r="M46">
+        <v>1.906977</v>
+      </c>
+      <c s="12" t="str" r="N46"/>
+      <c s="11" r="P46">
+        <v>1</v>
+      </c>
+      <c s="11" r="R46">
+        <v>2</v>
+      </c>
+      <c s="13" r="T46">
+        <v>0.291312546931985</v>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A47"/>
+      <c s="26" t="str" r="C47"/>
+      <c s="19" t="str" r="D47"/>
+      <c s="19" t="str" r="E47"/>
+      <c s="20" t="str" r="F47"/>
+      <c s="21" t="inlineStr" r="H47">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J47">
+        <v>284</v>
+      </c>
+      <c s="12" t="str" r="K47"/>
+      <c s="23" r="M47">
+        <v>1.823944</v>
+      </c>
+      <c s="12" t="str" r="N47"/>
+      <c s="22" r="P47">
+        <v>1</v>
+      </c>
+      <c s="22" r="R47">
+        <v>2</v>
+      </c>
+      <c s="23" r="T47">
+        <v>0.38120335780263</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C48">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D48"/>
+      <c s="8" t="str" r="E48"/>
+      <c s="9" t="str" r="F48"/>
+      <c s="10" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J48">
+        <v>75</v>
+      </c>
+      <c s="12" t="str" r="K48"/>
+      <c s="13" r="M48">
+        <v>7.133333</v>
+      </c>
+      <c s="12" t="str" r="N48"/>
+      <c s="11" r="P48">
+        <v>1</v>
+      </c>
+      <c s="11" r="R48">
+        <v>8</v>
+      </c>
+      <c s="13" r="T48">
+        <v>1.96843084714704</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A49"/>
+      <c s="25" t="str" r="C49"/>
+      <c s="16" t="str" r="F49"/>
+      <c s="10" t="inlineStr" r="H49">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J49">
+        <v>158</v>
+      </c>
+      <c s="12" t="str" r="K49"/>
+      <c s="13" r="M49">
+        <v>6.56962</v>
+      </c>
+      <c s="12" t="str" r="N49"/>
+      <c s="11" r="P49">
+        <v>1</v>
+      </c>
+      <c s="11" r="R49">
+        <v>8</v>
+      </c>
+      <c s="13" r="T49">
+        <v>2.545751755376</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A50"/>
+      <c s="25" t="str" r="C50"/>
+      <c s="16" t="str" r="F50"/>
+      <c s="10" t="inlineStr" r="H50">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J50">
+        <v>279</v>
+      </c>
+      <c s="12" t="str" r="K50"/>
+      <c s="13" r="M50">
+        <v>7.566308</v>
+      </c>
+      <c s="12" t="str" r="N50"/>
+      <c s="11" r="P50">
+        <v>1</v>
+      </c>
+      <c s="11" r="R50">
+        <v>8</v>
+      </c>
+      <c s="13" r="T50">
+        <v>1.56317977213115</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A51"/>
+      <c s="26" t="str" r="C51"/>
+      <c s="19" t="str" r="D51"/>
+      <c s="19" t="str" r="E51"/>
+      <c s="20" t="str" r="F51"/>
+      <c s="21" t="inlineStr" r="H51">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J51">
+        <v>512</v>
+      </c>
+      <c s="12" t="str" r="K51"/>
+      <c s="23" r="M51">
+        <v>7.195313</v>
+      </c>
+      <c s="12" t="str" r="N51"/>
+      <c s="22" r="P51">
+        <v>1</v>
+      </c>
+      <c s="22" r="R51">
+        <v>8</v>
+      </c>
+      <c s="23" r="T51">
+        <v>2.02161766909572</v>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C52">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D52"/>
+      <c s="8" t="str" r="E52"/>
+      <c s="9" t="str" r="F52"/>
+      <c s="10" t="inlineStr" r="H52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="K52"/>
+      <c s="28" t="inlineStr" r="M52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" t="str" r="N52"/>
+      <c s="28" t="inlineStr" r="P52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="R52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="T52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A53"/>
+      <c s="25" t="str" r="C53"/>
+      <c s="16" t="str" r="F53"/>
+      <c s="10" t="inlineStr" r="H53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J53">
+        <v>22</v>
+      </c>
+      <c s="12" t="str" r="K53"/>
+      <c s="13" r="M53">
+        <v>2.090909</v>
+      </c>
+      <c s="12" t="str" r="N53"/>
+      <c s="11" r="P53">
+        <v>1</v>
+      </c>
+      <c s="11" r="R53">
+        <v>3</v>
+      </c>
+      <c s="13" r="T53">
+        <v>1.00737232441635</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A54"/>
+      <c s="25" t="str" r="C54"/>
+      <c s="16" t="str" r="F54"/>
+      <c s="10" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J54">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="K54"/>
+      <c s="13" r="M54">
+        <v>1.625</v>
+      </c>
+      <c s="12" t="str" r="N54"/>
+      <c s="11" r="P54">
+        <v>1</v>
+      </c>
+      <c s="11" r="R54">
+        <v>3</v>
+      </c>
+      <c s="13" r="T54">
+        <v>0.885061014845869</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A55"/>
+      <c s="26" t="str" r="C55"/>
+      <c s="19" t="str" r="D55"/>
+      <c s="19" t="str" r="E55"/>
+      <c s="20" t="str" r="F55"/>
+      <c s="21" t="inlineStr" r="H55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J55">
+        <v>33</v>
+      </c>
+      <c s="12" t="str" r="K55"/>
+      <c s="23" r="M55">
+        <v>2.030303</v>
+      </c>
+      <c s="12" t="str" r="N55"/>
+      <c s="22" r="P55">
+        <v>1</v>
+      </c>
+      <c s="22" r="R55">
+        <v>3</v>
+      </c>
+      <c s="23" r="T55">
+        <v>0.976173140380332</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C56">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D56"/>
+      <c s="8" t="str" r="E56"/>
+      <c s="9" t="str" r="F56"/>
+      <c s="10" t="inlineStr" r="H56">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J56">
+        <v>37</v>
+      </c>
+      <c s="12" t="str" r="K56"/>
+      <c s="13" r="M56">
+        <v>20.135135</v>
+      </c>
+      <c s="12" t="str" r="N56"/>
+      <c s="11" r="P56">
+        <v>1</v>
+      </c>
+      <c s="11" r="R56">
+        <v>25</v>
+      </c>
+      <c s="13" r="T56">
+        <v>7.89715455084931</v>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A57"/>
+      <c s="25" t="str" r="C57"/>
+      <c s="16" t="str" r="F57"/>
+      <c s="10" t="inlineStr" r="H57">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J57">
+        <v>143</v>
+      </c>
+      <c s="12" t="str" r="K57"/>
+      <c s="13" r="M57">
+        <v>20.965035</v>
+      </c>
+      <c s="12" t="str" r="N57"/>
+      <c s="11" r="P57">
+        <v>1</v>
+      </c>
+      <c s="11" r="R57">
+        <v>25</v>
+      </c>
+      <c s="13" r="T57">
+        <v>8.19277608628479</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="16" t="str" r="F58"/>
+      <c s="10" t="inlineStr" r="H58">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J58">
+        <v>418</v>
+      </c>
+      <c s="12" t="str" r="K58"/>
+      <c s="13" r="M58">
+        <v>24.57177</v>
+      </c>
+      <c s="12" t="str" r="N58"/>
+      <c s="11" r="P58">
+        <v>1</v>
+      </c>
+      <c s="11" r="R58">
+        <v>25</v>
+      </c>
+      <c s="13" r="T58">
+        <v>2.87477025168969</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="19" t="str" r="D59"/>
+      <c s="19" t="str" r="E59"/>
+      <c s="20" t="str" r="F59"/>
+      <c s="21" t="inlineStr" r="H59">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J59">
+        <v>598</v>
+      </c>
+      <c s="12" t="str" r="K59"/>
+      <c s="23" r="M59">
+        <v>23.434783</v>
+      </c>
+      <c s="12" t="str" r="N59"/>
+      <c s="22" r="P59">
+        <v>1</v>
+      </c>
+      <c s="22" r="R59">
+        <v>25</v>
+      </c>
+      <c s="23" r="T59">
+        <v>5.35078405469703</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C60">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D60"/>
+      <c s="8" t="str" r="E60"/>
+      <c s="9" t="str" r="F60"/>
+      <c s="10" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J60">
+        <v>346</v>
+      </c>
+      <c s="12" t="str" r="K60"/>
+      <c s="13" r="M60">
+        <v>7.893064</v>
+      </c>
+      <c s="12" t="str" r="N60"/>
+      <c s="11" r="P60">
+        <v>1</v>
+      </c>
+      <c s="11" r="R60">
+        <v>8</v>
+      </c>
+      <c s="13" r="T60">
+        <v>0.699479806713532</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A61"/>
+      <c s="25" t="str" r="C61"/>
+      <c s="16" t="str" r="F61"/>
+      <c s="10" t="inlineStr" r="H61">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J61">
+        <v>1423</v>
+      </c>
+      <c s="12" t="str" r="K61"/>
+      <c s="13" r="M61">
+        <v>7.277583</v>
+      </c>
+      <c s="12" t="str" r="N61"/>
+      <c s="11" r="P61">
+        <v>1</v>
+      </c>
+      <c s="11" r="R61">
+        <v>8</v>
+      </c>
+      <c s="13" r="T61">
+        <v>1.91660115830081</v>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A62"/>
+      <c s="25" t="str" r="C62"/>
+      <c s="16" t="str" r="F62"/>
+      <c s="10" t="inlineStr" r="H62">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J62">
+        <v>911</v>
+      </c>
+      <c s="12" t="str" r="K62"/>
+      <c s="13" r="M62">
+        <v>7.881449</v>
+      </c>
+      <c s="12" t="str" r="N62"/>
+      <c s="11" r="P62">
+        <v>1</v>
+      </c>
+      <c s="11" r="R62">
+        <v>8</v>
+      </c>
+      <c s="13" r="T62">
+        <v>0.805797741371866</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="19" t="str" r="D63"/>
+      <c s="19" t="str" r="E63"/>
+      <c s="20" t="str" r="F63"/>
+      <c s="21" t="inlineStr" r="H63">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J63">
+        <v>2680</v>
+      </c>
+      <c s="12" t="str" r="K63"/>
+      <c s="23" r="M63">
+        <v>7.562313</v>
+      </c>
+      <c s="12" t="str" r="N63"/>
+      <c s="22" r="P63">
+        <v>1</v>
+      </c>
+      <c s="22" r="R63">
+        <v>8</v>
+      </c>
+      <c s="23" r="T63">
+        <v>1.52500983603385</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C64">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D64"/>
+      <c s="8" t="str" r="E64"/>
+      <c s="9" t="str" r="F64"/>
+      <c s="10" t="inlineStr" r="H64">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J64">
+        <v>407</v>
+      </c>
+      <c s="12" t="str" r="K64"/>
+      <c s="13" r="M64">
+        <v>26.567568</v>
+      </c>
+      <c s="12" t="str" r="N64"/>
+      <c s="11" r="P64">
+        <v>1</v>
+      </c>
+      <c s="11" r="R64">
+        <v>30</v>
+      </c>
+      <c s="13" r="T64">
+        <v>7.75134665719448</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A65"/>
+      <c s="25" t="str" r="C65"/>
+      <c s="16" t="str" r="F65"/>
+      <c s="10" t="inlineStr" r="H65">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J65">
+        <v>175</v>
+      </c>
+      <c s="12" t="str" r="K65"/>
+      <c s="13" r="M65">
+        <v>22.885714</v>
+      </c>
+      <c s="12" t="str" r="N65"/>
+      <c s="11" r="P65">
+        <v>1</v>
+      </c>
+      <c s="11" r="R65">
+        <v>30</v>
+      </c>
+      <c s="13" r="T65">
+        <v>10.4219611398239</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A66"/>
+      <c s="25" t="str" r="C66"/>
+      <c s="16" t="str" r="F66"/>
+      <c s="10" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J66">
+        <v>1333</v>
+      </c>
+      <c s="12" t="str" r="K66"/>
+      <c s="13" r="M66">
+        <v>29.11853</v>
+      </c>
+      <c s="12" t="str" r="N66"/>
+      <c s="11" r="P66">
+        <v>1</v>
+      </c>
+      <c s="11" r="R66">
+        <v>30</v>
+      </c>
+      <c s="13" r="T66">
+        <v>4.28560765819738</v>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A67"/>
+      <c s="26" t="str" r="C67"/>
+      <c s="19" t="str" r="D67"/>
+      <c s="19" t="str" r="E67"/>
+      <c s="20" t="str" r="F67"/>
+      <c s="21" t="inlineStr" r="H67">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J67">
+        <v>1915</v>
+      </c>
+      <c s="12" t="str" r="K67"/>
+      <c s="23" r="M67">
+        <v>28.006789</v>
+      </c>
+      <c s="12" t="str" r="N67"/>
+      <c s="22" r="P67">
+        <v>1</v>
+      </c>
+      <c s="22" r="R67">
+        <v>30</v>
+      </c>
+      <c s="23" r="T67">
+        <v>6.25608759529468</v>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C68">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D68"/>
+      <c s="8" t="str" r="E68"/>
+      <c s="9" t="str" r="F68"/>
+      <c s="10" t="inlineStr" r="H68">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J68">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="K68"/>
+      <c s="13" r="M68">
+        <v>22.522388</v>
+      </c>
+      <c s="12" t="str" r="N68"/>
+      <c s="11" r="P68">
         <v>4</v>
       </c>
-      <c r="H8" s="18"/>
-[...5 lines deleted...]
-      <c r="L8" s="42" t="s">
+      <c s="11" r="R68">
+        <v>25</v>
+      </c>
+      <c s="13" r="T68">
+        <v>5.8150910568967</v>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A69"/>
+      <c s="25" t="str" r="C69"/>
+      <c s="16" t="str" r="F69"/>
+      <c s="10" t="inlineStr" r="H69">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J69">
+        <v>70</v>
+      </c>
+      <c s="12" t="str" r="K69"/>
+      <c s="13" r="M69">
+        <v>18.857143</v>
+      </c>
+      <c s="12" t="str" r="N69"/>
+      <c s="11" r="P69">
+        <v>1</v>
+      </c>
+      <c s="11" r="R69">
+        <v>25</v>
+      </c>
+      <c s="13" r="T69">
+        <v>9.20476213706796</v>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A70"/>
+      <c s="25" t="str" r="C70"/>
+      <c s="16" t="str" r="F70"/>
+      <c s="10" t="inlineStr" r="H70">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J70">
+        <v>525</v>
+      </c>
+      <c s="12" t="str" r="K70"/>
+      <c s="13" r="M70">
+        <v>24.64381</v>
+      </c>
+      <c s="12" t="str" r="N70"/>
+      <c s="11" r="P70">
+        <v>1</v>
+      </c>
+      <c s="11" r="R70">
+        <v>25</v>
+      </c>
+      <c s="13" r="T70">
+        <v>2.61927757215611</v>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A71"/>
+      <c s="26" t="str" r="C71"/>
+      <c s="19" t="str" r="D71"/>
+      <c s="19" t="str" r="E71"/>
+      <c s="20" t="str" r="F71"/>
+      <c s="21" t="inlineStr" r="H71">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J71">
+        <v>662</v>
+      </c>
+      <c s="12" t="str" r="K71"/>
+      <c s="23" r="M71">
+        <v>23.817221</v>
+      </c>
+      <c s="12" t="str" r="N71"/>
+      <c s="22" r="P71">
+        <v>1</v>
+      </c>
+      <c s="22" r="R71">
+        <v>25</v>
+      </c>
+      <c s="23" r="T71">
+        <v>4.58873773493321</v>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C72">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D72"/>
+      <c s="8" t="str" r="E72"/>
+      <c s="9" t="str" r="F72"/>
+      <c s="10" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J72">
+        <v>201</v>
+      </c>
+      <c s="12" t="str" r="K72"/>
+      <c s="13" r="M72">
+        <v>4.975124</v>
+      </c>
+      <c s="12" t="str" r="N72"/>
+      <c s="11" r="P72">
+        <v>3</v>
+      </c>
+      <c s="11" r="R72">
+        <v>5</v>
+      </c>
+      <c s="13" r="T72">
+        <v>0.210397243327949</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A73"/>
+      <c s="25" t="str" r="C73"/>
+      <c s="16" t="str" r="F73"/>
+      <c s="10" t="inlineStr" r="H73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J73">
+        <v>787</v>
+      </c>
+      <c s="12" t="str" r="K73"/>
+      <c s="13" r="M73">
+        <v>4.707751</v>
+      </c>
+      <c s="12" t="str" r="N73"/>
+      <c s="11" r="P73">
+        <v>1</v>
+      </c>
+      <c s="11" r="R73">
+        <v>5</v>
+      </c>
+      <c s="13" r="T73">
+        <v>0.951983193128954</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A74"/>
+      <c s="25" t="str" r="C74"/>
+      <c s="16" t="str" r="F74"/>
+      <c s="10" t="inlineStr" r="H74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J74">
+        <v>387</v>
+      </c>
+      <c s="12" t="str" r="K74"/>
+      <c s="13" r="M74">
+        <v>4.888889</v>
+      </c>
+      <c s="12" t="str" r="N74"/>
+      <c s="11" r="P74">
+        <v>1</v>
+      </c>
+      <c s="11" r="R74">
+        <v>5</v>
+      </c>
+      <c s="13" r="T74">
+        <v>0.598017558270658</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A75"/>
+      <c s="26" t="str" r="C75"/>
+      <c s="19" t="str" r="D75"/>
+      <c s="19" t="str" r="E75"/>
+      <c s="20" t="str" r="F75"/>
+      <c s="21" t="inlineStr" r="H75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J75">
+        <v>1375</v>
+      </c>
+      <c s="12" t="str" r="K75"/>
+      <c s="23" r="M75">
+        <v>4.797818</v>
+      </c>
+      <c s="12" t="str" r="N75"/>
+      <c s="22" r="P75">
+        <v>1</v>
+      </c>
+      <c s="22" r="R75">
+        <v>5</v>
+      </c>
+      <c s="23" r="T75">
+        <v>0.798230543139011</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C76">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D76"/>
+      <c s="8" t="str" r="E76"/>
+      <c s="9" t="str" r="F76"/>
+      <c s="10" t="inlineStr" r="H76">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J76">
+        <v>755</v>
+      </c>
+      <c s="12" t="str" r="K76"/>
+      <c s="13" r="M76">
+        <v>4.891391</v>
+      </c>
+      <c s="12" t="str" r="N76"/>
+      <c s="11" r="P76">
+        <v>1</v>
+      </c>
+      <c s="11" r="R76">
+        <v>5</v>
+      </c>
+      <c s="13" r="T76">
+        <v>0.581461090701691</v>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A77"/>
+      <c s="25" t="str" r="C77"/>
+      <c s="16" t="str" r="F77"/>
+      <c s="10" t="inlineStr" r="H77">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J77">
+        <v>2895</v>
+      </c>
+      <c s="12" t="str" r="K77"/>
+      <c s="13" r="M77">
+        <v>4.680138</v>
+      </c>
+      <c s="12" t="str" r="N77"/>
+      <c s="11" r="P77">
+        <v>1</v>
+      </c>
+      <c s="11" r="R77">
+        <v>5</v>
+      </c>
+      <c s="13" r="T77">
+        <v>0.978929517381103</v>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="16" t="str" r="F78"/>
+      <c s="10" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J78">
+        <v>1820</v>
+      </c>
+      <c s="12" t="str" r="K78"/>
+      <c s="13" r="M78">
+        <v>4.774176</v>
+      </c>
+      <c s="12" t="str" r="N78"/>
+      <c s="11" r="P78">
+        <v>1</v>
+      </c>
+      <c s="11" r="R78">
+        <v>5</v>
+      </c>
+      <c s="13" r="T78">
+        <v>0.853097298085043</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="19" t="str" r="D79"/>
+      <c s="19" t="str" r="E79"/>
+      <c s="20" t="str" r="F79"/>
+      <c s="21" t="inlineStr" r="H79">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J79">
+        <v>5470</v>
+      </c>
+      <c s="12" t="str" r="K79"/>
+      <c s="23" r="M79">
+        <v>4.740585</v>
+      </c>
+      <c s="12" t="str" r="N79"/>
+      <c s="22" r="P79">
+        <v>1</v>
+      </c>
+      <c s="22" r="R79">
+        <v>5</v>
+      </c>
+      <c s="23" r="T79">
+        <v>0.895172050502025</v>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C80">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D80"/>
+      <c s="8" t="str" r="E80"/>
+      <c s="9" t="str" r="F80"/>
+      <c s="10" t="inlineStr" r="H80">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J80">
         <v>6</v>
       </c>
-      <c r="M8" s="18"/>
-[...1 lines deleted...]
-      <c r="O8" s="42" t="s">
+      <c s="12" t="str" r="K80"/>
+      <c s="13" r="M80">
+        <v>2.666667</v>
+      </c>
+      <c s="12" t="str" r="N80"/>
+      <c s="11" r="P80">
+        <v>1</v>
+      </c>
+      <c s="11" r="R80">
+        <v>3</v>
+      </c>
+      <c s="13" r="T80">
+        <v>0.778499197173639</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A81"/>
+      <c s="25" t="str" r="C81"/>
+      <c s="16" t="str" r="F81"/>
+      <c s="10" t="inlineStr" r="H81">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J81">
+        <v>81</v>
+      </c>
+      <c s="12" t="str" r="K81"/>
+      <c s="13" r="M81">
+        <v>2.62963</v>
+      </c>
+      <c s="12" t="str" r="N81"/>
+      <c s="11" r="P81">
+        <v>1</v>
+      </c>
+      <c s="11" r="R81">
+        <v>3</v>
+      </c>
+      <c s="13" r="T81">
+        <v>0.676939435991138</v>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A82"/>
+      <c s="25" t="str" r="C82"/>
+      <c s="16" t="str" r="F82"/>
+      <c s="10" t="inlineStr" r="H82">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J82">
+        <v>24</v>
+      </c>
+      <c s="12" t="str" r="K82"/>
+      <c s="13" r="M82">
+        <v>2.833333</v>
+      </c>
+      <c s="12" t="str" r="N82"/>
+      <c s="11" r="P82">
+        <v>1</v>
+      </c>
+      <c s="11" r="R82">
+        <v>3</v>
+      </c>
+      <c s="13" r="T82">
+        <v>0.55862062260536</v>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="19" t="str" r="D83"/>
+      <c s="19" t="str" r="E83"/>
+      <c s="20" t="str" r="F83"/>
+      <c s="21" t="inlineStr" r="H83">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J83">
+        <v>111</v>
+      </c>
+      <c s="12" t="str" r="K83"/>
+      <c s="23" r="M83">
+        <v>2.675676</v>
+      </c>
+      <c s="12" t="str" r="N83"/>
+      <c s="22" r="P83">
+        <v>1</v>
+      </c>
+      <c s="22" r="R83">
+        <v>3</v>
+      </c>
+      <c s="23" r="T83">
+        <v>0.661304770888582</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C84">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D84"/>
+      <c s="8" t="str" r="E84"/>
+      <c s="9" t="str" r="F84"/>
+      <c s="10" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J84">
+        <v>22</v>
+      </c>
+      <c s="12" t="str" r="K84"/>
+      <c s="13" r="M84">
+        <v>2.636364</v>
+      </c>
+      <c s="12" t="str" r="N84"/>
+      <c s="11" r="P84">
+        <v>1</v>
+      </c>
+      <c s="11" r="R84">
+        <v>3</v>
+      </c>
+      <c s="13" r="T84">
+        <v>0.650256103393117</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="16" t="str" r="F85"/>
+      <c s="10" t="inlineStr" r="H85">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J85">
+        <v>62</v>
+      </c>
+      <c s="12" t="str" r="K85"/>
+      <c s="13" r="M85">
+        <v>2.483871</v>
+      </c>
+      <c s="12" t="str" r="N85"/>
+      <c s="11" r="P85">
+        <v>1</v>
+      </c>
+      <c s="11" r="R85">
+        <v>3</v>
+      </c>
+      <c s="13" r="T85">
+        <v>0.840865625412289</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A86"/>
+      <c s="25" t="str" r="C86"/>
+      <c s="16" t="str" r="F86"/>
+      <c s="10" t="inlineStr" r="H86">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J86">
+        <v>88</v>
+      </c>
+      <c s="12" t="str" r="K86"/>
+      <c s="13" r="M86">
+        <v>2.840909</v>
+      </c>
+      <c s="12" t="str" r="N86"/>
+      <c s="11" r="P86">
+        <v>1</v>
+      </c>
+      <c s="11" r="R86">
+        <v>3</v>
+      </c>
+      <c s="13" r="T86">
+        <v>0.498829630234612</v>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A87"/>
+      <c s="26" t="str" r="C87"/>
+      <c s="19" t="str" r="D87"/>
+      <c s="19" t="str" r="E87"/>
+      <c s="20" t="str" r="F87"/>
+      <c s="21" t="inlineStr" r="H87">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J87">
+        <v>172</v>
+      </c>
+      <c s="12" t="str" r="K87"/>
+      <c s="23" r="M87">
+        <v>2.686047</v>
+      </c>
+      <c s="12" t="str" r="N87"/>
+      <c s="22" r="P87">
+        <v>1</v>
+      </c>
+      <c s="22" r="R87">
+        <v>3</v>
+      </c>
+      <c s="23" r="T87">
+        <v>0.678905737197735</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D88"/>
+      <c s="8" t="str" r="E88"/>
+      <c s="9" t="str" r="F88"/>
+      <c s="10" t="inlineStr" r="H88">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J88">
+        <v>444</v>
+      </c>
+      <c s="12" t="str" r="K88"/>
+      <c s="13" r="M88">
+        <v>18.763514</v>
+      </c>
+      <c s="12" t="str" r="N88"/>
+      <c s="11" r="P88">
+        <v>1</v>
+      </c>
+      <c s="11" r="R88">
+        <v>20</v>
+      </c>
+      <c s="13" r="T88">
+        <v>3.85421159253095</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="16" t="str" r="F89"/>
+      <c s="10" t="inlineStr" r="H89">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J89">
+        <v>190</v>
+      </c>
+      <c s="12" t="str" r="K89"/>
+      <c s="13" r="M89">
+        <v>14.115789</v>
+      </c>
+      <c s="12" t="str" r="N89"/>
+      <c s="11" r="P89">
+        <v>1</v>
+      </c>
+      <c s="11" r="R89">
+        <v>20</v>
+      </c>
+      <c s="13" r="T89">
+        <v>7.61662280804295</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="16" t="str" r="F90"/>
+      <c s="10" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J90">
+        <v>475</v>
+      </c>
+      <c s="12" t="str" r="K90"/>
+      <c s="13" r="M90">
+        <v>19.094737</v>
+      </c>
+      <c s="12" t="str" r="N90"/>
+      <c s="11" r="P90">
+        <v>1</v>
+      </c>
+      <c s="11" r="R90">
+        <v>20</v>
+      </c>
+      <c s="13" r="T90">
+        <v>3.49159361896541</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A91"/>
+      <c s="26" t="str" r="C91"/>
+      <c s="19" t="str" r="D91"/>
+      <c s="19" t="str" r="E91"/>
+      <c s="20" t="str" r="F91"/>
+      <c s="21" t="inlineStr" r="H91">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J91">
+        <v>1109</v>
+      </c>
+      <c s="12" t="str" r="K91"/>
+      <c s="23" r="M91">
+        <v>18.109107</v>
+      </c>
+      <c s="12" t="str" r="N91"/>
+      <c s="22" r="P91">
+        <v>1</v>
+      </c>
+      <c s="22" r="R91">
+        <v>20</v>
+      </c>
+      <c s="23" r="T91">
+        <v>4.93967195267054</v>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D92"/>
+      <c s="8" t="str" r="E92"/>
+      <c s="9" t="str" r="F92"/>
+      <c s="10" t="inlineStr" r="H92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J92">
+        <v>22</v>
+      </c>
+      <c s="12" t="str" r="K92"/>
+      <c s="13" r="M92">
+        <v>16.272727</v>
+      </c>
+      <c s="12" t="str" r="N92"/>
+      <c s="11" r="P92">
+        <v>1</v>
+      </c>
+      <c s="11" r="R92">
+        <v>20</v>
+      </c>
+      <c s="13" r="T92">
+        <v>6.68341798782629</v>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A93"/>
+      <c s="25" t="str" r="C93"/>
+      <c s="16" t="str" r="F93"/>
+      <c s="10" t="inlineStr" r="H93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J93">
+        <v>90</v>
+      </c>
+      <c s="12" t="str" r="K93"/>
+      <c s="13" r="M93">
+        <v>17.5</v>
+      </c>
+      <c s="12" t="str" r="N93"/>
+      <c s="11" r="P93">
+        <v>1</v>
+      </c>
+      <c s="11" r="R93">
+        <v>20</v>
+      </c>
+      <c s="13" r="T93">
+        <v>5.37582003046977</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A94"/>
+      <c s="25" t="str" r="C94"/>
+      <c s="16" t="str" r="F94"/>
+      <c s="10" t="inlineStr" r="H94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J94">
+        <v>390</v>
+      </c>
+      <c s="12" t="str" r="K94"/>
+      <c s="13" r="M94">
+        <v>19.335897</v>
+      </c>
+      <c s="12" t="str" r="N94"/>
+      <c s="11" r="P94">
+        <v>1</v>
+      </c>
+      <c s="11" r="R94">
+        <v>20</v>
+      </c>
+      <c s="13" r="T94">
+        <v>3.17766486590389</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A95"/>
+      <c s="26" t="str" r="C95"/>
+      <c s="19" t="str" r="D95"/>
+      <c s="19" t="str" r="E95"/>
+      <c s="20" t="str" r="F95"/>
+      <c s="21" t="inlineStr" r="H95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J95">
+        <v>502</v>
+      </c>
+      <c s="12" t="str" r="K95"/>
+      <c s="23" r="M95">
+        <v>18.87251</v>
+      </c>
+      <c s="12" t="str" r="N95"/>
+      <c s="22" r="P95">
+        <v>1</v>
+      </c>
+      <c s="22" r="R95">
+        <v>20</v>
+      </c>
+      <c s="23" r="T95">
+        <v>3.96440815254938</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C96">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D96"/>
+      <c s="8" t="str" r="E96"/>
+      <c s="9" t="str" r="F96"/>
+      <c s="10" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J96">
+        <v>814</v>
+      </c>
+      <c s="12" t="str" r="K96"/>
+      <c s="13" r="M96">
+        <v>9.681818</v>
+      </c>
+      <c s="12" t="str" r="N96"/>
+      <c s="11" r="P96">
+        <v>1</v>
+      </c>
+      <c s="11" r="R96">
+        <v>10</v>
+      </c>
+      <c s="13" r="T96">
+        <v>1.46022498266534</v>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A97"/>
+      <c s="25" t="str" r="C97"/>
+      <c s="16" t="str" r="F97"/>
+      <c s="10" t="inlineStr" r="H97">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J97">
+        <v>1247</v>
+      </c>
+      <c s="12" t="str" r="K97"/>
+      <c s="13" r="M97">
+        <v>8.663994</v>
+      </c>
+      <c s="12" t="str" r="N97"/>
+      <c s="11" r="P97">
+        <v>1</v>
+      </c>
+      <c s="11" r="R97">
+        <v>10</v>
+      </c>
+      <c s="13" r="T97">
+        <v>2.82987526226864</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A98"/>
+      <c s="25" t="str" r="C98"/>
+      <c s="16" t="str" r="F98"/>
+      <c s="10" t="inlineStr" r="H98">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J98">
+        <v>1800</v>
+      </c>
+      <c s="12" t="str" r="K98"/>
+      <c s="13" r="M98">
+        <v>9.699444</v>
+      </c>
+      <c s="12" t="str" r="N98"/>
+      <c s="11" r="P98">
+        <v>1</v>
+      </c>
+      <c s="11" r="R98">
+        <v>10</v>
+      </c>
+      <c s="13" r="T98">
+        <v>1.45247960398761</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A99"/>
+      <c s="26" t="str" r="C99"/>
+      <c s="19" t="str" r="D99"/>
+      <c s="19" t="str" r="E99"/>
+      <c s="20" t="str" r="F99"/>
+      <c s="21" t="inlineStr" r="H99">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J99">
+        <v>3861</v>
+      </c>
+      <c s="12" t="str" r="K99"/>
+      <c s="23" r="M99">
+        <v>9.361305</v>
+      </c>
+      <c s="12" t="str" r="N99"/>
+      <c s="22" r="P99">
+        <v>1</v>
+      </c>
+      <c s="22" r="R99">
+        <v>10</v>
+      </c>
+      <c s="23" r="T99">
+        <v>2.06166922662196</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A100">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C100">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D100"/>
+      <c s="8" t="str" r="E100"/>
+      <c s="9" t="str" r="F100"/>
+      <c s="10" t="inlineStr" r="H100">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J100">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="K100"/>
+      <c s="13" r="M100">
+        <v>1.846154</v>
+      </c>
+      <c s="12" t="str" r="N100"/>
+      <c s="11" r="P100">
+        <v>1</v>
+      </c>
+      <c s="11" r="R100">
+        <v>3</v>
+      </c>
+      <c s="13" r="T100">
+        <v>0.96715303856215</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A101"/>
+      <c s="25" t="str" r="C101"/>
+      <c s="16" t="str" r="F101"/>
+      <c s="10" t="inlineStr" r="H101">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J101">
+        <v>81</v>
+      </c>
+      <c s="12" t="str" r="K101"/>
+      <c s="13" r="M101">
+        <v>2.45679</v>
+      </c>
+      <c s="12" t="str" r="N101"/>
+      <c s="11" r="P101">
+        <v>1</v>
+      </c>
+      <c s="11" r="R101">
+        <v>3</v>
+      </c>
+      <c s="13" r="T101">
+        <v>0.819776798891015</v>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A102"/>
+      <c s="25" t="str" r="C102"/>
+      <c s="16" t="str" r="F102"/>
+      <c s="10" t="inlineStr" r="H102">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J102">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="K102"/>
+      <c s="13" r="M102">
+        <v>2.462687</v>
+      </c>
+      <c s="12" t="str" r="N102"/>
+      <c s="11" r="P102">
+        <v>1</v>
+      </c>
+      <c s="11" r="R102">
+        <v>3</v>
+      </c>
+      <c s="13" r="T102">
+        <v>0.855382955172711</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A103"/>
+      <c s="26" t="str" r="C103"/>
+      <c s="19" t="str" r="D103"/>
+      <c s="19" t="str" r="E103"/>
+      <c s="20" t="str" r="F103"/>
+      <c s="21" t="inlineStr" r="H103">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J103">
+        <v>161</v>
+      </c>
+      <c s="12" t="str" r="K103"/>
+      <c s="23" r="M103">
+        <v>2.409938</v>
+      </c>
+      <c s="12" t="str" r="N103"/>
+      <c s="22" r="P103">
+        <v>1</v>
+      </c>
+      <c s="22" r="R103">
+        <v>3</v>
+      </c>
+      <c s="23" r="T103">
+        <v>0.860862939148852</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A104">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C104">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D104"/>
+      <c s="8" t="str" r="E104"/>
+      <c s="9" t="str" r="F104"/>
+      <c s="10" t="inlineStr" r="H104">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J104">
+        <v>33</v>
+      </c>
+      <c s="12" t="str" r="K104"/>
+      <c s="13" r="M104">
+        <v>3.939394</v>
+      </c>
+      <c s="12" t="str" r="N104"/>
+      <c s="11" r="P104">
+        <v>2</v>
+      </c>
+      <c s="11" r="R104">
+        <v>4</v>
+      </c>
+      <c s="13" r="T104">
+        <v>0.345466351472904</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A105"/>
+      <c s="25" t="str" r="C105"/>
+      <c s="16" t="str" r="F105"/>
+      <c s="10" t="inlineStr" r="H105">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J105">
+        <v>99</v>
+      </c>
+      <c s="12" t="str" r="K105"/>
+      <c s="13" r="M105">
+        <v>3.464646</v>
+      </c>
+      <c s="12" t="str" r="N105"/>
+      <c s="11" r="P105">
+        <v>1</v>
+      </c>
+      <c s="11" r="R105">
+        <v>4</v>
+      </c>
+      <c s="13" r="T105">
+        <v>1.02073062068305</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A106"/>
+      <c s="25" t="str" r="C106"/>
+      <c s="16" t="str" r="F106"/>
+      <c s="10" t="inlineStr" r="H106">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J106">
+        <v>177</v>
+      </c>
+      <c s="12" t="str" r="K106"/>
+      <c s="13" r="M106">
+        <v>3.949153</v>
+      </c>
+      <c s="12" t="str" r="N106"/>
+      <c s="11" r="P106">
+        <v>1</v>
+      </c>
+      <c s="11" r="R106">
+        <v>4</v>
+      </c>
+      <c s="13" r="T106">
+        <v>0.387791180920866</v>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A107"/>
+      <c s="26" t="str" r="C107"/>
+      <c s="19" t="str" r="D107"/>
+      <c s="19" t="str" r="E107"/>
+      <c s="20" t="str" r="F107"/>
+      <c s="21" t="inlineStr" r="H107">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J107">
+        <v>309</v>
+      </c>
+      <c s="12" t="str" r="K107"/>
+      <c s="23" r="M107">
+        <v>3.79288</v>
+      </c>
+      <c s="12" t="str" r="N107"/>
+      <c s="22" r="P107">
+        <v>1</v>
+      </c>
+      <c s="22" r="R107">
+        <v>4</v>
+      </c>
+      <c s="23" r="T107">
+        <v>0.6943723784829</v>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C108">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D108"/>
+      <c s="8" t="str" r="E108"/>
+      <c s="9" t="str" r="F108"/>
+      <c s="10" t="inlineStr" r="H108">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J108">
+        <v>328</v>
+      </c>
+      <c s="12" t="str" r="K108"/>
+      <c s="13" r="M108">
+        <v>5.841463</v>
+      </c>
+      <c s="12" t="str" r="N108"/>
+      <c s="11" r="P108">
+        <v>1</v>
+      </c>
+      <c s="11" r="R108">
+        <v>6</v>
+      </c>
+      <c s="13" r="T108">
+        <v>0.792630430907116</v>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A109"/>
+      <c s="15" t="str" r="C109"/>
+      <c s="16" t="str" r="F109"/>
+      <c s="10" t="inlineStr" r="H109">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J109">
+        <v>502</v>
+      </c>
+      <c s="12" t="str" r="K109"/>
+      <c s="13" r="M109">
+        <v>5.486056</v>
+      </c>
+      <c s="12" t="str" r="N109"/>
+      <c s="11" r="P109">
+        <v>1</v>
+      </c>
+      <c s="11" r="R109">
+        <v>6</v>
+      </c>
+      <c s="13" r="T109">
+        <v>1.35104737148629</v>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A110"/>
+      <c s="15" t="str" r="C110"/>
+      <c s="16" t="str" r="F110"/>
+      <c s="10" t="inlineStr" r="H110">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J110">
+        <v>1247</v>
+      </c>
+      <c s="12" t="str" r="K110"/>
+      <c s="13" r="M110">
+        <v>5.884523</v>
+      </c>
+      <c s="12" t="str" r="N110"/>
+      <c s="11" r="P110">
+        <v>1</v>
+      </c>
+      <c s="11" r="R110">
+        <v>6</v>
+      </c>
+      <c s="13" r="T110">
+        <v>0.680583573119422</v>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A111"/>
+      <c s="18" t="str" r="C111"/>
+      <c s="19" t="str" r="D111"/>
+      <c s="19" t="str" r="E111"/>
+      <c s="20" t="str" r="F111"/>
+      <c s="21" t="inlineStr" r="H111">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J111">
+        <v>2077</v>
+      </c>
+      <c s="12" t="str" r="K111"/>
+      <c s="23" r="M111">
+        <v>5.781416</v>
+      </c>
+      <c s="12" t="str" r="N111"/>
+      <c s="22" r="P111">
+        <v>1</v>
+      </c>
+      <c s="22" r="R111">
+        <v>6</v>
+      </c>
+      <c s="23" r="T111">
+        <v>0.91979399867579</v>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A112">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="C112">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (9 silver)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D112"/>
+      <c s="8" t="str" r="E112"/>
+      <c s="9" t="str" r="F112"/>
+      <c s="10" t="inlineStr" r="H112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J112">
+        <v>314</v>
+      </c>
+      <c s="12" t="str" r="K112"/>
+      <c s="13" r="M112">
+        <v>8.719745</v>
+      </c>
+      <c s="12" t="str" r="N112"/>
+      <c s="11" r="P112">
+        <v>1</v>
+      </c>
+      <c s="11" r="R112">
+        <v>9</v>
+      </c>
+      <c s="13" r="T112">
+        <v>1.26458016748643</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A113"/>
+      <c s="15" t="str" r="C113"/>
+      <c s="16" t="str" r="F113"/>
+      <c s="10" t="inlineStr" r="H113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J113">
+        <v>435</v>
+      </c>
+      <c s="12" t="str" r="K113"/>
+      <c s="13" r="M113">
+        <v>8.413793</v>
+      </c>
+      <c s="12" t="str" r="N113"/>
+      <c s="11" r="P113">
+        <v>1</v>
+      </c>
+      <c s="11" r="R113">
+        <v>9</v>
+      </c>
+      <c s="13" r="T113">
+        <v>1.76757460945783</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A114"/>
+      <c s="15" t="str" r="C114"/>
+      <c s="16" t="str" r="F114"/>
+      <c s="10" t="inlineStr" r="H114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J114">
+        <v>1207</v>
+      </c>
+      <c s="12" t="str" r="K114"/>
+      <c s="13" r="M114">
+        <v>8.870754</v>
+      </c>
+      <c s="12" t="str" r="N114"/>
+      <c s="11" r="P114">
+        <v>1</v>
+      </c>
+      <c s="11" r="R114">
+        <v>9</v>
+      </c>
+      <c s="13" r="T114">
+        <v>0.82834050969393</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A115"/>
+      <c s="18" t="str" r="C115"/>
+      <c s="19" t="str" r="D115"/>
+      <c s="19" t="str" r="E115"/>
+      <c s="20" t="str" r="F115"/>
+      <c s="21" t="inlineStr" r="H115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J115">
+        <v>1956</v>
+      </c>
+      <c s="12" t="str" r="K115"/>
+      <c s="23" r="M115">
+        <v>8.744888</v>
+      </c>
+      <c s="12" t="str" r="N115"/>
+      <c s="22" r="P115">
+        <v>1</v>
+      </c>
+      <c s="22" r="R115">
+        <v>9</v>
+      </c>
+      <c s="23" r="T115">
+        <v>1.18666802434379</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C116">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D116"/>
+      <c s="8" t="str" r="E116"/>
+      <c s="9" t="str" r="F116"/>
+      <c s="10" t="inlineStr" r="H116">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J116">
+        <v>910</v>
+      </c>
+      <c s="12" t="str" r="K116"/>
+      <c s="13" r="M116">
+        <v>13.325275</v>
+      </c>
+      <c s="12" t="str" r="N116"/>
+      <c s="11" r="P116">
+        <v>1</v>
+      </c>
+      <c s="11" r="R116">
+        <v>15</v>
+      </c>
+      <c s="13" r="T116">
+        <v>4.03689942901728</v>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A117"/>
+      <c s="25" t="str" r="C117"/>
+      <c s="16" t="str" r="F117"/>
+      <c s="10" t="inlineStr" r="H117">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J117">
+        <v>1964</v>
+      </c>
+      <c s="12" t="str" r="K117"/>
+      <c s="13" r="M117">
+        <v>13.135438</v>
+      </c>
+      <c s="12" t="str" r="N117"/>
+      <c s="11" r="P117">
+        <v>1</v>
+      </c>
+      <c s="11" r="R117">
+        <v>15</v>
+      </c>
+      <c s="13" r="T117">
+        <v>4.13386719670577</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A118"/>
+      <c s="25" t="str" r="C118"/>
+      <c s="16" t="str" r="F118"/>
+      <c s="10" t="inlineStr" r="H118">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J118">
+        <v>2810</v>
+      </c>
+      <c s="12" t="str" r="K118"/>
+      <c s="13" r="M118">
+        <v>13.366904</v>
+      </c>
+      <c s="12" t="str" r="N118"/>
+      <c s="11" r="P118">
+        <v>1</v>
+      </c>
+      <c s="11" r="R118">
+        <v>15</v>
+      </c>
+      <c s="13" r="T118">
+        <v>3.98442969570301</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="17" t="str" r="A119"/>
+      <c s="26" t="str" r="C119"/>
+      <c s="19" t="str" r="D119"/>
+      <c s="19" t="str" r="E119"/>
+      <c s="20" t="str" r="F119"/>
+      <c s="21" t="inlineStr" r="H119">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J119">
+        <v>5684</v>
+      </c>
+      <c s="12" t="str" r="K119"/>
+      <c s="23" r="M119">
+        <v>13.28026</v>
+      </c>
+      <c s="12" t="str" r="N119"/>
+      <c s="22" r="P119">
+        <v>1</v>
+      </c>
+      <c s="22" r="R119">
+        <v>15</v>
+      </c>
+      <c s="23" r="T119">
+        <v>4.04606500194943</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C120">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D120"/>
+      <c s="8" t="str" r="E120"/>
+      <c s="9" t="str" r="F120"/>
+      <c s="10" t="inlineStr" r="H120">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J120">
         <v>7</v>
       </c>
-      <c r="P8" s="18"/>
-[...49 lines deleted...]
-      <c r="H13" s="3" t="s">
+      <c s="12" t="str" r="K120"/>
+      <c s="13" r="M120">
+        <v>2.571429</v>
+      </c>
+      <c s="12" t="str" r="N120"/>
+      <c s="11" r="P120">
+        <v>1</v>
+      </c>
+      <c s="11" r="R120">
+        <v>3</v>
+      </c>
+      <c s="13" r="T120">
+        <v>0.755929229491756</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A121"/>
+      <c s="25" t="str" r="C121"/>
+      <c s="16" t="str" r="F121"/>
+      <c s="10" t="inlineStr" r="H121">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J121">
+        <v>81</v>
+      </c>
+      <c s="12" t="str" r="K121"/>
+      <c s="13" r="M121">
+        <v>2.45679</v>
+      </c>
+      <c s="12" t="str" r="N121"/>
+      <c s="11" r="P121">
+        <v>1</v>
+      </c>
+      <c s="11" r="R121">
+        <v>3</v>
+      </c>
+      <c s="13" r="T121">
+        <v>0.788888458528834</v>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A122"/>
+      <c s="25" t="str" r="C122"/>
+      <c s="16" t="str" r="F122"/>
+      <c s="10" t="inlineStr" r="H122">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J122">
+        <v>106</v>
+      </c>
+      <c s="12" t="str" r="K122"/>
+      <c s="13" r="M122">
+        <v>2.867925</v>
+      </c>
+      <c s="12" t="str" r="N122"/>
+      <c s="11" r="P122">
+        <v>1</v>
+      </c>
+      <c s="11" r="R122">
+        <v>3</v>
+      </c>
+      <c s="13" r="T122">
+        <v>0.391267172147115</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A123"/>
+      <c s="26" t="str" r="C123"/>
+      <c s="19" t="str" r="D123"/>
+      <c s="19" t="str" r="E123"/>
+      <c s="20" t="str" r="F123"/>
+      <c s="21" t="inlineStr" r="H123">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J123">
+        <v>194</v>
+      </c>
+      <c s="12" t="str" r="K123"/>
+      <c s="23" r="M123">
+        <v>2.685567</v>
+      </c>
+      <c s="12" t="str" r="N123"/>
+      <c s="22" r="P123">
+        <v>1</v>
+      </c>
+      <c s="22" r="R123">
+        <v>3</v>
+      </c>
+      <c s="23" r="T123">
+        <v>0.634167170389638</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A124">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C124">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D124"/>
+      <c s="8" t="str" r="E124"/>
+      <c s="9" t="str" r="F124"/>
+      <c s="10" t="inlineStr" r="H124">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J124">
+        <v>1275</v>
+      </c>
+      <c s="12" t="str" r="K124"/>
+      <c s="13" r="M124">
+        <v>10.231373</v>
+      </c>
+      <c s="12" t="str" r="N124"/>
+      <c s="11" r="P124">
+        <v>1</v>
+      </c>
+      <c s="11" r="R124">
         <v>12</v>
       </c>
-      <c r="J13" s="30">
-[...108 lines deleted...]
-      <c r="H17" s="3" t="s">
+      <c s="13" r="T124">
+        <v>3.25902132549022</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A125"/>
+      <c s="25" t="str" r="C125"/>
+      <c s="16" t="str" r="F125"/>
+      <c s="10" t="inlineStr" r="H125">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J125">
+        <v>1963</v>
+      </c>
+      <c s="12" t="str" r="K125"/>
+      <c s="13" r="M125">
+        <v>7.813551</v>
+      </c>
+      <c s="12" t="str" r="N125"/>
+      <c s="11" r="P125">
+        <v>1</v>
+      </c>
+      <c s="11" r="R125">
         <v>12</v>
       </c>
-      <c r="J17" s="30">
-[...108 lines deleted...]
-      <c r="H21" s="3" t="s">
+      <c s="13" r="T125">
+        <v>4.49292488252363</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A126"/>
+      <c s="25" t="str" r="C126"/>
+      <c s="16" t="str" r="F126"/>
+      <c s="10" t="inlineStr" r="H126">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J126">
+        <v>3695</v>
+      </c>
+      <c s="12" t="str" r="K126"/>
+      <c s="13" r="M126">
+        <v>9.717997</v>
+      </c>
+      <c s="12" t="str" r="N126"/>
+      <c s="11" r="P126">
+        <v>1</v>
+      </c>
+      <c s="11" r="R126">
         <v>12</v>
       </c>
-      <c r="J21" s="30">
-[...108 lines deleted...]
-      <c r="H25" s="3" t="s">
+      <c s="13" r="T126">
+        <v>3.62044665752722</v>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A127"/>
+      <c s="26" t="str" r="C127"/>
+      <c s="19" t="str" r="D127"/>
+      <c s="19" t="str" r="E127"/>
+      <c s="20" t="str" r="F127"/>
+      <c s="21" t="inlineStr" r="H127">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J127">
+        <v>6933</v>
+      </c>
+      <c s="12" t="str" r="K127"/>
+      <c s="23" r="M127">
+        <v>9.273186</v>
+      </c>
+      <c s="12" t="str" r="N127"/>
+      <c s="22" r="P127">
+        <v>1</v>
+      </c>
+      <c s="22" r="R127">
         <v>12</v>
       </c>
-      <c r="J25" s="30">
-[...1103 lines deleted...]
-      <c r="R64" s="4">
+      <c s="23" r="T127">
+        <v>3.94082783181402</v>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A128">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="C128">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="D128"/>
+      <c s="8" t="str" r="E128"/>
+      <c s="9" t="str" r="F128"/>
+      <c s="10" t="inlineStr" r="H128">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="11" r="J128">
+        <v>72</v>
+      </c>
+      <c s="12" t="str" r="K128"/>
+      <c s="13" r="M128">
+        <v>26.833333</v>
+      </c>
+      <c s="12" t="str" r="N128"/>
+      <c s="11" r="P128">
+        <v>1</v>
+      </c>
+      <c s="11" r="R128">
         <v>30</v>
       </c>
-      <c r="T64" s="5">
-[...23 lines deleted...]
-      <c r="R65" s="4">
+      <c s="13" r="T128">
+        <v>8.18492559526353</v>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="A129"/>
+      <c s="25" t="str" r="C129"/>
+      <c s="16" t="str" r="F129"/>
+      <c s="10" t="inlineStr" r="H129">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="11" r="J129">
+        <v>88</v>
+      </c>
+      <c s="12" t="str" r="K129"/>
+      <c s="13" r="M129">
+        <v>22.590909</v>
+      </c>
+      <c s="12" t="str" r="N129"/>
+      <c s="11" r="P129">
+        <v>1</v>
+      </c>
+      <c s="11" r="R129">
         <v>30</v>
       </c>
-      <c r="T65" s="5">
-[...23 lines deleted...]
-      <c r="R66" s="4">
+      <c s="13" r="T129">
+        <v>11.3153613729302</v>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="A130"/>
+      <c s="25" t="str" r="C130"/>
+      <c s="16" t="str" r="F130"/>
+      <c s="10" t="inlineStr" r="H130">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="11" r="J130">
+        <v>442</v>
+      </c>
+      <c s="12" t="str" r="K130"/>
+      <c s="13" r="M130">
+        <v>29.38009</v>
+      </c>
+      <c s="12" t="str" r="N130"/>
+      <c s="11" r="P130">
+        <v>1</v>
+      </c>
+      <c s="11" r="R130">
         <v>30</v>
       </c>
-      <c r="T66" s="5">
-[...23 lines deleted...]
-      <c r="R67" s="7">
+      <c s="13" r="T130">
+        <v>3.85646924012107</v>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="17" t="str" r="A131"/>
+      <c s="26" t="str" r="C131"/>
+      <c s="19" t="str" r="D131"/>
+      <c s="19" t="str" r="E131"/>
+      <c s="20" t="str" r="F131"/>
+      <c s="21" t="inlineStr" r="H131">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="22" r="J131">
+        <v>602</v>
+      </c>
+      <c s="12" t="str" r="K131"/>
+      <c s="23" r="M131">
+        <v>28.083056</v>
+      </c>
+      <c s="12" t="str" r="N131"/>
+      <c s="22" r="P131">
+        <v>1</v>
+      </c>
+      <c s="22" r="R131">
         <v>30</v>
       </c>
-      <c r="T67" s="8">
-[...1809 lines deleted...]
-    <row r="134" spans="1:20" ht="2.25" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="23" r="T131">
+        <v>6.58341795726202</v>
+      </c>
+    </row>
+    <row r="132" ht="2.15" customHeight="1"/>
+    <row r="133" ht="15.8" customHeight="1">
+      <c s="27" t="inlineStr" r="B133">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" ht="2.2" customHeight="1"/>
   </sheetData>
-  <mergeCells count="312">
+  <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:T5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="C12:F15"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="C16:F19"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="M16:N16"/>
@@ -11321,4080 +10728,990 @@
     <mergeCell ref="M117:N117"/>
     <mergeCell ref="J118:K118"/>
     <mergeCell ref="M118:N118"/>
     <mergeCell ref="J119:K119"/>
     <mergeCell ref="M119:N119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="C120:F123"/>
     <mergeCell ref="J120:K120"/>
     <mergeCell ref="M120:N120"/>
     <mergeCell ref="J121:K121"/>
     <mergeCell ref="M121:N121"/>
     <mergeCell ref="J122:K122"/>
     <mergeCell ref="M122:N122"/>
     <mergeCell ref="J123:K123"/>
     <mergeCell ref="M123:N123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="C124:F127"/>
     <mergeCell ref="J124:K124"/>
     <mergeCell ref="M124:N124"/>
     <mergeCell ref="J125:K125"/>
     <mergeCell ref="M125:N125"/>
     <mergeCell ref="J126:K126"/>
     <mergeCell ref="M126:N126"/>
     <mergeCell ref="J127:K127"/>
     <mergeCell ref="M127:N127"/>
-    <mergeCell ref="B133:J133"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="C128:F131"/>
     <mergeCell ref="J128:K128"/>
     <mergeCell ref="M128:N128"/>
     <mergeCell ref="J129:K129"/>
     <mergeCell ref="M129:N129"/>
     <mergeCell ref="J130:K130"/>
     <mergeCell ref="M130:N130"/>
     <mergeCell ref="J131:K131"/>
     <mergeCell ref="M131:N131"/>
+    <mergeCell ref="B133:J133"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId10"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:R142"/>
+<file path=xl/worksheets/sheet50.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="0.43359375"/>
+    <col min="2" max="2" customWidth="1" width="2.3125"/>
+    <col min="3" max="3" customWidth="1" width="0.421875"/>
+    <col min="4" max="4" customWidth="1" width="0.0234375"/>
+    <col min="5" max="5" customWidth="1" width="38.9140625"/>
+    <col min="6" max="6" customWidth="1" width="7.7734375"/>
+    <col min="7" max="7" customWidth="1" width="1.9140625"/>
+    <col min="8" max="8" customWidth="1" width="0.3515625"/>
+    <col min="9" max="9" customWidth="1" width="13.7109375"/>
+    <col min="10" max="10" customWidth="1" width="21.25390625"/>
+    <col min="11" max="11" customWidth="1" width="9.94140625"/>
+    <col min="12" max="12" customWidth="1" width="5.140625"/>
+    <col min="13" max="13" customWidth="1" width="0.87109375"/>
+    <col min="14" max="14" customWidth="1" width="12.58203125"/>
+    <col min="15" max="15" customWidth="1" width="1.62109375"/>
+    <col min="16" max="16" customWidth="1" width="15.08203125"/>
+    <col min="17" max="17" customWidth="1" width="9.04296875"/>
+    <col min="18" max="18" customWidth="1" width="6.03125"/>
+    <col min="19" max="19" customWidth="1" width="3.421875"/>
+    <col min="20" max="20" customWidth="1" width="78.171875"/>
+    <col min="21" max="21" customWidth="1" width="1.80078125"/>
+    <col min="22" max="22" customWidth="1" width="3.68359375"/>
+    <col min="23" max="23" customWidth="1" width="3.421875"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-[...2894 lines deleted...]
-    <row r="142" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="H4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="M4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="C8">
+        <is>
+          <t xml:space="preserve">Program Signals Distribution
+SPECIALTY</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="K8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="M8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="P8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">ERAS YEAR
+ERAS 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="4.65" customHeight="1"/>
+    <row r="12" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C12"/>
+      <c s="30" t="str" r="D12"/>
+      <c s="31" t="inlineStr" r="E12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold, 10 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B13"/>
+      <c s="34" t="str" r="C13"/>
+      <c s="34" t="str" r="D13"/>
+      <c s="34" t="str" r="E13"/>
+      <c s="34" t="str" r="F13"/>
+      <c s="34" t="str" r="G13"/>
+      <c s="34" t="str" r="H13"/>
+      <c s="34" t="str" r="I13"/>
+      <c s="34" t="str" r="J13"/>
+      <c s="34" t="str" r="K13"/>
+      <c s="34" t="str" r="L13"/>
+      <c s="34" t="str" r="M13"/>
+      <c s="30" t="str" r="N13"/>
+      <c s="33" t="str" r="O13"/>
+      <c s="34" t="str" r="P13"/>
+      <c s="34" t="str" r="Q13"/>
+      <c s="34" t="str" r="R13"/>
+      <c s="34" t="str" r="S13"/>
+      <c s="34" t="str" r="T13"/>
+      <c s="30" t="str" r="U13"/>
+    </row>
+    <row r="14" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C14"/>
+      <c s="34" t="str" r="D14"/>
+      <c s="34" t="str" r="E14"/>
+      <c s="34" t="str" r="F14"/>
+      <c s="34" t="str" r="G14"/>
+      <c s="34" t="str" r="H14"/>
+      <c s="34" t="str" r="I14"/>
+      <c s="34" t="str" r="J14"/>
+      <c s="34" t="str" r="K14"/>
+      <c s="34" t="str" r="L14"/>
+      <c s="34" t="str" r="M14"/>
+      <c s="30" t="str" r="N14"/>
+      <c s="35" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P14"/>
+      <c s="34" t="str" r="Q14"/>
+      <c s="34" t="str" r="R14"/>
+      <c s="34" t="str" r="S14"/>
+      <c s="34" t="str" r="T14"/>
+      <c s="30" t="str" r="U14"/>
+    </row>
+    <row r="15" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C15"/>
+      <c s="30" t="str" r="D15"/>
+      <c s="36" t="inlineStr" r="E15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F15"/>
+      <c s="36" t="inlineStr" r="G15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H15"/>
+      <c s="34" t="str" r="I15"/>
+      <c s="34" t="str" r="J15"/>
+      <c s="34" t="str" r="K15"/>
+      <c s="34" t="str" r="L15"/>
+      <c s="30" t="str" r="M15"/>
+      <c s="36" t="inlineStr" r="N15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P15"/>
+      <c s="30" t="str" r="Q15"/>
+      <c s="36" t="inlineStr" r="R15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S15"/>
+      <c s="34" t="str" r="T15"/>
+      <c s="30" t="str" r="U15"/>
+    </row>
+    <row r="16" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B16"/>
+      <c s="34" t="str" r="C16"/>
+      <c s="34" t="str" r="D16"/>
+      <c s="34" t="str" r="E16"/>
+      <c s="34" t="str" r="F16"/>
+      <c s="34" t="str" r="G16"/>
+      <c s="34" t="str" r="H16"/>
+      <c s="34" t="str" r="I16"/>
+      <c s="34" t="str" r="J16"/>
+      <c s="34" t="str" r="K16"/>
+      <c s="34" t="str" r="L16"/>
+      <c s="34" t="str" r="M16"/>
+      <c s="30" t="str" r="N16"/>
+      <c s="33" t="str" r="O16"/>
+      <c s="34" t="str" r="P16"/>
+      <c s="34" t="str" r="Q16"/>
+      <c s="34" t="str" r="R16"/>
+      <c s="34" t="str" r="S16"/>
+      <c s="34" t="str" r="T16"/>
+      <c s="30" t="str" r="U16"/>
+    </row>
+    <row r="17" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C17"/>
+      <c s="34" t="str" r="D17"/>
+      <c s="34" t="str" r="E17"/>
+      <c s="34" t="str" r="F17"/>
+      <c s="34" t="str" r="G17"/>
+      <c s="34" t="str" r="H17"/>
+      <c s="34" t="str" r="I17"/>
+      <c s="34" t="str" r="J17"/>
+      <c s="34" t="str" r="K17"/>
+      <c s="34" t="str" r="L17"/>
+      <c s="34" t="str" r="M17"/>
+      <c s="30" t="str" r="N17"/>
+      <c s="35" t="inlineStr" r="O17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=177)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P17"/>
+      <c s="34" t="str" r="Q17"/>
+      <c s="34" t="str" r="R17"/>
+      <c s="34" t="str" r="S17"/>
+      <c s="34" t="str" r="T17"/>
+      <c s="30" t="str" r="U17"/>
+    </row>
+    <row r="18" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C18"/>
+      <c s="30" t="str" r="D18"/>
+      <c s="31" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold, 25 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B19"/>
+      <c s="34" t="str" r="C19"/>
+      <c s="34" t="str" r="D19"/>
+      <c s="34" t="str" r="E19"/>
+      <c s="34" t="str" r="F19"/>
+      <c s="34" t="str" r="G19"/>
+      <c s="34" t="str" r="H19"/>
+      <c s="34" t="str" r="I19"/>
+      <c s="34" t="str" r="J19"/>
+      <c s="34" t="str" r="K19"/>
+      <c s="34" t="str" r="L19"/>
+      <c s="34" t="str" r="M19"/>
+      <c s="30" t="str" r="N19"/>
+      <c s="33" t="str" r="O19"/>
+      <c s="34" t="str" r="P19"/>
+      <c s="34" t="str" r="Q19"/>
+      <c s="34" t="str" r="R19"/>
+      <c s="34" t="str" r="S19"/>
+      <c s="34" t="str" r="T19"/>
+      <c s="30" t="str" r="U19"/>
+    </row>
+    <row r="20" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C20"/>
+      <c s="34" t="str" r="D20"/>
+      <c s="34" t="str" r="E20"/>
+      <c s="34" t="str" r="F20"/>
+      <c s="34" t="str" r="G20"/>
+      <c s="34" t="str" r="H20"/>
+      <c s="34" t="str" r="I20"/>
+      <c s="34" t="str" r="J20"/>
+      <c s="34" t="str" r="K20"/>
+      <c s="34" t="str" r="L20"/>
+      <c s="34" t="str" r="M20"/>
+      <c s="30" t="str" r="N20"/>
+      <c s="35" t="inlineStr" r="O20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P20"/>
+      <c s="34" t="str" r="Q20"/>
+      <c s="34" t="str" r="R20"/>
+      <c s="34" t="str" r="S20"/>
+      <c s="34" t="str" r="T20"/>
+      <c s="30" t="str" r="U20"/>
+    </row>
+    <row r="21" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C21"/>
+      <c s="30" t="str" r="D21"/>
+      <c s="36" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F21"/>
+      <c s="36" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H21"/>
+      <c s="34" t="str" r="I21"/>
+      <c s="34" t="str" r="J21"/>
+      <c s="34" t="str" r="K21"/>
+      <c s="34" t="str" r="L21"/>
+      <c s="30" t="str" r="M21"/>
+      <c s="36" t="inlineStr" r="N21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P21"/>
+      <c s="30" t="str" r="Q21"/>
+      <c s="36" t="inlineStr" r="R21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S21"/>
+      <c s="34" t="str" r="T21"/>
+      <c s="30" t="str" r="U21"/>
+    </row>
+    <row r="22" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B22"/>
+      <c s="34" t="str" r="C22"/>
+      <c s="34" t="str" r="D22"/>
+      <c s="34" t="str" r="E22"/>
+      <c s="34" t="str" r="F22"/>
+      <c s="34" t="str" r="G22"/>
+      <c s="34" t="str" r="H22"/>
+      <c s="34" t="str" r="I22"/>
+      <c s="34" t="str" r="J22"/>
+      <c s="34" t="str" r="K22"/>
+      <c s="34" t="str" r="L22"/>
+      <c s="34" t="str" r="M22"/>
+      <c s="30" t="str" r="N22"/>
+      <c s="33" t="str" r="O22"/>
+      <c s="34" t="str" r="P22"/>
+      <c s="34" t="str" r="Q22"/>
+      <c s="34" t="str" r="R22"/>
+      <c s="34" t="str" r="S22"/>
+      <c s="34" t="str" r="T22"/>
+      <c s="30" t="str" r="U22"/>
+    </row>
+    <row r="23" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C23"/>
+      <c s="34" t="str" r="D23"/>
+      <c s="34" t="str" r="E23"/>
+      <c s="34" t="str" r="F23"/>
+      <c s="34" t="str" r="G23"/>
+      <c s="34" t="str" r="H23"/>
+      <c s="34" t="str" r="I23"/>
+      <c s="34" t="str" r="J23"/>
+      <c s="34" t="str" r="K23"/>
+      <c s="34" t="str" r="L23"/>
+      <c s="34" t="str" r="M23"/>
+      <c s="30" t="str" r="N23"/>
+      <c s="35" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=141)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P23"/>
+      <c s="34" t="str" r="Q23"/>
+      <c s="34" t="str" r="R23"/>
+      <c s="34" t="str" r="S23"/>
+      <c s="34" t="str" r="T23"/>
+      <c s="30" t="str" r="U23"/>
+    </row>
+    <row r="24" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C24"/>
+      <c s="30" t="str" r="D24"/>
+      <c s="31" t="inlineStr" r="E24">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold, 12 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="25" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B25"/>
+      <c s="34" t="str" r="C25"/>
+      <c s="34" t="str" r="D25"/>
+      <c s="34" t="str" r="E25"/>
+      <c s="34" t="str" r="F25"/>
+      <c s="34" t="str" r="G25"/>
+      <c s="34" t="str" r="H25"/>
+      <c s="34" t="str" r="I25"/>
+      <c s="34" t="str" r="J25"/>
+      <c s="34" t="str" r="K25"/>
+      <c s="34" t="str" r="L25"/>
+      <c s="34" t="str" r="M25"/>
+      <c s="30" t="str" r="N25"/>
+      <c s="33" t="str" r="O25"/>
+      <c s="34" t="str" r="P25"/>
+      <c s="34" t="str" r="Q25"/>
+      <c s="34" t="str" r="R25"/>
+      <c s="34" t="str" r="S25"/>
+      <c s="34" t="str" r="T25"/>
+      <c s="30" t="str" r="U25"/>
+    </row>
+    <row r="26" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=674)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C26"/>
+      <c s="34" t="str" r="D26"/>
+      <c s="34" t="str" r="E26"/>
+      <c s="34" t="str" r="F26"/>
+      <c s="34" t="str" r="G26"/>
+      <c s="34" t="str" r="H26"/>
+      <c s="34" t="str" r="I26"/>
+      <c s="34" t="str" r="J26"/>
+      <c s="34" t="str" r="K26"/>
+      <c s="34" t="str" r="L26"/>
+      <c s="34" t="str" r="M26"/>
+      <c s="30" t="str" r="N26"/>
+      <c s="35" t="inlineStr" r="O26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=674)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P26"/>
+      <c s="34" t="str" r="Q26"/>
+      <c s="34" t="str" r="R26"/>
+      <c s="34" t="str" r="S26"/>
+      <c s="34" t="str" r="T26"/>
+      <c s="30" t="str" r="U26"/>
+    </row>
+    <row r="27" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C27"/>
+      <c s="30" t="str" r="D27"/>
+      <c s="36" t="inlineStr" r="E27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F27"/>
+      <c s="36" t="inlineStr" r="G27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H27"/>
+      <c s="34" t="str" r="I27"/>
+      <c s="34" t="str" r="J27"/>
+      <c s="34" t="str" r="K27"/>
+      <c s="34" t="str" r="L27"/>
+      <c s="30" t="str" r="M27"/>
+      <c s="36" t="inlineStr" r="N27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P27"/>
+      <c s="30" t="str" r="Q27"/>
+      <c s="36" t="inlineStr" r="R27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S27"/>
+      <c s="34" t="str" r="T27"/>
+      <c s="30" t="str" r="U27"/>
+    </row>
+    <row r="28" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B28"/>
+      <c s="34" t="str" r="C28"/>
+      <c s="34" t="str" r="D28"/>
+      <c s="34" t="str" r="E28"/>
+      <c s="34" t="str" r="F28"/>
+      <c s="34" t="str" r="G28"/>
+      <c s="34" t="str" r="H28"/>
+      <c s="34" t="str" r="I28"/>
+      <c s="34" t="str" r="J28"/>
+      <c s="34" t="str" r="K28"/>
+      <c s="34" t="str" r="L28"/>
+      <c s="34" t="str" r="M28"/>
+      <c s="30" t="str" r="N28"/>
+      <c s="33" t="str" r="O28"/>
+      <c s="34" t="str" r="P28"/>
+      <c s="34" t="str" r="Q28"/>
+      <c s="34" t="str" r="R28"/>
+      <c s="34" t="str" r="S28"/>
+      <c s="34" t="str" r="T28"/>
+      <c s="30" t="str" r="U28"/>
+    </row>
+    <row r="29" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=674)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C29"/>
+      <c s="34" t="str" r="D29"/>
+      <c s="34" t="str" r="E29"/>
+      <c s="34" t="str" r="F29"/>
+      <c s="34" t="str" r="G29"/>
+      <c s="34" t="str" r="H29"/>
+      <c s="34" t="str" r="I29"/>
+      <c s="34" t="str" r="J29"/>
+      <c s="34" t="str" r="K29"/>
+      <c s="34" t="str" r="L29"/>
+      <c s="34" t="str" r="M29"/>
+      <c s="30" t="str" r="N29"/>
+      <c s="35" t="inlineStr" r="O29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=674)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P29"/>
+      <c s="34" t="str" r="Q29"/>
+      <c s="34" t="str" r="R29"/>
+      <c s="34" t="str" r="S29"/>
+      <c s="34" t="str" r="T29"/>
+      <c s="30" t="str" r="U29"/>
+    </row>
+    <row r="30" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C30"/>
+      <c s="30" t="str" r="D30"/>
+      <c s="31" t="inlineStr" r="E30">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold, 9 silver)</t>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="O30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="31" t="inlineStr" r="R30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="190.8" customHeight="1">
+      <c s="32" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B31"/>
+      <c s="34" t="str" r="C31"/>
+      <c s="34" t="str" r="D31"/>
+      <c s="34" t="str" r="E31"/>
+      <c s="34" t="str" r="F31"/>
+      <c s="34" t="str" r="G31"/>
+      <c s="34" t="str" r="H31"/>
+      <c s="34" t="str" r="I31"/>
+      <c s="34" t="str" r="J31"/>
+      <c s="34" t="str" r="K31"/>
+      <c s="34" t="str" r="L31"/>
+      <c s="34" t="str" r="M31"/>
+      <c s="30" t="str" r="N31"/>
+      <c s="33" t="str" r="O31"/>
+      <c s="34" t="str" r="P31"/>
+      <c s="34" t="str" r="Q31"/>
+      <c s="34" t="str" r="R31"/>
+      <c s="34" t="str" r="S31"/>
+      <c s="34" t="str" r="T31"/>
+      <c s="30" t="str" r="U31"/>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=187)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C32"/>
+      <c s="34" t="str" r="D32"/>
+      <c s="34" t="str" r="E32"/>
+      <c s="34" t="str" r="F32"/>
+      <c s="34" t="str" r="G32"/>
+      <c s="34" t="str" r="H32"/>
+      <c s="34" t="str" r="I32"/>
+      <c s="34" t="str" r="J32"/>
+      <c s="34" t="str" r="K32"/>
+      <c s="34" t="str" r="L32"/>
+      <c s="34" t="str" r="M32"/>
+      <c s="30" t="str" r="N32"/>
+      <c s="35" t="inlineStr" r="O32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=187)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P32"/>
+      <c s="34" t="str" r="Q32"/>
+      <c s="34" t="str" r="R32"/>
+      <c s="34" t="str" r="S32"/>
+      <c s="34" t="str" r="T32"/>
+      <c s="30" t="str" r="U32"/>
+    </row>
+    <row r="33" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="C33"/>
+      <c s="30" t="str" r="D33"/>
+      <c s="36" t="inlineStr" r="E33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="F33"/>
+      <c s="36" t="inlineStr" r="G33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="H33"/>
+      <c s="34" t="str" r="I33"/>
+      <c s="34" t="str" r="J33"/>
+      <c s="34" t="str" r="K33"/>
+      <c s="34" t="str" r="L33"/>
+      <c s="30" t="str" r="M33"/>
+      <c s="36" t="inlineStr" r="N33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="O33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="P33"/>
+      <c s="30" t="str" r="Q33"/>
+      <c s="36" t="inlineStr" r="R33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="S33"/>
+      <c s="34" t="str" r="T33"/>
+      <c s="30" t="str" r="U33"/>
+    </row>
+    <row r="34" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B34"/>
+      <c s="34" t="str" r="C34"/>
+      <c s="34" t="str" r="D34"/>
+      <c s="34" t="str" r="E34"/>
+      <c s="34" t="str" r="F34"/>
+      <c s="34" t="str" r="G34"/>
+      <c s="34" t="str" r="H34"/>
+      <c s="34" t="str" r="I34"/>
+      <c s="34" t="str" r="J34"/>
+      <c s="34" t="str" r="K34"/>
+      <c s="34" t="str" r="L34"/>
+      <c s="34" t="str" r="M34"/>
+      <c s="30" t="str" r="N34"/>
+      <c s="33" t="str" r="O34"/>
+      <c s="34" t="str" r="P34"/>
+      <c s="34" t="str" r="Q34"/>
+      <c s="34" t="str" r="R34"/>
+      <c s="34" t="str" r="S34"/>
+      <c s="34" t="str" r="T34"/>
+      <c s="30" t="str" r="U34"/>
+    </row>
+    <row r="35" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=187)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C35"/>
+      <c s="34" t="str" r="D35"/>
+      <c s="34" t="str" r="E35"/>
+      <c s="34" t="str" r="F35"/>
+      <c s="34" t="str" r="G35"/>
+      <c s="34" t="str" r="H35"/>
+      <c s="34" t="str" r="I35"/>
+      <c s="34" t="str" r="J35"/>
+      <c s="34" t="str" r="K35"/>
+      <c s="34" t="str" r="L35"/>
+      <c s="34" t="str" r="M35"/>
+      <c s="30" t="str" r="N35"/>
+      <c s="35" t="inlineStr" r="O35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=187)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="P35"/>
+      <c s="34" t="str" r="Q35"/>
+      <c s="34" t="str" r="R35"/>
+      <c s="34" t="str" r="S35"/>
+      <c s="34" t="str" r="T35"/>
+      <c s="30" t="str" r="U35"/>
+    </row>
+    <row r="36" ht="18" customHeight="1"/>
   </sheetData>
-  <mergeCells count="226">
-[...1080 lines deleted...]
-  <mergeCells count="76">
+  <mergeCells>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="D3:E4"/>
     <mergeCell ref="H4:K5"/>
     <mergeCell ref="M4:R5"/>
     <mergeCell ref="C8:H8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:O8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:N12"/>
     <mergeCell ref="O12:Q12"/>
     <mergeCell ref="R12:U12"/>
     <mergeCell ref="B13:N13"/>
     <mergeCell ref="O13:U13"/>
     <mergeCell ref="B14:N14"/>
     <mergeCell ref="O14:U14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="G15:M15"/>
     <mergeCell ref="O15:Q15"/>
     <mergeCell ref="R15:U15"/>
     <mergeCell ref="B16:N16"/>
     <mergeCell ref="O16:U16"/>
     <mergeCell ref="B17:N17"/>
     <mergeCell ref="O17:U17"/>
@@ -15414,1412 +11731,5060 @@
     <mergeCell ref="B22:N22"/>
     <mergeCell ref="O22:U22"/>
     <mergeCell ref="B23:N23"/>
     <mergeCell ref="O23:U23"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="E24:N24"/>
     <mergeCell ref="O24:Q24"/>
     <mergeCell ref="R24:U24"/>
     <mergeCell ref="B25:N25"/>
     <mergeCell ref="O25:U25"/>
     <mergeCell ref="B26:N26"/>
     <mergeCell ref="O26:U26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="G27:M27"/>
     <mergeCell ref="O27:Q27"/>
     <mergeCell ref="R27:U27"/>
     <mergeCell ref="B28:N28"/>
     <mergeCell ref="O28:U28"/>
     <mergeCell ref="B29:N29"/>
     <mergeCell ref="O29:U29"/>
     <mergeCell ref="B30:D30"/>
     <mergeCell ref="E30:N30"/>
     <mergeCell ref="O30:Q30"/>
     <mergeCell ref="R30:U30"/>
-    <mergeCell ref="B34:N34"/>
-[...2 lines deleted...]
-    <mergeCell ref="O35:U35"/>
     <mergeCell ref="B31:N31"/>
     <mergeCell ref="O31:U31"/>
     <mergeCell ref="B32:N32"/>
     <mergeCell ref="O32:U32"/>
     <mergeCell ref="B33:D33"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="G33:M33"/>
     <mergeCell ref="O33:Q33"/>
     <mergeCell ref="R33:U33"/>
+    <mergeCell ref="B34:N34"/>
+    <mergeCell ref="O34:U34"/>
+    <mergeCell ref="B35:N35"/>
+    <mergeCell ref="O35:U35"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId58"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:U45"/>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="22" max="22" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.421875"/>
+    <col min="3" max="3" customWidth="1" width="0.08203125"/>
+    <col min="4" max="4" customWidth="1" width="38.8515625"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.54296875"/>
+    <col min="8" max="8" customWidth="1" width="13.18359375"/>
+    <col min="9" max="9" customWidth="1" width="21.25390625"/>
+    <col min="10" max="10" customWidth="1" width="9.94140625"/>
+    <col min="11" max="11" customWidth="1" width="5.140625"/>
+    <col min="12" max="12" customWidth="1" width="5.390625"/>
+    <col min="13" max="13" customWidth="1" width="9.69140625"/>
+    <col min="14" max="14" customWidth="1" width="15.08203125"/>
+    <col min="15" max="15" customWidth="1" width="15.03125"/>
+    <col min="16" max="16" customWidth="1" width="0.05078125"/>
+    <col min="17" max="17" customWidth="1" width="3.421875"/>
+    <col min="18" max="18" customWidth="1" width="78.171875"/>
+    <col min="19" max="19" customWidth="1" width="8.9140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-[...66 lines deleted...]
-      <c r="B8" s="41" t="s">
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="L4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">Program Signals Distribution
+SPECIALTY</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="N8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">ERAS YEAR
+ERAS 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="2.85" customHeight="1"/>
+    <row r="12" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C12"/>
+      <c s="31" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B13"/>
+      <c s="34" t="str" r="C13"/>
+      <c s="34" t="str" r="D13"/>
+      <c s="34" t="str" r="E13"/>
+      <c s="34" t="str" r="F13"/>
+      <c s="34" t="str" r="G13"/>
+      <c s="34" t="str" r="H13"/>
+      <c s="34" t="str" r="I13"/>
+      <c s="34" t="str" r="J13"/>
+      <c s="34" t="str" r="K13"/>
+      <c s="34" t="str" r="L13"/>
+      <c s="34" t="str" r="M13"/>
+      <c s="34" t="str" r="N13"/>
+      <c s="30" t="str" r="O13"/>
+    </row>
+    <row r="14" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B14">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=81)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C14"/>
+      <c s="34" t="str" r="D14"/>
+      <c s="34" t="str" r="E14"/>
+      <c s="34" t="str" r="F14"/>
+      <c s="34" t="str" r="G14"/>
+      <c s="34" t="str" r="H14"/>
+      <c s="34" t="str" r="I14"/>
+      <c s="34" t="str" r="J14"/>
+      <c s="34" t="str" r="K14"/>
+      <c s="34" t="str" r="L14"/>
+      <c s="34" t="str" r="M14"/>
+      <c s="34" t="str" r="N14"/>
+      <c s="30" t="str" r="O14"/>
+    </row>
+    <row r="15" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C15"/>
+      <c s="36" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E15"/>
+      <c s="34" t="str" r="F15"/>
+      <c s="30" t="str" r="G15"/>
+      <c s="36" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I15"/>
+      <c s="34" t="str" r="J15"/>
+      <c s="34" t="str" r="K15"/>
+      <c s="30" t="str" r="L15"/>
+      <c s="36" t="inlineStr" r="M15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N15"/>
+      <c s="30" t="str" r="O15"/>
+    </row>
+    <row r="16" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B16"/>
+      <c s="34" t="str" r="C16"/>
+      <c s="34" t="str" r="D16"/>
+      <c s="34" t="str" r="E16"/>
+      <c s="34" t="str" r="F16"/>
+      <c s="34" t="str" r="G16"/>
+      <c s="34" t="str" r="H16"/>
+      <c s="34" t="str" r="I16"/>
+      <c s="34" t="str" r="J16"/>
+      <c s="34" t="str" r="K16"/>
+      <c s="34" t="str" r="L16"/>
+      <c s="34" t="str" r="M16"/>
+      <c s="34" t="str" r="N16"/>
+      <c s="30" t="str" r="O16"/>
+    </row>
+    <row r="17" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=81)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C17"/>
+      <c s="34" t="str" r="D17"/>
+      <c s="34" t="str" r="E17"/>
+      <c s="34" t="str" r="F17"/>
+      <c s="34" t="str" r="G17"/>
+      <c s="34" t="str" r="H17"/>
+      <c s="34" t="str" r="I17"/>
+      <c s="34" t="str" r="J17"/>
+      <c s="34" t="str" r="K17"/>
+      <c s="34" t="str" r="L17"/>
+      <c s="34" t="str" r="M17"/>
+      <c s="34" t="str" r="N17"/>
+      <c s="30" t="str" r="O17"/>
+    </row>
+    <row r="18" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C18"/>
+      <c s="31" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B19"/>
+      <c s="34" t="str" r="C19"/>
+      <c s="34" t="str" r="D19"/>
+      <c s="34" t="str" r="E19"/>
+      <c s="34" t="str" r="F19"/>
+      <c s="34" t="str" r="G19"/>
+      <c s="34" t="str" r="H19"/>
+      <c s="34" t="str" r="I19"/>
+      <c s="34" t="str" r="J19"/>
+      <c s="34" t="str" r="K19"/>
+      <c s="34" t="str" r="L19"/>
+      <c s="34" t="str" r="M19"/>
+      <c s="34" t="str" r="N19"/>
+      <c s="30" t="str" r="O19"/>
+    </row>
+    <row r="20" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B20">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=775)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C20"/>
+      <c s="34" t="str" r="D20"/>
+      <c s="34" t="str" r="E20"/>
+      <c s="34" t="str" r="F20"/>
+      <c s="34" t="str" r="G20"/>
+      <c s="34" t="str" r="H20"/>
+      <c s="34" t="str" r="I20"/>
+      <c s="34" t="str" r="J20"/>
+      <c s="34" t="str" r="K20"/>
+      <c s="34" t="str" r="L20"/>
+      <c s="34" t="str" r="M20"/>
+      <c s="34" t="str" r="N20"/>
+      <c s="30" t="str" r="O20"/>
+    </row>
+    <row r="21" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C21"/>
+      <c s="36" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E21"/>
+      <c s="34" t="str" r="F21"/>
+      <c s="30" t="str" r="G21"/>
+      <c s="36" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I21"/>
+      <c s="34" t="str" r="J21"/>
+      <c s="34" t="str" r="K21"/>
+      <c s="30" t="str" r="L21"/>
+      <c s="36" t="inlineStr" r="M21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N21"/>
+      <c s="30" t="str" r="O21"/>
+    </row>
+    <row r="22" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B22"/>
+      <c s="34" t="str" r="C22"/>
+      <c s="34" t="str" r="D22"/>
+      <c s="34" t="str" r="E22"/>
+      <c s="34" t="str" r="F22"/>
+      <c s="34" t="str" r="G22"/>
+      <c s="34" t="str" r="H22"/>
+      <c s="34" t="str" r="I22"/>
+      <c s="34" t="str" r="J22"/>
+      <c s="34" t="str" r="K22"/>
+      <c s="34" t="str" r="L22"/>
+      <c s="34" t="str" r="M22"/>
+      <c s="34" t="str" r="N22"/>
+      <c s="30" t="str" r="O22"/>
+    </row>
+    <row r="23" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B23">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=775)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C23"/>
+      <c s="34" t="str" r="D23"/>
+      <c s="34" t="str" r="E23"/>
+      <c s="34" t="str" r="F23"/>
+      <c s="34" t="str" r="G23"/>
+      <c s="34" t="str" r="H23"/>
+      <c s="34" t="str" r="I23"/>
+      <c s="34" t="str" r="J23"/>
+      <c s="34" t="str" r="K23"/>
+      <c s="34" t="str" r="L23"/>
+      <c s="34" t="str" r="M23"/>
+      <c s="34" t="str" r="N23"/>
+      <c s="30" t="str" r="O23"/>
+    </row>
+    <row r="24" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C24"/>
+      <c s="31" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B25"/>
+      <c s="34" t="str" r="C25"/>
+      <c s="34" t="str" r="D25"/>
+      <c s="34" t="str" r="E25"/>
+      <c s="34" t="str" r="F25"/>
+      <c s="34" t="str" r="G25"/>
+      <c s="34" t="str" r="H25"/>
+      <c s="34" t="str" r="I25"/>
+      <c s="34" t="str" r="J25"/>
+      <c s="34" t="str" r="K25"/>
+      <c s="34" t="str" r="L25"/>
+      <c s="34" t="str" r="M25"/>
+      <c s="34" t="str" r="N25"/>
+      <c s="30" t="str" r="O25"/>
+    </row>
+    <row r="26" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B26">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=13)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C26"/>
+      <c s="34" t="str" r="D26"/>
+      <c s="34" t="str" r="E26"/>
+      <c s="34" t="str" r="F26"/>
+      <c s="34" t="str" r="G26"/>
+      <c s="34" t="str" r="H26"/>
+      <c s="34" t="str" r="I26"/>
+      <c s="34" t="str" r="J26"/>
+      <c s="34" t="str" r="K26"/>
+      <c s="34" t="str" r="L26"/>
+      <c s="34" t="str" r="M26"/>
+      <c s="34" t="str" r="N26"/>
+      <c s="30" t="str" r="O26"/>
+    </row>
+    <row r="27" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C27"/>
+      <c s="36" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E27"/>
+      <c s="34" t="str" r="F27"/>
+      <c s="30" t="str" r="G27"/>
+      <c s="36" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I27"/>
+      <c s="34" t="str" r="J27"/>
+      <c s="34" t="str" r="K27"/>
+      <c s="30" t="str" r="L27"/>
+      <c s="36" t="inlineStr" r="M27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N27"/>
+      <c s="30" t="str" r="O27"/>
+    </row>
+    <row r="28" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B28"/>
+      <c s="34" t="str" r="C28"/>
+      <c s="34" t="str" r="D28"/>
+      <c s="34" t="str" r="E28"/>
+      <c s="34" t="str" r="F28"/>
+      <c s="34" t="str" r="G28"/>
+      <c s="34" t="str" r="H28"/>
+      <c s="34" t="str" r="I28"/>
+      <c s="34" t="str" r="J28"/>
+      <c s="34" t="str" r="K28"/>
+      <c s="34" t="str" r="L28"/>
+      <c s="34" t="str" r="M28"/>
+      <c s="34" t="str" r="N28"/>
+      <c s="30" t="str" r="O28"/>
+    </row>
+    <row r="29" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B29">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=13)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C29"/>
+      <c s="34" t="str" r="D29"/>
+      <c s="34" t="str" r="E29"/>
+      <c s="34" t="str" r="F29"/>
+      <c s="34" t="str" r="G29"/>
+      <c s="34" t="str" r="H29"/>
+      <c s="34" t="str" r="I29"/>
+      <c s="34" t="str" r="J29"/>
+      <c s="34" t="str" r="K29"/>
+      <c s="34" t="str" r="L29"/>
+      <c s="34" t="str" r="M29"/>
+      <c s="34" t="str" r="N29"/>
+      <c s="30" t="str" r="O29"/>
+    </row>
+    <row r="30" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C30"/>
+      <c s="31" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B31"/>
+      <c s="34" t="str" r="C31"/>
+      <c s="34" t="str" r="D31"/>
+      <c s="34" t="str" r="E31"/>
+      <c s="34" t="str" r="F31"/>
+      <c s="34" t="str" r="G31"/>
+      <c s="34" t="str" r="H31"/>
+      <c s="34" t="str" r="I31"/>
+      <c s="34" t="str" r="J31"/>
+      <c s="34" t="str" r="K31"/>
+      <c s="34" t="str" r="L31"/>
+      <c s="34" t="str" r="M31"/>
+      <c s="34" t="str" r="N31"/>
+      <c s="30" t="str" r="O31"/>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=100)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C32"/>
+      <c s="34" t="str" r="D32"/>
+      <c s="34" t="str" r="E32"/>
+      <c s="34" t="str" r="F32"/>
+      <c s="34" t="str" r="G32"/>
+      <c s="34" t="str" r="H32"/>
+      <c s="34" t="str" r="I32"/>
+      <c s="34" t="str" r="J32"/>
+      <c s="34" t="str" r="K32"/>
+      <c s="34" t="str" r="L32"/>
+      <c s="34" t="str" r="M32"/>
+      <c s="34" t="str" r="N32"/>
+      <c s="30" t="str" r="O32"/>
+    </row>
+    <row r="33" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C33"/>
+      <c s="36" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E33"/>
+      <c s="34" t="str" r="F33"/>
+      <c s="30" t="str" r="G33"/>
+      <c s="36" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I33"/>
+      <c s="34" t="str" r="J33"/>
+      <c s="34" t="str" r="K33"/>
+      <c s="30" t="str" r="L33"/>
+      <c s="36" t="inlineStr" r="M33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N33"/>
+      <c s="30" t="str" r="O33"/>
+    </row>
+    <row r="34" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B34"/>
+      <c s="34" t="str" r="C34"/>
+      <c s="34" t="str" r="D34"/>
+      <c s="34" t="str" r="E34"/>
+      <c s="34" t="str" r="F34"/>
+      <c s="34" t="str" r="G34"/>
+      <c s="34" t="str" r="H34"/>
+      <c s="34" t="str" r="I34"/>
+      <c s="34" t="str" r="J34"/>
+      <c s="34" t="str" r="K34"/>
+      <c s="34" t="str" r="L34"/>
+      <c s="34" t="str" r="M34"/>
+      <c s="34" t="str" r="N34"/>
+      <c s="30" t="str" r="O34"/>
+    </row>
+    <row r="35" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B35">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=100)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C35"/>
+      <c s="34" t="str" r="D35"/>
+      <c s="34" t="str" r="E35"/>
+      <c s="34" t="str" r="F35"/>
+      <c s="34" t="str" r="G35"/>
+      <c s="34" t="str" r="H35"/>
+      <c s="34" t="str" r="I35"/>
+      <c s="34" t="str" r="J35"/>
+      <c s="34" t="str" r="K35"/>
+      <c s="34" t="str" r="L35"/>
+      <c s="34" t="str" r="M35"/>
+      <c s="34" t="str" r="N35"/>
+      <c s="30" t="str" r="O35"/>
+    </row>
+    <row r="36" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C36"/>
+      <c s="31" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="18" customHeight="0">
+      <c s="37" t="inlineStr" r="A37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="37" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">            *Neurodevelopmental Disabilities histogram is not shown due to &lt;10 programs participating.</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C37"/>
+      <c s="34" t="str" r="D37"/>
+      <c s="34" t="str" r="E37"/>
+      <c s="34" t="str" r="F37"/>
+      <c s="34" t="str" r="G37"/>
+      <c s="34" t="str" r="H37"/>
+      <c s="34" t="str" r="I37"/>
+      <c s="34" t="str" r="J37"/>
+      <c s="34" t="str" r="K37"/>
+      <c s="34" t="str" r="L37"/>
+      <c s="34" t="str" r="M37"/>
+      <c s="34" t="str" r="N37"/>
+      <c s="30" t="str" r="O37"/>
+    </row>
+    <row r="38" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C38"/>
+      <c s="36" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E38"/>
+      <c s="34" t="str" r="F38"/>
+      <c s="30" t="str" r="G38"/>
+      <c s="36" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I38"/>
+      <c s="34" t="str" r="J38"/>
+      <c s="34" t="str" r="K38"/>
+      <c s="30" t="str" r="L38"/>
+      <c s="36" t="inlineStr" r="M38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N38"/>
+      <c s="30" t="str" r="O38"/>
+    </row>
+    <row r="39" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C39"/>
+      <c s="31" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B40"/>
+      <c s="34" t="str" r="C40"/>
+      <c s="34" t="str" r="D40"/>
+      <c s="34" t="str" r="E40"/>
+      <c s="34" t="str" r="F40"/>
+      <c s="34" t="str" r="G40"/>
+      <c s="34" t="str" r="H40"/>
+      <c s="34" t="str" r="I40"/>
+      <c s="34" t="str" r="J40"/>
+      <c s="34" t="str" r="K40"/>
+      <c s="34" t="str" r="L40"/>
+      <c s="34" t="str" r="M40"/>
+      <c s="34" t="str" r="N40"/>
+      <c s="30" t="str" r="O40"/>
+    </row>
+    <row r="41" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B41">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=121)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C41"/>
+      <c s="34" t="str" r="D41"/>
+      <c s="34" t="str" r="E41"/>
+      <c s="34" t="str" r="F41"/>
+      <c s="34" t="str" r="G41"/>
+      <c s="34" t="str" r="H41"/>
+      <c s="34" t="str" r="I41"/>
+      <c s="34" t="str" r="J41"/>
+      <c s="34" t="str" r="K41"/>
+      <c s="34" t="str" r="L41"/>
+      <c s="34" t="str" r="M41"/>
+      <c s="34" t="str" r="N41"/>
+      <c s="30" t="str" r="O41"/>
+    </row>
+    <row r="42" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C42"/>
+      <c s="36" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E42"/>
+      <c s="34" t="str" r="F42"/>
+      <c s="30" t="str" r="G42"/>
+      <c s="36" t="inlineStr" r="H42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I42"/>
+      <c s="34" t="str" r="J42"/>
+      <c s="34" t="str" r="K42"/>
+      <c s="30" t="str" r="L42"/>
+      <c s="36" t="inlineStr" r="M42">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N42"/>
+      <c s="30" t="str" r="O42"/>
+    </row>
+    <row r="43" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A43">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B43"/>
+      <c s="34" t="str" r="C43"/>
+      <c s="34" t="str" r="D43"/>
+      <c s="34" t="str" r="E43"/>
+      <c s="34" t="str" r="F43"/>
+      <c s="34" t="str" r="G43"/>
+      <c s="34" t="str" r="H43"/>
+      <c s="34" t="str" r="I43"/>
+      <c s="34" t="str" r="J43"/>
+      <c s="34" t="str" r="K43"/>
+      <c s="34" t="str" r="L43"/>
+      <c s="34" t="str" r="M43"/>
+      <c s="34" t="str" r="N43"/>
+      <c s="30" t="str" r="O43"/>
+    </row>
+    <row r="44" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A44">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B44">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=121)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C44"/>
+      <c s="34" t="str" r="D44"/>
+      <c s="34" t="str" r="E44"/>
+      <c s="34" t="str" r="F44"/>
+      <c s="34" t="str" r="G44"/>
+      <c s="34" t="str" r="H44"/>
+      <c s="34" t="str" r="I44"/>
+      <c s="34" t="str" r="J44"/>
+      <c s="34" t="str" r="K44"/>
+      <c s="34" t="str" r="L44"/>
+      <c s="34" t="str" r="M44"/>
+      <c s="34" t="str" r="N44"/>
+      <c s="30" t="str" r="O44"/>
+    </row>
+    <row r="45" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B45">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C45"/>
+      <c s="31" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B46"/>
+      <c s="34" t="str" r="C46"/>
+      <c s="34" t="str" r="D46"/>
+      <c s="34" t="str" r="E46"/>
+      <c s="34" t="str" r="F46"/>
+      <c s="34" t="str" r="G46"/>
+      <c s="34" t="str" r="H46"/>
+      <c s="34" t="str" r="I46"/>
+      <c s="34" t="str" r="J46"/>
+      <c s="34" t="str" r="K46"/>
+      <c s="34" t="str" r="L46"/>
+      <c s="34" t="str" r="M46"/>
+      <c s="34" t="str" r="N46"/>
+      <c s="30" t="str" r="O46"/>
+    </row>
+    <row r="47" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A47">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=193)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C47"/>
+      <c s="34" t="str" r="D47"/>
+      <c s="34" t="str" r="E47"/>
+      <c s="34" t="str" r="F47"/>
+      <c s="34" t="str" r="G47"/>
+      <c s="34" t="str" r="H47"/>
+      <c s="34" t="str" r="I47"/>
+      <c s="34" t="str" r="J47"/>
+      <c s="34" t="str" r="K47"/>
+      <c s="34" t="str" r="L47"/>
+      <c s="34" t="str" r="M47"/>
+      <c s="34" t="str" r="N47"/>
+      <c s="30" t="str" r="O47"/>
+    </row>
+    <row r="48" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C48"/>
+      <c s="36" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E48"/>
+      <c s="34" t="str" r="F48"/>
+      <c s="30" t="str" r="G48"/>
+      <c s="36" t="inlineStr" r="H48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I48"/>
+      <c s="34" t="str" r="J48"/>
+      <c s="34" t="str" r="K48"/>
+      <c s="30" t="str" r="L48"/>
+      <c s="36" t="inlineStr" r="M48">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N48"/>
+      <c s="30" t="str" r="O48"/>
+    </row>
+    <row r="49" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A49">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B49"/>
+      <c s="34" t="str" r="C49"/>
+      <c s="34" t="str" r="D49"/>
+      <c s="34" t="str" r="E49"/>
+      <c s="34" t="str" r="F49"/>
+      <c s="34" t="str" r="G49"/>
+      <c s="34" t="str" r="H49"/>
+      <c s="34" t="str" r="I49"/>
+      <c s="34" t="str" r="J49"/>
+      <c s="34" t="str" r="K49"/>
+      <c s="34" t="str" r="L49"/>
+      <c s="34" t="str" r="M49"/>
+      <c s="34" t="str" r="N49"/>
+      <c s="30" t="str" r="O49"/>
+    </row>
+    <row r="50" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A50">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B50">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=193)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C50"/>
+      <c s="34" t="str" r="D50"/>
+      <c s="34" t="str" r="E50"/>
+      <c s="34" t="str" r="F50"/>
+      <c s="34" t="str" r="G50"/>
+      <c s="34" t="str" r="H50"/>
+      <c s="34" t="str" r="I50"/>
+      <c s="34" t="str" r="J50"/>
+      <c s="34" t="str" r="K50"/>
+      <c s="34" t="str" r="L50"/>
+      <c s="34" t="str" r="M50"/>
+      <c s="34" t="str" r="N50"/>
+      <c s="30" t="str" r="O50"/>
+    </row>
+    <row r="51" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C51"/>
+      <c s="31" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A52">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B52"/>
+      <c s="34" t="str" r="C52"/>
+      <c s="34" t="str" r="D52"/>
+      <c s="34" t="str" r="E52"/>
+      <c s="34" t="str" r="F52"/>
+      <c s="34" t="str" r="G52"/>
+      <c s="34" t="str" r="H52"/>
+      <c s="34" t="str" r="I52"/>
+      <c s="34" t="str" r="J52"/>
+      <c s="34" t="str" r="K52"/>
+      <c s="34" t="str" r="L52"/>
+      <c s="34" t="str" r="M52"/>
+      <c s="34" t="str" r="N52"/>
+      <c s="30" t="str" r="O52"/>
+    </row>
+    <row r="53" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A53">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B53">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=201)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C53"/>
+      <c s="34" t="str" r="D53"/>
+      <c s="34" t="str" r="E53"/>
+      <c s="34" t="str" r="F53"/>
+      <c s="34" t="str" r="G53"/>
+      <c s="34" t="str" r="H53"/>
+      <c s="34" t="str" r="I53"/>
+      <c s="34" t="str" r="J53"/>
+      <c s="34" t="str" r="K53"/>
+      <c s="34" t="str" r="L53"/>
+      <c s="34" t="str" r="M53"/>
+      <c s="34" t="str" r="N53"/>
+      <c s="30" t="str" r="O53"/>
+    </row>
+    <row r="54" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C54"/>
+      <c s="36" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E54"/>
+      <c s="34" t="str" r="F54"/>
+      <c s="30" t="str" r="G54"/>
+      <c s="36" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I54"/>
+      <c s="34" t="str" r="J54"/>
+      <c s="34" t="str" r="K54"/>
+      <c s="30" t="str" r="L54"/>
+      <c s="36" t="inlineStr" r="M54">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N54"/>
+      <c s="30" t="str" r="O54"/>
+    </row>
+    <row r="55" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A55">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B55"/>
+      <c s="34" t="str" r="C55"/>
+      <c s="34" t="str" r="D55"/>
+      <c s="34" t="str" r="E55"/>
+      <c s="34" t="str" r="F55"/>
+      <c s="34" t="str" r="G55"/>
+      <c s="34" t="str" r="H55"/>
+      <c s="34" t="str" r="I55"/>
+      <c s="34" t="str" r="J55"/>
+      <c s="34" t="str" r="K55"/>
+      <c s="34" t="str" r="L55"/>
+      <c s="34" t="str" r="M55"/>
+      <c s="34" t="str" r="N55"/>
+      <c s="30" t="str" r="O55"/>
+    </row>
+    <row r="56" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B56">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=201)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C56"/>
+      <c s="34" t="str" r="D56"/>
+      <c s="34" t="str" r="E56"/>
+      <c s="34" t="str" r="F56"/>
+      <c s="34" t="str" r="G56"/>
+      <c s="34" t="str" r="H56"/>
+      <c s="34" t="str" r="I56"/>
+      <c s="34" t="str" r="J56"/>
+      <c s="34" t="str" r="K56"/>
+      <c s="34" t="str" r="L56"/>
+      <c s="34" t="str" r="M56"/>
+      <c s="34" t="str" r="N56"/>
+      <c s="30" t="str" r="O56"/>
+    </row>
+    <row r="57" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C57"/>
+      <c s="31" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A58">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B58"/>
+      <c s="34" t="str" r="C58"/>
+      <c s="34" t="str" r="D58"/>
+      <c s="34" t="str" r="E58"/>
+      <c s="34" t="str" r="F58"/>
+      <c s="34" t="str" r="G58"/>
+      <c s="34" t="str" r="H58"/>
+      <c s="34" t="str" r="I58"/>
+      <c s="34" t="str" r="J58"/>
+      <c s="34" t="str" r="K58"/>
+      <c s="34" t="str" r="L58"/>
+      <c s="34" t="str" r="M58"/>
+      <c s="34" t="str" r="N58"/>
+      <c s="30" t="str" r="O58"/>
+    </row>
+    <row r="59" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A59">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B59">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=126)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C59"/>
+      <c s="34" t="str" r="D59"/>
+      <c s="34" t="str" r="E59"/>
+      <c s="34" t="str" r="F59"/>
+      <c s="34" t="str" r="G59"/>
+      <c s="34" t="str" r="H59"/>
+      <c s="34" t="str" r="I59"/>
+      <c s="34" t="str" r="J59"/>
+      <c s="34" t="str" r="K59"/>
+      <c s="34" t="str" r="L59"/>
+      <c s="34" t="str" r="M59"/>
+      <c s="34" t="str" r="N59"/>
+      <c s="30" t="str" r="O59"/>
+    </row>
+    <row r="60" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C60"/>
+      <c s="36" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E60"/>
+      <c s="34" t="str" r="F60"/>
+      <c s="30" t="str" r="G60"/>
+      <c s="36" t="inlineStr" r="H60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I60"/>
+      <c s="34" t="str" r="J60"/>
+      <c s="34" t="str" r="K60"/>
+      <c s="30" t="str" r="L60"/>
+      <c s="36" t="inlineStr" r="M60">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N60"/>
+      <c s="30" t="str" r="O60"/>
+    </row>
+    <row r="61" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B61"/>
+      <c s="34" t="str" r="C61"/>
+      <c s="34" t="str" r="D61"/>
+      <c s="34" t="str" r="E61"/>
+      <c s="34" t="str" r="F61"/>
+      <c s="34" t="str" r="G61"/>
+      <c s="34" t="str" r="H61"/>
+      <c s="34" t="str" r="I61"/>
+      <c s="34" t="str" r="J61"/>
+      <c s="34" t="str" r="K61"/>
+      <c s="34" t="str" r="L61"/>
+      <c s="34" t="str" r="M61"/>
+      <c s="34" t="str" r="N61"/>
+      <c s="30" t="str" r="O61"/>
+    </row>
+    <row r="62" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A62">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=126)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C62"/>
+      <c s="34" t="str" r="D62"/>
+      <c s="34" t="str" r="E62"/>
+      <c s="34" t="str" r="F62"/>
+      <c s="34" t="str" r="G62"/>
+      <c s="34" t="str" r="H62"/>
+      <c s="34" t="str" r="I62"/>
+      <c s="34" t="str" r="J62"/>
+      <c s="34" t="str" r="K62"/>
+      <c s="34" t="str" r="L62"/>
+      <c s="34" t="str" r="M62"/>
+      <c s="34" t="str" r="N62"/>
+      <c s="30" t="str" r="O62"/>
+    </row>
+    <row r="63" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B63">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C63"/>
+      <c s="31" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A64">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B64"/>
+      <c s="34" t="str" r="C64"/>
+      <c s="34" t="str" r="D64"/>
+      <c s="34" t="str" r="E64"/>
+      <c s="34" t="str" r="F64"/>
+      <c s="34" t="str" r="G64"/>
+      <c s="34" t="str" r="H64"/>
+      <c s="34" t="str" r="I64"/>
+      <c s="34" t="str" r="J64"/>
+      <c s="34" t="str" r="K64"/>
+      <c s="34" t="str" r="L64"/>
+      <c s="34" t="str" r="M64"/>
+      <c s="34" t="str" r="N64"/>
+      <c s="30" t="str" r="O64"/>
+    </row>
+    <row r="65" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A65">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B65">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=136)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C65"/>
+      <c s="34" t="str" r="D65"/>
+      <c s="34" t="str" r="E65"/>
+      <c s="34" t="str" r="F65"/>
+      <c s="34" t="str" r="G65"/>
+      <c s="34" t="str" r="H65"/>
+      <c s="34" t="str" r="I65"/>
+      <c s="34" t="str" r="J65"/>
+      <c s="34" t="str" r="K65"/>
+      <c s="34" t="str" r="L65"/>
+      <c s="34" t="str" r="M65"/>
+      <c s="34" t="str" r="N65"/>
+      <c s="30" t="str" r="O65"/>
+    </row>
+    <row r="66" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C66"/>
+      <c s="36" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E66"/>
+      <c s="34" t="str" r="F66"/>
+      <c s="30" t="str" r="G66"/>
+      <c s="36" t="inlineStr" r="H66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I66"/>
+      <c s="34" t="str" r="J66"/>
+      <c s="34" t="str" r="K66"/>
+      <c s="30" t="str" r="L66"/>
+      <c s="36" t="inlineStr" r="M66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N66"/>
+      <c s="30" t="str" r="O66"/>
+    </row>
+    <row r="67" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A67">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B67"/>
+      <c s="34" t="str" r="C67"/>
+      <c s="34" t="str" r="D67"/>
+      <c s="34" t="str" r="E67"/>
+      <c s="34" t="str" r="F67"/>
+      <c s="34" t="str" r="G67"/>
+      <c s="34" t="str" r="H67"/>
+      <c s="34" t="str" r="I67"/>
+      <c s="34" t="str" r="J67"/>
+      <c s="34" t="str" r="K67"/>
+      <c s="34" t="str" r="L67"/>
+      <c s="34" t="str" r="M67"/>
+      <c s="34" t="str" r="N67"/>
+      <c s="30" t="str" r="O67"/>
+    </row>
+    <row r="68" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A68">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B68">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=136)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C68"/>
+      <c s="34" t="str" r="D68"/>
+      <c s="34" t="str" r="E68"/>
+      <c s="34" t="str" r="F68"/>
+      <c s="34" t="str" r="G68"/>
+      <c s="34" t="str" r="H68"/>
+      <c s="34" t="str" r="I68"/>
+      <c s="34" t="str" r="J68"/>
+      <c s="34" t="str" r="K68"/>
+      <c s="34" t="str" r="L68"/>
+      <c s="34" t="str" r="M68"/>
+      <c s="34" t="str" r="N68"/>
+      <c s="30" t="str" r="O68"/>
+    </row>
+    <row r="69" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B69">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C69"/>
+      <c s="31" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A70">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B70"/>
+      <c s="34" t="str" r="C70"/>
+      <c s="34" t="str" r="D70"/>
+      <c s="34" t="str" r="E70"/>
+      <c s="34" t="str" r="F70"/>
+      <c s="34" t="str" r="G70"/>
+      <c s="34" t="str" r="H70"/>
+      <c s="34" t="str" r="I70"/>
+      <c s="34" t="str" r="J70"/>
+      <c s="34" t="str" r="K70"/>
+      <c s="34" t="str" r="L70"/>
+      <c s="34" t="str" r="M70"/>
+      <c s="34" t="str" r="N70"/>
+      <c s="30" t="str" r="O70"/>
+    </row>
+    <row r="71" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B71">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=209)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C71"/>
+      <c s="34" t="str" r="D71"/>
+      <c s="34" t="str" r="E71"/>
+      <c s="34" t="str" r="F71"/>
+      <c s="34" t="str" r="G71"/>
+      <c s="34" t="str" r="H71"/>
+      <c s="34" t="str" r="I71"/>
+      <c s="34" t="str" r="J71"/>
+      <c s="34" t="str" r="K71"/>
+      <c s="34" t="str" r="L71"/>
+      <c s="34" t="str" r="M71"/>
+      <c s="34" t="str" r="N71"/>
+      <c s="30" t="str" r="O71"/>
+    </row>
+    <row r="72" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C72"/>
+      <c s="36" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E72"/>
+      <c s="34" t="str" r="F72"/>
+      <c s="30" t="str" r="G72"/>
+      <c s="36" t="inlineStr" r="H72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I72"/>
+      <c s="34" t="str" r="J72"/>
+      <c s="34" t="str" r="K72"/>
+      <c s="30" t="str" r="L72"/>
+      <c s="36" t="inlineStr" r="M72">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N72"/>
+      <c s="30" t="str" r="O72"/>
+    </row>
+    <row r="73" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A73">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B73"/>
+      <c s="34" t="str" r="C73"/>
+      <c s="34" t="str" r="D73"/>
+      <c s="34" t="str" r="E73"/>
+      <c s="34" t="str" r="F73"/>
+      <c s="34" t="str" r="G73"/>
+      <c s="34" t="str" r="H73"/>
+      <c s="34" t="str" r="I73"/>
+      <c s="34" t="str" r="J73"/>
+      <c s="34" t="str" r="K73"/>
+      <c s="34" t="str" r="L73"/>
+      <c s="34" t="str" r="M73"/>
+      <c s="34" t="str" r="N73"/>
+      <c s="30" t="str" r="O73"/>
+    </row>
+    <row r="74" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A74">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B74">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=209)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C74"/>
+      <c s="34" t="str" r="D74"/>
+      <c s="34" t="str" r="E74"/>
+      <c s="34" t="str" r="F74"/>
+      <c s="34" t="str" r="G74"/>
+      <c s="34" t="str" r="H74"/>
+      <c s="34" t="str" r="I74"/>
+      <c s="34" t="str" r="J74"/>
+      <c s="34" t="str" r="K74"/>
+      <c s="34" t="str" r="L74"/>
+      <c s="34" t="str" r="M74"/>
+      <c s="34" t="str" r="N74"/>
+      <c s="30" t="str" r="O74"/>
+    </row>
+    <row r="75" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B75">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C75"/>
+      <c s="31" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B76"/>
+      <c s="34" t="str" r="C76"/>
+      <c s="34" t="str" r="D76"/>
+      <c s="34" t="str" r="E76"/>
+      <c s="34" t="str" r="F76"/>
+      <c s="34" t="str" r="G76"/>
+      <c s="34" t="str" r="H76"/>
+      <c s="34" t="str" r="I76"/>
+      <c s="34" t="str" r="J76"/>
+      <c s="34" t="str" r="K76"/>
+      <c s="34" t="str" r="L76"/>
+      <c s="34" t="str" r="M76"/>
+      <c s="34" t="str" r="N76"/>
+      <c s="30" t="str" r="O76"/>
+    </row>
+    <row r="77" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A77">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=26)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C77"/>
+      <c s="34" t="str" r="D77"/>
+      <c s="34" t="str" r="E77"/>
+      <c s="34" t="str" r="F77"/>
+      <c s="34" t="str" r="G77"/>
+      <c s="34" t="str" r="H77"/>
+      <c s="34" t="str" r="I77"/>
+      <c s="34" t="str" r="J77"/>
+      <c s="34" t="str" r="K77"/>
+      <c s="34" t="str" r="L77"/>
+      <c s="34" t="str" r="M77"/>
+      <c s="34" t="str" r="N77"/>
+      <c s="30" t="str" r="O77"/>
+    </row>
+    <row r="78" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C78"/>
+      <c s="36" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E78"/>
+      <c s="34" t="str" r="F78"/>
+      <c s="30" t="str" r="G78"/>
+      <c s="36" t="inlineStr" r="H78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I78"/>
+      <c s="34" t="str" r="J78"/>
+      <c s="34" t="str" r="K78"/>
+      <c s="30" t="str" r="L78"/>
+      <c s="36" t="inlineStr" r="M78">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N78"/>
+      <c s="30" t="str" r="O78"/>
+    </row>
+    <row r="79" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A79">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B79"/>
+      <c s="34" t="str" r="C79"/>
+      <c s="34" t="str" r="D79"/>
+      <c s="34" t="str" r="E79"/>
+      <c s="34" t="str" r="F79"/>
+      <c s="34" t="str" r="G79"/>
+      <c s="34" t="str" r="H79"/>
+      <c s="34" t="str" r="I79"/>
+      <c s="34" t="str" r="J79"/>
+      <c s="34" t="str" r="K79"/>
+      <c s="34" t="str" r="L79"/>
+      <c s="34" t="str" r="M79"/>
+      <c s="34" t="str" r="N79"/>
+      <c s="30" t="str" r="O79"/>
+    </row>
+    <row r="80" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A80">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B80">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=26)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C80"/>
+      <c s="34" t="str" r="D80"/>
+      <c s="34" t="str" r="E80"/>
+      <c s="34" t="str" r="F80"/>
+      <c s="34" t="str" r="G80"/>
+      <c s="34" t="str" r="H80"/>
+      <c s="34" t="str" r="I80"/>
+      <c s="34" t="str" r="J80"/>
+      <c s="34" t="str" r="K80"/>
+      <c s="34" t="str" r="L80"/>
+      <c s="34" t="str" r="M80"/>
+      <c s="34" t="str" r="N80"/>
+      <c s="30" t="str" r="O80"/>
+    </row>
+    <row r="81" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C81"/>
+      <c s="31" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A82">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B82"/>
+      <c s="34" t="str" r="C82"/>
+      <c s="34" t="str" r="D82"/>
+      <c s="34" t="str" r="E82"/>
+      <c s="34" t="str" r="F82"/>
+      <c s="34" t="str" r="G82"/>
+      <c s="34" t="str" r="H82"/>
+      <c s="34" t="str" r="I82"/>
+      <c s="34" t="str" r="J82"/>
+      <c s="34" t="str" r="K82"/>
+      <c s="34" t="str" r="L82"/>
+      <c s="34" t="str" r="M82"/>
+      <c s="34" t="str" r="N82"/>
+      <c s="30" t="str" r="O82"/>
+    </row>
+    <row r="83" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A83">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B83">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=11)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C83"/>
+      <c s="34" t="str" r="D83"/>
+      <c s="34" t="str" r="E83"/>
+      <c s="34" t="str" r="F83"/>
+      <c s="34" t="str" r="G83"/>
+      <c s="34" t="str" r="H83"/>
+      <c s="34" t="str" r="I83"/>
+      <c s="34" t="str" r="J83"/>
+      <c s="34" t="str" r="K83"/>
+      <c s="34" t="str" r="L83"/>
+      <c s="34" t="str" r="M83"/>
+      <c s="34" t="str" r="N83"/>
+      <c s="30" t="str" r="O83"/>
+    </row>
+    <row r="84" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C84"/>
+      <c s="36" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E84"/>
+      <c s="34" t="str" r="F84"/>
+      <c s="30" t="str" r="G84"/>
+      <c s="36" t="inlineStr" r="H84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I84"/>
+      <c s="34" t="str" r="J84"/>
+      <c s="34" t="str" r="K84"/>
+      <c s="30" t="str" r="L84"/>
+      <c s="36" t="inlineStr" r="M84">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N84"/>
+      <c s="30" t="str" r="O84"/>
+    </row>
+    <row r="85" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A85">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B85"/>
+      <c s="34" t="str" r="C85"/>
+      <c s="34" t="str" r="D85"/>
+      <c s="34" t="str" r="E85"/>
+      <c s="34" t="str" r="F85"/>
+      <c s="34" t="str" r="G85"/>
+      <c s="34" t="str" r="H85"/>
+      <c s="34" t="str" r="I85"/>
+      <c s="34" t="str" r="J85"/>
+      <c s="34" t="str" r="K85"/>
+      <c s="34" t="str" r="L85"/>
+      <c s="34" t="str" r="M85"/>
+      <c s="34" t="str" r="N85"/>
+      <c s="30" t="str" r="O85"/>
+    </row>
+    <row r="86" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B86">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=11)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C86"/>
+      <c s="34" t="str" r="D86"/>
+      <c s="34" t="str" r="E86"/>
+      <c s="34" t="str" r="F86"/>
+      <c s="34" t="str" r="G86"/>
+      <c s="34" t="str" r="H86"/>
+      <c s="34" t="str" r="I86"/>
+      <c s="34" t="str" r="J86"/>
+      <c s="34" t="str" r="K86"/>
+      <c s="34" t="str" r="L86"/>
+      <c s="34" t="str" r="M86"/>
+      <c s="34" t="str" r="N86"/>
+      <c s="30" t="str" r="O86"/>
+    </row>
+    <row r="87" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A87">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C87"/>
+      <c s="31" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A88">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B88"/>
+      <c s="34" t="str" r="C88"/>
+      <c s="34" t="str" r="D88"/>
+      <c s="34" t="str" r="E88"/>
+      <c s="34" t="str" r="F88"/>
+      <c s="34" t="str" r="G88"/>
+      <c s="34" t="str" r="H88"/>
+      <c s="34" t="str" r="I88"/>
+      <c s="34" t="str" r="J88"/>
+      <c s="34" t="str" r="K88"/>
+      <c s="34" t="str" r="L88"/>
+      <c s="34" t="str" r="M88"/>
+      <c s="34" t="str" r="N88"/>
+      <c s="30" t="str" r="O88"/>
+    </row>
+    <row r="89" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A89">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B89">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=113)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C89"/>
+      <c s="34" t="str" r="D89"/>
+      <c s="34" t="str" r="E89"/>
+      <c s="34" t="str" r="F89"/>
+      <c s="34" t="str" r="G89"/>
+      <c s="34" t="str" r="H89"/>
+      <c s="34" t="str" r="I89"/>
+      <c s="34" t="str" r="J89"/>
+      <c s="34" t="str" r="K89"/>
+      <c s="34" t="str" r="L89"/>
+      <c s="34" t="str" r="M89"/>
+      <c s="34" t="str" r="N89"/>
+      <c s="30" t="str" r="O89"/>
+    </row>
+    <row r="90" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C90"/>
+      <c s="36" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E90"/>
+      <c s="34" t="str" r="F90"/>
+      <c s="30" t="str" r="G90"/>
+      <c s="36" t="inlineStr" r="H90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I90"/>
+      <c s="34" t="str" r="J90"/>
+      <c s="34" t="str" r="K90"/>
+      <c s="30" t="str" r="L90"/>
+      <c s="36" t="inlineStr" r="M90">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N90"/>
+      <c s="30" t="str" r="O90"/>
+    </row>
+    <row r="91" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B91"/>
+      <c s="34" t="str" r="C91"/>
+      <c s="34" t="str" r="D91"/>
+      <c s="34" t="str" r="E91"/>
+      <c s="34" t="str" r="F91"/>
+      <c s="34" t="str" r="G91"/>
+      <c s="34" t="str" r="H91"/>
+      <c s="34" t="str" r="I91"/>
+      <c s="34" t="str" r="J91"/>
+      <c s="34" t="str" r="K91"/>
+      <c s="34" t="str" r="L91"/>
+      <c s="34" t="str" r="M91"/>
+      <c s="34" t="str" r="N91"/>
+      <c s="30" t="str" r="O91"/>
+    </row>
+    <row r="92" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=113)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C92"/>
+      <c s="34" t="str" r="D92"/>
+      <c s="34" t="str" r="E92"/>
+      <c s="34" t="str" r="F92"/>
+      <c s="34" t="str" r="G92"/>
+      <c s="34" t="str" r="H92"/>
+      <c s="34" t="str" r="I92"/>
+      <c s="34" t="str" r="J92"/>
+      <c s="34" t="str" r="K92"/>
+      <c s="34" t="str" r="L92"/>
+      <c s="34" t="str" r="M92"/>
+      <c s="34" t="str" r="N92"/>
+      <c s="30" t="str" r="O92"/>
+    </row>
+    <row r="93" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A93">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B93">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C93"/>
+      <c s="31" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A94">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B94"/>
+      <c s="34" t="str" r="C94"/>
+      <c s="34" t="str" r="D94"/>
+      <c s="34" t="str" r="E94"/>
+      <c s="34" t="str" r="F94"/>
+      <c s="34" t="str" r="G94"/>
+      <c s="34" t="str" r="H94"/>
+      <c s="34" t="str" r="I94"/>
+      <c s="34" t="str" r="J94"/>
+      <c s="34" t="str" r="K94"/>
+      <c s="34" t="str" r="L94"/>
+      <c s="34" t="str" r="M94"/>
+      <c s="34" t="str" r="N94"/>
+      <c s="30" t="str" r="O94"/>
+    </row>
+    <row r="95" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A95">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B95">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=89)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C95"/>
+      <c s="34" t="str" r="D95"/>
+      <c s="34" t="str" r="E95"/>
+      <c s="34" t="str" r="F95"/>
+      <c s="34" t="str" r="G95"/>
+      <c s="34" t="str" r="H95"/>
+      <c s="34" t="str" r="I95"/>
+      <c s="34" t="str" r="J95"/>
+      <c s="34" t="str" r="K95"/>
+      <c s="34" t="str" r="L95"/>
+      <c s="34" t="str" r="M95"/>
+      <c s="34" t="str" r="N95"/>
+      <c s="30" t="str" r="O95"/>
+    </row>
+    <row r="96" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C96"/>
+      <c s="36" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E96"/>
+      <c s="34" t="str" r="F96"/>
+      <c s="30" t="str" r="G96"/>
+      <c s="36" t="inlineStr" r="H96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I96"/>
+      <c s="34" t="str" r="J96"/>
+      <c s="34" t="str" r="K96"/>
+      <c s="30" t="str" r="L96"/>
+      <c s="36" t="inlineStr" r="M96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N96"/>
+      <c s="30" t="str" r="O96"/>
+    </row>
+    <row r="97" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A97">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B97"/>
+      <c s="34" t="str" r="C97"/>
+      <c s="34" t="str" r="D97"/>
+      <c s="34" t="str" r="E97"/>
+      <c s="34" t="str" r="F97"/>
+      <c s="34" t="str" r="G97"/>
+      <c s="34" t="str" r="H97"/>
+      <c s="34" t="str" r="I97"/>
+      <c s="34" t="str" r="J97"/>
+      <c s="34" t="str" r="K97"/>
+      <c s="34" t="str" r="L97"/>
+      <c s="34" t="str" r="M97"/>
+      <c s="34" t="str" r="N97"/>
+      <c s="30" t="str" r="O97"/>
+    </row>
+    <row r="98" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A98">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B98">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=89)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C98"/>
+      <c s="34" t="str" r="D98"/>
+      <c s="34" t="str" r="E98"/>
+      <c s="34" t="str" r="F98"/>
+      <c s="34" t="str" r="G98"/>
+      <c s="34" t="str" r="H98"/>
+      <c s="34" t="str" r="I98"/>
+      <c s="34" t="str" r="J98"/>
+      <c s="34" t="str" r="K98"/>
+      <c s="34" t="str" r="L98"/>
+      <c s="34" t="str" r="M98"/>
+      <c s="34" t="str" r="N98"/>
+      <c s="30" t="str" r="O98"/>
+    </row>
+    <row r="99" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A99">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B99">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C99"/>
+      <c s="31" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A100">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B100"/>
+      <c s="34" t="str" r="C100"/>
+      <c s="34" t="str" r="D100"/>
+      <c s="34" t="str" r="E100"/>
+      <c s="34" t="str" r="F100"/>
+      <c s="34" t="str" r="G100"/>
+      <c s="34" t="str" r="H100"/>
+      <c s="34" t="str" r="I100"/>
+      <c s="34" t="str" r="J100"/>
+      <c s="34" t="str" r="K100"/>
+      <c s="34" t="str" r="L100"/>
+      <c s="34" t="str" r="M100"/>
+      <c s="34" t="str" r="N100"/>
+      <c s="30" t="str" r="O100"/>
+    </row>
+    <row r="101" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B101">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=335)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C101"/>
+      <c s="34" t="str" r="D101"/>
+      <c s="34" t="str" r="E101"/>
+      <c s="34" t="str" r="F101"/>
+      <c s="34" t="str" r="G101"/>
+      <c s="34" t="str" r="H101"/>
+      <c s="34" t="str" r="I101"/>
+      <c s="34" t="str" r="J101"/>
+      <c s="34" t="str" r="K101"/>
+      <c s="34" t="str" r="L101"/>
+      <c s="34" t="str" r="M101"/>
+      <c s="34" t="str" r="N101"/>
+      <c s="30" t="str" r="O101"/>
+    </row>
+    <row r="102" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C102"/>
+      <c s="36" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E102"/>
+      <c s="34" t="str" r="F102"/>
+      <c s="30" t="str" r="G102"/>
+      <c s="36" t="inlineStr" r="H102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I102"/>
+      <c s="34" t="str" r="J102"/>
+      <c s="34" t="str" r="K102"/>
+      <c s="30" t="str" r="L102"/>
+      <c s="36" t="inlineStr" r="M102">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N102"/>
+      <c s="30" t="str" r="O102"/>
+    </row>
+    <row r="103" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A103">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B103"/>
+      <c s="34" t="str" r="C103"/>
+      <c s="34" t="str" r="D103"/>
+      <c s="34" t="str" r="E103"/>
+      <c s="34" t="str" r="F103"/>
+      <c s="34" t="str" r="G103"/>
+      <c s="34" t="str" r="H103"/>
+      <c s="34" t="str" r="I103"/>
+      <c s="34" t="str" r="J103"/>
+      <c s="34" t="str" r="K103"/>
+      <c s="34" t="str" r="L103"/>
+      <c s="34" t="str" r="M103"/>
+      <c s="34" t="str" r="N103"/>
+      <c s="30" t="str" r="O103"/>
+    </row>
+    <row r="104" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A104">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B104">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=335)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C104"/>
+      <c s="34" t="str" r="D104"/>
+      <c s="34" t="str" r="E104"/>
+      <c s="34" t="str" r="F104"/>
+      <c s="34" t="str" r="G104"/>
+      <c s="34" t="str" r="H104"/>
+      <c s="34" t="str" r="I104"/>
+      <c s="34" t="str" r="J104"/>
+      <c s="34" t="str" r="K104"/>
+      <c s="34" t="str" r="L104"/>
+      <c s="34" t="str" r="M104"/>
+      <c s="34" t="str" r="N104"/>
+      <c s="30" t="str" r="O104"/>
+    </row>
+    <row r="105" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A105">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B105">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C105"/>
+      <c s="31" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B106"/>
+      <c s="34" t="str" r="C106"/>
+      <c s="34" t="str" r="D106"/>
+      <c s="34" t="str" r="E106"/>
+      <c s="34" t="str" r="F106"/>
+      <c s="34" t="str" r="G106"/>
+      <c s="34" t="str" r="H106"/>
+      <c s="34" t="str" r="I106"/>
+      <c s="34" t="str" r="J106"/>
+      <c s="34" t="str" r="K106"/>
+      <c s="34" t="str" r="L106"/>
+      <c s="34" t="str" r="M106"/>
+      <c s="34" t="str" r="N106"/>
+      <c s="30" t="str" r="O106"/>
+    </row>
+    <row r="107" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A107">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=27)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C107"/>
+      <c s="34" t="str" r="D107"/>
+      <c s="34" t="str" r="E107"/>
+      <c s="34" t="str" r="F107"/>
+      <c s="34" t="str" r="G107"/>
+      <c s="34" t="str" r="H107"/>
+      <c s="34" t="str" r="I107"/>
+      <c s="34" t="str" r="J107"/>
+      <c s="34" t="str" r="K107"/>
+      <c s="34" t="str" r="L107"/>
+      <c s="34" t="str" r="M107"/>
+      <c s="34" t="str" r="N107"/>
+      <c s="30" t="str" r="O107"/>
+    </row>
+    <row r="108" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C108"/>
+      <c s="36" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E108"/>
+      <c s="34" t="str" r="F108"/>
+      <c s="30" t="str" r="G108"/>
+      <c s="36" t="inlineStr" r="H108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I108"/>
+      <c s="34" t="str" r="J108"/>
+      <c s="34" t="str" r="K108"/>
+      <c s="30" t="str" r="L108"/>
+      <c s="36" t="inlineStr" r="M108">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N108"/>
+      <c s="30" t="str" r="O108"/>
+    </row>
+    <row r="109" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A109">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B109"/>
+      <c s="34" t="str" r="C109"/>
+      <c s="34" t="str" r="D109"/>
+      <c s="34" t="str" r="E109"/>
+      <c s="34" t="str" r="F109"/>
+      <c s="34" t="str" r="G109"/>
+      <c s="34" t="str" r="H109"/>
+      <c s="34" t="str" r="I109"/>
+      <c s="34" t="str" r="J109"/>
+      <c s="34" t="str" r="K109"/>
+      <c s="34" t="str" r="L109"/>
+      <c s="34" t="str" r="M109"/>
+      <c s="34" t="str" r="N109"/>
+      <c s="30" t="str" r="O109"/>
+    </row>
+    <row r="110" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A110">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B110">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=27)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C110"/>
+      <c s="34" t="str" r="D110"/>
+      <c s="34" t="str" r="E110"/>
+      <c s="34" t="str" r="F110"/>
+      <c s="34" t="str" r="G110"/>
+      <c s="34" t="str" r="H110"/>
+      <c s="34" t="str" r="I110"/>
+      <c s="34" t="str" r="J110"/>
+      <c s="34" t="str" r="K110"/>
+      <c s="34" t="str" r="L110"/>
+      <c s="34" t="str" r="M110"/>
+      <c s="34" t="str" r="N110"/>
+      <c s="30" t="str" r="O110"/>
+    </row>
+    <row r="111" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C111"/>
+      <c s="31" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A112">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B112"/>
+      <c s="34" t="str" r="C112"/>
+      <c s="34" t="str" r="D112"/>
+      <c s="34" t="str" r="E112"/>
+      <c s="34" t="str" r="F112"/>
+      <c s="34" t="str" r="G112"/>
+      <c s="34" t="str" r="H112"/>
+      <c s="34" t="str" r="I112"/>
+      <c s="34" t="str" r="J112"/>
+      <c s="34" t="str" r="K112"/>
+      <c s="34" t="str" r="L112"/>
+      <c s="34" t="str" r="M112"/>
+      <c s="34" t="str" r="N112"/>
+      <c s="30" t="str" r="O112"/>
+    </row>
+    <row r="113" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A113">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B113">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=80)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C113"/>
+      <c s="34" t="str" r="D113"/>
+      <c s="34" t="str" r="E113"/>
+      <c s="34" t="str" r="F113"/>
+      <c s="34" t="str" r="G113"/>
+      <c s="34" t="str" r="H113"/>
+      <c s="34" t="str" r="I113"/>
+      <c s="34" t="str" r="J113"/>
+      <c s="34" t="str" r="K113"/>
+      <c s="34" t="str" r="L113"/>
+      <c s="34" t="str" r="M113"/>
+      <c s="34" t="str" r="N113"/>
+      <c s="30" t="str" r="O113"/>
+    </row>
+    <row r="114" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C114"/>
+      <c s="36" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E114"/>
+      <c s="34" t="str" r="F114"/>
+      <c s="30" t="str" r="G114"/>
+      <c s="36" t="inlineStr" r="H114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I114"/>
+      <c s="34" t="str" r="J114"/>
+      <c s="34" t="str" r="K114"/>
+      <c s="30" t="str" r="L114"/>
+      <c s="36" t="inlineStr" r="M114">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N114"/>
+      <c s="30" t="str" r="O114"/>
+    </row>
+    <row r="115" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A115">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B115"/>
+      <c s="34" t="str" r="C115"/>
+      <c s="34" t="str" r="D115"/>
+      <c s="34" t="str" r="E115"/>
+      <c s="34" t="str" r="F115"/>
+      <c s="34" t="str" r="G115"/>
+      <c s="34" t="str" r="H115"/>
+      <c s="34" t="str" r="I115"/>
+      <c s="34" t="str" r="J115"/>
+      <c s="34" t="str" r="K115"/>
+      <c s="34" t="str" r="L115"/>
+      <c s="34" t="str" r="M115"/>
+      <c s="34" t="str" r="N115"/>
+      <c s="30" t="str" r="O115"/>
+    </row>
+    <row r="116" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B116">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=80)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C116"/>
+      <c s="34" t="str" r="D116"/>
+      <c s="34" t="str" r="E116"/>
+      <c s="34" t="str" r="F116"/>
+      <c s="34" t="str" r="G116"/>
+      <c s="34" t="str" r="H116"/>
+      <c s="34" t="str" r="I116"/>
+      <c s="34" t="str" r="J116"/>
+      <c s="34" t="str" r="K116"/>
+      <c s="34" t="str" r="L116"/>
+      <c s="34" t="str" r="M116"/>
+      <c s="34" t="str" r="N116"/>
+      <c s="30" t="str" r="O116"/>
+    </row>
+    <row r="117" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A117">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C117"/>
+      <c s="31" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A118">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B118"/>
+      <c s="34" t="str" r="C118"/>
+      <c s="34" t="str" r="D118"/>
+      <c s="34" t="str" r="E118"/>
+      <c s="34" t="str" r="F118"/>
+      <c s="34" t="str" r="G118"/>
+      <c s="34" t="str" r="H118"/>
+      <c s="34" t="str" r="I118"/>
+      <c s="34" t="str" r="J118"/>
+      <c s="34" t="str" r="K118"/>
+      <c s="34" t="str" r="L118"/>
+      <c s="34" t="str" r="M118"/>
+      <c s="34" t="str" r="N118"/>
+      <c s="30" t="str" r="O118"/>
+    </row>
+    <row r="119" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A119">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B119">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=348)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C119"/>
+      <c s="34" t="str" r="D119"/>
+      <c s="34" t="str" r="E119"/>
+      <c s="34" t="str" r="F119"/>
+      <c s="34" t="str" r="G119"/>
+      <c s="34" t="str" r="H119"/>
+      <c s="34" t="str" r="I119"/>
+      <c s="34" t="str" r="J119"/>
+      <c s="34" t="str" r="K119"/>
+      <c s="34" t="str" r="L119"/>
+      <c s="34" t="str" r="M119"/>
+      <c s="34" t="str" r="N119"/>
+      <c s="30" t="str" r="O119"/>
+    </row>
+    <row r="120" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C120"/>
+      <c s="36" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E120"/>
+      <c s="34" t="str" r="F120"/>
+      <c s="30" t="str" r="G120"/>
+      <c s="36" t="inlineStr" r="H120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I120"/>
+      <c s="34" t="str" r="J120"/>
+      <c s="34" t="str" r="K120"/>
+      <c s="30" t="str" r="L120"/>
+      <c s="36" t="inlineStr" r="M120">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N120"/>
+      <c s="30" t="str" r="O120"/>
+    </row>
+    <row r="121" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B121"/>
+      <c s="34" t="str" r="C121"/>
+      <c s="34" t="str" r="D121"/>
+      <c s="34" t="str" r="E121"/>
+      <c s="34" t="str" r="F121"/>
+      <c s="34" t="str" r="G121"/>
+      <c s="34" t="str" r="H121"/>
+      <c s="34" t="str" r="I121"/>
+      <c s="34" t="str" r="J121"/>
+      <c s="34" t="str" r="K121"/>
+      <c s="34" t="str" r="L121"/>
+      <c s="34" t="str" r="M121"/>
+      <c s="34" t="str" r="N121"/>
+      <c s="30" t="str" r="O121"/>
+    </row>
+    <row r="122" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A122">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=348)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C122"/>
+      <c s="34" t="str" r="D122"/>
+      <c s="34" t="str" r="E122"/>
+      <c s="34" t="str" r="F122"/>
+      <c s="34" t="str" r="G122"/>
+      <c s="34" t="str" r="H122"/>
+      <c s="34" t="str" r="I122"/>
+      <c s="34" t="str" r="J122"/>
+      <c s="34" t="str" r="K122"/>
+      <c s="34" t="str" r="L122"/>
+      <c s="34" t="str" r="M122"/>
+      <c s="34" t="str" r="N122"/>
+      <c s="30" t="str" r="O122"/>
+    </row>
+    <row r="123" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A123">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B123">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C123"/>
+      <c s="31" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A124">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B124"/>
+      <c s="34" t="str" r="C124"/>
+      <c s="34" t="str" r="D124"/>
+      <c s="34" t="str" r="E124"/>
+      <c s="34" t="str" r="F124"/>
+      <c s="34" t="str" r="G124"/>
+      <c s="34" t="str" r="H124"/>
+      <c s="34" t="str" r="I124"/>
+      <c s="34" t="str" r="J124"/>
+      <c s="34" t="str" r="K124"/>
+      <c s="34" t="str" r="L124"/>
+      <c s="34" t="str" r="M124"/>
+      <c s="34" t="str" r="N124"/>
+      <c s="30" t="str" r="O124"/>
+    </row>
+    <row r="125" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A125">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B125">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=33)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C125"/>
+      <c s="34" t="str" r="D125"/>
+      <c s="34" t="str" r="E125"/>
+      <c s="34" t="str" r="F125"/>
+      <c s="34" t="str" r="G125"/>
+      <c s="34" t="str" r="H125"/>
+      <c s="34" t="str" r="I125"/>
+      <c s="34" t="str" r="J125"/>
+      <c s="34" t="str" r="K125"/>
+      <c s="34" t="str" r="L125"/>
+      <c s="34" t="str" r="M125"/>
+      <c s="34" t="str" r="N125"/>
+      <c s="30" t="str" r="O125"/>
+    </row>
+    <row r="126" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C126"/>
+      <c s="36" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E126"/>
+      <c s="34" t="str" r="F126"/>
+      <c s="30" t="str" r="G126"/>
+      <c s="36" t="inlineStr" r="H126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I126"/>
+      <c s="34" t="str" r="J126"/>
+      <c s="34" t="str" r="K126"/>
+      <c s="30" t="str" r="L126"/>
+      <c s="36" t="inlineStr" r="M126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N126"/>
+      <c s="30" t="str" r="O126"/>
+    </row>
+    <row r="127" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A127">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B127"/>
+      <c s="34" t="str" r="C127"/>
+      <c s="34" t="str" r="D127"/>
+      <c s="34" t="str" r="E127"/>
+      <c s="34" t="str" r="F127"/>
+      <c s="34" t="str" r="G127"/>
+      <c s="34" t="str" r="H127"/>
+      <c s="34" t="str" r="I127"/>
+      <c s="34" t="str" r="J127"/>
+      <c s="34" t="str" r="K127"/>
+      <c s="34" t="str" r="L127"/>
+      <c s="34" t="str" r="M127"/>
+      <c s="34" t="str" r="N127"/>
+      <c s="30" t="str" r="O127"/>
+    </row>
+    <row r="128" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A128">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B128">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=33)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C128"/>
+      <c s="34" t="str" r="D128"/>
+      <c s="34" t="str" r="E128"/>
+      <c s="34" t="str" r="F128"/>
+      <c s="34" t="str" r="G128"/>
+      <c s="34" t="str" r="H128"/>
+      <c s="34" t="str" r="I128"/>
+      <c s="34" t="str" r="J128"/>
+      <c s="34" t="str" r="K128"/>
+      <c s="34" t="str" r="L128"/>
+      <c s="34" t="str" r="M128"/>
+      <c s="34" t="str" r="N128"/>
+      <c s="30" t="str" r="O128"/>
+    </row>
+    <row r="129" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A129">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B129">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C129"/>
+      <c s="31" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A130">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B130"/>
+      <c s="34" t="str" r="C130"/>
+      <c s="34" t="str" r="D130"/>
+      <c s="34" t="str" r="E130"/>
+      <c s="34" t="str" r="F130"/>
+      <c s="34" t="str" r="G130"/>
+      <c s="34" t="str" r="H130"/>
+      <c s="34" t="str" r="I130"/>
+      <c s="34" t="str" r="J130"/>
+      <c s="34" t="str" r="K130"/>
+      <c s="34" t="str" r="L130"/>
+      <c s="34" t="str" r="M130"/>
+      <c s="34" t="str" r="N130"/>
+      <c s="30" t="str" r="O130"/>
+    </row>
+    <row r="131" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B131">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=181)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C131"/>
+      <c s="34" t="str" r="D131"/>
+      <c s="34" t="str" r="E131"/>
+      <c s="34" t="str" r="F131"/>
+      <c s="34" t="str" r="G131"/>
+      <c s="34" t="str" r="H131"/>
+      <c s="34" t="str" r="I131"/>
+      <c s="34" t="str" r="J131"/>
+      <c s="34" t="str" r="K131"/>
+      <c s="34" t="str" r="L131"/>
+      <c s="34" t="str" r="M131"/>
+      <c s="34" t="str" r="N131"/>
+      <c s="30" t="str" r="O131"/>
+    </row>
+    <row r="132" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C132"/>
+      <c s="36" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E132"/>
+      <c s="34" t="str" r="F132"/>
+      <c s="30" t="str" r="G132"/>
+      <c s="36" t="inlineStr" r="H132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I132"/>
+      <c s="34" t="str" r="J132"/>
+      <c s="34" t="str" r="K132"/>
+      <c s="30" t="str" r="L132"/>
+      <c s="36" t="inlineStr" r="M132">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N132"/>
+      <c s="30" t="str" r="O132"/>
+    </row>
+    <row r="133" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A133">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B133"/>
+      <c s="34" t="str" r="C133"/>
+      <c s="34" t="str" r="D133"/>
+      <c s="34" t="str" r="E133"/>
+      <c s="34" t="str" r="F133"/>
+      <c s="34" t="str" r="G133"/>
+      <c s="34" t="str" r="H133"/>
+      <c s="34" t="str" r="I133"/>
+      <c s="34" t="str" r="J133"/>
+      <c s="34" t="str" r="K133"/>
+      <c s="34" t="str" r="L133"/>
+      <c s="34" t="str" r="M133"/>
+      <c s="34" t="str" r="N133"/>
+      <c s="30" t="str" r="O133"/>
+    </row>
+    <row r="134" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A134">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B134">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=181)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C134"/>
+      <c s="34" t="str" r="D134"/>
+      <c s="34" t="str" r="E134"/>
+      <c s="34" t="str" r="F134"/>
+      <c s="34" t="str" r="G134"/>
+      <c s="34" t="str" r="H134"/>
+      <c s="34" t="str" r="I134"/>
+      <c s="34" t="str" r="J134"/>
+      <c s="34" t="str" r="K134"/>
+      <c s="34" t="str" r="L134"/>
+      <c s="34" t="str" r="M134"/>
+      <c s="34" t="str" r="N134"/>
+      <c s="30" t="str" r="O134"/>
+    </row>
+    <row r="135" ht="18" customHeight="0">
+      <c s="29" t="inlineStr" r="A135">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="B135">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C135"/>
+      <c s="31" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" ht="165.6" customHeight="1">
+      <c s="32" t="inlineStr" r="A136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B136"/>
+      <c s="34" t="str" r="C136"/>
+      <c s="34" t="str" r="D136"/>
+      <c s="34" t="str" r="E136"/>
+      <c s="34" t="str" r="F136"/>
+      <c s="34" t="str" r="G136"/>
+      <c s="34" t="str" r="H136"/>
+      <c s="34" t="str" r="I136"/>
+      <c s="34" t="str" r="J136"/>
+      <c s="34" t="str" r="K136"/>
+      <c s="34" t="str" r="L136"/>
+      <c s="34" t="str" r="M136"/>
+      <c s="34" t="str" r="N136"/>
+      <c s="30" t="str" r="O136"/>
+    </row>
+    <row r="137" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A137">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=149)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C137"/>
+      <c s="34" t="str" r="D137"/>
+      <c s="34" t="str" r="E137"/>
+      <c s="34" t="str" r="F137"/>
+      <c s="34" t="str" r="G137"/>
+      <c s="34" t="str" r="H137"/>
+      <c s="34" t="str" r="I137"/>
+      <c s="34" t="str" r="J137"/>
+      <c s="34" t="str" r="K137"/>
+      <c s="34" t="str" r="L137"/>
+      <c s="34" t="str" r="M137"/>
+      <c s="34" t="str" r="N137"/>
+      <c s="30" t="str" r="O137"/>
+    </row>
+    <row r="138" ht="18" customHeight="0">
+      <c s="36" t="inlineStr" r="A138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="36" t="inlineStr" r="B138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="30" t="str" r="C138"/>
+      <c s="36" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="E138"/>
+      <c s="34" t="str" r="F138"/>
+      <c s="30" t="str" r="G138"/>
+      <c s="36" t="inlineStr" r="H138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="I138"/>
+      <c s="34" t="str" r="J138"/>
+      <c s="34" t="str" r="K138"/>
+      <c s="30" t="str" r="L138"/>
+      <c s="36" t="inlineStr" r="M138">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="34" t="str" r="N138"/>
+      <c s="30" t="str" r="O138"/>
+    </row>
+    <row r="139" ht="144" customHeight="1">
+      <c s="32" t="inlineStr" r="A139">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="33" t="str" r="B139"/>
+      <c s="34" t="str" r="C139"/>
+      <c s="34" t="str" r="D139"/>
+      <c s="34" t="str" r="E139"/>
+      <c s="34" t="str" r="F139"/>
+      <c s="34" t="str" r="G139"/>
+      <c s="34" t="str" r="H139"/>
+      <c s="34" t="str" r="I139"/>
+      <c s="34" t="str" r="J139"/>
+      <c s="34" t="str" r="K139"/>
+      <c s="34" t="str" r="L139"/>
+      <c s="34" t="str" r="M139"/>
+      <c s="34" t="str" r="N139"/>
+      <c s="30" t="str" r="O139"/>
+    </row>
+    <row r="140" ht="18" customHeight="0">
+      <c s="35" t="inlineStr" r="A140">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="35" t="inlineStr" r="B140">
+        <is>
+          <t xml:space="preserve">Individual Programs (N=149)</t>
+        </is>
+      </c>
+      <c s="34" t="str" r="C140"/>
+      <c s="34" t="str" r="D140"/>
+      <c s="34" t="str" r="E140"/>
+      <c s="34" t="str" r="F140"/>
+      <c s="34" t="str" r="G140"/>
+      <c s="34" t="str" r="H140"/>
+      <c s="34" t="str" r="I140"/>
+      <c s="34" t="str" r="J140"/>
+      <c s="34" t="str" r="K140"/>
+      <c s="34" t="str" r="L140"/>
+      <c s="34" t="str" r="M140"/>
+      <c s="34" t="str" r="N140"/>
+      <c s="30" t="str" r="O140"/>
+    </row>
+    <row r="141" ht="19.75" customHeight="1"/>
+    <row r="142" ht="0.05" customHeight="1"/>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="C3:D4"/>
+    <mergeCell ref="F4:J5"/>
+    <mergeCell ref="L4:P5"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="D12:O12"/>
+    <mergeCell ref="B13:O13"/>
+    <mergeCell ref="B14:O14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="D15:G15"/>
+    <mergeCell ref="H15:L15"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="B16:O16"/>
+    <mergeCell ref="B17:O17"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D18:O18"/>
+    <mergeCell ref="B19:O19"/>
+    <mergeCell ref="B20:O20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:G21"/>
+    <mergeCell ref="H21:L21"/>
+    <mergeCell ref="M21:O21"/>
+    <mergeCell ref="B22:O22"/>
+    <mergeCell ref="B23:O23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:O24"/>
+    <mergeCell ref="B25:O25"/>
+    <mergeCell ref="B26:O26"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="D27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:O27"/>
+    <mergeCell ref="B28:O28"/>
+    <mergeCell ref="B29:O29"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:O30"/>
+    <mergeCell ref="B31:O31"/>
+    <mergeCell ref="B32:O32"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:G33"/>
+    <mergeCell ref="H33:L33"/>
+    <mergeCell ref="M33:O33"/>
+    <mergeCell ref="B34:O34"/>
+    <mergeCell ref="B35:O35"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:O36"/>
+    <mergeCell ref="B37:O37"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:G38"/>
+    <mergeCell ref="H38:L38"/>
+    <mergeCell ref="M38:O38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:O39"/>
+    <mergeCell ref="B40:O40"/>
+    <mergeCell ref="B41:O41"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:G42"/>
+    <mergeCell ref="H42:L42"/>
+    <mergeCell ref="M42:O42"/>
+    <mergeCell ref="B43:O43"/>
+    <mergeCell ref="B44:O44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:O45"/>
+    <mergeCell ref="B46:O46"/>
+    <mergeCell ref="B47:O47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:G48"/>
+    <mergeCell ref="H48:L48"/>
+    <mergeCell ref="M48:O48"/>
+    <mergeCell ref="B49:O49"/>
+    <mergeCell ref="B50:O50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:O51"/>
+    <mergeCell ref="B52:O52"/>
+    <mergeCell ref="B53:O53"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="D54:G54"/>
+    <mergeCell ref="H54:L54"/>
+    <mergeCell ref="M54:O54"/>
+    <mergeCell ref="B55:O55"/>
+    <mergeCell ref="B56:O56"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:O57"/>
+    <mergeCell ref="B58:O58"/>
+    <mergeCell ref="B59:O59"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="D60:G60"/>
+    <mergeCell ref="H60:L60"/>
+    <mergeCell ref="M60:O60"/>
+    <mergeCell ref="B61:O61"/>
+    <mergeCell ref="B62:O62"/>
+    <mergeCell ref="B63:C63"/>
+    <mergeCell ref="D63:O63"/>
+    <mergeCell ref="B64:O64"/>
+    <mergeCell ref="B65:O65"/>
+    <mergeCell ref="B66:C66"/>
+    <mergeCell ref="D66:G66"/>
+    <mergeCell ref="H66:L66"/>
+    <mergeCell ref="M66:O66"/>
+    <mergeCell ref="B67:O67"/>
+    <mergeCell ref="B68:O68"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="D69:O69"/>
+    <mergeCell ref="B70:O70"/>
+    <mergeCell ref="B71:O71"/>
+    <mergeCell ref="B72:C72"/>
+    <mergeCell ref="D72:G72"/>
+    <mergeCell ref="H72:L72"/>
+    <mergeCell ref="M72:O72"/>
+    <mergeCell ref="B73:O73"/>
+    <mergeCell ref="B74:O74"/>
+    <mergeCell ref="B75:C75"/>
+    <mergeCell ref="D75:O75"/>
+    <mergeCell ref="B76:O76"/>
+    <mergeCell ref="B77:O77"/>
+    <mergeCell ref="B78:C78"/>
+    <mergeCell ref="D78:G78"/>
+    <mergeCell ref="H78:L78"/>
+    <mergeCell ref="M78:O78"/>
+    <mergeCell ref="B79:O79"/>
+    <mergeCell ref="B80:O80"/>
+    <mergeCell ref="B81:C81"/>
+    <mergeCell ref="D81:O81"/>
+    <mergeCell ref="B82:O82"/>
+    <mergeCell ref="B83:O83"/>
+    <mergeCell ref="B84:C84"/>
+    <mergeCell ref="D84:G84"/>
+    <mergeCell ref="H84:L84"/>
+    <mergeCell ref="M84:O84"/>
+    <mergeCell ref="B85:O85"/>
+    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="D87:O87"/>
+    <mergeCell ref="B88:O88"/>
+    <mergeCell ref="B89:O89"/>
+    <mergeCell ref="B90:C90"/>
+    <mergeCell ref="D90:G90"/>
+    <mergeCell ref="H90:L90"/>
+    <mergeCell ref="M90:O90"/>
+    <mergeCell ref="B91:O91"/>
+    <mergeCell ref="B92:O92"/>
+    <mergeCell ref="B93:C93"/>
+    <mergeCell ref="D93:O93"/>
+    <mergeCell ref="B94:O94"/>
+    <mergeCell ref="B95:O95"/>
+    <mergeCell ref="B96:C96"/>
+    <mergeCell ref="D96:G96"/>
+    <mergeCell ref="H96:L96"/>
+    <mergeCell ref="M96:O96"/>
+    <mergeCell ref="B97:O97"/>
+    <mergeCell ref="B98:O98"/>
+    <mergeCell ref="B99:C99"/>
+    <mergeCell ref="D99:O99"/>
+    <mergeCell ref="B100:O100"/>
+    <mergeCell ref="B101:O101"/>
+    <mergeCell ref="B102:C102"/>
+    <mergeCell ref="D102:G102"/>
+    <mergeCell ref="H102:L102"/>
+    <mergeCell ref="M102:O102"/>
+    <mergeCell ref="B103:O103"/>
+    <mergeCell ref="B104:O104"/>
+    <mergeCell ref="B105:C105"/>
+    <mergeCell ref="D105:O105"/>
+    <mergeCell ref="B106:O106"/>
+    <mergeCell ref="B107:O107"/>
+    <mergeCell ref="B108:C108"/>
+    <mergeCell ref="D108:G108"/>
+    <mergeCell ref="H108:L108"/>
+    <mergeCell ref="M108:O108"/>
+    <mergeCell ref="B109:O109"/>
+    <mergeCell ref="B110:O110"/>
+    <mergeCell ref="B111:C111"/>
+    <mergeCell ref="D111:O111"/>
+    <mergeCell ref="B112:O112"/>
+    <mergeCell ref="B113:O113"/>
+    <mergeCell ref="B114:C114"/>
+    <mergeCell ref="D114:G114"/>
+    <mergeCell ref="H114:L114"/>
+    <mergeCell ref="M114:O114"/>
+    <mergeCell ref="B115:O115"/>
+    <mergeCell ref="B116:O116"/>
+    <mergeCell ref="B117:C117"/>
+    <mergeCell ref="D117:O117"/>
+    <mergeCell ref="B118:O118"/>
+    <mergeCell ref="B119:O119"/>
+    <mergeCell ref="B120:C120"/>
+    <mergeCell ref="D120:G120"/>
+    <mergeCell ref="H120:L120"/>
+    <mergeCell ref="M120:O120"/>
+    <mergeCell ref="B121:O121"/>
+    <mergeCell ref="B122:O122"/>
+    <mergeCell ref="B123:C123"/>
+    <mergeCell ref="D123:O123"/>
+    <mergeCell ref="B124:O124"/>
+    <mergeCell ref="B125:O125"/>
+    <mergeCell ref="B126:C126"/>
+    <mergeCell ref="D126:G126"/>
+    <mergeCell ref="H126:L126"/>
+    <mergeCell ref="M126:O126"/>
+    <mergeCell ref="B127:O127"/>
+    <mergeCell ref="B128:O128"/>
+    <mergeCell ref="B129:C129"/>
+    <mergeCell ref="D129:O129"/>
+    <mergeCell ref="B130:O130"/>
+    <mergeCell ref="B131:O131"/>
+    <mergeCell ref="B132:C132"/>
+    <mergeCell ref="D132:G132"/>
+    <mergeCell ref="H132:L132"/>
+    <mergeCell ref="M132:O132"/>
+    <mergeCell ref="B133:O133"/>
+    <mergeCell ref="B134:O134"/>
+    <mergeCell ref="B135:C135"/>
+    <mergeCell ref="D135:O135"/>
+    <mergeCell ref="B136:O136"/>
+    <mergeCell ref="B137:O137"/>
+    <mergeCell ref="B138:C138"/>
+    <mergeCell ref="D138:G138"/>
+    <mergeCell ref="H138:L138"/>
+    <mergeCell ref="M138:O138"/>
+    <mergeCell ref="B139:O139"/>
+    <mergeCell ref="B140:O140"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId13"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet68.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="10" state="frozen" topLeftCell="A11"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="2.7421875"/>
+    <col min="2" max="2" customWidth="1" width="0.0234375"/>
+    <col min="3" max="3" customWidth="1" width="0.40234375"/>
+    <col min="4" max="4" customWidth="1" width="38.93359375"/>
+    <col min="5" max="5" customWidth="1" width="9.68359375"/>
+    <col min="6" max="6" customWidth="1" width="0.3515625"/>
+    <col min="7" max="7" customWidth="1" width="0.0234375"/>
+    <col min="8" max="8" customWidth="1" width="13.69140625"/>
+    <col min="9" max="9" customWidth="1" width="0.0234375"/>
+    <col min="10" max="10" customWidth="1" width="5.4609375"/>
+    <col min="11" max="11" customWidth="1" width="15.7734375"/>
+    <col min="12" max="12" customWidth="1" width="0.0234375"/>
+    <col min="13" max="13" customWidth="1" width="9.93359375"/>
+    <col min="14" max="14" customWidth="1" width="5.140625"/>
+    <col min="15" max="15" customWidth="1" width="0.0234375"/>
+    <col min="16" max="16" customWidth="1" width="15.07421875"/>
+    <col min="17" max="17" customWidth="1" width="0.0234375"/>
+    <col min="18" max="18" customWidth="1" width="15.07421875"/>
+    <col min="19" max="19" customWidth="1" width="15.08203125"/>
+    <col min="20" max="20" customWidth="1" width="3.421875"/>
+    <col min="21" max="21" customWidth="1" width="78.171875"/>
+    <col min="22" max="22" customWidth="1" width="8.9140625"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="14.4" customHeight="1">
+      <c s="1" t="inlineStr" r="A1">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="4" customHeight="1"/>
+    <row r="3" ht="20.45" customHeight="1"/>
+    <row r="4" ht="15.55" customHeight="1">
+      <c s="2" t="inlineStr" r="F4">
+        <is>
+          <t xml:space="preserve">Residency Report</t>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="O4">
+        <is>
+          <t xml:space="preserve">Data as of January 05, 2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="0.25" customHeight="0"/>
+    <row r="6" ht="3.35" customHeight="1"/>
+    <row r="7" ht="1.4" customHeight="1"/>
+    <row r="8" ht="41.75" customHeight="1">
+      <c s="4" t="inlineStr" r="B8">
+        <is>
+          <t xml:space="preserve">RECEIVED Program Signals
+SPECIALTY (total # of available signals)</t>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve">Count of
+participating
+programs</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="L8">
+        <is>
+          <t xml:space="preserve">Count of
+top 10%
+programs</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="O8">
+        <is>
+          <t xml:space="preserve">10% count of
+signals</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="Q8">
+        <is>
+          <t xml:space="preserve">Sum of
+total signals
+received</t>
+        </is>
+      </c>
+      <c s="5" t="inlineStr" r="S8">
+        <is>
+          <t xml:space="preserve">% of top 10%
+signals</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="0.05" customHeight="1"/>
+    <row r="10" ht="2.5" customHeight="1"/>
+    <row r="11" ht="6.45" customHeight="1"/>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B12"/>
+      <c s="38" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Anesthesiology (5 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D12"/>
+      <c s="39" t="str" r="E12"/>
+      <c s="39" t="str" r="F12"/>
+      <c s="39" t="str" r="G12"/>
+      <c s="40" t="inlineStr" r="H12">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I12"/>
+      <c s="41" r="J12">
+        <v>177</v>
+      </c>
+      <c s="12" t="str" r="K12"/>
+      <c s="41" r="M12">
+        <v>18</v>
+      </c>
+      <c s="12" t="str" r="N12"/>
+      <c s="41" r="P12">
+        <v>4105</v>
+      </c>
+      <c s="41" r="R12">
+        <v>17858</v>
+      </c>
+      <c s="42" r="S12">
+        <v>0.229869</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B13"/>
+      <c s="38" t="inlineStr" r="C13">
+        <is>
+          <t xml:space="preserve">Anesthesiology (10 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D13"/>
+      <c s="39" t="str" r="E13"/>
+      <c s="39" t="str" r="F13"/>
+      <c s="39" t="str" r="G13"/>
+      <c s="40" t="inlineStr" r="H13">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I13"/>
+      <c s="41" r="J13">
+        <v>177</v>
+      </c>
+      <c s="12" t="str" r="K13"/>
+      <c s="41" r="M13">
+        <v>18</v>
+      </c>
+      <c s="12" t="str" r="N13"/>
+      <c s="41" r="P13">
+        <v>6682</v>
+      </c>
+      <c s="41" r="R13">
+        <v>34128</v>
+      </c>
+      <c s="42" r="S13">
+        <v>0.195792</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B14"/>
+      <c s="43" t="inlineStr" r="C14">
+        <is>
+          <t xml:space="preserve">Child Neurology (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D14"/>
+      <c s="39" t="str" r="E14"/>
+      <c s="39" t="str" r="F14"/>
+      <c s="39" t="str" r="G14"/>
+      <c s="44" t="inlineStr" r="H14">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I14"/>
+      <c s="41" r="J14">
+        <v>81</v>
+      </c>
+      <c s="12" t="str" r="K14"/>
+      <c s="41" r="M14">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="N14"/>
+      <c s="41" r="P14">
+        <v>382</v>
+      </c>
+      <c s="41" r="R14">
+        <v>1327</v>
+      </c>
+      <c s="42" r="S14">
+        <v>0.287867</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B15"/>
+      <c s="38" t="inlineStr" r="C15">
+        <is>
+          <t xml:space="preserve">Dermatology (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D15"/>
+      <c s="39" t="str" r="E15"/>
+      <c s="39" t="str" r="F15"/>
+      <c s="39" t="str" r="G15"/>
+      <c s="40" t="inlineStr" r="H15">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I15"/>
+      <c s="41" r="J15">
+        <v>141</v>
+      </c>
+      <c s="12" t="str" r="K15"/>
+      <c s="41" r="M15">
+        <v>14</v>
+      </c>
+      <c s="12" t="str" r="N15"/>
+      <c s="41" r="P15">
+        <v>825</v>
+      </c>
+      <c s="41" r="R15">
+        <v>3984</v>
+      </c>
+      <c s="42" r="S15">
+        <v>0.207078</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B16"/>
+      <c s="38" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Dermatology (25 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D16"/>
+      <c s="39" t="str" r="E16"/>
+      <c s="39" t="str" r="F16"/>
+      <c s="39" t="str" r="G16"/>
+      <c s="40" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I16"/>
+      <c s="41" r="J16">
+        <v>141</v>
+      </c>
+      <c s="12" t="str" r="K16"/>
+      <c s="41" r="M16">
+        <v>14</v>
+      </c>
+      <c s="12" t="str" r="N16"/>
+      <c s="41" r="P16">
+        <v>4847</v>
+      </c>
+      <c s="41" r="R16">
+        <v>30254</v>
+      </c>
+      <c s="42" r="S16">
+        <v>0.16021</v>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B17"/>
+      <c s="43" t="inlineStr" r="C17">
+        <is>
+          <t xml:space="preserve">Family Medicine (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D17"/>
+      <c s="39" t="str" r="E17"/>
+      <c s="39" t="str" r="F17"/>
+      <c s="39" t="str" r="G17"/>
+      <c s="44" t="inlineStr" r="H17">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I17"/>
+      <c s="41" r="J17">
+        <v>775</v>
+      </c>
+      <c s="12" t="str" r="K17"/>
+      <c s="41" r="M17">
+        <v>78</v>
+      </c>
+      <c s="12" t="str" r="N17"/>
+      <c s="41" r="P17">
+        <v>17680</v>
+      </c>
+      <c s="41" r="R17">
+        <v>55297</v>
+      </c>
+      <c s="42" r="S17">
+        <v>0.319728</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B18"/>
+      <c s="38" t="inlineStr" r="C18">
+        <is>
+          <t xml:space="preserve">Internal Medicine (3 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D18"/>
+      <c s="39" t="str" r="E18"/>
+      <c s="39" t="str" r="F18"/>
+      <c s="39" t="str" r="G18"/>
+      <c s="40" t="inlineStr" r="H18">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I18"/>
+      <c s="41" r="J18">
+        <v>674</v>
+      </c>
+      <c s="12" t="str" r="K18"/>
+      <c s="41" r="M18">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="N18"/>
+      <c s="41" r="P18">
+        <v>26683</v>
+      </c>
+      <c s="41" r="R18">
+        <v>79359</v>
+      </c>
+      <c s="42" r="S18">
+        <v>0.336232</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B19"/>
+      <c s="38" t="inlineStr" r="C19">
+        <is>
+          <t xml:space="preserve">Internal Medicine (12 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D19"/>
+      <c s="39" t="str" r="E19"/>
+      <c s="39" t="str" r="F19"/>
+      <c s="39" t="str" r="G19"/>
+      <c s="40" t="inlineStr" r="H19">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I19"/>
+      <c s="41" r="J19">
+        <v>674</v>
+      </c>
+      <c s="12" t="str" r="K19"/>
+      <c s="41" r="M19">
+        <v>67</v>
+      </c>
+      <c s="12" t="str" r="N19"/>
+      <c s="41" r="P19">
+        <v>79619</v>
+      </c>
+      <c s="41" r="R19">
+        <v>293502</v>
+      </c>
+      <c s="42" r="S19">
+        <v>0.271272</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B20"/>
+      <c s="43" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry (2)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D20"/>
+      <c s="39" t="str" r="E20"/>
+      <c s="39" t="str" r="F20"/>
+      <c s="39" t="str" r="G20"/>
+      <c s="44" t="inlineStr" r="H20">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I20"/>
+      <c s="41" r="J20">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="K20"/>
+      <c s="41" r="M20">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N20"/>
+      <c s="41" r="P20">
+        <v>74</v>
+      </c>
+      <c s="41" r="R20">
+        <v>518</v>
+      </c>
+      <c s="42" r="S20">
+        <v>0.142857</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B21"/>
+      <c s="43" t="inlineStr" r="C21">
+        <is>
+          <t xml:space="preserve">Interventional Radiology-Integrated (8)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D21"/>
+      <c s="39" t="str" r="E21"/>
+      <c s="39" t="str" r="F21"/>
+      <c s="39" t="str" r="G21"/>
+      <c s="44" t="inlineStr" r="H21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I21"/>
+      <c s="41" r="J21">
+        <v>100</v>
+      </c>
+      <c s="12" t="str" r="K21"/>
+      <c s="41" r="M21">
+        <v>10</v>
+      </c>
+      <c s="12" t="str" r="N21"/>
+      <c s="41" r="P21">
+        <v>769</v>
+      </c>
+      <c s="41" r="R21">
+        <v>3684</v>
+      </c>
+      <c s="42" r="S21">
+        <v>0.20874</v>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B22"/>
+      <c s="43" t="inlineStr" r="C22">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D22"/>
+      <c s="39" t="str" r="E22"/>
+      <c s="39" t="str" r="F22"/>
+      <c s="39" t="str" r="G22"/>
+      <c s="44" t="inlineStr" r="H22">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I22"/>
+      <c s="41" r="J22">
+        <v>6</v>
+      </c>
+      <c s="12" t="str" r="K22"/>
+      <c s="41" r="M22">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N22"/>
+      <c s="41" r="P22">
+        <v>17</v>
+      </c>
+      <c s="41" r="R22">
+        <v>67</v>
+      </c>
+      <c s="42" r="S22">
+        <v>0.253731</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B23"/>
+      <c s="43" t="inlineStr" r="C23">
+        <is>
+          <t xml:space="preserve">Neurological Surgery (25)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D23"/>
+      <c s="39" t="str" r="E23"/>
+      <c s="39" t="str" r="F23"/>
+      <c s="39" t="str" r="G23"/>
+      <c s="44" t="inlineStr" r="H23">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I23"/>
+      <c s="41" r="J23">
+        <v>121</v>
+      </c>
+      <c s="12" t="str" r="K23"/>
+      <c s="41" r="M23">
+        <v>12</v>
+      </c>
+      <c s="12" t="str" r="N23"/>
+      <c s="41" r="P23">
+        <v>2303</v>
+      </c>
+      <c s="41" r="R23">
+        <v>14014</v>
+      </c>
+      <c s="42" r="S23">
+        <v>0.164336</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B24"/>
+      <c s="43" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Neurology (8)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D24"/>
+      <c s="39" t="str" r="E24"/>
+      <c s="39" t="str" r="F24"/>
+      <c s="39" t="str" r="G24"/>
+      <c s="44" t="inlineStr" r="H24">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I24"/>
+      <c s="41" r="J24">
+        <v>193</v>
+      </c>
+      <c s="12" t="str" r="K24"/>
+      <c s="41" r="M24">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N24"/>
+      <c s="41" r="P24">
+        <v>4419</v>
+      </c>
+      <c s="41" r="R24">
+        <v>20267</v>
+      </c>
+      <c s="42" r="S24">
+        <v>0.218039</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B25"/>
+      <c s="43" t="inlineStr" r="C25">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (30)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D25"/>
+      <c s="39" t="str" r="E25"/>
+      <c s="39" t="str" r="F25"/>
+      <c s="39" t="str" r="G25"/>
+      <c s="44" t="inlineStr" r="H25">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I25"/>
+      <c s="41" r="J25">
+        <v>201</v>
+      </c>
+      <c s="12" t="str" r="K25"/>
+      <c s="41" r="M25">
+        <v>20</v>
+      </c>
+      <c s="12" t="str" r="N25"/>
+      <c s="41" r="P25">
+        <v>8640</v>
+      </c>
+      <c s="41" r="R25">
+        <v>53633</v>
+      </c>
+      <c s="42" r="S25">
+        <v>0.161095</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B26"/>
+      <c s="43" t="inlineStr" r="C26">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (25)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D26"/>
+      <c s="39" t="str" r="E26"/>
+      <c s="39" t="str" r="F26"/>
+      <c s="39" t="str" r="G26"/>
+      <c s="44" t="inlineStr" r="H26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I26"/>
+      <c s="41" r="J26">
+        <v>126</v>
+      </c>
+      <c s="12" t="str" r="K26"/>
+      <c s="41" r="M26">
+        <v>13</v>
+      </c>
+      <c s="12" t="str" r="N26"/>
+      <c s="41" r="P26">
+        <v>2714</v>
+      </c>
+      <c s="41" r="R26">
+        <v>15767</v>
+      </c>
+      <c s="42" r="S26">
+        <v>0.172132</v>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B27"/>
+      <c s="43" t="inlineStr" r="C27">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D27"/>
+      <c s="39" t="str" r="E27"/>
+      <c s="39" t="str" r="F27"/>
+      <c s="39" t="str" r="G27"/>
+      <c s="44" t="inlineStr" r="H27">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I27"/>
+      <c s="41" r="J27">
+        <v>136</v>
+      </c>
+      <c s="12" t="str" r="K27"/>
+      <c s="41" r="M27">
+        <v>14</v>
+      </c>
+      <c s="12" t="str" r="N27"/>
+      <c s="41" r="P27">
+        <v>1531</v>
+      </c>
+      <c s="41" r="R27">
+        <v>6597</v>
+      </c>
+      <c s="42" r="S27">
+        <v>0.232075</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B28"/>
+      <c s="43" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Pediatrics (5)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D28"/>
+      <c s="39" t="str" r="E28"/>
+      <c s="39" t="str" r="F28"/>
+      <c s="39" t="str" r="G28"/>
+      <c s="44" t="inlineStr" r="H28">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I28"/>
+      <c s="41" r="J28">
+        <v>209</v>
+      </c>
+      <c s="12" t="str" r="K28"/>
+      <c s="41" r="M28">
+        <v>21</v>
+      </c>
+      <c s="12" t="str" r="N28"/>
+      <c s="41" r="P28">
+        <v>6363</v>
+      </c>
+      <c s="41" r="R28">
+        <v>25931</v>
+      </c>
+      <c s="42" r="S28">
+        <v>0.245382</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B29"/>
+      <c s="43" t="inlineStr" r="C29">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D29"/>
+      <c s="39" t="str" r="E29"/>
+      <c s="39" t="str" r="F29"/>
+      <c s="39" t="str" r="G29"/>
+      <c s="44" t="inlineStr" r="H29">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I29"/>
+      <c s="41" r="J29">
+        <v>26</v>
+      </c>
+      <c s="12" t="str" r="K29"/>
+      <c s="41" r="M29">
         <v>3</v>
       </c>
-      <c r="C8" s="18"/>
-[...52 lines deleted...]
-      <c r="M12" s="55">
+      <c s="12" t="str" r="N29"/>
+      <c s="41" r="P29">
+        <v>68</v>
+      </c>
+      <c s="41" r="R29">
+        <v>297</v>
+      </c>
+      <c s="42" r="S29">
+        <v>0.228956</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B30"/>
+      <c s="43" t="inlineStr" r="C30">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D30"/>
+      <c s="39" t="str" r="E30"/>
+      <c s="39" t="str" r="F30"/>
+      <c s="39" t="str" r="G30"/>
+      <c s="44" t="inlineStr" r="H30">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I30"/>
+      <c s="41" r="J30">
+        <v>11</v>
+      </c>
+      <c s="12" t="str" r="K30"/>
+      <c s="41" r="M30">
+        <v>1</v>
+      </c>
+      <c s="12" t="str" r="N30"/>
+      <c s="41" r="P30">
+        <v>71</v>
+      </c>
+      <c s="41" r="R30">
+        <v>462</v>
+      </c>
+      <c s="42" r="S30">
+        <v>0.15368</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B31"/>
+      <c s="43" t="inlineStr" r="C31">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (20)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D31"/>
+      <c s="39" t="str" r="E31"/>
+      <c s="39" t="str" r="F31"/>
+      <c s="39" t="str" r="G31"/>
+      <c s="44" t="inlineStr" r="H31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I31"/>
+      <c s="41" r="J31">
+        <v>113</v>
+      </c>
+      <c s="12" t="str" r="K31"/>
+      <c s="41" r="M31">
+        <v>11</v>
+      </c>
+      <c s="12" t="str" r="N31"/>
+      <c s="41" r="P31">
+        <v>3581</v>
+      </c>
+      <c s="41" r="R31">
+        <v>20083</v>
+      </c>
+      <c s="42" r="S31">
+        <v>0.17831</v>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B32"/>
+      <c s="43" t="inlineStr" r="C32">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated (20)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D32"/>
+      <c s="39" t="str" r="E32"/>
+      <c s="39" t="str" r="F32"/>
+      <c s="39" t="str" r="G32"/>
+      <c s="44" t="inlineStr" r="H32">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I32"/>
+      <c s="41" r="J32">
+        <v>89</v>
+      </c>
+      <c s="12" t="str" r="K32"/>
+      <c s="41" r="M32">
+        <v>9</v>
+      </c>
+      <c s="12" t="str" r="N32"/>
+      <c s="41" r="P32">
+        <v>1584</v>
+      </c>
+      <c s="41" r="R32">
+        <v>9474</v>
+      </c>
+      <c s="42" r="S32">
+        <v>0.167194</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B33"/>
+      <c s="43" t="inlineStr" r="C33">
+        <is>
+          <t xml:space="preserve">Psychiatry (10)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D33"/>
+      <c s="39" t="str" r="E33"/>
+      <c s="39" t="str" r="F33"/>
+      <c s="39" t="str" r="G33"/>
+      <c s="44" t="inlineStr" r="H33">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I33"/>
+      <c s="41" r="J33">
+        <v>335</v>
+      </c>
+      <c s="12" t="str" r="K33"/>
+      <c s="41" r="M33">
+        <v>34</v>
+      </c>
+      <c s="12" t="str" r="N33"/>
+      <c s="41" r="P33">
+        <v>9098</v>
+      </c>
+      <c s="41" r="R33">
+        <v>36144</v>
+      </c>
+      <c s="42" r="S33">
+        <v>0.251715</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B34"/>
+      <c s="43" t="inlineStr" r="C34">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D34"/>
+      <c s="39" t="str" r="E34"/>
+      <c s="39" t="str" r="F34"/>
+      <c s="39" t="str" r="G34"/>
+      <c s="44" t="inlineStr" r="H34">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I34"/>
+      <c s="41" r="J34">
+        <v>27</v>
+      </c>
+      <c s="12" t="str" r="K34"/>
+      <c s="41" r="M34">
+        <v>3</v>
+      </c>
+      <c s="12" t="str" r="N34"/>
+      <c s="41" r="P34">
+        <v>75</v>
+      </c>
+      <c s="41" r="R34">
+        <v>388</v>
+      </c>
+      <c s="42" r="S34">
+        <v>0.193299</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B35"/>
+      <c s="43" t="inlineStr" r="C35">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (4)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D35"/>
+      <c s="39" t="str" r="E35"/>
+      <c s="39" t="str" r="F35"/>
+      <c s="39" t="str" r="G35"/>
+      <c s="44" t="inlineStr" r="H35">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I35"/>
+      <c s="41" r="J35">
+        <v>80</v>
+      </c>
+      <c s="12" t="str" r="K35"/>
+      <c s="41" r="M35">
+        <v>8</v>
+      </c>
+      <c s="12" t="str" r="N35"/>
+      <c s="41" r="P35">
+        <v>316</v>
+      </c>
+      <c s="41" r="R35">
+        <v>1172</v>
+      </c>
+      <c s="42" r="S35">
+        <v>0.269625</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B36"/>
+      <c s="38" t="inlineStr" r="C36">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (6 gold)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D36"/>
+      <c s="39" t="str" r="E36"/>
+      <c s="39" t="str" r="F36"/>
+      <c s="39" t="str" r="G36"/>
+      <c s="40" t="inlineStr" r="H36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I36"/>
+      <c s="41" r="J36">
+        <v>187</v>
+      </c>
+      <c s="12" t="str" r="K36"/>
+      <c s="41" r="M36">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N36"/>
+      <c s="41" r="P36">
+        <v>2930</v>
+      </c>
+      <c s="41" r="R36">
+        <v>12008</v>
+      </c>
+      <c s="42" r="S36">
+        <v>0.244004</v>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B37"/>
+      <c s="38" t="inlineStr" r="C37">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (9 silver)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D37"/>
+      <c s="39" t="str" r="E37"/>
+      <c s="39" t="str" r="F37"/>
+      <c s="39" t="str" r="G37"/>
+      <c s="40" t="inlineStr" r="H37">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I37"/>
+      <c s="41" r="J37">
+        <v>187</v>
+      </c>
+      <c s="12" t="str" r="K37"/>
+      <c s="41" r="M37">
+        <v>19</v>
+      </c>
+      <c s="12" t="str" r="N37"/>
+      <c s="41" r="P37">
+        <v>3234</v>
+      </c>
+      <c s="41" r="R37">
+        <v>17105</v>
+      </c>
+      <c s="42" r="S37">
+        <v>0.189068</v>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B38"/>
+      <c s="43" t="inlineStr" r="C38">
+        <is>
+          <t xml:space="preserve">Surgery (15)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D38"/>
+      <c s="39" t="str" r="E38"/>
+      <c s="39" t="str" r="F38"/>
+      <c s="39" t="str" r="G38"/>
+      <c s="44" t="inlineStr" r="H38">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I38"/>
+      <c s="41" r="J38">
+        <v>348</v>
+      </c>
+      <c s="12" t="str" r="K38"/>
+      <c s="41" r="M38">
+        <v>35</v>
+      </c>
+      <c s="12" t="str" r="N38"/>
+      <c s="41" r="P38">
+        <v>18003</v>
+      </c>
+      <c s="41" r="R38">
+        <v>75485</v>
+      </c>
+      <c s="42" r="S38">
+        <v>0.238498</v>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="6" t="inlineStr" r="A39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B39"/>
+      <c s="43" t="inlineStr" r="C39">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery-Integrated (3)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D39"/>
+      <c s="39" t="str" r="E39"/>
+      <c s="39" t="str" r="F39"/>
+      <c s="39" t="str" r="G39"/>
+      <c s="44" t="inlineStr" r="H39">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I39"/>
+      <c s="41" r="J39">
+        <v>33</v>
+      </c>
+      <c s="12" t="str" r="K39"/>
+      <c s="41" r="M39">
+        <v>3</v>
+      </c>
+      <c s="12" t="str" r="N39"/>
+      <c s="41" r="P39">
+        <v>99</v>
+      </c>
+      <c s="41" r="R39">
+        <v>521</v>
+      </c>
+      <c s="42" r="S39">
+        <v>0.190019</v>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B40"/>
+      <c s="43" t="inlineStr" r="C40">
+        <is>
+          <t xml:space="preserve">Transitional Year (12)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D40"/>
+      <c s="39" t="str" r="E40"/>
+      <c s="39" t="str" r="F40"/>
+      <c s="39" t="str" r="G40"/>
+      <c s="44" t="inlineStr" r="H40">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I40"/>
+      <c s="41" r="J40">
+        <v>181</v>
+      </c>
+      <c s="12" t="str" r="K40"/>
+      <c s="41" r="M40">
         <v>18</v>
       </c>
-      <c r="N12" s="31"/>
-[...15 lines deleted...]
-      <c r="C13" s="56" t="s">
+      <c s="12" t="str" r="N40"/>
+      <c s="41" r="P40">
+        <v>14198</v>
+      </c>
+      <c s="41" r="R40">
+        <v>64291</v>
+      </c>
+      <c s="42" r="S40">
+        <v>0.22084</v>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="6" t="inlineStr" r="A41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="B41"/>
+      <c s="43" t="inlineStr" r="C41">
+        <is>
+          <t xml:space="preserve">Urology (30)</t>
+        </is>
+      </c>
+      <c s="39" t="str" r="D41"/>
+      <c s="39" t="str" r="E41"/>
+      <c s="39" t="str" r="F41"/>
+      <c s="39" t="str" r="G41"/>
+      <c s="44" t="inlineStr" r="H41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="12" t="str" r="I41"/>
+      <c s="41" r="J41">
+        <v>149</v>
+      </c>
+      <c s="12" t="str" r="K41"/>
+      <c s="41" r="M41">
         <v>15</v>
       </c>
-      <c r="D13" s="53"/>
-[...967 lines deleted...]
-      <c r="P41" s="15">
+      <c s="12" t="str" r="N41"/>
+      <c s="41" r="P41">
         <v>2805</v>
       </c>
-      <c r="R41" s="15">
-[...21 lines deleted...]
-    <row r="45" spans="1:19" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="41" r="R41">
+        <v>16906</v>
+      </c>
+      <c s="42" r="S41">
+        <v>0.165917</v>
+      </c>
+    </row>
+    <row r="42" ht="2.15" customHeight="1"/>
+    <row r="43" ht="15.8" customHeight="1">
+      <c s="27" t="inlineStr" r="B43">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="2.2" customHeight="1"/>
+    <row r="45" ht="18.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="161">
+  <mergeCells>
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F4:M5"/>
     <mergeCell ref="O4:S5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="Q8:R8"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="C12:G12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="M12:N12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="M13:N13"/>
-    <mergeCell ref="A12:B12"/>
-[...3 lines deleted...]
-    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="M14:N14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:G15"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="M15:N15"/>
-    <mergeCell ref="A14:B14"/>
-[...3 lines deleted...]
-    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="M16:N16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="C17:G17"/>
     <mergeCell ref="H17:I17"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="M17:N17"/>
-    <mergeCell ref="A16:B16"/>
-[...3 lines deleted...]
-    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="M18:N18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:G19"/>
     <mergeCell ref="H19:I19"/>
     <mergeCell ref="J19:K19"/>
     <mergeCell ref="M19:N19"/>
-    <mergeCell ref="A18:B18"/>
-[...3 lines deleted...]
-    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="M20:N20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="C21:G21"/>
     <mergeCell ref="H21:I21"/>
     <mergeCell ref="J21:K21"/>
     <mergeCell ref="M21:N21"/>
-    <mergeCell ref="A20:B20"/>
-[...3 lines deleted...]
-    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="M22:N22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="C23:G23"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="J23:K23"/>
     <mergeCell ref="M23:N23"/>
-    <mergeCell ref="A22:B22"/>
-[...3 lines deleted...]
-    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="C25:G25"/>
     <mergeCell ref="H25:I25"/>
     <mergeCell ref="J25:K25"/>
     <mergeCell ref="M25:N25"/>
-    <mergeCell ref="A24:B24"/>
-[...3 lines deleted...]
-    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="M26:N26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="C27:G27"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="J27:K27"/>
     <mergeCell ref="M27:N27"/>
-    <mergeCell ref="A26:B26"/>
-[...3 lines deleted...]
-    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="C29:G29"/>
     <mergeCell ref="H29:I29"/>
     <mergeCell ref="J29:K29"/>
     <mergeCell ref="M29:N29"/>
-    <mergeCell ref="A28:B28"/>
-[...3 lines deleted...]
-    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="C30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="M30:N30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:G31"/>
     <mergeCell ref="H31:I31"/>
     <mergeCell ref="J31:K31"/>
     <mergeCell ref="M31:N31"/>
-    <mergeCell ref="A30:B30"/>
-[...3 lines deleted...]
-    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="C32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="M32:N32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="C33:G33"/>
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="J33:K33"/>
     <mergeCell ref="M33:N33"/>
-    <mergeCell ref="A32:B32"/>
-[...3 lines deleted...]
-    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="M34:N34"/>
     <mergeCell ref="A35:B35"/>
     <mergeCell ref="C35:G35"/>
     <mergeCell ref="H35:I35"/>
     <mergeCell ref="J35:K35"/>
     <mergeCell ref="M35:N35"/>
-    <mergeCell ref="A34:B34"/>
-[...3 lines deleted...]
-    <mergeCell ref="M34:N34"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="C36:G36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="M36:N36"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="C37:G37"/>
     <mergeCell ref="H37:I37"/>
     <mergeCell ref="J37:K37"/>
     <mergeCell ref="M37:N37"/>
-    <mergeCell ref="A36:B36"/>
-[...3 lines deleted...]
-    <mergeCell ref="M36:N36"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="C38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="M38:N38"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="C39:G39"/>
     <mergeCell ref="H39:I39"/>
     <mergeCell ref="J39:K39"/>
     <mergeCell ref="M39:N39"/>
-    <mergeCell ref="A38:B38"/>
-[...4 lines deleted...]
-    <mergeCell ref="B43:J43"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="C40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="M40:N40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="C41:G41"/>
     <mergeCell ref="H41:I41"/>
     <mergeCell ref="J41:K41"/>
     <mergeCell ref="M41:N41"/>
-    <mergeCell ref="A40:B40"/>
-[...3 lines deleted...]
-    <mergeCell ref="M40:N40"/>
+    <mergeCell ref="B43:J43"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId77"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
@@ -17191,156 +17156,100 @@
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
     <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162786</_dlc_DocId>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-198457</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
-      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162786</Url>
-      <Description>TQ32YHM4J7VE-1507329340-162786</Description>
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-198457</Url>
+      <Description>TQ32YHM4J7VE-1507329340-198457</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E66812B-80F0-42F0-9B00-4E28C777F878}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DBA913B-AB4C-457B-BA36-748FDBC684D7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{896D1806-EF46-4253-BFD7-14AEC7DCA911}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D358B990-DAAD-48FE-8FAE-D626D04EB6B3}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAA9DDC2-834A-4CE7-8952-281C380F01A5}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{210C327B-47B2-4549-8CE5-4638DFE92312}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FA99769-20AD-40A5-A80F-EBF7C8672025}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0F2A63B-8168-4653-B012-8675312C9255}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...2 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <Pages>0</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <Slides>0</Slides>
+  <Notes>0</Notes>
+  <TotalTime></TotalTime>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
-[...10 lines deleted...]
-    </vt:vector>
+    <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
-  <Manager/>
-[...4 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <LinksUpToDate>0</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
+  <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...11 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>9a5dc33a-9449-4916-9f8e-956d596de948</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>8c7c8804-e893-403f-b065-f64e4936c1a7</vt:lpwstr>
   </property>
 </Properties>
 </file>