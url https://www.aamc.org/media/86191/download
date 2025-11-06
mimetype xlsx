--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -364,155 +364,149 @@
       </top>
       <bottom style="thin">
         <color rgb="FFA0D3E0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF8DCBDA"/>
       </left>
       <right style="thin">
         <color rgb="FFA0D3E0"/>
       </right>
       <top style="thin">
         <color rgb="FF8DCBDA"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA0D3E0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="34">
     <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="5">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="6">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="5">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="2" fillId="3" borderId="6">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="3" borderId="6">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="6">
-[...1 lines deleted...]
-    </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="4" borderId="5">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="4" borderId="6">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="2" fillId="4" borderId="6">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="4" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="6">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="12">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="13">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="14">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="15">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="16">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="3" borderId="17">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="4" borderId="16">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="4" borderId="17">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="18">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="3" borderId="19">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="20">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="2" fillId="3" borderId="21">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
-[...4 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="19">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="008DCBDA"/>
       <rgbColor rgb="00B3DCE7"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DAEEF3"/>
       <rgbColor rgb="00A0D3E0"/>
@@ -789,51 +783,51 @@
             </rPr>
             <t xml:space="preserve">2026</t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FF000000"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FFFF0000"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">Data as of Oct, 01, 2025</t>
+            <t xml:space="preserve">Data as of Nov, 03, 2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13" customHeight="1"/>
     <row r="6" ht="0.7" customHeight="1">
       <c s="2" t="str" r="B6"/>
       <c s="3" t="str" r="C6"/>
       <c s="3" t="str" r="D6"/>
       <c s="3" t="str" r="E6"/>
       <c s="3" t="str" r="F6"/>
       <c s="3" t="str" r="G6"/>
       <c s="3" t="str" r="H6"/>
       <c s="3" t="str" r="I6"/>
       <c s="3" t="str" r="J6"/>
       <c s="3" t="str" r="K6"/>
       <c s="3" t="str" r="L6"/>
       <c s="3" t="str" r="M6"/>
       <c s="3" t="str" r="N6"/>
       <c s="3" t="str" r="O6"/>
       <c s="3" t="str" r="P6"/>
       <c s="3" t="str" r="Q6"/>
       <c s="3" t="str" r="R6"/>
       <c s="3" t="str" r="S6"/>
       <c s="3" t="str" r="T6"/>
@@ -950,1706 +944,1690 @@
         <is>
           <t xml:space="preserve">GS_C</t>
         </is>
       </c>
       <c s="8" t="str" r="Y7"/>
       <c s="7" t="inlineStr" r="Z7">
         <is>
           <t xml:space="preserve">GS_P</t>
         </is>
       </c>
       <c s="7" t="inlineStr" r="AA7">
         <is>
           <t xml:space="preserve">TY</t>
         </is>
       </c>
       <c s="9" t="str" r="AC7"/>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B8"/>
       <c s="10" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">Anesthesiology (AN)</t>
         </is>
       </c>
       <c s="11" r="D8">
-        <v>3587</v>
+        <v>3670</v>
       </c>
       <c s="12" r="E8">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c s="8" t="str" r="F8"/>
       <c s="12" r="G8">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c s="12" r="H8">
-        <v>222</v>
+        <v>255</v>
       </c>
       <c s="12" r="I8">
-        <v>774</v>
+        <v>825</v>
       </c>
       <c s="12" r="J8">
-        <v>1752</v>
+        <v>1814</v>
       </c>
       <c s="12" r="K8">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c s="8" t="str" r="L8"/>
       <c s="12" r="M8">
-        <v>63</v>
-[...4 lines deleted...]
-        </is>
+        <v>71</v>
+      </c>
+      <c s="12" r="N8">
+        <v>5</v>
       </c>
       <c s="12" r="O8">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c s="12" r="P8">
         <v>20</v>
       </c>
       <c s="12" r="Q8">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c s="12" r="R8">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c s="12" r="S8">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c s="12" r="T8">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c s="12" r="U8">
         <v>10</v>
       </c>
       <c s="12" r="V8">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c s="12" r="W8">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c s="12" r="X8">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c s="8" t="str" r="Y8"/>
       <c s="12" r="Z8">
-        <v>298</v>
+        <v>331</v>
       </c>
       <c s="12" r="AA8">
-        <v>1780</v>
+        <v>1837</v>
       </c>
       <c s="9" t="str" r="AC8"/>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B9"/>
-      <c s="14" t="inlineStr" r="C9">
+      <c s="13" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">Dermatology (D)</t>
         </is>
       </c>
-      <c s="15" r="D9">
+      <c s="14" r="D9">
+        <v>36</v>
+      </c>
+      <c s="15" r="E9">
+        <v>1350</v>
+      </c>
+      <c s="8" t="str" r="F9"/>
+      <c s="16" t="inlineStr" r="G9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H9">
+        <v>104</v>
+      </c>
+      <c s="14" r="I9">
+        <v>291</v>
+      </c>
+      <c s="14" r="J9">
+        <v>916</v>
+      </c>
+      <c s="14" r="K9">
+        <v>10</v>
+      </c>
+      <c s="8" t="str" r="L9"/>
+      <c s="14" r="M9">
+        <v>19</v>
+      </c>
+      <c s="16" t="inlineStr" r="N9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O9">
+        <v>6</v>
+      </c>
+      <c s="16" t="inlineStr" r="P9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q9">
+        <v>28</v>
+      </c>
+      <c s="14" r="R9">
+        <v>117</v>
+      </c>
+      <c s="14" r="S9">
+        <v>12</v>
+      </c>
+      <c s="14" r="T9">
+        <v>30</v>
+      </c>
+      <c s="14" r="U9">
+        <v>7</v>
+      </c>
+      <c s="14" r="V9">
+        <v>12</v>
+      </c>
+      <c s="14" r="W9">
         <v>35</v>
       </c>
-      <c s="16" r="E9">
-[...59 lines deleted...]
-        <v>20</v>
+      <c s="14" r="X9">
+        <v>24</v>
       </c>
       <c s="8" t="str" r="Y9"/>
-      <c s="15" r="Z9">
-[...3 lines deleted...]
-        <v>890</v>
+      <c s="14" r="Z9">
+        <v>34</v>
+      </c>
+      <c s="14" r="AA9">
+        <v>914</v>
       </c>
       <c s="9" t="str" r="AC9"/>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B10"/>
       <c s="10" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Emergency Medicine (EM)</t>
         </is>
       </c>
       <c s="12" r="D10">
-        <v>17</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="E10">
+        <v>22</v>
+      </c>
+      <c s="17" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F10"/>
       <c s="11" r="G10">
-        <v>144</v>
+        <v>178</v>
       </c>
       <c s="12" r="H10">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c s="12" r="I10">
-        <v>113</v>
+        <v>143</v>
       </c>
       <c s="12" r="J10">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c s="12" r="K10">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c s="8" t="str" r="L10"/>
       <c s="12" r="M10">
-        <v>24</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N10">
+        <v>31</v>
+      </c>
+      <c s="17" t="inlineStr" r="N10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O10">
-        <v>6</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="P10">
+        <v>7</v>
+      </c>
+      <c s="17" t="inlineStr" r="P10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="Q10">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c s="12" r="R10">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c s="12" r="S10">
         <v>10</v>
       </c>
       <c s="12" r="T10">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c s="12" r="U10">
         <v>9</v>
       </c>
-      <c s="13" t="inlineStr" r="V10">
+      <c s="17" t="inlineStr" r="V10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="W10">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c s="12" r="X10">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c s="8" t="str" r="Y10"/>
       <c s="12" r="Z10">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c s="12" r="AA10">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c s="9" t="str" r="AC10"/>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B11"/>
-      <c s="14" t="inlineStr" r="C11">
+      <c s="13" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">Family Medicine (FM)</t>
         </is>
       </c>
-      <c s="15" r="D11">
-[...3 lines deleted...]
-        <v>93</v>
+      <c s="14" r="D11">
+        <v>255</v>
+      </c>
+      <c s="14" r="E11">
+        <v>104</v>
       </c>
       <c s="8" t="str" r="F11"/>
-      <c s="15" r="G11">
-[...12 lines deleted...]
-        <v>454</v>
+      <c s="14" r="G11">
+        <v>116</v>
+      </c>
+      <c s="15" r="H11">
+        <v>11735</v>
+      </c>
+      <c s="14" r="I11">
+        <v>6650</v>
+      </c>
+      <c s="14" r="J11">
+        <v>2645</v>
+      </c>
+      <c s="14" r="K11">
+        <v>496</v>
       </c>
       <c s="8" t="str" r="L11"/>
-      <c s="15" r="M11">
-[...8 lines deleted...]
-      <c s="15" r="P11">
+      <c s="14" r="M11">
+        <v>614</v>
+      </c>
+      <c s="14" r="N11">
+        <v>17</v>
+      </c>
+      <c s="14" r="O11">
+        <v>104</v>
+      </c>
+      <c s="14" r="P11">
         <v>21</v>
       </c>
-      <c s="15" r="Q11">
-[...21 lines deleted...]
-        <v>288</v>
+      <c s="14" r="Q11">
+        <v>254</v>
+      </c>
+      <c s="14" r="R11">
+        <v>1742</v>
+      </c>
+      <c s="14" r="S11">
+        <v>232</v>
+      </c>
+      <c s="14" r="T11">
+        <v>803</v>
+      </c>
+      <c s="14" r="U11">
+        <v>80</v>
+      </c>
+      <c s="14" r="V11">
+        <v>34</v>
+      </c>
+      <c s="14" r="W11">
+        <v>152</v>
+      </c>
+      <c s="14" r="X11">
+        <v>325</v>
       </c>
       <c s="8" t="str" r="Y11"/>
-      <c s="15" r="Z11">
-[...3 lines deleted...]
-        <v>981</v>
+      <c s="14" r="Z11">
+        <v>318</v>
+      </c>
+      <c s="14" r="AA11">
+        <v>1122</v>
       </c>
       <c s="9" t="str" r="AC11"/>
     </row>
     <row r="12" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B12"/>
       <c s="10" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">Internal Medicine - Cat (IM_C)</t>
         </is>
       </c>
       <c s="12" r="D12">
-        <v>774</v>
+        <v>825</v>
       </c>
       <c s="12" r="E12">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c s="8" t="str" r="F12"/>
       <c s="12" r="G12">
-        <v>113</v>
+        <v>143</v>
       </c>
       <c s="12" r="H12">
-        <v>6146</v>
+        <v>6650</v>
       </c>
       <c s="11" r="I12">
-        <v>21468</v>
+        <v>22275</v>
       </c>
       <c s="12" r="J12">
-        <v>4804</v>
+        <v>5265</v>
       </c>
       <c s="12" r="K12">
-        <v>670</v>
+        <v>727</v>
       </c>
       <c s="8" t="str" r="L12"/>
       <c s="12" r="M12">
-        <v>1024</v>
+        <v>1098</v>
       </c>
       <c s="12" r="N12">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c s="12" r="O12">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c s="12" r="P12">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c s="12" r="Q12">
-        <v>268</v>
+        <v>300</v>
       </c>
       <c s="12" r="R12">
-        <v>1738</v>
+        <v>1890</v>
       </c>
       <c s="12" r="S12">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c s="12" r="T12">
-        <v>635</v>
+        <v>728</v>
       </c>
       <c s="12" r="U12">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c s="12" r="V12">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c s="12" r="W12">
-        <v>463</v>
+        <v>498</v>
       </c>
       <c s="12" r="X12">
-        <v>634</v>
+        <v>686</v>
       </c>
       <c s="8" t="str" r="Y12"/>
       <c s="12" r="Z12">
-        <v>552</v>
+        <v>621</v>
       </c>
       <c s="12" r="AA12">
-        <v>1724</v>
+        <v>1949</v>
       </c>
       <c s="9" t="str" r="AC12"/>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B13"/>
-      <c s="14" t="inlineStr" r="C13">
+      <c s="13" t="inlineStr" r="C13">
         <is>
           <t xml:space="preserve">Internal Medicine - Pre (IM_P)</t>
         </is>
       </c>
-      <c s="15" r="D13">
-[...3 lines deleted...]
-        <v>896</v>
+      <c s="14" r="D13">
+        <v>1814</v>
+      </c>
+      <c s="14" r="E13">
+        <v>916</v>
       </c>
       <c s="8" t="str" r="F13"/>
-      <c s="15" r="G13">
-[...12 lines deleted...]
-        <v>207</v>
+      <c s="14" r="G13">
+        <v>77</v>
+      </c>
+      <c s="14" r="H13">
+        <v>2645</v>
+      </c>
+      <c s="14" r="I13">
+        <v>5265</v>
+      </c>
+      <c s="15" r="J13">
+        <v>10322</v>
+      </c>
+      <c s="14" r="K13">
+        <v>243</v>
       </c>
       <c s="8" t="str" r="L13"/>
-      <c s="15" r="M13">
-[...33 lines deleted...]
-        <v>238</v>
+      <c s="14" r="M13">
+        <v>1650</v>
+      </c>
+      <c s="14" r="N13">
+        <v>42</v>
+      </c>
+      <c s="14" r="O13">
+        <v>74</v>
+      </c>
+      <c s="14" r="P13">
+        <v>20</v>
+      </c>
+      <c s="14" r="Q13">
+        <v>148</v>
+      </c>
+      <c s="14" r="R13">
+        <v>947</v>
+      </c>
+      <c s="14" r="S13">
+        <v>764</v>
+      </c>
+      <c s="14" r="T13">
+        <v>344</v>
+      </c>
+      <c s="14" r="U13">
+        <v>40</v>
+      </c>
+      <c s="14" r="V13">
+        <v>234</v>
+      </c>
+      <c s="14" r="W13">
+        <v>1431</v>
+      </c>
+      <c s="14" r="X13">
+        <v>266</v>
       </c>
       <c s="8" t="str" r="Y13"/>
-      <c s="15" r="Z13">
-[...3 lines deleted...]
-        <v>5172</v>
+      <c s="14" r="Z13">
+        <v>836</v>
+      </c>
+      <c s="14" r="AA13">
+        <v>5484</v>
       </c>
       <c s="9" t="str" r="AC13"/>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B14"/>
       <c s="10" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">Internal Medicine/Pediatrics (MPD)</t>
         </is>
       </c>
       <c s="12" r="D14">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c s="12" r="E14">
         <v>10</v>
       </c>
       <c s="8" t="str" r="F14"/>
       <c s="12" r="G14">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c s="12" r="H14">
-        <v>454</v>
+        <v>496</v>
       </c>
       <c s="12" r="I14">
-        <v>670</v>
+        <v>727</v>
       </c>
       <c s="12" r="J14">
-        <v>207</v>
+        <v>243</v>
       </c>
       <c s="11" r="K14">
-        <v>1099</v>
+        <v>1165</v>
       </c>
       <c s="8" t="str" r="L14"/>
       <c s="12" r="M14">
-        <v>64</v>
-[...11 lines deleted...]
-      <c s="13" t="inlineStr" r="P14">
+        <v>78</v>
+      </c>
+      <c s="17" t="inlineStr" r="N14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="Q14">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c s="12" r="R14">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c s="12" r="S14">
+        <v>8</v>
+      </c>
+      <c s="12" r="T14">
+        <v>41</v>
+      </c>
+      <c s="12" r="U14">
+        <v>13</v>
+      </c>
+      <c s="12" r="V14">
         <v>7</v>
       </c>
-      <c s="12" r="T14">
-[...9 lines deleted...]
-      </c>
       <c s="12" r="W14">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c s="12" r="X14">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c s="8" t="str" r="Y14"/>
       <c s="12" r="Z14">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c s="12" r="AA14">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c s="9" t="str" r="AC14"/>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B15"/>
-      <c s="14" t="inlineStr" r="C15">
+      <c s="13" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">Neurology (N)</t>
         </is>
       </c>
-      <c s="15" r="D15">
-[...3 lines deleted...]
-        <v>18</v>
+      <c s="14" r="D15">
+        <v>71</v>
+      </c>
+      <c s="14" r="E15">
+        <v>19</v>
       </c>
       <c s="8" t="str" r="F15"/>
-      <c s="15" r="G15">
-[...12 lines deleted...]
-        <v>64</v>
+      <c s="14" r="G15">
+        <v>31</v>
+      </c>
+      <c s="14" r="H15">
+        <v>614</v>
+      </c>
+      <c s="14" r="I15">
+        <v>1098</v>
+      </c>
+      <c s="14" r="J15">
+        <v>1650</v>
+      </c>
+      <c s="14" r="K15">
+        <v>78</v>
       </c>
       <c s="8" t="str" r="L15"/>
-      <c s="16" r="M15">
-[...8 lines deleted...]
-      <c s="15" r="P15">
+      <c s="15" r="M15">
+        <v>2696</v>
+      </c>
+      <c s="14" r="N15">
+        <v>11</v>
+      </c>
+      <c s="14" r="O15">
+        <v>13</v>
+      </c>
+      <c s="14" r="P15">
         <v>5</v>
       </c>
-      <c s="15" r="Q15">
+      <c s="14" r="Q15">
+        <v>68</v>
+      </c>
+      <c s="14" r="R15">
+        <v>300</v>
+      </c>
+      <c s="14" r="S15">
         <v>59</v>
       </c>
-      <c s="15" r="R15">
-[...18 lines deleted...]
-        <v>51</v>
+      <c s="14" r="T15">
+        <v>157</v>
+      </c>
+      <c s="14" r="U15">
+        <v>16</v>
+      </c>
+      <c s="14" r="V15">
+        <v>25</v>
+      </c>
+      <c s="14" r="W15">
+        <v>70</v>
+      </c>
+      <c s="14" r="X15">
+        <v>62</v>
       </c>
       <c s="8" t="str" r="Y15"/>
-      <c s="15" r="Z15">
-[...3 lines deleted...]
-        <v>701</v>
+      <c s="14" r="Z15">
+        <v>76</v>
+      </c>
+      <c s="14" r="AA15">
+        <v>785</v>
       </c>
       <c s="9" t="str" r="AC15"/>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B16"/>
       <c s="10" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">Nuclear Medicine (NM)</t>
         </is>
       </c>
-      <c s="13" t="inlineStr" r="D16">
-[...4 lines deleted...]
-      <c s="13" t="inlineStr" r="E16">
+      <c s="12" r="D16">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F16"/>
-      <c s="13" t="inlineStr" r="G16">
+      <c s="17" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H16">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c s="12" r="I16">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c s="12" r="J16">
-        <v>35</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K16">
+        <v>42</v>
+      </c>
+      <c s="17" t="inlineStr" r="K16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L16"/>
       <c s="12" r="M16">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c s="11" r="N16">
-        <v>67</v>
-[...6 lines deleted...]
-      <c s="13" t="inlineStr" r="P16">
+        <v>80</v>
+      </c>
+      <c s="17" t="inlineStr" r="O16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="Q16">
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="R16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="S16">
         <v>5</v>
       </c>
-      <c s="13" t="inlineStr" r="R16">
-[...9 lines deleted...]
-      <c s="13" t="inlineStr" r="T16">
+      <c s="17" t="inlineStr" r="T16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="U16">
         <v>6</v>
       </c>
       <c s="12" r="V16">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c s="12" r="W16">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c s="12" r="X16">
+        <v>5</v>
       </c>
       <c s="8" t="str" r="Y16"/>
       <c s="12" r="Z16">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c s="12" r="AA16">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c s="9" t="str" r="AC16"/>
     </row>
     <row r="17" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B17"/>
-      <c s="14" t="inlineStr" r="C17">
+      <c s="13" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
         </is>
       </c>
-      <c s="15" r="D17">
-[...3 lines deleted...]
-        <v>5</v>
+      <c s="14" r="D17">
+        <v>69</v>
+      </c>
+      <c s="14" r="E17">
+        <v>6</v>
       </c>
       <c s="8" t="str" r="F17"/>
-      <c s="15" r="G17">
+      <c s="14" r="G17">
+        <v>7</v>
+      </c>
+      <c s="14" r="H17">
+        <v>104</v>
+      </c>
+      <c s="14" r="I17">
+        <v>134</v>
+      </c>
+      <c s="14" r="J17">
+        <v>74</v>
+      </c>
+      <c s="16" t="inlineStr" r="K17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L17"/>
+      <c s="14" r="M17">
+        <v>13</v>
+      </c>
+      <c s="16" t="inlineStr" r="N17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="O17">
+        <v>1935</v>
+      </c>
+      <c s="14" r="P17">
+        <v>9</v>
+      </c>
+      <c s="14" r="Q17">
         <v>6</v>
       </c>
-      <c s="15" r="H17">
+      <c s="14" r="R17">
+        <v>18</v>
+      </c>
+      <c s="14" r="S17">
+        <v>51</v>
+      </c>
+      <c s="14" r="T17">
+        <v>15</v>
+      </c>
+      <c s="16" t="inlineStr" r="U17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V17">
+        <v>6</v>
+      </c>
+      <c s="14" r="W17">
+        <v>59</v>
+      </c>
+      <c s="14" r="X17">
+        <v>269</v>
+      </c>
+      <c s="8" t="str" r="Y17"/>
+      <c s="14" r="Z17">
+        <v>222</v>
+      </c>
+      <c s="14" r="AA17">
         <v>96</v>
-      </c>
-[...57 lines deleted...]
-        <v>88</v>
       </c>
       <c s="9" t="str" r="AC17"/>
     </row>
     <row r="18" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B18"/>
       <c s="10" t="inlineStr" r="C18">
         <is>
           <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
         </is>
       </c>
       <c s="12" r="D18">
         <v>20</v>
       </c>
-      <c s="13" t="inlineStr" r="E18">
+      <c s="17" t="inlineStr" r="E18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F18"/>
-      <c s="13" t="inlineStr" r="G18">
+      <c s="17" t="inlineStr" r="G18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H18">
         <v>21</v>
       </c>
       <c s="12" r="I18">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c s="12" r="J18">
-        <v>18</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K18">
+        <v>20</v>
+      </c>
+      <c s="17" t="inlineStr" r="K18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L18"/>
       <c s="12" r="M18">
         <v>5</v>
       </c>
-      <c s="13" t="inlineStr" r="N18">
+      <c s="17" t="inlineStr" r="N18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O18">
         <v>9</v>
       </c>
       <c s="11" r="P18">
-        <v>653</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="Q18">
+        <v>658</v>
+      </c>
+      <c s="17" t="inlineStr" r="Q18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="R18">
         <v>21</v>
       </c>
-      <c s="13" t="inlineStr" r="S18">
+      <c s="17" t="inlineStr" r="S18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="T18">
         <v>6</v>
       </c>
-      <c s="13" t="inlineStr" r="U18">
-[...4 lines deleted...]
-      <c s="13" t="inlineStr" r="V18">
+      <c s="17" t="inlineStr" r="U18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="W18">
         <v>6</v>
       </c>
       <c s="12" r="X18">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c s="8" t="str" r="Y18"/>
       <c s="12" r="Z18">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c s="12" r="AA18">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c s="9" t="str" r="AC18"/>
     </row>
     <row r="19" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B19"/>
-      <c s="14" t="inlineStr" r="C19">
+      <c s="13" t="inlineStr" r="C19">
         <is>
           <t xml:space="preserve">Pathology-Anatomic and Clinical (PTH)</t>
         </is>
       </c>
-      <c s="15" r="D19">
+      <c s="14" r="D19">
+        <v>31</v>
+      </c>
+      <c s="14" r="E19">
+        <v>28</v>
+      </c>
+      <c s="8" t="str" r="F19"/>
+      <c s="14" r="G19">
+        <v>13</v>
+      </c>
+      <c s="14" r="H19">
+        <v>254</v>
+      </c>
+      <c s="14" r="I19">
+        <v>300</v>
+      </c>
+      <c s="14" r="J19">
+        <v>148</v>
+      </c>
+      <c s="14" r="K19">
         <v>27</v>
       </c>
-      <c s="15" r="E19">
-[...17 lines deleted...]
-      </c>
       <c s="8" t="str" r="L19"/>
-      <c s="15" r="M19">
-[...28 lines deleted...]
-      <c s="15" r="V19">
+      <c s="14" r="M19">
+        <v>68</v>
+      </c>
+      <c s="14" r="N19">
         <v>6</v>
       </c>
-      <c s="15" r="W19">
-[...3 lines deleted...]
-        <v>34</v>
+      <c s="14" r="O19">
+        <v>6</v>
+      </c>
+      <c s="16" t="inlineStr" r="P19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="Q19">
+        <v>1381</v>
+      </c>
+      <c s="14" r="R19">
+        <v>119</v>
+      </c>
+      <c s="14" r="S19">
+        <v>18</v>
+      </c>
+      <c s="14" r="T19">
+        <v>57</v>
+      </c>
+      <c s="14" r="U19">
+        <v>12</v>
+      </c>
+      <c s="14" r="V19">
+        <v>8</v>
+      </c>
+      <c s="14" r="W19">
+        <v>52</v>
+      </c>
+      <c s="14" r="X19">
+        <v>36</v>
       </c>
       <c s="8" t="str" r="Y19"/>
-      <c s="15" r="Z19">
-[...3 lines deleted...]
-        <v>88</v>
+      <c s="14" r="Z19">
+        <v>32</v>
+      </c>
+      <c s="14" r="AA19">
+        <v>104</v>
       </c>
       <c s="9" t="str" r="AC19"/>
     </row>
     <row r="20" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B20"/>
       <c s="10" t="inlineStr" r="C20">
         <is>
           <t xml:space="preserve">Pediatrics (PD)</t>
         </is>
       </c>
       <c s="12" r="D20">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c s="12" r="E20">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c s="8" t="str" r="F20"/>
       <c s="12" r="G20">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c s="12" r="H20">
-        <v>1602</v>
+        <v>1742</v>
       </c>
       <c s="12" r="I20">
-        <v>1738</v>
+        <v>1890</v>
       </c>
       <c s="12" r="J20">
-        <v>856</v>
+        <v>947</v>
       </c>
       <c s="12" r="K20">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c s="8" t="str" r="L20"/>
       <c s="12" r="M20">
-        <v>262</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N20">
+        <v>300</v>
+      </c>
+      <c s="17" t="inlineStr" r="N20">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O20">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c s="12" r="P20">
         <v>21</v>
       </c>
       <c s="12" r="Q20">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c s="11" r="R20">
-        <v>5286</v>
+        <v>5552</v>
       </c>
       <c s="12" r="S20">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c s="12" r="T20">
-        <v>189</v>
+        <v>231</v>
       </c>
       <c s="12" r="U20">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c s="12" r="V20">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c s="12" r="W20">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c s="12" r="X20">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c s="8" t="str" r="Y20"/>
       <c s="12" r="Z20">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c s="12" r="AA20">
-        <v>435</v>
+        <v>490</v>
       </c>
       <c s="9" t="str" r="AC20"/>
     </row>
     <row r="21" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B21"/>
-      <c s="14" t="inlineStr" r="C21">
+      <c s="13" t="inlineStr" r="C21">
         <is>
           <t xml:space="preserve">Physical Medicine and Rehabilitation (PM)</t>
         </is>
       </c>
-      <c s="15" r="D21">
-[...2 lines deleted...]
-      <c s="15" r="E21">
+      <c s="14" r="D21">
+        <v>52</v>
+      </c>
+      <c s="14" r="E21">
         <v>12</v>
       </c>
       <c s="8" t="str" r="F21"/>
-      <c s="15" r="G21">
+      <c s="14" r="G21">
         <v>10</v>
       </c>
-      <c s="15" r="H21">
-[...8 lines deleted...]
-      <c s="15" r="K21">
+      <c s="14" r="H21">
+        <v>232</v>
+      </c>
+      <c s="14" r="I21">
+        <v>243</v>
+      </c>
+      <c s="14" r="J21">
+        <v>764</v>
+      </c>
+      <c s="14" r="K21">
+        <v>8</v>
+      </c>
+      <c s="8" t="str" r="L21"/>
+      <c s="14" r="M21">
+        <v>59</v>
+      </c>
+      <c s="14" r="N21">
+        <v>5</v>
+      </c>
+      <c s="14" r="O21">
+        <v>51</v>
+      </c>
+      <c s="16" t="inlineStr" r="P21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q21">
+        <v>18</v>
+      </c>
+      <c s="14" r="R21">
+        <v>46</v>
+      </c>
+      <c s="15" r="S21">
+        <v>1107</v>
+      </c>
+      <c s="14" r="T21">
+        <v>44</v>
+      </c>
+      <c s="14" r="U21">
+        <v>10</v>
+      </c>
+      <c s="14" r="V21">
         <v>7</v>
       </c>
-      <c s="8" t="str" r="L21"/>
-[...38 lines deleted...]
-        <v>25</v>
+      <c s="14" r="W21">
+        <v>34</v>
+      </c>
+      <c s="14" r="X21">
+        <v>28</v>
       </c>
       <c s="8" t="str" r="Y21"/>
-      <c s="15" r="Z21">
-[...3 lines deleted...]
-        <v>796</v>
+      <c s="14" r="Z21">
+        <v>46</v>
+      </c>
+      <c s="14" r="AA21">
+        <v>812</v>
       </c>
       <c s="9" t="str" r="AC21"/>
     </row>
     <row r="22" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B22"/>
       <c s="10" t="inlineStr" r="C22">
         <is>
           <t xml:space="preserve">Psychiatry (P)</t>
         </is>
       </c>
       <c s="12" r="D22">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c s="12" r="E22">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c s="8" t="str" r="F22"/>
       <c s="12" r="G22">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c s="12" r="H22">
-        <v>695</v>
+        <v>803</v>
       </c>
       <c s="12" r="I22">
-        <v>635</v>
+        <v>728</v>
       </c>
       <c s="12" r="J22">
-        <v>288</v>
+        <v>344</v>
       </c>
       <c s="12" r="K22">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c s="8" t="str" r="L22"/>
       <c s="12" r="M22">
-        <v>135</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N22">
+        <v>157</v>
+      </c>
+      <c s="17" t="inlineStr" r="N22">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O22">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c s="12" r="P22">
         <v>6</v>
       </c>
       <c s="12" r="Q22">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c s="12" r="R22">
-        <v>189</v>
+        <v>231</v>
       </c>
       <c s="12" r="S22">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c s="11" r="T22">
-        <v>3713</v>
+        <v>3874</v>
       </c>
       <c s="12" r="U22">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c s="12" r="V22">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c s="12" r="W22">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c s="12" r="X22">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c s="8" t="str" r="Y22"/>
       <c s="12" r="Z22">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c s="12" r="AA22">
-        <v>208</v>
+        <v>249</v>
       </c>
       <c s="9" t="str" r="AC22"/>
     </row>
     <row r="23" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B23"/>
-      <c s="14" t="inlineStr" r="C23">
+      <c s="13" t="inlineStr" r="C23">
         <is>
           <t xml:space="preserve">Public Health and General Preventive Medicine (GPM)</t>
         </is>
       </c>
-      <c s="15" r="D23">
+      <c s="14" r="D23">
         <v>10</v>
       </c>
-      <c s="15" r="E23">
+      <c s="14" r="E23">
+        <v>7</v>
+      </c>
+      <c s="8" t="str" r="F23"/>
+      <c s="14" r="G23">
+        <v>9</v>
+      </c>
+      <c s="14" r="H23">
+        <v>80</v>
+      </c>
+      <c s="14" r="I23">
+        <v>81</v>
+      </c>
+      <c s="14" r="J23">
+        <v>40</v>
+      </c>
+      <c s="14" r="K23">
+        <v>13</v>
+      </c>
+      <c s="8" t="str" r="L23"/>
+      <c s="14" r="M23">
+        <v>16</v>
+      </c>
+      <c s="14" r="N23">
         <v>6</v>
       </c>
-      <c s="8" t="str" r="F23"/>
-[...9 lines deleted...]
-      <c s="15" r="J23">
+      <c s="16" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q23">
+        <v>12</v>
+      </c>
+      <c s="14" r="R23">
+        <v>25</v>
+      </c>
+      <c s="14" r="S23">
+        <v>10</v>
+      </c>
+      <c s="14" r="T23">
+        <v>19</v>
+      </c>
+      <c s="15" r="U23">
+        <v>160</v>
+      </c>
+      <c s="16" t="inlineStr" r="V23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W23">
+        <v>12</v>
+      </c>
+      <c s="14" r="X23">
+        <v>10</v>
+      </c>
+      <c s="8" t="str" r="Y23"/>
+      <c s="14" r="Z23">
+        <v>11</v>
+      </c>
+      <c s="14" r="AA23">
         <v>37</v>
-      </c>
-[...51 lines deleted...]
-        <v>33</v>
       </c>
       <c s="9" t="str" r="AC23"/>
     </row>
     <row r="24" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B24"/>
       <c s="10" t="inlineStr" r="C24">
         <is>
           <t xml:space="preserve">Radiation Oncology (RO)</t>
         </is>
       </c>
       <c s="12" r="D24">
+        <v>13</v>
+      </c>
+      <c s="12" r="E24">
         <v>12</v>
       </c>
-      <c s="12" r="E24">
-[...1 lines deleted...]
-      </c>
       <c s="8" t="str" r="F24"/>
-      <c s="13" t="inlineStr" r="G24">
+      <c s="17" t="inlineStr" r="G24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H24">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c s="12" r="I24">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c s="12" r="J24">
-        <v>227</v>
-[...4 lines deleted...]
-        </is>
+        <v>234</v>
+      </c>
+      <c s="12" r="K24">
+        <v>7</v>
       </c>
       <c s="8" t="str" r="L24"/>
       <c s="12" r="M24">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c s="12" r="N24">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c s="12" r="O24">
-        <v>5</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="P24">
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="P24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="Q24">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c s="12" r="R24">
+        <v>13</v>
+      </c>
+      <c s="12" r="S24">
+        <v>7</v>
+      </c>
+      <c s="12" r="T24">
+        <v>14</v>
+      </c>
+      <c s="17" t="inlineStr" r="U24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="V24">
+        <v>306</v>
+      </c>
+      <c s="12" r="W24">
+        <v>37</v>
+      </c>
+      <c s="12" r="X24">
         <v>11</v>
-      </c>
-[...18 lines deleted...]
-        <v>10</v>
       </c>
       <c s="8" t="str" r="Y24"/>
       <c s="12" r="Z24">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c s="12" r="AA24">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c s="9" t="str" r="AC24"/>
     </row>
     <row r="25" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B25"/>
-      <c s="14" t="inlineStr" r="C25">
+      <c s="13" t="inlineStr" r="C25">
         <is>
           <t xml:space="preserve">Radiology-Diagnostic (DR)</t>
         </is>
       </c>
-      <c s="15" r="D25">
-[...3 lines deleted...]
-        <v>30</v>
+      <c s="14" r="D25">
+        <v>83</v>
+      </c>
+      <c s="14" r="E25">
+        <v>35</v>
       </c>
       <c s="8" t="str" r="F25"/>
-      <c s="15" r="G25">
-[...12 lines deleted...]
-        <v>19</v>
+      <c s="14" r="G25">
+        <v>9</v>
+      </c>
+      <c s="14" r="H25">
+        <v>152</v>
+      </c>
+      <c s="14" r="I25">
+        <v>498</v>
+      </c>
+      <c s="14" r="J25">
+        <v>1431</v>
+      </c>
+      <c s="14" r="K25">
+        <v>23</v>
       </c>
       <c s="8" t="str" r="L25"/>
-      <c s="15" r="M25">
-[...8 lines deleted...]
-      <c s="15" r="P25">
+      <c s="14" r="M25">
+        <v>70</v>
+      </c>
+      <c s="14" r="N25">
+        <v>67</v>
+      </c>
+      <c s="14" r="O25">
+        <v>59</v>
+      </c>
+      <c s="14" r="P25">
         <v>6</v>
       </c>
-      <c s="15" r="Q25">
-[...8 lines deleted...]
-      <c s="15" r="T25">
+      <c s="14" r="Q25">
+        <v>52</v>
+      </c>
+      <c s="14" r="R25">
+        <v>70</v>
+      </c>
+      <c s="14" r="S25">
+        <v>34</v>
+      </c>
+      <c s="14" r="T25">
+        <v>45</v>
+      </c>
+      <c s="14" r="U25">
+        <v>12</v>
+      </c>
+      <c s="14" r="V25">
         <v>37</v>
       </c>
-      <c s="15" r="U25">
-[...9 lines deleted...]
-        <v>80</v>
+      <c s="15" r="W25">
+        <v>2072</v>
+      </c>
+      <c s="14" r="X25">
+        <v>85</v>
       </c>
       <c s="8" t="str" r="Y25"/>
-      <c s="15" r="Z25">
-[...3 lines deleted...]
-        <v>1534</v>
+      <c s="14" r="Z25">
+        <v>433</v>
+      </c>
+      <c s="14" r="AA25">
+        <v>1570</v>
       </c>
       <c s="9" t="str" r="AC25"/>
     </row>
     <row r="26" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B26"/>
       <c s="10" t="inlineStr" r="C26">
         <is>
           <t xml:space="preserve">Surgery - Cat (GS_C)</t>
         </is>
       </c>
       <c s="12" r="D26">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c s="12" r="E26">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c s="8" t="str" r="F26"/>
       <c s="12" r="G26">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c s="12" r="H26">
-        <v>288</v>
+        <v>325</v>
       </c>
       <c s="12" r="I26">
-        <v>634</v>
+        <v>686</v>
       </c>
       <c s="12" r="J26">
-        <v>238</v>
+        <v>266</v>
       </c>
       <c s="12" r="K26">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c s="8" t="str" r="L26"/>
       <c s="12" r="M26">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>62</v>
+      </c>
+      <c s="12" r="N26">
+        <v>5</v>
       </c>
       <c s="12" r="O26">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c s="12" r="P26">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c s="12" r="Q26">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c s="12" r="R26">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c s="12" r="S26">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c s="12" r="T26">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c s="12" r="U26">
         <v>10</v>
       </c>
       <c s="12" r="V26">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c s="12" r="W26">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c s="11" r="X26">
-        <v>4380</v>
+        <v>4528</v>
       </c>
       <c s="8" t="str" r="Y26"/>
       <c s="12" r="Z26">
-        <v>2042</v>
+        <v>2186</v>
       </c>
       <c s="12" r="AA26">
-        <v>141</v>
+        <v>165</v>
       </c>
       <c s="9" t="str" r="AC26"/>
     </row>
     <row r="27" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B27"/>
-      <c s="14" t="inlineStr" r="C27">
+      <c s="13" t="inlineStr" r="C27">
         <is>
           <t xml:space="preserve">Surgery - Pre (GS_P)</t>
         </is>
       </c>
-      <c s="15" r="D27">
-[...3 lines deleted...]
-        <v>27</v>
+      <c s="14" r="D27">
+        <v>331</v>
+      </c>
+      <c s="14" r="E27">
+        <v>34</v>
       </c>
       <c s="8" t="str" r="F27"/>
-      <c s="15" r="G27">
-[...12 lines deleted...]
-        <v>30</v>
+      <c s="14" r="G27">
+        <v>31</v>
+      </c>
+      <c s="14" r="H27">
+        <v>318</v>
+      </c>
+      <c s="14" r="I27">
+        <v>621</v>
+      </c>
+      <c s="14" r="J27">
+        <v>836</v>
+      </c>
+      <c s="14" r="K27">
+        <v>33</v>
       </c>
       <c s="8" t="str" r="L27"/>
-      <c s="15" r="M27">
-[...33 lines deleted...]
-        <v>2042</v>
+      <c s="14" r="M27">
+        <v>76</v>
+      </c>
+      <c s="14" r="N27">
+        <v>23</v>
+      </c>
+      <c s="14" r="O27">
+        <v>222</v>
+      </c>
+      <c s="14" r="P27">
+        <v>66</v>
+      </c>
+      <c s="14" r="Q27">
+        <v>32</v>
+      </c>
+      <c s="14" r="R27">
+        <v>136</v>
+      </c>
+      <c s="14" r="S27">
+        <v>46</v>
+      </c>
+      <c s="14" r="T27">
+        <v>43</v>
+      </c>
+      <c s="14" r="U27">
+        <v>11</v>
+      </c>
+      <c s="14" r="V27">
+        <v>35</v>
+      </c>
+      <c s="14" r="W27">
+        <v>433</v>
+      </c>
+      <c s="14" r="X27">
+        <v>2186</v>
       </c>
       <c s="8" t="str" r="Y27"/>
-      <c s="16" r="Z27">
-[...3 lines deleted...]
-        <v>733</v>
+      <c s="15" r="Z27">
+        <v>3292</v>
+      </c>
+      <c s="14" r="AA27">
+        <v>812</v>
       </c>
       <c s="9" t="str" r="AC27"/>
     </row>
     <row r="28" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B28"/>
       <c s="10" t="inlineStr" r="C28">
         <is>
           <t xml:space="preserve">Transitional Year (TY)</t>
         </is>
       </c>
       <c s="12" r="D28">
-        <v>1780</v>
+        <v>1837</v>
       </c>
       <c s="12" r="E28">
-        <v>890</v>
+        <v>914</v>
       </c>
       <c s="8" t="str" r="F28"/>
       <c s="12" r="G28">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c s="12" r="H28">
-        <v>981</v>
+        <v>1122</v>
       </c>
       <c s="12" r="I28">
-        <v>1724</v>
+        <v>1949</v>
       </c>
       <c s="12" r="J28">
-        <v>5172</v>
+        <v>5484</v>
       </c>
       <c s="12" r="K28">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c s="8" t="str" r="L28"/>
       <c s="12" r="M28">
-        <v>701</v>
+        <v>785</v>
       </c>
       <c s="12" r="N28">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c s="12" r="O28">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c s="12" r="P28">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c s="12" r="Q28">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c s="12" r="R28">
-        <v>435</v>
+        <v>490</v>
       </c>
       <c s="12" r="S28">
-        <v>796</v>
+        <v>812</v>
       </c>
       <c s="12" r="T28">
-        <v>208</v>
+        <v>249</v>
       </c>
       <c s="12" r="U28">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c s="12" r="V28">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c s="12" r="W28">
-        <v>1534</v>
+        <v>1570</v>
       </c>
       <c s="12" r="X28">
-        <v>141</v>
+        <v>165</v>
       </c>
       <c s="8" t="str" r="Y28"/>
       <c s="12" r="Z28">
-        <v>733</v>
+        <v>812</v>
       </c>
       <c s="11" r="AA28">
-        <v>6763</v>
+        <v>7117</v>
       </c>
       <c s="9" t="str" r="AC28"/>
     </row>
     <row r="29" ht="0.05" customHeight="1">
       <c s="5" t="str" r="B29"/>
       <c s="9" t="str" r="AC29"/>
     </row>
     <row r="30" ht="1.05" customHeight="1">
       <c s="18" t="str" r="B30"/>
       <c s="19" t="str" r="C30"/>
       <c s="19" t="str" r="D30"/>
       <c s="19" t="str" r="E30"/>
       <c s="19" t="str" r="F30"/>
       <c s="19" t="str" r="G30"/>
       <c s="19" t="str" r="H30"/>
       <c s="19" t="str" r="I30"/>
       <c s="19" t="str" r="J30"/>
       <c s="19" t="str" r="K30"/>
       <c s="19" t="str" r="L30"/>
       <c s="19" t="str" r="M30"/>
       <c s="19" t="str" r="N30"/>
       <c s="19" t="str" r="O30"/>
       <c s="19" t="str" r="P30"/>
       <c s="19" t="str" r="Q30"/>
       <c s="19" t="str" r="R30"/>
@@ -2841,51 +2819,51 @@
             </rPr>
             <t xml:space="preserve">2026</t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FF000000"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FFFF0000"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">Data as of Oct, 01, 2025</t>
+            <t xml:space="preserve">Data as of Nov, 03, 2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13" customHeight="1"/>
     <row r="6" ht="0.7" customHeight="1">
       <c s="2" t="str" r="B6"/>
       <c s="3" t="str" r="C6"/>
       <c s="3" t="str" r="D6"/>
       <c s="3" t="str" r="E6"/>
       <c s="3" t="str" r="F6"/>
       <c s="3" t="str" r="G6"/>
       <c s="3" t="str" r="H6"/>
       <c s="3" t="str" r="I6"/>
       <c s="3" t="str" r="J6"/>
       <c s="3" t="str" r="K6"/>
       <c s="3" t="str" r="L6"/>
       <c s="3" t="str" r="M6"/>
       <c s="3" t="str" r="N6"/>
       <c s="3" t="str" r="O6"/>
       <c s="3" t="str" r="P6"/>
       <c s="3" t="str" r="Q6"/>
       <c s="3" t="str" r="R6"/>
       <c s="3" t="str" r="S6"/>
       <c s="3" t="str" r="T6"/>
@@ -3002,1766 +2980,1750 @@
         <is>
           <t xml:space="preserve">GS_C</t>
         </is>
       </c>
       <c s="24" t="str" r="Y7"/>
       <c s="23" t="inlineStr" r="Z7">
         <is>
           <t xml:space="preserve">GS_P</t>
         </is>
       </c>
       <c s="25" t="inlineStr" r="AA7">
         <is>
           <t xml:space="preserve">TY</t>
         </is>
       </c>
       <c s="9" t="str" r="AC7"/>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B8"/>
       <c s="26" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">Anesthesiology (AN)</t>
         </is>
       </c>
       <c s="11" r="D8">
-        <v>733</v>
+        <v>782</v>
       </c>
       <c s="12" r="E8">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c s="8" t="str" r="F8"/>
       <c s="12" r="G8">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c s="12" r="H8">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c s="12" r="I8">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c s="12" r="J8">
-        <v>296</v>
+        <v>324</v>
       </c>
       <c s="12" r="K8">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c s="8" t="str" r="L8"/>
       <c s="12" r="M8">
-        <v>41</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N8">
+        <v>46</v>
+      </c>
+      <c s="17" t="inlineStr" r="N8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O8">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c s="12" r="P8">
         <v>5</v>
       </c>
       <c s="12" r="Q8">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c s="12" r="R8">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c s="12" r="S8">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c s="12" r="T8">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c s="12" r="U8">
         <v>5</v>
       </c>
       <c s="12" r="V8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c s="12" r="W8">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c s="12" r="X8">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c s="8" t="str" r="Y8"/>
       <c s="12" r="Z8">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c s="27" r="AA8">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c s="9" t="str" r="AC8"/>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B9"/>
       <c s="28" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">Dermatology (D)</t>
         </is>
       </c>
-      <c s="15" r="D9">
-[...3 lines deleted...]
-        <v>143</v>
+      <c s="14" r="D9">
+        <v>12</v>
+      </c>
+      <c s="15" r="E9">
+        <v>160</v>
       </c>
       <c s="8" t="str" r="F9"/>
-      <c s="17" t="inlineStr" r="G9">
-[...13 lines deleted...]
-      <c s="15" r="K9">
+      <c s="16" t="inlineStr" r="G9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H9">
+        <v>46</v>
+      </c>
+      <c s="14" r="I9">
+        <v>80</v>
+      </c>
+      <c s="14" r="J9">
+        <v>79</v>
+      </c>
+      <c s="14" r="K9">
         <v>8</v>
       </c>
       <c s="8" t="str" r="L9"/>
-      <c s="15" r="M9">
+      <c s="14" r="M9">
+        <v>10</v>
+      </c>
+      <c s="16" t="inlineStr" r="N9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q9">
+        <v>16</v>
+      </c>
+      <c s="14" r="R9">
+        <v>19</v>
+      </c>
+      <c s="16" t="inlineStr" r="S9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="T9">
+        <v>10</v>
+      </c>
+      <c s="14" r="U9">
+        <v>5</v>
+      </c>
+      <c s="14" r="V9">
+        <v>7</v>
+      </c>
+      <c s="14" r="W9">
         <v>9</v>
       </c>
-      <c s="17" t="inlineStr" r="N9">
-[...40 lines deleted...]
-        <v>13</v>
+      <c s="14" r="X9">
+        <v>16</v>
       </c>
       <c s="8" t="str" r="Y9"/>
-      <c s="15" r="Z9">
-        <v>17</v>
+      <c s="14" r="Z9">
+        <v>20</v>
       </c>
       <c s="29" r="AA9">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c s="9" t="str" r="AC9"/>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B10"/>
       <c s="26" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Emergency Medicine (EM)</t>
         </is>
       </c>
       <c s="12" r="D10">
-        <v>14</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="E10">
+        <v>17</v>
+      </c>
+      <c s="17" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F10"/>
       <c s="11" r="G10">
-        <v>127</v>
+        <v>156</v>
       </c>
       <c s="12" r="H10">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c s="12" r="I10">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c s="12" r="J10">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c s="12" r="K10">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c s="8" t="str" r="L10"/>
       <c s="12" r="M10">
-        <v>24</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N10">
+        <v>31</v>
+      </c>
+      <c s="17" t="inlineStr" r="N10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O10">
-        <v>5</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="P10">
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="P10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="Q10">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c s="12" r="R10">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c s="12" r="S10">
         <v>6</v>
       </c>
       <c s="12" r="T10">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c s="12" r="U10">
         <v>7</v>
       </c>
-      <c s="13" t="inlineStr" r="V10">
+      <c s="17" t="inlineStr" r="V10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="W10">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c s="12" r="X10">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c s="8" t="str" r="Y10"/>
       <c s="12" r="Z10">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c s="27" r="AA10">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c s="9" t="str" r="AC10"/>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B11"/>
       <c s="28" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">Family Medicine (FM)</t>
         </is>
       </c>
-      <c s="15" r="D11">
-[...3 lines deleted...]
-        <v>38</v>
+      <c s="14" r="D11">
+        <v>151</v>
+      </c>
+      <c s="14" r="E11">
+        <v>46</v>
       </c>
       <c s="8" t="str" r="F11"/>
-      <c s="15" r="G11">
-[...12 lines deleted...]
-        <v>409</v>
+      <c s="14" r="G11">
+        <v>107</v>
+      </c>
+      <c s="15" r="H11">
+        <v>7549</v>
+      </c>
+      <c s="14" r="I11">
+        <v>6139</v>
+      </c>
+      <c s="14" r="J11">
+        <v>2432</v>
+      </c>
+      <c s="14" r="K11">
+        <v>449</v>
       </c>
       <c s="8" t="str" r="L11"/>
-      <c s="15" r="M11">
-[...8 lines deleted...]
-      <c s="15" r="P11">
+      <c s="14" r="M11">
+        <v>559</v>
+      </c>
+      <c s="14" r="N11">
+        <v>15</v>
+      </c>
+      <c s="14" r="O11">
+        <v>33</v>
+      </c>
+      <c s="14" r="P11">
         <v>12</v>
       </c>
-      <c s="15" r="Q11">
-[...21 lines deleted...]
-        <v>209</v>
+      <c s="14" r="Q11">
+        <v>219</v>
+      </c>
+      <c s="14" r="R11">
+        <v>1650</v>
+      </c>
+      <c s="14" r="S11">
+        <v>93</v>
+      </c>
+      <c s="14" r="T11">
+        <v>532</v>
+      </c>
+      <c s="14" r="U11">
+        <v>57</v>
+      </c>
+      <c s="14" r="V11">
+        <v>24</v>
+      </c>
+      <c s="14" r="W11">
+        <v>102</v>
+      </c>
+      <c s="14" r="X11">
+        <v>241</v>
       </c>
       <c s="8" t="str" r="Y11"/>
-      <c s="15" r="Z11">
-        <v>225</v>
+      <c s="14" r="Z11">
+        <v>259</v>
       </c>
       <c s="29" r="AA11">
-        <v>770</v>
+        <v>892</v>
       </c>
       <c s="9" t="str" r="AC11"/>
     </row>
     <row r="12" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B12"/>
       <c s="26" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">Internal Medicine - Cat (IM_C)</t>
         </is>
       </c>
       <c s="12" r="D12">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c s="12" r="E12">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c s="8" t="str" r="F12"/>
       <c s="12" r="G12">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c s="12" r="H12">
-        <v>5671</v>
+        <v>6139</v>
       </c>
       <c s="11" r="I12">
-        <v>13276</v>
+        <v>13972</v>
       </c>
       <c s="12" r="J12">
-        <v>3875</v>
+        <v>4273</v>
       </c>
       <c s="12" r="K12">
-        <v>531</v>
+        <v>583</v>
       </c>
       <c s="8" t="str" r="L12"/>
       <c s="12" r="M12">
-        <v>873</v>
+        <v>941</v>
       </c>
       <c s="12" r="N12">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c s="12" r="O12">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c s="12" r="P12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c s="12" r="Q12">
-        <v>227</v>
+        <v>253</v>
       </c>
       <c s="12" r="R12">
-        <v>1677</v>
+        <v>1824</v>
       </c>
       <c s="12" r="S12">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c s="12" r="T12">
-        <v>430</v>
+        <v>506</v>
       </c>
       <c s="12" r="U12">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c s="12" r="V12">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c s="12" r="W12">
-        <v>230</v>
+        <v>255</v>
       </c>
       <c s="12" r="X12">
-        <v>431</v>
+        <v>472</v>
       </c>
       <c s="8" t="str" r="Y12"/>
       <c s="12" r="Z12">
-        <v>438</v>
+        <v>490</v>
       </c>
       <c s="27" r="AA12">
-        <v>1116</v>
+        <v>1289</v>
       </c>
       <c s="9" t="str" r="AC12"/>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B13"/>
       <c s="28" t="inlineStr" r="C13">
         <is>
           <t xml:space="preserve">Internal Medicine - Pre (IM_P)</t>
         </is>
       </c>
-      <c s="15" r="D13">
-[...3 lines deleted...]
-        <v>72</v>
+      <c s="14" r="D13">
+        <v>324</v>
+      </c>
+      <c s="14" r="E13">
+        <v>79</v>
       </c>
       <c s="8" t="str" r="F13"/>
-      <c s="15" r="G13">
-[...12 lines deleted...]
-        <v>196</v>
+      <c s="14" r="G13">
+        <v>70</v>
+      </c>
+      <c s="14" r="H13">
+        <v>2432</v>
+      </c>
+      <c s="14" r="I13">
+        <v>4273</v>
+      </c>
+      <c s="15" r="J13">
+        <v>4942</v>
+      </c>
+      <c s="14" r="K13">
+        <v>231</v>
       </c>
       <c s="8" t="str" r="L13"/>
-      <c s="15" r="M13">
-[...33 lines deleted...]
-        <v>200</v>
+      <c s="14" r="M13">
+        <v>795</v>
+      </c>
+      <c s="14" r="N13">
+        <v>33</v>
+      </c>
+      <c s="14" r="O13">
+        <v>23</v>
+      </c>
+      <c s="14" r="P13">
+        <v>8</v>
+      </c>
+      <c s="14" r="Q13">
+        <v>124</v>
+      </c>
+      <c s="14" r="R13">
+        <v>799</v>
+      </c>
+      <c s="14" r="S13">
+        <v>111</v>
+      </c>
+      <c s="14" r="T13">
+        <v>242</v>
+      </c>
+      <c s="14" r="U13">
+        <v>31</v>
+      </c>
+      <c s="14" r="V13">
+        <v>67</v>
+      </c>
+      <c s="14" r="W13">
+        <v>315</v>
+      </c>
+      <c s="14" r="X13">
+        <v>222</v>
       </c>
       <c s="8" t="str" r="Y13"/>
-      <c s="15" r="Z13">
-        <v>397</v>
+      <c s="14" r="Z13">
+        <v>445</v>
       </c>
       <c s="29" r="AA13">
-        <v>1211</v>
+        <v>1367</v>
       </c>
       <c s="9" t="str" r="AC13"/>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B14"/>
       <c s="26" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">Internal Medicine/Pediatrics (MPD)</t>
         </is>
       </c>
       <c s="12" r="D14">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c s="12" r="E14">
         <v>8</v>
       </c>
       <c s="8" t="str" r="F14"/>
       <c s="12" r="G14">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c s="12" r="H14">
-        <v>409</v>
+        <v>449</v>
       </c>
       <c s="12" r="I14">
-        <v>531</v>
+        <v>583</v>
       </c>
       <c s="12" r="J14">
-        <v>196</v>
+        <v>231</v>
       </c>
       <c s="11" r="K14">
-        <v>583</v>
+        <v>639</v>
       </c>
       <c s="8" t="str" r="L14"/>
       <c s="12" r="M14">
-        <v>63</v>
-[...11 lines deleted...]
-      <c s="13" t="inlineStr" r="P14">
+        <v>77</v>
+      </c>
+      <c s="17" t="inlineStr" r="N14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="Q14">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c s="12" r="R14">
-        <v>357</v>
+        <v>396</v>
       </c>
       <c s="12" r="S14">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c s="12" r="T14">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c s="12" r="U14">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>13</v>
+      </c>
+      <c s="12" r="V14">
+        <v>5</v>
       </c>
       <c s="12" r="W14">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c s="12" r="X14">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c s="8" t="str" r="Y14"/>
       <c s="12" r="Z14">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c s="27" r="AA14">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c s="9" t="str" r="AC14"/>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B15"/>
       <c s="28" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">Neurology (N)</t>
         </is>
       </c>
-      <c s="15" r="D15">
-[...2 lines deleted...]
-      <c s="15" r="E15">
+      <c s="14" r="D15">
+        <v>46</v>
+      </c>
+      <c s="14" r="E15">
+        <v>10</v>
+      </c>
+      <c s="8" t="str" r="F15"/>
+      <c s="14" r="G15">
+        <v>31</v>
+      </c>
+      <c s="14" r="H15">
+        <v>559</v>
+      </c>
+      <c s="14" r="I15">
+        <v>941</v>
+      </c>
+      <c s="14" r="J15">
+        <v>795</v>
+      </c>
+      <c s="14" r="K15">
+        <v>77</v>
+      </c>
+      <c s="8" t="str" r="L15"/>
+      <c s="15" r="M15">
+        <v>1442</v>
+      </c>
+      <c s="14" r="N15">
+        <v>7</v>
+      </c>
+      <c s="14" r="O15">
         <v>9</v>
       </c>
-      <c s="8" t="str" r="F15"/>
-[...12 lines deleted...]
-      <c s="15" r="K15">
+      <c s="16" t="inlineStr" r="P15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q15">
         <v>63</v>
       </c>
-      <c s="8" t="str" r="L15"/>
-[...36 lines deleted...]
-        <v>44</v>
+      <c s="14" r="R15">
+        <v>284</v>
+      </c>
+      <c s="14" r="S15">
+        <v>32</v>
+      </c>
+      <c s="14" r="T15">
+        <v>118</v>
+      </c>
+      <c s="14" r="U15">
+        <v>16</v>
+      </c>
+      <c s="14" r="V15">
+        <v>18</v>
+      </c>
+      <c s="14" r="W15">
+        <v>49</v>
+      </c>
+      <c s="14" r="X15">
+        <v>52</v>
       </c>
       <c s="8" t="str" r="Y15"/>
-      <c s="15" r="Z15">
-        <v>55</v>
+      <c s="14" r="Z15">
+        <v>67</v>
       </c>
       <c s="29" r="AA15">
-        <v>333</v>
+        <v>378</v>
       </c>
       <c s="9" t="str" r="AC15"/>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B16"/>
       <c s="26" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">Nuclear Medicine (NM)</t>
         </is>
       </c>
-      <c s="13" t="inlineStr" r="D16">
-[...4 lines deleted...]
-      <c s="13" t="inlineStr" r="E16">
+      <c s="17" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F16"/>
-      <c s="13" t="inlineStr" r="G16">
+      <c s="17" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H16">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c s="12" r="I16">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c s="12" r="J16">
-        <v>28</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K16">
+        <v>33</v>
+      </c>
+      <c s="17" t="inlineStr" r="K16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L16"/>
       <c s="12" r="M16">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c s="11" r="N16">
-        <v>51</v>
-[...31 lines deleted...]
-      <c s="13" t="inlineStr" r="U16">
+        <v>60</v>
+      </c>
+      <c s="17" t="inlineStr" r="O16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="R16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="S16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="V16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c s="12" r="W16">
-        <v>42</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="X16">
+        <v>49</v>
+      </c>
+      <c s="17" t="inlineStr" r="X16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="Y16"/>
       <c s="12" r="Z16">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c s="27" r="AA16">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c s="9" t="str" r="AC16"/>
     </row>
     <row r="17" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B17"/>
       <c s="28" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
         </is>
       </c>
-      <c s="15" r="D17">
-[...2 lines deleted...]
-      <c s="17" t="inlineStr" r="E17">
+      <c s="14" r="D17">
+        <v>20</v>
+      </c>
+      <c s="16" t="inlineStr" r="E17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F17"/>
-      <c s="15" r="G17">
+      <c s="14" r="G17">
+        <v>6</v>
+      </c>
+      <c s="14" r="H17">
+        <v>33</v>
+      </c>
+      <c s="14" r="I17">
+        <v>51</v>
+      </c>
+      <c s="14" r="J17">
+        <v>23</v>
+      </c>
+      <c s="16" t="inlineStr" r="K17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L17"/>
+      <c s="14" r="M17">
+        <v>9</v>
+      </c>
+      <c s="16" t="inlineStr" r="N17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="O17">
+        <v>180</v>
+      </c>
+      <c s="14" r="P17">
         <v>5</v>
       </c>
-      <c s="15" r="H17">
-[...36 lines deleted...]
-      <c s="15" r="S17">
+      <c s="16" t="inlineStr" r="Q17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="R17">
+        <v>7</v>
+      </c>
+      <c s="14" r="S17">
         <v>13</v>
       </c>
-      <c s="17" t="inlineStr" r="T17">
-[...18 lines deleted...]
-        <v>67</v>
+      <c s="16" t="inlineStr" r="T17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="U17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="V17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W17">
+        <v>10</v>
+      </c>
+      <c s="14" r="X17">
+        <v>79</v>
       </c>
       <c s="8" t="str" r="Y17"/>
-      <c s="15" r="Z17">
-        <v>61</v>
+      <c s="14" r="Z17">
+        <v>74</v>
       </c>
       <c s="29" r="AA17">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c s="9" t="str" r="AC17"/>
     </row>
     <row r="18" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B18"/>
       <c s="26" t="inlineStr" r="C18">
         <is>
           <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
         </is>
       </c>
       <c s="12" r="D18">
         <v>5</v>
       </c>
-      <c s="13" t="inlineStr" r="E18">
+      <c s="17" t="inlineStr" r="E18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F18"/>
-      <c s="13" t="inlineStr" r="G18">
+      <c s="17" t="inlineStr" r="G18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H18">
         <v>12</v>
       </c>
       <c s="12" r="I18">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c s="12" r="J18">
-        <v>7</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K18">
+        <v>8</v>
+      </c>
+      <c s="17" t="inlineStr" r="K18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L18"/>
-      <c s="13" t="inlineStr" r="M18">
-[...4 lines deleted...]
-      <c s="13" t="inlineStr" r="N18">
+      <c s="17" t="inlineStr" r="M18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O18">
         <v>5</v>
       </c>
       <c s="11" r="P18">
-        <v>65</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="Q18">
+        <v>66</v>
+      </c>
+      <c s="17" t="inlineStr" r="Q18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="R18">
         <v>10</v>
       </c>
-      <c s="13" t="inlineStr" r="S18">
-[...19 lines deleted...]
-      <c s="13" t="inlineStr" r="W18">
+      <c s="17" t="inlineStr" r="S18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="W18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="X18">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c s="8" t="str" r="Y18"/>
       <c s="12" r="Z18">
         <v>22</v>
       </c>
       <c s="27" r="AA18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c s="9" t="str" r="AC18"/>
     </row>
     <row r="19" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B19"/>
       <c s="28" t="inlineStr" r="C19">
         <is>
           <t xml:space="preserve">Pathology-Anatomic and Clinical (PTH)</t>
         </is>
       </c>
-      <c s="15" r="D19">
+      <c s="14" r="D19">
+        <v>17</v>
+      </c>
+      <c s="14" r="E19">
         <v>16</v>
       </c>
-      <c s="15" r="E19">
-[...1 lines deleted...]
-      </c>
       <c s="8" t="str" r="F19"/>
-      <c s="15" r="G19">
-[...12 lines deleted...]
-        <v>24</v>
+      <c s="14" r="G19">
+        <v>13</v>
+      </c>
+      <c s="14" r="H19">
+        <v>219</v>
+      </c>
+      <c s="14" r="I19">
+        <v>253</v>
+      </c>
+      <c s="14" r="J19">
+        <v>124</v>
+      </c>
+      <c s="14" r="K19">
+        <v>27</v>
       </c>
       <c s="8" t="str" r="L19"/>
-      <c s="15" r="M19">
-[...29 lines deleted...]
-      <c s="15" r="U19">
+      <c s="14" r="M19">
+        <v>63</v>
+      </c>
+      <c s="16" t="inlineStr" r="N19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="Q19">
+        <v>795</v>
+      </c>
+      <c s="14" r="R19">
+        <v>111</v>
+      </c>
+      <c s="14" r="S19">
+        <v>12</v>
+      </c>
+      <c s="14" r="T19">
+        <v>41</v>
+      </c>
+      <c s="14" r="U19">
+        <v>7</v>
+      </c>
+      <c s="14" r="V19">
         <v>6</v>
       </c>
-      <c s="17" t="inlineStr" r="V19">
-[...7 lines deleted...]
-      <c s="15" r="X19">
+      <c s="14" r="W19">
         <v>27</v>
       </c>
+      <c s="14" r="X19">
+        <v>28</v>
+      </c>
       <c s="8" t="str" r="Y19"/>
-      <c s="15" r="Z19">
-        <v>25</v>
+      <c s="14" r="Z19">
+        <v>27</v>
       </c>
       <c s="29" r="AA19">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c s="9" t="str" r="AC19"/>
     </row>
     <row r="20" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B20"/>
       <c s="26" t="inlineStr" r="C20">
         <is>
           <t xml:space="preserve">Pediatrics (PD)</t>
         </is>
       </c>
       <c s="12" r="D20">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c s="12" r="E20">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c s="8" t="str" r="F20"/>
       <c s="12" r="G20">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c s="12" r="H20">
-        <v>1515</v>
+        <v>1650</v>
       </c>
       <c s="12" r="I20">
-        <v>1677</v>
+        <v>1824</v>
       </c>
       <c s="12" r="J20">
-        <v>712</v>
+        <v>799</v>
       </c>
       <c s="12" r="K20">
-        <v>357</v>
+        <v>396</v>
       </c>
       <c s="8" t="str" r="L20"/>
       <c s="12" r="M20">
-        <v>251</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N20">
+        <v>284</v>
+      </c>
+      <c s="17" t="inlineStr" r="N20">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O20">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c s="12" r="P20">
         <v>10</v>
       </c>
       <c s="12" r="Q20">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c s="11" r="R20">
-        <v>2710</v>
+        <v>2901</v>
       </c>
       <c s="12" r="S20">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c s="12" r="T20">
-        <v>144</v>
+        <v>181</v>
       </c>
       <c s="12" r="U20">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c s="12" r="V20">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c s="12" r="W20">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c s="12" r="X20">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c s="8" t="str" r="Y20"/>
       <c s="12" r="Z20">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c s="27" r="AA20">
-        <v>287</v>
+        <v>335</v>
       </c>
       <c s="9" t="str" r="AC20"/>
     </row>
     <row r="21" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B21"/>
       <c s="28" t="inlineStr" r="C21">
         <is>
           <t xml:space="preserve">Physical Medicine and Rehabilitation (PM)</t>
         </is>
       </c>
-      <c s="15" r="D21">
+      <c s="14" r="D21">
+        <v>13</v>
+      </c>
+      <c s="16" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F21"/>
+      <c s="14" r="G21">
+        <v>6</v>
+      </c>
+      <c s="14" r="H21">
+        <v>93</v>
+      </c>
+      <c s="14" r="I21">
+        <v>114</v>
+      </c>
+      <c s="14" r="J21">
+        <v>111</v>
+      </c>
+      <c s="14" r="K21">
+        <v>7</v>
+      </c>
+      <c s="8" t="str" r="L21"/>
+      <c s="14" r="M21">
+        <v>32</v>
+      </c>
+      <c s="16" t="inlineStr" r="N21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O21">
+        <v>13</v>
+      </c>
+      <c s="16" t="inlineStr" r="P21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q21">
         <v>12</v>
       </c>
-      <c s="17" t="inlineStr" r="E21">
-[...29 lines deleted...]
-      <c s="15" r="O21">
+      <c s="14" r="R21">
+        <v>32</v>
+      </c>
+      <c s="15" r="S21">
+        <v>192</v>
+      </c>
+      <c s="14" r="T21">
+        <v>23</v>
+      </c>
+      <c s="14" r="U21">
+        <v>7</v>
+      </c>
+      <c s="16" t="inlineStr" r="V21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W21">
         <v>13</v>
       </c>
-      <c s="17" t="inlineStr" r="P21">
-[...28 lines deleted...]
-        <v>13</v>
+      <c s="14" r="X21">
+        <v>14</v>
       </c>
       <c s="8" t="str" r="Y21"/>
-      <c s="15" r="Z21">
-        <v>23</v>
+      <c s="14" r="Z21">
+        <v>25</v>
       </c>
       <c s="29" r="AA21">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c s="9" t="str" r="AC21"/>
     </row>
     <row r="22" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B22"/>
       <c s="26" t="inlineStr" r="C22">
         <is>
           <t xml:space="preserve">Psychiatry (P)</t>
         </is>
       </c>
       <c s="12" r="D22">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c s="12" r="E22">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c s="8" t="str" r="F22"/>
       <c s="12" r="G22">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c s="12" r="H22">
-        <v>442</v>
+        <v>532</v>
       </c>
       <c s="12" r="I22">
-        <v>430</v>
+        <v>506</v>
       </c>
       <c s="12" r="J22">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c s="12" r="K22">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c s="8" t="str" r="L22"/>
       <c s="12" r="M22">
-        <v>99</v>
-[...11 lines deleted...]
-      <c s="13" t="inlineStr" r="P22">
+        <v>118</v>
+      </c>
+      <c s="17" t="inlineStr" r="N22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P22">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="Q22">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c s="12" r="R22">
-        <v>144</v>
+        <v>181</v>
       </c>
       <c s="12" r="S22">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c s="11" r="T22">
-        <v>1136</v>
+        <v>1254</v>
       </c>
       <c s="12" r="U22">
-        <v>9</v>
-[...4 lines deleted...]
-        </is>
+        <v>13</v>
+      </c>
+      <c s="12" r="V22">
+        <v>6</v>
       </c>
       <c s="12" r="W22">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c s="12" r="X22">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c s="8" t="str" r="Y22"/>
       <c s="12" r="Z22">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c s="27" r="AA22">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c s="9" t="str" r="AC22"/>
     </row>
     <row r="23" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B23"/>
       <c s="28" t="inlineStr" r="C23">
         <is>
           <t xml:space="preserve">Public Health and General Preventive Medicine (GPM)</t>
         </is>
       </c>
-      <c s="15" r="D23">
+      <c s="14" r="D23">
         <v>5</v>
       </c>
-      <c s="17" t="inlineStr" r="E23">
-[...2 lines deleted...]
-        </is>
+      <c s="14" r="E23">
+        <v>5</v>
       </c>
       <c s="8" t="str" r="F23"/>
-      <c s="15" r="G23">
+      <c s="14" r="G23">
         <v>7</v>
       </c>
-      <c s="15" r="H23">
-[...9 lines deleted...]
-        <v>12</v>
+      <c s="14" r="H23">
+        <v>57</v>
+      </c>
+      <c s="14" r="I23">
+        <v>60</v>
+      </c>
+      <c s="14" r="J23">
+        <v>31</v>
+      </c>
+      <c s="14" r="K23">
+        <v>13</v>
       </c>
       <c s="8" t="str" r="L23"/>
-      <c s="15" r="M23">
-[...17 lines deleted...]
-      <c s="15" r="Q23">
+      <c s="14" r="M23">
+        <v>16</v>
+      </c>
+      <c s="16" t="inlineStr" r="N23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q23">
+        <v>7</v>
+      </c>
+      <c s="14" r="R23">
+        <v>23</v>
+      </c>
+      <c s="14" r="S23">
+        <v>7</v>
+      </c>
+      <c s="14" r="T23">
+        <v>13</v>
+      </c>
+      <c s="15" r="U23">
+        <v>79</v>
+      </c>
+      <c s="16" t="inlineStr" r="V23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="W23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="X23">
         <v>6</v>
       </c>
-      <c s="15" r="R23">
-[...23 lines deleted...]
-      </c>
       <c s="8" t="str" r="Y23"/>
-      <c s="15" r="Z23">
-        <v>7</v>
+      <c s="14" r="Z23">
+        <v>8</v>
       </c>
       <c s="29" r="AA23">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c s="9" t="str" r="AC23"/>
     </row>
     <row r="24" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B24"/>
       <c s="26" t="inlineStr" r="C24">
         <is>
           <t xml:space="preserve">Radiation Oncology (RO)</t>
         </is>
       </c>
       <c s="12" r="D24">
+        <v>6</v>
+      </c>
+      <c s="12" r="E24">
+        <v>7</v>
+      </c>
+      <c s="8" t="str" r="F24"/>
+      <c s="17" t="inlineStr" r="G24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H24">
+        <v>24</v>
+      </c>
+      <c s="12" r="I24">
+        <v>63</v>
+      </c>
+      <c s="12" r="J24">
+        <v>67</v>
+      </c>
+      <c s="12" r="K24">
         <v>5</v>
-      </c>
-[...21 lines deleted...]
-        </is>
       </c>
       <c s="8" t="str" r="L24"/>
       <c s="12" r="M24">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c s="12" r="N24">
-        <v>5</v>
-[...14 lines deleted...]
-        </is>
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="O24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q24">
+        <v>6</v>
       </c>
       <c s="12" r="R24">
-        <v>9</v>
-[...11 lines deleted...]
-      <c s="13" t="inlineStr" r="U24">
+        <v>11</v>
+      </c>
+      <c s="17" t="inlineStr" r="S24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="T24">
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="U24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="11" r="V24">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c s="12" r="W24">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c s="12" r="X24">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c s="8" t="str" r="Y24"/>
       <c s="12" r="Z24">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c s="27" r="AA24">
         <v>49</v>
       </c>
       <c s="9" t="str" r="AC24"/>
     </row>
     <row r="25" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B25"/>
       <c s="28" t="inlineStr" r="C25">
         <is>
           <t xml:space="preserve">Radiology-Diagnostic (DR)</t>
         </is>
       </c>
-      <c s="15" r="D25">
-[...3 lines deleted...]
-        <v>8</v>
+      <c s="14" r="D25">
+        <v>39</v>
+      </c>
+      <c s="14" r="E25">
+        <v>9</v>
       </c>
       <c s="8" t="str" r="F25"/>
-      <c s="15" r="G25">
-[...12 lines deleted...]
-        <v>16</v>
+      <c s="14" r="G25">
+        <v>9</v>
+      </c>
+      <c s="14" r="H25">
+        <v>102</v>
+      </c>
+      <c s="14" r="I25">
+        <v>255</v>
+      </c>
+      <c s="14" r="J25">
+        <v>315</v>
+      </c>
+      <c s="14" r="K25">
+        <v>20</v>
       </c>
       <c s="8" t="str" r="L25"/>
-      <c s="15" r="M25">
-[...19 lines deleted...]
-      <c s="15" r="S25">
+      <c s="14" r="M25">
+        <v>49</v>
+      </c>
+      <c s="14" r="N25">
+        <v>49</v>
+      </c>
+      <c s="14" r="O25">
         <v>10</v>
       </c>
-      <c s="15" r="T25">
+      <c s="16" t="inlineStr" r="P25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q25">
+        <v>27</v>
+      </c>
+      <c s="14" r="R25">
+        <v>54</v>
+      </c>
+      <c s="14" r="S25">
         <v>13</v>
       </c>
-      <c s="17" t="inlineStr" r="U25">
-[...11 lines deleted...]
-        <v>42</v>
+      <c s="14" r="T25">
+        <v>18</v>
+      </c>
+      <c s="16" t="inlineStr" r="U25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V25">
+        <v>23</v>
+      </c>
+      <c s="15" r="W25">
+        <v>503</v>
+      </c>
+      <c s="14" r="X25">
+        <v>47</v>
       </c>
       <c s="8" t="str" r="Y25"/>
-      <c s="15" r="Z25">
-        <v>129</v>
+      <c s="14" r="Z25">
+        <v>141</v>
       </c>
       <c s="29" r="AA25">
-        <v>259</v>
+        <v>278</v>
       </c>
       <c s="9" t="str" r="AC25"/>
     </row>
     <row r="26" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B26"/>
       <c s="26" t="inlineStr" r="C26">
         <is>
           <t xml:space="preserve">Surgery - Cat (GS_C)</t>
         </is>
       </c>
       <c s="12" r="D26">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c s="12" r="E26">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c s="8" t="str" r="F26"/>
       <c s="12" r="G26">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c s="12" r="H26">
-        <v>209</v>
+        <v>241</v>
       </c>
       <c s="12" r="I26">
-        <v>431</v>
+        <v>472</v>
       </c>
       <c s="12" r="J26">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c s="12" r="K26">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c s="8" t="str" r="L26"/>
       <c s="12" r="M26">
-        <v>44</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N26">
+        <v>52</v>
+      </c>
+      <c s="17" t="inlineStr" r="N26">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O26">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c s="12" r="P26">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c s="12" r="Q26">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c s="12" r="R26">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c s="12" r="S26">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c s="12" r="T26">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c s="12" r="U26">
         <v>6</v>
       </c>
       <c s="12" r="V26">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c s="12" r="W26">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c s="11" r="X26">
-        <v>1475</v>
+        <v>1572</v>
       </c>
       <c s="8" t="str" r="Y26"/>
       <c s="12" r="Z26">
-        <v>1084</v>
+        <v>1164</v>
       </c>
       <c s="27" r="AA26">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c s="9" t="str" r="AC26"/>
     </row>
     <row r="27" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B27"/>
       <c s="28" t="inlineStr" r="C27">
         <is>
           <t xml:space="preserve">Surgery - Pre (GS_P)</t>
         </is>
       </c>
-      <c s="15" r="D27">
-[...3 lines deleted...]
-        <v>17</v>
+      <c s="14" r="D27">
+        <v>134</v>
+      </c>
+      <c s="14" r="E27">
+        <v>20</v>
       </c>
       <c s="8" t="str" r="F27"/>
-      <c s="15" r="G27">
-[...11 lines deleted...]
-      <c s="15" r="K27">
+      <c s="14" r="G27">
         <v>27</v>
       </c>
+      <c s="14" r="H27">
+        <v>259</v>
+      </c>
+      <c s="14" r="I27">
+        <v>490</v>
+      </c>
+      <c s="14" r="J27">
+        <v>445</v>
+      </c>
+      <c s="14" r="K27">
+        <v>29</v>
+      </c>
       <c s="8" t="str" r="L27"/>
-      <c s="15" r="M27">
-[...8 lines deleted...]
-      <c s="15" r="P27">
+      <c s="14" r="M27">
+        <v>67</v>
+      </c>
+      <c s="14" r="N27">
+        <v>21</v>
+      </c>
+      <c s="14" r="O27">
+        <v>74</v>
+      </c>
+      <c s="14" r="P27">
         <v>22</v>
       </c>
-      <c s="15" r="Q27">
+      <c s="14" r="Q27">
+        <v>27</v>
+      </c>
+      <c s="14" r="R27">
+        <v>104</v>
+      </c>
+      <c s="14" r="S27">
         <v>25</v>
       </c>
-      <c s="15" r="R27">
-[...18 lines deleted...]
-        <v>1084</v>
+      <c s="14" r="T27">
+        <v>35</v>
+      </c>
+      <c s="14" r="U27">
+        <v>8</v>
+      </c>
+      <c s="14" r="V27">
+        <v>25</v>
+      </c>
+      <c s="14" r="W27">
+        <v>141</v>
+      </c>
+      <c s="14" r="X27">
+        <v>1164</v>
       </c>
       <c s="8" t="str" r="Y27"/>
-      <c s="16" r="Z27">
-        <v>1428</v>
+      <c s="15" r="Z27">
+        <v>1549</v>
       </c>
       <c s="29" r="AA27">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c s="9" t="str" r="AC27"/>
     </row>
     <row r="28" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B28"/>
       <c s="30" t="inlineStr" r="C28">
         <is>
           <t xml:space="preserve">Transitional Year (TY)</t>
         </is>
       </c>
       <c s="31" r="D28">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c s="31" r="E28">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c s="32" t="str" r="F28"/>
       <c s="31" r="G28">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c s="31" r="H28">
-        <v>770</v>
+        <v>892</v>
       </c>
       <c s="31" r="I28">
-        <v>1116</v>
+        <v>1289</v>
       </c>
       <c s="31" r="J28">
-        <v>1211</v>
+        <v>1367</v>
       </c>
       <c s="31" r="K28">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c s="32" t="str" r="L28"/>
       <c s="31" r="M28">
-        <v>333</v>
+        <v>378</v>
       </c>
       <c s="31" r="N28">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c s="31" r="O28">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c s="31" r="P28">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c s="31" r="Q28">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c s="31" r="R28">
-        <v>287</v>
+        <v>335</v>
       </c>
       <c s="31" r="S28">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c s="31" r="T28">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c s="31" r="U28">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c s="31" r="V28">
         <v>49</v>
       </c>
       <c s="31" r="W28">
-        <v>259</v>
+        <v>278</v>
       </c>
       <c s="31" r="X28">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c s="32" t="str" r="Y28"/>
       <c s="31" r="Z28">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c s="33" r="AA28">
-        <v>1780</v>
+        <v>2005</v>
       </c>
       <c s="9" t="str" r="AC28"/>
     </row>
     <row r="29" ht="0.05" customHeight="1">
       <c s="5" t="str" r="B29"/>
       <c s="9" t="str" r="AC29"/>
     </row>
     <row r="30" ht="1.05" customHeight="1">
       <c s="18" t="str" r="B30"/>
       <c s="19" t="str" r="C30"/>
       <c s="19" t="str" r="D30"/>
       <c s="19" t="str" r="E30"/>
       <c s="19" t="str" r="F30"/>
       <c s="19" t="str" r="G30"/>
       <c s="19" t="str" r="H30"/>
       <c s="19" t="str" r="I30"/>
       <c s="19" t="str" r="J30"/>
       <c s="19" t="str" r="K30"/>
       <c s="19" t="str" r="L30"/>
       <c s="19" t="str" r="M30"/>
       <c s="19" t="str" r="N30"/>
       <c s="19" t="str" r="O30"/>
       <c s="19" t="str" r="P30"/>
       <c s="19" t="str" r="Q30"/>
       <c s="19" t="str" r="R30"/>
@@ -4953,51 +4915,51 @@
             </rPr>
             <t xml:space="preserve">2026</t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FF000000"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="11"/>
               <color rgb="FFFF0000"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">Data as of Oct, 01, 2025</t>
+            <t xml:space="preserve">Data as of Nov, 03, 2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13" customHeight="1"/>
     <row r="6" ht="0.7" customHeight="1">
       <c s="2" t="str" r="B6"/>
       <c s="3" t="str" r="C6"/>
       <c s="3" t="str" r="D6"/>
       <c s="3" t="str" r="E6"/>
       <c s="3" t="str" r="F6"/>
       <c s="3" t="str" r="G6"/>
       <c s="3" t="str" r="H6"/>
       <c s="3" t="str" r="I6"/>
       <c s="3" t="str" r="J6"/>
       <c s="3" t="str" r="K6"/>
       <c s="3" t="str" r="L6"/>
       <c s="3" t="str" r="M6"/>
       <c s="3" t="str" r="N6"/>
       <c s="3" t="str" r="O6"/>
       <c s="3" t="str" r="P6"/>
       <c s="3" t="str" r="Q6"/>
       <c s="3" t="str" r="R6"/>
       <c s="3" t="str" r="S6"/>
       <c s="3" t="str" r="T6"/>
@@ -5114,1910 +5076,1874 @@
         <is>
           <t xml:space="preserve">GS_C</t>
         </is>
       </c>
       <c s="24" t="str" r="Y7"/>
       <c s="23" t="inlineStr" r="Z7">
         <is>
           <t xml:space="preserve">GS_P</t>
         </is>
       </c>
       <c s="25" t="inlineStr" r="AA7">
         <is>
           <t xml:space="preserve">TY</t>
         </is>
       </c>
       <c s="9" t="str" r="AC7"/>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B8"/>
       <c s="26" t="inlineStr" r="C8">
         <is>
           <t xml:space="preserve">Anesthesiology (AN)</t>
         </is>
       </c>
       <c s="11" r="D8">
-        <v>2854</v>
+        <v>2888</v>
       </c>
       <c s="12" r="E8">
         <v>24</v>
       </c>
       <c s="8" t="str" r="F8"/>
-      <c s="13" t="inlineStr" r="G8">
-[...2 lines deleted...]
-        </is>
+      <c s="12" r="G8">
+        <v>5</v>
       </c>
       <c s="12" r="H8">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c s="12" r="I8">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c s="12" r="J8">
-        <v>1456</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K8">
+        <v>1490</v>
+      </c>
+      <c s="17" t="inlineStr" r="K8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L8"/>
       <c s="12" r="M8">
-        <v>22</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N8">
+        <v>25</v>
+      </c>
+      <c s="17" t="inlineStr" r="N8">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O8">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c s="12" r="P8">
         <v>15</v>
       </c>
       <c s="12" r="Q8">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c s="12" r="R8">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c s="12" r="S8">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c s="12" r="T8">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c s="12" r="U8">
         <v>5</v>
       </c>
       <c s="12" r="V8">
         <v>7</v>
       </c>
       <c s="12" r="W8">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c s="12" r="X8">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c s="8" t="str" r="Y8"/>
       <c s="12" r="Z8">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c s="27" r="AA8">
-        <v>1545</v>
+        <v>1578</v>
       </c>
       <c s="9" t="str" r="AC8"/>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B9"/>
       <c s="28" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">Dermatology (D)</t>
         </is>
       </c>
-      <c s="15" r="D9">
+      <c s="14" r="D9">
         <v>24</v>
       </c>
-      <c s="16" r="E9">
-        <v>1175</v>
+      <c s="15" r="E9">
+        <v>1190</v>
       </c>
       <c s="8" t="str" r="F9"/>
-      <c s="17" t="inlineStr" r="G9">
-[...13 lines deleted...]
-      <c s="17" t="inlineStr" r="K9">
+      <c s="16" t="inlineStr" r="G9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H9">
+        <v>58</v>
+      </c>
+      <c s="14" r="I9">
+        <v>211</v>
+      </c>
+      <c s="14" r="J9">
+        <v>837</v>
+      </c>
+      <c s="16" t="inlineStr" r="K9">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L9"/>
-      <c s="15" r="M9">
+      <c s="14" r="M9">
         <v>9</v>
       </c>
-      <c s="17" t="inlineStr" r="N9">
-[...14 lines deleted...]
-      <c s="15" r="Q9">
+      <c s="16" t="inlineStr" r="N9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q9">
         <v>12</v>
       </c>
-      <c s="15" r="R9">
-[...2 lines deleted...]
-      <c s="15" r="S9">
+      <c s="14" r="R9">
+        <v>98</v>
+      </c>
+      <c s="14" r="S9">
         <v>8</v>
       </c>
-      <c s="15" r="T9">
-[...7 lines deleted...]
-      <c s="15" r="V9">
+      <c s="14" r="T9">
+        <v>20</v>
+      </c>
+      <c s="16" t="inlineStr" r="U9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V9">
         <v>5</v>
       </c>
-      <c s="15" r="W9">
-[...3 lines deleted...]
-        <v>7</v>
+      <c s="14" r="W9">
+        <v>26</v>
+      </c>
+      <c s="14" r="X9">
+        <v>8</v>
       </c>
       <c s="8" t="str" r="Y9"/>
-      <c s="15" r="Z9">
-        <v>10</v>
+      <c s="14" r="Z9">
+        <v>14</v>
       </c>
       <c s="29" r="AA9">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c s="9" t="str" r="AC9"/>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B10"/>
       <c s="26" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Emergency Medicine (EM)</t>
         </is>
       </c>
-      <c s="13" t="inlineStr" r="D10">
-[...4 lines deleted...]
-      <c s="13" t="inlineStr" r="E10">
+      <c s="12" r="D10">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="E10">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F10"/>
       <c s="11" r="G10">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c s="12" r="H10">
+        <v>9</v>
+      </c>
+      <c s="12" r="I10">
+        <v>12</v>
+      </c>
+      <c s="12" r="J10">
+        <v>7</v>
+      </c>
+      <c s="17" t="inlineStr" r="K10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L10"/>
+      <c s="17" t="inlineStr" r="M10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="R10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="S10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="W10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="X10">
+        <v>5</v>
+      </c>
+      <c s="8" t="str" r="Y10"/>
+      <c s="17" t="inlineStr" r="Z10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" r="AA10">
         <v>6</v>
-      </c>
-[...81 lines deleted...]
-        </is>
       </c>
       <c s="9" t="str" r="AC10"/>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B11"/>
       <c s="28" t="inlineStr" r="C11">
         <is>
           <t xml:space="preserve">Family Medicine (FM)</t>
         </is>
       </c>
-      <c s="15" r="D11">
-[...2 lines deleted...]
-      <c s="15" r="E11">
+      <c s="14" r="D11">
+        <v>104</v>
+      </c>
+      <c s="14" r="E11">
+        <v>58</v>
+      </c>
+      <c s="8" t="str" r="F11"/>
+      <c s="14" r="G11">
+        <v>9</v>
+      </c>
+      <c s="15" r="H11">
+        <v>4186</v>
+      </c>
+      <c s="14" r="I11">
+        <v>511</v>
+      </c>
+      <c s="14" r="J11">
+        <v>213</v>
+      </c>
+      <c s="14" r="K11">
+        <v>47</v>
+      </c>
+      <c s="8" t="str" r="L11"/>
+      <c s="14" r="M11">
         <v>55</v>
       </c>
-      <c s="8" t="str" r="F11"/>
-[...27 lines deleted...]
-      <c s="15" r="P11">
+      <c s="16" t="inlineStr" r="N11">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O11">
+        <v>71</v>
+      </c>
+      <c s="14" r="P11">
         <v>9</v>
       </c>
-      <c s="15" r="Q11">
-[...21 lines deleted...]
-        <v>79</v>
+      <c s="14" r="Q11">
+        <v>35</v>
+      </c>
+      <c s="14" r="R11">
+        <v>92</v>
+      </c>
+      <c s="14" r="S11">
+        <v>139</v>
+      </c>
+      <c s="14" r="T11">
+        <v>271</v>
+      </c>
+      <c s="14" r="U11">
+        <v>23</v>
+      </c>
+      <c s="14" r="V11">
+        <v>10</v>
+      </c>
+      <c s="14" r="W11">
+        <v>50</v>
+      </c>
+      <c s="14" r="X11">
+        <v>84</v>
       </c>
       <c s="8" t="str" r="Y11"/>
-      <c s="15" r="Z11">
-        <v>50</v>
+      <c s="14" r="Z11">
+        <v>59</v>
       </c>
       <c s="29" r="AA11">
-        <v>211</v>
+        <v>230</v>
       </c>
       <c s="9" t="str" r="AC11"/>
     </row>
     <row r="12" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B12"/>
       <c s="26" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">Internal Medicine - Cat (IM_C)</t>
         </is>
       </c>
       <c s="12" r="D12">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c s="12" r="E12">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c s="8" t="str" r="F12"/>
       <c s="12" r="G12">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c s="12" r="H12">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c s="11" r="I12">
-        <v>8192</v>
+        <v>8303</v>
       </c>
       <c s="12" r="J12">
-        <v>929</v>
+        <v>992</v>
       </c>
       <c s="12" r="K12">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c s="8" t="str" r="L12"/>
       <c s="12" r="M12">
-        <v>151</v>
-[...4 lines deleted...]
-        </is>
+        <v>157</v>
+      </c>
+      <c s="12" r="N12">
+        <v>5</v>
       </c>
       <c s="12" r="O12">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c s="12" r="P12">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c s="12" r="Q12">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c s="12" r="R12">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c s="12" r="S12">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c s="12" r="T12">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c s="12" r="U12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c s="12" r="V12">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c s="12" r="W12">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c s="12" r="X12">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c s="8" t="str" r="Y12"/>
       <c s="12" r="Z12">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c s="27" r="AA12">
-        <v>608</v>
+        <v>660</v>
       </c>
       <c s="9" t="str" r="AC12"/>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B13"/>
       <c s="28" t="inlineStr" r="C13">
         <is>
           <t xml:space="preserve">Internal Medicine - Pre (IM_P)</t>
         </is>
       </c>
-      <c s="15" r="D13">
-[...3 lines deleted...]
-        <v>824</v>
+      <c s="14" r="D13">
+        <v>1490</v>
+      </c>
+      <c s="14" r="E13">
+        <v>837</v>
       </c>
       <c s="8" t="str" r="F13"/>
-      <c s="15" r="G13">
-[...12 lines deleted...]
-        <v>11</v>
+      <c s="14" r="G13">
+        <v>7</v>
+      </c>
+      <c s="14" r="H13">
+        <v>213</v>
+      </c>
+      <c s="14" r="I13">
+        <v>992</v>
+      </c>
+      <c s="15" r="J13">
+        <v>5380</v>
+      </c>
+      <c s="14" r="K13">
+        <v>12</v>
       </c>
       <c s="8" t="str" r="L13"/>
-      <c s="15" r="M13">
-[...33 lines deleted...]
-        <v>38</v>
+      <c s="14" r="M13">
+        <v>855</v>
+      </c>
+      <c s="14" r="N13">
+        <v>9</v>
+      </c>
+      <c s="14" r="O13">
+        <v>51</v>
+      </c>
+      <c s="14" r="P13">
+        <v>12</v>
+      </c>
+      <c s="14" r="Q13">
+        <v>24</v>
+      </c>
+      <c s="14" r="R13">
+        <v>148</v>
+      </c>
+      <c s="14" r="S13">
+        <v>653</v>
+      </c>
+      <c s="14" r="T13">
+        <v>102</v>
+      </c>
+      <c s="14" r="U13">
+        <v>9</v>
+      </c>
+      <c s="14" r="V13">
+        <v>167</v>
+      </c>
+      <c s="14" r="W13">
+        <v>1116</v>
+      </c>
+      <c s="14" r="X13">
+        <v>44</v>
       </c>
       <c s="8" t="str" r="Y13"/>
-      <c s="15" r="Z13">
-        <v>349</v>
+      <c s="14" r="Z13">
+        <v>391</v>
       </c>
       <c s="29" r="AA13">
-        <v>3961</v>
+        <v>4117</v>
       </c>
       <c s="9" t="str" r="AC13"/>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B14"/>
       <c s="26" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">Internal Medicine/Pediatrics (MPD)</t>
         </is>
       </c>
-      <c s="13" t="inlineStr" r="D14">
-[...4 lines deleted...]
-      <c s="13" t="inlineStr" r="E14">
+      <c s="17" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="E14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F14"/>
-      <c s="13" t="inlineStr" r="G14">
+      <c s="17" t="inlineStr" r="G14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H14">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c s="12" r="I14">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c s="12" r="J14">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c s="11" r="K14">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c s="8" t="str" r="L14"/>
-      <c s="13" t="inlineStr" r="M14">
-[...19 lines deleted...]
-      <c s="13" t="inlineStr" r="Q14">
+      <c s="17" t="inlineStr" r="M14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="R14">
-        <v>119</v>
-[...26 lines deleted...]
-      <c s="13" t="inlineStr" r="X14">
+        <v>123</v>
+      </c>
+      <c s="17" t="inlineStr" r="S14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="W14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="X14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="Y14"/>
-      <c s="13" t="inlineStr" r="Z14">
+      <c s="17" t="inlineStr" r="Z14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="27" r="AA14">
         <v>7</v>
       </c>
       <c s="9" t="str" r="AC14"/>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B15"/>
       <c s="28" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">Neurology (N)</t>
         </is>
       </c>
-      <c s="15" r="D15">
-[...2 lines deleted...]
-      <c s="15" r="E15">
+      <c s="14" r="D15">
+        <v>25</v>
+      </c>
+      <c s="14" r="E15">
         <v>9</v>
       </c>
       <c s="8" t="str" r="F15"/>
-      <c s="17" t="inlineStr" r="G15">
-[...13 lines deleted...]
-      <c s="17" t="inlineStr" r="K15">
+      <c s="16" t="inlineStr" r="G15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H15">
+        <v>55</v>
+      </c>
+      <c s="14" r="I15">
+        <v>157</v>
+      </c>
+      <c s="14" r="J15">
+        <v>855</v>
+      </c>
+      <c s="16" t="inlineStr" r="K15">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L15"/>
-      <c s="16" r="M15">
-[...36 lines deleted...]
-      <c s="15" r="V15">
+      <c s="15" r="M15">
+        <v>1254</v>
+      </c>
+      <c s="16" t="inlineStr" r="N15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q15">
+        <v>5</v>
+      </c>
+      <c s="14" r="R15">
+        <v>16</v>
+      </c>
+      <c s="14" r="S15">
+        <v>27</v>
+      </c>
+      <c s="14" r="T15">
+        <v>39</v>
+      </c>
+      <c s="16" t="inlineStr" r="U15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V15">
         <v>7</v>
       </c>
-      <c s="15" r="W15">
-[...3 lines deleted...]
-        <v>7</v>
+      <c s="14" r="W15">
+        <v>21</v>
+      </c>
+      <c s="14" r="X15">
+        <v>10</v>
       </c>
       <c s="8" t="str" r="Y15"/>
-      <c s="15" r="Z15">
-        <v>7</v>
+      <c s="14" r="Z15">
+        <v>9</v>
       </c>
       <c s="29" r="AA15">
-        <v>368</v>
+        <v>407</v>
       </c>
       <c s="9" t="str" r="AC15"/>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B16"/>
       <c s="26" t="inlineStr" r="C16">
         <is>
           <t xml:space="preserve">Nuclear Medicine (NM)</t>
         </is>
       </c>
-      <c s="13" t="inlineStr" r="D16">
-[...4 lines deleted...]
-      <c s="13" t="inlineStr" r="E16">
+      <c s="17" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F16"/>
-      <c s="13" t="inlineStr" r="G16">
-[...12 lines deleted...]
-        </is>
+      <c s="17" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="I16">
+        <v>5</v>
       </c>
       <c s="12" r="J16">
-        <v>7</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K16">
+        <v>9</v>
+      </c>
+      <c s="17" t="inlineStr" r="K16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L16"/>
-      <c s="13" t="inlineStr" r="M16">
+      <c s="17" t="inlineStr" r="M16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="11" r="N16">
-        <v>16</v>
-[...31 lines deleted...]
-      <c s="13" t="inlineStr" r="U16">
+        <v>20</v>
+      </c>
+      <c s="17" t="inlineStr" r="O16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="R16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="S16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="V16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c s="12" r="W16">
-        <v>15</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="X16">
+        <v>18</v>
+      </c>
+      <c s="17" t="inlineStr" r="X16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="Y16"/>
-      <c s="13" t="inlineStr" r="Z16">
+      <c s="17" t="inlineStr" r="Z16">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="27" r="AA16">
         <v>7</v>
       </c>
       <c s="9" t="str" r="AC16"/>
     </row>
     <row r="17" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B17"/>
       <c s="28" t="inlineStr" r="C17">
         <is>
           <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
         </is>
       </c>
-      <c s="15" r="D17">
-[...2 lines deleted...]
-      <c s="17" t="inlineStr" r="E17">
+      <c s="14" r="D17">
+        <v>49</v>
+      </c>
+      <c s="16" t="inlineStr" r="E17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F17"/>
-      <c s="17" t="inlineStr" r="G17">
-[...13 lines deleted...]
-      <c s="17" t="inlineStr" r="K17">
+      <c s="16" t="inlineStr" r="G17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H17">
+        <v>71</v>
+      </c>
+      <c s="14" r="I17">
+        <v>83</v>
+      </c>
+      <c s="14" r="J17">
+        <v>51</v>
+      </c>
+      <c s="16" t="inlineStr" r="K17">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L17"/>
-      <c s="17" t="inlineStr" r="M17">
-[...28 lines deleted...]
-      <c s="15" r="T17">
+      <c s="16" t="inlineStr" r="M17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="N17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="O17">
+        <v>1755</v>
+      </c>
+      <c s="16" t="inlineStr" r="P17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="Q17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="R17">
         <v>11</v>
       </c>
-      <c s="17" t="inlineStr" r="U17">
-[...13 lines deleted...]
-        <v>186</v>
+      <c s="14" r="S17">
+        <v>38</v>
+      </c>
+      <c s="14" r="T17">
+        <v>12</v>
+      </c>
+      <c s="16" t="inlineStr" r="U17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="V17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W17">
+        <v>49</v>
+      </c>
+      <c s="14" r="X17">
+        <v>190</v>
       </c>
       <c s="8" t="str" r="Y17"/>
-      <c s="15" r="Z17">
-        <v>135</v>
+      <c s="14" r="Z17">
+        <v>148</v>
       </c>
       <c s="29" r="AA17">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c s="9" t="str" r="AC17"/>
     </row>
     <row r="18" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B18"/>
       <c s="26" t="inlineStr" r="C18">
         <is>
           <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
         </is>
       </c>
       <c s="12" r="D18">
         <v>15</v>
       </c>
-      <c s="13" t="inlineStr" r="E18">
+      <c s="17" t="inlineStr" r="E18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F18"/>
-      <c s="13" t="inlineStr" r="G18">
+      <c s="17" t="inlineStr" r="G18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H18">
         <v>9</v>
       </c>
       <c s="12" r="I18">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c s="12" r="J18">
-        <v>11</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K18">
+        <v>12</v>
+      </c>
+      <c s="17" t="inlineStr" r="K18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L18"/>
-      <c s="13" t="inlineStr" r="M18">
-[...9 lines deleted...]
-      <c s="13" t="inlineStr" r="O18">
+      <c s="17" t="inlineStr" r="M18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="11" r="P18">
-        <v>588</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="Q18">
+        <v>592</v>
+      </c>
+      <c s="17" t="inlineStr" r="Q18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="R18">
         <v>11</v>
       </c>
-      <c s="13" t="inlineStr" r="S18">
+      <c s="17" t="inlineStr" r="S18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="T18">
         <v>5</v>
       </c>
-      <c s="13" t="inlineStr" r="U18">
-[...9 lines deleted...]
-      <c s="13" t="inlineStr" r="W18">
+      <c s="17" t="inlineStr" r="U18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="W18">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="X18">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c s="8" t="str" r="Y18"/>
       <c s="12" r="Z18">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c s="27" r="AA18">
         <v>16</v>
       </c>
       <c s="9" t="str" r="AC18"/>
     </row>
     <row r="19" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B19"/>
       <c s="28" t="inlineStr" r="C19">
         <is>
           <t xml:space="preserve">Pathology-Anatomic and Clinical (PTH)</t>
         </is>
       </c>
-      <c s="15" r="D19">
-[...2 lines deleted...]
-      <c s="15" r="E19">
+      <c s="14" r="D19">
+        <v>14</v>
+      </c>
+      <c s="14" r="E19">
         <v>12</v>
       </c>
       <c s="8" t="str" r="F19"/>
-      <c s="17" t="inlineStr" r="G19">
-[...13 lines deleted...]
-      <c s="17" t="inlineStr" r="K19">
+      <c s="16" t="inlineStr" r="G19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H19">
+        <v>35</v>
+      </c>
+      <c s="14" r="I19">
+        <v>47</v>
+      </c>
+      <c s="14" r="J19">
+        <v>24</v>
+      </c>
+      <c s="16" t="inlineStr" r="K19">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L19"/>
-      <c s="17" t="inlineStr" r="M19">
-[...47 lines deleted...]
-        <v>7</v>
+      <c s="14" r="M19">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="N19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="Q19">
+        <v>586</v>
+      </c>
+      <c s="14" r="R19">
+        <v>8</v>
+      </c>
+      <c s="14" r="S19">
+        <v>6</v>
+      </c>
+      <c s="14" r="T19">
+        <v>16</v>
+      </c>
+      <c s="14" r="U19">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="V19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W19">
+        <v>25</v>
+      </c>
+      <c s="14" r="X19">
+        <v>8</v>
       </c>
       <c s="8" t="str" r="Y19"/>
-      <c s="17" t="inlineStr" r="Z19">
-[...2 lines deleted...]
-        </is>
+      <c s="14" r="Z19">
+        <v>5</v>
       </c>
       <c s="29" r="AA19">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c s="9" t="str" r="AC19"/>
     </row>
     <row r="20" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B20"/>
       <c s="26" t="inlineStr" r="C20">
         <is>
           <t xml:space="preserve">Pediatrics (PD)</t>
         </is>
       </c>
       <c s="12" r="D20">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c s="12" r="E20">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c s="8" t="str" r="F20"/>
-      <c s="13" t="inlineStr" r="G20">
+      <c s="17" t="inlineStr" r="G20">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H20">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c s="12" r="I20">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c s="12" r="J20">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c s="12" r="K20">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c s="8" t="str" r="L20"/>
       <c s="12" r="M20">
+        <v>16</v>
+      </c>
+      <c s="17" t="inlineStr" r="N20">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O20">
         <v>11</v>
-      </c>
-[...6 lines deleted...]
-        <v>9</v>
       </c>
       <c s="12" r="P20">
         <v>11</v>
       </c>
       <c s="12" r="Q20">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c s="11" r="R20">
-        <v>2576</v>
+        <v>2651</v>
       </c>
       <c s="12" r="S20">
         <v>14</v>
       </c>
       <c s="12" r="T20">
-        <v>45</v>
-[...6 lines deleted...]
-      <c s="13" t="inlineStr" r="V20">
+        <v>50</v>
+      </c>
+      <c s="17" t="inlineStr" r="U20">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V20">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="W20">
         <v>16</v>
       </c>
       <c s="12" r="X20">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c s="8" t="str" r="Y20"/>
       <c s="12" r="Z20">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c s="27" r="AA20">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c s="9" t="str" r="AC20"/>
     </row>
     <row r="21" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B21"/>
       <c s="28" t="inlineStr" r="C21">
         <is>
           <t xml:space="preserve">Physical Medicine and Rehabilitation (PM)</t>
         </is>
       </c>
-      <c s="15" r="D21">
-[...2 lines deleted...]
-      <c s="15" r="E21">
+      <c s="14" r="D21">
+        <v>39</v>
+      </c>
+      <c s="14" r="E21">
         <v>8</v>
       </c>
       <c s="8" t="str" r="F21"/>
-      <c s="17" t="inlineStr" r="G21">
-[...13 lines deleted...]
-      <c s="17" t="inlineStr" r="K21">
+      <c s="16" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H21">
+        <v>139</v>
+      </c>
+      <c s="14" r="I21">
+        <v>129</v>
+      </c>
+      <c s="14" r="J21">
+        <v>653</v>
+      </c>
+      <c s="16" t="inlineStr" r="K21">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L21"/>
-      <c s="15" r="M21">
-[...20 lines deleted...]
-      <c s="15" r="R21">
+      <c s="14" r="M21">
+        <v>27</v>
+      </c>
+      <c s="16" t="inlineStr" r="N21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O21">
+        <v>38</v>
+      </c>
+      <c s="16" t="inlineStr" r="P21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q21">
+        <v>6</v>
+      </c>
+      <c s="14" r="R21">
         <v>14</v>
       </c>
-      <c s="16" r="S21">
-[...19 lines deleted...]
-        <v>12</v>
+      <c s="15" r="S21">
+        <v>915</v>
+      </c>
+      <c s="14" r="T21">
+        <v>21</v>
+      </c>
+      <c s="16" t="inlineStr" r="U21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="V21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W21">
+        <v>21</v>
+      </c>
+      <c s="14" r="X21">
+        <v>14</v>
       </c>
       <c s="8" t="str" r="Y21"/>
-      <c s="15" r="Z21">
-        <v>18</v>
+      <c s="14" r="Z21">
+        <v>21</v>
       </c>
       <c s="29" r="AA21">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c s="9" t="str" r="AC21"/>
     </row>
     <row r="22" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B22"/>
       <c s="26" t="inlineStr" r="C22">
         <is>
           <t xml:space="preserve">Psychiatry (P)</t>
         </is>
       </c>
       <c s="12" r="D22">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c s="12" r="E22">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c s="8" t="str" r="F22"/>
-      <c s="13" t="inlineStr" r="G22">
+      <c s="17" t="inlineStr" r="G22">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H22">
-        <v>253</v>
+        <v>271</v>
       </c>
       <c s="12" r="I22">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c s="12" r="J22">
-        <v>91</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K22">
+        <v>102</v>
+      </c>
+      <c s="17" t="inlineStr" r="K22">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L22"/>
       <c s="12" r="M22">
-        <v>36</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N22">
+        <v>39</v>
+      </c>
+      <c s="17" t="inlineStr" r="N22">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O22">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c s="12" r="P22">
         <v>5</v>
       </c>
       <c s="12" r="Q22">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c s="12" r="R22">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c s="12" r="S22">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c s="11" r="T22">
-        <v>2577</v>
-[...4 lines deleted...]
-        </is>
+        <v>2620</v>
+      </c>
+      <c s="12" r="U22">
+        <v>6</v>
       </c>
       <c s="12" r="V22">
         <v>8</v>
       </c>
       <c s="12" r="W22">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c s="12" r="X22">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c s="8" t="str" r="Y22"/>
       <c s="12" r="Z22">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c s="27" r="AA22">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c s="9" t="str" r="AC22"/>
     </row>
     <row r="23" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B23"/>
       <c s="28" t="inlineStr" r="C23">
         <is>
           <t xml:space="preserve">Public Health and General Preventive Medicine (GPM)</t>
         </is>
       </c>
-      <c s="15" r="D23">
+      <c s="14" r="D23">
         <v>5</v>
       </c>
-      <c s="17" t="inlineStr" r="E23">
+      <c s="16" t="inlineStr" r="E23">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="F23"/>
-      <c s="17" t="inlineStr" r="G23">
-[...10 lines deleted...]
-      <c s="15" r="J23">
+      <c s="16" t="inlineStr" r="G23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H23">
+        <v>23</v>
+      </c>
+      <c s="14" r="I23">
+        <v>21</v>
+      </c>
+      <c s="14" r="J23">
+        <v>9</v>
+      </c>
+      <c s="16" t="inlineStr" r="K23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L23"/>
+      <c s="16" t="inlineStr" r="M23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="N23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q23">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="R23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="S23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="T23">
+        <v>6</v>
+      </c>
+      <c s="15" r="U23">
+        <v>81</v>
+      </c>
+      <c s="16" t="inlineStr" r="V23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W23">
         <v>8</v>
       </c>
-      <c s="17" t="inlineStr" r="K23">
-[...56 lines deleted...]
-      <c s="17" t="inlineStr" r="X23">
+      <c s="16" t="inlineStr" r="X23">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="Y23"/>
-      <c s="17" t="inlineStr" r="Z23">
+      <c s="16" t="inlineStr" r="Z23">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="29" r="AA23">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c s="9" t="str" r="AC23"/>
     </row>
     <row r="24" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B24"/>
       <c s="26" t="inlineStr" r="C24">
         <is>
           <t xml:space="preserve">Radiation Oncology (RO)</t>
         </is>
       </c>
       <c s="12" r="D24">
         <v>7</v>
       </c>
       <c s="12" r="E24">
         <v>5</v>
       </c>
       <c s="8" t="str" r="F24"/>
-      <c s="13" t="inlineStr" r="G24">
+      <c s="17" t="inlineStr" r="G24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="H24">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c s="12" r="I24">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c s="12" r="J24">
-        <v>162</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K24">
+        <v>167</v>
+      </c>
+      <c s="17" t="inlineStr" r="K24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L24"/>
       <c s="12" r="M24">
         <v>7</v>
       </c>
       <c s="12" r="N24">
-        <v>5</v>
-[...21 lines deleted...]
-      <c s="13" t="inlineStr" r="S24">
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="O24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="R24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="S24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="T24">
         <v>8</v>
       </c>
-      <c s="13" t="inlineStr" r="U24">
+      <c s="17" t="inlineStr" r="U24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="11" r="V24">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c s="12" r="W24">
-        <v>13</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="X24">
+        <v>14</v>
+      </c>
+      <c s="17" t="inlineStr" r="X24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="Y24"/>
       <c s="12" r="Z24">
         <v>10</v>
       </c>
       <c s="27" r="AA24">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c s="9" t="str" r="AC24"/>
     </row>
     <row r="25" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B25"/>
       <c s="28" t="inlineStr" r="C25">
         <is>
           <t xml:space="preserve">Radiology-Diagnostic (DR)</t>
         </is>
       </c>
-      <c s="15" r="D25">
-[...3 lines deleted...]
-        <v>22</v>
+      <c s="14" r="D25">
+        <v>44</v>
+      </c>
+      <c s="14" r="E25">
+        <v>26</v>
       </c>
       <c s="8" t="str" r="F25"/>
-      <c s="17" t="inlineStr" r="G25">
-[...4 lines deleted...]
-      <c s="15" r="H25">
+      <c s="16" t="inlineStr" r="G25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H25">
+        <v>50</v>
+      </c>
+      <c s="14" r="I25">
+        <v>243</v>
+      </c>
+      <c s="14" r="J25">
+        <v>1116</v>
+      </c>
+      <c s="16" t="inlineStr" r="K25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L25"/>
+      <c s="14" r="M25">
+        <v>21</v>
+      </c>
+      <c s="14" r="N25">
+        <v>18</v>
+      </c>
+      <c s="14" r="O25">
         <v>49</v>
       </c>
-      <c s="15" r="I25">
-[...28 lines deleted...]
-      <c s="15" r="R25">
+      <c s="16" t="inlineStr" r="P25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q25">
+        <v>25</v>
+      </c>
+      <c s="14" r="R25">
         <v>16</v>
       </c>
-      <c s="15" r="S25">
-[...14 lines deleted...]
-      <c s="15" r="X25">
+      <c s="14" r="S25">
+        <v>21</v>
+      </c>
+      <c s="14" r="T25">
+        <v>27</v>
+      </c>
+      <c s="14" r="U25">
+        <v>8</v>
+      </c>
+      <c s="14" r="V25">
+        <v>14</v>
+      </c>
+      <c s="15" r="W25">
+        <v>1569</v>
+      </c>
+      <c s="14" r="X25">
         <v>38</v>
       </c>
       <c s="8" t="str" r="Y25"/>
-      <c s="15" r="Z25">
-        <v>277</v>
+      <c s="14" r="Z25">
+        <v>292</v>
       </c>
       <c s="29" r="AA25">
-        <v>1275</v>
+        <v>1292</v>
       </c>
       <c s="9" t="str" r="AC25"/>
     </row>
     <row r="26" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B26"/>
       <c s="26" t="inlineStr" r="C26">
         <is>
           <t xml:space="preserve">Surgery - Cat (GS_C)</t>
         </is>
       </c>
       <c s="12" r="D26">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c s="12" r="E26">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c s="8" t="str" r="F26"/>
-      <c s="13" t="inlineStr" r="G26">
-[...2 lines deleted...]
-        </is>
+      <c s="12" r="G26">
+        <v>5</v>
       </c>
       <c s="12" r="H26">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c s="12" r="I26">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c s="12" r="J26">
-        <v>38</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="K26">
+        <v>44</v>
+      </c>
+      <c s="17" t="inlineStr" r="K26">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="8" t="str" r="L26"/>
       <c s="12" r="M26">
-        <v>7</v>
-[...1 lines deleted...]
-      <c s="13" t="inlineStr" r="N26">
+        <v>10</v>
+      </c>
+      <c s="17" t="inlineStr" r="N26">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="O26">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c s="12" r="P26">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c s="12" r="Q26">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c s="12" r="R26">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c s="12" r="S26">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c s="12" r="T26">
-        <v>14</v>
-[...6 lines deleted...]
-      <c s="13" t="inlineStr" r="V26">
+        <v>16</v>
+      </c>
+      <c s="17" t="inlineStr" r="U26">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V26">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="12" r="W26">
         <v>38</v>
       </c>
       <c s="11" r="X26">
-        <v>2905</v>
+        <v>2956</v>
       </c>
       <c s="8" t="str" r="Y26"/>
       <c s="12" r="Z26">
-        <v>958</v>
+        <v>1022</v>
       </c>
       <c s="27" r="AA26">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c s="9" t="str" r="AC26"/>
     </row>
     <row r="27" ht="15.85" customHeight="0">
       <c s="5" t="str" r="B27"/>
       <c s="28" t="inlineStr" r="C27">
         <is>
           <t xml:space="preserve">Surgery - Pre (GS_P)</t>
         </is>
       </c>
-      <c s="15" r="D27">
-[...2 lines deleted...]
-      <c s="15" r="E27">
+      <c s="14" r="D27">
+        <v>197</v>
+      </c>
+      <c s="14" r="E27">
+        <v>14</v>
+      </c>
+      <c s="8" t="str" r="F27"/>
+      <c s="16" t="inlineStr" r="G27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H27">
+        <v>59</v>
+      </c>
+      <c s="14" r="I27">
+        <v>131</v>
+      </c>
+      <c s="14" r="J27">
+        <v>391</v>
+      </c>
+      <c s="16" t="inlineStr" r="K27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L27"/>
+      <c s="14" r="M27">
+        <v>9</v>
+      </c>
+      <c s="16" t="inlineStr" r="N27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O27">
+        <v>148</v>
+      </c>
+      <c s="14" r="P27">
+        <v>44</v>
+      </c>
+      <c s="14" r="Q27">
+        <v>5</v>
+      </c>
+      <c s="14" r="R27">
+        <v>32</v>
+      </c>
+      <c s="14" r="S27">
+        <v>21</v>
+      </c>
+      <c s="14" r="T27">
+        <v>8</v>
+      </c>
+      <c s="16" t="inlineStr" r="U27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V27">
         <v>10</v>
       </c>
-      <c s="8" t="str" r="F27"/>
-[...60 lines deleted...]
-        <v>958</v>
+      <c s="14" r="W27">
+        <v>292</v>
+      </c>
+      <c s="14" r="X27">
+        <v>1022</v>
       </c>
       <c s="8" t="str" r="Y27"/>
-      <c s="16" r="Z27">
-        <v>1633</v>
+      <c s="15" r="Z27">
+        <v>1743</v>
       </c>
       <c s="29" r="AA27">
-        <v>440</v>
+        <v>477</v>
       </c>
       <c s="9" t="str" r="AC27"/>
     </row>
     <row r="28" ht="15.8" customHeight="0">
       <c s="5" t="str" r="B28"/>
       <c s="30" t="inlineStr" r="C28">
         <is>
           <t xml:space="preserve">Transitional Year (TY)</t>
         </is>
       </c>
       <c s="31" r="D28">
-        <v>1545</v>
+        <v>1578</v>
       </c>
       <c s="31" r="E28">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c s="32" t="str" r="F28"/>
-      <c s="35" t="inlineStr" r="G28">
-[...2 lines deleted...]
-        </is>
+      <c s="31" r="G28">
+        <v>6</v>
       </c>
       <c s="31" r="H28">
-        <v>211</v>
+        <v>230</v>
       </c>
       <c s="31" r="I28">
-        <v>608</v>
+        <v>660</v>
       </c>
       <c s="31" r="J28">
-        <v>3961</v>
+        <v>4117</v>
       </c>
       <c s="31" r="K28">
         <v>7</v>
       </c>
       <c s="32" t="str" r="L28"/>
       <c s="31" r="M28">
-        <v>368</v>
+        <v>407</v>
       </c>
       <c s="31" r="N28">
         <v>7</v>
       </c>
       <c s="31" r="O28">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c s="31" r="P28">
         <v>16</v>
       </c>
       <c s="31" r="Q28">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c s="31" r="R28">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c s="31" r="S28">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c s="31" r="T28">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c s="31" r="U28">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c s="31" r="V28">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c s="31" r="W28">
-        <v>1275</v>
+        <v>1292</v>
       </c>
       <c s="31" r="X28">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c s="32" t="str" r="Y28"/>
       <c s="31" r="Z28">
-        <v>440</v>
+        <v>477</v>
       </c>
       <c s="33" r="AA28">
-        <v>4983</v>
+        <v>5112</v>
       </c>
       <c s="9" t="str" r="AC28"/>
     </row>
     <row r="29" ht="0.05" customHeight="1">
       <c s="5" t="str" r="B29"/>
       <c s="9" t="str" r="AC29"/>
     </row>
     <row r="30" ht="1.05" customHeight="1">
       <c s="18" t="str" r="B30"/>
       <c s="19" t="str" r="C30"/>
       <c s="19" t="str" r="D30"/>
       <c s="19" t="str" r="E30"/>
       <c s="19" t="str" r="F30"/>
       <c s="19" t="str" r="G30"/>
       <c s="19" t="str" r="H30"/>
       <c s="19" t="str" r="I30"/>
       <c s="19" t="str" r="J30"/>
       <c s="19" t="str" r="K30"/>
       <c s="19" t="str" r="L30"/>
       <c s="19" t="str" r="M30"/>
       <c s="19" t="str" r="N30"/>
       <c s="19" t="str" r="O30"/>
       <c s="19" t="str" r="P30"/>
       <c s="19" t="str" r="Q30"/>
       <c s="19" t="str" r="R30"/>
@@ -7119,52 +7045,52 @@
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId13"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c2d27576f286ceb2e8f49e8e43e46ba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b7f5610f0a9127ab9d7c0d2dbcb5982" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -7505,112 +7431,112 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-143141</_dlc_DocId>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
-[...5 lines deleted...]
-    </_dlc_DocIdUrl>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145139</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145139</Url>
+      <Description>TQ32YHM4J7VE-1507329340-145139</Description>
+    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CA245C4-FDF4-4324-A730-53A932EB1759}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B1A87A4-5E8F-457D-9399-F89622E879D1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB992C4E-884F-42CF-B408-5F6A98384BFE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A9B2F9D-4BA1-445D-82AC-77AA65794BAD}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B951A2DF-C7D5-4142-BCF3-66DD5B3D8010}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87C330D1-6CF4-441F-BFFE-B3FDB2AA2873}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2183EC4-8C65-44E5-94F7-32701B398C5D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFCAD4C6-E261-4B75-8DD0-B8B766375509}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
   <LinksUpToDate>0</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>0</SharedDoc>
   <HyperlinksChanged>0</HyperlinksChanged>
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>d176ddfa-aac9-4ab1-9990-e2cec1d1f76b</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>074e3e8b-8c02-4ce0-92dd-00f7360b6b03</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>