--- v1 (2025-11-06)
+++ v2 (2025-12-18)
@@ -1,111 +1,321 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...12 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1-my.sharepoint.com/personal/jwimsatt_aamc_org/Documents/G-Drive/ERAS/Dashboard Job Aids/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B586947F-5929-4BB4-A637-3CBEE8CCCF18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Residency (All)" sheetId="1" r:id="rId6"/>
-[...1 lines deleted...]
-    <sheet name="Residency (All Excluding IMGs)" sheetId="3" r:id="rId12"/>
+    <sheet name="Residency (All)" sheetId="1" r:id="rId1"/>
+    <sheet name="Residency (IMGs Only)" sheetId="2" r:id="rId2"/>
+    <sheet name="Residency (All Excluding IMGs)" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="50">
+  <si>
+    <t>CROSS Speciality Applicant Data</t>
+  </si>
+  <si>
+    <t>Residency (All)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">ERAS </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>2026</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>Data as of Dec, 04, 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>SPECIALTY</t>
+  </si>
+  <si>
+    <t>AN</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>IM_C</t>
+  </si>
+  <si>
+    <t>IM_P</t>
+  </si>
+  <si>
+    <t>MPD</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>NM</t>
+  </si>
+  <si>
+    <t>ORS</t>
+  </si>
+  <si>
+    <t>OTO</t>
+  </si>
+  <si>
+    <t>PTH</t>
+  </si>
+  <si>
+    <t>PD</t>
+  </si>
+  <si>
+    <t>PM</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>GPM</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>DR</t>
+  </si>
+  <si>
+    <t>GS_C</t>
+  </si>
+  <si>
+    <t>GS_P</t>
+  </si>
+  <si>
+    <t>TY</t>
+  </si>
+  <si>
+    <t>Anesthesiology (AN)</t>
+  </si>
+  <si>
+    <t>Dermatology (D)</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Emergency Medicine (EM)</t>
+  </si>
+  <si>
+    <t>Family Medicine (FM)</t>
+  </si>
+  <si>
+    <t>Internal Medicine - Cat (IM_C)</t>
+  </si>
+  <si>
+    <t>Internal Medicine - Pre (IM_P)</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Pediatrics (MPD)</t>
+  </si>
+  <si>
+    <t>Neurology (N)</t>
+  </si>
+  <si>
+    <t>Nuclear Medicine (NM)</t>
+  </si>
+  <si>
+    <t>Orthopaedic Surgery (ORS)</t>
+  </si>
+  <si>
+    <t>Otolaryngology - Head and Neck Surgery (OTO)</t>
+  </si>
+  <si>
+    <t>Pathology-Anatomic and Clinical (PTH)</t>
+  </si>
+  <si>
+    <t>Pediatrics (PD)</t>
+  </si>
+  <si>
+    <t>Physical Medicine and Rehabilitation (PM)</t>
+  </si>
+  <si>
+    <t>Psychiatry (P)</t>
+  </si>
+  <si>
+    <t>Public Health and General Preventive Medicine (GPM)</t>
+  </si>
+  <si>
+    <t>Radiation Oncology (RO)</t>
+  </si>
+  <si>
+    <t>Radiology-Diagnostic (DR)</t>
+  </si>
+  <si>
+    <t>Surgery - Cat (GS_C)</t>
+  </si>
+  <si>
+    <t>Surgery - Pre (GS_P)</t>
+  </si>
+  <si>
+    <t>Transitional Year (TY)</t>
+  </si>
+  <si>
+    <t>"--" is mask for N &lt; 5</t>
+  </si>
+  <si>
+    <t>Residency (IMGs Only)</t>
+  </si>
+  <si>
+    <t>Residency (All Excluding IMGs)</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="82" formatCode="[$-010409]#,0;(#,0)"/>
+    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\(#,##0\)"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font/>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
       <i/>
-      <strike val="0"/>
-      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB3DCE7"/>
         <bgColor rgb="FFB3DCE7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDAEEF3"/>
@@ -361,157 +571,185 @@
       </right>
       <top style="thin">
         <color rgb="FF8DCBDA"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA0D3E0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF8DCBDA"/>
       </left>
       <right style="thin">
         <color rgb="FFA0D3E0"/>
       </right>
       <top style="thin">
         <color rgb="FF8DCBDA"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA0D3E0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs>
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
-[...4 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="1">
+  <cellXfs count="44">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="5">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="6">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="5">
-[...23 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="0">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="12">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="13">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="14">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="15">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="16">
-[...17 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="20">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="008DCBDA"/>
       <rgbColor rgb="00B3DCE7"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DAEEF3"/>
       <rgbColor rgb="00A0D3E0"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -539,2143 +777,2265 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>544830</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>544830</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>544830</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId14" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+  <a:themeElements>
+    <a:clrScheme name="Office 2007 - 2010">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office 2007 - 2010">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office 2007 - 2010">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="B1:AD33"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.421875"/>
-[...31 lines deleted...]
-    <col min="33" max="33" customWidth="1" width="3.6640625"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="0.140625" customWidth="1"/>
+    <col min="3" max="3" width="49.42578125" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" customWidth="1"/>
+    <col min="5" max="5" width="1" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" customWidth="1"/>
+    <col min="7" max="10" width="8.42578125" customWidth="1"/>
+    <col min="11" max="11" width="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" customWidth="1"/>
+    <col min="13" max="23" width="8.42578125" customWidth="1"/>
+    <col min="24" max="24" width="6.140625" customWidth="1"/>
+    <col min="25" max="25" width="2.28515625" customWidth="1"/>
+    <col min="26" max="27" width="8.42578125" customWidth="1"/>
+    <col min="28" max="28" width="0" hidden="1" customWidth="1"/>
+    <col min="29" max="29" width="0.140625" customWidth="1"/>
+    <col min="30" max="30" width="3.85546875" customWidth="1"/>
+    <col min="31" max="31" width="6.85546875" customWidth="1"/>
+    <col min="32" max="32" width="1.42578125" customWidth="1"/>
+    <col min="33" max="33" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="17.25" customHeight="1">
-[...226 lines deleted...]
-      <c s="12" r="E8">
+    <row r="1" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+    </row>
+    <row r="2" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="Y2" s="32"/>
+      <c r="Z2" s="32"/>
+      <c r="AA2" s="32"/>
+      <c r="AB2" s="32"/>
+      <c r="AC2" s="32"/>
+      <c r="AD2" s="32"/>
+    </row>
+    <row r="3" spans="2:30" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Y3" s="32"/>
+      <c r="Z3" s="32"/>
+      <c r="AA3" s="32"/>
+      <c r="AB3" s="32"/>
+      <c r="AC3" s="32"/>
+      <c r="AD3" s="32"/>
+    </row>
+    <row r="4" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="38" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="Y4" s="32"/>
+      <c r="Z4" s="32"/>
+      <c r="AA4" s="32"/>
+      <c r="AB4" s="32"/>
+      <c r="AC4" s="32"/>
+      <c r="AD4" s="32"/>
+    </row>
+    <row r="5" spans="2:30" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:30" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="2"/>
+      <c r="S6" s="2"/>
+      <c r="T6" s="2"/>
+      <c r="U6" s="2"/>
+      <c r="V6" s="2"/>
+      <c r="W6" s="2"/>
+      <c r="X6" s="2"/>
+      <c r="Y6" s="2"/>
+      <c r="Z6" s="2"/>
+      <c r="AA6" s="2"/>
+      <c r="AB6" s="2"/>
+      <c r="AC6" s="3"/>
+    </row>
+    <row r="7" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B7" s="4"/>
+      <c r="C7" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="39" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="30"/>
+      <c r="G7" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="K7" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="L7" s="30"/>
+      <c r="M7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="T7" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="V7" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="W7" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="X7" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y7" s="30"/>
+      <c r="Z7" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="AC7" s="7"/>
+    </row>
+    <row r="8" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B8" s="4"/>
+      <c r="C8" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="9">
+        <v>3699</v>
+      </c>
+      <c r="E8" s="29">
+        <v>38</v>
+      </c>
+      <c r="F8" s="30"/>
+      <c r="G8" s="10">
+        <v>23</v>
+      </c>
+      <c r="H8" s="10">
+        <v>261</v>
+      </c>
+      <c r="I8" s="10">
+        <v>851</v>
+      </c>
+      <c r="J8" s="10">
+        <v>1856</v>
+      </c>
+      <c r="K8" s="29">
+        <v>16</v>
+      </c>
+      <c r="L8" s="30"/>
+      <c r="M8" s="10">
+        <v>73</v>
+      </c>
+      <c r="N8" s="10">
+        <v>7</v>
+      </c>
+      <c r="O8" s="10">
+        <v>74</v>
+      </c>
+      <c r="P8" s="10">
+        <v>22</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>33</v>
+      </c>
+      <c r="R8" s="10">
+        <v>126</v>
+      </c>
+      <c r="S8" s="10">
+        <v>53</v>
+      </c>
+      <c r="T8" s="10">
+        <v>83</v>
+      </c>
+      <c r="U8" s="10">
+        <v>11</v>
+      </c>
+      <c r="V8" s="10">
+        <v>14</v>
+      </c>
+      <c r="W8" s="10">
+        <v>88</v>
+      </c>
+      <c r="X8" s="29">
+        <v>155</v>
+      </c>
+      <c r="Y8" s="30"/>
+      <c r="Z8" s="10">
+        <v>365</v>
+      </c>
+      <c r="AA8" s="10">
+        <v>1868</v>
+      </c>
+      <c r="AC8" s="7"/>
+    </row>
+    <row r="9" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B9" s="4"/>
+      <c r="C9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="12">
+        <v>38</v>
+      </c>
+      <c r="E9" s="37">
+        <v>1358</v>
+      </c>
+      <c r="F9" s="30"/>
+      <c r="G9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H9" s="12">
+        <v>108</v>
+      </c>
+      <c r="I9" s="12">
+        <v>301</v>
+      </c>
+      <c r="J9" s="12">
+        <v>930</v>
+      </c>
+      <c r="K9" s="34">
+        <v>10</v>
+      </c>
+      <c r="L9" s="30"/>
+      <c r="M9" s="12">
+        <v>20</v>
+      </c>
+      <c r="N9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" s="12">
+        <v>6</v>
+      </c>
+      <c r="P9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q9" s="12">
+        <v>30</v>
+      </c>
+      <c r="R9" s="12">
+        <v>118</v>
+      </c>
+      <c r="S9" s="12">
+        <v>14</v>
+      </c>
+      <c r="T9" s="12">
+        <v>31</v>
+      </c>
+      <c r="U9" s="12">
+        <v>8</v>
+      </c>
+      <c r="V9" s="12">
+        <v>13</v>
+      </c>
+      <c r="W9" s="12">
+        <v>37</v>
+      </c>
+      <c r="X9" s="34">
+        <v>25</v>
+      </c>
+      <c r="Y9" s="30"/>
+      <c r="Z9" s="12">
+        <v>37</v>
+      </c>
+      <c r="AA9" s="12">
+        <v>926</v>
+      </c>
+      <c r="AC9" s="7"/>
+    </row>
+    <row r="10" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B10" s="4"/>
+      <c r="C10" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" s="10">
+        <v>23</v>
+      </c>
+      <c r="E10" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="30"/>
+      <c r="G10" s="9">
+        <v>191</v>
+      </c>
+      <c r="H10" s="10">
+        <v>126</v>
+      </c>
+      <c r="I10" s="10">
+        <v>152</v>
+      </c>
+      <c r="J10" s="10">
+        <v>84</v>
+      </c>
+      <c r="K10" s="29">
+        <v>15</v>
+      </c>
+      <c r="L10" s="30"/>
+      <c r="M10" s="10">
+        <v>31</v>
+      </c>
+      <c r="N10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" s="10">
+        <v>8</v>
+      </c>
+      <c r="P10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>14</v>
+      </c>
+      <c r="R10" s="10">
+        <v>48</v>
+      </c>
+      <c r="S10" s="10">
+        <v>11</v>
+      </c>
+      <c r="T10" s="10">
+        <v>27</v>
+      </c>
+      <c r="U10" s="10">
+        <v>10</v>
+      </c>
+      <c r="V10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W10" s="10">
+        <v>9</v>
+      </c>
+      <c r="X10" s="29">
+        <v>39</v>
+      </c>
+      <c r="Y10" s="30"/>
+      <c r="Z10" s="10">
+        <v>33</v>
+      </c>
+      <c r="AA10" s="10">
+        <v>47</v>
+      </c>
+      <c r="AC10" s="7"/>
+    </row>
+    <row r="11" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B11" s="4"/>
+      <c r="C11" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" s="12">
+        <v>261</v>
+      </c>
+      <c r="E11" s="34">
+        <v>108</v>
+      </c>
+      <c r="F11" s="30"/>
+      <c r="G11" s="12">
+        <v>126</v>
+      </c>
+      <c r="H11" s="13">
+        <v>12030</v>
+      </c>
+      <c r="I11" s="12">
+        <v>6863</v>
+      </c>
+      <c r="J11" s="12">
+        <v>2771</v>
+      </c>
+      <c r="K11" s="34">
+        <v>513</v>
+      </c>
+      <c r="L11" s="30"/>
+      <c r="M11" s="12">
+        <v>629</v>
+      </c>
+      <c r="N11" s="12">
+        <v>18</v>
+      </c>
+      <c r="O11" s="12">
+        <v>108</v>
+      </c>
+      <c r="P11" s="12">
+        <v>24</v>
+      </c>
+      <c r="Q11" s="12">
+        <v>268</v>
+      </c>
+      <c r="R11" s="12">
+        <v>1797</v>
+      </c>
+      <c r="S11" s="12">
+        <v>244</v>
+      </c>
+      <c r="T11" s="12">
+        <v>835</v>
+      </c>
+      <c r="U11" s="12">
+        <v>90</v>
+      </c>
+      <c r="V11" s="12">
+        <v>38</v>
+      </c>
+      <c r="W11" s="12">
+        <v>160</v>
+      </c>
+      <c r="X11" s="34">
+        <v>346</v>
+      </c>
+      <c r="Y11" s="30"/>
+      <c r="Z11" s="12">
+        <v>339</v>
+      </c>
+      <c r="AA11" s="12">
+        <v>1206</v>
+      </c>
+      <c r="AC11" s="7"/>
+    </row>
+    <row r="12" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B12" s="4"/>
+      <c r="C12" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="10">
+        <v>851</v>
+      </c>
+      <c r="E12" s="29">
+        <v>301</v>
+      </c>
+      <c r="F12" s="30"/>
+      <c r="G12" s="10">
+        <v>152</v>
+      </c>
+      <c r="H12" s="10">
+        <v>6863</v>
+      </c>
+      <c r="I12" s="9">
+        <v>22625</v>
+      </c>
+      <c r="J12" s="10">
+        <v>5487</v>
+      </c>
+      <c r="K12" s="29">
+        <v>747</v>
+      </c>
+      <c r="L12" s="30"/>
+      <c r="M12" s="10">
+        <v>1120</v>
+      </c>
+      <c r="N12" s="10">
+        <v>38</v>
+      </c>
+      <c r="O12" s="10">
+        <v>138</v>
+      </c>
+      <c r="P12" s="10">
+        <v>75</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>316</v>
+      </c>
+      <c r="R12" s="10">
+        <v>1947</v>
+      </c>
+      <c r="S12" s="10">
+        <v>258</v>
+      </c>
+      <c r="T12" s="10">
+        <v>764</v>
+      </c>
+      <c r="U12" s="10">
+        <v>89</v>
+      </c>
+      <c r="V12" s="10">
+        <v>106</v>
+      </c>
+      <c r="W12" s="10">
+        <v>514</v>
+      </c>
+      <c r="X12" s="29">
+        <v>726</v>
+      </c>
+      <c r="Y12" s="30"/>
+      <c r="Z12" s="10">
+        <v>671</v>
+      </c>
+      <c r="AA12" s="10">
+        <v>2096</v>
+      </c>
+      <c r="AC12" s="7"/>
+    </row>
+    <row r="13" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B13" s="4"/>
+      <c r="C13" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" s="12">
+        <v>1856</v>
+      </c>
+      <c r="E13" s="34">
+        <v>930</v>
+      </c>
+      <c r="F13" s="30"/>
+      <c r="G13" s="12">
+        <v>84</v>
+      </c>
+      <c r="H13" s="12">
+        <v>2771</v>
+      </c>
+      <c r="I13" s="12">
+        <v>5487</v>
+      </c>
+      <c r="J13" s="13">
+        <v>10602</v>
+      </c>
+      <c r="K13" s="34">
+        <v>254</v>
+      </c>
+      <c r="L13" s="30"/>
+      <c r="M13" s="12">
+        <v>1682</v>
+      </c>
+      <c r="N13" s="12">
+        <v>43</v>
+      </c>
+      <c r="O13" s="12">
+        <v>80</v>
+      </c>
+      <c r="P13" s="12">
+        <v>21</v>
+      </c>
+      <c r="Q13" s="12">
+        <v>160</v>
+      </c>
+      <c r="R13" s="12">
+        <v>983</v>
+      </c>
+      <c r="S13" s="12">
+        <v>773</v>
+      </c>
+      <c r="T13" s="12">
+        <v>363</v>
+      </c>
+      <c r="U13" s="12">
+        <v>45</v>
+      </c>
+      <c r="V13" s="12">
+        <v>240</v>
+      </c>
+      <c r="W13" s="12">
+        <v>1460</v>
+      </c>
+      <c r="X13" s="34">
+        <v>287</v>
+      </c>
+      <c r="Y13" s="30"/>
+      <c r="Z13" s="12">
+        <v>898</v>
+      </c>
+      <c r="AA13" s="12">
+        <v>5659</v>
+      </c>
+      <c r="AC13" s="7"/>
+    </row>
+    <row r="14" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B14" s="4"/>
+      <c r="C14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="10">
+        <v>16</v>
+      </c>
+      <c r="E14" s="29">
+        <v>10</v>
+      </c>
+      <c r="F14" s="30"/>
+      <c r="G14" s="10">
+        <v>15</v>
+      </c>
+      <c r="H14" s="10">
+        <v>513</v>
+      </c>
+      <c r="I14" s="10">
+        <v>747</v>
+      </c>
+      <c r="J14" s="10">
+        <v>254</v>
+      </c>
+      <c r="K14" s="33">
+        <v>1185</v>
+      </c>
+      <c r="L14" s="30"/>
+      <c r="M14" s="10">
+        <v>81</v>
+      </c>
+      <c r="N14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q14" s="10">
+        <v>29</v>
+      </c>
+      <c r="R14" s="10">
+        <v>533</v>
+      </c>
+      <c r="S14" s="10">
+        <v>9</v>
+      </c>
+      <c r="T14" s="10">
+        <v>42</v>
+      </c>
+      <c r="U14" s="10">
+        <v>13</v>
+      </c>
+      <c r="V14" s="10">
+        <v>9</v>
+      </c>
+      <c r="W14" s="10">
+        <v>24</v>
+      </c>
+      <c r="X14" s="29">
+        <v>31</v>
+      </c>
+      <c r="Y14" s="30"/>
+      <c r="Z14" s="10">
+        <v>34</v>
+      </c>
+      <c r="AA14" s="10">
+        <v>128</v>
+      </c>
+      <c r="AC14" s="7"/>
+    </row>
+    <row r="15" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B15" s="4"/>
+      <c r="C15" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" s="12">
+        <v>73</v>
+      </c>
+      <c r="E15" s="34">
+        <v>20</v>
+      </c>
+      <c r="F15" s="30"/>
+      <c r="G15" s="12">
+        <v>31</v>
+      </c>
+      <c r="H15" s="12">
+        <v>629</v>
+      </c>
+      <c r="I15" s="12">
+        <v>1120</v>
+      </c>
+      <c r="J15" s="12">
+        <v>1682</v>
+      </c>
+      <c r="K15" s="34">
+        <v>81</v>
+      </c>
+      <c r="L15" s="30"/>
+      <c r="M15" s="13">
+        <v>2723</v>
+      </c>
+      <c r="N15" s="12">
+        <v>11</v>
+      </c>
+      <c r="O15" s="12">
+        <v>14</v>
+      </c>
+      <c r="P15" s="12">
+        <v>7</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>70</v>
+      </c>
+      <c r="R15" s="12">
+        <v>309</v>
+      </c>
+      <c r="S15" s="12">
+        <v>60</v>
+      </c>
+      <c r="T15" s="12">
+        <v>161</v>
+      </c>
+      <c r="U15" s="12">
+        <v>19</v>
+      </c>
+      <c r="V15" s="12">
+        <v>26</v>
+      </c>
+      <c r="W15" s="12">
+        <v>73</v>
+      </c>
+      <c r="X15" s="34">
+        <v>66</v>
+      </c>
+      <c r="Y15" s="30"/>
+      <c r="Z15" s="12">
+        <v>79</v>
+      </c>
+      <c r="AA15" s="12">
+        <v>822</v>
+      </c>
+      <c r="AC15" s="7"/>
+    </row>
+    <row r="16" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B16" s="4"/>
+      <c r="C16" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="10">
+        <v>7</v>
+      </c>
+      <c r="E16" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="30"/>
+      <c r="G16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H16" s="10">
+        <v>18</v>
+      </c>
+      <c r="I16" s="10">
+        <v>38</v>
+      </c>
+      <c r="J16" s="10">
+        <v>43</v>
+      </c>
+      <c r="K16" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L16" s="30"/>
+      <c r="M16" s="10">
+        <v>11</v>
+      </c>
+      <c r="N16" s="9">
+        <v>86</v>
+      </c>
+      <c r="O16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q16" s="10">
+        <v>10</v>
+      </c>
+      <c r="R16" s="10">
+        <v>5</v>
+      </c>
+      <c r="S16" s="10">
+        <v>6</v>
+      </c>
+      <c r="T16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="U16" s="10">
+        <v>8</v>
+      </c>
+      <c r="V16" s="10">
+        <v>14</v>
+      </c>
+      <c r="W16" s="10">
+        <v>72</v>
+      </c>
+      <c r="X16" s="29">
+        <v>6</v>
+      </c>
+      <c r="Y16" s="30"/>
+      <c r="Z16" s="10">
+        <v>24</v>
+      </c>
+      <c r="AA16" s="10">
+        <v>39</v>
+      </c>
+      <c r="AC16" s="7"/>
+    </row>
+    <row r="17" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B17" s="4"/>
+      <c r="C17" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="12">
+        <v>74</v>
+      </c>
+      <c r="E17" s="34">
+        <v>6</v>
+      </c>
+      <c r="F17" s="30"/>
+      <c r="G17" s="12">
+        <v>8</v>
+      </c>
+      <c r="H17" s="12">
+        <v>108</v>
+      </c>
+      <c r="I17" s="12">
+        <v>138</v>
+      </c>
+      <c r="J17" s="12">
+        <v>80</v>
+      </c>
+      <c r="K17" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L17" s="30"/>
+      <c r="M17" s="12">
+        <v>14</v>
+      </c>
+      <c r="N17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" s="13">
+        <v>1944</v>
+      </c>
+      <c r="P17" s="12">
+        <v>10</v>
+      </c>
+      <c r="Q17" s="12">
+        <v>7</v>
+      </c>
+      <c r="R17" s="12">
+        <v>18</v>
+      </c>
+      <c r="S17" s="12">
+        <v>51</v>
+      </c>
+      <c r="T17" s="12">
+        <v>16</v>
+      </c>
+      <c r="U17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="V17" s="12">
+        <v>6</v>
+      </c>
+      <c r="W17" s="12">
+        <v>64</v>
+      </c>
+      <c r="X17" s="34">
+        <v>275</v>
+      </c>
+      <c r="Y17" s="30"/>
+      <c r="Z17" s="12">
+        <v>234</v>
+      </c>
+      <c r="AA17" s="12">
+        <v>103</v>
+      </c>
+      <c r="AC17" s="7"/>
+    </row>
+    <row r="18" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B18" s="4"/>
+      <c r="C18" s="8" t="s">
         <v>36</v>
       </c>
-      <c s="8" t="str" r="F8"/>
-      <c s="12" r="G8">
+      <c r="D18" s="10">
         <v>22</v>
       </c>
-      <c s="12" r="H8">
-[...8 lines deleted...]
-      <c s="12" r="K8">
+      <c r="E18" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H18" s="10">
+        <v>24</v>
+      </c>
+      <c r="I18" s="10">
+        <v>75</v>
+      </c>
+      <c r="J18" s="10">
+        <v>21</v>
+      </c>
+      <c r="K18" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L18" s="30"/>
+      <c r="M18" s="10">
+        <v>7</v>
+      </c>
+      <c r="N18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" s="10">
+        <v>10</v>
+      </c>
+      <c r="P18" s="9">
+        <v>660</v>
+      </c>
+      <c r="Q18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R18" s="10">
+        <v>21</v>
+      </c>
+      <c r="S18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T18" s="10">
+        <v>6</v>
+      </c>
+      <c r="U18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W18" s="10">
+        <v>8</v>
+      </c>
+      <c r="X18" s="29">
+        <v>77</v>
+      </c>
+      <c r="Y18" s="30"/>
+      <c r="Z18" s="10">
+        <v>72</v>
+      </c>
+      <c r="AA18" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC18" s="7"/>
+    </row>
+    <row r="19" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B19" s="4"/>
+      <c r="C19" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D19" s="12">
+        <v>33</v>
+      </c>
+      <c r="E19" s="34">
+        <v>30</v>
+      </c>
+      <c r="F19" s="30"/>
+      <c r="G19" s="12">
+        <v>14</v>
+      </c>
+      <c r="H19" s="12">
+        <v>268</v>
+      </c>
+      <c r="I19" s="12">
+        <v>316</v>
+      </c>
+      <c r="J19" s="12">
+        <v>160</v>
+      </c>
+      <c r="K19" s="34">
+        <v>29</v>
+      </c>
+      <c r="L19" s="30"/>
+      <c r="M19" s="12">
+        <v>70</v>
+      </c>
+      <c r="N19" s="12">
+        <v>10</v>
+      </c>
+      <c r="O19" s="12">
+        <v>7</v>
+      </c>
+      <c r="P19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q19" s="13">
+        <v>1406</v>
+      </c>
+      <c r="R19" s="12">
+        <v>127</v>
+      </c>
+      <c r="S19" s="12">
+        <v>19</v>
+      </c>
+      <c r="T19" s="12">
+        <v>60</v>
+      </c>
+      <c r="U19" s="12">
+        <v>14</v>
+      </c>
+      <c r="V19" s="12">
+        <v>11</v>
+      </c>
+      <c r="W19" s="12">
+        <v>54</v>
+      </c>
+      <c r="X19" s="34">
+        <v>39</v>
+      </c>
+      <c r="Y19" s="30"/>
+      <c r="Z19" s="12">
+        <v>35</v>
+      </c>
+      <c r="AA19" s="12">
+        <v>117</v>
+      </c>
+      <c r="AC19" s="7"/>
+    </row>
+    <row r="20" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B20" s="4"/>
+      <c r="C20" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="10">
+        <v>126</v>
+      </c>
+      <c r="E20" s="29">
+        <v>118</v>
+      </c>
+      <c r="F20" s="30"/>
+      <c r="G20" s="10">
+        <v>48</v>
+      </c>
+      <c r="H20" s="10">
+        <v>1797</v>
+      </c>
+      <c r="I20" s="10">
+        <v>1947</v>
+      </c>
+      <c r="J20" s="10">
+        <v>983</v>
+      </c>
+      <c r="K20" s="29">
+        <v>533</v>
+      </c>
+      <c r="L20" s="30"/>
+      <c r="M20" s="10">
+        <v>309</v>
+      </c>
+      <c r="N20" s="10">
+        <v>5</v>
+      </c>
+      <c r="O20" s="10">
+        <v>18</v>
+      </c>
+      <c r="P20" s="10">
+        <v>21</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>127</v>
+      </c>
+      <c r="R20" s="9">
+        <v>5636</v>
+      </c>
+      <c r="S20" s="10">
+        <v>49</v>
+      </c>
+      <c r="T20" s="10">
+        <v>243</v>
+      </c>
+      <c r="U20" s="10">
+        <v>29</v>
+      </c>
+      <c r="V20" s="10">
         <v>16</v>
       </c>
-      <c s="8" t="str" r="L8"/>
-[...3 lines deleted...]
-      <c s="12" r="N8">
+      <c r="W20" s="10">
+        <v>77</v>
+      </c>
+      <c r="X20" s="29">
+        <v>118</v>
+      </c>
+      <c r="Y20" s="30"/>
+      <c r="Z20" s="10">
+        <v>144</v>
+      </c>
+      <c r="AA20" s="10">
+        <v>514</v>
+      </c>
+      <c r="AC20" s="7"/>
+    </row>
+    <row r="21" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B21" s="4"/>
+      <c r="C21" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" s="12">
+        <v>53</v>
+      </c>
+      <c r="E21" s="34">
+        <v>14</v>
+      </c>
+      <c r="F21" s="30"/>
+      <c r="G21" s="12">
+        <v>11</v>
+      </c>
+      <c r="H21" s="12">
+        <v>244</v>
+      </c>
+      <c r="I21" s="12">
+        <v>258</v>
+      </c>
+      <c r="J21" s="12">
+        <v>773</v>
+      </c>
+      <c r="K21" s="34">
+        <v>9</v>
+      </c>
+      <c r="L21" s="30"/>
+      <c r="M21" s="12">
+        <v>60</v>
+      </c>
+      <c r="N21" s="12">
+        <v>6</v>
+      </c>
+      <c r="O21" s="12">
+        <v>51</v>
+      </c>
+      <c r="P21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q21" s="12">
+        <v>19</v>
+      </c>
+      <c r="R21" s="12">
+        <v>49</v>
+      </c>
+      <c r="S21" s="13">
+        <v>1122</v>
+      </c>
+      <c r="T21" s="12">
+        <v>46</v>
+      </c>
+      <c r="U21" s="12">
+        <v>14</v>
+      </c>
+      <c r="V21" s="12">
+        <v>8</v>
+      </c>
+      <c r="W21" s="12">
+        <v>37</v>
+      </c>
+      <c r="X21" s="34">
+        <v>29</v>
+      </c>
+      <c r="Y21" s="30"/>
+      <c r="Z21" s="12">
+        <v>48</v>
+      </c>
+      <c r="AA21" s="12">
+        <v>833</v>
+      </c>
+      <c r="AC21" s="7"/>
+    </row>
+    <row r="22" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B22" s="4"/>
+      <c r="C22" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="10">
+        <v>83</v>
+      </c>
+      <c r="E22" s="29">
+        <v>31</v>
+      </c>
+      <c r="F22" s="30"/>
+      <c r="G22" s="10">
+        <v>27</v>
+      </c>
+      <c r="H22" s="10">
+        <v>835</v>
+      </c>
+      <c r="I22" s="10">
+        <v>764</v>
+      </c>
+      <c r="J22" s="10">
+        <v>363</v>
+      </c>
+      <c r="K22" s="29">
+        <v>42</v>
+      </c>
+      <c r="L22" s="30"/>
+      <c r="M22" s="10">
+        <v>161</v>
+      </c>
+      <c r="N22" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" s="10">
+        <v>16</v>
+      </c>
+      <c r="P22" s="10">
+        <v>6</v>
+      </c>
+      <c r="Q22" s="10">
+        <v>60</v>
+      </c>
+      <c r="R22" s="10">
+        <v>243</v>
+      </c>
+      <c r="S22" s="10">
+        <v>46</v>
+      </c>
+      <c r="T22" s="9">
+        <v>3935</v>
+      </c>
+      <c r="U22" s="10">
+        <v>22</v>
+      </c>
+      <c r="V22" s="10">
+        <v>16</v>
+      </c>
+      <c r="W22" s="10">
+        <v>49</v>
+      </c>
+      <c r="X22" s="29">
+        <v>51</v>
+      </c>
+      <c r="Y22" s="30"/>
+      <c r="Z22" s="10">
+        <v>45</v>
+      </c>
+      <c r="AA22" s="10">
+        <v>266</v>
+      </c>
+      <c r="AC22" s="7"/>
+    </row>
+    <row r="23" spans="2:29" ht="30" x14ac:dyDescent="0.25">
+      <c r="B23" s="4"/>
+      <c r="C23" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" s="12">
+        <v>11</v>
+      </c>
+      <c r="E23" s="34">
+        <v>8</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="12">
+        <v>10</v>
+      </c>
+      <c r="H23" s="12">
+        <v>90</v>
+      </c>
+      <c r="I23" s="12">
+        <v>89</v>
+      </c>
+      <c r="J23" s="12">
+        <v>45</v>
+      </c>
+      <c r="K23" s="34">
+        <v>13</v>
+      </c>
+      <c r="L23" s="30"/>
+      <c r="M23" s="12">
+        <v>19</v>
+      </c>
+      <c r="N23" s="12">
+        <v>8</v>
+      </c>
+      <c r="O23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q23" s="12">
+        <v>14</v>
+      </c>
+      <c r="R23" s="12">
+        <v>29</v>
+      </c>
+      <c r="S23" s="12">
+        <v>14</v>
+      </c>
+      <c r="T23" s="12">
+        <v>22</v>
+      </c>
+      <c r="U23" s="13">
+        <v>179</v>
+      </c>
+      <c r="V23" s="12">
         <v>5</v>
       </c>
-      <c s="12" r="O8">
-[...5 lines deleted...]
-      <c s="12" r="Q8">
+      <c r="W23" s="12">
+        <v>15</v>
+      </c>
+      <c r="X23" s="34">
+        <v>11</v>
+      </c>
+      <c r="Y23" s="30"/>
+      <c r="Z23" s="12">
+        <v>11</v>
+      </c>
+      <c r="AA23" s="12">
+        <v>39</v>
+      </c>
+      <c r="AC23" s="7"/>
+    </row>
+    <row r="24" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B24" s="4"/>
+      <c r="C24" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" s="10">
+        <v>14</v>
+      </c>
+      <c r="E24" s="29">
+        <v>13</v>
+      </c>
+      <c r="F24" s="30"/>
+      <c r="G24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H24" s="10">
+        <v>38</v>
+      </c>
+      <c r="I24" s="10">
+        <v>106</v>
+      </c>
+      <c r="J24" s="10">
+        <v>240</v>
+      </c>
+      <c r="K24" s="29">
+        <v>9</v>
+      </c>
+      <c r="L24" s="30"/>
+      <c r="M24" s="10">
+        <v>26</v>
+      </c>
+      <c r="N24" s="10">
+        <v>14</v>
+      </c>
+      <c r="O24" s="10">
+        <v>6</v>
+      </c>
+      <c r="P24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q24" s="10">
+        <v>11</v>
+      </c>
+      <c r="R24" s="10">
+        <v>16</v>
+      </c>
+      <c r="S24" s="10">
+        <v>8</v>
+      </c>
+      <c r="T24" s="10">
+        <v>16</v>
+      </c>
+      <c r="U24" s="10">
+        <v>5</v>
+      </c>
+      <c r="V24" s="9">
+        <v>314</v>
+      </c>
+      <c r="W24" s="10">
+        <v>39</v>
+      </c>
+      <c r="X24" s="29">
+        <v>12</v>
+      </c>
+      <c r="Y24" s="30"/>
+      <c r="Z24" s="10">
+        <v>36</v>
+      </c>
+      <c r="AA24" s="10">
+        <v>231</v>
+      </c>
+      <c r="AC24" s="7"/>
+    </row>
+    <row r="25" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B25" s="4"/>
+      <c r="C25" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="12">
+        <v>88</v>
+      </c>
+      <c r="E25" s="34">
+        <v>37</v>
+      </c>
+      <c r="F25" s="30"/>
+      <c r="G25" s="12">
+        <v>9</v>
+      </c>
+      <c r="H25" s="12">
+        <v>160</v>
+      </c>
+      <c r="I25" s="12">
+        <v>514</v>
+      </c>
+      <c r="J25" s="12">
+        <v>1460</v>
+      </c>
+      <c r="K25" s="34">
+        <v>24</v>
+      </c>
+      <c r="L25" s="30"/>
+      <c r="M25" s="12">
+        <v>73</v>
+      </c>
+      <c r="N25" s="12">
+        <v>72</v>
+      </c>
+      <c r="O25" s="12">
+        <v>64</v>
+      </c>
+      <c r="P25" s="12">
+        <v>8</v>
+      </c>
+      <c r="Q25" s="12">
+        <v>54</v>
+      </c>
+      <c r="R25" s="12">
+        <v>77</v>
+      </c>
+      <c r="S25" s="12">
+        <v>37</v>
+      </c>
+      <c r="T25" s="12">
+        <v>49</v>
+      </c>
+      <c r="U25" s="12">
+        <v>15</v>
+      </c>
+      <c r="V25" s="12">
+        <v>39</v>
+      </c>
+      <c r="W25" s="13">
+        <v>2092</v>
+      </c>
+      <c r="X25" s="34">
+        <v>94</v>
+      </c>
+      <c r="Y25" s="30"/>
+      <c r="Z25" s="12">
+        <v>455</v>
+      </c>
+      <c r="AA25" s="12">
+        <v>1589</v>
+      </c>
+      <c r="AC25" s="7"/>
+    </row>
+    <row r="26" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B26" s="4"/>
+      <c r="C26" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="10">
+        <v>155</v>
+      </c>
+      <c r="E26" s="29">
+        <v>25</v>
+      </c>
+      <c r="F26" s="30"/>
+      <c r="G26" s="10">
+        <v>39</v>
+      </c>
+      <c r="H26" s="10">
+        <v>346</v>
+      </c>
+      <c r="I26" s="10">
+        <v>726</v>
+      </c>
+      <c r="J26" s="10">
+        <v>287</v>
+      </c>
+      <c r="K26" s="29">
         <v>31</v>
       </c>
-      <c s="12" r="R8">
-[...36 lines deleted...]
-      <c s="14" r="D9">
+      <c r="L26" s="30"/>
+      <c r="M26" s="10">
+        <v>66</v>
+      </c>
+      <c r="N26" s="10">
+        <v>6</v>
+      </c>
+      <c r="O26" s="10">
+        <v>275</v>
+      </c>
+      <c r="P26" s="10">
+        <v>77</v>
+      </c>
+      <c r="Q26" s="10">
+        <v>39</v>
+      </c>
+      <c r="R26" s="10">
+        <v>118</v>
+      </c>
+      <c r="S26" s="10">
+        <v>29</v>
+      </c>
+      <c r="T26" s="10">
+        <v>51</v>
+      </c>
+      <c r="U26" s="10">
+        <v>11</v>
+      </c>
+      <c r="V26" s="10">
+        <v>12</v>
+      </c>
+      <c r="W26" s="10">
+        <v>94</v>
+      </c>
+      <c r="X26" s="33">
+        <v>4581</v>
+      </c>
+      <c r="Y26" s="30"/>
+      <c r="Z26" s="10">
+        <v>2256</v>
+      </c>
+      <c r="AA26" s="10">
+        <v>179</v>
+      </c>
+      <c r="AC26" s="7"/>
+    </row>
+    <row r="27" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B27" s="4"/>
+      <c r="C27" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D27" s="12">
+        <v>365</v>
+      </c>
+      <c r="E27" s="34">
+        <v>37</v>
+      </c>
+      <c r="F27" s="30"/>
+      <c r="G27" s="12">
+        <v>33</v>
+      </c>
+      <c r="H27" s="12">
+        <v>339</v>
+      </c>
+      <c r="I27" s="12">
+        <v>671</v>
+      </c>
+      <c r="J27" s="12">
+        <v>898</v>
+      </c>
+      <c r="K27" s="34">
+        <v>34</v>
+      </c>
+      <c r="L27" s="30"/>
+      <c r="M27" s="12">
+        <v>79</v>
+      </c>
+      <c r="N27" s="12">
+        <v>24</v>
+      </c>
+      <c r="O27" s="12">
+        <v>234</v>
+      </c>
+      <c r="P27" s="12">
+        <v>72</v>
+      </c>
+      <c r="Q27" s="12">
+        <v>35</v>
+      </c>
+      <c r="R27" s="12">
+        <v>144</v>
+      </c>
+      <c r="S27" s="12">
+        <v>48</v>
+      </c>
+      <c r="T27" s="12">
+        <v>45</v>
+      </c>
+      <c r="U27" s="12">
+        <v>11</v>
+      </c>
+      <c r="V27" s="12">
         <v>36</v>
       </c>
-      <c s="15" r="E9">
-[...40 lines deleted...]
-      <c s="14" r="R9">
+      <c r="W27" s="12">
+        <v>455</v>
+      </c>
+      <c r="X27" s="34">
+        <v>2256</v>
+      </c>
+      <c r="Y27" s="30"/>
+      <c r="Z27" s="13">
+        <v>3441</v>
+      </c>
+      <c r="AA27" s="12">
+        <v>865</v>
+      </c>
+      <c r="AC27" s="7"/>
+    </row>
+    <row r="28" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B28" s="4"/>
+      <c r="C28" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" s="10">
+        <v>1868</v>
+      </c>
+      <c r="E28" s="29">
+        <v>926</v>
+      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="10">
+        <v>47</v>
+      </c>
+      <c r="H28" s="10">
+        <v>1206</v>
+      </c>
+      <c r="I28" s="10">
+        <v>2096</v>
+      </c>
+      <c r="J28" s="10">
+        <v>5659</v>
+      </c>
+      <c r="K28" s="29">
+        <v>128</v>
+      </c>
+      <c r="L28" s="30"/>
+      <c r="M28" s="10">
+        <v>822</v>
+      </c>
+      <c r="N28" s="10">
+        <v>39</v>
+      </c>
+      <c r="O28" s="10">
+        <v>103</v>
+      </c>
+      <c r="P28" s="10">
+        <v>24</v>
+      </c>
+      <c r="Q28" s="10">
         <v>117</v>
       </c>
-      <c s="14" r="S9">
-[...322 lines deleted...]
-      <c s="14" r="X13">
+      <c r="R28" s="10">
+        <v>514</v>
+      </c>
+      <c r="S28" s="10">
+        <v>833</v>
+      </c>
+      <c r="T28" s="10">
         <v>266</v>
       </c>
-      <c s="8" t="str" r="Y13"/>
-[...555 lines deleted...]
-      <c s="12" r="T20">
+      <c r="U28" s="10">
+        <v>39</v>
+      </c>
+      <c r="V28" s="10">
         <v>231</v>
       </c>
-      <c s="12" r="U20">
-[...162 lines deleted...]
-      <c s="12" r="X22">
+      <c r="W28" s="10">
+        <v>1589</v>
+      </c>
+      <c r="X28" s="29">
+        <v>179</v>
+      </c>
+      <c r="Y28" s="30"/>
+      <c r="Z28" s="10">
+        <v>865</v>
+      </c>
+      <c r="AA28" s="9">
+        <v>7312</v>
+      </c>
+      <c r="AC28" s="7"/>
+    </row>
+    <row r="29" spans="2:29" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="4"/>
+      <c r="AC29" s="7"/>
+    </row>
+    <row r="30" spans="2:29" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="16"/>
+      <c r="C30" s="17"/>
+      <c r="D30" s="17"/>
+      <c r="E30" s="17"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="17"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="17"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="17"/>
+      <c r="M30" s="17"/>
+      <c r="N30" s="17"/>
+      <c r="O30" s="17"/>
+      <c r="P30" s="17"/>
+      <c r="Q30" s="17"/>
+      <c r="R30" s="17"/>
+      <c r="S30" s="17"/>
+      <c r="T30" s="17"/>
+      <c r="U30" s="17"/>
+      <c r="V30" s="17"/>
+      <c r="W30" s="17"/>
+      <c r="X30" s="17"/>
+      <c r="Y30" s="17"/>
+      <c r="Z30" s="17"/>
+      <c r="AA30" s="17"/>
+      <c r="AB30" s="17"/>
+      <c r="AC30" s="18"/>
+    </row>
+    <row r="31" spans="2:29" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="2:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="31" t="s">
         <v>47</v>
       </c>
-      <c s="8" t="str" r="Y22"/>
-[...512 lines deleted...]
-    <row r="33" ht="0.05" customHeight="1"/>
+      <c r="C32" s="32"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="32"/>
+      <c r="F32" s="32"/>
+      <c r="G32" s="32"/>
+      <c r="H32" s="32"/>
+      <c r="I32" s="32"/>
+      <c r="J32" s="32"/>
+      <c r="K32" s="32"/>
+    </row>
+    <row r="33" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="71">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="Y2:AD4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="X7:Y7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="X9:Y9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="X10:Y10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="X12:Y12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="X13:Y13"/>
@@ -2693,2085 +3053,1830 @@
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="X18:Y18"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="X19:Y19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="X20:Y20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="X22:Y22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="X23:Y23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="X24:Y24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="B32:K32"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="X26:Y26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="X27:Y27"/>
-    <mergeCell ref="E28:F28"/>
-[...2 lines deleted...]
-    <mergeCell ref="B32:K32"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId7"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="B1:AD33"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0"/>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.54296875"/>
-[...31 lines deleted...]
-    <col min="33" max="33" customWidth="1" width="3.55078125"/>
+    <col min="1" max="1" width="3.5703125" customWidth="1"/>
+    <col min="2" max="2" width="0.140625" customWidth="1"/>
+    <col min="3" max="3" width="49.42578125" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" customWidth="1"/>
+    <col min="5" max="5" width="1" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" customWidth="1"/>
+    <col min="7" max="10" width="8.42578125" customWidth="1"/>
+    <col min="11" max="11" width="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" customWidth="1"/>
+    <col min="13" max="23" width="8.42578125" customWidth="1"/>
+    <col min="24" max="24" width="6.140625" customWidth="1"/>
+    <col min="25" max="25" width="2.28515625" customWidth="1"/>
+    <col min="26" max="27" width="8.42578125" customWidth="1"/>
+    <col min="28" max="28" width="0" hidden="1" customWidth="1"/>
+    <col min="29" max="29" width="0.140625" customWidth="1"/>
+    <col min="30" max="30" width="3.85546875" customWidth="1"/>
+    <col min="31" max="31" width="5.5703125" customWidth="1"/>
+    <col min="32" max="32" width="2.5703125" customWidth="1"/>
+    <col min="33" max="33" width="3.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="17.25" customHeight="1">
-[...226 lines deleted...]
-      <c s="12" r="E8">
+    <row r="1" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+    </row>
+    <row r="2" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="38" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="Y2" s="32"/>
+      <c r="Z2" s="32"/>
+      <c r="AA2" s="32"/>
+      <c r="AB2" s="32"/>
+      <c r="AC2" s="32"/>
+      <c r="AD2" s="32"/>
+    </row>
+    <row r="3" spans="2:30" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Y3" s="32"/>
+      <c r="Z3" s="32"/>
+      <c r="AA3" s="32"/>
+      <c r="AB3" s="32"/>
+      <c r="AC3" s="32"/>
+      <c r="AD3" s="32"/>
+    </row>
+    <row r="4" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="38" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="Y4" s="32"/>
+      <c r="Z4" s="32"/>
+      <c r="AA4" s="32"/>
+      <c r="AB4" s="32"/>
+      <c r="AC4" s="32"/>
+      <c r="AD4" s="32"/>
+    </row>
+    <row r="5" spans="2:30" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:30" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="2"/>
+      <c r="S6" s="2"/>
+      <c r="T6" s="2"/>
+      <c r="U6" s="2"/>
+      <c r="V6" s="2"/>
+      <c r="W6" s="2"/>
+      <c r="X6" s="2"/>
+      <c r="Y6" s="2"/>
+      <c r="Z6" s="2"/>
+      <c r="AA6" s="2"/>
+      <c r="AB6" s="2"/>
+      <c r="AC6" s="3"/>
+    </row>
+    <row r="7" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B7" s="4"/>
+      <c r="C7" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="43"/>
+      <c r="G7" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="J7" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="K7" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="N7" s="20" t="s">
         <v>12</v>
       </c>
-      <c s="8" t="str" r="F8"/>
-      <c s="12" r="G8">
+      <c r="O7" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q7" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R7" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="S7" s="20" t="s">
         <v>17</v>
       </c>
-      <c s="12" r="H8">
+      <c r="T7" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="U7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="V7" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="W7" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="X7" s="42" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y7" s="43"/>
+      <c r="Z7" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA7" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="AC7" s="7"/>
+    </row>
+    <row r="8" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B8" s="4"/>
+      <c r="C8" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="9">
+        <v>801</v>
+      </c>
+      <c r="E8" s="29">
+        <v>13</v>
+      </c>
+      <c r="F8" s="30"/>
+      <c r="G8" s="10">
+        <v>18</v>
+      </c>
+      <c r="H8" s="10">
+        <v>156</v>
+      </c>
+      <c r="I8" s="10">
+        <v>399</v>
+      </c>
+      <c r="J8" s="10">
+        <v>336</v>
+      </c>
+      <c r="K8" s="29">
+        <v>13</v>
+      </c>
+      <c r="L8" s="30"/>
+      <c r="M8" s="10">
+        <v>48</v>
+      </c>
+      <c r="N8" s="10">
+        <v>5</v>
+      </c>
+      <c r="O8" s="10">
+        <v>24</v>
+      </c>
+      <c r="P8" s="10">
+        <v>7</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>19</v>
+      </c>
+      <c r="R8" s="10">
+        <v>71</v>
+      </c>
+      <c r="S8" s="10">
+        <v>14</v>
+      </c>
+      <c r="T8" s="10">
+        <v>29</v>
+      </c>
+      <c r="U8" s="10">
+        <v>5</v>
+      </c>
+      <c r="V8" s="10">
+        <v>7</v>
+      </c>
+      <c r="W8" s="10">
+        <v>43</v>
+      </c>
+      <c r="X8" s="29">
+        <v>96</v>
+      </c>
+      <c r="Y8" s="30"/>
+      <c r="Z8" s="10">
+        <v>147</v>
+      </c>
+      <c r="AA8" s="23">
+        <v>272</v>
+      </c>
+      <c r="AC8" s="7"/>
+    </row>
+    <row r="9" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B9" s="4"/>
+      <c r="C9" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="12">
+        <v>13</v>
+      </c>
+      <c r="E9" s="37">
+        <v>165</v>
+      </c>
+      <c r="F9" s="30"/>
+      <c r="G9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H9" s="12">
+        <v>49</v>
+      </c>
+      <c r="I9" s="12">
+        <v>82</v>
+      </c>
+      <c r="J9" s="12">
+        <v>84</v>
+      </c>
+      <c r="K9" s="34">
+        <v>8</v>
+      </c>
+      <c r="L9" s="30"/>
+      <c r="M9" s="12">
+        <v>11</v>
+      </c>
+      <c r="N9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q9" s="12">
+        <v>17</v>
+      </c>
+      <c r="R9" s="12">
+        <v>20</v>
+      </c>
+      <c r="S9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="T9" s="12">
+        <v>10</v>
+      </c>
+      <c r="U9" s="12">
+        <v>5</v>
+      </c>
+      <c r="V9" s="12">
+        <v>7</v>
+      </c>
+      <c r="W9" s="12">
+        <v>10</v>
+      </c>
+      <c r="X9" s="34">
+        <v>17</v>
+      </c>
+      <c r="Y9" s="30"/>
+      <c r="Z9" s="12">
+        <v>22</v>
+      </c>
+      <c r="AA9" s="25">
+        <v>68</v>
+      </c>
+      <c r="AC9" s="7"/>
+    </row>
+    <row r="10" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B10" s="4"/>
+      <c r="C10" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" s="10">
+        <v>18</v>
+      </c>
+      <c r="E10" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="30"/>
+      <c r="G10" s="9">
+        <v>165</v>
+      </c>
+      <c r="H10" s="10">
+        <v>114</v>
+      </c>
+      <c r="I10" s="10">
+        <v>140</v>
+      </c>
+      <c r="J10" s="10">
+        <v>77</v>
+      </c>
+      <c r="K10" s="29">
+        <v>15</v>
+      </c>
+      <c r="L10" s="30"/>
+      <c r="M10" s="10">
+        <v>31</v>
+      </c>
+      <c r="N10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" s="10">
+        <v>7</v>
+      </c>
+      <c r="P10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>14</v>
+      </c>
+      <c r="R10" s="10">
+        <v>46</v>
+      </c>
+      <c r="S10" s="10">
+        <v>7</v>
+      </c>
+      <c r="T10" s="10">
+        <v>23</v>
+      </c>
+      <c r="U10" s="10">
+        <v>8</v>
+      </c>
+      <c r="V10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W10" s="10">
+        <v>9</v>
+      </c>
+      <c r="X10" s="29">
+        <v>32</v>
+      </c>
+      <c r="Y10" s="30"/>
+      <c r="Z10" s="10">
+        <v>28</v>
+      </c>
+      <c r="AA10" s="23">
+        <v>40</v>
+      </c>
+      <c r="AC10" s="7"/>
+    </row>
+    <row r="11" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B11" s="4"/>
+      <c r="C11" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" s="12">
+        <v>156</v>
+      </c>
+      <c r="E11" s="34">
+        <v>49</v>
+      </c>
+      <c r="F11" s="30"/>
+      <c r="G11" s="12">
+        <v>114</v>
+      </c>
+      <c r="H11" s="13">
+        <v>7781</v>
+      </c>
+      <c r="I11" s="12">
+        <v>6324</v>
+      </c>
+      <c r="J11" s="12">
+        <v>2546</v>
+      </c>
+      <c r="K11" s="34">
+        <v>463</v>
+      </c>
+      <c r="L11" s="30"/>
+      <c r="M11" s="12">
+        <v>572</v>
+      </c>
+      <c r="N11" s="12">
+        <v>16</v>
+      </c>
+      <c r="O11" s="12">
+        <v>35</v>
+      </c>
+      <c r="P11" s="12">
+        <v>13</v>
+      </c>
+      <c r="Q11" s="12">
+        <v>230</v>
+      </c>
+      <c r="R11" s="12">
+        <v>1699</v>
+      </c>
+      <c r="S11" s="12">
+        <v>97</v>
+      </c>
+      <c r="T11" s="12">
+        <v>556</v>
+      </c>
+      <c r="U11" s="12">
+        <v>67</v>
+      </c>
+      <c r="V11" s="12">
+        <v>26</v>
+      </c>
+      <c r="W11" s="12">
+        <v>109</v>
+      </c>
+      <c r="X11" s="34">
+        <v>257</v>
+      </c>
+      <c r="Y11" s="30"/>
+      <c r="Z11" s="12">
+        <v>272</v>
+      </c>
+      <c r="AA11" s="25">
+        <v>963</v>
+      </c>
+      <c r="AC11" s="7"/>
+    </row>
+    <row r="12" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B12" s="4"/>
+      <c r="C12" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="10">
+        <v>399</v>
+      </c>
+      <c r="E12" s="29">
+        <v>82</v>
+      </c>
+      <c r="F12" s="30"/>
+      <c r="G12" s="10">
+        <v>140</v>
+      </c>
+      <c r="H12" s="10">
+        <v>6324</v>
+      </c>
+      <c r="I12" s="9">
+        <v>14247</v>
+      </c>
+      <c r="J12" s="10">
+        <v>4450</v>
+      </c>
+      <c r="K12" s="29">
+        <v>600</v>
+      </c>
+      <c r="L12" s="30"/>
+      <c r="M12" s="10">
+        <v>962</v>
+      </c>
+      <c r="N12" s="10">
+        <v>32</v>
+      </c>
+      <c r="O12" s="10">
+        <v>53</v>
+      </c>
+      <c r="P12" s="10">
+        <v>22</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>266</v>
+      </c>
+      <c r="R12" s="10">
+        <v>1878</v>
+      </c>
+      <c r="S12" s="10">
+        <v>121</v>
+      </c>
+      <c r="T12" s="10">
+        <v>535</v>
+      </c>
+      <c r="U12" s="10">
+        <v>68</v>
+      </c>
+      <c r="V12" s="10">
+        <v>66</v>
+      </c>
+      <c r="W12" s="10">
+        <v>267</v>
+      </c>
+      <c r="X12" s="29">
+        <v>502</v>
+      </c>
+      <c r="Y12" s="30"/>
+      <c r="Z12" s="10">
+        <v>524</v>
+      </c>
+      <c r="AA12" s="23">
+        <v>1398</v>
+      </c>
+      <c r="AC12" s="7"/>
+    </row>
+    <row r="13" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B13" s="4"/>
+      <c r="C13" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" s="12">
+        <v>336</v>
+      </c>
+      <c r="E13" s="34">
+        <v>84</v>
+      </c>
+      <c r="F13" s="30"/>
+      <c r="G13" s="12">
+        <v>77</v>
+      </c>
+      <c r="H13" s="12">
+        <v>2546</v>
+      </c>
+      <c r="I13" s="12">
+        <v>4450</v>
+      </c>
+      <c r="J13" s="13">
+        <v>5125</v>
+      </c>
+      <c r="K13" s="34">
+        <v>241</v>
+      </c>
+      <c r="L13" s="30"/>
+      <c r="M13" s="12">
+        <v>817</v>
+      </c>
+      <c r="N13" s="12">
+        <v>34</v>
+      </c>
+      <c r="O13" s="12">
+        <v>25</v>
+      </c>
+      <c r="P13" s="12">
+        <v>9</v>
+      </c>
+      <c r="Q13" s="12">
+        <v>133</v>
+      </c>
+      <c r="R13" s="12">
+        <v>832</v>
+      </c>
+      <c r="S13" s="12">
+        <v>114</v>
+      </c>
+      <c r="T13" s="12">
+        <v>257</v>
+      </c>
+      <c r="U13" s="12">
+        <v>36</v>
+      </c>
+      <c r="V13" s="12">
+        <v>69</v>
+      </c>
+      <c r="W13" s="12">
+        <v>327</v>
+      </c>
+      <c r="X13" s="34">
+        <v>238</v>
+      </c>
+      <c r="Y13" s="30"/>
+      <c r="Z13" s="12">
+        <v>468</v>
+      </c>
+      <c r="AA13" s="25">
+        <v>1446</v>
+      </c>
+      <c r="AC13" s="7"/>
+    </row>
+    <row r="14" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B14" s="4"/>
+      <c r="C14" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="10">
+        <v>13</v>
+      </c>
+      <c r="E14" s="29">
+        <v>8</v>
+      </c>
+      <c r="F14" s="30"/>
+      <c r="G14" s="10">
+        <v>15</v>
+      </c>
+      <c r="H14" s="10">
+        <v>463</v>
+      </c>
+      <c r="I14" s="10">
+        <v>600</v>
+      </c>
+      <c r="J14" s="10">
+        <v>241</v>
+      </c>
+      <c r="K14" s="33">
+        <v>656</v>
+      </c>
+      <c r="L14" s="30"/>
+      <c r="M14" s="10">
+        <v>80</v>
+      </c>
+      <c r="N14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q14" s="10">
+        <v>29</v>
+      </c>
+      <c r="R14" s="10">
+        <v>407</v>
+      </c>
+      <c r="S14" s="10">
+        <v>7</v>
+      </c>
+      <c r="T14" s="10">
+        <v>42</v>
+      </c>
+      <c r="U14" s="10">
+        <v>13</v>
+      </c>
+      <c r="V14" s="10">
+        <v>7</v>
+      </c>
+      <c r="W14" s="10">
+        <v>21</v>
+      </c>
+      <c r="X14" s="29">
+        <v>27</v>
+      </c>
+      <c r="Y14" s="30"/>
+      <c r="Z14" s="10">
+        <v>29</v>
+      </c>
+      <c r="AA14" s="23">
+        <v>121</v>
+      </c>
+      <c r="AC14" s="7"/>
+    </row>
+    <row r="15" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B15" s="4"/>
+      <c r="C15" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" s="12">
+        <v>48</v>
+      </c>
+      <c r="E15" s="34">
+        <v>11</v>
+      </c>
+      <c r="F15" s="30"/>
+      <c r="G15" s="12">
+        <v>31</v>
+      </c>
+      <c r="H15" s="12">
+        <v>572</v>
+      </c>
+      <c r="I15" s="12">
+        <v>962</v>
+      </c>
+      <c r="J15" s="12">
+        <v>817</v>
+      </c>
+      <c r="K15" s="34">
+        <v>80</v>
+      </c>
+      <c r="L15" s="30"/>
+      <c r="M15" s="13">
+        <v>1466</v>
+      </c>
+      <c r="N15" s="12">
+        <v>7</v>
+      </c>
+      <c r="O15" s="12">
+        <v>10</v>
+      </c>
+      <c r="P15" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>65</v>
+      </c>
+      <c r="R15" s="12">
+        <v>292</v>
+      </c>
+      <c r="S15" s="12">
+        <v>33</v>
+      </c>
+      <c r="T15" s="12">
+        <v>121</v>
+      </c>
+      <c r="U15" s="12">
+        <v>19</v>
+      </c>
+      <c r="V15" s="12">
+        <v>19</v>
+      </c>
+      <c r="W15" s="12">
+        <v>52</v>
+      </c>
+      <c r="X15" s="34">
+        <v>55</v>
+      </c>
+      <c r="Y15" s="30"/>
+      <c r="Z15" s="12">
+        <v>68</v>
+      </c>
+      <c r="AA15" s="25">
+        <v>402</v>
+      </c>
+      <c r="AC15" s="7"/>
+    </row>
+    <row r="16" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B16" s="4"/>
+      <c r="C16" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="10">
+        <v>5</v>
+      </c>
+      <c r="E16" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="30"/>
+      <c r="G16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H16" s="10">
+        <v>16</v>
+      </c>
+      <c r="I16" s="10">
+        <v>32</v>
+      </c>
+      <c r="J16" s="10">
+        <v>34</v>
+      </c>
+      <c r="K16" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L16" s="30"/>
+      <c r="M16" s="10">
+        <v>7</v>
+      </c>
+      <c r="N16" s="9">
+        <v>64</v>
+      </c>
+      <c r="O16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q16" s="10">
+        <v>6</v>
+      </c>
+      <c r="R16" s="10">
+        <v>5</v>
+      </c>
+      <c r="S16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="U16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V16" s="10">
+        <v>7</v>
+      </c>
+      <c r="W16" s="10">
+        <v>52</v>
+      </c>
+      <c r="X16" s="29">
+        <v>5</v>
+      </c>
+      <c r="Y16" s="30"/>
+      <c r="Z16" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA16" s="23">
+        <v>32</v>
+      </c>
+      <c r="AC16" s="7"/>
+    </row>
+    <row r="17" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B17" s="4"/>
+      <c r="C17" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="12">
+        <v>24</v>
+      </c>
+      <c r="E17" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17" s="30"/>
+      <c r="G17" s="12">
+        <v>7</v>
+      </c>
+      <c r="H17" s="12">
+        <v>35</v>
+      </c>
+      <c r="I17" s="12">
+        <v>53</v>
+      </c>
+      <c r="J17" s="12">
+        <v>25</v>
+      </c>
+      <c r="K17" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L17" s="30"/>
+      <c r="M17" s="12">
+        <v>10</v>
+      </c>
+      <c r="N17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" s="13">
+        <v>186</v>
+      </c>
+      <c r="P17" s="12">
+        <v>6</v>
+      </c>
+      <c r="Q17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="R17" s="12">
+        <v>7</v>
+      </c>
+      <c r="S17" s="12">
+        <v>13</v>
+      </c>
+      <c r="T17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="U17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="V17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W17" s="12">
+        <v>14</v>
+      </c>
+      <c r="X17" s="34">
+        <v>85</v>
+      </c>
+      <c r="Y17" s="30"/>
+      <c r="Z17" s="12">
+        <v>76</v>
+      </c>
+      <c r="AA17" s="25">
+        <v>29</v>
+      </c>
+      <c r="AC17" s="7"/>
+    </row>
+    <row r="18" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B18" s="4"/>
+      <c r="C18" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" s="10">
+        <v>7</v>
+      </c>
+      <c r="E18" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H18" s="10">
+        <v>13</v>
+      </c>
+      <c r="I18" s="10">
+        <v>22</v>
+      </c>
+      <c r="J18" s="10">
+        <v>9</v>
+      </c>
+      <c r="K18" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L18" s="30"/>
+      <c r="M18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" s="10">
+        <v>6</v>
+      </c>
+      <c r="P18" s="9">
+        <v>68</v>
+      </c>
+      <c r="Q18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R18" s="10">
+        <v>10</v>
+      </c>
+      <c r="S18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="U18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W18" s="10">
+        <v>5</v>
+      </c>
+      <c r="X18" s="29">
+        <v>27</v>
+      </c>
+      <c r="Y18" s="30"/>
+      <c r="Z18" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA18" s="23">
+        <v>8</v>
+      </c>
+      <c r="AC18" s="7"/>
+    </row>
+    <row r="19" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B19" s="4"/>
+      <c r="C19" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="D19" s="12">
+        <v>19</v>
+      </c>
+      <c r="E19" s="34">
+        <v>17</v>
+      </c>
+      <c r="F19" s="30"/>
+      <c r="G19" s="12">
+        <v>14</v>
+      </c>
+      <c r="H19" s="12">
+        <v>230</v>
+      </c>
+      <c r="I19" s="12">
+        <v>266</v>
+      </c>
+      <c r="J19" s="12">
+        <v>133</v>
+      </c>
+      <c r="K19" s="34">
+        <v>29</v>
+      </c>
+      <c r="L19" s="30"/>
+      <c r="M19" s="12">
+        <v>65</v>
+      </c>
+      <c r="N19" s="12">
+        <v>6</v>
+      </c>
+      <c r="O19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q19" s="13">
+        <v>815</v>
+      </c>
+      <c r="R19" s="12">
+        <v>118</v>
+      </c>
+      <c r="S19" s="12">
+        <v>13</v>
+      </c>
+      <c r="T19" s="12">
+        <v>44</v>
+      </c>
+      <c r="U19" s="12">
+        <v>9</v>
+      </c>
+      <c r="V19" s="12">
+        <v>8</v>
+      </c>
+      <c r="W19" s="12">
+        <v>28</v>
+      </c>
+      <c r="X19" s="34">
+        <v>30</v>
+      </c>
+      <c r="Y19" s="30"/>
+      <c r="Z19" s="12">
+        <v>29</v>
+      </c>
+      <c r="AA19" s="25">
+        <v>81</v>
+      </c>
+      <c r="AC19" s="7"/>
+    </row>
+    <row r="20" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B20" s="4"/>
+      <c r="C20" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="10">
+        <v>71</v>
+      </c>
+      <c r="E20" s="29">
+        <v>20</v>
+      </c>
+      <c r="F20" s="30"/>
+      <c r="G20" s="10">
+        <v>46</v>
+      </c>
+      <c r="H20" s="10">
+        <v>1699</v>
+      </c>
+      <c r="I20" s="10">
+        <v>1878</v>
+      </c>
+      <c r="J20" s="10">
+        <v>832</v>
+      </c>
+      <c r="K20" s="29">
+        <v>407</v>
+      </c>
+      <c r="L20" s="30"/>
+      <c r="M20" s="10">
+        <v>292</v>
+      </c>
+      <c r="N20" s="10">
+        <v>5</v>
+      </c>
+      <c r="O20" s="10">
+        <v>7</v>
+      </c>
+      <c r="P20" s="10">
+        <v>10</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>118</v>
+      </c>
+      <c r="R20" s="9">
+        <v>2969</v>
+      </c>
+      <c r="S20" s="10">
+        <v>34</v>
+      </c>
+      <c r="T20" s="10">
+        <v>191</v>
+      </c>
+      <c r="U20" s="10">
+        <v>27</v>
+      </c>
+      <c r="V20" s="10">
+        <v>13</v>
+      </c>
+      <c r="W20" s="10">
+        <v>60</v>
+      </c>
+      <c r="X20" s="29">
+        <v>89</v>
+      </c>
+      <c r="Y20" s="30"/>
+      <c r="Z20" s="10">
+        <v>110</v>
+      </c>
+      <c r="AA20" s="23">
+        <v>357</v>
+      </c>
+      <c r="AC20" s="7"/>
+    </row>
+    <row r="21" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B21" s="4"/>
+      <c r="C21" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" s="12">
+        <v>14</v>
+      </c>
+      <c r="E21" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="F21" s="30"/>
+      <c r="G21" s="12">
+        <v>7</v>
+      </c>
+      <c r="H21" s="12">
+        <v>97</v>
+      </c>
+      <c r="I21" s="12">
+        <v>121</v>
+      </c>
+      <c r="J21" s="12">
+        <v>114</v>
+      </c>
+      <c r="K21" s="34">
+        <v>7</v>
+      </c>
+      <c r="L21" s="30"/>
+      <c r="M21" s="12">
+        <v>33</v>
+      </c>
+      <c r="N21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" s="12">
+        <v>13</v>
+      </c>
+      <c r="P21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q21" s="12">
+        <v>13</v>
+      </c>
+      <c r="R21" s="12">
+        <v>34</v>
+      </c>
+      <c r="S21" s="13">
+        <v>199</v>
+      </c>
+      <c r="T21" s="12">
+        <v>24</v>
+      </c>
+      <c r="U21" s="12">
+        <v>10</v>
+      </c>
+      <c r="V21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W21" s="12">
+        <v>14</v>
+      </c>
+      <c r="X21" s="34">
+        <v>15</v>
+      </c>
+      <c r="Y21" s="30"/>
+      <c r="Z21" s="12">
+        <v>26</v>
+      </c>
+      <c r="AA21" s="25">
+        <v>111</v>
+      </c>
+      <c r="AC21" s="7"/>
+    </row>
+    <row r="22" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B22" s="4"/>
+      <c r="C22" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="10">
+        <v>29</v>
+      </c>
+      <c r="E22" s="29">
+        <v>10</v>
+      </c>
+      <c r="F22" s="30"/>
+      <c r="G22" s="10">
+        <v>23</v>
+      </c>
+      <c r="H22" s="10">
+        <v>556</v>
+      </c>
+      <c r="I22" s="10">
+        <v>535</v>
+      </c>
+      <c r="J22" s="10">
+        <v>257</v>
+      </c>
+      <c r="K22" s="29">
+        <v>42</v>
+      </c>
+      <c r="L22" s="30"/>
+      <c r="M22" s="10">
+        <v>121</v>
+      </c>
+      <c r="N22" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P22" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q22" s="10">
+        <v>44</v>
+      </c>
+      <c r="R22" s="10">
+        <v>191</v>
+      </c>
+      <c r="S22" s="10">
+        <v>24</v>
+      </c>
+      <c r="T22" s="9">
+        <v>1294</v>
+      </c>
+      <c r="U22" s="10">
+        <v>15</v>
+      </c>
+      <c r="V22" s="10">
+        <v>7</v>
+      </c>
+      <c r="W22" s="10">
+        <v>19</v>
+      </c>
+      <c r="X22" s="29">
+        <v>34</v>
+      </c>
+      <c r="Y22" s="30"/>
+      <c r="Z22" s="10">
+        <v>36</v>
+      </c>
+      <c r="AA22" s="23">
+        <v>156</v>
+      </c>
+      <c r="AC22" s="7"/>
+    </row>
+    <row r="23" spans="2:29" ht="30" x14ac:dyDescent="0.25">
+      <c r="B23" s="4"/>
+      <c r="C23" s="24" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" s="12">
+        <v>5</v>
+      </c>
+      <c r="E23" s="34">
+        <v>5</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="12">
+        <v>8</v>
+      </c>
+      <c r="H23" s="12">
+        <v>67</v>
+      </c>
+      <c r="I23" s="12">
+        <v>68</v>
+      </c>
+      <c r="J23" s="12">
+        <v>36</v>
+      </c>
+      <c r="K23" s="34">
+        <v>13</v>
+      </c>
+      <c r="L23" s="30"/>
+      <c r="M23" s="12">
+        <v>19</v>
+      </c>
+      <c r="N23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q23" s="12">
+        <v>9</v>
+      </c>
+      <c r="R23" s="12">
+        <v>27</v>
+      </c>
+      <c r="S23" s="12">
+        <v>10</v>
+      </c>
+      <c r="T23" s="12">
+        <v>15</v>
+      </c>
+      <c r="U23" s="13">
+        <v>91</v>
+      </c>
+      <c r="V23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W23" s="12">
+        <v>6</v>
+      </c>
+      <c r="X23" s="34">
+        <v>7</v>
+      </c>
+      <c r="Y23" s="30"/>
+      <c r="Z23" s="12">
+        <v>8</v>
+      </c>
+      <c r="AA23" s="25">
+        <v>30</v>
+      </c>
+      <c r="AC23" s="7"/>
+    </row>
+    <row r="24" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B24" s="4"/>
+      <c r="C24" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" s="10">
+        <v>7</v>
+      </c>
+      <c r="E24" s="29">
+        <v>7</v>
+      </c>
+      <c r="F24" s="30"/>
+      <c r="G24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H24" s="10">
+        <v>26</v>
+      </c>
+      <c r="I24" s="10">
+        <v>66</v>
+      </c>
+      <c r="J24" s="10">
+        <v>69</v>
+      </c>
+      <c r="K24" s="29">
+        <v>7</v>
+      </c>
+      <c r="L24" s="30"/>
+      <c r="M24" s="10">
+        <v>19</v>
+      </c>
+      <c r="N24" s="10">
+        <v>7</v>
+      </c>
+      <c r="O24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q24" s="10">
+        <v>8</v>
+      </c>
+      <c r="R24" s="10">
+        <v>13</v>
+      </c>
+      <c r="S24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T24" s="10">
+        <v>7</v>
+      </c>
+      <c r="U24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V24" s="9">
+        <v>102</v>
+      </c>
+      <c r="W24" s="10">
+        <v>24</v>
+      </c>
+      <c r="X24" s="29">
+        <v>9</v>
+      </c>
+      <c r="Y24" s="30"/>
+      <c r="Z24" s="10">
+        <v>25</v>
+      </c>
+      <c r="AA24" s="23">
+        <v>53</v>
+      </c>
+      <c r="AC24" s="7"/>
+    </row>
+    <row r="25" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B25" s="4"/>
+      <c r="C25" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="12">
+        <v>43</v>
+      </c>
+      <c r="E25" s="34">
+        <v>10</v>
+      </c>
+      <c r="F25" s="30"/>
+      <c r="G25" s="12">
+        <v>9</v>
+      </c>
+      <c r="H25" s="12">
+        <v>109</v>
+      </c>
+      <c r="I25" s="12">
+        <v>267</v>
+      </c>
+      <c r="J25" s="12">
+        <v>327</v>
+      </c>
+      <c r="K25" s="34">
+        <v>21</v>
+      </c>
+      <c r="L25" s="30"/>
+      <c r="M25" s="12">
+        <v>52</v>
+      </c>
+      <c r="N25" s="12">
+        <v>52</v>
+      </c>
+      <c r="O25" s="12">
+        <v>14</v>
+      </c>
+      <c r="P25" s="12">
+        <v>5</v>
+      </c>
+      <c r="Q25" s="12">
+        <v>28</v>
+      </c>
+      <c r="R25" s="12">
+        <v>60</v>
+      </c>
+      <c r="S25" s="12">
+        <v>14</v>
+      </c>
+      <c r="T25" s="12">
+        <v>19</v>
+      </c>
+      <c r="U25" s="12">
+        <v>6</v>
+      </c>
+      <c r="V25" s="12">
+        <v>24</v>
+      </c>
+      <c r="W25" s="13">
+        <v>515</v>
+      </c>
+      <c r="X25" s="34">
+        <v>55</v>
+      </c>
+      <c r="Y25" s="30"/>
+      <c r="Z25" s="12">
         <v>151</v>
       </c>
-      <c s="12" r="I8">
-[...9 lines deleted...]
-      <c s="12" r="M8">
+      <c r="AA25" s="25">
+        <v>291</v>
+      </c>
+      <c r="AC25" s="7"/>
+    </row>
+    <row r="26" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B26" s="4"/>
+      <c r="C26" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="10">
+        <v>96</v>
+      </c>
+      <c r="E26" s="29">
+        <v>17</v>
+      </c>
+      <c r="F26" s="30"/>
+      <c r="G26" s="10">
+        <v>32</v>
+      </c>
+      <c r="H26" s="10">
+        <v>257</v>
+      </c>
+      <c r="I26" s="10">
+        <v>502</v>
+      </c>
+      <c r="J26" s="10">
+        <v>238</v>
+      </c>
+      <c r="K26" s="29">
+        <v>27</v>
+      </c>
+      <c r="L26" s="30"/>
+      <c r="M26" s="10">
+        <v>55</v>
+      </c>
+      <c r="N26" s="10">
+        <v>5</v>
+      </c>
+      <c r="O26" s="10">
+        <v>85</v>
+      </c>
+      <c r="P26" s="10">
+        <v>27</v>
+      </c>
+      <c r="Q26" s="10">
+        <v>30</v>
+      </c>
+      <c r="R26" s="10">
+        <v>89</v>
+      </c>
+      <c r="S26" s="10">
+        <v>15</v>
+      </c>
+      <c r="T26" s="10">
+        <v>34</v>
+      </c>
+      <c r="U26" s="10">
+        <v>7</v>
+      </c>
+      <c r="V26" s="10">
+        <v>9</v>
+      </c>
+      <c r="W26" s="10">
+        <v>55</v>
+      </c>
+      <c r="X26" s="33">
+        <v>1604</v>
+      </c>
+      <c r="Y26" s="30"/>
+      <c r="Z26" s="10">
+        <v>1191</v>
+      </c>
+      <c r="AA26" s="23">
+        <v>126</v>
+      </c>
+      <c r="AC26" s="7"/>
+    </row>
+    <row r="27" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B27" s="4"/>
+      <c r="C27" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D27" s="12">
+        <v>147</v>
+      </c>
+      <c r="E27" s="34">
+        <v>22</v>
+      </c>
+      <c r="F27" s="30"/>
+      <c r="G27" s="12">
+        <v>28</v>
+      </c>
+      <c r="H27" s="12">
+        <v>272</v>
+      </c>
+      <c r="I27" s="12">
+        <v>524</v>
+      </c>
+      <c r="J27" s="12">
+        <v>468</v>
+      </c>
+      <c r="K27" s="34">
+        <v>29</v>
+      </c>
+      <c r="L27" s="30"/>
+      <c r="M27" s="12">
+        <v>68</v>
+      </c>
+      <c r="N27" s="12">
+        <v>22</v>
+      </c>
+      <c r="O27" s="12">
+        <v>76</v>
+      </c>
+      <c r="P27" s="12">
+        <v>22</v>
+      </c>
+      <c r="Q27" s="12">
+        <v>29</v>
+      </c>
+      <c r="R27" s="12">
+        <v>110</v>
+      </c>
+      <c r="S27" s="12">
+        <v>26</v>
+      </c>
+      <c r="T27" s="12">
+        <v>36</v>
+      </c>
+      <c r="U27" s="12">
+        <v>8</v>
+      </c>
+      <c r="V27" s="12">
+        <v>25</v>
+      </c>
+      <c r="W27" s="12">
+        <v>151</v>
+      </c>
+      <c r="X27" s="34">
+        <v>1191</v>
+      </c>
+      <c r="Y27" s="30"/>
+      <c r="Z27" s="13">
+        <v>1594</v>
+      </c>
+      <c r="AA27" s="25">
+        <v>354</v>
+      </c>
+      <c r="AC27" s="7"/>
+    </row>
+    <row r="28" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B28" s="4"/>
+      <c r="C28" s="26" t="s">
         <v>46</v>
       </c>
-      <c s="17" t="inlineStr" r="N8">
-[...71 lines deleted...]
-      <c s="14" r="K9">
+      <c r="D28" s="27">
+        <v>272</v>
+      </c>
+      <c r="E28" s="40">
+        <v>68</v>
+      </c>
+      <c r="F28" s="41"/>
+      <c r="G28" s="27">
+        <v>40</v>
+      </c>
+      <c r="H28" s="27">
+        <v>963</v>
+      </c>
+      <c r="I28" s="27">
+        <v>1398</v>
+      </c>
+      <c r="J28" s="27">
+        <v>1446</v>
+      </c>
+      <c r="K28" s="40">
+        <v>121</v>
+      </c>
+      <c r="L28" s="41"/>
+      <c r="M28" s="27">
+        <v>402</v>
+      </c>
+      <c r="N28" s="27">
+        <v>32</v>
+      </c>
+      <c r="O28" s="27">
+        <v>29</v>
+      </c>
+      <c r="P28" s="27">
         <v>8</v>
       </c>
-      <c s="8" t="str" r="L9"/>
-[...69 lines deleted...]
-      <c s="11" r="G10">
+      <c r="Q28" s="27">
+        <v>81</v>
+      </c>
+      <c r="R28" s="27">
+        <v>357</v>
+      </c>
+      <c r="S28" s="27">
+        <v>111</v>
+      </c>
+      <c r="T28" s="27">
         <v>156</v>
       </c>
-      <c s="12" r="H10">
-[...540 lines deleted...]
-      <c s="27" r="AA16">
+      <c r="U28" s="27">
         <v>30</v>
       </c>
-      <c s="9" t="str" r="AC16"/>
-[...746 lines deleted...]
-      <c s="14" r="X25">
+      <c r="V28" s="27">
+        <v>53</v>
+      </c>
+      <c r="W28" s="27">
+        <v>291</v>
+      </c>
+      <c r="X28" s="40">
+        <v>126</v>
+      </c>
+      <c r="Y28" s="41"/>
+      <c r="Z28" s="27">
+        <v>354</v>
+      </c>
+      <c r="AA28" s="28">
+        <v>2132</v>
+      </c>
+      <c r="AC28" s="7"/>
+    </row>
+    <row r="29" spans="2:29" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="4"/>
+      <c r="AC29" s="7"/>
+    </row>
+    <row r="30" spans="2:29" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="16"/>
+      <c r="C30" s="17"/>
+      <c r="D30" s="17"/>
+      <c r="E30" s="17"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="17"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="17"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="17"/>
+      <c r="M30" s="17"/>
+      <c r="N30" s="17"/>
+      <c r="O30" s="17"/>
+      <c r="P30" s="17"/>
+      <c r="Q30" s="17"/>
+      <c r="R30" s="17"/>
+      <c r="S30" s="17"/>
+      <c r="T30" s="17"/>
+      <c r="U30" s="17"/>
+      <c r="V30" s="17"/>
+      <c r="W30" s="17"/>
+      <c r="X30" s="17"/>
+      <c r="Y30" s="17"/>
+      <c r="Z30" s="17"/>
+      <c r="AA30" s="17"/>
+      <c r="AB30" s="17"/>
+      <c r="AC30" s="18"/>
+    </row>
+    <row r="31" spans="2:29" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="2:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="31" t="s">
         <v>47</v>
       </c>
-      <c s="8" t="str" r="Y25"/>
-[...277 lines deleted...]
-    <row r="33" ht="0.05" customHeight="1"/>
+      <c r="C32" s="32"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="32"/>
+      <c r="F32" s="32"/>
+      <c r="G32" s="32"/>
+      <c r="H32" s="32"/>
+      <c r="I32" s="32"/>
+      <c r="J32" s="32"/>
+      <c r="K32" s="32"/>
+    </row>
+    <row r="33" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="71">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="Y2:AD4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="X7:Y7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="X9:Y9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="X10:Y10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="X12:Y12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="X13:Y13"/>
@@ -4789,2210 +4894,1831 @@
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="X18:Y18"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="X19:Y19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="X20:Y20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="X22:Y22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="X23:Y23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="X24:Y24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="B32:K32"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="X26:Y26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="X27:Y27"/>
-    <mergeCell ref="E28:F28"/>
-[...2 lines deleted...]
-    <mergeCell ref="B32:K32"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId10"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="B1:AD34"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0"/>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.54296875"/>
-[...31 lines deleted...]
-    <col min="33" max="33" customWidth="1" width="3.55078125"/>
+    <col min="1" max="1" width="3.5703125" customWidth="1"/>
+    <col min="2" max="2" width="0.140625" customWidth="1"/>
+    <col min="3" max="3" width="49.42578125" customWidth="1"/>
+    <col min="4" max="4" width="8.42578125" customWidth="1"/>
+    <col min="5" max="5" width="1" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" customWidth="1"/>
+    <col min="7" max="10" width="8.42578125" customWidth="1"/>
+    <col min="11" max="11" width="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" customWidth="1"/>
+    <col min="13" max="23" width="8.42578125" customWidth="1"/>
+    <col min="24" max="24" width="6.140625" customWidth="1"/>
+    <col min="25" max="25" width="2.28515625" customWidth="1"/>
+    <col min="26" max="27" width="8.42578125" customWidth="1"/>
+    <col min="28" max="28" width="0" hidden="1" customWidth="1"/>
+    <col min="29" max="29" width="0.140625" customWidth="1"/>
+    <col min="30" max="30" width="3.85546875" customWidth="1"/>
+    <col min="31" max="31" width="5.5703125" customWidth="1"/>
+    <col min="32" max="32" width="2.5703125" customWidth="1"/>
+    <col min="33" max="33" width="3.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="17.25" customHeight="1">
-[...226 lines deleted...]
-      <c s="12" r="E8">
+    <row r="1" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+    </row>
+    <row r="2" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="Y2" s="32"/>
+      <c r="Z2" s="32"/>
+      <c r="AA2" s="32"/>
+      <c r="AB2" s="32"/>
+      <c r="AC2" s="32"/>
+      <c r="AD2" s="32"/>
+    </row>
+    <row r="3" spans="2:30" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Y3" s="32"/>
+      <c r="Z3" s="32"/>
+      <c r="AA3" s="32"/>
+      <c r="AB3" s="32"/>
+      <c r="AC3" s="32"/>
+      <c r="AD3" s="32"/>
+    </row>
+    <row r="4" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="38" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="Y4" s="32"/>
+      <c r="Z4" s="32"/>
+      <c r="AA4" s="32"/>
+      <c r="AB4" s="32"/>
+      <c r="AC4" s="32"/>
+      <c r="AD4" s="32"/>
+    </row>
+    <row r="5" spans="2:30" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:30" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="2"/>
+      <c r="S6" s="2"/>
+      <c r="T6" s="2"/>
+      <c r="U6" s="2"/>
+      <c r="V6" s="2"/>
+      <c r="W6" s="2"/>
+      <c r="X6" s="2"/>
+      <c r="Y6" s="2"/>
+      <c r="Z6" s="2"/>
+      <c r="AA6" s="2"/>
+      <c r="AB6" s="2"/>
+      <c r="AC6" s="3"/>
+    </row>
+    <row r="7" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B7" s="4"/>
+      <c r="C7" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="43"/>
+      <c r="G7" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="J7" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="K7" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="N7" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="O7" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q7" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="R7" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="S7" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="T7" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="U7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="V7" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="W7" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="X7" s="42" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y7" s="43"/>
+      <c r="Z7" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA7" s="21" t="s">
         <v>24</v>
       </c>
-      <c s="8" t="str" r="F8"/>
-      <c s="12" r="G8">
+      <c r="AC7" s="7"/>
+    </row>
+    <row r="8" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B8" s="4"/>
+      <c r="C8" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="9">
+        <v>2898</v>
+      </c>
+      <c r="E8" s="29">
+        <v>25</v>
+      </c>
+      <c r="F8" s="30"/>
+      <c r="G8" s="10">
         <v>5</v>
       </c>
-      <c s="12" r="H8">
-[...14 lines deleted...]
-      <c s="12" r="M8">
+      <c r="H8" s="10">
+        <v>105</v>
+      </c>
+      <c r="I8" s="10">
+        <v>452</v>
+      </c>
+      <c r="J8" s="10">
+        <v>1520</v>
+      </c>
+      <c r="K8" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L8" s="30"/>
+      <c r="M8" s="10">
         <v>25</v>
       </c>
-      <c s="17" t="inlineStr" r="N8">
-[...4 lines deleted...]
-      <c s="12" r="O8">
+      <c r="N8" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" s="10">
+        <v>50</v>
+      </c>
+      <c r="P8" s="10">
+        <v>15</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>14</v>
+      </c>
+      <c r="R8" s="10">
+        <v>55</v>
+      </c>
+      <c r="S8" s="10">
+        <v>39</v>
+      </c>
+      <c r="T8" s="10">
+        <v>54</v>
+      </c>
+      <c r="U8" s="10">
+        <v>6</v>
+      </c>
+      <c r="V8" s="10">
+        <v>7</v>
+      </c>
+      <c r="W8" s="10">
+        <v>45</v>
+      </c>
+      <c r="X8" s="29">
+        <v>59</v>
+      </c>
+      <c r="Y8" s="30"/>
+      <c r="Z8" s="10">
+        <v>218</v>
+      </c>
+      <c r="AA8" s="23">
+        <v>1596</v>
+      </c>
+      <c r="AC8" s="7"/>
+    </row>
+    <row r="9" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B9" s="4"/>
+      <c r="C9" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="12">
+        <v>25</v>
+      </c>
+      <c r="E9" s="37">
+        <v>1193</v>
+      </c>
+      <c r="F9" s="30"/>
+      <c r="G9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H9" s="12">
+        <v>59</v>
+      </c>
+      <c r="I9" s="12">
+        <v>219</v>
+      </c>
+      <c r="J9" s="12">
+        <v>846</v>
+      </c>
+      <c r="K9" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L9" s="30"/>
+      <c r="M9" s="12">
+        <v>9</v>
+      </c>
+      <c r="N9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q9" s="12">
+        <v>13</v>
+      </c>
+      <c r="R9" s="12">
+        <v>98</v>
+      </c>
+      <c r="S9" s="12">
+        <v>10</v>
+      </c>
+      <c r="T9" s="12">
+        <v>21</v>
+      </c>
+      <c r="U9" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="V9" s="12">
+        <v>6</v>
+      </c>
+      <c r="W9" s="12">
+        <v>27</v>
+      </c>
+      <c r="X9" s="34">
+        <v>8</v>
+      </c>
+      <c r="Y9" s="30"/>
+      <c r="Z9" s="12">
+        <v>15</v>
+      </c>
+      <c r="AA9" s="25">
+        <v>858</v>
+      </c>
+      <c r="AC9" s="7"/>
+    </row>
+    <row r="10" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B10" s="4"/>
+      <c r="C10" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" s="10">
+        <v>5</v>
+      </c>
+      <c r="E10" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="30"/>
+      <c r="G10" s="9">
+        <v>26</v>
+      </c>
+      <c r="H10" s="10">
+        <v>12</v>
+      </c>
+      <c r="I10" s="10">
+        <v>12</v>
+      </c>
+      <c r="J10" s="10">
+        <v>7</v>
+      </c>
+      <c r="K10" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L10" s="30"/>
+      <c r="M10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="N10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="S10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="U10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W10" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="X10" s="29">
+        <v>7</v>
+      </c>
+      <c r="Y10" s="30"/>
+      <c r="Z10" s="10">
+        <v>5</v>
+      </c>
+      <c r="AA10" s="23">
+        <v>7</v>
+      </c>
+      <c r="AC10" s="7"/>
+    </row>
+    <row r="11" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B11" s="4"/>
+      <c r="C11" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" s="12">
+        <v>105</v>
+      </c>
+      <c r="E11" s="34">
+        <v>59</v>
+      </c>
+      <c r="F11" s="30"/>
+      <c r="G11" s="12">
+        <v>12</v>
+      </c>
+      <c r="H11" s="13">
+        <v>4249</v>
+      </c>
+      <c r="I11" s="12">
+        <v>539</v>
+      </c>
+      <c r="J11" s="12">
+        <v>225</v>
+      </c>
+      <c r="K11" s="34">
+        <v>50</v>
+      </c>
+      <c r="L11" s="30"/>
+      <c r="M11" s="12">
+        <v>57</v>
+      </c>
+      <c r="N11" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" s="12">
+        <v>73</v>
+      </c>
+      <c r="P11" s="12">
+        <v>11</v>
+      </c>
+      <c r="Q11" s="12">
+        <v>38</v>
+      </c>
+      <c r="R11" s="12">
+        <v>98</v>
+      </c>
+      <c r="S11" s="12">
+        <v>147</v>
+      </c>
+      <c r="T11" s="12">
+        <v>279</v>
+      </c>
+      <c r="U11" s="12">
+        <v>23</v>
+      </c>
+      <c r="V11" s="12">
+        <v>12</v>
+      </c>
+      <c r="W11" s="12">
+        <v>51</v>
+      </c>
+      <c r="X11" s="34">
+        <v>89</v>
+      </c>
+      <c r="Y11" s="30"/>
+      <c r="Z11" s="12">
+        <v>67</v>
+      </c>
+      <c r="AA11" s="25">
+        <v>243</v>
+      </c>
+      <c r="AC11" s="7"/>
+    </row>
+    <row r="12" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B12" s="4"/>
+      <c r="C12" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="10">
+        <v>452</v>
+      </c>
+      <c r="E12" s="29">
+        <v>219</v>
+      </c>
+      <c r="F12" s="30"/>
+      <c r="G12" s="10">
+        <v>12</v>
+      </c>
+      <c r="H12" s="10">
+        <v>539</v>
+      </c>
+      <c r="I12" s="9">
+        <v>8378</v>
+      </c>
+      <c r="J12" s="10">
+        <v>1037</v>
+      </c>
+      <c r="K12" s="29">
+        <v>147</v>
+      </c>
+      <c r="L12" s="30"/>
+      <c r="M12" s="10">
+        <v>158</v>
+      </c>
+      <c r="N12" s="10">
+        <v>6</v>
+      </c>
+      <c r="O12" s="10">
+        <v>85</v>
+      </c>
+      <c r="P12" s="10">
+        <v>53</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>50</v>
+      </c>
+      <c r="R12" s="10">
+        <v>69</v>
+      </c>
+      <c r="S12" s="10">
+        <v>137</v>
+      </c>
+      <c r="T12" s="10">
+        <v>229</v>
+      </c>
+      <c r="U12" s="10">
+        <v>21</v>
+      </c>
+      <c r="V12" s="10">
+        <v>40</v>
+      </c>
+      <c r="W12" s="10">
+        <v>247</v>
+      </c>
+      <c r="X12" s="29">
+        <v>224</v>
+      </c>
+      <c r="Y12" s="30"/>
+      <c r="Z12" s="10">
+        <v>147</v>
+      </c>
+      <c r="AA12" s="23">
+        <v>698</v>
+      </c>
+      <c r="AC12" s="7"/>
+    </row>
+    <row r="13" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B13" s="4"/>
+      <c r="C13" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" s="12">
+        <v>1520</v>
+      </c>
+      <c r="E13" s="34">
+        <v>846</v>
+      </c>
+      <c r="F13" s="30"/>
+      <c r="G13" s="12">
+        <v>7</v>
+      </c>
+      <c r="H13" s="12">
+        <v>225</v>
+      </c>
+      <c r="I13" s="12">
+        <v>1037</v>
+      </c>
+      <c r="J13" s="13">
+        <v>5477</v>
+      </c>
+      <c r="K13" s="34">
+        <v>13</v>
+      </c>
+      <c r="L13" s="30"/>
+      <c r="M13" s="12">
+        <v>865</v>
+      </c>
+      <c r="N13" s="12">
+        <v>9</v>
+      </c>
+      <c r="O13" s="12">
+        <v>55</v>
+      </c>
+      <c r="P13" s="12">
+        <v>12</v>
+      </c>
+      <c r="Q13" s="12">
+        <v>27</v>
+      </c>
+      <c r="R13" s="12">
+        <v>151</v>
+      </c>
+      <c r="S13" s="12">
+        <v>659</v>
+      </c>
+      <c r="T13" s="12">
+        <v>106</v>
+      </c>
+      <c r="U13" s="12">
+        <v>9</v>
+      </c>
+      <c r="V13" s="12">
+        <v>171</v>
+      </c>
+      <c r="W13" s="12">
+        <v>1133</v>
+      </c>
+      <c r="X13" s="34">
         <v>49</v>
       </c>
-      <c s="12" r="P8">
+      <c r="Y13" s="30"/>
+      <c r="Z13" s="12">
+        <v>430</v>
+      </c>
+      <c r="AA13" s="25">
+        <v>4213</v>
+      </c>
+      <c r="AC13" s="7"/>
+    </row>
+    <row r="14" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B14" s="4"/>
+      <c r="C14" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F14" s="30"/>
+      <c r="G14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" s="10">
+        <v>50</v>
+      </c>
+      <c r="I14" s="10">
+        <v>147</v>
+      </c>
+      <c r="J14" s="10">
+        <v>13</v>
+      </c>
+      <c r="K14" s="33">
+        <v>529</v>
+      </c>
+      <c r="L14" s="30"/>
+      <c r="M14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="N14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R14" s="10">
+        <v>126</v>
+      </c>
+      <c r="S14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="U14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="X14" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y14" s="30"/>
+      <c r="Z14" s="10">
+        <v>5</v>
+      </c>
+      <c r="AA14" s="23">
+        <v>7</v>
+      </c>
+      <c r="AC14" s="7"/>
+    </row>
+    <row r="15" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B15" s="4"/>
+      <c r="C15" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" s="12">
+        <v>25</v>
+      </c>
+      <c r="E15" s="34">
+        <v>9</v>
+      </c>
+      <c r="F15" s="30"/>
+      <c r="G15" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H15" s="12">
+        <v>57</v>
+      </c>
+      <c r="I15" s="12">
+        <v>158</v>
+      </c>
+      <c r="J15" s="12">
+        <v>865</v>
+      </c>
+      <c r="K15" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L15" s="30"/>
+      <c r="M15" s="13">
+        <v>1257</v>
+      </c>
+      <c r="N15" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>5</v>
+      </c>
+      <c r="R15" s="12">
+        <v>17</v>
+      </c>
+      <c r="S15" s="12">
+        <v>27</v>
+      </c>
+      <c r="T15" s="12">
+        <v>40</v>
+      </c>
+      <c r="U15" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="V15" s="12">
+        <v>7</v>
+      </c>
+      <c r="W15" s="12">
+        <v>21</v>
+      </c>
+      <c r="X15" s="34">
+        <v>11</v>
+      </c>
+      <c r="Y15" s="30"/>
+      <c r="Z15" s="12">
+        <v>11</v>
+      </c>
+      <c r="AA15" s="25">
+        <v>420</v>
+      </c>
+      <c r="AC15" s="7"/>
+    </row>
+    <row r="16" spans="2:30" x14ac:dyDescent="0.25">
+      <c r="B16" s="4"/>
+      <c r="C16" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="30"/>
+      <c r="G16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="I16" s="10">
+        <v>6</v>
+      </c>
+      <c r="J16" s="10">
+        <v>9</v>
+      </c>
+      <c r="K16" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L16" s="30"/>
+      <c r="M16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="N16" s="9">
+        <v>22</v>
+      </c>
+      <c r="O16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="S16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="U16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V16" s="10">
+        <v>7</v>
+      </c>
+      <c r="W16" s="10">
+        <v>20</v>
+      </c>
+      <c r="X16" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y16" s="30"/>
+      <c r="Z16" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="AA16" s="23">
+        <v>7</v>
+      </c>
+      <c r="AC16" s="7"/>
+    </row>
+    <row r="17" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B17" s="4"/>
+      <c r="C17" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="12">
+        <v>50</v>
+      </c>
+      <c r="E17" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17" s="30"/>
+      <c r="G17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H17" s="12">
+        <v>73</v>
+      </c>
+      <c r="I17" s="12">
+        <v>85</v>
+      </c>
+      <c r="J17" s="12">
+        <v>55</v>
+      </c>
+      <c r="K17" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L17" s="30"/>
+      <c r="M17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="N17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" s="13">
+        <v>1758</v>
+      </c>
+      <c r="P17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="R17" s="12">
+        <v>11</v>
+      </c>
+      <c r="S17" s="12">
+        <v>38</v>
+      </c>
+      <c r="T17" s="12">
+        <v>12</v>
+      </c>
+      <c r="U17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="V17" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W17" s="12">
+        <v>50</v>
+      </c>
+      <c r="X17" s="34">
+        <v>190</v>
+      </c>
+      <c r="Y17" s="30"/>
+      <c r="Z17" s="12">
+        <v>158</v>
+      </c>
+      <c r="AA17" s="25">
+        <v>74</v>
+      </c>
+      <c r="AC17" s="7"/>
+    </row>
+    <row r="18" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B18" s="4"/>
+      <c r="C18" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" s="10">
         <v>15</v>
       </c>
-      <c s="12" r="Q8">
+      <c r="E18" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="30"/>
+      <c r="G18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H18" s="10">
+        <v>11</v>
+      </c>
+      <c r="I18" s="10">
+        <v>53</v>
+      </c>
+      <c r="J18" s="10">
+        <v>12</v>
+      </c>
+      <c r="K18" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L18" s="30"/>
+      <c r="M18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P18" s="9">
+        <v>592</v>
+      </c>
+      <c r="Q18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R18" s="10">
+        <v>11</v>
+      </c>
+      <c r="S18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T18" s="10">
+        <v>5</v>
+      </c>
+      <c r="U18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W18" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="X18" s="29">
+        <v>50</v>
+      </c>
+      <c r="Y18" s="30"/>
+      <c r="Z18" s="10">
+        <v>50</v>
+      </c>
+      <c r="AA18" s="23">
+        <v>16</v>
+      </c>
+      <c r="AC18" s="7"/>
+    </row>
+    <row r="19" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B19" s="4"/>
+      <c r="C19" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="D19" s="12">
         <v>14</v>
       </c>
-      <c s="12" r="R8">
+      <c r="E19" s="34">
+        <v>13</v>
+      </c>
+      <c r="F19" s="30"/>
+      <c r="G19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H19" s="12">
+        <v>38</v>
+      </c>
+      <c r="I19" s="12">
+        <v>50</v>
+      </c>
+      <c r="J19" s="12">
+        <v>27</v>
+      </c>
+      <c r="K19" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L19" s="30"/>
+      <c r="M19" s="12">
+        <v>5</v>
+      </c>
+      <c r="N19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q19" s="13">
+        <v>591</v>
+      </c>
+      <c r="R19" s="12">
+        <v>9</v>
+      </c>
+      <c r="S19" s="12">
+        <v>6</v>
+      </c>
+      <c r="T19" s="12">
+        <v>16</v>
+      </c>
+      <c r="U19" s="12">
+        <v>5</v>
+      </c>
+      <c r="V19" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W19" s="12">
+        <v>26</v>
+      </c>
+      <c r="X19" s="34">
+        <v>9</v>
+      </c>
+      <c r="Y19" s="30"/>
+      <c r="Z19" s="12">
+        <v>6</v>
+      </c>
+      <c r="AA19" s="25">
+        <v>36</v>
+      </c>
+      <c r="AC19" s="7"/>
+    </row>
+    <row r="20" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B20" s="4"/>
+      <c r="C20" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="10">
         <v>55</v>
       </c>
-      <c s="12" r="S8">
+      <c r="E20" s="29">
+        <v>98</v>
+      </c>
+      <c r="F20" s="30"/>
+      <c r="G20" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H20" s="10">
+        <v>98</v>
+      </c>
+      <c r="I20" s="10">
+        <v>69</v>
+      </c>
+      <c r="J20" s="10">
+        <v>151</v>
+      </c>
+      <c r="K20" s="29">
+        <v>126</v>
+      </c>
+      <c r="L20" s="30"/>
+      <c r="M20" s="10">
+        <v>17</v>
+      </c>
+      <c r="N20" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" s="10">
+        <v>11</v>
+      </c>
+      <c r="P20" s="10">
+        <v>11</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>9</v>
+      </c>
+      <c r="R20" s="9">
+        <v>2667</v>
+      </c>
+      <c r="S20" s="10">
+        <v>15</v>
+      </c>
+      <c r="T20" s="10">
+        <v>52</v>
+      </c>
+      <c r="U20" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V20" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W20" s="10">
+        <v>17</v>
+      </c>
+      <c r="X20" s="29">
+        <v>29</v>
+      </c>
+      <c r="Y20" s="30"/>
+      <c r="Z20" s="10">
+        <v>34</v>
+      </c>
+      <c r="AA20" s="23">
+        <v>157</v>
+      </c>
+      <c r="AC20" s="7"/>
+    </row>
+    <row r="21" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B21" s="4"/>
+      <c r="C21" s="24" t="s">
         <v>39</v>
       </c>
-      <c s="12" r="T8">
+      <c r="D21" s="12">
+        <v>39</v>
+      </c>
+      <c r="E21" s="34">
+        <v>10</v>
+      </c>
+      <c r="F21" s="30"/>
+      <c r="G21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" s="12">
+        <v>147</v>
+      </c>
+      <c r="I21" s="12">
+        <v>137</v>
+      </c>
+      <c r="J21" s="12">
+        <v>659</v>
+      </c>
+      <c r="K21" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L21" s="30"/>
+      <c r="M21" s="12">
+        <v>27</v>
+      </c>
+      <c r="N21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" s="12">
+        <v>38</v>
+      </c>
+      <c r="P21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q21" s="12">
+        <v>6</v>
+      </c>
+      <c r="R21" s="12">
+        <v>15</v>
+      </c>
+      <c r="S21" s="13">
+        <v>923</v>
+      </c>
+      <c r="T21" s="12">
+        <v>22</v>
+      </c>
+      <c r="U21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="V21" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W21" s="12">
+        <v>23</v>
+      </c>
+      <c r="X21" s="34">
+        <v>14</v>
+      </c>
+      <c r="Y21" s="30"/>
+      <c r="Z21" s="12">
+        <v>22</v>
+      </c>
+      <c r="AA21" s="25">
+        <v>722</v>
+      </c>
+      <c r="AC21" s="7"/>
+    </row>
+    <row r="22" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B22" s="4"/>
+      <c r="C22" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="10">
+        <v>54</v>
+      </c>
+      <c r="E22" s="29">
+        <v>21</v>
+      </c>
+      <c r="F22" s="30"/>
+      <c r="G22" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H22" s="10">
+        <v>279</v>
+      </c>
+      <c r="I22" s="10">
+        <v>229</v>
+      </c>
+      <c r="J22" s="10">
+        <v>106</v>
+      </c>
+      <c r="K22" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L22" s="30"/>
+      <c r="M22" s="10">
+        <v>40</v>
+      </c>
+      <c r="N22" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" s="10">
+        <v>12</v>
+      </c>
+      <c r="P22" s="10">
+        <v>5</v>
+      </c>
+      <c r="Q22" s="10">
+        <v>16</v>
+      </c>
+      <c r="R22" s="10">
+        <v>52</v>
+      </c>
+      <c r="S22" s="10">
+        <v>22</v>
+      </c>
+      <c r="T22" s="9">
+        <v>2641</v>
+      </c>
+      <c r="U22" s="10">
+        <v>7</v>
+      </c>
+      <c r="V22" s="10">
+        <v>9</v>
+      </c>
+      <c r="W22" s="10">
+        <v>30</v>
+      </c>
+      <c r="X22" s="29">
+        <v>17</v>
+      </c>
+      <c r="Y22" s="30"/>
+      <c r="Z22" s="10">
+        <v>9</v>
+      </c>
+      <c r="AA22" s="23">
+        <v>110</v>
+      </c>
+      <c r="AC22" s="7"/>
+    </row>
+    <row r="23" spans="2:29" ht="30" x14ac:dyDescent="0.25">
+      <c r="B23" s="4"/>
+      <c r="C23" s="24" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" s="12">
+        <v>6</v>
+      </c>
+      <c r="E23" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="F23" s="30"/>
+      <c r="G23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H23" s="12">
+        <v>23</v>
+      </c>
+      <c r="I23" s="12">
+        <v>21</v>
+      </c>
+      <c r="J23" s="12">
+        <v>9</v>
+      </c>
+      <c r="K23" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L23" s="30"/>
+      <c r="M23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="N23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q23" s="12">
+        <v>5</v>
+      </c>
+      <c r="R23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="S23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="T23" s="12">
+        <v>7</v>
+      </c>
+      <c r="U23" s="13">
+        <v>88</v>
+      </c>
+      <c r="V23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="W23" s="12">
+        <v>9</v>
+      </c>
+      <c r="X23" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y23" s="30"/>
+      <c r="Z23" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="AA23" s="25">
+        <v>9</v>
+      </c>
+      <c r="AC23" s="7"/>
+    </row>
+    <row r="24" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B24" s="4"/>
+      <c r="C24" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" s="10">
+        <v>7</v>
+      </c>
+      <c r="E24" s="29">
+        <v>6</v>
+      </c>
+      <c r="F24" s="30"/>
+      <c r="G24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H24" s="10">
+        <v>12</v>
+      </c>
+      <c r="I24" s="10">
+        <v>40</v>
+      </c>
+      <c r="J24" s="10">
+        <v>171</v>
+      </c>
+      <c r="K24" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L24" s="30"/>
+      <c r="M24" s="10">
+        <v>7</v>
+      </c>
+      <c r="N24" s="10">
+        <v>7</v>
+      </c>
+      <c r="O24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="S24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="T24" s="10">
+        <v>9</v>
+      </c>
+      <c r="U24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V24" s="9">
+        <v>212</v>
+      </c>
+      <c r="W24" s="10">
+        <v>15</v>
+      </c>
+      <c r="X24" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y24" s="30"/>
+      <c r="Z24" s="10">
+        <v>11</v>
+      </c>
+      <c r="AA24" s="23">
+        <v>178</v>
+      </c>
+      <c r="AC24" s="7"/>
+    </row>
+    <row r="25" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B25" s="4"/>
+      <c r="C25" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="12">
+        <v>45</v>
+      </c>
+      <c r="E25" s="34">
+        <v>27</v>
+      </c>
+      <c r="F25" s="30"/>
+      <c r="G25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H25" s="12">
+        <v>51</v>
+      </c>
+      <c r="I25" s="12">
+        <v>247</v>
+      </c>
+      <c r="J25" s="12">
+        <v>1133</v>
+      </c>
+      <c r="K25" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="L25" s="30"/>
+      <c r="M25" s="12">
+        <v>21</v>
+      </c>
+      <c r="N25" s="12">
+        <v>20</v>
+      </c>
+      <c r="O25" s="12">
+        <v>50</v>
+      </c>
+      <c r="P25" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q25" s="12">
+        <v>26</v>
+      </c>
+      <c r="R25" s="12">
+        <v>17</v>
+      </c>
+      <c r="S25" s="12">
+        <v>23</v>
+      </c>
+      <c r="T25" s="12">
+        <v>30</v>
+      </c>
+      <c r="U25" s="12">
+        <v>9</v>
+      </c>
+      <c r="V25" s="12">
+        <v>15</v>
+      </c>
+      <c r="W25" s="13">
+        <v>1577</v>
+      </c>
+      <c r="X25" s="34">
+        <v>39</v>
+      </c>
+      <c r="Y25" s="30"/>
+      <c r="Z25" s="12">
+        <v>304</v>
+      </c>
+      <c r="AA25" s="25">
+        <v>1298</v>
+      </c>
+      <c r="AC25" s="7"/>
+    </row>
+    <row r="26" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B26" s="4"/>
+      <c r="C26" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="10">
+        <v>59</v>
+      </c>
+      <c r="E26" s="29">
+        <v>8</v>
+      </c>
+      <c r="F26" s="30"/>
+      <c r="G26" s="10">
+        <v>7</v>
+      </c>
+      <c r="H26" s="10">
+        <v>89</v>
+      </c>
+      <c r="I26" s="10">
+        <v>224</v>
+      </c>
+      <c r="J26" s="10">
         <v>49</v>
       </c>
-      <c s="12" r="U8">
+      <c r="K26" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="L26" s="30"/>
+      <c r="M26" s="10">
+        <v>11</v>
+      </c>
+      <c r="N26" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" s="10">
+        <v>190</v>
+      </c>
+      <c r="P26" s="10">
+        <v>50</v>
+      </c>
+      <c r="Q26" s="10">
+        <v>9</v>
+      </c>
+      <c r="R26" s="10">
+        <v>29</v>
+      </c>
+      <c r="S26" s="10">
+        <v>14</v>
+      </c>
+      <c r="T26" s="10">
+        <v>17</v>
+      </c>
+      <c r="U26" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="V26" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="W26" s="10">
+        <v>39</v>
+      </c>
+      <c r="X26" s="33">
+        <v>2977</v>
+      </c>
+      <c r="Y26" s="30"/>
+      <c r="Z26" s="10">
+        <v>1065</v>
+      </c>
+      <c r="AA26" s="23">
+        <v>53</v>
+      </c>
+      <c r="AC26" s="7"/>
+    </row>
+    <row r="27" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B27" s="4"/>
+      <c r="C27" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D27" s="12">
+        <v>218</v>
+      </c>
+      <c r="E27" s="34">
+        <v>15</v>
+      </c>
+      <c r="F27" s="30"/>
+      <c r="G27" s="12">
         <v>5</v>
       </c>
-      <c s="12" r="V8">
+      <c r="H27" s="12">
+        <v>67</v>
+      </c>
+      <c r="I27" s="12">
+        <v>147</v>
+      </c>
+      <c r="J27" s="12">
+        <v>430</v>
+      </c>
+      <c r="K27" s="34">
+        <v>5</v>
+      </c>
+      <c r="L27" s="30"/>
+      <c r="M27" s="12">
+        <v>11</v>
+      </c>
+      <c r="N27" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" s="12">
+        <v>158</v>
+      </c>
+      <c r="P27" s="12">
+        <v>50</v>
+      </c>
+      <c r="Q27" s="12">
+        <v>6</v>
+      </c>
+      <c r="R27" s="12">
+        <v>34</v>
+      </c>
+      <c r="S27" s="12">
+        <v>22</v>
+      </c>
+      <c r="T27" s="12">
+        <v>9</v>
+      </c>
+      <c r="U27" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="V27" s="12">
+        <v>11</v>
+      </c>
+      <c r="W27" s="12">
+        <v>304</v>
+      </c>
+      <c r="X27" s="34">
+        <v>1065</v>
+      </c>
+      <c r="Y27" s="30"/>
+      <c r="Z27" s="13">
+        <v>1847</v>
+      </c>
+      <c r="AA27" s="25">
+        <v>511</v>
+      </c>
+      <c r="AC27" s="7"/>
+    </row>
+    <row r="28" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="B28" s="4"/>
+      <c r="C28" s="26" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" s="27">
+        <v>1596</v>
+      </c>
+      <c r="E28" s="40">
+        <v>858</v>
+      </c>
+      <c r="F28" s="41"/>
+      <c r="G28" s="27">
         <v>7</v>
       </c>
-      <c s="12" r="W8">
-[...48 lines deleted...]
-      <c s="14" r="M9">
+      <c r="H28" s="27">
+        <v>243</v>
+      </c>
+      <c r="I28" s="27">
+        <v>698</v>
+      </c>
+      <c r="J28" s="27">
+        <v>4213</v>
+      </c>
+      <c r="K28" s="40">
+        <v>7</v>
+      </c>
+      <c r="L28" s="41"/>
+      <c r="M28" s="27">
+        <v>420</v>
+      </c>
+      <c r="N28" s="27">
+        <v>7</v>
+      </c>
+      <c r="O28" s="27">
+        <v>74</v>
+      </c>
+      <c r="P28" s="27">
+        <v>16</v>
+      </c>
+      <c r="Q28" s="27">
+        <v>36</v>
+      </c>
+      <c r="R28" s="27">
+        <v>157</v>
+      </c>
+      <c r="S28" s="27">
+        <v>722</v>
+      </c>
+      <c r="T28" s="27">
+        <v>110</v>
+      </c>
+      <c r="U28" s="27">
         <v>9</v>
       </c>
-      <c s="16" t="inlineStr" r="N9">
-[...172 lines deleted...]
-      <c s="14" r="I11">
+      <c r="V28" s="27">
+        <v>178</v>
+      </c>
+      <c r="W28" s="27">
+        <v>1298</v>
+      </c>
+      <c r="X28" s="40">
+        <v>53</v>
+      </c>
+      <c r="Y28" s="41"/>
+      <c r="Z28" s="27">
         <v>511</v>
       </c>
-      <c s="14" r="J11">
-[...2 lines deleted...]
-      <c s="14" r="K11">
+      <c r="AA28" s="28">
+        <v>5180</v>
+      </c>
+      <c r="AC28" s="7"/>
+    </row>
+    <row r="29" spans="2:29" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="4"/>
+      <c r="AC29" s="7"/>
+    </row>
+    <row r="30" spans="2:29" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="16"/>
+      <c r="C30" s="17"/>
+      <c r="D30" s="17"/>
+      <c r="E30" s="17"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="17"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="17"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="17"/>
+      <c r="M30" s="17"/>
+      <c r="N30" s="17"/>
+      <c r="O30" s="17"/>
+      <c r="P30" s="17"/>
+      <c r="Q30" s="17"/>
+      <c r="R30" s="17"/>
+      <c r="S30" s="17"/>
+      <c r="T30" s="17"/>
+      <c r="U30" s="17"/>
+      <c r="V30" s="17"/>
+      <c r="W30" s="17"/>
+      <c r="X30" s="17"/>
+      <c r="Y30" s="17"/>
+      <c r="Z30" s="17"/>
+      <c r="AA30" s="17"/>
+      <c r="AB30" s="17"/>
+      <c r="AC30" s="18"/>
+    </row>
+    <row r="31" spans="2:29" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="2:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="31" t="s">
         <v>47</v>
       </c>
-      <c s="8" t="str" r="L11"/>
-[...1579 lines deleted...]
-    <row r="34" ht="245.05" customHeight="1"/>
+      <c r="C32" s="32"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="32"/>
+      <c r="F32" s="32"/>
+      <c r="G32" s="32"/>
+      <c r="H32" s="32"/>
+      <c r="I32" s="32"/>
+      <c r="J32" s="32"/>
+      <c r="K32" s="32"/>
+    </row>
+    <row r="33" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="245.1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="71">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="Y2:AD4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="X7:Y7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="X9:Y9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="X10:Y10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="X12:Y12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="X13:Y13"/>
@@ -7010,87 +6736,108 @@
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="X18:Y18"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="X19:Y19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="X20:Y20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="X22:Y22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="X23:Y23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="X24:Y24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="B32:K32"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="X26:Y26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="X27:Y27"/>
-    <mergeCell ref="E28:F28"/>
-[...2 lines deleted...]
-    <mergeCell ref="B32:K32"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId13"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162778</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162778</Url>
+      <Description>TQ32YHM4J7VE-1507329340-162778</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -7369,174 +7116,190 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B1A87A4-5E8F-457D-9399-F89622E879D1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E95A0546-F675-4A07-A621-E82CCBFFA32F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A9B2F9D-4BA1-445D-82AC-77AA65794BAD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84E580E2-5EF3-4D2E-A5D1-11B52B44D152}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87C330D1-6CF4-441F-BFFE-B3FDB2AA2873}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8874FD61-76EF-43FC-AA1F-AFF70BDC7D42}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFCAD4C6-E261-4B75-8DD0-B8B766375509}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE102055-0BFE-42C3-8D44-AD2B0B15A843}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...10 lines deleted...]
-  <ScaleCrop>0</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector baseType="variant" size="2">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="0"/>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Residency (All)</vt:lpstr>
+      <vt:lpstr>Residency (IMGs Only)</vt:lpstr>
+      <vt:lpstr>Residency (All Excluding IMGs)</vt:lpstr>
+    </vt:vector>
   </TitlesOfParts>
-  <LinksUpToDate>0</LinksUpToDate>
-[...3 lines deleted...]
-  <Application>Microsoft Excel</Application>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Jena Wimsatt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>074e3e8b-8c02-4ce0-92dd-00f7360b6b03</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>be14f586-c805-452f-a554-4303f86799a6</vt:lpwstr>
   </property>
 </Properties>
 </file>