--- v2 (2025-12-18)
+++ v3 (2026-01-07)
@@ -1,321 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...4 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B586947F-5929-4BB4-A637-3CBEE8CCCF18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </bookViews>
   <sheets>
-    <sheet name="Residency (All)" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Residency (All Excluding IMGs)" sheetId="3" r:id="rId3"/>
+    <sheet name="Residency (All)" sheetId="1" r:id="rId6"/>
+    <sheet name="Residency (IMGs Only)" sheetId="2" r:id="rId9"/>
+    <sheet name="Residency (All Excluding IMGs)" sheetId="3" r:id="rId12"/>
   </sheets>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\(#,##0\)"/>
+    <numFmt numFmtId="82" formatCode="[$-010409]#,0;(#,0)"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...2 lines deleted...]
-    </font>
+    <font/>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="Calibri"/>
-[...4 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB3DCE7"/>
         <bgColor rgb="FFB3DCE7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDAEEF3"/>
@@ -571,185 +361,157 @@
       </right>
       <top style="thin">
         <color rgb="FF8DCBDA"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA0D3E0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF8DCBDA"/>
       </left>
       <right style="thin">
         <color rgb="FFA0D3E0"/>
       </right>
       <top style="thin">
         <color rgb="FF8DCBDA"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA0D3E0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="34">
+    <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="5">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="5">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="2" fillId="3" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="3" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="4" borderId="5">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="4" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="2" fillId="4" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="4" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="6">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="12">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="13">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="14">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="2" borderId="15">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="3" borderId="17">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="4" borderId="16">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="4" borderId="17">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="3" borderId="18">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="3" fillId="3" borderId="19">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="20">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="2" fillId="3" borderId="21">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="008DCBDA"/>
       <rgbColor rgb="00B3DCE7"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DAEEF3"/>
       <rgbColor rgb="00A0D3E0"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -777,2265 +539,2127 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>544830</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>544830</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId11" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>544830</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>215900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId14" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...281 lines deleted...]
-</a:theme>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:AD33"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0" showGridLines="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="33" max="33" width="3.7109375" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="3.421875"/>
+    <col min="2" max="2" customWidth="1" width="0.140625"/>
+    <col min="3" max="3" customWidth="1" width="49.37109375"/>
+    <col min="4" max="4" customWidth="1" width="8.48046875"/>
+    <col min="5" max="5" customWidth="1" width="1.03125"/>
+    <col min="6" max="6" customWidth="1" width="7.453125"/>
+    <col min="7" max="7" customWidth="1" width="8.48046875"/>
+    <col min="8" max="8" customWidth="1" width="8.48046875"/>
+    <col min="9" max="9" customWidth="1" width="8.4921875"/>
+    <col min="10" max="10" customWidth="1" width="8.48046875"/>
+    <col min="11" max="11" customWidth="1" width="1.05078125"/>
+    <col min="12" max="12" customWidth="1" width="7.43359375"/>
+    <col min="13" max="13" customWidth="1" width="8.48046875"/>
+    <col min="14" max="14" customWidth="1" width="8.48046875"/>
+    <col min="15" max="15" customWidth="1" width="8.4921875"/>
+    <col min="16" max="16" customWidth="1" width="8.48046875"/>
+    <col min="17" max="17" customWidth="1" width="8.48046875"/>
+    <col min="18" max="18" customWidth="1" width="8.4921875"/>
+    <col min="19" max="19" customWidth="1" width="8.48046875"/>
+    <col min="20" max="20" customWidth="1" width="8.48046875"/>
+    <col min="21" max="21" customWidth="1" width="8.4921875"/>
+    <col min="22" max="22" customWidth="1" width="8.48046875"/>
+    <col min="23" max="23" customWidth="1" width="8.48046875"/>
+    <col min="24" max="24" customWidth="1" width="6.15234375"/>
+    <col min="25" max="25" customWidth="1" width="2.34375"/>
+    <col min="26" max="26" customWidth="1" width="8.48046875"/>
+    <col min="27" max="27" customWidth="1" width="8.48046875"/>
+    <col min="28" max="28" customWidth="1" width="0.0234375"/>
+    <col min="29" max="29" customWidth="1" width="0.15234375"/>
+    <col min="30" max="30" customWidth="1" width="3.84375"/>
+    <col min="31" max="31" customWidth="1" width="6.8515625"/>
+    <col min="32" max="32" customWidth="1" width="1.37109375"/>
+    <col min="33" max="33" customWidth="1" width="3.6640625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...82 lines deleted...]
-      <c r="E7" s="39" t="s">
+    <row r="1" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B1">
+        <is>
+          <t xml:space="preserve">CROSS Speciality Applicant Data</t>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B2">
+        <is>
+          <t xml:space="preserve">Residency (All)</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="0.05" customHeight="1"/>
+    <row r="4" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">ERAS </t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">2026</t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FFFF0000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">Data as of Jan, 05, 2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="13" customHeight="1"/>
+    <row r="6" ht="0.7" customHeight="1">
+      <c s="2" t="str" r="B6"/>
+      <c s="3" t="str" r="C6"/>
+      <c s="3" t="str" r="D6"/>
+      <c s="3" t="str" r="E6"/>
+      <c s="3" t="str" r="F6"/>
+      <c s="3" t="str" r="G6"/>
+      <c s="3" t="str" r="H6"/>
+      <c s="3" t="str" r="I6"/>
+      <c s="3" t="str" r="J6"/>
+      <c s="3" t="str" r="K6"/>
+      <c s="3" t="str" r="L6"/>
+      <c s="3" t="str" r="M6"/>
+      <c s="3" t="str" r="N6"/>
+      <c s="3" t="str" r="O6"/>
+      <c s="3" t="str" r="P6"/>
+      <c s="3" t="str" r="Q6"/>
+      <c s="3" t="str" r="R6"/>
+      <c s="3" t="str" r="S6"/>
+      <c s="3" t="str" r="T6"/>
+      <c s="3" t="str" r="U6"/>
+      <c s="3" t="str" r="V6"/>
+      <c s="3" t="str" r="W6"/>
+      <c s="3" t="str" r="X6"/>
+      <c s="3" t="str" r="Y6"/>
+      <c s="3" t="str" r="Z6"/>
+      <c s="3" t="str" r="AA6"/>
+      <c s="3" t="str" r="AB6"/>
+      <c s="4" t="str" r="AC6"/>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B7"/>
+      <c s="6" t="inlineStr" r="C7">
+        <is>
+          <t xml:space="preserve">SPECIALTY</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">AN</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="E7">
+        <is>
+          <t xml:space="preserve">D</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F7"/>
+      <c s="7" t="inlineStr" r="G7">
+        <is>
+          <t xml:space="preserve">EM</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="H7">
+        <is>
+          <t xml:space="preserve">FM</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="I7">
+        <is>
+          <t xml:space="preserve">IM_C</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J7">
+        <is>
+          <t xml:space="preserve">IM_P</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="K7">
+        <is>
+          <t xml:space="preserve">MPD</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L7"/>
+      <c s="7" t="inlineStr" r="M7">
+        <is>
+          <t xml:space="preserve">N</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="N7">
+        <is>
+          <t xml:space="preserve">NM</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="O7">
+        <is>
+          <t xml:space="preserve">ORS</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="P7">
+        <is>
+          <t xml:space="preserve">OTO</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="Q7">
+        <is>
+          <t xml:space="preserve">PTH</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="R7">
+        <is>
+          <t xml:space="preserve">PD</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="S7">
+        <is>
+          <t xml:space="preserve">PM</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="T7">
+        <is>
+          <t xml:space="preserve">P</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="U7">
+        <is>
+          <t xml:space="preserve">GPM</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="V7">
+        <is>
+          <t xml:space="preserve">RO</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="W7">
+        <is>
+          <t xml:space="preserve">DR</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="X7">
+        <is>
+          <t xml:space="preserve">GS_C</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="Y7"/>
+      <c s="7" t="inlineStr" r="Z7">
+        <is>
+          <t xml:space="preserve">GS_P</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="AA7">
+        <is>
+          <t xml:space="preserve">TY</t>
+        </is>
+      </c>
+      <c s="9" t="str" r="AC7"/>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B8"/>
+      <c s="10" t="inlineStr" r="C8">
+        <is>
+          <t xml:space="preserve">Anesthesiology (AN)</t>
+        </is>
+      </c>
+      <c s="11" r="D8">
+        <v>3719</v>
+      </c>
+      <c s="12" r="E8">
+        <v>39</v>
+      </c>
+      <c s="8" t="str" r="F8"/>
+      <c s="12" r="G8">
+        <v>27</v>
+      </c>
+      <c s="12" r="H8">
+        <v>268</v>
+      </c>
+      <c s="12" r="I8">
+        <v>861</v>
+      </c>
+      <c s="12" r="J8">
+        <v>1868</v>
+      </c>
+      <c s="12" r="K8">
+        <v>16</v>
+      </c>
+      <c s="8" t="str" r="L8"/>
+      <c s="12" r="M8">
+        <v>75</v>
+      </c>
+      <c s="12" r="N8">
+        <v>7</v>
+      </c>
+      <c s="12" r="O8">
+        <v>76</v>
+      </c>
+      <c s="12" r="P8">
+        <v>23</v>
+      </c>
+      <c s="12" r="Q8">
+        <v>35</v>
+      </c>
+      <c s="12" r="R8">
+        <v>128</v>
+      </c>
+      <c s="12" r="S8">
+        <v>54</v>
+      </c>
+      <c s="12" r="T8">
+        <v>87</v>
+      </c>
+      <c s="12" r="U8">
+        <v>12</v>
+      </c>
+      <c s="12" r="V8">
+        <v>14</v>
+      </c>
+      <c s="12" r="W8">
+        <v>90</v>
+      </c>
+      <c s="12" r="X8">
+        <v>159</v>
+      </c>
+      <c s="8" t="str" r="Y8"/>
+      <c s="12" r="Z8">
+        <v>377</v>
+      </c>
+      <c s="12" r="AA8">
+        <v>1888</v>
+      </c>
+      <c s="9" t="str" r="AC8"/>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B9"/>
+      <c s="13" t="inlineStr" r="C9">
+        <is>
+          <t xml:space="preserve">Dermatology (D)</t>
+        </is>
+      </c>
+      <c s="14" r="D9">
+        <v>39</v>
+      </c>
+      <c s="15" r="E9">
+        <v>1364</v>
+      </c>
+      <c s="8" t="str" r="F9"/>
+      <c s="14" r="G9">
         <v>5</v>
       </c>
-      <c r="F7" s="30"/>
-      <c r="G7" s="6" t="s">
+      <c s="14" r="H9">
+        <v>113</v>
+      </c>
+      <c s="14" r="I9">
+        <v>305</v>
+      </c>
+      <c s="14" r="J9">
+        <v>933</v>
+      </c>
+      <c s="14" r="K9">
+        <v>10</v>
+      </c>
+      <c s="8" t="str" r="L9"/>
+      <c s="14" r="M9">
+        <v>20</v>
+      </c>
+      <c s="16" t="inlineStr" r="N9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O9">
         <v>6</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c s="14" r="P9">
+        <v>6</v>
+      </c>
+      <c s="14" r="Q9">
+        <v>33</v>
+      </c>
+      <c s="14" r="R9">
+        <v>120</v>
+      </c>
+      <c s="14" r="S9">
+        <v>15</v>
+      </c>
+      <c s="14" r="T9">
+        <v>32</v>
+      </c>
+      <c s="14" r="U9">
+        <v>8</v>
+      </c>
+      <c s="14" r="V9">
+        <v>13</v>
+      </c>
+      <c s="14" r="W9">
+        <v>41</v>
+      </c>
+      <c s="14" r="X9">
+        <v>25</v>
+      </c>
+      <c s="8" t="str" r="Y9"/>
+      <c s="14" r="Z9">
+        <v>38</v>
+      </c>
+      <c s="14" r="AA9">
+        <v>932</v>
+      </c>
+      <c s="9" t="str" r="AC9"/>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B10"/>
+      <c s="10" t="inlineStr" r="C10">
+        <is>
+          <t xml:space="preserve">Emergency Medicine (EM)</t>
+        </is>
+      </c>
+      <c s="12" r="D10">
+        <v>27</v>
+      </c>
+      <c s="12" r="E10">
+        <v>5</v>
+      </c>
+      <c s="8" t="str" r="F10"/>
+      <c s="11" r="G10">
+        <v>199</v>
+      </c>
+      <c s="12" r="H10">
+        <v>130</v>
+      </c>
+      <c s="12" r="I10">
+        <v>159</v>
+      </c>
+      <c s="12" r="J10">
+        <v>86</v>
+      </c>
+      <c s="12" r="K10">
+        <v>15</v>
+      </c>
+      <c s="8" t="str" r="L10"/>
+      <c s="12" r="M10">
+        <v>33</v>
+      </c>
+      <c s="17" t="inlineStr" r="N10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O10">
+        <v>10</v>
+      </c>
+      <c s="17" t="inlineStr" r="P10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q10">
+        <v>14</v>
+      </c>
+      <c s="12" r="R10">
+        <v>50</v>
+      </c>
+      <c s="12" r="S10">
+        <v>15</v>
+      </c>
+      <c s="12" r="T10">
+        <v>30</v>
+      </c>
+      <c s="12" r="U10">
+        <v>12</v>
+      </c>
+      <c s="17" t="inlineStr" r="V10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="W10">
+        <v>10</v>
+      </c>
+      <c s="12" r="X10">
+        <v>42</v>
+      </c>
+      <c s="8" t="str" r="Y10"/>
+      <c s="12" r="Z10">
+        <v>35</v>
+      </c>
+      <c s="12" r="AA10">
+        <v>51</v>
+      </c>
+      <c s="9" t="str" r="AC10"/>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B11"/>
+      <c s="13" t="inlineStr" r="C11">
+        <is>
+          <t xml:space="preserve">Family Medicine (FM)</t>
+        </is>
+      </c>
+      <c s="14" r="D11">
+        <v>268</v>
+      </c>
+      <c s="14" r="E11">
+        <v>113</v>
+      </c>
+      <c s="8" t="str" r="F11"/>
+      <c s="14" r="G11">
+        <v>130</v>
+      </c>
+      <c s="15" r="H11">
+        <v>12180</v>
+      </c>
+      <c s="14" r="I11">
+        <v>6967</v>
+      </c>
+      <c s="14" r="J11">
+        <v>2835</v>
+      </c>
+      <c s="14" r="K11">
+        <v>519</v>
+      </c>
+      <c s="8" t="str" r="L11"/>
+      <c s="14" r="M11">
+        <v>635</v>
+      </c>
+      <c s="14" r="N11">
+        <v>20</v>
+      </c>
+      <c s="14" r="O11">
+        <v>112</v>
+      </c>
+      <c s="14" r="P11">
+        <v>28</v>
+      </c>
+      <c s="14" r="Q11">
+        <v>274</v>
+      </c>
+      <c s="14" r="R11">
+        <v>1818</v>
+      </c>
+      <c s="14" r="S11">
+        <v>250</v>
+      </c>
+      <c s="14" r="T11">
+        <v>861</v>
+      </c>
+      <c s="14" r="U11">
+        <v>95</v>
+      </c>
+      <c s="14" r="V11">
+        <v>40</v>
+      </c>
+      <c s="14" r="W11">
+        <v>168</v>
+      </c>
+      <c s="14" r="X11">
+        <v>360</v>
+      </c>
+      <c s="8" t="str" r="Y11"/>
+      <c s="14" r="Z11">
+        <v>354</v>
+      </c>
+      <c s="14" r="AA11">
+        <v>1326</v>
+      </c>
+      <c s="9" t="str" r="AC11"/>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B12"/>
+      <c s="10" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Internal Medicine - Cat (IM_C)</t>
+        </is>
+      </c>
+      <c s="12" r="D12">
+        <v>861</v>
+      </c>
+      <c s="12" r="E12">
+        <v>305</v>
+      </c>
+      <c s="8" t="str" r="F12"/>
+      <c s="12" r="G12">
+        <v>159</v>
+      </c>
+      <c s="12" r="H12">
+        <v>6967</v>
+      </c>
+      <c s="11" r="I12">
+        <v>22801</v>
+      </c>
+      <c s="12" r="J12">
+        <v>5613</v>
+      </c>
+      <c s="12" r="K12">
+        <v>755</v>
+      </c>
+      <c s="8" t="str" r="L12"/>
+      <c s="12" r="M12">
+        <v>1134</v>
+      </c>
+      <c s="12" r="N12">
+        <v>41</v>
+      </c>
+      <c s="12" r="O12">
+        <v>142</v>
+      </c>
+      <c s="12" r="P12">
+        <v>78</v>
+      </c>
+      <c s="12" r="Q12">
+        <v>325</v>
+      </c>
+      <c s="12" r="R12">
+        <v>1969</v>
+      </c>
+      <c s="12" r="S12">
+        <v>264</v>
+      </c>
+      <c s="12" r="T12">
+        <v>786</v>
+      </c>
+      <c s="12" r="U12">
+        <v>94</v>
+      </c>
+      <c s="12" r="V12">
+        <v>107</v>
+      </c>
+      <c s="12" r="W12">
+        <v>529</v>
+      </c>
+      <c s="12" r="X12">
+        <v>743</v>
+      </c>
+      <c s="8" t="str" r="Y12"/>
+      <c s="12" r="Z12">
+        <v>692</v>
+      </c>
+      <c s="12" r="AA12">
+        <v>2262</v>
+      </c>
+      <c s="9" t="str" r="AC12"/>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B13"/>
+      <c s="13" t="inlineStr" r="C13">
+        <is>
+          <t xml:space="preserve">Internal Medicine - Pre (IM_P)</t>
+        </is>
+      </c>
+      <c s="14" r="D13">
+        <v>1868</v>
+      </c>
+      <c s="14" r="E13">
+        <v>933</v>
+      </c>
+      <c s="8" t="str" r="F13"/>
+      <c s="14" r="G13">
+        <v>86</v>
+      </c>
+      <c s="14" r="H13">
+        <v>2835</v>
+      </c>
+      <c s="14" r="I13">
+        <v>5613</v>
+      </c>
+      <c s="15" r="J13">
+        <v>10745</v>
+      </c>
+      <c s="14" r="K13">
+        <v>258</v>
+      </c>
+      <c s="8" t="str" r="L13"/>
+      <c s="14" r="M13">
+        <v>1697</v>
+      </c>
+      <c s="14" r="N13">
+        <v>45</v>
+      </c>
+      <c s="14" r="O13">
+        <v>82</v>
+      </c>
+      <c s="14" r="P13">
+        <v>22</v>
+      </c>
+      <c s="14" r="Q13">
+        <v>170</v>
+      </c>
+      <c s="14" r="R13">
+        <v>1001</v>
+      </c>
+      <c s="14" r="S13">
+        <v>776</v>
+      </c>
+      <c s="14" r="T13">
+        <v>380</v>
+      </c>
+      <c s="14" r="U13">
+        <v>47</v>
+      </c>
+      <c s="14" r="V13">
+        <v>243</v>
+      </c>
+      <c s="14" r="W13">
+        <v>1468</v>
+      </c>
+      <c s="14" r="X13">
+        <v>295</v>
+      </c>
+      <c s="8" t="str" r="Y13"/>
+      <c s="14" r="Z13">
+        <v>932</v>
+      </c>
+      <c s="14" r="AA13">
+        <v>5788</v>
+      </c>
+      <c s="9" t="str" r="AC13"/>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B14"/>
+      <c s="10" t="inlineStr" r="C14">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Pediatrics (MPD)</t>
+        </is>
+      </c>
+      <c s="12" r="D14">
+        <v>16</v>
+      </c>
+      <c s="12" r="E14">
+        <v>10</v>
+      </c>
+      <c s="8" t="str" r="F14"/>
+      <c s="12" r="G14">
+        <v>15</v>
+      </c>
+      <c s="12" r="H14">
+        <v>519</v>
+      </c>
+      <c s="12" r="I14">
+        <v>755</v>
+      </c>
+      <c s="12" r="J14">
+        <v>258</v>
+      </c>
+      <c s="11" r="K14">
+        <v>1195</v>
+      </c>
+      <c s="8" t="str" r="L14"/>
+      <c s="12" r="M14">
+        <v>82</v>
+      </c>
+      <c s="17" t="inlineStr" r="N14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q14">
+        <v>29</v>
+      </c>
+      <c s="12" r="R14">
+        <v>537</v>
+      </c>
+      <c s="12" r="S14">
+        <v>9</v>
+      </c>
+      <c s="12" r="T14">
+        <v>44</v>
+      </c>
+      <c s="12" r="U14">
+        <v>13</v>
+      </c>
+      <c s="12" r="V14">
+        <v>9</v>
+      </c>
+      <c s="12" r="W14">
+        <v>24</v>
+      </c>
+      <c s="12" r="X14">
+        <v>32</v>
+      </c>
+      <c s="8" t="str" r="Y14"/>
+      <c s="12" r="Z14">
+        <v>35</v>
+      </c>
+      <c s="12" r="AA14">
+        <v>141</v>
+      </c>
+      <c s="9" t="str" r="AC14"/>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B15"/>
+      <c s="13" t="inlineStr" r="C15">
+        <is>
+          <t xml:space="preserve">Neurology (N)</t>
+        </is>
+      </c>
+      <c s="14" r="D15">
+        <v>75</v>
+      </c>
+      <c s="14" r="E15">
+        <v>20</v>
+      </c>
+      <c s="8" t="str" r="F15"/>
+      <c s="14" r="G15">
+        <v>33</v>
+      </c>
+      <c s="14" r="H15">
+        <v>635</v>
+      </c>
+      <c s="14" r="I15">
+        <v>1134</v>
+      </c>
+      <c s="14" r="J15">
+        <v>1697</v>
+      </c>
+      <c s="14" r="K15">
+        <v>82</v>
+      </c>
+      <c s="8" t="str" r="L15"/>
+      <c s="15" r="M15">
+        <v>2737</v>
+      </c>
+      <c s="14" r="N15">
+        <v>12</v>
+      </c>
+      <c s="14" r="O15">
+        <v>15</v>
+      </c>
+      <c s="14" r="P15">
+        <v>8</v>
+      </c>
+      <c s="14" r="Q15">
+        <v>70</v>
+      </c>
+      <c s="14" r="R15">
+        <v>315</v>
+      </c>
+      <c s="14" r="S15">
+        <v>61</v>
+      </c>
+      <c s="14" r="T15">
+        <v>164</v>
+      </c>
+      <c s="14" r="U15">
+        <v>21</v>
+      </c>
+      <c s="14" r="V15">
+        <v>26</v>
+      </c>
+      <c s="14" r="W15">
+        <v>74</v>
+      </c>
+      <c s="14" r="X15">
+        <v>66</v>
+      </c>
+      <c s="8" t="str" r="Y15"/>
+      <c s="14" r="Z15">
+        <v>81</v>
+      </c>
+      <c s="14" r="AA15">
+        <v>861</v>
+      </c>
+      <c s="9" t="str" r="AC15"/>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B16"/>
+      <c s="10" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Nuclear Medicine (NM)</t>
+        </is>
+      </c>
+      <c s="12" r="D16">
         <v>7</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c s="17" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F16"/>
+      <c s="17" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H16">
+        <v>20</v>
+      </c>
+      <c s="12" r="I16">
+        <v>41</v>
+      </c>
+      <c s="12" r="J16">
+        <v>45</v>
+      </c>
+      <c s="17" t="inlineStr" r="K16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L16"/>
+      <c s="12" r="M16">
+        <v>12</v>
+      </c>
+      <c s="11" r="N16">
+        <v>90</v>
+      </c>
+      <c s="17" t="inlineStr" r="O16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q16">
+        <v>10</v>
+      </c>
+      <c s="12" r="R16">
+        <v>6</v>
+      </c>
+      <c s="12" r="S16">
+        <v>7</v>
+      </c>
+      <c s="17" t="inlineStr" r="T16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="U16">
+        <v>9</v>
+      </c>
+      <c s="12" r="V16">
+        <v>14</v>
+      </c>
+      <c s="12" r="W16">
+        <v>73</v>
+      </c>
+      <c s="12" r="X16">
+        <v>6</v>
+      </c>
+      <c s="8" t="str" r="Y16"/>
+      <c s="12" r="Z16">
+        <v>25</v>
+      </c>
+      <c s="12" r="AA16">
+        <v>41</v>
+      </c>
+      <c s="9" t="str" r="AC16"/>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B17"/>
+      <c s="13" t="inlineStr" r="C17">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
+        </is>
+      </c>
+      <c s="14" r="D17">
+        <v>76</v>
+      </c>
+      <c s="14" r="E17">
+        <v>6</v>
+      </c>
+      <c s="8" t="str" r="F17"/>
+      <c s="14" r="G17">
+        <v>10</v>
+      </c>
+      <c s="14" r="H17">
+        <v>112</v>
+      </c>
+      <c s="14" r="I17">
+        <v>142</v>
+      </c>
+      <c s="14" r="J17">
+        <v>82</v>
+      </c>
+      <c s="16" t="inlineStr" r="K17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L17"/>
+      <c s="14" r="M17">
+        <v>15</v>
+      </c>
+      <c s="16" t="inlineStr" r="N17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="O17">
+        <v>1948</v>
+      </c>
+      <c s="14" r="P17">
+        <v>11</v>
+      </c>
+      <c s="14" r="Q17">
+        <v>7</v>
+      </c>
+      <c s="14" r="R17">
+        <v>19</v>
+      </c>
+      <c s="14" r="S17">
+        <v>53</v>
+      </c>
+      <c s="14" r="T17">
+        <v>17</v>
+      </c>
+      <c s="16" t="inlineStr" r="U17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V17">
+        <v>6</v>
+      </c>
+      <c s="14" r="W17">
+        <v>64</v>
+      </c>
+      <c s="14" r="X17">
+        <v>278</v>
+      </c>
+      <c s="8" t="str" r="Y17"/>
+      <c s="14" r="Z17">
+        <v>240</v>
+      </c>
+      <c s="14" r="AA17">
+        <v>108</v>
+      </c>
+      <c s="9" t="str" r="AC17"/>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B18"/>
+      <c s="10" t="inlineStr" r="C18">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
+        </is>
+      </c>
+      <c s="12" r="D18">
+        <v>23</v>
+      </c>
+      <c s="12" r="E18">
+        <v>6</v>
+      </c>
+      <c s="8" t="str" r="F18"/>
+      <c s="17" t="inlineStr" r="G18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H18">
+        <v>28</v>
+      </c>
+      <c s="12" r="I18">
+        <v>78</v>
+      </c>
+      <c s="12" r="J18">
+        <v>22</v>
+      </c>
+      <c s="17" t="inlineStr" r="K18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L18"/>
+      <c s="12" r="M18">
         <v>8</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c s="17" t="inlineStr" r="N18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O18">
+        <v>11</v>
+      </c>
+      <c s="11" r="P18">
+        <v>664</v>
+      </c>
+      <c s="17" t="inlineStr" r="Q18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="R18">
+        <v>23</v>
+      </c>
+      <c s="17" t="inlineStr" r="S18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="T18">
+        <v>7</v>
+      </c>
+      <c s="17" t="inlineStr" r="U18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="W18">
+        <v>10</v>
+      </c>
+      <c s="12" r="X18">
+        <v>78</v>
+      </c>
+      <c s="8" t="str" r="Y18"/>
+      <c s="12" r="Z18">
+        <v>75</v>
+      </c>
+      <c s="12" r="AA18">
+        <v>25</v>
+      </c>
+      <c s="9" t="str" r="AC18"/>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B19"/>
+      <c s="13" t="inlineStr" r="C19">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (PTH)</t>
+        </is>
+      </c>
+      <c s="14" r="D19">
+        <v>35</v>
+      </c>
+      <c s="14" r="E19">
+        <v>33</v>
+      </c>
+      <c s="8" t="str" r="F19"/>
+      <c s="14" r="G19">
+        <v>14</v>
+      </c>
+      <c s="14" r="H19">
+        <v>274</v>
+      </c>
+      <c s="14" r="I19">
+        <v>325</v>
+      </c>
+      <c s="14" r="J19">
+        <v>170</v>
+      </c>
+      <c s="14" r="K19">
+        <v>29</v>
+      </c>
+      <c s="8" t="str" r="L19"/>
+      <c s="14" r="M19">
+        <v>70</v>
+      </c>
+      <c s="14" r="N19">
+        <v>10</v>
+      </c>
+      <c s="14" r="O19">
+        <v>7</v>
+      </c>
+      <c s="16" t="inlineStr" r="P19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="Q19">
+        <v>1416</v>
+      </c>
+      <c s="14" r="R19">
+        <v>131</v>
+      </c>
+      <c s="14" r="S19">
+        <v>20</v>
+      </c>
+      <c s="14" r="T19">
+        <v>62</v>
+      </c>
+      <c s="14" r="U19">
+        <v>15</v>
+      </c>
+      <c s="14" r="V19">
+        <v>12</v>
+      </c>
+      <c s="14" r="W19">
+        <v>57</v>
+      </c>
+      <c s="14" r="X19">
+        <v>42</v>
+      </c>
+      <c s="8" t="str" r="Y19"/>
+      <c s="14" r="Z19">
+        <v>38</v>
+      </c>
+      <c s="14" r="AA19">
+        <v>128</v>
+      </c>
+      <c s="9" t="str" r="AC19"/>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B20"/>
+      <c s="10" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Pediatrics (PD)</t>
+        </is>
+      </c>
+      <c s="12" r="D20">
+        <v>128</v>
+      </c>
+      <c s="12" r="E20">
+        <v>120</v>
+      </c>
+      <c s="8" t="str" r="F20"/>
+      <c s="12" r="G20">
+        <v>50</v>
+      </c>
+      <c s="12" r="H20">
+        <v>1818</v>
+      </c>
+      <c s="12" r="I20">
+        <v>1969</v>
+      </c>
+      <c s="12" r="J20">
+        <v>1001</v>
+      </c>
+      <c s="12" r="K20">
+        <v>537</v>
+      </c>
+      <c s="8" t="str" r="L20"/>
+      <c s="12" r="M20">
+        <v>315</v>
+      </c>
+      <c s="12" r="N20">
+        <v>6</v>
+      </c>
+      <c s="12" r="O20">
+        <v>19</v>
+      </c>
+      <c s="12" r="P20">
+        <v>23</v>
+      </c>
+      <c s="12" r="Q20">
+        <v>131</v>
+      </c>
+      <c s="11" r="R20">
+        <v>5667</v>
+      </c>
+      <c s="12" r="S20">
+        <v>50</v>
+      </c>
+      <c s="12" r="T20">
+        <v>249</v>
+      </c>
+      <c s="12" r="U20">
+        <v>29</v>
+      </c>
+      <c s="12" r="V20">
+        <v>16</v>
+      </c>
+      <c s="12" r="W20">
+        <v>82</v>
+      </c>
+      <c s="12" r="X20">
+        <v>124</v>
+      </c>
+      <c s="8" t="str" r="Y20"/>
+      <c s="12" r="Z20">
+        <v>150</v>
+      </c>
+      <c s="12" r="AA20">
+        <v>550</v>
+      </c>
+      <c s="9" t="str" r="AC20"/>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B21"/>
+      <c s="13" t="inlineStr" r="C21">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (PM)</t>
+        </is>
+      </c>
+      <c s="14" r="D21">
+        <v>54</v>
+      </c>
+      <c s="14" r="E21">
+        <v>15</v>
+      </c>
+      <c s="8" t="str" r="F21"/>
+      <c s="14" r="G21">
+        <v>15</v>
+      </c>
+      <c s="14" r="H21">
+        <v>250</v>
+      </c>
+      <c s="14" r="I21">
+        <v>264</v>
+      </c>
+      <c s="14" r="J21">
+        <v>776</v>
+      </c>
+      <c s="14" r="K21">
         <v>9</v>
       </c>
-      <c r="K7" s="39" t="s">
+      <c s="8" t="str" r="L21"/>
+      <c s="14" r="M21">
+        <v>61</v>
+      </c>
+      <c s="14" r="N21">
+        <v>7</v>
+      </c>
+      <c s="14" r="O21">
+        <v>53</v>
+      </c>
+      <c s="16" t="inlineStr" r="P21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q21">
+        <v>20</v>
+      </c>
+      <c s="14" r="R21">
+        <v>50</v>
+      </c>
+      <c s="15" r="S21">
+        <v>1130</v>
+      </c>
+      <c s="14" r="T21">
+        <v>48</v>
+      </c>
+      <c s="14" r="U21">
+        <v>14</v>
+      </c>
+      <c s="14" r="V21">
+        <v>8</v>
+      </c>
+      <c s="14" r="W21">
+        <v>40</v>
+      </c>
+      <c s="14" r="X21">
+        <v>30</v>
+      </c>
+      <c s="8" t="str" r="Y21"/>
+      <c s="14" r="Z21">
+        <v>51</v>
+      </c>
+      <c s="14" r="AA21">
+        <v>835</v>
+      </c>
+      <c s="9" t="str" r="AC21"/>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B22"/>
+      <c s="10" t="inlineStr" r="C22">
+        <is>
+          <t xml:space="preserve">Psychiatry (P)</t>
+        </is>
+      </c>
+      <c s="12" r="D22">
+        <v>87</v>
+      </c>
+      <c s="12" r="E22">
+        <v>32</v>
+      </c>
+      <c s="8" t="str" r="F22"/>
+      <c s="12" r="G22">
+        <v>30</v>
+      </c>
+      <c s="12" r="H22">
+        <v>861</v>
+      </c>
+      <c s="12" r="I22">
+        <v>786</v>
+      </c>
+      <c s="12" r="J22">
+        <v>380</v>
+      </c>
+      <c s="12" r="K22">
+        <v>44</v>
+      </c>
+      <c s="8" t="str" r="L22"/>
+      <c s="12" r="M22">
+        <v>164</v>
+      </c>
+      <c s="17" t="inlineStr" r="N22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O22">
+        <v>17</v>
+      </c>
+      <c s="12" r="P22">
+        <v>7</v>
+      </c>
+      <c s="12" r="Q22">
+        <v>62</v>
+      </c>
+      <c s="12" r="R22">
+        <v>249</v>
+      </c>
+      <c s="12" r="S22">
+        <v>48</v>
+      </c>
+      <c s="11" r="T22">
+        <v>3967</v>
+      </c>
+      <c s="12" r="U22">
+        <v>24</v>
+      </c>
+      <c s="12" r="V22">
+        <v>17</v>
+      </c>
+      <c s="12" r="W22">
+        <v>49</v>
+      </c>
+      <c s="12" r="X22">
+        <v>54</v>
+      </c>
+      <c s="8" t="str" r="Y22"/>
+      <c s="12" r="Z22">
+        <v>48</v>
+      </c>
+      <c s="12" r="AA22">
+        <v>280</v>
+      </c>
+      <c s="9" t="str" r="AC22"/>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B23"/>
+      <c s="13" t="inlineStr" r="C23">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (GPM)</t>
+        </is>
+      </c>
+      <c s="14" r="D23">
+        <v>12</v>
+      </c>
+      <c s="14" r="E23">
+        <v>8</v>
+      </c>
+      <c s="8" t="str" r="F23"/>
+      <c s="14" r="G23">
+        <v>12</v>
+      </c>
+      <c s="14" r="H23">
+        <v>95</v>
+      </c>
+      <c s="14" r="I23">
+        <v>94</v>
+      </c>
+      <c s="14" r="J23">
+        <v>47</v>
+      </c>
+      <c s="14" r="K23">
+        <v>13</v>
+      </c>
+      <c s="8" t="str" r="L23"/>
+      <c s="14" r="M23">
+        <v>21</v>
+      </c>
+      <c s="14" r="N23">
+        <v>9</v>
+      </c>
+      <c s="16" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q23">
+        <v>15</v>
+      </c>
+      <c s="14" r="R23">
+        <v>29</v>
+      </c>
+      <c s="14" r="S23">
+        <v>14</v>
+      </c>
+      <c s="14" r="T23">
+        <v>24</v>
+      </c>
+      <c s="15" r="U23">
+        <v>191</v>
+      </c>
+      <c s="14" r="V23">
+        <v>6</v>
+      </c>
+      <c s="14" r="W23">
+        <v>16</v>
+      </c>
+      <c s="14" r="X23">
+        <v>11</v>
+      </c>
+      <c s="8" t="str" r="Y23"/>
+      <c s="14" r="Z23">
+        <v>11</v>
+      </c>
+      <c s="14" r="AA23">
+        <v>42</v>
+      </c>
+      <c s="9" t="str" r="AC23"/>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B24"/>
+      <c s="10" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (RO)</t>
+        </is>
+      </c>
+      <c s="12" r="D24">
+        <v>14</v>
+      </c>
+      <c s="12" r="E24">
+        <v>13</v>
+      </c>
+      <c s="8" t="str" r="F24"/>
+      <c s="17" t="inlineStr" r="G24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H24">
+        <v>40</v>
+      </c>
+      <c s="12" r="I24">
+        <v>107</v>
+      </c>
+      <c s="12" r="J24">
+        <v>243</v>
+      </c>
+      <c s="12" r="K24">
+        <v>9</v>
+      </c>
+      <c s="8" t="str" r="L24"/>
+      <c s="12" r="M24">
+        <v>26</v>
+      </c>
+      <c s="12" r="N24">
+        <v>14</v>
+      </c>
+      <c s="12" r="O24">
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="P24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q24">
+        <v>12</v>
+      </c>
+      <c s="12" r="R24">
+        <v>16</v>
+      </c>
+      <c s="12" r="S24">
+        <v>8</v>
+      </c>
+      <c s="12" r="T24">
+        <v>17</v>
+      </c>
+      <c s="12" r="U24">
+        <v>6</v>
+      </c>
+      <c s="11" r="V24">
+        <v>317</v>
+      </c>
+      <c s="12" r="W24">
+        <v>40</v>
+      </c>
+      <c s="12" r="X24">
+        <v>12</v>
+      </c>
+      <c s="8" t="str" r="Y24"/>
+      <c s="12" r="Z24">
+        <v>39</v>
+      </c>
+      <c s="12" r="AA24">
+        <v>231</v>
+      </c>
+      <c s="9" t="str" r="AC24"/>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B25"/>
+      <c s="13" t="inlineStr" r="C25">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (DR)</t>
+        </is>
+      </c>
+      <c s="14" r="D25">
+        <v>90</v>
+      </c>
+      <c s="14" r="E25">
+        <v>41</v>
+      </c>
+      <c s="8" t="str" r="F25"/>
+      <c s="14" r="G25">
         <v>10</v>
       </c>
-      <c r="L7" s="30"/>
-      <c r="M7" s="6" t="s">
+      <c s="14" r="H25">
+        <v>168</v>
+      </c>
+      <c s="14" r="I25">
+        <v>529</v>
+      </c>
+      <c s="14" r="J25">
+        <v>1468</v>
+      </c>
+      <c s="14" r="K25">
+        <v>24</v>
+      </c>
+      <c s="8" t="str" r="L25"/>
+      <c s="14" r="M25">
+        <v>74</v>
+      </c>
+      <c s="14" r="N25">
+        <v>73</v>
+      </c>
+      <c s="14" r="O25">
+        <v>64</v>
+      </c>
+      <c s="14" r="P25">
+        <v>10</v>
+      </c>
+      <c s="14" r="Q25">
+        <v>57</v>
+      </c>
+      <c s="14" r="R25">
+        <v>82</v>
+      </c>
+      <c s="14" r="S25">
+        <v>40</v>
+      </c>
+      <c s="14" r="T25">
+        <v>49</v>
+      </c>
+      <c s="14" r="U25">
+        <v>16</v>
+      </c>
+      <c s="14" r="V25">
+        <v>40</v>
+      </c>
+      <c s="15" r="W25">
+        <v>2106</v>
+      </c>
+      <c s="14" r="X25">
+        <v>98</v>
+      </c>
+      <c s="8" t="str" r="Y25"/>
+      <c s="14" r="Z25">
+        <v>469</v>
+      </c>
+      <c s="14" r="AA25">
+        <v>1606</v>
+      </c>
+      <c s="9" t="str" r="AC25"/>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B26"/>
+      <c s="10" t="inlineStr" r="C26">
+        <is>
+          <t xml:space="preserve">Surgery - Cat (GS_C)</t>
+        </is>
+      </c>
+      <c s="12" r="D26">
+        <v>159</v>
+      </c>
+      <c s="12" r="E26">
+        <v>25</v>
+      </c>
+      <c s="8" t="str" r="F26"/>
+      <c s="12" r="G26">
+        <v>42</v>
+      </c>
+      <c s="12" r="H26">
+        <v>360</v>
+      </c>
+      <c s="12" r="I26">
+        <v>743</v>
+      </c>
+      <c s="12" r="J26">
+        <v>295</v>
+      </c>
+      <c s="12" r="K26">
+        <v>32</v>
+      </c>
+      <c s="8" t="str" r="L26"/>
+      <c s="12" r="M26">
+        <v>66</v>
+      </c>
+      <c s="12" r="N26">
+        <v>6</v>
+      </c>
+      <c s="12" r="O26">
+        <v>278</v>
+      </c>
+      <c s="12" r="P26">
+        <v>78</v>
+      </c>
+      <c s="12" r="Q26">
+        <v>42</v>
+      </c>
+      <c s="12" r="R26">
+        <v>124</v>
+      </c>
+      <c s="12" r="S26">
+        <v>30</v>
+      </c>
+      <c s="12" r="T26">
+        <v>54</v>
+      </c>
+      <c s="12" r="U26">
         <v>11</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c s="12" r="V26">
         <v>12</v>
       </c>
-      <c r="O7" s="6" t="s">
-[...40 lines deleted...]
-      <c r="C8" s="8" t="s">
+      <c s="12" r="W26">
+        <v>98</v>
+      </c>
+      <c s="11" r="X26">
+        <v>4607</v>
+      </c>
+      <c s="8" t="str" r="Y26"/>
+      <c s="12" r="Z26">
+        <v>2289</v>
+      </c>
+      <c s="12" r="AA26">
+        <v>197</v>
+      </c>
+      <c s="9" t="str" r="AC26"/>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B27"/>
+      <c s="13" t="inlineStr" r="C27">
+        <is>
+          <t xml:space="preserve">Surgery - Pre (GS_P)</t>
+        </is>
+      </c>
+      <c s="14" r="D27">
+        <v>377</v>
+      </c>
+      <c s="14" r="E27">
+        <v>38</v>
+      </c>
+      <c s="8" t="str" r="F27"/>
+      <c s="14" r="G27">
+        <v>35</v>
+      </c>
+      <c s="14" r="H27">
+        <v>354</v>
+      </c>
+      <c s="14" r="I27">
+        <v>692</v>
+      </c>
+      <c s="14" r="J27">
+        <v>932</v>
+      </c>
+      <c s="14" r="K27">
+        <v>35</v>
+      </c>
+      <c s="8" t="str" r="L27"/>
+      <c s="14" r="M27">
+        <v>81</v>
+      </c>
+      <c s="14" r="N27">
         <v>25</v>
       </c>
-      <c r="D8" s="9">
-[...2 lines deleted...]
-      <c r="E8" s="29">
+      <c s="14" r="O27">
+        <v>240</v>
+      </c>
+      <c s="14" r="P27">
+        <v>75</v>
+      </c>
+      <c s="14" r="Q27">
         <v>38</v>
       </c>
-      <c r="F8" s="30"/>
-[...40 lines deleted...]
-      <c r="U8" s="10">
+      <c s="14" r="R27">
+        <v>150</v>
+      </c>
+      <c s="14" r="S27">
+        <v>51</v>
+      </c>
+      <c s="14" r="T27">
+        <v>48</v>
+      </c>
+      <c s="14" r="U27">
         <v>11</v>
       </c>
-      <c r="V8" s="10">
-[...32 lines deleted...]
-      <c r="H9" s="12">
+      <c s="14" r="V27">
+        <v>39</v>
+      </c>
+      <c s="14" r="W27">
+        <v>469</v>
+      </c>
+      <c s="14" r="X27">
+        <v>2289</v>
+      </c>
+      <c s="8" t="str" r="Y27"/>
+      <c s="15" r="Z27">
+        <v>3517</v>
+      </c>
+      <c s="14" r="AA27">
+        <v>915</v>
+      </c>
+      <c s="9" t="str" r="AC27"/>
+    </row>
+    <row r="28" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B28"/>
+      <c s="10" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Transitional Year (TY)</t>
+        </is>
+      </c>
+      <c s="12" r="D28">
+        <v>1888</v>
+      </c>
+      <c s="12" r="E28">
+        <v>932</v>
+      </c>
+      <c s="8" t="str" r="F28"/>
+      <c s="12" r="G28">
+        <v>51</v>
+      </c>
+      <c s="12" r="H28">
+        <v>1326</v>
+      </c>
+      <c s="12" r="I28">
+        <v>2262</v>
+      </c>
+      <c s="12" r="J28">
+        <v>5788</v>
+      </c>
+      <c s="12" r="K28">
+        <v>141</v>
+      </c>
+      <c s="8" t="str" r="L28"/>
+      <c s="12" r="M28">
+        <v>861</v>
+      </c>
+      <c s="12" r="N28">
+        <v>41</v>
+      </c>
+      <c s="12" r="O28">
         <v>108</v>
       </c>
-      <c r="I9" s="12">
-[...42 lines deleted...]
-      <c r="X9" s="34">
+      <c s="12" r="P28">
         <v>25</v>
       </c>
-      <c r="Y9" s="30"/>
-[...130 lines deleted...]
-      <c r="T11" s="12">
+      <c s="12" r="Q28">
+        <v>128</v>
+      </c>
+      <c s="12" r="R28">
+        <v>550</v>
+      </c>
+      <c s="12" r="S28">
         <v>835</v>
       </c>
-      <c r="U11" s="12">
-[...215 lines deleted...]
-      <c r="T14" s="10">
+      <c s="12" r="T28">
+        <v>280</v>
+      </c>
+      <c s="12" r="U28">
         <v>42</v>
       </c>
-      <c r="U14" s="10">
-[...745 lines deleted...]
-      <c r="AA24" s="10">
+      <c s="12" r="V28">
         <v>231</v>
       </c>
-      <c r="AC24" s="7"/>
-[...342 lines deleted...]
-    <row r="33" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="12" r="W28">
+        <v>1606</v>
+      </c>
+      <c s="12" r="X28">
+        <v>197</v>
+      </c>
+      <c s="8" t="str" r="Y28"/>
+      <c s="12" r="Z28">
+        <v>915</v>
+      </c>
+      <c s="11" r="AA28">
+        <v>7543</v>
+      </c>
+      <c s="9" t="str" r="AC28"/>
+    </row>
+    <row r="29" ht="0.05" customHeight="1">
+      <c s="5" t="str" r="B29"/>
+      <c s="9" t="str" r="AC29"/>
+    </row>
+    <row r="30" ht="1.05" customHeight="1">
+      <c s="18" t="str" r="B30"/>
+      <c s="19" t="str" r="C30"/>
+      <c s="19" t="str" r="D30"/>
+      <c s="19" t="str" r="E30"/>
+      <c s="19" t="str" r="F30"/>
+      <c s="19" t="str" r="G30"/>
+      <c s="19" t="str" r="H30"/>
+      <c s="19" t="str" r="I30"/>
+      <c s="19" t="str" r="J30"/>
+      <c s="19" t="str" r="K30"/>
+      <c s="19" t="str" r="L30"/>
+      <c s="19" t="str" r="M30"/>
+      <c s="19" t="str" r="N30"/>
+      <c s="19" t="str" r="O30"/>
+      <c s="19" t="str" r="P30"/>
+      <c s="19" t="str" r="Q30"/>
+      <c s="19" t="str" r="R30"/>
+      <c s="19" t="str" r="S30"/>
+      <c s="19" t="str" r="T30"/>
+      <c s="19" t="str" r="U30"/>
+      <c s="19" t="str" r="V30"/>
+      <c s="19" t="str" r="W30"/>
+      <c s="19" t="str" r="X30"/>
+      <c s="19" t="str" r="Y30"/>
+      <c s="19" t="str" r="Z30"/>
+      <c s="19" t="str" r="AA30"/>
+      <c s="19" t="str" r="AB30"/>
+      <c s="20" t="str" r="AC30"/>
+    </row>
+    <row r="31" ht="1.1" customHeight="1"/>
+    <row r="32" ht="15.8" customHeight="1">
+      <c s="21" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="0.05" customHeight="1"/>
   </sheetData>
-  <mergeCells count="71">
+  <mergeCells>
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="Y2:AD4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="X7:Y7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="X9:Y9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="X10:Y10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="X12:Y12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="X13:Y13"/>
@@ -3053,1830 +2677,2045 @@
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="X18:Y18"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="X19:Y19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="X20:Y20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="X22:Y22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="X23:Y23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="X24:Y24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="X25:Y25"/>
-    <mergeCell ref="E28:F28"/>
-[...2 lines deleted...]
-    <mergeCell ref="B32:K32"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="X26:Y26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="B32:K32"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="B1:AD33"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView workbookViewId="0" showGridLines="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.5703125" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="33" max="33" width="3.5703125" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="3.54296875"/>
+    <col min="2" max="2" customWidth="1" width="0.140625"/>
+    <col min="3" max="3" customWidth="1" width="49.37109375"/>
+    <col min="4" max="4" customWidth="1" width="8.48046875"/>
+    <col min="5" max="5" customWidth="1" width="1.03125"/>
+    <col min="6" max="6" customWidth="1" width="7.453125"/>
+    <col min="7" max="7" customWidth="1" width="8.48046875"/>
+    <col min="8" max="8" customWidth="1" width="8.48046875"/>
+    <col min="9" max="9" customWidth="1" width="8.4921875"/>
+    <col min="10" max="10" customWidth="1" width="8.48046875"/>
+    <col min="11" max="11" customWidth="1" width="1.05078125"/>
+    <col min="12" max="12" customWidth="1" width="7.43359375"/>
+    <col min="13" max="13" customWidth="1" width="8.48046875"/>
+    <col min="14" max="14" customWidth="1" width="8.48046875"/>
+    <col min="15" max="15" customWidth="1" width="8.4921875"/>
+    <col min="16" max="16" customWidth="1" width="8.48046875"/>
+    <col min="17" max="17" customWidth="1" width="8.48046875"/>
+    <col min="18" max="18" customWidth="1" width="8.4921875"/>
+    <col min="19" max="19" customWidth="1" width="8.48046875"/>
+    <col min="20" max="20" customWidth="1" width="8.48046875"/>
+    <col min="21" max="21" customWidth="1" width="8.4921875"/>
+    <col min="22" max="22" customWidth="1" width="8.48046875"/>
+    <col min="23" max="23" customWidth="1" width="8.48046875"/>
+    <col min="24" max="24" customWidth="1" width="6.15234375"/>
+    <col min="25" max="25" customWidth="1" width="2.34375"/>
+    <col min="26" max="26" customWidth="1" width="8.48046875"/>
+    <col min="27" max="27" customWidth="1" width="8.48046875"/>
+    <col min="28" max="28" customWidth="1" width="0.0234375"/>
+    <col min="29" max="29" customWidth="1" width="0.15234375"/>
+    <col min="30" max="30" customWidth="1" width="3.84375"/>
+    <col min="31" max="31" customWidth="1" width="5.59375"/>
+    <col min="32" max="32" customWidth="1" width="2.6328125"/>
+    <col min="33" max="33" customWidth="1" width="3.55078125"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="B2" s="38" t="s">
+    <row r="1" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B1">
+        <is>
+          <t xml:space="preserve">CROSS Speciality Applicant Data</t>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B2">
+        <is>
+          <t xml:space="preserve">Residency (IMGs Only)</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="0.05" customHeight="1"/>
+    <row r="4" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">ERAS </t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">2026</t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FFFF0000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">Data as of Jan, 05, 2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="13" customHeight="1"/>
+    <row r="6" ht="0.7" customHeight="1">
+      <c s="2" t="str" r="B6"/>
+      <c s="3" t="str" r="C6"/>
+      <c s="3" t="str" r="D6"/>
+      <c s="3" t="str" r="E6"/>
+      <c s="3" t="str" r="F6"/>
+      <c s="3" t="str" r="G6"/>
+      <c s="3" t="str" r="H6"/>
+      <c s="3" t="str" r="I6"/>
+      <c s="3" t="str" r="J6"/>
+      <c s="3" t="str" r="K6"/>
+      <c s="3" t="str" r="L6"/>
+      <c s="3" t="str" r="M6"/>
+      <c s="3" t="str" r="N6"/>
+      <c s="3" t="str" r="O6"/>
+      <c s="3" t="str" r="P6"/>
+      <c s="3" t="str" r="Q6"/>
+      <c s="3" t="str" r="R6"/>
+      <c s="3" t="str" r="S6"/>
+      <c s="3" t="str" r="T6"/>
+      <c s="3" t="str" r="U6"/>
+      <c s="3" t="str" r="V6"/>
+      <c s="3" t="str" r="W6"/>
+      <c s="3" t="str" r="X6"/>
+      <c s="3" t="str" r="Y6"/>
+      <c s="3" t="str" r="Z6"/>
+      <c s="3" t="str" r="AA6"/>
+      <c s="3" t="str" r="AB6"/>
+      <c s="4" t="str" r="AC6"/>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B7"/>
+      <c s="22" t="inlineStr" r="C7">
+        <is>
+          <t xml:space="preserve">SPECIALTY</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">AN</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E7">
+        <is>
+          <t xml:space="preserve">D</t>
+        </is>
+      </c>
+      <c s="24" t="str" r="F7"/>
+      <c s="23" t="inlineStr" r="G7">
+        <is>
+          <t xml:space="preserve">EM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="H7">
+        <is>
+          <t xml:space="preserve">FM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="I7">
+        <is>
+          <t xml:space="preserve">IM_C</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J7">
+        <is>
+          <t xml:space="preserve">IM_P</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="K7">
+        <is>
+          <t xml:space="preserve">MPD</t>
+        </is>
+      </c>
+      <c s="24" t="str" r="L7"/>
+      <c s="23" t="inlineStr" r="M7">
+        <is>
+          <t xml:space="preserve">N</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="N7">
+        <is>
+          <t xml:space="preserve">NM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="O7">
+        <is>
+          <t xml:space="preserve">ORS</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="P7">
+        <is>
+          <t xml:space="preserve">OTO</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="Q7">
+        <is>
+          <t xml:space="preserve">PTH</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="R7">
+        <is>
+          <t xml:space="preserve">PD</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="S7">
+        <is>
+          <t xml:space="preserve">PM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="T7">
+        <is>
+          <t xml:space="preserve">P</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="U7">
+        <is>
+          <t xml:space="preserve">GPM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="V7">
+        <is>
+          <t xml:space="preserve">RO</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="W7">
+        <is>
+          <t xml:space="preserve">DR</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="X7">
+        <is>
+          <t xml:space="preserve">GS_C</t>
+        </is>
+      </c>
+      <c s="24" t="str" r="Y7"/>
+      <c s="23" t="inlineStr" r="Z7">
+        <is>
+          <t xml:space="preserve">GS_P</t>
+        </is>
+      </c>
+      <c s="25" t="inlineStr" r="AA7">
+        <is>
+          <t xml:space="preserve">TY</t>
+        </is>
+      </c>
+      <c s="9" t="str" r="AC7"/>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B8"/>
+      <c s="26" t="inlineStr" r="C8">
+        <is>
+          <t xml:space="preserve">Anesthesiology (AN)</t>
+        </is>
+      </c>
+      <c s="11" r="D8">
+        <v>810</v>
+      </c>
+      <c s="12" r="E8">
+        <v>13</v>
+      </c>
+      <c s="8" t="str" r="F8"/>
+      <c s="12" r="G8">
+        <v>22</v>
+      </c>
+      <c s="12" r="H8">
+        <v>161</v>
+      </c>
+      <c s="12" r="I8">
+        <v>407</v>
+      </c>
+      <c s="12" r="J8">
+        <v>341</v>
+      </c>
+      <c s="12" r="K8">
+        <v>13</v>
+      </c>
+      <c s="8" t="str" r="L8"/>
+      <c s="12" r="M8">
+        <v>50</v>
+      </c>
+      <c s="12" r="N8">
+        <v>5</v>
+      </c>
+      <c s="12" r="O8">
+        <v>25</v>
+      </c>
+      <c s="12" r="P8">
+        <v>8</v>
+      </c>
+      <c s="12" r="Q8">
+        <v>21</v>
+      </c>
+      <c s="12" r="R8">
+        <v>73</v>
+      </c>
+      <c s="12" r="S8">
+        <v>15</v>
+      </c>
+      <c s="12" r="T8">
+        <v>33</v>
+      </c>
+      <c s="12" r="U8">
+        <v>5</v>
+      </c>
+      <c s="12" r="V8">
+        <v>7</v>
+      </c>
+      <c s="12" r="W8">
+        <v>44</v>
+      </c>
+      <c s="12" r="X8">
+        <v>99</v>
+      </c>
+      <c s="8" t="str" r="Y8"/>
+      <c s="12" r="Z8">
+        <v>150</v>
+      </c>
+      <c s="27" r="AA8">
+        <v>281</v>
+      </c>
+      <c s="9" t="str" r="AC8"/>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B9"/>
+      <c s="28" t="inlineStr" r="C9">
+        <is>
+          <t xml:space="preserve">Dermatology (D)</t>
+        </is>
+      </c>
+      <c s="14" r="D9">
+        <v>13</v>
+      </c>
+      <c s="15" r="E9">
+        <v>168</v>
+      </c>
+      <c s="8" t="str" r="F9"/>
+      <c s="16" t="inlineStr" r="G9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H9">
+        <v>52</v>
+      </c>
+      <c s="14" r="I9">
+        <v>85</v>
+      </c>
+      <c s="14" r="J9">
+        <v>86</v>
+      </c>
+      <c s="14" r="K9">
+        <v>8</v>
+      </c>
+      <c s="8" t="str" r="L9"/>
+      <c s="14" r="M9">
+        <v>11</v>
+      </c>
+      <c s="16" t="inlineStr" r="N9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q9">
+        <v>19</v>
+      </c>
+      <c s="14" r="R9">
+        <v>21</v>
+      </c>
+      <c s="16" t="inlineStr" r="S9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="T9">
+        <v>11</v>
+      </c>
+      <c s="14" r="U9">
+        <v>5</v>
+      </c>
+      <c s="14" r="V9">
+        <v>7</v>
+      </c>
+      <c s="14" r="W9">
+        <v>13</v>
+      </c>
+      <c s="14" r="X9">
+        <v>17</v>
+      </c>
+      <c s="8" t="str" r="Y9"/>
+      <c s="14" r="Z9">
+        <v>22</v>
+      </c>
+      <c s="29" r="AA9">
+        <v>70</v>
+      </c>
+      <c s="9" t="str" r="AC9"/>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B10"/>
+      <c s="26" t="inlineStr" r="C10">
+        <is>
+          <t xml:space="preserve">Emergency Medicine (EM)</t>
+        </is>
+      </c>
+      <c s="12" r="D10">
+        <v>22</v>
+      </c>
+      <c s="17" t="inlineStr" r="E10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F10"/>
+      <c s="11" r="G10">
+        <v>171</v>
+      </c>
+      <c s="12" r="H10">
+        <v>117</v>
+      </c>
+      <c s="12" r="I10">
+        <v>146</v>
+      </c>
+      <c s="12" r="J10">
+        <v>78</v>
+      </c>
+      <c s="12" r="K10">
+        <v>15</v>
+      </c>
+      <c s="8" t="str" r="L10"/>
+      <c s="12" r="M10">
+        <v>33</v>
+      </c>
+      <c s="17" t="inlineStr" r="N10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O10">
+        <v>9</v>
+      </c>
+      <c s="17" t="inlineStr" r="P10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q10">
+        <v>14</v>
+      </c>
+      <c s="12" r="R10">
         <v>48</v>
       </c>
-      <c r="C2" s="32"/>
-[...70 lines deleted...]
-      <c r="E7" s="42" t="s">
+      <c s="12" r="S10">
+        <v>10</v>
+      </c>
+      <c s="12" r="T10">
+        <v>25</v>
+      </c>
+      <c s="12" r="U10">
+        <v>9</v>
+      </c>
+      <c s="17" t="inlineStr" r="V10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="W10">
+        <v>9</v>
+      </c>
+      <c s="12" r="X10">
+        <v>34</v>
+      </c>
+      <c s="8" t="str" r="Y10"/>
+      <c s="12" r="Z10">
+        <v>29</v>
+      </c>
+      <c s="27" r="AA10">
+        <v>44</v>
+      </c>
+      <c s="9" t="str" r="AC10"/>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B11"/>
+      <c s="28" t="inlineStr" r="C11">
+        <is>
+          <t xml:space="preserve">Family Medicine (FM)</t>
+        </is>
+      </c>
+      <c s="14" r="D11">
+        <v>161</v>
+      </c>
+      <c s="14" r="E11">
+        <v>52</v>
+      </c>
+      <c s="8" t="str" r="F11"/>
+      <c s="14" r="G11">
+        <v>117</v>
+      </c>
+      <c s="15" r="H11">
+        <v>7886</v>
+      </c>
+      <c s="14" r="I11">
+        <v>6411</v>
+      </c>
+      <c s="14" r="J11">
+        <v>2606</v>
+      </c>
+      <c s="14" r="K11">
+        <v>469</v>
+      </c>
+      <c s="8" t="str" r="L11"/>
+      <c s="14" r="M11">
+        <v>577</v>
+      </c>
+      <c s="14" r="N11">
+        <v>17</v>
+      </c>
+      <c s="14" r="O11">
+        <v>38</v>
+      </c>
+      <c s="14" r="P11">
+        <v>16</v>
+      </c>
+      <c s="14" r="Q11">
+        <v>235</v>
+      </c>
+      <c s="14" r="R11">
+        <v>1718</v>
+      </c>
+      <c s="14" r="S11">
+        <v>99</v>
+      </c>
+      <c s="14" r="T11">
+        <v>577</v>
+      </c>
+      <c s="14" r="U11">
+        <v>70</v>
+      </c>
+      <c s="14" r="V11">
+        <v>27</v>
+      </c>
+      <c s="14" r="W11">
+        <v>113</v>
+      </c>
+      <c s="14" r="X11">
+        <v>269</v>
+      </c>
+      <c s="8" t="str" r="Y11"/>
+      <c s="14" r="Z11">
+        <v>283</v>
+      </c>
+      <c s="29" r="AA11">
+        <v>1073</v>
+      </c>
+      <c s="9" t="str" r="AC11"/>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B12"/>
+      <c s="26" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Internal Medicine - Cat (IM_C)</t>
+        </is>
+      </c>
+      <c s="12" r="D12">
+        <v>407</v>
+      </c>
+      <c s="12" r="E12">
+        <v>85</v>
+      </c>
+      <c s="8" t="str" r="F12"/>
+      <c s="12" r="G12">
+        <v>146</v>
+      </c>
+      <c s="12" r="H12">
+        <v>6411</v>
+      </c>
+      <c s="11" r="I12">
+        <v>14384</v>
+      </c>
+      <c s="12" r="J12">
+        <v>4554</v>
+      </c>
+      <c s="12" r="K12">
+        <v>605</v>
+      </c>
+      <c s="8" t="str" r="L12"/>
+      <c s="12" r="M12">
+        <v>973</v>
+      </c>
+      <c s="12" r="N12">
+        <v>35</v>
+      </c>
+      <c s="12" r="O12">
+        <v>55</v>
+      </c>
+      <c s="12" r="P12">
+        <v>25</v>
+      </c>
+      <c s="12" r="Q12">
+        <v>273</v>
+      </c>
+      <c s="12" r="R12">
+        <v>1896</v>
+      </c>
+      <c s="12" r="S12">
+        <v>125</v>
+      </c>
+      <c s="12" r="T12">
+        <v>554</v>
+      </c>
+      <c s="12" r="U12">
+        <v>71</v>
+      </c>
+      <c s="12" r="V12">
+        <v>67</v>
+      </c>
+      <c s="12" r="W12">
+        <v>274</v>
+      </c>
+      <c s="12" r="X12">
+        <v>514</v>
+      </c>
+      <c s="8" t="str" r="Y12"/>
+      <c s="12" r="Z12">
+        <v>540</v>
+      </c>
+      <c s="27" r="AA12">
+        <v>1551</v>
+      </c>
+      <c s="9" t="str" r="AC12"/>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B13"/>
+      <c s="28" t="inlineStr" r="C13">
+        <is>
+          <t xml:space="preserve">Internal Medicine - Pre (IM_P)</t>
+        </is>
+      </c>
+      <c s="14" r="D13">
+        <v>341</v>
+      </c>
+      <c s="14" r="E13">
+        <v>86</v>
+      </c>
+      <c s="8" t="str" r="F13"/>
+      <c s="14" r="G13">
+        <v>78</v>
+      </c>
+      <c s="14" r="H13">
+        <v>2606</v>
+      </c>
+      <c s="14" r="I13">
+        <v>4554</v>
+      </c>
+      <c s="15" r="J13">
+        <v>5229</v>
+      </c>
+      <c s="14" r="K13">
+        <v>245</v>
+      </c>
+      <c s="8" t="str" r="L13"/>
+      <c s="14" r="M13">
+        <v>829</v>
+      </c>
+      <c s="14" r="N13">
+        <v>36</v>
+      </c>
+      <c s="14" r="O13">
+        <v>25</v>
+      </c>
+      <c s="14" r="P13">
+        <v>10</v>
+      </c>
+      <c s="14" r="Q13">
+        <v>141</v>
+      </c>
+      <c s="14" r="R13">
+        <v>846</v>
+      </c>
+      <c s="14" r="S13">
+        <v>114</v>
+      </c>
+      <c s="14" r="T13">
+        <v>273</v>
+      </c>
+      <c s="14" r="U13">
+        <v>37</v>
+      </c>
+      <c s="14" r="V13">
+        <v>69</v>
+      </c>
+      <c s="14" r="W13">
+        <v>332</v>
+      </c>
+      <c s="14" r="X13">
+        <v>245</v>
+      </c>
+      <c s="8" t="str" r="Y13"/>
+      <c s="14" r="Z13">
+        <v>482</v>
+      </c>
+      <c s="29" r="AA13">
+        <v>1540</v>
+      </c>
+      <c s="9" t="str" r="AC13"/>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B14"/>
+      <c s="26" t="inlineStr" r="C14">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Pediatrics (MPD)</t>
+        </is>
+      </c>
+      <c s="12" r="D14">
+        <v>13</v>
+      </c>
+      <c s="12" r="E14">
+        <v>8</v>
+      </c>
+      <c s="8" t="str" r="F14"/>
+      <c s="12" r="G14">
+        <v>15</v>
+      </c>
+      <c s="12" r="H14">
+        <v>469</v>
+      </c>
+      <c s="12" r="I14">
+        <v>605</v>
+      </c>
+      <c s="12" r="J14">
+        <v>245</v>
+      </c>
+      <c s="11" r="K14">
+        <v>661</v>
+      </c>
+      <c s="8" t="str" r="L14"/>
+      <c s="12" r="M14">
+        <v>80</v>
+      </c>
+      <c s="17" t="inlineStr" r="N14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q14">
+        <v>29</v>
+      </c>
+      <c s="12" r="R14">
+        <v>409</v>
+      </c>
+      <c s="12" r="S14">
+        <v>7</v>
+      </c>
+      <c s="12" r="T14">
+        <v>44</v>
+      </c>
+      <c s="12" r="U14">
+        <v>13</v>
+      </c>
+      <c s="12" r="V14">
+        <v>7</v>
+      </c>
+      <c s="12" r="W14">
+        <v>21</v>
+      </c>
+      <c s="12" r="X14">
+        <v>27</v>
+      </c>
+      <c s="8" t="str" r="Y14"/>
+      <c s="12" r="Z14">
+        <v>29</v>
+      </c>
+      <c s="27" r="AA14">
+        <v>134</v>
+      </c>
+      <c s="9" t="str" r="AC14"/>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B15"/>
+      <c s="28" t="inlineStr" r="C15">
+        <is>
+          <t xml:space="preserve">Neurology (N)</t>
+        </is>
+      </c>
+      <c s="14" r="D15">
+        <v>50</v>
+      </c>
+      <c s="14" r="E15">
+        <v>11</v>
+      </c>
+      <c s="8" t="str" r="F15"/>
+      <c s="14" r="G15">
+        <v>33</v>
+      </c>
+      <c s="14" r="H15">
+        <v>577</v>
+      </c>
+      <c s="14" r="I15">
+        <v>973</v>
+      </c>
+      <c s="14" r="J15">
+        <v>829</v>
+      </c>
+      <c s="14" r="K15">
+        <v>80</v>
+      </c>
+      <c s="8" t="str" r="L15"/>
+      <c s="15" r="M15">
+        <v>1476</v>
+      </c>
+      <c s="14" r="N15">
+        <v>8</v>
+      </c>
+      <c s="14" r="O15">
+        <v>11</v>
+      </c>
+      <c s="14" r="P15">
         <v>5</v>
       </c>
-      <c r="F7" s="43"/>
-      <c r="G7" s="20" t="s">
+      <c s="14" r="Q15">
+        <v>65</v>
+      </c>
+      <c s="14" r="R15">
+        <v>297</v>
+      </c>
+      <c s="14" r="S15">
+        <v>34</v>
+      </c>
+      <c s="14" r="T15">
+        <v>124</v>
+      </c>
+      <c s="14" r="U15">
+        <v>20</v>
+      </c>
+      <c s="14" r="V15">
+        <v>19</v>
+      </c>
+      <c s="14" r="W15">
+        <v>53</v>
+      </c>
+      <c s="14" r="X15">
+        <v>55</v>
+      </c>
+      <c s="8" t="str" r="Y15"/>
+      <c s="14" r="Z15">
+        <v>69</v>
+      </c>
+      <c s="29" r="AA15">
+        <v>433</v>
+      </c>
+      <c s="9" t="str" r="AC15"/>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B16"/>
+      <c s="26" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Nuclear Medicine (NM)</t>
+        </is>
+      </c>
+      <c s="12" r="D16">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F16"/>
+      <c s="17" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H16">
+        <v>17</v>
+      </c>
+      <c s="12" r="I16">
+        <v>35</v>
+      </c>
+      <c s="12" r="J16">
+        <v>36</v>
+      </c>
+      <c s="17" t="inlineStr" r="K16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L16"/>
+      <c s="12" r="M16">
+        <v>8</v>
+      </c>
+      <c s="11" r="N16">
+        <v>68</v>
+      </c>
+      <c s="17" t="inlineStr" r="O16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q16">
         <v>6</v>
       </c>
-      <c r="H7" s="20" t="s">
+      <c s="12" r="R16">
+        <v>6</v>
+      </c>
+      <c s="12" r="S16">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="T16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="U16">
+        <v>5</v>
+      </c>
+      <c s="12" r="V16">
         <v>7</v>
       </c>
-      <c r="I7" s="20" t="s">
+      <c s="12" r="W16">
+        <v>53</v>
+      </c>
+      <c s="12" r="X16">
+        <v>5</v>
+      </c>
+      <c s="8" t="str" r="Y16"/>
+      <c s="12" r="Z16">
+        <v>23</v>
+      </c>
+      <c s="27" r="AA16">
+        <v>34</v>
+      </c>
+      <c s="9" t="str" r="AC16"/>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B17"/>
+      <c s="28" t="inlineStr" r="C17">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
+        </is>
+      </c>
+      <c s="14" r="D17">
+        <v>25</v>
+      </c>
+      <c s="16" t="inlineStr" r="E17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F17"/>
+      <c s="14" r="G17">
+        <v>9</v>
+      </c>
+      <c s="14" r="H17">
+        <v>38</v>
+      </c>
+      <c s="14" r="I17">
+        <v>55</v>
+      </c>
+      <c s="14" r="J17">
+        <v>25</v>
+      </c>
+      <c s="16" t="inlineStr" r="K17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L17"/>
+      <c s="14" r="M17">
+        <v>11</v>
+      </c>
+      <c s="16" t="inlineStr" r="N17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="O17">
+        <v>187</v>
+      </c>
+      <c s="14" r="P17">
+        <v>7</v>
+      </c>
+      <c s="16" t="inlineStr" r="Q17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="R17">
         <v>8</v>
       </c>
-      <c r="J7" s="20" t="s">
+      <c s="14" r="S17">
+        <v>14</v>
+      </c>
+      <c s="14" r="T17">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="U17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="V17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W17">
+        <v>14</v>
+      </c>
+      <c s="14" r="X17">
+        <v>85</v>
+      </c>
+      <c s="8" t="str" r="Y17"/>
+      <c s="14" r="Z17">
+        <v>78</v>
+      </c>
+      <c s="29" r="AA17">
+        <v>30</v>
+      </c>
+      <c s="9" t="str" r="AC17"/>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B18"/>
+      <c s="26" t="inlineStr" r="C18">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
+        </is>
+      </c>
+      <c s="12" r="D18">
+        <v>8</v>
+      </c>
+      <c s="17" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F18"/>
+      <c s="17" t="inlineStr" r="G18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H18">
+        <v>16</v>
+      </c>
+      <c s="12" r="I18">
+        <v>25</v>
+      </c>
+      <c s="12" r="J18">
+        <v>10</v>
+      </c>
+      <c s="17" t="inlineStr" r="K18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L18"/>
+      <c s="12" r="M18">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="N18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O18">
+        <v>7</v>
+      </c>
+      <c s="11" r="P18">
+        <v>71</v>
+      </c>
+      <c s="17" t="inlineStr" r="Q18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="R18">
+        <v>12</v>
+      </c>
+      <c s="17" t="inlineStr" r="S18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="W18">
+        <v>6</v>
+      </c>
+      <c s="12" r="X18">
+        <v>28</v>
+      </c>
+      <c s="8" t="str" r="Y18"/>
+      <c s="12" r="Z18">
+        <v>25</v>
+      </c>
+      <c s="27" r="AA18">
+        <v>8</v>
+      </c>
+      <c s="9" t="str" r="AC18"/>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B19"/>
+      <c s="28" t="inlineStr" r="C19">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (PTH)</t>
+        </is>
+      </c>
+      <c s="14" r="D19">
+        <v>21</v>
+      </c>
+      <c s="14" r="E19">
+        <v>19</v>
+      </c>
+      <c s="8" t="str" r="F19"/>
+      <c s="14" r="G19">
+        <v>14</v>
+      </c>
+      <c s="14" r="H19">
+        <v>235</v>
+      </c>
+      <c s="14" r="I19">
+        <v>273</v>
+      </c>
+      <c s="14" r="J19">
+        <v>141</v>
+      </c>
+      <c s="14" r="K19">
+        <v>29</v>
+      </c>
+      <c s="8" t="str" r="L19"/>
+      <c s="14" r="M19">
+        <v>65</v>
+      </c>
+      <c s="14" r="N19">
+        <v>6</v>
+      </c>
+      <c s="16" t="inlineStr" r="O19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="Q19">
+        <v>824</v>
+      </c>
+      <c s="14" r="R19">
+        <v>122</v>
+      </c>
+      <c s="14" r="S19">
+        <v>13</v>
+      </c>
+      <c s="14" r="T19">
+        <v>46</v>
+      </c>
+      <c s="14" r="U19">
+        <v>10</v>
+      </c>
+      <c s="14" r="V19">
         <v>9</v>
       </c>
-      <c r="K7" s="42" t="s">
+      <c s="14" r="W19">
+        <v>30</v>
+      </c>
+      <c s="14" r="X19">
+        <v>33</v>
+      </c>
+      <c s="8" t="str" r="Y19"/>
+      <c s="14" r="Z19">
+        <v>32</v>
+      </c>
+      <c s="29" r="AA19">
+        <v>91</v>
+      </c>
+      <c s="9" t="str" r="AC19"/>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B20"/>
+      <c s="26" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Pediatrics (PD)</t>
+        </is>
+      </c>
+      <c s="12" r="D20">
+        <v>73</v>
+      </c>
+      <c s="12" r="E20">
+        <v>21</v>
+      </c>
+      <c s="8" t="str" r="F20"/>
+      <c s="12" r="G20">
+        <v>48</v>
+      </c>
+      <c s="12" r="H20">
+        <v>1718</v>
+      </c>
+      <c s="12" r="I20">
+        <v>1896</v>
+      </c>
+      <c s="12" r="J20">
+        <v>846</v>
+      </c>
+      <c s="12" r="K20">
+        <v>409</v>
+      </c>
+      <c s="8" t="str" r="L20"/>
+      <c s="12" r="M20">
+        <v>297</v>
+      </c>
+      <c s="12" r="N20">
+        <v>6</v>
+      </c>
+      <c s="12" r="O20">
+        <v>8</v>
+      </c>
+      <c s="12" r="P20">
+        <v>12</v>
+      </c>
+      <c s="12" r="Q20">
+        <v>122</v>
+      </c>
+      <c s="11" r="R20">
+        <v>2994</v>
+      </c>
+      <c s="12" r="S20">
+        <v>35</v>
+      </c>
+      <c s="12" r="T20">
+        <v>197</v>
+      </c>
+      <c s="12" r="U20">
+        <v>27</v>
+      </c>
+      <c s="12" r="V20">
+        <v>13</v>
+      </c>
+      <c s="12" r="W20">
+        <v>63</v>
+      </c>
+      <c s="12" r="X20">
+        <v>94</v>
+      </c>
+      <c s="8" t="str" r="Y20"/>
+      <c s="12" r="Z20">
+        <v>114</v>
+      </c>
+      <c s="27" r="AA20">
+        <v>391</v>
+      </c>
+      <c s="9" t="str" r="AC20"/>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B21"/>
+      <c s="28" t="inlineStr" r="C21">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (PM)</t>
+        </is>
+      </c>
+      <c s="14" r="D21">
+        <v>15</v>
+      </c>
+      <c s="16" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F21"/>
+      <c s="14" r="G21">
         <v>10</v>
       </c>
-      <c r="L7" s="43"/>
-      <c r="M7" s="20" t="s">
+      <c s="14" r="H21">
+        <v>99</v>
+      </c>
+      <c s="14" r="I21">
+        <v>125</v>
+      </c>
+      <c s="14" r="J21">
+        <v>114</v>
+      </c>
+      <c s="14" r="K21">
+        <v>7</v>
+      </c>
+      <c s="8" t="str" r="L21"/>
+      <c s="14" r="M21">
+        <v>34</v>
+      </c>
+      <c s="14" r="N21">
+        <v>5</v>
+      </c>
+      <c s="14" r="O21">
+        <v>14</v>
+      </c>
+      <c s="16" t="inlineStr" r="P21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q21">
+        <v>13</v>
+      </c>
+      <c s="14" r="R21">
+        <v>35</v>
+      </c>
+      <c s="15" r="S21">
+        <v>202</v>
+      </c>
+      <c s="14" r="T21">
+        <v>24</v>
+      </c>
+      <c s="14" r="U21">
+        <v>10</v>
+      </c>
+      <c s="16" t="inlineStr" r="V21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W21">
+        <v>14</v>
+      </c>
+      <c s="14" r="X21">
+        <v>15</v>
+      </c>
+      <c s="8" t="str" r="Y21"/>
+      <c s="14" r="Z21">
+        <v>27</v>
+      </c>
+      <c s="29" r="AA21">
+        <v>112</v>
+      </c>
+      <c s="9" t="str" r="AC21"/>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B22"/>
+      <c s="26" t="inlineStr" r="C22">
+        <is>
+          <t xml:space="preserve">Psychiatry (P)</t>
+        </is>
+      </c>
+      <c s="12" r="D22">
+        <v>33</v>
+      </c>
+      <c s="12" r="E22">
         <v>11</v>
       </c>
-      <c r="N7" s="20" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="20" t="s">
+      <c s="8" t="str" r="F22"/>
+      <c s="12" r="G22">
+        <v>25</v>
+      </c>
+      <c s="12" r="H22">
+        <v>577</v>
+      </c>
+      <c s="12" r="I22">
+        <v>554</v>
+      </c>
+      <c s="12" r="J22">
+        <v>273</v>
+      </c>
+      <c s="12" r="K22">
+        <v>44</v>
+      </c>
+      <c s="8" t="str" r="L22"/>
+      <c s="12" r="M22">
+        <v>124</v>
+      </c>
+      <c s="17" t="inlineStr" r="N22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O22">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="P22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q22">
+        <v>46</v>
+      </c>
+      <c s="12" r="R22">
+        <v>197</v>
+      </c>
+      <c s="12" r="S22">
+        <v>24</v>
+      </c>
+      <c s="11" r="T22">
+        <v>1322</v>
+      </c>
+      <c s="12" r="U22">
+        <v>17</v>
+      </c>
+      <c s="12" r="V22">
+        <v>8</v>
+      </c>
+      <c s="12" r="W22">
+        <v>19</v>
+      </c>
+      <c s="12" r="X22">
+        <v>37</v>
+      </c>
+      <c s="8" t="str" r="Y22"/>
+      <c s="12" r="Z22">
+        <v>38</v>
+      </c>
+      <c s="27" r="AA22">
+        <v>169</v>
+      </c>
+      <c s="9" t="str" r="AC22"/>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B23"/>
+      <c s="28" t="inlineStr" r="C23">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (GPM)</t>
+        </is>
+      </c>
+      <c s="14" r="D23">
+        <v>5</v>
+      </c>
+      <c s="14" r="E23">
+        <v>5</v>
+      </c>
+      <c s="8" t="str" r="F23"/>
+      <c s="14" r="G23">
+        <v>9</v>
+      </c>
+      <c s="14" r="H23">
+        <v>70</v>
+      </c>
+      <c s="14" r="I23">
+        <v>71</v>
+      </c>
+      <c s="14" r="J23">
+        <v>37</v>
+      </c>
+      <c s="14" r="K23">
         <v>13</v>
       </c>
-      <c r="P7" s="20" t="s">
+      <c s="8" t="str" r="L23"/>
+      <c s="14" r="M23">
+        <v>20</v>
+      </c>
+      <c s="14" r="N23">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q23">
+        <v>10</v>
+      </c>
+      <c s="14" r="R23">
+        <v>27</v>
+      </c>
+      <c s="14" r="S23">
+        <v>10</v>
+      </c>
+      <c s="14" r="T23">
+        <v>17</v>
+      </c>
+      <c s="15" r="U23">
+        <v>97</v>
+      </c>
+      <c s="16" t="inlineStr" r="V23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W23">
+        <v>7</v>
+      </c>
+      <c s="14" r="X23">
+        <v>7</v>
+      </c>
+      <c s="8" t="str" r="Y23"/>
+      <c s="14" r="Z23">
+        <v>8</v>
+      </c>
+      <c s="29" r="AA23">
+        <v>32</v>
+      </c>
+      <c s="9" t="str" r="AC23"/>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B24"/>
+      <c s="26" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (RO)</t>
+        </is>
+      </c>
+      <c s="12" r="D24">
+        <v>7</v>
+      </c>
+      <c s="12" r="E24">
+        <v>7</v>
+      </c>
+      <c s="8" t="str" r="F24"/>
+      <c s="17" t="inlineStr" r="G24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H24">
+        <v>27</v>
+      </c>
+      <c s="12" r="I24">
+        <v>67</v>
+      </c>
+      <c s="12" r="J24">
+        <v>69</v>
+      </c>
+      <c s="12" r="K24">
+        <v>7</v>
+      </c>
+      <c s="8" t="str" r="L24"/>
+      <c s="12" r="M24">
+        <v>19</v>
+      </c>
+      <c s="12" r="N24">
+        <v>7</v>
+      </c>
+      <c s="17" t="inlineStr" r="O24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="Q24">
+        <v>9</v>
+      </c>
+      <c s="12" r="R24">
+        <v>13</v>
+      </c>
+      <c s="17" t="inlineStr" r="S24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="T24">
+        <v>8</v>
+      </c>
+      <c s="17" t="inlineStr" r="U24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="V24">
+        <v>105</v>
+      </c>
+      <c s="12" r="W24">
+        <v>25</v>
+      </c>
+      <c s="12" r="X24">
+        <v>9</v>
+      </c>
+      <c s="8" t="str" r="Y24"/>
+      <c s="12" r="Z24">
+        <v>27</v>
+      </c>
+      <c s="27" r="AA24">
+        <v>53</v>
+      </c>
+      <c s="9" t="str" r="AC24"/>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B25"/>
+      <c s="28" t="inlineStr" r="C25">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (DR)</t>
+        </is>
+      </c>
+      <c s="14" r="D25">
+        <v>44</v>
+      </c>
+      <c s="14" r="E25">
+        <v>13</v>
+      </c>
+      <c s="8" t="str" r="F25"/>
+      <c s="14" r="G25">
+        <v>9</v>
+      </c>
+      <c s="14" r="H25">
+        <v>113</v>
+      </c>
+      <c s="14" r="I25">
+        <v>274</v>
+      </c>
+      <c s="14" r="J25">
+        <v>332</v>
+      </c>
+      <c s="14" r="K25">
+        <v>21</v>
+      </c>
+      <c s="8" t="str" r="L25"/>
+      <c s="14" r="M25">
+        <v>53</v>
+      </c>
+      <c s="14" r="N25">
+        <v>53</v>
+      </c>
+      <c s="14" r="O25">
         <v>14</v>
       </c>
-      <c r="Q7" s="20" t="s">
+      <c s="14" r="P25">
+        <v>6</v>
+      </c>
+      <c s="14" r="Q25">
+        <v>30</v>
+      </c>
+      <c s="14" r="R25">
+        <v>63</v>
+      </c>
+      <c s="14" r="S25">
+        <v>14</v>
+      </c>
+      <c s="14" r="T25">
+        <v>19</v>
+      </c>
+      <c s="14" r="U25">
+        <v>7</v>
+      </c>
+      <c s="14" r="V25">
+        <v>25</v>
+      </c>
+      <c s="15" r="W25">
+        <v>523</v>
+      </c>
+      <c s="14" r="X25">
+        <v>59</v>
+      </c>
+      <c s="8" t="str" r="Y25"/>
+      <c s="14" r="Z25">
+        <v>157</v>
+      </c>
+      <c s="29" r="AA25">
+        <v>298</v>
+      </c>
+      <c s="9" t="str" r="AC25"/>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B26"/>
+      <c s="26" t="inlineStr" r="C26">
+        <is>
+          <t xml:space="preserve">Surgery - Cat (GS_C)</t>
+        </is>
+      </c>
+      <c s="12" r="D26">
+        <v>99</v>
+      </c>
+      <c s="12" r="E26">
+        <v>17</v>
+      </c>
+      <c s="8" t="str" r="F26"/>
+      <c s="12" r="G26">
+        <v>34</v>
+      </c>
+      <c s="12" r="H26">
+        <v>269</v>
+      </c>
+      <c s="12" r="I26">
+        <v>514</v>
+      </c>
+      <c s="12" r="J26">
+        <v>245</v>
+      </c>
+      <c s="12" r="K26">
+        <v>27</v>
+      </c>
+      <c s="8" t="str" r="L26"/>
+      <c s="12" r="M26">
+        <v>55</v>
+      </c>
+      <c s="12" r="N26">
+        <v>5</v>
+      </c>
+      <c s="12" r="O26">
+        <v>85</v>
+      </c>
+      <c s="12" r="P26">
+        <v>28</v>
+      </c>
+      <c s="12" r="Q26">
+        <v>33</v>
+      </c>
+      <c s="12" r="R26">
+        <v>94</v>
+      </c>
+      <c s="12" r="S26">
         <v>15</v>
       </c>
-      <c r="R7" s="20" t="s">
-[...17 lines deleted...]
-      <c r="X7" s="42" t="s">
+      <c s="12" r="T26">
+        <v>37</v>
+      </c>
+      <c s="12" r="U26">
+        <v>7</v>
+      </c>
+      <c s="12" r="V26">
+        <v>9</v>
+      </c>
+      <c s="12" r="W26">
+        <v>59</v>
+      </c>
+      <c s="11" r="X26">
+        <v>1624</v>
+      </c>
+      <c s="8" t="str" r="Y26"/>
+      <c s="12" r="Z26">
+        <v>1212</v>
+      </c>
+      <c s="27" r="AA26">
+        <v>140</v>
+      </c>
+      <c s="9" t="str" r="AC26"/>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B27"/>
+      <c s="28" t="inlineStr" r="C27">
+        <is>
+          <t xml:space="preserve">Surgery - Pre (GS_P)</t>
+        </is>
+      </c>
+      <c s="14" r="D27">
+        <v>150</v>
+      </c>
+      <c s="14" r="E27">
         <v>22</v>
       </c>
-      <c r="Y7" s="43"/>
-      <c r="Z7" s="20" t="s">
+      <c s="8" t="str" r="F27"/>
+      <c s="14" r="G27">
+        <v>29</v>
+      </c>
+      <c s="14" r="H27">
+        <v>283</v>
+      </c>
+      <c s="14" r="I27">
+        <v>540</v>
+      </c>
+      <c s="14" r="J27">
+        <v>482</v>
+      </c>
+      <c s="14" r="K27">
+        <v>29</v>
+      </c>
+      <c s="8" t="str" r="L27"/>
+      <c s="14" r="M27">
+        <v>69</v>
+      </c>
+      <c s="14" r="N27">
         <v>23</v>
       </c>
-      <c r="AA7" s="21" t="s">
-[...6 lines deleted...]
-      <c r="C8" s="22" t="s">
+      <c s="14" r="O27">
+        <v>78</v>
+      </c>
+      <c s="14" r="P27">
         <v>25</v>
       </c>
-      <c r="D8" s="9">
-[...79 lines deleted...]
-      <c r="G9" s="14" t="s">
+      <c s="14" r="Q27">
+        <v>32</v>
+      </c>
+      <c s="14" r="R27">
+        <v>114</v>
+      </c>
+      <c s="14" r="S27">
         <v>27</v>
       </c>
-      <c r="H9" s="12">
-[...8 lines deleted...]
-      <c r="K9" s="34">
+      <c s="14" r="T27">
+        <v>38</v>
+      </c>
+      <c s="14" r="U27">
         <v>8</v>
       </c>
-      <c r="L9" s="30"/>
-[...3 lines deleted...]
-      <c r="N9" s="14" t="s">
+      <c s="14" r="V27">
         <v>27</v>
       </c>
-      <c r="O9" s="14" t="s">
-[...56 lines deleted...]
-      <c r="I10" s="10">
+      <c s="14" r="W27">
+        <v>157</v>
+      </c>
+      <c s="14" r="X27">
+        <v>1212</v>
+      </c>
+      <c s="8" t="str" r="Y27"/>
+      <c s="15" r="Z27">
+        <v>1630</v>
+      </c>
+      <c s="29" r="AA27">
+        <v>376</v>
+      </c>
+      <c s="9" t="str" r="AC27"/>
+    </row>
+    <row r="28" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B28"/>
+      <c s="30" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Transitional Year (TY)</t>
+        </is>
+      </c>
+      <c s="31" r="D28">
+        <v>281</v>
+      </c>
+      <c s="31" r="E28">
+        <v>70</v>
+      </c>
+      <c s="32" t="str" r="F28"/>
+      <c s="31" r="G28">
+        <v>44</v>
+      </c>
+      <c s="31" r="H28">
+        <v>1073</v>
+      </c>
+      <c s="31" r="I28">
+        <v>1551</v>
+      </c>
+      <c s="31" r="J28">
+        <v>1540</v>
+      </c>
+      <c s="31" r="K28">
+        <v>134</v>
+      </c>
+      <c s="32" t="str" r="L28"/>
+      <c s="31" r="M28">
+        <v>433</v>
+      </c>
+      <c s="31" r="N28">
+        <v>34</v>
+      </c>
+      <c s="31" r="O28">
+        <v>30</v>
+      </c>
+      <c s="31" r="P28">
+        <v>8</v>
+      </c>
+      <c s="31" r="Q28">
+        <v>91</v>
+      </c>
+      <c s="31" r="R28">
+        <v>391</v>
+      </c>
+      <c s="31" r="S28">
+        <v>112</v>
+      </c>
+      <c s="31" r="T28">
+        <v>169</v>
+      </c>
+      <c s="31" r="U28">
+        <v>32</v>
+      </c>
+      <c s="31" r="V28">
+        <v>53</v>
+      </c>
+      <c s="31" r="W28">
+        <v>298</v>
+      </c>
+      <c s="31" r="X28">
         <v>140</v>
       </c>
-      <c r="J10" s="10">
-[...1414 lines deleted...]
-    <row r="33" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="32" t="str" r="Y28"/>
+      <c s="31" r="Z28">
+        <v>376</v>
+      </c>
+      <c s="33" r="AA28">
+        <v>2318</v>
+      </c>
+      <c s="9" t="str" r="AC28"/>
+    </row>
+    <row r="29" ht="0.05" customHeight="1">
+      <c s="5" t="str" r="B29"/>
+      <c s="9" t="str" r="AC29"/>
+    </row>
+    <row r="30" ht="1.05" customHeight="1">
+      <c s="18" t="str" r="B30"/>
+      <c s="19" t="str" r="C30"/>
+      <c s="19" t="str" r="D30"/>
+      <c s="19" t="str" r="E30"/>
+      <c s="19" t="str" r="F30"/>
+      <c s="19" t="str" r="G30"/>
+      <c s="19" t="str" r="H30"/>
+      <c s="19" t="str" r="I30"/>
+      <c s="19" t="str" r="J30"/>
+      <c s="19" t="str" r="K30"/>
+      <c s="19" t="str" r="L30"/>
+      <c s="19" t="str" r="M30"/>
+      <c s="19" t="str" r="N30"/>
+      <c s="19" t="str" r="O30"/>
+      <c s="19" t="str" r="P30"/>
+      <c s="19" t="str" r="Q30"/>
+      <c s="19" t="str" r="R30"/>
+      <c s="19" t="str" r="S30"/>
+      <c s="19" t="str" r="T30"/>
+      <c s="19" t="str" r="U30"/>
+      <c s="19" t="str" r="V30"/>
+      <c s="19" t="str" r="W30"/>
+      <c s="19" t="str" r="X30"/>
+      <c s="19" t="str" r="Y30"/>
+      <c s="19" t="str" r="Z30"/>
+      <c s="19" t="str" r="AA30"/>
+      <c s="19" t="str" r="AB30"/>
+      <c s="20" t="str" r="AC30"/>
+    </row>
+    <row r="31" ht="1.1" customHeight="1"/>
+    <row r="32" ht="15.8" customHeight="1">
+      <c s="21" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="0.05" customHeight="1"/>
   </sheetData>
-  <mergeCells count="71">
+  <mergeCells>
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="Y2:AD4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="X7:Y7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="X9:Y9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="X10:Y10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="X12:Y12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="X13:Y13"/>
@@ -4894,1831 +4733,2190 @@
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="X18:Y18"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="X19:Y19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="X20:Y20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="X22:Y22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="X23:Y23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="X24:Y24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="X25:Y25"/>
-    <mergeCell ref="E28:F28"/>
-[...2 lines deleted...]
-    <mergeCell ref="B32:K32"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="X26:Y26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="B32:K32"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId10"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="B1:AD34"/>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView workbookViewId="0" showGridLines="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.5703125" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="33" max="33" width="3.5703125" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="3.54296875"/>
+    <col min="2" max="2" customWidth="1" width="0.140625"/>
+    <col min="3" max="3" customWidth="1" width="49.37109375"/>
+    <col min="4" max="4" customWidth="1" width="8.48046875"/>
+    <col min="5" max="5" customWidth="1" width="1.03125"/>
+    <col min="6" max="6" customWidth="1" width="7.453125"/>
+    <col min="7" max="7" customWidth="1" width="8.48046875"/>
+    <col min="8" max="8" customWidth="1" width="8.48046875"/>
+    <col min="9" max="9" customWidth="1" width="8.4921875"/>
+    <col min="10" max="10" customWidth="1" width="8.48046875"/>
+    <col min="11" max="11" customWidth="1" width="1.05078125"/>
+    <col min="12" max="12" customWidth="1" width="7.43359375"/>
+    <col min="13" max="13" customWidth="1" width="8.48046875"/>
+    <col min="14" max="14" customWidth="1" width="8.48046875"/>
+    <col min="15" max="15" customWidth="1" width="8.4921875"/>
+    <col min="16" max="16" customWidth="1" width="8.48046875"/>
+    <col min="17" max="17" customWidth="1" width="8.48046875"/>
+    <col min="18" max="18" customWidth="1" width="8.4921875"/>
+    <col min="19" max="19" customWidth="1" width="8.48046875"/>
+    <col min="20" max="20" customWidth="1" width="8.48046875"/>
+    <col min="21" max="21" customWidth="1" width="8.4921875"/>
+    <col min="22" max="22" customWidth="1" width="8.48046875"/>
+    <col min="23" max="23" customWidth="1" width="8.48046875"/>
+    <col min="24" max="24" customWidth="1" width="6.15234375"/>
+    <col min="25" max="25" customWidth="1" width="2.34375"/>
+    <col min="26" max="26" customWidth="1" width="8.48046875"/>
+    <col min="27" max="27" customWidth="1" width="8.48046875"/>
+    <col min="28" max="28" customWidth="1" width="0.0234375"/>
+    <col min="29" max="29" customWidth="1" width="0.15234375"/>
+    <col min="30" max="30" customWidth="1" width="3.84375"/>
+    <col min="31" max="31" customWidth="1" width="5.59375"/>
+    <col min="32" max="32" customWidth="1" width="2.6328125"/>
+    <col min="33" max="33" customWidth="1" width="3.55078125"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...82 lines deleted...]
-      <c r="E7" s="42" t="s">
+    <row r="1" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B1">
+        <is>
+          <t xml:space="preserve">CROSS Speciality Applicant Data</t>
+        </is>
+      </c>
+    </row>
+    <row r="2" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B2">
+        <is>
+          <t xml:space="preserve">Residency (All Excluding IMGs)</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="0.05" customHeight="1"/>
+    <row r="4" ht="17.25" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">ERAS </t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">2026</t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FF000000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="11"/>
+              <color rgb="FFFF0000"/>
+              <rFont val="Calibri"/>
+            </rPr>
+            <t xml:space="preserve">Data as of Jan, 05, 2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="13" customHeight="1"/>
+    <row r="6" ht="0.7" customHeight="1">
+      <c s="2" t="str" r="B6"/>
+      <c s="3" t="str" r="C6"/>
+      <c s="3" t="str" r="D6"/>
+      <c s="3" t="str" r="E6"/>
+      <c s="3" t="str" r="F6"/>
+      <c s="3" t="str" r="G6"/>
+      <c s="3" t="str" r="H6"/>
+      <c s="3" t="str" r="I6"/>
+      <c s="3" t="str" r="J6"/>
+      <c s="3" t="str" r="K6"/>
+      <c s="3" t="str" r="L6"/>
+      <c s="3" t="str" r="M6"/>
+      <c s="3" t="str" r="N6"/>
+      <c s="3" t="str" r="O6"/>
+      <c s="3" t="str" r="P6"/>
+      <c s="3" t="str" r="Q6"/>
+      <c s="3" t="str" r="R6"/>
+      <c s="3" t="str" r="S6"/>
+      <c s="3" t="str" r="T6"/>
+      <c s="3" t="str" r="U6"/>
+      <c s="3" t="str" r="V6"/>
+      <c s="3" t="str" r="W6"/>
+      <c s="3" t="str" r="X6"/>
+      <c s="3" t="str" r="Y6"/>
+      <c s="3" t="str" r="Z6"/>
+      <c s="3" t="str" r="AA6"/>
+      <c s="3" t="str" r="AB6"/>
+      <c s="4" t="str" r="AC6"/>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B7"/>
+      <c s="22" t="inlineStr" r="C7">
+        <is>
+          <t xml:space="preserve">SPECIALTY</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">AN</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E7">
+        <is>
+          <t xml:space="preserve">D</t>
+        </is>
+      </c>
+      <c s="24" t="str" r="F7"/>
+      <c s="23" t="inlineStr" r="G7">
+        <is>
+          <t xml:space="preserve">EM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="H7">
+        <is>
+          <t xml:space="preserve">FM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="I7">
+        <is>
+          <t xml:space="preserve">IM_C</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J7">
+        <is>
+          <t xml:space="preserve">IM_P</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="K7">
+        <is>
+          <t xml:space="preserve">MPD</t>
+        </is>
+      </c>
+      <c s="24" t="str" r="L7"/>
+      <c s="23" t="inlineStr" r="M7">
+        <is>
+          <t xml:space="preserve">N</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="N7">
+        <is>
+          <t xml:space="preserve">NM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="O7">
+        <is>
+          <t xml:space="preserve">ORS</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="P7">
+        <is>
+          <t xml:space="preserve">OTO</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="Q7">
+        <is>
+          <t xml:space="preserve">PTH</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="R7">
+        <is>
+          <t xml:space="preserve">PD</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="S7">
+        <is>
+          <t xml:space="preserve">PM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="T7">
+        <is>
+          <t xml:space="preserve">P</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="U7">
+        <is>
+          <t xml:space="preserve">GPM</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="V7">
+        <is>
+          <t xml:space="preserve">RO</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="W7">
+        <is>
+          <t xml:space="preserve">DR</t>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="X7">
+        <is>
+          <t xml:space="preserve">GS_C</t>
+        </is>
+      </c>
+      <c s="24" t="str" r="Y7"/>
+      <c s="23" t="inlineStr" r="Z7">
+        <is>
+          <t xml:space="preserve">GS_P</t>
+        </is>
+      </c>
+      <c s="25" t="inlineStr" r="AA7">
+        <is>
+          <t xml:space="preserve">TY</t>
+        </is>
+      </c>
+      <c s="9" t="str" r="AC7"/>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B8"/>
+      <c s="26" t="inlineStr" r="C8">
+        <is>
+          <t xml:space="preserve">Anesthesiology (AN)</t>
+        </is>
+      </c>
+      <c s="11" r="D8">
+        <v>2909</v>
+      </c>
+      <c s="12" r="E8">
+        <v>26</v>
+      </c>
+      <c s="8" t="str" r="F8"/>
+      <c s="12" r="G8">
         <v>5</v>
       </c>
-      <c r="F7" s="43"/>
-      <c r="G7" s="20" t="s">
+      <c s="12" r="H8">
+        <v>107</v>
+      </c>
+      <c s="12" r="I8">
+        <v>454</v>
+      </c>
+      <c s="12" r="J8">
+        <v>1527</v>
+      </c>
+      <c s="17" t="inlineStr" r="K8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L8"/>
+      <c s="12" r="M8">
+        <v>25</v>
+      </c>
+      <c s="17" t="inlineStr" r="N8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O8">
+        <v>51</v>
+      </c>
+      <c s="12" r="P8">
+        <v>15</v>
+      </c>
+      <c s="12" r="Q8">
+        <v>14</v>
+      </c>
+      <c s="12" r="R8">
+        <v>55</v>
+      </c>
+      <c s="12" r="S8">
+        <v>39</v>
+      </c>
+      <c s="12" r="T8">
+        <v>54</v>
+      </c>
+      <c s="12" r="U8">
+        <v>7</v>
+      </c>
+      <c s="12" r="V8">
+        <v>7</v>
+      </c>
+      <c s="12" r="W8">
+        <v>46</v>
+      </c>
+      <c s="12" r="X8">
+        <v>60</v>
+      </c>
+      <c s="8" t="str" r="Y8"/>
+      <c s="12" r="Z8">
+        <v>227</v>
+      </c>
+      <c s="27" r="AA8">
+        <v>1607</v>
+      </c>
+      <c s="9" t="str" r="AC8"/>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B9"/>
+      <c s="28" t="inlineStr" r="C9">
+        <is>
+          <t xml:space="preserve">Dermatology (D)</t>
+        </is>
+      </c>
+      <c s="14" r="D9">
+        <v>26</v>
+      </c>
+      <c s="15" r="E9">
+        <v>1196</v>
+      </c>
+      <c s="8" t="str" r="F9"/>
+      <c s="16" t="inlineStr" r="G9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H9">
+        <v>61</v>
+      </c>
+      <c s="14" r="I9">
+        <v>220</v>
+      </c>
+      <c s="14" r="J9">
+        <v>847</v>
+      </c>
+      <c s="16" t="inlineStr" r="K9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L9"/>
+      <c s="14" r="M9">
+        <v>9</v>
+      </c>
+      <c s="16" t="inlineStr" r="N9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q9">
+        <v>14</v>
+      </c>
+      <c s="14" r="R9">
+        <v>99</v>
+      </c>
+      <c s="14" r="S9">
+        <v>11</v>
+      </c>
+      <c s="14" r="T9">
+        <v>21</v>
+      </c>
+      <c s="16" t="inlineStr" r="U9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V9">
         <v>6</v>
       </c>
-      <c r="H7" s="20" t="s">
+      <c s="14" r="W9">
+        <v>28</v>
+      </c>
+      <c s="14" r="X9">
+        <v>8</v>
+      </c>
+      <c s="8" t="str" r="Y9"/>
+      <c s="14" r="Z9">
+        <v>16</v>
+      </c>
+      <c s="29" r="AA9">
+        <v>862</v>
+      </c>
+      <c s="9" t="str" r="AC9"/>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B10"/>
+      <c s="26" t="inlineStr" r="C10">
+        <is>
+          <t xml:space="preserve">Emergency Medicine (EM)</t>
+        </is>
+      </c>
+      <c s="12" r="D10">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="E10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F10"/>
+      <c s="11" r="G10">
+        <v>28</v>
+      </c>
+      <c s="12" r="H10">
+        <v>13</v>
+      </c>
+      <c s="12" r="I10">
+        <v>13</v>
+      </c>
+      <c s="12" r="J10">
+        <v>8</v>
+      </c>
+      <c s="17" t="inlineStr" r="K10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L10"/>
+      <c s="17" t="inlineStr" r="M10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="R10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="S10">
+        <v>5</v>
+      </c>
+      <c s="12" r="T10">
+        <v>5</v>
+      </c>
+      <c s="17" t="inlineStr" r="U10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="W10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="X10">
+        <v>8</v>
+      </c>
+      <c s="8" t="str" r="Y10"/>
+      <c s="12" r="Z10">
+        <v>6</v>
+      </c>
+      <c s="27" r="AA10">
         <v>7</v>
       </c>
-      <c r="I7" s="20" t="s">
+      <c s="9" t="str" r="AC10"/>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B11"/>
+      <c s="28" t="inlineStr" r="C11">
+        <is>
+          <t xml:space="preserve">Family Medicine (FM)</t>
+        </is>
+      </c>
+      <c s="14" r="D11">
+        <v>107</v>
+      </c>
+      <c s="14" r="E11">
+        <v>61</v>
+      </c>
+      <c s="8" t="str" r="F11"/>
+      <c s="14" r="G11">
+        <v>13</v>
+      </c>
+      <c s="15" r="H11">
+        <v>4294</v>
+      </c>
+      <c s="14" r="I11">
+        <v>556</v>
+      </c>
+      <c s="14" r="J11">
+        <v>229</v>
+      </c>
+      <c s="14" r="K11">
+        <v>50</v>
+      </c>
+      <c s="8" t="str" r="L11"/>
+      <c s="14" r="M11">
+        <v>58</v>
+      </c>
+      <c s="16" t="inlineStr" r="N11">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O11">
+        <v>74</v>
+      </c>
+      <c s="14" r="P11">
+        <v>12</v>
+      </c>
+      <c s="14" r="Q11">
+        <v>39</v>
+      </c>
+      <c s="14" r="R11">
+        <v>100</v>
+      </c>
+      <c s="14" r="S11">
+        <v>151</v>
+      </c>
+      <c s="14" r="T11">
+        <v>284</v>
+      </c>
+      <c s="14" r="U11">
+        <v>25</v>
+      </c>
+      <c s="14" r="V11">
+        <v>13</v>
+      </c>
+      <c s="14" r="W11">
+        <v>55</v>
+      </c>
+      <c s="14" r="X11">
+        <v>91</v>
+      </c>
+      <c s="8" t="str" r="Y11"/>
+      <c s="14" r="Z11">
+        <v>71</v>
+      </c>
+      <c s="29" r="AA11">
+        <v>253</v>
+      </c>
+      <c s="9" t="str" r="AC11"/>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B12"/>
+      <c s="26" t="inlineStr" r="C12">
+        <is>
+          <t xml:space="preserve">Internal Medicine - Cat (IM_C)</t>
+        </is>
+      </c>
+      <c s="12" r="D12">
+        <v>454</v>
+      </c>
+      <c s="12" r="E12">
+        <v>220</v>
+      </c>
+      <c s="8" t="str" r="F12"/>
+      <c s="12" r="G12">
+        <v>13</v>
+      </c>
+      <c s="12" r="H12">
+        <v>556</v>
+      </c>
+      <c s="11" r="I12">
+        <v>8417</v>
+      </c>
+      <c s="12" r="J12">
+        <v>1059</v>
+      </c>
+      <c s="12" r="K12">
+        <v>150</v>
+      </c>
+      <c s="8" t="str" r="L12"/>
+      <c s="12" r="M12">
+        <v>161</v>
+      </c>
+      <c s="12" r="N12">
+        <v>6</v>
+      </c>
+      <c s="12" r="O12">
+        <v>87</v>
+      </c>
+      <c s="12" r="P12">
+        <v>53</v>
+      </c>
+      <c s="12" r="Q12">
+        <v>52</v>
+      </c>
+      <c s="12" r="R12">
+        <v>73</v>
+      </c>
+      <c s="12" r="S12">
+        <v>139</v>
+      </c>
+      <c s="12" r="T12">
+        <v>232</v>
+      </c>
+      <c s="12" r="U12">
+        <v>23</v>
+      </c>
+      <c s="12" r="V12">
+        <v>40</v>
+      </c>
+      <c s="12" r="W12">
+        <v>255</v>
+      </c>
+      <c s="12" r="X12">
+        <v>229</v>
+      </c>
+      <c s="8" t="str" r="Y12"/>
+      <c s="12" r="Z12">
+        <v>152</v>
+      </c>
+      <c s="27" r="AA12">
+        <v>711</v>
+      </c>
+      <c s="9" t="str" r="AC12"/>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B13"/>
+      <c s="28" t="inlineStr" r="C13">
+        <is>
+          <t xml:space="preserve">Internal Medicine - Pre (IM_P)</t>
+        </is>
+      </c>
+      <c s="14" r="D13">
+        <v>1527</v>
+      </c>
+      <c s="14" r="E13">
+        <v>847</v>
+      </c>
+      <c s="8" t="str" r="F13"/>
+      <c s="14" r="G13">
         <v>8</v>
       </c>
-      <c r="J7" s="20" t="s">
+      <c s="14" r="H13">
+        <v>229</v>
+      </c>
+      <c s="14" r="I13">
+        <v>1059</v>
+      </c>
+      <c s="15" r="J13">
+        <v>5516</v>
+      </c>
+      <c s="14" r="K13">
+        <v>13</v>
+      </c>
+      <c s="8" t="str" r="L13"/>
+      <c s="14" r="M13">
+        <v>868</v>
+      </c>
+      <c s="14" r="N13">
         <v>9</v>
       </c>
-      <c r="K7" s="42" t="s">
+      <c s="14" r="O13">
+        <v>57</v>
+      </c>
+      <c s="14" r="P13">
+        <v>12</v>
+      </c>
+      <c s="14" r="Q13">
+        <v>29</v>
+      </c>
+      <c s="14" r="R13">
+        <v>155</v>
+      </c>
+      <c s="14" r="S13">
+        <v>662</v>
+      </c>
+      <c s="14" r="T13">
+        <v>107</v>
+      </c>
+      <c s="14" r="U13">
         <v>10</v>
       </c>
-      <c r="L7" s="43"/>
-      <c r="M7" s="20" t="s">
+      <c s="14" r="V13">
+        <v>174</v>
+      </c>
+      <c s="14" r="W13">
+        <v>1136</v>
+      </c>
+      <c s="14" r="X13">
+        <v>50</v>
+      </c>
+      <c s="8" t="str" r="Y13"/>
+      <c s="14" r="Z13">
+        <v>450</v>
+      </c>
+      <c s="29" r="AA13">
+        <v>4248</v>
+      </c>
+      <c s="9" t="str" r="AC13"/>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B14"/>
+      <c s="26" t="inlineStr" r="C14">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Pediatrics (MPD)</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="E14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F14"/>
+      <c s="17" t="inlineStr" r="G14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H14">
+        <v>50</v>
+      </c>
+      <c s="12" r="I14">
+        <v>150</v>
+      </c>
+      <c s="12" r="J14">
+        <v>13</v>
+      </c>
+      <c s="11" r="K14">
+        <v>534</v>
+      </c>
+      <c s="8" t="str" r="L14"/>
+      <c s="17" t="inlineStr" r="M14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="R14">
+        <v>128</v>
+      </c>
+      <c s="17" t="inlineStr" r="S14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="W14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="X14">
+        <v>5</v>
+      </c>
+      <c s="8" t="str" r="Y14"/>
+      <c s="12" r="Z14">
+        <v>6</v>
+      </c>
+      <c s="27" r="AA14">
+        <v>7</v>
+      </c>
+      <c s="9" t="str" r="AC14"/>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B15"/>
+      <c s="28" t="inlineStr" r="C15">
+        <is>
+          <t xml:space="preserve">Neurology (N)</t>
+        </is>
+      </c>
+      <c s="14" r="D15">
+        <v>25</v>
+      </c>
+      <c s="14" r="E15">
+        <v>9</v>
+      </c>
+      <c s="8" t="str" r="F15"/>
+      <c s="16" t="inlineStr" r="G15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H15">
+        <v>58</v>
+      </c>
+      <c s="14" r="I15">
+        <v>161</v>
+      </c>
+      <c s="14" r="J15">
+        <v>868</v>
+      </c>
+      <c s="16" t="inlineStr" r="K15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L15"/>
+      <c s="15" r="M15">
+        <v>1261</v>
+      </c>
+      <c s="16" t="inlineStr" r="N15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q15">
+        <v>5</v>
+      </c>
+      <c s="14" r="R15">
+        <v>18</v>
+      </c>
+      <c s="14" r="S15">
+        <v>27</v>
+      </c>
+      <c s="14" r="T15">
+        <v>40</v>
+      </c>
+      <c s="16" t="inlineStr" r="U15">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V15">
+        <v>7</v>
+      </c>
+      <c s="14" r="W15">
+        <v>21</v>
+      </c>
+      <c s="14" r="X15">
         <v>11</v>
       </c>
-      <c r="N7" s="20" t="s">
+      <c s="8" t="str" r="Y15"/>
+      <c s="14" r="Z15">
         <v>12</v>
       </c>
-      <c r="O7" s="20" t="s">
+      <c s="29" r="AA15">
+        <v>428</v>
+      </c>
+      <c s="9" t="str" r="AC15"/>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B16"/>
+      <c s="26" t="inlineStr" r="C16">
+        <is>
+          <t xml:space="preserve">Nuclear Medicine (NM)</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F16"/>
+      <c s="17" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="H16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="I16">
+        <v>6</v>
+      </c>
+      <c s="12" r="J16">
+        <v>9</v>
+      </c>
+      <c s="17" t="inlineStr" r="K16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L16"/>
+      <c s="17" t="inlineStr" r="M16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="N16">
+        <v>22</v>
+      </c>
+      <c s="17" t="inlineStr" r="O16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="R16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="S16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="T16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="U16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="V16">
+        <v>7</v>
+      </c>
+      <c s="12" r="W16">
+        <v>20</v>
+      </c>
+      <c s="17" t="inlineStr" r="X16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="Y16"/>
+      <c s="17" t="inlineStr" r="Z16">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="27" r="AA16">
+        <v>7</v>
+      </c>
+      <c s="9" t="str" r="AC16"/>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B17"/>
+      <c s="28" t="inlineStr" r="C17">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery (ORS)</t>
+        </is>
+      </c>
+      <c s="14" r="D17">
+        <v>51</v>
+      </c>
+      <c s="16" t="inlineStr" r="E17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F17"/>
+      <c s="16" t="inlineStr" r="G17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H17">
+        <v>74</v>
+      </c>
+      <c s="14" r="I17">
+        <v>87</v>
+      </c>
+      <c s="14" r="J17">
+        <v>57</v>
+      </c>
+      <c s="16" t="inlineStr" r="K17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L17"/>
+      <c s="16" t="inlineStr" r="M17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="N17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="O17">
+        <v>1761</v>
+      </c>
+      <c s="16" t="inlineStr" r="P17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="Q17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="R17">
+        <v>11</v>
+      </c>
+      <c s="14" r="S17">
+        <v>39</v>
+      </c>
+      <c s="14" r="T17">
+        <v>12</v>
+      </c>
+      <c s="16" t="inlineStr" r="U17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="V17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W17">
+        <v>50</v>
+      </c>
+      <c s="14" r="X17">
+        <v>193</v>
+      </c>
+      <c s="8" t="str" r="Y17"/>
+      <c s="14" r="Z17">
+        <v>162</v>
+      </c>
+      <c s="29" r="AA17">
+        <v>78</v>
+      </c>
+      <c s="9" t="str" r="AC17"/>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B18"/>
+      <c s="26" t="inlineStr" r="C18">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery (OTO)</t>
+        </is>
+      </c>
+      <c s="12" r="D18">
+        <v>15</v>
+      </c>
+      <c s="17" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F18"/>
+      <c s="17" t="inlineStr" r="G18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H18">
+        <v>12</v>
+      </c>
+      <c s="12" r="I18">
+        <v>53</v>
+      </c>
+      <c s="12" r="J18">
+        <v>12</v>
+      </c>
+      <c s="17" t="inlineStr" r="K18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L18"/>
+      <c s="17" t="inlineStr" r="M18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="O18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="P18">
+        <v>593</v>
+      </c>
+      <c s="17" t="inlineStr" r="Q18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="R18">
+        <v>11</v>
+      </c>
+      <c s="17" t="inlineStr" r="S18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="T18">
+        <v>6</v>
+      </c>
+      <c s="17" t="inlineStr" r="U18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="W18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="X18">
+        <v>50</v>
+      </c>
+      <c s="8" t="str" r="Y18"/>
+      <c s="12" r="Z18">
+        <v>50</v>
+      </c>
+      <c s="27" r="AA18">
+        <v>17</v>
+      </c>
+      <c s="9" t="str" r="AC18"/>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B19"/>
+      <c s="28" t="inlineStr" r="C19">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical (PTH)</t>
+        </is>
+      </c>
+      <c s="14" r="D19">
+        <v>14</v>
+      </c>
+      <c s="14" r="E19">
+        <v>14</v>
+      </c>
+      <c s="8" t="str" r="F19"/>
+      <c s="16" t="inlineStr" r="G19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H19">
+        <v>39</v>
+      </c>
+      <c s="14" r="I19">
+        <v>52</v>
+      </c>
+      <c s="14" r="J19">
+        <v>29</v>
+      </c>
+      <c s="16" t="inlineStr" r="K19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L19"/>
+      <c s="14" r="M19">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="N19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="15" r="Q19">
+        <v>592</v>
+      </c>
+      <c s="14" r="R19">
+        <v>9</v>
+      </c>
+      <c s="14" r="S19">
+        <v>7</v>
+      </c>
+      <c s="14" r="T19">
+        <v>16</v>
+      </c>
+      <c s="14" r="U19">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="V19">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W19">
+        <v>27</v>
+      </c>
+      <c s="14" r="X19">
+        <v>9</v>
+      </c>
+      <c s="8" t="str" r="Y19"/>
+      <c s="14" r="Z19">
+        <v>6</v>
+      </c>
+      <c s="29" r="AA19">
+        <v>37</v>
+      </c>
+      <c s="9" t="str" r="AC19"/>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B20"/>
+      <c s="26" t="inlineStr" r="C20">
+        <is>
+          <t xml:space="preserve">Pediatrics (PD)</t>
+        </is>
+      </c>
+      <c s="12" r="D20">
+        <v>55</v>
+      </c>
+      <c s="12" r="E20">
+        <v>99</v>
+      </c>
+      <c s="8" t="str" r="F20"/>
+      <c s="17" t="inlineStr" r="G20">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H20">
+        <v>100</v>
+      </c>
+      <c s="12" r="I20">
+        <v>73</v>
+      </c>
+      <c s="12" r="J20">
+        <v>155</v>
+      </c>
+      <c s="12" r="K20">
+        <v>128</v>
+      </c>
+      <c s="8" t="str" r="L20"/>
+      <c s="12" r="M20">
+        <v>18</v>
+      </c>
+      <c s="17" t="inlineStr" r="N20">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O20">
+        <v>11</v>
+      </c>
+      <c s="12" r="P20">
+        <v>11</v>
+      </c>
+      <c s="12" r="Q20">
+        <v>9</v>
+      </c>
+      <c s="11" r="R20">
+        <v>2673</v>
+      </c>
+      <c s="12" r="S20">
+        <v>15</v>
+      </c>
+      <c s="12" r="T20">
+        <v>52</v>
+      </c>
+      <c s="17" t="inlineStr" r="U20">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V20">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="W20">
+        <v>19</v>
+      </c>
+      <c s="12" r="X20">
+        <v>30</v>
+      </c>
+      <c s="8" t="str" r="Y20"/>
+      <c s="12" r="Z20">
+        <v>36</v>
+      </c>
+      <c s="27" r="AA20">
+        <v>159</v>
+      </c>
+      <c s="9" t="str" r="AC20"/>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B21"/>
+      <c s="28" t="inlineStr" r="C21">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation (PM)</t>
+        </is>
+      </c>
+      <c s="14" r="D21">
+        <v>39</v>
+      </c>
+      <c s="14" r="E21">
+        <v>11</v>
+      </c>
+      <c s="8" t="str" r="F21"/>
+      <c s="14" r="G21">
+        <v>5</v>
+      </c>
+      <c s="14" r="H21">
+        <v>151</v>
+      </c>
+      <c s="14" r="I21">
+        <v>139</v>
+      </c>
+      <c s="14" r="J21">
+        <v>662</v>
+      </c>
+      <c s="16" t="inlineStr" r="K21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L21"/>
+      <c s="14" r="M21">
+        <v>27</v>
+      </c>
+      <c s="16" t="inlineStr" r="N21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O21">
+        <v>39</v>
+      </c>
+      <c s="16" t="inlineStr" r="P21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q21">
+        <v>7</v>
+      </c>
+      <c s="14" r="R21">
+        <v>15</v>
+      </c>
+      <c s="15" r="S21">
+        <v>928</v>
+      </c>
+      <c s="14" r="T21">
+        <v>24</v>
+      </c>
+      <c s="16" t="inlineStr" r="U21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="V21">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W21">
+        <v>26</v>
+      </c>
+      <c s="14" r="X21">
+        <v>15</v>
+      </c>
+      <c s="8" t="str" r="Y21"/>
+      <c s="14" r="Z21">
+        <v>24</v>
+      </c>
+      <c s="29" r="AA21">
+        <v>723</v>
+      </c>
+      <c s="9" t="str" r="AC21"/>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B22"/>
+      <c s="26" t="inlineStr" r="C22">
+        <is>
+          <t xml:space="preserve">Psychiatry (P)</t>
+        </is>
+      </c>
+      <c s="12" r="D22">
+        <v>54</v>
+      </c>
+      <c s="12" r="E22">
+        <v>21</v>
+      </c>
+      <c s="8" t="str" r="F22"/>
+      <c s="12" r="G22">
+        <v>5</v>
+      </c>
+      <c s="12" r="H22">
+        <v>284</v>
+      </c>
+      <c s="12" r="I22">
+        <v>232</v>
+      </c>
+      <c s="12" r="J22">
+        <v>107</v>
+      </c>
+      <c s="17" t="inlineStr" r="K22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L22"/>
+      <c s="12" r="M22">
+        <v>40</v>
+      </c>
+      <c s="17" t="inlineStr" r="N22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O22">
+        <v>12</v>
+      </c>
+      <c s="12" r="P22">
+        <v>6</v>
+      </c>
+      <c s="12" r="Q22">
+        <v>16</v>
+      </c>
+      <c s="12" r="R22">
+        <v>52</v>
+      </c>
+      <c s="12" r="S22">
+        <v>24</v>
+      </c>
+      <c s="11" r="T22">
+        <v>2645</v>
+      </c>
+      <c s="12" r="U22">
+        <v>7</v>
+      </c>
+      <c s="12" r="V22">
+        <v>9</v>
+      </c>
+      <c s="12" r="W22">
+        <v>30</v>
+      </c>
+      <c s="12" r="X22">
+        <v>17</v>
+      </c>
+      <c s="8" t="str" r="Y22"/>
+      <c s="12" r="Z22">
+        <v>10</v>
+      </c>
+      <c s="27" r="AA22">
+        <v>111</v>
+      </c>
+      <c s="9" t="str" r="AC22"/>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B23"/>
+      <c s="28" t="inlineStr" r="C23">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine (GPM)</t>
+        </is>
+      </c>
+      <c s="14" r="D23">
+        <v>7</v>
+      </c>
+      <c s="16" t="inlineStr" r="E23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="F23"/>
+      <c s="16" t="inlineStr" r="G23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H23">
+        <v>25</v>
+      </c>
+      <c s="14" r="I23">
+        <v>23</v>
+      </c>
+      <c s="14" r="J23">
+        <v>10</v>
+      </c>
+      <c s="16" t="inlineStr" r="K23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L23"/>
+      <c s="16" t="inlineStr" r="M23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="N23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="O23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q23">
+        <v>5</v>
+      </c>
+      <c s="16" t="inlineStr" r="R23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="S23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="T23">
+        <v>7</v>
+      </c>
+      <c s="15" r="U23">
+        <v>94</v>
+      </c>
+      <c s="16" t="inlineStr" r="V23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="W23">
+        <v>9</v>
+      </c>
+      <c s="16" t="inlineStr" r="X23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="Y23"/>
+      <c s="16" t="inlineStr" r="Z23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" r="AA23">
+        <v>10</v>
+      </c>
+      <c s="9" t="str" r="AC23"/>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B24"/>
+      <c s="26" t="inlineStr" r="C24">
+        <is>
+          <t xml:space="preserve">Radiation Oncology (RO)</t>
+        </is>
+      </c>
+      <c s="12" r="D24">
+        <v>7</v>
+      </c>
+      <c s="12" r="E24">
+        <v>6</v>
+      </c>
+      <c s="8" t="str" r="F24"/>
+      <c s="17" t="inlineStr" r="G24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="H24">
         <v>13</v>
       </c>
-      <c r="P7" s="20" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="20" t="s">
+      <c s="12" r="I24">
+        <v>40</v>
+      </c>
+      <c s="12" r="J24">
+        <v>174</v>
+      </c>
+      <c s="17" t="inlineStr" r="K24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L24"/>
+      <c s="12" r="M24">
+        <v>7</v>
+      </c>
+      <c s="12" r="N24">
+        <v>7</v>
+      </c>
+      <c s="17" t="inlineStr" r="O24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="P24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="Q24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="R24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="S24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="T24">
+        <v>9</v>
+      </c>
+      <c s="17" t="inlineStr" r="U24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="V24">
+        <v>212</v>
+      </c>
+      <c s="12" r="W24">
         <v>15</v>
       </c>
-      <c r="R7" s="20" t="s">
+      <c s="17" t="inlineStr" r="X24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="Y24"/>
+      <c s="12" r="Z24">
+        <v>12</v>
+      </c>
+      <c s="27" r="AA24">
+        <v>178</v>
+      </c>
+      <c s="9" t="str" r="AC24"/>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B25"/>
+      <c s="28" t="inlineStr" r="C25">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic (DR)</t>
+        </is>
+      </c>
+      <c s="14" r="D25">
+        <v>46</v>
+      </c>
+      <c s="14" r="E25">
+        <v>28</v>
+      </c>
+      <c s="8" t="str" r="F25"/>
+      <c s="16" t="inlineStr" r="G25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="H25">
+        <v>55</v>
+      </c>
+      <c s="14" r="I25">
+        <v>255</v>
+      </c>
+      <c s="14" r="J25">
+        <v>1136</v>
+      </c>
+      <c s="16" t="inlineStr" r="K25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="L25"/>
+      <c s="14" r="M25">
+        <v>21</v>
+      </c>
+      <c s="14" r="N25">
+        <v>20</v>
+      </c>
+      <c s="14" r="O25">
+        <v>50</v>
+      </c>
+      <c s="16" t="inlineStr" r="P25">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="Q25">
+        <v>27</v>
+      </c>
+      <c s="14" r="R25">
+        <v>19</v>
+      </c>
+      <c s="14" r="S25">
+        <v>26</v>
+      </c>
+      <c s="14" r="T25">
+        <v>30</v>
+      </c>
+      <c s="14" r="U25">
+        <v>9</v>
+      </c>
+      <c s="14" r="V25">
+        <v>15</v>
+      </c>
+      <c s="15" r="W25">
+        <v>1583</v>
+      </c>
+      <c s="14" r="X25">
+        <v>39</v>
+      </c>
+      <c s="8" t="str" r="Y25"/>
+      <c s="14" r="Z25">
+        <v>312</v>
+      </c>
+      <c s="29" r="AA25">
+        <v>1308</v>
+      </c>
+      <c s="9" t="str" r="AC25"/>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B26"/>
+      <c s="26" t="inlineStr" r="C26">
+        <is>
+          <t xml:space="preserve">Surgery - Cat (GS_C)</t>
+        </is>
+      </c>
+      <c s="12" r="D26">
+        <v>60</v>
+      </c>
+      <c s="12" r="E26">
+        <v>8</v>
+      </c>
+      <c s="8" t="str" r="F26"/>
+      <c s="12" r="G26">
+        <v>8</v>
+      </c>
+      <c s="12" r="H26">
+        <v>91</v>
+      </c>
+      <c s="12" r="I26">
+        <v>229</v>
+      </c>
+      <c s="12" r="J26">
+        <v>50</v>
+      </c>
+      <c s="12" r="K26">
+        <v>5</v>
+      </c>
+      <c s="8" t="str" r="L26"/>
+      <c s="12" r="M26">
+        <v>11</v>
+      </c>
+      <c s="17" t="inlineStr" r="N26">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="O26">
+        <v>193</v>
+      </c>
+      <c s="12" r="P26">
+        <v>50</v>
+      </c>
+      <c s="12" r="Q26">
+        <v>9</v>
+      </c>
+      <c s="12" r="R26">
+        <v>30</v>
+      </c>
+      <c s="12" r="S26">
+        <v>15</v>
+      </c>
+      <c s="12" r="T26">
+        <v>17</v>
+      </c>
+      <c s="17" t="inlineStr" r="U26">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="V26">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="12" r="W26">
+        <v>39</v>
+      </c>
+      <c s="11" r="X26">
+        <v>2983</v>
+      </c>
+      <c s="8" t="str" r="Y26"/>
+      <c s="12" r="Z26">
+        <v>1077</v>
+      </c>
+      <c s="27" r="AA26">
+        <v>57</v>
+      </c>
+      <c s="9" t="str" r="AC26"/>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="5" t="str" r="B27"/>
+      <c s="28" t="inlineStr" r="C27">
+        <is>
+          <t xml:space="preserve">Surgery - Pre (GS_P)</t>
+        </is>
+      </c>
+      <c s="14" r="D27">
+        <v>227</v>
+      </c>
+      <c s="14" r="E27">
         <v>16</v>
       </c>
-      <c r="S7" s="20" t="s">
+      <c s="8" t="str" r="F27"/>
+      <c s="14" r="G27">
+        <v>6</v>
+      </c>
+      <c s="14" r="H27">
+        <v>71</v>
+      </c>
+      <c s="14" r="I27">
+        <v>152</v>
+      </c>
+      <c s="14" r="J27">
+        <v>450</v>
+      </c>
+      <c s="14" r="K27">
+        <v>6</v>
+      </c>
+      <c s="8" t="str" r="L27"/>
+      <c s="14" r="M27">
+        <v>12</v>
+      </c>
+      <c s="16" t="inlineStr" r="N27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="O27">
+        <v>162</v>
+      </c>
+      <c s="14" r="P27">
+        <v>50</v>
+      </c>
+      <c s="14" r="Q27">
+        <v>6</v>
+      </c>
+      <c s="14" r="R27">
+        <v>36</v>
+      </c>
+      <c s="14" r="S27">
+        <v>24</v>
+      </c>
+      <c s="14" r="T27">
+        <v>10</v>
+      </c>
+      <c s="16" t="inlineStr" r="U27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="14" r="V27">
+        <v>12</v>
+      </c>
+      <c s="14" r="W27">
+        <v>312</v>
+      </c>
+      <c s="14" r="X27">
+        <v>1077</v>
+      </c>
+      <c s="8" t="str" r="Y27"/>
+      <c s="15" r="Z27">
+        <v>1887</v>
+      </c>
+      <c s="29" r="AA27">
+        <v>539</v>
+      </c>
+      <c s="9" t="str" r="AC27"/>
+    </row>
+    <row r="28" ht="15.8" customHeight="0">
+      <c s="5" t="str" r="B28"/>
+      <c s="30" t="inlineStr" r="C28">
+        <is>
+          <t xml:space="preserve">Transitional Year (TY)</t>
+        </is>
+      </c>
+      <c s="31" r="D28">
+        <v>1607</v>
+      </c>
+      <c s="31" r="E28">
+        <v>862</v>
+      </c>
+      <c s="32" t="str" r="F28"/>
+      <c s="31" r="G28">
+        <v>7</v>
+      </c>
+      <c s="31" r="H28">
+        <v>253</v>
+      </c>
+      <c s="31" r="I28">
+        <v>711</v>
+      </c>
+      <c s="31" r="J28">
+        <v>4248</v>
+      </c>
+      <c s="31" r="K28">
+        <v>7</v>
+      </c>
+      <c s="32" t="str" r="L28"/>
+      <c s="31" r="M28">
+        <v>428</v>
+      </c>
+      <c s="31" r="N28">
+        <v>7</v>
+      </c>
+      <c s="31" r="O28">
+        <v>78</v>
+      </c>
+      <c s="31" r="P28">
         <v>17</v>
       </c>
-      <c r="T7" s="20" t="s">
-[...142 lines deleted...]
-      <c r="S9" s="12">
+      <c s="31" r="Q28">
+        <v>37</v>
+      </c>
+      <c s="31" r="R28">
+        <v>159</v>
+      </c>
+      <c s="31" r="S28">
+        <v>723</v>
+      </c>
+      <c s="31" r="T28">
+        <v>111</v>
+      </c>
+      <c s="31" r="U28">
         <v>10</v>
       </c>
-      <c r="T9" s="12">
-[...114 lines deleted...]
-      <c r="I11" s="12">
+      <c s="31" r="V28">
+        <v>178</v>
+      </c>
+      <c s="31" r="W28">
+        <v>1308</v>
+      </c>
+      <c s="31" r="X28">
+        <v>57</v>
+      </c>
+      <c s="32" t="str" r="Y28"/>
+      <c s="31" r="Z28">
         <v>539</v>
       </c>
-      <c r="J11" s="12">
-[...1342 lines deleted...]
-    <row r="34" ht="245.1" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c s="33" r="AA28">
+        <v>5225</v>
+      </c>
+      <c s="9" t="str" r="AC28"/>
+    </row>
+    <row r="29" ht="0.05" customHeight="1">
+      <c s="5" t="str" r="B29"/>
+      <c s="9" t="str" r="AC29"/>
+    </row>
+    <row r="30" ht="1.05" customHeight="1">
+      <c s="18" t="str" r="B30"/>
+      <c s="19" t="str" r="C30"/>
+      <c s="19" t="str" r="D30"/>
+      <c s="19" t="str" r="E30"/>
+      <c s="19" t="str" r="F30"/>
+      <c s="19" t="str" r="G30"/>
+      <c s="19" t="str" r="H30"/>
+      <c s="19" t="str" r="I30"/>
+      <c s="19" t="str" r="J30"/>
+      <c s="19" t="str" r="K30"/>
+      <c s="19" t="str" r="L30"/>
+      <c s="19" t="str" r="M30"/>
+      <c s="19" t="str" r="N30"/>
+      <c s="19" t="str" r="O30"/>
+      <c s="19" t="str" r="P30"/>
+      <c s="19" t="str" r="Q30"/>
+      <c s="19" t="str" r="R30"/>
+      <c s="19" t="str" r="S30"/>
+      <c s="19" t="str" r="T30"/>
+      <c s="19" t="str" r="U30"/>
+      <c s="19" t="str" r="V30"/>
+      <c s="19" t="str" r="W30"/>
+      <c s="19" t="str" r="X30"/>
+      <c s="19" t="str" r="Y30"/>
+      <c s="19" t="str" r="Z30"/>
+      <c s="19" t="str" r="AA30"/>
+      <c s="19" t="str" r="AB30"/>
+      <c s="20" t="str" r="AC30"/>
+    </row>
+    <row r="31" ht="1.1" customHeight="1"/>
+    <row r="32" ht="15.8" customHeight="1">
+      <c s="21" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="0.05" customHeight="1"/>
+    <row r="34" ht="245.05" customHeight="1"/>
   </sheetData>
-  <mergeCells count="71">
+  <mergeCells>
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="Y2:AD4"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="X7:Y7"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="X9:Y9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="X10:Y10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="X12:Y12"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="X13:Y13"/>
@@ -6736,106 +6934,85 @@
     <mergeCell ref="X17:Y17"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="X18:Y18"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="X19:Y19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="K20:L20"/>
     <mergeCell ref="X20:Y20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="X22:Y22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="X23:Y23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="X24:Y24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="X25:Y25"/>
-    <mergeCell ref="E28:F28"/>
-[...2 lines deleted...]
-    <mergeCell ref="B32:K32"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="X26:Y26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="B32:K32"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId13"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
@@ -7116,190 +7293,171 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-198453</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-198453</Url>
+      <Description>TQ32YHM4J7VE-1507329340-198453</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E95A0546-F675-4A07-A621-E82CCBFFA32F}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C08BBF81-C8CA-4C93-ACE7-A8F4D904BFBA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84E580E2-5EF3-4D2E-A5D1-11B52B44D152}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D75AD5E8-DDDF-444E-B5D9-8EE6D84C5D99}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8874FD61-76EF-43FC-AA1F-AFF70BDC7D42}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7673344-BAD4-4F86-B1DF-D71E9E363E06}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE102055-0BFE-42C3-8D44-AD2B0B15A843}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66667BAE-E29F-40B1-A3FD-E55F653B4AAA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...2 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <Pages>0</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <Slides>0</Slides>
+  <Notes>0</Notes>
+  <TotalTime></TotalTime>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...3 lines deleted...]
-    </vt:vector>
+    <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
-  <Manager/>
-[...4 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <LinksUpToDate>0</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
+  <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...11 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>be14f586-c805-452f-a554-4303f86799a6</vt:lpwstr>
+    <vt:lpwstr>9ef67468-5570-4dc9-b1b4-c172db49ed4e</vt:lpwstr>
   </property>
 </Properties>
 </file>