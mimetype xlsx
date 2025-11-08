--- v0 (2025-10-16)
+++ v1 (2025-11-08)
@@ -688,51 +688,51 @@
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="2.54296875"/>
     <col min="2" max="2" customWidth="1" width="0.44140625"/>
     <col min="3" max="3" customWidth="1" width="0.44140625"/>
     <col min="4" max="4" customWidth="1" width="0.0234375"/>
     <col min="5" max="5" customWidth="1" width="23.3125"/>
     <col min="6" max="6" customWidth="1" width="4.18359375"/>
     <col min="7" max="7" customWidth="1" width="17.0625"/>
     <col min="8" max="8" customWidth="1" width="17.07421875"/>
     <col min="9" max="9" customWidth="1" width="17.0625"/>
     <col min="10" max="10" customWidth="1" width="17.07421875"/>
     <col min="11" max="11" customWidth="1" width="4.34375"/>
     <col min="12" max="12" customWidth="1" width="12.72265625"/>
     <col min="13" max="13" customWidth="1" width="24.28125"/>
     <col min="14" max="14" customWidth="1" width="53.98046875"/>
     <col min="15" max="15" customWidth="1" width="2.75390625"/>
   </cols>
   <sheetData>
     <row r="1" ht="3.6" customHeight="1"/>
     <row r="2" ht="34.55" customHeight="1"/>
     <row r="3" ht="7.2" customHeight="1"/>
     <row r="4" ht="18" customHeight="1">
       <c s="1" t="inlineStr" r="D4">
         <is>
-          <t xml:space="preserve">As of 5/31 of prior seasons. As of 10/1/2025 of current (ERAS 2026) season.</t>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 11/3/2025 of current (ERAS 2026) season.</t>
         </is>
       </c>
     </row>
     <row r="5" ht="17.25" customHeight="1"/>
     <row r="6" ht="18" customHeight="0">
       <c s="2" t="inlineStr" r="B6">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="3" t="inlineStr" r="C6">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="4" t="inlineStr" r="D6">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="5" t="str" r="E6"/>
       <c s="6" t="str" r="F6"/>
       <c s="7" t="inlineStr" r="G6">
         <is>
           <t xml:space="preserve">ERAS 2022</t>
@@ -765,374 +765,374 @@
         <v>1</v>
       </c>
       <c s="9" r="C7">
         <v>1</v>
       </c>
       <c s="10" t="inlineStr" r="D7">
         <is>
           <t xml:space="preserve">Applied</t>
         </is>
       </c>
       <c s="5" t="str" r="E7"/>
       <c s="6" t="str" r="F7"/>
       <c s="11" r="G7">
         <v>13928</v>
       </c>
       <c s="11" r="H7">
         <v>14052</v>
       </c>
       <c s="11" r="I7">
         <v>13664</v>
       </c>
       <c s="11" r="J7">
         <v>14689</v>
       </c>
       <c s="11" r="K7">
-        <v>12895</v>
+        <v>13034</v>
       </c>
       <c s="6" t="str" r="L7"/>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="12" t="str" r="B8"/>
       <c s="9" r="C8">
         <v>2</v>
       </c>
       <c s="10" t="inlineStr" r="D8">
         <is>
           <t xml:space="preserve">   DO</t>
         </is>
       </c>
       <c s="5" t="str" r="E8"/>
       <c s="6" t="str" r="F8"/>
       <c s="13" r="G8">
         <v>2050</v>
       </c>
       <c s="13" r="H8">
         <v>2164</v>
       </c>
       <c s="13" r="I8">
         <v>2078</v>
       </c>
       <c s="13" r="J8">
         <v>2356</v>
       </c>
       <c s="13" r="K8">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c s="6" t="str" r="L8"/>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="12" t="str" r="B9"/>
       <c s="9" r="C9">
         <v>3</v>
       </c>
       <c s="10" t="inlineStr" r="D9">
         <is>
           <t xml:space="preserve">   IMG</t>
         </is>
       </c>
       <c s="5" t="str" r="E9"/>
       <c s="6" t="str" r="F9"/>
       <c s="13" r="G9">
         <v>5188</v>
       </c>
       <c s="13" r="H9">
         <v>5158</v>
       </c>
       <c s="13" r="I9">
         <v>4965</v>
       </c>
       <c s="13" r="J9">
         <v>5371</v>
       </c>
       <c s="13" r="K9">
-        <v>5139</v>
+        <v>5220</v>
       </c>
       <c s="6" t="str" r="L9"/>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="14" t="str" r="B10"/>
       <c s="9" r="C10">
         <v>4</v>
       </c>
       <c s="10" t="inlineStr" r="D10">
         <is>
           <t xml:space="preserve">   MD</t>
         </is>
       </c>
       <c s="5" t="str" r="E10"/>
       <c s="6" t="str" r="F10"/>
       <c s="13" r="G10">
         <v>6690</v>
       </c>
       <c s="13" r="H10">
         <v>6730</v>
       </c>
       <c s="13" r="I10">
         <v>6621</v>
       </c>
       <c s="13" r="J10">
         <v>6962</v>
       </c>
       <c s="13" r="K10">
-        <v>5577</v>
+        <v>5622</v>
       </c>
       <c s="6" t="str" r="L10"/>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="8" r="B11">
         <v>2</v>
       </c>
       <c s="9" r="C11">
         <v>1</v>
       </c>
       <c s="10" t="inlineStr" r="D11">
         <is>
           <t xml:space="preserve">MyERAS Apps Submitted</t>
         </is>
       </c>
       <c s="5" t="str" r="E11"/>
       <c s="6" t="str" r="F11"/>
       <c s="11" r="G11">
         <v>14005</v>
       </c>
       <c s="11" r="H11">
         <v>14124</v>
       </c>
       <c s="11" r="I11">
         <v>13755</v>
       </c>
       <c s="11" r="J11">
         <v>14756</v>
       </c>
       <c s="11" r="K11">
-        <v>12917</v>
+        <v>13062</v>
       </c>
       <c s="6" t="str" r="L11"/>
     </row>
     <row r="12" ht="15.85" customHeight="0">
       <c s="12" t="str" r="B12"/>
       <c s="9" r="C12">
         <v>2</v>
       </c>
       <c s="10" t="inlineStr" r="D12">
         <is>
           <t xml:space="preserve">   DO</t>
         </is>
       </c>
       <c s="5" t="str" r="E12"/>
       <c s="6" t="str" r="F12"/>
       <c s="13" r="G12">
         <v>2062</v>
       </c>
       <c s="13" r="H12">
         <v>2169</v>
       </c>
       <c s="13" r="I12">
         <v>2085</v>
       </c>
       <c s="13" r="J12">
         <v>2362</v>
       </c>
       <c s="13" r="K12">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c s="6" t="str" r="L12"/>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="12" t="str" r="B13"/>
       <c s="9" r="C13">
         <v>3</v>
       </c>
       <c s="10" t="inlineStr" r="D13">
         <is>
           <t xml:space="preserve">   IMG</t>
         </is>
       </c>
       <c s="5" t="str" r="E13"/>
       <c s="6" t="str" r="F13"/>
       <c s="13" r="G13">
         <v>5230</v>
       </c>
       <c s="13" r="H13">
         <v>5207</v>
       </c>
       <c s="13" r="I13">
         <v>5016</v>
       </c>
       <c s="13" r="J13">
         <v>5415</v>
       </c>
       <c s="13" r="K13">
-        <v>5155</v>
+        <v>5241</v>
       </c>
       <c s="6" t="str" r="L13"/>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="14" t="str" r="B14"/>
       <c s="9" r="C14">
         <v>4</v>
       </c>
       <c s="10" t="inlineStr" r="D14">
         <is>
           <t xml:space="preserve">   MD</t>
         </is>
       </c>
       <c s="5" t="str" r="E14"/>
       <c s="6" t="str" r="F14"/>
       <c s="13" r="G14">
         <v>6713</v>
       </c>
       <c s="13" r="H14">
         <v>6748</v>
       </c>
       <c s="13" r="I14">
         <v>6654</v>
       </c>
       <c s="13" r="J14">
         <v>6979</v>
       </c>
       <c s="13" r="K14">
-        <v>5583</v>
+        <v>5629</v>
       </c>
       <c s="6" t="str" r="L14"/>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="8" r="B15">
         <v>3</v>
       </c>
       <c s="9" r="C15">
         <v>1</v>
       </c>
       <c s="10" t="inlineStr" r="D15">
         <is>
           <t xml:space="preserve">Registered</t>
         </is>
       </c>
       <c s="5" t="str" r="E15"/>
       <c s="6" t="str" r="F15"/>
       <c s="11" r="G15">
         <v>14528</v>
       </c>
       <c s="11" r="H15">
         <v>14622</v>
       </c>
       <c s="11" r="I15">
         <v>14259</v>
       </c>
       <c s="11" r="J15">
         <v>15225</v>
       </c>
       <c s="11" r="K15">
-        <v>13585</v>
+        <v>13931</v>
       </c>
       <c s="6" t="str" r="L15"/>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="12" t="str" r="B16"/>
       <c s="9" r="C16">
         <v>2</v>
       </c>
       <c s="10" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve">   DO</t>
         </is>
       </c>
       <c s="5" t="str" r="E16"/>
       <c s="6" t="str" r="F16"/>
       <c s="13" r="G16">
         <v>2132</v>
       </c>
       <c s="13" r="H16">
         <v>2224</v>
       </c>
       <c s="13" r="I16">
         <v>2149</v>
       </c>
       <c s="13" r="J16">
         <v>2424</v>
       </c>
       <c s="13" r="K16">
-        <v>2262</v>
+        <v>2316</v>
       </c>
       <c s="6" t="str" r="L16"/>
     </row>
     <row r="17" ht="15.85" customHeight="0">
       <c s="12" t="str" r="B17"/>
       <c s="9" r="C17">
         <v>3</v>
       </c>
       <c s="10" t="inlineStr" r="D17">
         <is>
           <t xml:space="preserve">   IMG</t>
         </is>
       </c>
       <c s="5" t="str" r="E17"/>
       <c s="6" t="str" r="F17"/>
       <c s="13" r="G17">
         <v>5517</v>
       </c>
       <c s="13" r="H17">
         <v>5507</v>
       </c>
       <c s="13" r="I17">
         <v>5285</v>
       </c>
       <c s="13" r="J17">
         <v>5686</v>
       </c>
       <c s="13" r="K17">
-        <v>5456</v>
+        <v>5595</v>
       </c>
       <c s="6" t="str" r="L17"/>
     </row>
     <row r="18" ht="15.8" customHeight="0">
       <c s="14" t="str" r="B18"/>
       <c s="9" r="C18">
         <v>4</v>
       </c>
       <c s="10" t="inlineStr" r="D18">
         <is>
           <t xml:space="preserve">   MD</t>
         </is>
       </c>
       <c s="5" t="str" r="E18"/>
       <c s="6" t="str" r="F18"/>
       <c s="13" r="G18">
         <v>6879</v>
       </c>
       <c s="13" r="H18">
         <v>6891</v>
       </c>
       <c s="13" r="I18">
         <v>6825</v>
       </c>
       <c s="13" r="J18">
         <v>7115</v>
       </c>
       <c s="13" r="K18">
-        <v>5867</v>
+        <v>6020</v>
       </c>
       <c s="6" t="str" r="L18"/>
     </row>
     <row r="19" ht="0.05" customHeight="1"/>
     <row r="20" ht="18" customHeight="1"/>
     <row r="21" ht="18" customHeight="1">
       <c s="15" t="inlineStr" r="D21">
         <is>
           <t xml:space="preserve">MD includes US and Canadian Graduates from US and Canadian MD granting schools</t>
         </is>
       </c>
     </row>
     <row r="22" ht="18" customHeight="1">
       <c s="15" t="inlineStr" r="D22">
         <is>
           <t xml:space="preserve">"--" is mask for N &lt; 5</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="D4:M4"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="B7:B10"/>
@@ -1183,51 +1183,51 @@
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="3.421875"/>
     <col min="2" max="2" customWidth="1" width="23.3125"/>
     <col min="3" max="3" customWidth="1" width="36.5625"/>
     <col min="4" max="4" customWidth="1" width="11.78125"/>
     <col min="5" max="5" customWidth="1" width="12.50390625"/>
     <col min="6" max="6" customWidth="1" width="12.4921875"/>
     <col min="7" max="7" customWidth="1" width="3.47265625"/>
     <col min="8" max="8" customWidth="1" width="9.0234375"/>
     <col min="9" max="9" customWidth="1" width="12.4921875"/>
     <col min="10" max="10" customWidth="1" width="12.4921875"/>
     <col min="11" max="11" customWidth="1" width="0.0234375"/>
     <col min="12" max="12" customWidth="1" width="56.4609375"/>
     <col min="13" max="13" customWidth="1" width="1.37109375"/>
     <col min="14" max="14" customWidth="1" width="1.86328125"/>
   </cols>
   <sheetData>
     <row r="1" ht="3.6" customHeight="1"/>
     <row r="2" ht="34.55" customHeight="1"/>
     <row r="3" ht="7.9" customHeight="1"/>
     <row r="4" ht="18" customHeight="1">
       <c s="1" t="inlineStr" r="B4">
         <is>
-          <t xml:space="preserve">As of 5/31 of prior seasons. As of 10/1/2025 of current (ERAS 2026) season.</t>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 11/3/2025 of current (ERAS 2026) season.</t>
         </is>
       </c>
     </row>
     <row r="5" ht="16.5" customHeight="0">
       <c s="16" t="inlineStr" r="B5">
         <is>
           <t xml:space="preserve">Applicants</t>
         </is>
       </c>
       <c s="17" t="str" r="C5"/>
       <c s="18" t="inlineStr" r="D5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="19" t="inlineStr" r="E5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="17" t="str" r="F5"/>
       <c s="17" t="str" r="G5"/>
       <c s="17" t="str" r="H5"/>
       <c s="17" t="str" r="I5"/>
       <c s="17" t="str" r="J5"/>
@@ -1275,126 +1275,126 @@
       <c s="10" t="inlineStr" r="B7">
         <is>
           <t xml:space="preserve">Addiction Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C7"/>
       <c s="23" t="inlineStr" r="D7">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E7">
         <v>31</v>
       </c>
       <c s="13" r="F7">
         <v>39</v>
       </c>
       <c s="13" r="G7">
         <v>28</v>
       </c>
       <c s="6" t="str" r="H7"/>
       <c s="13" r="I7">
         <v>38</v>
       </c>
       <c s="13" r="J7">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B8"/>
       <c s="25" t="str" r="C8"/>
       <c s="23" t="inlineStr" r="D8">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E8">
         <v>51</v>
       </c>
       <c s="13" r="F8">
         <v>65</v>
       </c>
       <c s="13" r="G8">
         <v>56</v>
       </c>
       <c s="6" t="str" r="H8"/>
       <c s="13" r="I8">
         <v>63</v>
       </c>
       <c s="13" r="J8">
-        <v>50</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B9"/>
       <c s="25" t="str" r="C9"/>
       <c s="23" t="inlineStr" r="D9">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E9">
         <v>98</v>
       </c>
       <c s="13" r="F9">
         <v>97</v>
       </c>
       <c s="13" r="G9">
         <v>123</v>
       </c>
       <c s="6" t="str" r="H9"/>
       <c s="13" r="I9">
         <v>118</v>
       </c>
       <c s="13" r="J9">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B10"/>
       <c s="25" t="str" r="C10"/>
       <c s="10" t="inlineStr" r="D10">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E10">
         <v>180</v>
       </c>
       <c s="11" r="F10">
         <v>201</v>
       </c>
       <c s="11" r="G10">
         <v>207</v>
       </c>
       <c s="6" t="str" r="H10"/>
       <c s="11" r="I10">
         <v>219</v>
       </c>
       <c s="11" r="J10">
-        <v>216</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B11"/>
       <c s="27" t="str" r="C11"/>
       <c s="23" t="inlineStr" r="D11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -1414,126 +1414,126 @@
       <c s="10" t="inlineStr" r="B12">
         <is>
           <t xml:space="preserve">Addiction Psychiatry</t>
         </is>
       </c>
       <c s="22" t="str" r="C12"/>
       <c s="23" t="inlineStr" r="D12">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E12">
         <v>12</v>
       </c>
       <c s="13" r="F12">
         <v>13</v>
       </c>
       <c s="13" r="G12">
         <v>9</v>
       </c>
       <c s="6" t="str" r="H12"/>
       <c s="13" r="I12">
         <v>10</v>
       </c>
       <c s="13" r="J12">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B13"/>
       <c s="25" t="str" r="C13"/>
       <c s="23" t="inlineStr" r="D13">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E13">
         <v>23</v>
       </c>
       <c s="13" r="F13">
         <v>37</v>
       </c>
       <c s="13" r="G13">
         <v>29</v>
       </c>
       <c s="6" t="str" r="H13"/>
       <c s="13" r="I13">
         <v>20</v>
       </c>
       <c s="13" r="J13">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B14"/>
       <c s="25" t="str" r="C14"/>
       <c s="23" t="inlineStr" r="D14">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E14">
         <v>38</v>
       </c>
       <c s="13" r="F14">
         <v>45</v>
       </c>
       <c s="13" r="G14">
         <v>37</v>
       </c>
       <c s="6" t="str" r="H14"/>
       <c s="13" r="I14">
         <v>49</v>
       </c>
       <c s="13" r="J14">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B15"/>
       <c s="25" t="str" r="C15"/>
       <c s="10" t="inlineStr" r="D15">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E15">
         <v>73</v>
       </c>
       <c s="11" r="F15">
         <v>95</v>
       </c>
       <c s="11" r="G15">
         <v>75</v>
       </c>
       <c s="6" t="str" r="H15"/>
       <c s="11" r="I15">
         <v>79</v>
       </c>
       <c s="11" r="J15">
-        <v>93</v>
+        <v>99</v>
       </c>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B16"/>
       <c s="27" t="str" r="C16"/>
       <c s="23" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -1874,101 +1874,101 @@
         <v>15</v>
       </c>
     </row>
     <row r="28" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B28"/>
       <c s="25" t="str" r="C28"/>
       <c s="23" t="inlineStr" r="D28">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E28">
         <v>81</v>
       </c>
       <c s="13" r="F28">
         <v>78</v>
       </c>
       <c s="13" r="G28">
         <v>64</v>
       </c>
       <c s="6" t="str" r="H28"/>
       <c s="13" r="I28">
         <v>76</v>
       </c>
       <c s="13" r="J28">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B29"/>
       <c s="25" t="str" r="C29"/>
       <c s="23" t="inlineStr" r="D29">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E29">
         <v>43</v>
       </c>
       <c s="13" r="F29">
         <v>44</v>
       </c>
       <c s="13" r="G29">
         <v>44</v>
       </c>
       <c s="6" t="str" r="H29"/>
       <c s="13" r="I29">
         <v>34</v>
       </c>
       <c s="13" r="J29">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B30"/>
       <c s="25" t="str" r="C30"/>
       <c s="10" t="inlineStr" r="D30">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E30">
         <v>130</v>
       </c>
       <c s="11" r="F30">
         <v>139</v>
       </c>
       <c s="11" r="G30">
         <v>114</v>
       </c>
       <c s="6" t="str" r="H30"/>
       <c s="11" r="I30">
         <v>122</v>
       </c>
       <c s="11" r="J30">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B31"/>
       <c s="27" t="str" r="C31"/>
       <c s="23" t="inlineStr" r="D31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -2464,101 +2464,101 @@
         <v>295</v>
       </c>
     </row>
     <row r="48" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B48"/>
       <c s="25" t="str" r="C48"/>
       <c s="23" t="inlineStr" r="D48">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E48">
         <v>902</v>
       </c>
       <c s="13" r="F48">
         <v>941</v>
       </c>
       <c s="13" r="G48">
         <v>933</v>
       </c>
       <c s="6" t="str" r="H48"/>
       <c s="13" r="I48">
         <v>996</v>
       </c>
       <c s="13" r="J48">
-        <v>1116</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="49" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B49"/>
       <c s="25" t="str" r="C49"/>
       <c s="23" t="inlineStr" r="D49">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E49">
         <v>674</v>
       </c>
       <c s="13" r="F49">
         <v>703</v>
       </c>
       <c s="13" r="G49">
         <v>791</v>
       </c>
       <c s="6" t="str" r="H49"/>
       <c s="13" r="I49">
         <v>835</v>
       </c>
       <c s="13" r="J49">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="50" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B50"/>
       <c s="25" t="str" r="C50"/>
       <c s="10" t="inlineStr" r="D50">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E50">
         <v>1804</v>
       </c>
       <c s="11" r="F50">
         <v>1887</v>
       </c>
       <c s="11" r="G50">
         <v>1979</v>
       </c>
       <c s="6" t="str" r="H50"/>
       <c s="11" r="I50">
         <v>2093</v>
       </c>
       <c s="11" r="J50">
-        <v>2303</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="51" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B51"/>
       <c s="27" t="str" r="C51"/>
       <c s="23" t="inlineStr" r="D51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -2758,101 +2758,101 @@
         <v>87</v>
       </c>
     </row>
     <row r="58" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B58"/>
       <c s="25" t="str" r="C58"/>
       <c s="23" t="inlineStr" r="D58">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E58">
         <v>85</v>
       </c>
       <c s="13" r="F58">
         <v>96</v>
       </c>
       <c s="13" r="G58">
         <v>92</v>
       </c>
       <c s="6" t="str" r="H58"/>
       <c s="13" r="I58">
         <v>93</v>
       </c>
       <c s="13" r="J58">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="59" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B59"/>
       <c s="25" t="str" r="C59"/>
       <c s="23" t="inlineStr" r="D59">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E59">
         <v>200</v>
       </c>
       <c s="13" r="F59">
         <v>232</v>
       </c>
       <c s="13" r="G59">
         <v>217</v>
       </c>
       <c s="6" t="str" r="H59"/>
       <c s="13" r="I59">
         <v>221</v>
       </c>
       <c s="13" r="J59">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="60" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B60"/>
       <c s="25" t="str" r="C60"/>
       <c s="10" t="inlineStr" r="D60">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E60">
         <v>345</v>
       </c>
       <c s="11" r="F60">
         <v>392</v>
       </c>
       <c s="11" r="G60">
         <v>378</v>
       </c>
       <c s="6" t="str" r="H60"/>
       <c s="11" r="I60">
         <v>374</v>
       </c>
       <c s="11" r="J60">
-        <v>424</v>
+        <v>429</v>
       </c>
     </row>
     <row r="61" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B61"/>
       <c s="27" t="str" r="C61"/>
       <c s="23" t="inlineStr" r="D61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -2897,101 +2897,101 @@
         <v>19</v>
       </c>
     </row>
     <row r="63" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B63"/>
       <c s="25" t="str" r="C63"/>
       <c s="23" t="inlineStr" r="D63">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E63">
         <v>70</v>
       </c>
       <c s="13" r="F63">
         <v>81</v>
       </c>
       <c s="13" r="G63">
         <v>75</v>
       </c>
       <c s="6" t="str" r="H63"/>
       <c s="13" r="I63">
         <v>99</v>
       </c>
       <c s="13" r="J63">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="64" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B64"/>
       <c s="25" t="str" r="C64"/>
       <c s="23" t="inlineStr" r="D64">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E64">
         <v>68</v>
       </c>
       <c s="13" r="F64">
         <v>76</v>
       </c>
       <c s="13" r="G64">
         <v>65</v>
       </c>
       <c s="6" t="str" r="H64"/>
       <c s="13" r="I64">
         <v>49</v>
       </c>
       <c s="13" r="J64">
         <v>63</v>
       </c>
     </row>
     <row r="65" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B65"/>
       <c s="25" t="str" r="C65"/>
       <c s="10" t="inlineStr" r="D65">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E65">
         <v>151</v>
       </c>
       <c s="11" r="F65">
         <v>175</v>
       </c>
       <c s="11" r="G65">
         <v>155</v>
       </c>
       <c s="6" t="str" r="H65"/>
       <c s="11" r="I65">
         <v>166</v>
       </c>
       <c s="11" r="J65">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="66" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B66"/>
       <c s="27" t="str" r="C66"/>
       <c s="23" t="inlineStr" r="D66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -3380,101 +3380,101 @@
         </is>
       </c>
     </row>
     <row r="78" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B78"/>
       <c s="25" t="str" r="C78"/>
       <c s="23" t="inlineStr" r="D78">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E78">
         <v>10</v>
       </c>
       <c s="13" r="F78">
         <v>20</v>
       </c>
       <c s="13" r="G78">
         <v>10</v>
       </c>
       <c s="6" t="str" r="H78"/>
       <c s="13" r="I78">
         <v>11</v>
       </c>
       <c s="13" r="J78">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B79"/>
       <c s="25" t="str" r="C79"/>
       <c s="23" t="inlineStr" r="D79">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E79">
         <v>21</v>
       </c>
       <c s="13" r="F79">
         <v>25</v>
       </c>
       <c s="13" r="G79">
         <v>25</v>
       </c>
       <c s="6" t="str" r="H79"/>
       <c s="13" r="I79">
         <v>26</v>
       </c>
       <c s="13" r="J79">
         <v>18</v>
       </c>
     </row>
     <row r="80" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B80"/>
       <c s="25" t="str" r="C80"/>
       <c s="10" t="inlineStr" r="D80">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E80">
         <v>40</v>
       </c>
       <c s="11" r="F80">
         <v>49</v>
       </c>
       <c s="11" r="G80">
         <v>44</v>
       </c>
       <c s="6" t="str" r="H80"/>
       <c s="11" r="I80">
         <v>39</v>
       </c>
       <c s="11" r="J80">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B81"/>
       <c s="27" t="str" r="C81"/>
       <c s="23" t="inlineStr" r="D81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -3521,101 +3521,101 @@
         </is>
       </c>
     </row>
     <row r="83" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B83"/>
       <c s="25" t="str" r="C83"/>
       <c s="23" t="inlineStr" r="D83">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E83">
         <v>18</v>
       </c>
       <c s="13" r="F83">
         <v>30</v>
       </c>
       <c s="13" r="G83">
         <v>22</v>
       </c>
       <c s="6" t="str" r="H83"/>
       <c s="13" r="I83">
         <v>25</v>
       </c>
       <c s="13" r="J83">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B84"/>
       <c s="25" t="str" r="C84"/>
       <c s="23" t="inlineStr" r="D84">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E84">
         <v>32</v>
       </c>
       <c s="13" r="F84">
         <v>42</v>
       </c>
       <c s="13" r="G84">
         <v>37</v>
       </c>
       <c s="6" t="str" r="H84"/>
       <c s="13" r="I84">
         <v>40</v>
       </c>
       <c s="13" r="J84">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="85" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B85"/>
       <c s="25" t="str" r="C85"/>
       <c s="10" t="inlineStr" r="D85">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E85">
         <v>61</v>
       </c>
       <c s="11" r="F85">
         <v>77</v>
       </c>
       <c s="11" r="G85">
         <v>68</v>
       </c>
       <c s="6" t="str" r="H85"/>
       <c s="11" r="I85">
         <v>72</v>
       </c>
       <c s="11" r="J85">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="86" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B86"/>
       <c s="27" t="str" r="C86"/>
       <c s="23" t="inlineStr" r="D86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -3668,101 +3668,101 @@
         </is>
       </c>
     </row>
     <row r="88" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B88"/>
       <c s="25" t="str" r="C88"/>
       <c s="23" t="inlineStr" r="D88">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E88">
         <v>13</v>
       </c>
       <c s="13" r="F88">
         <v>24</v>
       </c>
       <c s="13" r="G88">
         <v>13</v>
       </c>
       <c s="6" t="str" r="H88"/>
       <c s="13" r="I88">
         <v>10</v>
       </c>
       <c s="13" r="J88">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B89"/>
       <c s="25" t="str" r="C89"/>
       <c s="23" t="inlineStr" r="D89">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E89">
         <v>22</v>
       </c>
       <c s="13" r="F89">
         <v>29</v>
       </c>
       <c s="13" r="G89">
         <v>18</v>
       </c>
       <c s="6" t="str" r="H89"/>
       <c s="13" r="I89">
         <v>23</v>
       </c>
       <c s="13" r="J89">
         <v>20</v>
       </c>
     </row>
     <row r="90" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B90"/>
       <c s="25" t="str" r="C90"/>
       <c s="10" t="inlineStr" r="D90">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E90">
         <v>42</v>
       </c>
       <c s="11" r="F90">
         <v>56</v>
       </c>
       <c s="11" r="G90">
         <v>35</v>
       </c>
       <c s="6" t="str" r="H90"/>
       <c s="11" r="I90">
         <v>35</v>
       </c>
       <c s="11" r="J90">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="91" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B91"/>
       <c s="27" t="str" r="C91"/>
       <c s="23" t="inlineStr" r="D91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -3813,101 +3813,101 @@
         </is>
       </c>
     </row>
     <row r="93" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B93"/>
       <c s="25" t="str" r="C93"/>
       <c s="23" t="inlineStr" r="D93">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E93">
         <v>10</v>
       </c>
       <c s="13" r="F93">
         <v>22</v>
       </c>
       <c s="13" r="G93">
         <v>13</v>
       </c>
       <c s="6" t="str" r="H93"/>
       <c s="13" r="I93">
         <v>15</v>
       </c>
       <c s="13" r="J93">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B94"/>
       <c s="25" t="str" r="C94"/>
       <c s="23" t="inlineStr" r="D94">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E94">
         <v>31</v>
       </c>
       <c s="13" r="F94">
         <v>37</v>
       </c>
       <c s="13" r="G94">
         <v>33</v>
       </c>
       <c s="6" t="str" r="H94"/>
       <c s="13" r="I94">
         <v>29</v>
       </c>
       <c s="13" r="J94">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="95" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B95"/>
       <c s="25" t="str" r="C95"/>
       <c s="10" t="inlineStr" r="D95">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E95">
         <v>49</v>
       </c>
       <c s="11" r="F95">
         <v>62</v>
       </c>
       <c s="11" r="G95">
         <v>54</v>
       </c>
       <c s="6" t="str" r="H95"/>
       <c s="11" r="I95">
         <v>46</v>
       </c>
       <c s="11" r="J95">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="96" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B96"/>
       <c s="27" t="str" r="C96"/>
       <c s="23" t="inlineStr" r="D96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -4537,80 +4537,80 @@
       </c>
       <c s="22" t="str" r="C117"/>
       <c s="23" t="inlineStr" r="D117">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E117">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F117">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" r="G117">
         <v>6</v>
       </c>
       <c s="6" t="str" r="H117"/>
       <c s="13" r="I117">
         <v>16</v>
       </c>
       <c s="13" r="J117">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="118" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B118"/>
       <c s="25" t="str" r="C118"/>
       <c s="23" t="inlineStr" r="D118">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E118">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F118">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" r="G118">
         <v>26</v>
       </c>
       <c s="6" t="str" r="H118"/>
       <c s="13" r="I118">
         <v>17</v>
       </c>
       <c s="13" r="J118">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B119"/>
       <c s="25" t="str" r="C119"/>
       <c s="23" t="inlineStr" r="D119">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E119">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F119">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" r="G119">
         <v>45</v>
       </c>
       <c s="6" t="str" r="H119"/>
       <c s="13" r="I119">
@@ -4624,51 +4624,51 @@
       <c s="24" t="str" r="B120"/>
       <c s="25" t="str" r="C120"/>
       <c s="10" t="inlineStr" r="D120">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E120">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F120">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="11" r="G120">
         <v>77</v>
       </c>
       <c s="6" t="str" r="H120"/>
       <c s="11" r="I120">
         <v>95</v>
       </c>
       <c s="11" r="J120">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="121" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B121"/>
       <c s="27" t="str" r="C121"/>
       <c s="23" t="inlineStr" r="D121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -4713,101 +4713,101 @@
         <v>123</v>
       </c>
     </row>
     <row r="123" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B123"/>
       <c s="25" t="str" r="C123"/>
       <c s="23" t="inlineStr" r="D123">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E123">
         <v>441</v>
       </c>
       <c s="13" r="F123">
         <v>420</v>
       </c>
       <c s="13" r="G123">
         <v>395</v>
       </c>
       <c s="6" t="str" r="H123"/>
       <c s="13" r="I123">
         <v>354</v>
       </c>
       <c s="13" r="J123">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="124" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B124"/>
       <c s="25" t="str" r="C124"/>
       <c s="23" t="inlineStr" r="D124">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E124">
         <v>150</v>
       </c>
       <c s="13" r="F124">
         <v>125</v>
       </c>
       <c s="13" r="G124">
         <v>141</v>
       </c>
       <c s="6" t="str" r="H124"/>
       <c s="13" r="I124">
         <v>137</v>
       </c>
       <c s="13" r="J124">
         <v>103</v>
       </c>
     </row>
     <row r="125" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B125"/>
       <c s="25" t="str" r="C125"/>
       <c s="10" t="inlineStr" r="D125">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E125">
         <v>715</v>
       </c>
       <c s="11" r="F125">
         <v>648</v>
       </c>
       <c s="11" r="G125">
         <v>655</v>
       </c>
       <c s="6" t="str" r="H125"/>
       <c s="11" r="I125">
         <v>618</v>
       </c>
       <c s="11" r="J125">
-        <v>569</v>
+        <v>572</v>
       </c>
     </row>
     <row r="126" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B126"/>
       <c s="27" t="str" r="C126"/>
       <c s="23" t="inlineStr" r="D126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -4856,101 +4856,101 @@
         <v>7</v>
       </c>
     </row>
     <row r="128" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B128"/>
       <c s="25" t="str" r="C128"/>
       <c s="23" t="inlineStr" r="D128">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E128">
         <v>10</v>
       </c>
       <c s="13" r="F128">
         <v>19</v>
       </c>
       <c s="13" r="G128">
         <v>14</v>
       </c>
       <c s="6" t="str" r="H128"/>
       <c s="13" r="I128">
         <v>8</v>
       </c>
       <c s="13" r="J128">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="129" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B129"/>
       <c s="25" t="str" r="C129"/>
       <c s="23" t="inlineStr" r="D129">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E129">
         <v>18</v>
       </c>
       <c s="13" r="F129">
         <v>20</v>
       </c>
       <c s="13" r="G129">
         <v>18</v>
       </c>
       <c s="6" t="str" r="H129"/>
       <c s="13" r="I129">
         <v>22</v>
       </c>
       <c s="13" r="J129">
         <v>20</v>
       </c>
     </row>
     <row r="130" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B130"/>
       <c s="25" t="str" r="C130"/>
       <c s="10" t="inlineStr" r="D130">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E130">
         <v>33</v>
       </c>
       <c s="11" r="F130">
         <v>43</v>
       </c>
       <c s="11" r="G130">
         <v>35</v>
       </c>
       <c s="6" t="str" r="H130"/>
       <c s="11" r="I130">
         <v>35</v>
       </c>
       <c s="11" r="J130">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="131" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B131"/>
       <c s="27" t="str" r="C131"/>
       <c s="23" t="inlineStr" r="D131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -4995,101 +4995,101 @@
         <v>78</v>
       </c>
     </row>
     <row r="133" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B133"/>
       <c s="25" t="str" r="C133"/>
       <c s="23" t="inlineStr" r="D133">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E133">
         <v>348</v>
       </c>
       <c s="13" r="F133">
         <v>283</v>
       </c>
       <c s="13" r="G133">
         <v>292</v>
       </c>
       <c s="6" t="str" r="H133"/>
       <c s="13" r="I133">
         <v>357</v>
       </c>
       <c s="13" r="J133">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="134" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B134"/>
       <c s="25" t="str" r="C134"/>
       <c s="23" t="inlineStr" r="D134">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E134">
         <v>125</v>
       </c>
       <c s="13" r="F134">
         <v>118</v>
       </c>
       <c s="13" r="G134">
         <v>127</v>
       </c>
       <c s="6" t="str" r="H134"/>
       <c s="13" r="I134">
         <v>138</v>
       </c>
       <c s="13" r="J134">
         <v>123</v>
       </c>
     </row>
     <row r="135" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B135"/>
       <c s="25" t="str" r="C135"/>
       <c s="10" t="inlineStr" r="D135">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E135">
         <v>531</v>
       </c>
       <c s="11" r="F135">
         <v>459</v>
       </c>
       <c s="11" r="G135">
         <v>472</v>
       </c>
       <c s="6" t="str" r="H135"/>
       <c s="11" r="I135">
         <v>559</v>
       </c>
       <c s="11" r="J135">
-        <v>528</v>
+        <v>531</v>
       </c>
     </row>
     <row r="136" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B136"/>
       <c s="27" t="str" r="C136"/>
       <c s="23" t="inlineStr" r="D136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -5270,146 +5270,144 @@
       <c s="23" t="inlineStr" r="D142">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E142">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F142">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G142">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H142"/>
       <c s="13" r="I142">
         <v>11</v>
       </c>
       <c s="13" r="J142">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B143"/>
       <c s="25" t="str" r="C143"/>
       <c s="23" t="inlineStr" r="D143">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E143">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F143">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G143">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H143"/>
       <c s="13" r="I143">
         <v>13</v>
       </c>
-      <c s="28" t="inlineStr" r="J143">
-[...2 lines deleted...]
-        </is>
+      <c s="13" r="J143">
+        <v>9</v>
       </c>
     </row>
     <row r="144" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B144"/>
       <c s="25" t="str" r="C144"/>
       <c s="23" t="inlineStr" r="D144">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H144"/>
       <c s="13" r="I144">
         <v>20</v>
       </c>
       <c s="13" r="J144">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B145"/>
       <c s="25" t="str" r="C145"/>
       <c s="10" t="inlineStr" r="D145">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H145"/>
       <c s="11" r="I145">
         <v>44</v>
       </c>
       <c s="11" r="J145">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="146" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B146"/>
       <c s="27" t="str" r="C146"/>
       <c s="23" t="inlineStr" r="D146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -5470,51 +5468,51 @@
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H148"/>
       <c s="28" t="inlineStr" r="I148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" r="J148">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B149"/>
       <c s="25" t="str" r="C149"/>
       <c s="23" t="inlineStr" r="D149">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E149">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F149">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G149">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
@@ -5536,51 +5534,51 @@
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H150"/>
       <c s="28" t="inlineStr" r="I150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="11" r="J150">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="151" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B151"/>
       <c s="27" t="str" r="C151"/>
       <c s="23" t="inlineStr" r="D151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -5625,101 +5623,101 @@
         <v>218</v>
       </c>
     </row>
     <row r="153" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B153"/>
       <c s="25" t="str" r="C153"/>
       <c s="23" t="inlineStr" r="D153">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E153">
         <v>473</v>
       </c>
       <c s="13" r="F153">
         <v>480</v>
       </c>
       <c s="13" r="G153">
         <v>491</v>
       </c>
       <c s="6" t="str" r="H153"/>
       <c s="13" r="I153">
         <v>505</v>
       </c>
       <c s="13" r="J153">
-        <v>605</v>
+        <v>609</v>
       </c>
     </row>
     <row r="154" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B154"/>
       <c s="25" t="str" r="C154"/>
       <c s="23" t="inlineStr" r="D154">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E154">
         <v>457</v>
       </c>
       <c s="13" r="F154">
         <v>509</v>
       </c>
       <c s="13" r="G154">
         <v>511</v>
       </c>
       <c s="6" t="str" r="H154"/>
       <c s="13" r="I154">
         <v>535</v>
       </c>
       <c s="13" r="J154">
         <v>540</v>
       </c>
     </row>
     <row r="155" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B155"/>
       <c s="25" t="str" r="C155"/>
       <c s="10" t="inlineStr" r="D155">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E155">
         <v>1099</v>
       </c>
       <c s="11" r="F155">
         <v>1148</v>
       </c>
       <c s="11" r="G155">
         <v>1163</v>
       </c>
       <c s="6" t="str" r="H155"/>
       <c s="11" r="I155">
         <v>1247</v>
       </c>
       <c s="11" r="J155">
-        <v>1363</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="156" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B156"/>
       <c s="27" t="str" r="C156"/>
       <c s="23" t="inlineStr" r="D156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -5739,126 +5737,126 @@
       <c s="10" t="inlineStr" r="B157">
         <is>
           <t xml:space="preserve">Geriatric Medicine (Family Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C157"/>
       <c s="23" t="inlineStr" r="D157">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E157">
         <v>23</v>
       </c>
       <c s="13" r="F157">
         <v>25</v>
       </c>
       <c s="13" r="G157">
         <v>16</v>
       </c>
       <c s="6" t="str" r="H157"/>
       <c s="13" r="I157">
         <v>15</v>
       </c>
       <c s="13" r="J157">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="158" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B158"/>
       <c s="25" t="str" r="C158"/>
       <c s="23" t="inlineStr" r="D158">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E158">
         <v>63</v>
       </c>
       <c s="13" r="F158">
         <v>51</v>
       </c>
       <c s="13" r="G158">
         <v>38</v>
       </c>
       <c s="6" t="str" r="H158"/>
       <c s="13" r="I158">
         <v>51</v>
       </c>
       <c s="13" r="J158">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="159" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B159"/>
       <c s="25" t="str" r="C159"/>
       <c s="23" t="inlineStr" r="D159">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E159">
         <v>32</v>
       </c>
       <c s="13" r="F159">
         <v>25</v>
       </c>
       <c s="13" r="G159">
         <v>25</v>
       </c>
       <c s="6" t="str" r="H159"/>
       <c s="13" r="I159">
         <v>33</v>
       </c>
       <c s="13" r="J159">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B160"/>
       <c s="25" t="str" r="C160"/>
       <c s="10" t="inlineStr" r="D160">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E160">
         <v>118</v>
       </c>
       <c s="11" r="F160">
         <v>101</v>
       </c>
       <c s="11" r="G160">
         <v>79</v>
       </c>
       <c s="6" t="str" r="H160"/>
       <c s="11" r="I160">
         <v>99</v>
       </c>
       <c s="11" r="J160">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="161" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B161"/>
       <c s="27" t="str" r="C161"/>
       <c s="23" t="inlineStr" r="D161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -5878,126 +5876,126 @@
       <c s="10" t="inlineStr" r="B162">
         <is>
           <t xml:space="preserve">Geriatric Medicine (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C162"/>
       <c s="23" t="inlineStr" r="D162">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E162">
         <v>39</v>
       </c>
       <c s="13" r="F162">
         <v>45</v>
       </c>
       <c s="13" r="G162">
         <v>32</v>
       </c>
       <c s="6" t="str" r="H162"/>
       <c s="13" r="I162">
         <v>42</v>
       </c>
       <c s="13" r="J162">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="163" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B163"/>
       <c s="25" t="str" r="C163"/>
       <c s="23" t="inlineStr" r="D163">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E163">
         <v>205</v>
       </c>
       <c s="13" r="F163">
         <v>165</v>
       </c>
       <c s="13" r="G163">
         <v>175</v>
       </c>
       <c s="6" t="str" r="H163"/>
       <c s="13" r="I163">
         <v>187</v>
       </c>
       <c s="13" r="J163">
-        <v>97</v>
+        <v>108</v>
       </c>
     </row>
     <row r="164" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B164"/>
       <c s="25" t="str" r="C164"/>
       <c s="23" t="inlineStr" r="D164">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E164">
         <v>95</v>
       </c>
       <c s="13" r="F164">
         <v>86</v>
       </c>
       <c s="13" r="G164">
         <v>82</v>
       </c>
       <c s="6" t="str" r="H164"/>
       <c s="13" r="I164">
         <v>94</v>
       </c>
       <c s="13" r="J164">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="165" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B165"/>
       <c s="25" t="str" r="C165"/>
       <c s="10" t="inlineStr" r="D165">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E165">
         <v>339</v>
       </c>
       <c s="11" r="F165">
         <v>296</v>
       </c>
       <c s="11" r="G165">
         <v>289</v>
       </c>
       <c s="6" t="str" r="H165"/>
       <c s="11" r="I165">
         <v>323</v>
       </c>
       <c s="11" r="J165">
-        <v>181</v>
+        <v>197</v>
       </c>
     </row>
     <row r="166" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B166"/>
       <c s="27" t="str" r="C166"/>
       <c s="23" t="inlineStr" r="D166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -6479,126 +6477,126 @@
       <c s="10" t="inlineStr" r="B181">
         <is>
           <t xml:space="preserve">Hematology and Medical Oncology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C181"/>
       <c s="23" t="inlineStr" r="D181">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E181">
         <v>76</v>
       </c>
       <c s="13" r="F181">
         <v>109</v>
       </c>
       <c s="13" r="G181">
         <v>113</v>
       </c>
       <c s="6" t="str" r="H181"/>
       <c s="13" r="I181">
         <v>118</v>
       </c>
       <c s="13" r="J181">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="182" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B182"/>
       <c s="25" t="str" r="C182"/>
       <c s="23" t="inlineStr" r="D182">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E182">
         <v>482</v>
       </c>
       <c s="13" r="F182">
         <v>473</v>
       </c>
       <c s="13" r="G182">
         <v>498</v>
       </c>
       <c s="6" t="str" r="H182"/>
       <c s="13" r="I182">
         <v>529</v>
       </c>
       <c s="13" r="J182">
-        <v>601</v>
+        <v>609</v>
       </c>
     </row>
     <row r="183" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B183"/>
       <c s="25" t="str" r="C183"/>
       <c s="23" t="inlineStr" r="D183">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E183">
         <v>425</v>
       </c>
       <c s="13" r="F183">
         <v>459</v>
       </c>
       <c s="13" r="G183">
         <v>473</v>
       </c>
       <c s="6" t="str" r="H183"/>
       <c s="13" r="I183">
         <v>524</v>
       </c>
       <c s="13" r="J183">
         <v>521</v>
       </c>
     </row>
     <row r="184" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B184"/>
       <c s="25" t="str" r="C184"/>
       <c s="10" t="inlineStr" r="D184">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E184">
         <v>983</v>
       </c>
       <c s="11" r="F184">
         <v>1041</v>
       </c>
       <c s="11" r="G184">
         <v>1084</v>
       </c>
       <c s="6" t="str" r="H184"/>
       <c s="11" r="I184">
         <v>1171</v>
       </c>
       <c s="11" r="J184">
-        <v>1267</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="185" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B185"/>
       <c s="27" t="str" r="C185"/>
       <c s="23" t="inlineStr" r="D185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -6618,126 +6616,126 @@
       <c s="10" t="inlineStr" r="B186">
         <is>
           <t xml:space="preserve">Hospice and Palliative Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C186"/>
       <c s="23" t="inlineStr" r="D186">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E186">
         <v>95</v>
       </c>
       <c s="13" r="F186">
         <v>98</v>
       </c>
       <c s="13" r="G186">
         <v>91</v>
       </c>
       <c s="6" t="str" r="H186"/>
       <c s="13" r="I186">
         <v>89</v>
       </c>
       <c s="13" r="J186">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="187" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B187"/>
       <c s="25" t="str" r="C187"/>
       <c s="23" t="inlineStr" r="D187">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E187">
         <v>163</v>
       </c>
       <c s="13" r="F187">
         <v>155</v>
       </c>
       <c s="13" r="G187">
         <v>152</v>
       </c>
       <c s="6" t="str" r="H187"/>
       <c s="13" r="I187">
         <v>169</v>
       </c>
       <c s="13" r="J187">
-        <v>119</v>
+        <v>127</v>
       </c>
     </row>
     <row r="188" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B188"/>
       <c s="25" t="str" r="C188"/>
       <c s="23" t="inlineStr" r="D188">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E188">
         <v>278</v>
       </c>
       <c s="13" r="F188">
         <v>288</v>
       </c>
       <c s="13" r="G188">
         <v>300</v>
       </c>
       <c s="6" t="str" r="H188"/>
       <c s="13" r="I188">
         <v>271</v>
       </c>
       <c s="13" r="J188">
-        <v>262</v>
+        <v>269</v>
       </c>
     </row>
     <row r="189" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B189"/>
       <c s="25" t="str" r="C189"/>
       <c s="10" t="inlineStr" r="D189">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E189">
         <v>536</v>
       </c>
       <c s="11" r="F189">
         <v>541</v>
       </c>
       <c s="11" r="G189">
         <v>543</v>
       </c>
       <c s="6" t="str" r="H189"/>
       <c s="11" r="I189">
         <v>529</v>
       </c>
       <c s="11" r="J189">
-        <v>473</v>
+        <v>490</v>
       </c>
     </row>
     <row r="190" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B190"/>
       <c s="27" t="str" r="C190"/>
       <c s="23" t="inlineStr" r="D190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -6782,101 +6780,101 @@
         <v>39</v>
       </c>
     </row>
     <row r="192" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B192"/>
       <c s="25" t="str" r="C192"/>
       <c s="23" t="inlineStr" r="D192">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E192">
         <v>225</v>
       </c>
       <c s="13" r="F192">
         <v>219</v>
       </c>
       <c s="13" r="G192">
         <v>175</v>
       </c>
       <c s="6" t="str" r="H192"/>
       <c s="13" r="I192">
         <v>217</v>
       </c>
       <c s="13" r="J192">
-        <v>163</v>
+        <v>176</v>
       </c>
     </row>
     <row r="193" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B193"/>
       <c s="25" t="str" r="C193"/>
       <c s="23" t="inlineStr" r="D193">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E193">
         <v>180</v>
       </c>
       <c s="13" r="F193">
         <v>178</v>
       </c>
       <c s="13" r="G193">
         <v>186</v>
       </c>
       <c s="6" t="str" r="H193"/>
       <c s="13" r="I193">
         <v>155</v>
       </c>
       <c s="13" r="J193">
         <v>130</v>
       </c>
     </row>
     <row r="194" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B194"/>
       <c s="25" t="str" r="C194"/>
       <c s="10" t="inlineStr" r="D194">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E194">
         <v>465</v>
       </c>
       <c s="11" r="F194">
         <v>472</v>
       </c>
       <c s="11" r="G194">
         <v>416</v>
       </c>
       <c s="6" t="str" r="H194"/>
       <c s="11" r="I194">
         <v>444</v>
       </c>
       <c s="11" r="J194">
-        <v>332</v>
+        <v>345</v>
       </c>
     </row>
     <row r="195" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B195"/>
       <c s="27" t="str" r="C195"/>
       <c s="23" t="inlineStr" r="D195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -6898,78 +6896,78 @@
           <t xml:space="preserve">Interventional Cardiology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C196"/>
       <c s="23" t="inlineStr" r="D196">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E196">
         <v>32</v>
       </c>
       <c s="13" r="F196">
         <v>26</v>
       </c>
       <c s="28" t="inlineStr" r="G196">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H196"/>
       <c s="13" r="I196">
         <v>34</v>
       </c>
       <c s="13" r="J196">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="197" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B197"/>
       <c s="25" t="str" r="C197"/>
       <c s="23" t="inlineStr" r="D197">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E197">
         <v>216</v>
       </c>
       <c s="13" r="F197">
         <v>154</v>
       </c>
       <c s="28" t="inlineStr" r="G197">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H197"/>
       <c s="13" r="I197">
         <v>180</v>
       </c>
       <c s="13" r="J197">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="198" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B198"/>
       <c s="25" t="str" r="C198"/>
       <c s="23" t="inlineStr" r="D198">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E198">
         <v>95</v>
       </c>
       <c s="13" r="F198">
         <v>100</v>
       </c>
       <c s="28" t="inlineStr" r="G198">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H198"/>
       <c s="13" r="I198">
         <v>105</v>
       </c>
@@ -6979,51 +6977,51 @@
     </row>
     <row r="199" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B199"/>
       <c s="25" t="str" r="C199"/>
       <c s="10" t="inlineStr" r="D199">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E199">
         <v>343</v>
       </c>
       <c s="11" r="F199">
         <v>280</v>
       </c>
       <c s="28" t="inlineStr" r="G199">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H199"/>
       <c s="11" r="I199">
         <v>319</v>
       </c>
       <c s="11" r="J199">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="200" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B200"/>
       <c s="27" t="str" r="C200"/>
       <c s="23" t="inlineStr" r="D200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -8139,76 +8137,76 @@
         <v>93</v>
       </c>
     </row>
     <row r="237" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B237"/>
       <c s="25" t="str" r="C237"/>
       <c s="23" t="inlineStr" r="D237">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E237">
         <v>188</v>
       </c>
       <c s="13" r="F237">
         <v>160</v>
       </c>
       <c s="13" r="G237">
         <v>136</v>
       </c>
       <c s="6" t="str" r="H237"/>
       <c s="13" r="I237">
         <v>167</v>
       </c>
       <c s="13" r="J237">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="238" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B238"/>
       <c s="25" t="str" r="C238"/>
       <c s="10" t="inlineStr" r="D238">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E238">
         <v>333</v>
       </c>
       <c s="11" r="F238">
         <v>310</v>
       </c>
       <c s="11" r="G238">
         <v>299</v>
       </c>
       <c s="6" t="str" r="H238"/>
       <c s="11" r="I238">
         <v>318</v>
       </c>
       <c s="11" r="J238">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="239" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B239"/>
       <c s="27" t="str" r="C239"/>
       <c s="23" t="inlineStr" r="D239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -8228,126 +8226,126 @@
       <c s="10" t="inlineStr" r="B240">
         <is>
           <t xml:space="preserve">Nephrology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C240"/>
       <c s="23" t="inlineStr" r="D240">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E240">
         <v>87</v>
       </c>
       <c s="13" r="F240">
         <v>78</v>
       </c>
       <c s="13" r="G240">
         <v>82</v>
       </c>
       <c s="6" t="str" r="H240"/>
       <c s="13" r="I240">
         <v>100</v>
       </c>
       <c s="13" r="J240">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="241" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B241"/>
       <c s="25" t="str" r="C241"/>
       <c s="23" t="inlineStr" r="D241">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E241">
         <v>341</v>
       </c>
       <c s="13" r="F241">
         <v>342</v>
       </c>
       <c s="13" r="G241">
         <v>317</v>
       </c>
       <c s="6" t="str" r="H241"/>
       <c s="13" r="I241">
         <v>326</v>
       </c>
       <c s="13" r="J241">
-        <v>259</v>
+        <v>279</v>
       </c>
     </row>
     <row r="242" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B242"/>
       <c s="25" t="str" r="C242"/>
       <c s="23" t="inlineStr" r="D242">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E242">
         <v>111</v>
       </c>
       <c s="13" r="F242">
         <v>113</v>
       </c>
       <c s="13" r="G242">
         <v>91</v>
       </c>
       <c s="6" t="str" r="H242"/>
       <c s="13" r="I242">
         <v>105</v>
       </c>
       <c s="13" r="J242">
         <v>94</v>
       </c>
     </row>
     <row r="243" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B243"/>
       <c s="25" t="str" r="C243"/>
       <c s="10" t="inlineStr" r="D243">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E243">
         <v>539</v>
       </c>
       <c s="11" r="F243">
         <v>533</v>
       </c>
       <c s="11" r="G243">
         <v>490</v>
       </c>
       <c s="6" t="str" r="H243"/>
       <c s="11" r="I243">
         <v>531</v>
       </c>
       <c s="11" r="J243">
-        <v>410</v>
+        <v>431</v>
       </c>
     </row>
     <row r="244" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B244"/>
       <c s="27" t="str" r="C244"/>
       <c s="23" t="inlineStr" r="D244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -9152,76 +9150,76 @@
         <v>54</v>
       </c>
     </row>
     <row r="272" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B272"/>
       <c s="25" t="str" r="C272"/>
       <c s="23" t="inlineStr" r="D272">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E272">
         <v>147</v>
       </c>
       <c s="13" r="F272">
         <v>137</v>
       </c>
       <c s="13" r="G272">
         <v>93</v>
       </c>
       <c s="6" t="str" r="H272"/>
       <c s="13" r="I272">
         <v>92</v>
       </c>
       <c s="13" r="J272">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="273" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B273"/>
       <c s="25" t="str" r="C273"/>
       <c s="10" t="inlineStr" r="D273">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E273">
         <v>265</v>
       </c>
       <c s="11" r="F273">
         <v>231</v>
       </c>
       <c s="11" r="G273">
         <v>172</v>
       </c>
       <c s="6" t="str" r="H273"/>
       <c s="11" r="I273">
         <v>174</v>
       </c>
       <c s="11" r="J273">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="274" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B274"/>
       <c s="27" t="str" r="C274"/>
       <c s="23" t="inlineStr" r="D274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -9546,101 +9544,101 @@
         <v>19</v>
       </c>
     </row>
     <row r="286" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B286"/>
       <c s="25" t="str" r="C286"/>
       <c s="23" t="inlineStr" r="D286">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E286">
         <v>48</v>
       </c>
       <c s="13" r="F286">
         <v>50</v>
       </c>
       <c s="13" r="G286">
         <v>38</v>
       </c>
       <c s="6" t="str" r="H286"/>
       <c s="13" r="I286">
         <v>53</v>
       </c>
       <c s="13" r="J286">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="287" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B287"/>
       <c s="25" t="str" r="C287"/>
       <c s="23" t="inlineStr" r="D287">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E287">
         <v>69</v>
       </c>
       <c s="13" r="F287">
         <v>65</v>
       </c>
       <c s="13" r="G287">
         <v>55</v>
       </c>
       <c s="6" t="str" r="H287"/>
       <c s="13" r="I287">
         <v>52</v>
       </c>
       <c s="13" r="J287">
         <v>72</v>
       </c>
     </row>
     <row r="288" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B288"/>
       <c s="25" t="str" r="C288"/>
       <c s="10" t="inlineStr" r="D288">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E288">
         <v>135</v>
       </c>
       <c s="11" r="F288">
         <v>137</v>
       </c>
       <c s="11" r="G288">
         <v>104</v>
       </c>
       <c s="6" t="str" r="H288"/>
       <c s="11" r="I288">
         <v>121</v>
       </c>
       <c s="11" r="J288">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="289" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B289"/>
       <c s="27" t="str" r="C289"/>
       <c s="23" t="inlineStr" r="D289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -9660,51 +9658,51 @@
       <c s="10" t="inlineStr" r="B290">
         <is>
           <t xml:space="preserve">Pediatric Hematology/Oncology (Pediatrics)</t>
         </is>
       </c>
       <c s="22" t="str" r="C290"/>
       <c s="23" t="inlineStr" r="D290">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E290">
         <v>26</v>
       </c>
       <c s="13" r="F290">
         <v>25</v>
       </c>
       <c s="13" r="G290">
         <v>16</v>
       </c>
       <c s="6" t="str" r="H290"/>
       <c s="13" r="I290">
         <v>24</v>
       </c>
       <c s="13" r="J290">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="291" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B291"/>
       <c s="25" t="str" r="C291"/>
       <c s="23" t="inlineStr" r="D291">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E291">
         <v>51</v>
       </c>
       <c s="13" r="F291">
         <v>45</v>
       </c>
       <c s="13" r="G291">
         <v>38</v>
       </c>
       <c s="6" t="str" r="H291"/>
       <c s="13" r="I291">
         <v>38</v>
       </c>
       <c s="13" r="J291">
         <v>36</v>
@@ -9735,51 +9733,51 @@
         <v>102</v>
       </c>
     </row>
     <row r="293" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B293"/>
       <c s="25" t="str" r="C293"/>
       <c s="10" t="inlineStr" r="D293">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E293">
         <v>170</v>
       </c>
       <c s="11" r="F293">
         <v>173</v>
       </c>
       <c s="11" r="G293">
         <v>138</v>
       </c>
       <c s="6" t="str" r="H293"/>
       <c s="11" r="I293">
         <v>163</v>
       </c>
       <c s="11" r="J293">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="294" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B294"/>
       <c s="27" t="str" r="C294"/>
       <c s="23" t="inlineStr" r="D294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -9855,78 +9853,78 @@
     </row>
     <row r="297" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B297"/>
       <c s="25" t="str" r="C297"/>
       <c s="23" t="inlineStr" r="D297">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E297">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="13" r="F297">
         <v>93</v>
       </c>
       <c s="13" r="G297">
         <v>105</v>
       </c>
       <c s="6" t="str" r="H297"/>
       <c s="13" r="I297">
         <v>100</v>
       </c>
       <c s="13" r="J297">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="298" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B298"/>
       <c s="25" t="str" r="C298"/>
       <c s="10" t="inlineStr" r="D298">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E298">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="11" r="F298">
         <v>135</v>
       </c>
       <c s="11" r="G298">
         <v>152</v>
       </c>
       <c s="6" t="str" r="H298"/>
       <c s="11" r="I298">
         <v>143</v>
       </c>
       <c s="11" r="J298">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="299" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B299"/>
       <c s="27" t="str" r="C299"/>
       <c s="23" t="inlineStr" r="D299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -9975,101 +9973,101 @@
         <v>5</v>
       </c>
     </row>
     <row r="301" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B301"/>
       <c s="25" t="str" r="C301"/>
       <c s="23" t="inlineStr" r="D301">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E301">
         <v>32</v>
       </c>
       <c s="13" r="F301">
         <v>22</v>
       </c>
       <c s="13" r="G301">
         <v>18</v>
       </c>
       <c s="6" t="str" r="H301"/>
       <c s="13" r="I301">
         <v>18</v>
       </c>
       <c s="13" r="J301">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="302" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B302"/>
       <c s="25" t="str" r="C302"/>
       <c s="23" t="inlineStr" r="D302">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E302">
         <v>30</v>
       </c>
       <c s="13" r="F302">
         <v>40</v>
       </c>
       <c s="13" r="G302">
         <v>31</v>
       </c>
       <c s="6" t="str" r="H302"/>
       <c s="13" r="I302">
         <v>38</v>
       </c>
       <c s="13" r="J302">
         <v>31</v>
       </c>
     </row>
     <row r="303" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B303"/>
       <c s="25" t="str" r="C303"/>
       <c s="10" t="inlineStr" r="D303">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E303">
         <v>67</v>
       </c>
       <c s="11" r="F303">
         <v>64</v>
       </c>
       <c s="11" r="G303">
         <v>51</v>
       </c>
       <c s="6" t="str" r="H303"/>
       <c s="11" r="I303">
         <v>64</v>
       </c>
       <c s="11" r="J303">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="304" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B304"/>
       <c s="27" t="str" r="C304"/>
       <c s="23" t="inlineStr" r="D304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -10118,101 +10116,101 @@
         </is>
       </c>
     </row>
     <row r="306" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B306"/>
       <c s="25" t="str" r="C306"/>
       <c s="23" t="inlineStr" r="D306">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E306">
         <v>17</v>
       </c>
       <c s="13" r="F306">
         <v>14</v>
       </c>
       <c s="13" r="G306">
         <v>12</v>
       </c>
       <c s="6" t="str" r="H306"/>
       <c s="13" r="I306">
         <v>13</v>
       </c>
       <c s="13" r="J306">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="307" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B307"/>
       <c s="25" t="str" r="C307"/>
       <c s="23" t="inlineStr" r="D307">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E307">
         <v>22</v>
       </c>
       <c s="13" r="F307">
         <v>27</v>
       </c>
       <c s="13" r="G307">
         <v>26</v>
       </c>
       <c s="6" t="str" r="H307"/>
       <c s="13" r="I307">
         <v>22</v>
       </c>
       <c s="13" r="J307">
         <v>24</v>
       </c>
     </row>
     <row r="308" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B308"/>
       <c s="25" t="str" r="C308"/>
       <c s="10" t="inlineStr" r="D308">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E308">
         <v>46</v>
       </c>
       <c s="11" r="F308">
         <v>46</v>
       </c>
       <c s="11" r="G308">
         <v>44</v>
       </c>
       <c s="6" t="str" r="H308"/>
       <c s="11" r="I308">
         <v>38</v>
       </c>
       <c s="11" r="J308">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="309" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B309"/>
       <c s="27" t="str" r="C309"/>
       <c s="23" t="inlineStr" r="D309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -10257,101 +10255,101 @@
         <v>11</v>
       </c>
     </row>
     <row r="311" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B311"/>
       <c s="25" t="str" r="C311"/>
       <c s="23" t="inlineStr" r="D311">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E311">
         <v>32</v>
       </c>
       <c s="13" r="F311">
         <v>29</v>
       </c>
       <c s="13" r="G311">
         <v>24</v>
       </c>
       <c s="6" t="str" r="H311"/>
       <c s="13" r="I311">
         <v>30</v>
       </c>
       <c s="13" r="J311">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="312" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B312"/>
       <c s="25" t="str" r="C312"/>
       <c s="23" t="inlineStr" r="D312">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E312">
         <v>37</v>
       </c>
       <c s="13" r="F312">
         <v>33</v>
       </c>
       <c s="13" r="G312">
         <v>31</v>
       </c>
       <c s="6" t="str" r="H312"/>
       <c s="13" r="I312">
         <v>26</v>
       </c>
       <c s="13" r="J312">
         <v>34</v>
       </c>
     </row>
     <row r="313" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B313"/>
       <c s="25" t="str" r="C313"/>
       <c s="10" t="inlineStr" r="D313">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E313">
         <v>75</v>
       </c>
       <c s="11" r="F313">
         <v>70</v>
       </c>
       <c s="11" r="G313">
         <v>62</v>
       </c>
       <c s="6" t="str" r="H313"/>
       <c s="11" r="I313">
         <v>62</v>
       </c>
       <c s="11" r="J313">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="314" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B314"/>
       <c s="27" t="str" r="C314"/>
       <c s="23" t="inlineStr" r="D314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -10557,101 +10555,101 @@
         </is>
       </c>
     </row>
     <row r="321" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B321"/>
       <c s="25" t="str" r="C321"/>
       <c s="23" t="inlineStr" r="D321">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E321">
         <v>12</v>
       </c>
       <c s="13" r="F321">
         <v>12</v>
       </c>
       <c s="13" r="G321">
         <v>7</v>
       </c>
       <c s="6" t="str" r="H321"/>
       <c s="13" r="I321">
         <v>14</v>
       </c>
       <c s="13" r="J321">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="322" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B322"/>
       <c s="25" t="str" r="C322"/>
       <c s="23" t="inlineStr" r="D322">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E322">
         <v>28</v>
       </c>
       <c s="13" r="F322">
         <v>19</v>
       </c>
       <c s="13" r="G322">
         <v>25</v>
       </c>
       <c s="6" t="str" r="H322"/>
       <c s="13" r="I322">
         <v>17</v>
       </c>
       <c s="13" r="J322">
         <v>16</v>
       </c>
     </row>
     <row r="323" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B323"/>
       <c s="25" t="str" r="C323"/>
       <c s="10" t="inlineStr" r="D323">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E323">
         <v>43</v>
       </c>
       <c s="11" r="F323">
         <v>33</v>
       </c>
       <c s="11" r="G323">
         <v>40</v>
       </c>
       <c s="6" t="str" r="H323"/>
       <c s="11" r="I323">
         <v>40</v>
       </c>
       <c s="11" r="J323">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="324" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B324"/>
       <c s="27" t="str" r="C324"/>
       <c s="23" t="inlineStr" r="D324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -11124,126 +11122,126 @@
       <c s="10" t="inlineStr" r="B340">
         <is>
           <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C340"/>
       <c s="23" t="inlineStr" r="D340">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E340">
         <v>257</v>
       </c>
       <c s="13" r="F340">
         <v>214</v>
       </c>
       <c s="13" r="G340">
         <v>216</v>
       </c>
       <c s="6" t="str" r="H340"/>
       <c s="13" r="I340">
         <v>245</v>
       </c>
       <c s="13" r="J340">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="341" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B341"/>
       <c s="25" t="str" r="C341"/>
       <c s="23" t="inlineStr" r="D341">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E341">
         <v>684</v>
       </c>
       <c s="13" r="F341">
         <v>673</v>
       </c>
       <c s="13" r="G341">
         <v>620</v>
       </c>
       <c s="6" t="str" r="H341"/>
       <c s="13" r="I341">
         <v>651</v>
       </c>
       <c s="13" r="J341">
-        <v>671</v>
+        <v>675</v>
       </c>
     </row>
     <row r="342" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B342"/>
       <c s="25" t="str" r="C342"/>
       <c s="23" t="inlineStr" r="D342">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E342">
         <v>506</v>
       </c>
       <c s="13" r="F342">
         <v>432</v>
       </c>
       <c s="13" r="G342">
         <v>461</v>
       </c>
       <c s="6" t="str" r="H342"/>
       <c s="13" r="I342">
         <v>430</v>
       </c>
       <c s="13" r="J342">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="343" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B343"/>
       <c s="25" t="str" r="C343"/>
       <c s="10" t="inlineStr" r="D343">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E343">
         <v>1447</v>
       </c>
       <c s="11" r="F343">
         <v>1319</v>
       </c>
       <c s="11" r="G343">
         <v>1297</v>
       </c>
       <c s="6" t="str" r="H343"/>
       <c s="11" r="I343">
         <v>1326</v>
       </c>
       <c s="11" r="J343">
-        <v>1421</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="344" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B344"/>
       <c s="27" t="str" r="C344"/>
       <c s="23" t="inlineStr" r="D344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -11555,126 +11553,126 @@
       <c s="10" t="inlineStr" r="B355">
         <is>
           <t xml:space="preserve">Sleep Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C355"/>
       <c s="23" t="inlineStr" r="D355">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E355">
         <v>41</v>
       </c>
       <c s="13" r="F355">
         <v>50</v>
       </c>
       <c s="13" r="G355">
         <v>41</v>
       </c>
       <c s="6" t="str" r="H355"/>
       <c s="13" r="I355">
         <v>55</v>
       </c>
       <c s="13" r="J355">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="356" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B356"/>
       <c s="25" t="str" r="C356"/>
       <c s="23" t="inlineStr" r="D356">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E356">
         <v>163</v>
       </c>
       <c s="13" r="F356">
         <v>164</v>
       </c>
       <c s="13" r="G356">
         <v>156</v>
       </c>
       <c s="6" t="str" r="H356"/>
       <c s="13" r="I356">
         <v>139</v>
       </c>
       <c s="13" r="J356">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="357" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B357"/>
       <c s="25" t="str" r="C357"/>
       <c s="23" t="inlineStr" r="D357">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E357">
         <v>94</v>
       </c>
       <c s="13" r="F357">
         <v>87</v>
       </c>
       <c s="13" r="G357">
         <v>94</v>
       </c>
       <c s="6" t="str" r="H357"/>
       <c s="13" r="I357">
         <v>98</v>
       </c>
       <c s="13" r="J357">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="358" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B358"/>
       <c s="25" t="str" r="C358"/>
       <c s="10" t="inlineStr" r="D358">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E358">
         <v>298</v>
       </c>
       <c s="11" r="F358">
         <v>301</v>
       </c>
       <c s="11" r="G358">
         <v>291</v>
       </c>
       <c s="6" t="str" r="H358"/>
       <c s="11" r="I358">
         <v>292</v>
       </c>
       <c s="11" r="J358">
-        <v>298</v>
+        <v>306</v>
       </c>
     </row>
     <row r="359" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B359"/>
       <c s="27" t="str" r="C359"/>
       <c s="23" t="inlineStr" r="D359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -11694,126 +11692,126 @@
       <c s="10" t="inlineStr" r="B360">
         <is>
           <t xml:space="preserve">Sports Medicine (Emergency Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C360"/>
       <c s="23" t="inlineStr" r="D360">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="13" r="E360">
         <v>48</v>
       </c>
       <c s="13" r="F360">
         <v>49</v>
       </c>
       <c s="13" r="G360">
         <v>45</v>
       </c>
       <c s="6" t="str" r="H360"/>
       <c s="13" r="I360">
         <v>61</v>
       </c>
       <c s="13" r="J360">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="361" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B361"/>
       <c s="25" t="str" r="C361"/>
       <c s="23" t="inlineStr" r="D361">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E361">
         <v>25</v>
       </c>
       <c s="13" r="F361">
         <v>29</v>
       </c>
       <c s="13" r="G361">
         <v>33</v>
       </c>
       <c s="6" t="str" r="H361"/>
       <c s="13" r="I361">
         <v>29</v>
       </c>
       <c s="13" r="J361">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="362" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B362"/>
       <c s="25" t="str" r="C362"/>
       <c s="23" t="inlineStr" r="D362">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E362">
         <v>63</v>
       </c>
       <c s="13" r="F362">
         <v>53</v>
       </c>
       <c s="13" r="G362">
         <v>58</v>
       </c>
       <c s="6" t="str" r="H362"/>
       <c s="13" r="I362">
         <v>72</v>
       </c>
       <c s="13" r="J362">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="363" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B363"/>
       <c s="25" t="str" r="C363"/>
       <c s="10" t="inlineStr" r="D363">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E363">
         <v>136</v>
       </c>
       <c s="11" r="F363">
         <v>131</v>
       </c>
       <c s="11" r="G363">
         <v>136</v>
       </c>
       <c s="6" t="str" r="H363"/>
       <c s="11" r="I363">
         <v>162</v>
       </c>
       <c s="11" r="J363">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="364" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B364"/>
       <c s="27" t="str" r="C364"/>
       <c s="23" t="inlineStr" r="D364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -11858,101 +11856,101 @@
         <v>203</v>
       </c>
     </row>
     <row r="366" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B366"/>
       <c s="25" t="str" r="C366"/>
       <c s="23" t="inlineStr" r="D366">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E366">
         <v>84</v>
       </c>
       <c s="13" r="F366">
         <v>94</v>
       </c>
       <c s="13" r="G366">
         <v>102</v>
       </c>
       <c s="6" t="str" r="H366"/>
       <c s="13" r="I366">
         <v>99</v>
       </c>
       <c s="13" r="J366">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="367" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B367"/>
       <c s="25" t="str" r="C367"/>
       <c s="23" t="inlineStr" r="D367">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E367">
         <v>210</v>
       </c>
       <c s="13" r="F367">
         <v>186</v>
       </c>
       <c s="13" r="G367">
         <v>206</v>
       </c>
       <c s="6" t="str" r="H367"/>
       <c s="13" r="I367">
         <v>219</v>
       </c>
       <c s="13" r="J367">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="368" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B368"/>
       <c s="25" t="str" r="C368"/>
       <c s="10" t="inlineStr" r="D368">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E368">
         <v>458</v>
       </c>
       <c s="11" r="F368">
         <v>486</v>
       </c>
       <c s="11" r="G368">
         <v>478</v>
       </c>
       <c s="6" t="str" r="H368"/>
       <c s="11" r="I368">
         <v>520</v>
       </c>
       <c s="11" r="J368">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="369" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B369"/>
       <c s="27" t="str" r="C369"/>
       <c s="23" t="inlineStr" r="D369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -12136,101 +12134,101 @@
         <v>101</v>
       </c>
     </row>
     <row r="376" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B376"/>
       <c s="25" t="str" r="C376"/>
       <c s="23" t="inlineStr" r="D376">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="13" r="E376">
         <v>37</v>
       </c>
       <c s="13" r="F376">
         <v>33</v>
       </c>
       <c s="13" r="G376">
         <v>40</v>
       </c>
       <c s="6" t="str" r="H376"/>
       <c s="13" r="I376">
         <v>37</v>
       </c>
       <c s="13" r="J376">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="377" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B377"/>
       <c s="25" t="str" r="C377"/>
       <c s="23" t="inlineStr" r="D377">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="13" r="E377">
         <v>110</v>
       </c>
       <c s="13" r="F377">
         <v>99</v>
       </c>
       <c s="13" r="G377">
         <v>112</v>
       </c>
       <c s="6" t="str" r="H377"/>
       <c s="13" r="I377">
         <v>143</v>
       </c>
       <c s="13" r="J377">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="378" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B378"/>
       <c s="25" t="str" r="C378"/>
       <c s="10" t="inlineStr" r="D378">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="11" r="E378">
         <v>199</v>
       </c>
       <c s="11" r="F378">
         <v>196</v>
       </c>
       <c s="11" r="G378">
         <v>209</v>
       </c>
       <c s="6" t="str" r="H378"/>
       <c s="11" r="I378">
         <v>263</v>
       </c>
       <c s="11" r="J378">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="379" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B379"/>
       <c s="27" t="str" r="C379"/>
       <c s="23" t="inlineStr" r="D379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -13501,51 +13499,51 @@
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="3.421875"/>
     <col min="2" max="2" customWidth="1" width="23.3125"/>
     <col min="3" max="3" customWidth="1" width="36.5625"/>
     <col min="4" max="4" customWidth="1" width="11.78125"/>
     <col min="5" max="5" customWidth="1" width="12.50390625"/>
     <col min="6" max="6" customWidth="1" width="12.4921875"/>
     <col min="7" max="7" customWidth="1" width="3.47265625"/>
     <col min="8" max="8" customWidth="1" width="9.0234375"/>
     <col min="9" max="9" customWidth="1" width="12.4921875"/>
     <col min="10" max="10" customWidth="1" width="12.4921875"/>
     <col min="11" max="11" customWidth="1" width="0.0234375"/>
     <col min="12" max="12" customWidth="1" width="56.4609375"/>
     <col min="13" max="13" customWidth="1" width="1.37109375"/>
     <col min="14" max="14" customWidth="1" width="1.86328125"/>
   </cols>
   <sheetData>
     <row r="1" ht="3.6" customHeight="1"/>
     <row r="2" ht="34.55" customHeight="1"/>
     <row r="3" ht="7.9" customHeight="1"/>
     <row r="4" ht="18" customHeight="1">
       <c s="1" t="inlineStr" r="B4">
         <is>
-          <t xml:space="preserve">As of 5/31 of prior seasons. As of 10/1/2025 of current (ERAS 2026) season.</t>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 11/3/2025 of current (ERAS 2026) season.</t>
         </is>
       </c>
     </row>
     <row r="5" ht="16.5" customHeight="0">
       <c s="16" t="inlineStr" r="B5">
         <is>
           <t xml:space="preserve">Average Applications Submitted</t>
         </is>
       </c>
       <c s="17" t="str" r="C5"/>
       <c s="18" t="inlineStr" r="D5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="19" t="inlineStr" r="E5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="17" t="str" r="F5"/>
       <c s="17" t="str" r="G5"/>
       <c s="17" t="str" r="H5"/>
       <c s="17" t="str" r="I5"/>
       <c s="17" t="str" r="J5"/>
@@ -13593,126 +13591,126 @@
       <c s="10" t="inlineStr" r="B7">
         <is>
           <t xml:space="preserve">Addiction Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C7"/>
       <c s="23" t="inlineStr" r="D7">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E7">
         <v>12.32</v>
       </c>
       <c s="30" r="F7">
         <v>13.46</v>
       </c>
       <c s="30" r="G7">
         <v>14.14</v>
       </c>
       <c s="6" t="str" r="H7"/>
       <c s="30" r="I7">
         <v>16.89</v>
       </c>
       <c s="30" r="J7">
-        <v>16.03</v>
+        <v>15.31</v>
       </c>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B8"/>
       <c s="25" t="str" r="C8"/>
       <c s="23" t="inlineStr" r="D8">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E8">
         <v>15.57</v>
       </c>
       <c s="30" r="F8">
         <v>16.42</v>
       </c>
       <c s="30" r="G8">
         <v>16.96</v>
       </c>
       <c s="6" t="str" r="H8"/>
       <c s="30" r="I8">
         <v>18.56</v>
       </c>
       <c s="30" r="J8">
-        <v>22.76</v>
+        <v>20.76</v>
       </c>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B9"/>
       <c s="25" t="str" r="C9"/>
       <c s="23" t="inlineStr" r="D9">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E9">
         <v>6.59</v>
       </c>
       <c s="30" r="F9">
         <v>9.69</v>
       </c>
       <c s="30" r="G9">
         <v>9.54</v>
       </c>
       <c s="6" t="str" r="H9"/>
       <c s="30" r="I9">
         <v>8.18</v>
       </c>
       <c s="30" r="J9">
-        <v>10.34</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B10"/>
       <c s="25" t="str" r="C10"/>
       <c s="10" t="inlineStr" r="D10">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E10">
         <v>10.12</v>
       </c>
       <c s="31" r="F10">
         <v>12.6</v>
       </c>
       <c s="31" r="G10">
         <v>12.17</v>
       </c>
       <c s="6" t="str" r="H10"/>
       <c s="31" r="I10">
         <v>12.68</v>
       </c>
       <c s="31" r="J10">
-        <v>14.27</v>
+        <v>13.65</v>
       </c>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B11"/>
       <c s="27" t="str" r="C11"/>
       <c s="23" t="inlineStr" r="D11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -13732,126 +13730,126 @@
       <c s="10" t="inlineStr" r="B12">
         <is>
           <t xml:space="preserve">Addiction Psychiatry</t>
         </is>
       </c>
       <c s="22" t="str" r="C12"/>
       <c s="23" t="inlineStr" r="D12">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E12">
         <v>7.08</v>
       </c>
       <c s="30" r="F12">
         <v>9.08</v>
       </c>
       <c s="30" r="G12">
         <v>14.11</v>
       </c>
       <c s="6" t="str" r="H12"/>
       <c s="30" r="I12">
         <v>6.2</v>
       </c>
       <c s="30" r="J12">
-        <v>9.11</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="13" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B13"/>
       <c s="25" t="str" r="C13"/>
       <c s="23" t="inlineStr" r="D13">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E13">
         <v>10.74</v>
       </c>
       <c s="30" r="F13">
         <v>12.35</v>
       </c>
       <c s="30" r="G13">
         <v>12.41</v>
       </c>
       <c s="6" t="str" r="H13"/>
       <c s="30" r="I13">
         <v>14.9</v>
       </c>
       <c s="30" r="J13">
-        <v>7.96</v>
+        <v>7.54</v>
       </c>
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B14"/>
       <c s="25" t="str" r="C14"/>
       <c s="23" t="inlineStr" r="D14">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E14">
         <v>7.79</v>
       </c>
       <c s="30" r="F14">
         <v>6.44</v>
       </c>
       <c s="30" r="G14">
         <v>6.08</v>
       </c>
       <c s="6" t="str" r="H14"/>
       <c s="30" r="I14">
         <v>5.27</v>
       </c>
       <c s="30" r="J14">
-        <v>8.08</v>
+        <v>7.95</v>
       </c>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B15"/>
       <c s="25" t="str" r="C15"/>
       <c s="10" t="inlineStr" r="D15">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E15">
         <v>8.6</v>
       </c>
       <c s="31" r="F15">
         <v>9.11</v>
       </c>
       <c s="31" r="G15">
         <v>9.49</v>
       </c>
       <c s="6" t="str" r="H15"/>
       <c s="31" r="I15">
         <v>7.82</v>
       </c>
       <c s="31" r="J15">
-        <v>8.15</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B16"/>
       <c s="27" t="str" r="C16"/>
       <c s="23" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -14041,101 +14039,101 @@
         <v>19</v>
       </c>
     </row>
     <row r="23" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B23"/>
       <c s="25" t="str" r="C23"/>
       <c s="23" t="inlineStr" r="D23">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E23">
         <v>12.67</v>
       </c>
       <c s="30" r="F23">
         <v>11.86</v>
       </c>
       <c s="30" r="G23">
         <v>12.57</v>
       </c>
       <c s="6" t="str" r="H23"/>
       <c s="30" r="I23">
         <v>9.22</v>
       </c>
       <c s="30" r="J23">
-        <v>9.92</v>
+        <v>10.77</v>
       </c>
     </row>
     <row r="24" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B24"/>
       <c s="25" t="str" r="C24"/>
       <c s="23" t="inlineStr" r="D24">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E24">
         <v>8</v>
       </c>
       <c s="30" r="F24">
         <v>9.27</v>
       </c>
       <c s="30" r="G24">
         <v>11.2</v>
       </c>
       <c s="6" t="str" r="H24"/>
       <c s="30" r="I24">
         <v>8.77</v>
       </c>
       <c s="30" r="J24">
-        <v>9</v>
+        <v>9.24</v>
       </c>
     </row>
     <row r="25" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B25"/>
       <c s="25" t="str" r="C25"/>
       <c s="10" t="inlineStr" r="D25">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E25">
         <v>9</v>
       </c>
       <c s="31" r="F25">
         <v>10.28</v>
       </c>
       <c s="31" r="G25">
         <v>11.17</v>
       </c>
       <c s="6" t="str" r="H25"/>
       <c s="31" r="I25">
         <v>8.8</v>
       </c>
       <c s="31" r="J25">
-        <v>9.71</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="26" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B26"/>
       <c s="27" t="str" r="C26"/>
       <c s="23" t="inlineStr" r="D26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -14155,126 +14153,126 @@
       <c s="10" t="inlineStr" r="B27">
         <is>
           <t xml:space="preserve">Advanced Heart Failure and Transplant Cardiology</t>
         </is>
       </c>
       <c s="22" t="str" r="C27"/>
       <c s="23" t="inlineStr" r="D27">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E27">
         <v>34.17</v>
       </c>
       <c s="30" r="F27">
         <v>14.35</v>
       </c>
       <c s="30" r="G27">
         <v>13.5</v>
       </c>
       <c s="6" t="str" r="H27"/>
       <c s="30" r="I27">
         <v>8.25</v>
       </c>
       <c s="30" r="J27">
-        <v>13.13</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="28" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B28"/>
       <c s="25" t="str" r="C28"/>
       <c s="23" t="inlineStr" r="D28">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E28">
         <v>16.46</v>
       </c>
       <c s="30" r="F28">
         <v>14.13</v>
       </c>
       <c s="30" r="G28">
         <v>22.61</v>
       </c>
       <c s="6" t="str" r="H28"/>
       <c s="30" r="I28">
         <v>14.51</v>
       </c>
       <c s="30" r="J28">
-        <v>25.46</v>
+        <v>25.24</v>
       </c>
     </row>
     <row r="29" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B29"/>
       <c s="25" t="str" r="C29"/>
       <c s="23" t="inlineStr" r="D29">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E29">
         <v>11.56</v>
       </c>
       <c s="30" r="F29">
         <v>16.23</v>
       </c>
       <c s="30" r="G29">
         <v>14.57</v>
       </c>
       <c s="6" t="str" r="H29"/>
       <c s="30" r="I29">
         <v>10.62</v>
       </c>
       <c s="30" r="J29">
-        <v>11.82</v>
+        <v>11.51</v>
       </c>
     </row>
     <row r="30" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B30"/>
       <c s="25" t="str" r="C30"/>
       <c s="10" t="inlineStr" r="D30">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E30">
         <v>15.65</v>
       </c>
       <c s="31" r="F30">
         <v>14.82</v>
       </c>
       <c s="31" r="G30">
         <v>19.03</v>
       </c>
       <c s="6" t="str" r="H30"/>
       <c s="31" r="I30">
         <v>12.81</v>
       </c>
       <c s="31" r="J30">
-        <v>18.77</v>
+        <v>18.57</v>
       </c>
     </row>
     <row r="31" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B31"/>
       <c s="27" t="str" r="C31"/>
       <c s="23" t="inlineStr" r="D31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -14664,76 +14662,76 @@
         <v>5.5</v>
       </c>
     </row>
     <row r="44" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B44"/>
       <c s="25" t="str" r="C44"/>
       <c s="23" t="inlineStr" r="D44">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E44">
         <v>12.93</v>
       </c>
       <c s="30" r="F44">
         <v>14</v>
       </c>
       <c s="30" r="G44">
         <v>14.47</v>
       </c>
       <c s="6" t="str" r="H44"/>
       <c s="30" r="I44">
         <v>16.55</v>
       </c>
       <c s="30" r="J44">
-        <v>12.28</v>
+        <v>12.33</v>
       </c>
     </row>
     <row r="45" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B45"/>
       <c s="25" t="str" r="C45"/>
       <c s="10" t="inlineStr" r="D45">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E45">
         <v>12.85</v>
       </c>
       <c s="31" r="F45">
         <v>15.1</v>
       </c>
       <c s="31" r="G45">
         <v>14.38</v>
       </c>
       <c s="6" t="str" r="H45"/>
       <c s="31" r="I45">
         <v>14.31</v>
       </c>
       <c s="31" r="J45">
-        <v>11.67</v>
+        <v>11.7</v>
       </c>
     </row>
     <row r="46" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B46"/>
       <c s="27" t="str" r="C46"/>
       <c s="23" t="inlineStr" r="D46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -14753,126 +14751,126 @@
       <c s="10" t="inlineStr" r="B47">
         <is>
           <t xml:space="preserve">Cardiovascular Disease (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C47"/>
       <c s="23" t="inlineStr" r="D47">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E47">
         <v>79.01</v>
       </c>
       <c s="30" r="F47">
         <v>88.65</v>
       </c>
       <c s="30" r="G47">
         <v>90.02</v>
       </c>
       <c s="6" t="str" r="H47"/>
       <c s="30" r="I47">
         <v>93.22</v>
       </c>
       <c s="30" r="J47">
-        <v>94.71</v>
+        <v>94.82</v>
       </c>
     </row>
     <row r="48" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B48"/>
       <c s="25" t="str" r="C48"/>
       <c s="23" t="inlineStr" r="D48">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E48">
         <v>115.2</v>
       </c>
       <c s="30" r="F48">
         <v>120.13</v>
       </c>
       <c s="30" r="G48">
         <v>122.4</v>
       </c>
       <c s="6" t="str" r="H48"/>
       <c s="30" r="I48">
         <v>120.15</v>
       </c>
       <c s="30" r="J48">
-        <v>114.03</v>
+        <v>113.81</v>
       </c>
     </row>
     <row r="49" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B49"/>
       <c s="25" t="str" r="C49"/>
       <c s="23" t="inlineStr" r="D49">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E49">
         <v>60.01</v>
       </c>
       <c s="30" r="F49">
         <v>64.12</v>
       </c>
       <c s="30" r="G49">
         <v>61.32</v>
       </c>
       <c s="6" t="str" r="H49"/>
       <c s="30" r="I49">
         <v>68.73</v>
       </c>
       <c s="30" r="J49">
-        <v>59.68</v>
+        <v>59.58</v>
       </c>
     </row>
     <row r="50" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B50"/>
       <c s="25" t="str" r="C50"/>
       <c s="10" t="inlineStr" r="D50">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E50">
         <v>90</v>
       </c>
       <c s="31" r="F50">
         <v>95.21</v>
       </c>
       <c s="31" r="G50">
         <v>93.82</v>
       </c>
       <c s="6" t="str" r="H50"/>
       <c s="31" r="I50">
         <v>96.27</v>
       </c>
       <c s="31" r="J50">
-        <v>90.5</v>
+        <v>90.39</v>
       </c>
     </row>
     <row r="51" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B51"/>
       <c s="27" t="str" r="C51"/>
       <c s="23" t="inlineStr" r="D51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -14921,101 +14919,101 @@
     </row>
     <row r="53" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B53"/>
       <c s="25" t="str" r="C53"/>
       <c s="23" t="inlineStr" r="D53">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E53">
         <v>6.67</v>
       </c>
       <c s="28" t="inlineStr" r="F53">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="G53">
         <v>5.5</v>
       </c>
       <c s="6" t="str" r="H53"/>
       <c s="30" r="I53">
         <v>14</v>
       </c>
       <c s="30" r="J53">
-        <v>6.67</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B54"/>
       <c s="25" t="str" r="C54"/>
       <c s="23" t="inlineStr" r="D54">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E54">
         <v>8.62</v>
       </c>
       <c s="30" r="F54">
         <v>11.7</v>
       </c>
       <c s="30" r="G54">
         <v>8.2</v>
       </c>
       <c s="6" t="str" r="H54"/>
       <c s="30" r="I54">
         <v>8.43</v>
       </c>
       <c s="30" r="J54">
-        <v>5.27</v>
+        <v>5.36</v>
       </c>
     </row>
     <row r="55" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B55"/>
       <c s="25" t="str" r="C55"/>
       <c s="10" t="inlineStr" r="D55">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E55">
         <v>7.71</v>
       </c>
       <c s="31" r="F55">
         <v>10.39</v>
       </c>
       <c s="31" r="G55">
         <v>8.53</v>
       </c>
       <c s="6" t="str" r="H55"/>
       <c s="31" r="I55">
         <v>10.69</v>
       </c>
       <c s="31" r="J55">
-        <v>5.42</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="56" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B56"/>
       <c s="27" t="str" r="C56"/>
       <c s="23" t="inlineStr" r="D56">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E56">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F56">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G56">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -15035,126 +15033,126 @@
       <c s="10" t="inlineStr" r="B57">
         <is>
           <t xml:space="preserve">Child and Adolescent Psychiatry (Psychiatry)</t>
         </is>
       </c>
       <c s="22" t="str" r="C57"/>
       <c s="23" t="inlineStr" r="D57">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E57">
         <v>19.4</v>
       </c>
       <c s="30" r="F57">
         <v>23.78</v>
       </c>
       <c s="30" r="G57">
         <v>20.2</v>
       </c>
       <c s="6" t="str" r="H57"/>
       <c s="30" r="I57">
         <v>18.48</v>
       </c>
       <c s="30" r="J57">
-        <v>20.3</v>
+        <v>20.34</v>
       </c>
     </row>
     <row r="58" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B58"/>
       <c s="25" t="str" r="C58"/>
       <c s="23" t="inlineStr" r="D58">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E58">
         <v>25.76</v>
       </c>
       <c s="30" r="F58">
         <v>28.59</v>
       </c>
       <c s="30" r="G58">
         <v>22.91</v>
       </c>
       <c s="6" t="str" r="H58"/>
       <c s="30" r="I58">
         <v>23.51</v>
       </c>
       <c s="30" r="J58">
-        <v>22.92</v>
+        <v>23.83</v>
       </c>
     </row>
     <row r="59" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B59"/>
       <c s="25" t="str" r="C59"/>
       <c s="23" t="inlineStr" r="D59">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E59">
         <v>14.45</v>
       </c>
       <c s="30" r="F59">
         <v>14.35</v>
       </c>
       <c s="30" r="G59">
         <v>14.41</v>
       </c>
       <c s="6" t="str" r="H59"/>
       <c s="30" r="I59">
         <v>14.35</v>
       </c>
       <c s="30" r="J59">
-        <v>16.33</v>
+        <v>16.36</v>
       </c>
     </row>
     <row r="60" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B60"/>
       <c s="25" t="str" r="C60"/>
       <c s="10" t="inlineStr" r="D60">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E60">
         <v>18.1</v>
       </c>
       <c s="31" r="F60">
         <v>19.38</v>
       </c>
       <c s="31" r="G60">
         <v>17.54</v>
       </c>
       <c s="6" t="str" r="H60"/>
       <c s="31" r="I60">
         <v>17.29</v>
       </c>
       <c s="31" r="J60">
-        <v>18.62</v>
+        <v>18.87</v>
       </c>
     </row>
     <row r="61" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B61"/>
       <c s="27" t="str" r="C61"/>
       <c s="23" t="inlineStr" r="D61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -15174,126 +15172,126 @@
       <c s="10" t="inlineStr" r="B62">
         <is>
           <t xml:space="preserve">Clinical Cardiac Electrophysiology</t>
         </is>
       </c>
       <c s="22" t="str" r="C62"/>
       <c s="23" t="inlineStr" r="D62">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E62">
         <v>41.23</v>
       </c>
       <c s="30" r="F62">
         <v>41.72</v>
       </c>
       <c s="30" r="G62">
         <v>66.93</v>
       </c>
       <c s="6" t="str" r="H62"/>
       <c s="30" r="I62">
         <v>60.94</v>
       </c>
       <c s="30" r="J62">
-        <v>66.37</v>
+        <v>66.63</v>
       </c>
     </row>
     <row r="63" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B63"/>
       <c s="25" t="str" r="C63"/>
       <c s="23" t="inlineStr" r="D63">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E63">
         <v>46.1</v>
       </c>
       <c s="30" r="F63">
         <v>50.57</v>
       </c>
       <c s="30" r="G63">
         <v>54.85</v>
       </c>
       <c s="6" t="str" r="H63"/>
       <c s="30" r="I63">
         <v>50.64</v>
       </c>
       <c s="30" r="J63">
-        <v>62.87</v>
+        <v>62.11</v>
       </c>
     </row>
     <row r="64" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B64"/>
       <c s="25" t="str" r="C64"/>
       <c s="23" t="inlineStr" r="D64">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E64">
         <v>23.15</v>
       </c>
       <c s="30" r="F64">
         <v>24.88</v>
       </c>
       <c s="30" r="G64">
         <v>25.15</v>
       </c>
       <c s="6" t="str" r="H64"/>
       <c s="30" r="I64">
         <v>26.69</v>
       </c>
       <c s="30" r="J64">
-        <v>32.4</v>
+        <v>32.43</v>
       </c>
     </row>
     <row r="65" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B65"/>
       <c s="25" t="str" r="C65"/>
       <c s="10" t="inlineStr" r="D65">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E65">
         <v>35.34</v>
       </c>
       <c s="31" r="F65">
         <v>38.5</v>
       </c>
       <c s="31" r="G65">
         <v>43.57</v>
       </c>
       <c s="6" t="str" r="H65"/>
       <c s="31" r="I65">
         <v>44.69</v>
       </c>
       <c s="31" r="J65">
-        <v>53.17</v>
+        <v>52.87</v>
       </c>
     </row>
     <row r="66" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B66"/>
       <c s="27" t="str" r="C66"/>
       <c s="23" t="inlineStr" r="D66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -15875,103 +15873,103 @@
         <v>9.33</v>
       </c>
     </row>
     <row r="83" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B83"/>
       <c s="25" t="str" r="C83"/>
       <c s="23" t="inlineStr" r="D83">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E83">
         <v>9.11</v>
       </c>
       <c s="30" r="F83">
         <v>13.2</v>
       </c>
       <c s="30" r="G83">
         <v>6.86</v>
       </c>
       <c s="6" t="str" r="H83"/>
       <c s="30" r="I83">
         <v>7.04</v>
       </c>
       <c s="30" r="J83">
-        <v>12.5</v>
+        <v>12.26</v>
       </c>
     </row>
     <row r="84" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B84"/>
       <c s="25" t="str" r="C84"/>
       <c s="23" t="inlineStr" r="D84">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E84">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="F84">
         <v>8.45</v>
       </c>
       <c s="30" r="G84">
         <v>6.51</v>
       </c>
       <c s="6" t="str" r="H84"/>
       <c s="30" r="I84">
         <v>7.88</v>
       </c>
       <c s="30" r="J84">
-        <v>6.72</v>
+        <v>6.82</v>
       </c>
     </row>
     <row r="85" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B85"/>
       <c s="25" t="str" r="C85"/>
       <c s="10" t="inlineStr" r="D85">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E85">
         <v>6.62</v>
       </c>
       <c s="31" r="F85">
         <v>10.29</v>
       </c>
       <c s="31" r="G85">
         <v>7.81</v>
       </c>
       <c s="6" t="str" r="H85"/>
       <c s="31" r="I85">
         <v>7.33</v>
       </c>
       <c s="31" r="J85">
-        <v>9.09</v>
+        <v>9.07</v>
       </c>
     </row>
     <row r="86" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B86"/>
       <c s="27" t="str" r="C86"/>
       <c s="23" t="inlineStr" r="D86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -16943,138 +16941,138 @@
       </c>
       <c s="22" t="str" r="C117"/>
       <c s="23" t="inlineStr" r="D117">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E117">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F117">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="G117">
         <v>11.67</v>
       </c>
       <c s="6" t="str" r="H117"/>
       <c s="30" r="I117">
         <v>14.75</v>
       </c>
       <c s="30" r="J117">
-        <v>15.08</v>
+        <v>14.71</v>
       </c>
     </row>
     <row r="118" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B118"/>
       <c s="25" t="str" r="C118"/>
       <c s="23" t="inlineStr" r="D118">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E118">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F118">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="G118">
         <v>14.54</v>
       </c>
       <c s="6" t="str" r="H118"/>
       <c s="30" r="I118">
         <v>14.59</v>
       </c>
       <c s="30" r="J118">
-        <v>10.39</v>
+        <v>11.84</v>
       </c>
     </row>
     <row r="119" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B119"/>
       <c s="25" t="str" r="C119"/>
       <c s="23" t="inlineStr" r="D119">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E119">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F119">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="G119">
         <v>9.13</v>
       </c>
       <c s="6" t="str" r="H119"/>
       <c s="30" r="I119">
         <v>8.95</v>
       </c>
       <c s="30" r="J119">
-        <v>11.73</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="120" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B120"/>
       <c s="25" t="str" r="C120"/>
       <c s="10" t="inlineStr" r="D120">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E120">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F120">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="31" r="G120">
         <v>11.16</v>
       </c>
       <c s="6" t="str" r="H120"/>
       <c s="31" r="I120">
         <v>10.94</v>
       </c>
       <c s="31" r="J120">
-        <v>11.95</v>
+        <v>12.24</v>
       </c>
     </row>
     <row r="121" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B121"/>
       <c s="27" t="str" r="C121"/>
       <c s="23" t="inlineStr" r="D121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -17094,126 +17092,126 @@
       <c s="10" t="inlineStr" r="B122">
         <is>
           <t xml:space="preserve">Critical Care Medicine (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C122"/>
       <c s="23" t="inlineStr" r="D122">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E122">
         <v>18.07</v>
       </c>
       <c s="30" r="F122">
         <v>20.41</v>
       </c>
       <c s="30" r="G122">
         <v>20.35</v>
       </c>
       <c s="6" t="str" r="H122"/>
       <c s="30" r="I122">
         <v>19.42</v>
       </c>
       <c s="30" r="J122">
-        <v>16.33</v>
+        <v>16.34</v>
       </c>
     </row>
     <row r="123" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B123"/>
       <c s="25" t="str" r="C123"/>
       <c s="23" t="inlineStr" r="D123">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E123">
         <v>18.59</v>
       </c>
       <c s="30" r="F123">
         <v>22.02</v>
       </c>
       <c s="30" r="G123">
         <v>20.97</v>
       </c>
       <c s="6" t="str" r="H123"/>
       <c s="30" r="I123">
         <v>19.53</v>
       </c>
       <c s="30" r="J123">
-        <v>23.13</v>
+        <v>23.01</v>
       </c>
     </row>
     <row r="124" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B124"/>
       <c s="25" t="str" r="C124"/>
       <c s="23" t="inlineStr" r="D124">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E124">
         <v>12.6</v>
       </c>
       <c s="30" r="F124">
         <v>15.93</v>
       </c>
       <c s="30" r="G124">
         <v>16.13</v>
       </c>
       <c s="6" t="str" r="H124"/>
       <c s="30" r="I124">
         <v>13.15</v>
       </c>
       <c s="30" r="J124">
         <v>12.67</v>
       </c>
     </row>
     <row r="125" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B125"/>
       <c s="25" t="str" r="C125"/>
       <c s="10" t="inlineStr" r="D125">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E125">
         <v>17.24</v>
       </c>
       <c s="31" r="F125">
         <v>20.59</v>
       </c>
       <c s="31" r="G125">
         <v>19.81</v>
       </c>
       <c s="6" t="str" r="H125"/>
       <c s="31" r="I125">
         <v>18.09</v>
       </c>
       <c s="31" r="J125">
-        <v>19.77</v>
+        <v>19.71</v>
       </c>
     </row>
     <row r="126" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B126"/>
       <c s="27" t="str" r="C126"/>
       <c s="23" t="inlineStr" r="D126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -17258,101 +17256,101 @@
         <v>11.57</v>
       </c>
     </row>
     <row r="128" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B128"/>
       <c s="25" t="str" r="C128"/>
       <c s="23" t="inlineStr" r="D128">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E128">
         <v>19.7</v>
       </c>
       <c s="30" r="F128">
         <v>11.21</v>
       </c>
       <c s="30" r="G128">
         <v>9.71</v>
       </c>
       <c s="6" t="str" r="H128"/>
       <c s="30" r="I128">
         <v>13.13</v>
       </c>
       <c s="30" r="J128">
-        <v>10.67</v>
+        <v>9.92</v>
       </c>
     </row>
     <row r="129" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B129"/>
       <c s="25" t="str" r="C129"/>
       <c s="23" t="inlineStr" r="D129">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E129">
         <v>6.78</v>
       </c>
       <c s="30" r="F129">
         <v>6</v>
       </c>
       <c s="30" r="G129">
         <v>7.28</v>
       </c>
       <c s="6" t="str" r="H129"/>
       <c s="30" r="I129">
         <v>10.73</v>
       </c>
       <c s="30" r="J129">
         <v>8.3</v>
       </c>
     </row>
     <row r="130" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B130"/>
       <c s="25" t="str" r="C130"/>
       <c s="10" t="inlineStr" r="D130">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E130">
         <v>11.55</v>
       </c>
       <c s="31" r="F130">
         <v>8.72</v>
       </c>
       <c s="31" r="G130">
         <v>9</v>
       </c>
       <c s="6" t="str" r="H130"/>
       <c s="31" r="I130">
         <v>12.11</v>
       </c>
       <c s="31" r="J130">
-        <v>9.62</v>
+        <v>9.4</v>
       </c>
     </row>
     <row r="131" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B131"/>
       <c s="27" t="str" r="C131"/>
       <c s="23" t="inlineStr" r="D131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -17397,101 +17395,101 @@
         <v>39.65</v>
       </c>
     </row>
     <row r="133" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B133"/>
       <c s="25" t="str" r="C133"/>
       <c s="23" t="inlineStr" r="D133">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E133">
         <v>56.5</v>
       </c>
       <c s="30" r="F133">
         <v>55.41</v>
       </c>
       <c s="30" r="G133">
         <v>53.37</v>
       </c>
       <c s="6" t="str" r="H133"/>
       <c s="30" r="I133">
         <v>59.26</v>
       </c>
       <c s="30" r="J133">
-        <v>53.2</v>
+        <v>52.77</v>
       </c>
     </row>
     <row r="134" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B134"/>
       <c s="25" t="str" r="C134"/>
       <c s="23" t="inlineStr" r="D134">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E134">
         <v>24.78</v>
       </c>
       <c s="30" r="F134">
         <v>25.65</v>
       </c>
       <c s="30" r="G134">
         <v>28.68</v>
       </c>
       <c s="6" t="str" r="H134"/>
       <c s="30" r="I134">
         <v>25.05</v>
       </c>
       <c s="30" r="J134">
-        <v>22.22</v>
+        <v>22.23</v>
       </c>
     </row>
     <row r="135" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B135"/>
       <c s="25" t="str" r="C135"/>
       <c s="10" t="inlineStr" r="D135">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E135">
         <v>46.96</v>
       </c>
       <c s="31" r="F135">
         <v>46.46</v>
       </c>
       <c s="31" r="G135">
         <v>45.08</v>
       </c>
       <c s="6" t="str" r="H135"/>
       <c s="31" r="I135">
         <v>48.49</v>
       </c>
       <c s="31" r="J135">
-        <v>43.98</v>
+        <v>43.77</v>
       </c>
     </row>
     <row r="136" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B136"/>
       <c s="27" t="str" r="C136"/>
       <c s="23" t="inlineStr" r="D136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -17672,144 +17670,144 @@
       <c s="23" t="inlineStr" r="D142">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E142">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F142">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G142">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H142"/>
       <c s="30" r="I142">
         <v>6.45</v>
       </c>
       <c s="30" r="J142">
-        <v>10.8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B143"/>
       <c s="25" t="str" r="C143"/>
       <c s="23" t="inlineStr" r="D143">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E143">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F143">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G143">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H143"/>
       <c s="30" r="I143">
         <v>5.85</v>
       </c>
       <c s="30" r="J143">
-        <v>8.67</v>
+        <v>7.33</v>
       </c>
     </row>
     <row r="144" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B144"/>
       <c s="25" t="str" r="C144"/>
       <c s="23" t="inlineStr" r="D144">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H144"/>
       <c s="30" r="I144">
         <v>7.05</v>
       </c>
       <c s="30" r="J144">
-        <v>8.83</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="145" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B145"/>
       <c s="25" t="str" r="C145"/>
       <c s="10" t="inlineStr" r="D145">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H145"/>
       <c s="31" r="I145">
         <v>6.55</v>
       </c>
       <c s="31" r="J145">
-        <v>9.3</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="146" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B146"/>
       <c s="27" t="str" r="C146"/>
       <c s="23" t="inlineStr" r="D146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -17870,51 +17868,51 @@
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H148"/>
       <c s="28" t="inlineStr" r="I148">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="J148">
-        <v>17.33</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="149" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B149"/>
       <c s="25" t="str" r="C149"/>
       <c s="23" t="inlineStr" r="D149">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E149">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F149">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G149">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
@@ -17936,51 +17934,51 @@
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H150"/>
       <c s="28" t="inlineStr" r="I150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="31" r="J150">
-        <v>8.66</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="151" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B151"/>
       <c s="27" t="str" r="C151"/>
       <c s="23" t="inlineStr" r="D151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -18000,126 +17998,126 @@
       <c s="10" t="inlineStr" r="B152">
         <is>
           <t xml:space="preserve">Gastroenterology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C152"/>
       <c s="23" t="inlineStr" r="D152">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E152">
         <v>77.82</v>
       </c>
       <c s="30" r="F152">
         <v>84.4</v>
       </c>
       <c s="30" r="G152">
         <v>94.99</v>
       </c>
       <c s="6" t="str" r="H152"/>
       <c s="30" r="I152">
         <v>99.34</v>
       </c>
       <c s="30" r="J152">
-        <v>90.91</v>
+        <v>90.97</v>
       </c>
     </row>
     <row r="153" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B153"/>
       <c s="25" t="str" r="C153"/>
       <c s="23" t="inlineStr" r="D153">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E153">
         <v>102.42</v>
       </c>
       <c s="30" r="F153">
         <v>101.8</v>
       </c>
       <c s="30" r="G153">
         <v>109.48</v>
       </c>
       <c s="6" t="str" r="H153"/>
       <c s="30" r="I153">
         <v>111.26</v>
       </c>
       <c s="30" r="J153">
-        <v>107.42</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="154" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B154"/>
       <c s="25" t="str" r="C154"/>
       <c s="23" t="inlineStr" r="D154">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E154">
         <v>65.31</v>
       </c>
       <c s="30" r="F154">
         <v>68.85</v>
       </c>
       <c s="30" r="G154">
         <v>74.44</v>
       </c>
       <c s="6" t="str" r="H154"/>
       <c s="30" r="I154">
         <v>76.63</v>
       </c>
       <c s="30" r="J154">
-        <v>67.62</v>
+        <v>67.63</v>
       </c>
     </row>
     <row r="155" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B155"/>
       <c s="25" t="str" r="C155"/>
       <c s="10" t="inlineStr" r="D155">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E155">
         <v>83.21</v>
       </c>
       <c s="31" r="F155">
         <v>84.78</v>
       </c>
       <c s="31" r="G155">
         <v>92.08</v>
       </c>
       <c s="6" t="str" r="H155"/>
       <c s="31" r="I155">
         <v>94.42</v>
       </c>
       <c s="31" r="J155">
-        <v>89.01</v>
+        <v>89</v>
       </c>
     </row>
     <row r="156" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B156"/>
       <c s="27" t="str" r="C156"/>
       <c s="23" t="inlineStr" r="D156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -18176,51 +18174,51 @@
     </row>
     <row r="158" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B158"/>
       <c s="25" t="str" r="C158"/>
       <c s="23" t="inlineStr" r="D158">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E158">
         <v>5.38</v>
       </c>
       <c s="28" t="inlineStr" r="F158">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="G158">
         <v>6.63</v>
       </c>
       <c s="6" t="str" r="H158"/>
       <c s="30" r="I158">
         <v>5.31</v>
       </c>
       <c s="30" r="J158">
-        <v>5.12</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="159" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B159"/>
       <c s="25" t="str" r="C159"/>
       <c s="23" t="inlineStr" r="D159">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E159">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F159">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G159">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
@@ -18310,126 +18308,126 @@
       <c s="10" t="inlineStr" r="B162">
         <is>
           <t xml:space="preserve">Geriatric Medicine (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C162"/>
       <c s="23" t="inlineStr" r="D162">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E162">
         <v>11.77</v>
       </c>
       <c s="30" r="F162">
         <v>9.53</v>
       </c>
       <c s="30" r="G162">
         <v>7.06</v>
       </c>
       <c s="6" t="str" r="H162"/>
       <c s="30" r="I162">
         <v>7.02</v>
       </c>
       <c s="30" r="J162">
-        <v>7</v>
+        <v>6.82</v>
       </c>
     </row>
     <row r="163" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B163"/>
       <c s="25" t="str" r="C163"/>
       <c s="23" t="inlineStr" r="D163">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E163">
         <v>12.67</v>
       </c>
       <c s="30" r="F163">
         <v>10.31</v>
       </c>
       <c s="30" r="G163">
         <v>9.9</v>
       </c>
       <c s="6" t="str" r="H163"/>
       <c s="30" r="I163">
         <v>8.6</v>
       </c>
       <c s="30" r="J163">
-        <v>14.55</v>
+        <v>13.76</v>
       </c>
     </row>
     <row r="164" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B164"/>
       <c s="25" t="str" r="C164"/>
       <c s="23" t="inlineStr" r="D164">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E164">
         <v>7.25</v>
       </c>
       <c s="30" r="F164">
         <v>8.56</v>
       </c>
       <c s="30" r="G164">
         <v>9.3</v>
       </c>
       <c s="6" t="str" r="H164"/>
       <c s="30" r="I164">
         <v>7.93</v>
       </c>
       <c s="30" r="J164">
-        <v>8.31</v>
+        <v>8.13</v>
       </c>
     </row>
     <row r="165" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B165"/>
       <c s="25" t="str" r="C165"/>
       <c s="10" t="inlineStr" r="D165">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E165">
         <v>11.05</v>
       </c>
       <c s="31" r="F165">
         <v>9.68</v>
       </c>
       <c s="31" r="G165">
         <v>9.42</v>
       </c>
       <c s="6" t="str" r="H165"/>
       <c s="31" r="I165">
         <v>8.2</v>
       </c>
       <c s="31" r="J165">
-        <v>11.46</v>
+        <v>11.03</v>
       </c>
     </row>
     <row r="166" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B166"/>
       <c s="27" t="str" r="C166"/>
       <c s="23" t="inlineStr" r="D166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -18917,126 +18915,126 @@
       <c s="10" t="inlineStr" r="B181">
         <is>
           <t xml:space="preserve">Hematology and Medical Oncology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C181"/>
       <c s="23" t="inlineStr" r="D181">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E181">
         <v>61.37</v>
       </c>
       <c s="30" r="F181">
         <v>78.71</v>
       </c>
       <c s="30" r="G181">
         <v>61.84</v>
       </c>
       <c s="6" t="str" r="H181"/>
       <c s="30" r="I181">
         <v>70.25</v>
       </c>
       <c s="30" r="J181">
-        <v>66.2</v>
+        <v>65.82</v>
       </c>
     </row>
     <row r="182" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B182"/>
       <c s="25" t="str" r="C182"/>
       <c s="23" t="inlineStr" r="D182">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E182">
         <v>87.89</v>
       </c>
       <c s="30" r="F182">
         <v>88.58</v>
       </c>
       <c s="30" r="G182">
         <v>93.04</v>
       </c>
       <c s="6" t="str" r="H182"/>
       <c s="30" r="I182">
         <v>90.64</v>
       </c>
       <c s="30" r="J182">
-        <v>89.75</v>
+        <v>88.76</v>
       </c>
     </row>
     <row r="183" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B183"/>
       <c s="25" t="str" r="C183"/>
       <c s="23" t="inlineStr" r="D183">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E183">
         <v>37.47</v>
       </c>
       <c s="30" r="F183">
         <v>37.45</v>
       </c>
       <c s="30" r="G183">
         <v>39.78</v>
       </c>
       <c s="6" t="str" r="H183"/>
       <c s="30" r="I183">
         <v>40.94</v>
       </c>
       <c s="30" r="J183">
-        <v>41.04</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="184" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B184"/>
       <c s="25" t="str" r="C184"/>
       <c s="10" t="inlineStr" r="D184">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E184">
         <v>64.04</v>
       </c>
       <c s="31" r="F184">
         <v>65</v>
       </c>
       <c s="31" r="G184">
         <v>66.55</v>
       </c>
       <c s="6" t="str" r="H184"/>
       <c s="31" r="I184">
         <v>66.35</v>
       </c>
       <c s="31" r="J184">
-        <v>67.02</v>
+        <v>66.66</v>
       </c>
     </row>
     <row r="185" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B185"/>
       <c s="27" t="str" r="C185"/>
       <c s="23" t="inlineStr" r="D185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -19056,126 +19054,126 @@
       <c s="10" t="inlineStr" r="B186">
         <is>
           <t xml:space="preserve">Hospice and Palliative Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C186"/>
       <c s="23" t="inlineStr" r="D186">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E186">
         <v>16.72</v>
       </c>
       <c s="30" r="F186">
         <v>14.4</v>
       </c>
       <c s="30" r="G186">
         <v>14.65</v>
       </c>
       <c s="6" t="str" r="H186"/>
       <c s="30" r="I186">
         <v>14.38</v>
       </c>
       <c s="30" r="J186">
-        <v>16.34</v>
+        <v>16.03</v>
       </c>
     </row>
     <row r="187" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B187"/>
       <c s="25" t="str" r="C187"/>
       <c s="23" t="inlineStr" r="D187">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E187">
         <v>21.61</v>
       </c>
       <c s="30" r="F187">
         <v>21.7</v>
       </c>
       <c s="30" r="G187">
         <v>18.76</v>
       </c>
       <c s="6" t="str" r="H187"/>
       <c s="30" r="I187">
         <v>15.2</v>
       </c>
       <c s="30" r="J187">
-        <v>22.99</v>
+        <v>23.11</v>
       </c>
     </row>
     <row r="188" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B188"/>
       <c s="25" t="str" r="C188"/>
       <c s="23" t="inlineStr" r="D188">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E188">
         <v>12.58</v>
       </c>
       <c s="30" r="F188">
         <v>12.68</v>
       </c>
       <c s="30" r="G188">
         <v>12.13</v>
       </c>
       <c s="6" t="str" r="H188"/>
       <c s="30" r="I188">
         <v>11.72</v>
       </c>
       <c s="30" r="J188">
-        <v>11.6</v>
+        <v>11.37</v>
       </c>
     </row>
     <row r="189" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B189"/>
       <c s="25" t="str" r="C189"/>
       <c s="10" t="inlineStr" r="D189">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E189">
         <v>16.06</v>
       </c>
       <c s="31" r="F189">
         <v>15.58</v>
       </c>
       <c s="31" r="G189">
         <v>14.41</v>
       </c>
       <c s="6" t="str" r="H189"/>
       <c s="31" r="I189">
         <v>13.28</v>
       </c>
       <c s="31" r="J189">
-        <v>15.39</v>
+        <v>15.31</v>
       </c>
     </row>
     <row r="190" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B190"/>
       <c s="27" t="str" r="C190"/>
       <c s="23" t="inlineStr" r="D190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -19220,101 +19218,101 @@
         <v>33.97</v>
       </c>
     </row>
     <row r="192" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B192"/>
       <c s="25" t="str" r="C192"/>
       <c s="23" t="inlineStr" r="D192">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E192">
         <v>33.28</v>
       </c>
       <c s="30" r="F192">
         <v>28.84</v>
       </c>
       <c s="30" r="G192">
         <v>27.7</v>
       </c>
       <c s="6" t="str" r="H192"/>
       <c s="30" r="I192">
         <v>24.37</v>
       </c>
       <c s="30" r="J192">
-        <v>29.62</v>
+        <v>28.29</v>
       </c>
     </row>
     <row r="193" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B193"/>
       <c s="25" t="str" r="C193"/>
       <c s="23" t="inlineStr" r="D193">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E193">
         <v>16.44</v>
       </c>
       <c s="30" r="F193">
         <v>17.1</v>
       </c>
       <c s="30" r="G193">
         <v>15.06</v>
       </c>
       <c s="6" t="str" r="H193"/>
       <c s="30" r="I193">
         <v>15.63</v>
       </c>
       <c s="30" r="J193">
         <v>16.95</v>
       </c>
     </row>
     <row r="194" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B194"/>
       <c s="25" t="str" r="C194"/>
       <c s="10" t="inlineStr" r="D194">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E194">
         <v>25.97</v>
       </c>
       <c s="31" r="F194">
         <v>24.21</v>
       </c>
       <c s="31" r="G194">
         <v>21.29</v>
       </c>
       <c s="6" t="str" r="H194"/>
       <c s="31" r="I194">
         <v>21.09</v>
       </c>
       <c s="31" r="J194">
-        <v>25.17</v>
+        <v>24.66</v>
       </c>
     </row>
     <row r="195" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B195"/>
       <c s="27" t="str" r="C195"/>
       <c s="23" t="inlineStr" r="D195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -19336,105 +19334,105 @@
           <t xml:space="preserve">Interventional Cardiology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C196"/>
       <c s="23" t="inlineStr" r="D196">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E196">
         <v>59</v>
       </c>
       <c s="30" r="F196">
         <v>37.81</v>
       </c>
       <c s="28" t="inlineStr" r="G196">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H196"/>
       <c s="30" r="I196">
         <v>38.5</v>
       </c>
       <c s="30" r="J196">
-        <v>45.67</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="197" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B197"/>
       <c s="25" t="str" r="C197"/>
       <c s="23" t="inlineStr" r="D197">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E197">
         <v>70.6</v>
       </c>
       <c s="30" r="F197">
         <v>66.45</v>
       </c>
       <c s="28" t="inlineStr" r="G197">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H197"/>
       <c s="30" r="I197">
         <v>71.14</v>
       </c>
       <c s="30" r="J197">
-        <v>72.99</v>
+        <v>73.19</v>
       </c>
     </row>
     <row r="198" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B198"/>
       <c s="25" t="str" r="C198"/>
       <c s="23" t="inlineStr" r="D198">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E198">
         <v>42.92</v>
       </c>
       <c s="30" r="F198">
         <v>40.45</v>
       </c>
       <c s="28" t="inlineStr" r="G198">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H198"/>
       <c s="30" r="I198">
         <v>31.6</v>
       </c>
       <c s="30" r="J198">
-        <v>41.61</v>
+        <v>41.62</v>
       </c>
     </row>
     <row r="199" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B199"/>
       <c s="25" t="str" r="C199"/>
       <c s="10" t="inlineStr" r="D199">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E199">
         <v>61.85</v>
       </c>
       <c s="31" r="F199">
         <v>54.51</v>
       </c>
       <c s="28" t="inlineStr" r="G199">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H199"/>
       <c s="31" r="I199">
         <v>54.65</v>
       </c>
@@ -20588,101 +20586,101 @@
         <v>21.64</v>
       </c>
     </row>
     <row r="236" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B236"/>
       <c s="25" t="str" r="C236"/>
       <c s="23" t="inlineStr" r="D236">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E236">
         <v>35.8</v>
       </c>
       <c s="30" r="F236">
         <v>42.77</v>
       </c>
       <c s="30" r="G236">
         <v>39.77</v>
       </c>
       <c s="6" t="str" r="H236"/>
       <c s="30" r="I236">
         <v>36.72</v>
       </c>
       <c s="30" r="J236">
-        <v>37.18</v>
+        <v>37.22</v>
       </c>
     </row>
     <row r="237" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B237"/>
       <c s="25" t="str" r="C237"/>
       <c s="23" t="inlineStr" r="D237">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E237">
         <v>17.26</v>
       </c>
       <c s="30" r="F237">
         <v>18.74</v>
       </c>
       <c s="30" r="G237">
         <v>18.23</v>
       </c>
       <c s="6" t="str" r="H237"/>
       <c s="30" r="I237">
         <v>16.3</v>
       </c>
       <c s="30" r="J237">
-        <v>14.69</v>
+        <v>14.59</v>
       </c>
     </row>
     <row r="238" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B238"/>
       <c s="25" t="str" r="C238"/>
       <c s="10" t="inlineStr" r="D238">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E238">
         <v>24.73</v>
       </c>
       <c s="31" r="F238">
         <v>27.87</v>
       </c>
       <c s="31" r="G238">
         <v>27.13</v>
       </c>
       <c s="6" t="str" r="H238"/>
       <c s="31" r="I238">
         <v>23.74</v>
       </c>
       <c s="31" r="J238">
-        <v>23.55</v>
+        <v>23.48</v>
       </c>
     </row>
     <row r="239" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B239"/>
       <c s="27" t="str" r="C239"/>
       <c s="23" t="inlineStr" r="D239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -20702,126 +20700,126 @@
       <c s="10" t="inlineStr" r="B240">
         <is>
           <t xml:space="preserve">Nephrology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C240"/>
       <c s="23" t="inlineStr" r="D240">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E240">
         <v>24.02</v>
       </c>
       <c s="30" r="F240">
         <v>25.9</v>
       </c>
       <c s="30" r="G240">
         <v>23.27</v>
       </c>
       <c s="6" t="str" r="H240"/>
       <c s="30" r="I240">
         <v>19.48</v>
       </c>
       <c s="30" r="J240">
-        <v>21.05</v>
+        <v>20.78</v>
       </c>
     </row>
     <row r="241" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B241"/>
       <c s="25" t="str" r="C241"/>
       <c s="23" t="inlineStr" r="D241">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E241">
         <v>26.14</v>
       </c>
       <c s="30" r="F241">
         <v>27.73</v>
       </c>
       <c s="30" r="G241">
         <v>27.36</v>
       </c>
       <c s="6" t="str" r="H241"/>
       <c s="30" r="I241">
         <v>26</v>
       </c>
       <c s="30" r="J241">
-        <v>34.57</v>
+        <v>32.7</v>
       </c>
     </row>
     <row r="242" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B242"/>
       <c s="25" t="str" r="C242"/>
       <c s="23" t="inlineStr" r="D242">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E242">
         <v>16.11</v>
       </c>
       <c s="30" r="F242">
         <v>17.57</v>
       </c>
       <c s="30" r="G242">
         <v>17.8</v>
       </c>
       <c s="6" t="str" r="H242"/>
       <c s="30" r="I242">
         <v>13.64</v>
       </c>
       <c s="30" r="J242">
-        <v>16.31</v>
+        <v>16.33</v>
       </c>
     </row>
     <row r="243" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B243"/>
       <c s="25" t="str" r="C243"/>
       <c s="10" t="inlineStr" r="D243">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E243">
         <v>23.73</v>
       </c>
       <c s="31" r="F243">
         <v>25.3</v>
       </c>
       <c s="31" r="G243">
         <v>24.9</v>
       </c>
       <c s="6" t="str" r="H243"/>
       <c s="31" r="I243">
         <v>22.33</v>
       </c>
       <c s="31" r="J243">
-        <v>28.5</v>
+        <v>27.52</v>
       </c>
     </row>
     <row r="244" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B244"/>
       <c s="27" t="str" r="C244"/>
       <c s="23" t="inlineStr" r="D244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -21298,126 +21296,126 @@
       <c s="10" t="inlineStr" r="B260">
         <is>
           <t xml:space="preserve">Pediatric Cardiology (Pediatrics)</t>
         </is>
       </c>
       <c s="22" t="str" r="C260"/>
       <c s="23" t="inlineStr" r="D260">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E260">
         <v>33.2</v>
       </c>
       <c s="30" r="F260">
         <v>25.77</v>
       </c>
       <c s="30" r="G260">
         <v>31.33</v>
       </c>
       <c s="6" t="str" r="H260"/>
       <c s="30" r="I260">
         <v>29.56</v>
       </c>
       <c s="30" r="J260">
-        <v>31.21</v>
+        <v>31.29</v>
       </c>
     </row>
     <row r="261" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B261"/>
       <c s="25" t="str" r="C261"/>
       <c s="23" t="inlineStr" r="D261">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E261">
         <v>40.06</v>
       </c>
       <c s="30" r="F261">
         <v>40.59</v>
       </c>
       <c s="30" r="G261">
         <v>40.27</v>
       </c>
       <c s="6" t="str" r="H261"/>
       <c s="30" r="I261">
         <v>36.3</v>
       </c>
       <c s="30" r="J261">
-        <v>34.51</v>
+        <v>34.54</v>
       </c>
     </row>
     <row r="262" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B262"/>
       <c s="25" t="str" r="C262"/>
       <c s="23" t="inlineStr" r="D262">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E262">
         <v>19.13</v>
       </c>
       <c s="30" r="F262">
         <v>18.52</v>
       </c>
       <c s="30" r="G262">
         <v>18.99</v>
       </c>
       <c s="6" t="str" r="H262"/>
       <c s="30" r="I262">
         <v>19.2</v>
       </c>
       <c s="30" r="J262">
-        <v>18.92</v>
+        <v>18.94</v>
       </c>
     </row>
     <row r="263" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B263"/>
       <c s="25" t="str" r="C263"/>
       <c s="10" t="inlineStr" r="D263">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E263">
         <v>26.6</v>
       </c>
       <c s="31" r="F263">
         <v>25.6</v>
       </c>
       <c s="31" r="G263">
         <v>25.57</v>
       </c>
       <c s="6" t="str" r="H263"/>
       <c s="31" r="I263">
         <v>24.96</v>
       </c>
       <c s="31" r="J263">
-        <v>25.72</v>
+        <v>25.75</v>
       </c>
     </row>
     <row r="264" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B264"/>
       <c s="27" t="str" r="C264"/>
       <c s="23" t="inlineStr" r="D264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -21655,51 +21653,51 @@
         </is>
       </c>
     </row>
     <row r="273" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B273"/>
       <c s="25" t="str" r="C273"/>
       <c s="10" t="inlineStr" r="D273">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E273">
         <v>9.31</v>
       </c>
       <c s="31" r="F273">
         <v>10.2</v>
       </c>
       <c s="31" r="G273">
         <v>8.95</v>
       </c>
       <c s="6" t="str" r="H273"/>
       <c s="31" r="I273">
         <v>6.18</v>
       </c>
       <c s="31" r="J273">
-        <v>5.62</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="274" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B274"/>
       <c s="27" t="str" r="C274"/>
       <c s="23" t="inlineStr" r="D274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -21744,101 +21742,101 @@
         <v>14.94</v>
       </c>
     </row>
     <row r="276" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B276"/>
       <c s="25" t="str" r="C276"/>
       <c s="23" t="inlineStr" r="D276">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E276">
         <v>28.66</v>
       </c>
       <c s="30" r="F276">
         <v>31.6</v>
       </c>
       <c s="30" r="G276">
         <v>30.57</v>
       </c>
       <c s="6" t="str" r="H276"/>
       <c s="30" r="I276">
         <v>24.55</v>
       </c>
       <c s="30" r="J276">
-        <v>21</v>
+        <v>21.02</v>
       </c>
     </row>
     <row r="277" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B277"/>
       <c s="25" t="str" r="C277"/>
       <c s="23" t="inlineStr" r="D277">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E277">
         <v>19</v>
       </c>
       <c s="30" r="F277">
         <v>18.59</v>
       </c>
       <c s="30" r="G277">
         <v>15.32</v>
       </c>
       <c s="6" t="str" r="H277"/>
       <c s="30" r="I277">
         <v>14.03</v>
       </c>
       <c s="30" r="J277">
         <v>11.97</v>
       </c>
     </row>
     <row r="278" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B278"/>
       <c s="25" t="str" r="C278"/>
       <c s="10" t="inlineStr" r="D278">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E278">
         <v>21.6</v>
       </c>
       <c s="31" r="F278">
         <v>22.81</v>
       </c>
       <c s="31" r="G278">
         <v>20.07</v>
       </c>
       <c s="6" t="str" r="H278"/>
       <c s="31" r="I278">
         <v>17.43</v>
       </c>
       <c s="31" r="J278">
-        <v>14.65</v>
+        <v>14.66</v>
       </c>
     </row>
     <row r="279" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B279"/>
       <c s="27" t="str" r="C279"/>
       <c s="23" t="inlineStr" r="D279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -22022,101 +22020,101 @@
         <v>26</v>
       </c>
     </row>
     <row r="286" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B286"/>
       <c s="25" t="str" r="C286"/>
       <c s="23" t="inlineStr" r="D286">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E286">
         <v>37.35</v>
       </c>
       <c s="30" r="F286">
         <v>41.08</v>
       </c>
       <c s="30" r="G286">
         <v>46.47</v>
       </c>
       <c s="6" t="str" r="H286"/>
       <c s="30" r="I286">
         <v>36.09</v>
       </c>
       <c s="30" r="J286">
-        <v>30.28</v>
+        <v>30.21</v>
       </c>
     </row>
     <row r="287" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B287"/>
       <c s="25" t="str" r="C287"/>
       <c s="23" t="inlineStr" r="D287">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E287">
         <v>19.71</v>
       </c>
       <c s="30" r="F287">
         <v>16.18</v>
       </c>
       <c s="30" r="G287">
         <v>22.45</v>
       </c>
       <c s="6" t="str" r="H287"/>
       <c s="30" r="I287">
         <v>14.48</v>
       </c>
       <c s="30" r="J287">
         <v>16.42</v>
       </c>
     </row>
     <row r="288" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B288"/>
       <c s="25" t="str" r="C288"/>
       <c s="10" t="inlineStr" r="D288">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E288">
         <v>27.73</v>
       </c>
       <c s="31" r="F288">
         <v>28.11</v>
       </c>
       <c s="31" r="G288">
         <v>30.84</v>
       </c>
       <c s="6" t="str" r="H288"/>
       <c s="31" r="I288">
         <v>24.9</v>
       </c>
       <c s="31" r="J288">
-        <v>22.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="289" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B289"/>
       <c s="27" t="str" r="C289"/>
       <c s="23" t="inlineStr" r="D289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -22136,126 +22134,126 @@
       <c s="10" t="inlineStr" r="B290">
         <is>
           <t xml:space="preserve">Pediatric Hematology/Oncology (Pediatrics)</t>
         </is>
       </c>
       <c s="22" t="str" r="C290"/>
       <c s="23" t="inlineStr" r="D290">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E290">
         <v>25.08</v>
       </c>
       <c s="30" r="F290">
         <v>21.28</v>
       </c>
       <c s="30" r="G290">
         <v>18.06</v>
       </c>
       <c s="6" t="str" r="H290"/>
       <c s="30" r="I290">
         <v>21.08</v>
       </c>
       <c s="30" r="J290">
-        <v>17.07</v>
+        <v>16.61</v>
       </c>
     </row>
     <row r="291" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B291"/>
       <c s="25" t="str" r="C291"/>
       <c s="23" t="inlineStr" r="D291">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E291">
         <v>31.33</v>
       </c>
       <c s="30" r="F291">
         <v>33.69</v>
       </c>
       <c s="30" r="G291">
         <v>29.13</v>
       </c>
       <c s="6" t="str" r="H291"/>
       <c s="30" r="I291">
         <v>30.76</v>
       </c>
       <c s="30" r="J291">
         <v>28.28</v>
       </c>
     </row>
     <row r="292" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B292"/>
       <c s="25" t="str" r="C292"/>
       <c s="23" t="inlineStr" r="D292">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E292">
         <v>15.01</v>
       </c>
       <c s="30" r="F292">
         <v>14.82</v>
       </c>
       <c s="30" r="G292">
         <v>16.61</v>
       </c>
       <c s="6" t="str" r="H292"/>
       <c s="30" r="I292">
         <v>13.98</v>
       </c>
       <c s="30" r="J292">
-        <v>13.01</v>
+        <v>13.02</v>
       </c>
     </row>
     <row r="293" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B293"/>
       <c s="25" t="str" r="C293"/>
       <c s="10" t="inlineStr" r="D293">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E293">
         <v>21.45</v>
       </c>
       <c s="31" r="F293">
         <v>20.66</v>
       </c>
       <c s="31" r="G293">
         <v>20.22</v>
       </c>
       <c s="6" t="str" r="H293"/>
       <c s="31" r="I293">
         <v>18.94</v>
       </c>
       <c s="31" r="J293">
-        <v>17.01</v>
+        <v>16.93</v>
       </c>
     </row>
     <row r="294" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B294"/>
       <c s="27" t="str" r="C294"/>
       <c s="23" t="inlineStr" r="D294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -22331,78 +22329,78 @@
     </row>
     <row r="297" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B297"/>
       <c s="25" t="str" r="C297"/>
       <c s="23" t="inlineStr" r="D297">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E297">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="F297">
         <v>18.23</v>
       </c>
       <c s="30" r="G297">
         <v>15.83</v>
       </c>
       <c s="6" t="str" r="H297"/>
       <c s="30" r="I297">
         <v>13.95</v>
       </c>
       <c s="30" r="J297">
-        <v>13.91</v>
+        <v>13.68</v>
       </c>
     </row>
     <row r="298" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B298"/>
       <c s="25" t="str" r="C298"/>
       <c s="10" t="inlineStr" r="D298">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E298">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="31" r="F298">
         <v>18.94</v>
       </c>
       <c s="31" r="G298">
         <v>17.59</v>
       </c>
       <c s="6" t="str" r="H298"/>
       <c s="31" r="I298">
         <v>15.06</v>
       </c>
       <c s="31" r="J298">
-        <v>15.17</v>
+        <v>14.98</v>
       </c>
     </row>
     <row r="299" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B299"/>
       <c s="27" t="str" r="C299"/>
       <c s="23" t="inlineStr" r="D299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -22447,101 +22445,101 @@
         <v>13.4</v>
       </c>
     </row>
     <row r="301" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B301"/>
       <c s="25" t="str" r="C301"/>
       <c s="23" t="inlineStr" r="D301">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E301">
         <v>20.81</v>
       </c>
       <c s="30" r="F301">
         <v>12.91</v>
       </c>
       <c s="30" r="G301">
         <v>17.5</v>
       </c>
       <c s="6" t="str" r="H301"/>
       <c s="30" r="I301">
         <v>16.94</v>
       </c>
       <c s="30" r="J301">
-        <v>17.73</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="302" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B302"/>
       <c s="25" t="str" r="C302"/>
       <c s="23" t="inlineStr" r="D302">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E302">
         <v>10.57</v>
       </c>
       <c s="30" r="F302">
         <v>10.15</v>
       </c>
       <c s="30" r="G302">
         <v>11.61</v>
       </c>
       <c s="6" t="str" r="H302"/>
       <c s="30" r="I302">
         <v>9.45</v>
       </c>
       <c s="30" r="J302">
         <v>10.45</v>
       </c>
     </row>
     <row r="303" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B303"/>
       <c s="25" t="str" r="C303"/>
       <c s="10" t="inlineStr" r="D303">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E303">
         <v>15.64</v>
       </c>
       <c s="31" r="F303">
         <v>11.25</v>
       </c>
       <c s="31" r="G303">
         <v>13.61</v>
       </c>
       <c s="6" t="str" r="H303"/>
       <c s="31" r="I303">
         <v>12.25</v>
       </c>
       <c s="31" r="J303">
-        <v>13.47</v>
+        <v>13.12</v>
       </c>
     </row>
     <row r="304" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B304"/>
       <c s="27" t="str" r="C304"/>
       <c s="23" t="inlineStr" r="D304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -22586,101 +22584,101 @@
         <v>17</v>
       </c>
     </row>
     <row r="306" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B306"/>
       <c s="25" t="str" r="C306"/>
       <c s="23" t="inlineStr" r="D306">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E306">
         <v>16.47</v>
       </c>
       <c s="30" r="F306">
         <v>14.71</v>
       </c>
       <c s="30" r="G306">
         <v>15.25</v>
       </c>
       <c s="6" t="str" r="H306"/>
       <c s="30" r="I306">
         <v>17.23</v>
       </c>
       <c s="30" r="J306">
-        <v>6.5</v>
+        <v>5.86</v>
       </c>
     </row>
     <row r="307" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B307"/>
       <c s="25" t="str" r="C307"/>
       <c s="23" t="inlineStr" r="D307">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E307">
         <v>13</v>
       </c>
       <c s="30" r="F307">
         <v>8.19</v>
       </c>
       <c s="30" r="G307">
         <v>12.12</v>
       </c>
       <c s="6" t="str" r="H307"/>
       <c s="30" r="I307">
         <v>6.73</v>
       </c>
       <c s="30" r="J307">
         <v>10.13</v>
       </c>
     </row>
     <row r="308" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B308"/>
       <c s="25" t="str" r="C308"/>
       <c s="10" t="inlineStr" r="D308">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E308">
         <v>14.67</v>
       </c>
       <c s="31" r="F308">
         <v>10.74</v>
       </c>
       <c s="31" r="G308">
         <v>13.36</v>
       </c>
       <c s="6" t="str" r="H308"/>
       <c s="31" r="I308">
         <v>10.47</v>
       </c>
       <c s="31" r="J308">
-        <v>9.88</v>
+        <v>9.64</v>
       </c>
     </row>
     <row r="309" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B309"/>
       <c s="27" t="str" r="C309"/>
       <c s="23" t="inlineStr" r="D309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -22725,101 +22723,101 @@
         <v>11.91</v>
       </c>
     </row>
     <row r="311" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B311"/>
       <c s="25" t="str" r="C311"/>
       <c s="23" t="inlineStr" r="D311">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E311">
         <v>17.88</v>
       </c>
       <c s="30" r="F311">
         <v>19</v>
       </c>
       <c s="30" r="G311">
         <v>14</v>
       </c>
       <c s="6" t="str" r="H311"/>
       <c s="30" r="I311">
         <v>16.37</v>
       </c>
       <c s="30" r="J311">
-        <v>18.13</v>
+        <v>17.25</v>
       </c>
     </row>
     <row r="312" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B312"/>
       <c s="25" t="str" r="C312"/>
       <c s="23" t="inlineStr" r="D312">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E312">
         <v>11.22</v>
       </c>
       <c s="30" r="F312">
         <v>13.58</v>
       </c>
       <c s="30" r="G312">
         <v>13.16</v>
       </c>
       <c s="6" t="str" r="H312"/>
       <c s="30" r="I312">
         <v>10.73</v>
       </c>
       <c s="30" r="J312">
-        <v>9.06</v>
+        <v>9.09</v>
       </c>
     </row>
     <row r="313" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B313"/>
       <c s="25" t="str" r="C313"/>
       <c s="10" t="inlineStr" r="D313">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E313">
         <v>14.91</v>
       </c>
       <c s="31" r="F313">
         <v>16.03</v>
       </c>
       <c s="31" r="G313">
         <v>14.05</v>
       </c>
       <c s="6" t="str" r="H313"/>
       <c s="31" r="I313">
         <v>13.52</v>
       </c>
       <c s="31" r="J313">
-        <v>11.85</v>
+        <v>11.74</v>
       </c>
     </row>
     <row r="314" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B314"/>
       <c s="27" t="str" r="C314"/>
       <c s="23" t="inlineStr" r="D314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -23007,101 +23005,101 @@
         <v>8</v>
       </c>
     </row>
     <row r="321" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B321"/>
       <c s="25" t="str" r="C321"/>
       <c s="23" t="inlineStr" r="D321">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E321">
         <v>18.08</v>
       </c>
       <c s="30" r="F321">
         <v>16.25</v>
       </c>
       <c s="30" r="G321">
         <v>18.14</v>
       </c>
       <c s="6" t="str" r="H321"/>
       <c s="30" r="I321">
         <v>9.14</v>
       </c>
       <c s="30" r="J321">
-        <v>14.69</v>
+        <v>14.21</v>
       </c>
     </row>
     <row r="322" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B322"/>
       <c s="25" t="str" r="C322"/>
       <c s="23" t="inlineStr" r="D322">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E322">
         <v>10.71</v>
       </c>
       <c s="30" r="F322">
         <v>9.32</v>
       </c>
       <c s="30" r="G322">
         <v>11.92</v>
       </c>
       <c s="6" t="str" r="H322"/>
       <c s="30" r="I322">
         <v>9.47</v>
       </c>
       <c s="30" r="J322">
-        <v>8.5</v>
+        <v>8.56</v>
       </c>
     </row>
     <row r="323" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B323"/>
       <c s="25" t="str" r="C323"/>
       <c s="10" t="inlineStr" r="D323">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E323">
         <v>13.14</v>
       </c>
       <c s="31" r="F323">
         <v>11.88</v>
       </c>
       <c s="31" r="G323">
         <v>12.68</v>
       </c>
       <c s="6" t="str" r="H323"/>
       <c s="31" r="I323">
         <v>9.93</v>
       </c>
       <c s="31" r="J323">
-        <v>10.97</v>
+        <v>10.91</v>
       </c>
     </row>
     <row r="324" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B324"/>
       <c s="27" t="str" r="C324"/>
       <c s="23" t="inlineStr" r="D324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -23566,126 +23564,126 @@
       <c s="10" t="inlineStr" r="B340">
         <is>
           <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C340"/>
       <c s="23" t="inlineStr" r="D340">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E340">
         <v>53.39</v>
       </c>
       <c s="30" r="F340">
         <v>52.71</v>
       </c>
       <c s="30" r="G340">
         <v>52.06</v>
       </c>
       <c s="6" t="str" r="H340"/>
       <c s="30" r="I340">
         <v>56.32</v>
       </c>
       <c s="30" r="J340">
-        <v>56.24</v>
+        <v>55.88</v>
       </c>
     </row>
     <row r="341" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B341"/>
       <c s="25" t="str" r="C341"/>
       <c s="23" t="inlineStr" r="D341">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E341">
         <v>71.9</v>
       </c>
       <c s="30" r="F341">
         <v>74.7</v>
       </c>
       <c s="30" r="G341">
         <v>75.17</v>
       </c>
       <c s="6" t="str" r="H341"/>
       <c s="30" r="I341">
         <v>76.94</v>
       </c>
       <c s="30" r="J341">
-        <v>73.88</v>
+        <v>73.51</v>
       </c>
     </row>
     <row r="342" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B342"/>
       <c s="25" t="str" r="C342"/>
       <c s="23" t="inlineStr" r="D342">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E342">
         <v>31.37</v>
       </c>
       <c s="30" r="F342">
         <v>33.75</v>
       </c>
       <c s="30" r="G342">
         <v>33.39</v>
       </c>
       <c s="6" t="str" r="H342"/>
       <c s="30" r="I342">
         <v>31.42</v>
       </c>
       <c s="30" r="J342">
-        <v>32.29</v>
+        <v>32.2</v>
       </c>
     </row>
     <row r="343" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B343"/>
       <c s="25" t="str" r="C343"/>
       <c s="10" t="inlineStr" r="D343">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E343">
         <v>54.44</v>
       </c>
       <c s="31" r="F343">
         <v>57.72</v>
       </c>
       <c s="31" r="G343">
         <v>56.47</v>
       </c>
       <c s="6" t="str" r="H343"/>
       <c s="31" r="I343">
         <v>58.37</v>
       </c>
       <c s="31" r="J343">
-        <v>56.7</v>
+        <v>56.43</v>
       </c>
     </row>
     <row r="344" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B344"/>
       <c s="27" t="str" r="C344"/>
       <c s="23" t="inlineStr" r="D344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -23991,126 +23989,126 @@
       <c s="10" t="inlineStr" r="B355">
         <is>
           <t xml:space="preserve">Sleep Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C355"/>
       <c s="23" t="inlineStr" r="D355">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E355">
         <v>25.56</v>
       </c>
       <c s="30" r="F355">
         <v>30.32</v>
       </c>
       <c s="30" r="G355">
         <v>17.29</v>
       </c>
       <c s="6" t="str" r="H355"/>
       <c s="30" r="I355">
         <v>22.82</v>
       </c>
       <c s="30" r="J355">
-        <v>25.09</v>
+        <v>24.67</v>
       </c>
     </row>
     <row r="356" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B356"/>
       <c s="25" t="str" r="C356"/>
       <c s="23" t="inlineStr" r="D356">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E356">
         <v>22.07</v>
       </c>
       <c s="30" r="F356">
         <v>23.18</v>
       </c>
       <c s="30" r="G356">
         <v>28.51</v>
       </c>
       <c s="6" t="str" r="H356"/>
       <c s="30" r="I356">
         <v>23.06</v>
       </c>
       <c s="30" r="J356">
-        <v>27.53</v>
+        <v>27.02</v>
       </c>
     </row>
     <row r="357" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B357"/>
       <c s="25" t="str" r="C357"/>
       <c s="23" t="inlineStr" r="D357">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E357">
         <v>15.2</v>
       </c>
       <c s="30" r="F357">
         <v>12.77</v>
       </c>
       <c s="30" r="G357">
         <v>16.66</v>
       </c>
       <c s="6" t="str" r="H357"/>
       <c s="30" r="I357">
         <v>15.12</v>
       </c>
       <c s="30" r="J357">
-        <v>19.78</v>
+        <v>19.37</v>
       </c>
     </row>
     <row r="358" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B358"/>
       <c s="25" t="str" r="C358"/>
       <c s="10" t="inlineStr" r="D358">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E358">
         <v>20.39</v>
       </c>
       <c s="31" r="F358">
         <v>21.36</v>
       </c>
       <c s="31" r="G358">
         <v>23.1</v>
       </c>
       <c s="6" t="str" r="H358"/>
       <c s="31" r="I358">
         <v>20.35</v>
       </c>
       <c s="31" r="J358">
-        <v>24.73</v>
+        <v>24.28</v>
       </c>
     </row>
     <row r="359" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B359"/>
       <c s="27" t="str" r="C359"/>
       <c s="23" t="inlineStr" r="D359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -24309,126 +24307,126 @@
       <c s="10" t="inlineStr" r="B365">
         <is>
           <t xml:space="preserve">Sports Medicine (Family Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C365"/>
       <c s="23" t="inlineStr" r="D365">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E365">
         <v>23.58</v>
       </c>
       <c s="30" r="F365">
         <v>28.71</v>
       </c>
       <c s="30" r="G365">
         <v>29.6</v>
       </c>
       <c s="6" t="str" r="H365"/>
       <c s="30" r="I365">
         <v>26.83</v>
       </c>
       <c s="30" r="J365">
-        <v>27.16</v>
+        <v>27.17</v>
       </c>
     </row>
     <row r="366" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B366"/>
       <c s="25" t="str" r="C366"/>
       <c s="23" t="inlineStr" r="D366">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E366">
         <v>41.76</v>
       </c>
       <c s="30" r="F366">
         <v>43.89</v>
       </c>
       <c s="30" r="G366">
         <v>35.64</v>
       </c>
       <c s="6" t="str" r="H366"/>
       <c s="30" r="I366">
         <v>33.34</v>
       </c>
       <c s="30" r="J366">
-        <v>39.56</v>
+        <v>39.41</v>
       </c>
     </row>
     <row r="367" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B367"/>
       <c s="25" t="str" r="C367"/>
       <c s="23" t="inlineStr" r="D367">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E367">
         <v>20.48</v>
       </c>
       <c s="30" r="F367">
         <v>20.56</v>
       </c>
       <c s="30" r="G367">
         <v>18.96</v>
       </c>
       <c s="6" t="str" r="H367"/>
       <c s="30" r="I367">
         <v>19.58</v>
       </c>
       <c s="30" r="J367">
-        <v>19.05</v>
+        <v>18.88</v>
       </c>
     </row>
     <row r="368" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B368"/>
       <c s="25" t="str" r="C368"/>
       <c s="10" t="inlineStr" r="D368">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E368">
         <v>25.49</v>
       </c>
       <c s="31" r="F368">
         <v>28.53</v>
       </c>
       <c s="31" r="G368">
         <v>26.3</v>
       </c>
       <c s="6" t="str" r="H368"/>
       <c s="31" r="I368">
         <v>25.01</v>
       </c>
       <c s="31" r="J368">
-        <v>26</v>
+        <v>25.91</v>
       </c>
     </row>
     <row r="369" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B369"/>
       <c s="27" t="str" r="C369"/>
       <c s="23" t="inlineStr" r="D369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -24650,101 +24648,101 @@
         <v>5.49</v>
       </c>
     </row>
     <row r="376" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B376"/>
       <c s="25" t="str" r="C376"/>
       <c s="23" t="inlineStr" r="D376">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E376">
         <v>6.3</v>
       </c>
       <c s="30" r="F376">
         <v>7.82</v>
       </c>
       <c s="30" r="G376">
         <v>7.03</v>
       </c>
       <c s="6" t="str" r="H376"/>
       <c s="30" r="I376">
         <v>5.65</v>
       </c>
       <c s="30" r="J376">
-        <v>5.95</v>
+        <v>5.87</v>
       </c>
     </row>
     <row r="377" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B377"/>
       <c s="25" t="str" r="C377"/>
       <c s="23" t="inlineStr" r="D377">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E377">
         <v>6.85</v>
       </c>
       <c s="30" r="F377">
         <v>7.62</v>
       </c>
       <c s="30" r="G377">
         <v>7.63</v>
       </c>
       <c s="6" t="str" r="H377"/>
       <c s="30" r="I377">
         <v>6.31</v>
       </c>
       <c s="30" r="J377">
-        <v>6.57</v>
+        <v>6.54</v>
       </c>
     </row>
     <row r="378" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B378"/>
       <c s="25" t="str" r="C378"/>
       <c s="10" t="inlineStr" r="D378">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E378">
         <v>6.48</v>
       </c>
       <c s="31" r="F378">
         <v>7.24</v>
       </c>
       <c s="31" r="G378">
         <v>7.57</v>
       </c>
       <c s="6" t="str" r="H378"/>
       <c s="31" r="I378">
         <v>5.98</v>
       </c>
       <c s="31" r="J378">
-        <v>6.1</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="379" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B379"/>
       <c s="27" t="str" r="C379"/>
       <c s="23" t="inlineStr" r="D379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -26015,51 +26013,51 @@
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="3.421875"/>
     <col min="2" max="2" customWidth="1" width="23.3125"/>
     <col min="3" max="3" customWidth="1" width="36.5625"/>
     <col min="4" max="4" customWidth="1" width="11.78125"/>
     <col min="5" max="5" customWidth="1" width="12.50390625"/>
     <col min="6" max="6" customWidth="1" width="12.4921875"/>
     <col min="7" max="7" customWidth="1" width="3.47265625"/>
     <col min="8" max="8" customWidth="1" width="9.0234375"/>
     <col min="9" max="9" customWidth="1" width="12.4921875"/>
     <col min="10" max="10" customWidth="1" width="12.4921875"/>
     <col min="11" max="11" customWidth="1" width="0.0234375"/>
     <col min="12" max="12" customWidth="1" width="56.4609375"/>
     <col min="13" max="13" customWidth="1" width="1.37109375"/>
     <col min="14" max="14" customWidth="1" width="1.86328125"/>
   </cols>
   <sheetData>
     <row r="1" ht="3.6" customHeight="1"/>
     <row r="2" ht="34.55" customHeight="1"/>
     <row r="3" ht="8.6" customHeight="1"/>
     <row r="4" ht="18" customHeight="1">
       <c s="1" t="inlineStr" r="B4">
         <is>
-          <t xml:space="preserve">As of 5/31 of prior seasons. As of 10/1/2025 of current (ERAS 2026) season.</t>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 11/3/2025 of current (ERAS 2026) season.</t>
         </is>
       </c>
     </row>
     <row r="5" ht="16.5" customHeight="0">
       <c s="32" t="inlineStr" r="B5">
         <is>
           <t xml:space="preserve">Average Applications per Program</t>
         </is>
       </c>
       <c s="17" t="str" r="C5"/>
       <c s="18" t="inlineStr" r="D5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="19" t="inlineStr" r="E5">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="17" t="str" r="F5"/>
       <c s="17" t="str" r="G5"/>
       <c s="17" t="str" r="H5"/>
       <c s="17" t="str" r="I5"/>
       <c s="17" t="str" r="J5"/>
@@ -26109,126 +26107,126 @@
           <t xml:space="preserve">Addiction Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C7"/>
       <c s="23" t="inlineStr" r="D7">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E7">
         <v>5.16</v>
       </c>
       <c s="30" r="F7">
         <v>5.9</v>
       </c>
       <c s="28" t="inlineStr" r="G7">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H7"/>
       <c s="30" r="I7">
         <v>6.42</v>
       </c>
       <c s="30" r="J7">
-        <v>6.1</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="8" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B8"/>
       <c s="25" t="str" r="C8"/>
       <c s="23" t="inlineStr" r="D8">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E8">
         <v>10.73</v>
       </c>
       <c s="30" r="F8">
         <v>11.73</v>
       </c>
       <c s="30" r="G8">
         <v>10.33</v>
       </c>
       <c s="6" t="str" r="H8"/>
       <c s="30" r="I8">
         <v>11.69</v>
       </c>
       <c s="30" r="J8">
-        <v>10.74</v>
+        <v>11.56</v>
       </c>
     </row>
     <row r="9" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B9"/>
       <c s="25" t="str" r="C9"/>
       <c s="23" t="inlineStr" r="D9">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E9">
         <v>8.5</v>
       </c>
       <c s="30" r="F9">
         <v>10.33</v>
       </c>
       <c s="30" r="G9">
         <v>13.04</v>
       </c>
       <c s="6" t="str" r="H9"/>
       <c s="30" r="I9">
         <v>9.65</v>
       </c>
       <c s="30" r="J9">
-        <v>12.77</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B10"/>
       <c s="25" t="str" r="C10"/>
       <c s="10" t="inlineStr" r="D10">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E10">
         <v>23.97</v>
       </c>
       <c s="31" r="F10">
         <v>27.82</v>
       </c>
       <c s="31" r="G10">
         <v>27.39</v>
       </c>
       <c s="6" t="str" r="H10"/>
       <c s="31" r="I10">
         <v>27.76</v>
       </c>
       <c s="31" r="J10">
-        <v>29.08</v>
+        <v>30.25</v>
       </c>
     </row>
     <row r="11" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B11"/>
       <c s="27" t="str" r="C11"/>
       <c s="23" t="inlineStr" r="D11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G11">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -26312,76 +26310,76 @@
     </row>
     <row r="14" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B14"/>
       <c s="25" t="str" r="C14"/>
       <c s="23" t="inlineStr" r="D14">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E14">
         <v>6.3</v>
       </c>
       <c s="30" r="F14">
         <v>6.59</v>
       </c>
       <c s="28" t="inlineStr" r="G14">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H14"/>
       <c s="30" r="I14">
         <v>5.86</v>
       </c>
       <c s="30" r="J14">
-        <v>11.2</v>
+        <v>11.13</v>
       </c>
     </row>
     <row r="15" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B15"/>
       <c s="25" t="str" r="C15"/>
       <c s="10" t="inlineStr" r="D15">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E15">
         <v>13.08</v>
       </c>
       <c s="31" r="F15">
         <v>18.4</v>
       </c>
       <c s="31" r="G15">
         <v>14.53</v>
       </c>
       <c s="6" t="str" r="H15"/>
       <c s="31" r="I15">
         <v>12.61</v>
       </c>
       <c s="31" r="J15">
-        <v>16.84</v>
+        <v>16.96</v>
       </c>
     </row>
     <row r="16" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B16"/>
       <c s="27" t="str" r="C16"/>
       <c s="23" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -26599,109 +26597,109 @@
       <c s="23" t="inlineStr" r="D23">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E23">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F23">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G23">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H23"/>
       <c s="30" r="I23">
         <v>6.64</v>
       </c>
       <c s="30" r="J23">
-        <v>6.45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B24"/>
       <c s="25" t="str" r="C24"/>
       <c s="23" t="inlineStr" r="D24">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H24"/>
       <c s="28" t="inlineStr" r="I24">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="J24">
-        <v>7.65</v>
+        <v>7.85</v>
       </c>
     </row>
     <row r="25" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B25"/>
       <c s="25" t="str" r="C25"/>
       <c s="10" t="inlineStr" r="D25">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E25">
         <v>6.3</v>
       </c>
       <c s="31" r="F25">
         <v>8.81</v>
       </c>
       <c s="31" r="G25">
         <v>8.38</v>
       </c>
       <c s="6" t="str" r="H25"/>
       <c s="31" r="I25">
         <v>12.32</v>
       </c>
       <c s="31" r="J25">
-        <v>15.05</v>
+        <v>15.8</v>
       </c>
     </row>
     <row r="26" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B26"/>
       <c s="27" t="str" r="C26"/>
       <c s="23" t="inlineStr" r="D26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G26">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -26756,101 +26754,101 @@
         </is>
       </c>
     </row>
     <row r="28" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B28"/>
       <c s="25" t="str" r="C28"/>
       <c s="23" t="inlineStr" r="D28">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E28">
         <v>17.31</v>
       </c>
       <c s="30" r="F28">
         <v>13.95</v>
       </c>
       <c s="30" r="G28">
         <v>18.79</v>
       </c>
       <c s="6" t="str" r="H28"/>
       <c s="30" r="I28">
         <v>13.96</v>
       </c>
       <c s="30" r="J28">
-        <v>15.09</v>
+        <v>15.27</v>
       </c>
     </row>
     <row r="29" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B29"/>
       <c s="25" t="str" r="C29"/>
       <c s="23" t="inlineStr" r="D29">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E29">
         <v>6.9</v>
       </c>
       <c s="30" r="F29">
         <v>9.52</v>
       </c>
       <c s="30" r="G29">
         <v>9.03</v>
       </c>
       <c s="6" t="str" r="H29"/>
       <c s="30" r="I29">
         <v>5.39</v>
       </c>
       <c s="30" r="J29">
-        <v>5.66</v>
+        <v>5.68</v>
       </c>
     </row>
     <row r="30" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B30"/>
       <c s="25" t="str" r="C30"/>
       <c s="10" t="inlineStr" r="D30">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E30">
         <v>26.09</v>
       </c>
       <c s="31" r="F30">
         <v>26.08</v>
       </c>
       <c s="31" r="G30">
         <v>28.17</v>
       </c>
       <c s="6" t="str" r="H30"/>
       <c s="31" r="I30">
         <v>19.54</v>
       </c>
       <c s="31" r="J30">
-        <v>22.48</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="31" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B31"/>
       <c s="27" t="str" r="C31"/>
       <c s="23" t="inlineStr" r="D31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G31">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -27242,76 +27240,76 @@
         </is>
       </c>
     </row>
     <row r="44" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B44"/>
       <c s="25" t="str" r="C44"/>
       <c s="23" t="inlineStr" r="D44">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E44">
         <v>7.24</v>
       </c>
       <c s="30" r="F44">
         <v>7.84</v>
       </c>
       <c s="30" r="G44">
         <v>8.68</v>
       </c>
       <c s="6" t="str" r="H44"/>
       <c s="30" r="I44">
         <v>12.55</v>
       </c>
       <c s="30" r="J44">
-        <v>8.19</v>
+        <v>8.22</v>
       </c>
     </row>
     <row r="45" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B45"/>
       <c s="25" t="str" r="C45"/>
       <c s="10" t="inlineStr" r="D45">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E45">
         <v>13.36</v>
       </c>
       <c s="31" r="F45">
         <v>12.68</v>
       </c>
       <c s="31" r="G45">
         <v>16.04</v>
       </c>
       <c s="6" t="str" r="H45"/>
       <c s="31" r="I45">
         <v>15.79</v>
       </c>
       <c s="31" r="J45">
-        <v>11.67</v>
+        <v>11.7</v>
       </c>
     </row>
     <row r="46" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B46"/>
       <c s="27" t="str" r="C46"/>
       <c s="23" t="inlineStr" r="D46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G46">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -27331,126 +27329,126 @@
       <c s="10" t="inlineStr" r="B47">
         <is>
           <t xml:space="preserve">Cardiovascular Disease (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C47"/>
       <c s="23" t="inlineStr" r="D47">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E47">
         <v>70.65</v>
       </c>
       <c s="30" r="F47">
         <v>82.23</v>
       </c>
       <c s="30" r="G47">
         <v>84.39</v>
       </c>
       <c s="6" t="str" r="H47"/>
       <c s="30" r="I47">
         <v>88.49</v>
       </c>
       <c s="30" r="J47">
-        <v>96.34</v>
+        <v>96.46</v>
       </c>
     </row>
     <row r="48" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B48"/>
       <c s="25" t="str" r="C48"/>
       <c s="23" t="inlineStr" r="D48">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E48">
         <v>407.49</v>
       </c>
       <c s="30" r="F48">
         <v>431.44</v>
       </c>
       <c s="30" r="G48">
         <v>416.79</v>
       </c>
       <c s="6" t="str" r="H48"/>
       <c s="30" r="I48">
         <v>433.6</v>
       </c>
       <c s="30" r="J48">
-        <v>438.82</v>
+        <v>439.54</v>
       </c>
     </row>
     <row r="49" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B49"/>
       <c s="25" t="str" r="C49"/>
       <c s="23" t="inlineStr" r="D49">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E49">
         <v>159.23</v>
       </c>
       <c s="30" r="F49">
         <v>172.05</v>
       </c>
       <c s="30" r="G49">
         <v>179</v>
       </c>
       <c s="6" t="str" r="H49"/>
       <c s="30" r="I49">
         <v>207.93</v>
       </c>
       <c s="30" r="J49">
-        <v>183.56</v>
+        <v>183.67</v>
       </c>
     </row>
     <row r="50" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B50"/>
       <c s="25" t="str" r="C50"/>
       <c s="10" t="inlineStr" r="D50">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E50">
         <v>636.74</v>
       </c>
       <c s="31" r="F50">
         <v>685.72</v>
       </c>
       <c s="31" r="G50">
         <v>677.6</v>
       </c>
       <c s="6" t="str" r="H50"/>
       <c s="31" r="I50">
         <v>730.02</v>
       </c>
       <c s="31" r="J50">
-        <v>718.72</v>
+        <v>719.67</v>
       </c>
     </row>
     <row r="51" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B51"/>
       <c s="27" t="str" r="C51"/>
       <c s="23" t="inlineStr" r="D51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G51">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -27639,126 +27637,126 @@
       <c s="10" t="inlineStr" r="B57">
         <is>
           <t xml:space="preserve">Child and Adolescent Psychiatry (Psychiatry)</t>
         </is>
       </c>
       <c s="22" t="str" r="C57"/>
       <c s="23" t="inlineStr" r="D57">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E57">
         <v>9.62</v>
       </c>
       <c s="30" r="F57">
         <v>11.27</v>
       </c>
       <c s="30" r="G57">
         <v>11.52</v>
       </c>
       <c s="6" t="str" r="H57"/>
       <c s="30" r="I57">
         <v>8.66</v>
       </c>
       <c s="30" r="J57">
-        <v>14.24</v>
+        <v>14.27</v>
       </c>
     </row>
     <row r="58" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B58"/>
       <c s="25" t="str" r="C58"/>
       <c s="23" t="inlineStr" r="D58">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E58">
         <v>17.52</v>
       </c>
       <c s="30" r="F58">
         <v>20.49</v>
       </c>
       <c s="30" r="G58">
         <v>16.34</v>
       </c>
       <c s="6" t="str" r="H58"/>
       <c s="30" r="I58">
         <v>16.69</v>
       </c>
       <c s="30" r="J58">
-        <v>17.28</v>
+        <v>18.53</v>
       </c>
     </row>
     <row r="59" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B59"/>
       <c s="25" t="str" r="C59"/>
       <c s="23" t="inlineStr" r="D59">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E59">
         <v>23.31</v>
       </c>
       <c s="30" r="F59">
         <v>24.67</v>
       </c>
       <c s="30" r="G59">
         <v>24.62</v>
       </c>
       <c s="6" t="str" r="H59"/>
       <c s="30" r="I59">
         <v>24.77</v>
       </c>
       <c s="30" r="J59">
-        <v>31.12</v>
+        <v>31.19</v>
       </c>
     </row>
     <row r="60" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B60"/>
       <c s="25" t="str" r="C60"/>
       <c s="10" t="inlineStr" r="D60">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E60">
         <v>49.95</v>
       </c>
       <c s="31" r="F60">
         <v>56.27</v>
       </c>
       <c s="31" r="G60">
         <v>50.6</v>
       </c>
       <c s="6" t="str" r="H60"/>
       <c s="31" r="I60">
         <v>48.98</v>
       </c>
       <c s="31" r="J60">
-        <v>62.17</v>
+        <v>63.26</v>
       </c>
     </row>
     <row r="61" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B61"/>
       <c s="27" t="str" r="C61"/>
       <c s="23" t="inlineStr" r="D61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G61">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -27778,126 +27776,126 @@
       <c s="10" t="inlineStr" r="B62">
         <is>
           <t xml:space="preserve">Clinical Cardiac Electrophysiology</t>
         </is>
       </c>
       <c s="22" t="str" r="C62"/>
       <c s="23" t="inlineStr" r="D62">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E62">
         <v>6.23</v>
       </c>
       <c s="30" r="F62">
         <v>7.66</v>
       </c>
       <c s="30" r="G62">
         <v>10.68</v>
       </c>
       <c s="6" t="str" r="H62"/>
       <c s="30" r="I62">
         <v>11.08</v>
       </c>
       <c s="30" r="J62">
-        <v>12.36</v>
+        <v>12.41</v>
       </c>
     </row>
     <row r="63" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B63"/>
       <c s="25" t="str" r="C63"/>
       <c s="23" t="inlineStr" r="D63">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E63">
         <v>37.52</v>
       </c>
       <c s="30" r="F63">
         <v>41.8</v>
       </c>
       <c s="30" r="G63">
         <v>43.77</v>
       </c>
       <c s="6" t="str" r="H63"/>
       <c s="30" r="I63">
         <v>50.64</v>
       </c>
       <c s="30" r="J63">
-        <v>67.19</v>
+        <v>67.59</v>
       </c>
     </row>
     <row r="64" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B64"/>
       <c s="25" t="str" r="C64"/>
       <c s="23" t="inlineStr" r="D64">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E64">
         <v>18.3</v>
       </c>
       <c s="30" r="F64">
         <v>19.3</v>
       </c>
       <c s="30" r="G64">
         <v>17.58</v>
       </c>
       <c s="6" t="str" r="H64"/>
       <c s="30" r="I64">
         <v>13.35</v>
       </c>
       <c s="30" r="J64">
-        <v>20.41</v>
+        <v>20.23</v>
       </c>
     </row>
     <row r="65" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B65"/>
       <c s="25" t="str" r="C65"/>
       <c s="10" t="inlineStr" r="D65">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E65">
         <v>62.06</v>
       </c>
       <c s="31" r="F65">
         <v>68.76</v>
       </c>
       <c s="31" r="G65">
         <v>71.84</v>
       </c>
       <c s="6" t="str" r="H65"/>
       <c s="31" r="I65">
         <v>74.18</v>
       </c>
       <c s="31" r="J65">
-        <v>99.56</v>
+        <v>100.03</v>
       </c>
     </row>
     <row r="66" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B66"/>
       <c s="27" t="str" r="C66"/>
       <c s="23" t="inlineStr" r="D66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G66">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -28296,51 +28294,51 @@
       <c s="24" t="str" r="B78"/>
       <c s="25" t="str" r="C78"/>
       <c s="23" t="inlineStr" r="D78">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E78">
         <v>6.6</v>
       </c>
       <c s="30" r="F78">
         <v>11</v>
       </c>
       <c s="28" t="inlineStr" r="G78">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H78"/>
       <c s="28" t="inlineStr" r="I78">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="J78">
-        <v>6.86</v>
+        <v>7.14</v>
       </c>
     </row>
     <row r="79" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B79"/>
       <c s="25" t="str" r="C79"/>
       <c s="23" t="inlineStr" r="D79">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E79">
         <v>6.33</v>
       </c>
       <c s="30" r="F79">
         <v>8.17</v>
       </c>
       <c s="30" r="G79">
         <v>6.43</v>
       </c>
       <c s="6" t="str" r="H79"/>
       <c s="30" r="I79">
         <v>8.43</v>
       </c>
       <c s="28" t="inlineStr" r="J79">
         <is>
@@ -28348,51 +28346,51 @@
         </is>
       </c>
     </row>
     <row r="80" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B80"/>
       <c s="25" t="str" r="C80"/>
       <c s="10" t="inlineStr" r="D80">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E80">
         <v>15.67</v>
       </c>
       <c s="31" r="F80">
         <v>20.83</v>
       </c>
       <c s="31" r="G80">
         <v>13.57</v>
       </c>
       <c s="6" t="str" r="H80"/>
       <c s="31" r="I80">
         <v>11.57</v>
       </c>
       <c s="31" r="J80">
-        <v>11.86</v>
+        <v>12.29</v>
       </c>
     </row>
     <row r="81" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B81"/>
       <c s="27" t="str" r="C81"/>
       <c s="23" t="inlineStr" r="D81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G81">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -28447,101 +28445,101 @@
         </is>
       </c>
     </row>
     <row r="83" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B83"/>
       <c s="25" t="str" r="C83"/>
       <c s="23" t="inlineStr" r="D83">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E83">
         <v>8.63</v>
       </c>
       <c s="30" r="F83">
         <v>13.66</v>
       </c>
       <c s="30" r="G83">
         <v>5.21</v>
       </c>
       <c s="6" t="str" r="H83"/>
       <c s="30" r="I83">
         <v>6.29</v>
       </c>
       <c s="30" r="J83">
-        <v>9.17</v>
+        <v>9.4</v>
       </c>
     </row>
     <row r="84" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B84"/>
       <c s="25" t="str" r="C84"/>
       <c s="23" t="inlineStr" r="D84">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E84">
         <v>8.16</v>
       </c>
       <c s="30" r="F84">
         <v>12.24</v>
       </c>
       <c s="30" r="G84">
         <v>8.31</v>
       </c>
       <c s="6" t="str" r="H84"/>
       <c s="30" r="I84">
         <v>11.25</v>
       </c>
       <c s="30" r="J84">
-        <v>7.68</v>
+        <v>7.76</v>
       </c>
     </row>
     <row r="85" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B85"/>
       <c s="25" t="str" r="C85"/>
       <c s="10" t="inlineStr" r="D85">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E85">
         <v>21.26</v>
       </c>
       <c s="31" r="F85">
         <v>27.31</v>
       </c>
       <c s="31" r="G85">
         <v>18.31</v>
       </c>
       <c s="6" t="str" r="H85"/>
       <c s="31" r="I85">
         <v>18.86</v>
       </c>
       <c s="31" r="J85">
-        <v>17.27</v>
+        <v>17.83</v>
       </c>
     </row>
     <row r="86" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B86"/>
       <c s="27" t="str" r="C86"/>
       <c s="23" t="inlineStr" r="D86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G86">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -28600,51 +28598,51 @@
       <c s="24" t="str" r="B88"/>
       <c s="25" t="str" r="C88"/>
       <c s="23" t="inlineStr" r="D88">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E88">
         <v>8</v>
       </c>
       <c s="30" r="F88">
         <v>13.67</v>
       </c>
       <c s="28" t="inlineStr" r="G88">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H88"/>
       <c s="28" t="inlineStr" r="I88">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="J88">
-        <v>7.44</v>
+        <v>7.89</v>
       </c>
     </row>
     <row r="89" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B89"/>
       <c s="25" t="str" r="C89"/>
       <c s="23" t="inlineStr" r="D89">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E89">
         <v>8</v>
       </c>
       <c s="30" r="F89">
         <v>13.67</v>
       </c>
       <c s="30" r="G89">
         <v>7.67</v>
       </c>
       <c s="6" t="str" r="H89"/>
       <c s="30" r="I89">
         <v>7.57</v>
       </c>
       <c s="28" t="inlineStr" r="J89">
         <is>
@@ -28652,51 +28650,51 @@
         </is>
       </c>
     </row>
     <row r="90" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B90"/>
       <c s="25" t="str" r="C90"/>
       <c s="10" t="inlineStr" r="D90">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E90">
         <v>20.2</v>
       </c>
       <c s="31" r="F90">
         <v>28.5</v>
       </c>
       <c s="31" r="G90">
         <v>9.33</v>
       </c>
       <c s="6" t="str" r="H90"/>
       <c s="31" r="I90">
         <v>10.71</v>
       </c>
       <c s="31" r="J90">
-        <v>12.44</v>
+        <v>12.89</v>
       </c>
     </row>
     <row r="91" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B91"/>
       <c s="27" t="str" r="C91"/>
       <c s="23" t="inlineStr" r="D91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G91">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -28753,101 +28751,101 @@
     </row>
     <row r="93" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B93"/>
       <c s="25" t="str" r="C93"/>
       <c s="23" t="inlineStr" r="D93">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E93">
         <v>6.5</v>
       </c>
       <c s="30" r="F93">
         <v>13</v>
       </c>
       <c s="28" t="inlineStr" r="G93">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H93"/>
       <c s="30" r="I93">
         <v>6.88</v>
       </c>
       <c s="30" r="J93">
-        <v>8.25</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="94" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B94"/>
       <c s="25" t="str" r="C94"/>
       <c s="23" t="inlineStr" r="D94">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E94">
         <v>10.38</v>
       </c>
       <c s="30" r="F94">
         <v>15.14</v>
       </c>
       <c s="30" r="G94">
         <v>12.63</v>
       </c>
       <c s="6" t="str" r="H94"/>
       <c s="30" r="I94">
         <v>12.25</v>
       </c>
       <c s="30" r="J94">
-        <v>9.13</v>
+        <v>9.38</v>
       </c>
     </row>
     <row r="95" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B95"/>
       <c s="25" t="str" r="C95"/>
       <c s="10" t="inlineStr" r="D95">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E95">
         <v>21.13</v>
       </c>
       <c s="31" r="F95">
         <v>29.43</v>
       </c>
       <c s="31" r="G95">
         <v>21.5</v>
       </c>
       <c s="6" t="str" r="H95"/>
       <c s="31" r="I95">
         <v>19.75</v>
       </c>
       <c s="31" r="J95">
-        <v>18.25</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="96" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B96"/>
       <c s="27" t="str" r="C96"/>
       <c s="23" t="inlineStr" r="D96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G96">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -29555,80 +29553,80 @@
       <c s="24" t="str" r="B119"/>
       <c s="25" t="str" r="C119"/>
       <c s="23" t="inlineStr" r="D119">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E119">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F119">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="G119">
         <v>7.47</v>
       </c>
       <c s="6" t="str" r="H119"/>
       <c s="30" r="I119">
         <v>9.91</v>
       </c>
       <c s="30" r="J119">
-        <v>11.12</v>
+        <v>11.14</v>
       </c>
     </row>
     <row r="120" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B120"/>
       <c s="25" t="str" r="C120"/>
       <c s="10" t="inlineStr" r="D120">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E120">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F120">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="31" r="G120">
         <v>15.07</v>
       </c>
       <c s="6" t="str" r="H120"/>
       <c s="31" r="I120">
         <v>18.23</v>
       </c>
       <c s="31" r="J120">
-        <v>17.42</v>
+        <v>18.25</v>
       </c>
     </row>
     <row r="121" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B121"/>
       <c s="27" t="str" r="C121"/>
       <c s="23" t="inlineStr" r="D121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G121">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -29648,126 +29646,126 @@
       <c s="10" t="inlineStr" r="B122">
         <is>
           <t xml:space="preserve">Critical Care Medicine (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C122"/>
       <c s="23" t="inlineStr" r="D122">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E122">
         <v>45.73</v>
       </c>
       <c s="30" r="F122">
         <v>36.24</v>
       </c>
       <c s="30" r="G122">
         <v>40.37</v>
       </c>
       <c s="6" t="str" r="H122"/>
       <c s="30" r="I122">
         <v>37.36</v>
       </c>
       <c s="30" r="J122">
-        <v>26.79</v>
+        <v>26.8</v>
       </c>
     </row>
     <row r="123" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B123"/>
       <c s="25" t="str" r="C123"/>
       <c s="23" t="inlineStr" r="D123">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E123">
         <v>167.27</v>
       </c>
       <c s="30" r="F123">
         <v>159.48</v>
       </c>
       <c s="30" r="G123">
         <v>138.03</v>
       </c>
       <c s="6" t="str" r="H123"/>
       <c s="30" r="I123">
         <v>103.19</v>
       </c>
       <c s="30" r="J123">
-        <v>105.79</v>
+        <v>106.15</v>
       </c>
     </row>
     <row r="124" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B124"/>
       <c s="25" t="str" r="C124"/>
       <c s="23" t="inlineStr" r="D124">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E124">
         <v>38.57</v>
       </c>
       <c s="30" r="F124">
         <v>34.33</v>
       </c>
       <c s="30" r="G124">
         <v>38.54</v>
       </c>
       <c s="6" t="str" r="H124"/>
       <c s="30" r="I124">
         <v>27.3</v>
       </c>
       <c s="30" r="J124">
         <v>17.4</v>
       </c>
     </row>
     <row r="125" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B125"/>
       <c s="25" t="str" r="C125"/>
       <c s="10" t="inlineStr" r="D125">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E125">
         <v>251.57</v>
       </c>
       <c s="31" r="F125">
         <v>230.05</v>
       </c>
       <c s="31" r="G125">
         <v>216.3</v>
       </c>
       <c s="6" t="str" r="H125"/>
       <c s="31" r="I125">
         <v>166.9</v>
       </c>
       <c s="31" r="J125">
-        <v>149.97</v>
+        <v>150.35</v>
       </c>
     </row>
     <row r="126" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B126"/>
       <c s="27" t="str" r="C126"/>
       <c s="23" t="inlineStr" r="D126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G126">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -29886,51 +29884,51 @@
         </is>
       </c>
     </row>
     <row r="130" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B130"/>
       <c s="25" t="str" r="C130"/>
       <c s="10" t="inlineStr" r="D130">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E130">
         <v>10.89</v>
       </c>
       <c s="31" r="F130">
         <v>9.87</v>
       </c>
       <c s="31" r="G130">
         <v>8.51</v>
       </c>
       <c s="6" t="str" r="H130"/>
       <c s="31" r="I130">
         <v>10.6</v>
       </c>
       <c s="31" r="J130">
-        <v>9.15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="131" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B131"/>
       <c s="27" t="str" r="C131"/>
       <c s="23" t="inlineStr" r="D131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G131">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -29975,101 +29973,101 @@
         <v>19.45</v>
       </c>
     </row>
     <row r="133" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B133"/>
       <c s="25" t="str" r="C133"/>
       <c s="23" t="inlineStr" r="D133">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E133">
         <v>131.95</v>
       </c>
       <c s="30" r="F133">
         <v>105.23</v>
       </c>
       <c s="30" r="G133">
         <v>101.2</v>
       </c>
       <c s="6" t="str" r="H133"/>
       <c s="30" r="I133">
         <v>134.75</v>
       </c>
       <c s="30" r="J133">
-        <v>109.42</v>
+        <v>109.52</v>
       </c>
     </row>
     <row r="134" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B134"/>
       <c s="25" t="str" r="C134"/>
       <c s="23" t="inlineStr" r="D134">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E134">
         <v>20.79</v>
       </c>
       <c s="30" r="F134">
         <v>20.45</v>
       </c>
       <c s="30" r="G134">
         <v>23.8</v>
       </c>
       <c s="6" t="str" r="H134"/>
       <c s="30" r="I134">
         <v>22.3</v>
       </c>
       <c s="30" r="J134">
         <v>17.19</v>
       </c>
     </row>
     <row r="135" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B135"/>
       <c s="25" t="str" r="C135"/>
       <c s="10" t="inlineStr" r="D135">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E135">
         <v>167.37</v>
       </c>
       <c s="31" r="F135">
         <v>143.12</v>
       </c>
       <c s="31" r="G135">
         <v>138.17</v>
       </c>
       <c s="6" t="str" r="H135"/>
       <c s="31" r="I135">
         <v>172.65</v>
       </c>
       <c s="31" r="J135">
-        <v>146.06</v>
+        <v>146.17</v>
       </c>
     </row>
     <row r="136" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B136"/>
       <c s="27" t="str" r="C136"/>
       <c s="23" t="inlineStr" r="D136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G136">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -30325,85 +30323,83 @@
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H144"/>
       <c s="28" t="inlineStr" r="I144">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
-      <c s="28" t="inlineStr" r="J144">
-[...2 lines deleted...]
-        </is>
+      <c s="30" r="J144">
+        <v>5.06</v>
       </c>
     </row>
     <row r="145" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B145"/>
       <c s="25" t="str" r="C145"/>
       <c s="10" t="inlineStr" r="D145">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G145">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H145"/>
       <c s="31" r="I145">
         <v>9.93</v>
       </c>
       <c s="31" r="J145">
-        <v>5.64</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="146" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B146"/>
       <c s="27" t="str" r="C146"/>
       <c s="23" t="inlineStr" r="D146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G146">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -30534,51 +30530,51 @@
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H150"/>
       <c s="28" t="inlineStr" r="I150">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="31" r="J150">
-        <v>15.53</v>
+        <v>15.58</v>
       </c>
     </row>
     <row r="151" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B151"/>
       <c s="27" t="str" r="C151"/>
       <c s="23" t="inlineStr" r="D151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G151">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -30598,126 +30594,126 @@
       <c s="10" t="inlineStr" r="B152">
         <is>
           <t xml:space="preserve">Gastroenterology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C152"/>
       <c s="23" t="inlineStr" r="D152">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E152">
         <v>63.54</v>
       </c>
       <c s="30" r="F152">
         <v>63</v>
       </c>
       <c s="30" r="G152">
         <v>68.89</v>
       </c>
       <c s="6" t="str" r="H152"/>
       <c s="30" r="I152">
         <v>89.4</v>
       </c>
       <c s="30" r="J152">
-        <v>83.27</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="153" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B153"/>
       <c s="25" t="str" r="C153"/>
       <c s="23" t="inlineStr" r="D153">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E153">
         <v>234.04</v>
       </c>
       <c s="30" r="F153">
         <v>229.4</v>
       </c>
       <c s="30" r="G153">
         <v>241.05</v>
       </c>
       <c s="6" t="str" r="H153"/>
       <c s="30" r="I153">
         <v>244.29</v>
       </c>
       <c s="30" r="J153">
-        <v>271.92</v>
+        <v>273.28</v>
       </c>
     </row>
     <row r="154" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B154"/>
       <c s="25" t="str" r="C154"/>
       <c s="23" t="inlineStr" r="D154">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E154">
         <v>144.18</v>
       </c>
       <c s="30" r="F154">
         <v>164.53</v>
       </c>
       <c s="30" r="G154">
         <v>170.57</v>
       </c>
       <c s="6" t="str" r="H154"/>
       <c s="30" r="I154">
         <v>178.25</v>
       </c>
       <c s="30" r="J154">
-        <v>152.79</v>
+        <v>152.81</v>
       </c>
     </row>
     <row r="155" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B155"/>
       <c s="25" t="str" r="C155"/>
       <c s="10" t="inlineStr" r="D155">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E155">
         <v>441.75</v>
       </c>
       <c s="31" r="F155">
         <v>456.93</v>
       </c>
       <c s="31" r="G155">
         <v>480.21</v>
       </c>
       <c s="6" t="str" r="H155"/>
       <c s="31" r="I155">
         <v>511.94</v>
       </c>
       <c s="31" r="J155">
-        <v>507.63</v>
+        <v>509.06</v>
       </c>
     </row>
     <row r="156" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B156"/>
       <c s="27" t="str" r="C156"/>
       <c s="23" t="inlineStr" r="D156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G156">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -30772,51 +30768,51 @@
         </is>
       </c>
     </row>
     <row r="158" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B158"/>
       <c s="25" t="str" r="C158"/>
       <c s="23" t="inlineStr" r="D158">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E158">
         <v>8.48</v>
       </c>
       <c s="30" r="F158">
         <v>5.59</v>
       </c>
       <c s="30" r="G158">
         <v>6.46</v>
       </c>
       <c s="6" t="str" r="H158"/>
       <c s="30" r="I158">
         <v>6.78</v>
       </c>
       <c s="30" r="J158">
-        <v>5.66</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="159" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B159"/>
       <c s="25" t="str" r="C159"/>
       <c s="23" t="inlineStr" r="D159">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E159">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="F159">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="G159">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
@@ -30832,51 +30828,51 @@
         </is>
       </c>
     </row>
     <row r="160" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B160"/>
       <c s="25" t="str" r="C160"/>
       <c s="10" t="inlineStr" r="D160">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E160">
         <v>12.9</v>
       </c>
       <c s="31" r="F160">
         <v>9.05</v>
       </c>
       <c s="31" r="G160">
         <v>9.67</v>
       </c>
       <c s="6" t="str" r="H160"/>
       <c s="31" r="I160">
         <v>9.8</v>
       </c>
       <c s="31" r="J160">
-        <v>7.55</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="161" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B161"/>
       <c s="27" t="str" r="C161"/>
       <c s="23" t="inlineStr" r="D161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G161">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -30931,101 +30927,101 @@
         </is>
       </c>
     </row>
     <row r="163" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B163"/>
       <c s="25" t="str" r="C163"/>
       <c s="23" t="inlineStr" r="D163">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E163">
         <v>24.98</v>
       </c>
       <c s="30" r="F163">
         <v>16.2</v>
       </c>
       <c s="30" r="G163">
         <v>16.04</v>
       </c>
       <c s="6" t="str" r="H163"/>
       <c s="30" r="I163">
         <v>15.32</v>
       </c>
       <c s="30" r="J163">
-        <v>13.44</v>
+        <v>14.02</v>
       </c>
     </row>
     <row r="164" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B164"/>
       <c s="25" t="str" r="C164"/>
       <c s="23" t="inlineStr" r="D164">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E164">
         <v>8.01</v>
       </c>
       <c s="30" r="F164">
         <v>8</v>
       </c>
       <c s="30" r="G164">
         <v>7.87</v>
       </c>
       <c s="6" t="str" r="H164"/>
       <c s="30" r="I164">
         <v>7.45</v>
       </c>
       <c s="30" r="J164">
-        <v>5.48</v>
+        <v>5.64</v>
       </c>
     </row>
     <row r="165" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B165"/>
       <c s="25" t="str" r="C165"/>
       <c s="10" t="inlineStr" r="D165">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E165">
         <v>36.02</v>
       </c>
       <c s="31" r="F165">
         <v>27.3</v>
       </c>
       <c s="31" r="G165">
         <v>25.19</v>
       </c>
       <c s="6" t="str" r="H165"/>
       <c s="31" r="I165">
         <v>24.99</v>
       </c>
       <c s="31" r="J165">
-        <v>19.58</v>
+        <v>20.31</v>
       </c>
     </row>
     <row r="166" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B166"/>
       <c s="27" t="str" r="C166"/>
       <c s="23" t="inlineStr" r="D166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G166">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -31513,126 +31509,126 @@
       <c s="10" t="inlineStr" r="B181">
         <is>
           <t xml:space="preserve">Hematology and Medical Oncology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C181"/>
       <c s="23" t="inlineStr" r="D181">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E181">
         <v>27.76</v>
       </c>
       <c s="30" r="F181">
         <v>49.88</v>
       </c>
       <c s="30" r="G181">
         <v>38.82</v>
       </c>
       <c s="6" t="str" r="H181"/>
       <c s="30" r="I181">
         <v>45.55</v>
       </c>
       <c s="30" r="J181">
-        <v>50.52</v>
+        <v>50.31</v>
       </c>
     </row>
     <row r="182" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B182"/>
       <c s="25" t="str" r="C182"/>
       <c s="23" t="inlineStr" r="D182">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E182">
         <v>250.66</v>
       </c>
       <c s="30" r="F182">
         <v>243.59</v>
       </c>
       <c s="30" r="G182">
         <v>256</v>
       </c>
       <c s="6" t="str" r="H182"/>
       <c s="30" r="I182">
         <v>260.6</v>
       </c>
       <c s="30" r="J182">
-        <v>283.88</v>
+        <v>283.02</v>
       </c>
     </row>
     <row r="183" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B183"/>
       <c s="25" t="str" r="C183"/>
       <c s="23" t="inlineStr" r="D183">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E183">
         <v>94.79</v>
       </c>
       <c s="30" r="F183">
         <v>99.95</v>
       </c>
       <c s="30" r="G183">
         <v>103.96</v>
       </c>
       <c s="6" t="str" r="H183"/>
       <c s="30" r="I183">
         <v>117.87</v>
       </c>
       <c s="30" r="J183">
-        <v>112.55</v>
+        <v>111.99</v>
       </c>
     </row>
     <row r="184" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B184"/>
       <c s="25" t="str" r="C184"/>
       <c s="10" t="inlineStr" r="D184">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E184">
         <v>372.49</v>
       </c>
       <c s="31" r="F184">
         <v>393.41</v>
       </c>
       <c s="31" r="G184">
         <v>398.57</v>
       </c>
       <c s="6" t="str" r="H184"/>
       <c s="31" r="I184">
         <v>422.25</v>
       </c>
       <c s="31" r="J184">
-        <v>446.95</v>
+        <v>445.32</v>
       </c>
     </row>
     <row r="185" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B185"/>
       <c s="27" t="str" r="C185"/>
       <c s="23" t="inlineStr" r="D185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G185">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -31652,126 +31648,126 @@
       <c s="10" t="inlineStr" r="B186">
         <is>
           <t xml:space="preserve">Hospice and Palliative Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C186"/>
       <c s="23" t="inlineStr" r="D186">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E186">
         <v>9.45</v>
       </c>
       <c s="30" r="F186">
         <v>7.84</v>
       </c>
       <c s="30" r="G186">
         <v>7.62</v>
       </c>
       <c s="6" t="str" r="H186"/>
       <c s="30" r="I186">
         <v>7.4</v>
       </c>
       <c s="30" r="J186">
-        <v>8.54</v>
+        <v>8.56</v>
       </c>
     </row>
     <row r="187" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B187"/>
       <c s="25" t="str" r="C187"/>
       <c s="23" t="inlineStr" r="D187">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E187">
         <v>20.85</v>
       </c>
       <c s="30" r="F187">
         <v>18.79</v>
       </c>
       <c s="30" r="G187">
         <v>16.02</v>
       </c>
       <c s="6" t="str" r="H187"/>
       <c s="30" r="I187">
         <v>14.68</v>
       </c>
       <c s="30" r="J187">
-        <v>15.37</v>
+        <v>16.31</v>
       </c>
     </row>
     <row r="188" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B188"/>
       <c s="25" t="str" r="C188"/>
       <c s="23" t="inlineStr" r="D188">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E188">
         <v>20.69</v>
       </c>
       <c s="30" r="F188">
         <v>20.87</v>
       </c>
       <c s="30" r="G188">
         <v>20.92</v>
       </c>
       <c s="6" t="str" r="H188"/>
       <c s="30" r="I188">
         <v>18.15</v>
       </c>
       <c s="30" r="J188">
-        <v>17.37</v>
+        <v>17.48</v>
       </c>
     </row>
     <row r="189" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B189"/>
       <c s="25" t="str" r="C189"/>
       <c s="10" t="inlineStr" r="D189">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E189">
         <v>50.64</v>
       </c>
       <c s="31" r="F189">
         <v>46.82</v>
       </c>
       <c s="31" r="G189">
         <v>43.96</v>
       </c>
       <c s="6" t="str" r="H189"/>
       <c s="31" r="I189">
         <v>40.15</v>
       </c>
       <c s="31" r="J189">
-        <v>40.66</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="190" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B190"/>
       <c s="27" t="str" r="C190"/>
       <c s="23" t="inlineStr" r="D190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G190">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -31816,101 +31812,101 @@
         <v>8.28</v>
       </c>
     </row>
     <row r="192" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B192"/>
       <c s="25" t="str" r="C192"/>
       <c s="23" t="inlineStr" r="D192">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E192">
         <v>48.3</v>
       </c>
       <c s="30" r="F192">
         <v>40.23</v>
       </c>
       <c s="30" r="G192">
         <v>30.11</v>
       </c>
       <c s="6" t="str" r="H192"/>
       <c s="30" r="I192">
         <v>32.64</v>
       </c>
       <c s="30" r="J192">
-        <v>29.8</v>
+        <v>30.55</v>
       </c>
     </row>
     <row r="193" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B193"/>
       <c s="25" t="str" r="C193"/>
       <c s="23" t="inlineStr" r="D193">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E193">
         <v>19.09</v>
       </c>
       <c s="30" r="F193">
         <v>19.51</v>
       </c>
       <c s="30" r="G193">
         <v>18.19</v>
       </c>
       <c s="6" t="str" r="H193"/>
       <c s="30" r="I193">
         <v>15.43</v>
       </c>
       <c s="30" r="J193">
         <v>14.79</v>
       </c>
     </row>
     <row r="194" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B194"/>
       <c s="25" t="str" r="C194"/>
       <c s="10" t="inlineStr" r="D194">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E194">
         <v>77.92</v>
       </c>
       <c s="31" r="F194">
         <v>72.32</v>
       </c>
       <c s="31" r="G194">
         <v>55</v>
       </c>
       <c s="6" t="str" r="H194"/>
       <c s="31" r="I194">
         <v>57.79</v>
       </c>
       <c s="31" r="J194">
-        <v>51.59</v>
+        <v>52.2</v>
       </c>
     </row>
     <row r="195" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B195"/>
       <c s="27" t="str" r="C195"/>
       <c s="23" t="inlineStr" r="D195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G195">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -31932,132 +31928,132 @@
           <t xml:space="preserve">Interventional Cardiology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C196"/>
       <c s="23" t="inlineStr" r="D196">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E196">
         <v>12.76</v>
       </c>
       <c s="30" r="F196">
         <v>6.6</v>
       </c>
       <c s="28" t="inlineStr" r="G196">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H196"/>
       <c s="30" r="I196">
         <v>7.79</v>
       </c>
       <c s="30" r="J196">
-        <v>9.67</v>
+        <v>9.68</v>
       </c>
     </row>
     <row r="197" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B197"/>
       <c s="25" t="str" r="C197"/>
       <c s="23" t="inlineStr" r="D197">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E197">
         <v>102.34</v>
       </c>
       <c s="30" r="F197">
         <v>68.23</v>
       </c>
       <c s="28" t="inlineStr" r="G197">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H197"/>
       <c s="30" r="I197">
         <v>76.22</v>
       </c>
       <c s="30" r="J197">
-        <v>71.72</v>
+        <v>72.34</v>
       </c>
     </row>
     <row r="198" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B198"/>
       <c s="25" t="str" r="C198"/>
       <c s="23" t="inlineStr" r="D198">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E198">
         <v>27.55</v>
       </c>
       <c s="30" r="F198">
         <v>26.97</v>
       </c>
       <c s="28" t="inlineStr" r="G198">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H198"/>
       <c s="30" r="I198">
         <v>19.75</v>
       </c>
       <c s="30" r="J198">
-        <v>17.17</v>
+        <v>17.18</v>
       </c>
     </row>
     <row r="199" ht="15.8" customHeight="0">
       <c s="24" t="str" r="B199"/>
       <c s="25" t="str" r="C199"/>
       <c s="10" t="inlineStr" r="D199">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E199">
         <v>142.38</v>
       </c>
       <c s="31" r="F199">
         <v>101.07</v>
       </c>
       <c s="28" t="inlineStr" r="G199">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H199"/>
       <c s="31" r="I199">
         <v>103.76</v>
       </c>
       <c s="31" r="J199">
-        <v>98.45</v>
+        <v>98.94</v>
       </c>
     </row>
     <row r="200" ht="15.85" customHeight="0">
       <c s="26" t="str" r="B200"/>
       <c s="27" t="str" r="C200"/>
       <c s="23" t="inlineStr" r="D200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G200">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -33172,101 +33168,101 @@
         <v>11.88</v>
       </c>
     </row>
     <row r="236" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B236"/>
       <c s="25" t="str" r="C236"/>
       <c s="23" t="inlineStr" r="D236">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E236">
         <v>35.1</v>
       </c>
       <c s="30" r="F236">
         <v>40.73</v>
       </c>
       <c s="30" r="G236">
         <v>36.76</v>
       </c>
       <c s="6" t="str" r="H236"/>
       <c s="30" r="I236">
         <v>33.29</v>
       </c>
       <c s="30" r="J236">
-        <v>32.62</v>
+        <v>32.65</v>
       </c>
     </row>
     <row r="237" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B237"/>
       <c s="25" t="str" r="C237"/>
       <c s="23" t="inlineStr" r="D237">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E237">
         <v>31.81</v>
       </c>
       <c s="30" r="F237">
         <v>28.56</v>
       </c>
       <c s="30" r="G237">
         <v>23.39</v>
       </c>
       <c s="6" t="str" r="H237"/>
       <c s="30" r="I237">
         <v>26.69</v>
       </c>
       <c s="30" r="J237">
-        <v>18.69</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="238" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B238"/>
       <c s="25" t="str" r="C238"/>
       <c s="10" t="inlineStr" r="D238">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E238">
         <v>80.74</v>
       </c>
       <c s="31" r="F238">
         <v>82.3</v>
       </c>
       <c s="31" r="G238">
         <v>76.54</v>
       </c>
       <c s="6" t="str" r="H238"/>
       <c s="31" r="I238">
         <v>70.55</v>
       </c>
       <c s="31" r="J238">
-        <v>61.64</v>
+        <v>61.67</v>
       </c>
     </row>
     <row r="239" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B239"/>
       <c s="27" t="str" r="C239"/>
       <c s="23" t="inlineStr" r="D239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G239">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -33286,126 +33282,126 @@
       <c s="10" t="inlineStr" r="B240">
         <is>
           <t xml:space="preserve">Nephrology (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C240"/>
       <c s="23" t="inlineStr" r="D240">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E240">
         <v>14.12</v>
       </c>
       <c s="30" r="F240">
         <v>13.65</v>
       </c>
       <c s="30" r="G240">
         <v>12.98</v>
       </c>
       <c s="6" t="str" r="H240"/>
       <c s="30" r="I240">
         <v>13.34</v>
       </c>
       <c s="30" r="J240">
-        <v>8.28</v>
+        <v>8.31</v>
       </c>
     </row>
     <row r="241" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B241"/>
       <c s="25" t="str" r="C241"/>
       <c s="23" t="inlineStr" r="D241">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E241">
         <v>59.83</v>
       </c>
       <c s="30" r="F241">
         <v>64.07</v>
       </c>
       <c s="30" r="G241">
         <v>57.82</v>
       </c>
       <c s="6" t="str" r="H241"/>
       <c s="30" r="I241">
         <v>56.89</v>
       </c>
       <c s="30" r="J241">
-        <v>60.49</v>
+        <v>61.64</v>
       </c>
     </row>
     <row r="242" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B242"/>
       <c s="25" t="str" r="C242"/>
       <c s="23" t="inlineStr" r="D242">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E242">
         <v>12.08</v>
       </c>
       <c s="30" r="F242">
         <v>13.41</v>
       </c>
       <c s="30" r="G242">
         <v>10.95</v>
       </c>
       <c s="6" t="str" r="H242"/>
       <c s="30" r="I242">
         <v>9.94</v>
       </c>
       <c s="30" r="J242">
-        <v>10.57</v>
+        <v>10.59</v>
       </c>
     </row>
     <row r="243" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B243"/>
       <c s="25" t="str" r="C243"/>
       <c s="10" t="inlineStr" r="D243">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E243">
         <v>85.86</v>
       </c>
       <c s="31" r="F243">
         <v>91.13</v>
       </c>
       <c s="31" r="G243">
         <v>81.34</v>
       </c>
       <c s="6" t="str" r="H243"/>
       <c s="31" r="I243">
         <v>79.57</v>
       </c>
       <c s="31" r="J243">
-        <v>78.96</v>
+        <v>80.16</v>
       </c>
     </row>
     <row r="244" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B244"/>
       <c s="27" t="str" r="C244"/>
       <c s="23" t="inlineStr" r="D244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G244">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -33884,126 +33880,126 @@
       <c s="10" t="inlineStr" r="B260">
         <is>
           <t xml:space="preserve">Pediatric Cardiology (Pediatrics)</t>
         </is>
       </c>
       <c s="22" t="str" r="C260"/>
       <c s="23" t="inlineStr" r="D260">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E260">
         <v>10.71</v>
       </c>
       <c s="30" r="F260">
         <v>9.15</v>
       </c>
       <c s="30" r="G260">
         <v>10.61</v>
       </c>
       <c s="6" t="str" r="H260"/>
       <c s="30" r="I260">
         <v>7.39</v>
       </c>
       <c s="30" r="J260">
-        <v>13.45</v>
+        <v>13.48</v>
       </c>
     </row>
     <row r="261" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B261"/>
       <c s="25" t="str" r="C261"/>
       <c s="23" t="inlineStr" r="D261">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E261">
         <v>34.89</v>
       </c>
       <c s="30" r="F261">
         <v>36.66</v>
       </c>
       <c s="30" r="G261">
         <v>31.82</v>
       </c>
       <c s="6" t="str" r="H261"/>
       <c s="30" r="I261">
         <v>31.77</v>
       </c>
       <c s="30" r="J261">
-        <v>41.83</v>
+        <v>41.86</v>
       </c>
     </row>
     <row r="262" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B262"/>
       <c s="25" t="str" r="C262"/>
       <c s="23" t="inlineStr" r="D262">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E262">
         <v>35.48</v>
       </c>
       <c s="30" r="F262">
         <v>35.55</v>
       </c>
       <c s="30" r="G262">
         <v>39.21</v>
       </c>
       <c s="6" t="str" r="H262"/>
       <c s="30" r="I262">
         <v>36.91</v>
       </c>
       <c s="30" r="J262">
-        <v>36.12</v>
+        <v>36.15</v>
       </c>
     </row>
     <row r="263" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B263"/>
       <c s="25" t="str" r="C263"/>
       <c s="10" t="inlineStr" r="D263">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E263">
         <v>81.08</v>
       </c>
       <c s="31" r="F263">
         <v>81.35</v>
       </c>
       <c s="31" r="G263">
         <v>81.65</v>
       </c>
       <c s="6" t="str" r="H263"/>
       <c s="31" r="I263">
         <v>76.06</v>
       </c>
       <c s="31" r="J263">
-        <v>91.2</v>
+        <v>91.29</v>
       </c>
     </row>
     <row r="264" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B264"/>
       <c s="27" t="str" r="C264"/>
       <c s="23" t="inlineStr" r="D264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G264">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -34212,76 +34208,76 @@
         <v>15.4</v>
       </c>
     </row>
     <row r="272" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B272"/>
       <c s="25" t="str" r="C272"/>
       <c s="23" t="inlineStr" r="D272">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E272">
         <v>40.38</v>
       </c>
       <c s="30" r="F272">
         <v>37.39</v>
       </c>
       <c s="30" r="G272">
         <v>23.37</v>
       </c>
       <c s="6" t="str" r="H272"/>
       <c s="30" r="I272">
         <v>13</v>
       </c>
       <c s="30" r="J272">
-        <v>16.9</v>
+        <v>16.93</v>
       </c>
     </row>
     <row r="273" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B273"/>
       <c s="25" t="str" r="C273"/>
       <c s="10" t="inlineStr" r="D273">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E273">
         <v>94.85</v>
       </c>
       <c s="31" r="F273">
         <v>84.18</v>
       </c>
       <c s="31" r="G273">
         <v>57.04</v>
       </c>
       <c s="6" t="str" r="H273"/>
       <c s="31" r="I273">
         <v>38.43</v>
       </c>
       <c s="31" r="J273">
-        <v>40.63</v>
+        <v>40.67</v>
       </c>
     </row>
     <row r="274" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B274"/>
       <c s="27" t="str" r="C274"/>
       <c s="23" t="inlineStr" r="D274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G274">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -34326,101 +34322,101 @@
         <v>12.74</v>
       </c>
     </row>
     <row r="276" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B276"/>
       <c s="25" t="str" r="C276"/>
       <c s="23" t="inlineStr" r="D276">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E276">
         <v>38.56</v>
       </c>
       <c s="30" r="F276">
         <v>29.39</v>
       </c>
       <c s="30" r="G276">
         <v>24.24</v>
       </c>
       <c s="6" t="str" r="H276"/>
       <c s="30" r="I276">
         <v>21.68</v>
       </c>
       <c s="30" r="J276">
-        <v>19.28</v>
+        <v>19.3</v>
       </c>
     </row>
     <row r="277" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B277"/>
       <c s="25" t="str" r="C277"/>
       <c s="23" t="inlineStr" r="D277">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E277">
         <v>66.67</v>
       </c>
       <c s="30" r="F277">
         <v>52.82</v>
       </c>
       <c s="30" r="G277">
         <v>34.07</v>
       </c>
       <c s="6" t="str" r="H277"/>
       <c s="30" r="I277">
         <v>29.47</v>
       </c>
       <c s="30" r="J277">
         <v>27.08</v>
       </c>
     </row>
     <row r="278" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B278"/>
       <c s="25" t="str" r="C278"/>
       <c s="10" t="inlineStr" r="D278">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E278">
         <v>127.62</v>
       </c>
       <c s="31" r="F278">
         <v>104.05</v>
       </c>
       <c s="31" r="G278">
         <v>74.76</v>
       </c>
       <c s="6" t="str" r="H278"/>
       <c s="31" r="I278">
         <v>64.8</v>
       </c>
       <c s="31" r="J278">
-        <v>59.1</v>
+        <v>59.11</v>
       </c>
     </row>
     <row r="279" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B279"/>
       <c s="27" t="str" r="C279"/>
       <c s="23" t="inlineStr" r="D279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G279">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -34618,101 +34614,101 @@
         <v>7.48</v>
       </c>
     </row>
     <row r="286" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B286"/>
       <c s="25" t="str" r="C286"/>
       <c s="23" t="inlineStr" r="D286">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E286">
         <v>27.58</v>
       </c>
       <c s="30" r="F286">
         <v>32.6</v>
       </c>
       <c s="30" r="G286">
         <v>26.36</v>
       </c>
       <c s="6" t="str" r="H286"/>
       <c s="30" r="I286">
         <v>30.37</v>
       </c>
       <c s="30" r="J286">
-        <v>21.56</v>
+        <v>21.97</v>
       </c>
     </row>
     <row r="287" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B287"/>
       <c s="25" t="str" r="C287"/>
       <c s="23" t="inlineStr" r="D287">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E287">
         <v>20.92</v>
       </c>
       <c s="30" r="F287">
         <v>16.7</v>
       </c>
       <c s="30" r="G287">
         <v>18.43</v>
       </c>
       <c s="6" t="str" r="H287"/>
       <c s="30" r="I287">
         <v>12.15</v>
       </c>
       <c s="30" r="J287">
         <v>17.91</v>
       </c>
     </row>
     <row r="288" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B288"/>
       <c s="25" t="str" r="C288"/>
       <c s="10" t="inlineStr" r="D288">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E288">
         <v>57.6</v>
       </c>
       <c s="31" r="F288">
         <v>61.13</v>
       </c>
       <c s="31" r="G288">
         <v>47.87</v>
       </c>
       <c s="6" t="str" r="H288"/>
       <c s="31" r="I288">
         <v>47.83</v>
       </c>
       <c s="31" r="J288">
-        <v>46.95</v>
+        <v>47.36</v>
       </c>
     </row>
     <row r="289" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B289"/>
       <c s="27" t="str" r="C289"/>
       <c s="23" t="inlineStr" r="D289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G289">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -34734,126 +34730,126 @@
           <t xml:space="preserve">Pediatric Hematology/Oncology (Pediatrics)</t>
         </is>
       </c>
       <c s="22" t="str" r="C290"/>
       <c s="23" t="inlineStr" r="D290">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E290">
         <v>8.93</v>
       </c>
       <c s="30" r="F290">
         <v>7.09</v>
       </c>
       <c s="28" t="inlineStr" r="G290">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H290"/>
       <c s="30" r="I290">
         <v>6.66</v>
       </c>
       <c s="30" r="J290">
-        <v>6.23</v>
+        <v>6.28</v>
       </c>
     </row>
     <row r="291" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B291"/>
       <c s="25" t="str" r="C291"/>
       <c s="23" t="inlineStr" r="D291">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E291">
         <v>21.89</v>
       </c>
       <c s="30" r="F291">
         <v>19.95</v>
       </c>
       <c s="30" r="G291">
         <v>14.57</v>
       </c>
       <c s="6" t="str" r="H291"/>
       <c s="30" r="I291">
         <v>15.38</v>
       </c>
       <c s="30" r="J291">
         <v>13.57</v>
       </c>
     </row>
     <row r="292" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B292"/>
       <c s="25" t="str" r="C292"/>
       <c s="23" t="inlineStr" r="D292">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E292">
         <v>19.39</v>
       </c>
       <c s="30" r="F292">
         <v>20.35</v>
       </c>
       <c s="30" r="G292">
         <v>18.36</v>
       </c>
       <c s="6" t="str" r="H292"/>
       <c s="30" r="I292">
         <v>18.58</v>
       </c>
       <c s="30" r="J292">
-        <v>17.93</v>
+        <v>17.95</v>
       </c>
     </row>
     <row r="293" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B293"/>
       <c s="25" t="str" r="C293"/>
       <c s="10" t="inlineStr" r="D293">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E293">
         <v>49.95</v>
       </c>
       <c s="31" r="F293">
         <v>46.42</v>
       </c>
       <c s="31" r="G293">
         <v>36.72</v>
       </c>
       <c s="6" t="str" r="H293"/>
       <c s="31" r="I293">
         <v>40.62</v>
       </c>
       <c s="31" r="J293">
-        <v>37.41</v>
+        <v>37.48</v>
       </c>
     </row>
     <row r="294" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B294"/>
       <c s="27" t="str" r="C294"/>
       <c s="23" t="inlineStr" r="D294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G294">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -34935,78 +34931,78 @@
     </row>
     <row r="297" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B297"/>
       <c s="25" t="str" r="C297"/>
       <c s="23" t="inlineStr" r="D297">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E297">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="F297">
         <v>25.68</v>
       </c>
       <c s="30" r="G297">
         <v>22.77</v>
       </c>
       <c s="6" t="str" r="H297"/>
       <c s="30" r="I297">
         <v>18.36</v>
       </c>
       <c s="30" r="J297">
-        <v>18.15</v>
+        <v>17.96</v>
       </c>
     </row>
     <row r="298" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B298"/>
       <c s="25" t="str" r="C298"/>
       <c s="10" t="inlineStr" r="D298">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="28" t="inlineStr" r="E298">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="31" r="F298">
         <v>38.74</v>
       </c>
       <c s="31" r="G298">
         <v>36.63</v>
       </c>
       <c s="6" t="str" r="H298"/>
       <c s="31" r="I298">
         <v>28.33</v>
       </c>
       <c s="31" r="J298">
-        <v>26.31</v>
+        <v>26.35</v>
       </c>
     </row>
     <row r="299" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B299"/>
       <c s="27" t="str" r="C299"/>
       <c s="23" t="inlineStr" r="D299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G299">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -35063,101 +35059,101 @@
     </row>
     <row r="301" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B301"/>
       <c s="25" t="str" r="C301"/>
       <c s="23" t="inlineStr" r="D301">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E301">
         <v>11.48</v>
       </c>
       <c s="28" t="inlineStr" r="F301">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="G301">
         <v>5.83</v>
       </c>
       <c s="6" t="str" r="H301"/>
       <c s="30" r="I301">
         <v>5.35</v>
       </c>
       <c s="30" r="J301">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="302" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B302"/>
       <c s="25" t="str" r="C302"/>
       <c s="23" t="inlineStr" r="D302">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E302">
         <v>5.98</v>
       </c>
       <c s="30" r="F302">
         <v>7.25</v>
       </c>
       <c s="30" r="G302">
         <v>6.92</v>
       </c>
       <c s="6" t="str" r="H302"/>
       <c s="30" r="I302">
         <v>6.3</v>
       </c>
       <c s="30" r="J302">
         <v>5.89</v>
       </c>
     </row>
     <row r="303" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B303"/>
       <c s="25" t="str" r="C303"/>
       <c s="10" t="inlineStr" r="D303">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E303">
         <v>18.07</v>
       </c>
       <c s="31" r="F303">
         <v>12.2</v>
       </c>
       <c s="31" r="G303">
         <v>12.62</v>
       </c>
       <c s="6" t="str" r="H303"/>
       <c s="31" r="I303">
         <v>13.75</v>
       </c>
       <c s="31" r="J303">
-        <v>13.02</v>
+        <v>13.12</v>
       </c>
     </row>
     <row r="304" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B304"/>
       <c s="27" t="str" r="C304"/>
       <c s="23" t="inlineStr" r="D304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G304">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -35274,51 +35270,51 @@
         <v>5.4</v>
       </c>
     </row>
     <row r="308" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B308"/>
       <c s="25" t="str" r="C308"/>
       <c s="10" t="inlineStr" r="D308">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E308">
         <v>14.67</v>
       </c>
       <c s="31" r="F308">
         <v>10.74</v>
       </c>
       <c s="31" r="G308">
         <v>12.78</v>
       </c>
       <c s="6" t="str" r="H308"/>
       <c s="31" r="I308">
         <v>8.29</v>
       </c>
       <c s="31" r="J308">
-        <v>6.87</v>
+        <v>6.91</v>
       </c>
     </row>
     <row r="309" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B309"/>
       <c s="27" t="str" r="C309"/>
       <c s="23" t="inlineStr" r="D309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G309">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -35373,101 +35369,101 @@
         </is>
       </c>
     </row>
     <row r="311" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B311"/>
       <c s="25" t="str" r="C311"/>
       <c s="23" t="inlineStr" r="D311">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E311">
         <v>10.59</v>
       </c>
       <c s="30" r="F311">
         <v>10.8</v>
       </c>
       <c s="30" r="G311">
         <v>6.46</v>
       </c>
       <c s="6" t="str" r="H311"/>
       <c s="30" r="I311">
         <v>9.09</v>
       </c>
       <c s="30" r="J311">
-        <v>5.04</v>
+        <v>5.11</v>
       </c>
     </row>
     <row r="312" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B312"/>
       <c s="25" t="str" r="C312"/>
       <c s="23" t="inlineStr" r="D312">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E312">
         <v>7.98</v>
       </c>
       <c s="30" r="F312">
         <v>8.96</v>
       </c>
       <c s="30" r="G312">
         <v>8</v>
       </c>
       <c s="6" t="str" r="H312"/>
       <c s="30" r="I312">
         <v>5.69</v>
       </c>
       <c s="30" r="J312">
-        <v>6.29</v>
+        <v>6.31</v>
       </c>
     </row>
     <row r="313" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B313"/>
       <c s="25" t="str" r="C313"/>
       <c s="10" t="inlineStr" r="D313">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E313">
         <v>20.7</v>
       </c>
       <c s="31" r="F313">
         <v>22</v>
       </c>
       <c s="31" r="G313">
         <v>16.75</v>
       </c>
       <c s="6" t="str" r="H313"/>
       <c s="31" r="I313">
         <v>15.52</v>
       </c>
       <c s="31" r="J313">
-        <v>13.17</v>
+        <v>13.26</v>
       </c>
     </row>
     <row r="314" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B314"/>
       <c s="27" t="str" r="C314"/>
       <c s="23" t="inlineStr" r="D314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G314">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -35689,51 +35685,51 @@
       <c s="24" t="str" r="B321"/>
       <c s="25" t="str" r="C321"/>
       <c s="23" t="inlineStr" r="D321">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E321">
         <v>6.78</v>
       </c>
       <c s="30" r="F321">
         <v>5.74</v>
       </c>
       <c s="28" t="inlineStr" r="G321">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="6" t="str" r="H321"/>
       <c s="28" t="inlineStr" r="I321">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
       <c s="30" r="J321">
-        <v>5.62</v>
+        <v>5.85</v>
       </c>
     </row>
     <row r="322" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B322"/>
       <c s="25" t="str" r="C322"/>
       <c s="23" t="inlineStr" r="D322">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E322">
         <v>9.38</v>
       </c>
       <c s="30" r="F322">
         <v>5.36</v>
       </c>
       <c s="30" r="G322">
         <v>8.05</v>
       </c>
       <c s="6" t="str" r="H322"/>
       <c s="28" t="inlineStr" r="I322">
         <is>
           <t xml:space="preserve">--</t>
         </is>
       </c>
@@ -35743,51 +35739,51 @@
         </is>
       </c>
     </row>
     <row r="323" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B323"/>
       <c s="25" t="str" r="C323"/>
       <c s="10" t="inlineStr" r="D323">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E323">
         <v>17.66</v>
       </c>
       <c s="31" r="F323">
         <v>11.53</v>
       </c>
       <c s="31" r="G323">
         <v>13.7</v>
       </c>
       <c s="6" t="str" r="H323"/>
       <c s="31" r="I323">
         <v>11.34</v>
       </c>
       <c s="31" r="J323">
-        <v>10.03</v>
+        <v>10.29</v>
       </c>
     </row>
     <row r="324" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B324"/>
       <c s="27" t="str" r="C324"/>
       <c s="23" t="inlineStr" r="D324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G324">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -36282,126 +36278,126 @@
       <c s="10" t="inlineStr" r="B340">
         <is>
           <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (Internal Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C340"/>
       <c s="23" t="inlineStr" r="D340">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E340">
         <v>74.58</v>
       </c>
       <c s="30" r="F340">
         <v>59.05</v>
       </c>
       <c s="30" r="G340">
         <v>57.67</v>
       </c>
       <c s="6" t="str" r="H340"/>
       <c s="30" r="I340">
         <v>66.99</v>
       </c>
       <c s="30" r="J340">
-        <v>74.37</v>
+        <v>74.42</v>
       </c>
     </row>
     <row r="341" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B341"/>
       <c s="25" t="str" r="C341"/>
       <c s="23" t="inlineStr" r="D341">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E341">
         <v>267.29</v>
       </c>
       <c s="30" r="F341">
         <v>261.84</v>
       </c>
       <c s="30" r="G341">
         <v>239.01</v>
       </c>
       <c s="6" t="str" r="H341"/>
       <c s="30" r="I341">
         <v>243.13</v>
       </c>
       <c s="30" r="J341">
-        <v>231.65</v>
+        <v>231.86</v>
       </c>
     </row>
     <row r="342" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B342"/>
       <c s="25" t="str" r="C342"/>
       <c s="23" t="inlineStr" r="D342">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E342">
         <v>86.27</v>
       </c>
       <c s="30" r="F342">
         <v>75.93</v>
       </c>
       <c s="30" r="G342">
         <v>78.93</v>
       </c>
       <c s="6" t="str" r="H342"/>
       <c s="30" r="I342">
         <v>65.9</v>
       </c>
       <c s="30" r="J342">
-        <v>71.13</v>
+        <v>70.89</v>
       </c>
     </row>
     <row r="343" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B343"/>
       <c s="25" t="str" r="C343"/>
       <c s="10" t="inlineStr" r="D343">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E343">
         <v>428.14</v>
       </c>
       <c s="31" r="F343">
         <v>396.52</v>
       </c>
       <c s="31" r="G343">
         <v>375.61</v>
       </c>
       <c s="6" t="str" r="H343"/>
       <c s="31" r="I343">
         <v>375.7</v>
       </c>
       <c s="31" r="J343">
-        <v>376.49</v>
+        <v>376.84</v>
       </c>
     </row>
     <row r="344" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B344"/>
       <c s="27" t="str" r="C344"/>
       <c s="23" t="inlineStr" r="D344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G344">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -36717,126 +36713,126 @@
       <c s="10" t="inlineStr" r="B355">
         <is>
           <t xml:space="preserve">Sleep Medicine (Multidisciplinary)</t>
         </is>
       </c>
       <c s="22" t="str" r="C355"/>
       <c s="23" t="inlineStr" r="D355">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E355">
         <v>12.33</v>
       </c>
       <c s="30" r="F355">
         <v>17.23</v>
       </c>
       <c s="30" r="G355">
         <v>7.62</v>
       </c>
       <c s="6" t="str" r="H355"/>
       <c s="30" r="I355">
         <v>13.49</v>
       </c>
       <c s="30" r="J355">
-        <v>15.27</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="356" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B356"/>
       <c s="25" t="str" r="C356"/>
       <c s="23" t="inlineStr" r="D356">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E356">
         <v>42.33</v>
       </c>
       <c s="30" r="F356">
         <v>42.71</v>
       </c>
       <c s="30" r="G356">
         <v>47.82</v>
       </c>
       <c s="6" t="str" r="H356"/>
       <c s="30" r="I356">
         <v>34.47</v>
       </c>
       <c s="30" r="J356">
-        <v>44.99</v>
+        <v>45.61</v>
       </c>
     </row>
     <row r="357" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B357"/>
       <c s="25" t="str" r="C357"/>
       <c s="23" t="inlineStr" r="D357">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E357">
         <v>16.81</v>
       </c>
       <c s="30" r="F357">
         <v>12.63</v>
       </c>
       <c s="30" r="G357">
         <v>16.84</v>
       </c>
       <c s="6" t="str" r="H357"/>
       <c s="30" r="I357">
         <v>15.94</v>
       </c>
       <c s="30" r="J357">
-        <v>19.35</v>
+        <v>19.37</v>
       </c>
     </row>
     <row r="358" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B358"/>
       <c s="25" t="str" r="C358"/>
       <c s="10" t="inlineStr" r="D358">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E358">
         <v>71.47</v>
       </c>
       <c s="31" r="F358">
         <v>72.22</v>
       </c>
       <c s="31" r="G358">
         <v>72.28</v>
       </c>
       <c s="6" t="str" r="H358"/>
       <c s="31" r="I358">
         <v>63.9</v>
       </c>
       <c s="31" r="J358">
-        <v>79.24</v>
+        <v>79.89</v>
       </c>
     </row>
     <row r="359" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B359"/>
       <c s="27" t="str" r="C359"/>
       <c s="23" t="inlineStr" r="D359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G359">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -36856,126 +36852,126 @@
       <c s="10" t="inlineStr" r="B360">
         <is>
           <t xml:space="preserve">Sports Medicine (Emergency Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C360"/>
       <c s="23" t="inlineStr" r="D360">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E360">
         <v>12.22</v>
       </c>
       <c s="30" r="F360">
         <v>12.67</v>
       </c>
       <c s="30" r="G360">
         <v>12.44</v>
       </c>
       <c s="6" t="str" r="H360"/>
       <c s="30" r="I360">
         <v>16.78</v>
       </c>
       <c s="30" r="J360">
-        <v>16</v>
+        <v>16.09</v>
       </c>
     </row>
     <row r="361" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B361"/>
       <c s="25" t="str" r="C361"/>
       <c s="23" t="inlineStr" r="D361">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E361">
         <v>9.67</v>
       </c>
       <c s="30" r="F361">
         <v>7.78</v>
       </c>
       <c s="30" r="G361">
         <v>10.44</v>
       </c>
       <c s="6" t="str" r="H361"/>
       <c s="30" r="I361">
         <v>10.11</v>
       </c>
       <c s="30" r="J361">
-        <v>19</v>
+        <v>19.18</v>
       </c>
     </row>
     <row r="362" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B362"/>
       <c s="25" t="str" r="C362"/>
       <c s="23" t="inlineStr" r="D362">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E362">
         <v>18.56</v>
       </c>
       <c s="30" r="F362">
         <v>14.78</v>
       </c>
       <c s="30" r="G362">
         <v>16.67</v>
       </c>
       <c s="6" t="str" r="H362"/>
       <c s="30" r="I362">
         <v>22.33</v>
       </c>
       <c s="30" r="J362">
-        <v>20.64</v>
+        <v>20.82</v>
       </c>
     </row>
     <row r="363" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B363"/>
       <c s="25" t="str" r="C363"/>
       <c s="10" t="inlineStr" r="D363">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E363">
         <v>40.44</v>
       </c>
       <c s="31" r="F363">
         <v>35.22</v>
       </c>
       <c s="31" r="G363">
         <v>39.56</v>
       </c>
       <c s="6" t="str" r="H363"/>
       <c s="31" r="I363">
         <v>49.22</v>
       </c>
       <c s="31" r="J363">
-        <v>55.64</v>
+        <v>56.09</v>
       </c>
     </row>
     <row r="364" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B364"/>
       <c s="27" t="str" r="C364"/>
       <c s="23" t="inlineStr" r="D364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G364">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -36995,126 +36991,126 @@
       <c s="10" t="inlineStr" r="B365">
         <is>
           <t xml:space="preserve">Sports Medicine (Family Medicine)</t>
         </is>
       </c>
       <c s="22" t="str" r="C365"/>
       <c s="23" t="inlineStr" r="D365">
         <is>
           <t xml:space="preserve">DO</t>
         </is>
       </c>
       <c s="30" r="E365">
         <v>25.78</v>
       </c>
       <c s="30" r="F365">
         <v>38.15</v>
       </c>
       <c s="30" r="G365">
         <v>31.25</v>
       </c>
       <c s="6" t="str" r="H365"/>
       <c s="30" r="I365">
         <v>34.52</v>
       </c>
       <c s="30" r="J365">
-        <v>34.24</v>
+        <v>34.25</v>
       </c>
     </row>
     <row r="366" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B366"/>
       <c s="25" t="str" r="C366"/>
       <c s="23" t="inlineStr" r="D366">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E366">
         <v>23.54</v>
       </c>
       <c s="30" r="F366">
         <v>26.62</v>
       </c>
       <c s="30" r="G366">
         <v>22.44</v>
       </c>
       <c s="6" t="str" r="H366"/>
       <c s="30" r="I366">
         <v>21.03</v>
       </c>
       <c s="30" r="J366">
-        <v>26.71</v>
+        <v>26.93</v>
       </c>
     </row>
     <row r="367" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B367"/>
       <c s="25" t="str" r="C367"/>
       <c s="23" t="inlineStr" r="D367">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E367">
         <v>28.87</v>
       </c>
       <c s="30" r="F367">
         <v>24.51</v>
       </c>
       <c s="30" r="G367">
         <v>24.26</v>
       </c>
       <c s="6" t="str" r="H367"/>
       <c s="30" r="I367">
         <v>27.31</v>
       </c>
       <c s="30" r="J367">
-        <v>29.18</v>
+        <v>29.09</v>
       </c>
     </row>
     <row r="368" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B368"/>
       <c s="25" t="str" r="C368"/>
       <c s="10" t="inlineStr" r="D368">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E368">
         <v>77.84</v>
       </c>
       <c s="31" r="F368">
         <v>88.87</v>
       </c>
       <c s="31" r="G368">
         <v>77.61</v>
       </c>
       <c s="6" t="str" r="H368"/>
       <c s="31" r="I368">
         <v>82.85</v>
       </c>
       <c s="31" r="J368">
-        <v>89.78</v>
+        <v>90.27</v>
       </c>
     </row>
     <row r="369" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B369"/>
       <c s="27" t="str" r="C369"/>
       <c s="23" t="inlineStr" r="D369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G369">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -37298,101 +37294,101 @@
         <v>22.16</v>
       </c>
     </row>
     <row r="376" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B376"/>
       <c s="25" t="str" r="C376"/>
       <c s="23" t="inlineStr" r="D376">
         <is>
           <t xml:space="preserve">IMG</t>
         </is>
       </c>
       <c s="30" r="E376">
         <v>11.65</v>
       </c>
       <c s="30" r="F376">
         <v>12.9</v>
       </c>
       <c s="30" r="G376">
         <v>13.38</v>
       </c>
       <c s="6" t="str" r="H376"/>
       <c s="30" r="I376">
         <v>9.09</v>
       </c>
       <c s="30" r="J376">
-        <v>14.76</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="377" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B377"/>
       <c s="25" t="str" r="C377"/>
       <c s="23" t="inlineStr" r="D377">
         <is>
           <t xml:space="preserve">MD</t>
         </is>
       </c>
       <c s="30" r="E377">
         <v>37.7</v>
       </c>
       <c s="30" r="F377">
         <v>37.7</v>
       </c>
       <c s="30" r="G377">
         <v>40.67</v>
       </c>
       <c s="6" t="str" r="H377"/>
       <c s="30" r="I377">
         <v>37.58</v>
       </c>
       <c s="30" r="J377">
-        <v>39.44</v>
+        <v>39.48</v>
       </c>
     </row>
     <row r="378" ht="15.85" customHeight="0">
       <c s="24" t="str" r="B378"/>
       <c s="25" t="str" r="C378"/>
       <c s="10" t="inlineStr" r="D378">
         <is>
           <t xml:space="preserve">Overall</t>
         </is>
       </c>
       <c s="31" r="E378">
         <v>64.45</v>
       </c>
       <c s="31" r="F378">
         <v>70.95</v>
       </c>
       <c s="31" r="G378">
         <v>75.38</v>
       </c>
       <c s="6" t="str" r="H378"/>
       <c s="31" r="I378">
         <v>65.5</v>
       </c>
       <c s="31" r="J378">
-        <v>76.36</v>
+        <v>76.44</v>
       </c>
     </row>
     <row r="379" ht="15.8" customHeight="0">
       <c s="26" t="str" r="B379"/>
       <c s="27" t="str" r="C379"/>
       <c s="23" t="inlineStr" r="D379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="E379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="F379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c s="23" t="inlineStr" r="G379">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
@@ -38676,52 +38672,52 @@
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId16"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c2d27576f286ceb2e8f49e8e43e46ba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b7f5610f0a9127ab9d7c0d2dbcb5982" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -39062,112 +39058,112 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-143140</_dlc_DocId>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
-[...5 lines deleted...]
-    </_dlc_DocIdUrl>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145137</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145137</Url>
+      <Description>TQ32YHM4J7VE-1507329340-145137</Description>
+    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC58496C-A07C-479D-810A-C14B8801D114}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21176B53-8BF6-4675-8B3A-7EAD307DEC88}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9A69748-3A83-4FB6-903A-842A697E50AC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{670ECDA7-D1C0-4B1D-A7A5-8085364E9342}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B29A0EA2-3E55-4BB1-AD94-DE1EF88C282B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8616FF3B-F98F-4EF4-93D1-191438F865E5}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2195A61C-E07E-4E25-9FFA-E17A68FAC667}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8C764D3-7979-4C03-9431-CDA22E48C9C8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
   <LinksUpToDate>0</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>0</SharedDoc>
   <HyperlinksChanged>0</HyperlinksChanged>
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>40672eba-39cf-420f-b830-08cfc8a6dcd5</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>441d6632-6b27-4cd6-9ed2-e0f0b6ec5706</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>