--- v1 (2025-11-08)
+++ v2 (2025-12-19)
@@ -1,183 +1,522 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...14 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1-my.sharepoint.com/personal/jwimsatt_aamc_org/Documents/G-Drive/ERAS/Dashboard Job Aids/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F15330DA-2705-4A29-BCF3-F1CCDC3D0FDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Fellowship Overall" sheetId="1" r:id="rId6"/>
-[...2 lines deleted...]
-    <sheet name="Fellowship Avg Apps Per Program" sheetId="4" r:id="rId15"/>
+    <sheet name="Fellowship Overall" sheetId="1" r:id="rId1"/>
+    <sheet name="Fellowship Applicants " sheetId="2" r:id="rId2"/>
+    <sheet name="Fellowship Avg Apps" sheetId="3" r:id="rId3"/>
+    <sheet name="Fellowship Avg Apps Per Program" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Fellowship Overall'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Fellowship Applicants '!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Fellowship Avg Apps'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Fellowship Avg Apps Per Program'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Fellowship Overall'!$1:$2</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4070" uniqueCount="115">
+  <si>
+    <t>As of 5/31 of prior seasons. As of 12/4/2025 of current (ERAS 2026) season.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>ERAS 2022</t>
+  </si>
+  <si>
+    <t>ERAS 2023</t>
+  </si>
+  <si>
+    <t>ERAS 2024</t>
+  </si>
+  <si>
+    <t>ERAS 2025</t>
+  </si>
+  <si>
+    <t>ERAS 2026</t>
+  </si>
+  <si>
+    <t>Applied</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   DO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   IMG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   MD</t>
+  </si>
+  <si>
+    <t>MyERAS Apps Submitted</t>
+  </si>
+  <si>
+    <t>Registered</t>
+  </si>
+  <si>
+    <t>MD includes US and Canadian Graduates from US and Canadian MD granting schools</t>
+  </si>
+  <si>
+    <t>"--" is mask for N &lt; 5</t>
+  </si>
+  <si>
+    <t>Applicants</t>
+  </si>
+  <si>
+    <t>Specialty</t>
+  </si>
+  <si>
+    <t>Grad Type</t>
+  </si>
+  <si>
+    <t>ERAS2022</t>
+  </si>
+  <si>
+    <t>ERAS2023</t>
+  </si>
+  <si>
+    <t>ERAS2024</t>
+  </si>
+  <si>
+    <t>ERAS2025</t>
+  </si>
+  <si>
+    <t>ERAS2026</t>
+  </si>
+  <si>
+    <t>Addiction Medicine (Multidisciplinary)</t>
+  </si>
+  <si>
+    <t>DO</t>
+  </si>
+  <si>
+    <t>IMG</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Overall</t>
+  </si>
+  <si>
+    <t>Addiction Psychiatry</t>
+  </si>
+  <si>
+    <t>Adolescent Medicine (Pediatrics)</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Adult Congenital Heart Disease</t>
+  </si>
+  <si>
+    <t>Advanced Heart Failure and Transplant Cardiology</t>
+  </si>
+  <si>
+    <t>Allergy and Immunology</t>
+  </si>
+  <si>
+    <t>Brain Injury Medicine (Neurology)</t>
+  </si>
+  <si>
+    <t>Brain Injury Medicine (Physical Medicine and Rehabilitation)</t>
+  </si>
+  <si>
+    <t>Cardiovascular Disease (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Child Abuse Pediatrics</t>
+  </si>
+  <si>
+    <t>Child and Adolescent Psychiatry (Psychiatry)</t>
+  </si>
+  <si>
+    <t>Clinical Cardiac Electrophysiology</t>
+  </si>
+  <si>
+    <t>Clinical Informatics (Anesthesiology)</t>
+  </si>
+  <si>
+    <t>Clinical Informatics (Emergency Medicine)</t>
+  </si>
+  <si>
+    <t>Clinical Informatics (Family Medicine)</t>
+  </si>
+  <si>
+    <t>Clinical Informatics (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Clinical Informatics (Pathology)</t>
+  </si>
+  <si>
+    <t>Clinical Informatics (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Clinical Neurophysiology (Neurology)</t>
+  </si>
+  <si>
+    <t>Colon and Rectal Surgery</t>
+  </si>
+  <si>
+    <t>Complex Family Planning</t>
+  </si>
+  <si>
+    <t>Complex General Surgical Oncology (Surgery)</t>
+  </si>
+  <si>
+    <t>Consultation-Liaison Psychiatry</t>
+  </si>
+  <si>
+    <t>Critical Care Medicine (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Developmental-Behavioral Pediatrics</t>
+  </si>
+  <si>
+    <t>Endocrinology, Diabetes, and Metabolism (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Epilepsy (Neurology)</t>
+  </si>
+  <si>
+    <t>Forensic Pathology (Pathology)</t>
+  </si>
+  <si>
+    <t>Forensic Psychiatry (Psychiatry)</t>
+  </si>
+  <si>
+    <t>Gastroenterology (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Geriatric Medicine (Family Medicine)</t>
+  </si>
+  <si>
+    <t>Geriatric Medicine (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Gynecologic Oncology (Obstetrics and Gynecology)</t>
+  </si>
+  <si>
+    <t>Headache Medicine</t>
+  </si>
+  <si>
+    <t>Hematology (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Hematology and Medical Oncology (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Hospice and Palliative Medicine (Multidisciplinary)</t>
+  </si>
+  <si>
+    <t>Infectious Disease (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Interventional Cardiology (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Interventional Radiology - Independent</t>
+  </si>
+  <si>
+    <t>Maternal-Fetal Medicine</t>
+  </si>
+  <si>
+    <t>Medical Genetics and Genomics</t>
+  </si>
+  <si>
+    <t>Medical Genetics and Genomics/Maternal-Fetal Medicine</t>
+  </si>
+  <si>
+    <t>Medical Oncology (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Medical Toxicology (Emergency Medicine)</t>
+  </si>
+  <si>
+    <t>Medical Toxicology (Preventive Medicine)</t>
+  </si>
+  <si>
+    <t>Neonatal-Perinatal Medicine (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Nephrology (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Neuroendovascular</t>
+  </si>
+  <si>
+    <t>Neuroendovascular Intervention (Neurological Surgery)</t>
+  </si>
+  <si>
+    <t>Neuroendovascular Intervention (Neurology)</t>
+  </si>
+  <si>
+    <t>Neuroendovascular Intervention (Radiology)</t>
+  </si>
+  <si>
+    <t>Neuroradiology</t>
+  </si>
+  <si>
+    <t>Pain Medicine (Multidisciplinary)</t>
+  </si>
+  <si>
+    <t>Pediatric Anesthesiology (Anesthesiology)</t>
+  </si>
+  <si>
+    <t>Pediatric Cardiology (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Critical Care Medicine (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Emergency Medicine (Emergency Medicine)</t>
+  </si>
+  <si>
+    <t>Pediatric Emergency Medicine (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Endocrinology (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Gastroenterology (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Hematology/Oncology (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Hospital Medicine (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Infectious Diseases (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Nephrology (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Pulmonology (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Rehabilitation Medicine</t>
+  </si>
+  <si>
+    <t>Pediatric Rheumatology (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Pediatric Surgery (General Surgery)</t>
+  </si>
+  <si>
+    <t>Pediatric Transplant Hepatology</t>
+  </si>
+  <si>
+    <t>Pulmonary Disease (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Pulmonary Disease and Critical Care Medicine (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Reproductive Endocrinology and Infertility</t>
+  </si>
+  <si>
+    <t>Rheumatology (Internal Medicine)</t>
+  </si>
+  <si>
+    <t>Sleep Medicine (Multidisciplinary)</t>
+  </si>
+  <si>
+    <t>Sports Medicine (Emergency Medicine)</t>
+  </si>
+  <si>
+    <t>Sports Medicine (Family Medicine)</t>
+  </si>
+  <si>
+    <t>Sports Medicine (Pediatrics)</t>
+  </si>
+  <si>
+    <t>Sports Medicine (Physical Medicine and Rehabilitation)</t>
+  </si>
+  <si>
+    <t>Thoracic Surgery</t>
+  </si>
+  <si>
+    <t>Urogynecology and Reconstructive Pelvic Surgery (OBGYN)</t>
+  </si>
+  <si>
+    <t>Urogynecology and Reconstructive Pelvic Surgery (Urology)</t>
+  </si>
+  <si>
+    <t>Vascular Neurology</t>
+  </si>
+  <si>
+    <t>Vascular Surgery (General Surgery)</t>
+  </si>
+  <si>
+    <t>Average Applications Submitted</t>
+  </si>
+  <si>
+    <t>Average Applications per Program</t>
+  </si>
+  <si>
+    <t>Overall AVGs are based on the unique programs applied to by all applicant types, the denominator could be different for an individual applicant type depending on the number of unique programs applied to. In some cases you can't add them together to give you the overall AVG. Calculations are also performed before rounding.</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...3 lines deleted...]
-    <numFmt numFmtId="84" formatCode="[$-010409]#,##0.00;-#,##0.00"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\-#,##0"/>
+    <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00;\-#,##0.00"/>
   </numFmts>
-  <fonts count="12">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font/>
     <font>
-      <b val="0"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
       <i/>
-      <strike val="0"/>
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
-      <b val="0"/>
       <i/>
-      <strike val="0"/>
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF5B9BD5"/>
         <bgColor rgb="FF5B9BD5"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -300,154 +639,182 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs>
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+  <cellXfs count="43">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="2" borderId="2">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="2">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="6" fillId="0" borderId="1">
-[...11 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="4" fillId="0" borderId="2">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="6">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="0" borderId="7">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="7">
-[...11 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="2">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="12">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="2">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="0" borderId="2">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="4" fillId="0" borderId="2">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="8" fillId="0" borderId="2">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="0" borderId="7">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="005B9BD5"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -475,38249 +842,31960 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId17" /></Relationships>
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId14" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId17" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+  <a:themeElements>
+    <a:clrScheme name="Office 2007 - 2010">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office 2007 - 2010">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office 2007 - 2010">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing9.xml" Id="rId16" /></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="B1:M22"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="2.54296875"/>
-[...13 lines deleted...]
-    <col min="15" max="15" customWidth="1" width="2.75390625"/>
+    <col min="1" max="1" width="2.5703125" customWidth="1"/>
+    <col min="2" max="3" width="0.42578125" customWidth="1"/>
+    <col min="4" max="4" width="0" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="23.28515625" customWidth="1"/>
+    <col min="6" max="6" width="4.140625" customWidth="1"/>
+    <col min="7" max="7" width="17" customWidth="1"/>
+    <col min="8" max="8" width="17.140625" customWidth="1"/>
+    <col min="9" max="9" width="17" customWidth="1"/>
+    <col min="10" max="10" width="17.140625" customWidth="1"/>
+    <col min="11" max="11" width="4.28515625" customWidth="1"/>
+    <col min="12" max="12" width="12.7109375" customWidth="1"/>
+    <col min="13" max="13" width="24.28515625" customWidth="1"/>
+    <col min="14" max="14" width="54" customWidth="1"/>
+    <col min="15" max="15" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="3.6" customHeight="1"/>
-[...69 lines deleted...]
-      <c s="11" r="G7">
+    <row r="1" spans="2:13" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:13" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:13" ht="7.15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+      <c r="M4" s="16"/>
+    </row>
+    <row r="5" spans="2:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B6" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="E6" s="21"/>
+      <c r="F6" s="22"/>
+      <c r="G6" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="K6" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="L6" s="22"/>
+    </row>
+    <row r="7" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B7" s="17">
+        <v>1</v>
+      </c>
+      <c r="C7" s="4">
+        <v>1</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="21"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="6">
         <v>13928</v>
       </c>
-      <c s="11" r="H7">
+      <c r="H7" s="6">
         <v>14052</v>
       </c>
-      <c s="11" r="I7">
+      <c r="I7" s="6">
         <v>13664</v>
       </c>
-      <c s="11" r="J7">
+      <c r="J7" s="6">
         <v>14689</v>
       </c>
-      <c s="11" r="K7">
-[...6 lines deleted...]
-      <c s="9" r="C8">
+      <c r="K7" s="23">
+        <v>14406</v>
+      </c>
+      <c r="L7" s="22"/>
+    </row>
+    <row r="8" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B8" s="18"/>
+      <c r="C8" s="4">
         <v>2</v>
       </c>
-      <c s="10" t="inlineStr" r="D8">
-[...6 lines deleted...]
-      <c s="13" r="G8">
+      <c r="D8" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="21"/>
+      <c r="F8" s="22"/>
+      <c r="G8" s="7">
         <v>2050</v>
       </c>
-      <c s="13" r="H8">
+      <c r="H8" s="7">
         <v>2164</v>
       </c>
-      <c s="13" r="I8">
+      <c r="I8" s="7">
         <v>2078</v>
       </c>
-      <c s="13" r="J8">
+      <c r="J8" s="7">
         <v>2356</v>
       </c>
-      <c s="13" r="K8">
-[...6 lines deleted...]
-      <c s="9" r="C9">
+      <c r="K8" s="24">
+        <v>2384</v>
+      </c>
+      <c r="L8" s="22"/>
+    </row>
+    <row r="9" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B9" s="18"/>
+      <c r="C9" s="4">
         <v>3</v>
       </c>
-      <c s="10" t="inlineStr" r="D9">
-[...6 lines deleted...]
-      <c s="13" r="G9">
+      <c r="D9" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="21"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="7">
         <v>5188</v>
       </c>
-      <c s="13" r="H9">
+      <c r="H9" s="7">
         <v>5158</v>
       </c>
-      <c s="13" r="I9">
+      <c r="I9" s="7">
         <v>4965</v>
       </c>
-      <c s="13" r="J9">
+      <c r="J9" s="7">
         <v>5371</v>
       </c>
-      <c s="13" r="K9">
-[...6 lines deleted...]
-      <c s="9" r="C10">
+      <c r="K9" s="24">
+        <v>5589</v>
+      </c>
+      <c r="L9" s="22"/>
+    </row>
+    <row r="10" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B10" s="19"/>
+      <c r="C10" s="4">
         <v>4</v>
       </c>
-      <c s="10" t="inlineStr" r="D10">
-[...6 lines deleted...]
-      <c s="13" r="G10">
+      <c r="D10" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="21"/>
+      <c r="F10" s="22"/>
+      <c r="G10" s="7">
         <v>6690</v>
       </c>
-      <c s="13" r="H10">
+      <c r="H10" s="7">
         <v>6730</v>
       </c>
-      <c s="13" r="I10">
+      <c r="I10" s="7">
         <v>6621</v>
       </c>
-      <c s="13" r="J10">
+      <c r="J10" s="7">
         <v>6962</v>
       </c>
-      <c s="13" r="K10">
-[...5 lines deleted...]
-      <c s="8" r="B11">
+      <c r="K10" s="24">
+        <v>6433</v>
+      </c>
+      <c r="L10" s="22"/>
+    </row>
+    <row r="11" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B11" s="17">
         <v>2</v>
       </c>
-      <c s="9" r="C11">
-[...9 lines deleted...]
-      <c s="11" r="G11">
+      <c r="C11" s="4">
+        <v>1</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="21"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="6">
         <v>14005</v>
       </c>
-      <c s="11" r="H11">
+      <c r="H11" s="6">
         <v>14124</v>
       </c>
-      <c s="11" r="I11">
+      <c r="I11" s="6">
         <v>13755</v>
       </c>
-      <c s="11" r="J11">
+      <c r="J11" s="6">
         <v>14756</v>
       </c>
-      <c s="11" r="K11">
-[...6 lines deleted...]
-      <c s="9" r="C12">
+      <c r="K11" s="23">
+        <v>14437</v>
+      </c>
+      <c r="L11" s="22"/>
+    </row>
+    <row r="12" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B12" s="18"/>
+      <c r="C12" s="4">
         <v>2</v>
       </c>
-      <c s="10" t="inlineStr" r="D12">
-[...6 lines deleted...]
-      <c s="13" r="G12">
+      <c r="D12" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="21"/>
+      <c r="F12" s="22"/>
+      <c r="G12" s="7">
         <v>2062</v>
       </c>
-      <c s="13" r="H12">
+      <c r="H12" s="7">
         <v>2169</v>
       </c>
-      <c s="13" r="I12">
+      <c r="I12" s="7">
         <v>2085</v>
       </c>
-      <c s="13" r="J12">
+      <c r="J12" s="7">
         <v>2362</v>
       </c>
-      <c s="13" r="K12">
-[...6 lines deleted...]
-      <c s="9" r="C13">
+      <c r="K12" s="24">
+        <v>2384</v>
+      </c>
+      <c r="L12" s="22"/>
+    </row>
+    <row r="13" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B13" s="18"/>
+      <c r="C13" s="4">
         <v>3</v>
       </c>
-      <c s="10" t="inlineStr" r="D13">
-[...6 lines deleted...]
-      <c s="13" r="G13">
+      <c r="D13" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" s="21"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="7">
         <v>5230</v>
       </c>
-      <c s="13" r="H13">
+      <c r="H13" s="7">
         <v>5207</v>
       </c>
-      <c s="13" r="I13">
+      <c r="I13" s="7">
         <v>5016</v>
       </c>
-      <c s="13" r="J13">
+      <c r="J13" s="7">
         <v>5415</v>
       </c>
-      <c s="13" r="K13">
-[...6 lines deleted...]
-      <c s="9" r="C14">
+      <c r="K13" s="24">
+        <v>5614</v>
+      </c>
+      <c r="L13" s="22"/>
+    </row>
+    <row r="14" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B14" s="19"/>
+      <c r="C14" s="4">
         <v>4</v>
       </c>
-      <c s="10" t="inlineStr" r="D14">
-[...6 lines deleted...]
-      <c s="13" r="G14">
+      <c r="D14" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="21"/>
+      <c r="F14" s="22"/>
+      <c r="G14" s="7">
         <v>6713</v>
       </c>
-      <c s="13" r="H14">
+      <c r="H14" s="7">
         <v>6748</v>
       </c>
-      <c s="13" r="I14">
+      <c r="I14" s="7">
         <v>6654</v>
       </c>
-      <c s="13" r="J14">
+      <c r="J14" s="7">
         <v>6979</v>
       </c>
-      <c s="13" r="K14">
-[...5 lines deleted...]
-      <c s="8" r="B15">
+      <c r="K14" s="24">
+        <v>6439</v>
+      </c>
+      <c r="L14" s="22"/>
+    </row>
+    <row r="15" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B15" s="17">
         <v>3</v>
       </c>
-      <c s="9" r="C15">
-[...9 lines deleted...]
-      <c s="11" r="G15">
+      <c r="C15" s="4">
+        <v>1</v>
+      </c>
+      <c r="D15" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="21"/>
+      <c r="F15" s="22"/>
+      <c r="G15" s="6">
         <v>14528</v>
       </c>
-      <c s="11" r="H15">
+      <c r="H15" s="6">
         <v>14622</v>
       </c>
-      <c s="11" r="I15">
+      <c r="I15" s="6">
         <v>14259</v>
       </c>
-      <c s="11" r="J15">
+      <c r="J15" s="6">
         <v>15225</v>
       </c>
-      <c s="11" r="K15">
-[...6 lines deleted...]
-      <c s="9" r="C16">
+      <c r="K15" s="23">
+        <v>15029</v>
+      </c>
+      <c r="L15" s="22"/>
+    </row>
+    <row r="16" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B16" s="18"/>
+      <c r="C16" s="4">
         <v>2</v>
       </c>
-      <c s="10" t="inlineStr" r="D16">
-[...6 lines deleted...]
-      <c s="13" r="G16">
+      <c r="D16" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="21"/>
+      <c r="F16" s="22"/>
+      <c r="G16" s="7">
         <v>2132</v>
       </c>
-      <c s="13" r="H16">
+      <c r="H16" s="7">
         <v>2224</v>
       </c>
-      <c s="13" r="I16">
+      <c r="I16" s="7">
         <v>2149</v>
       </c>
-      <c s="13" r="J16">
+      <c r="J16" s="7">
         <v>2424</v>
       </c>
-      <c s="13" r="K16">
-[...6 lines deleted...]
-      <c s="9" r="C17">
+      <c r="K16" s="24">
+        <v>2471</v>
+      </c>
+      <c r="L16" s="22"/>
+    </row>
+    <row r="17" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B17" s="18"/>
+      <c r="C17" s="4">
         <v>3</v>
       </c>
-      <c s="10" t="inlineStr" r="D17">
-[...6 lines deleted...]
-      <c s="13" r="G17">
+      <c r="D17" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" s="21"/>
+      <c r="F17" s="22"/>
+      <c r="G17" s="7">
         <v>5517</v>
       </c>
-      <c s="13" r="H17">
+      <c r="H17" s="7">
         <v>5507</v>
       </c>
-      <c s="13" r="I17">
+      <c r="I17" s="7">
         <v>5285</v>
       </c>
-      <c s="13" r="J17">
+      <c r="J17" s="7">
         <v>5686</v>
       </c>
-      <c s="13" r="K17">
-[...6 lines deleted...]
-      <c s="9" r="C18">
+      <c r="K17" s="24">
+        <v>5897</v>
+      </c>
+      <c r="L17" s="22"/>
+    </row>
+    <row r="18" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B18" s="19"/>
+      <c r="C18" s="4">
         <v>4</v>
       </c>
-      <c s="10" t="inlineStr" r="D18">
-[...6 lines deleted...]
-      <c s="13" r="G18">
+      <c r="D18" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="21"/>
+      <c r="F18" s="22"/>
+      <c r="G18" s="7">
         <v>6879</v>
       </c>
-      <c s="13" r="H18">
+      <c r="H18" s="7">
         <v>6891</v>
       </c>
-      <c s="13" r="I18">
+      <c r="I18" s="7">
         <v>6825</v>
       </c>
-      <c s="13" r="J18">
+      <c r="J18" s="7">
         <v>7115</v>
       </c>
-      <c s="13" r="K18">
-[...18 lines deleted...]
-      </c>
+      <c r="K18" s="24">
+        <v>6661</v>
+      </c>
+      <c r="L18" s="22"/>
+    </row>
+    <row r="19" spans="2:12" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="20" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D21" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
+      <c r="K21" s="16"/>
+    </row>
+    <row r="22" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D22" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+      <c r="G22" s="16"/>
+      <c r="H22" s="16"/>
+      <c r="I22" s="16"/>
+      <c r="J22" s="16"/>
+      <c r="K22" s="16"/>
     </row>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="32">
     <mergeCell ref="D4:M4"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="B11:B14"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="K14:L14"/>
+    <mergeCell ref="D21:K21"/>
+    <mergeCell ref="D22:K22"/>
     <mergeCell ref="B15:B18"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="D17:F17"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="D18:F18"/>
     <mergeCell ref="K18:L18"/>
-    <mergeCell ref="D21:K21"/>
-    <mergeCell ref="D22:K22"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId7"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="B1:L422"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.421875"/>
-[...12 lines deleted...]
-    <col min="14" max="14" customWidth="1" width="1.86328125"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" width="36.5703125" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="3.42578125" customWidth="1"/>
+    <col min="8" max="8" width="9" customWidth="1"/>
+    <col min="9" max="10" width="12.42578125" customWidth="1"/>
+    <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="56.42578125" customWidth="1"/>
+    <col min="13" max="13" width="1.42578125" customWidth="1"/>
+    <col min="14" max="14" width="1.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="3.6" customHeight="1"/>
-[...83 lines deleted...]
-      <c s="13" r="E7">
+    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:12" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+    </row>
+    <row r="5" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B5" s="36" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="37"/>
+      <c r="D5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="37"/>
+      <c r="G5" s="37"/>
+      <c r="H5" s="37"/>
+      <c r="I5" s="37"/>
+      <c r="J5" s="37"/>
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B6" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="22"/>
+      <c r="D6" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="22"/>
+      <c r="I6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B7" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="28"/>
+      <c r="D7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="7">
         <v>31</v>
       </c>
-      <c s="13" r="F7">
+      <c r="F7" s="7">
         <v>39</v>
       </c>
-      <c s="13" r="G7">
+      <c r="G7" s="24">
         <v>28</v>
       </c>
-      <c s="6" t="str" r="H7"/>
-      <c s="13" r="I7">
+      <c r="H7" s="22"/>
+      <c r="I7" s="7">
         <v>38</v>
       </c>
-      <c s="13" r="J7">
+      <c r="J7" s="7">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="29"/>
+      <c r="C8" s="30"/>
+      <c r="D8" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" s="7">
+        <v>51</v>
+      </c>
+      <c r="F8" s="7">
+        <v>65</v>
+      </c>
+      <c r="G8" s="24">
+        <v>56</v>
+      </c>
+      <c r="H8" s="22"/>
+      <c r="I8" s="7">
+        <v>63</v>
+      </c>
+      <c r="J8" s="7">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="29"/>
+      <c r="C9" s="30"/>
+      <c r="D9" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="7">
+        <v>98</v>
+      </c>
+      <c r="F9" s="7">
+        <v>97</v>
+      </c>
+      <c r="G9" s="24">
+        <v>123</v>
+      </c>
+      <c r="H9" s="22"/>
+      <c r="I9" s="7">
+        <v>118</v>
+      </c>
+      <c r="J9" s="7">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="29"/>
+      <c r="C10" s="30"/>
+      <c r="D10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="6">
+        <v>180</v>
+      </c>
+      <c r="F10" s="6">
+        <v>201</v>
+      </c>
+      <c r="G10" s="23">
+        <v>207</v>
+      </c>
+      <c r="H10" s="22"/>
+      <c r="I10" s="6">
+        <v>219</v>
+      </c>
+      <c r="J10" s="6">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B11" s="31"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="22"/>
+      <c r="I11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J11" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B12" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="28"/>
+      <c r="D12" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="7">
+        <v>12</v>
+      </c>
+      <c r="F12" s="7">
+        <v>13</v>
+      </c>
+      <c r="G12" s="24">
+        <v>9</v>
+      </c>
+      <c r="H12" s="22"/>
+      <c r="I12" s="7">
+        <v>10</v>
+      </c>
+      <c r="J12" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="29"/>
+      <c r="C13" s="30"/>
+      <c r="D13" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="7">
+        <v>23</v>
+      </c>
+      <c r="F13" s="7">
+        <v>37</v>
+      </c>
+      <c r="G13" s="24">
+        <v>29</v>
+      </c>
+      <c r="H13" s="22"/>
+      <c r="I13" s="7">
+        <v>20</v>
+      </c>
+      <c r="J13" s="7">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="29"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="7">
+        <v>38</v>
+      </c>
+      <c r="F14" s="7">
+        <v>45</v>
+      </c>
+      <c r="G14" s="24">
+        <v>37</v>
+      </c>
+      <c r="H14" s="22"/>
+      <c r="I14" s="7">
+        <v>49</v>
+      </c>
+      <c r="J14" s="7">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="6">
+        <v>73</v>
+      </c>
+      <c r="F15" s="6">
+        <v>95</v>
+      </c>
+      <c r="G15" s="23">
+        <v>75</v>
+      </c>
+      <c r="H15" s="22"/>
+      <c r="I15" s="6">
+        <v>79</v>
+      </c>
+      <c r="J15" s="6">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G16" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="22"/>
+      <c r="I16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B17" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="28"/>
+      <c r="D17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="7">
+        <v>5</v>
+      </c>
+      <c r="F17" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G17" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H17" s="22"/>
+      <c r="I17" s="7">
+        <v>6</v>
+      </c>
+      <c r="J17" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B18" s="29"/>
+      <c r="C18" s="30"/>
+      <c r="D18" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" s="7">
+        <v>9</v>
+      </c>
+      <c r="G18" s="24">
+        <v>6</v>
+      </c>
+      <c r="H18" s="22"/>
+      <c r="I18" s="7">
+        <v>6</v>
+      </c>
+      <c r="J18" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B19" s="29"/>
+      <c r="C19" s="30"/>
+      <c r="D19" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" s="7">
+        <v>35</v>
+      </c>
+      <c r="F19" s="7">
+        <v>25</v>
+      </c>
+      <c r="G19" s="24">
+        <v>21</v>
+      </c>
+      <c r="H19" s="22"/>
+      <c r="I19" s="7">
+        <v>18</v>
+      </c>
+      <c r="J19" s="7">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B20" s="29"/>
+      <c r="C20" s="30"/>
+      <c r="D20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E20" s="6">
+        <v>44</v>
+      </c>
+      <c r="F20" s="6">
+        <v>38</v>
+      </c>
+      <c r="G20" s="23">
+        <v>29</v>
+      </c>
+      <c r="H20" s="22"/>
+      <c r="I20" s="6">
+        <v>30</v>
+      </c>
+      <c r="J20" s="6">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="22"/>
+      <c r="I21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B22" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="28"/>
+      <c r="D22" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G22" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H22" s="22"/>
+      <c r="I22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J22" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B23" s="29"/>
+      <c r="C23" s="30"/>
+      <c r="D23" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E23" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F23" s="7">
+        <v>7</v>
+      </c>
+      <c r="G23" s="24">
+        <v>7</v>
+      </c>
+      <c r="H23" s="22"/>
+      <c r="I23" s="7">
+        <v>18</v>
+      </c>
+      <c r="J23" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B24" s="29"/>
+      <c r="C24" s="30"/>
+      <c r="D24" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="7">
+        <v>11</v>
+      </c>
+      <c r="F24" s="7">
+        <v>11</v>
+      </c>
+      <c r="G24" s="24">
+        <v>10</v>
+      </c>
+      <c r="H24" s="22"/>
+      <c r="I24" s="7">
+        <v>13</v>
+      </c>
+      <c r="J24" s="7">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B25" s="29"/>
+      <c r="C25" s="30"/>
+      <c r="D25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="6">
+        <v>14</v>
+      </c>
+      <c r="F25" s="6">
+        <v>18</v>
+      </c>
+      <c r="G25" s="23">
+        <v>18</v>
+      </c>
+      <c r="H25" s="22"/>
+      <c r="I25" s="6">
+        <v>35</v>
+      </c>
+      <c r="J25" s="6">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B26" s="31"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G26" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="22"/>
+      <c r="I26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B27" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="28"/>
+      <c r="D27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="7">
+        <v>6</v>
+      </c>
+      <c r="F27" s="7">
+        <v>17</v>
+      </c>
+      <c r="G27" s="24">
+        <v>6</v>
+      </c>
+      <c r="H27" s="22"/>
+      <c r="I27" s="7">
+        <v>12</v>
+      </c>
+      <c r="J27" s="7">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B28" s="29"/>
+      <c r="C28" s="30"/>
+      <c r="D28" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E28" s="7">
+        <v>81</v>
+      </c>
+      <c r="F28" s="7">
+        <v>78</v>
+      </c>
+      <c r="G28" s="24">
+        <v>64</v>
+      </c>
+      <c r="H28" s="22"/>
+      <c r="I28" s="7">
+        <v>76</v>
+      </c>
+      <c r="J28" s="7">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B29" s="29"/>
+      <c r="C29" s="30"/>
+      <c r="D29" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" s="7">
+        <v>43</v>
+      </c>
+      <c r="F29" s="7">
+        <v>44</v>
+      </c>
+      <c r="G29" s="24">
+        <v>44</v>
+      </c>
+      <c r="H29" s="22"/>
+      <c r="I29" s="7">
+        <v>34</v>
+      </c>
+      <c r="J29" s="7">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B30" s="29"/>
+      <c r="C30" s="30"/>
+      <c r="D30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E30" s="6">
+        <v>130</v>
+      </c>
+      <c r="F30" s="6">
+        <v>139</v>
+      </c>
+      <c r="G30" s="23">
+        <v>114</v>
+      </c>
+      <c r="H30" s="22"/>
+      <c r="I30" s="6">
+        <v>122</v>
+      </c>
+      <c r="J30" s="6">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B31" s="31"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="22"/>
+      <c r="I31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B32" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="28"/>
+      <c r="D32" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="7">
+        <v>36</v>
+      </c>
+      <c r="F32" s="7">
+        <v>41</v>
+      </c>
+      <c r="G32" s="24">
+        <v>50</v>
+      </c>
+      <c r="H32" s="22"/>
+      <c r="I32" s="7">
+        <v>54</v>
+      </c>
+      <c r="J32" s="7">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B33" s="29"/>
+      <c r="C33" s="30"/>
+      <c r="D33" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E33" s="7">
+        <v>48</v>
+      </c>
+      <c r="F33" s="7">
+        <v>53</v>
+      </c>
+      <c r="G33" s="24">
+        <v>61</v>
+      </c>
+      <c r="H33" s="22"/>
+      <c r="I33" s="7">
+        <v>61</v>
+      </c>
+      <c r="J33" s="7">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B34" s="29"/>
+      <c r="C34" s="30"/>
+      <c r="D34" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" s="7">
+        <v>117</v>
+      </c>
+      <c r="F34" s="7">
+        <v>128</v>
+      </c>
+      <c r="G34" s="24">
+        <v>146</v>
+      </c>
+      <c r="H34" s="22"/>
+      <c r="I34" s="7">
+        <v>158</v>
+      </c>
+      <c r="J34" s="7">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B35" s="29"/>
+      <c r="C35" s="30"/>
+      <c r="D35" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="6">
+        <v>201</v>
+      </c>
+      <c r="F35" s="6">
+        <v>222</v>
+      </c>
+      <c r="G35" s="23">
+        <v>257</v>
+      </c>
+      <c r="H35" s="22"/>
+      <c r="I35" s="6">
+        <v>273</v>
+      </c>
+      <c r="J35" s="6">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B36" s="31"/>
+      <c r="C36" s="32"/>
+      <c r="D36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G36" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="22"/>
+      <c r="I36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B37" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="28"/>
+      <c r="D37" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G37" s="24">
+        <v>9</v>
+      </c>
+      <c r="H37" s="22"/>
+      <c r="I37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B38" s="29"/>
+      <c r="C38" s="30"/>
+      <c r="D38" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G38" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H38" s="22"/>
+      <c r="I38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J38" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" s="7">
+        <v>8</v>
+      </c>
+      <c r="F39" s="7">
+        <v>8</v>
+      </c>
+      <c r="G39" s="24">
+        <v>10</v>
+      </c>
+      <c r="H39" s="22"/>
+      <c r="I39" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B40" s="29"/>
+      <c r="C40" s="30"/>
+      <c r="D40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E40" s="6">
+        <v>16</v>
+      </c>
+      <c r="F40" s="6">
+        <v>11</v>
+      </c>
+      <c r="G40" s="23">
+        <v>20</v>
+      </c>
+      <c r="H40" s="22"/>
+      <c r="I40" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J40" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B41" s="31"/>
+      <c r="C41" s="32"/>
+      <c r="D41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G41" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="22"/>
+      <c r="I41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B42" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="28"/>
+      <c r="D42" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="7">
+        <v>7</v>
+      </c>
+      <c r="F42" s="7">
+        <v>5</v>
+      </c>
+      <c r="G42" s="24">
+        <v>12</v>
+      </c>
+      <c r="H42" s="22"/>
+      <c r="I42" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J42" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="43" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B43" s="29"/>
+      <c r="C43" s="30"/>
+      <c r="D43" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E43" s="7">
+        <v>5</v>
+      </c>
+      <c r="F43" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G43" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H43" s="22"/>
+      <c r="I43" s="7">
+        <v>7</v>
+      </c>
+      <c r="J43" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B44" s="29"/>
+      <c r="C44" s="30"/>
+      <c r="D44" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" s="7">
+        <v>14</v>
+      </c>
+      <c r="F44" s="7">
+        <v>14</v>
+      </c>
+      <c r="G44" s="24">
+        <v>15</v>
+      </c>
+      <c r="H44" s="22"/>
+      <c r="I44" s="7">
+        <v>22</v>
+      </c>
+      <c r="J44" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B45" s="29"/>
+      <c r="C45" s="30"/>
+      <c r="D45" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" s="6">
+        <v>26</v>
+      </c>
+      <c r="F45" s="6">
+        <v>21</v>
+      </c>
+      <c r="G45" s="23">
+        <v>29</v>
+      </c>
+      <c r="H45" s="22"/>
+      <c r="I45" s="6">
+        <v>32</v>
+      </c>
+      <c r="J45" s="6">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="46" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B46" s="31"/>
+      <c r="C46" s="32"/>
+      <c r="D46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G46" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="22"/>
+      <c r="I46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B47" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C47" s="28"/>
+      <c r="D47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="7">
+        <v>228</v>
+      </c>
+      <c r="F47" s="7">
+        <v>243</v>
+      </c>
+      <c r="G47" s="24">
+        <v>255</v>
+      </c>
+      <c r="H47" s="22"/>
+      <c r="I47" s="7">
+        <v>262</v>
+      </c>
+      <c r="J47" s="7">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="48" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B48" s="29"/>
+      <c r="C48" s="30"/>
+      <c r="D48" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" s="7">
+        <v>902</v>
+      </c>
+      <c r="F48" s="7">
+        <v>941</v>
+      </c>
+      <c r="G48" s="24">
+        <v>933</v>
+      </c>
+      <c r="H48" s="22"/>
+      <c r="I48" s="7">
+        <v>996</v>
+      </c>
+      <c r="J48" s="7">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B49" s="29"/>
+      <c r="C49" s="30"/>
+      <c r="D49" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" s="7">
+        <v>674</v>
+      </c>
+      <c r="F49" s="7">
+        <v>703</v>
+      </c>
+      <c r="G49" s="24">
+        <v>791</v>
+      </c>
+      <c r="H49" s="22"/>
+      <c r="I49" s="7">
+        <v>835</v>
+      </c>
+      <c r="J49" s="7">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="50" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B50" s="29"/>
+      <c r="C50" s="30"/>
+      <c r="D50" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E50" s="6">
+        <v>1804</v>
+      </c>
+      <c r="F50" s="6">
+        <v>1887</v>
+      </c>
+      <c r="G50" s="23">
+        <v>1979</v>
+      </c>
+      <c r="H50" s="22"/>
+      <c r="I50" s="6">
+        <v>2093</v>
+      </c>
+      <c r="J50" s="6">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="51" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B51" s="31"/>
+      <c r="C51" s="32"/>
+      <c r="D51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G51" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="22"/>
+      <c r="I51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B52" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C52" s="28"/>
+      <c r="D52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F52" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G52" s="24">
+        <v>6</v>
+      </c>
+      <c r="H52" s="22"/>
+      <c r="I52" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J52" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B53" s="29"/>
+      <c r="C53" s="30"/>
+      <c r="D53" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E53" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F53" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G53" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H53" s="22"/>
+      <c r="I53" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J53" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B54" s="29"/>
+      <c r="C54" s="30"/>
+      <c r="D54" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" s="7">
+        <v>21</v>
+      </c>
+      <c r="F54" s="7">
+        <v>10</v>
+      </c>
+      <c r="G54" s="24">
+        <v>5</v>
+      </c>
+      <c r="H54" s="22"/>
+      <c r="I54" s="7">
+        <v>7</v>
+      </c>
+      <c r="J54" s="7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B55" s="29"/>
+      <c r="C55" s="30"/>
+      <c r="D55" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E55" s="6">
+        <v>28</v>
+      </c>
+      <c r="F55" s="6">
+        <v>18</v>
+      </c>
+      <c r="G55" s="23">
+        <v>15</v>
+      </c>
+      <c r="H55" s="22"/>
+      <c r="I55" s="6">
+        <v>13</v>
+      </c>
+      <c r="J55" s="6">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B56" s="31"/>
+      <c r="C56" s="32"/>
+      <c r="D56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G56" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="22"/>
+      <c r="I56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J56" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B57" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" s="28"/>
+      <c r="D57" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E57" s="7">
+        <v>60</v>
+      </c>
+      <c r="F57" s="7">
+        <v>64</v>
+      </c>
+      <c r="G57" s="24">
+        <v>69</v>
+      </c>
+      <c r="H57" s="22"/>
+      <c r="I57" s="7">
+        <v>60</v>
+      </c>
+      <c r="J57" s="7">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="58" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B58" s="29"/>
+      <c r="C58" s="30"/>
+      <c r="D58" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E58" s="7">
+        <v>85</v>
+      </c>
+      <c r="F58" s="7">
+        <v>96</v>
+      </c>
+      <c r="G58" s="24">
+        <v>92</v>
+      </c>
+      <c r="H58" s="22"/>
+      <c r="I58" s="7">
+        <v>93</v>
+      </c>
+      <c r="J58" s="7">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B59" s="29"/>
+      <c r="C59" s="30"/>
+      <c r="D59" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" s="7">
+        <v>200</v>
+      </c>
+      <c r="F59" s="7">
+        <v>232</v>
+      </c>
+      <c r="G59" s="24">
+        <v>217</v>
+      </c>
+      <c r="H59" s="22"/>
+      <c r="I59" s="7">
+        <v>221</v>
+      </c>
+      <c r="J59" s="7">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B60" s="29"/>
+      <c r="C60" s="30"/>
+      <c r="D60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E60" s="6">
+        <v>345</v>
+      </c>
+      <c r="F60" s="6">
+        <v>392</v>
+      </c>
+      <c r="G60" s="23">
+        <v>378</v>
+      </c>
+      <c r="H60" s="22"/>
+      <c r="I60" s="6">
+        <v>374</v>
+      </c>
+      <c r="J60" s="6">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B61" s="31"/>
+      <c r="C61" s="32"/>
+      <c r="D61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G61" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="22"/>
+      <c r="I61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B62" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" s="28"/>
+      <c r="D62" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E62" s="7">
+        <v>13</v>
+      </c>
+      <c r="F62" s="7">
+        <v>18</v>
+      </c>
+      <c r="G62" s="24">
+        <v>15</v>
+      </c>
+      <c r="H62" s="22"/>
+      <c r="I62" s="7">
+        <v>18</v>
+      </c>
+      <c r="J62" s="7">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B63" s="29"/>
+      <c r="C63" s="30"/>
+      <c r="D63" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E63" s="7">
+        <v>70</v>
+      </c>
+      <c r="F63" s="7">
+        <v>81</v>
+      </c>
+      <c r="G63" s="24">
+        <v>75</v>
+      </c>
+      <c r="H63" s="22"/>
+      <c r="I63" s="7">
+        <v>99</v>
+      </c>
+      <c r="J63" s="7">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B64" s="29"/>
+      <c r="C64" s="30"/>
+      <c r="D64" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E64" s="7">
+        <v>68</v>
+      </c>
+      <c r="F64" s="7">
+        <v>76</v>
+      </c>
+      <c r="G64" s="24">
+        <v>65</v>
+      </c>
+      <c r="H64" s="22"/>
+      <c r="I64" s="7">
+        <v>49</v>
+      </c>
+      <c r="J64" s="7">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B65" s="29"/>
+      <c r="C65" s="30"/>
+      <c r="D65" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E65" s="6">
+        <v>151</v>
+      </c>
+      <c r="F65" s="6">
+        <v>175</v>
+      </c>
+      <c r="G65" s="23">
+        <v>155</v>
+      </c>
+      <c r="H65" s="22"/>
+      <c r="I65" s="6">
+        <v>166</v>
+      </c>
+      <c r="J65" s="6">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B66" s="31"/>
+      <c r="C66" s="32"/>
+      <c r="D66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G66" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="22"/>
+      <c r="I66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B67" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="28"/>
+      <c r="D67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G67" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H67" s="22"/>
+      <c r="I67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J67" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B68" s="29"/>
+      <c r="C68" s="30"/>
+      <c r="D68" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E68" s="7">
+        <v>8</v>
+      </c>
+      <c r="F68" s="7">
+        <v>10</v>
+      </c>
+      <c r="G68" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H68" s="22"/>
+      <c r="I68" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J68" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="69" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B69" s="29"/>
+      <c r="C69" s="30"/>
+      <c r="D69" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" s="7">
+        <v>8</v>
+      </c>
+      <c r="F69" s="7">
+        <v>16</v>
+      </c>
+      <c r="G69" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H69" s="22"/>
+      <c r="I69" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J69" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B70" s="29"/>
+      <c r="C70" s="30"/>
+      <c r="D70" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E70" s="6">
+        <v>19</v>
+      </c>
+      <c r="F70" s="6">
+        <v>28</v>
+      </c>
+      <c r="G70" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H70" s="22"/>
+      <c r="I70" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J70" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B71" s="31"/>
+      <c r="C71" s="32"/>
+      <c r="D71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G71" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="22"/>
+      <c r="I71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B72" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C72" s="28"/>
+      <c r="D72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" s="7">
+        <v>7</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G72" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H72" s="22"/>
+      <c r="I72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J72" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B73" s="29"/>
+      <c r="C73" s="30"/>
+      <c r="D73" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E73" s="7">
+        <v>11</v>
+      </c>
+      <c r="F73" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G73" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H73" s="22"/>
+      <c r="I73" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J73" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B74" s="29"/>
+      <c r="C74" s="30"/>
+      <c r="D74" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" s="7">
+        <v>20</v>
+      </c>
+      <c r="F74" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G74" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H74" s="22"/>
+      <c r="I74" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J74" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B75" s="29"/>
+      <c r="C75" s="30"/>
+      <c r="D75" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E75" s="6">
+        <v>38</v>
+      </c>
+      <c r="F75" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G75" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H75" s="22"/>
+      <c r="I75" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J75" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B76" s="31"/>
+      <c r="C76" s="32"/>
+      <c r="D76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="22"/>
+      <c r="I76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B77" s="20" t="s">
         <v>42</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c s="13" r="E8">
+      <c r="C77" s="28"/>
+      <c r="D77" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E77" s="7">
+        <v>9</v>
+      </c>
+      <c r="F77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G77" s="24">
+        <v>9</v>
+      </c>
+      <c r="H77" s="22"/>
+      <c r="I77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J77" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B78" s="29"/>
+      <c r="C78" s="30"/>
+      <c r="D78" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E78" s="7">
+        <v>10</v>
+      </c>
+      <c r="F78" s="7">
+        <v>20</v>
+      </c>
+      <c r="G78" s="24">
+        <v>10</v>
+      </c>
+      <c r="H78" s="22"/>
+      <c r="I78" s="7">
+        <v>11</v>
+      </c>
+      <c r="J78" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B79" s="29"/>
+      <c r="C79" s="30"/>
+      <c r="D79" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="7">
+        <v>21</v>
+      </c>
+      <c r="F79" s="7">
+        <v>25</v>
+      </c>
+      <c r="G79" s="24">
+        <v>25</v>
+      </c>
+      <c r="H79" s="22"/>
+      <c r="I79" s="7">
+        <v>26</v>
+      </c>
+      <c r="J79" s="7">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B80" s="29"/>
+      <c r="C80" s="30"/>
+      <c r="D80" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E80" s="6">
+        <v>40</v>
+      </c>
+      <c r="F80" s="6">
+        <v>49</v>
+      </c>
+      <c r="G80" s="23">
+        <v>44</v>
+      </c>
+      <c r="H80" s="22"/>
+      <c r="I80" s="6">
+        <v>39</v>
+      </c>
+      <c r="J80" s="6">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="81" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B81" s="31"/>
+      <c r="C81" s="32"/>
+      <c r="D81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="22"/>
+      <c r="I81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B82" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C82" s="28"/>
+      <c r="D82" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E82" s="7">
+        <v>11</v>
+      </c>
+      <c r="F82" s="7">
+        <v>5</v>
+      </c>
+      <c r="G82" s="24">
+        <v>9</v>
+      </c>
+      <c r="H82" s="22"/>
+      <c r="I82" s="7">
+        <v>7</v>
+      </c>
+      <c r="J82" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B83" s="29"/>
+      <c r="C83" s="30"/>
+      <c r="D83" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E83" s="7">
+        <v>18</v>
+      </c>
+      <c r="F83" s="7">
+        <v>30</v>
+      </c>
+      <c r="G83" s="24">
+        <v>22</v>
+      </c>
+      <c r="H83" s="22"/>
+      <c r="I83" s="7">
+        <v>25</v>
+      </c>
+      <c r="J83" s="7">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B84" s="29"/>
+      <c r="C84" s="30"/>
+      <c r="D84" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" s="7">
+        <v>32</v>
+      </c>
+      <c r="F84" s="7">
+        <v>42</v>
+      </c>
+      <c r="G84" s="24">
+        <v>37</v>
+      </c>
+      <c r="H84" s="22"/>
+      <c r="I84" s="7">
+        <v>40</v>
+      </c>
+      <c r="J84" s="7">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B85" s="29"/>
+      <c r="C85" s="30"/>
+      <c r="D85" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E85" s="6">
+        <v>61</v>
+      </c>
+      <c r="F85" s="6">
+        <v>77</v>
+      </c>
+      <c r="G85" s="23">
+        <v>68</v>
+      </c>
+      <c r="H85" s="22"/>
+      <c r="I85" s="6">
+        <v>72</v>
+      </c>
+      <c r="J85" s="6">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B86" s="31"/>
+      <c r="C86" s="32"/>
+      <c r="D86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G86" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="22"/>
+      <c r="I86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J86" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B87" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C87" s="28"/>
+      <c r="D87" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="7">
+        <v>7</v>
+      </c>
+      <c r="F87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G87" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H87" s="22"/>
+      <c r="I87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J87" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B88" s="29"/>
+      <c r="C88" s="30"/>
+      <c r="D88" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E88" s="7">
+        <v>13</v>
+      </c>
+      <c r="F88" s="7">
+        <v>24</v>
+      </c>
+      <c r="G88" s="24">
+        <v>13</v>
+      </c>
+      <c r="H88" s="22"/>
+      <c r="I88" s="7">
+        <v>10</v>
+      </c>
+      <c r="J88" s="7">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B89" s="29"/>
+      <c r="C89" s="30"/>
+      <c r="D89" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" s="7">
+        <v>22</v>
+      </c>
+      <c r="F89" s="7">
+        <v>29</v>
+      </c>
+      <c r="G89" s="24">
+        <v>18</v>
+      </c>
+      <c r="H89" s="22"/>
+      <c r="I89" s="7">
+        <v>23</v>
+      </c>
+      <c r="J89" s="7">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B90" s="29"/>
+      <c r="C90" s="30"/>
+      <c r="D90" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E90" s="6">
+        <v>42</v>
+      </c>
+      <c r="F90" s="6">
+        <v>56</v>
+      </c>
+      <c r="G90" s="23">
+        <v>35</v>
+      </c>
+      <c r="H90" s="22"/>
+      <c r="I90" s="6">
+        <v>35</v>
+      </c>
+      <c r="J90" s="6">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B91" s="31"/>
+      <c r="C91" s="32"/>
+      <c r="D91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="22"/>
+      <c r="I91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J91" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B92" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C92" s="28"/>
+      <c r="D92" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="7">
+        <v>8</v>
+      </c>
+      <c r="F92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G92" s="24">
+        <v>8</v>
+      </c>
+      <c r="H92" s="22"/>
+      <c r="I92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J92" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="93" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B93" s="29"/>
+      <c r="C93" s="30"/>
+      <c r="D93" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E93" s="7">
+        <v>10</v>
+      </c>
+      <c r="F93" s="7">
+        <v>22</v>
+      </c>
+      <c r="G93" s="24">
+        <v>13</v>
+      </c>
+      <c r="H93" s="22"/>
+      <c r="I93" s="7">
+        <v>15</v>
+      </c>
+      <c r="J93" s="7">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B94" s="29"/>
+      <c r="C94" s="30"/>
+      <c r="D94" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E94" s="7">
+        <v>31</v>
+      </c>
+      <c r="F94" s="7">
+        <v>37</v>
+      </c>
+      <c r="G94" s="24">
+        <v>33</v>
+      </c>
+      <c r="H94" s="22"/>
+      <c r="I94" s="7">
+        <v>29</v>
+      </c>
+      <c r="J94" s="7">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="95" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B95" s="29"/>
+      <c r="C95" s="30"/>
+      <c r="D95" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E95" s="6">
+        <v>49</v>
+      </c>
+      <c r="F95" s="6">
+        <v>62</v>
+      </c>
+      <c r="G95" s="23">
+        <v>54</v>
+      </c>
+      <c r="H95" s="22"/>
+      <c r="I95" s="6">
+        <v>46</v>
+      </c>
+      <c r="J95" s="6">
         <v>51</v>
       </c>
-      <c s="13" r="F8">
+    </row>
+    <row r="96" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B96" s="31"/>
+      <c r="C96" s="32"/>
+      <c r="D96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G96" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="22"/>
+      <c r="I96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B97" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="C97" s="28"/>
+      <c r="D97" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F97" s="7">
+        <v>20</v>
+      </c>
+      <c r="G97" s="24">
+        <v>17</v>
+      </c>
+      <c r="H97" s="22"/>
+      <c r="I97" s="7">
+        <v>26</v>
+      </c>
+      <c r="J97" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B98" s="29"/>
+      <c r="C98" s="30"/>
+      <c r="D98" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E98" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F98" s="7">
+        <v>67</v>
+      </c>
+      <c r="G98" s="24">
+        <v>64</v>
+      </c>
+      <c r="H98" s="22"/>
+      <c r="I98" s="7">
+        <v>41</v>
+      </c>
+      <c r="J98" s="7">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B99" s="29"/>
+      <c r="C99" s="30"/>
+      <c r="D99" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F99" s="7">
+        <v>78</v>
+      </c>
+      <c r="G99" s="24">
+        <v>82</v>
+      </c>
+      <c r="H99" s="22"/>
+      <c r="I99" s="7">
+        <v>50</v>
+      </c>
+      <c r="J99" s="7">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B100" s="29"/>
+      <c r="C100" s="30"/>
+      <c r="D100" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E100" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F100" s="6">
+        <v>165</v>
+      </c>
+      <c r="G100" s="23">
+        <v>163</v>
+      </c>
+      <c r="H100" s="22"/>
+      <c r="I100" s="6">
+        <v>117</v>
+      </c>
+      <c r="J100" s="6">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B101" s="31"/>
+      <c r="C101" s="32"/>
+      <c r="D101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G101" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="22"/>
+      <c r="I101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J101" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B102" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="C102" s="28"/>
+      <c r="D102" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E102" s="7">
+        <v>13</v>
+      </c>
+      <c r="F102" s="7">
+        <v>21</v>
+      </c>
+      <c r="G102" s="24">
+        <v>19</v>
+      </c>
+      <c r="H102" s="22"/>
+      <c r="I102" s="7">
+        <v>26</v>
+      </c>
+      <c r="J102" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B103" s="29"/>
+      <c r="C103" s="30"/>
+      <c r="D103" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E103" s="7">
+        <v>31</v>
+      </c>
+      <c r="F103" s="7">
+        <v>29</v>
+      </c>
+      <c r="G103" s="24">
+        <v>29</v>
+      </c>
+      <c r="H103" s="22"/>
+      <c r="I103" s="7">
+        <v>45</v>
+      </c>
+      <c r="J103" s="7">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B104" s="29"/>
+      <c r="C104" s="30"/>
+      <c r="D104" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E104" s="7">
+        <v>123</v>
+      </c>
+      <c r="F104" s="7">
+        <v>95</v>
+      </c>
+      <c r="G104" s="24">
+        <v>109</v>
+      </c>
+      <c r="H104" s="22"/>
+      <c r="I104" s="7">
+        <v>116</v>
+      </c>
+      <c r="J104" s="7">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B105" s="29"/>
+      <c r="C105" s="30"/>
+      <c r="D105" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E105" s="6">
+        <v>167</v>
+      </c>
+      <c r="F105" s="6">
+        <v>145</v>
+      </c>
+      <c r="G105" s="23">
+        <v>157</v>
+      </c>
+      <c r="H105" s="22"/>
+      <c r="I105" s="6">
+        <v>187</v>
+      </c>
+      <c r="J105" s="6">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B106" s="31"/>
+      <c r="C106" s="32"/>
+      <c r="D106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G106" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="22"/>
+      <c r="I106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J106" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B107" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="C107" s="28"/>
+      <c r="D107" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E107" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F107" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G107" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H107" s="22"/>
+      <c r="I107" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J107" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B108" s="29"/>
+      <c r="C108" s="30"/>
+      <c r="D108" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E108" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F108" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G108" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H108" s="22"/>
+      <c r="I108" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J108" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B109" s="29"/>
+      <c r="C109" s="30"/>
+      <c r="D109" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E109" s="7">
+        <v>26</v>
+      </c>
+      <c r="F109" s="7">
+        <v>27</v>
+      </c>
+      <c r="G109" s="24">
+        <v>33</v>
+      </c>
+      <c r="H109" s="22"/>
+      <c r="I109" s="7">
+        <v>26</v>
+      </c>
+      <c r="J109" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B110" s="29"/>
+      <c r="C110" s="30"/>
+      <c r="D110" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E110" s="6">
+        <v>27</v>
+      </c>
+      <c r="F110" s="6">
+        <v>32</v>
+      </c>
+      <c r="G110" s="23">
+        <v>34</v>
+      </c>
+      <c r="H110" s="22"/>
+      <c r="I110" s="6">
+        <v>31</v>
+      </c>
+      <c r="J110" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B111" s="31"/>
+      <c r="C111" s="32"/>
+      <c r="D111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G111" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="22"/>
+      <c r="I111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B112" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C112" s="28"/>
+      <c r="D112" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E112" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F112" s="7">
+        <v>5</v>
+      </c>
+      <c r="G112" s="24">
+        <v>8</v>
+      </c>
+      <c r="H112" s="22"/>
+      <c r="I112" s="7">
+        <v>9</v>
+      </c>
+      <c r="J112" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B113" s="29"/>
+      <c r="C113" s="30"/>
+      <c r="D113" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E113" s="7">
+        <v>37</v>
+      </c>
+      <c r="F113" s="7">
+        <v>26</v>
+      </c>
+      <c r="G113" s="24">
+        <v>36</v>
+      </c>
+      <c r="H113" s="22"/>
+      <c r="I113" s="7">
+        <v>40</v>
+      </c>
+      <c r="J113" s="7">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B114" s="29"/>
+      <c r="C114" s="30"/>
+      <c r="D114" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" s="7">
+        <v>57</v>
+      </c>
+      <c r="F114" s="7">
+        <v>70</v>
+      </c>
+      <c r="G114" s="24">
+        <v>78</v>
+      </c>
+      <c r="H114" s="22"/>
+      <c r="I114" s="7">
+        <v>79</v>
+      </c>
+      <c r="J114" s="7">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B115" s="29"/>
+      <c r="C115" s="30"/>
+      <c r="D115" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E115" s="6">
+        <v>95</v>
+      </c>
+      <c r="F115" s="6">
+        <v>101</v>
+      </c>
+      <c r="G115" s="23">
+        <v>122</v>
+      </c>
+      <c r="H115" s="22"/>
+      <c r="I115" s="6">
+        <v>128</v>
+      </c>
+      <c r="J115" s="6">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B116" s="31"/>
+      <c r="C116" s="32"/>
+      <c r="D116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G116" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="22"/>
+      <c r="I116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B117" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C117" s="28"/>
+      <c r="D117" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E117" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F117" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G117" s="24">
+        <v>6</v>
+      </c>
+      <c r="H117" s="22"/>
+      <c r="I117" s="7">
+        <v>16</v>
+      </c>
+      <c r="J117" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B118" s="29"/>
+      <c r="C118" s="30"/>
+      <c r="D118" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G118" s="24">
+        <v>26</v>
+      </c>
+      <c r="H118" s="22"/>
+      <c r="I118" s="7">
+        <v>17</v>
+      </c>
+      <c r="J118" s="7">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B119" s="29"/>
+      <c r="C119" s="30"/>
+      <c r="D119" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E119" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F119" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G119" s="24">
+        <v>45</v>
+      </c>
+      <c r="H119" s="22"/>
+      <c r="I119" s="7">
+        <v>62</v>
+      </c>
+      <c r="J119" s="7">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B120" s="29"/>
+      <c r="C120" s="30"/>
+      <c r="D120" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E120" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F120" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G120" s="23">
+        <v>77</v>
+      </c>
+      <c r="H120" s="22"/>
+      <c r="I120" s="6">
+        <v>95</v>
+      </c>
+      <c r="J120" s="6">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B121" s="31"/>
+      <c r="C121" s="32"/>
+      <c r="D121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G121" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="22"/>
+      <c r="I121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B122" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C122" s="28"/>
+      <c r="D122" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E122" s="7">
+        <v>124</v>
+      </c>
+      <c r="F122" s="7">
+        <v>103</v>
+      </c>
+      <c r="G122" s="24">
+        <v>119</v>
+      </c>
+      <c r="H122" s="22"/>
+      <c r="I122" s="7">
+        <v>127</v>
+      </c>
+      <c r="J122" s="7">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B123" s="29"/>
+      <c r="C123" s="30"/>
+      <c r="D123" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E123" s="7">
+        <v>441</v>
+      </c>
+      <c r="F123" s="7">
+        <v>420</v>
+      </c>
+      <c r="G123" s="24">
+        <v>395</v>
+      </c>
+      <c r="H123" s="22"/>
+      <c r="I123" s="7">
+        <v>354</v>
+      </c>
+      <c r="J123" s="7">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B124" s="29"/>
+      <c r="C124" s="30"/>
+      <c r="D124" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" s="7">
+        <v>150</v>
+      </c>
+      <c r="F124" s="7">
+        <v>125</v>
+      </c>
+      <c r="G124" s="24">
+        <v>141</v>
+      </c>
+      <c r="H124" s="22"/>
+      <c r="I124" s="7">
+        <v>137</v>
+      </c>
+      <c r="J124" s="7">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B125" s="29"/>
+      <c r="C125" s="30"/>
+      <c r="D125" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E125" s="6">
+        <v>715</v>
+      </c>
+      <c r="F125" s="6">
+        <v>648</v>
+      </c>
+      <c r="G125" s="23">
+        <v>655</v>
+      </c>
+      <c r="H125" s="22"/>
+      <c r="I125" s="6">
+        <v>618</v>
+      </c>
+      <c r="J125" s="6">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B126" s="31"/>
+      <c r="C126" s="32"/>
+      <c r="D126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G126" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="22"/>
+      <c r="I126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B127" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C127" s="28"/>
+      <c r="D127" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E127" s="7">
+        <v>5</v>
+      </c>
+      <c r="F127" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G127" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H127" s="22"/>
+      <c r="I127" s="7">
+        <v>5</v>
+      </c>
+      <c r="J127" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B128" s="29"/>
+      <c r="C128" s="30"/>
+      <c r="D128" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E128" s="7">
+        <v>10</v>
+      </c>
+      <c r="F128" s="7">
+        <v>19</v>
+      </c>
+      <c r="G128" s="24">
+        <v>14</v>
+      </c>
+      <c r="H128" s="22"/>
+      <c r="I128" s="7">
+        <v>8</v>
+      </c>
+      <c r="J128" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="129" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B129" s="29"/>
+      <c r="C129" s="30"/>
+      <c r="D129" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E129" s="7">
+        <v>18</v>
+      </c>
+      <c r="F129" s="7">
+        <v>20</v>
+      </c>
+      <c r="G129" s="24">
+        <v>18</v>
+      </c>
+      <c r="H129" s="22"/>
+      <c r="I129" s="7">
+        <v>22</v>
+      </c>
+      <c r="J129" s="7">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B130" s="29"/>
+      <c r="C130" s="30"/>
+      <c r="D130" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E130" s="6">
+        <v>33</v>
+      </c>
+      <c r="F130" s="6">
+        <v>43</v>
+      </c>
+      <c r="G130" s="23">
+        <v>35</v>
+      </c>
+      <c r="H130" s="22"/>
+      <c r="I130" s="6">
+        <v>35</v>
+      </c>
+      <c r="J130" s="6">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="131" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B131" s="31"/>
+      <c r="C131" s="32"/>
+      <c r="D131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G131" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="22"/>
+      <c r="I131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B132" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C132" s="28"/>
+      <c r="D132" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E132" s="7">
+        <v>58</v>
+      </c>
+      <c r="F132" s="7">
+        <v>58</v>
+      </c>
+      <c r="G132" s="24">
+        <v>53</v>
+      </c>
+      <c r="H132" s="22"/>
+      <c r="I132" s="7">
+        <v>64</v>
+      </c>
+      <c r="J132" s="7">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B133" s="29"/>
+      <c r="C133" s="30"/>
+      <c r="D133" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E133" s="7">
+        <v>348</v>
+      </c>
+      <c r="F133" s="7">
+        <v>283</v>
+      </c>
+      <c r="G133" s="24">
+        <v>292</v>
+      </c>
+      <c r="H133" s="22"/>
+      <c r="I133" s="7">
+        <v>357</v>
+      </c>
+      <c r="J133" s="7">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B134" s="29"/>
+      <c r="C134" s="30"/>
+      <c r="D134" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E134" s="7">
+        <v>125</v>
+      </c>
+      <c r="F134" s="7">
+        <v>118</v>
+      </c>
+      <c r="G134" s="24">
+        <v>127</v>
+      </c>
+      <c r="H134" s="22"/>
+      <c r="I134" s="7">
+        <v>138</v>
+      </c>
+      <c r="J134" s="7">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B135" s="29"/>
+      <c r="C135" s="30"/>
+      <c r="D135" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E135" s="6">
+        <v>531</v>
+      </c>
+      <c r="F135" s="6">
+        <v>459</v>
+      </c>
+      <c r="G135" s="23">
+        <v>472</v>
+      </c>
+      <c r="H135" s="22"/>
+      <c r="I135" s="6">
+        <v>559</v>
+      </c>
+      <c r="J135" s="6">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B136" s="31"/>
+      <c r="C136" s="32"/>
+      <c r="D136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G136" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="22"/>
+      <c r="I136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B137" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" s="28"/>
+      <c r="D137" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E137" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F137" s="7">
+        <v>23</v>
+      </c>
+      <c r="G137" s="24">
+        <v>20</v>
+      </c>
+      <c r="H137" s="22"/>
+      <c r="I137" s="7">
+        <v>31</v>
+      </c>
+      <c r="J137" s="7">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B138" s="29"/>
+      <c r="C138" s="30"/>
+      <c r="D138" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E138" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F138" s="7">
+        <v>68</v>
+      </c>
+      <c r="G138" s="24">
+        <v>60</v>
+      </c>
+      <c r="H138" s="22"/>
+      <c r="I138" s="7">
+        <v>61</v>
+      </c>
+      <c r="J138" s="7">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B139" s="29"/>
+      <c r="C139" s="30"/>
+      <c r="D139" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E139" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F139" s="7">
+        <v>80</v>
+      </c>
+      <c r="G139" s="24">
+        <v>99</v>
+      </c>
+      <c r="H139" s="22"/>
+      <c r="I139" s="7">
+        <v>78</v>
+      </c>
+      <c r="J139" s="7">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B140" s="29"/>
+      <c r="C140" s="30"/>
+      <c r="D140" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E140" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F140" s="6">
+        <v>171</v>
+      </c>
+      <c r="G140" s="23">
+        <v>179</v>
+      </c>
+      <c r="H140" s="22"/>
+      <c r="I140" s="6">
+        <v>170</v>
+      </c>
+      <c r="J140" s="6">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B141" s="31"/>
+      <c r="C141" s="32"/>
+      <c r="D141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G141" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="22"/>
+      <c r="I141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J141" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B142" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C142" s="28"/>
+      <c r="D142" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E142" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F142" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G142" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H142" s="22"/>
+      <c r="I142" s="7">
+        <v>11</v>
+      </c>
+      <c r="J142" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B143" s="29"/>
+      <c r="C143" s="30"/>
+      <c r="D143" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E143" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F143" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G143" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H143" s="22"/>
+      <c r="I143" s="7">
+        <v>13</v>
+      </c>
+      <c r="J143" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B144" s="29"/>
+      <c r="C144" s="30"/>
+      <c r="D144" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E144" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G144" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H144" s="22"/>
+      <c r="I144" s="7">
+        <v>20</v>
+      </c>
+      <c r="J144" s="7">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B145" s="29"/>
+      <c r="C145" s="30"/>
+      <c r="D145" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E145" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F145" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G145" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H145" s="22"/>
+      <c r="I145" s="6">
+        <v>44</v>
+      </c>
+      <c r="J145" s="6">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B146" s="31"/>
+      <c r="C146" s="32"/>
+      <c r="D146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G146" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="22"/>
+      <c r="I146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B147" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="28"/>
+      <c r="D147" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G147" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H147" s="22"/>
+      <c r="I147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J147" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B148" s="29"/>
+      <c r="C148" s="30"/>
+      <c r="D148" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G148" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H148" s="22"/>
+      <c r="I148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J148" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B149" s="29"/>
+      <c r="C149" s="30"/>
+      <c r="D149" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G149" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H149" s="22"/>
+      <c r="I149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J149" s="7">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B150" s="29"/>
+      <c r="C150" s="30"/>
+      <c r="D150" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G150" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H150" s="22"/>
+      <c r="I150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J150" s="6">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B151" s="31"/>
+      <c r="C151" s="32"/>
+      <c r="D151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="22"/>
+      <c r="I151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B152" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C152" s="28"/>
+      <c r="D152" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E152" s="7">
+        <v>169</v>
+      </c>
+      <c r="F152" s="7">
+        <v>159</v>
+      </c>
+      <c r="G152" s="24">
+        <v>161</v>
+      </c>
+      <c r="H152" s="22"/>
+      <c r="I152" s="7">
+        <v>207</v>
+      </c>
+      <c r="J152" s="7">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B153" s="29"/>
+      <c r="C153" s="30"/>
+      <c r="D153" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E153" s="7">
+        <v>473</v>
+      </c>
+      <c r="F153" s="7">
+        <v>480</v>
+      </c>
+      <c r="G153" s="24">
+        <v>491</v>
+      </c>
+      <c r="H153" s="22"/>
+      <c r="I153" s="7">
+        <v>505</v>
+      </c>
+      <c r="J153" s="7">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B154" s="29"/>
+      <c r="C154" s="30"/>
+      <c r="D154" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E154" s="7">
+        <v>457</v>
+      </c>
+      <c r="F154" s="7">
+        <v>509</v>
+      </c>
+      <c r="G154" s="24">
+        <v>511</v>
+      </c>
+      <c r="H154" s="22"/>
+      <c r="I154" s="7">
+        <v>535</v>
+      </c>
+      <c r="J154" s="7">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B155" s="29"/>
+      <c r="C155" s="30"/>
+      <c r="D155" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E155" s="6">
+        <v>1099</v>
+      </c>
+      <c r="F155" s="6">
+        <v>1148</v>
+      </c>
+      <c r="G155" s="23">
+        <v>1163</v>
+      </c>
+      <c r="H155" s="22"/>
+      <c r="I155" s="6">
+        <v>1247</v>
+      </c>
+      <c r="J155" s="6">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B156" s="31"/>
+      <c r="C156" s="32"/>
+      <c r="D156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G156" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="22"/>
+      <c r="I156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B157" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C157" s="28"/>
+      <c r="D157" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E157" s="7">
+        <v>23</v>
+      </c>
+      <c r="F157" s="7">
+        <v>25</v>
+      </c>
+      <c r="G157" s="24">
+        <v>16</v>
+      </c>
+      <c r="H157" s="22"/>
+      <c r="I157" s="7">
+        <v>15</v>
+      </c>
+      <c r="J157" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B158" s="29"/>
+      <c r="C158" s="30"/>
+      <c r="D158" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E158" s="7">
+        <v>63</v>
+      </c>
+      <c r="F158" s="7">
+        <v>51</v>
+      </c>
+      <c r="G158" s="24">
+        <v>38</v>
+      </c>
+      <c r="H158" s="22"/>
+      <c r="I158" s="7">
+        <v>51</v>
+      </c>
+      <c r="J158" s="7">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B159" s="29"/>
+      <c r="C159" s="30"/>
+      <c r="D159" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E159" s="7">
+        <v>32</v>
+      </c>
+      <c r="F159" s="7">
+        <v>25</v>
+      </c>
+      <c r="G159" s="24">
+        <v>25</v>
+      </c>
+      <c r="H159" s="22"/>
+      <c r="I159" s="7">
+        <v>33</v>
+      </c>
+      <c r="J159" s="7">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B160" s="29"/>
+      <c r="C160" s="30"/>
+      <c r="D160" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E160" s="6">
+        <v>118</v>
+      </c>
+      <c r="F160" s="6">
+        <v>101</v>
+      </c>
+      <c r="G160" s="23">
+        <v>79</v>
+      </c>
+      <c r="H160" s="22"/>
+      <c r="I160" s="6">
+        <v>99</v>
+      </c>
+      <c r="J160" s="6">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B161" s="31"/>
+      <c r="C161" s="32"/>
+      <c r="D161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G161" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="22"/>
+      <c r="I161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B162" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C162" s="28"/>
+      <c r="D162" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E162" s="7">
+        <v>39</v>
+      </c>
+      <c r="F162" s="7">
+        <v>45</v>
+      </c>
+      <c r="G162" s="24">
+        <v>32</v>
+      </c>
+      <c r="H162" s="22"/>
+      <c r="I162" s="7">
+        <v>42</v>
+      </c>
+      <c r="J162" s="7">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="163" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B163" s="29"/>
+      <c r="C163" s="30"/>
+      <c r="D163" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E163" s="7">
+        <v>205</v>
+      </c>
+      <c r="F163" s="7">
+        <v>165</v>
+      </c>
+      <c r="G163" s="24">
+        <v>175</v>
+      </c>
+      <c r="H163" s="22"/>
+      <c r="I163" s="7">
+        <v>187</v>
+      </c>
+      <c r="J163" s="7">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B164" s="29"/>
+      <c r="C164" s="30"/>
+      <c r="D164" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" s="7">
+        <v>95</v>
+      </c>
+      <c r="F164" s="7">
+        <v>86</v>
+      </c>
+      <c r="G164" s="24">
+        <v>82</v>
+      </c>
+      <c r="H164" s="22"/>
+      <c r="I164" s="7">
+        <v>94</v>
+      </c>
+      <c r="J164" s="7">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="165" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B165" s="29"/>
+      <c r="C165" s="30"/>
+      <c r="D165" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E165" s="6">
+        <v>339</v>
+      </c>
+      <c r="F165" s="6">
+        <v>296</v>
+      </c>
+      <c r="G165" s="23">
+        <v>289</v>
+      </c>
+      <c r="H165" s="22"/>
+      <c r="I165" s="6">
+        <v>323</v>
+      </c>
+      <c r="J165" s="6">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B166" s="31"/>
+      <c r="C166" s="32"/>
+      <c r="D166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G166" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="22"/>
+      <c r="I166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B167" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="C167" s="28"/>
+      <c r="D167" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E167" s="7">
+        <v>9</v>
+      </c>
+      <c r="F167" s="7">
+        <v>8</v>
+      </c>
+      <c r="G167" s="24">
+        <v>5</v>
+      </c>
+      <c r="H167" s="22"/>
+      <c r="I167" s="7">
+        <v>13</v>
+      </c>
+      <c r="J167" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="168" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B168" s="29"/>
+      <c r="C168" s="30"/>
+      <c r="D168" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E168" s="7">
+        <v>10</v>
+      </c>
+      <c r="F168" s="7">
+        <v>7</v>
+      </c>
+      <c r="G168" s="24">
+        <v>10</v>
+      </c>
+      <c r="H168" s="22"/>
+      <c r="I168" s="7">
+        <v>11</v>
+      </c>
+      <c r="J168" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="169" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B169" s="29"/>
+      <c r="C169" s="30"/>
+      <c r="D169" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E169" s="7">
+        <v>101</v>
+      </c>
+      <c r="F169" s="7">
+        <v>81</v>
+      </c>
+      <c r="G169" s="24">
+        <v>82</v>
+      </c>
+      <c r="H169" s="22"/>
+      <c r="I169" s="7">
+        <v>80</v>
+      </c>
+      <c r="J169" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="170" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B170" s="29"/>
+      <c r="C170" s="30"/>
+      <c r="D170" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E170" s="6">
+        <v>120</v>
+      </c>
+      <c r="F170" s="6">
+        <v>96</v>
+      </c>
+      <c r="G170" s="23">
+        <v>97</v>
+      </c>
+      <c r="H170" s="22"/>
+      <c r="I170" s="6">
+        <v>104</v>
+      </c>
+      <c r="J170" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="171" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B171" s="31"/>
+      <c r="C171" s="32"/>
+      <c r="D171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G171" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="22"/>
+      <c r="I171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B172" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="C172" s="28"/>
+      <c r="D172" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G172" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H172" s="22"/>
+      <c r="I172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J172" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="173" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B173" s="29"/>
+      <c r="C173" s="30"/>
+      <c r="D173" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G173" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H173" s="22"/>
+      <c r="I173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J173" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B174" s="29"/>
+      <c r="C174" s="30"/>
+      <c r="D174" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F174" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G174" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H174" s="22"/>
+      <c r="I174" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J174" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B175" s="31"/>
+      <c r="C175" s="32"/>
+      <c r="D175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G175" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H175" s="22"/>
+      <c r="I175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J175" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B176" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C176" s="28"/>
+      <c r="D176" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E176" s="7">
+        <v>5</v>
+      </c>
+      <c r="F176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G176" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H176" s="22"/>
+      <c r="I176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J176" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="177" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B177" s="29"/>
+      <c r="C177" s="30"/>
+      <c r="D177" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E177" s="7">
+        <v>60</v>
+      </c>
+      <c r="F177" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G177" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H177" s="22"/>
+      <c r="I177" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J177" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B178" s="29"/>
+      <c r="C178" s="30"/>
+      <c r="D178" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E178" s="7">
+        <v>82</v>
+      </c>
+      <c r="F178" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G178" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H178" s="22"/>
+      <c r="I178" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J178" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B179" s="29"/>
+      <c r="C179" s="30"/>
+      <c r="D179" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E179" s="6">
+        <v>147</v>
+      </c>
+      <c r="F179" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G179" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H179" s="22"/>
+      <c r="I179" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J179" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="180" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B180" s="31"/>
+      <c r="C180" s="32"/>
+      <c r="D180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G180" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H180" s="22"/>
+      <c r="I180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J180" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B181" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C181" s="28"/>
+      <c r="D181" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E181" s="7">
+        <v>76</v>
+      </c>
+      <c r="F181" s="7">
+        <v>109</v>
+      </c>
+      <c r="G181" s="24">
+        <v>113</v>
+      </c>
+      <c r="H181" s="22"/>
+      <c r="I181" s="7">
+        <v>118</v>
+      </c>
+      <c r="J181" s="7">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="182" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B182" s="29"/>
+      <c r="C182" s="30"/>
+      <c r="D182" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E182" s="7">
+        <v>482</v>
+      </c>
+      <c r="F182" s="7">
+        <v>473</v>
+      </c>
+      <c r="G182" s="24">
+        <v>498</v>
+      </c>
+      <c r="H182" s="22"/>
+      <c r="I182" s="7">
+        <v>529</v>
+      </c>
+      <c r="J182" s="7">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B183" s="29"/>
+      <c r="C183" s="30"/>
+      <c r="D183" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="7">
+        <v>425</v>
+      </c>
+      <c r="F183" s="7">
+        <v>459</v>
+      </c>
+      <c r="G183" s="24">
+        <v>473</v>
+      </c>
+      <c r="H183" s="22"/>
+      <c r="I183" s="7">
+        <v>524</v>
+      </c>
+      <c r="J183" s="7">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B184" s="29"/>
+      <c r="C184" s="30"/>
+      <c r="D184" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="6">
+        <v>983</v>
+      </c>
+      <c r="F184" s="6">
+        <v>1041</v>
+      </c>
+      <c r="G184" s="23">
+        <v>1084</v>
+      </c>
+      <c r="H184" s="22"/>
+      <c r="I184" s="6">
+        <v>1171</v>
+      </c>
+      <c r="J184" s="6">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B185" s="31"/>
+      <c r="C185" s="32"/>
+      <c r="D185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G185" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H185" s="22"/>
+      <c r="I185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J185" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B186" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="C186" s="28"/>
+      <c r="D186" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E186" s="7">
+        <v>95</v>
+      </c>
+      <c r="F186" s="7">
+        <v>98</v>
+      </c>
+      <c r="G186" s="24">
+        <v>91</v>
+      </c>
+      <c r="H186" s="22"/>
+      <c r="I186" s="7">
+        <v>89</v>
+      </c>
+      <c r="J186" s="7">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="187" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B187" s="29"/>
+      <c r="C187" s="30"/>
+      <c r="D187" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E187" s="7">
+        <v>163</v>
+      </c>
+      <c r="F187" s="7">
+        <v>155</v>
+      </c>
+      <c r="G187" s="24">
+        <v>152</v>
+      </c>
+      <c r="H187" s="22"/>
+      <c r="I187" s="7">
+        <v>169</v>
+      </c>
+      <c r="J187" s="7">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B188" s="29"/>
+      <c r="C188" s="30"/>
+      <c r="D188" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="7">
+        <v>278</v>
+      </c>
+      <c r="F188" s="7">
+        <v>288</v>
+      </c>
+      <c r="G188" s="24">
+        <v>300</v>
+      </c>
+      <c r="H188" s="22"/>
+      <c r="I188" s="7">
+        <v>271</v>
+      </c>
+      <c r="J188" s="7">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B189" s="29"/>
+      <c r="C189" s="30"/>
+      <c r="D189" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E189" s="6">
+        <v>536</v>
+      </c>
+      <c r="F189" s="6">
+        <v>541</v>
+      </c>
+      <c r="G189" s="23">
+        <v>543</v>
+      </c>
+      <c r="H189" s="22"/>
+      <c r="I189" s="6">
+        <v>529</v>
+      </c>
+      <c r="J189" s="6">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B190" s="31"/>
+      <c r="C190" s="32"/>
+      <c r="D190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G190" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H190" s="22"/>
+      <c r="I190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J190" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B191" s="20" t="s">
         <v>65</v>
       </c>
-      <c s="13" r="G8">
+      <c r="C191" s="28"/>
+      <c r="D191" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E191" s="7">
+        <v>60</v>
+      </c>
+      <c r="F191" s="7">
+        <v>75</v>
+      </c>
+      <c r="G191" s="24">
+        <v>55</v>
+      </c>
+      <c r="H191" s="22"/>
+      <c r="I191" s="7">
+        <v>72</v>
+      </c>
+      <c r="J191" s="7">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="192" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B192" s="29"/>
+      <c r="C192" s="30"/>
+      <c r="D192" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E192" s="7">
+        <v>225</v>
+      </c>
+      <c r="F192" s="7">
+        <v>219</v>
+      </c>
+      <c r="G192" s="24">
+        <v>175</v>
+      </c>
+      <c r="H192" s="22"/>
+      <c r="I192" s="7">
+        <v>217</v>
+      </c>
+      <c r="J192" s="7">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="193" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B193" s="29"/>
+      <c r="C193" s="30"/>
+      <c r="D193" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="7">
+        <v>180</v>
+      </c>
+      <c r="F193" s="7">
+        <v>178</v>
+      </c>
+      <c r="G193" s="24">
+        <v>186</v>
+      </c>
+      <c r="H193" s="22"/>
+      <c r="I193" s="7">
+        <v>155</v>
+      </c>
+      <c r="J193" s="7">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="194" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B194" s="29"/>
+      <c r="C194" s="30"/>
+      <c r="D194" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E194" s="6">
+        <v>465</v>
+      </c>
+      <c r="F194" s="6">
+        <v>472</v>
+      </c>
+      <c r="G194" s="23">
+        <v>416</v>
+      </c>
+      <c r="H194" s="22"/>
+      <c r="I194" s="6">
+        <v>444</v>
+      </c>
+      <c r="J194" s="6">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="195" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B195" s="31"/>
+      <c r="C195" s="32"/>
+      <c r="D195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G195" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H195" s="22"/>
+      <c r="I195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J195" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B196" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C196" s="28"/>
+      <c r="D196" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E196" s="7">
+        <v>32</v>
+      </c>
+      <c r="F196" s="7">
+        <v>26</v>
+      </c>
+      <c r="G196" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H196" s="22"/>
+      <c r="I196" s="7">
+        <v>34</v>
+      </c>
+      <c r="J196" s="7">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="197" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B197" s="29"/>
+      <c r="C197" s="30"/>
+      <c r="D197" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E197" s="7">
+        <v>216</v>
+      </c>
+      <c r="F197" s="7">
+        <v>154</v>
+      </c>
+      <c r="G197" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H197" s="22"/>
+      <c r="I197" s="7">
+        <v>180</v>
+      </c>
+      <c r="J197" s="7">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="198" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B198" s="29"/>
+      <c r="C198" s="30"/>
+      <c r="D198" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E198" s="7">
+        <v>95</v>
+      </c>
+      <c r="F198" s="7">
+        <v>100</v>
+      </c>
+      <c r="G198" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H198" s="22"/>
+      <c r="I198" s="7">
+        <v>105</v>
+      </c>
+      <c r="J198" s="7">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B199" s="29"/>
+      <c r="C199" s="30"/>
+      <c r="D199" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E199" s="6">
+        <v>343</v>
+      </c>
+      <c r="F199" s="6">
+        <v>280</v>
+      </c>
+      <c r="G199" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H199" s="22"/>
+      <c r="I199" s="6">
+        <v>319</v>
+      </c>
+      <c r="J199" s="6">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B200" s="31"/>
+      <c r="C200" s="32"/>
+      <c r="D200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G200" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H200" s="22"/>
+      <c r="I200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J200" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B201" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="C201" s="28"/>
+      <c r="D201" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E201" s="7">
+        <v>19</v>
+      </c>
+      <c r="F201" s="7">
+        <v>21</v>
+      </c>
+      <c r="G201" s="24">
+        <v>19</v>
+      </c>
+      <c r="H201" s="22"/>
+      <c r="I201" s="7">
+        <v>15</v>
+      </c>
+      <c r="J201" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="202" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B202" s="29"/>
+      <c r="C202" s="30"/>
+      <c r="D202" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E202" s="7">
+        <v>30</v>
+      </c>
+      <c r="F202" s="7">
+        <v>37</v>
+      </c>
+      <c r="G202" s="24">
+        <v>36</v>
+      </c>
+      <c r="H202" s="22"/>
+      <c r="I202" s="7">
+        <v>35</v>
+      </c>
+      <c r="J202" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B203" s="29"/>
+      <c r="C203" s="30"/>
+      <c r="D203" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" s="7">
+        <v>87</v>
+      </c>
+      <c r="F203" s="7">
+        <v>89</v>
+      </c>
+      <c r="G203" s="24">
+        <v>50</v>
+      </c>
+      <c r="H203" s="22"/>
+      <c r="I203" s="7">
+        <v>57</v>
+      </c>
+      <c r="J203" s="7">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B204" s="29"/>
+      <c r="C204" s="30"/>
+      <c r="D204" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E204" s="6">
+        <v>136</v>
+      </c>
+      <c r="F204" s="6">
+        <v>147</v>
+      </c>
+      <c r="G204" s="23">
+        <v>105</v>
+      </c>
+      <c r="H204" s="22"/>
+      <c r="I204" s="6">
+        <v>107</v>
+      </c>
+      <c r="J204" s="6">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B205" s="31"/>
+      <c r="C205" s="32"/>
+      <c r="D205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G205" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H205" s="22"/>
+      <c r="I205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J205" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B206" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="C206" s="28"/>
+      <c r="D206" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E206" s="7">
+        <v>20</v>
+      </c>
+      <c r="F206" s="7">
+        <v>14</v>
+      </c>
+      <c r="G206" s="24">
+        <v>13</v>
+      </c>
+      <c r="H206" s="22"/>
+      <c r="I206" s="7">
+        <v>17</v>
+      </c>
+      <c r="J206" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="207" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B207" s="29"/>
+      <c r="C207" s="30"/>
+      <c r="D207" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E207" s="7">
+        <v>18</v>
+      </c>
+      <c r="F207" s="7">
+        <v>24</v>
+      </c>
+      <c r="G207" s="24">
+        <v>22</v>
+      </c>
+      <c r="H207" s="22"/>
+      <c r="I207" s="7">
+        <v>21</v>
+      </c>
+      <c r="J207" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="208" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B208" s="29"/>
+      <c r="C208" s="30"/>
+      <c r="D208" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" s="7">
+        <v>136</v>
+      </c>
+      <c r="F208" s="7">
+        <v>144</v>
+      </c>
+      <c r="G208" s="24">
+        <v>124</v>
+      </c>
+      <c r="H208" s="22"/>
+      <c r="I208" s="7">
+        <v>138</v>
+      </c>
+      <c r="J208" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B209" s="29"/>
+      <c r="C209" s="30"/>
+      <c r="D209" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E209" s="6">
+        <v>174</v>
+      </c>
+      <c r="F209" s="6">
+        <v>182</v>
+      </c>
+      <c r="G209" s="23">
+        <v>159</v>
+      </c>
+      <c r="H209" s="22"/>
+      <c r="I209" s="6">
+        <v>176</v>
+      </c>
+      <c r="J209" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B210" s="31"/>
+      <c r="C210" s="32"/>
+      <c r="D210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G210" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H210" s="22"/>
+      <c r="I210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J210" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B211" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="C211" s="28"/>
+      <c r="D211" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E211" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F211" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G211" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H211" s="22"/>
+      <c r="I211" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J211" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="212" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B212" s="29"/>
+      <c r="C212" s="30"/>
+      <c r="D212" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E212" s="7">
+        <v>19</v>
+      </c>
+      <c r="F212" s="7">
+        <v>22</v>
+      </c>
+      <c r="G212" s="24">
+        <v>19</v>
+      </c>
+      <c r="H212" s="22"/>
+      <c r="I212" s="7">
+        <v>25</v>
+      </c>
+      <c r="J212" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="213" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B213" s="29"/>
+      <c r="C213" s="30"/>
+      <c r="D213" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213" s="7">
+        <v>7</v>
+      </c>
+      <c r="F213" s="7">
+        <v>10</v>
+      </c>
+      <c r="G213" s="24">
+        <v>10</v>
+      </c>
+      <c r="H213" s="22"/>
+      <c r="I213" s="7">
+        <v>10</v>
+      </c>
+      <c r="J213" s="7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B214" s="29"/>
+      <c r="C214" s="30"/>
+      <c r="D214" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E214" s="6">
+        <v>30</v>
+      </c>
+      <c r="F214" s="6">
+        <v>35</v>
+      </c>
+      <c r="G214" s="23">
+        <v>33</v>
+      </c>
+      <c r="H214" s="22"/>
+      <c r="I214" s="6">
+        <v>36</v>
+      </c>
+      <c r="J214" s="6">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B215" s="31"/>
+      <c r="C215" s="32"/>
+      <c r="D215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G215" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H215" s="22"/>
+      <c r="I215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J215" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B216" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C216" s="28"/>
+      <c r="D216" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G216" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H216" s="22"/>
+      <c r="I216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J216" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="217" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B217" s="29"/>
+      <c r="C217" s="30"/>
+      <c r="D217" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E217" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F217" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G217" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H217" s="22"/>
+      <c r="I217" s="7">
+        <v>5</v>
+      </c>
+      <c r="J217" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B218" s="29"/>
+      <c r="C218" s="30"/>
+      <c r="D218" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E218" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F218" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G218" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H218" s="22"/>
+      <c r="I218" s="6">
+        <v>6</v>
+      </c>
+      <c r="J218" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B219" s="31"/>
+      <c r="C219" s="32"/>
+      <c r="D219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G219" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H219" s="22"/>
+      <c r="I219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J219" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B220" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="C220" s="28"/>
+      <c r="D220" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E220" s="7">
+        <v>15</v>
+      </c>
+      <c r="F220" s="7">
+        <v>11</v>
+      </c>
+      <c r="G220" s="24">
+        <v>11</v>
+      </c>
+      <c r="H220" s="22"/>
+      <c r="I220" s="7">
+        <v>14</v>
+      </c>
+      <c r="J220" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B221" s="29"/>
+      <c r="C221" s="30"/>
+      <c r="D221" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E221" s="7">
+        <v>150</v>
+      </c>
+      <c r="F221" s="7">
+        <v>84</v>
+      </c>
+      <c r="G221" s="24">
+        <v>64</v>
+      </c>
+      <c r="H221" s="22"/>
+      <c r="I221" s="7">
+        <v>47</v>
+      </c>
+      <c r="J221" s="7">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="222" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B222" s="29"/>
+      <c r="C222" s="30"/>
+      <c r="D222" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E222" s="7">
+        <v>158</v>
+      </c>
+      <c r="F222" s="7">
+        <v>8</v>
+      </c>
+      <c r="G222" s="24">
+        <v>10</v>
+      </c>
+      <c r="H222" s="22"/>
+      <c r="I222" s="7">
+        <v>12</v>
+      </c>
+      <c r="J222" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B223" s="29"/>
+      <c r="C223" s="30"/>
+      <c r="D223" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E223" s="6">
+        <v>323</v>
+      </c>
+      <c r="F223" s="6">
+        <v>103</v>
+      </c>
+      <c r="G223" s="23">
+        <v>85</v>
+      </c>
+      <c r="H223" s="22"/>
+      <c r="I223" s="6">
+        <v>73</v>
+      </c>
+      <c r="J223" s="6">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B224" s="31"/>
+      <c r="C224" s="32"/>
+      <c r="D224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G224" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H224" s="22"/>
+      <c r="I224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J224" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B225" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="C225" s="28"/>
+      <c r="D225" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E225" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F225" s="7">
+        <v>11</v>
+      </c>
+      <c r="G225" s="24">
+        <v>12</v>
+      </c>
+      <c r="H225" s="22"/>
+      <c r="I225" s="7">
+        <v>11</v>
+      </c>
+      <c r="J225" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B226" s="29"/>
+      <c r="C226" s="30"/>
+      <c r="D226" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E226" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F226" s="7">
+        <v>11</v>
+      </c>
+      <c r="G226" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H226" s="22"/>
+      <c r="I226" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J226" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B227" s="29"/>
+      <c r="C227" s="30"/>
+      <c r="D227" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E227" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F227" s="7">
+        <v>52</v>
+      </c>
+      <c r="G227" s="24">
+        <v>44</v>
+      </c>
+      <c r="H227" s="22"/>
+      <c r="I227" s="7">
+        <v>45</v>
+      </c>
+      <c r="J227" s="7">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B228" s="29"/>
+      <c r="C228" s="30"/>
+      <c r="D228" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E228" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F228" s="6">
+        <v>74</v>
+      </c>
+      <c r="G228" s="23">
+        <v>60</v>
+      </c>
+      <c r="H228" s="22"/>
+      <c r="I228" s="6">
+        <v>60</v>
+      </c>
+      <c r="J228" s="6">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B229" s="31"/>
+      <c r="C229" s="32"/>
+      <c r="D229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G229" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H229" s="22"/>
+      <c r="I229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J229" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B230" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="C230" s="28"/>
+      <c r="D230" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E230" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F230" s="7">
+        <v>6</v>
+      </c>
+      <c r="G230" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H230" s="22"/>
+      <c r="I230" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J230" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B231" s="29"/>
+      <c r="C231" s="30"/>
+      <c r="D231" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G231" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H231" s="22"/>
+      <c r="I231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J231" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="232" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B232" s="29"/>
+      <c r="C232" s="30"/>
+      <c r="D232" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E232" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F232" s="7">
+        <v>18</v>
+      </c>
+      <c r="G232" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H232" s="22"/>
+      <c r="I232" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J232" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B233" s="29"/>
+      <c r="C233" s="30"/>
+      <c r="D233" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E233" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F233" s="6">
+        <v>27</v>
+      </c>
+      <c r="G233" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H233" s="22"/>
+      <c r="I233" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J233" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B234" s="31"/>
+      <c r="C234" s="32"/>
+      <c r="D234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G234" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H234" s="22"/>
+      <c r="I234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J234" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B235" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C235" s="28"/>
+      <c r="D235" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E235" s="7">
+        <v>45</v>
+      </c>
+      <c r="F235" s="7">
+        <v>50</v>
+      </c>
+      <c r="G235" s="24">
+        <v>65</v>
+      </c>
+      <c r="H235" s="22"/>
+      <c r="I235" s="7">
+        <v>54</v>
+      </c>
+      <c r="J235" s="7">
         <v>56</v>
       </c>
-      <c s="6" t="str" r="H8"/>
-      <c s="13" r="I8">
+    </row>
+    <row r="236" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B236" s="29"/>
+      <c r="C236" s="30"/>
+      <c r="D236" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E236" s="7">
+        <v>100</v>
+      </c>
+      <c r="F236" s="7">
+        <v>100</v>
+      </c>
+      <c r="G236" s="24">
+        <v>98</v>
+      </c>
+      <c r="H236" s="22"/>
+      <c r="I236" s="7">
+        <v>97</v>
+      </c>
+      <c r="J236" s="7">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="237" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B237" s="29"/>
+      <c r="C237" s="30"/>
+      <c r="D237" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E237" s="7">
+        <v>188</v>
+      </c>
+      <c r="F237" s="7">
+        <v>160</v>
+      </c>
+      <c r="G237" s="24">
+        <v>136</v>
+      </c>
+      <c r="H237" s="22"/>
+      <c r="I237" s="7">
+        <v>167</v>
+      </c>
+      <c r="J237" s="7">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="238" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B238" s="29"/>
+      <c r="C238" s="30"/>
+      <c r="D238" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E238" s="6">
+        <v>333</v>
+      </c>
+      <c r="F238" s="6">
+        <v>310</v>
+      </c>
+      <c r="G238" s="23">
+        <v>299</v>
+      </c>
+      <c r="H238" s="22"/>
+      <c r="I238" s="6">
+        <v>318</v>
+      </c>
+      <c r="J238" s="6">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B239" s="31"/>
+      <c r="C239" s="32"/>
+      <c r="D239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G239" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H239" s="22"/>
+      <c r="I239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J239" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B240" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="C240" s="28"/>
+      <c r="D240" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E240" s="7">
+        <v>87</v>
+      </c>
+      <c r="F240" s="7">
+        <v>78</v>
+      </c>
+      <c r="G240" s="24">
+        <v>82</v>
+      </c>
+      <c r="H240" s="22"/>
+      <c r="I240" s="7">
+        <v>100</v>
+      </c>
+      <c r="J240" s="7">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B241" s="29"/>
+      <c r="C241" s="30"/>
+      <c r="D241" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E241" s="7">
+        <v>341</v>
+      </c>
+      <c r="F241" s="7">
+        <v>342</v>
+      </c>
+      <c r="G241" s="24">
+        <v>317</v>
+      </c>
+      <c r="H241" s="22"/>
+      <c r="I241" s="7">
+        <v>326</v>
+      </c>
+      <c r="J241" s="7">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="242" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B242" s="29"/>
+      <c r="C242" s="30"/>
+      <c r="D242" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E242" s="7">
+        <v>111</v>
+      </c>
+      <c r="F242" s="7">
+        <v>113</v>
+      </c>
+      <c r="G242" s="24">
+        <v>91</v>
+      </c>
+      <c r="H242" s="22"/>
+      <c r="I242" s="7">
+        <v>105</v>
+      </c>
+      <c r="J242" s="7">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B243" s="29"/>
+      <c r="C243" s="30"/>
+      <c r="D243" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E243" s="6">
+        <v>539</v>
+      </c>
+      <c r="F243" s="6">
+        <v>533</v>
+      </c>
+      <c r="G243" s="23">
+        <v>490</v>
+      </c>
+      <c r="H243" s="22"/>
+      <c r="I243" s="6">
+        <v>531</v>
+      </c>
+      <c r="J243" s="6">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B244" s="31"/>
+      <c r="C244" s="32"/>
+      <c r="D244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G244" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H244" s="22"/>
+      <c r="I244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J244" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B245" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C245" s="28"/>
+      <c r="D245" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G245" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H245" s="22"/>
+      <c r="I245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J245" s="7">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B246" s="29"/>
+      <c r="C246" s="30"/>
+      <c r="D246" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G246" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H246" s="22"/>
+      <c r="I246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J246" s="7">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="247" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B247" s="29"/>
+      <c r="C247" s="30"/>
+      <c r="D247" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G247" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H247" s="22"/>
+      <c r="I247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J247" s="6">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="248" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B248" s="31"/>
+      <c r="C248" s="32"/>
+      <c r="D248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G248" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H248" s="22"/>
+      <c r="I248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J248" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B249" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="C249" s="28"/>
+      <c r="D249" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G249" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H249" s="22"/>
+      <c r="I249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J249" s="7">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="250" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B250" s="29"/>
+      <c r="C250" s="30"/>
+      <c r="D250" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G250" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H250" s="22"/>
+      <c r="I250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J250" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="251" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B251" s="29"/>
+      <c r="C251" s="30"/>
+      <c r="D251" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G251" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H251" s="22"/>
+      <c r="I251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J251" s="6">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="252" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B252" s="31"/>
+      <c r="C252" s="32"/>
+      <c r="D252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G252" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H252" s="22"/>
+      <c r="I252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J252" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="253" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B253" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="C253" s="28"/>
+      <c r="D253" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G253" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H253" s="22"/>
+      <c r="I253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J253" s="7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B254" s="29"/>
+      <c r="C254" s="30"/>
+      <c r="D254" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G254" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H254" s="22"/>
+      <c r="I254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J254" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B255" s="29"/>
+      <c r="C255" s="30"/>
+      <c r="D255" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G255" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H255" s="22"/>
+      <c r="I255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J255" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B256" s="31"/>
+      <c r="C256" s="32"/>
+      <c r="D256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G256" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="22"/>
+      <c r="I256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B257" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C257" s="28"/>
+      <c r="D257" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G257" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H257" s="22"/>
+      <c r="I257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J257" s="7">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="258" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B258" s="29"/>
+      <c r="C258" s="30"/>
+      <c r="D258" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G258" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H258" s="22"/>
+      <c r="I258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J258" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="259" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B259" s="29"/>
+      <c r="C259" s="30"/>
+      <c r="D259" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G259" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H259" s="22"/>
+      <c r="I259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J259" s="6">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="260" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B260" s="31"/>
+      <c r="C260" s="32"/>
+      <c r="D260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G260" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H260" s="22"/>
+      <c r="I260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J260" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="261" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B261" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="C261" s="28"/>
+      <c r="D261" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E261" s="7">
+        <v>39</v>
+      </c>
+      <c r="F261" s="7">
+        <v>35</v>
+      </c>
+      <c r="G261" s="24">
+        <v>49</v>
+      </c>
+      <c r="H261" s="22"/>
+      <c r="I261" s="7">
+        <v>42</v>
+      </c>
+      <c r="J261" s="7">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="262" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B262" s="29"/>
+      <c r="C262" s="30"/>
+      <c r="D262" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E262" s="7">
+        <v>64</v>
+      </c>
+      <c r="F262" s="7">
+        <v>71</v>
+      </c>
+      <c r="G262" s="24">
+        <v>80</v>
+      </c>
+      <c r="H262" s="22"/>
+      <c r="I262" s="7">
+        <v>70</v>
+      </c>
+      <c r="J262" s="7">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="263" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B263" s="29"/>
+      <c r="C263" s="30"/>
+      <c r="D263" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E263" s="7">
+        <v>175</v>
+      </c>
+      <c r="F263" s="7">
+        <v>155</v>
+      </c>
+      <c r="G263" s="24">
+        <v>177</v>
+      </c>
+      <c r="H263" s="22"/>
+      <c r="I263" s="7">
+        <v>188</v>
+      </c>
+      <c r="J263" s="7">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="264" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B264" s="29"/>
+      <c r="C264" s="30"/>
+      <c r="D264" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E264" s="6">
+        <v>278</v>
+      </c>
+      <c r="F264" s="6">
+        <v>261</v>
+      </c>
+      <c r="G264" s="23">
+        <v>306</v>
+      </c>
+      <c r="H264" s="22"/>
+      <c r="I264" s="6">
+        <v>300</v>
+      </c>
+      <c r="J264" s="6">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="265" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B265" s="31"/>
+      <c r="C265" s="32"/>
+      <c r="D265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G265" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H265" s="22"/>
+      <c r="I265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J265" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="266" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B266" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C266" s="28"/>
+      <c r="D266" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E266" s="7">
+        <v>155</v>
+      </c>
+      <c r="F266" s="7">
+        <v>121</v>
+      </c>
+      <c r="G266" s="24">
+        <v>121</v>
+      </c>
+      <c r="H266" s="22"/>
+      <c r="I266" s="7">
+        <v>133</v>
+      </c>
+      <c r="J266" s="7">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="267" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B267" s="29"/>
+      <c r="C267" s="30"/>
+      <c r="D267" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E267" s="7">
+        <v>99</v>
+      </c>
+      <c r="F267" s="7">
+        <v>80</v>
+      </c>
+      <c r="G267" s="24">
+        <v>86</v>
+      </c>
+      <c r="H267" s="22"/>
+      <c r="I267" s="7">
+        <v>86</v>
+      </c>
+      <c r="J267" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="268" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B268" s="29"/>
+      <c r="C268" s="30"/>
+      <c r="D268" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E268" s="7">
+        <v>294</v>
+      </c>
+      <c r="F268" s="7">
+        <v>245</v>
+      </c>
+      <c r="G268" s="24">
+        <v>218</v>
+      </c>
+      <c r="H268" s="22"/>
+      <c r="I268" s="7">
+        <v>223</v>
+      </c>
+      <c r="J268" s="7">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="269" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B269" s="29"/>
+      <c r="C269" s="30"/>
+      <c r="D269" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E269" s="6">
+        <v>548</v>
+      </c>
+      <c r="F269" s="6">
+        <v>446</v>
+      </c>
+      <c r="G269" s="23">
+        <v>425</v>
+      </c>
+      <c r="H269" s="22"/>
+      <c r="I269" s="6">
+        <v>442</v>
+      </c>
+      <c r="J269" s="6">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="270" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B270" s="31"/>
+      <c r="C270" s="32"/>
+      <c r="D270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G270" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H270" s="22"/>
+      <c r="I270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J270" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="271" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B271" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C271" s="28"/>
+      <c r="D271" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E271" s="7">
+        <v>24</v>
+      </c>
+      <c r="F271" s="7">
+        <v>29</v>
+      </c>
+      <c r="G271" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H271" s="22"/>
+      <c r="I271" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J271" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="272" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B272" s="29"/>
+      <c r="C272" s="30"/>
+      <c r="D272" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E272" s="7">
+        <v>23</v>
+      </c>
+      <c r="F272" s="7">
+        <v>20</v>
+      </c>
+      <c r="G272" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H272" s="22"/>
+      <c r="I272" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J272" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="273" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B273" s="29"/>
+      <c r="C273" s="30"/>
+      <c r="D273" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E273" s="7">
+        <v>126</v>
+      </c>
+      <c r="F273" s="7">
+        <v>96</v>
+      </c>
+      <c r="G273" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H273" s="22"/>
+      <c r="I273" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J273" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="274" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B274" s="29"/>
+      <c r="C274" s="30"/>
+      <c r="D274" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E274" s="6">
+        <v>173</v>
+      </c>
+      <c r="F274" s="6">
+        <v>145</v>
+      </c>
+      <c r="G274" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H274" s="22"/>
+      <c r="I274" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J274" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="275" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B275" s="31"/>
+      <c r="C275" s="32"/>
+      <c r="D275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G275" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H275" s="22"/>
+      <c r="I275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J275" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="276" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B276" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C276" s="28"/>
+      <c r="D276" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E276" s="7">
+        <v>20</v>
+      </c>
+      <c r="F276" s="7">
+        <v>22</v>
+      </c>
+      <c r="G276" s="24">
+        <v>21</v>
+      </c>
+      <c r="H276" s="22"/>
+      <c r="I276" s="7">
+        <v>16</v>
+      </c>
+      <c r="J276" s="7">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="277" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B277" s="29"/>
+      <c r="C277" s="30"/>
+      <c r="D277" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E277" s="7">
+        <v>54</v>
+      </c>
+      <c r="F277" s="7">
+        <v>56</v>
+      </c>
+      <c r="G277" s="24">
+        <v>49</v>
+      </c>
+      <c r="H277" s="22"/>
+      <c r="I277" s="7">
+        <v>56</v>
+      </c>
+      <c r="J277" s="7">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="278" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B278" s="29"/>
+      <c r="C278" s="30"/>
+      <c r="D278" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E278" s="7">
+        <v>115</v>
+      </c>
+      <c r="F278" s="7">
+        <v>119</v>
+      </c>
+      <c r="G278" s="24">
+        <v>128</v>
+      </c>
+      <c r="H278" s="22"/>
+      <c r="I278" s="7">
+        <v>123</v>
+      </c>
+      <c r="J278" s="7">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="279" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B279" s="29"/>
+      <c r="C279" s="30"/>
+      <c r="D279" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E279" s="6">
+        <v>189</v>
+      </c>
+      <c r="F279" s="6">
+        <v>197</v>
+      </c>
+      <c r="G279" s="23">
+        <v>198</v>
+      </c>
+      <c r="H279" s="22"/>
+      <c r="I279" s="6">
+        <v>195</v>
+      </c>
+      <c r="J279" s="6">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="280" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B280" s="31"/>
+      <c r="C280" s="32"/>
+      <c r="D280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G280" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H280" s="22"/>
+      <c r="I280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J280" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="281" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B281" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C281" s="28"/>
+      <c r="D281" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E281" s="7">
+        <v>36</v>
+      </c>
+      <c r="F281" s="7">
+        <v>31</v>
+      </c>
+      <c r="G281" s="24">
+        <v>43</v>
+      </c>
+      <c r="H281" s="22"/>
+      <c r="I281" s="7">
+        <v>44</v>
+      </c>
+      <c r="J281" s="7">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="282" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B282" s="29"/>
+      <c r="C282" s="30"/>
+      <c r="D282" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E282" s="7">
+        <v>59</v>
+      </c>
+      <c r="F282" s="7">
+        <v>60</v>
+      </c>
+      <c r="G282" s="24">
+        <v>41</v>
+      </c>
+      <c r="H282" s="22"/>
+      <c r="I282" s="7">
+        <v>46</v>
+      </c>
+      <c r="J282" s="7">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="283" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B283" s="29"/>
+      <c r="C283" s="30"/>
+      <c r="D283" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E283" s="7">
+        <v>175</v>
+      </c>
+      <c r="F283" s="7">
+        <v>154</v>
+      </c>
+      <c r="G283" s="24">
+        <v>147</v>
+      </c>
+      <c r="H283" s="22"/>
+      <c r="I283" s="7">
+        <v>165</v>
+      </c>
+      <c r="J283" s="7">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="284" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B284" s="29"/>
+      <c r="C284" s="30"/>
+      <c r="D284" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E284" s="6">
+        <v>270</v>
+      </c>
+      <c r="F284" s="6">
+        <v>245</v>
+      </c>
+      <c r="G284" s="23">
+        <v>231</v>
+      </c>
+      <c r="H284" s="22"/>
+      <c r="I284" s="6">
+        <v>255</v>
+      </c>
+      <c r="J284" s="6">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="285" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B285" s="31"/>
+      <c r="C285" s="32"/>
+      <c r="D285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G285" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H285" s="22"/>
+      <c r="I285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J285" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="286" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B286" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C286" s="28"/>
+      <c r="D286" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E286" s="7">
+        <v>54</v>
+      </c>
+      <c r="F286" s="7">
+        <v>47</v>
+      </c>
+      <c r="G286" s="24">
+        <v>37</v>
+      </c>
+      <c r="H286" s="22"/>
+      <c r="I286" s="7">
+        <v>38</v>
+      </c>
+      <c r="J286" s="7">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="287" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B287" s="29"/>
+      <c r="C287" s="30"/>
+      <c r="D287" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E287" s="7">
+        <v>64</v>
+      </c>
+      <c r="F287" s="7">
+        <v>47</v>
+      </c>
+      <c r="G287" s="24">
+        <v>42</v>
+      </c>
+      <c r="H287" s="22"/>
+      <c r="I287" s="7">
+        <v>44</v>
+      </c>
+      <c r="J287" s="7">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="288" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B288" s="29"/>
+      <c r="C288" s="30"/>
+      <c r="D288" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E288" s="7">
+        <v>147</v>
+      </c>
+      <c r="F288" s="7">
+        <v>137</v>
+      </c>
+      <c r="G288" s="24">
+        <v>93</v>
+      </c>
+      <c r="H288" s="22"/>
+      <c r="I288" s="7">
+        <v>92</v>
+      </c>
+      <c r="J288" s="7">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="289" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B289" s="29"/>
+      <c r="C289" s="30"/>
+      <c r="D289" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E289" s="6">
+        <v>265</v>
+      </c>
+      <c r="F289" s="6">
+        <v>231</v>
+      </c>
+      <c r="G289" s="23">
+        <v>172</v>
+      </c>
+      <c r="H289" s="22"/>
+      <c r="I289" s="6">
+        <v>174</v>
+      </c>
+      <c r="J289" s="6">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="290" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B290" s="31"/>
+      <c r="C290" s="32"/>
+      <c r="D290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G290" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H290" s="22"/>
+      <c r="I290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J290" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="291" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B291" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C291" s="28"/>
+      <c r="D291" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E291" s="7">
+        <v>58</v>
+      </c>
+      <c r="F291" s="7">
+        <v>45</v>
+      </c>
+      <c r="G291" s="24">
+        <v>41</v>
+      </c>
+      <c r="H291" s="22"/>
+      <c r="I291" s="7">
+        <v>44</v>
+      </c>
+      <c r="J291" s="7">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="292" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B292" s="29"/>
+      <c r="C292" s="30"/>
+      <c r="D292" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E292" s="7">
+        <v>74</v>
+      </c>
+      <c r="F292" s="7">
+        <v>53</v>
+      </c>
+      <c r="G292" s="24">
+        <v>46</v>
+      </c>
+      <c r="H292" s="22"/>
+      <c r="I292" s="7">
+        <v>53</v>
+      </c>
+      <c r="J292" s="7">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="293" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B293" s="29"/>
+      <c r="C293" s="30"/>
+      <c r="D293" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E293" s="7">
+        <v>193</v>
+      </c>
+      <c r="F293" s="7">
+        <v>162</v>
+      </c>
+      <c r="G293" s="24">
+        <v>129</v>
+      </c>
+      <c r="H293" s="22"/>
+      <c r="I293" s="7">
+        <v>126</v>
+      </c>
+      <c r="J293" s="7">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="294" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B294" s="29"/>
+      <c r="C294" s="30"/>
+      <c r="D294" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E294" s="6">
+        <v>325</v>
+      </c>
+      <c r="F294" s="6">
+        <v>260</v>
+      </c>
+      <c r="G294" s="23">
+        <v>216</v>
+      </c>
+      <c r="H294" s="22"/>
+      <c r="I294" s="6">
+        <v>223</v>
+      </c>
+      <c r="J294" s="6">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="295" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B295" s="31"/>
+      <c r="C295" s="32"/>
+      <c r="D295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G295" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H295" s="22"/>
+      <c r="I295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J295" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="296" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B296" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C296" s="28"/>
+      <c r="D296" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E296" s="7">
+        <v>12</v>
+      </c>
+      <c r="F296" s="7">
+        <v>11</v>
+      </c>
+      <c r="G296" s="24">
+        <v>11</v>
+      </c>
+      <c r="H296" s="22"/>
+      <c r="I296" s="7">
+        <v>8</v>
+      </c>
+      <c r="J296" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="297" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B297" s="29"/>
+      <c r="C297" s="30"/>
+      <c r="D297" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E297" s="7">
+        <v>33</v>
+      </c>
+      <c r="F297" s="7">
+        <v>33</v>
+      </c>
+      <c r="G297" s="24">
+        <v>26</v>
+      </c>
+      <c r="H297" s="22"/>
+      <c r="I297" s="7">
+        <v>27</v>
+      </c>
+      <c r="J297" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="298" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B298" s="29"/>
+      <c r="C298" s="30"/>
+      <c r="D298" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E298" s="7">
+        <v>38</v>
+      </c>
+      <c r="F298" s="7">
+        <v>36</v>
+      </c>
+      <c r="G298" s="24">
+        <v>34</v>
+      </c>
+      <c r="H298" s="22"/>
+      <c r="I298" s="7">
+        <v>35</v>
+      </c>
+      <c r="J298" s="7">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="299" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B299" s="29"/>
+      <c r="C299" s="30"/>
+      <c r="D299" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E299" s="6">
+        <v>83</v>
+      </c>
+      <c r="F299" s="6">
+        <v>80</v>
+      </c>
+      <c r="G299" s="23">
+        <v>71</v>
+      </c>
+      <c r="H299" s="22"/>
+      <c r="I299" s="6">
+        <v>70</v>
+      </c>
+      <c r="J299" s="6">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="300" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B300" s="31"/>
+      <c r="C300" s="32"/>
+      <c r="D300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G300" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H300" s="22"/>
+      <c r="I300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J300" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B301" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C301" s="28"/>
+      <c r="D301" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E301" s="7">
+        <v>18</v>
+      </c>
+      <c r="F301" s="7">
+        <v>22</v>
+      </c>
+      <c r="G301" s="24">
+        <v>11</v>
+      </c>
+      <c r="H301" s="22"/>
+      <c r="I301" s="7">
+        <v>16</v>
+      </c>
+      <c r="J301" s="7">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="302" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B302" s="29"/>
+      <c r="C302" s="30"/>
+      <c r="D302" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E302" s="7">
+        <v>48</v>
+      </c>
+      <c r="F302" s="7">
+        <v>50</v>
+      </c>
+      <c r="G302" s="24">
+        <v>38</v>
+      </c>
+      <c r="H302" s="22"/>
+      <c r="I302" s="7">
+        <v>53</v>
+      </c>
+      <c r="J302" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="303" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B303" s="29"/>
+      <c r="C303" s="30"/>
+      <c r="D303" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E303" s="7">
+        <v>69</v>
+      </c>
+      <c r="F303" s="7">
+        <v>65</v>
+      </c>
+      <c r="G303" s="24">
+        <v>55</v>
+      </c>
+      <c r="H303" s="22"/>
+      <c r="I303" s="7">
+        <v>52</v>
+      </c>
+      <c r="J303" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="304" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B304" s="29"/>
+      <c r="C304" s="30"/>
+      <c r="D304" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E304" s="6">
+        <v>135</v>
+      </c>
+      <c r="F304" s="6">
+        <v>137</v>
+      </c>
+      <c r="G304" s="23">
+        <v>104</v>
+      </c>
+      <c r="H304" s="22"/>
+      <c r="I304" s="6">
+        <v>121</v>
+      </c>
+      <c r="J304" s="6">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="305" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B305" s="31"/>
+      <c r="C305" s="32"/>
+      <c r="D305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G305" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H305" s="22"/>
+      <c r="I305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J305" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B306" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="C306" s="28"/>
+      <c r="D306" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E306" s="7">
+        <v>26</v>
+      </c>
+      <c r="F306" s="7">
+        <v>25</v>
+      </c>
+      <c r="G306" s="24">
+        <v>16</v>
+      </c>
+      <c r="H306" s="22"/>
+      <c r="I306" s="7">
+        <v>24</v>
+      </c>
+      <c r="J306" s="7">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="307" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B307" s="29"/>
+      <c r="C307" s="30"/>
+      <c r="D307" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E307" s="7">
+        <v>51</v>
+      </c>
+      <c r="F307" s="7">
+        <v>45</v>
+      </c>
+      <c r="G307" s="24">
+        <v>38</v>
+      </c>
+      <c r="H307" s="22"/>
+      <c r="I307" s="7">
+        <v>38</v>
+      </c>
+      <c r="J307" s="7">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="308" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B308" s="29"/>
+      <c r="C308" s="30"/>
+      <c r="D308" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E308" s="7">
+        <v>93</v>
+      </c>
+      <c r="F308" s="7">
+        <v>103</v>
+      </c>
+      <c r="G308" s="24">
+        <v>84</v>
+      </c>
+      <c r="H308" s="22"/>
+      <c r="I308" s="7">
+        <v>101</v>
+      </c>
+      <c r="J308" s="7">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="309" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B309" s="29"/>
+      <c r="C309" s="30"/>
+      <c r="D309" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E309" s="6">
+        <v>170</v>
+      </c>
+      <c r="F309" s="6">
+        <v>173</v>
+      </c>
+      <c r="G309" s="23">
+        <v>138</v>
+      </c>
+      <c r="H309" s="22"/>
+      <c r="I309" s="6">
+        <v>163</v>
+      </c>
+      <c r="J309" s="6">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="310" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B310" s="31"/>
+      <c r="C310" s="32"/>
+      <c r="D310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G310" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H310" s="22"/>
+      <c r="I310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J310" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B311" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C311" s="28"/>
+      <c r="D311" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E311" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F311" s="7">
+        <v>22</v>
+      </c>
+      <c r="G311" s="24">
+        <v>23</v>
+      </c>
+      <c r="H311" s="22"/>
+      <c r="I311" s="7">
+        <v>24</v>
+      </c>
+      <c r="J311" s="7">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="312" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B312" s="29"/>
+      <c r="C312" s="30"/>
+      <c r="D312" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E312" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F312" s="7">
+        <v>20</v>
+      </c>
+      <c r="G312" s="24">
+        <v>24</v>
+      </c>
+      <c r="H312" s="22"/>
+      <c r="I312" s="7">
+        <v>19</v>
+      </c>
+      <c r="J312" s="7">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="313" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B313" s="29"/>
+      <c r="C313" s="30"/>
+      <c r="D313" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E313" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F313" s="7">
+        <v>93</v>
+      </c>
+      <c r="G313" s="24">
+        <v>105</v>
+      </c>
+      <c r="H313" s="22"/>
+      <c r="I313" s="7">
+        <v>100</v>
+      </c>
+      <c r="J313" s="7">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="314" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B314" s="29"/>
+      <c r="C314" s="30"/>
+      <c r="D314" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E314" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F314" s="6">
+        <v>135</v>
+      </c>
+      <c r="G314" s="23">
+        <v>152</v>
+      </c>
+      <c r="H314" s="22"/>
+      <c r="I314" s="6">
+        <v>143</v>
+      </c>
+      <c r="J314" s="6">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="315" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B315" s="31"/>
+      <c r="C315" s="32"/>
+      <c r="D315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G315" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H315" s="22"/>
+      <c r="I315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J315" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="316" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B316" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="C316" s="28"/>
+      <c r="D316" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E316" s="7">
+        <v>5</v>
+      </c>
+      <c r="F316" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G316" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H316" s="22"/>
+      <c r="I316" s="7">
+        <v>8</v>
+      </c>
+      <c r="J316" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="317" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B317" s="29"/>
+      <c r="C317" s="30"/>
+      <c r="D317" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E317" s="7">
+        <v>32</v>
+      </c>
+      <c r="F317" s="7">
+        <v>22</v>
+      </c>
+      <c r="G317" s="24">
+        <v>18</v>
+      </c>
+      <c r="H317" s="22"/>
+      <c r="I317" s="7">
+        <v>18</v>
+      </c>
+      <c r="J317" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="318" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B318" s="29"/>
+      <c r="C318" s="30"/>
+      <c r="D318" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E318" s="7">
+        <v>30</v>
+      </c>
+      <c r="F318" s="7">
+        <v>40</v>
+      </c>
+      <c r="G318" s="24">
+        <v>31</v>
+      </c>
+      <c r="H318" s="22"/>
+      <c r="I318" s="7">
+        <v>38</v>
+      </c>
+      <c r="J318" s="7">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="319" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B319" s="29"/>
+      <c r="C319" s="30"/>
+      <c r="D319" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E319" s="6">
+        <v>67</v>
+      </c>
+      <c r="F319" s="6">
+        <v>64</v>
+      </c>
+      <c r="G319" s="23">
+        <v>51</v>
+      </c>
+      <c r="H319" s="22"/>
+      <c r="I319" s="6">
+        <v>64</v>
+      </c>
+      <c r="J319" s="6">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="320" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B320" s="31"/>
+      <c r="C320" s="32"/>
+      <c r="D320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G320" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H320" s="22"/>
+      <c r="I320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J320" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B321" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C321" s="28"/>
+      <c r="D321" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E321" s="7">
+        <v>7</v>
+      </c>
+      <c r="F321" s="7">
+        <v>5</v>
+      </c>
+      <c r="G321" s="24">
+        <v>6</v>
+      </c>
+      <c r="H321" s="22"/>
+      <c r="I321" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J321" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="322" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B322" s="29"/>
+      <c r="C322" s="30"/>
+      <c r="D322" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E322" s="7">
+        <v>17</v>
+      </c>
+      <c r="F322" s="7">
+        <v>14</v>
+      </c>
+      <c r="G322" s="24">
+        <v>12</v>
+      </c>
+      <c r="H322" s="22"/>
+      <c r="I322" s="7">
+        <v>13</v>
+      </c>
+      <c r="J322" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="323" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B323" s="29"/>
+      <c r="C323" s="30"/>
+      <c r="D323" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E323" s="7">
+        <v>22</v>
+      </c>
+      <c r="F323" s="7">
+        <v>27</v>
+      </c>
+      <c r="G323" s="24">
+        <v>26</v>
+      </c>
+      <c r="H323" s="22"/>
+      <c r="I323" s="7">
+        <v>22</v>
+      </c>
+      <c r="J323" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="324" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B324" s="29"/>
+      <c r="C324" s="30"/>
+      <c r="D324" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E324" s="6">
+        <v>46</v>
+      </c>
+      <c r="F324" s="6">
+        <v>46</v>
+      </c>
+      <c r="G324" s="23">
+        <v>44</v>
+      </c>
+      <c r="H324" s="22"/>
+      <c r="I324" s="6">
+        <v>38</v>
+      </c>
+      <c r="J324" s="6">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="325" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B325" s="31"/>
+      <c r="C325" s="32"/>
+      <c r="D325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G325" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H325" s="22"/>
+      <c r="I325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J325" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B326" s="20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C326" s="28"/>
+      <c r="D326" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E326" s="7">
+        <v>6</v>
+      </c>
+      <c r="F326" s="7">
+        <v>8</v>
+      </c>
+      <c r="G326" s="24">
+        <v>7</v>
+      </c>
+      <c r="H326" s="22"/>
+      <c r="I326" s="7">
+        <v>6</v>
+      </c>
+      <c r="J326" s="7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="327" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B327" s="29"/>
+      <c r="C327" s="30"/>
+      <c r="D327" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E327" s="7">
+        <v>32</v>
+      </c>
+      <c r="F327" s="7">
+        <v>29</v>
+      </c>
+      <c r="G327" s="24">
+        <v>24</v>
+      </c>
+      <c r="H327" s="22"/>
+      <c r="I327" s="7">
+        <v>30</v>
+      </c>
+      <c r="J327" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="328" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B328" s="29"/>
+      <c r="C328" s="30"/>
+      <c r="D328" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328" s="7">
+        <v>37</v>
+      </c>
+      <c r="F328" s="7">
+        <v>33</v>
+      </c>
+      <c r="G328" s="24">
+        <v>31</v>
+      </c>
+      <c r="H328" s="22"/>
+      <c r="I328" s="7">
+        <v>26</v>
+      </c>
+      <c r="J328" s="7">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="329" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B329" s="29"/>
+      <c r="C329" s="30"/>
+      <c r="D329" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E329" s="6">
+        <v>75</v>
+      </c>
+      <c r="F329" s="6">
+        <v>70</v>
+      </c>
+      <c r="G329" s="23">
+        <v>62</v>
+      </c>
+      <c r="H329" s="22"/>
+      <c r="I329" s="6">
+        <v>62</v>
+      </c>
+      <c r="J329" s="6">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="330" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B330" s="31"/>
+      <c r="C330" s="32"/>
+      <c r="D330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G330" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H330" s="22"/>
+      <c r="I330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J330" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="331" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B331" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="C331" s="28"/>
+      <c r="D331" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E331" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F331" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G331" s="24">
+        <v>6</v>
+      </c>
+      <c r="H331" s="22"/>
+      <c r="I331" s="7">
+        <v>5</v>
+      </c>
+      <c r="J331" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="332" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B332" s="29"/>
+      <c r="C332" s="30"/>
+      <c r="D332" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E332" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F332" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G332" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H332" s="22"/>
+      <c r="I332" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J332" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="333" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B333" s="29"/>
+      <c r="C333" s="30"/>
+      <c r="D333" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333" s="7">
+        <v>21</v>
+      </c>
+      <c r="F333" s="7">
+        <v>9</v>
+      </c>
+      <c r="G333" s="24">
+        <v>5</v>
+      </c>
+      <c r="H333" s="22"/>
+      <c r="I333" s="7">
+        <v>8</v>
+      </c>
+      <c r="J333" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="334" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B334" s="29"/>
+      <c r="C334" s="30"/>
+      <c r="D334" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E334" s="6">
+        <v>27</v>
+      </c>
+      <c r="F334" s="6">
+        <v>13</v>
+      </c>
+      <c r="G334" s="23">
+        <v>12</v>
+      </c>
+      <c r="H334" s="22"/>
+      <c r="I334" s="6">
+        <v>15</v>
+      </c>
+      <c r="J334" s="6">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="335" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B335" s="31"/>
+      <c r="C335" s="32"/>
+      <c r="D335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G335" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H335" s="22"/>
+      <c r="I335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J335" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="336" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B336" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C336" s="28"/>
+      <c r="D336" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E336" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F336" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G336" s="24">
+        <v>8</v>
+      </c>
+      <c r="H336" s="22"/>
+      <c r="I336" s="7">
+        <v>9</v>
+      </c>
+      <c r="J336" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="337" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B337" s="29"/>
+      <c r="C337" s="30"/>
+      <c r="D337" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E337" s="7">
+        <v>12</v>
+      </c>
+      <c r="F337" s="7">
+        <v>12</v>
+      </c>
+      <c r="G337" s="24">
+        <v>7</v>
+      </c>
+      <c r="H337" s="22"/>
+      <c r="I337" s="7">
+        <v>14</v>
+      </c>
+      <c r="J337" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="338" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B338" s="29"/>
+      <c r="C338" s="30"/>
+      <c r="D338" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E338" s="7">
+        <v>28</v>
+      </c>
+      <c r="F338" s="7">
+        <v>19</v>
+      </c>
+      <c r="G338" s="24">
+        <v>25</v>
+      </c>
+      <c r="H338" s="22"/>
+      <c r="I338" s="7">
+        <v>17</v>
+      </c>
+      <c r="J338" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="339" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B339" s="29"/>
+      <c r="C339" s="30"/>
+      <c r="D339" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E339" s="6">
+        <v>43</v>
+      </c>
+      <c r="F339" s="6">
+        <v>33</v>
+      </c>
+      <c r="G339" s="23">
+        <v>40</v>
+      </c>
+      <c r="H339" s="22"/>
+      <c r="I339" s="6">
+        <v>40</v>
+      </c>
+      <c r="J339" s="6">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="340" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B340" s="31"/>
+      <c r="C340" s="32"/>
+      <c r="D340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G340" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H340" s="22"/>
+      <c r="I340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J340" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="341" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B341" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C341" s="28"/>
+      <c r="D341" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E341" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F341" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G341" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H341" s="22"/>
+      <c r="I341" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J341" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="342" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B342" s="29"/>
+      <c r="C342" s="30"/>
+      <c r="D342" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E342" s="7">
+        <v>13</v>
+      </c>
+      <c r="F342" s="7">
+        <v>9</v>
+      </c>
+      <c r="G342" s="24">
+        <v>8</v>
+      </c>
+      <c r="H342" s="22"/>
+      <c r="I342" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J342" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="343" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B343" s="29"/>
+      <c r="C343" s="30"/>
+      <c r="D343" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E343" s="7">
+        <v>72</v>
+      </c>
+      <c r="F343" s="7">
+        <v>57</v>
+      </c>
+      <c r="G343" s="24">
+        <v>61</v>
+      </c>
+      <c r="H343" s="22"/>
+      <c r="I343" s="7">
+        <v>62</v>
+      </c>
+      <c r="J343" s="7">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="344" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B344" s="29"/>
+      <c r="C344" s="30"/>
+      <c r="D344" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E344" s="6">
+        <v>86</v>
+      </c>
+      <c r="F344" s="6">
+        <v>67</v>
+      </c>
+      <c r="G344" s="23">
+        <v>70</v>
+      </c>
+      <c r="H344" s="22"/>
+      <c r="I344" s="6">
+        <v>68</v>
+      </c>
+      <c r="J344" s="6">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="345" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B345" s="31"/>
+      <c r="C345" s="32"/>
+      <c r="D345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G345" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H345" s="22"/>
+      <c r="I345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J345" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B346" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C346" s="28"/>
+      <c r="D346" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G346" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H346" s="22"/>
+      <c r="I346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J346" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="347" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B347" s="29"/>
+      <c r="C347" s="30"/>
+      <c r="D347" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E347" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F347" s="7">
+        <v>5</v>
+      </c>
+      <c r="G347" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H347" s="22"/>
+      <c r="I347" s="7">
+        <v>6</v>
+      </c>
+      <c r="J347" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="348" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B348" s="29"/>
+      <c r="C348" s="30"/>
+      <c r="D348" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E348" s="7">
+        <v>10</v>
+      </c>
+      <c r="F348" s="7">
+        <v>8</v>
+      </c>
+      <c r="G348" s="24">
+        <v>11</v>
+      </c>
+      <c r="H348" s="22"/>
+      <c r="I348" s="7">
+        <v>8</v>
+      </c>
+      <c r="J348" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="349" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B349" s="29"/>
+      <c r="C349" s="30"/>
+      <c r="D349" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E349" s="6">
+        <v>14</v>
+      </c>
+      <c r="F349" s="6">
+        <v>14</v>
+      </c>
+      <c r="G349" s="23">
+        <v>15</v>
+      </c>
+      <c r="H349" s="22"/>
+      <c r="I349" s="6">
+        <v>16</v>
+      </c>
+      <c r="J349" s="6">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="350" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B350" s="31"/>
+      <c r="C350" s="32"/>
+      <c r="D350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G350" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H350" s="22"/>
+      <c r="I350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J350" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="351" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B351" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C351" s="28"/>
+      <c r="D351" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E351" s="7">
+        <v>30</v>
+      </c>
+      <c r="F351" s="7">
+        <v>28</v>
+      </c>
+      <c r="G351" s="24">
+        <v>21</v>
+      </c>
+      <c r="H351" s="22"/>
+      <c r="I351" s="7">
+        <v>24</v>
+      </c>
+      <c r="J351" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="352" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B352" s="29"/>
+      <c r="C352" s="30"/>
+      <c r="D352" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E352" s="7">
+        <v>182</v>
+      </c>
+      <c r="F352" s="7">
+        <v>178</v>
+      </c>
+      <c r="G352" s="24">
+        <v>156</v>
+      </c>
+      <c r="H352" s="22"/>
+      <c r="I352" s="7">
+        <v>143</v>
+      </c>
+      <c r="J352" s="7">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="353" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B353" s="29"/>
+      <c r="C353" s="30"/>
+      <c r="D353" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E353" s="7">
+        <v>16</v>
+      </c>
+      <c r="F353" s="7">
+        <v>13</v>
+      </c>
+      <c r="G353" s="24">
+        <v>7</v>
+      </c>
+      <c r="H353" s="22"/>
+      <c r="I353" s="7">
+        <v>6</v>
+      </c>
+      <c r="J353" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="354" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B354" s="29"/>
+      <c r="C354" s="30"/>
+      <c r="D354" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E354" s="6">
+        <v>228</v>
+      </c>
+      <c r="F354" s="6">
+        <v>219</v>
+      </c>
+      <c r="G354" s="23">
+        <v>184</v>
+      </c>
+      <c r="H354" s="22"/>
+      <c r="I354" s="6">
+        <v>173</v>
+      </c>
+      <c r="J354" s="6">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="355" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B355" s="31"/>
+      <c r="C355" s="32"/>
+      <c r="D355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G355" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H355" s="22"/>
+      <c r="I355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J355" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="356" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B356" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C356" s="28"/>
+      <c r="D356" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E356" s="7">
+        <v>257</v>
+      </c>
+      <c r="F356" s="7">
+        <v>214</v>
+      </c>
+      <c r="G356" s="24">
+        <v>216</v>
+      </c>
+      <c r="H356" s="22"/>
+      <c r="I356" s="7">
+        <v>245</v>
+      </c>
+      <c r="J356" s="7">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="357" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B357" s="29"/>
+      <c r="C357" s="30"/>
+      <c r="D357" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E357" s="7">
+        <v>684</v>
+      </c>
+      <c r="F357" s="7">
+        <v>673</v>
+      </c>
+      <c r="G357" s="24">
+        <v>620</v>
+      </c>
+      <c r="H357" s="22"/>
+      <c r="I357" s="7">
+        <v>651</v>
+      </c>
+      <c r="J357" s="7">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="358" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B358" s="29"/>
+      <c r="C358" s="30"/>
+      <c r="D358" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E358" s="7">
+        <v>506</v>
+      </c>
+      <c r="F358" s="7">
+        <v>432</v>
+      </c>
+      <c r="G358" s="24">
+        <v>461</v>
+      </c>
+      <c r="H358" s="22"/>
+      <c r="I358" s="7">
+        <v>430</v>
+      </c>
+      <c r="J358" s="7">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="359" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B359" s="29"/>
+      <c r="C359" s="30"/>
+      <c r="D359" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E359" s="6">
+        <v>1447</v>
+      </c>
+      <c r="F359" s="6">
+        <v>1319</v>
+      </c>
+      <c r="G359" s="23">
+        <v>1297</v>
+      </c>
+      <c r="H359" s="22"/>
+      <c r="I359" s="6">
+        <v>1326</v>
+      </c>
+      <c r="J359" s="6">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="360" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B360" s="31"/>
+      <c r="C360" s="32"/>
+      <c r="D360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G360" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H360" s="22"/>
+      <c r="I360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J360" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="361" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B361" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="C361" s="28"/>
+      <c r="D361" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E361" s="7">
+        <v>5</v>
+      </c>
+      <c r="F361" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G361" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H361" s="22"/>
+      <c r="I361" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J361" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="362" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B362" s="29"/>
+      <c r="C362" s="30"/>
+      <c r="D362" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E362" s="7">
+        <v>16</v>
+      </c>
+      <c r="F362" s="7">
+        <v>14</v>
+      </c>
+      <c r="G362" s="24">
+        <v>12</v>
+      </c>
+      <c r="H362" s="22"/>
+      <c r="I362" s="7">
+        <v>7</v>
+      </c>
+      <c r="J362" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="363" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B363" s="29"/>
+      <c r="C363" s="30"/>
+      <c r="D363" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E363" s="7">
+        <v>68</v>
+      </c>
+      <c r="F363" s="7">
+        <v>64</v>
+      </c>
+      <c r="G363" s="24">
+        <v>56</v>
+      </c>
+      <c r="H363" s="22"/>
+      <c r="I363" s="7">
+        <v>72</v>
+      </c>
+      <c r="J363" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="364" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B364" s="29"/>
+      <c r="C364" s="30"/>
+      <c r="D364" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E364" s="6">
+        <v>89</v>
+      </c>
+      <c r="F364" s="6">
+        <v>82</v>
+      </c>
+      <c r="G364" s="23">
+        <v>72</v>
+      </c>
+      <c r="H364" s="22"/>
+      <c r="I364" s="6">
+        <v>81</v>
+      </c>
+      <c r="J364" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="365" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B365" s="31"/>
+      <c r="C365" s="32"/>
+      <c r="D365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G365" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H365" s="22"/>
+      <c r="I365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J365" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="366" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B366" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C366" s="28"/>
+      <c r="D366" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E366" s="7">
+        <v>57</v>
+      </c>
+      <c r="F366" s="7">
+        <v>65</v>
+      </c>
+      <c r="G366" s="24">
+        <v>56</v>
+      </c>
+      <c r="H366" s="22"/>
+      <c r="I366" s="7">
         <v>63</v>
       </c>
-      <c s="13" r="J8">
+      <c r="J366" s="7">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="367" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B367" s="29"/>
+      <c r="C367" s="30"/>
+      <c r="D367" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E367" s="7">
+        <v>243</v>
+      </c>
+      <c r="F367" s="7">
+        <v>214</v>
+      </c>
+      <c r="G367" s="24">
+        <v>214</v>
+      </c>
+      <c r="H367" s="22"/>
+      <c r="I367" s="7">
+        <v>231</v>
+      </c>
+      <c r="J367" s="7">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="368" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B368" s="29"/>
+      <c r="C368" s="30"/>
+      <c r="D368" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E368" s="7">
+        <v>138</v>
+      </c>
+      <c r="F368" s="7">
+        <v>140</v>
+      </c>
+      <c r="G368" s="24">
+        <v>132</v>
+      </c>
+      <c r="H368" s="22"/>
+      <c r="I368" s="7">
+        <v>132</v>
+      </c>
+      <c r="J368" s="7">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="369" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B369" s="29"/>
+      <c r="C369" s="30"/>
+      <c r="D369" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E369" s="6">
+        <v>438</v>
+      </c>
+      <c r="F369" s="6">
+        <v>419</v>
+      </c>
+      <c r="G369" s="23">
+        <v>402</v>
+      </c>
+      <c r="H369" s="22"/>
+      <c r="I369" s="6">
+        <v>426</v>
+      </c>
+      <c r="J369" s="6">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="370" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B370" s="31"/>
+      <c r="C370" s="32"/>
+      <c r="D370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G370" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H370" s="22"/>
+      <c r="I370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J370" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="371" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B371" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C371" s="28"/>
+      <c r="D371" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E371" s="7">
+        <v>41</v>
+      </c>
+      <c r="F371" s="7">
+        <v>50</v>
+      </c>
+      <c r="G371" s="24">
+        <v>41</v>
+      </c>
+      <c r="H371" s="22"/>
+      <c r="I371" s="7">
+        <v>55</v>
+      </c>
+      <c r="J371" s="7">
         <v>59</v>
       </c>
     </row>
-    <row r="9" ht="15.8" customHeight="0">
-[...7 lines deleted...]
-      <c s="13" r="E9">
+    <row r="372" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B372" s="29"/>
+      <c r="C372" s="30"/>
+      <c r="D372" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E372" s="7">
+        <v>163</v>
+      </c>
+      <c r="F372" s="7">
+        <v>164</v>
+      </c>
+      <c r="G372" s="24">
+        <v>156</v>
+      </c>
+      <c r="H372" s="22"/>
+      <c r="I372" s="7">
+        <v>139</v>
+      </c>
+      <c r="J372" s="7">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="373" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B373" s="29"/>
+      <c r="C373" s="30"/>
+      <c r="D373" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E373" s="7">
+        <v>94</v>
+      </c>
+      <c r="F373" s="7">
+        <v>87</v>
+      </c>
+      <c r="G373" s="24">
+        <v>94</v>
+      </c>
+      <c r="H373" s="22"/>
+      <c r="I373" s="7">
         <v>98</v>
       </c>
-      <c s="13" r="F9">
-[...31 lines deleted...]
-      <c s="11" r="I10">
+      <c r="J373" s="7">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="374" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B374" s="29"/>
+      <c r="C374" s="30"/>
+      <c r="D374" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E374" s="6">
+        <v>298</v>
+      </c>
+      <c r="F374" s="6">
+        <v>301</v>
+      </c>
+      <c r="G374" s="23">
+        <v>291</v>
+      </c>
+      <c r="H374" s="22"/>
+      <c r="I374" s="6">
+        <v>292</v>
+      </c>
+      <c r="J374" s="6">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="375" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B375" s="31"/>
+      <c r="C375" s="32"/>
+      <c r="D375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G375" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H375" s="22"/>
+      <c r="I375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J375" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="376" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B376" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="C376" s="28"/>
+      <c r="D376" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E376" s="7">
+        <v>48</v>
+      </c>
+      <c r="F376" s="7">
+        <v>49</v>
+      </c>
+      <c r="G376" s="24">
+        <v>45</v>
+      </c>
+      <c r="H376" s="22"/>
+      <c r="I376" s="7">
+        <v>61</v>
+      </c>
+      <c r="J376" s="7">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="377" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B377" s="29"/>
+      <c r="C377" s="30"/>
+      <c r="D377" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E377" s="7">
+        <v>25</v>
+      </c>
+      <c r="F377" s="7">
+        <v>29</v>
+      </c>
+      <c r="G377" s="24">
+        <v>33</v>
+      </c>
+      <c r="H377" s="22"/>
+      <c r="I377" s="7">
+        <v>29</v>
+      </c>
+      <c r="J377" s="7">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="378" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B378" s="29"/>
+      <c r="C378" s="30"/>
+      <c r="D378" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E378" s="7">
+        <v>63</v>
+      </c>
+      <c r="F378" s="7">
+        <v>53</v>
+      </c>
+      <c r="G378" s="24">
+        <v>58</v>
+      </c>
+      <c r="H378" s="22"/>
+      <c r="I378" s="7">
+        <v>72</v>
+      </c>
+      <c r="J378" s="7">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="379" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B379" s="29"/>
+      <c r="C379" s="30"/>
+      <c r="D379" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E379" s="6">
+        <v>136</v>
+      </c>
+      <c r="F379" s="6">
+        <v>131</v>
+      </c>
+      <c r="G379" s="23">
+        <v>136</v>
+      </c>
+      <c r="H379" s="22"/>
+      <c r="I379" s="6">
+        <v>162</v>
+      </c>
+      <c r="J379" s="6">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="380" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B380" s="31"/>
+      <c r="C380" s="32"/>
+      <c r="D380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G380" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H380" s="22"/>
+      <c r="I380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J380" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="381" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B381" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C381" s="28"/>
+      <c r="D381" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E381" s="7">
+        <v>164</v>
+      </c>
+      <c r="F381" s="7">
+        <v>206</v>
+      </c>
+      <c r="G381" s="24">
+        <v>170</v>
+      </c>
+      <c r="H381" s="22"/>
+      <c r="I381" s="7">
+        <v>202</v>
+      </c>
+      <c r="J381" s="7">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="382" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B382" s="29"/>
+      <c r="C382" s="30"/>
+      <c r="D382" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E382" s="7">
+        <v>84</v>
+      </c>
+      <c r="F382" s="7">
+        <v>94</v>
+      </c>
+      <c r="G382" s="24">
+        <v>102</v>
+      </c>
+      <c r="H382" s="22"/>
+      <c r="I382" s="7">
+        <v>99</v>
+      </c>
+      <c r="J382" s="7">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="383" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B383" s="29"/>
+      <c r="C383" s="30"/>
+      <c r="D383" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E383" s="7">
+        <v>210</v>
+      </c>
+      <c r="F383" s="7">
+        <v>186</v>
+      </c>
+      <c r="G383" s="24">
+        <v>206</v>
+      </c>
+      <c r="H383" s="22"/>
+      <c r="I383" s="7">
         <v>219</v>
       </c>
-      <c s="11" r="J10">
-[...50 lines deleted...]
-      <c s="13" r="E12">
+      <c r="J383" s="7">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="384" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B384" s="29"/>
+      <c r="C384" s="30"/>
+      <c r="D384" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E384" s="6">
+        <v>458</v>
+      </c>
+      <c r="F384" s="6">
+        <v>486</v>
+      </c>
+      <c r="G384" s="23">
+        <v>478</v>
+      </c>
+      <c r="H384" s="22"/>
+      <c r="I384" s="6">
+        <v>520</v>
+      </c>
+      <c r="J384" s="6">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="385" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B385" s="31"/>
+      <c r="C385" s="32"/>
+      <c r="D385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G385" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H385" s="22"/>
+      <c r="I385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J385" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="386" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B386" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C386" s="28"/>
+      <c r="D386" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E386" s="7">
+        <v>70</v>
+      </c>
+      <c r="F386" s="7">
+        <v>68</v>
+      </c>
+      <c r="G386" s="24">
+        <v>65</v>
+      </c>
+      <c r="H386" s="22"/>
+      <c r="I386" s="7">
+        <v>81</v>
+      </c>
+      <c r="J386" s="7">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="387" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B387" s="29"/>
+      <c r="C387" s="30"/>
+      <c r="D387" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E387" s="7">
+        <v>24</v>
+      </c>
+      <c r="F387" s="7">
+        <v>33</v>
+      </c>
+      <c r="G387" s="24">
+        <v>46</v>
+      </c>
+      <c r="H387" s="22"/>
+      <c r="I387" s="7">
+        <v>37</v>
+      </c>
+      <c r="J387" s="7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="388" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B388" s="29"/>
+      <c r="C388" s="30"/>
+      <c r="D388" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E388" s="7">
+        <v>110</v>
+      </c>
+      <c r="F388" s="7">
+        <v>96</v>
+      </c>
+      <c r="G388" s="24">
+        <v>105</v>
+      </c>
+      <c r="H388" s="22"/>
+      <c r="I388" s="7">
+        <v>102</v>
+      </c>
+      <c r="J388" s="7">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="389" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B389" s="29"/>
+      <c r="C389" s="30"/>
+      <c r="D389" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E389" s="6">
+        <v>204</v>
+      </c>
+      <c r="F389" s="6">
+        <v>197</v>
+      </c>
+      <c r="G389" s="23">
+        <v>216</v>
+      </c>
+      <c r="H389" s="22"/>
+      <c r="I389" s="6">
+        <v>220</v>
+      </c>
+      <c r="J389" s="6">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="390" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B390" s="31"/>
+      <c r="C390" s="32"/>
+      <c r="D390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G390" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H390" s="22"/>
+      <c r="I390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J390" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="391" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B391" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C391" s="28"/>
+      <c r="D391" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E391" s="7">
+        <v>52</v>
+      </c>
+      <c r="F391" s="7">
+        <v>64</v>
+      </c>
+      <c r="G391" s="24">
+        <v>57</v>
+      </c>
+      <c r="H391" s="22"/>
+      <c r="I391" s="7">
+        <v>83</v>
+      </c>
+      <c r="J391" s="7">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="392" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B392" s="29"/>
+      <c r="C392" s="30"/>
+      <c r="D392" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E392" s="7">
+        <v>37</v>
+      </c>
+      <c r="F392" s="7">
+        <v>33</v>
+      </c>
+      <c r="G392" s="24">
+        <v>40</v>
+      </c>
+      <c r="H392" s="22"/>
+      <c r="I392" s="7">
+        <v>37</v>
+      </c>
+      <c r="J392" s="7">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="393" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B393" s="29"/>
+      <c r="C393" s="30"/>
+      <c r="D393" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E393" s="7">
+        <v>110</v>
+      </c>
+      <c r="F393" s="7">
+        <v>99</v>
+      </c>
+      <c r="G393" s="24">
+        <v>112</v>
+      </c>
+      <c r="H393" s="22"/>
+      <c r="I393" s="7">
+        <v>143</v>
+      </c>
+      <c r="J393" s="7">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="394" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B394" s="29"/>
+      <c r="C394" s="30"/>
+      <c r="D394" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E394" s="6">
+        <v>199</v>
+      </c>
+      <c r="F394" s="6">
+        <v>196</v>
+      </c>
+      <c r="G394" s="23">
+        <v>209</v>
+      </c>
+      <c r="H394" s="22"/>
+      <c r="I394" s="6">
+        <v>263</v>
+      </c>
+      <c r="J394" s="6">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="395" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B395" s="31"/>
+      <c r="C395" s="32"/>
+      <c r="D395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G395" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H395" s="22"/>
+      <c r="I395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J395" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="396" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B396" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C396" s="28"/>
+      <c r="D396" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E396" s="7">
+        <v>14</v>
+      </c>
+      <c r="F396" s="7">
+        <v>14</v>
+      </c>
+      <c r="G396" s="24">
+        <v>19</v>
+      </c>
+      <c r="H396" s="22"/>
+      <c r="I396" s="7">
+        <v>14</v>
+      </c>
+      <c r="J396" s="7">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="397" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B397" s="29"/>
+      <c r="C397" s="30"/>
+      <c r="D397" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E397" s="7">
+        <v>56</v>
+      </c>
+      <c r="F397" s="7">
+        <v>43</v>
+      </c>
+      <c r="G397" s="24">
+        <v>48</v>
+      </c>
+      <c r="H397" s="22"/>
+      <c r="I397" s="7">
+        <v>52</v>
+      </c>
+      <c r="J397" s="7">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="398" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B398" s="29"/>
+      <c r="C398" s="30"/>
+      <c r="D398" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E398" s="7">
+        <v>116</v>
+      </c>
+      <c r="F398" s="7">
+        <v>116</v>
+      </c>
+      <c r="G398" s="24">
+        <v>111</v>
+      </c>
+      <c r="H398" s="22"/>
+      <c r="I398" s="7">
+        <v>119</v>
+      </c>
+      <c r="J398" s="7">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="399" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B399" s="29"/>
+      <c r="C399" s="30"/>
+      <c r="D399" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E399" s="6">
+        <v>186</v>
+      </c>
+      <c r="F399" s="6">
+        <v>173</v>
+      </c>
+      <c r="G399" s="23">
+        <v>178</v>
+      </c>
+      <c r="H399" s="22"/>
+      <c r="I399" s="6">
+        <v>185</v>
+      </c>
+      <c r="J399" s="6">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="400" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B400" s="31"/>
+      <c r="C400" s="32"/>
+      <c r="D400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G400" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H400" s="22"/>
+      <c r="I400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J400" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="401" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B401" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C401" s="28"/>
+      <c r="D401" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E401" s="7">
+        <v>6</v>
+      </c>
+      <c r="F401" s="7">
+        <v>7</v>
+      </c>
+      <c r="G401" s="24">
+        <v>10</v>
+      </c>
+      <c r="H401" s="22"/>
+      <c r="I401" s="7">
         <v>12</v>
       </c>
-      <c s="13" r="F12">
-[...2 lines deleted...]
-      <c s="13" r="G12">
+      <c r="J401" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="402" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B402" s="29"/>
+      <c r="C402" s="30"/>
+      <c r="D402" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E402" s="7">
+        <v>7</v>
+      </c>
+      <c r="F402" s="7">
+        <v>7</v>
+      </c>
+      <c r="G402" s="24">
+        <v>6</v>
+      </c>
+      <c r="H402" s="22"/>
+      <c r="I402" s="7">
+        <v>7</v>
+      </c>
+      <c r="J402" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="403" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B403" s="29"/>
+      <c r="C403" s="30"/>
+      <c r="D403" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E403" s="7">
+        <v>53</v>
+      </c>
+      <c r="F403" s="7">
+        <v>62</v>
+      </c>
+      <c r="G403" s="24">
+        <v>67</v>
+      </c>
+      <c r="H403" s="22"/>
+      <c r="I403" s="7">
+        <v>85</v>
+      </c>
+      <c r="J403" s="7">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="404" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B404" s="29"/>
+      <c r="C404" s="30"/>
+      <c r="D404" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E404" s="6">
+        <v>66</v>
+      </c>
+      <c r="F404" s="6">
+        <v>76</v>
+      </c>
+      <c r="G404" s="23">
+        <v>83</v>
+      </c>
+      <c r="H404" s="22"/>
+      <c r="I404" s="6">
+        <v>104</v>
+      </c>
+      <c r="J404" s="6">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="405" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B405" s="31"/>
+      <c r="C405" s="32"/>
+      <c r="D405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G405" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H405" s="22"/>
+      <c r="I405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J405" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="406" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B406" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C406" s="28"/>
+      <c r="D406" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E406" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F406" s="7">
+        <v>5</v>
+      </c>
+      <c r="G406" s="24">
+        <v>5</v>
+      </c>
+      <c r="H406" s="22"/>
+      <c r="I406" s="7">
         <v>9</v>
       </c>
-      <c s="6" t="str" r="H12"/>
-[...15 lines deleted...]
-      <c s="13" r="E13">
+      <c r="J406" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="407" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B407" s="29"/>
+      <c r="C407" s="30"/>
+      <c r="D407" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E407" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F407" s="7">
+        <v>7</v>
+      </c>
+      <c r="G407" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H407" s="22"/>
+      <c r="I407" s="7">
+        <v>7</v>
+      </c>
+      <c r="J407" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="408" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B408" s="29"/>
+      <c r="C408" s="30"/>
+      <c r="D408" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E408" s="7">
+        <v>47</v>
+      </c>
+      <c r="F408" s="7">
+        <v>42</v>
+      </c>
+      <c r="G408" s="24">
+        <v>57</v>
+      </c>
+      <c r="H408" s="22"/>
+      <c r="I408" s="7">
+        <v>67</v>
+      </c>
+      <c r="J408" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="409" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B409" s="29"/>
+      <c r="C409" s="30"/>
+      <c r="D409" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E409" s="6">
+        <v>52</v>
+      </c>
+      <c r="F409" s="6">
+        <v>54</v>
+      </c>
+      <c r="G409" s="23">
+        <v>65</v>
+      </c>
+      <c r="H409" s="22"/>
+      <c r="I409" s="6">
+        <v>83</v>
+      </c>
+      <c r="J409" s="6">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="410" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B410" s="31"/>
+      <c r="C410" s="32"/>
+      <c r="D410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G410" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H410" s="22"/>
+      <c r="I410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J410" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="411" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B411" s="20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C411" s="28"/>
+      <c r="D411" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E411" s="7">
+        <v>17</v>
+      </c>
+      <c r="F411" s="7">
+        <v>26</v>
+      </c>
+      <c r="G411" s="24">
+        <v>34</v>
+      </c>
+      <c r="H411" s="22"/>
+      <c r="I411" s="7">
+        <v>26</v>
+      </c>
+      <c r="J411" s="7">
         <v>23</v>
       </c>
-      <c s="13" r="F13">
-[...9 lines deleted...]
-      <c s="13" r="J13">
+    </row>
+    <row r="412" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B412" s="29"/>
+      <c r="C412" s="30"/>
+      <c r="D412" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E412" s="7">
+        <v>85</v>
+      </c>
+      <c r="F412" s="7">
+        <v>82</v>
+      </c>
+      <c r="G412" s="24">
+        <v>77</v>
+      </c>
+      <c r="H412" s="22"/>
+      <c r="I412" s="7">
+        <v>79</v>
+      </c>
+      <c r="J412" s="7">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="413" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B413" s="29"/>
+      <c r="C413" s="30"/>
+      <c r="D413" s="10" t="s">
         <v>26</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c s="13" r="E14">
+      <c r="E413" s="7">
+        <v>101</v>
+      </c>
+      <c r="F413" s="7">
+        <v>73</v>
+      </c>
+      <c r="G413" s="24">
+        <v>95</v>
+      </c>
+      <c r="H413" s="22"/>
+      <c r="I413" s="7">
+        <v>105</v>
+      </c>
+      <c r="J413" s="7">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="414" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B414" s="29"/>
+      <c r="C414" s="30"/>
+      <c r="D414" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E414" s="6">
+        <v>203</v>
+      </c>
+      <c r="F414" s="6">
+        <v>181</v>
+      </c>
+      <c r="G414" s="23">
+        <v>206</v>
+      </c>
+      <c r="H414" s="22"/>
+      <c r="I414" s="6">
+        <v>210</v>
+      </c>
+      <c r="J414" s="6">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="415" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B415" s="31"/>
+      <c r="C415" s="32"/>
+      <c r="D415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G415" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H415" s="22"/>
+      <c r="I415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J415" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="416" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B416" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C416" s="28"/>
+      <c r="D416" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E416" s="7">
+        <v>25</v>
+      </c>
+      <c r="F416" s="7">
+        <v>23</v>
+      </c>
+      <c r="G416" s="24">
+        <v>19</v>
+      </c>
+      <c r="H416" s="22"/>
+      <c r="I416" s="7">
+        <v>33</v>
+      </c>
+      <c r="J416" s="7">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="417" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B417" s="29"/>
+      <c r="C417" s="30"/>
+      <c r="D417" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E417" s="7">
         <v>38</v>
       </c>
-      <c s="13" r="F14">
-[...166 lines deleted...]
-      <c s="11" r="E20">
+      <c r="F417" s="7">
+        <v>33</v>
+      </c>
+      <c r="G417" s="24">
         <v>44</v>
       </c>
-      <c s="11" r="F20">
+      <c r="H417" s="22"/>
+      <c r="I417" s="7">
+        <v>42</v>
+      </c>
+      <c r="J417" s="7">
         <v>38</v>
       </c>
-      <c s="11" r="G20">
-[...144 lines deleted...]
-      <c s="11" r="E25">
+    </row>
+    <row r="418" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B418" s="29"/>
+      <c r="C418" s="30"/>
+      <c r="D418" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E418" s="7">
+        <v>132</v>
+      </c>
+      <c r="F418" s="7">
+        <v>111</v>
+      </c>
+      <c r="G418" s="24">
+        <v>83</v>
+      </c>
+      <c r="H418" s="22"/>
+      <c r="I418" s="7">
+        <v>102</v>
+      </c>
+      <c r="J418" s="7">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="419" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B419" s="29"/>
+      <c r="C419" s="30"/>
+      <c r="D419" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E419" s="6">
+        <v>195</v>
+      </c>
+      <c r="F419" s="6">
+        <v>167</v>
+      </c>
+      <c r="G419" s="23">
+        <v>146</v>
+      </c>
+      <c r="H419" s="22"/>
+      <c r="I419" s="6">
+        <v>177</v>
+      </c>
+      <c r="J419" s="6">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="420" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B420" s="31"/>
+      <c r="C420" s="32"/>
+      <c r="D420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G420" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H420" s="22"/>
+      <c r="I420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J420" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="421" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="422" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B422" s="15" t="s">
         <v>14</v>
       </c>
-      <c s="11" r="F25">
-[...11196 lines deleted...]
-    <row r="407" ht="0.05" customHeight="1"/>
+      <c r="C422" s="16"/>
+      <c r="D422" s="16"/>
+      <c r="E422" s="16"/>
+      <c r="F422" s="16"/>
+      <c r="G422" s="16"/>
+    </row>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="504">
     <mergeCell ref="B4:L4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="E5:J5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
     <mergeCell ref="B7:C11"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B172:C175"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B181:C185"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="B176:C180"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="B191:C195"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="B186:C190"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="B201:C205"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="B196:C200"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="B211:C215"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="B206:C210"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="B220:C224"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="B216:C219"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="B230:C234"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="B225:C229"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="B240:C244"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="B235:C239"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="B249:C252"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="B245:C248"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="B257:C260"/>
+    <mergeCell ref="G257:H257"/>
+    <mergeCell ref="G258:H258"/>
+    <mergeCell ref="G259:H259"/>
+    <mergeCell ref="G260:H260"/>
+    <mergeCell ref="B253:C256"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B266:C270"/>
+    <mergeCell ref="G266:H266"/>
+    <mergeCell ref="G267:H267"/>
+    <mergeCell ref="G268:H268"/>
+    <mergeCell ref="G269:H269"/>
+    <mergeCell ref="G270:H270"/>
+    <mergeCell ref="B261:C265"/>
+    <mergeCell ref="G261:H261"/>
+    <mergeCell ref="G262:H262"/>
+    <mergeCell ref="G263:H263"/>
+    <mergeCell ref="G264:H264"/>
+    <mergeCell ref="G265:H265"/>
+    <mergeCell ref="B276:C280"/>
+    <mergeCell ref="G276:H276"/>
+    <mergeCell ref="G277:H277"/>
+    <mergeCell ref="G278:H278"/>
+    <mergeCell ref="G279:H279"/>
+    <mergeCell ref="G280:H280"/>
+    <mergeCell ref="B271:C275"/>
+    <mergeCell ref="G271:H271"/>
+    <mergeCell ref="G272:H272"/>
+    <mergeCell ref="G273:H273"/>
+    <mergeCell ref="G274:H274"/>
+    <mergeCell ref="G275:H275"/>
+    <mergeCell ref="B286:C290"/>
+    <mergeCell ref="G286:H286"/>
+    <mergeCell ref="G287:H287"/>
+    <mergeCell ref="G288:H288"/>
+    <mergeCell ref="G289:H289"/>
+    <mergeCell ref="G290:H290"/>
+    <mergeCell ref="B281:C285"/>
+    <mergeCell ref="G281:H281"/>
+    <mergeCell ref="G282:H282"/>
+    <mergeCell ref="G283:H283"/>
+    <mergeCell ref="G284:H284"/>
+    <mergeCell ref="G285:H285"/>
+    <mergeCell ref="B296:C300"/>
+    <mergeCell ref="G296:H296"/>
+    <mergeCell ref="G297:H297"/>
+    <mergeCell ref="G298:H298"/>
+    <mergeCell ref="G299:H299"/>
+    <mergeCell ref="G300:H300"/>
+    <mergeCell ref="B291:C295"/>
+    <mergeCell ref="G291:H291"/>
+    <mergeCell ref="G292:H292"/>
+    <mergeCell ref="G293:H293"/>
+    <mergeCell ref="G294:H294"/>
+    <mergeCell ref="G295:H295"/>
+    <mergeCell ref="B306:C310"/>
+    <mergeCell ref="G306:H306"/>
+    <mergeCell ref="G307:H307"/>
+    <mergeCell ref="G308:H308"/>
+    <mergeCell ref="G309:H309"/>
+    <mergeCell ref="G310:H310"/>
+    <mergeCell ref="B301:C305"/>
+    <mergeCell ref="G301:H301"/>
+    <mergeCell ref="G302:H302"/>
+    <mergeCell ref="G303:H303"/>
+    <mergeCell ref="G304:H304"/>
+    <mergeCell ref="G305:H305"/>
+    <mergeCell ref="B316:C320"/>
+    <mergeCell ref="G316:H316"/>
+    <mergeCell ref="G317:H317"/>
+    <mergeCell ref="G318:H318"/>
+    <mergeCell ref="G319:H319"/>
+    <mergeCell ref="G320:H320"/>
+    <mergeCell ref="B311:C315"/>
+    <mergeCell ref="G311:H311"/>
+    <mergeCell ref="G312:H312"/>
+    <mergeCell ref="G313:H313"/>
+    <mergeCell ref="G314:H314"/>
+    <mergeCell ref="G315:H315"/>
+    <mergeCell ref="B326:C330"/>
+    <mergeCell ref="G326:H326"/>
+    <mergeCell ref="G327:H327"/>
+    <mergeCell ref="G328:H328"/>
+    <mergeCell ref="G329:H329"/>
+    <mergeCell ref="G330:H330"/>
+    <mergeCell ref="B321:C325"/>
+    <mergeCell ref="G321:H321"/>
+    <mergeCell ref="G322:H322"/>
+    <mergeCell ref="G323:H323"/>
+    <mergeCell ref="G324:H324"/>
+    <mergeCell ref="G325:H325"/>
+    <mergeCell ref="B336:C340"/>
+    <mergeCell ref="G336:H336"/>
+    <mergeCell ref="G337:H337"/>
+    <mergeCell ref="G338:H338"/>
+    <mergeCell ref="G339:H339"/>
+    <mergeCell ref="G340:H340"/>
+    <mergeCell ref="B331:C335"/>
+    <mergeCell ref="G331:H331"/>
+    <mergeCell ref="G332:H332"/>
+    <mergeCell ref="G333:H333"/>
+    <mergeCell ref="G334:H334"/>
+    <mergeCell ref="G335:H335"/>
+    <mergeCell ref="B346:C350"/>
+    <mergeCell ref="G346:H346"/>
+    <mergeCell ref="G347:H347"/>
+    <mergeCell ref="G348:H348"/>
+    <mergeCell ref="G349:H349"/>
+    <mergeCell ref="G350:H350"/>
+    <mergeCell ref="B341:C345"/>
+    <mergeCell ref="G341:H341"/>
+    <mergeCell ref="G342:H342"/>
+    <mergeCell ref="G343:H343"/>
+    <mergeCell ref="G344:H344"/>
+    <mergeCell ref="G345:H345"/>
+    <mergeCell ref="B356:C360"/>
+    <mergeCell ref="G356:H356"/>
+    <mergeCell ref="G357:H357"/>
+    <mergeCell ref="G358:H358"/>
+    <mergeCell ref="G359:H359"/>
+    <mergeCell ref="G360:H360"/>
+    <mergeCell ref="B351:C355"/>
+    <mergeCell ref="G351:H351"/>
+    <mergeCell ref="G352:H352"/>
+    <mergeCell ref="G353:H353"/>
+    <mergeCell ref="G354:H354"/>
+    <mergeCell ref="G355:H355"/>
+    <mergeCell ref="B366:C370"/>
+    <mergeCell ref="G366:H366"/>
+    <mergeCell ref="G367:H367"/>
+    <mergeCell ref="G368:H368"/>
+    <mergeCell ref="G369:H369"/>
+    <mergeCell ref="G370:H370"/>
+    <mergeCell ref="B361:C365"/>
+    <mergeCell ref="G361:H361"/>
+    <mergeCell ref="G362:H362"/>
+    <mergeCell ref="G363:H363"/>
+    <mergeCell ref="G364:H364"/>
+    <mergeCell ref="G365:H365"/>
+    <mergeCell ref="B376:C380"/>
+    <mergeCell ref="G376:H376"/>
+    <mergeCell ref="G377:H377"/>
+    <mergeCell ref="G378:H378"/>
+    <mergeCell ref="G379:H379"/>
+    <mergeCell ref="G380:H380"/>
+    <mergeCell ref="B371:C375"/>
+    <mergeCell ref="G371:H371"/>
+    <mergeCell ref="G372:H372"/>
+    <mergeCell ref="G373:H373"/>
+    <mergeCell ref="G374:H374"/>
+    <mergeCell ref="G375:H375"/>
+    <mergeCell ref="B386:C390"/>
+    <mergeCell ref="G386:H386"/>
+    <mergeCell ref="G387:H387"/>
+    <mergeCell ref="G388:H388"/>
+    <mergeCell ref="G389:H389"/>
+    <mergeCell ref="G390:H390"/>
+    <mergeCell ref="B381:C385"/>
+    <mergeCell ref="G381:H381"/>
+    <mergeCell ref="G382:H382"/>
+    <mergeCell ref="G383:H383"/>
+    <mergeCell ref="G384:H384"/>
+    <mergeCell ref="G385:H385"/>
+    <mergeCell ref="B396:C400"/>
+    <mergeCell ref="G396:H396"/>
+    <mergeCell ref="G397:H397"/>
+    <mergeCell ref="G398:H398"/>
+    <mergeCell ref="G399:H399"/>
+    <mergeCell ref="G400:H400"/>
+    <mergeCell ref="B391:C395"/>
+    <mergeCell ref="G391:H391"/>
+    <mergeCell ref="G392:H392"/>
+    <mergeCell ref="G393:H393"/>
+    <mergeCell ref="G394:H394"/>
+    <mergeCell ref="G395:H395"/>
+    <mergeCell ref="B406:C410"/>
+    <mergeCell ref="G406:H406"/>
+    <mergeCell ref="G407:H407"/>
+    <mergeCell ref="G408:H408"/>
+    <mergeCell ref="G409:H409"/>
+    <mergeCell ref="G410:H410"/>
+    <mergeCell ref="B401:C405"/>
+    <mergeCell ref="G401:H401"/>
+    <mergeCell ref="G402:H402"/>
+    <mergeCell ref="G403:H403"/>
+    <mergeCell ref="G404:H404"/>
+    <mergeCell ref="G405:H405"/>
+    <mergeCell ref="B422:G422"/>
+    <mergeCell ref="B416:C420"/>
+    <mergeCell ref="G416:H416"/>
+    <mergeCell ref="G417:H417"/>
+    <mergeCell ref="G418:H418"/>
+    <mergeCell ref="G419:H419"/>
+    <mergeCell ref="G420:H420"/>
+    <mergeCell ref="B411:C415"/>
+    <mergeCell ref="G411:H411"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="G413:H413"/>
+    <mergeCell ref="G414:H414"/>
+    <mergeCell ref="G415:H415"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="B1:L422"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" width="36.5703125" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="3.42578125" customWidth="1"/>
+    <col min="8" max="8" width="9" customWidth="1"/>
+    <col min="9" max="10" width="12.42578125" customWidth="1"/>
+    <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="56.42578125" customWidth="1"/>
+    <col min="13" max="13" width="1.42578125" customWidth="1"/>
+    <col min="14" max="14" width="1.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:12" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+    </row>
+    <row r="5" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B5" s="36" t="s">
+        <v>112</v>
+      </c>
+      <c r="C5" s="37"/>
+      <c r="D5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="37"/>
+      <c r="G5" s="37"/>
+      <c r="H5" s="37"/>
+      <c r="I5" s="37"/>
+      <c r="J5" s="37"/>
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B6" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="22"/>
+      <c r="D6" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="22"/>
+      <c r="I6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B7" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="28"/>
+      <c r="D7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="13">
+        <v>12.32</v>
+      </c>
+      <c r="F7" s="13">
+        <v>13.46</v>
+      </c>
+      <c r="G7" s="40">
+        <v>14.14</v>
+      </c>
+      <c r="H7" s="22"/>
+      <c r="I7" s="13">
+        <v>16.89</v>
+      </c>
+      <c r="J7" s="13">
+        <v>14.98</v>
+      </c>
+    </row>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="29"/>
+      <c r="C8" s="30"/>
+      <c r="D8" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" s="13">
+        <v>15.57</v>
+      </c>
+      <c r="F8" s="13">
+        <v>16.420000000000002</v>
+      </c>
+      <c r="G8" s="40">
+        <v>16.96</v>
+      </c>
+      <c r="H8" s="22"/>
+      <c r="I8" s="13">
+        <v>18.559999999999999</v>
+      </c>
+      <c r="J8" s="13">
+        <v>20.81</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="29"/>
+      <c r="C9" s="30"/>
+      <c r="D9" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="13">
+        <v>6.59</v>
+      </c>
+      <c r="F9" s="13">
+        <v>9.69</v>
+      </c>
+      <c r="G9" s="40">
+        <v>9.5399999999999991</v>
+      </c>
+      <c r="H9" s="22"/>
+      <c r="I9" s="13">
+        <v>8.18</v>
+      </c>
+      <c r="J9" s="13">
+        <v>10.01</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="29"/>
+      <c r="C10" s="30"/>
+      <c r="D10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="14">
+        <v>10.119999999999999</v>
+      </c>
+      <c r="F10" s="14">
+        <v>12.6</v>
+      </c>
+      <c r="G10" s="41">
+        <v>12.17</v>
+      </c>
+      <c r="H10" s="22"/>
+      <c r="I10" s="14">
+        <v>12.68</v>
+      </c>
+      <c r="J10" s="14">
+        <v>13.61</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B11" s="31"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="22"/>
+      <c r="I11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J11" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B12" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="28"/>
+      <c r="D12" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="13">
+        <v>7.08</v>
+      </c>
+      <c r="F12" s="13">
+        <v>9.08</v>
+      </c>
+      <c r="G12" s="40">
+        <v>14.11</v>
+      </c>
+      <c r="H12" s="22"/>
+      <c r="I12" s="13">
+        <v>6.2</v>
+      </c>
+      <c r="J12" s="13">
+        <v>8.3000000000000007</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="29"/>
+      <c r="C13" s="30"/>
+      <c r="D13" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="13">
+        <v>10.74</v>
+      </c>
+      <c r="F13" s="13">
+        <v>12.35</v>
+      </c>
+      <c r="G13" s="40">
+        <v>12.41</v>
+      </c>
+      <c r="H13" s="22"/>
+      <c r="I13" s="13">
+        <v>14.9</v>
+      </c>
+      <c r="J13" s="13">
+        <v>8.26</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="29"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="13">
+        <v>7.79</v>
+      </c>
+      <c r="F14" s="13">
+        <v>6.44</v>
+      </c>
+      <c r="G14" s="40">
+        <v>6.08</v>
+      </c>
+      <c r="H14" s="22"/>
+      <c r="I14" s="13">
+        <v>5.27</v>
+      </c>
+      <c r="J14" s="13">
+        <v>7.89</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="14">
+        <v>8.6</v>
+      </c>
+      <c r="F15" s="14">
+        <v>9.11</v>
+      </c>
+      <c r="G15" s="41">
+        <v>9.49</v>
+      </c>
+      <c r="H15" s="22"/>
+      <c r="I15" s="14">
+        <v>7.82</v>
+      </c>
+      <c r="J15" s="14">
+        <v>8.0299999999999994</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G16" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="22"/>
+      <c r="I16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B17" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="28"/>
+      <c r="D17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="13">
+        <v>17.8</v>
+      </c>
+      <c r="F17" s="13">
+        <v>12</v>
+      </c>
+      <c r="G17" s="40">
+        <v>14.5</v>
+      </c>
+      <c r="H17" s="22"/>
+      <c r="I17" s="13">
+        <v>8.67</v>
+      </c>
+      <c r="J17" s="13">
+        <v>17.829999999999998</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B18" s="29"/>
+      <c r="C18" s="30"/>
+      <c r="D18" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="13">
+        <v>11</v>
+      </c>
+      <c r="F18" s="13">
+        <v>19.11</v>
+      </c>
+      <c r="G18" s="40">
+        <v>13.17</v>
+      </c>
+      <c r="H18" s="22"/>
+      <c r="I18" s="13">
+        <v>8.17</v>
+      </c>
+      <c r="J18" s="13">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B19" s="29"/>
+      <c r="C19" s="30"/>
+      <c r="D19" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" s="13">
+        <v>12.06</v>
+      </c>
+      <c r="F19" s="13">
+        <v>10.24</v>
+      </c>
+      <c r="G19" s="40">
+        <v>11.19</v>
+      </c>
+      <c r="H19" s="22"/>
+      <c r="I19" s="13">
+        <v>13.89</v>
+      </c>
+      <c r="J19" s="13">
+        <v>10.68</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B20" s="29"/>
+      <c r="C20" s="30"/>
+      <c r="D20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E20" s="14">
+        <v>12.61</v>
+      </c>
+      <c r="F20" s="14">
+        <v>12.53</v>
+      </c>
+      <c r="G20" s="41">
+        <v>11.83</v>
+      </c>
+      <c r="H20" s="22"/>
+      <c r="I20" s="14">
+        <v>11.7</v>
+      </c>
+      <c r="J20" s="14">
+        <v>12.33</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="22"/>
+      <c r="I21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B22" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="28"/>
+      <c r="D22" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G22" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H22" s="22"/>
+      <c r="I22" s="13">
+        <v>7</v>
+      </c>
+      <c r="J22" s="13">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B23" s="29"/>
+      <c r="C23" s="30"/>
+      <c r="D23" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E23" s="13">
+        <v>12.67</v>
+      </c>
+      <c r="F23" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="G23" s="40">
+        <v>12.57</v>
+      </c>
+      <c r="H23" s="22"/>
+      <c r="I23" s="13">
+        <v>9.2200000000000006</v>
+      </c>
+      <c r="J23" s="13">
+        <v>10.92</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B24" s="29"/>
+      <c r="C24" s="30"/>
+      <c r="D24" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="13">
+        <v>8</v>
+      </c>
+      <c r="F24" s="13">
+        <v>9.27</v>
+      </c>
+      <c r="G24" s="40">
+        <v>11.2</v>
+      </c>
+      <c r="H24" s="22"/>
+      <c r="I24" s="13">
+        <v>8.77</v>
+      </c>
+      <c r="J24" s="13">
+        <v>9.24</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B25" s="29"/>
+      <c r="C25" s="30"/>
+      <c r="D25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="14">
+        <v>9</v>
+      </c>
+      <c r="F25" s="14">
+        <v>10.28</v>
+      </c>
+      <c r="G25" s="41">
+        <v>11.17</v>
+      </c>
+      <c r="H25" s="22"/>
+      <c r="I25" s="14">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="J25" s="14">
+        <v>10.26</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B26" s="31"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G26" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="22"/>
+      <c r="I26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B27" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="28"/>
+      <c r="D27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="13">
+        <v>34.17</v>
+      </c>
+      <c r="F27" s="13">
+        <v>14.35</v>
+      </c>
+      <c r="G27" s="40">
+        <v>13.5</v>
+      </c>
+      <c r="H27" s="22"/>
+      <c r="I27" s="13">
+        <v>8.25</v>
+      </c>
+      <c r="J27" s="13">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="28" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B28" s="29"/>
+      <c r="C28" s="30"/>
+      <c r="D28" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E28" s="13">
+        <v>16.46</v>
+      </c>
+      <c r="F28" s="13">
+        <v>14.13</v>
+      </c>
+      <c r="G28" s="40">
+        <v>22.61</v>
+      </c>
+      <c r="H28" s="22"/>
+      <c r="I28" s="13">
+        <v>14.51</v>
+      </c>
+      <c r="J28" s="13">
+        <v>24.06</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B29" s="29"/>
+      <c r="C29" s="30"/>
+      <c r="D29" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" s="13">
+        <v>11.56</v>
+      </c>
+      <c r="F29" s="13">
+        <v>16.23</v>
+      </c>
+      <c r="G29" s="40">
+        <v>14.57</v>
+      </c>
+      <c r="H29" s="22"/>
+      <c r="I29" s="13">
+        <v>10.62</v>
+      </c>
+      <c r="J29" s="13">
+        <v>11.6</v>
+      </c>
+    </row>
+    <row r="30" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B30" s="29"/>
+      <c r="C30" s="30"/>
+      <c r="D30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E30" s="14">
+        <v>15.65</v>
+      </c>
+      <c r="F30" s="14">
+        <v>14.82</v>
+      </c>
+      <c r="G30" s="41">
+        <v>19.03</v>
+      </c>
+      <c r="H30" s="22"/>
+      <c r="I30" s="14">
+        <v>12.81</v>
+      </c>
+      <c r="J30" s="14">
+        <v>18.3</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B31" s="31"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="22"/>
+      <c r="I31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B32" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="28"/>
+      <c r="D32" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="13">
+        <v>43.61</v>
+      </c>
+      <c r="F32" s="13">
+        <v>39.49</v>
+      </c>
+      <c r="G32" s="40">
+        <v>37.479999999999997</v>
+      </c>
+      <c r="H32" s="22"/>
+      <c r="I32" s="13">
+        <v>46.83</v>
+      </c>
+      <c r="J32" s="13">
+        <v>48.54</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B33" s="29"/>
+      <c r="C33" s="30"/>
+      <c r="D33" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E33" s="13">
+        <v>35.79</v>
+      </c>
+      <c r="F33" s="13">
+        <v>36.450000000000003</v>
+      </c>
+      <c r="G33" s="40">
+        <v>41.48</v>
+      </c>
+      <c r="H33" s="22"/>
+      <c r="I33" s="13">
+        <v>43.23</v>
+      </c>
+      <c r="J33" s="13">
+        <v>45.48</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B34" s="29"/>
+      <c r="C34" s="30"/>
+      <c r="D34" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" s="13">
+        <v>28.11</v>
+      </c>
+      <c r="F34" s="13">
+        <v>31.72</v>
+      </c>
+      <c r="G34" s="40">
+        <v>29.51</v>
+      </c>
+      <c r="H34" s="22"/>
+      <c r="I34" s="13">
+        <v>33.14</v>
+      </c>
+      <c r="J34" s="13">
+        <v>32.869999999999997</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B35" s="29"/>
+      <c r="C35" s="30"/>
+      <c r="D35" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="14">
+        <v>32.72</v>
+      </c>
+      <c r="F35" s="14">
+        <v>34.28</v>
+      </c>
+      <c r="G35" s="41">
+        <v>33.9</v>
+      </c>
+      <c r="H35" s="22"/>
+      <c r="I35" s="14">
+        <v>38.1</v>
+      </c>
+      <c r="J35" s="14">
+        <v>39.49</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B36" s="31"/>
+      <c r="C36" s="32"/>
+      <c r="D36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G36" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="22"/>
+      <c r="I36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B37" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="28"/>
+      <c r="D37" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G37" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H37" s="22"/>
+      <c r="I37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B38" s="29"/>
+      <c r="C38" s="30"/>
+      <c r="D38" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G38" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H38" s="22"/>
+      <c r="I38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J38" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G39" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H39" s="22"/>
+      <c r="I39" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B40" s="29"/>
+      <c r="C40" s="30"/>
+      <c r="D40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E40" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F40" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G40" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H40" s="22"/>
+      <c r="I40" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J40" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B41" s="31"/>
+      <c r="C41" s="32"/>
+      <c r="D41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G41" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="22"/>
+      <c r="I41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B42" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="28"/>
+      <c r="D42" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="13">
+        <v>13.14</v>
+      </c>
+      <c r="F42" s="13">
+        <v>15</v>
+      </c>
+      <c r="G42" s="40">
+        <v>16.25</v>
+      </c>
+      <c r="H42" s="22"/>
+      <c r="I42" s="13">
+        <v>6.33</v>
+      </c>
+      <c r="J42" s="13">
+        <v>11.86</v>
+      </c>
+    </row>
+    <row r="43" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B43" s="29"/>
+      <c r="C43" s="30"/>
+      <c r="D43" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E43" s="13">
+        <v>12.2</v>
+      </c>
+      <c r="F43" s="13">
+        <v>23</v>
+      </c>
+      <c r="G43" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H43" s="22"/>
+      <c r="I43" s="13">
+        <v>10.71</v>
+      </c>
+      <c r="J43" s="13">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="44" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B44" s="29"/>
+      <c r="C44" s="30"/>
+      <c r="D44" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" s="13">
+        <v>12.93</v>
+      </c>
+      <c r="F44" s="13">
+        <v>14</v>
+      </c>
+      <c r="G44" s="40">
+        <v>14.47</v>
+      </c>
+      <c r="H44" s="22"/>
+      <c r="I44" s="13">
+        <v>16.55</v>
+      </c>
+      <c r="J44" s="13">
+        <v>12.33</v>
+      </c>
+    </row>
+    <row r="45" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B45" s="29"/>
+      <c r="C45" s="30"/>
+      <c r="D45" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" s="14">
+        <v>12.85</v>
+      </c>
+      <c r="F45" s="14">
+        <v>15.1</v>
+      </c>
+      <c r="G45" s="41">
+        <v>14.38</v>
+      </c>
+      <c r="H45" s="22"/>
+      <c r="I45" s="14">
+        <v>14.31</v>
+      </c>
+      <c r="J45" s="14">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="46" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B46" s="31"/>
+      <c r="C46" s="32"/>
+      <c r="D46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G46" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="22"/>
+      <c r="I46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B47" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C47" s="28"/>
+      <c r="D47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="13">
+        <v>79.010000000000005</v>
+      </c>
+      <c r="F47" s="13">
+        <v>88.65</v>
+      </c>
+      <c r="G47" s="40">
+        <v>90.02</v>
+      </c>
+      <c r="H47" s="22"/>
+      <c r="I47" s="13">
+        <v>93.22</v>
+      </c>
+      <c r="J47" s="13">
+        <v>94.82</v>
+      </c>
+    </row>
+    <row r="48" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B48" s="29"/>
+      <c r="C48" s="30"/>
+      <c r="D48" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" s="13">
+        <v>115.2</v>
+      </c>
+      <c r="F48" s="13">
+        <v>120.13</v>
+      </c>
+      <c r="G48" s="40">
+        <v>122.4</v>
+      </c>
+      <c r="H48" s="22"/>
+      <c r="I48" s="13">
+        <v>120.15</v>
+      </c>
+      <c r="J48" s="13">
+        <v>113.71</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B49" s="29"/>
+      <c r="C49" s="30"/>
+      <c r="D49" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" s="13">
+        <v>60.01</v>
+      </c>
+      <c r="F49" s="13">
+        <v>64.12</v>
+      </c>
+      <c r="G49" s="40">
+        <v>61.32</v>
+      </c>
+      <c r="H49" s="22"/>
+      <c r="I49" s="13">
+        <v>68.73</v>
+      </c>
+      <c r="J49" s="13">
+        <v>59.58</v>
+      </c>
+    </row>
+    <row r="50" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B50" s="29"/>
+      <c r="C50" s="30"/>
+      <c r="D50" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E50" s="14">
+        <v>90</v>
+      </c>
+      <c r="F50" s="14">
+        <v>95.21</v>
+      </c>
+      <c r="G50" s="41">
+        <v>93.82</v>
+      </c>
+      <c r="H50" s="22"/>
+      <c r="I50" s="14">
+        <v>96.27</v>
+      </c>
+      <c r="J50" s="14">
+        <v>90.35</v>
+      </c>
+    </row>
+    <row r="51" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B51" s="31"/>
+      <c r="C51" s="32"/>
+      <c r="D51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G51" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="22"/>
+      <c r="I51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B52" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C52" s="28"/>
+      <c r="D52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F52" s="13">
+        <v>13.25</v>
+      </c>
+      <c r="G52" s="40">
+        <v>10.83</v>
+      </c>
+      <c r="H52" s="22"/>
+      <c r="I52" s="13">
+        <v>13</v>
+      </c>
+      <c r="J52" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B53" s="29"/>
+      <c r="C53" s="30"/>
+      <c r="D53" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E53" s="13">
+        <v>6.67</v>
+      </c>
+      <c r="F53" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G53" s="40">
+        <v>5.5</v>
+      </c>
+      <c r="H53" s="22"/>
+      <c r="I53" s="13">
+        <v>14</v>
+      </c>
+      <c r="J53" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B54" s="29"/>
+      <c r="C54" s="30"/>
+      <c r="D54" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" s="13">
+        <v>8.6199999999999992</v>
+      </c>
+      <c r="F54" s="13">
+        <v>11.7</v>
+      </c>
+      <c r="G54" s="40">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="H54" s="22"/>
+      <c r="I54" s="13">
+        <v>8.43</v>
+      </c>
+      <c r="J54" s="13">
+        <v>5.36</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B55" s="29"/>
+      <c r="C55" s="30"/>
+      <c r="D55" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E55" s="14">
+        <v>7.71</v>
+      </c>
+      <c r="F55" s="14">
+        <v>10.39</v>
+      </c>
+      <c r="G55" s="41">
+        <v>8.5299999999999994</v>
+      </c>
+      <c r="H55" s="22"/>
+      <c r="I55" s="14">
+        <v>10.69</v>
+      </c>
+      <c r="J55" s="14">
+        <v>5.53</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B56" s="31"/>
+      <c r="C56" s="32"/>
+      <c r="D56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G56" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="22"/>
+      <c r="I56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J56" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B57" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" s="28"/>
+      <c r="D57" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E57" s="13">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="F57" s="13">
+        <v>23.78</v>
+      </c>
+      <c r="G57" s="40">
+        <v>20.2</v>
+      </c>
+      <c r="H57" s="22"/>
+      <c r="I57" s="13">
+        <v>18.48</v>
+      </c>
+      <c r="J57" s="13">
+        <v>20.34</v>
+      </c>
+    </row>
+    <row r="58" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B58" s="29"/>
+      <c r="C58" s="30"/>
+      <c r="D58" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E58" s="13">
+        <v>25.76</v>
+      </c>
+      <c r="F58" s="13">
+        <v>28.59</v>
+      </c>
+      <c r="G58" s="40">
+        <v>22.91</v>
+      </c>
+      <c r="H58" s="22"/>
+      <c r="I58" s="13">
+        <v>23.51</v>
+      </c>
+      <c r="J58" s="13">
+        <v>23.9</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B59" s="29"/>
+      <c r="C59" s="30"/>
+      <c r="D59" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" s="13">
+        <v>14.45</v>
+      </c>
+      <c r="F59" s="13">
+        <v>14.35</v>
+      </c>
+      <c r="G59" s="40">
+        <v>14.41</v>
+      </c>
+      <c r="H59" s="22"/>
+      <c r="I59" s="13">
+        <v>14.35</v>
+      </c>
+      <c r="J59" s="13">
+        <v>16.309999999999999</v>
+      </c>
+    </row>
+    <row r="60" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B60" s="29"/>
+      <c r="C60" s="30"/>
+      <c r="D60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E60" s="14">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="F60" s="14">
+        <v>19.38</v>
+      </c>
+      <c r="G60" s="41">
+        <v>17.54</v>
+      </c>
+      <c r="H60" s="22"/>
+      <c r="I60" s="14">
+        <v>17.29</v>
+      </c>
+      <c r="J60" s="14">
+        <v>18.850000000000001</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B61" s="31"/>
+      <c r="C61" s="32"/>
+      <c r="D61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G61" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="22"/>
+      <c r="I61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B62" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" s="28"/>
+      <c r="D62" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E62" s="13">
+        <v>41.23</v>
+      </c>
+      <c r="F62" s="13">
+        <v>41.72</v>
+      </c>
+      <c r="G62" s="40">
+        <v>66.930000000000007</v>
+      </c>
+      <c r="H62" s="22"/>
+      <c r="I62" s="13">
+        <v>60.94</v>
+      </c>
+      <c r="J62" s="13">
+        <v>66.680000000000007</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B63" s="29"/>
+      <c r="C63" s="30"/>
+      <c r="D63" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E63" s="13">
+        <v>46.1</v>
+      </c>
+      <c r="F63" s="13">
+        <v>50.57</v>
+      </c>
+      <c r="G63" s="40">
+        <v>54.85</v>
+      </c>
+      <c r="H63" s="22"/>
+      <c r="I63" s="13">
+        <v>50.64</v>
+      </c>
+      <c r="J63" s="13">
+        <v>62.11</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B64" s="29"/>
+      <c r="C64" s="30"/>
+      <c r="D64" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E64" s="13">
+        <v>23.15</v>
+      </c>
+      <c r="F64" s="13">
+        <v>24.88</v>
+      </c>
+      <c r="G64" s="40">
+        <v>25.15</v>
+      </c>
+      <c r="H64" s="22"/>
+      <c r="I64" s="13">
+        <v>26.69</v>
+      </c>
+      <c r="J64" s="13">
+        <v>32.08</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B65" s="29"/>
+      <c r="C65" s="30"/>
+      <c r="D65" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E65" s="14">
+        <v>35.340000000000003</v>
+      </c>
+      <c r="F65" s="14">
+        <v>38.5</v>
+      </c>
+      <c r="G65" s="41">
+        <v>43.57</v>
+      </c>
+      <c r="H65" s="22"/>
+      <c r="I65" s="14">
+        <v>44.69</v>
+      </c>
+      <c r="J65" s="14">
+        <v>52.65</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B66" s="31"/>
+      <c r="C66" s="32"/>
+      <c r="D66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G66" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="22"/>
+      <c r="I66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B67" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="28"/>
+      <c r="D67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G67" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H67" s="22"/>
+      <c r="I67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J67" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B68" s="29"/>
+      <c r="C68" s="30"/>
+      <c r="D68" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E68" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F68" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G68" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H68" s="22"/>
+      <c r="I68" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J68" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="69" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B69" s="29"/>
+      <c r="C69" s="30"/>
+      <c r="D69" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F69" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G69" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H69" s="22"/>
+      <c r="I69" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J69" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B70" s="29"/>
+      <c r="C70" s="30"/>
+      <c r="D70" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E70" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F70" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G70" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H70" s="22"/>
+      <c r="I70" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J70" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B71" s="31"/>
+      <c r="C71" s="32"/>
+      <c r="D71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G71" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="22"/>
+      <c r="I71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B72" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C72" s="28"/>
+      <c r="D72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G72" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H72" s="22"/>
+      <c r="I72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J72" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B73" s="29"/>
+      <c r="C73" s="30"/>
+      <c r="D73" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E73" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F73" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G73" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H73" s="22"/>
+      <c r="I73" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J73" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B74" s="29"/>
+      <c r="C74" s="30"/>
+      <c r="D74" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F74" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G74" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H74" s="22"/>
+      <c r="I74" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J74" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B75" s="29"/>
+      <c r="C75" s="30"/>
+      <c r="D75" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E75" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F75" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G75" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H75" s="22"/>
+      <c r="I75" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J75" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B76" s="31"/>
+      <c r="C76" s="32"/>
+      <c r="D76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="22"/>
+      <c r="I76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B77" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C77" s="28"/>
+      <c r="D77" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G77" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H77" s="22"/>
+      <c r="I77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J77" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B78" s="29"/>
+      <c r="C78" s="30"/>
+      <c r="D78" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E78" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F78" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G78" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H78" s="22"/>
+      <c r="I78" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J78" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="79" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B79" s="29"/>
+      <c r="C79" s="30"/>
+      <c r="D79" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F79" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G79" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H79" s="22"/>
+      <c r="I79" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J79" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B80" s="29"/>
+      <c r="C80" s="30"/>
+      <c r="D80" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E80" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F80" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G80" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H80" s="22"/>
+      <c r="I80" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J80" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="81" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B81" s="31"/>
+      <c r="C81" s="32"/>
+      <c r="D81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="22"/>
+      <c r="I81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B82" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C82" s="28"/>
+      <c r="D82" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E82" s="13">
+        <v>7.73</v>
+      </c>
+      <c r="F82" s="13">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="G82" s="40">
+        <v>15.44</v>
+      </c>
+      <c r="H82" s="22"/>
+      <c r="I82" s="13">
+        <v>5.29</v>
+      </c>
+      <c r="J82" s="13">
+        <v>9.33</v>
+      </c>
+    </row>
+    <row r="83" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B83" s="29"/>
+      <c r="C83" s="30"/>
+      <c r="D83" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E83" s="13">
+        <v>9.11</v>
+      </c>
+      <c r="F83" s="13">
+        <v>13.2</v>
+      </c>
+      <c r="G83" s="40">
+        <v>6.86</v>
+      </c>
+      <c r="H83" s="22"/>
+      <c r="I83" s="13">
+        <v>7.04</v>
+      </c>
+      <c r="J83" s="13">
+        <v>12.3</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B84" s="29"/>
+      <c r="C84" s="30"/>
+      <c r="D84" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F84" s="13">
+        <v>8.4499999999999993</v>
+      </c>
+      <c r="G84" s="40">
+        <v>6.51</v>
+      </c>
+      <c r="H84" s="22"/>
+      <c r="I84" s="13">
+        <v>7.88</v>
+      </c>
+      <c r="J84" s="13">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B85" s="29"/>
+      <c r="C85" s="30"/>
+      <c r="D85" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E85" s="14">
+        <v>6.62</v>
+      </c>
+      <c r="F85" s="14">
+        <v>10.29</v>
+      </c>
+      <c r="G85" s="41">
+        <v>7.81</v>
+      </c>
+      <c r="H85" s="22"/>
+      <c r="I85" s="14">
+        <v>7.33</v>
+      </c>
+      <c r="J85" s="14">
+        <v>9.08</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B86" s="31"/>
+      <c r="C86" s="32"/>
+      <c r="D86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G86" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="22"/>
+      <c r="I86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J86" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B87" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C87" s="28"/>
+      <c r="D87" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G87" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H87" s="22"/>
+      <c r="I87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J87" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B88" s="29"/>
+      <c r="C88" s="30"/>
+      <c r="D88" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E88" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F88" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G88" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H88" s="22"/>
+      <c r="I88" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J88" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B89" s="29"/>
+      <c r="C89" s="30"/>
+      <c r="D89" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F89" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G89" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H89" s="22"/>
+      <c r="I89" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J89" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B90" s="29"/>
+      <c r="C90" s="30"/>
+      <c r="D90" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E90" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F90" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G90" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H90" s="22"/>
+      <c r="I90" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J90" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B91" s="31"/>
+      <c r="C91" s="32"/>
+      <c r="D91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="22"/>
+      <c r="I91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J91" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B92" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C92" s="28"/>
+      <c r="D92" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G92" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H92" s="22"/>
+      <c r="I92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J92" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="93" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B93" s="29"/>
+      <c r="C93" s="30"/>
+      <c r="D93" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E93" s="13">
+        <v>5.2</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G93" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H93" s="22"/>
+      <c r="I93" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J93" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B94" s="29"/>
+      <c r="C94" s="30"/>
+      <c r="D94" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E94" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F94" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G94" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H94" s="22"/>
+      <c r="I94" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J94" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="95" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B95" s="29"/>
+      <c r="C95" s="30"/>
+      <c r="D95" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E95" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F95" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G95" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H95" s="22"/>
+      <c r="I95" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J95" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="96" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B96" s="31"/>
+      <c r="C96" s="32"/>
+      <c r="D96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G96" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="22"/>
+      <c r="I96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B97" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="C97" s="28"/>
+      <c r="D97" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F97" s="13">
+        <v>9.75</v>
+      </c>
+      <c r="G97" s="40">
+        <v>12.06</v>
+      </c>
+      <c r="H97" s="22"/>
+      <c r="I97" s="13">
+        <v>8.1199999999999992</v>
+      </c>
+      <c r="J97" s="13">
+        <v>11.62</v>
+      </c>
+    </row>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B98" s="29"/>
+      <c r="C98" s="30"/>
+      <c r="D98" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E98" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F98" s="13">
+        <v>12.9</v>
+      </c>
+      <c r="G98" s="40">
+        <v>11.44</v>
+      </c>
+      <c r="H98" s="22"/>
+      <c r="I98" s="13">
+        <v>9.7100000000000009</v>
+      </c>
+      <c r="J98" s="13">
+        <v>10.25</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B99" s="29"/>
+      <c r="C99" s="30"/>
+      <c r="D99" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F99" s="13">
+        <v>5.44</v>
+      </c>
+      <c r="G99" s="40">
+        <v>6.96</v>
+      </c>
+      <c r="H99" s="22"/>
+      <c r="I99" s="13">
+        <v>7.04</v>
+      </c>
+      <c r="J99" s="13">
+        <v>8.2799999999999994</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B100" s="29"/>
+      <c r="C100" s="30"/>
+      <c r="D100" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E100" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F100" s="14">
+        <v>8.99</v>
+      </c>
+      <c r="G100" s="41">
+        <v>9.25</v>
+      </c>
+      <c r="H100" s="22"/>
+      <c r="I100" s="14">
+        <v>8.2100000000000009</v>
+      </c>
+      <c r="J100" s="14">
+        <v>9.51</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B101" s="31"/>
+      <c r="C101" s="32"/>
+      <c r="D101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G101" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="22"/>
+      <c r="I101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J101" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B102" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="C102" s="28"/>
+      <c r="D102" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E102" s="13">
+        <v>57.85</v>
+      </c>
+      <c r="F102" s="13">
+        <v>62.14</v>
+      </c>
+      <c r="G102" s="40">
+        <v>51.26</v>
+      </c>
+      <c r="H102" s="22"/>
+      <c r="I102" s="13">
+        <v>59.73</v>
+      </c>
+      <c r="J102" s="13">
+        <v>56.83</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B103" s="29"/>
+      <c r="C103" s="30"/>
+      <c r="D103" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E103" s="13">
+        <v>43.52</v>
+      </c>
+      <c r="F103" s="13">
+        <v>55.86</v>
+      </c>
+      <c r="G103" s="40">
+        <v>50.97</v>
+      </c>
+      <c r="H103" s="22"/>
+      <c r="I103" s="13">
+        <v>50.93</v>
+      </c>
+      <c r="J103" s="13">
+        <v>55.97</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B104" s="29"/>
+      <c r="C104" s="30"/>
+      <c r="D104" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E104" s="13">
+        <v>41.98</v>
+      </c>
+      <c r="F104" s="13">
+        <v>44.59</v>
+      </c>
+      <c r="G104" s="40">
+        <v>46.26</v>
+      </c>
+      <c r="H104" s="22"/>
+      <c r="I104" s="13">
+        <v>49.75</v>
+      </c>
+      <c r="J104" s="13">
+        <v>49.21</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B105" s="29"/>
+      <c r="C105" s="30"/>
+      <c r="D105" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E105" s="14">
+        <v>43.5</v>
+      </c>
+      <c r="F105" s="14">
+        <v>49.39</v>
+      </c>
+      <c r="G105" s="41">
+        <v>47.73</v>
+      </c>
+      <c r="H105" s="22"/>
+      <c r="I105" s="14">
+        <v>51.42</v>
+      </c>
+      <c r="J105" s="14">
+        <v>51.31</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B106" s="31"/>
+      <c r="C106" s="32"/>
+      <c r="D106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G106" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="22"/>
+      <c r="I106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J106" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B107" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="C107" s="28"/>
+      <c r="D107" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E107" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F107" s="13">
+        <v>27.67</v>
+      </c>
+      <c r="G107" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H107" s="22"/>
+      <c r="I107" s="13">
+        <v>35</v>
+      </c>
+      <c r="J107" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B108" s="29"/>
+      <c r="C108" s="30"/>
+      <c r="D108" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E108" s="13">
+        <v>28</v>
+      </c>
+      <c r="F108" s="13">
+        <v>7.5</v>
+      </c>
+      <c r="G108" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H108" s="22"/>
+      <c r="I108" s="13">
+        <v>27.75</v>
+      </c>
+      <c r="J108" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B109" s="29"/>
+      <c r="C109" s="30"/>
+      <c r="D109" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E109" s="13">
+        <v>23.69</v>
+      </c>
+      <c r="F109" s="13">
+        <v>21.52</v>
+      </c>
+      <c r="G109" s="40">
+        <v>26.76</v>
+      </c>
+      <c r="H109" s="22"/>
+      <c r="I109" s="13">
+        <v>25.65</v>
+      </c>
+      <c r="J109" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B110" s="29"/>
+      <c r="C110" s="30"/>
+      <c r="D110" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E110" s="14">
+        <v>23.85</v>
+      </c>
+      <c r="F110" s="14">
+        <v>21.22</v>
+      </c>
+      <c r="G110" s="41">
+        <v>26.06</v>
+      </c>
+      <c r="H110" s="22"/>
+      <c r="I110" s="14">
+        <v>26.23</v>
+      </c>
+      <c r="J110" s="14">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B111" s="31"/>
+      <c r="C111" s="32"/>
+      <c r="D111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G111" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="22"/>
+      <c r="I111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B112" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C112" s="28"/>
+      <c r="D112" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E112" s="13">
+        <v>31</v>
+      </c>
+      <c r="F112" s="13">
+        <v>34</v>
+      </c>
+      <c r="G112" s="40">
+        <v>33.25</v>
+      </c>
+      <c r="H112" s="22"/>
+      <c r="I112" s="13">
+        <v>32.67</v>
+      </c>
+      <c r="J112" s="13">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B113" s="29"/>
+      <c r="C113" s="30"/>
+      <c r="D113" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E113" s="13">
+        <v>20.350000000000001</v>
+      </c>
+      <c r="F113" s="13">
+        <v>24.04</v>
+      </c>
+      <c r="G113" s="40">
+        <v>20.190000000000001</v>
+      </c>
+      <c r="H113" s="22"/>
+      <c r="I113" s="13">
+        <v>24.18</v>
+      </c>
+      <c r="J113" s="13">
+        <v>20.82</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B114" s="29"/>
+      <c r="C114" s="30"/>
+      <c r="D114" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" s="13">
+        <v>25.28</v>
+      </c>
+      <c r="F114" s="13">
+        <v>27.4</v>
+      </c>
+      <c r="G114" s="40">
+        <v>28.1</v>
+      </c>
+      <c r="H114" s="22"/>
+      <c r="I114" s="13">
+        <v>27.3</v>
+      </c>
+      <c r="J114" s="13">
+        <v>29.79</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B115" s="29"/>
+      <c r="C115" s="30"/>
+      <c r="D115" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E115" s="14">
+        <v>23.42</v>
+      </c>
+      <c r="F115" s="14">
+        <v>26.86</v>
+      </c>
+      <c r="G115" s="41">
+        <v>26.11</v>
+      </c>
+      <c r="H115" s="22"/>
+      <c r="I115" s="14">
+        <v>26.7</v>
+      </c>
+      <c r="J115" s="14">
+        <v>27.76</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B116" s="31"/>
+      <c r="C116" s="32"/>
+      <c r="D116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G116" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="22"/>
+      <c r="I116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B117" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C117" s="28"/>
+      <c r="D117" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E117" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F117" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G117" s="40">
+        <v>11.67</v>
+      </c>
+      <c r="H117" s="22"/>
+      <c r="I117" s="13">
+        <v>14.75</v>
+      </c>
+      <c r="J117" s="13">
+        <v>14.71</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B118" s="29"/>
+      <c r="C118" s="30"/>
+      <c r="D118" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G118" s="40">
+        <v>14.54</v>
+      </c>
+      <c r="H118" s="22"/>
+      <c r="I118" s="13">
+        <v>14.59</v>
+      </c>
+      <c r="J118" s="13">
+        <v>11.84</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B119" s="29"/>
+      <c r="C119" s="30"/>
+      <c r="D119" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E119" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F119" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G119" s="40">
+        <v>9.1300000000000008</v>
+      </c>
+      <c r="H119" s="22"/>
+      <c r="I119" s="13">
+        <v>8.9499999999999993</v>
+      </c>
+      <c r="J119" s="13">
+        <v>11.76</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B120" s="29"/>
+      <c r="C120" s="30"/>
+      <c r="D120" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E120" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F120" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G120" s="41">
+        <v>11.16</v>
+      </c>
+      <c r="H120" s="22"/>
+      <c r="I120" s="14">
+        <v>10.94</v>
+      </c>
+      <c r="J120" s="14">
+        <v>12.25</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B121" s="31"/>
+      <c r="C121" s="32"/>
+      <c r="D121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G121" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="22"/>
+      <c r="I121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B122" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C122" s="28"/>
+      <c r="D122" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E122" s="13">
+        <v>18.07</v>
+      </c>
+      <c r="F122" s="13">
+        <v>20.41</v>
+      </c>
+      <c r="G122" s="40">
+        <v>20.350000000000001</v>
+      </c>
+      <c r="H122" s="22"/>
+      <c r="I122" s="13">
+        <v>19.420000000000002</v>
+      </c>
+      <c r="J122" s="13">
+        <v>16.04</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B123" s="29"/>
+      <c r="C123" s="30"/>
+      <c r="D123" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E123" s="13">
+        <v>18.59</v>
+      </c>
+      <c r="F123" s="13">
+        <v>22.02</v>
+      </c>
+      <c r="G123" s="40">
+        <v>20.97</v>
+      </c>
+      <c r="H123" s="22"/>
+      <c r="I123" s="13">
+        <v>19.53</v>
+      </c>
+      <c r="J123" s="13">
+        <v>21.71</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B124" s="29"/>
+      <c r="C124" s="30"/>
+      <c r="D124" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" s="13">
+        <v>12.6</v>
+      </c>
+      <c r="F124" s="13">
+        <v>15.93</v>
+      </c>
+      <c r="G124" s="40">
+        <v>16.13</v>
+      </c>
+      <c r="H124" s="22"/>
+      <c r="I124" s="13">
+        <v>13.15</v>
+      </c>
+      <c r="J124" s="13">
+        <v>12.16</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B125" s="29"/>
+      <c r="C125" s="30"/>
+      <c r="D125" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E125" s="14">
+        <v>17.239999999999998</v>
+      </c>
+      <c r="F125" s="14">
+        <v>20.59</v>
+      </c>
+      <c r="G125" s="41">
+        <v>19.809999999999999</v>
+      </c>
+      <c r="H125" s="22"/>
+      <c r="I125" s="14">
+        <v>18.09</v>
+      </c>
+      <c r="J125" s="14">
+        <v>18.82</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B126" s="31"/>
+      <c r="C126" s="32"/>
+      <c r="D126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G126" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="22"/>
+      <c r="I126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B127" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C127" s="28"/>
+      <c r="D127" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E127" s="13">
+        <v>12.4</v>
+      </c>
+      <c r="F127" s="13">
+        <v>10.5</v>
+      </c>
+      <c r="G127" s="40">
+        <v>16</v>
+      </c>
+      <c r="H127" s="22"/>
+      <c r="I127" s="13">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="J127" s="13">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B128" s="29"/>
+      <c r="C128" s="30"/>
+      <c r="D128" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E128" s="13">
+        <v>19.7</v>
+      </c>
+      <c r="F128" s="13">
+        <v>11.21</v>
+      </c>
+      <c r="G128" s="40">
+        <v>9.7100000000000009</v>
+      </c>
+      <c r="H128" s="22"/>
+      <c r="I128" s="13">
+        <v>13.13</v>
+      </c>
+      <c r="J128" s="13">
+        <v>9.92</v>
+      </c>
+    </row>
+    <row r="129" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B129" s="29"/>
+      <c r="C129" s="30"/>
+      <c r="D129" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E129" s="13">
+        <v>6.78</v>
+      </c>
+      <c r="F129" s="13">
+        <v>6</v>
+      </c>
+      <c r="G129" s="40">
+        <v>7.28</v>
+      </c>
+      <c r="H129" s="22"/>
+      <c r="I129" s="13">
+        <v>10.73</v>
+      </c>
+      <c r="J129" s="13">
+        <v>8.3000000000000007</v>
+      </c>
+    </row>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B130" s="29"/>
+      <c r="C130" s="30"/>
+      <c r="D130" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E130" s="14">
+        <v>11.55</v>
+      </c>
+      <c r="F130" s="14">
+        <v>8.7200000000000006</v>
+      </c>
+      <c r="G130" s="41">
+        <v>9</v>
+      </c>
+      <c r="H130" s="22"/>
+      <c r="I130" s="14">
+        <v>12.11</v>
+      </c>
+      <c r="J130" s="14">
+        <v>9.4</v>
+      </c>
+    </row>
+    <row r="131" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B131" s="31"/>
+      <c r="C131" s="32"/>
+      <c r="D131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G131" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="22"/>
+      <c r="I131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B132" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C132" s="28"/>
+      <c r="D132" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E132" s="13">
+        <v>37.57</v>
+      </c>
+      <c r="F132" s="13">
+        <v>45.14</v>
+      </c>
+      <c r="G132" s="40">
+        <v>38.700000000000003</v>
+      </c>
+      <c r="H132" s="22"/>
+      <c r="I132" s="13">
+        <v>38.97</v>
+      </c>
+      <c r="J132" s="13">
+        <v>39.65</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B133" s="29"/>
+      <c r="C133" s="30"/>
+      <c r="D133" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E133" s="13">
+        <v>56.5</v>
+      </c>
+      <c r="F133" s="13">
+        <v>55.41</v>
+      </c>
+      <c r="G133" s="40">
+        <v>53.37</v>
+      </c>
+      <c r="H133" s="22"/>
+      <c r="I133" s="13">
+        <v>59.26</v>
+      </c>
+      <c r="J133" s="13">
+        <v>51.5</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B134" s="29"/>
+      <c r="C134" s="30"/>
+      <c r="D134" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E134" s="13">
+        <v>24.78</v>
+      </c>
+      <c r="F134" s="13">
+        <v>25.65</v>
+      </c>
+      <c r="G134" s="40">
+        <v>28.68</v>
+      </c>
+      <c r="H134" s="22"/>
+      <c r="I134" s="13">
+        <v>25.05</v>
+      </c>
+      <c r="J134" s="13">
+        <v>21.97</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B135" s="29"/>
+      <c r="C135" s="30"/>
+      <c r="D135" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E135" s="14">
+        <v>46.96</v>
+      </c>
+      <c r="F135" s="14">
+        <v>46.46</v>
+      </c>
+      <c r="G135" s="41">
+        <v>45.08</v>
+      </c>
+      <c r="H135" s="22"/>
+      <c r="I135" s="14">
+        <v>48.49</v>
+      </c>
+      <c r="J135" s="14">
+        <v>42.98</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B136" s="31"/>
+      <c r="C136" s="32"/>
+      <c r="D136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G136" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="22"/>
+      <c r="I136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B137" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" s="28"/>
+      <c r="D137" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E137" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F137" s="13">
+        <v>12.96</v>
+      </c>
+      <c r="G137" s="40">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="H137" s="22"/>
+      <c r="I137" s="13">
+        <v>17.29</v>
+      </c>
+      <c r="J137" s="13">
+        <v>20.149999999999999</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B138" s="29"/>
+      <c r="C138" s="30"/>
+      <c r="D138" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E138" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F138" s="13">
+        <v>17.760000000000002</v>
+      </c>
+      <c r="G138" s="40">
+        <v>19.350000000000001</v>
+      </c>
+      <c r="H138" s="22"/>
+      <c r="I138" s="13">
+        <v>23.1</v>
+      </c>
+      <c r="J138" s="13">
+        <v>23.4</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B139" s="29"/>
+      <c r="C139" s="30"/>
+      <c r="D139" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E139" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F139" s="13">
+        <v>7.71</v>
+      </c>
+      <c r="G139" s="40">
+        <v>9.43</v>
+      </c>
+      <c r="H139" s="22"/>
+      <c r="I139" s="13">
+        <v>11.81</v>
+      </c>
+      <c r="J139" s="13">
+        <v>14.2</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B140" s="29"/>
+      <c r="C140" s="30"/>
+      <c r="D140" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E140" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F140" s="14">
+        <v>12.42</v>
+      </c>
+      <c r="G140" s="41">
+        <v>13.73</v>
+      </c>
+      <c r="H140" s="22"/>
+      <c r="I140" s="14">
+        <v>16.86</v>
+      </c>
+      <c r="J140" s="14">
+        <v>18.04</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B141" s="31"/>
+      <c r="C141" s="32"/>
+      <c r="D141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G141" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="22"/>
+      <c r="I141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J141" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B142" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C142" s="28"/>
+      <c r="D142" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E142" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F142" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G142" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H142" s="22"/>
+      <c r="I142" s="13">
+        <v>6.45</v>
+      </c>
+      <c r="J142" s="13">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B143" s="29"/>
+      <c r="C143" s="30"/>
+      <c r="D143" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E143" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F143" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G143" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H143" s="22"/>
+      <c r="I143" s="13">
+        <v>5.85</v>
+      </c>
+      <c r="J143" s="13">
+        <v>8.2100000000000009</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B144" s="29"/>
+      <c r="C144" s="30"/>
+      <c r="D144" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E144" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G144" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H144" s="22"/>
+      <c r="I144" s="13">
+        <v>7.05</v>
+      </c>
+      <c r="J144" s="13">
+        <v>8.27</v>
+      </c>
+    </row>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B145" s="29"/>
+      <c r="C145" s="30"/>
+      <c r="D145" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E145" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F145" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G145" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H145" s="22"/>
+      <c r="I145" s="14">
+        <v>6.55</v>
+      </c>
+      <c r="J145" s="14">
+        <v>8.73</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B146" s="31"/>
+      <c r="C146" s="32"/>
+      <c r="D146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G146" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="22"/>
+      <c r="I146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B147" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="28"/>
+      <c r="D147" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G147" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H147" s="22"/>
+      <c r="I147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J147" s="13">
+        <v>8.17</v>
+      </c>
+    </row>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B148" s="29"/>
+      <c r="C148" s="30"/>
+      <c r="D148" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G148" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H148" s="22"/>
+      <c r="I148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J148" s="13">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B149" s="29"/>
+      <c r="C149" s="30"/>
+      <c r="D149" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G149" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H149" s="22"/>
+      <c r="I149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J149" s="13">
+        <v>7.61</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B150" s="29"/>
+      <c r="C150" s="30"/>
+      <c r="D150" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G150" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H150" s="22"/>
+      <c r="I150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J150" s="14">
+        <v>8.61</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B151" s="31"/>
+      <c r="C151" s="32"/>
+      <c r="D151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="22"/>
+      <c r="I151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B152" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C152" s="28"/>
+      <c r="D152" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E152" s="13">
+        <v>77.819999999999993</v>
+      </c>
+      <c r="F152" s="13">
+        <v>84.4</v>
+      </c>
+      <c r="G152" s="40">
+        <v>94.99</v>
+      </c>
+      <c r="H152" s="22"/>
+      <c r="I152" s="13">
+        <v>99.34</v>
+      </c>
+      <c r="J152" s="13">
+        <v>90.58</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B153" s="29"/>
+      <c r="C153" s="30"/>
+      <c r="D153" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E153" s="13">
+        <v>102.42</v>
+      </c>
+      <c r="F153" s="13">
+        <v>101.8</v>
+      </c>
+      <c r="G153" s="40">
+        <v>109.48</v>
+      </c>
+      <c r="H153" s="22"/>
+      <c r="I153" s="13">
+        <v>111.26</v>
+      </c>
+      <c r="J153" s="13">
+        <v>106.76</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B154" s="29"/>
+      <c r="C154" s="30"/>
+      <c r="D154" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E154" s="13">
+        <v>65.31</v>
+      </c>
+      <c r="F154" s="13">
+        <v>68.849999999999994</v>
+      </c>
+      <c r="G154" s="40">
+        <v>74.44</v>
+      </c>
+      <c r="H154" s="22"/>
+      <c r="I154" s="13">
+        <v>76.63</v>
+      </c>
+      <c r="J154" s="13">
+        <v>67.650000000000006</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B155" s="29"/>
+      <c r="C155" s="30"/>
+      <c r="D155" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E155" s="14">
+        <v>83.21</v>
+      </c>
+      <c r="F155" s="14">
+        <v>84.78</v>
+      </c>
+      <c r="G155" s="41">
+        <v>92.08</v>
+      </c>
+      <c r="H155" s="22"/>
+      <c r="I155" s="14">
+        <v>94.42</v>
+      </c>
+      <c r="J155" s="14">
+        <v>88.77</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B156" s="31"/>
+      <c r="C156" s="32"/>
+      <c r="D156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G156" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="22"/>
+      <c r="I156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B157" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C157" s="28"/>
+      <c r="D157" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E157" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F157" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G157" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H157" s="22"/>
+      <c r="I157" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J157" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B158" s="29"/>
+      <c r="C158" s="30"/>
+      <c r="D158" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E158" s="13">
+        <v>5.38</v>
+      </c>
+      <c r="F158" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G158" s="40">
+        <v>6.63</v>
+      </c>
+      <c r="H158" s="22"/>
+      <c r="I158" s="13">
+        <v>5.31</v>
+      </c>
+      <c r="J158" s="13">
+        <v>5.24</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B159" s="29"/>
+      <c r="C159" s="30"/>
+      <c r="D159" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E159" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F159" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G159" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H159" s="22"/>
+      <c r="I159" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J159" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B160" s="29"/>
+      <c r="C160" s="30"/>
+      <c r="D160" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E160" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F160" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G160" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H160" s="22"/>
+      <c r="I160" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J160" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B161" s="31"/>
+      <c r="C161" s="32"/>
+      <c r="D161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G161" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="22"/>
+      <c r="I161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B162" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C162" s="28"/>
+      <c r="D162" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E162" s="13">
+        <v>11.77</v>
+      </c>
+      <c r="F162" s="13">
+        <v>9.5299999999999994</v>
+      </c>
+      <c r="G162" s="40">
+        <v>7.06</v>
+      </c>
+      <c r="H162" s="22"/>
+      <c r="I162" s="13">
+        <v>7.02</v>
+      </c>
+      <c r="J162" s="13">
+        <v>5.97</v>
+      </c>
+    </row>
+    <row r="163" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B163" s="29"/>
+      <c r="C163" s="30"/>
+      <c r="D163" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E163" s="13">
+        <v>12.67</v>
+      </c>
+      <c r="F163" s="13">
+        <v>10.31</v>
+      </c>
+      <c r="G163" s="40">
+        <v>9.9</v>
+      </c>
+      <c r="H163" s="22"/>
+      <c r="I163" s="13">
+        <v>8.6</v>
+      </c>
+      <c r="J163" s="13">
+        <v>11.54</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B164" s="29"/>
+      <c r="C164" s="30"/>
+      <c r="D164" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" s="13">
+        <v>7.25</v>
+      </c>
+      <c r="F164" s="13">
+        <v>8.56</v>
+      </c>
+      <c r="G164" s="40">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="H164" s="22"/>
+      <c r="I164" s="13">
+        <v>7.93</v>
+      </c>
+      <c r="J164" s="13">
+        <v>7.73</v>
+      </c>
+    </row>
+    <row r="165" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B165" s="29"/>
+      <c r="C165" s="30"/>
+      <c r="D165" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E165" s="14">
+        <v>11.05</v>
+      </c>
+      <c r="F165" s="14">
+        <v>9.68</v>
+      </c>
+      <c r="G165" s="41">
+        <v>9.42</v>
+      </c>
+      <c r="H165" s="22"/>
+      <c r="I165" s="14">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="J165" s="14">
+        <v>9.67</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B166" s="31"/>
+      <c r="C166" s="32"/>
+      <c r="D166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G166" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="22"/>
+      <c r="I166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B167" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="C167" s="28"/>
+      <c r="D167" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E167" s="13">
+        <v>52.33</v>
+      </c>
+      <c r="F167" s="13">
+        <v>52.88</v>
+      </c>
+      <c r="G167" s="40">
+        <v>67.8</v>
+      </c>
+      <c r="H167" s="22"/>
+      <c r="I167" s="13">
+        <v>64.150000000000006</v>
+      </c>
+      <c r="J167" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="168" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B168" s="29"/>
+      <c r="C168" s="30"/>
+      <c r="D168" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E168" s="13">
+        <v>46.9</v>
+      </c>
+      <c r="F168" s="13">
+        <v>16.14</v>
+      </c>
+      <c r="G168" s="40">
+        <v>47.5</v>
+      </c>
+      <c r="H168" s="22"/>
+      <c r="I168" s="13">
+        <v>50.09</v>
+      </c>
+      <c r="J168" s="13">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="169" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B169" s="29"/>
+      <c r="C169" s="30"/>
+      <c r="D169" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E169" s="13">
+        <v>54.65</v>
+      </c>
+      <c r="F169" s="13">
+        <v>50.91</v>
+      </c>
+      <c r="G169" s="40">
+        <v>52.78</v>
+      </c>
+      <c r="H169" s="22"/>
+      <c r="I169" s="13">
+        <v>51.51</v>
+      </c>
+      <c r="J169" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="170" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B170" s="29"/>
+      <c r="C170" s="30"/>
+      <c r="D170" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E170" s="14">
+        <v>53.83</v>
+      </c>
+      <c r="F170" s="14">
+        <v>48.54</v>
+      </c>
+      <c r="G170" s="41">
+        <v>53.01</v>
+      </c>
+      <c r="H170" s="22"/>
+      <c r="I170" s="14">
+        <v>52.94</v>
+      </c>
+      <c r="J170" s="14">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="171" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B171" s="31"/>
+      <c r="C171" s="32"/>
+      <c r="D171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G171" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="22"/>
+      <c r="I171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B172" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="C172" s="28"/>
+      <c r="D172" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F172" s="13">
+        <v>7</v>
+      </c>
+      <c r="G172" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H172" s="22"/>
+      <c r="I172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J172" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="173" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B173" s="29"/>
+      <c r="C173" s="30"/>
+      <c r="D173" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G173" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H173" s="22"/>
+      <c r="I173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J173" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B174" s="29"/>
+      <c r="C174" s="30"/>
+      <c r="D174" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F174" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G174" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H174" s="22"/>
+      <c r="I174" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J174" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B175" s="31"/>
+      <c r="C175" s="32"/>
+      <c r="D175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G175" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H175" s="22"/>
+      <c r="I175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J175" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B176" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C176" s="28"/>
+      <c r="D176" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G176" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H176" s="22"/>
+      <c r="I176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J176" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="177" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B177" s="29"/>
+      <c r="C177" s="30"/>
+      <c r="D177" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E177" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F177" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G177" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H177" s="22"/>
+      <c r="I177" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J177" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B178" s="29"/>
+      <c r="C178" s="30"/>
+      <c r="D178" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E178" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F178" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G178" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H178" s="22"/>
+      <c r="I178" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J178" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B179" s="29"/>
+      <c r="C179" s="30"/>
+      <c r="D179" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E179" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F179" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G179" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H179" s="22"/>
+      <c r="I179" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J179" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="180" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B180" s="31"/>
+      <c r="C180" s="32"/>
+      <c r="D180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G180" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H180" s="22"/>
+      <c r="I180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J180" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B181" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C181" s="28"/>
+      <c r="D181" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E181" s="13">
+        <v>61.37</v>
+      </c>
+      <c r="F181" s="13">
+        <v>78.709999999999994</v>
+      </c>
+      <c r="G181" s="40">
+        <v>61.84</v>
+      </c>
+      <c r="H181" s="22"/>
+      <c r="I181" s="13">
+        <v>70.25</v>
+      </c>
+      <c r="J181" s="13">
+        <v>65.45</v>
+      </c>
+    </row>
+    <row r="182" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B182" s="29"/>
+      <c r="C182" s="30"/>
+      <c r="D182" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E182" s="13">
+        <v>87.89</v>
+      </c>
+      <c r="F182" s="13">
+        <v>88.58</v>
+      </c>
+      <c r="G182" s="40">
+        <v>93.04</v>
+      </c>
+      <c r="H182" s="22"/>
+      <c r="I182" s="13">
+        <v>90.64</v>
+      </c>
+      <c r="J182" s="13">
+        <v>88.41</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B183" s="29"/>
+      <c r="C183" s="30"/>
+      <c r="D183" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="13">
+        <v>37.47</v>
+      </c>
+      <c r="F183" s="13">
+        <v>37.450000000000003</v>
+      </c>
+      <c r="G183" s="40">
+        <v>39.78</v>
+      </c>
+      <c r="H183" s="22"/>
+      <c r="I183" s="13">
+        <v>40.94</v>
+      </c>
+      <c r="J183" s="13">
+        <v>41.07</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B184" s="29"/>
+      <c r="C184" s="30"/>
+      <c r="D184" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="14">
+        <v>64.040000000000006</v>
+      </c>
+      <c r="F184" s="14">
+        <v>65</v>
+      </c>
+      <c r="G184" s="41">
+        <v>66.55</v>
+      </c>
+      <c r="H184" s="22"/>
+      <c r="I184" s="14">
+        <v>66.349999999999994</v>
+      </c>
+      <c r="J184" s="14">
+        <v>66.5</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B185" s="31"/>
+      <c r="C185" s="32"/>
+      <c r="D185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G185" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H185" s="22"/>
+      <c r="I185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J185" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B186" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="C186" s="28"/>
+      <c r="D186" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E186" s="13">
+        <v>16.72</v>
+      </c>
+      <c r="F186" s="13">
+        <v>14.4</v>
+      </c>
+      <c r="G186" s="40">
+        <v>14.65</v>
+      </c>
+      <c r="H186" s="22"/>
+      <c r="I186" s="13">
+        <v>14.38</v>
+      </c>
+      <c r="J186" s="13">
+        <v>15.22</v>
+      </c>
+    </row>
+    <row r="187" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B187" s="29"/>
+      <c r="C187" s="30"/>
+      <c r="D187" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E187" s="13">
+        <v>21.61</v>
+      </c>
+      <c r="F187" s="13">
+        <v>21.7</v>
+      </c>
+      <c r="G187" s="40">
+        <v>18.760000000000002</v>
+      </c>
+      <c r="H187" s="22"/>
+      <c r="I187" s="13">
+        <v>15.2</v>
+      </c>
+      <c r="J187" s="13">
+        <v>20.55</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B188" s="29"/>
+      <c r="C188" s="30"/>
+      <c r="D188" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="13">
+        <v>12.58</v>
+      </c>
+      <c r="F188" s="13">
+        <v>12.68</v>
+      </c>
+      <c r="G188" s="40">
+        <v>12.13</v>
+      </c>
+      <c r="H188" s="22"/>
+      <c r="I188" s="13">
+        <v>11.72</v>
+      </c>
+      <c r="J188" s="13">
+        <v>11.29</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B189" s="29"/>
+      <c r="C189" s="30"/>
+      <c r="D189" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E189" s="14">
+        <v>16.059999999999999</v>
+      </c>
+      <c r="F189" s="14">
+        <v>15.58</v>
+      </c>
+      <c r="G189" s="41">
+        <v>14.41</v>
+      </c>
+      <c r="H189" s="22"/>
+      <c r="I189" s="14">
+        <v>13.28</v>
+      </c>
+      <c r="J189" s="14">
+        <v>14.69</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B190" s="31"/>
+      <c r="C190" s="32"/>
+      <c r="D190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G190" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H190" s="22"/>
+      <c r="I190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J190" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B191" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C191" s="28"/>
+      <c r="D191" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E191" s="13">
+        <v>27.18</v>
+      </c>
+      <c r="F191" s="13">
+        <v>27.57</v>
+      </c>
+      <c r="G191" s="40">
+        <v>21.95</v>
+      </c>
+      <c r="H191" s="22"/>
+      <c r="I191" s="13">
+        <v>22.94</v>
+      </c>
+      <c r="J191" s="13">
+        <v>32.369999999999997</v>
+      </c>
+    </row>
+    <row r="192" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B192" s="29"/>
+      <c r="C192" s="30"/>
+      <c r="D192" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E192" s="13">
+        <v>33.28</v>
+      </c>
+      <c r="F192" s="13">
+        <v>28.84</v>
+      </c>
+      <c r="G192" s="40">
+        <v>27.7</v>
+      </c>
+      <c r="H192" s="22"/>
+      <c r="I192" s="13">
+        <v>24.37</v>
+      </c>
+      <c r="J192" s="13">
+        <v>26.29</v>
+      </c>
+    </row>
+    <row r="193" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B193" s="29"/>
+      <c r="C193" s="30"/>
+      <c r="D193" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="13">
+        <v>16.440000000000001</v>
+      </c>
+      <c r="F193" s="13">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="G193" s="40">
+        <v>15.06</v>
+      </c>
+      <c r="H193" s="22"/>
+      <c r="I193" s="13">
+        <v>15.63</v>
+      </c>
+      <c r="J193" s="13">
+        <v>16.36</v>
+      </c>
+    </row>
+    <row r="194" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B194" s="29"/>
+      <c r="C194" s="30"/>
+      <c r="D194" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E194" s="14">
+        <v>25.97</v>
+      </c>
+      <c r="F194" s="14">
+        <v>24.21</v>
+      </c>
+      <c r="G194" s="41">
+        <v>21.29</v>
+      </c>
+      <c r="H194" s="22"/>
+      <c r="I194" s="14">
+        <v>21.09</v>
+      </c>
+      <c r="J194" s="14">
+        <v>23.33</v>
+      </c>
+    </row>
+    <row r="195" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B195" s="31"/>
+      <c r="C195" s="32"/>
+      <c r="D195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G195" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H195" s="22"/>
+      <c r="I195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J195" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B196" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C196" s="28"/>
+      <c r="D196" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E196" s="13">
+        <v>59</v>
+      </c>
+      <c r="F196" s="13">
+        <v>37.81</v>
+      </c>
+      <c r="G196" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H196" s="22"/>
+      <c r="I196" s="13">
+        <v>38.5</v>
+      </c>
+      <c r="J196" s="13">
+        <v>44.49</v>
+      </c>
+    </row>
+    <row r="197" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B197" s="29"/>
+      <c r="C197" s="30"/>
+      <c r="D197" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E197" s="13">
+        <v>70.599999999999994</v>
+      </c>
+      <c r="F197" s="13">
+        <v>66.45</v>
+      </c>
+      <c r="G197" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H197" s="22"/>
+      <c r="I197" s="13">
+        <v>71.14</v>
+      </c>
+      <c r="J197" s="13">
+        <v>73.05</v>
+      </c>
+    </row>
+    <row r="198" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B198" s="29"/>
+      <c r="C198" s="30"/>
+      <c r="D198" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E198" s="13">
+        <v>42.92</v>
+      </c>
+      <c r="F198" s="13">
+        <v>40.450000000000003</v>
+      </c>
+      <c r="G198" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H198" s="22"/>
+      <c r="I198" s="13">
+        <v>31.6</v>
+      </c>
+      <c r="J198" s="13">
+        <v>41.62</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B199" s="29"/>
+      <c r="C199" s="30"/>
+      <c r="D199" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E199" s="14">
+        <v>61.85</v>
+      </c>
+      <c r="F199" s="14">
+        <v>54.51</v>
+      </c>
+      <c r="G199" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H199" s="22"/>
+      <c r="I199" s="14">
+        <v>54.65</v>
+      </c>
+      <c r="J199" s="14">
+        <v>61.39</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B200" s="31"/>
+      <c r="C200" s="32"/>
+      <c r="D200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G200" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H200" s="22"/>
+      <c r="I200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J200" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B201" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="C201" s="28"/>
+      <c r="D201" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E201" s="13">
+        <v>39.950000000000003</v>
+      </c>
+      <c r="F201" s="13">
+        <v>41.86</v>
+      </c>
+      <c r="G201" s="40">
+        <v>34.32</v>
+      </c>
+      <c r="H201" s="22"/>
+      <c r="I201" s="13">
+        <v>20.8</v>
+      </c>
+      <c r="J201" s="13">
+        <v>31.83</v>
+      </c>
+    </row>
+    <row r="202" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B202" s="29"/>
+      <c r="C202" s="30"/>
+      <c r="D202" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E202" s="13">
+        <v>57.6</v>
+      </c>
+      <c r="F202" s="13">
+        <v>49.81</v>
+      </c>
+      <c r="G202" s="40">
+        <v>39.42</v>
+      </c>
+      <c r="H202" s="22"/>
+      <c r="I202" s="13">
+        <v>26.8</v>
+      </c>
+      <c r="J202" s="13">
+        <v>28.61</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B203" s="29"/>
+      <c r="C203" s="30"/>
+      <c r="D203" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" s="13">
+        <v>32.479999999999997</v>
+      </c>
+      <c r="F203" s="13">
+        <v>34.65</v>
+      </c>
+      <c r="G203" s="40">
+        <v>28.46</v>
+      </c>
+      <c r="H203" s="22"/>
+      <c r="I203" s="13">
+        <v>26.82</v>
+      </c>
+      <c r="J203" s="13">
+        <v>20.95</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B204" s="29"/>
+      <c r="C204" s="30"/>
+      <c r="D204" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E204" s="14">
+        <v>39.07</v>
+      </c>
+      <c r="F204" s="14">
+        <v>39.5</v>
+      </c>
+      <c r="G204" s="41">
+        <v>33.28</v>
+      </c>
+      <c r="H204" s="22"/>
+      <c r="I204" s="14">
+        <v>25.97</v>
+      </c>
+      <c r="J204" s="14">
+        <v>24.73</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B205" s="31"/>
+      <c r="C205" s="32"/>
+      <c r="D205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G205" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H205" s="22"/>
+      <c r="I205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J205" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B206" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="C206" s="28"/>
+      <c r="D206" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E206" s="13">
+        <v>55</v>
+      </c>
+      <c r="F206" s="13">
+        <v>55.29</v>
+      </c>
+      <c r="G206" s="40">
+        <v>55.23</v>
+      </c>
+      <c r="H206" s="22"/>
+      <c r="I206" s="13">
+        <v>54.12</v>
+      </c>
+      <c r="J206" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="207" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B207" s="29"/>
+      <c r="C207" s="30"/>
+      <c r="D207" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E207" s="13">
+        <v>59.72</v>
+      </c>
+      <c r="F207" s="13">
+        <v>49.71</v>
+      </c>
+      <c r="G207" s="40">
+        <v>58.09</v>
+      </c>
+      <c r="H207" s="22"/>
+      <c r="I207" s="13">
+        <v>55.9</v>
+      </c>
+      <c r="J207" s="13">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="208" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B208" s="29"/>
+      <c r="C208" s="30"/>
+      <c r="D208" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" s="13">
+        <v>41.48</v>
+      </c>
+      <c r="F208" s="13">
+        <v>45.67</v>
+      </c>
+      <c r="G208" s="40">
+        <v>45.03</v>
+      </c>
+      <c r="H208" s="22"/>
+      <c r="I208" s="13">
+        <v>38.6</v>
+      </c>
+      <c r="J208" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B209" s="29"/>
+      <c r="C209" s="30"/>
+      <c r="D209" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E209" s="14">
+        <v>44.92</v>
+      </c>
+      <c r="F209" s="14">
+        <v>46.94</v>
+      </c>
+      <c r="G209" s="41">
+        <v>47.67</v>
+      </c>
+      <c r="H209" s="22"/>
+      <c r="I209" s="14">
+        <v>42.16</v>
+      </c>
+      <c r="J209" s="14">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B210" s="31"/>
+      <c r="C210" s="32"/>
+      <c r="D210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G210" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H210" s="22"/>
+      <c r="I210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J210" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B211" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="C211" s="28"/>
+      <c r="D211" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E211" s="13">
+        <v>20.25</v>
+      </c>
+      <c r="F211" s="13">
+        <v>9</v>
+      </c>
+      <c r="G211" s="40">
+        <v>13.5</v>
+      </c>
+      <c r="H211" s="22"/>
+      <c r="I211" s="13">
+        <v>21</v>
+      </c>
+      <c r="J211" s="13">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="212" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B212" s="29"/>
+      <c r="C212" s="30"/>
+      <c r="D212" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E212" s="13">
+        <v>19.95</v>
+      </c>
+      <c r="F212" s="13">
+        <v>15.05</v>
+      </c>
+      <c r="G212" s="40">
+        <v>14.16</v>
+      </c>
+      <c r="H212" s="22"/>
+      <c r="I212" s="13">
+        <v>17.559999999999999</v>
+      </c>
+      <c r="J212" s="13">
+        <v>17.559999999999999</v>
+      </c>
+    </row>
+    <row r="213" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B213" s="29"/>
+      <c r="C213" s="30"/>
+      <c r="D213" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213" s="13">
+        <v>16.86</v>
+      </c>
+      <c r="F213" s="13">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="G213" s="40">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="H213" s="22"/>
+      <c r="I213" s="13">
+        <v>12.8</v>
+      </c>
+      <c r="J213" s="13">
+        <v>11.18</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B214" s="29"/>
+      <c r="C214" s="30"/>
+      <c r="D214" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E214" s="14">
+        <v>19.27</v>
+      </c>
+      <c r="F214" s="14">
+        <v>12.71</v>
+      </c>
+      <c r="G214" s="41">
+        <v>12.88</v>
+      </c>
+      <c r="H214" s="22"/>
+      <c r="I214" s="14">
+        <v>16.329999999999998</v>
+      </c>
+      <c r="J214" s="14">
+        <v>13.59</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B215" s="31"/>
+      <c r="C215" s="32"/>
+      <c r="D215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G215" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H215" s="22"/>
+      <c r="I215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J215" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B216" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C216" s="28"/>
+      <c r="D216" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G216" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H216" s="22"/>
+      <c r="I216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J216" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="217" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B217" s="29"/>
+      <c r="C217" s="30"/>
+      <c r="D217" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E217" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F217" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G217" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H217" s="22"/>
+      <c r="I217" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J217" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B218" s="29"/>
+      <c r="C218" s="30"/>
+      <c r="D218" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E218" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F218" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G218" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H218" s="22"/>
+      <c r="I218" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J218" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B219" s="31"/>
+      <c r="C219" s="32"/>
+      <c r="D219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G219" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H219" s="22"/>
+      <c r="I219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J219" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B220" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="C220" s="28"/>
+      <c r="D220" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E220" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F220" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G220" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H220" s="22"/>
+      <c r="I220" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J220" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B221" s="29"/>
+      <c r="C221" s="30"/>
+      <c r="D221" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E221" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F221" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G221" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H221" s="22"/>
+      <c r="I221" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J221" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="222" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B222" s="29"/>
+      <c r="C222" s="30"/>
+      <c r="D222" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E222" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F222" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G222" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H222" s="22"/>
+      <c r="I222" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J222" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B223" s="29"/>
+      <c r="C223" s="30"/>
+      <c r="D223" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E223" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F223" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G223" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H223" s="22"/>
+      <c r="I223" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J223" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B224" s="31"/>
+      <c r="C224" s="32"/>
+      <c r="D224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G224" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H224" s="22"/>
+      <c r="I224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J224" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B225" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="C225" s="28"/>
+      <c r="D225" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E225" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F225" s="13">
+        <v>11.91</v>
+      </c>
+      <c r="G225" s="40">
+        <v>9.25</v>
+      </c>
+      <c r="H225" s="22"/>
+      <c r="I225" s="13">
+        <v>13.82</v>
+      </c>
+      <c r="J225" s="13">
+        <v>11.56</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B226" s="29"/>
+      <c r="C226" s="30"/>
+      <c r="D226" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E226" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F226" s="13">
+        <v>8.18</v>
+      </c>
+      <c r="G226" s="40">
+        <v>12.5</v>
+      </c>
+      <c r="H226" s="22"/>
+      <c r="I226" s="13">
+        <v>6.5</v>
+      </c>
+      <c r="J226" s="13">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="227" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B227" s="29"/>
+      <c r="C227" s="30"/>
+      <c r="D227" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E227" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F227" s="13">
+        <v>8.1</v>
+      </c>
+      <c r="G227" s="40">
+        <v>11.64</v>
+      </c>
+      <c r="H227" s="22"/>
+      <c r="I227" s="13">
+        <v>8.27</v>
+      </c>
+      <c r="J227" s="13">
+        <v>11.27</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B228" s="29"/>
+      <c r="C228" s="30"/>
+      <c r="D228" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E228" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F228" s="14">
+        <v>8.68</v>
+      </c>
+      <c r="G228" s="41">
+        <v>11.22</v>
+      </c>
+      <c r="H228" s="22"/>
+      <c r="I228" s="14">
+        <v>9.17</v>
+      </c>
+      <c r="J228" s="14">
+        <v>11.23</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B229" s="31"/>
+      <c r="C229" s="32"/>
+      <c r="D229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G229" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H229" s="22"/>
+      <c r="I229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J229" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B230" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="C230" s="28"/>
+      <c r="D230" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E230" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F230" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G230" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H230" s="22"/>
+      <c r="I230" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J230" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B231" s="29"/>
+      <c r="C231" s="30"/>
+      <c r="D231" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G231" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H231" s="22"/>
+      <c r="I231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J231" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="232" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B232" s="29"/>
+      <c r="C232" s="30"/>
+      <c r="D232" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E232" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F232" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G232" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H232" s="22"/>
+      <c r="I232" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J232" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B233" s="29"/>
+      <c r="C233" s="30"/>
+      <c r="D233" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E233" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F233" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G233" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H233" s="22"/>
+      <c r="I233" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J233" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B234" s="31"/>
+      <c r="C234" s="32"/>
+      <c r="D234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G234" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H234" s="22"/>
+      <c r="I234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J234" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B235" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C235" s="28"/>
+      <c r="D235" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E235" s="13">
+        <v>31.33</v>
+      </c>
+      <c r="F235" s="13">
+        <v>27.3</v>
+      </c>
+      <c r="G235" s="40">
+        <v>26.72</v>
+      </c>
+      <c r="H235" s="22"/>
+      <c r="I235" s="13">
+        <v>23.43</v>
+      </c>
+      <c r="J235" s="13">
+        <v>21.64</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B236" s="29"/>
+      <c r="C236" s="30"/>
+      <c r="D236" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E236" s="13">
+        <v>35.799999999999997</v>
+      </c>
+      <c r="F236" s="13">
+        <v>42.77</v>
+      </c>
+      <c r="G236" s="40">
+        <v>39.770000000000003</v>
+      </c>
+      <c r="H236" s="22"/>
+      <c r="I236" s="13">
+        <v>36.72</v>
+      </c>
+      <c r="J236" s="13">
+        <v>37.25</v>
+      </c>
+    </row>
+    <row r="237" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B237" s="29"/>
+      <c r="C237" s="30"/>
+      <c r="D237" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E237" s="13">
+        <v>17.260000000000002</v>
+      </c>
+      <c r="F237" s="13">
+        <v>18.739999999999998</v>
+      </c>
+      <c r="G237" s="40">
+        <v>18.23</v>
+      </c>
+      <c r="H237" s="22"/>
+      <c r="I237" s="13">
+        <v>16.3</v>
+      </c>
+      <c r="J237" s="13">
+        <v>14.59</v>
+      </c>
+    </row>
+    <row r="238" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B238" s="29"/>
+      <c r="C238" s="30"/>
+      <c r="D238" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E238" s="14">
+        <v>24.73</v>
+      </c>
+      <c r="F238" s="14">
+        <v>27.87</v>
+      </c>
+      <c r="G238" s="41">
+        <v>27.13</v>
+      </c>
+      <c r="H238" s="22"/>
+      <c r="I238" s="14">
+        <v>23.74</v>
+      </c>
+      <c r="J238" s="14">
+        <v>23.49</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B239" s="31"/>
+      <c r="C239" s="32"/>
+      <c r="D239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G239" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H239" s="22"/>
+      <c r="I239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J239" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B240" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="C240" s="28"/>
+      <c r="D240" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E240" s="13">
+        <v>24.02</v>
+      </c>
+      <c r="F240" s="13">
+        <v>25.9</v>
+      </c>
+      <c r="G240" s="40">
+        <v>23.27</v>
+      </c>
+      <c r="H240" s="22"/>
+      <c r="I240" s="13">
+        <v>19.48</v>
+      </c>
+      <c r="J240" s="13">
+        <v>20.440000000000001</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B241" s="29"/>
+      <c r="C241" s="30"/>
+      <c r="D241" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E241" s="13">
+        <v>26.14</v>
+      </c>
+      <c r="F241" s="13">
+        <v>27.73</v>
+      </c>
+      <c r="G241" s="40">
+        <v>27.36</v>
+      </c>
+      <c r="H241" s="22"/>
+      <c r="I241" s="13">
+        <v>26</v>
+      </c>
+      <c r="J241" s="13">
+        <v>29.52</v>
+      </c>
+    </row>
+    <row r="242" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B242" s="29"/>
+      <c r="C242" s="30"/>
+      <c r="D242" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E242" s="13">
+        <v>16.11</v>
+      </c>
+      <c r="F242" s="13">
+        <v>17.57</v>
+      </c>
+      <c r="G242" s="40">
+        <v>17.8</v>
+      </c>
+      <c r="H242" s="22"/>
+      <c r="I242" s="13">
+        <v>13.64</v>
+      </c>
+      <c r="J242" s="13">
+        <v>15.03</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B243" s="29"/>
+      <c r="C243" s="30"/>
+      <c r="D243" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E243" s="14">
+        <v>23.73</v>
+      </c>
+      <c r="F243" s="14">
+        <v>25.3</v>
+      </c>
+      <c r="G243" s="41">
+        <v>24.9</v>
+      </c>
+      <c r="H243" s="22"/>
+      <c r="I243" s="14">
+        <v>22.33</v>
+      </c>
+      <c r="J243" s="14">
+        <v>25.24</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B244" s="31"/>
+      <c r="C244" s="32"/>
+      <c r="D244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G244" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H244" s="22"/>
+      <c r="I244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J244" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B245" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C245" s="28"/>
+      <c r="D245" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G245" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H245" s="22"/>
+      <c r="I245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J245" s="13">
+        <v>18.88</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B246" s="29"/>
+      <c r="C246" s="30"/>
+      <c r="D246" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G246" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H246" s="22"/>
+      <c r="I246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J246" s="13">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="247" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B247" s="29"/>
+      <c r="C247" s="30"/>
+      <c r="D247" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G247" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H247" s="22"/>
+      <c r="I247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J247" s="14">
+        <v>17.149999999999999</v>
+      </c>
+    </row>
+    <row r="248" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B248" s="31"/>
+      <c r="C248" s="32"/>
+      <c r="D248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G248" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H248" s="22"/>
+      <c r="I248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J248" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B249" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="C249" s="28"/>
+      <c r="D249" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G249" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H249" s="22"/>
+      <c r="I249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J249" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="250" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B250" s="29"/>
+      <c r="C250" s="30"/>
+      <c r="D250" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G250" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H250" s="22"/>
+      <c r="I250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J250" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="251" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B251" s="29"/>
+      <c r="C251" s="30"/>
+      <c r="D251" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G251" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H251" s="22"/>
+      <c r="I251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J251" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="252" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B252" s="31"/>
+      <c r="C252" s="32"/>
+      <c r="D252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G252" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H252" s="22"/>
+      <c r="I252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J252" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="253" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B253" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="C253" s="28"/>
+      <c r="D253" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G253" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H253" s="22"/>
+      <c r="I253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J253" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B254" s="29"/>
+      <c r="C254" s="30"/>
+      <c r="D254" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G254" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H254" s="22"/>
+      <c r="I254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J254" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B255" s="29"/>
+      <c r="C255" s="30"/>
+      <c r="D255" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G255" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H255" s="22"/>
+      <c r="I255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J255" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B256" s="31"/>
+      <c r="C256" s="32"/>
+      <c r="D256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G256" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="22"/>
+      <c r="I256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B257" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C257" s="28"/>
+      <c r="D257" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G257" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H257" s="22"/>
+      <c r="I257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J257" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="258" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B258" s="29"/>
+      <c r="C258" s="30"/>
+      <c r="D258" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G258" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H258" s="22"/>
+      <c r="I258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J258" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="259" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B259" s="29"/>
+      <c r="C259" s="30"/>
+      <c r="D259" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G259" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H259" s="22"/>
+      <c r="I259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J259" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="260" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B260" s="31"/>
+      <c r="C260" s="32"/>
+      <c r="D260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G260" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H260" s="22"/>
+      <c r="I260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J260" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="261" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B261" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="C261" s="28"/>
+      <c r="D261" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E261" s="13">
+        <v>23.38</v>
+      </c>
+      <c r="F261" s="13">
+        <v>20.89</v>
+      </c>
+      <c r="G261" s="40">
+        <v>18.82</v>
+      </c>
+      <c r="H261" s="22"/>
+      <c r="I261" s="13">
+        <v>18.739999999999998</v>
+      </c>
+      <c r="J261" s="13">
+        <v>21.12</v>
+      </c>
+    </row>
+    <row r="262" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B262" s="29"/>
+      <c r="C262" s="30"/>
+      <c r="D262" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E262" s="13">
+        <v>18.39</v>
+      </c>
+      <c r="F262" s="13">
+        <v>21.28</v>
+      </c>
+      <c r="G262" s="40">
+        <v>20.2</v>
+      </c>
+      <c r="H262" s="22"/>
+      <c r="I262" s="13">
+        <v>16.07</v>
+      </c>
+      <c r="J262" s="13">
+        <v>19.05</v>
+      </c>
+    </row>
+    <row r="263" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B263" s="29"/>
+      <c r="C263" s="30"/>
+      <c r="D263" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E263" s="13">
+        <v>14.78</v>
+      </c>
+      <c r="F263" s="13">
+        <v>13.17</v>
+      </c>
+      <c r="G263" s="40">
+        <v>15.05</v>
+      </c>
+      <c r="H263" s="22"/>
+      <c r="I263" s="13">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="J263" s="13">
+        <v>16.010000000000002</v>
+      </c>
+    </row>
+    <row r="264" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B264" s="29"/>
+      <c r="C264" s="30"/>
+      <c r="D264" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E264" s="14">
+        <v>16.82</v>
+      </c>
+      <c r="F264" s="14">
+        <v>16.41</v>
+      </c>
+      <c r="G264" s="41">
+        <v>17</v>
+      </c>
+      <c r="H264" s="22"/>
+      <c r="I264" s="14">
+        <v>16.649999999999999</v>
+      </c>
+      <c r="J264" s="14">
+        <v>17.3</v>
+      </c>
+    </row>
+    <row r="265" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B265" s="31"/>
+      <c r="C265" s="32"/>
+      <c r="D265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G265" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H265" s="22"/>
+      <c r="I265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J265" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="266" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B266" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C266" s="28"/>
+      <c r="D266" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E266" s="13">
+        <v>58.23</v>
+      </c>
+      <c r="F266" s="13">
+        <v>50.73</v>
+      </c>
+      <c r="G266" s="40">
+        <v>46.76</v>
+      </c>
+      <c r="H266" s="22"/>
+      <c r="I266" s="13">
+        <v>42.45</v>
+      </c>
+      <c r="J266" s="13">
+        <v>42.1</v>
+      </c>
+    </row>
+    <row r="267" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B267" s="29"/>
+      <c r="C267" s="30"/>
+      <c r="D267" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E267" s="13">
+        <v>57.4</v>
+      </c>
+      <c r="F267" s="13">
+        <v>54.35</v>
+      </c>
+      <c r="G267" s="40">
+        <v>41.77</v>
+      </c>
+      <c r="H267" s="22"/>
+      <c r="I267" s="13">
+        <v>46.09</v>
+      </c>
+      <c r="J267" s="13">
+        <v>35.17</v>
+      </c>
+    </row>
+    <row r="268" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B268" s="29"/>
+      <c r="C268" s="30"/>
+      <c r="D268" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E268" s="13">
+        <v>44.49</v>
+      </c>
+      <c r="F268" s="13">
+        <v>41.32</v>
+      </c>
+      <c r="G268" s="40">
+        <v>37.58</v>
+      </c>
+      <c r="H268" s="22"/>
+      <c r="I268" s="13">
+        <v>34.51</v>
+      </c>
+      <c r="J268" s="13">
+        <v>28.6</v>
+      </c>
+    </row>
+    <row r="269" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B269" s="29"/>
+      <c r="C269" s="30"/>
+      <c r="D269" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E269" s="14">
+        <v>50.71</v>
+      </c>
+      <c r="F269" s="14">
+        <v>46.21</v>
+      </c>
+      <c r="G269" s="41">
+        <v>41.04</v>
+      </c>
+      <c r="H269" s="22"/>
+      <c r="I269" s="14">
+        <v>39.15</v>
+      </c>
+      <c r="J269" s="14">
+        <v>34.479999999999997</v>
+      </c>
+    </row>
+    <row r="270" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B270" s="31"/>
+      <c r="C270" s="32"/>
+      <c r="D270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G270" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H270" s="22"/>
+      <c r="I270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J270" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="271" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B271" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C271" s="28"/>
+      <c r="D271" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E271" s="13">
+        <v>13.38</v>
+      </c>
+      <c r="F271" s="13">
+        <v>15.79</v>
+      </c>
+      <c r="G271" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H271" s="22"/>
+      <c r="I271" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J271" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="272" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B272" s="29"/>
+      <c r="C272" s="30"/>
+      <c r="D272" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E272" s="13">
+        <v>16.13</v>
+      </c>
+      <c r="F272" s="13">
+        <v>14.35</v>
+      </c>
+      <c r="G272" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H272" s="22"/>
+      <c r="I272" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J272" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="273" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B273" s="29"/>
+      <c r="C273" s="30"/>
+      <c r="D273" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E273" s="13">
+        <v>11.7</v>
+      </c>
+      <c r="F273" s="13">
+        <v>9.92</v>
+      </c>
+      <c r="G273" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H273" s="22"/>
+      <c r="I273" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J273" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="274" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B274" s="29"/>
+      <c r="C274" s="30"/>
+      <c r="D274" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E274" s="14">
+        <v>12.52</v>
+      </c>
+      <c r="F274" s="14">
+        <v>11.7</v>
+      </c>
+      <c r="G274" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H274" s="22"/>
+      <c r="I274" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J274" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="275" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B275" s="31"/>
+      <c r="C275" s="32"/>
+      <c r="D275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G275" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H275" s="22"/>
+      <c r="I275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J275" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="276" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B276" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C276" s="28"/>
+      <c r="D276" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E276" s="13">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="F276" s="13">
+        <v>25.77</v>
+      </c>
+      <c r="G276" s="40">
+        <v>31.33</v>
+      </c>
+      <c r="H276" s="22"/>
+      <c r="I276" s="13">
+        <v>29.56</v>
+      </c>
+      <c r="J276" s="13">
+        <v>31.29</v>
+      </c>
+    </row>
+    <row r="277" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B277" s="29"/>
+      <c r="C277" s="30"/>
+      <c r="D277" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E277" s="13">
+        <v>40.06</v>
+      </c>
+      <c r="F277" s="13">
+        <v>40.590000000000003</v>
+      </c>
+      <c r="G277" s="40">
+        <v>40.270000000000003</v>
+      </c>
+      <c r="H277" s="22"/>
+      <c r="I277" s="13">
+        <v>36.299999999999997</v>
+      </c>
+      <c r="J277" s="13">
+        <v>34.54</v>
+      </c>
+    </row>
+    <row r="278" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B278" s="29"/>
+      <c r="C278" s="30"/>
+      <c r="D278" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E278" s="13">
+        <v>19.13</v>
+      </c>
+      <c r="F278" s="13">
+        <v>18.52</v>
+      </c>
+      <c r="G278" s="40">
+        <v>18.989999999999998</v>
+      </c>
+      <c r="H278" s="22"/>
+      <c r="I278" s="13">
+        <v>19.2</v>
+      </c>
+      <c r="J278" s="13">
+        <v>18.940000000000001</v>
+      </c>
+    </row>
+    <row r="279" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B279" s="29"/>
+      <c r="C279" s="30"/>
+      <c r="D279" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E279" s="14">
+        <v>26.6</v>
+      </c>
+      <c r="F279" s="14">
+        <v>25.6</v>
+      </c>
+      <c r="G279" s="41">
+        <v>25.57</v>
+      </c>
+      <c r="H279" s="22"/>
+      <c r="I279" s="14">
+        <v>24.96</v>
+      </c>
+      <c r="J279" s="14">
+        <v>25.75</v>
+      </c>
+    </row>
+    <row r="280" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B280" s="31"/>
+      <c r="C280" s="32"/>
+      <c r="D280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G280" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H280" s="22"/>
+      <c r="I280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J280" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="281" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B281" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C281" s="28"/>
+      <c r="D281" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E281" s="13">
+        <v>25.64</v>
+      </c>
+      <c r="F281" s="13">
+        <v>27.32</v>
+      </c>
+      <c r="G281" s="40">
+        <v>30.86</v>
+      </c>
+      <c r="H281" s="22"/>
+      <c r="I281" s="13">
+        <v>19.68</v>
+      </c>
+      <c r="J281" s="13">
+        <v>24.44</v>
+      </c>
+    </row>
+    <row r="282" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B282" s="29"/>
+      <c r="C282" s="30"/>
+      <c r="D282" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E282" s="13">
+        <v>42.47</v>
+      </c>
+      <c r="F282" s="13">
+        <v>42.05</v>
+      </c>
+      <c r="G282" s="40">
+        <v>43.37</v>
+      </c>
+      <c r="H282" s="22"/>
+      <c r="I282" s="13">
+        <v>36.590000000000003</v>
+      </c>
+      <c r="J282" s="13">
+        <v>35.840000000000003</v>
+      </c>
+    </row>
+    <row r="283" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B283" s="29"/>
+      <c r="C283" s="30"/>
+      <c r="D283" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E283" s="13">
+        <v>19.18</v>
+      </c>
+      <c r="F283" s="13">
+        <v>20.190000000000001</v>
+      </c>
+      <c r="G283" s="40">
+        <v>18.82</v>
+      </c>
+      <c r="H283" s="22"/>
+      <c r="I283" s="13">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="J283" s="13">
+        <v>18.98</v>
+      </c>
+    </row>
+    <row r="284" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B284" s="29"/>
+      <c r="C284" s="30"/>
+      <c r="D284" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E284" s="14">
+        <v>25.13</v>
+      </c>
+      <c r="F284" s="14">
+        <v>26.44</v>
+      </c>
+      <c r="G284" s="41">
+        <v>25.42</v>
+      </c>
+      <c r="H284" s="22"/>
+      <c r="I284" s="14">
+        <v>21.25</v>
+      </c>
+      <c r="J284" s="14">
+        <v>24.3</v>
+      </c>
+    </row>
+    <row r="285" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B285" s="31"/>
+      <c r="C285" s="32"/>
+      <c r="D285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G285" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H285" s="22"/>
+      <c r="I285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J285" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="286" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B286" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C286" s="28"/>
+      <c r="D286" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E286" s="13">
+        <v>9.3699999999999992</v>
+      </c>
+      <c r="F286" s="13">
+        <v>12.15</v>
+      </c>
+      <c r="G286" s="40">
+        <v>10.92</v>
+      </c>
+      <c r="H286" s="22"/>
+      <c r="I286" s="13">
+        <v>7.37</v>
+      </c>
+      <c r="J286" s="13">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="287" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B287" s="29"/>
+      <c r="C287" s="30"/>
+      <c r="D287" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E287" s="13">
+        <v>14.22</v>
+      </c>
+      <c r="F287" s="13">
+        <v>15.72</v>
+      </c>
+      <c r="G287" s="40">
+        <v>12.02</v>
+      </c>
+      <c r="H287" s="22"/>
+      <c r="I287" s="13">
+        <v>9.82</v>
+      </c>
+      <c r="J287" s="13">
+        <v>8.5299999999999994</v>
+      </c>
+    </row>
+    <row r="288" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B288" s="29"/>
+      <c r="C288" s="30"/>
+      <c r="D288" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E288" s="13">
+        <v>7.14</v>
+      </c>
+      <c r="F288" s="13">
+        <v>7.64</v>
+      </c>
+      <c r="G288" s="40">
+        <v>6.78</v>
+      </c>
+      <c r="H288" s="22"/>
+      <c r="I288" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J288" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="289" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B289" s="29"/>
+      <c r="C289" s="30"/>
+      <c r="D289" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E289" s="14">
+        <v>9.31</v>
+      </c>
+      <c r="F289" s="14">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="G289" s="41">
+        <v>8.9499999999999993</v>
+      </c>
+      <c r="H289" s="22"/>
+      <c r="I289" s="14">
+        <v>6.18</v>
+      </c>
+      <c r="J289" s="14">
+        <v>5.61</v>
+      </c>
+    </row>
+    <row r="290" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B290" s="31"/>
+      <c r="C290" s="32"/>
+      <c r="D290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G290" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H290" s="22"/>
+      <c r="I290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J290" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="291" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B291" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C291" s="28"/>
+      <c r="D291" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E291" s="13">
+        <v>21.22</v>
+      </c>
+      <c r="F291" s="13">
+        <v>27.67</v>
+      </c>
+      <c r="G291" s="40">
+        <v>23.27</v>
+      </c>
+      <c r="H291" s="22"/>
+      <c r="I291" s="13">
+        <v>18.61</v>
+      </c>
+      <c r="J291" s="13">
+        <v>14.96</v>
+      </c>
+    </row>
+    <row r="292" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B292" s="29"/>
+      <c r="C292" s="30"/>
+      <c r="D292" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E292" s="13">
+        <v>28.66</v>
+      </c>
+      <c r="F292" s="13">
+        <v>31.6</v>
+      </c>
+      <c r="G292" s="40">
+        <v>30.57</v>
+      </c>
+      <c r="H292" s="22"/>
+      <c r="I292" s="13">
+        <v>24.55</v>
+      </c>
+      <c r="J292" s="13">
+        <v>20.89</v>
+      </c>
+    </row>
+    <row r="293" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B293" s="29"/>
+      <c r="C293" s="30"/>
+      <c r="D293" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E293" s="13">
+        <v>19</v>
+      </c>
+      <c r="F293" s="13">
+        <v>18.59</v>
+      </c>
+      <c r="G293" s="40">
+        <v>15.32</v>
+      </c>
+      <c r="H293" s="22"/>
+      <c r="I293" s="13">
+        <v>14.03</v>
+      </c>
+      <c r="J293" s="13">
+        <v>12.01</v>
+      </c>
+    </row>
+    <row r="294" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B294" s="29"/>
+      <c r="C294" s="30"/>
+      <c r="D294" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E294" s="14">
+        <v>21.6</v>
+      </c>
+      <c r="F294" s="14">
+        <v>22.81</v>
+      </c>
+      <c r="G294" s="41">
+        <v>20.07</v>
+      </c>
+      <c r="H294" s="22"/>
+      <c r="I294" s="14">
+        <v>17.43</v>
+      </c>
+      <c r="J294" s="14">
+        <v>14.68</v>
+      </c>
+    </row>
+    <row r="295" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B295" s="31"/>
+      <c r="C295" s="32"/>
+      <c r="D295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G295" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H295" s="22"/>
+      <c r="I295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J295" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="296" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B296" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C296" s="28"/>
+      <c r="D296" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E296" s="13">
+        <v>19.25</v>
+      </c>
+      <c r="F296" s="13">
+        <v>15.36</v>
+      </c>
+      <c r="G296" s="40">
+        <v>14.27</v>
+      </c>
+      <c r="H296" s="22"/>
+      <c r="I296" s="13">
+        <v>11</v>
+      </c>
+      <c r="J296" s="13">
+        <v>11.25</v>
+      </c>
+    </row>
+    <row r="297" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B297" s="29"/>
+      <c r="C297" s="30"/>
+      <c r="D297" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E297" s="13">
+        <v>18.61</v>
+      </c>
+      <c r="F297" s="13">
+        <v>26.18</v>
+      </c>
+      <c r="G297" s="40">
+        <v>28.77</v>
+      </c>
+      <c r="H297" s="22"/>
+      <c r="I297" s="13">
+        <v>21.04</v>
+      </c>
+      <c r="J297" s="13">
+        <v>23.56</v>
+      </c>
+    </row>
+    <row r="298" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B298" s="29"/>
+      <c r="C298" s="30"/>
+      <c r="D298" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E298" s="13">
+        <v>11.95</v>
+      </c>
+      <c r="F298" s="13">
+        <v>11.39</v>
+      </c>
+      <c r="G298" s="40">
+        <v>8.91</v>
+      </c>
+      <c r="H298" s="22"/>
+      <c r="I298" s="13">
+        <v>10.97</v>
+      </c>
+      <c r="J298" s="13">
+        <v>9.82</v>
+      </c>
+    </row>
+    <row r="299" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B299" s="29"/>
+      <c r="C299" s="30"/>
+      <c r="D299" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E299" s="14">
+        <v>15.65</v>
+      </c>
+      <c r="F299" s="14">
+        <v>18.04</v>
+      </c>
+      <c r="G299" s="41">
+        <v>17.010000000000002</v>
+      </c>
+      <c r="H299" s="22"/>
+      <c r="I299" s="14">
+        <v>14.86</v>
+      </c>
+      <c r="J299" s="14">
+        <v>13.64</v>
+      </c>
+    </row>
+    <row r="300" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B300" s="31"/>
+      <c r="C300" s="32"/>
+      <c r="D300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G300" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H300" s="22"/>
+      <c r="I300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J300" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B301" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C301" s="28"/>
+      <c r="D301" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E301" s="13">
+        <v>32.83</v>
+      </c>
+      <c r="F301" s="13">
+        <v>33.86</v>
+      </c>
+      <c r="G301" s="40">
+        <v>18.73</v>
+      </c>
+      <c r="H301" s="22"/>
+      <c r="I301" s="13">
+        <v>21.69</v>
+      </c>
+      <c r="J301" s="13">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="302" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B302" s="29"/>
+      <c r="C302" s="30"/>
+      <c r="D302" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E302" s="13">
+        <v>37.35</v>
+      </c>
+      <c r="F302" s="13">
+        <v>41.08</v>
+      </c>
+      <c r="G302" s="40">
+        <v>46.47</v>
+      </c>
+      <c r="H302" s="22"/>
+      <c r="I302" s="13">
+        <v>36.090000000000003</v>
+      </c>
+      <c r="J302" s="13">
+        <v>30.21</v>
+      </c>
+    </row>
+    <row r="303" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B303" s="29"/>
+      <c r="C303" s="30"/>
+      <c r="D303" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E303" s="13">
+        <v>19.71</v>
+      </c>
+      <c r="F303" s="13">
+        <v>16.18</v>
+      </c>
+      <c r="G303" s="40">
+        <v>22.45</v>
+      </c>
+      <c r="H303" s="22"/>
+      <c r="I303" s="13">
+        <v>14.48</v>
+      </c>
+      <c r="J303" s="13">
+        <v>16.420000000000002</v>
+      </c>
+    </row>
+    <row r="304" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B304" s="29"/>
+      <c r="C304" s="30"/>
+      <c r="D304" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E304" s="14">
+        <v>27.73</v>
+      </c>
+      <c r="F304" s="14">
+        <v>28.11</v>
+      </c>
+      <c r="G304" s="41">
+        <v>30.84</v>
+      </c>
+      <c r="H304" s="22"/>
+      <c r="I304" s="14">
+        <v>24.9</v>
+      </c>
+      <c r="J304" s="14">
+        <v>22.49</v>
+      </c>
+    </row>
+    <row r="305" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B305" s="31"/>
+      <c r="C305" s="32"/>
+      <c r="D305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G305" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H305" s="22"/>
+      <c r="I305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J305" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B306" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="C306" s="28"/>
+      <c r="D306" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E306" s="13">
+        <v>25.08</v>
+      </c>
+      <c r="F306" s="13">
+        <v>21.28</v>
+      </c>
+      <c r="G306" s="40">
+        <v>18.059999999999999</v>
+      </c>
+      <c r="H306" s="22"/>
+      <c r="I306" s="13">
+        <v>21.08</v>
+      </c>
+      <c r="J306" s="13">
+        <v>16.61</v>
+      </c>
+    </row>
+    <row r="307" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B307" s="29"/>
+      <c r="C307" s="30"/>
+      <c r="D307" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E307" s="13">
+        <v>31.33</v>
+      </c>
+      <c r="F307" s="13">
+        <v>33.69</v>
+      </c>
+      <c r="G307" s="40">
+        <v>29.13</v>
+      </c>
+      <c r="H307" s="22"/>
+      <c r="I307" s="13">
+        <v>30.76</v>
+      </c>
+      <c r="J307" s="13">
+        <v>28.28</v>
+      </c>
+    </row>
+    <row r="308" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B308" s="29"/>
+      <c r="C308" s="30"/>
+      <c r="D308" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E308" s="13">
+        <v>15.01</v>
+      </c>
+      <c r="F308" s="13">
+        <v>14.82</v>
+      </c>
+      <c r="G308" s="40">
+        <v>16.61</v>
+      </c>
+      <c r="H308" s="22"/>
+      <c r="I308" s="13">
+        <v>13.98</v>
+      </c>
+      <c r="J308" s="13">
+        <v>13.02</v>
+      </c>
+    </row>
+    <row r="309" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B309" s="29"/>
+      <c r="C309" s="30"/>
+      <c r="D309" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E309" s="14">
+        <v>21.45</v>
+      </c>
+      <c r="F309" s="14">
+        <v>20.66</v>
+      </c>
+      <c r="G309" s="41">
+        <v>20.22</v>
+      </c>
+      <c r="H309" s="22"/>
+      <c r="I309" s="14">
+        <v>18.940000000000001</v>
+      </c>
+      <c r="J309" s="14">
+        <v>16.93</v>
+      </c>
+    </row>
+    <row r="310" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B310" s="31"/>
+      <c r="C310" s="32"/>
+      <c r="D310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G310" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H310" s="22"/>
+      <c r="I310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J310" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B311" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C311" s="28"/>
+      <c r="D311" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E311" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F311" s="13">
+        <v>22.05</v>
+      </c>
+      <c r="G311" s="40">
+        <v>18.91</v>
+      </c>
+      <c r="H311" s="22"/>
+      <c r="I311" s="13">
+        <v>17.920000000000002</v>
+      </c>
+      <c r="J311" s="13">
+        <v>15.45</v>
+      </c>
+    </row>
+    <row r="312" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B312" s="29"/>
+      <c r="C312" s="30"/>
+      <c r="D312" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E312" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F312" s="13">
+        <v>18.850000000000001</v>
+      </c>
+      <c r="G312" s="40">
+        <v>24.04</v>
+      </c>
+      <c r="H312" s="22"/>
+      <c r="I312" s="13">
+        <v>17.260000000000002</v>
+      </c>
+      <c r="J312" s="13">
+        <v>23.8</v>
+      </c>
+    </row>
+    <row r="313" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B313" s="29"/>
+      <c r="C313" s="30"/>
+      <c r="D313" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E313" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F313" s="13">
+        <v>18.23</v>
+      </c>
+      <c r="G313" s="40">
+        <v>15.83</v>
+      </c>
+      <c r="H313" s="22"/>
+      <c r="I313" s="13">
+        <v>13.95</v>
+      </c>
+      <c r="J313" s="13">
+        <v>13.68</v>
+      </c>
+    </row>
+    <row r="314" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B314" s="29"/>
+      <c r="C314" s="30"/>
+      <c r="D314" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E314" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F314" s="14">
+        <v>18.940000000000001</v>
+      </c>
+      <c r="G314" s="41">
+        <v>17.59</v>
+      </c>
+      <c r="H314" s="22"/>
+      <c r="I314" s="14">
+        <v>15.06</v>
+      </c>
+      <c r="J314" s="14">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="315" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B315" s="31"/>
+      <c r="C315" s="32"/>
+      <c r="D315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G315" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H315" s="22"/>
+      <c r="I315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J315" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="316" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B316" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="C316" s="28"/>
+      <c r="D316" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E316" s="13">
+        <v>13</v>
+      </c>
+      <c r="F316" s="13">
+        <v>15</v>
+      </c>
+      <c r="G316" s="40">
+        <v>9.5</v>
+      </c>
+      <c r="H316" s="22"/>
+      <c r="I316" s="13">
+        <v>15</v>
+      </c>
+      <c r="J316" s="13">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="317" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B317" s="29"/>
+      <c r="C317" s="30"/>
+      <c r="D317" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E317" s="13">
+        <v>20.81</v>
+      </c>
+      <c r="F317" s="13">
+        <v>12.91</v>
+      </c>
+      <c r="G317" s="40">
+        <v>17.5</v>
+      </c>
+      <c r="H317" s="22"/>
+      <c r="I317" s="13">
+        <v>16.940000000000001</v>
+      </c>
+      <c r="J317" s="13">
+        <v>16.579999999999998</v>
+      </c>
+    </row>
+    <row r="318" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B318" s="29"/>
+      <c r="C318" s="30"/>
+      <c r="D318" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E318" s="13">
+        <v>10.57</v>
+      </c>
+      <c r="F318" s="13">
+        <v>10.15</v>
+      </c>
+      <c r="G318" s="40">
+        <v>11.61</v>
+      </c>
+      <c r="H318" s="22"/>
+      <c r="I318" s="13">
+        <v>9.4499999999999993</v>
+      </c>
+      <c r="J318" s="13">
+        <v>10.45</v>
+      </c>
+    </row>
+    <row r="319" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B319" s="29"/>
+      <c r="C319" s="30"/>
+      <c r="D319" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E319" s="14">
+        <v>15.64</v>
+      </c>
+      <c r="F319" s="14">
+        <v>11.25</v>
+      </c>
+      <c r="G319" s="41">
+        <v>13.61</v>
+      </c>
+      <c r="H319" s="22"/>
+      <c r="I319" s="14">
+        <v>12.25</v>
+      </c>
+      <c r="J319" s="14">
+        <v>13.15</v>
+      </c>
+    </row>
+    <row r="320" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B320" s="31"/>
+      <c r="C320" s="32"/>
+      <c r="D320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G320" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H320" s="22"/>
+      <c r="I320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J320" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B321" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C321" s="28"/>
+      <c r="D321" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E321" s="13">
+        <v>15.57</v>
+      </c>
+      <c r="F321" s="13">
+        <v>13.4</v>
+      </c>
+      <c r="G321" s="40">
+        <v>15</v>
+      </c>
+      <c r="H321" s="22"/>
+      <c r="I321" s="13">
+        <v>8.67</v>
+      </c>
+      <c r="J321" s="13">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="322" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B322" s="29"/>
+      <c r="C322" s="30"/>
+      <c r="D322" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E322" s="13">
+        <v>16.47</v>
+      </c>
+      <c r="F322" s="13">
+        <v>14.71</v>
+      </c>
+      <c r="G322" s="40">
+        <v>15.25</v>
+      </c>
+      <c r="H322" s="22"/>
+      <c r="I322" s="13">
+        <v>17.23</v>
+      </c>
+      <c r="J322" s="13">
+        <v>5.86</v>
+      </c>
+    </row>
+    <row r="323" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B323" s="29"/>
+      <c r="C323" s="30"/>
+      <c r="D323" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E323" s="13">
+        <v>13</v>
+      </c>
+      <c r="F323" s="13">
+        <v>8.19</v>
+      </c>
+      <c r="G323" s="40">
+        <v>12.12</v>
+      </c>
+      <c r="H323" s="22"/>
+      <c r="I323" s="13">
+        <v>6.73</v>
+      </c>
+      <c r="J323" s="13">
+        <v>10.130000000000001</v>
+      </c>
+    </row>
+    <row r="324" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B324" s="29"/>
+      <c r="C324" s="30"/>
+      <c r="D324" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E324" s="14">
+        <v>14.67</v>
+      </c>
+      <c r="F324" s="14">
+        <v>10.74</v>
+      </c>
+      <c r="G324" s="41">
+        <v>13.36</v>
+      </c>
+      <c r="H324" s="22"/>
+      <c r="I324" s="14">
+        <v>10.47</v>
+      </c>
+      <c r="J324" s="14">
+        <v>9.64</v>
+      </c>
+    </row>
+    <row r="325" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B325" s="31"/>
+      <c r="C325" s="32"/>
+      <c r="D325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G325" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H325" s="22"/>
+      <c r="I325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J325" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B326" s="20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C326" s="28"/>
+      <c r="D326" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E326" s="13">
+        <v>21.83</v>
+      </c>
+      <c r="F326" s="13">
+        <v>15.38</v>
+      </c>
+      <c r="G326" s="40">
+        <v>18.14</v>
+      </c>
+      <c r="H326" s="22"/>
+      <c r="I326" s="13">
+        <v>11.33</v>
+      </c>
+      <c r="J326" s="13">
+        <v>11.91</v>
+      </c>
+    </row>
+    <row r="327" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B327" s="29"/>
+      <c r="C327" s="30"/>
+      <c r="D327" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E327" s="13">
+        <v>17.88</v>
+      </c>
+      <c r="F327" s="13">
+        <v>19</v>
+      </c>
+      <c r="G327" s="40">
+        <v>14</v>
+      </c>
+      <c r="H327" s="22"/>
+      <c r="I327" s="13">
+        <v>16.37</v>
+      </c>
+      <c r="J327" s="13">
+        <v>17.25</v>
+      </c>
+    </row>
+    <row r="328" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B328" s="29"/>
+      <c r="C328" s="30"/>
+      <c r="D328" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328" s="13">
+        <v>11.22</v>
+      </c>
+      <c r="F328" s="13">
+        <v>13.58</v>
+      </c>
+      <c r="G328" s="40">
+        <v>13.16</v>
+      </c>
+      <c r="H328" s="22"/>
+      <c r="I328" s="13">
+        <v>10.73</v>
+      </c>
+      <c r="J328" s="13">
+        <v>8.86</v>
+      </c>
+    </row>
+    <row r="329" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B329" s="29"/>
+      <c r="C329" s="30"/>
+      <c r="D329" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E329" s="14">
+        <v>14.91</v>
+      </c>
+      <c r="F329" s="14">
+        <v>16.03</v>
+      </c>
+      <c r="G329" s="41">
+        <v>14.05</v>
+      </c>
+      <c r="H329" s="22"/>
+      <c r="I329" s="14">
+        <v>13.52</v>
+      </c>
+      <c r="J329" s="14">
+        <v>11.56</v>
+      </c>
+    </row>
+    <row r="330" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B330" s="31"/>
+      <c r="C330" s="32"/>
+      <c r="D330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G330" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H330" s="22"/>
+      <c r="I330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J330" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="331" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B331" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="C331" s="28"/>
+      <c r="D331" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E331" s="13">
+        <v>15</v>
+      </c>
+      <c r="F331" s="13">
+        <v>13</v>
+      </c>
+      <c r="G331" s="40">
+        <v>15.67</v>
+      </c>
+      <c r="H331" s="22"/>
+      <c r="I331" s="13">
+        <v>10.6</v>
+      </c>
+      <c r="J331" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="332" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B332" s="29"/>
+      <c r="C332" s="30"/>
+      <c r="D332" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E332" s="13">
+        <v>14</v>
+      </c>
+      <c r="F332" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G332" s="40">
+        <v>22</v>
+      </c>
+      <c r="H332" s="22"/>
+      <c r="I332" s="13">
+        <v>10</v>
+      </c>
+      <c r="J332" s="13">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="333" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B333" s="29"/>
+      <c r="C333" s="30"/>
+      <c r="D333" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333" s="13">
+        <v>15.43</v>
+      </c>
+      <c r="F333" s="13">
+        <v>14.33</v>
+      </c>
+      <c r="G333" s="40">
+        <v>11</v>
+      </c>
+      <c r="H333" s="22"/>
+      <c r="I333" s="13">
+        <v>10.88</v>
+      </c>
+      <c r="J333" s="13">
+        <v>11.14</v>
+      </c>
+    </row>
+    <row r="334" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B334" s="29"/>
+      <c r="C334" s="30"/>
+      <c r="D334" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E334" s="14">
+        <v>15.22</v>
+      </c>
+      <c r="F334" s="14">
+        <v>13.92</v>
+      </c>
+      <c r="G334" s="41">
+        <v>14.25</v>
+      </c>
+      <c r="H334" s="22"/>
+      <c r="I334" s="14">
+        <v>10.67</v>
+      </c>
+      <c r="J334" s="14">
+        <v>11.06</v>
+      </c>
+    </row>
+    <row r="335" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B335" s="31"/>
+      <c r="C335" s="32"/>
+      <c r="D335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G335" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H335" s="22"/>
+      <c r="I335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J335" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="336" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B336" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C336" s="28"/>
+      <c r="D336" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E336" s="13">
+        <v>16</v>
+      </c>
+      <c r="F336" s="13">
+        <v>10</v>
+      </c>
+      <c r="G336" s="40">
+        <v>10.25</v>
+      </c>
+      <c r="H336" s="22"/>
+      <c r="I336" s="13">
+        <v>12</v>
+      </c>
+      <c r="J336" s="13">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="337" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B337" s="29"/>
+      <c r="C337" s="30"/>
+      <c r="D337" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E337" s="13">
+        <v>18.079999999999998</v>
+      </c>
+      <c r="F337" s="13">
+        <v>16.25</v>
+      </c>
+      <c r="G337" s="40">
+        <v>18.14</v>
+      </c>
+      <c r="H337" s="22"/>
+      <c r="I337" s="13">
+        <v>9.14</v>
+      </c>
+      <c r="J337" s="13">
+        <v>14.21</v>
+      </c>
+    </row>
+    <row r="338" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B338" s="29"/>
+      <c r="C338" s="30"/>
+      <c r="D338" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E338" s="13">
+        <v>10.71</v>
+      </c>
+      <c r="F338" s="13">
+        <v>9.32</v>
+      </c>
+      <c r="G338" s="40">
+        <v>11.92</v>
+      </c>
+      <c r="H338" s="22"/>
+      <c r="I338" s="13">
+        <v>9.4700000000000006</v>
+      </c>
+      <c r="J338" s="13">
+        <v>8.56</v>
+      </c>
+    </row>
+    <row r="339" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B339" s="29"/>
+      <c r="C339" s="30"/>
+      <c r="D339" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E339" s="14">
+        <v>13.14</v>
+      </c>
+      <c r="F339" s="14">
+        <v>11.88</v>
+      </c>
+      <c r="G339" s="41">
+        <v>12.68</v>
+      </c>
+      <c r="H339" s="22"/>
+      <c r="I339" s="14">
+        <v>9.93</v>
+      </c>
+      <c r="J339" s="14">
+        <v>10.91</v>
+      </c>
+    </row>
+    <row r="340" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B340" s="31"/>
+      <c r="C340" s="32"/>
+      <c r="D340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G340" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H340" s="22"/>
+      <c r="I340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J340" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="341" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B341" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C341" s="28"/>
+      <c r="D341" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E341" s="13">
+        <v>44</v>
+      </c>
+      <c r="F341" s="13">
+        <v>45</v>
+      </c>
+      <c r="G341" s="40">
+        <v>48</v>
+      </c>
+      <c r="H341" s="22"/>
+      <c r="I341" s="13">
+        <v>44.33</v>
+      </c>
+      <c r="J341" s="13">
+        <v>48.5</v>
+      </c>
+    </row>
+    <row r="342" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B342" s="29"/>
+      <c r="C342" s="30"/>
+      <c r="D342" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E342" s="13">
+        <v>27.15</v>
+      </c>
+      <c r="F342" s="13">
+        <v>40.22</v>
+      </c>
+      <c r="G342" s="40">
+        <v>31.38</v>
+      </c>
+      <c r="H342" s="22"/>
+      <c r="I342" s="13">
+        <v>45.67</v>
+      </c>
+      <c r="J342" s="13">
+        <v>42.33</v>
+      </c>
+    </row>
+    <row r="343" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B343" s="29"/>
+      <c r="C343" s="30"/>
+      <c r="D343" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E343" s="13">
+        <v>45.01</v>
+      </c>
+      <c r="F343" s="13">
+        <v>42.05</v>
+      </c>
+      <c r="G343" s="40">
+        <v>44.56</v>
+      </c>
+      <c r="H343" s="22"/>
+      <c r="I343" s="13">
+        <v>42.58</v>
+      </c>
+      <c r="J343" s="13">
+        <v>46.63</v>
+      </c>
+    </row>
+    <row r="344" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B344" s="29"/>
+      <c r="C344" s="30"/>
+      <c r="D344" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E344" s="14">
+        <v>42.3</v>
+      </c>
+      <c r="F344" s="14">
+        <v>41.85</v>
+      </c>
+      <c r="G344" s="41">
+        <v>43.1</v>
+      </c>
+      <c r="H344" s="22"/>
+      <c r="I344" s="14">
+        <v>42.79</v>
+      </c>
+      <c r="J344" s="14">
+        <v>46.46</v>
+      </c>
+    </row>
+    <row r="345" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B345" s="31"/>
+      <c r="C345" s="32"/>
+      <c r="D345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G345" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H345" s="22"/>
+      <c r="I345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J345" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B346" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C346" s="28"/>
+      <c r="D346" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G346" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H346" s="22"/>
+      <c r="I346" s="13">
+        <v>5</v>
+      </c>
+      <c r="J346" s="13">
+        <v>7.75</v>
+      </c>
+    </row>
+    <row r="347" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B347" s="29"/>
+      <c r="C347" s="30"/>
+      <c r="D347" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E347" s="13">
+        <v>6.33</v>
+      </c>
+      <c r="F347" s="13">
+        <v>12.4</v>
+      </c>
+      <c r="G347" s="40">
+        <v>13</v>
+      </c>
+      <c r="H347" s="22"/>
+      <c r="I347" s="13">
+        <v>7.67</v>
+      </c>
+      <c r="J347" s="13">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="348" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B348" s="29"/>
+      <c r="C348" s="30"/>
+      <c r="D348" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E348" s="13">
+        <v>7.3</v>
+      </c>
+      <c r="F348" s="13">
+        <v>9.8800000000000008</v>
+      </c>
+      <c r="G348" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H348" s="22"/>
+      <c r="I348" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J348" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="349" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B349" s="29"/>
+      <c r="C349" s="30"/>
+      <c r="D349" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E349" s="14">
+        <v>6.86</v>
+      </c>
+      <c r="F349" s="14">
+        <v>10.14</v>
+      </c>
+      <c r="G349" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H349" s="22"/>
+      <c r="I349" s="14">
+        <v>5.56</v>
+      </c>
+      <c r="J349" s="14">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="350" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B350" s="31"/>
+      <c r="C350" s="32"/>
+      <c r="D350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G350" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H350" s="22"/>
+      <c r="I350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J350" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="351" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B351" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C351" s="28"/>
+      <c r="D351" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E351" s="13">
+        <v>5.97</v>
+      </c>
+      <c r="F351" s="13">
+        <v>5.43</v>
+      </c>
+      <c r="G351" s="40">
+        <v>5.19</v>
+      </c>
+      <c r="H351" s="22"/>
+      <c r="I351" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J351" s="13">
+        <v>5.72</v>
+      </c>
+    </row>
+    <row r="352" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B352" s="29"/>
+      <c r="C352" s="30"/>
+      <c r="D352" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E352" s="13">
+        <v>5.34</v>
+      </c>
+      <c r="F352" s="13">
+        <v>5.48</v>
+      </c>
+      <c r="G352" s="40">
+        <v>5.87</v>
+      </c>
+      <c r="H352" s="22"/>
+      <c r="I352" s="13">
+        <v>6.5</v>
+      </c>
+      <c r="J352" s="13">
+        <v>5.64</v>
+      </c>
+    </row>
+    <row r="353" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B353" s="29"/>
+      <c r="C353" s="30"/>
+      <c r="D353" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E353" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F353" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G353" s="40">
+        <v>6.14</v>
+      </c>
+      <c r="H353" s="22"/>
+      <c r="I353" s="13">
+        <v>6</v>
+      </c>
+      <c r="J353" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="354" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B354" s="29"/>
+      <c r="C354" s="30"/>
+      <c r="D354" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E354" s="14">
+        <v>5.25</v>
+      </c>
+      <c r="F354" s="14">
+        <v>5.39</v>
+      </c>
+      <c r="G354" s="41">
+        <v>5.8</v>
+      </c>
+      <c r="H354" s="22"/>
+      <c r="I354" s="14">
+        <v>6.27</v>
+      </c>
+      <c r="J354" s="14">
+        <v>5.57</v>
+      </c>
+    </row>
+    <row r="355" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B355" s="31"/>
+      <c r="C355" s="32"/>
+      <c r="D355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G355" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H355" s="22"/>
+      <c r="I355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J355" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="356" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B356" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C356" s="28"/>
+      <c r="D356" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E356" s="13">
+        <v>53.39</v>
+      </c>
+      <c r="F356" s="13">
+        <v>52.71</v>
+      </c>
+      <c r="G356" s="40">
+        <v>52.06</v>
+      </c>
+      <c r="H356" s="22"/>
+      <c r="I356" s="13">
+        <v>56.32</v>
+      </c>
+      <c r="J356" s="13">
+        <v>55.88</v>
+      </c>
+    </row>
+    <row r="357" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B357" s="29"/>
+      <c r="C357" s="30"/>
+      <c r="D357" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E357" s="13">
+        <v>71.900000000000006</v>
+      </c>
+      <c r="F357" s="13">
+        <v>74.7</v>
+      </c>
+      <c r="G357" s="40">
+        <v>75.17</v>
+      </c>
+      <c r="H357" s="22"/>
+      <c r="I357" s="13">
+        <v>76.94</v>
+      </c>
+      <c r="J357" s="13">
+        <v>73.12</v>
+      </c>
+    </row>
+    <row r="358" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B358" s="29"/>
+      <c r="C358" s="30"/>
+      <c r="D358" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E358" s="13">
+        <v>31.37</v>
+      </c>
+      <c r="F358" s="13">
+        <v>33.75</v>
+      </c>
+      <c r="G358" s="40">
+        <v>33.39</v>
+      </c>
+      <c r="H358" s="22"/>
+      <c r="I358" s="13">
+        <v>31.42</v>
+      </c>
+      <c r="J358" s="13">
+        <v>32.200000000000003</v>
+      </c>
+    </row>
+    <row r="359" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B359" s="29"/>
+      <c r="C359" s="30"/>
+      <c r="D359" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E359" s="14">
+        <v>54.44</v>
+      </c>
+      <c r="F359" s="14">
+        <v>57.72</v>
+      </c>
+      <c r="G359" s="41">
+        <v>56.47</v>
+      </c>
+      <c r="H359" s="22"/>
+      <c r="I359" s="14">
+        <v>58.37</v>
+      </c>
+      <c r="J359" s="14">
+        <v>56.3</v>
+      </c>
+    </row>
+    <row r="360" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B360" s="31"/>
+      <c r="C360" s="32"/>
+      <c r="D360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G360" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H360" s="22"/>
+      <c r="I360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J360" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="361" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B361" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="C361" s="28"/>
+      <c r="D361" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E361" s="13">
+        <v>36</v>
+      </c>
+      <c r="F361" s="13">
+        <v>37.5</v>
+      </c>
+      <c r="G361" s="40">
+        <v>47.75</v>
+      </c>
+      <c r="H361" s="22"/>
+      <c r="I361" s="13">
+        <v>46.5</v>
+      </c>
+      <c r="J361" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="362" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B362" s="29"/>
+      <c r="C362" s="30"/>
+      <c r="D362" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E362" s="13">
+        <v>28.69</v>
+      </c>
+      <c r="F362" s="13">
+        <v>36.21</v>
+      </c>
+      <c r="G362" s="40">
+        <v>32.17</v>
+      </c>
+      <c r="H362" s="22"/>
+      <c r="I362" s="13">
+        <v>32.29</v>
+      </c>
+      <c r="J362" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="363" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B363" s="29"/>
+      <c r="C363" s="30"/>
+      <c r="D363" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E363" s="13">
+        <v>35.94</v>
+      </c>
+      <c r="F363" s="13">
+        <v>37.840000000000003</v>
+      </c>
+      <c r="G363" s="40">
+        <v>40.89</v>
+      </c>
+      <c r="H363" s="22"/>
+      <c r="I363" s="13">
+        <v>38.5</v>
+      </c>
+      <c r="J363" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="364" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B364" s="29"/>
+      <c r="C364" s="30"/>
+      <c r="D364" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E364" s="14">
+        <v>34.64</v>
+      </c>
+      <c r="F364" s="14">
+        <v>37.549999999999997</v>
+      </c>
+      <c r="G364" s="41">
+        <v>39.82</v>
+      </c>
+      <c r="H364" s="22"/>
+      <c r="I364" s="14">
+        <v>38.159999999999997</v>
+      </c>
+      <c r="J364" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="365" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B365" s="31"/>
+      <c r="C365" s="32"/>
+      <c r="D365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G365" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H365" s="22"/>
+      <c r="I365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J365" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="366" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B366" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C366" s="28"/>
+      <c r="D366" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E366" s="13">
+        <v>58.14</v>
+      </c>
+      <c r="F366" s="13">
+        <v>42.12</v>
+      </c>
+      <c r="G366" s="40">
+        <v>57.48</v>
+      </c>
+      <c r="H366" s="22"/>
+      <c r="I366" s="13">
+        <v>49</v>
+      </c>
+      <c r="J366" s="13">
+        <v>39.1</v>
+      </c>
+    </row>
+    <row r="367" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B367" s="29"/>
+      <c r="C367" s="30"/>
+      <c r="D367" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E367" s="13">
+        <v>62.58</v>
+      </c>
+      <c r="F367" s="13">
+        <v>64.53</v>
+      </c>
+      <c r="G367" s="40">
+        <v>64.13</v>
+      </c>
+      <c r="H367" s="22"/>
+      <c r="I367" s="13">
+        <v>67.739999999999995</v>
+      </c>
+      <c r="J367" s="13">
+        <v>62.01</v>
+      </c>
+    </row>
+    <row r="368" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B368" s="29"/>
+      <c r="C368" s="30"/>
+      <c r="D368" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E368" s="13">
+        <v>30.28</v>
+      </c>
+      <c r="F368" s="13">
+        <v>33.79</v>
+      </c>
+      <c r="G368" s="40">
+        <v>32.450000000000003</v>
+      </c>
+      <c r="H368" s="22"/>
+      <c r="I368" s="13">
+        <v>34.479999999999997</v>
+      </c>
+      <c r="J368" s="13">
+        <v>37.130000000000003</v>
+      </c>
+    </row>
+    <row r="369" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B369" s="29"/>
+      <c r="C369" s="30"/>
+      <c r="D369" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E369" s="14">
+        <v>51.82</v>
+      </c>
+      <c r="F369" s="14">
+        <v>50.79</v>
+      </c>
+      <c r="G369" s="41">
+        <v>52.8</v>
+      </c>
+      <c r="H369" s="22"/>
+      <c r="I369" s="14">
+        <v>54.67</v>
+      </c>
+      <c r="J369" s="14">
+        <v>51.85</v>
+      </c>
+    </row>
+    <row r="370" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B370" s="31"/>
+      <c r="C370" s="32"/>
+      <c r="D370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G370" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H370" s="22"/>
+      <c r="I370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J370" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="371" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B371" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C371" s="28"/>
+      <c r="D371" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E371" s="13">
+        <v>25.56</v>
+      </c>
+      <c r="F371" s="13">
+        <v>30.32</v>
+      </c>
+      <c r="G371" s="40">
+        <v>17.29</v>
+      </c>
+      <c r="H371" s="22"/>
+      <c r="I371" s="13">
+        <v>22.82</v>
+      </c>
+      <c r="J371" s="13">
+        <v>23.9</v>
+      </c>
+    </row>
+    <row r="372" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B372" s="29"/>
+      <c r="C372" s="30"/>
+      <c r="D372" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E372" s="13">
+        <v>22.07</v>
+      </c>
+      <c r="F372" s="13">
+        <v>23.18</v>
+      </c>
+      <c r="G372" s="40">
+        <v>28.51</v>
+      </c>
+      <c r="H372" s="22"/>
+      <c r="I372" s="13">
+        <v>23.06</v>
+      </c>
+      <c r="J372" s="13">
+        <v>26.15</v>
+      </c>
+    </row>
+    <row r="373" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B373" s="29"/>
+      <c r="C373" s="30"/>
+      <c r="D373" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E373" s="13">
+        <v>15.2</v>
+      </c>
+      <c r="F373" s="13">
+        <v>12.77</v>
+      </c>
+      <c r="G373" s="40">
+        <v>16.66</v>
+      </c>
+      <c r="H373" s="22"/>
+      <c r="I373" s="13">
+        <v>15.12</v>
+      </c>
+      <c r="J373" s="13">
+        <v>18.79</v>
+      </c>
+    </row>
+    <row r="374" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B374" s="29"/>
+      <c r="C374" s="30"/>
+      <c r="D374" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E374" s="14">
+        <v>20.39</v>
+      </c>
+      <c r="F374" s="14">
+        <v>21.36</v>
+      </c>
+      <c r="G374" s="41">
+        <v>23.1</v>
+      </c>
+      <c r="H374" s="22"/>
+      <c r="I374" s="14">
+        <v>20.350000000000001</v>
+      </c>
+      <c r="J374" s="14">
+        <v>23.53</v>
+      </c>
+    </row>
+    <row r="375" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B375" s="31"/>
+      <c r="C375" s="32"/>
+      <c r="D375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G375" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H375" s="22"/>
+      <c r="I375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J375" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="376" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B376" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="C376" s="28"/>
+      <c r="D376" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E376" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F376" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G376" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H376" s="22"/>
+      <c r="I376" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J376" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="377" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B377" s="29"/>
+      <c r="C377" s="30"/>
+      <c r="D377" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E377" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F377" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G377" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H377" s="22"/>
+      <c r="I377" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J377" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="378" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B378" s="29"/>
+      <c r="C378" s="30"/>
+      <c r="D378" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E378" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F378" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G378" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H378" s="22"/>
+      <c r="I378" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J378" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="379" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B379" s="29"/>
+      <c r="C379" s="30"/>
+      <c r="D379" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E379" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F379" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G379" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H379" s="22"/>
+      <c r="I379" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J379" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="380" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B380" s="31"/>
+      <c r="C380" s="32"/>
+      <c r="D380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G380" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H380" s="22"/>
+      <c r="I380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J380" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="381" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B381" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C381" s="28"/>
+      <c r="D381" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E381" s="13">
+        <v>23.58</v>
+      </c>
+      <c r="F381" s="13">
+        <v>28.71</v>
+      </c>
+      <c r="G381" s="40">
+        <v>29.6</v>
+      </c>
+      <c r="H381" s="22"/>
+      <c r="I381" s="13">
+        <v>26.83</v>
+      </c>
+      <c r="J381" s="13">
+        <v>27.04</v>
+      </c>
+    </row>
+    <row r="382" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B382" s="29"/>
+      <c r="C382" s="30"/>
+      <c r="D382" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E382" s="13">
+        <v>41.76</v>
+      </c>
+      <c r="F382" s="13">
+        <v>43.89</v>
+      </c>
+      <c r="G382" s="40">
+        <v>35.64</v>
+      </c>
+      <c r="H382" s="22"/>
+      <c r="I382" s="13">
+        <v>33.340000000000003</v>
+      </c>
+      <c r="J382" s="13">
+        <v>39.1</v>
+      </c>
+    </row>
+    <row r="383" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B383" s="29"/>
+      <c r="C383" s="30"/>
+      <c r="D383" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E383" s="13">
+        <v>20.48</v>
+      </c>
+      <c r="F383" s="13">
+        <v>20.56</v>
+      </c>
+      <c r="G383" s="40">
+        <v>18.96</v>
+      </c>
+      <c r="H383" s="22"/>
+      <c r="I383" s="13">
+        <v>19.579999999999998</v>
+      </c>
+      <c r="J383" s="13">
+        <v>18.88</v>
+      </c>
+    </row>
+    <row r="384" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B384" s="29"/>
+      <c r="C384" s="30"/>
+      <c r="D384" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E384" s="14">
+        <v>25.49</v>
+      </c>
+      <c r="F384" s="14">
+        <v>28.53</v>
+      </c>
+      <c r="G384" s="41">
+        <v>26.3</v>
+      </c>
+      <c r="H384" s="22"/>
+      <c r="I384" s="14">
+        <v>25.01</v>
+      </c>
+      <c r="J384" s="14">
+        <v>25.82</v>
+      </c>
+    </row>
+    <row r="385" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B385" s="31"/>
+      <c r="C385" s="32"/>
+      <c r="D385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G385" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H385" s="22"/>
+      <c r="I385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J385" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="386" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B386" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C386" s="28"/>
+      <c r="D386" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E386" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F386" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G386" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H386" s="22"/>
+      <c r="I386" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J386" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="387" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B387" s="29"/>
+      <c r="C387" s="30"/>
+      <c r="D387" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E387" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F387" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G387" s="40">
+        <v>5</v>
+      </c>
+      <c r="H387" s="22"/>
+      <c r="I387" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J387" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="388" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B388" s="29"/>
+      <c r="C388" s="30"/>
+      <c r="D388" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E388" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F388" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G388" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H388" s="22"/>
+      <c r="I388" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J388" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="389" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B389" s="29"/>
+      <c r="C389" s="30"/>
+      <c r="D389" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E389" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F389" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G389" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H389" s="22"/>
+      <c r="I389" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J389" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="390" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B390" s="31"/>
+      <c r="C390" s="32"/>
+      <c r="D390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G390" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H390" s="22"/>
+      <c r="I390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J390" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="391" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B391" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C391" s="28"/>
+      <c r="D391" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E391" s="13">
+        <v>5.81</v>
+      </c>
+      <c r="F391" s="13">
+        <v>6.36</v>
+      </c>
+      <c r="G391" s="40">
+        <v>7.86</v>
+      </c>
+      <c r="H391" s="22"/>
+      <c r="I391" s="13">
+        <v>5.55</v>
+      </c>
+      <c r="J391" s="13">
+        <v>5.49</v>
+      </c>
+    </row>
+    <row r="392" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B392" s="29"/>
+      <c r="C392" s="30"/>
+      <c r="D392" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E392" s="13">
+        <v>6.3</v>
+      </c>
+      <c r="F392" s="13">
+        <v>7.82</v>
+      </c>
+      <c r="G392" s="40">
+        <v>7.03</v>
+      </c>
+      <c r="H392" s="22"/>
+      <c r="I392" s="13">
+        <v>5.65</v>
+      </c>
+      <c r="J392" s="13">
+        <v>5.86</v>
+      </c>
+    </row>
+    <row r="393" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B393" s="29"/>
+      <c r="C393" s="30"/>
+      <c r="D393" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E393" s="13">
+        <v>6.85</v>
+      </c>
+      <c r="F393" s="13">
+        <v>7.62</v>
+      </c>
+      <c r="G393" s="40">
+        <v>7.63</v>
+      </c>
+      <c r="H393" s="22"/>
+      <c r="I393" s="13">
+        <v>6.31</v>
+      </c>
+      <c r="J393" s="13">
+        <v>6.54</v>
+      </c>
+    </row>
+    <row r="394" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B394" s="29"/>
+      <c r="C394" s="30"/>
+      <c r="D394" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E394" s="14">
+        <v>6.48</v>
+      </c>
+      <c r="F394" s="14">
+        <v>7.24</v>
+      </c>
+      <c r="G394" s="41">
+        <v>7.57</v>
+      </c>
+      <c r="H394" s="22"/>
+      <c r="I394" s="14">
+        <v>5.98</v>
+      </c>
+      <c r="J394" s="14">
+        <v>6.06</v>
+      </c>
+    </row>
+    <row r="395" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B395" s="31"/>
+      <c r="C395" s="32"/>
+      <c r="D395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G395" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H395" s="22"/>
+      <c r="I395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J395" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="396" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B396" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C396" s="28"/>
+      <c r="D396" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E396" s="13">
+        <v>54.14</v>
+      </c>
+      <c r="F396" s="13">
+        <v>56.14</v>
+      </c>
+      <c r="G396" s="40">
+        <v>55.63</v>
+      </c>
+      <c r="H396" s="22"/>
+      <c r="I396" s="13">
+        <v>54.64</v>
+      </c>
+      <c r="J396" s="13">
+        <v>52.91</v>
+      </c>
+    </row>
+    <row r="397" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B397" s="29"/>
+      <c r="C397" s="30"/>
+      <c r="D397" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E397" s="13">
+        <v>51.59</v>
+      </c>
+      <c r="F397" s="13">
+        <v>50.6</v>
+      </c>
+      <c r="G397" s="40">
+        <v>53.17</v>
+      </c>
+      <c r="H397" s="22"/>
+      <c r="I397" s="13">
+        <v>54.71</v>
+      </c>
+      <c r="J397" s="13">
+        <v>58.44</v>
+      </c>
+    </row>
+    <row r="398" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B398" s="29"/>
+      <c r="C398" s="30"/>
+      <c r="D398" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E398" s="13">
+        <v>48.43</v>
+      </c>
+      <c r="F398" s="13">
+        <v>50.21</v>
+      </c>
+      <c r="G398" s="40">
+        <v>50.12</v>
+      </c>
+      <c r="H398" s="22"/>
+      <c r="I398" s="13">
+        <v>51.12</v>
+      </c>
+      <c r="J398" s="13">
+        <v>54.2</v>
+      </c>
+    </row>
+    <row r="399" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B399" s="29"/>
+      <c r="C399" s="30"/>
+      <c r="D399" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E399" s="14">
+        <v>49.81</v>
+      </c>
+      <c r="F399" s="14">
+        <v>50.79</v>
+      </c>
+      <c r="G399" s="41">
+        <v>51.53</v>
+      </c>
+      <c r="H399" s="22"/>
+      <c r="I399" s="14">
+        <v>52.39</v>
+      </c>
+      <c r="J399" s="14">
+        <v>54.97</v>
+      </c>
+    </row>
+    <row r="400" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B400" s="31"/>
+      <c r="C400" s="32"/>
+      <c r="D400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G400" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H400" s="22"/>
+      <c r="I400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J400" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="401" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B401" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C401" s="28"/>
+      <c r="D401" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E401" s="13">
+        <v>39</v>
+      </c>
+      <c r="F401" s="13">
+        <v>41.86</v>
+      </c>
+      <c r="G401" s="40">
+        <v>35.4</v>
+      </c>
+      <c r="H401" s="22"/>
+      <c r="I401" s="13">
+        <v>39.5</v>
+      </c>
+      <c r="J401" s="13">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="402" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B402" s="29"/>
+      <c r="C402" s="30"/>
+      <c r="D402" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E402" s="13">
+        <v>27.43</v>
+      </c>
+      <c r="F402" s="13">
+        <v>24.43</v>
+      </c>
+      <c r="G402" s="40">
+        <v>37.5</v>
+      </c>
+      <c r="H402" s="22"/>
+      <c r="I402" s="13">
+        <v>32.86</v>
+      </c>
+      <c r="J402" s="13">
+        <v>28.8</v>
+      </c>
+    </row>
+    <row r="403" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B403" s="29"/>
+      <c r="C403" s="30"/>
+      <c r="D403" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E403" s="13">
+        <v>32.869999999999997</v>
+      </c>
+      <c r="F403" s="13">
+        <v>34.94</v>
+      </c>
+      <c r="G403" s="40">
+        <v>28.63</v>
+      </c>
+      <c r="H403" s="22"/>
+      <c r="I403" s="13">
+        <v>33.29</v>
+      </c>
+      <c r="J403" s="13">
+        <v>27.28</v>
+      </c>
+    </row>
+    <row r="404" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B404" s="29"/>
+      <c r="C404" s="30"/>
+      <c r="D404" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E404" s="14">
+        <v>32.85</v>
+      </c>
+      <c r="F404" s="14">
+        <v>34.61</v>
+      </c>
+      <c r="G404" s="41">
+        <v>30.08</v>
+      </c>
+      <c r="H404" s="22"/>
+      <c r="I404" s="14">
+        <v>33.979999999999997</v>
+      </c>
+      <c r="J404" s="14">
+        <v>29.59</v>
+      </c>
+    </row>
+    <row r="405" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B405" s="31"/>
+      <c r="C405" s="32"/>
+      <c r="D405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G405" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H405" s="22"/>
+      <c r="I405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J405" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="406" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B406" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C406" s="28"/>
+      <c r="D406" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E406" s="13">
+        <v>5.5</v>
+      </c>
+      <c r="F406" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G406" s="40">
+        <v>5</v>
+      </c>
+      <c r="H406" s="22"/>
+      <c r="I406" s="13">
+        <v>5</v>
+      </c>
+      <c r="J406" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="407" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B407" s="29"/>
+      <c r="C407" s="30"/>
+      <c r="D407" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E407" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F407" s="13">
+        <v>9.86</v>
+      </c>
+      <c r="G407" s="40">
+        <v>9.67</v>
+      </c>
+      <c r="H407" s="22"/>
+      <c r="I407" s="13">
+        <v>6.86</v>
+      </c>
+      <c r="J407" s="13">
+        <v>6.2</v>
+      </c>
+    </row>
+    <row r="408" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B408" s="29"/>
+      <c r="C408" s="30"/>
+      <c r="D408" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E408" s="13">
+        <v>6.98</v>
+      </c>
+      <c r="F408" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G408" s="40">
+        <v>6.14</v>
+      </c>
+      <c r="H408" s="22"/>
+      <c r="I408" s="13">
+        <v>5.76</v>
+      </c>
+      <c r="J408" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="409" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B409" s="29"/>
+      <c r="C409" s="30"/>
+      <c r="D409" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E409" s="14">
+        <v>6.77</v>
+      </c>
+      <c r="F409" s="14">
+        <v>5.15</v>
+      </c>
+      <c r="G409" s="41">
+        <v>6.22</v>
+      </c>
+      <c r="H409" s="22"/>
+      <c r="I409" s="14">
+        <v>5.77</v>
+      </c>
+      <c r="J409" s="14">
+        <v>6.08</v>
+      </c>
+    </row>
+    <row r="410" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B410" s="31"/>
+      <c r="C410" s="32"/>
+      <c r="D410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G410" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H410" s="22"/>
+      <c r="I410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J410" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="411" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B411" s="20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C411" s="28"/>
+      <c r="D411" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E411" s="13">
+        <v>20.88</v>
+      </c>
+      <c r="F411" s="13">
+        <v>24.04</v>
+      </c>
+      <c r="G411" s="40">
+        <v>22</v>
+      </c>
+      <c r="H411" s="22"/>
+      <c r="I411" s="13">
+        <v>22.62</v>
+      </c>
+      <c r="J411" s="13">
+        <v>21.78</v>
+      </c>
+    </row>
+    <row r="412" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B412" s="29"/>
+      <c r="C412" s="30"/>
+      <c r="D412" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E412" s="13">
+        <v>28.95</v>
+      </c>
+      <c r="F412" s="13">
+        <v>33.130000000000003</v>
+      </c>
+      <c r="G412" s="40">
+        <v>35.479999999999997</v>
+      </c>
+      <c r="H412" s="22"/>
+      <c r="I412" s="13">
+        <v>37.54</v>
+      </c>
+      <c r="J412" s="13">
+        <v>34.99</v>
+      </c>
+    </row>
+    <row r="413" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B413" s="29"/>
+      <c r="C413" s="30"/>
+      <c r="D413" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E413" s="13">
+        <v>16.8</v>
+      </c>
+      <c r="F413" s="13">
+        <v>17.68</v>
+      </c>
+      <c r="G413" s="40">
+        <v>15.09</v>
+      </c>
+      <c r="H413" s="22"/>
+      <c r="I413" s="13">
+        <v>17.12</v>
+      </c>
+      <c r="J413" s="13">
+        <v>16.75</v>
+      </c>
+    </row>
+    <row r="414" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B414" s="29"/>
+      <c r="C414" s="30"/>
+      <c r="D414" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E414" s="14">
+        <v>22.23</v>
+      </c>
+      <c r="F414" s="14">
+        <v>25.6</v>
+      </c>
+      <c r="G414" s="41">
+        <v>23.85</v>
+      </c>
+      <c r="H414" s="22"/>
+      <c r="I414" s="14">
+        <v>25.49</v>
+      </c>
+      <c r="J414" s="14">
+        <v>25.21</v>
+      </c>
+    </row>
+    <row r="415" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B415" s="31"/>
+      <c r="C415" s="32"/>
+      <c r="D415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G415" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H415" s="22"/>
+      <c r="I415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J415" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="416" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B416" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C416" s="28"/>
+      <c r="D416" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E416" s="13">
+        <v>61.76</v>
+      </c>
+      <c r="F416" s="13">
+        <v>66.260000000000005</v>
+      </c>
+      <c r="G416" s="40">
+        <v>64.53</v>
+      </c>
+      <c r="H416" s="22"/>
+      <c r="I416" s="13">
+        <v>65.239999999999995</v>
+      </c>
+      <c r="J416" s="13">
+        <v>78.959999999999994</v>
+      </c>
+    </row>
+    <row r="417" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B417" s="29"/>
+      <c r="C417" s="30"/>
+      <c r="D417" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E417" s="13">
+        <v>68.709999999999994</v>
+      </c>
+      <c r="F417" s="13">
+        <v>68.97</v>
+      </c>
+      <c r="G417" s="40">
+        <v>59.05</v>
+      </c>
+      <c r="H417" s="22"/>
+      <c r="I417" s="13">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="J417" s="13">
+        <v>70.66</v>
+      </c>
+    </row>
+    <row r="418" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B418" s="29"/>
+      <c r="C418" s="30"/>
+      <c r="D418" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E418" s="13">
+        <v>47.86</v>
+      </c>
+      <c r="F418" s="13">
+        <v>50.57</v>
+      </c>
+      <c r="G418" s="40">
+        <v>50.51</v>
+      </c>
+      <c r="H418" s="22"/>
+      <c r="I418" s="13">
+        <v>53.37</v>
+      </c>
+      <c r="J418" s="13">
+        <v>57.42</v>
+      </c>
+    </row>
+    <row r="419" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B419" s="29"/>
+      <c r="C419" s="30"/>
+      <c r="D419" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E419" s="14">
+        <v>53.71</v>
+      </c>
+      <c r="F419" s="14">
+        <v>56.37</v>
+      </c>
+      <c r="G419" s="41">
+        <v>54.9</v>
+      </c>
+      <c r="H419" s="22"/>
+      <c r="I419" s="14">
+        <v>60.86</v>
+      </c>
+      <c r="J419" s="14">
+        <v>63.74</v>
+      </c>
+    </row>
+    <row r="420" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B420" s="31"/>
+      <c r="C420" s="32"/>
+      <c r="D420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G420" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H420" s="22"/>
+      <c r="I420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J420" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="421" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="422" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B422" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C422" s="16"/>
+      <c r="D422" s="16"/>
+      <c r="E422" s="16"/>
+      <c r="F422" s="16"/>
+      <c r="G422" s="16"/>
+    </row>
+  </sheetData>
+  <mergeCells count="504">
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
     <mergeCell ref="B12:C16"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
     <mergeCell ref="B17:C21"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G18:H18"/>
     <mergeCell ref="G19:H19"/>
     <mergeCell ref="G20:H20"/>
     <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B172:C175"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B181:C185"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="B176:C180"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="B191:C195"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="B186:C190"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="B201:C205"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="B196:C200"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="B211:C215"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="B206:C210"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="B220:C224"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="B216:C219"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="B230:C234"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="B225:C229"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="B240:C244"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="B235:C239"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="B249:C252"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="B245:C248"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="B257:C260"/>
+    <mergeCell ref="G257:H257"/>
+    <mergeCell ref="G258:H258"/>
+    <mergeCell ref="G259:H259"/>
+    <mergeCell ref="G260:H260"/>
+    <mergeCell ref="B253:C256"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B266:C270"/>
+    <mergeCell ref="G266:H266"/>
+    <mergeCell ref="G267:H267"/>
+    <mergeCell ref="G268:H268"/>
+    <mergeCell ref="G269:H269"/>
+    <mergeCell ref="G270:H270"/>
+    <mergeCell ref="B261:C265"/>
+    <mergeCell ref="G261:H261"/>
+    <mergeCell ref="G262:H262"/>
+    <mergeCell ref="G263:H263"/>
+    <mergeCell ref="G264:H264"/>
+    <mergeCell ref="G265:H265"/>
+    <mergeCell ref="B276:C280"/>
+    <mergeCell ref="G276:H276"/>
+    <mergeCell ref="G277:H277"/>
+    <mergeCell ref="G278:H278"/>
+    <mergeCell ref="G279:H279"/>
+    <mergeCell ref="G280:H280"/>
+    <mergeCell ref="B271:C275"/>
+    <mergeCell ref="G271:H271"/>
+    <mergeCell ref="G272:H272"/>
+    <mergeCell ref="G273:H273"/>
+    <mergeCell ref="G274:H274"/>
+    <mergeCell ref="G275:H275"/>
+    <mergeCell ref="B286:C290"/>
+    <mergeCell ref="G286:H286"/>
+    <mergeCell ref="G287:H287"/>
+    <mergeCell ref="G288:H288"/>
+    <mergeCell ref="G289:H289"/>
+    <mergeCell ref="G290:H290"/>
+    <mergeCell ref="B281:C285"/>
+    <mergeCell ref="G281:H281"/>
+    <mergeCell ref="G282:H282"/>
+    <mergeCell ref="G283:H283"/>
+    <mergeCell ref="G284:H284"/>
+    <mergeCell ref="G285:H285"/>
+    <mergeCell ref="B296:C300"/>
+    <mergeCell ref="G296:H296"/>
+    <mergeCell ref="G297:H297"/>
+    <mergeCell ref="G298:H298"/>
+    <mergeCell ref="G299:H299"/>
+    <mergeCell ref="G300:H300"/>
+    <mergeCell ref="B291:C295"/>
+    <mergeCell ref="G291:H291"/>
+    <mergeCell ref="G292:H292"/>
+    <mergeCell ref="G293:H293"/>
+    <mergeCell ref="G294:H294"/>
+    <mergeCell ref="G295:H295"/>
+    <mergeCell ref="B306:C310"/>
+    <mergeCell ref="G306:H306"/>
+    <mergeCell ref="G307:H307"/>
+    <mergeCell ref="G308:H308"/>
+    <mergeCell ref="G309:H309"/>
+    <mergeCell ref="G310:H310"/>
+    <mergeCell ref="B301:C305"/>
+    <mergeCell ref="G301:H301"/>
+    <mergeCell ref="G302:H302"/>
+    <mergeCell ref="G303:H303"/>
+    <mergeCell ref="G304:H304"/>
+    <mergeCell ref="G305:H305"/>
+    <mergeCell ref="B316:C320"/>
+    <mergeCell ref="G316:H316"/>
+    <mergeCell ref="G317:H317"/>
+    <mergeCell ref="G318:H318"/>
+    <mergeCell ref="G319:H319"/>
+    <mergeCell ref="G320:H320"/>
+    <mergeCell ref="B311:C315"/>
+    <mergeCell ref="G311:H311"/>
+    <mergeCell ref="G312:H312"/>
+    <mergeCell ref="G313:H313"/>
+    <mergeCell ref="G314:H314"/>
+    <mergeCell ref="G315:H315"/>
+    <mergeCell ref="B326:C330"/>
+    <mergeCell ref="G326:H326"/>
+    <mergeCell ref="G327:H327"/>
+    <mergeCell ref="G328:H328"/>
+    <mergeCell ref="G329:H329"/>
+    <mergeCell ref="G330:H330"/>
+    <mergeCell ref="B321:C325"/>
+    <mergeCell ref="G321:H321"/>
+    <mergeCell ref="G322:H322"/>
+    <mergeCell ref="G323:H323"/>
+    <mergeCell ref="G324:H324"/>
+    <mergeCell ref="G325:H325"/>
+    <mergeCell ref="B336:C340"/>
+    <mergeCell ref="G336:H336"/>
+    <mergeCell ref="G337:H337"/>
+    <mergeCell ref="G338:H338"/>
+    <mergeCell ref="G339:H339"/>
+    <mergeCell ref="G340:H340"/>
+    <mergeCell ref="B331:C335"/>
+    <mergeCell ref="G331:H331"/>
+    <mergeCell ref="G332:H332"/>
+    <mergeCell ref="G333:H333"/>
+    <mergeCell ref="G334:H334"/>
+    <mergeCell ref="G335:H335"/>
+    <mergeCell ref="B346:C350"/>
+    <mergeCell ref="G346:H346"/>
+    <mergeCell ref="G347:H347"/>
+    <mergeCell ref="G348:H348"/>
+    <mergeCell ref="G349:H349"/>
+    <mergeCell ref="G350:H350"/>
+    <mergeCell ref="B341:C345"/>
+    <mergeCell ref="G341:H341"/>
+    <mergeCell ref="G342:H342"/>
+    <mergeCell ref="G343:H343"/>
+    <mergeCell ref="G344:H344"/>
+    <mergeCell ref="G345:H345"/>
+    <mergeCell ref="B356:C360"/>
+    <mergeCell ref="G356:H356"/>
+    <mergeCell ref="G357:H357"/>
+    <mergeCell ref="G358:H358"/>
+    <mergeCell ref="G359:H359"/>
+    <mergeCell ref="G360:H360"/>
+    <mergeCell ref="B351:C355"/>
+    <mergeCell ref="G351:H351"/>
+    <mergeCell ref="G352:H352"/>
+    <mergeCell ref="G353:H353"/>
+    <mergeCell ref="G354:H354"/>
+    <mergeCell ref="G355:H355"/>
+    <mergeCell ref="B366:C370"/>
+    <mergeCell ref="G366:H366"/>
+    <mergeCell ref="G367:H367"/>
+    <mergeCell ref="G368:H368"/>
+    <mergeCell ref="G369:H369"/>
+    <mergeCell ref="G370:H370"/>
+    <mergeCell ref="B361:C365"/>
+    <mergeCell ref="G361:H361"/>
+    <mergeCell ref="G362:H362"/>
+    <mergeCell ref="G363:H363"/>
+    <mergeCell ref="G364:H364"/>
+    <mergeCell ref="G365:H365"/>
+    <mergeCell ref="B376:C380"/>
+    <mergeCell ref="G376:H376"/>
+    <mergeCell ref="G377:H377"/>
+    <mergeCell ref="G378:H378"/>
+    <mergeCell ref="G379:H379"/>
+    <mergeCell ref="G380:H380"/>
+    <mergeCell ref="B371:C375"/>
+    <mergeCell ref="G371:H371"/>
+    <mergeCell ref="G372:H372"/>
+    <mergeCell ref="G373:H373"/>
+    <mergeCell ref="G374:H374"/>
+    <mergeCell ref="G375:H375"/>
+    <mergeCell ref="B386:C390"/>
+    <mergeCell ref="G386:H386"/>
+    <mergeCell ref="G387:H387"/>
+    <mergeCell ref="G388:H388"/>
+    <mergeCell ref="G389:H389"/>
+    <mergeCell ref="G390:H390"/>
+    <mergeCell ref="B381:C385"/>
+    <mergeCell ref="G381:H381"/>
+    <mergeCell ref="G382:H382"/>
+    <mergeCell ref="G383:H383"/>
+    <mergeCell ref="G384:H384"/>
+    <mergeCell ref="G385:H385"/>
+    <mergeCell ref="B396:C400"/>
+    <mergeCell ref="G396:H396"/>
+    <mergeCell ref="G397:H397"/>
+    <mergeCell ref="G398:H398"/>
+    <mergeCell ref="G399:H399"/>
+    <mergeCell ref="G400:H400"/>
+    <mergeCell ref="B391:C395"/>
+    <mergeCell ref="G391:H391"/>
+    <mergeCell ref="G392:H392"/>
+    <mergeCell ref="G393:H393"/>
+    <mergeCell ref="G394:H394"/>
+    <mergeCell ref="G395:H395"/>
+    <mergeCell ref="B406:C410"/>
+    <mergeCell ref="G406:H406"/>
+    <mergeCell ref="G407:H407"/>
+    <mergeCell ref="G408:H408"/>
+    <mergeCell ref="G409:H409"/>
+    <mergeCell ref="G410:H410"/>
+    <mergeCell ref="B401:C405"/>
+    <mergeCell ref="G401:H401"/>
+    <mergeCell ref="G402:H402"/>
+    <mergeCell ref="G403:H403"/>
+    <mergeCell ref="G404:H404"/>
+    <mergeCell ref="G405:H405"/>
+    <mergeCell ref="B422:G422"/>
+    <mergeCell ref="B416:C420"/>
+    <mergeCell ref="G416:H416"/>
+    <mergeCell ref="G417:H417"/>
+    <mergeCell ref="G418:H418"/>
+    <mergeCell ref="G419:H419"/>
+    <mergeCell ref="G420:H420"/>
+    <mergeCell ref="B411:C415"/>
+    <mergeCell ref="G411:H411"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="G413:H413"/>
+    <mergeCell ref="G414:H414"/>
+    <mergeCell ref="G415:H415"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="B1:L424"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" width="36.5703125" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="3.42578125" customWidth="1"/>
+    <col min="8" max="8" width="9" customWidth="1"/>
+    <col min="9" max="10" width="12.42578125" customWidth="1"/>
+    <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="56.42578125" customWidth="1"/>
+    <col min="13" max="13" width="1.42578125" customWidth="1"/>
+    <col min="14" max="14" width="1.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:12" ht="8.65" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+    </row>
+    <row r="5" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B5" s="42" t="s">
+        <v>113</v>
+      </c>
+      <c r="C5" s="37"/>
+      <c r="D5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="37"/>
+      <c r="G5" s="37"/>
+      <c r="H5" s="37"/>
+      <c r="I5" s="37"/>
+      <c r="J5" s="37"/>
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B6" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="22"/>
+      <c r="D6" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="22"/>
+      <c r="I6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B7" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="28"/>
+      <c r="D7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="13">
+        <v>5.16</v>
+      </c>
+      <c r="F7" s="13">
+        <v>5.9</v>
+      </c>
+      <c r="G7" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H7" s="22"/>
+      <c r="I7" s="13">
+        <v>6.42</v>
+      </c>
+      <c r="J7" s="13">
+        <v>6.08</v>
+      </c>
+    </row>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="29"/>
+      <c r="C8" s="30"/>
+      <c r="D8" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" s="13">
+        <v>10.73</v>
+      </c>
+      <c r="F8" s="13">
+        <v>11.73</v>
+      </c>
+      <c r="G8" s="40">
+        <v>10.33</v>
+      </c>
+      <c r="H8" s="22"/>
+      <c r="I8" s="13">
+        <v>11.69</v>
+      </c>
+      <c r="J8" s="13">
+        <v>11.58</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="29"/>
+      <c r="C9" s="30"/>
+      <c r="D9" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="13">
+        <v>8.5</v>
+      </c>
+      <c r="F9" s="13">
+        <v>10.33</v>
+      </c>
+      <c r="G9" s="40">
+        <v>13.04</v>
+      </c>
+      <c r="H9" s="22"/>
+      <c r="I9" s="13">
+        <v>9.65</v>
+      </c>
+      <c r="J9" s="13">
+        <v>12.89</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="29"/>
+      <c r="C10" s="30"/>
+      <c r="D10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="14">
+        <v>23.97</v>
+      </c>
+      <c r="F10" s="14">
+        <v>27.82</v>
+      </c>
+      <c r="G10" s="41">
+        <v>27.39</v>
+      </c>
+      <c r="H10" s="22"/>
+      <c r="I10" s="14">
+        <v>27.76</v>
+      </c>
+      <c r="J10" s="14">
+        <v>30.03</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B11" s="31"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="22"/>
+      <c r="I11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J11" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B12" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="28"/>
+      <c r="D12" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12" s="22"/>
+      <c r="I12" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J12" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="29"/>
+      <c r="C13" s="30"/>
+      <c r="D13" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="13">
+        <v>5.26</v>
+      </c>
+      <c r="F13" s="13">
+        <v>9.7200000000000006</v>
+      </c>
+      <c r="G13" s="40">
+        <v>7.5</v>
+      </c>
+      <c r="H13" s="22"/>
+      <c r="I13" s="13">
+        <v>6.08</v>
+      </c>
+      <c r="J13" s="13">
+        <v>5.07</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="29"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="13">
+        <v>6.3</v>
+      </c>
+      <c r="F14" s="13">
+        <v>6.59</v>
+      </c>
+      <c r="G14" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H14" s="22"/>
+      <c r="I14" s="13">
+        <v>5.86</v>
+      </c>
+      <c r="J14" s="13">
+        <v>11.22</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="14">
+        <v>13.08</v>
+      </c>
+      <c r="F15" s="14">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="G15" s="41">
+        <v>14.53</v>
+      </c>
+      <c r="H15" s="22"/>
+      <c r="I15" s="14">
+        <v>12.61</v>
+      </c>
+      <c r="J15" s="14">
+        <v>17.63</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G16" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="22"/>
+      <c r="I16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B17" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="28"/>
+      <c r="D17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F17" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G17" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H17" s="22"/>
+      <c r="I17" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J17" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B18" s="29"/>
+      <c r="C18" s="30"/>
+      <c r="D18" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" s="13">
+        <v>5.93</v>
+      </c>
+      <c r="G18" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H18" s="22"/>
+      <c r="I18" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J18" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B19" s="29"/>
+      <c r="C19" s="30"/>
+      <c r="D19" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" s="13">
+        <v>14.55</v>
+      </c>
+      <c r="F19" s="13">
+        <v>8.83</v>
+      </c>
+      <c r="G19" s="40">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="H19" s="22"/>
+      <c r="I19" s="13">
+        <v>8.33</v>
+      </c>
+      <c r="J19" s="13">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B20" s="29"/>
+      <c r="C20" s="30"/>
+      <c r="D20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E20" s="14">
+        <v>19.14</v>
+      </c>
+      <c r="F20" s="14">
+        <v>16.41</v>
+      </c>
+      <c r="G20" s="41">
+        <v>12.7</v>
+      </c>
+      <c r="H20" s="22"/>
+      <c r="I20" s="14">
+        <v>11.7</v>
+      </c>
+      <c r="J20" s="14">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="22"/>
+      <c r="I21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B22" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="28"/>
+      <c r="D22" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G22" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H22" s="22"/>
+      <c r="I22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J22" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B23" s="29"/>
+      <c r="C23" s="30"/>
+      <c r="D23" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E23" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F23" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G23" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H23" s="22"/>
+      <c r="I23" s="13">
+        <v>6.64</v>
+      </c>
+      <c r="J23" s="13">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B24" s="29"/>
+      <c r="C24" s="30"/>
+      <c r="D24" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F24" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G24" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H24" s="22"/>
+      <c r="I24" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J24" s="13">
+        <v>7.85</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B25" s="29"/>
+      <c r="C25" s="30"/>
+      <c r="D25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="14">
+        <v>6.3</v>
+      </c>
+      <c r="F25" s="14">
+        <v>8.81</v>
+      </c>
+      <c r="G25" s="41">
+        <v>8.3800000000000008</v>
+      </c>
+      <c r="H25" s="22"/>
+      <c r="I25" s="14">
+        <v>12.32</v>
+      </c>
+      <c r="J25" s="14">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B26" s="31"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G26" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="22"/>
+      <c r="I26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B27" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="28"/>
+      <c r="D27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F27" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G27" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H27" s="22"/>
+      <c r="I27" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J27" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="28" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B28" s="29"/>
+      <c r="C28" s="30"/>
+      <c r="D28" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E28" s="13">
+        <v>17.309999999999999</v>
+      </c>
+      <c r="F28" s="13">
+        <v>13.95</v>
+      </c>
+      <c r="G28" s="40">
+        <v>18.79</v>
+      </c>
+      <c r="H28" s="22"/>
+      <c r="I28" s="13">
+        <v>13.96</v>
+      </c>
+      <c r="J28" s="13">
+        <v>16.04</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B29" s="29"/>
+      <c r="C29" s="30"/>
+      <c r="D29" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" s="13">
+        <v>6.9</v>
+      </c>
+      <c r="F29" s="13">
+        <v>9.52</v>
+      </c>
+      <c r="G29" s="40">
+        <v>9.0299999999999994</v>
+      </c>
+      <c r="H29" s="22"/>
+      <c r="I29" s="13">
+        <v>5.39</v>
+      </c>
+      <c r="J29" s="13">
+        <v>5.72</v>
+      </c>
+    </row>
+    <row r="30" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B30" s="29"/>
+      <c r="C30" s="30"/>
+      <c r="D30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E30" s="14">
+        <v>26.09</v>
+      </c>
+      <c r="F30" s="14">
+        <v>26.08</v>
+      </c>
+      <c r="G30" s="41">
+        <v>28.17</v>
+      </c>
+      <c r="H30" s="22"/>
+      <c r="I30" s="14">
+        <v>19.54</v>
+      </c>
+      <c r="J30" s="14">
+        <v>23.49</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B31" s="31"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="22"/>
+      <c r="I31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B32" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="28"/>
+      <c r="D32" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="13">
+        <v>19.87</v>
+      </c>
+      <c r="F32" s="13">
+        <v>19.739999999999998</v>
+      </c>
+      <c r="G32" s="40">
+        <v>22.05</v>
+      </c>
+      <c r="H32" s="22"/>
+      <c r="I32" s="13">
+        <v>28.74</v>
+      </c>
+      <c r="J32" s="13">
+        <v>34.75</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B33" s="29"/>
+      <c r="C33" s="30"/>
+      <c r="D33" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E33" s="13">
+        <v>21.75</v>
+      </c>
+      <c r="F33" s="13">
+        <v>23.56</v>
+      </c>
+      <c r="G33" s="40">
+        <v>29.76</v>
+      </c>
+      <c r="H33" s="22"/>
+      <c r="I33" s="13">
+        <v>29.97</v>
+      </c>
+      <c r="J33" s="13">
+        <v>32.56</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B34" s="29"/>
+      <c r="C34" s="30"/>
+      <c r="D34" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" s="13">
+        <v>41.63</v>
+      </c>
+      <c r="F34" s="13">
+        <v>49.51</v>
+      </c>
+      <c r="G34" s="40">
+        <v>50.68</v>
+      </c>
+      <c r="H34" s="22"/>
+      <c r="I34" s="13">
+        <v>59.5</v>
+      </c>
+      <c r="J34" s="13">
+        <v>53.41</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B35" s="29"/>
+      <c r="C35" s="30"/>
+      <c r="D35" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="14">
+        <v>83.25</v>
+      </c>
+      <c r="F35" s="14">
+        <v>92.82</v>
+      </c>
+      <c r="G35" s="41">
+        <v>102.49</v>
+      </c>
+      <c r="H35" s="22"/>
+      <c r="I35" s="14">
+        <v>118.2</v>
+      </c>
+      <c r="J35" s="14">
+        <v>120.72</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B36" s="31"/>
+      <c r="C36" s="32"/>
+      <c r="D36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G36" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="22"/>
+      <c r="I36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B37" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="28"/>
+      <c r="D37" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G37" s="40">
+        <v>9</v>
+      </c>
+      <c r="H37" s="22"/>
+      <c r="I37" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B38" s="29"/>
+      <c r="C38" s="30"/>
+      <c r="D38" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G38" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H38" s="22"/>
+      <c r="I38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J38" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" s="13">
+        <v>8</v>
+      </c>
+      <c r="F39" s="13">
+        <v>8</v>
+      </c>
+      <c r="G39" s="40">
+        <v>10</v>
+      </c>
+      <c r="H39" s="22"/>
+      <c r="I39" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B40" s="29"/>
+      <c r="C40" s="30"/>
+      <c r="D40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E40" s="14">
+        <v>16</v>
+      </c>
+      <c r="F40" s="14">
+        <v>11</v>
+      </c>
+      <c r="G40" s="41">
+        <v>20</v>
+      </c>
+      <c r="H40" s="22"/>
+      <c r="I40" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J40" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B41" s="31"/>
+      <c r="C41" s="32"/>
+      <c r="D41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G41" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="22"/>
+      <c r="I41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B42" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="28"/>
+      <c r="D42" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F42" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G42" s="40">
+        <v>7.8</v>
+      </c>
+      <c r="H42" s="22"/>
+      <c r="I42" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J42" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="43" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B43" s="29"/>
+      <c r="C43" s="30"/>
+      <c r="D43" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E43" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F43" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G43" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H43" s="22"/>
+      <c r="I43" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J43" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B44" s="29"/>
+      <c r="C44" s="30"/>
+      <c r="D44" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" s="13">
+        <v>7.24</v>
+      </c>
+      <c r="F44" s="13">
+        <v>7.84</v>
+      </c>
+      <c r="G44" s="40">
+        <v>8.68</v>
+      </c>
+      <c r="H44" s="22"/>
+      <c r="I44" s="13">
+        <v>12.55</v>
+      </c>
+      <c r="J44" s="13">
+        <v>8.2200000000000006</v>
+      </c>
+    </row>
+    <row r="45" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B45" s="29"/>
+      <c r="C45" s="30"/>
+      <c r="D45" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" s="14">
+        <v>13.36</v>
+      </c>
+      <c r="F45" s="14">
+        <v>12.68</v>
+      </c>
+      <c r="G45" s="41">
+        <v>16.04</v>
+      </c>
+      <c r="H45" s="22"/>
+      <c r="I45" s="14">
+        <v>15.79</v>
+      </c>
+      <c r="J45" s="14">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B46" s="31"/>
+      <c r="C46" s="32"/>
+      <c r="D46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G46" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="22"/>
+      <c r="I46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B47" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C47" s="28"/>
+      <c r="D47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="13">
+        <v>70.650000000000006</v>
+      </c>
+      <c r="F47" s="13">
+        <v>82.23</v>
+      </c>
+      <c r="G47" s="40">
+        <v>84.39</v>
+      </c>
+      <c r="H47" s="22"/>
+      <c r="I47" s="13">
+        <v>88.49</v>
+      </c>
+      <c r="J47" s="13">
+        <v>96.46</v>
+      </c>
+    </row>
+    <row r="48" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B48" s="29"/>
+      <c r="C48" s="30"/>
+      <c r="D48" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" s="13">
+        <v>407.49</v>
+      </c>
+      <c r="F48" s="13">
+        <v>431.44</v>
+      </c>
+      <c r="G48" s="40">
+        <v>416.79</v>
+      </c>
+      <c r="H48" s="22"/>
+      <c r="I48" s="13">
+        <v>433.6</v>
+      </c>
+      <c r="J48" s="13">
+        <v>439.56</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B49" s="29"/>
+      <c r="C49" s="30"/>
+      <c r="D49" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" s="13">
+        <v>159.22999999999999</v>
+      </c>
+      <c r="F49" s="13">
+        <v>172.05</v>
+      </c>
+      <c r="G49" s="40">
+        <v>179</v>
+      </c>
+      <c r="H49" s="22"/>
+      <c r="I49" s="13">
+        <v>207.93</v>
+      </c>
+      <c r="J49" s="13">
+        <v>183.68</v>
+      </c>
+    </row>
+    <row r="50" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B50" s="29"/>
+      <c r="C50" s="30"/>
+      <c r="D50" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E50" s="14">
+        <v>636.74</v>
+      </c>
+      <c r="F50" s="14">
+        <v>685.72</v>
+      </c>
+      <c r="G50" s="41">
+        <v>677.6</v>
+      </c>
+      <c r="H50" s="22"/>
+      <c r="I50" s="14">
+        <v>730.02</v>
+      </c>
+      <c r="J50" s="14">
+        <v>719.69</v>
+      </c>
+    </row>
+    <row r="51" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B51" s="31"/>
+      <c r="C51" s="32"/>
+      <c r="D51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G51" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="22"/>
+      <c r="I51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B52" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C52" s="28"/>
+      <c r="D52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F52" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G52" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H52" s="22"/>
+      <c r="I52" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J52" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B53" s="29"/>
+      <c r="C53" s="30"/>
+      <c r="D53" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E53" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F53" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G53" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H53" s="22"/>
+      <c r="I53" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J53" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B54" s="29"/>
+      <c r="C54" s="30"/>
+      <c r="D54" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" s="13">
+        <v>7.87</v>
+      </c>
+      <c r="F54" s="13">
+        <v>5.85</v>
+      </c>
+      <c r="G54" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H54" s="22"/>
+      <c r="I54" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J54" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B55" s="29"/>
+      <c r="C55" s="30"/>
+      <c r="D55" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E55" s="14">
+        <v>9.39</v>
+      </c>
+      <c r="F55" s="14">
+        <v>9.35</v>
+      </c>
+      <c r="G55" s="41">
+        <v>5.33</v>
+      </c>
+      <c r="H55" s="22"/>
+      <c r="I55" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J55" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B56" s="31"/>
+      <c r="C56" s="32"/>
+      <c r="D56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G56" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="22"/>
+      <c r="I56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J56" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B57" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" s="28"/>
+      <c r="D57" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E57" s="13">
+        <v>9.6199999999999992</v>
+      </c>
+      <c r="F57" s="13">
+        <v>11.27</v>
+      </c>
+      <c r="G57" s="40">
+        <v>11.52</v>
+      </c>
+      <c r="H57" s="22"/>
+      <c r="I57" s="13">
+        <v>8.66</v>
+      </c>
+      <c r="J57" s="13">
+        <v>14.27</v>
+      </c>
+    </row>
+    <row r="58" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B58" s="29"/>
+      <c r="C58" s="30"/>
+      <c r="D58" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E58" s="13">
+        <v>17.52</v>
+      </c>
+      <c r="F58" s="13">
+        <v>20.49</v>
+      </c>
+      <c r="G58" s="40">
+        <v>16.34</v>
+      </c>
+      <c r="H58" s="22"/>
+      <c r="I58" s="13">
+        <v>16.690000000000001</v>
+      </c>
+      <c r="J58" s="13">
+        <v>18.59</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B59" s="29"/>
+      <c r="C59" s="30"/>
+      <c r="D59" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" s="13">
+        <v>23.31</v>
+      </c>
+      <c r="F59" s="13">
+        <v>24.67</v>
+      </c>
+      <c r="G59" s="40">
+        <v>24.62</v>
+      </c>
+      <c r="H59" s="22"/>
+      <c r="I59" s="13">
+        <v>24.77</v>
+      </c>
+      <c r="J59" s="13">
+        <v>31.34</v>
+      </c>
+    </row>
+    <row r="60" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B60" s="29"/>
+      <c r="C60" s="30"/>
+      <c r="D60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E60" s="14">
+        <v>49.95</v>
+      </c>
+      <c r="F60" s="14">
+        <v>56.27</v>
+      </c>
+      <c r="G60" s="41">
+        <v>50.6</v>
+      </c>
+      <c r="H60" s="22"/>
+      <c r="I60" s="14">
+        <v>48.98</v>
+      </c>
+      <c r="J60" s="14">
+        <v>63.47</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B61" s="31"/>
+      <c r="C61" s="32"/>
+      <c r="D61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G61" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="22"/>
+      <c r="I61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B62" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" s="28"/>
+      <c r="D62" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E62" s="13">
+        <v>6.23</v>
+      </c>
+      <c r="F62" s="13">
+        <v>7.66</v>
+      </c>
+      <c r="G62" s="40">
+        <v>10.68</v>
+      </c>
+      <c r="H62" s="22"/>
+      <c r="I62" s="13">
+        <v>11.08</v>
+      </c>
+      <c r="J62" s="13">
+        <v>12.42</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B63" s="29"/>
+      <c r="C63" s="30"/>
+      <c r="D63" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E63" s="13">
+        <v>37.520000000000003</v>
+      </c>
+      <c r="F63" s="13">
+        <v>41.8</v>
+      </c>
+      <c r="G63" s="40">
+        <v>43.77</v>
+      </c>
+      <c r="H63" s="22"/>
+      <c r="I63" s="13">
+        <v>50.64</v>
+      </c>
+      <c r="J63" s="13">
+        <v>67.59</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B64" s="29"/>
+      <c r="C64" s="30"/>
+      <c r="D64" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E64" s="13">
+        <v>18.3</v>
+      </c>
+      <c r="F64" s="13">
+        <v>19.3</v>
+      </c>
+      <c r="G64" s="40">
+        <v>17.579999999999998</v>
+      </c>
+      <c r="H64" s="22"/>
+      <c r="I64" s="13">
+        <v>13.35</v>
+      </c>
+      <c r="J64" s="13">
+        <v>20.329999999999998</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B65" s="29"/>
+      <c r="C65" s="30"/>
+      <c r="D65" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E65" s="14">
+        <v>62.06</v>
+      </c>
+      <c r="F65" s="14">
+        <v>68.760000000000005</v>
+      </c>
+      <c r="G65" s="41">
+        <v>71.84</v>
+      </c>
+      <c r="H65" s="22"/>
+      <c r="I65" s="14">
+        <v>74.180000000000007</v>
+      </c>
+      <c r="J65" s="14">
+        <v>100.14</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B66" s="31"/>
+      <c r="C66" s="32"/>
+      <c r="D66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G66" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="22"/>
+      <c r="I66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B67" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="28"/>
+      <c r="D67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G67" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H67" s="22"/>
+      <c r="I67" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J67" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B68" s="29"/>
+      <c r="C68" s="30"/>
+      <c r="D68" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E68" s="13">
+        <v>8</v>
+      </c>
+      <c r="F68" s="13">
+        <v>10</v>
+      </c>
+      <c r="G68" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H68" s="22"/>
+      <c r="I68" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J68" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="69" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B69" s="29"/>
+      <c r="C69" s="30"/>
+      <c r="D69" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" s="13">
+        <v>8</v>
+      </c>
+      <c r="F69" s="13">
+        <v>16</v>
+      </c>
+      <c r="G69" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H69" s="22"/>
+      <c r="I69" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J69" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B70" s="29"/>
+      <c r="C70" s="30"/>
+      <c r="D70" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E70" s="14">
+        <v>19</v>
+      </c>
+      <c r="F70" s="14">
+        <v>28</v>
+      </c>
+      <c r="G70" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H70" s="22"/>
+      <c r="I70" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J70" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B71" s="31"/>
+      <c r="C71" s="32"/>
+      <c r="D71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G71" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="22"/>
+      <c r="I71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B72" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C72" s="28"/>
+      <c r="D72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G72" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H72" s="22"/>
+      <c r="I72" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J72" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B73" s="29"/>
+      <c r="C73" s="30"/>
+      <c r="D73" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E73" s="13">
+        <v>8.4</v>
+      </c>
+      <c r="F73" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G73" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H73" s="22"/>
+      <c r="I73" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J73" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B74" s="29"/>
+      <c r="C74" s="30"/>
+      <c r="D74" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" s="13">
+        <v>10</v>
+      </c>
+      <c r="F74" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G74" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H74" s="22"/>
+      <c r="I74" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J74" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B75" s="29"/>
+      <c r="C75" s="30"/>
+      <c r="D75" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E75" s="14">
+        <v>22.6</v>
+      </c>
+      <c r="F75" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G75" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H75" s="22"/>
+      <c r="I75" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J75" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B76" s="31"/>
+      <c r="C76" s="32"/>
+      <c r="D76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="22"/>
+      <c r="I76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B77" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C77" s="28"/>
+      <c r="D77" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G77" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H77" s="22"/>
+      <c r="I77" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J77" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B78" s="29"/>
+      <c r="C78" s="30"/>
+      <c r="D78" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E78" s="13">
+        <v>6.6</v>
+      </c>
+      <c r="F78" s="13">
+        <v>11</v>
+      </c>
+      <c r="G78" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H78" s="22"/>
+      <c r="I78" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J78" s="13">
+        <v>7.14</v>
+      </c>
+    </row>
+    <row r="79" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B79" s="29"/>
+      <c r="C79" s="30"/>
+      <c r="D79" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="13">
+        <v>6.33</v>
+      </c>
+      <c r="F79" s="13">
+        <v>8.17</v>
+      </c>
+      <c r="G79" s="40">
+        <v>6.43</v>
+      </c>
+      <c r="H79" s="22"/>
+      <c r="I79" s="13">
+        <v>8.43</v>
+      </c>
+      <c r="J79" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B80" s="29"/>
+      <c r="C80" s="30"/>
+      <c r="D80" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E80" s="14">
+        <v>15.67</v>
+      </c>
+      <c r="F80" s="14">
+        <v>20.83</v>
+      </c>
+      <c r="G80" s="41">
+        <v>13.57</v>
+      </c>
+      <c r="H80" s="22"/>
+      <c r="I80" s="14">
+        <v>11.57</v>
+      </c>
+      <c r="J80" s="14">
+        <v>12.43</v>
+      </c>
+    </row>
+    <row r="81" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B81" s="31"/>
+      <c r="C81" s="32"/>
+      <c r="D81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="22"/>
+      <c r="I81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B82" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C82" s="28"/>
+      <c r="D82" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E82" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G82" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H82" s="22"/>
+      <c r="I82" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J82" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B83" s="29"/>
+      <c r="C83" s="30"/>
+      <c r="D83" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E83" s="13">
+        <v>8.6300000000000008</v>
+      </c>
+      <c r="F83" s="13">
+        <v>13.66</v>
+      </c>
+      <c r="G83" s="40">
+        <v>5.21</v>
+      </c>
+      <c r="H83" s="22"/>
+      <c r="I83" s="13">
+        <v>6.29</v>
+      </c>
+      <c r="J83" s="13">
+        <v>9.43</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B84" s="29"/>
+      <c r="C84" s="30"/>
+      <c r="D84" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" s="13">
+        <v>8.16</v>
+      </c>
+      <c r="F84" s="13">
+        <v>12.24</v>
+      </c>
+      <c r="G84" s="40">
+        <v>8.31</v>
+      </c>
+      <c r="H84" s="22"/>
+      <c r="I84" s="13">
+        <v>11.25</v>
+      </c>
+      <c r="J84" s="13">
+        <v>7.76</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B85" s="29"/>
+      <c r="C85" s="30"/>
+      <c r="D85" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E85" s="14">
+        <v>21.26</v>
+      </c>
+      <c r="F85" s="14">
+        <v>27.31</v>
+      </c>
+      <c r="G85" s="41">
+        <v>18.309999999999999</v>
+      </c>
+      <c r="H85" s="22"/>
+      <c r="I85" s="14">
+        <v>18.86</v>
+      </c>
+      <c r="J85" s="14">
+        <v>17.87</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B86" s="31"/>
+      <c r="C86" s="32"/>
+      <c r="D86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G86" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="22"/>
+      <c r="I86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J86" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B87" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C87" s="28"/>
+      <c r="D87" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G87" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H87" s="22"/>
+      <c r="I87" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J87" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B88" s="29"/>
+      <c r="C88" s="30"/>
+      <c r="D88" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E88" s="13">
+        <v>8</v>
+      </c>
+      <c r="F88" s="13">
+        <v>13.67</v>
+      </c>
+      <c r="G88" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H88" s="22"/>
+      <c r="I88" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J88" s="13">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B89" s="29"/>
+      <c r="C89" s="30"/>
+      <c r="D89" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" s="13">
+        <v>8</v>
+      </c>
+      <c r="F89" s="13">
+        <v>13.67</v>
+      </c>
+      <c r="G89" s="40">
+        <v>7.67</v>
+      </c>
+      <c r="H89" s="22"/>
+      <c r="I89" s="13">
+        <v>7.57</v>
+      </c>
+      <c r="J89" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B90" s="29"/>
+      <c r="C90" s="30"/>
+      <c r="D90" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E90" s="14">
+        <v>20.2</v>
+      </c>
+      <c r="F90" s="14">
+        <v>28.5</v>
+      </c>
+      <c r="G90" s="41">
+        <v>9.33</v>
+      </c>
+      <c r="H90" s="22"/>
+      <c r="I90" s="14">
+        <v>10.71</v>
+      </c>
+      <c r="J90" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B91" s="31"/>
+      <c r="C91" s="32"/>
+      <c r="D91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="22"/>
+      <c r="I91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J91" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B92" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C92" s="28"/>
+      <c r="D92" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G92" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H92" s="22"/>
+      <c r="I92" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J92" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="93" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B93" s="29"/>
+      <c r="C93" s="30"/>
+      <c r="D93" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E93" s="13">
+        <v>6.5</v>
+      </c>
+      <c r="F93" s="13">
+        <v>13</v>
+      </c>
+      <c r="G93" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H93" s="22"/>
+      <c r="I93" s="13">
+        <v>6.88</v>
+      </c>
+      <c r="J93" s="13">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B94" s="29"/>
+      <c r="C94" s="30"/>
+      <c r="D94" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E94" s="13">
+        <v>10.38</v>
+      </c>
+      <c r="F94" s="13">
+        <v>15.14</v>
+      </c>
+      <c r="G94" s="40">
+        <v>12.63</v>
+      </c>
+      <c r="H94" s="22"/>
+      <c r="I94" s="13">
+        <v>12.25</v>
+      </c>
+      <c r="J94" s="13">
+        <v>9.3800000000000008</v>
+      </c>
+    </row>
+    <row r="95" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B95" s="29"/>
+      <c r="C95" s="30"/>
+      <c r="D95" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E95" s="14">
+        <v>21.13</v>
+      </c>
+      <c r="F95" s="14">
+        <v>29.43</v>
+      </c>
+      <c r="G95" s="41">
+        <v>21.5</v>
+      </c>
+      <c r="H95" s="22"/>
+      <c r="I95" s="14">
+        <v>19.75</v>
+      </c>
+      <c r="J95" s="14">
+        <v>18.75</v>
+      </c>
+    </row>
+    <row r="96" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B96" s="31"/>
+      <c r="C96" s="32"/>
+      <c r="D96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G96" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="22"/>
+      <c r="I96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B97" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="C97" s="28"/>
+      <c r="D97" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F97" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G97" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H97" s="22"/>
+      <c r="I97" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J97" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B98" s="29"/>
+      <c r="C98" s="30"/>
+      <c r="D98" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E98" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F98" s="13">
+        <v>13.5</v>
+      </c>
+      <c r="G98" s="40">
+        <v>10.93</v>
+      </c>
+      <c r="H98" s="22"/>
+      <c r="I98" s="13">
+        <v>5.61</v>
+      </c>
+      <c r="J98" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B99" s="29"/>
+      <c r="C99" s="30"/>
+      <c r="D99" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F99" s="13">
+        <v>7.19</v>
+      </c>
+      <c r="G99" s="40">
+        <v>8.4</v>
+      </c>
+      <c r="H99" s="22"/>
+      <c r="I99" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J99" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B100" s="29"/>
+      <c r="C100" s="30"/>
+      <c r="D100" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E100" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F100" s="14">
+        <v>23.17</v>
+      </c>
+      <c r="G100" s="41">
+        <v>22.18</v>
+      </c>
+      <c r="H100" s="22"/>
+      <c r="I100" s="14">
+        <v>13.54</v>
+      </c>
+      <c r="J100" s="14">
+        <v>10.57</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B101" s="31"/>
+      <c r="C101" s="32"/>
+      <c r="D101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G101" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="22"/>
+      <c r="I101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J101" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B102" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="C102" s="28"/>
+      <c r="D102" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E102" s="13">
+        <v>11.57</v>
+      </c>
+      <c r="F102" s="13">
+        <v>19.48</v>
+      </c>
+      <c r="G102" s="40">
+        <v>14.32</v>
+      </c>
+      <c r="H102" s="22"/>
+      <c r="I102" s="13">
+        <v>22.19</v>
+      </c>
+      <c r="J102" s="13">
+        <v>13.82</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B103" s="29"/>
+      <c r="C103" s="30"/>
+      <c r="D103" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E103" s="13">
+        <v>20.75</v>
+      </c>
+      <c r="F103" s="13">
+        <v>24.18</v>
+      </c>
+      <c r="G103" s="40">
+        <v>21.74</v>
+      </c>
+      <c r="H103" s="22"/>
+      <c r="I103" s="13">
+        <v>32.74</v>
+      </c>
+      <c r="J103" s="13">
+        <v>27.23</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B104" s="29"/>
+      <c r="C104" s="30"/>
+      <c r="D104" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E104" s="13">
+        <v>79.45</v>
+      </c>
+      <c r="F104" s="13">
+        <v>63.22</v>
+      </c>
+      <c r="G104" s="40">
+        <v>74.150000000000006</v>
+      </c>
+      <c r="H104" s="22"/>
+      <c r="I104" s="13">
+        <v>82.44</v>
+      </c>
+      <c r="J104" s="13">
+        <v>84.46</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B105" s="29"/>
+      <c r="C105" s="30"/>
+      <c r="D105" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E105" s="14">
+        <v>111.77</v>
+      </c>
+      <c r="F105" s="14">
+        <v>106.88</v>
+      </c>
+      <c r="G105" s="41">
+        <v>110.21</v>
+      </c>
+      <c r="H105" s="22"/>
+      <c r="I105" s="14">
+        <v>137.37</v>
+      </c>
+      <c r="J105" s="14">
+        <v>125.51</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B106" s="31"/>
+      <c r="C106" s="32"/>
+      <c r="D106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G106" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="22"/>
+      <c r="I106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J106" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B107" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="C107" s="28"/>
+      <c r="D107" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E107" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F107" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G107" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H107" s="22"/>
+      <c r="I107" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J107" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B108" s="29"/>
+      <c r="C108" s="30"/>
+      <c r="D108" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E108" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F108" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G108" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H108" s="22"/>
+      <c r="I108" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J108" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B109" s="29"/>
+      <c r="C109" s="30"/>
+      <c r="D109" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E109" s="13">
+        <v>21.24</v>
+      </c>
+      <c r="F109" s="13">
+        <v>20.75</v>
+      </c>
+      <c r="G109" s="40">
+        <v>27.59</v>
+      </c>
+      <c r="H109" s="22"/>
+      <c r="I109" s="13">
+        <v>19.059999999999999</v>
+      </c>
+      <c r="J109" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B110" s="29"/>
+      <c r="C110" s="30"/>
+      <c r="D110" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E110" s="14">
+        <v>22.21</v>
+      </c>
+      <c r="F110" s="14">
+        <v>22.63</v>
+      </c>
+      <c r="G110" s="41">
+        <v>27.69</v>
+      </c>
+      <c r="H110" s="22"/>
+      <c r="I110" s="14">
+        <v>23.23</v>
+      </c>
+      <c r="J110" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B111" s="31"/>
+      <c r="C111" s="32"/>
+      <c r="D111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G111" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="22"/>
+      <c r="I111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B112" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C112" s="28"/>
+      <c r="D112" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E112" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F112" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G112" s="40">
+        <v>7.19</v>
+      </c>
+      <c r="H112" s="22"/>
+      <c r="I112" s="13">
+        <v>7.95</v>
+      </c>
+      <c r="J112" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B113" s="29"/>
+      <c r="C113" s="30"/>
+      <c r="D113" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E113" s="13">
+        <v>20.92</v>
+      </c>
+      <c r="F113" s="13">
+        <v>16.89</v>
+      </c>
+      <c r="G113" s="40">
+        <v>19.649999999999999</v>
+      </c>
+      <c r="H113" s="22"/>
+      <c r="I113" s="13">
+        <v>25.45</v>
+      </c>
+      <c r="J113" s="13">
+        <v>9.32</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B114" s="29"/>
+      <c r="C114" s="30"/>
+      <c r="D114" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" s="13">
+        <v>40.03</v>
+      </c>
+      <c r="F114" s="13">
+        <v>51.84</v>
+      </c>
+      <c r="G114" s="40">
+        <v>59.24</v>
+      </c>
+      <c r="H114" s="22"/>
+      <c r="I114" s="13">
+        <v>56.76</v>
+      </c>
+      <c r="J114" s="13">
+        <v>40.76</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B115" s="29"/>
+      <c r="C115" s="30"/>
+      <c r="D115" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E115" s="14">
+        <v>61.81</v>
+      </c>
+      <c r="F115" s="14">
+        <v>73.319999999999993</v>
+      </c>
+      <c r="G115" s="41">
+        <v>86.08</v>
+      </c>
+      <c r="H115" s="22"/>
+      <c r="I115" s="14">
+        <v>89.95</v>
+      </c>
+      <c r="J115" s="14">
+        <v>52.61</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B116" s="31"/>
+      <c r="C116" s="32"/>
+      <c r="D116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G116" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="22"/>
+      <c r="I116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B117" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C117" s="28"/>
+      <c r="D117" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E117" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F117" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G117" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H117" s="22"/>
+      <c r="I117" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J117" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B118" s="29"/>
+      <c r="C118" s="30"/>
+      <c r="D118" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G118" s="40">
+        <v>7</v>
+      </c>
+      <c r="H118" s="22"/>
+      <c r="I118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J118" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B119" s="29"/>
+      <c r="C119" s="30"/>
+      <c r="D119" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E119" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F119" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G119" s="40">
+        <v>7.47</v>
+      </c>
+      <c r="H119" s="22"/>
+      <c r="I119" s="13">
+        <v>9.91</v>
+      </c>
+      <c r="J119" s="13">
+        <v>11.16</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B120" s="29"/>
+      <c r="C120" s="30"/>
+      <c r="D120" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E120" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F120" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G120" s="41">
+        <v>15.07</v>
+      </c>
+      <c r="H120" s="22"/>
+      <c r="I120" s="14">
+        <v>18.23</v>
+      </c>
+      <c r="J120" s="14">
+        <v>18.27</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B121" s="31"/>
+      <c r="C121" s="32"/>
+      <c r="D121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G121" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="22"/>
+      <c r="I121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B122" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C122" s="28"/>
+      <c r="D122" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E122" s="13">
+        <v>45.73</v>
+      </c>
+      <c r="F122" s="13">
+        <v>36.24</v>
+      </c>
+      <c r="G122" s="40">
+        <v>40.369999999999997</v>
+      </c>
+      <c r="H122" s="22"/>
+      <c r="I122" s="13">
+        <v>37.36</v>
+      </c>
+      <c r="J122" s="13">
+        <v>26.95</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B123" s="29"/>
+      <c r="C123" s="30"/>
+      <c r="D123" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E123" s="13">
+        <v>167.27</v>
+      </c>
+      <c r="F123" s="13">
+        <v>159.47999999999999</v>
+      </c>
+      <c r="G123" s="40">
+        <v>138.03</v>
+      </c>
+      <c r="H123" s="22"/>
+      <c r="I123" s="13">
+        <v>103.19</v>
+      </c>
+      <c r="J123" s="13">
+        <v>107.09</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B124" s="29"/>
+      <c r="C124" s="30"/>
+      <c r="D124" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" s="13">
+        <v>38.57</v>
+      </c>
+      <c r="F124" s="13">
+        <v>34.33</v>
+      </c>
+      <c r="G124" s="40">
+        <v>38.54</v>
+      </c>
+      <c r="H124" s="22"/>
+      <c r="I124" s="13">
+        <v>27.3</v>
+      </c>
+      <c r="J124" s="13">
+        <v>17.510000000000002</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B125" s="29"/>
+      <c r="C125" s="30"/>
+      <c r="D125" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E125" s="14">
+        <v>251.57</v>
+      </c>
+      <c r="F125" s="14">
+        <v>230.05</v>
+      </c>
+      <c r="G125" s="41">
+        <v>216.3</v>
+      </c>
+      <c r="H125" s="22"/>
+      <c r="I125" s="14">
+        <v>166.9</v>
+      </c>
+      <c r="J125" s="14">
+        <v>151.55000000000001</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B126" s="31"/>
+      <c r="C126" s="32"/>
+      <c r="D126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G126" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="22"/>
+      <c r="I126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B127" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C127" s="28"/>
+      <c r="D127" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E127" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F127" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G127" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H127" s="22"/>
+      <c r="I127" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J127" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B128" s="29"/>
+      <c r="C128" s="30"/>
+      <c r="D128" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E128" s="13">
+        <v>5.63</v>
+      </c>
+      <c r="F128" s="13">
+        <v>5.61</v>
+      </c>
+      <c r="G128" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H128" s="22"/>
+      <c r="I128" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J128" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="129" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B129" s="29"/>
+      <c r="C129" s="30"/>
+      <c r="D129" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E129" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F129" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G129" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H129" s="22"/>
+      <c r="I129" s="13">
+        <v>5.9</v>
+      </c>
+      <c r="J129" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B130" s="29"/>
+      <c r="C130" s="30"/>
+      <c r="D130" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E130" s="14">
+        <v>10.89</v>
+      </c>
+      <c r="F130" s="14">
+        <v>9.8699999999999992</v>
+      </c>
+      <c r="G130" s="41">
+        <v>8.51</v>
+      </c>
+      <c r="H130" s="22"/>
+      <c r="I130" s="14">
+        <v>10.6</v>
+      </c>
+      <c r="J130" s="14">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="131" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B131" s="31"/>
+      <c r="C131" s="32"/>
+      <c r="D131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G131" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="22"/>
+      <c r="I131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B132" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C132" s="28"/>
+      <c r="D132" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E132" s="13">
+        <v>14.82</v>
+      </c>
+      <c r="F132" s="13">
+        <v>17.57</v>
+      </c>
+      <c r="G132" s="40">
+        <v>13.41</v>
+      </c>
+      <c r="H132" s="22"/>
+      <c r="I132" s="13">
+        <v>15.99</v>
+      </c>
+      <c r="J132" s="13">
+        <v>19.45</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B133" s="29"/>
+      <c r="C133" s="30"/>
+      <c r="D133" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E133" s="13">
+        <v>131.94999999999999</v>
+      </c>
+      <c r="F133" s="13">
+        <v>105.23</v>
+      </c>
+      <c r="G133" s="40">
+        <v>101.2</v>
+      </c>
+      <c r="H133" s="22"/>
+      <c r="I133" s="13">
+        <v>134.75</v>
+      </c>
+      <c r="J133" s="13">
+        <v>109.79</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B134" s="29"/>
+      <c r="C134" s="30"/>
+      <c r="D134" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E134" s="13">
+        <v>20.79</v>
+      </c>
+      <c r="F134" s="13">
+        <v>20.45</v>
+      </c>
+      <c r="G134" s="40">
+        <v>23.8</v>
+      </c>
+      <c r="H134" s="22"/>
+      <c r="I134" s="13">
+        <v>22.3</v>
+      </c>
+      <c r="J134" s="13">
+        <v>17.27</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B135" s="29"/>
+      <c r="C135" s="30"/>
+      <c r="D135" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E135" s="14">
+        <v>167.37</v>
+      </c>
+      <c r="F135" s="14">
+        <v>143.12</v>
+      </c>
+      <c r="G135" s="41">
+        <v>138.16999999999999</v>
+      </c>
+      <c r="H135" s="22"/>
+      <c r="I135" s="14">
+        <v>172.65</v>
+      </c>
+      <c r="J135" s="14">
+        <v>146.52000000000001</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B136" s="31"/>
+      <c r="C136" s="32"/>
+      <c r="D136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G136" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="22"/>
+      <c r="I136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B137" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" s="28"/>
+      <c r="D137" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E137" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F137" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G137" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H137" s="22"/>
+      <c r="I137" s="13">
+        <v>6.46</v>
+      </c>
+      <c r="J137" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B138" s="29"/>
+      <c r="C138" s="30"/>
+      <c r="D138" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E138" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F138" s="13">
+        <v>15.1</v>
+      </c>
+      <c r="G138" s="40">
+        <v>13.5</v>
+      </c>
+      <c r="H138" s="22"/>
+      <c r="I138" s="13">
+        <v>16.2</v>
+      </c>
+      <c r="J138" s="13">
+        <v>11.43</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B139" s="29"/>
+      <c r="C139" s="30"/>
+      <c r="D139" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E139" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F139" s="13">
+        <v>8.01</v>
+      </c>
+      <c r="G139" s="40">
+        <v>11.39</v>
+      </c>
+      <c r="H139" s="22"/>
+      <c r="I139" s="13">
+        <v>10.71</v>
+      </c>
+      <c r="J139" s="13">
+        <v>11.72</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B140" s="29"/>
+      <c r="C140" s="30"/>
+      <c r="D140" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E140" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F140" s="14">
+        <v>26.21</v>
+      </c>
+      <c r="G140" s="41">
+        <v>28.24</v>
+      </c>
+      <c r="H140" s="22"/>
+      <c r="I140" s="14">
+        <v>32.57</v>
+      </c>
+      <c r="J140" s="14">
+        <v>27.16</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B141" s="31"/>
+      <c r="C141" s="32"/>
+      <c r="D141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G141" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="22"/>
+      <c r="I141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J141" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B142" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C142" s="28"/>
+      <c r="D142" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E142" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F142" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G142" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H142" s="22"/>
+      <c r="I142" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J142" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B143" s="29"/>
+      <c r="C143" s="30"/>
+      <c r="D143" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E143" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F143" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G143" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H143" s="22"/>
+      <c r="I143" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J143" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B144" s="29"/>
+      <c r="C144" s="30"/>
+      <c r="D144" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E144" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G144" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H144" s="22"/>
+      <c r="I144" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J144" s="13">
+        <v>5.35</v>
+      </c>
+    </row>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B145" s="29"/>
+      <c r="C145" s="30"/>
+      <c r="D145" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E145" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F145" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G145" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H145" s="22"/>
+      <c r="I145" s="14">
+        <v>9.93</v>
+      </c>
+      <c r="J145" s="14">
+        <v>10.67</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B146" s="31"/>
+      <c r="C146" s="32"/>
+      <c r="D146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G146" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="22"/>
+      <c r="I146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B147" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="28"/>
+      <c r="D147" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G147" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H147" s="22"/>
+      <c r="I147" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J147" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B148" s="29"/>
+      <c r="C148" s="30"/>
+      <c r="D148" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G148" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H148" s="22"/>
+      <c r="I148" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J148" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B149" s="29"/>
+      <c r="C149" s="30"/>
+      <c r="D149" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G149" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H149" s="22"/>
+      <c r="I149" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J149" s="13">
+        <v>10.039999999999999</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B150" s="29"/>
+      <c r="C150" s="30"/>
+      <c r="D150" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G150" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H150" s="22"/>
+      <c r="I150" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J150" s="14">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B151" s="31"/>
+      <c r="C151" s="32"/>
+      <c r="D151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="22"/>
+      <c r="I151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B152" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C152" s="28"/>
+      <c r="D152" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E152" s="13">
+        <v>63.54</v>
+      </c>
+      <c r="F152" s="13">
+        <v>63</v>
+      </c>
+      <c r="G152" s="40">
+        <v>68.89</v>
+      </c>
+      <c r="H152" s="22"/>
+      <c r="I152" s="13">
+        <v>89.4</v>
+      </c>
+      <c r="J152" s="13">
+        <v>83.35</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B153" s="29"/>
+      <c r="C153" s="30"/>
+      <c r="D153" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E153" s="13">
+        <v>234.04</v>
+      </c>
+      <c r="F153" s="13">
+        <v>229.4</v>
+      </c>
+      <c r="G153" s="40">
+        <v>241.05</v>
+      </c>
+      <c r="H153" s="22"/>
+      <c r="I153" s="13">
+        <v>244.29</v>
+      </c>
+      <c r="J153" s="13">
+        <v>273.38</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B154" s="29"/>
+      <c r="C154" s="30"/>
+      <c r="D154" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E154" s="13">
+        <v>144.18</v>
+      </c>
+      <c r="F154" s="13">
+        <v>164.53</v>
+      </c>
+      <c r="G154" s="40">
+        <v>170.57</v>
+      </c>
+      <c r="H154" s="22"/>
+      <c r="I154" s="13">
+        <v>178.25</v>
+      </c>
+      <c r="J154" s="13">
+        <v>152.84</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B155" s="29"/>
+      <c r="C155" s="30"/>
+      <c r="D155" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E155" s="14">
+        <v>441.75</v>
+      </c>
+      <c r="F155" s="14">
+        <v>456.93</v>
+      </c>
+      <c r="G155" s="41">
+        <v>480.21</v>
+      </c>
+      <c r="H155" s="22"/>
+      <c r="I155" s="14">
+        <v>511.94</v>
+      </c>
+      <c r="J155" s="14">
+        <v>509.22</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B156" s="31"/>
+      <c r="C156" s="32"/>
+      <c r="D156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G156" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="22"/>
+      <c r="I156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B157" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C157" s="28"/>
+      <c r="D157" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E157" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F157" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G157" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H157" s="22"/>
+      <c r="I157" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J157" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B158" s="29"/>
+      <c r="C158" s="30"/>
+      <c r="D158" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E158" s="13">
+        <v>8.48</v>
+      </c>
+      <c r="F158" s="13">
+        <v>5.59</v>
+      </c>
+      <c r="G158" s="40">
+        <v>6.46</v>
+      </c>
+      <c r="H158" s="22"/>
+      <c r="I158" s="13">
+        <v>6.78</v>
+      </c>
+      <c r="J158" s="13">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B159" s="29"/>
+      <c r="C159" s="30"/>
+      <c r="D159" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E159" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F159" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G159" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H159" s="22"/>
+      <c r="I159" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J159" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B160" s="29"/>
+      <c r="C160" s="30"/>
+      <c r="D160" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E160" s="14">
+        <v>12.9</v>
+      </c>
+      <c r="F160" s="14">
+        <v>9.0500000000000007</v>
+      </c>
+      <c r="G160" s="41">
+        <v>9.67</v>
+      </c>
+      <c r="H160" s="22"/>
+      <c r="I160" s="14">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="J160" s="14">
+        <v>8.73</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B161" s="31"/>
+      <c r="C161" s="32"/>
+      <c r="D161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G161" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="22"/>
+      <c r="I161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B162" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C162" s="28"/>
+      <c r="D162" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E162" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F162" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G162" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H162" s="22"/>
+      <c r="I162" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J162" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="163" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B163" s="29"/>
+      <c r="C163" s="30"/>
+      <c r="D163" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E163" s="13">
+        <v>24.98</v>
+      </c>
+      <c r="F163" s="13">
+        <v>16.2</v>
+      </c>
+      <c r="G163" s="40">
+        <v>16.04</v>
+      </c>
+      <c r="H163" s="22"/>
+      <c r="I163" s="13">
+        <v>15.32</v>
+      </c>
+      <c r="J163" s="13">
+        <v>14.58</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B164" s="29"/>
+      <c r="C164" s="30"/>
+      <c r="D164" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" s="13">
+        <v>8.01</v>
+      </c>
+      <c r="F164" s="13">
+        <v>8</v>
+      </c>
+      <c r="G164" s="40">
+        <v>7.87</v>
+      </c>
+      <c r="H164" s="22"/>
+      <c r="I164" s="13">
+        <v>7.45</v>
+      </c>
+      <c r="J164" s="13">
+        <v>5.73</v>
+      </c>
+    </row>
+    <row r="165" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B165" s="29"/>
+      <c r="C165" s="30"/>
+      <c r="D165" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E165" s="14">
+        <v>36.020000000000003</v>
+      </c>
+      <c r="F165" s="14">
+        <v>27.3</v>
+      </c>
+      <c r="G165" s="41">
+        <v>25.19</v>
+      </c>
+      <c r="H165" s="22"/>
+      <c r="I165" s="14">
+        <v>24.99</v>
+      </c>
+      <c r="J165" s="14">
+        <v>21.06</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B166" s="31"/>
+      <c r="C166" s="32"/>
+      <c r="D166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G166" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="22"/>
+      <c r="I166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B167" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="C167" s="28"/>
+      <c r="D167" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E167" s="13">
+        <v>7.14</v>
+      </c>
+      <c r="F167" s="13">
+        <v>6.51</v>
+      </c>
+      <c r="G167" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H167" s="22"/>
+      <c r="I167" s="13">
+        <v>11.27</v>
+      </c>
+      <c r="J167" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="168" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B168" s="29"/>
+      <c r="C168" s="30"/>
+      <c r="D168" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E168" s="13">
+        <v>7.11</v>
+      </c>
+      <c r="F168" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G168" s="40">
+        <v>6.79</v>
+      </c>
+      <c r="H168" s="22"/>
+      <c r="I168" s="13">
+        <v>7.45</v>
+      </c>
+      <c r="J168" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="169" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B169" s="29"/>
+      <c r="C169" s="30"/>
+      <c r="D169" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E169" s="13">
+        <v>82.39</v>
+      </c>
+      <c r="F169" s="13">
+        <v>63.45</v>
+      </c>
+      <c r="G169" s="40">
+        <v>60.11</v>
+      </c>
+      <c r="H169" s="22"/>
+      <c r="I169" s="13">
+        <v>55.69</v>
+      </c>
+      <c r="J169" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="170" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B170" s="29"/>
+      <c r="C170" s="30"/>
+      <c r="D170" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E170" s="14">
+        <v>96.42</v>
+      </c>
+      <c r="F170" s="14">
+        <v>71.69</v>
+      </c>
+      <c r="G170" s="41">
+        <v>71.42</v>
+      </c>
+      <c r="H170" s="22"/>
+      <c r="I170" s="14">
+        <v>74.41</v>
+      </c>
+      <c r="J170" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="171" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B171" s="31"/>
+      <c r="C171" s="32"/>
+      <c r="D171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G171" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="22"/>
+      <c r="I171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B172" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="C172" s="28"/>
+      <c r="D172" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G172" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H172" s="22"/>
+      <c r="I172" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J172" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="173" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B173" s="29"/>
+      <c r="C173" s="30"/>
+      <c r="D173" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G173" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H173" s="22"/>
+      <c r="I173" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J173" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B174" s="29"/>
+      <c r="C174" s="30"/>
+      <c r="D174" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F174" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G174" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H174" s="22"/>
+      <c r="I174" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="J174" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B175" s="31"/>
+      <c r="C175" s="32"/>
+      <c r="D175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G175" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H175" s="22"/>
+      <c r="I175" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J175" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B176" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C176" s="28"/>
+      <c r="D176" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G176" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H176" s="22"/>
+      <c r="I176" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J176" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="177" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B177" s="29"/>
+      <c r="C177" s="30"/>
+      <c r="D177" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E177" s="13">
+        <v>44.5</v>
+      </c>
+      <c r="F177" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G177" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H177" s="22"/>
+      <c r="I177" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J177" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B178" s="29"/>
+      <c r="C178" s="30"/>
+      <c r="D178" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E178" s="13">
+        <v>57</v>
+      </c>
+      <c r="F178" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G178" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H178" s="22"/>
+      <c r="I178" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J178" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B179" s="29"/>
+      <c r="C179" s="30"/>
+      <c r="D179" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E179" s="14">
+        <v>105</v>
+      </c>
+      <c r="F179" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G179" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H179" s="22"/>
+      <c r="I179" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J179" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="180" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B180" s="31"/>
+      <c r="C180" s="32"/>
+      <c r="D180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G180" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H180" s="22"/>
+      <c r="I180" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J180" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B181" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C181" s="28"/>
+      <c r="D181" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E181" s="13">
+        <v>27.76</v>
+      </c>
+      <c r="F181" s="13">
+        <v>49.88</v>
+      </c>
+      <c r="G181" s="40">
+        <v>38.82</v>
+      </c>
+      <c r="H181" s="22"/>
+      <c r="I181" s="13">
+        <v>45.55</v>
+      </c>
+      <c r="J181" s="13">
+        <v>50.37</v>
+      </c>
+    </row>
+    <row r="182" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B182" s="29"/>
+      <c r="C182" s="30"/>
+      <c r="D182" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E182" s="13">
+        <v>250.66</v>
+      </c>
+      <c r="F182" s="13">
+        <v>243.59</v>
+      </c>
+      <c r="G182" s="40">
+        <v>256</v>
+      </c>
+      <c r="H182" s="22"/>
+      <c r="I182" s="13">
+        <v>260.60000000000002</v>
+      </c>
+      <c r="J182" s="13">
+        <v>283.29000000000002</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B183" s="29"/>
+      <c r="C183" s="30"/>
+      <c r="D183" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="13">
+        <v>94.79</v>
+      </c>
+      <c r="F183" s="13">
+        <v>99.95</v>
+      </c>
+      <c r="G183" s="40">
+        <v>103.96</v>
+      </c>
+      <c r="H183" s="22"/>
+      <c r="I183" s="13">
+        <v>117.87</v>
+      </c>
+      <c r="J183" s="13">
+        <v>112.03</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B184" s="29"/>
+      <c r="C184" s="30"/>
+      <c r="D184" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="14">
+        <v>372.49</v>
+      </c>
+      <c r="F184" s="14">
+        <v>393.41</v>
+      </c>
+      <c r="G184" s="41">
+        <v>398.57</v>
+      </c>
+      <c r="H184" s="22"/>
+      <c r="I184" s="14">
+        <v>422.25</v>
+      </c>
+      <c r="J184" s="14">
+        <v>445.69</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B185" s="31"/>
+      <c r="C185" s="32"/>
+      <c r="D185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G185" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H185" s="22"/>
+      <c r="I185" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J185" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B186" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="C186" s="28"/>
+      <c r="D186" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E186" s="13">
+        <v>9.4499999999999993</v>
+      </c>
+      <c r="F186" s="13">
+        <v>7.84</v>
+      </c>
+      <c r="G186" s="40">
+        <v>7.62</v>
+      </c>
+      <c r="H186" s="22"/>
+      <c r="I186" s="13">
+        <v>7.4</v>
+      </c>
+      <c r="J186" s="13">
+        <v>8.65</v>
+      </c>
+    </row>
+    <row r="187" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B187" s="29"/>
+      <c r="C187" s="30"/>
+      <c r="D187" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E187" s="13">
+        <v>20.85</v>
+      </c>
+      <c r="F187" s="13">
+        <v>18.79</v>
+      </c>
+      <c r="G187" s="40">
+        <v>16.02</v>
+      </c>
+      <c r="H187" s="22"/>
+      <c r="I187" s="13">
+        <v>14.68</v>
+      </c>
+      <c r="J187" s="13">
+        <v>16.920000000000002</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B188" s="29"/>
+      <c r="C188" s="30"/>
+      <c r="D188" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="13">
+        <v>20.69</v>
+      </c>
+      <c r="F188" s="13">
+        <v>20.87</v>
+      </c>
+      <c r="G188" s="40">
+        <v>20.92</v>
+      </c>
+      <c r="H188" s="22"/>
+      <c r="I188" s="13">
+        <v>18.149999999999999</v>
+      </c>
+      <c r="J188" s="13">
+        <v>17.55</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B189" s="29"/>
+      <c r="C189" s="30"/>
+      <c r="D189" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E189" s="14">
+        <v>50.64</v>
+      </c>
+      <c r="F189" s="14">
+        <v>46.82</v>
+      </c>
+      <c r="G189" s="41">
+        <v>43.96</v>
+      </c>
+      <c r="H189" s="22"/>
+      <c r="I189" s="14">
+        <v>40.15</v>
+      </c>
+      <c r="J189" s="14">
+        <v>42.29</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B190" s="31"/>
+      <c r="C190" s="32"/>
+      <c r="D190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G190" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H190" s="22"/>
+      <c r="I190" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J190" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B191" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C191" s="28"/>
+      <c r="D191" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E191" s="13">
+        <v>10.52</v>
+      </c>
+      <c r="F191" s="13">
+        <v>13.43</v>
+      </c>
+      <c r="G191" s="40">
+        <v>7.84</v>
+      </c>
+      <c r="H191" s="22"/>
+      <c r="I191" s="13">
+        <v>10.46</v>
+      </c>
+      <c r="J191" s="13">
+        <v>8.2899999999999991</v>
+      </c>
+    </row>
+    <row r="192" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B192" s="29"/>
+      <c r="C192" s="30"/>
+      <c r="D192" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E192" s="13">
+        <v>48.3</v>
+      </c>
+      <c r="F192" s="13">
+        <v>40.229999999999997</v>
+      </c>
+      <c r="G192" s="40">
+        <v>30.11</v>
+      </c>
+      <c r="H192" s="22"/>
+      <c r="I192" s="13">
+        <v>32.64</v>
+      </c>
+      <c r="J192" s="13">
+        <v>30.97</v>
+      </c>
+    </row>
+    <row r="193" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B193" s="29"/>
+      <c r="C193" s="30"/>
+      <c r="D193" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="13">
+        <v>19.09</v>
+      </c>
+      <c r="F193" s="13">
+        <v>19.510000000000002</v>
+      </c>
+      <c r="G193" s="40">
+        <v>18.190000000000001</v>
+      </c>
+      <c r="H193" s="22"/>
+      <c r="I193" s="13">
+        <v>15.43</v>
+      </c>
+      <c r="J193" s="13">
+        <v>14.83</v>
+      </c>
+    </row>
+    <row r="194" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B194" s="29"/>
+      <c r="C194" s="30"/>
+      <c r="D194" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E194" s="14">
+        <v>77.92</v>
+      </c>
+      <c r="F194" s="14">
+        <v>72.319999999999993</v>
+      </c>
+      <c r="G194" s="41">
+        <v>55</v>
+      </c>
+      <c r="H194" s="22"/>
+      <c r="I194" s="14">
+        <v>57.79</v>
+      </c>
+      <c r="J194" s="14">
+        <v>52.66</v>
+      </c>
+    </row>
+    <row r="195" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B195" s="31"/>
+      <c r="C195" s="32"/>
+      <c r="D195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G195" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H195" s="22"/>
+      <c r="I195" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J195" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B196" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C196" s="28"/>
+      <c r="D196" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E196" s="13">
+        <v>12.76</v>
+      </c>
+      <c r="F196" s="13">
+        <v>6.6</v>
+      </c>
+      <c r="G196" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H196" s="22"/>
+      <c r="I196" s="13">
+        <v>7.79</v>
+      </c>
+      <c r="J196" s="13">
+        <v>9.68</v>
+      </c>
+    </row>
+    <row r="197" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B197" s="29"/>
+      <c r="C197" s="30"/>
+      <c r="D197" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E197" s="13">
+        <v>102.34</v>
+      </c>
+      <c r="F197" s="13">
+        <v>68.23</v>
+      </c>
+      <c r="G197" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H197" s="22"/>
+      <c r="I197" s="13">
+        <v>76.22</v>
+      </c>
+      <c r="J197" s="13">
+        <v>73.47</v>
+      </c>
+    </row>
+    <row r="198" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B198" s="29"/>
+      <c r="C198" s="30"/>
+      <c r="D198" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E198" s="13">
+        <v>27.55</v>
+      </c>
+      <c r="F198" s="13">
+        <v>26.97</v>
+      </c>
+      <c r="G198" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H198" s="22"/>
+      <c r="I198" s="13">
+        <v>19.75</v>
+      </c>
+      <c r="J198" s="13">
+        <v>17.18</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B199" s="29"/>
+      <c r="C199" s="30"/>
+      <c r="D199" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E199" s="14">
+        <v>142.38</v>
+      </c>
+      <c r="F199" s="14">
+        <v>101.07</v>
+      </c>
+      <c r="G199" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H199" s="22"/>
+      <c r="I199" s="14">
+        <v>103.76</v>
+      </c>
+      <c r="J199" s="14">
+        <v>100.06</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B200" s="31"/>
+      <c r="C200" s="32"/>
+      <c r="D200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G200" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H200" s="22"/>
+      <c r="I200" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J200" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B201" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="C201" s="28"/>
+      <c r="D201" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E201" s="13">
+        <v>9.3699999999999992</v>
+      </c>
+      <c r="F201" s="13">
+        <v>10.59</v>
+      </c>
+      <c r="G201" s="40">
+        <v>8.0500000000000007</v>
+      </c>
+      <c r="H201" s="22"/>
+      <c r="I201" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J201" s="13">
+        <v>5.38</v>
+      </c>
+    </row>
+    <row r="202" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B202" s="29"/>
+      <c r="C202" s="30"/>
+      <c r="D202" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E202" s="13">
+        <v>21.33</v>
+      </c>
+      <c r="F202" s="13">
+        <v>21.94</v>
+      </c>
+      <c r="G202" s="40">
+        <v>17.52</v>
+      </c>
+      <c r="H202" s="22"/>
+      <c r="I202" s="13">
+        <v>11.87</v>
+      </c>
+      <c r="J202" s="13">
+        <v>7.46</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B203" s="29"/>
+      <c r="C203" s="30"/>
+      <c r="D203" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" s="13">
+        <v>34.89</v>
+      </c>
+      <c r="F203" s="13">
+        <v>37.159999999999997</v>
+      </c>
+      <c r="G203" s="40">
+        <v>17.57</v>
+      </c>
+      <c r="H203" s="22"/>
+      <c r="I203" s="13">
+        <v>19.350000000000001</v>
+      </c>
+      <c r="J203" s="13">
+        <v>12.1</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B204" s="29"/>
+      <c r="C204" s="30"/>
+      <c r="D204" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E204" s="14">
+        <v>65.59</v>
+      </c>
+      <c r="F204" s="14">
+        <v>69.12</v>
+      </c>
+      <c r="G204" s="41">
+        <v>43.14</v>
+      </c>
+      <c r="H204" s="22"/>
+      <c r="I204" s="14">
+        <v>35.18</v>
+      </c>
+      <c r="J204" s="14">
+        <v>24.73</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B205" s="31"/>
+      <c r="C205" s="32"/>
+      <c r="D205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G205" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H205" s="22"/>
+      <c r="I205" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J205" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B206" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="C206" s="28"/>
+      <c r="D206" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E206" s="13">
+        <v>11.11</v>
+      </c>
+      <c r="F206" s="13">
+        <v>7.82</v>
+      </c>
+      <c r="G206" s="40">
+        <v>6.71</v>
+      </c>
+      <c r="H206" s="22"/>
+      <c r="I206" s="13">
+        <v>8.2100000000000009</v>
+      </c>
+      <c r="J206" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="207" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B207" s="29"/>
+      <c r="C207" s="30"/>
+      <c r="D207" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E207" s="13">
+        <v>10.97</v>
+      </c>
+      <c r="F207" s="13">
+        <v>12.05</v>
+      </c>
+      <c r="G207" s="40">
+        <v>11.94</v>
+      </c>
+      <c r="H207" s="22"/>
+      <c r="I207" s="13">
+        <v>10.48</v>
+      </c>
+      <c r="J207" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="208" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B208" s="29"/>
+      <c r="C208" s="30"/>
+      <c r="D208" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" s="13">
+        <v>56.98</v>
+      </c>
+      <c r="F208" s="13">
+        <v>66.42</v>
+      </c>
+      <c r="G208" s="40">
+        <v>52.19</v>
+      </c>
+      <c r="H208" s="22"/>
+      <c r="I208" s="13">
+        <v>47.99</v>
+      </c>
+      <c r="J208" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B209" s="29"/>
+      <c r="C209" s="30"/>
+      <c r="D209" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E209" s="14">
+        <v>78.95</v>
+      </c>
+      <c r="F209" s="14">
+        <v>86.29</v>
+      </c>
+      <c r="G209" s="41">
+        <v>70.84</v>
+      </c>
+      <c r="H209" s="22"/>
+      <c r="I209" s="14">
+        <v>66.260000000000005</v>
+      </c>
+      <c r="J209" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B210" s="31"/>
+      <c r="C210" s="32"/>
+      <c r="D210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G210" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H210" s="22"/>
+      <c r="I210" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J210" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B211" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="C211" s="28"/>
+      <c r="D211" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E211" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F211" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G211" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H211" s="22"/>
+      <c r="I211" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J211" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="212" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B212" s="29"/>
+      <c r="C212" s="30"/>
+      <c r="D212" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E212" s="13">
+        <v>9.7200000000000006</v>
+      </c>
+      <c r="F212" s="13">
+        <v>8.2799999999999994</v>
+      </c>
+      <c r="G212" s="40">
+        <v>7.27</v>
+      </c>
+      <c r="H212" s="22"/>
+      <c r="I212" s="13">
+        <v>12.54</v>
+      </c>
+      <c r="J212" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="213" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B213" s="29"/>
+      <c r="C213" s="30"/>
+      <c r="D213" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F213" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G213" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H213" s="22"/>
+      <c r="I213" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J213" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B214" s="29"/>
+      <c r="C214" s="30"/>
+      <c r="D214" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E214" s="14">
+        <v>14.45</v>
+      </c>
+      <c r="F214" s="14">
+        <v>11.13</v>
+      </c>
+      <c r="G214" s="41">
+        <v>11.49</v>
+      </c>
+      <c r="H214" s="22"/>
+      <c r="I214" s="14">
+        <v>16.8</v>
+      </c>
+      <c r="J214" s="14">
+        <v>9.06</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B215" s="31"/>
+      <c r="C215" s="32"/>
+      <c r="D215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G215" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H215" s="22"/>
+      <c r="I215" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J215" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B216" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C216" s="28"/>
+      <c r="D216" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G216" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H216" s="22"/>
+      <c r="I216" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J216" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="217" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B217" s="29"/>
+      <c r="C217" s="30"/>
+      <c r="D217" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E217" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F217" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G217" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H217" s="22"/>
+      <c r="I217" s="13">
+        <v>5</v>
+      </c>
+      <c r="J217" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B218" s="29"/>
+      <c r="C218" s="30"/>
+      <c r="D218" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E218" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F218" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G218" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H218" s="22"/>
+      <c r="I218" s="14">
+        <v>6</v>
+      </c>
+      <c r="J218" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B219" s="31"/>
+      <c r="C219" s="32"/>
+      <c r="D219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G219" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H219" s="22"/>
+      <c r="I219" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J219" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B220" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="C220" s="28"/>
+      <c r="D220" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E220" s="13">
+        <v>6.6</v>
+      </c>
+      <c r="F220" s="13">
+        <v>9</v>
+      </c>
+      <c r="G220" s="40">
+        <v>11</v>
+      </c>
+      <c r="H220" s="22"/>
+      <c r="I220" s="13">
+        <v>14</v>
+      </c>
+      <c r="J220" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B221" s="29"/>
+      <c r="C221" s="30"/>
+      <c r="D221" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E221" s="13">
+        <v>85.6</v>
+      </c>
+      <c r="F221" s="13">
+        <v>74.5</v>
+      </c>
+      <c r="G221" s="40">
+        <v>64</v>
+      </c>
+      <c r="H221" s="22"/>
+      <c r="I221" s="13">
+        <v>47</v>
+      </c>
+      <c r="J221" s="13">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="222" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B222" s="29"/>
+      <c r="C222" s="30"/>
+      <c r="D222" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E222" s="13">
+        <v>49.6</v>
+      </c>
+      <c r="F222" s="13">
+        <v>5</v>
+      </c>
+      <c r="G222" s="40">
+        <v>10</v>
+      </c>
+      <c r="H222" s="22"/>
+      <c r="I222" s="13">
+        <v>12</v>
+      </c>
+      <c r="J222" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B223" s="29"/>
+      <c r="C223" s="30"/>
+      <c r="D223" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E223" s="14">
+        <v>141.80000000000001</v>
+      </c>
+      <c r="F223" s="14">
+        <v>88.5</v>
+      </c>
+      <c r="G223" s="41">
+        <v>85</v>
+      </c>
+      <c r="H223" s="22"/>
+      <c r="I223" s="14">
+        <v>73</v>
+      </c>
+      <c r="J223" s="14">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B224" s="31"/>
+      <c r="C224" s="32"/>
+      <c r="D224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G224" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H224" s="22"/>
+      <c r="I224" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J224" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B225" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="C225" s="28"/>
+      <c r="D225" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E225" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F225" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G225" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H225" s="22"/>
+      <c r="I225" s="13">
+        <v>5.24</v>
+      </c>
+      <c r="J225" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B226" s="29"/>
+      <c r="C226" s="30"/>
+      <c r="D226" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E226" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F226" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G226" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H226" s="22"/>
+      <c r="I226" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J226" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="227" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B227" s="29"/>
+      <c r="C227" s="30"/>
+      <c r="D227" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E227" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F227" s="13">
+        <v>15.59</v>
+      </c>
+      <c r="G227" s="40">
+        <v>18.29</v>
+      </c>
+      <c r="H227" s="22"/>
+      <c r="I227" s="13">
+        <v>12.4</v>
+      </c>
+      <c r="J227" s="13">
+        <v>11.27</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B228" s="29"/>
+      <c r="C228" s="30"/>
+      <c r="D228" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E228" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F228" s="14">
+        <v>23.78</v>
+      </c>
+      <c r="G228" s="41">
+        <v>24.04</v>
+      </c>
+      <c r="H228" s="22"/>
+      <c r="I228" s="14">
+        <v>18.329999999999998</v>
+      </c>
+      <c r="J228" s="14">
+        <v>16.47</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B229" s="31"/>
+      <c r="C229" s="32"/>
+      <c r="D229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G229" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H229" s="22"/>
+      <c r="I229" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J229" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B230" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="C230" s="28"/>
+      <c r="D230" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E230" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F230" s="13">
+        <v>6</v>
+      </c>
+      <c r="G230" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H230" s="22"/>
+      <c r="I230" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J230" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B231" s="29"/>
+      <c r="C231" s="30"/>
+      <c r="D231" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G231" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H231" s="22"/>
+      <c r="I231" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J231" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="232" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B232" s="29"/>
+      <c r="C232" s="30"/>
+      <c r="D232" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E232" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F232" s="13">
+        <v>18</v>
+      </c>
+      <c r="G232" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H232" s="22"/>
+      <c r="I232" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J232" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B233" s="29"/>
+      <c r="C233" s="30"/>
+      <c r="D233" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E233" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F233" s="14">
+        <v>27</v>
+      </c>
+      <c r="G233" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H233" s="22"/>
+      <c r="I233" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J233" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B234" s="31"/>
+      <c r="C234" s="32"/>
+      <c r="D234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G234" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H234" s="22"/>
+      <c r="I234" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J234" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B235" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C235" s="28"/>
+      <c r="D235" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E235" s="13">
+        <v>13.96</v>
+      </c>
+      <c r="F235" s="13">
+        <v>13</v>
+      </c>
+      <c r="G235" s="40">
+        <v>16.39</v>
+      </c>
+      <c r="H235" s="22"/>
+      <c r="I235" s="13">
+        <v>12.05</v>
+      </c>
+      <c r="J235" s="13">
+        <v>11.88</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B236" s="29"/>
+      <c r="C236" s="30"/>
+      <c r="D236" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E236" s="13">
+        <v>35.1</v>
+      </c>
+      <c r="F236" s="13">
+        <v>40.729999999999997</v>
+      </c>
+      <c r="G236" s="40">
+        <v>36.76</v>
+      </c>
+      <c r="H236" s="22"/>
+      <c r="I236" s="13">
+        <v>33.29</v>
+      </c>
+      <c r="J236" s="13">
+        <v>32.68</v>
+      </c>
+    </row>
+    <row r="237" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B237" s="29"/>
+      <c r="C237" s="30"/>
+      <c r="D237" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E237" s="13">
+        <v>31.81</v>
+      </c>
+      <c r="F237" s="13">
+        <v>28.56</v>
+      </c>
+      <c r="G237" s="40">
+        <v>23.39</v>
+      </c>
+      <c r="H237" s="22"/>
+      <c r="I237" s="13">
+        <v>26.69</v>
+      </c>
+      <c r="J237" s="13">
+        <v>18.7</v>
+      </c>
+    </row>
+    <row r="238" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B238" s="29"/>
+      <c r="C238" s="30"/>
+      <c r="D238" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E238" s="14">
+        <v>80.739999999999995</v>
+      </c>
+      <c r="F238" s="14">
+        <v>82.3</v>
+      </c>
+      <c r="G238" s="41">
+        <v>76.540000000000006</v>
+      </c>
+      <c r="H238" s="22"/>
+      <c r="I238" s="14">
+        <v>70.55</v>
+      </c>
+      <c r="J238" s="14">
+        <v>61.7</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B239" s="31"/>
+      <c r="C239" s="32"/>
+      <c r="D239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G239" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H239" s="22"/>
+      <c r="I239" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J239" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B240" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="C240" s="28"/>
+      <c r="D240" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E240" s="13">
+        <v>14.12</v>
+      </c>
+      <c r="F240" s="13">
+        <v>13.65</v>
+      </c>
+      <c r="G240" s="40">
+        <v>12.98</v>
+      </c>
+      <c r="H240" s="22"/>
+      <c r="I240" s="13">
+        <v>13.34</v>
+      </c>
+      <c r="J240" s="13">
+        <v>8.32</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B241" s="29"/>
+      <c r="C241" s="30"/>
+      <c r="D241" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E241" s="13">
+        <v>59.83</v>
+      </c>
+      <c r="F241" s="13">
+        <v>64.069999999999993</v>
+      </c>
+      <c r="G241" s="40">
+        <v>57.82</v>
+      </c>
+      <c r="H241" s="22"/>
+      <c r="I241" s="13">
+        <v>56.89</v>
+      </c>
+      <c r="J241" s="13">
+        <v>62.23</v>
+      </c>
+    </row>
+    <row r="242" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B242" s="29"/>
+      <c r="C242" s="30"/>
+      <c r="D242" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E242" s="13">
+        <v>12.08</v>
+      </c>
+      <c r="F242" s="13">
+        <v>13.41</v>
+      </c>
+      <c r="G242" s="40">
+        <v>10.95</v>
+      </c>
+      <c r="H242" s="22"/>
+      <c r="I242" s="13">
+        <v>9.94</v>
+      </c>
+      <c r="J242" s="13">
+        <v>10.68</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B243" s="29"/>
+      <c r="C243" s="30"/>
+      <c r="D243" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E243" s="14">
+        <v>85.86</v>
+      </c>
+      <c r="F243" s="14">
+        <v>91.13</v>
+      </c>
+      <c r="G243" s="41">
+        <v>81.34</v>
+      </c>
+      <c r="H243" s="22"/>
+      <c r="I243" s="14">
+        <v>79.569999999999993</v>
+      </c>
+      <c r="J243" s="14">
+        <v>80.84</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B244" s="31"/>
+      <c r="C244" s="32"/>
+      <c r="D244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G244" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H244" s="22"/>
+      <c r="I244" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J244" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B245" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C245" s="28"/>
+      <c r="D245" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G245" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H245" s="22"/>
+      <c r="I245" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J245" s="13">
+        <v>11.24</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B246" s="29"/>
+      <c r="C246" s="30"/>
+      <c r="D246" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G246" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H246" s="22"/>
+      <c r="I246" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J246" s="13">
+        <v>7.55</v>
+      </c>
+    </row>
+    <row r="247" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B247" s="29"/>
+      <c r="C247" s="30"/>
+      <c r="D247" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G247" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H247" s="22"/>
+      <c r="I247" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J247" s="14">
+        <v>18.79</v>
+      </c>
+    </row>
+    <row r="248" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B248" s="31"/>
+      <c r="C248" s="32"/>
+      <c r="D248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G248" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H248" s="22"/>
+      <c r="I248" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J248" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B249" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="C249" s="28"/>
+      <c r="D249" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G249" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H249" s="22"/>
+      <c r="I249" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J249" s="13">
+        <v>13.67</v>
+      </c>
+    </row>
+    <row r="250" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B250" s="29"/>
+      <c r="C250" s="30"/>
+      <c r="D250" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G250" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H250" s="22"/>
+      <c r="I250" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J250" s="13">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="251" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B251" s="29"/>
+      <c r="C251" s="30"/>
+      <c r="D251" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G251" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H251" s="22"/>
+      <c r="I251" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J251" s="14">
+        <v>22.67</v>
+      </c>
+    </row>
+    <row r="252" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B252" s="31"/>
+      <c r="C252" s="32"/>
+      <c r="D252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G252" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H252" s="22"/>
+      <c r="I252" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J252" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="253" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B253" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="C253" s="28"/>
+      <c r="D253" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G253" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H253" s="22"/>
+      <c r="I253" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J253" s="13">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B254" s="29"/>
+      <c r="C254" s="30"/>
+      <c r="D254" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G254" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H254" s="22"/>
+      <c r="I254" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J254" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B255" s="29"/>
+      <c r="C255" s="30"/>
+      <c r="D255" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G255" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H255" s="22"/>
+      <c r="I255" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J255" s="14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B256" s="31"/>
+      <c r="C256" s="32"/>
+      <c r="D256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G256" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="22"/>
+      <c r="I256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B257" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C257" s="28"/>
+      <c r="D257" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G257" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H257" s="22"/>
+      <c r="I257" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J257" s="13">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="258" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B258" s="29"/>
+      <c r="C258" s="30"/>
+      <c r="D258" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G258" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H258" s="22"/>
+      <c r="I258" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J258" s="13">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="259" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B259" s="29"/>
+      <c r="C259" s="30"/>
+      <c r="D259" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G259" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H259" s="22"/>
+      <c r="I259" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J259" s="14">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="260" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B260" s="31"/>
+      <c r="C260" s="32"/>
+      <c r="D260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G260" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H260" s="22"/>
+      <c r="I260" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J260" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="261" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B261" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="C261" s="28"/>
+      <c r="D261" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E261" s="13">
+        <v>10.86</v>
+      </c>
+      <c r="F261" s="13">
+        <v>8.81</v>
+      </c>
+      <c r="G261" s="40">
+        <v>11.11</v>
+      </c>
+      <c r="H261" s="22"/>
+      <c r="I261" s="13">
+        <v>9.0500000000000007</v>
+      </c>
+      <c r="J261" s="13">
+        <v>10.31</v>
+      </c>
+    </row>
+    <row r="262" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B262" s="29"/>
+      <c r="C262" s="30"/>
+      <c r="D262" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E262" s="13">
+        <v>13.85</v>
+      </c>
+      <c r="F262" s="13">
+        <v>17.37</v>
+      </c>
+      <c r="G262" s="40">
+        <v>19.010000000000002</v>
+      </c>
+      <c r="H262" s="22"/>
+      <c r="I262" s="13">
+        <v>12.93</v>
+      </c>
+      <c r="J262" s="13">
+        <v>9.08</v>
+      </c>
+    </row>
+    <row r="263" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B263" s="29"/>
+      <c r="C263" s="30"/>
+      <c r="D263" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E263" s="13">
+        <v>31.17</v>
+      </c>
+      <c r="F263" s="13">
+        <v>23.74</v>
+      </c>
+      <c r="G263" s="40">
+        <v>31.34</v>
+      </c>
+      <c r="H263" s="22"/>
+      <c r="I263" s="13">
+        <v>35.86</v>
+      </c>
+      <c r="J263" s="13">
+        <v>33.31</v>
+      </c>
+    </row>
+    <row r="264" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B264" s="29"/>
+      <c r="C264" s="30"/>
+      <c r="D264" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E264" s="14">
+        <v>55.01</v>
+      </c>
+      <c r="F264" s="14">
+        <v>49.24</v>
+      </c>
+      <c r="G264" s="41">
+        <v>61.2</v>
+      </c>
+      <c r="H264" s="22"/>
+      <c r="I264" s="14">
+        <v>57.43</v>
+      </c>
+      <c r="J264" s="14">
+        <v>52.71</v>
+      </c>
+    </row>
+    <row r="265" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B265" s="31"/>
+      <c r="C265" s="32"/>
+      <c r="D265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G265" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H265" s="22"/>
+      <c r="I265" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J265" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="266" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B266" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C266" s="28"/>
+      <c r="D266" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E266" s="13">
+        <v>85.95</v>
+      </c>
+      <c r="F266" s="13">
+        <v>56.31</v>
+      </c>
+      <c r="G266" s="40">
+        <v>50.52</v>
+      </c>
+      <c r="H266" s="22"/>
+      <c r="I266" s="13">
+        <v>50.41</v>
+      </c>
+      <c r="J266" s="13">
+        <v>8.75</v>
+      </c>
+    </row>
+    <row r="267" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B267" s="29"/>
+      <c r="C267" s="30"/>
+      <c r="D267" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E267" s="13">
+        <v>54.12</v>
+      </c>
+      <c r="F267" s="13">
+        <v>39.89</v>
+      </c>
+      <c r="G267" s="40">
+        <v>32.07</v>
+      </c>
+      <c r="H267" s="22"/>
+      <c r="I267" s="13">
+        <v>35.39</v>
+      </c>
+      <c r="J267" s="13">
+        <v>8.36</v>
+      </c>
+    </row>
+    <row r="268" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B268" s="29"/>
+      <c r="C268" s="30"/>
+      <c r="D268" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E268" s="13">
+        <v>123.4</v>
+      </c>
+      <c r="F268" s="13">
+        <v>92.88</v>
+      </c>
+      <c r="G268" s="40">
+        <v>73.14</v>
+      </c>
+      <c r="H268" s="22"/>
+      <c r="I268" s="13">
+        <v>68.709999999999994</v>
+      </c>
+      <c r="J268" s="13">
+        <v>8.76</v>
+      </c>
+    </row>
+    <row r="269" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B269" s="29"/>
+      <c r="C269" s="30"/>
+      <c r="D269" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E269" s="14">
+        <v>262.14999999999998</v>
+      </c>
+      <c r="F269" s="14">
+        <v>189.08</v>
+      </c>
+      <c r="G269" s="41">
+        <v>155.72999999999999</v>
+      </c>
+      <c r="H269" s="22"/>
+      <c r="I269" s="14">
+        <v>154.52000000000001</v>
+      </c>
+      <c r="J269" s="14">
+        <v>25.6</v>
+      </c>
+    </row>
+    <row r="270" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B270" s="31"/>
+      <c r="C270" s="32"/>
+      <c r="D270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G270" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H270" s="22"/>
+      <c r="I270" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J270" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="271" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B271" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C271" s="28"/>
+      <c r="D271" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E271" s="13">
+        <v>5.35</v>
+      </c>
+      <c r="F271" s="13">
+        <v>8.0399999999999991</v>
+      </c>
+      <c r="G271" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H271" s="22"/>
+      <c r="I271" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J271" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="272" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B272" s="29"/>
+      <c r="C272" s="30"/>
+      <c r="D272" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E272" s="13">
+        <v>6.4</v>
+      </c>
+      <c r="F272" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G272" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H272" s="22"/>
+      <c r="I272" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J272" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="273" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B273" s="29"/>
+      <c r="C273" s="30"/>
+      <c r="D273" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E273" s="13">
+        <v>24.16</v>
+      </c>
+      <c r="F273" s="13">
+        <v>15.61</v>
+      </c>
+      <c r="G273" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H273" s="22"/>
+      <c r="I273" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J273" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="274" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B274" s="29"/>
+      <c r="C274" s="30"/>
+      <c r="D274" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E274" s="14">
+        <v>35.51</v>
+      </c>
+      <c r="F274" s="14">
+        <v>27.82</v>
+      </c>
+      <c r="G274" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H274" s="22"/>
+      <c r="I274" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J274" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="275" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B275" s="31"/>
+      <c r="C275" s="32"/>
+      <c r="D275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G275" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H275" s="22"/>
+      <c r="I275" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J275" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="276" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B276" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C276" s="28"/>
+      <c r="D276" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E276" s="13">
+        <v>10.71</v>
+      </c>
+      <c r="F276" s="13">
+        <v>9.15</v>
+      </c>
+      <c r="G276" s="40">
+        <v>10.61</v>
+      </c>
+      <c r="H276" s="22"/>
+      <c r="I276" s="13">
+        <v>7.39</v>
+      </c>
+      <c r="J276" s="13">
+        <v>13.48</v>
+      </c>
+    </row>
+    <row r="277" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B277" s="29"/>
+      <c r="C277" s="30"/>
+      <c r="D277" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E277" s="13">
+        <v>34.89</v>
+      </c>
+      <c r="F277" s="13">
+        <v>36.659999999999997</v>
+      </c>
+      <c r="G277" s="40">
+        <v>31.82</v>
+      </c>
+      <c r="H277" s="22"/>
+      <c r="I277" s="13">
+        <v>31.77</v>
+      </c>
+      <c r="J277" s="13">
+        <v>41.86</v>
+      </c>
+    </row>
+    <row r="278" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B278" s="29"/>
+      <c r="C278" s="30"/>
+      <c r="D278" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E278" s="13">
+        <v>35.479999999999997</v>
+      </c>
+      <c r="F278" s="13">
+        <v>35.549999999999997</v>
+      </c>
+      <c r="G278" s="40">
+        <v>39.21</v>
+      </c>
+      <c r="H278" s="22"/>
+      <c r="I278" s="13">
+        <v>36.909999999999997</v>
+      </c>
+      <c r="J278" s="13">
+        <v>36.15</v>
+      </c>
+    </row>
+    <row r="279" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B279" s="29"/>
+      <c r="C279" s="30"/>
+      <c r="D279" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E279" s="14">
+        <v>81.08</v>
+      </c>
+      <c r="F279" s="14">
+        <v>81.349999999999994</v>
+      </c>
+      <c r="G279" s="41">
+        <v>81.650000000000006</v>
+      </c>
+      <c r="H279" s="22"/>
+      <c r="I279" s="14">
+        <v>76.06</v>
+      </c>
+      <c r="J279" s="14">
+        <v>91.29</v>
+      </c>
+    </row>
+    <row r="280" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B280" s="31"/>
+      <c r="C280" s="32"/>
+      <c r="D280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G280" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H280" s="22"/>
+      <c r="I280" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J280" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="281" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B281" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C281" s="28"/>
+      <c r="D281" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E281" s="13">
+        <v>12.47</v>
+      </c>
+      <c r="F281" s="13">
+        <v>11.29</v>
+      </c>
+      <c r="G281" s="40">
+        <v>17.46</v>
+      </c>
+      <c r="H281" s="22"/>
+      <c r="I281" s="13">
+        <v>11.39</v>
+      </c>
+      <c r="J281" s="13">
+        <v>13.92</v>
+      </c>
+    </row>
+    <row r="282" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B282" s="29"/>
+      <c r="C282" s="30"/>
+      <c r="D282" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E282" s="13">
+        <v>33.409999999999997</v>
+      </c>
+      <c r="F282" s="13">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="G282" s="40">
+        <v>23.09</v>
+      </c>
+      <c r="H282" s="22"/>
+      <c r="I282" s="13">
+        <v>21.86</v>
+      </c>
+      <c r="J282" s="13">
+        <v>23.14</v>
+      </c>
+    </row>
+    <row r="283" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B283" s="29"/>
+      <c r="C283" s="30"/>
+      <c r="D283" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E283" s="13">
+        <v>44.76</v>
+      </c>
+      <c r="F283" s="13">
+        <v>41.45</v>
+      </c>
+      <c r="G283" s="40">
+        <v>35.92</v>
+      </c>
+      <c r="H283" s="22"/>
+      <c r="I283" s="13">
+        <v>37.78</v>
+      </c>
+      <c r="J283" s="13">
+        <v>26.91</v>
+      </c>
+    </row>
+    <row r="284" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B284" s="29"/>
+      <c r="C284" s="30"/>
+      <c r="D284" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E284" s="14">
+        <v>90.48</v>
+      </c>
+      <c r="F284" s="14">
+        <v>85.25</v>
+      </c>
+      <c r="G284" s="41">
+        <v>76.25</v>
+      </c>
+      <c r="H284" s="22"/>
+      <c r="I284" s="14">
+        <v>70.39</v>
+      </c>
+      <c r="J284" s="14">
+        <v>63.97</v>
+      </c>
+    </row>
+    <row r="285" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B285" s="31"/>
+      <c r="C285" s="32"/>
+      <c r="D285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G285" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H285" s="22"/>
+      <c r="I285" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J285" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="286" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B286" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C286" s="28"/>
+      <c r="D286" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E286" s="13">
+        <v>19.46</v>
+      </c>
+      <c r="F286" s="13">
+        <v>20.39</v>
+      </c>
+      <c r="G286" s="40">
+        <v>14.96</v>
+      </c>
+      <c r="H286" s="22"/>
+      <c r="I286" s="13">
+        <v>10</v>
+      </c>
+      <c r="J286" s="13">
+        <v>8.3699999999999992</v>
+      </c>
+    </row>
+    <row r="287" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B287" s="29"/>
+      <c r="C287" s="30"/>
+      <c r="D287" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E287" s="13">
+        <v>35</v>
+      </c>
+      <c r="F287" s="13">
+        <v>26.39</v>
+      </c>
+      <c r="G287" s="40">
+        <v>18.7</v>
+      </c>
+      <c r="H287" s="22"/>
+      <c r="I287" s="13">
+        <v>15.43</v>
+      </c>
+      <c r="J287" s="13">
+        <v>15.63</v>
+      </c>
+    </row>
+    <row r="288" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B288" s="29"/>
+      <c r="C288" s="30"/>
+      <c r="D288" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E288" s="13">
+        <v>40.380000000000003</v>
+      </c>
+      <c r="F288" s="13">
+        <v>37.39</v>
+      </c>
+      <c r="G288" s="40">
+        <v>23.37</v>
+      </c>
+      <c r="H288" s="22"/>
+      <c r="I288" s="13">
+        <v>13</v>
+      </c>
+      <c r="J288" s="13">
+        <v>17.170000000000002</v>
+      </c>
+    </row>
+    <row r="289" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B289" s="29"/>
+      <c r="C289" s="30"/>
+      <c r="D289" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E289" s="14">
+        <v>94.85</v>
+      </c>
+      <c r="F289" s="14">
+        <v>84.18</v>
+      </c>
+      <c r="G289" s="41">
+        <v>57.04</v>
+      </c>
+      <c r="H289" s="22"/>
+      <c r="I289" s="14">
+        <v>38.43</v>
+      </c>
+      <c r="J289" s="14">
+        <v>41.17</v>
+      </c>
+    </row>
+    <row r="290" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B290" s="31"/>
+      <c r="C290" s="32"/>
+      <c r="D290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G290" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H290" s="22"/>
+      <c r="I290" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J290" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="291" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B291" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C291" s="28"/>
+      <c r="D291" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E291" s="13">
+        <v>22.38</v>
+      </c>
+      <c r="F291" s="13">
+        <v>21.84</v>
+      </c>
+      <c r="G291" s="40">
+        <v>16.45</v>
+      </c>
+      <c r="H291" s="22"/>
+      <c r="I291" s="13">
+        <v>13.65</v>
+      </c>
+      <c r="J291" s="13">
+        <v>12.75</v>
+      </c>
+    </row>
+    <row r="292" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B292" s="29"/>
+      <c r="C292" s="30"/>
+      <c r="D292" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E292" s="13">
+        <v>38.56</v>
+      </c>
+      <c r="F292" s="13">
+        <v>29.39</v>
+      </c>
+      <c r="G292" s="40">
+        <v>24.24</v>
+      </c>
+      <c r="H292" s="22"/>
+      <c r="I292" s="13">
+        <v>21.68</v>
+      </c>
+      <c r="J292" s="13">
+        <v>19.52</v>
+      </c>
+    </row>
+    <row r="293" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B293" s="29"/>
+      <c r="C293" s="30"/>
+      <c r="D293" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E293" s="13">
+        <v>66.67</v>
+      </c>
+      <c r="F293" s="13">
+        <v>52.82</v>
+      </c>
+      <c r="G293" s="40">
+        <v>34.07</v>
+      </c>
+      <c r="H293" s="22"/>
+      <c r="I293" s="13">
+        <v>29.47</v>
+      </c>
+      <c r="J293" s="13">
+        <v>27.18</v>
+      </c>
+    </row>
+    <row r="294" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B294" s="29"/>
+      <c r="C294" s="30"/>
+      <c r="D294" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E294" s="14">
+        <v>127.62</v>
+      </c>
+      <c r="F294" s="14">
+        <v>104.05</v>
+      </c>
+      <c r="G294" s="41">
+        <v>74.760000000000005</v>
+      </c>
+      <c r="H294" s="22"/>
+      <c r="I294" s="14">
+        <v>64.8</v>
+      </c>
+      <c r="J294" s="14">
+        <v>59.46</v>
+      </c>
+    </row>
+    <row r="295" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B295" s="31"/>
+      <c r="C295" s="32"/>
+      <c r="D295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G295" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H295" s="22"/>
+      <c r="I295" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J295" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="296" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B296" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C296" s="28"/>
+      <c r="D296" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E296" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F296" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G296" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H296" s="22"/>
+      <c r="I296" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J296" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="297" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B297" s="29"/>
+      <c r="C297" s="30"/>
+      <c r="D297" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E297" s="13">
+        <v>9.16</v>
+      </c>
+      <c r="F297" s="13">
+        <v>13.29</v>
+      </c>
+      <c r="G297" s="40">
+        <v>11.16</v>
+      </c>
+      <c r="H297" s="22"/>
+      <c r="I297" s="13">
+        <v>8.35</v>
+      </c>
+      <c r="J297" s="13">
+        <v>5.71</v>
+      </c>
+    </row>
+    <row r="298" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B298" s="29"/>
+      <c r="C298" s="30"/>
+      <c r="D298" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E298" s="13">
+        <v>6.88</v>
+      </c>
+      <c r="F298" s="13">
+        <v>6.31</v>
+      </c>
+      <c r="G298" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H298" s="22"/>
+      <c r="I298" s="13">
+        <v>5.73</v>
+      </c>
+      <c r="J298" s="13">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="299" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B299" s="29"/>
+      <c r="C299" s="30"/>
+      <c r="D299" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E299" s="14">
+        <v>19.39</v>
+      </c>
+      <c r="F299" s="14">
+        <v>22.2</v>
+      </c>
+      <c r="G299" s="41">
+        <v>18.03</v>
+      </c>
+      <c r="H299" s="22"/>
+      <c r="I299" s="14">
+        <v>15.29</v>
+      </c>
+      <c r="J299" s="14">
+        <v>12.2</v>
+      </c>
+    </row>
+    <row r="300" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B300" s="31"/>
+      <c r="C300" s="32"/>
+      <c r="D300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G300" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H300" s="22"/>
+      <c r="I300" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J300" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B301" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C301" s="28"/>
+      <c r="D301" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E301" s="13">
+        <v>9.09</v>
+      </c>
+      <c r="F301" s="13">
+        <v>11.83</v>
+      </c>
+      <c r="G301" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H301" s="22"/>
+      <c r="I301" s="13">
+        <v>5.6</v>
+      </c>
+      <c r="J301" s="13">
+        <v>7.48</v>
+      </c>
+    </row>
+    <row r="302" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B302" s="29"/>
+      <c r="C302" s="30"/>
+      <c r="D302" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E302" s="13">
+        <v>27.58</v>
+      </c>
+      <c r="F302" s="13">
+        <v>32.6</v>
+      </c>
+      <c r="G302" s="40">
+        <v>26.36</v>
+      </c>
+      <c r="H302" s="22"/>
+      <c r="I302" s="13">
+        <v>30.37</v>
+      </c>
+      <c r="J302" s="13">
+        <v>21.97</v>
+      </c>
+    </row>
+    <row r="303" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B303" s="29"/>
+      <c r="C303" s="30"/>
+      <c r="D303" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E303" s="13">
+        <v>20.92</v>
+      </c>
+      <c r="F303" s="13">
+        <v>16.7</v>
+      </c>
+      <c r="G303" s="40">
+        <v>18.43</v>
+      </c>
+      <c r="H303" s="22"/>
+      <c r="I303" s="13">
+        <v>12.15</v>
+      </c>
+      <c r="J303" s="13">
+        <v>17.91</v>
+      </c>
+    </row>
+    <row r="304" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B304" s="29"/>
+      <c r="C304" s="30"/>
+      <c r="D304" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E304" s="14">
+        <v>57.6</v>
+      </c>
+      <c r="F304" s="14">
+        <v>61.13</v>
+      </c>
+      <c r="G304" s="41">
+        <v>47.87</v>
+      </c>
+      <c r="H304" s="22"/>
+      <c r="I304" s="14">
+        <v>47.83</v>
+      </c>
+      <c r="J304" s="14">
+        <v>47.36</v>
+      </c>
+    </row>
+    <row r="305" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B305" s="31"/>
+      <c r="C305" s="32"/>
+      <c r="D305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G305" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H305" s="22"/>
+      <c r="I305" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J305" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B306" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="C306" s="28"/>
+      <c r="D306" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E306" s="13">
+        <v>8.93</v>
+      </c>
+      <c r="F306" s="13">
+        <v>7.09</v>
+      </c>
+      <c r="G306" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H306" s="22"/>
+      <c r="I306" s="13">
+        <v>6.66</v>
+      </c>
+      <c r="J306" s="13">
+        <v>6.28</v>
+      </c>
+    </row>
+    <row r="307" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B307" s="29"/>
+      <c r="C307" s="30"/>
+      <c r="D307" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E307" s="13">
+        <v>21.89</v>
+      </c>
+      <c r="F307" s="13">
+        <v>19.95</v>
+      </c>
+      <c r="G307" s="40">
+        <v>14.57</v>
+      </c>
+      <c r="H307" s="22"/>
+      <c r="I307" s="13">
+        <v>15.38</v>
+      </c>
+      <c r="J307" s="13">
+        <v>13.57</v>
+      </c>
+    </row>
+    <row r="308" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B308" s="29"/>
+      <c r="C308" s="30"/>
+      <c r="D308" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E308" s="13">
+        <v>19.39</v>
+      </c>
+      <c r="F308" s="13">
+        <v>20.350000000000001</v>
+      </c>
+      <c r="G308" s="40">
+        <v>18.36</v>
+      </c>
+      <c r="H308" s="22"/>
+      <c r="I308" s="13">
+        <v>18.579999999999998</v>
+      </c>
+      <c r="J308" s="13">
+        <v>17.95</v>
+      </c>
+    </row>
+    <row r="309" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B309" s="29"/>
+      <c r="C309" s="30"/>
+      <c r="D309" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E309" s="14">
+        <v>49.95</v>
+      </c>
+      <c r="F309" s="14">
+        <v>46.42</v>
+      </c>
+      <c r="G309" s="41">
+        <v>36.72</v>
+      </c>
+      <c r="H309" s="22"/>
+      <c r="I309" s="14">
+        <v>40.619999999999997</v>
+      </c>
+      <c r="J309" s="14">
+        <v>37.479999999999997</v>
+      </c>
+    </row>
+    <row r="310" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B310" s="31"/>
+      <c r="C310" s="32"/>
+      <c r="D310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G310" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H310" s="22"/>
+      <c r="I310" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J310" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B311" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C311" s="28"/>
+      <c r="D311" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E311" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F311" s="13">
+        <v>7.46</v>
+      </c>
+      <c r="G311" s="40">
+        <v>5.96</v>
+      </c>
+      <c r="H311" s="22"/>
+      <c r="I311" s="13">
+        <v>5.81</v>
+      </c>
+      <c r="J311" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="312" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B312" s="29"/>
+      <c r="C312" s="30"/>
+      <c r="D312" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E312" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F312" s="13">
+        <v>5.71</v>
+      </c>
+      <c r="G312" s="40">
+        <v>7.9</v>
+      </c>
+      <c r="H312" s="22"/>
+      <c r="I312" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J312" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="313" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B313" s="29"/>
+      <c r="C313" s="30"/>
+      <c r="D313" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E313" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F313" s="13">
+        <v>25.68</v>
+      </c>
+      <c r="G313" s="40">
+        <v>22.77</v>
+      </c>
+      <c r="H313" s="22"/>
+      <c r="I313" s="13">
+        <v>18.36</v>
+      </c>
+      <c r="J313" s="13">
+        <v>17.96</v>
+      </c>
+    </row>
+    <row r="314" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B314" s="29"/>
+      <c r="C314" s="30"/>
+      <c r="D314" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E314" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F314" s="14">
+        <v>38.74</v>
+      </c>
+      <c r="G314" s="41">
+        <v>36.630000000000003</v>
+      </c>
+      <c r="H314" s="22"/>
+      <c r="I314" s="14">
+        <v>28.33</v>
+      </c>
+      <c r="J314" s="14">
+        <v>26.36</v>
+      </c>
+    </row>
+    <row r="315" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B315" s="31"/>
+      <c r="C315" s="32"/>
+      <c r="D315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G315" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H315" s="22"/>
+      <c r="I315" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J315" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="316" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B316" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="C316" s="28"/>
+      <c r="D316" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E316" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F316" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G316" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H316" s="22"/>
+      <c r="I316" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J316" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="317" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B317" s="29"/>
+      <c r="C317" s="30"/>
+      <c r="D317" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E317" s="13">
+        <v>11.48</v>
+      </c>
+      <c r="F317" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G317" s="40">
+        <v>5.83</v>
+      </c>
+      <c r="H317" s="22"/>
+      <c r="I317" s="13">
+        <v>5.35</v>
+      </c>
+      <c r="J317" s="13">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="318" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B318" s="29"/>
+      <c r="C318" s="30"/>
+      <c r="D318" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E318" s="13">
+        <v>5.98</v>
+      </c>
+      <c r="F318" s="13">
+        <v>7.25</v>
+      </c>
+      <c r="G318" s="40">
+        <v>6.92</v>
+      </c>
+      <c r="H318" s="22"/>
+      <c r="I318" s="13">
+        <v>6.3</v>
+      </c>
+      <c r="J318" s="13">
+        <v>5.89</v>
+      </c>
+    </row>
+    <row r="319" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B319" s="29"/>
+      <c r="C319" s="30"/>
+      <c r="D319" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E319" s="14">
+        <v>18.07</v>
+      </c>
+      <c r="F319" s="14">
+        <v>12.2</v>
+      </c>
+      <c r="G319" s="41">
+        <v>12.62</v>
+      </c>
+      <c r="H319" s="22"/>
+      <c r="I319" s="14">
+        <v>13.75</v>
+      </c>
+      <c r="J319" s="14">
+        <v>13.15</v>
+      </c>
+    </row>
+    <row r="320" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B320" s="31"/>
+      <c r="C320" s="32"/>
+      <c r="D320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G320" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H320" s="22"/>
+      <c r="I320" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J320" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B321" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C321" s="28"/>
+      <c r="D321" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E321" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F321" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G321" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H321" s="22"/>
+      <c r="I321" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J321" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="322" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B322" s="29"/>
+      <c r="C322" s="30"/>
+      <c r="D322" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E322" s="13">
+        <v>6.09</v>
+      </c>
+      <c r="F322" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G322" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H322" s="22"/>
+      <c r="I322" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J322" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="323" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B323" s="29"/>
+      <c r="C323" s="30"/>
+      <c r="D323" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E323" s="13">
+        <v>6.22</v>
+      </c>
+      <c r="F323" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G323" s="40">
+        <v>7</v>
+      </c>
+      <c r="H323" s="22"/>
+      <c r="I323" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J323" s="13">
+        <v>5.4</v>
+      </c>
+    </row>
+    <row r="324" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B324" s="29"/>
+      <c r="C324" s="30"/>
+      <c r="D324" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E324" s="14">
+        <v>14.67</v>
+      </c>
+      <c r="F324" s="14">
+        <v>10.74</v>
+      </c>
+      <c r="G324" s="41">
+        <v>12.78</v>
+      </c>
+      <c r="H324" s="22"/>
+      <c r="I324" s="14">
+        <v>8.2899999999999991</v>
+      </c>
+      <c r="J324" s="14">
+        <v>6.91</v>
+      </c>
+    </row>
+    <row r="325" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B325" s="31"/>
+      <c r="C325" s="32"/>
+      <c r="D325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G325" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H325" s="22"/>
+      <c r="I325" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J325" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B326" s="20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C326" s="28"/>
+      <c r="D326" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E326" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F326" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G326" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H326" s="22"/>
+      <c r="I326" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J326" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="327" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B327" s="29"/>
+      <c r="C327" s="30"/>
+      <c r="D327" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E327" s="13">
+        <v>10.59</v>
+      </c>
+      <c r="F327" s="13">
+        <v>10.8</v>
+      </c>
+      <c r="G327" s="40">
+        <v>6.46</v>
+      </c>
+      <c r="H327" s="22"/>
+      <c r="I327" s="13">
+        <v>9.09</v>
+      </c>
+      <c r="J327" s="13">
+        <v>5.1100000000000003</v>
+      </c>
+    </row>
+    <row r="328" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B328" s="29"/>
+      <c r="C328" s="30"/>
+      <c r="D328" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328" s="13">
+        <v>7.98</v>
+      </c>
+      <c r="F328" s="13">
+        <v>8.9600000000000009</v>
+      </c>
+      <c r="G328" s="40">
+        <v>8</v>
+      </c>
+      <c r="H328" s="22"/>
+      <c r="I328" s="13">
+        <v>5.69</v>
+      </c>
+      <c r="J328" s="13">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="329" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B329" s="29"/>
+      <c r="C329" s="30"/>
+      <c r="D329" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E329" s="14">
+        <v>20.7</v>
+      </c>
+      <c r="F329" s="14">
+        <v>22</v>
+      </c>
+      <c r="G329" s="41">
+        <v>16.75</v>
+      </c>
+      <c r="H329" s="22"/>
+      <c r="I329" s="14">
+        <v>15.52</v>
+      </c>
+      <c r="J329" s="14">
+        <v>13.28</v>
+      </c>
+    </row>
+    <row r="330" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B330" s="31"/>
+      <c r="C330" s="32"/>
+      <c r="D330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G330" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H330" s="22"/>
+      <c r="I330" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J330" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="331" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B331" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="C331" s="28"/>
+      <c r="D331" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E331" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F331" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G331" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H331" s="22"/>
+      <c r="I331" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J331" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="332" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B332" s="29"/>
+      <c r="C332" s="30"/>
+      <c r="D332" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E332" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F332" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G332" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H332" s="22"/>
+      <c r="I332" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J332" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="333" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B333" s="29"/>
+      <c r="C333" s="30"/>
+      <c r="D333" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333" s="13">
+        <v>14.73</v>
+      </c>
+      <c r="F333" s="13">
+        <v>5.86</v>
+      </c>
+      <c r="G333" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H333" s="22"/>
+      <c r="I333" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J333" s="13">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="334" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B334" s="29"/>
+      <c r="C334" s="30"/>
+      <c r="D334" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E334" s="14">
+        <v>18.68</v>
+      </c>
+      <c r="F334" s="14">
+        <v>8.23</v>
+      </c>
+      <c r="G334" s="41">
+        <v>7.77</v>
+      </c>
+      <c r="H334" s="22"/>
+      <c r="I334" s="14">
+        <v>8</v>
+      </c>
+      <c r="J334" s="14">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="335" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B335" s="31"/>
+      <c r="C335" s="32"/>
+      <c r="D335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G335" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H335" s="22"/>
+      <c r="I335" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J335" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="336" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B336" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C336" s="28"/>
+      <c r="D336" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E336" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F336" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G336" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H336" s="22"/>
+      <c r="I336" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J336" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="337" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B337" s="29"/>
+      <c r="C337" s="30"/>
+      <c r="D337" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E337" s="13">
+        <v>6.78</v>
+      </c>
+      <c r="F337" s="13">
+        <v>5.74</v>
+      </c>
+      <c r="G337" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H337" s="22"/>
+      <c r="I337" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J337" s="13">
+        <v>5.85</v>
+      </c>
+    </row>
+    <row r="338" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B338" s="29"/>
+      <c r="C338" s="30"/>
+      <c r="D338" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E338" s="13">
+        <v>9.3800000000000008</v>
+      </c>
+      <c r="F338" s="13">
+        <v>5.36</v>
+      </c>
+      <c r="G338" s="40">
+        <v>8.0500000000000007</v>
+      </c>
+      <c r="H338" s="22"/>
+      <c r="I338" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J338" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="339" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B339" s="29"/>
+      <c r="C339" s="30"/>
+      <c r="D339" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E339" s="14">
+        <v>17.66</v>
+      </c>
+      <c r="F339" s="14">
+        <v>11.53</v>
+      </c>
+      <c r="G339" s="41">
+        <v>13.7</v>
+      </c>
+      <c r="H339" s="22"/>
+      <c r="I339" s="14">
+        <v>11.34</v>
+      </c>
+      <c r="J339" s="14">
+        <v>10.29</v>
+      </c>
+    </row>
+    <row r="340" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B340" s="31"/>
+      <c r="C340" s="32"/>
+      <c r="D340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G340" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H340" s="22"/>
+      <c r="I340" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J340" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="341" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B341" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C341" s="28"/>
+      <c r="D341" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E341" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F341" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G341" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H341" s="22"/>
+      <c r="I341" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J341" s="13">
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="342" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B342" s="29"/>
+      <c r="C342" s="30"/>
+      <c r="D342" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E342" s="13">
+        <v>7.2</v>
+      </c>
+      <c r="F342" s="13">
+        <v>8.0399999999999991</v>
+      </c>
+      <c r="G342" s="40">
+        <v>5.23</v>
+      </c>
+      <c r="H342" s="22"/>
+      <c r="I342" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J342" s="13">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="343" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B343" s="29"/>
+      <c r="C343" s="30"/>
+      <c r="D343" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E343" s="13">
+        <v>66.14</v>
+      </c>
+      <c r="F343" s="13">
+        <v>53.27</v>
+      </c>
+      <c r="G343" s="40">
+        <v>56.63</v>
+      </c>
+      <c r="H343" s="22"/>
+      <c r="I343" s="13">
+        <v>57.39</v>
+      </c>
+      <c r="J343" s="13">
+        <v>66.22</v>
+      </c>
+    </row>
+    <row r="344" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B344" s="29"/>
+      <c r="C344" s="30"/>
+      <c r="D344" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E344" s="14">
+        <v>74.239999999999995</v>
+      </c>
+      <c r="F344" s="14">
+        <v>62.31</v>
+      </c>
+      <c r="G344" s="41">
+        <v>62.85</v>
+      </c>
+      <c r="H344" s="22"/>
+      <c r="I344" s="14">
+        <v>63.26</v>
+      </c>
+      <c r="J344" s="14">
+        <v>77.12</v>
+      </c>
+    </row>
+    <row r="345" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B345" s="31"/>
+      <c r="C345" s="32"/>
+      <c r="D345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G345" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H345" s="22"/>
+      <c r="I345" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J345" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B346" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C346" s="28"/>
+      <c r="D346" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G346" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H346" s="22"/>
+      <c r="I346" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J346" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="347" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B347" s="29"/>
+      <c r="C347" s="30"/>
+      <c r="D347" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E347" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F347" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G347" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H347" s="22"/>
+      <c r="I347" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J347" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="348" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B348" s="29"/>
+      <c r="C348" s="30"/>
+      <c r="D348" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E348" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F348" s="13">
+        <v>5.64</v>
+      </c>
+      <c r="G348" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H348" s="22"/>
+      <c r="I348" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J348" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="349" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B349" s="29"/>
+      <c r="C349" s="30"/>
+      <c r="D349" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E349" s="14">
+        <v>6.4</v>
+      </c>
+      <c r="F349" s="14">
+        <v>9.4700000000000006</v>
+      </c>
+      <c r="G349" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H349" s="22"/>
+      <c r="I349" s="14">
+        <v>5.93</v>
+      </c>
+      <c r="J349" s="14">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="350" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B350" s="31"/>
+      <c r="C350" s="32"/>
+      <c r="D350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G350" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H350" s="22"/>
+      <c r="I350" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J350" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="351" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B351" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C351" s="28"/>
+      <c r="D351" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E351" s="13">
+        <v>11.93</v>
+      </c>
+      <c r="F351" s="13">
+        <v>10.86</v>
+      </c>
+      <c r="G351" s="40">
+        <v>6.81</v>
+      </c>
+      <c r="H351" s="22"/>
+      <c r="I351" s="13">
+        <v>8.5</v>
+      </c>
+      <c r="J351" s="13">
+        <v>10.3</v>
+      </c>
+    </row>
+    <row r="352" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B352" s="29"/>
+      <c r="C352" s="30"/>
+      <c r="D352" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E352" s="13">
+        <v>60.75</v>
+      </c>
+      <c r="F352" s="13">
+        <v>69.709999999999994</v>
+      </c>
+      <c r="G352" s="40">
+        <v>57.19</v>
+      </c>
+      <c r="H352" s="22"/>
+      <c r="I352" s="13">
+        <v>66.430000000000007</v>
+      </c>
+      <c r="J352" s="13">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="353" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B353" s="29"/>
+      <c r="C353" s="30"/>
+      <c r="D353" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E353" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F353" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G353" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H353" s="22"/>
+      <c r="I353" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J353" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="354" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B354" s="29"/>
+      <c r="C354" s="30"/>
+      <c r="D354" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E354" s="14">
+        <v>74.88</v>
+      </c>
+      <c r="F354" s="14">
+        <v>84.29</v>
+      </c>
+      <c r="G354" s="41">
+        <v>66.69</v>
+      </c>
+      <c r="H354" s="22"/>
+      <c r="I354" s="14">
+        <v>77.5</v>
+      </c>
+      <c r="J354" s="14">
+        <v>79.599999999999994</v>
+      </c>
+    </row>
+    <row r="355" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B355" s="31"/>
+      <c r="C355" s="32"/>
+      <c r="D355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G355" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H355" s="22"/>
+      <c r="I355" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J355" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="356" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B356" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C356" s="28"/>
+      <c r="D356" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E356" s="13">
+        <v>74.58</v>
+      </c>
+      <c r="F356" s="13">
+        <v>59.05</v>
+      </c>
+      <c r="G356" s="40">
+        <v>57.67</v>
+      </c>
+      <c r="H356" s="22"/>
+      <c r="I356" s="13">
+        <v>66.989999999999995</v>
+      </c>
+      <c r="J356" s="13">
+        <v>74.430000000000007</v>
+      </c>
+    </row>
+    <row r="357" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B357" s="29"/>
+      <c r="C357" s="30"/>
+      <c r="D357" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E357" s="13">
+        <v>267.29000000000002</v>
+      </c>
+      <c r="F357" s="13">
+        <v>261.83999999999997</v>
+      </c>
+      <c r="G357" s="40">
+        <v>239.01</v>
+      </c>
+      <c r="H357" s="22"/>
+      <c r="I357" s="13">
+        <v>243.13</v>
+      </c>
+      <c r="J357" s="13">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="358" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B358" s="29"/>
+      <c r="C358" s="30"/>
+      <c r="D358" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E358" s="13">
+        <v>86.27</v>
+      </c>
+      <c r="F358" s="13">
+        <v>75.930000000000007</v>
+      </c>
+      <c r="G358" s="40">
+        <v>78.930000000000007</v>
+      </c>
+      <c r="H358" s="22"/>
+      <c r="I358" s="13">
+        <v>65.900000000000006</v>
+      </c>
+      <c r="J358" s="13">
+        <v>70.89</v>
+      </c>
+    </row>
+    <row r="359" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B359" s="29"/>
+      <c r="C359" s="30"/>
+      <c r="D359" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E359" s="14">
+        <v>428.14</v>
+      </c>
+      <c r="F359" s="14">
+        <v>396.52</v>
+      </c>
+      <c r="G359" s="41">
+        <v>375.61</v>
+      </c>
+      <c r="H359" s="22"/>
+      <c r="I359" s="14">
+        <v>375.7</v>
+      </c>
+      <c r="J359" s="14">
+        <v>376.98</v>
+      </c>
+    </row>
+    <row r="360" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B360" s="31"/>
+      <c r="C360" s="32"/>
+      <c r="D360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G360" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H360" s="22"/>
+      <c r="I360" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J360" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="361" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B361" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="C361" s="28"/>
+      <c r="D361" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E361" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F361" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G361" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H361" s="22"/>
+      <c r="I361" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J361" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="362" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B362" s="29"/>
+      <c r="C362" s="30"/>
+      <c r="D362" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E362" s="13">
+        <v>10.43</v>
+      </c>
+      <c r="F362" s="13">
+        <v>11.02</v>
+      </c>
+      <c r="G362" s="40">
+        <v>7.72</v>
+      </c>
+      <c r="H362" s="22"/>
+      <c r="I362" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J362" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="363" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B363" s="29"/>
+      <c r="C363" s="30"/>
+      <c r="D363" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E363" s="13">
+        <v>53.13</v>
+      </c>
+      <c r="F363" s="13">
+        <v>52.65</v>
+      </c>
+      <c r="G363" s="40">
+        <v>47.71</v>
+      </c>
+      <c r="H363" s="22"/>
+      <c r="I363" s="13">
+        <v>57.75</v>
+      </c>
+      <c r="J363" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="364" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B364" s="29"/>
+      <c r="C364" s="30"/>
+      <c r="D364" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E364" s="14">
+        <v>67.02</v>
+      </c>
+      <c r="F364" s="14">
+        <v>66.930000000000007</v>
+      </c>
+      <c r="G364" s="41">
+        <v>57.34</v>
+      </c>
+      <c r="H364" s="22"/>
+      <c r="I364" s="14">
+        <v>64.400000000000006</v>
+      </c>
+      <c r="J364" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="365" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B365" s="31"/>
+      <c r="C365" s="32"/>
+      <c r="D365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G365" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H365" s="22"/>
+      <c r="I365" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J365" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="366" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B366" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C366" s="28"/>
+      <c r="D366" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E366" s="13">
+        <v>26.94</v>
+      </c>
+      <c r="F366" s="13">
+        <v>22.08</v>
+      </c>
+      <c r="G366" s="40">
+        <v>25.75</v>
+      </c>
+      <c r="H366" s="22"/>
+      <c r="I366" s="13">
+        <v>23.56</v>
+      </c>
+      <c r="J366" s="13">
+        <v>17.91</v>
+      </c>
+    </row>
+    <row r="367" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B367" s="29"/>
+      <c r="C367" s="30"/>
+      <c r="D367" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E367" s="13">
+        <v>123.63</v>
+      </c>
+      <c r="F367" s="13">
+        <v>111.37</v>
+      </c>
+      <c r="G367" s="40">
+        <v>109.79</v>
+      </c>
+      <c r="H367" s="22"/>
+      <c r="I367" s="13">
+        <v>119.46</v>
+      </c>
+      <c r="J367" s="13">
+        <v>113.68</v>
+      </c>
+    </row>
+    <row r="368" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B368" s="29"/>
+      <c r="C368" s="30"/>
+      <c r="D368" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E368" s="13">
+        <v>33.979999999999997</v>
+      </c>
+      <c r="F368" s="13">
+        <v>38.15</v>
+      </c>
+      <c r="G368" s="40">
+        <v>34.26</v>
+      </c>
+      <c r="H368" s="22"/>
+      <c r="I368" s="13">
+        <v>35.29</v>
+      </c>
+      <c r="J368" s="13">
+        <v>32.35</v>
+      </c>
+    </row>
+    <row r="369" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B369" s="29"/>
+      <c r="C369" s="30"/>
+      <c r="D369" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E369" s="14">
+        <v>184.54</v>
+      </c>
+      <c r="F369" s="14">
+        <v>171.6</v>
+      </c>
+      <c r="G369" s="41">
+        <v>169.81</v>
+      </c>
+      <c r="H369" s="22"/>
+      <c r="I369" s="14">
+        <v>177.77</v>
+      </c>
+      <c r="J369" s="14">
+        <v>163.80000000000001</v>
+      </c>
+    </row>
+    <row r="370" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B370" s="31"/>
+      <c r="C370" s="32"/>
+      <c r="D370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G370" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H370" s="22"/>
+      <c r="I370" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J370" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="371" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B371" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C371" s="28"/>
+      <c r="D371" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E371" s="13">
+        <v>12.33</v>
+      </c>
+      <c r="F371" s="13">
+        <v>17.23</v>
+      </c>
+      <c r="G371" s="40">
+        <v>7.62</v>
+      </c>
+      <c r="H371" s="22"/>
+      <c r="I371" s="13">
+        <v>13.49</v>
+      </c>
+      <c r="J371" s="13">
+        <v>15.16</v>
+      </c>
+    </row>
+    <row r="372" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B372" s="29"/>
+      <c r="C372" s="30"/>
+      <c r="D372" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E372" s="13">
+        <v>42.33</v>
+      </c>
+      <c r="F372" s="13">
+        <v>42.71</v>
+      </c>
+      <c r="G372" s="40">
+        <v>47.82</v>
+      </c>
+      <c r="H372" s="22"/>
+      <c r="I372" s="13">
+        <v>34.47</v>
+      </c>
+      <c r="J372" s="13">
+        <v>45.84</v>
+      </c>
+    </row>
+    <row r="373" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B373" s="29"/>
+      <c r="C373" s="30"/>
+      <c r="D373" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E373" s="13">
+        <v>16.809999999999999</v>
+      </c>
+      <c r="F373" s="13">
+        <v>12.63</v>
+      </c>
+      <c r="G373" s="40">
+        <v>16.84</v>
+      </c>
+      <c r="H373" s="22"/>
+      <c r="I373" s="13">
+        <v>15.94</v>
+      </c>
+      <c r="J373" s="13">
+        <v>19.399999999999999</v>
+      </c>
+    </row>
+    <row r="374" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B374" s="29"/>
+      <c r="C374" s="30"/>
+      <c r="D374" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E374" s="14">
+        <v>71.47</v>
+      </c>
+      <c r="F374" s="14">
+        <v>72.22</v>
+      </c>
+      <c r="G374" s="41">
+        <v>72.28</v>
+      </c>
+      <c r="H374" s="22"/>
+      <c r="I374" s="14">
+        <v>63.9</v>
+      </c>
+      <c r="J374" s="14">
+        <v>80.19</v>
+      </c>
+    </row>
+    <row r="375" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B375" s="31"/>
+      <c r="C375" s="32"/>
+      <c r="D375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G375" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H375" s="22"/>
+      <c r="I375" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J375" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="376" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B376" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="C376" s="28"/>
+      <c r="D376" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E376" s="13">
+        <v>12.22</v>
+      </c>
+      <c r="F376" s="13">
+        <v>12.67</v>
+      </c>
+      <c r="G376" s="40">
+        <v>12.44</v>
+      </c>
+      <c r="H376" s="22"/>
+      <c r="I376" s="13">
+        <v>16.78</v>
+      </c>
+      <c r="J376" s="13">
+        <v>16.09</v>
+      </c>
+    </row>
+    <row r="377" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B377" s="29"/>
+      <c r="C377" s="30"/>
+      <c r="D377" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E377" s="13">
+        <v>9.67</v>
+      </c>
+      <c r="F377" s="13">
+        <v>7.78</v>
+      </c>
+      <c r="G377" s="40">
+        <v>10.44</v>
+      </c>
+      <c r="H377" s="22"/>
+      <c r="I377" s="13">
+        <v>10.11</v>
+      </c>
+      <c r="J377" s="13">
+        <v>19.18</v>
+      </c>
+    </row>
+    <row r="378" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B378" s="29"/>
+      <c r="C378" s="30"/>
+      <c r="D378" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E378" s="13">
+        <v>18.559999999999999</v>
+      </c>
+      <c r="F378" s="13">
+        <v>14.78</v>
+      </c>
+      <c r="G378" s="40">
+        <v>16.670000000000002</v>
+      </c>
+      <c r="H378" s="22"/>
+      <c r="I378" s="13">
+        <v>22.33</v>
+      </c>
+      <c r="J378" s="13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="379" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B379" s="29"/>
+      <c r="C379" s="30"/>
+      <c r="D379" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E379" s="14">
+        <v>40.44</v>
+      </c>
+      <c r="F379" s="14">
+        <v>35.22</v>
+      </c>
+      <c r="G379" s="41">
+        <v>39.56</v>
+      </c>
+      <c r="H379" s="22"/>
+      <c r="I379" s="14">
+        <v>49.22</v>
+      </c>
+      <c r="J379" s="14">
+        <v>56.27</v>
+      </c>
+    </row>
+    <row r="380" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B380" s="31"/>
+      <c r="C380" s="32"/>
+      <c r="D380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G380" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H380" s="22"/>
+      <c r="I380" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J380" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="381" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B381" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C381" s="28"/>
+      <c r="D381" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E381" s="13">
+        <v>25.78</v>
+      </c>
+      <c r="F381" s="13">
+        <v>38.15</v>
+      </c>
+      <c r="G381" s="40">
+        <v>31.25</v>
+      </c>
+      <c r="H381" s="22"/>
+      <c r="I381" s="13">
+        <v>34.520000000000003</v>
+      </c>
+      <c r="J381" s="13">
+        <v>34.26</v>
+      </c>
+    </row>
+    <row r="382" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B382" s="29"/>
+      <c r="C382" s="30"/>
+      <c r="D382" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E382" s="13">
+        <v>23.54</v>
+      </c>
+      <c r="F382" s="13">
+        <v>26.62</v>
+      </c>
+      <c r="G382" s="40">
+        <v>22.44</v>
+      </c>
+      <c r="H382" s="22"/>
+      <c r="I382" s="13">
+        <v>21.03</v>
+      </c>
+      <c r="J382" s="13">
+        <v>26.96</v>
+      </c>
+    </row>
+    <row r="383" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B383" s="29"/>
+      <c r="C383" s="30"/>
+      <c r="D383" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E383" s="13">
+        <v>28.87</v>
+      </c>
+      <c r="F383" s="13">
+        <v>24.51</v>
+      </c>
+      <c r="G383" s="40">
+        <v>24.26</v>
+      </c>
+      <c r="H383" s="22"/>
+      <c r="I383" s="13">
+        <v>27.31</v>
+      </c>
+      <c r="J383" s="13">
+        <v>29.09</v>
+      </c>
+    </row>
+    <row r="384" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B384" s="29"/>
+      <c r="C384" s="30"/>
+      <c r="D384" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E384" s="14">
+        <v>77.84</v>
+      </c>
+      <c r="F384" s="14">
+        <v>88.87</v>
+      </c>
+      <c r="G384" s="41">
+        <v>77.61</v>
+      </c>
+      <c r="H384" s="22"/>
+      <c r="I384" s="14">
+        <v>82.85</v>
+      </c>
+      <c r="J384" s="14">
+        <v>90.3</v>
+      </c>
+    </row>
+    <row r="385" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B385" s="31"/>
+      <c r="C385" s="32"/>
+      <c r="D385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G385" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H385" s="22"/>
+      <c r="I385" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J385" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="386" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B386" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C386" s="28"/>
+      <c r="D386" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E386" s="13">
+        <v>16.29</v>
+      </c>
+      <c r="F386" s="13">
+        <v>14.12</v>
+      </c>
+      <c r="G386" s="40">
+        <v>12.47</v>
+      </c>
+      <c r="H386" s="22"/>
+      <c r="I386" s="13">
+        <v>17.12</v>
+      </c>
+      <c r="J386" s="13">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="387" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B387" s="29"/>
+      <c r="C387" s="30"/>
+      <c r="D387" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E387" s="13">
+        <v>6.65</v>
+      </c>
+      <c r="F387" s="13">
+        <v>7.06</v>
+      </c>
+      <c r="G387" s="40">
+        <v>13.53</v>
+      </c>
+      <c r="H387" s="22"/>
+      <c r="I387" s="13">
+        <v>9.94</v>
+      </c>
+      <c r="J387" s="13">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="388" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B388" s="29"/>
+      <c r="C388" s="30"/>
+      <c r="D388" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E388" s="13">
+        <v>23.76</v>
+      </c>
+      <c r="F388" s="13">
+        <v>17.25</v>
+      </c>
+      <c r="G388" s="40">
+        <v>22.82</v>
+      </c>
+      <c r="H388" s="22"/>
+      <c r="I388" s="13">
+        <v>18.760000000000002</v>
+      </c>
+      <c r="J388" s="13">
+        <v>20.63</v>
+      </c>
+    </row>
+    <row r="389" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B389" s="29"/>
+      <c r="C389" s="30"/>
+      <c r="D389" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E389" s="14">
+        <v>46.71</v>
+      </c>
+      <c r="F389" s="14">
+        <v>37.409999999999997</v>
+      </c>
+      <c r="G389" s="41">
+        <v>48.82</v>
+      </c>
+      <c r="H389" s="22"/>
+      <c r="I389" s="14">
+        <v>45.82</v>
+      </c>
+      <c r="J389" s="14">
+        <v>47.63</v>
+      </c>
+    </row>
+    <row r="390" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B390" s="31"/>
+      <c r="C390" s="32"/>
+      <c r="D390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G390" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H390" s="22"/>
+      <c r="I390" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J390" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="391" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B391" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C391" s="28"/>
+      <c r="D391" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E391" s="13">
+        <v>15.1</v>
+      </c>
+      <c r="F391" s="13">
+        <v>20.350000000000001</v>
+      </c>
+      <c r="G391" s="40">
+        <v>21.33</v>
+      </c>
+      <c r="H391" s="22"/>
+      <c r="I391" s="13">
+        <v>20.04</v>
+      </c>
+      <c r="J391" s="13">
+        <v>22.16</v>
+      </c>
+    </row>
+    <row r="392" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B392" s="29"/>
+      <c r="C392" s="30"/>
+      <c r="D392" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E392" s="13">
+        <v>11.65</v>
+      </c>
+      <c r="F392" s="13">
+        <v>12.9</v>
+      </c>
+      <c r="G392" s="40">
+        <v>13.38</v>
+      </c>
+      <c r="H392" s="22"/>
+      <c r="I392" s="13">
+        <v>9.09</v>
+      </c>
+      <c r="J392" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="393" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B393" s="29"/>
+      <c r="C393" s="30"/>
+      <c r="D393" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E393" s="13">
+        <v>37.700000000000003</v>
+      </c>
+      <c r="F393" s="13">
+        <v>37.700000000000003</v>
+      </c>
+      <c r="G393" s="40">
+        <v>40.67</v>
+      </c>
+      <c r="H393" s="22"/>
+      <c r="I393" s="13">
+        <v>37.58</v>
+      </c>
+      <c r="J393" s="13">
+        <v>39.479999999999997</v>
+      </c>
+    </row>
+    <row r="394" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B394" s="29"/>
+      <c r="C394" s="30"/>
+      <c r="D394" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E394" s="14">
+        <v>64.45</v>
+      </c>
+      <c r="F394" s="14">
+        <v>70.95</v>
+      </c>
+      <c r="G394" s="41">
+        <v>75.38</v>
+      </c>
+      <c r="H394" s="22"/>
+      <c r="I394" s="14">
+        <v>65.5</v>
+      </c>
+      <c r="J394" s="14">
+        <v>76.64</v>
+      </c>
+    </row>
+    <row r="395" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B395" s="31"/>
+      <c r="C395" s="32"/>
+      <c r="D395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G395" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H395" s="22"/>
+      <c r="I395" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J395" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="396" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B396" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C396" s="28"/>
+      <c r="D396" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E396" s="13">
+        <v>11.31</v>
+      </c>
+      <c r="F396" s="13">
+        <v>11.73</v>
+      </c>
+      <c r="G396" s="40">
+        <v>16.260000000000002</v>
+      </c>
+      <c r="H396" s="22"/>
+      <c r="I396" s="13">
+        <v>11.25</v>
+      </c>
+      <c r="J396" s="13">
+        <v>16.87</v>
+      </c>
+    </row>
+    <row r="397" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B397" s="29"/>
+      <c r="C397" s="30"/>
+      <c r="D397" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E397" s="13">
+        <v>43.12</v>
+      </c>
+      <c r="F397" s="13">
+        <v>32.479999999999997</v>
+      </c>
+      <c r="G397" s="40">
+        <v>39.26</v>
+      </c>
+      <c r="H397" s="22"/>
+      <c r="I397" s="13">
+        <v>41.84</v>
+      </c>
+      <c r="J397" s="13">
+        <v>30.49</v>
+      </c>
+    </row>
+    <row r="398" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B398" s="29"/>
+      <c r="C398" s="30"/>
+      <c r="D398" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E398" s="13">
+        <v>83.85</v>
+      </c>
+      <c r="F398" s="13">
+        <v>86.93</v>
+      </c>
+      <c r="G398" s="40">
+        <v>85.58</v>
+      </c>
+      <c r="H398" s="22"/>
+      <c r="I398" s="13">
+        <v>89.46</v>
+      </c>
+      <c r="J398" s="13">
+        <v>81.7</v>
+      </c>
+    </row>
+    <row r="399" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B399" s="29"/>
+      <c r="C399" s="30"/>
+      <c r="D399" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E399" s="14">
+        <v>138.28</v>
+      </c>
+      <c r="F399" s="14">
+        <v>131.13</v>
+      </c>
+      <c r="G399" s="41">
+        <v>141.11000000000001</v>
+      </c>
+      <c r="H399" s="22"/>
+      <c r="I399" s="14">
+        <v>142.54</v>
+      </c>
+      <c r="J399" s="14">
+        <v>129.06</v>
+      </c>
+    </row>
+    <row r="400" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B400" s="31"/>
+      <c r="C400" s="32"/>
+      <c r="D400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G400" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H400" s="22"/>
+      <c r="I400" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J400" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="401" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B401" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C401" s="28"/>
+      <c r="D401" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E401" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F401" s="13">
+        <v>5.75</v>
+      </c>
+      <c r="G401" s="40">
+        <v>6.81</v>
+      </c>
+      <c r="H401" s="22"/>
+      <c r="I401" s="13">
+        <v>8.6199999999999992</v>
+      </c>
+      <c r="J401" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="402" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B402" s="29"/>
+      <c r="C402" s="30"/>
+      <c r="D402" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E402" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F402" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G402" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H402" s="22"/>
+      <c r="I402" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J402" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="403" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B403" s="29"/>
+      <c r="C403" s="30"/>
+      <c r="D403" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E403" s="13">
+        <v>35.549999999999997</v>
+      </c>
+      <c r="F403" s="13">
+        <v>42.47</v>
+      </c>
+      <c r="G403" s="40">
+        <v>36.880000000000003</v>
+      </c>
+      <c r="H403" s="22"/>
+      <c r="I403" s="13">
+        <v>51.45</v>
+      </c>
+      <c r="J403" s="13">
+        <v>12.87</v>
+      </c>
+    </row>
+    <row r="404" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B404" s="29"/>
+      <c r="C404" s="30"/>
+      <c r="D404" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E404" s="14">
+        <v>44.24</v>
+      </c>
+      <c r="F404" s="14">
+        <v>51.57</v>
+      </c>
+      <c r="G404" s="41">
+        <v>48.02</v>
+      </c>
+      <c r="H404" s="22"/>
+      <c r="I404" s="14">
+        <v>64.25</v>
+      </c>
+      <c r="J404" s="14">
+        <v>18.63</v>
+      </c>
+    </row>
+    <row r="405" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B405" s="31"/>
+      <c r="C405" s="32"/>
+      <c r="D405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G405" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H405" s="22"/>
+      <c r="I405" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J405" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="406" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B406" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C406" s="28"/>
+      <c r="D406" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E406" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F406" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G406" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H406" s="22"/>
+      <c r="I406" s="13">
+        <v>5</v>
+      </c>
+      <c r="J406" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="407" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B407" s="29"/>
+      <c r="C407" s="30"/>
+      <c r="D407" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E407" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F407" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G407" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="H407" s="22"/>
+      <c r="I407" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J407" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="408" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B408" s="29"/>
+      <c r="C408" s="30"/>
+      <c r="D408" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E408" s="13">
+        <v>21.87</v>
+      </c>
+      <c r="F408" s="13">
+        <v>13.29</v>
+      </c>
+      <c r="G408" s="40">
+        <v>23.33</v>
+      </c>
+      <c r="H408" s="22"/>
+      <c r="I408" s="13">
+        <v>27.57</v>
+      </c>
+      <c r="J408" s="13">
+        <v>7.71</v>
+      </c>
+    </row>
+    <row r="409" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B409" s="29"/>
+      <c r="C409" s="30"/>
+      <c r="D409" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E409" s="14">
+        <v>23.47</v>
+      </c>
+      <c r="F409" s="14">
+        <v>19.86</v>
+      </c>
+      <c r="G409" s="41">
+        <v>26.93</v>
+      </c>
+      <c r="H409" s="22"/>
+      <c r="I409" s="14">
+        <v>34.21</v>
+      </c>
+      <c r="J409" s="14">
+        <v>10.43</v>
+      </c>
+    </row>
+    <row r="410" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B410" s="31"/>
+      <c r="C410" s="32"/>
+      <c r="D410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G410" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H410" s="22"/>
+      <c r="I410" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J410" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="411" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B411" s="20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C411" s="28"/>
+      <c r="D411" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E411" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F411" s="13">
+        <v>5.84</v>
+      </c>
+      <c r="G411" s="40">
+        <v>7.26</v>
+      </c>
+      <c r="H411" s="22"/>
+      <c r="I411" s="13">
+        <v>5.82</v>
+      </c>
+      <c r="J411" s="11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="412" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B412" s="29"/>
+      <c r="C412" s="30"/>
+      <c r="D412" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E412" s="13">
+        <v>22.79</v>
+      </c>
+      <c r="F412" s="13">
+        <v>25.39</v>
+      </c>
+      <c r="G412" s="40">
+        <v>25.06</v>
+      </c>
+      <c r="H412" s="22"/>
+      <c r="I412" s="13">
+        <v>26.25</v>
+      </c>
+      <c r="J412" s="13">
+        <v>26.79</v>
+      </c>
+    </row>
+    <row r="413" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B413" s="29"/>
+      <c r="C413" s="30"/>
+      <c r="D413" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E413" s="13">
+        <v>16.16</v>
+      </c>
+      <c r="F413" s="13">
+        <v>11.95</v>
+      </c>
+      <c r="G413" s="40">
+        <v>13.79</v>
+      </c>
+      <c r="H413" s="22"/>
+      <c r="I413" s="13">
+        <v>16.5</v>
+      </c>
+      <c r="J413" s="13">
+        <v>14.34</v>
+      </c>
+    </row>
+    <row r="414" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B414" s="29"/>
+      <c r="C414" s="30"/>
+      <c r="D414" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E414" s="14">
+        <v>41.79</v>
+      </c>
+      <c r="F414" s="14">
+        <v>42.5</v>
+      </c>
+      <c r="G414" s="41">
+        <v>44.67</v>
+      </c>
+      <c r="H414" s="22"/>
+      <c r="I414" s="14">
+        <v>47.36</v>
+      </c>
+      <c r="J414" s="14">
+        <v>44.74</v>
+      </c>
+    </row>
+    <row r="415" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B415" s="31"/>
+      <c r="C415" s="32"/>
+      <c r="D415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G415" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H415" s="22"/>
+      <c r="I415" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J415" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="416" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B416" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C416" s="28"/>
+      <c r="D416" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E416" s="13">
+        <v>14.85</v>
+      </c>
+      <c r="F416" s="13">
+        <v>14.94</v>
+      </c>
+      <c r="G416" s="40">
+        <v>11.57</v>
+      </c>
+      <c r="H416" s="22"/>
+      <c r="I416" s="13">
+        <v>20.309999999999999</v>
+      </c>
+      <c r="J416" s="13">
+        <v>20.47</v>
+      </c>
+    </row>
+    <row r="417" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B417" s="29"/>
+      <c r="C417" s="30"/>
+      <c r="D417" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E417" s="13">
+        <v>25.11</v>
+      </c>
+      <c r="F417" s="13">
+        <v>22.31</v>
+      </c>
+      <c r="G417" s="40">
+        <v>24.51</v>
+      </c>
+      <c r="H417" s="22"/>
+      <c r="I417" s="13">
+        <v>29.95</v>
+      </c>
+      <c r="J417" s="13">
+        <v>24.86</v>
+      </c>
+    </row>
+    <row r="418" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B418" s="29"/>
+      <c r="C418" s="30"/>
+      <c r="D418" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E418" s="13">
+        <v>60.75</v>
+      </c>
+      <c r="F418" s="13">
+        <v>55.03</v>
+      </c>
+      <c r="G418" s="40">
+        <v>39.92</v>
+      </c>
+      <c r="H418" s="22"/>
+      <c r="I418" s="13">
+        <v>51.36</v>
+      </c>
+      <c r="J418" s="13">
+        <v>57.95</v>
+      </c>
+    </row>
+    <row r="419" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B419" s="29"/>
+      <c r="C419" s="30"/>
+      <c r="D419" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E419" s="14">
+        <v>100.7</v>
+      </c>
+      <c r="F419" s="14">
+        <v>92.28</v>
+      </c>
+      <c r="G419" s="41">
+        <v>75.62</v>
+      </c>
+      <c r="H419" s="22"/>
+      <c r="I419" s="14">
+        <v>101.62</v>
+      </c>
+      <c r="J419" s="14">
+        <v>103.29</v>
+      </c>
+    </row>
+    <row r="420" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B420" s="31"/>
+      <c r="C420" s="32"/>
+      <c r="D420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G420" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H420" s="22"/>
+      <c r="I420" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J420" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="421" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="422" spans="2:10" ht="43.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B422" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C422" s="16"/>
+      <c r="D422" s="16"/>
+      <c r="E422" s="16"/>
+      <c r="F422" s="16"/>
+      <c r="G422" s="16"/>
+    </row>
+    <row r="423" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B423" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C423" s="16"/>
+      <c r="D423" s="16"/>
+      <c r="E423" s="16"/>
+      <c r="F423" s="16"/>
+      <c r="G423" s="16"/>
+    </row>
+    <row r="424" spans="2:10" ht="52.7" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="505">
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
     <mergeCell ref="B22:C26"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="G25:H25"/>
     <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
     <mergeCell ref="B27:C31"/>
     <mergeCell ref="G27:H27"/>
     <mergeCell ref="G28:H28"/>
     <mergeCell ref="G29:H29"/>
     <mergeCell ref="G30:H30"/>
     <mergeCell ref="G31:H31"/>
-    <mergeCell ref="B32:C36"/>
-[...4 lines deleted...]
-    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
     <mergeCell ref="B37:C41"/>
     <mergeCell ref="G37:H37"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="G39:H39"/>
     <mergeCell ref="G40:H40"/>
     <mergeCell ref="G41:H41"/>
-    <mergeCell ref="B42:C46"/>
-[...4 lines deleted...]
-    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
     <mergeCell ref="B47:C51"/>
     <mergeCell ref="G47:H47"/>
     <mergeCell ref="G48:H48"/>
     <mergeCell ref="G49:H49"/>
     <mergeCell ref="G50:H50"/>
     <mergeCell ref="G51:H51"/>
-    <mergeCell ref="B52:C56"/>
-[...4 lines deleted...]
-    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
     <mergeCell ref="B57:C61"/>
     <mergeCell ref="G57:H57"/>
     <mergeCell ref="G58:H58"/>
     <mergeCell ref="G59:H59"/>
     <mergeCell ref="G60:H60"/>
     <mergeCell ref="G61:H61"/>
-    <mergeCell ref="B62:C66"/>
-[...4 lines deleted...]
-    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
     <mergeCell ref="B67:C71"/>
     <mergeCell ref="G67:H67"/>
     <mergeCell ref="G68:H68"/>
     <mergeCell ref="G69:H69"/>
     <mergeCell ref="G70:H70"/>
     <mergeCell ref="G71:H71"/>
-    <mergeCell ref="B72:C76"/>
-[...4 lines deleted...]
-    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
     <mergeCell ref="B77:C81"/>
     <mergeCell ref="G77:H77"/>
     <mergeCell ref="G78:H78"/>
     <mergeCell ref="G79:H79"/>
     <mergeCell ref="G80:H80"/>
     <mergeCell ref="G81:H81"/>
-    <mergeCell ref="B82:C86"/>
-[...4 lines deleted...]
-    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
     <mergeCell ref="B87:C91"/>
     <mergeCell ref="G87:H87"/>
     <mergeCell ref="G88:H88"/>
     <mergeCell ref="G89:H89"/>
     <mergeCell ref="G90:H90"/>
     <mergeCell ref="G91:H91"/>
-    <mergeCell ref="B92:C96"/>
-[...4 lines deleted...]
-    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
     <mergeCell ref="B97:C101"/>
     <mergeCell ref="G97:H97"/>
     <mergeCell ref="G98:H98"/>
     <mergeCell ref="G99:H99"/>
     <mergeCell ref="G100:H100"/>
     <mergeCell ref="G101:H101"/>
-    <mergeCell ref="B102:C106"/>
-[...4 lines deleted...]
-    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
     <mergeCell ref="B107:C111"/>
     <mergeCell ref="G107:H107"/>
     <mergeCell ref="G108:H108"/>
     <mergeCell ref="G109:H109"/>
     <mergeCell ref="G110:H110"/>
     <mergeCell ref="G111:H111"/>
-    <mergeCell ref="B112:C116"/>
-[...4 lines deleted...]
-    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
     <mergeCell ref="B117:C121"/>
     <mergeCell ref="G117:H117"/>
     <mergeCell ref="G118:H118"/>
     <mergeCell ref="G119:H119"/>
     <mergeCell ref="G120:H120"/>
     <mergeCell ref="G121:H121"/>
-    <mergeCell ref="B122:C126"/>
-[...4 lines deleted...]
-    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
     <mergeCell ref="B127:C131"/>
     <mergeCell ref="G127:H127"/>
     <mergeCell ref="G128:H128"/>
     <mergeCell ref="G129:H129"/>
     <mergeCell ref="G130:H130"/>
     <mergeCell ref="G131:H131"/>
-    <mergeCell ref="B132:C136"/>
-[...4 lines deleted...]
-    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
     <mergeCell ref="B137:C141"/>
     <mergeCell ref="G137:H137"/>
     <mergeCell ref="G138:H138"/>
     <mergeCell ref="G139:H139"/>
     <mergeCell ref="G140:H140"/>
     <mergeCell ref="G141:H141"/>
-    <mergeCell ref="B142:C146"/>
-[...4 lines deleted...]
-    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
     <mergeCell ref="B147:C151"/>
     <mergeCell ref="G147:H147"/>
     <mergeCell ref="G148:H148"/>
     <mergeCell ref="G149:H149"/>
     <mergeCell ref="G150:H150"/>
     <mergeCell ref="G151:H151"/>
-    <mergeCell ref="B152:C156"/>
-[...4 lines deleted...]
-    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
     <mergeCell ref="B157:C161"/>
     <mergeCell ref="G157:H157"/>
     <mergeCell ref="G158:H158"/>
     <mergeCell ref="G159:H159"/>
     <mergeCell ref="G160:H160"/>
     <mergeCell ref="G161:H161"/>
-    <mergeCell ref="B162:C166"/>
-[...4 lines deleted...]
-    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B172:C175"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
     <mergeCell ref="B167:C171"/>
     <mergeCell ref="G167:H167"/>
     <mergeCell ref="G168:H168"/>
     <mergeCell ref="G169:H169"/>
     <mergeCell ref="G170:H170"/>
     <mergeCell ref="G171:H171"/>
-    <mergeCell ref="B172:C175"/>
-[...3 lines deleted...]
-    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="B181:C185"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
     <mergeCell ref="B176:C180"/>
     <mergeCell ref="G176:H176"/>
     <mergeCell ref="G177:H177"/>
     <mergeCell ref="G178:H178"/>
     <mergeCell ref="G179:H179"/>
     <mergeCell ref="G180:H180"/>
-    <mergeCell ref="B181:C185"/>
-[...4 lines deleted...]
-    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="B191:C195"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
     <mergeCell ref="B186:C190"/>
     <mergeCell ref="G186:H186"/>
     <mergeCell ref="G187:H187"/>
     <mergeCell ref="G188:H188"/>
     <mergeCell ref="G189:H189"/>
     <mergeCell ref="G190:H190"/>
-    <mergeCell ref="B191:C195"/>
-[...4 lines deleted...]
-    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="B201:C205"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
     <mergeCell ref="B196:C200"/>
     <mergeCell ref="G196:H196"/>
     <mergeCell ref="G197:H197"/>
     <mergeCell ref="G198:H198"/>
     <mergeCell ref="G199:H199"/>
     <mergeCell ref="G200:H200"/>
-    <mergeCell ref="B201:C205"/>
-[...4 lines deleted...]
-    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="B211:C215"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
     <mergeCell ref="B206:C210"/>
     <mergeCell ref="G206:H206"/>
     <mergeCell ref="G207:H207"/>
     <mergeCell ref="G208:H208"/>
     <mergeCell ref="G209:H209"/>
     <mergeCell ref="G210:H210"/>
-    <mergeCell ref="B211:C215"/>
-[...9 lines deleted...]
-    <mergeCell ref="G219:H219"/>
     <mergeCell ref="B220:C224"/>
     <mergeCell ref="G220:H220"/>
     <mergeCell ref="G221:H221"/>
     <mergeCell ref="G222:H222"/>
     <mergeCell ref="G223:H223"/>
     <mergeCell ref="G224:H224"/>
+    <mergeCell ref="B216:C219"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="B230:C234"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
     <mergeCell ref="B225:C229"/>
     <mergeCell ref="G225:H225"/>
     <mergeCell ref="G226:H226"/>
     <mergeCell ref="G227:H227"/>
     <mergeCell ref="G228:H228"/>
     <mergeCell ref="G229:H229"/>
-    <mergeCell ref="B230:C234"/>
-[...4 lines deleted...]
-    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="B240:C244"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
     <mergeCell ref="B235:C239"/>
     <mergeCell ref="G235:H235"/>
     <mergeCell ref="G236:H236"/>
     <mergeCell ref="G237:H237"/>
     <mergeCell ref="G238:H238"/>
     <mergeCell ref="G239:H239"/>
-    <mergeCell ref="B240:C244"/>
-[...5 lines deleted...]
-    <mergeCell ref="B245:C249"/>
+    <mergeCell ref="B249:C252"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="B245:C248"/>
     <mergeCell ref="G245:H245"/>
     <mergeCell ref="G246:H246"/>
     <mergeCell ref="G247:H247"/>
     <mergeCell ref="G248:H248"/>
-    <mergeCell ref="G249:H249"/>
-[...8 lines deleted...]
-    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B257:C260"/>
     <mergeCell ref="G257:H257"/>
     <mergeCell ref="G258:H258"/>
     <mergeCell ref="G259:H259"/>
-    <mergeCell ref="B260:C264"/>
     <mergeCell ref="G260:H260"/>
+    <mergeCell ref="B253:C256"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B266:C270"/>
+    <mergeCell ref="G266:H266"/>
+    <mergeCell ref="G267:H267"/>
+    <mergeCell ref="G268:H268"/>
+    <mergeCell ref="G269:H269"/>
+    <mergeCell ref="G270:H270"/>
+    <mergeCell ref="B261:C265"/>
     <mergeCell ref="G261:H261"/>
     <mergeCell ref="G262:H262"/>
     <mergeCell ref="G263:H263"/>
     <mergeCell ref="G264:H264"/>
-    <mergeCell ref="B265:C269"/>
     <mergeCell ref="G265:H265"/>
-    <mergeCell ref="G266:H266"/>
-[...4 lines deleted...]
-    <mergeCell ref="G270:H270"/>
+    <mergeCell ref="B276:C280"/>
+    <mergeCell ref="G276:H276"/>
+    <mergeCell ref="G277:H277"/>
+    <mergeCell ref="G278:H278"/>
+    <mergeCell ref="G279:H279"/>
+    <mergeCell ref="G280:H280"/>
+    <mergeCell ref="B271:C275"/>
     <mergeCell ref="G271:H271"/>
     <mergeCell ref="G272:H272"/>
     <mergeCell ref="G273:H273"/>
     <mergeCell ref="G274:H274"/>
-    <mergeCell ref="B275:C279"/>
     <mergeCell ref="G275:H275"/>
-    <mergeCell ref="G276:H276"/>
-[...4 lines deleted...]
-    <mergeCell ref="G280:H280"/>
+    <mergeCell ref="B286:C290"/>
+    <mergeCell ref="G286:H286"/>
+    <mergeCell ref="G287:H287"/>
+    <mergeCell ref="G288:H288"/>
+    <mergeCell ref="G289:H289"/>
+    <mergeCell ref="G290:H290"/>
+    <mergeCell ref="B281:C285"/>
     <mergeCell ref="G281:H281"/>
     <mergeCell ref="G282:H282"/>
     <mergeCell ref="G283:H283"/>
     <mergeCell ref="G284:H284"/>
-    <mergeCell ref="B285:C289"/>
     <mergeCell ref="G285:H285"/>
-    <mergeCell ref="G286:H286"/>
-[...4 lines deleted...]
-    <mergeCell ref="G290:H290"/>
+    <mergeCell ref="B296:C300"/>
+    <mergeCell ref="G296:H296"/>
+    <mergeCell ref="G297:H297"/>
+    <mergeCell ref="G298:H298"/>
+    <mergeCell ref="G299:H299"/>
+    <mergeCell ref="G300:H300"/>
+    <mergeCell ref="B291:C295"/>
     <mergeCell ref="G291:H291"/>
     <mergeCell ref="G292:H292"/>
     <mergeCell ref="G293:H293"/>
     <mergeCell ref="G294:H294"/>
-    <mergeCell ref="B295:C299"/>
     <mergeCell ref="G295:H295"/>
-    <mergeCell ref="G296:H296"/>
-[...4 lines deleted...]
-    <mergeCell ref="G300:H300"/>
+    <mergeCell ref="B306:C310"/>
+    <mergeCell ref="G306:H306"/>
+    <mergeCell ref="G307:H307"/>
+    <mergeCell ref="G308:H308"/>
+    <mergeCell ref="G309:H309"/>
+    <mergeCell ref="G310:H310"/>
+    <mergeCell ref="B301:C305"/>
     <mergeCell ref="G301:H301"/>
     <mergeCell ref="G302:H302"/>
     <mergeCell ref="G303:H303"/>
     <mergeCell ref="G304:H304"/>
-    <mergeCell ref="B305:C309"/>
     <mergeCell ref="G305:H305"/>
-    <mergeCell ref="G306:H306"/>
-[...4 lines deleted...]
-    <mergeCell ref="G310:H310"/>
+    <mergeCell ref="B316:C320"/>
+    <mergeCell ref="G316:H316"/>
+    <mergeCell ref="G317:H317"/>
+    <mergeCell ref="G318:H318"/>
+    <mergeCell ref="G319:H319"/>
+    <mergeCell ref="G320:H320"/>
+    <mergeCell ref="B311:C315"/>
     <mergeCell ref="G311:H311"/>
     <mergeCell ref="G312:H312"/>
     <mergeCell ref="G313:H313"/>
     <mergeCell ref="G314:H314"/>
-    <mergeCell ref="B315:C319"/>
     <mergeCell ref="G315:H315"/>
-    <mergeCell ref="G316:H316"/>
-[...4 lines deleted...]
-    <mergeCell ref="G320:H320"/>
+    <mergeCell ref="B326:C330"/>
+    <mergeCell ref="G326:H326"/>
+    <mergeCell ref="G327:H327"/>
+    <mergeCell ref="G328:H328"/>
+    <mergeCell ref="G329:H329"/>
+    <mergeCell ref="G330:H330"/>
+    <mergeCell ref="B321:C325"/>
     <mergeCell ref="G321:H321"/>
     <mergeCell ref="G322:H322"/>
     <mergeCell ref="G323:H323"/>
     <mergeCell ref="G324:H324"/>
-    <mergeCell ref="B325:C329"/>
     <mergeCell ref="G325:H325"/>
-    <mergeCell ref="G326:H326"/>
-[...4 lines deleted...]
-    <mergeCell ref="G330:H330"/>
+    <mergeCell ref="B336:C340"/>
+    <mergeCell ref="G336:H336"/>
+    <mergeCell ref="G337:H337"/>
+    <mergeCell ref="G338:H338"/>
+    <mergeCell ref="G339:H339"/>
+    <mergeCell ref="G340:H340"/>
+    <mergeCell ref="B331:C335"/>
     <mergeCell ref="G331:H331"/>
     <mergeCell ref="G332:H332"/>
     <mergeCell ref="G333:H333"/>
     <mergeCell ref="G334:H334"/>
-    <mergeCell ref="B335:C339"/>
     <mergeCell ref="G335:H335"/>
-    <mergeCell ref="G336:H336"/>
-[...4 lines deleted...]
-    <mergeCell ref="G340:H340"/>
+    <mergeCell ref="B346:C350"/>
+    <mergeCell ref="G346:H346"/>
+    <mergeCell ref="G347:H347"/>
+    <mergeCell ref="G348:H348"/>
+    <mergeCell ref="G349:H349"/>
+    <mergeCell ref="G350:H350"/>
+    <mergeCell ref="B341:C345"/>
     <mergeCell ref="G341:H341"/>
     <mergeCell ref="G342:H342"/>
     <mergeCell ref="G343:H343"/>
     <mergeCell ref="G344:H344"/>
-    <mergeCell ref="B345:C349"/>
     <mergeCell ref="G345:H345"/>
-    <mergeCell ref="G346:H346"/>
-[...4 lines deleted...]
-    <mergeCell ref="G350:H350"/>
+    <mergeCell ref="B356:C360"/>
+    <mergeCell ref="G356:H356"/>
+    <mergeCell ref="G357:H357"/>
+    <mergeCell ref="G358:H358"/>
+    <mergeCell ref="G359:H359"/>
+    <mergeCell ref="G360:H360"/>
+    <mergeCell ref="B351:C355"/>
     <mergeCell ref="G351:H351"/>
     <mergeCell ref="G352:H352"/>
     <mergeCell ref="G353:H353"/>
     <mergeCell ref="G354:H354"/>
-    <mergeCell ref="B355:C359"/>
     <mergeCell ref="G355:H355"/>
-    <mergeCell ref="G356:H356"/>
-[...4 lines deleted...]
-    <mergeCell ref="G360:H360"/>
+    <mergeCell ref="B366:C370"/>
+    <mergeCell ref="G366:H366"/>
+    <mergeCell ref="G367:H367"/>
+    <mergeCell ref="G368:H368"/>
+    <mergeCell ref="G369:H369"/>
+    <mergeCell ref="G370:H370"/>
+    <mergeCell ref="B361:C365"/>
     <mergeCell ref="G361:H361"/>
     <mergeCell ref="G362:H362"/>
     <mergeCell ref="G363:H363"/>
     <mergeCell ref="G364:H364"/>
-    <mergeCell ref="B365:C369"/>
     <mergeCell ref="G365:H365"/>
-    <mergeCell ref="G366:H366"/>
-[...4 lines deleted...]
-    <mergeCell ref="G370:H370"/>
+    <mergeCell ref="B376:C380"/>
+    <mergeCell ref="G376:H376"/>
+    <mergeCell ref="G377:H377"/>
+    <mergeCell ref="G378:H378"/>
+    <mergeCell ref="G379:H379"/>
+    <mergeCell ref="G380:H380"/>
+    <mergeCell ref="B371:C375"/>
     <mergeCell ref="G371:H371"/>
     <mergeCell ref="G372:H372"/>
     <mergeCell ref="G373:H373"/>
     <mergeCell ref="G374:H374"/>
-    <mergeCell ref="B375:C379"/>
     <mergeCell ref="G375:H375"/>
-    <mergeCell ref="G376:H376"/>
-[...4 lines deleted...]
-    <mergeCell ref="G380:H380"/>
+    <mergeCell ref="B386:C390"/>
+    <mergeCell ref="G386:H386"/>
+    <mergeCell ref="G387:H387"/>
+    <mergeCell ref="G388:H388"/>
+    <mergeCell ref="G389:H389"/>
+    <mergeCell ref="G390:H390"/>
+    <mergeCell ref="B381:C385"/>
     <mergeCell ref="G381:H381"/>
     <mergeCell ref="G382:H382"/>
     <mergeCell ref="G383:H383"/>
     <mergeCell ref="G384:H384"/>
-    <mergeCell ref="B385:C389"/>
     <mergeCell ref="G385:H385"/>
-    <mergeCell ref="G386:H386"/>
-[...4 lines deleted...]
-    <mergeCell ref="G390:H390"/>
+    <mergeCell ref="B396:C400"/>
+    <mergeCell ref="G396:H396"/>
+    <mergeCell ref="G397:H397"/>
+    <mergeCell ref="G398:H398"/>
+    <mergeCell ref="G399:H399"/>
+    <mergeCell ref="G400:H400"/>
+    <mergeCell ref="B391:C395"/>
     <mergeCell ref="G391:H391"/>
     <mergeCell ref="G392:H392"/>
     <mergeCell ref="G393:H393"/>
     <mergeCell ref="G394:H394"/>
-    <mergeCell ref="B395:C399"/>
     <mergeCell ref="G395:H395"/>
-    <mergeCell ref="G396:H396"/>
-[...4 lines deleted...]
-    <mergeCell ref="G400:H400"/>
+    <mergeCell ref="B406:C410"/>
+    <mergeCell ref="G406:H406"/>
+    <mergeCell ref="G407:H407"/>
+    <mergeCell ref="G408:H408"/>
+    <mergeCell ref="G409:H409"/>
+    <mergeCell ref="G410:H410"/>
+    <mergeCell ref="B401:C405"/>
     <mergeCell ref="G401:H401"/>
     <mergeCell ref="G402:H402"/>
     <mergeCell ref="G403:H403"/>
     <mergeCell ref="G404:H404"/>
-    <mergeCell ref="B406:G406"/>
+    <mergeCell ref="G405:H405"/>
+    <mergeCell ref="B422:G422"/>
+    <mergeCell ref="B423:G423"/>
+    <mergeCell ref="B416:C420"/>
+    <mergeCell ref="G416:H416"/>
+    <mergeCell ref="G417:H417"/>
+    <mergeCell ref="G418:H418"/>
+    <mergeCell ref="G419:H419"/>
+    <mergeCell ref="G420:H420"/>
+    <mergeCell ref="B411:C415"/>
+    <mergeCell ref="G411:H411"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="G413:H413"/>
+    <mergeCell ref="G414:H414"/>
+    <mergeCell ref="G415:H415"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId10"/>
-[...25188 lines deleted...]
-  <drawing r:id="rId16"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -39067,103 +33145,151 @@
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
     <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145137</_dlc_DocId>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162777</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
-      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145137</Url>
-      <Description>TQ32YHM4J7VE-1507329340-145137</Description>
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162777</Url>
+      <Description>TQ32YHM4J7VE-1507329340-162777</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21176B53-8BF6-4675-8B3A-7EAD307DEC88}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6488DD60-8EE2-4AD6-B530-984EC7382DF1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{670ECDA7-D1C0-4B1D-A7A5-8085364E9342}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F11CBB95-1E0E-4AB3-86E1-91EEA8E8D9BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8616FF3B-F98F-4EF4-93D1-191438F865E5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F071D4A-F2D4-4159-B233-9BE7E0144C79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8C764D3-7979-4C03-9431-CDA22E48C9C8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDA64F34-841D-4AB8-8F6F-BC3A7BABF379}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...10 lines deleted...]
-  <ScaleCrop>0</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector baseType="variant" size="2">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="0"/>
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Fellowship Overall</vt:lpstr>
+      <vt:lpstr>Fellowship Applicants </vt:lpstr>
+      <vt:lpstr>Fellowship Avg Apps</vt:lpstr>
+      <vt:lpstr>Fellowship Avg Apps Per Program</vt:lpstr>
+      <vt:lpstr>'Fellowship Applicants '!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Fellowship Avg Apps'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Fellowship Avg Apps Per Program'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Fellowship Overall'!Print_Titles</vt:lpstr>
+    </vt:vector>
   </TitlesOfParts>
-  <LinksUpToDate>0</LinksUpToDate>
-[...3 lines deleted...]
-  <Application>Microsoft Excel</Application>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Jena Wimsatt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>441d6632-6b27-4cd6-9ed2-e0f0b6ec5706</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>46030c33-a5ea-4b1e-a4ae-27cd42f0bfd3</vt:lpwstr>
   </property>
 </Properties>
 </file>