--- v2 (2025-12-19)
+++ v3 (2026-01-31)
@@ -1,522 +1,183 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F15330DA-2705-4A29-BCF3-F1CCDC3D0FDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </bookViews>
   <sheets>
-    <sheet name="Fellowship Overall" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Fellowship Avg Apps Per Program" sheetId="4" r:id="rId4"/>
+    <sheet name="Fellowship Overall" sheetId="1" r:id="rId6"/>
+    <sheet name="Fellowship Applicants " sheetId="2" r:id="rId9"/>
+    <sheet name="Fellowship Avg Apps" sheetId="3" r:id="rId12"/>
+    <sheet name="Fellowship Avg Apps Per Program" sheetId="4" r:id="rId15"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Fellowship Overall'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Fellowship Applicants '!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Fellowship Avg Apps'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Fellowship Avg Apps Per Program'!$1:$2</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Fellowship Overall'!$1:$2</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00;\-#,##0.00"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <numFmts count="3">
+    <numFmt numFmtId="82" formatCode="General"/>
+    <numFmt numFmtId="83" formatCode="[$-010409]#,##0;-#,##0"/>
+    <numFmt numFmtId="84" formatCode="[$-010409]#,##0.00;-#,##0.00"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="12">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font/>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-    <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF5B9BD5"/>
         <bgColor rgb="FF5B9BD5"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -639,182 +300,154 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
-[...2 lines deleted...]
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+  <cellXfs count="33">
+    <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="2" borderId="2">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="2">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="6" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="7" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="0" borderId="7">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="7">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="10" fillId="0" borderId="7">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="11" fillId="2" borderId="2">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="2">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="12">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="0" borderId="7">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="005B9BD5"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -842,31938 +475,39666 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId17" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId11" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId14" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId17" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...281 lines deleted...]
-</a:theme>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing9.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:M22"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.5703125" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="15" width="2.7109375" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.54296875"/>
+    <col min="2" max="2" customWidth="1" width="0.44140625"/>
+    <col min="3" max="3" customWidth="1" width="0.44140625"/>
+    <col min="4" max="4" customWidth="1" width="0.0234375"/>
+    <col min="5" max="5" customWidth="1" width="23.3125"/>
+    <col min="6" max="6" customWidth="1" width="4.18359375"/>
+    <col min="7" max="7" customWidth="1" width="17.0625"/>
+    <col min="8" max="8" customWidth="1" width="17.07421875"/>
+    <col min="9" max="9" customWidth="1" width="17.0625"/>
+    <col min="10" max="10" customWidth="1" width="17.07421875"/>
+    <col min="11" max="11" customWidth="1" width="4.34375"/>
+    <col min="12" max="12" customWidth="1" width="12.72265625"/>
+    <col min="13" max="13" customWidth="1" width="24.28125"/>
+    <col min="14" max="14" customWidth="1" width="53.98046875"/>
+    <col min="15" max="15" customWidth="1" width="2.75390625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
-[...18 lines deleted...]
-      <c r="B6" s="1" t="s">
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="7.2" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="D4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="17.25" customHeight="1"/>
+    <row r="6" ht="18" customHeight="0">
+      <c s="2" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="C6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="str" r="E6"/>
+      <c s="6" t="str" r="F6"/>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS 2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="H6">
+        <is>
+          <t xml:space="preserve">ERAS 2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS 2024</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS 2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="K6">
+        <is>
+          <t xml:space="preserve">ERAS 2026</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="L6"/>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="8" r="B7">
         <v>1</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c s="9" r="C7">
         <v>1</v>
       </c>
-      <c r="D6" s="26" t="s">
+      <c s="10" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">Applied</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E7"/>
+      <c s="6" t="str" r="F7"/>
+      <c s="11" r="G7">
+        <v>13928</v>
+      </c>
+      <c s="11" r="H7">
+        <v>14052</v>
+      </c>
+      <c s="11" r="I7">
+        <v>13664</v>
+      </c>
+      <c s="11" r="J7">
+        <v>14689</v>
+      </c>
+      <c s="11" r="K7">
+        <v>14769</v>
+      </c>
+      <c s="6" t="str" r="L7"/>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B8"/>
+      <c s="9" r="C8">
+        <v>2</v>
+      </c>
+      <c s="10" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">   DO</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E8"/>
+      <c s="6" t="str" r="F8"/>
+      <c s="13" r="G8">
+        <v>2050</v>
+      </c>
+      <c s="13" r="H8">
+        <v>2164</v>
+      </c>
+      <c s="13" r="I8">
+        <v>2078</v>
+      </c>
+      <c s="13" r="J8">
+        <v>2356</v>
+      </c>
+      <c s="13" r="K8">
+        <v>2449</v>
+      </c>
+      <c s="6" t="str" r="L8"/>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="12" t="str" r="B9"/>
+      <c s="9" r="C9">
+        <v>3</v>
+      </c>
+      <c s="10" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">   IMG</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E9"/>
+      <c s="6" t="str" r="F9"/>
+      <c s="13" r="G9">
+        <v>5188</v>
+      </c>
+      <c s="13" r="H9">
+        <v>5158</v>
+      </c>
+      <c s="13" r="I9">
+        <v>4965</v>
+      </c>
+      <c s="13" r="J9">
+        <v>5371</v>
+      </c>
+      <c s="13" r="K9">
+        <v>5702</v>
+      </c>
+      <c s="6" t="str" r="L9"/>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="B10"/>
+      <c s="9" r="C10">
+        <v>4</v>
+      </c>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">   MD</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E10"/>
+      <c s="6" t="str" r="F10"/>
+      <c s="13" r="G10">
+        <v>6690</v>
+      </c>
+      <c s="13" r="H10">
+        <v>6730</v>
+      </c>
+      <c s="13" r="I10">
+        <v>6621</v>
+      </c>
+      <c s="13" r="J10">
+        <v>6962</v>
+      </c>
+      <c s="13" r="K10">
+        <v>6618</v>
+      </c>
+      <c s="6" t="str" r="L10"/>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="8" r="B11">
+        <v>2</v>
+      </c>
+      <c s="9" r="C11">
         <v>1</v>
       </c>
-      <c r="E6" s="21"/>
-[...1 lines deleted...]
-      <c r="G6" s="3" t="s">
+      <c s="10" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve">MyERAS Apps Submitted</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E11"/>
+      <c s="6" t="str" r="F11"/>
+      <c s="11" r="G11">
+        <v>14005</v>
+      </c>
+      <c s="11" r="H11">
+        <v>14124</v>
+      </c>
+      <c s="11" r="I11">
+        <v>13755</v>
+      </c>
+      <c s="11" r="J11">
+        <v>14756</v>
+      </c>
+      <c s="11" r="K11">
+        <v>14803</v>
+      </c>
+      <c s="6" t="str" r="L11"/>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B12"/>
+      <c s="9" r="C12">
         <v>2</v>
       </c>
-      <c r="H6" s="3" t="s">
+      <c s="10" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">   DO</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E12"/>
+      <c s="6" t="str" r="F12"/>
+      <c s="13" r="G12">
+        <v>2062</v>
+      </c>
+      <c s="13" r="H12">
+        <v>2169</v>
+      </c>
+      <c s="13" r="I12">
+        <v>2085</v>
+      </c>
+      <c s="13" r="J12">
+        <v>2362</v>
+      </c>
+      <c s="13" r="K12">
+        <v>2449</v>
+      </c>
+      <c s="6" t="str" r="L12"/>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B13"/>
+      <c s="9" r="C13">
         <v>3</v>
       </c>
-      <c r="I6" s="3" t="s">
+      <c s="10" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">   IMG</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E13"/>
+      <c s="6" t="str" r="F13"/>
+      <c s="13" r="G13">
+        <v>5230</v>
+      </c>
+      <c s="13" r="H13">
+        <v>5207</v>
+      </c>
+      <c s="13" r="I13">
+        <v>5016</v>
+      </c>
+      <c s="13" r="J13">
+        <v>5415</v>
+      </c>
+      <c s="13" r="K13">
+        <v>5729</v>
+      </c>
+      <c s="6" t="str" r="L13"/>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="B14"/>
+      <c s="9" r="C14">
         <v>4</v>
       </c>
-      <c r="J6" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B7" s="17">
+      <c s="10" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">   MD</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E14"/>
+      <c s="6" t="str" r="F14"/>
+      <c s="13" r="G14">
+        <v>6713</v>
+      </c>
+      <c s="13" r="H14">
+        <v>6748</v>
+      </c>
+      <c s="13" r="I14">
+        <v>6654</v>
+      </c>
+      <c s="13" r="J14">
+        <v>6979</v>
+      </c>
+      <c s="13" r="K14">
+        <v>6625</v>
+      </c>
+      <c s="6" t="str" r="L14"/>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="8" r="B15">
+        <v>3</v>
+      </c>
+      <c s="9" r="C15">
         <v>1</v>
       </c>
-      <c r="C7" s="4">
-[...26 lines deleted...]
-      <c r="C8" s="4">
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Registered</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E15"/>
+      <c s="6" t="str" r="F15"/>
+      <c s="11" r="G15">
+        <v>14528</v>
+      </c>
+      <c s="11" r="H15">
+        <v>14622</v>
+      </c>
+      <c s="11" r="I15">
+        <v>14259</v>
+      </c>
+      <c s="11" r="J15">
+        <v>15225</v>
+      </c>
+      <c s="11" r="K15">
+        <v>15328</v>
+      </c>
+      <c s="6" t="str" r="L15"/>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B16"/>
+      <c s="9" r="C16">
         <v>2</v>
       </c>
-      <c r="D8" s="20" t="s">
-[...23 lines deleted...]
-      <c r="C9" s="4">
+      <c s="10" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve">   DO</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E16"/>
+      <c s="6" t="str" r="F16"/>
+      <c s="13" r="G16">
+        <v>2132</v>
+      </c>
+      <c s="13" r="H16">
+        <v>2224</v>
+      </c>
+      <c s="13" r="I16">
+        <v>2149</v>
+      </c>
+      <c s="13" r="J16">
+        <v>2424</v>
+      </c>
+      <c s="13" r="K16">
+        <v>2520</v>
+      </c>
+      <c s="6" t="str" r="L16"/>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B17"/>
+      <c s="9" r="C17">
         <v>3</v>
       </c>
-      <c r="D9" s="20" t="s">
-[...23 lines deleted...]
-      <c r="C10" s="4">
+      <c s="10" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">   IMG</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E17"/>
+      <c s="6" t="str" r="F17"/>
+      <c s="13" r="G17">
+        <v>5517</v>
+      </c>
+      <c s="13" r="H17">
+        <v>5507</v>
+      </c>
+      <c s="13" r="I17">
+        <v>5285</v>
+      </c>
+      <c s="13" r="J17">
+        <v>5686</v>
+      </c>
+      <c s="13" r="K17">
+        <v>5994</v>
+      </c>
+      <c s="6" t="str" r="L17"/>
+    </row>
+    <row r="18" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="B18"/>
+      <c s="9" r="C18">
         <v>4</v>
       </c>
-      <c r="D10" s="20" t="s">
-[...224 lines deleted...]
-      <c r="G18" s="7">
+      <c s="10" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">   MD</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E18"/>
+      <c s="6" t="str" r="F18"/>
+      <c s="13" r="G18">
         <v>6879</v>
       </c>
-      <c r="H18" s="7">
+      <c s="13" r="H18">
         <v>6891</v>
       </c>
-      <c r="I18" s="7">
+      <c s="13" r="I18">
         <v>6825</v>
       </c>
-      <c r="J18" s="7">
+      <c s="13" r="J18">
         <v>7115</v>
       </c>
-      <c r="K18" s="24">
-[...28 lines deleted...]
-      <c r="K22" s="16"/>
+      <c s="13" r="K18">
+        <v>6814</v>
+      </c>
+      <c s="6" t="str" r="L18"/>
+    </row>
+    <row r="19" ht="0.05" customHeight="1"/>
+    <row r="20" ht="18" customHeight="1"/>
+    <row r="21" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve">MD includes US and Canadian Graduates from US and Canadian MD granting schools</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="32">
+  <mergeCells>
     <mergeCell ref="D4:M4"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="B11:B14"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="K14:L14"/>
-    <mergeCell ref="D21:K21"/>
-    <mergeCell ref="D22:K22"/>
     <mergeCell ref="B15:B18"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="D17:F17"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="D18:F18"/>
     <mergeCell ref="K18:L18"/>
+    <mergeCell ref="D21:K21"/>
+    <mergeCell ref="D22:K22"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="B1:L422"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="14" width="1.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="3.421875"/>
+    <col min="2" max="2" customWidth="1" width="23.3125"/>
+    <col min="3" max="3" customWidth="1" width="36.5625"/>
+    <col min="4" max="4" customWidth="1" width="11.78125"/>
+    <col min="5" max="5" customWidth="1" width="12.50390625"/>
+    <col min="6" max="6" customWidth="1" width="12.4921875"/>
+    <col min="7" max="7" customWidth="1" width="3.47265625"/>
+    <col min="8" max="8" customWidth="1" width="9.0234375"/>
+    <col min="9" max="9" customWidth="1" width="12.4921875"/>
+    <col min="10" max="10" customWidth="1" width="12.4921875"/>
+    <col min="11" max="11" customWidth="1" width="0.0234375"/>
+    <col min="12" max="12" customWidth="1" width="56.4609375"/>
+    <col min="13" max="13" customWidth="1" width="1.37109375"/>
+    <col min="14" max="14" customWidth="1" width="1.86328125"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
-[...18 lines deleted...]
-      <c r="B5" s="36" t="s">
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="7.9" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="16.5" customHeight="0">
+      <c s="16" t="inlineStr" r="B5">
+        <is>
+          <t xml:space="preserve">Applicants</t>
+        </is>
+      </c>
+      <c s="17" t="str" r="C5"/>
+      <c s="18" t="inlineStr" r="D5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="19" t="inlineStr" r="E5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="17" t="str" r="F5"/>
+      <c s="17" t="str" r="G5"/>
+      <c s="17" t="str" r="H5"/>
+      <c s="17" t="str" r="I5"/>
+      <c s="17" t="str" r="J5"/>
+    </row>
+    <row r="6" ht="18" customHeight="0">
+      <c s="20" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve">Specialty</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="C6"/>
+      <c s="21" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve">Grad Type</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="E6">
+        <is>
+          <t xml:space="preserve">ERAS2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="F6">
+        <is>
+          <t xml:space="preserve">ERAS2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS2024</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H6"/>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B7">
+        <is>
+          <t xml:space="preserve">Addiction Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C7"/>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E7">
+        <v>31</v>
+      </c>
+      <c s="13" r="F7">
+        <v>39</v>
+      </c>
+      <c s="13" r="G7">
+        <v>28</v>
+      </c>
+      <c s="6" t="str" r="H7"/>
+      <c s="13" r="I7">
+        <v>38</v>
+      </c>
+      <c s="13" r="J7">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B8"/>
+      <c s="25" t="str" r="C8"/>
+      <c s="23" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E8">
+        <v>51</v>
+      </c>
+      <c s="13" r="F8">
+        <v>65</v>
+      </c>
+      <c s="13" r="G8">
+        <v>56</v>
+      </c>
+      <c s="6" t="str" r="H8"/>
+      <c s="13" r="I8">
+        <v>63</v>
+      </c>
+      <c s="13" r="J8">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B9"/>
+      <c s="25" t="str" r="C9"/>
+      <c s="23" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E9">
+        <v>98</v>
+      </c>
+      <c s="13" r="F9">
+        <v>97</v>
+      </c>
+      <c s="13" r="G9">
+        <v>123</v>
+      </c>
+      <c s="6" t="str" r="H9"/>
+      <c s="13" r="I9">
+        <v>118</v>
+      </c>
+      <c s="13" r="J9">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B10"/>
+      <c s="25" t="str" r="C10"/>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E10">
+        <v>180</v>
+      </c>
+      <c s="11" r="F10">
+        <v>201</v>
+      </c>
+      <c s="11" r="G10">
+        <v>207</v>
+      </c>
+      <c s="6" t="str" r="H10"/>
+      <c s="11" r="I10">
+        <v>219</v>
+      </c>
+      <c s="11" r="J10">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B11"/>
+      <c s="27" t="str" r="C11"/>
+      <c s="23" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H11"/>
+      <c s="23" t="inlineStr" r="I11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve">Addiction Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C12"/>
+      <c s="23" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E12">
+        <v>12</v>
+      </c>
+      <c s="13" r="F12">
+        <v>13</v>
+      </c>
+      <c s="13" r="G12">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H12"/>
+      <c s="13" r="I12">
+        <v>10</v>
+      </c>
+      <c s="13" r="J12">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B13"/>
+      <c s="25" t="str" r="C13"/>
+      <c s="23" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E13">
+        <v>23</v>
+      </c>
+      <c s="13" r="F13">
+        <v>37</v>
+      </c>
+      <c s="13" r="G13">
+        <v>29</v>
+      </c>
+      <c s="6" t="str" r="H13"/>
+      <c s="13" r="I13">
+        <v>20</v>
+      </c>
+      <c s="13" r="J13">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B14"/>
+      <c s="25" t="str" r="C14"/>
+      <c s="23" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E14">
+        <v>38</v>
+      </c>
+      <c s="13" r="F14">
+        <v>45</v>
+      </c>
+      <c s="13" r="G14">
+        <v>37</v>
+      </c>
+      <c s="6" t="str" r="H14"/>
+      <c s="13" r="I14">
+        <v>49</v>
+      </c>
+      <c s="13" r="J14">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B15"/>
+      <c s="25" t="str" r="C15"/>
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E15">
+        <v>73</v>
+      </c>
+      <c s="11" r="F15">
+        <v>95</v>
+      </c>
+      <c s="11" r="G15">
+        <v>75</v>
+      </c>
+      <c s="6" t="str" r="H15"/>
+      <c s="11" r="I15">
+        <v>79</v>
+      </c>
+      <c s="11" r="J15">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B16"/>
+      <c s="27" t="str" r="C16"/>
+      <c s="23" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H16"/>
+      <c s="23" t="inlineStr" r="I16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Adolescent Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C17"/>
+      <c s="23" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E17">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H17"/>
+      <c s="13" r="I17">
+        <v>6</v>
+      </c>
+      <c s="13" r="J17">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B18"/>
+      <c s="25" t="str" r="C18"/>
+      <c s="23" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F18">
+        <v>9</v>
+      </c>
+      <c s="13" r="G18">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H18"/>
+      <c s="13" r="I18">
+        <v>6</v>
+      </c>
+      <c s="13" r="J18">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B19"/>
+      <c s="25" t="str" r="C19"/>
+      <c s="23" t="inlineStr" r="D19">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E19">
+        <v>35</v>
+      </c>
+      <c s="13" r="F19">
+        <v>25</v>
+      </c>
+      <c s="13" r="G19">
+        <v>21</v>
+      </c>
+      <c s="6" t="str" r="H19"/>
+      <c s="13" r="I19">
+        <v>18</v>
+      </c>
+      <c s="13" r="J19">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B20"/>
+      <c s="25" t="str" r="C20"/>
+      <c s="10" t="inlineStr" r="D20">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E20">
+        <v>44</v>
+      </c>
+      <c s="11" r="F20">
+        <v>38</v>
+      </c>
+      <c s="11" r="G20">
+        <v>29</v>
+      </c>
+      <c s="6" t="str" r="H20"/>
+      <c s="11" r="I20">
+        <v>30</v>
+      </c>
+      <c s="11" r="J20">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B21"/>
+      <c s="27" t="str" r="C21"/>
+      <c s="23" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H21"/>
+      <c s="23" t="inlineStr" r="I21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B22">
+        <is>
+          <t xml:space="preserve">Adult Congenital Heart Disease</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C22"/>
+      <c s="23" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H22"/>
+      <c s="28" t="inlineStr" r="I22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B23"/>
+      <c s="25" t="str" r="C23"/>
+      <c s="23" t="inlineStr" r="D23">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F23">
+        <v>7</v>
+      </c>
+      <c s="13" r="G23">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H23"/>
+      <c s="13" r="I23">
+        <v>18</v>
+      </c>
+      <c s="13" r="J23">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B24"/>
+      <c s="25" t="str" r="C24"/>
+      <c s="23" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E24">
+        <v>11</v>
+      </c>
+      <c s="13" r="F24">
+        <v>11</v>
+      </c>
+      <c s="13" r="G24">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H24"/>
+      <c s="13" r="I24">
+        <v>13</v>
+      </c>
+      <c s="13" r="J24">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B25"/>
+      <c s="25" t="str" r="C25"/>
+      <c s="10" t="inlineStr" r="D25">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E25">
+        <v>14</v>
+      </c>
+      <c s="11" r="F25">
+        <v>18</v>
+      </c>
+      <c s="11" r="G25">
+        <v>18</v>
+      </c>
+      <c s="6" t="str" r="H25"/>
+      <c s="11" r="I25">
+        <v>35</v>
+      </c>
+      <c s="11" r="J25">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B26"/>
+      <c s="27" t="str" r="C26"/>
+      <c s="23" t="inlineStr" r="D26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H26"/>
+      <c s="23" t="inlineStr" r="I26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve">Advanced Heart Failure and Transplant Cardiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C27"/>
+      <c s="23" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E27">
+        <v>6</v>
+      </c>
+      <c s="13" r="F27">
+        <v>17</v>
+      </c>
+      <c s="13" r="G27">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H27"/>
+      <c s="13" r="I27">
+        <v>12</v>
+      </c>
+      <c s="13" r="J27">
         <v>15</v>
       </c>
-      <c r="C5" s="37"/>
-[...13 lines deleted...]
-      <c r="B6" s="39" t="s">
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B28"/>
+      <c s="25" t="str" r="C28"/>
+      <c s="23" t="inlineStr" r="D28">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E28">
+        <v>81</v>
+      </c>
+      <c s="13" r="F28">
+        <v>78</v>
+      </c>
+      <c s="13" r="G28">
+        <v>64</v>
+      </c>
+      <c s="6" t="str" r="H28"/>
+      <c s="13" r="I28">
+        <v>76</v>
+      </c>
+      <c s="13" r="J28">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B29"/>
+      <c s="25" t="str" r="C29"/>
+      <c s="23" t="inlineStr" r="D29">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E29">
+        <v>43</v>
+      </c>
+      <c s="13" r="F29">
+        <v>44</v>
+      </c>
+      <c s="13" r="G29">
+        <v>44</v>
+      </c>
+      <c s="6" t="str" r="H29"/>
+      <c s="13" r="I29">
+        <v>34</v>
+      </c>
+      <c s="13" r="J29">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B30"/>
+      <c s="25" t="str" r="C30"/>
+      <c s="10" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E30">
+        <v>130</v>
+      </c>
+      <c s="11" r="F30">
+        <v>139</v>
+      </c>
+      <c s="11" r="G30">
+        <v>114</v>
+      </c>
+      <c s="6" t="str" r="H30"/>
+      <c s="11" r="I30">
+        <v>122</v>
+      </c>
+      <c s="11" r="J30">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B31"/>
+      <c s="27" t="str" r="C31"/>
+      <c s="23" t="inlineStr" r="D31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H31"/>
+      <c s="23" t="inlineStr" r="I31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Allergy and Immunology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C32"/>
+      <c s="23" t="inlineStr" r="D32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E32">
+        <v>36</v>
+      </c>
+      <c s="13" r="F32">
+        <v>41</v>
+      </c>
+      <c s="13" r="G32">
+        <v>50</v>
+      </c>
+      <c s="6" t="str" r="H32"/>
+      <c s="13" r="I32">
+        <v>54</v>
+      </c>
+      <c s="13" r="J32">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="23" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E33">
+        <v>48</v>
+      </c>
+      <c s="13" r="F33">
+        <v>53</v>
+      </c>
+      <c s="13" r="G33">
+        <v>61</v>
+      </c>
+      <c s="6" t="str" r="H33"/>
+      <c s="13" r="I33">
+        <v>61</v>
+      </c>
+      <c s="13" r="J33">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="23" t="inlineStr" r="D34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E34">
+        <v>117</v>
+      </c>
+      <c s="13" r="F34">
+        <v>128</v>
+      </c>
+      <c s="13" r="G34">
+        <v>146</v>
+      </c>
+      <c s="6" t="str" r="H34"/>
+      <c s="13" r="I34">
+        <v>158</v>
+      </c>
+      <c s="13" r="J34">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B35"/>
+      <c s="25" t="str" r="C35"/>
+      <c s="10" t="inlineStr" r="D35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E35">
+        <v>201</v>
+      </c>
+      <c s="11" r="F35">
+        <v>222</v>
+      </c>
+      <c s="11" r="G35">
+        <v>257</v>
+      </c>
+      <c s="6" t="str" r="H35"/>
+      <c s="11" r="I35">
+        <v>273</v>
+      </c>
+      <c s="11" r="J35">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B36"/>
+      <c s="27" t="str" r="C36"/>
+      <c s="23" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H36"/>
+      <c s="23" t="inlineStr" r="I36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">Brain Injury Medicine (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C37"/>
+      <c s="23" t="inlineStr" r="D37">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G37">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H37"/>
+      <c s="28" t="inlineStr" r="I37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B38"/>
+      <c s="25" t="str" r="C38"/>
+      <c s="23" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H38"/>
+      <c s="28" t="inlineStr" r="I38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B39"/>
+      <c s="25" t="str" r="C39"/>
+      <c s="23" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E39">
+        <v>8</v>
+      </c>
+      <c s="13" r="F39">
+        <v>8</v>
+      </c>
+      <c s="13" r="G39">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H39"/>
+      <c s="28" t="inlineStr" r="I39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B40"/>
+      <c s="25" t="str" r="C40"/>
+      <c s="10" t="inlineStr" r="D40">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E40">
         <v>16</v>
       </c>
-      <c r="C6" s="22"/>
-      <c r="D6" s="9" t="s">
+      <c s="11" r="F40">
+        <v>11</v>
+      </c>
+      <c s="11" r="G40">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H40"/>
+      <c s="28" t="inlineStr" r="I40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B41"/>
+      <c s="27" t="str" r="C41"/>
+      <c s="23" t="inlineStr" r="D41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H41"/>
+      <c s="23" t="inlineStr" r="I41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve">Brain Injury Medicine (Physical Medicine and Rehabilitation)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C42"/>
+      <c s="23" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E42">
+        <v>7</v>
+      </c>
+      <c s="13" r="F42">
+        <v>5</v>
+      </c>
+      <c s="13" r="G42">
+        <v>12</v>
+      </c>
+      <c s="6" t="str" r="H42"/>
+      <c s="28" t="inlineStr" r="I42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J42">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B43"/>
+      <c s="25" t="str" r="C43"/>
+      <c s="23" t="inlineStr" r="D43">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E43">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H43"/>
+      <c s="13" r="I43">
+        <v>7</v>
+      </c>
+      <c s="28" t="inlineStr" r="J43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B44"/>
+      <c s="25" t="str" r="C44"/>
+      <c s="23" t="inlineStr" r="D44">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E44">
+        <v>14</v>
+      </c>
+      <c s="13" r="F44">
+        <v>14</v>
+      </c>
+      <c s="13" r="G44">
+        <v>15</v>
+      </c>
+      <c s="6" t="str" r="H44"/>
+      <c s="13" r="I44">
+        <v>22</v>
+      </c>
+      <c s="13" r="J44">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="10" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E45">
+        <v>26</v>
+      </c>
+      <c s="11" r="F45">
+        <v>21</v>
+      </c>
+      <c s="11" r="G45">
+        <v>29</v>
+      </c>
+      <c s="6" t="str" r="H45"/>
+      <c s="11" r="I45">
+        <v>32</v>
+      </c>
+      <c s="11" r="J45">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B46"/>
+      <c s="27" t="str" r="C46"/>
+      <c s="23" t="inlineStr" r="D46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H46"/>
+      <c s="23" t="inlineStr" r="I46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Cardiovascular Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C47"/>
+      <c s="23" t="inlineStr" r="D47">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E47">
+        <v>228</v>
+      </c>
+      <c s="13" r="F47">
+        <v>243</v>
+      </c>
+      <c s="13" r="G47">
+        <v>255</v>
+      </c>
+      <c s="6" t="str" r="H47"/>
+      <c s="13" r="I47">
+        <v>262</v>
+      </c>
+      <c s="13" r="J47">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B48"/>
+      <c s="25" t="str" r="C48"/>
+      <c s="23" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E48">
+        <v>902</v>
+      </c>
+      <c s="13" r="F48">
+        <v>941</v>
+      </c>
+      <c s="13" r="G48">
+        <v>933</v>
+      </c>
+      <c s="6" t="str" r="H48"/>
+      <c s="13" r="I48">
+        <v>996</v>
+      </c>
+      <c s="13" r="J48">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B49"/>
+      <c s="25" t="str" r="C49"/>
+      <c s="23" t="inlineStr" r="D49">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E49">
+        <v>674</v>
+      </c>
+      <c s="13" r="F49">
+        <v>703</v>
+      </c>
+      <c s="13" r="G49">
+        <v>791</v>
+      </c>
+      <c s="6" t="str" r="H49"/>
+      <c s="13" r="I49">
+        <v>835</v>
+      </c>
+      <c s="13" r="J49">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B50"/>
+      <c s="25" t="str" r="C50"/>
+      <c s="10" t="inlineStr" r="D50">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E50">
+        <v>1804</v>
+      </c>
+      <c s="11" r="F50">
+        <v>1887</v>
+      </c>
+      <c s="11" r="G50">
+        <v>1979</v>
+      </c>
+      <c s="6" t="str" r="H50"/>
+      <c s="11" r="I50">
+        <v>2093</v>
+      </c>
+      <c s="11" r="J50">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B51"/>
+      <c s="27" t="str" r="C51"/>
+      <c s="23" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H51"/>
+      <c s="23" t="inlineStr" r="I51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B52">
+        <is>
+          <t xml:space="preserve">Child Abuse Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C52"/>
+      <c s="23" t="inlineStr" r="D52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G52">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H52"/>
+      <c s="28" t="inlineStr" r="I52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J52">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B53"/>
+      <c s="25" t="str" r="C53"/>
+      <c s="23" t="inlineStr" r="D53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H53"/>
+      <c s="28" t="inlineStr" r="I53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B54"/>
+      <c s="25" t="str" r="C54"/>
+      <c s="23" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E54">
+        <v>21</v>
+      </c>
+      <c s="13" r="F54">
+        <v>10</v>
+      </c>
+      <c s="13" r="G54">
+        <v>5</v>
+      </c>
+      <c s="6" t="str" r="H54"/>
+      <c s="13" r="I54">
+        <v>7</v>
+      </c>
+      <c s="13" r="J54">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B55"/>
+      <c s="25" t="str" r="C55"/>
+      <c s="10" t="inlineStr" r="D55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E55">
+        <v>28</v>
+      </c>
+      <c s="11" r="F55">
+        <v>18</v>
+      </c>
+      <c s="11" r="G55">
+        <v>15</v>
+      </c>
+      <c s="6" t="str" r="H55"/>
+      <c s="11" r="I55">
+        <v>13</v>
+      </c>
+      <c s="11" r="J55">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B56"/>
+      <c s="27" t="str" r="C56"/>
+      <c s="23" t="inlineStr" r="D56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H56"/>
+      <c s="23" t="inlineStr" r="I56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve">Child and Adolescent Psychiatry (Psychiatry)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C57"/>
+      <c s="23" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E57">
+        <v>60</v>
+      </c>
+      <c s="13" r="F57">
+        <v>64</v>
+      </c>
+      <c s="13" r="G57">
+        <v>69</v>
+      </c>
+      <c s="6" t="str" r="H57"/>
+      <c s="13" r="I57">
+        <v>60</v>
+      </c>
+      <c s="13" r="J57">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="23" t="inlineStr" r="D58">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E58">
+        <v>85</v>
+      </c>
+      <c s="13" r="F58">
+        <v>96</v>
+      </c>
+      <c s="13" r="G58">
+        <v>92</v>
+      </c>
+      <c s="6" t="str" r="H58"/>
+      <c s="13" r="I58">
+        <v>93</v>
+      </c>
+      <c s="13" r="J58">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B59"/>
+      <c s="25" t="str" r="C59"/>
+      <c s="23" t="inlineStr" r="D59">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E59">
+        <v>200</v>
+      </c>
+      <c s="13" r="F59">
+        <v>232</v>
+      </c>
+      <c s="13" r="G59">
+        <v>217</v>
+      </c>
+      <c s="6" t="str" r="H59"/>
+      <c s="13" r="I59">
+        <v>221</v>
+      </c>
+      <c s="13" r="J59">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B60"/>
+      <c s="25" t="str" r="C60"/>
+      <c s="10" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E60">
+        <v>345</v>
+      </c>
+      <c s="11" r="F60">
+        <v>392</v>
+      </c>
+      <c s="11" r="G60">
+        <v>378</v>
+      </c>
+      <c s="6" t="str" r="H60"/>
+      <c s="11" r="I60">
+        <v>374</v>
+      </c>
+      <c s="11" r="J60">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B61"/>
+      <c s="27" t="str" r="C61"/>
+      <c s="23" t="inlineStr" r="D61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H61"/>
+      <c s="23" t="inlineStr" r="I61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Clinical Cardiac Electrophysiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C62"/>
+      <c s="23" t="inlineStr" r="D62">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E62">
+        <v>13</v>
+      </c>
+      <c s="13" r="F62">
+        <v>18</v>
+      </c>
+      <c s="13" r="G62">
+        <v>15</v>
+      </c>
+      <c s="6" t="str" r="H62"/>
+      <c s="13" r="I62">
+        <v>18</v>
+      </c>
+      <c s="13" r="J62">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B63"/>
+      <c s="25" t="str" r="C63"/>
+      <c s="23" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E63">
+        <v>70</v>
+      </c>
+      <c s="13" r="F63">
+        <v>81</v>
+      </c>
+      <c s="13" r="G63">
+        <v>75</v>
+      </c>
+      <c s="6" t="str" r="H63"/>
+      <c s="13" r="I63">
+        <v>99</v>
+      </c>
+      <c s="13" r="J63">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B64"/>
+      <c s="25" t="str" r="C64"/>
+      <c s="23" t="inlineStr" r="D64">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E64">
+        <v>68</v>
+      </c>
+      <c s="13" r="F64">
+        <v>76</v>
+      </c>
+      <c s="13" r="G64">
+        <v>65</v>
+      </c>
+      <c s="6" t="str" r="H64"/>
+      <c s="13" r="I64">
+        <v>49</v>
+      </c>
+      <c s="13" r="J64">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B65"/>
+      <c s="25" t="str" r="C65"/>
+      <c s="10" t="inlineStr" r="D65">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E65">
+        <v>151</v>
+      </c>
+      <c s="11" r="F65">
+        <v>175</v>
+      </c>
+      <c s="11" r="G65">
+        <v>155</v>
+      </c>
+      <c s="6" t="str" r="H65"/>
+      <c s="11" r="I65">
+        <v>166</v>
+      </c>
+      <c s="11" r="J65">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B66"/>
+      <c s="27" t="str" r="C66"/>
+      <c s="23" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H66"/>
+      <c s="23" t="inlineStr" r="I66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B67">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Anesthesiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C67"/>
+      <c s="23" t="inlineStr" r="D67">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H67"/>
+      <c s="28" t="inlineStr" r="I67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B68"/>
+      <c s="25" t="str" r="C68"/>
+      <c s="23" t="inlineStr" r="D68">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E68">
+        <v>8</v>
+      </c>
+      <c s="13" r="F68">
+        <v>10</v>
+      </c>
+      <c s="28" t="inlineStr" r="G68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H68"/>
+      <c s="28" t="inlineStr" r="I68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B69"/>
+      <c s="25" t="str" r="C69"/>
+      <c s="23" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E69">
+        <v>8</v>
+      </c>
+      <c s="13" r="F69">
+        <v>16</v>
+      </c>
+      <c s="28" t="inlineStr" r="G69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H69"/>
+      <c s="28" t="inlineStr" r="I69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B70"/>
+      <c s="25" t="str" r="C70"/>
+      <c s="10" t="inlineStr" r="D70">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E70">
+        <v>19</v>
+      </c>
+      <c s="11" r="F70">
+        <v>28</v>
+      </c>
+      <c s="28" t="inlineStr" r="G70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H70"/>
+      <c s="28" t="inlineStr" r="I70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B71"/>
+      <c s="27" t="str" r="C71"/>
+      <c s="23" t="inlineStr" r="D71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H71"/>
+      <c s="23" t="inlineStr" r="I71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C72"/>
+      <c s="23" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E72">
+        <v>7</v>
+      </c>
+      <c s="28" t="inlineStr" r="F72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H72"/>
+      <c s="28" t="inlineStr" r="I72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B73"/>
+      <c s="25" t="str" r="C73"/>
+      <c s="23" t="inlineStr" r="D73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E73">
+        <v>11</v>
+      </c>
+      <c s="28" t="inlineStr" r="F73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H73"/>
+      <c s="28" t="inlineStr" r="I73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B74"/>
+      <c s="25" t="str" r="C74"/>
+      <c s="23" t="inlineStr" r="D74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E74">
+        <v>20</v>
+      </c>
+      <c s="28" t="inlineStr" r="F74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H74"/>
+      <c s="28" t="inlineStr" r="I74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B75"/>
+      <c s="25" t="str" r="C75"/>
+      <c s="10" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E75">
+        <v>38</v>
+      </c>
+      <c s="28" t="inlineStr" r="F75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H75"/>
+      <c s="28" t="inlineStr" r="I75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B76"/>
+      <c s="27" t="str" r="C76"/>
+      <c s="23" t="inlineStr" r="D76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H76"/>
+      <c s="23" t="inlineStr" r="I76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C77"/>
+      <c s="23" t="inlineStr" r="D77">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E77">
+        <v>9</v>
+      </c>
+      <c s="28" t="inlineStr" r="F77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G77">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H77"/>
+      <c s="28" t="inlineStr" r="I77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="23" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E78">
+        <v>10</v>
+      </c>
+      <c s="13" r="F78">
+        <v>20</v>
+      </c>
+      <c s="13" r="G78">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H78"/>
+      <c s="13" r="I78">
+        <v>11</v>
+      </c>
+      <c s="13" r="J78">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B79"/>
+      <c s="25" t="str" r="C79"/>
+      <c s="23" t="inlineStr" r="D79">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E79">
+        <v>21</v>
+      </c>
+      <c s="13" r="F79">
+        <v>25</v>
+      </c>
+      <c s="13" r="G79">
+        <v>25</v>
+      </c>
+      <c s="6" t="str" r="H79"/>
+      <c s="13" r="I79">
+        <v>26</v>
+      </c>
+      <c s="13" r="J79">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B80"/>
+      <c s="25" t="str" r="C80"/>
+      <c s="10" t="inlineStr" r="D80">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E80">
+        <v>40</v>
+      </c>
+      <c s="11" r="F80">
+        <v>49</v>
+      </c>
+      <c s="11" r="G80">
+        <v>44</v>
+      </c>
+      <c s="6" t="str" r="H80"/>
+      <c s="11" r="I80">
+        <v>39</v>
+      </c>
+      <c s="11" r="J80">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B81"/>
+      <c s="27" t="str" r="C81"/>
+      <c s="23" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H81"/>
+      <c s="23" t="inlineStr" r="I81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B82">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C82"/>
+      <c s="23" t="inlineStr" r="D82">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E82">
+        <v>11</v>
+      </c>
+      <c s="13" r="F82">
+        <v>5</v>
+      </c>
+      <c s="13" r="G82">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H82"/>
+      <c s="13" r="I82">
+        <v>7</v>
+      </c>
+      <c s="28" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B83"/>
+      <c s="25" t="str" r="C83"/>
+      <c s="23" t="inlineStr" r="D83">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E83">
+        <v>18</v>
+      </c>
+      <c s="13" r="F83">
+        <v>30</v>
+      </c>
+      <c s="13" r="G83">
+        <v>22</v>
+      </c>
+      <c s="6" t="str" r="H83"/>
+      <c s="13" r="I83">
+        <v>25</v>
+      </c>
+      <c s="13" r="J83">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B84"/>
+      <c s="25" t="str" r="C84"/>
+      <c s="23" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E84">
+        <v>32</v>
+      </c>
+      <c s="13" r="F84">
+        <v>42</v>
+      </c>
+      <c s="13" r="G84">
+        <v>37</v>
+      </c>
+      <c s="6" t="str" r="H84"/>
+      <c s="13" r="I84">
+        <v>40</v>
+      </c>
+      <c s="13" r="J84">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="10" t="inlineStr" r="D85">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E85">
+        <v>61</v>
+      </c>
+      <c s="11" r="F85">
+        <v>77</v>
+      </c>
+      <c s="11" r="G85">
+        <v>68</v>
+      </c>
+      <c s="6" t="str" r="H85"/>
+      <c s="11" r="I85">
+        <v>72</v>
+      </c>
+      <c s="11" r="J85">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B86"/>
+      <c s="27" t="str" r="C86"/>
+      <c s="23" t="inlineStr" r="D86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H86"/>
+      <c s="23" t="inlineStr" r="I86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Pathology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C87"/>
+      <c s="23" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E87">
+        <v>7</v>
+      </c>
+      <c s="28" t="inlineStr" r="F87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H87"/>
+      <c s="28" t="inlineStr" r="I87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B88"/>
+      <c s="25" t="str" r="C88"/>
+      <c s="23" t="inlineStr" r="D88">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E88">
+        <v>13</v>
+      </c>
+      <c s="13" r="F88">
+        <v>24</v>
+      </c>
+      <c s="13" r="G88">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H88"/>
+      <c s="13" r="I88">
+        <v>10</v>
+      </c>
+      <c s="13" r="J88">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="23" t="inlineStr" r="D89">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E89">
+        <v>22</v>
+      </c>
+      <c s="13" r="F89">
+        <v>29</v>
+      </c>
+      <c s="13" r="G89">
+        <v>18</v>
+      </c>
+      <c s="6" t="str" r="H89"/>
+      <c s="13" r="I89">
+        <v>23</v>
+      </c>
+      <c s="13" r="J89">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="10" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E90">
+        <v>42</v>
+      </c>
+      <c s="11" r="F90">
+        <v>56</v>
+      </c>
+      <c s="11" r="G90">
+        <v>35</v>
+      </c>
+      <c s="6" t="str" r="H90"/>
+      <c s="11" r="I90">
+        <v>35</v>
+      </c>
+      <c s="11" r="J90">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B91"/>
+      <c s="27" t="str" r="C91"/>
+      <c s="23" t="inlineStr" r="D91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H91"/>
+      <c s="23" t="inlineStr" r="I91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C92"/>
+      <c s="23" t="inlineStr" r="D92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E92">
+        <v>8</v>
+      </c>
+      <c s="28" t="inlineStr" r="F92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G92">
+        <v>8</v>
+      </c>
+      <c s="6" t="str" r="H92"/>
+      <c s="28" t="inlineStr" r="I92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B93"/>
+      <c s="25" t="str" r="C93"/>
+      <c s="23" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E93">
+        <v>10</v>
+      </c>
+      <c s="13" r="F93">
+        <v>22</v>
+      </c>
+      <c s="13" r="G93">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H93"/>
+      <c s="13" r="I93">
+        <v>15</v>
+      </c>
+      <c s="13" r="J93">
         <v>17</v>
       </c>
-      <c r="E6" s="3" t="s">
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B94"/>
+      <c s="25" t="str" r="C94"/>
+      <c s="23" t="inlineStr" r="D94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E94">
+        <v>31</v>
+      </c>
+      <c s="13" r="F94">
+        <v>37</v>
+      </c>
+      <c s="13" r="G94">
+        <v>33</v>
+      </c>
+      <c s="6" t="str" r="H94"/>
+      <c s="13" r="I94">
+        <v>29</v>
+      </c>
+      <c s="13" r="J94">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B95"/>
+      <c s="25" t="str" r="C95"/>
+      <c s="10" t="inlineStr" r="D95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E95">
+        <v>49</v>
+      </c>
+      <c s="11" r="F95">
+        <v>62</v>
+      </c>
+      <c s="11" r="G95">
+        <v>54</v>
+      </c>
+      <c s="6" t="str" r="H95"/>
+      <c s="11" r="I95">
+        <v>46</v>
+      </c>
+      <c s="11" r="J95">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B96"/>
+      <c s="27" t="str" r="C96"/>
+      <c s="23" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H96"/>
+      <c s="23" t="inlineStr" r="I96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B97">
+        <is>
+          <t xml:space="preserve">Clinical Neurophysiology (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C97"/>
+      <c s="23" t="inlineStr" r="D97">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E97">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F97">
+        <v>20</v>
+      </c>
+      <c s="13" r="G97">
+        <v>17</v>
+      </c>
+      <c s="6" t="str" r="H97"/>
+      <c s="13" r="I97">
+        <v>26</v>
+      </c>
+      <c s="13" r="J97">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B98"/>
+      <c s="25" t="str" r="C98"/>
+      <c s="23" t="inlineStr" r="D98">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E98">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F98">
+        <v>67</v>
+      </c>
+      <c s="13" r="G98">
+        <v>64</v>
+      </c>
+      <c s="6" t="str" r="H98"/>
+      <c s="13" r="I98">
+        <v>41</v>
+      </c>
+      <c s="13" r="J98">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B99"/>
+      <c s="25" t="str" r="C99"/>
+      <c s="23" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E99">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F99">
+        <v>78</v>
+      </c>
+      <c s="13" r="G99">
+        <v>82</v>
+      </c>
+      <c s="6" t="str" r="H99"/>
+      <c s="13" r="I99">
+        <v>50</v>
+      </c>
+      <c s="13" r="J99">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B100"/>
+      <c s="25" t="str" r="C100"/>
+      <c s="10" t="inlineStr" r="D100">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E100">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F100">
+        <v>165</v>
+      </c>
+      <c s="11" r="G100">
+        <v>163</v>
+      </c>
+      <c s="6" t="str" r="H100"/>
+      <c s="11" r="I100">
+        <v>117</v>
+      </c>
+      <c s="11" r="J100">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B101"/>
+      <c s="27" t="str" r="C101"/>
+      <c s="23" t="inlineStr" r="D101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H101"/>
+      <c s="23" t="inlineStr" r="I101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve">Colon and Rectal Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C102"/>
+      <c s="23" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E102">
+        <v>13</v>
+      </c>
+      <c s="13" r="F102">
+        <v>21</v>
+      </c>
+      <c s="13" r="G102">
+        <v>19</v>
+      </c>
+      <c s="6" t="str" r="H102"/>
+      <c s="13" r="I102">
+        <v>26</v>
+      </c>
+      <c s="13" r="J102">
         <v>18</v>
       </c>
-      <c r="F6" s="3" t="s">
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B103"/>
+      <c s="25" t="str" r="C103"/>
+      <c s="23" t="inlineStr" r="D103">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E103">
+        <v>31</v>
+      </c>
+      <c s="13" r="F103">
+        <v>29</v>
+      </c>
+      <c s="13" r="G103">
+        <v>29</v>
+      </c>
+      <c s="6" t="str" r="H103"/>
+      <c s="13" r="I103">
+        <v>45</v>
+      </c>
+      <c s="13" r="J103">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B104"/>
+      <c s="25" t="str" r="C104"/>
+      <c s="23" t="inlineStr" r="D104">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E104">
+        <v>123</v>
+      </c>
+      <c s="13" r="F104">
+        <v>95</v>
+      </c>
+      <c s="13" r="G104">
+        <v>109</v>
+      </c>
+      <c s="6" t="str" r="H104"/>
+      <c s="13" r="I104">
+        <v>116</v>
+      </c>
+      <c s="13" r="J104">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B105"/>
+      <c s="25" t="str" r="C105"/>
+      <c s="10" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E105">
+        <v>167</v>
+      </c>
+      <c s="11" r="F105">
+        <v>145</v>
+      </c>
+      <c s="11" r="G105">
+        <v>157</v>
+      </c>
+      <c s="6" t="str" r="H105"/>
+      <c s="11" r="I105">
+        <v>187</v>
+      </c>
+      <c s="11" r="J105">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B106"/>
+      <c s="27" t="str" r="C106"/>
+      <c s="23" t="inlineStr" r="D106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H106"/>
+      <c s="23" t="inlineStr" r="I106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Complex Family Planning</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C107"/>
+      <c s="23" t="inlineStr" r="D107">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H107"/>
+      <c s="28" t="inlineStr" r="I107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B108"/>
+      <c s="25" t="str" r="C108"/>
+      <c s="23" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H108"/>
+      <c s="28" t="inlineStr" r="I108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B109"/>
+      <c s="25" t="str" r="C109"/>
+      <c s="23" t="inlineStr" r="D109">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E109">
+        <v>26</v>
+      </c>
+      <c s="13" r="F109">
+        <v>27</v>
+      </c>
+      <c s="13" r="G109">
+        <v>33</v>
+      </c>
+      <c s="6" t="str" r="H109"/>
+      <c s="13" r="I109">
+        <v>26</v>
+      </c>
+      <c s="28" t="inlineStr" r="J109">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B110"/>
+      <c s="25" t="str" r="C110"/>
+      <c s="10" t="inlineStr" r="D110">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E110">
+        <v>27</v>
+      </c>
+      <c s="11" r="F110">
+        <v>32</v>
+      </c>
+      <c s="11" r="G110">
+        <v>34</v>
+      </c>
+      <c s="6" t="str" r="H110"/>
+      <c s="11" r="I110">
+        <v>31</v>
+      </c>
+      <c s="29" t="inlineStr" r="J110">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B111"/>
+      <c s="27" t="str" r="C111"/>
+      <c s="23" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H111"/>
+      <c s="23" t="inlineStr" r="I111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B112">
+        <is>
+          <t xml:space="preserve">Complex General Surgical Oncology (Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C112"/>
+      <c s="23" t="inlineStr" r="D112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E112">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F112">
+        <v>5</v>
+      </c>
+      <c s="13" r="G112">
+        <v>8</v>
+      </c>
+      <c s="6" t="str" r="H112"/>
+      <c s="13" r="I112">
+        <v>9</v>
+      </c>
+      <c s="28" t="inlineStr" r="J112">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B113"/>
+      <c s="25" t="str" r="C113"/>
+      <c s="23" t="inlineStr" r="D113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E113">
+        <v>37</v>
+      </c>
+      <c s="13" r="F113">
+        <v>26</v>
+      </c>
+      <c s="13" r="G113">
+        <v>36</v>
+      </c>
+      <c s="6" t="str" r="H113"/>
+      <c s="13" r="I113">
+        <v>40</v>
+      </c>
+      <c s="13" r="J113">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B114"/>
+      <c s="25" t="str" r="C114"/>
+      <c s="23" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E114">
+        <v>57</v>
+      </c>
+      <c s="13" r="F114">
+        <v>70</v>
+      </c>
+      <c s="13" r="G114">
+        <v>78</v>
+      </c>
+      <c s="6" t="str" r="H114"/>
+      <c s="13" r="I114">
+        <v>79</v>
+      </c>
+      <c s="13" r="J114">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B115"/>
+      <c s="25" t="str" r="C115"/>
+      <c s="10" t="inlineStr" r="D115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E115">
+        <v>95</v>
+      </c>
+      <c s="11" r="F115">
+        <v>101</v>
+      </c>
+      <c s="11" r="G115">
+        <v>122</v>
+      </c>
+      <c s="6" t="str" r="H115"/>
+      <c s="11" r="I115">
+        <v>128</v>
+      </c>
+      <c s="11" r="J115">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B116"/>
+      <c s="27" t="str" r="C116"/>
+      <c s="23" t="inlineStr" r="D116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H116"/>
+      <c s="23" t="inlineStr" r="I116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve">Consultation-Liaison Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C117"/>
+      <c s="23" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G117">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H117"/>
+      <c s="13" r="I117">
+        <v>16</v>
+      </c>
+      <c s="13" r="J117">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B118"/>
+      <c s="25" t="str" r="C118"/>
+      <c s="23" t="inlineStr" r="D118">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G118">
+        <v>26</v>
+      </c>
+      <c s="6" t="str" r="H118"/>
+      <c s="13" r="I118">
+        <v>17</v>
+      </c>
+      <c s="13" r="J118">
         <v>19</v>
       </c>
-      <c r="G6" s="27" t="s">
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B119"/>
+      <c s="25" t="str" r="C119"/>
+      <c s="23" t="inlineStr" r="D119">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E119">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F119">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G119">
+        <v>45</v>
+      </c>
+      <c s="6" t="str" r="H119"/>
+      <c s="13" r="I119">
+        <v>62</v>
+      </c>
+      <c s="13" r="J119">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B120"/>
+      <c s="25" t="str" r="C120"/>
+      <c s="10" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E120">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F120">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="G120">
+        <v>77</v>
+      </c>
+      <c s="6" t="str" r="H120"/>
+      <c s="11" r="I120">
+        <v>95</v>
+      </c>
+      <c s="11" r="J120">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B121"/>
+      <c s="27" t="str" r="C121"/>
+      <c s="23" t="inlineStr" r="D121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H121"/>
+      <c s="23" t="inlineStr" r="I121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C122"/>
+      <c s="23" t="inlineStr" r="D122">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E122">
+        <v>124</v>
+      </c>
+      <c s="13" r="F122">
+        <v>103</v>
+      </c>
+      <c s="13" r="G122">
+        <v>119</v>
+      </c>
+      <c s="6" t="str" r="H122"/>
+      <c s="13" r="I122">
+        <v>127</v>
+      </c>
+      <c s="13" r="J122">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B123"/>
+      <c s="25" t="str" r="C123"/>
+      <c s="23" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E123">
+        <v>441</v>
+      </c>
+      <c s="13" r="F123">
+        <v>420</v>
+      </c>
+      <c s="13" r="G123">
+        <v>395</v>
+      </c>
+      <c s="6" t="str" r="H123"/>
+      <c s="13" r="I123">
+        <v>354</v>
+      </c>
+      <c s="13" r="J123">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B124"/>
+      <c s="25" t="str" r="C124"/>
+      <c s="23" t="inlineStr" r="D124">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E124">
+        <v>150</v>
+      </c>
+      <c s="13" r="F124">
+        <v>125</v>
+      </c>
+      <c s="13" r="G124">
+        <v>141</v>
+      </c>
+      <c s="6" t="str" r="H124"/>
+      <c s="13" r="I124">
+        <v>137</v>
+      </c>
+      <c s="13" r="J124">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B125"/>
+      <c s="25" t="str" r="C125"/>
+      <c s="10" t="inlineStr" r="D125">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E125">
+        <v>715</v>
+      </c>
+      <c s="11" r="F125">
+        <v>648</v>
+      </c>
+      <c s="11" r="G125">
+        <v>655</v>
+      </c>
+      <c s="6" t="str" r="H125"/>
+      <c s="11" r="I125">
+        <v>618</v>
+      </c>
+      <c s="11" r="J125">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B126"/>
+      <c s="27" t="str" r="C126"/>
+      <c s="23" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H126"/>
+      <c s="23" t="inlineStr" r="I126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B127">
+        <is>
+          <t xml:space="preserve">Developmental-Behavioral Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C127"/>
+      <c s="23" t="inlineStr" r="D127">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E127">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H127"/>
+      <c s="13" r="I127">
+        <v>5</v>
+      </c>
+      <c s="13" r="J127">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B128"/>
+      <c s="25" t="str" r="C128"/>
+      <c s="23" t="inlineStr" r="D128">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E128">
+        <v>10</v>
+      </c>
+      <c s="13" r="F128">
+        <v>19</v>
+      </c>
+      <c s="13" r="G128">
+        <v>14</v>
+      </c>
+      <c s="6" t="str" r="H128"/>
+      <c s="13" r="I128">
+        <v>8</v>
+      </c>
+      <c s="13" r="J128">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B129"/>
+      <c s="25" t="str" r="C129"/>
+      <c s="23" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E129">
+        <v>18</v>
+      </c>
+      <c s="13" r="F129">
         <v>20</v>
       </c>
-      <c r="H6" s="22"/>
-      <c r="I6" s="3" t="s">
+      <c s="13" r="G129">
+        <v>18</v>
+      </c>
+      <c s="6" t="str" r="H129"/>
+      <c s="13" r="I129">
+        <v>22</v>
+      </c>
+      <c s="13" r="J129">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B130"/>
+      <c s="25" t="str" r="C130"/>
+      <c s="10" t="inlineStr" r="D130">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E130">
+        <v>33</v>
+      </c>
+      <c s="11" r="F130">
+        <v>43</v>
+      </c>
+      <c s="11" r="G130">
+        <v>35</v>
+      </c>
+      <c s="6" t="str" r="H130"/>
+      <c s="11" r="I130">
+        <v>35</v>
+      </c>
+      <c s="11" r="J130">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B131"/>
+      <c s="27" t="str" r="C131"/>
+      <c s="23" t="inlineStr" r="D131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H131"/>
+      <c s="23" t="inlineStr" r="I131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve">Endocrinology, Diabetes, and Metabolism (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C132"/>
+      <c s="23" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E132">
+        <v>58</v>
+      </c>
+      <c s="13" r="F132">
+        <v>58</v>
+      </c>
+      <c s="13" r="G132">
+        <v>53</v>
+      </c>
+      <c s="6" t="str" r="H132"/>
+      <c s="13" r="I132">
+        <v>64</v>
+      </c>
+      <c s="13" r="J132">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="133" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B133"/>
+      <c s="25" t="str" r="C133"/>
+      <c s="23" t="inlineStr" r="D133">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E133">
+        <v>348</v>
+      </c>
+      <c s="13" r="F133">
+        <v>283</v>
+      </c>
+      <c s="13" r="G133">
+        <v>292</v>
+      </c>
+      <c s="6" t="str" r="H133"/>
+      <c s="13" r="I133">
+        <v>357</v>
+      </c>
+      <c s="13" r="J133">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="134" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B134"/>
+      <c s="25" t="str" r="C134"/>
+      <c s="23" t="inlineStr" r="D134">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E134">
+        <v>125</v>
+      </c>
+      <c s="13" r="F134">
+        <v>118</v>
+      </c>
+      <c s="13" r="G134">
+        <v>127</v>
+      </c>
+      <c s="6" t="str" r="H134"/>
+      <c s="13" r="I134">
+        <v>138</v>
+      </c>
+      <c s="13" r="J134">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="135" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B135"/>
+      <c s="25" t="str" r="C135"/>
+      <c s="10" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E135">
+        <v>531</v>
+      </c>
+      <c s="11" r="F135">
+        <v>459</v>
+      </c>
+      <c s="11" r="G135">
+        <v>472</v>
+      </c>
+      <c s="6" t="str" r="H135"/>
+      <c s="11" r="I135">
+        <v>559</v>
+      </c>
+      <c s="11" r="J135">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="136" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B136"/>
+      <c s="27" t="str" r="C136"/>
+      <c s="23" t="inlineStr" r="D136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H136"/>
+      <c s="23" t="inlineStr" r="I136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Epilepsy (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C137"/>
+      <c s="23" t="inlineStr" r="D137">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E137">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F137">
+        <v>23</v>
+      </c>
+      <c s="13" r="G137">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H137"/>
+      <c s="13" r="I137">
+        <v>31</v>
+      </c>
+      <c s="13" r="J137">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="138" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B138"/>
+      <c s="25" t="str" r="C138"/>
+      <c s="23" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E138">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F138">
+        <v>68</v>
+      </c>
+      <c s="13" r="G138">
+        <v>60</v>
+      </c>
+      <c s="6" t="str" r="H138"/>
+      <c s="13" r="I138">
+        <v>61</v>
+      </c>
+      <c s="13" r="J138">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="139" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B139"/>
+      <c s="25" t="str" r="C139"/>
+      <c s="23" t="inlineStr" r="D139">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E139">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F139">
+        <v>80</v>
+      </c>
+      <c s="13" r="G139">
+        <v>99</v>
+      </c>
+      <c s="6" t="str" r="H139"/>
+      <c s="13" r="I139">
+        <v>78</v>
+      </c>
+      <c s="13" r="J139">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="140" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B140"/>
+      <c s="25" t="str" r="C140"/>
+      <c s="10" t="inlineStr" r="D140">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E140">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F140">
+        <v>171</v>
+      </c>
+      <c s="11" r="G140">
+        <v>179</v>
+      </c>
+      <c s="6" t="str" r="H140"/>
+      <c s="11" r="I140">
+        <v>170</v>
+      </c>
+      <c s="11" r="J140">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="141" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B141"/>
+      <c s="27" t="str" r="C141"/>
+      <c s="23" t="inlineStr" r="D141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H141"/>
+      <c s="23" t="inlineStr" r="I141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B142">
+        <is>
+          <t xml:space="preserve">Forensic Pathology (Pathology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C142"/>
+      <c s="23" t="inlineStr" r="D142">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H142"/>
+      <c s="13" r="I142">
+        <v>11</v>
+      </c>
+      <c s="13" r="J142">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B143"/>
+      <c s="25" t="str" r="C143"/>
+      <c s="23" t="inlineStr" r="D143">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H143"/>
+      <c s="13" r="I143">
+        <v>13</v>
+      </c>
+      <c s="13" r="J143">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="144" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B144"/>
+      <c s="25" t="str" r="C144"/>
+      <c s="23" t="inlineStr" r="D144">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H144"/>
+      <c s="13" r="I144">
+        <v>20</v>
+      </c>
+      <c s="13" r="J144">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="145" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B145"/>
+      <c s="25" t="str" r="C145"/>
+      <c s="10" t="inlineStr" r="D145">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H145"/>
+      <c s="11" r="I145">
+        <v>44</v>
+      </c>
+      <c s="11" r="J145">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="146" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B146"/>
+      <c s="27" t="str" r="C146"/>
+      <c s="23" t="inlineStr" r="D146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H146"/>
+      <c s="23" t="inlineStr" r="I146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B147">
+        <is>
+          <t xml:space="preserve">Forensic Psychiatry (Psychiatry)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C147"/>
+      <c s="23" t="inlineStr" r="D147">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H147"/>
+      <c s="28" t="inlineStr" r="I147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J147">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="148" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B148"/>
+      <c s="25" t="str" r="C148"/>
+      <c s="23" t="inlineStr" r="D148">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H148"/>
+      <c s="28" t="inlineStr" r="I148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J148">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B149"/>
+      <c s="25" t="str" r="C149"/>
+      <c s="23" t="inlineStr" r="D149">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H149"/>
+      <c s="28" t="inlineStr" r="I149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J149">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="150" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B150"/>
+      <c s="25" t="str" r="C150"/>
+      <c s="10" t="inlineStr" r="D150">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H150"/>
+      <c s="28" t="inlineStr" r="I150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="J150">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="151" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B151"/>
+      <c s="27" t="str" r="C151"/>
+      <c s="23" t="inlineStr" r="D151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H151"/>
+      <c s="23" t="inlineStr" r="I151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B152">
+        <is>
+          <t xml:space="preserve">Gastroenterology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C152"/>
+      <c s="23" t="inlineStr" r="D152">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E152">
+        <v>169</v>
+      </c>
+      <c s="13" r="F152">
+        <v>159</v>
+      </c>
+      <c s="13" r="G152">
+        <v>161</v>
+      </c>
+      <c s="6" t="str" r="H152"/>
+      <c s="13" r="I152">
+        <v>207</v>
+      </c>
+      <c s="13" r="J152">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="153" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B153"/>
+      <c s="25" t="str" r="C153"/>
+      <c s="23" t="inlineStr" r="D153">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E153">
+        <v>473</v>
+      </c>
+      <c s="13" r="F153">
+        <v>480</v>
+      </c>
+      <c s="13" r="G153">
+        <v>491</v>
+      </c>
+      <c s="6" t="str" r="H153"/>
+      <c s="13" r="I153">
+        <v>505</v>
+      </c>
+      <c s="13" r="J153">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="154" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B154"/>
+      <c s="25" t="str" r="C154"/>
+      <c s="23" t="inlineStr" r="D154">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E154">
+        <v>457</v>
+      </c>
+      <c s="13" r="F154">
+        <v>509</v>
+      </c>
+      <c s="13" r="G154">
+        <v>511</v>
+      </c>
+      <c s="6" t="str" r="H154"/>
+      <c s="13" r="I154">
+        <v>535</v>
+      </c>
+      <c s="13" r="J154">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="155" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B155"/>
+      <c s="25" t="str" r="C155"/>
+      <c s="10" t="inlineStr" r="D155">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E155">
+        <v>1099</v>
+      </c>
+      <c s="11" r="F155">
+        <v>1148</v>
+      </c>
+      <c s="11" r="G155">
+        <v>1163</v>
+      </c>
+      <c s="6" t="str" r="H155"/>
+      <c s="11" r="I155">
+        <v>1247</v>
+      </c>
+      <c s="11" r="J155">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="156" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B156"/>
+      <c s="27" t="str" r="C156"/>
+      <c s="23" t="inlineStr" r="D156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H156"/>
+      <c s="23" t="inlineStr" r="I156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B157">
+        <is>
+          <t xml:space="preserve">Geriatric Medicine (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C157"/>
+      <c s="23" t="inlineStr" r="D157">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E157">
+        <v>23</v>
+      </c>
+      <c s="13" r="F157">
+        <v>25</v>
+      </c>
+      <c s="13" r="G157">
+        <v>16</v>
+      </c>
+      <c s="6" t="str" r="H157"/>
+      <c s="13" r="I157">
+        <v>15</v>
+      </c>
+      <c s="13" r="J157">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="158" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B158"/>
+      <c s="25" t="str" r="C158"/>
+      <c s="23" t="inlineStr" r="D158">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E158">
+        <v>63</v>
+      </c>
+      <c s="13" r="F158">
+        <v>51</v>
+      </c>
+      <c s="13" r="G158">
+        <v>38</v>
+      </c>
+      <c s="6" t="str" r="H158"/>
+      <c s="13" r="I158">
+        <v>51</v>
+      </c>
+      <c s="13" r="J158">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="159" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B159"/>
+      <c s="25" t="str" r="C159"/>
+      <c s="23" t="inlineStr" r="D159">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E159">
+        <v>32</v>
+      </c>
+      <c s="13" r="F159">
+        <v>25</v>
+      </c>
+      <c s="13" r="G159">
+        <v>25</v>
+      </c>
+      <c s="6" t="str" r="H159"/>
+      <c s="13" r="I159">
+        <v>33</v>
+      </c>
+      <c s="13" r="J159">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="160" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B160"/>
+      <c s="25" t="str" r="C160"/>
+      <c s="10" t="inlineStr" r="D160">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E160">
+        <v>118</v>
+      </c>
+      <c s="11" r="F160">
+        <v>101</v>
+      </c>
+      <c s="11" r="G160">
+        <v>79</v>
+      </c>
+      <c s="6" t="str" r="H160"/>
+      <c s="11" r="I160">
+        <v>99</v>
+      </c>
+      <c s="11" r="J160">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="161" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B161"/>
+      <c s="27" t="str" r="C161"/>
+      <c s="23" t="inlineStr" r="D161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H161"/>
+      <c s="23" t="inlineStr" r="I161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B162">
+        <is>
+          <t xml:space="preserve">Geriatric Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C162"/>
+      <c s="23" t="inlineStr" r="D162">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E162">
+        <v>39</v>
+      </c>
+      <c s="13" r="F162">
+        <v>45</v>
+      </c>
+      <c s="13" r="G162">
+        <v>32</v>
+      </c>
+      <c s="6" t="str" r="H162"/>
+      <c s="13" r="I162">
+        <v>42</v>
+      </c>
+      <c s="13" r="J162">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="163" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B163"/>
+      <c s="25" t="str" r="C163"/>
+      <c s="23" t="inlineStr" r="D163">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E163">
+        <v>205</v>
+      </c>
+      <c s="13" r="F163">
+        <v>165</v>
+      </c>
+      <c s="13" r="G163">
+        <v>175</v>
+      </c>
+      <c s="6" t="str" r="H163"/>
+      <c s="13" r="I163">
+        <v>187</v>
+      </c>
+      <c s="13" r="J163">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="164" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B164"/>
+      <c s="25" t="str" r="C164"/>
+      <c s="23" t="inlineStr" r="D164">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E164">
+        <v>95</v>
+      </c>
+      <c s="13" r="F164">
+        <v>86</v>
+      </c>
+      <c s="13" r="G164">
+        <v>82</v>
+      </c>
+      <c s="6" t="str" r="H164"/>
+      <c s="13" r="I164">
+        <v>94</v>
+      </c>
+      <c s="13" r="J164">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="165" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B165"/>
+      <c s="25" t="str" r="C165"/>
+      <c s="10" t="inlineStr" r="D165">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E165">
+        <v>339</v>
+      </c>
+      <c s="11" r="F165">
+        <v>296</v>
+      </c>
+      <c s="11" r="G165">
+        <v>289</v>
+      </c>
+      <c s="6" t="str" r="H165"/>
+      <c s="11" r="I165">
+        <v>323</v>
+      </c>
+      <c s="11" r="J165">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="166" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B166"/>
+      <c s="27" t="str" r="C166"/>
+      <c s="23" t="inlineStr" r="D166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H166"/>
+      <c s="23" t="inlineStr" r="I166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="167" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B167">
+        <is>
+          <t xml:space="preserve">Gynecologic Oncology (Obstetrics and Gynecology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C167"/>
+      <c s="23" t="inlineStr" r="D167">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E167">
+        <v>9</v>
+      </c>
+      <c s="13" r="F167">
+        <v>8</v>
+      </c>
+      <c s="13" r="G167">
+        <v>5</v>
+      </c>
+      <c s="6" t="str" r="H167"/>
+      <c s="13" r="I167">
+        <v>13</v>
+      </c>
+      <c s="28" t="inlineStr" r="J167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B168"/>
+      <c s="25" t="str" r="C168"/>
+      <c s="23" t="inlineStr" r="D168">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E168">
+        <v>10</v>
+      </c>
+      <c s="13" r="F168">
+        <v>7</v>
+      </c>
+      <c s="13" r="G168">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H168"/>
+      <c s="13" r="I168">
+        <v>11</v>
+      </c>
+      <c s="28" t="inlineStr" r="J168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B169"/>
+      <c s="25" t="str" r="C169"/>
+      <c s="23" t="inlineStr" r="D169">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E169">
+        <v>101</v>
+      </c>
+      <c s="13" r="F169">
+        <v>81</v>
+      </c>
+      <c s="13" r="G169">
+        <v>82</v>
+      </c>
+      <c s="6" t="str" r="H169"/>
+      <c s="13" r="I169">
+        <v>80</v>
+      </c>
+      <c s="28" t="inlineStr" r="J169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B170"/>
+      <c s="25" t="str" r="C170"/>
+      <c s="10" t="inlineStr" r="D170">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E170">
+        <v>120</v>
+      </c>
+      <c s="11" r="F170">
+        <v>96</v>
+      </c>
+      <c s="11" r="G170">
+        <v>97</v>
+      </c>
+      <c s="6" t="str" r="H170"/>
+      <c s="11" r="I170">
+        <v>104</v>
+      </c>
+      <c s="29" t="inlineStr" r="J170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B171"/>
+      <c s="27" t="str" r="C171"/>
+      <c s="23" t="inlineStr" r="D171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H171"/>
+      <c s="23" t="inlineStr" r="I171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="172" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B172">
+        <is>
+          <t xml:space="preserve">Headache Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C172"/>
+      <c s="23" t="inlineStr" r="D172">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H172"/>
+      <c s="28" t="inlineStr" r="I172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B173"/>
+      <c s="25" t="str" r="C173"/>
+      <c s="23" t="inlineStr" r="D173">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H173"/>
+      <c s="28" t="inlineStr" r="I173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B174"/>
+      <c s="25" t="str" r="C174"/>
+      <c s="10" t="inlineStr" r="D174">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H174"/>
+      <c s="29" t="inlineStr" r="I174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B175"/>
+      <c s="27" t="str" r="C175"/>
+      <c s="23" t="inlineStr" r="D175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H175"/>
+      <c s="23" t="inlineStr" r="I175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="176" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B176">
+        <is>
+          <t xml:space="preserve">Hematology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C176"/>
+      <c s="23" t="inlineStr" r="D176">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E176">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H176"/>
+      <c s="28" t="inlineStr" r="I176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B177"/>
+      <c s="25" t="str" r="C177"/>
+      <c s="23" t="inlineStr" r="D177">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E177">
+        <v>60</v>
+      </c>
+      <c s="28" t="inlineStr" r="F177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H177"/>
+      <c s="28" t="inlineStr" r="I177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B178"/>
+      <c s="25" t="str" r="C178"/>
+      <c s="23" t="inlineStr" r="D178">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E178">
+        <v>82</v>
+      </c>
+      <c s="28" t="inlineStr" r="F178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H178"/>
+      <c s="28" t="inlineStr" r="I178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B179"/>
+      <c s="25" t="str" r="C179"/>
+      <c s="10" t="inlineStr" r="D179">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E179">
+        <v>147</v>
+      </c>
+      <c s="28" t="inlineStr" r="F179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H179"/>
+      <c s="28" t="inlineStr" r="I179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B180"/>
+      <c s="27" t="str" r="C180"/>
+      <c s="23" t="inlineStr" r="D180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H180"/>
+      <c s="23" t="inlineStr" r="I180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="181" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B181">
+        <is>
+          <t xml:space="preserve">Hematology and Medical Oncology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C181"/>
+      <c s="23" t="inlineStr" r="D181">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E181">
+        <v>76</v>
+      </c>
+      <c s="13" r="F181">
+        <v>109</v>
+      </c>
+      <c s="13" r="G181">
+        <v>113</v>
+      </c>
+      <c s="6" t="str" r="H181"/>
+      <c s="13" r="I181">
+        <v>118</v>
+      </c>
+      <c s="13" r="J181">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="182" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B182"/>
+      <c s="25" t="str" r="C182"/>
+      <c s="23" t="inlineStr" r="D182">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E182">
+        <v>482</v>
+      </c>
+      <c s="13" r="F182">
+        <v>473</v>
+      </c>
+      <c s="13" r="G182">
+        <v>498</v>
+      </c>
+      <c s="6" t="str" r="H182"/>
+      <c s="13" r="I182">
+        <v>529</v>
+      </c>
+      <c s="13" r="J182">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="183" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B183"/>
+      <c s="25" t="str" r="C183"/>
+      <c s="23" t="inlineStr" r="D183">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E183">
+        <v>425</v>
+      </c>
+      <c s="13" r="F183">
+        <v>459</v>
+      </c>
+      <c s="13" r="G183">
+        <v>473</v>
+      </c>
+      <c s="6" t="str" r="H183"/>
+      <c s="13" r="I183">
+        <v>524</v>
+      </c>
+      <c s="13" r="J183">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="184" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B184"/>
+      <c s="25" t="str" r="C184"/>
+      <c s="10" t="inlineStr" r="D184">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E184">
+        <v>983</v>
+      </c>
+      <c s="11" r="F184">
+        <v>1041</v>
+      </c>
+      <c s="11" r="G184">
+        <v>1084</v>
+      </c>
+      <c s="6" t="str" r="H184"/>
+      <c s="11" r="I184">
+        <v>1171</v>
+      </c>
+      <c s="11" r="J184">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="185" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B185"/>
+      <c s="27" t="str" r="C185"/>
+      <c s="23" t="inlineStr" r="D185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H185"/>
+      <c s="23" t="inlineStr" r="I185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="186" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B186">
+        <is>
+          <t xml:space="preserve">Hospice and Palliative Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C186"/>
+      <c s="23" t="inlineStr" r="D186">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E186">
+        <v>95</v>
+      </c>
+      <c s="13" r="F186">
+        <v>98</v>
+      </c>
+      <c s="13" r="G186">
+        <v>91</v>
+      </c>
+      <c s="6" t="str" r="H186"/>
+      <c s="13" r="I186">
+        <v>89</v>
+      </c>
+      <c s="13" r="J186">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="187" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B187"/>
+      <c s="25" t="str" r="C187"/>
+      <c s="23" t="inlineStr" r="D187">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E187">
+        <v>163</v>
+      </c>
+      <c s="13" r="F187">
+        <v>155</v>
+      </c>
+      <c s="13" r="G187">
+        <v>152</v>
+      </c>
+      <c s="6" t="str" r="H187"/>
+      <c s="13" r="I187">
+        <v>169</v>
+      </c>
+      <c s="13" r="J187">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="188" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B188"/>
+      <c s="25" t="str" r="C188"/>
+      <c s="23" t="inlineStr" r="D188">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E188">
+        <v>278</v>
+      </c>
+      <c s="13" r="F188">
+        <v>288</v>
+      </c>
+      <c s="13" r="G188">
+        <v>300</v>
+      </c>
+      <c s="6" t="str" r="H188"/>
+      <c s="13" r="I188">
+        <v>271</v>
+      </c>
+      <c s="13" r="J188">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="189" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B189"/>
+      <c s="25" t="str" r="C189"/>
+      <c s="10" t="inlineStr" r="D189">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E189">
+        <v>536</v>
+      </c>
+      <c s="11" r="F189">
+        <v>541</v>
+      </c>
+      <c s="11" r="G189">
+        <v>543</v>
+      </c>
+      <c s="6" t="str" r="H189"/>
+      <c s="11" r="I189">
+        <v>529</v>
+      </c>
+      <c s="11" r="J189">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="190" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B190"/>
+      <c s="27" t="str" r="C190"/>
+      <c s="23" t="inlineStr" r="D190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H190"/>
+      <c s="23" t="inlineStr" r="I190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="191" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B191">
+        <is>
+          <t xml:space="preserve">Infectious Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C191"/>
+      <c s="23" t="inlineStr" r="D191">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E191">
+        <v>60</v>
+      </c>
+      <c s="13" r="F191">
+        <v>75</v>
+      </c>
+      <c s="13" r="G191">
+        <v>55</v>
+      </c>
+      <c s="6" t="str" r="H191"/>
+      <c s="13" r="I191">
+        <v>72</v>
+      </c>
+      <c s="13" r="J191">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="192" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B192"/>
+      <c s="25" t="str" r="C192"/>
+      <c s="23" t="inlineStr" r="D192">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E192">
+        <v>225</v>
+      </c>
+      <c s="13" r="F192">
+        <v>219</v>
+      </c>
+      <c s="13" r="G192">
+        <v>175</v>
+      </c>
+      <c s="6" t="str" r="H192"/>
+      <c s="13" r="I192">
+        <v>217</v>
+      </c>
+      <c s="13" r="J192">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="193" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B193"/>
+      <c s="25" t="str" r="C193"/>
+      <c s="23" t="inlineStr" r="D193">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E193">
+        <v>180</v>
+      </c>
+      <c s="13" r="F193">
+        <v>178</v>
+      </c>
+      <c s="13" r="G193">
+        <v>186</v>
+      </c>
+      <c s="6" t="str" r="H193"/>
+      <c s="13" r="I193">
+        <v>155</v>
+      </c>
+      <c s="13" r="J193">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="194" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B194"/>
+      <c s="25" t="str" r="C194"/>
+      <c s="10" t="inlineStr" r="D194">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E194">
+        <v>465</v>
+      </c>
+      <c s="11" r="F194">
+        <v>472</v>
+      </c>
+      <c s="11" r="G194">
+        <v>416</v>
+      </c>
+      <c s="6" t="str" r="H194"/>
+      <c s="11" r="I194">
+        <v>444</v>
+      </c>
+      <c s="11" r="J194">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="195" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B195"/>
+      <c s="27" t="str" r="C195"/>
+      <c s="23" t="inlineStr" r="D195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H195"/>
+      <c s="23" t="inlineStr" r="I195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="196" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B196">
+        <is>
+          <t xml:space="preserve">Interventional Cardiology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C196"/>
+      <c s="23" t="inlineStr" r="D196">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E196">
+        <v>32</v>
+      </c>
+      <c s="13" r="F196">
+        <v>26</v>
+      </c>
+      <c s="28" t="inlineStr" r="G196">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H196"/>
+      <c s="13" r="I196">
+        <v>34</v>
+      </c>
+      <c s="13" r="J196">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="197" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B197"/>
+      <c s="25" t="str" r="C197"/>
+      <c s="23" t="inlineStr" r="D197">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E197">
+        <v>216</v>
+      </c>
+      <c s="13" r="F197">
+        <v>154</v>
+      </c>
+      <c s="28" t="inlineStr" r="G197">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H197"/>
+      <c s="13" r="I197">
+        <v>180</v>
+      </c>
+      <c s="13" r="J197">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="198" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B198"/>
+      <c s="25" t="str" r="C198"/>
+      <c s="23" t="inlineStr" r="D198">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E198">
+        <v>95</v>
+      </c>
+      <c s="13" r="F198">
+        <v>100</v>
+      </c>
+      <c s="28" t="inlineStr" r="G198">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H198"/>
+      <c s="13" r="I198">
+        <v>105</v>
+      </c>
+      <c s="13" r="J198">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="199" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B199"/>
+      <c s="25" t="str" r="C199"/>
+      <c s="10" t="inlineStr" r="D199">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E199">
+        <v>343</v>
+      </c>
+      <c s="11" r="F199">
+        <v>280</v>
+      </c>
+      <c s="28" t="inlineStr" r="G199">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H199"/>
+      <c s="11" r="I199">
+        <v>319</v>
+      </c>
+      <c s="11" r="J199">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="200" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B200"/>
+      <c s="27" t="str" r="C200"/>
+      <c s="23" t="inlineStr" r="D200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H200"/>
+      <c s="23" t="inlineStr" r="I200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="201" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B201">
+        <is>
+          <t xml:space="preserve">Interventional Radiology - Independent</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C201"/>
+      <c s="23" t="inlineStr" r="D201">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E201">
+        <v>19</v>
+      </c>
+      <c s="13" r="F201">
         <v>21</v>
       </c>
-      <c r="J6" s="3" t="s">
+      <c s="13" r="G201">
+        <v>19</v>
+      </c>
+      <c s="6" t="str" r="H201"/>
+      <c s="13" r="I201">
+        <v>15</v>
+      </c>
+      <c s="13" r="J201">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="202" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B202"/>
+      <c s="25" t="str" r="C202"/>
+      <c s="23" t="inlineStr" r="D202">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E202">
+        <v>30</v>
+      </c>
+      <c s="13" r="F202">
+        <v>37</v>
+      </c>
+      <c s="13" r="G202">
+        <v>36</v>
+      </c>
+      <c s="6" t="str" r="H202"/>
+      <c s="13" r="I202">
+        <v>35</v>
+      </c>
+      <c s="13" r="J202">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
-      <c r="B7" s="20" t="s">
+    <row r="203" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B203"/>
+      <c s="25" t="str" r="C203"/>
+      <c s="23" t="inlineStr" r="D203">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E203">
+        <v>87</v>
+      </c>
+      <c s="13" r="F203">
+        <v>89</v>
+      </c>
+      <c s="13" r="G203">
+        <v>50</v>
+      </c>
+      <c s="6" t="str" r="H203"/>
+      <c s="13" r="I203">
+        <v>57</v>
+      </c>
+      <c s="13" r="J203">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="204" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B204"/>
+      <c s="25" t="str" r="C204"/>
+      <c s="10" t="inlineStr" r="D204">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E204">
+        <v>136</v>
+      </c>
+      <c s="11" r="F204">
+        <v>147</v>
+      </c>
+      <c s="11" r="G204">
+        <v>105</v>
+      </c>
+      <c s="6" t="str" r="H204"/>
+      <c s="11" r="I204">
+        <v>107</v>
+      </c>
+      <c s="11" r="J204">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="205" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B205"/>
+      <c s="27" t="str" r="C205"/>
+      <c s="23" t="inlineStr" r="D205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H205"/>
+      <c s="23" t="inlineStr" r="I205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="206" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B206">
+        <is>
+          <t xml:space="preserve">Maternal-Fetal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C206"/>
+      <c s="23" t="inlineStr" r="D206">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E206">
+        <v>20</v>
+      </c>
+      <c s="13" r="F206">
+        <v>14</v>
+      </c>
+      <c s="13" r="G206">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H206"/>
+      <c s="13" r="I206">
+        <v>17</v>
+      </c>
+      <c s="28" t="inlineStr" r="J206">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B207"/>
+      <c s="25" t="str" r="C207"/>
+      <c s="23" t="inlineStr" r="D207">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E207">
+        <v>18</v>
+      </c>
+      <c s="13" r="F207">
+        <v>24</v>
+      </c>
+      <c s="13" r="G207">
+        <v>22</v>
+      </c>
+      <c s="6" t="str" r="H207"/>
+      <c s="13" r="I207">
+        <v>21</v>
+      </c>
+      <c s="28" t="inlineStr" r="J207">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B208"/>
+      <c s="25" t="str" r="C208"/>
+      <c s="23" t="inlineStr" r="D208">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E208">
+        <v>136</v>
+      </c>
+      <c s="13" r="F208">
+        <v>144</v>
+      </c>
+      <c s="13" r="G208">
+        <v>124</v>
+      </c>
+      <c s="6" t="str" r="H208"/>
+      <c s="13" r="I208">
+        <v>138</v>
+      </c>
+      <c s="28" t="inlineStr" r="J208">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B209"/>
+      <c s="25" t="str" r="C209"/>
+      <c s="10" t="inlineStr" r="D209">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E209">
+        <v>174</v>
+      </c>
+      <c s="11" r="F209">
+        <v>182</v>
+      </c>
+      <c s="11" r="G209">
+        <v>159</v>
+      </c>
+      <c s="6" t="str" r="H209"/>
+      <c s="11" r="I209">
+        <v>176</v>
+      </c>
+      <c s="11" r="J209">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="210" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B210"/>
+      <c s="27" t="str" r="C210"/>
+      <c s="23" t="inlineStr" r="D210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H210"/>
+      <c s="23" t="inlineStr" r="I210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="211" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B211">
+        <is>
+          <t xml:space="preserve">Medical Genetics and Genomics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C211"/>
+      <c s="23" t="inlineStr" r="D211">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H211"/>
+      <c s="28" t="inlineStr" r="I211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B212"/>
+      <c s="25" t="str" r="C212"/>
+      <c s="23" t="inlineStr" r="D212">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E212">
+        <v>19</v>
+      </c>
+      <c s="13" r="F212">
+        <v>22</v>
+      </c>
+      <c s="13" r="G212">
+        <v>19</v>
+      </c>
+      <c s="6" t="str" r="H212"/>
+      <c s="13" r="I212">
+        <v>25</v>
+      </c>
+      <c s="13" r="J212">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="213" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B213"/>
+      <c s="25" t="str" r="C213"/>
+      <c s="23" t="inlineStr" r="D213">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E213">
+        <v>7</v>
+      </c>
+      <c s="13" r="F213">
+        <v>10</v>
+      </c>
+      <c s="13" r="G213">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H213"/>
+      <c s="13" r="I213">
+        <v>10</v>
+      </c>
+      <c s="13" r="J213">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="214" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B214"/>
+      <c s="25" t="str" r="C214"/>
+      <c s="10" t="inlineStr" r="D214">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E214">
+        <v>30</v>
+      </c>
+      <c s="11" r="F214">
+        <v>35</v>
+      </c>
+      <c s="11" r="G214">
+        <v>33</v>
+      </c>
+      <c s="6" t="str" r="H214"/>
+      <c s="11" r="I214">
+        <v>36</v>
+      </c>
+      <c s="11" r="J214">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="215" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B215"/>
+      <c s="27" t="str" r="C215"/>
+      <c s="23" t="inlineStr" r="D215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H215"/>
+      <c s="23" t="inlineStr" r="I215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="216" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B216">
+        <is>
+          <t xml:space="preserve">Medical Genetics and Genomics/Maternal-Fetal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C216"/>
+      <c s="23" t="inlineStr" r="D216">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H216"/>
+      <c s="28" t="inlineStr" r="I216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B217"/>
+      <c s="25" t="str" r="C217"/>
+      <c s="23" t="inlineStr" r="D217">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H217"/>
+      <c s="13" r="I217">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="J217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B218"/>
+      <c s="25" t="str" r="C218"/>
+      <c s="10" t="inlineStr" r="D218">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H218"/>
+      <c s="11" r="I218">
+        <v>6</v>
+      </c>
+      <c s="28" t="inlineStr" r="J218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B219"/>
+      <c s="27" t="str" r="C219"/>
+      <c s="23" t="inlineStr" r="D219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H219"/>
+      <c s="23" t="inlineStr" r="I219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="220" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B220">
+        <is>
+          <t xml:space="preserve">Medical Oncology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C220"/>
+      <c s="23" t="inlineStr" r="D220">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E220">
+        <v>15</v>
+      </c>
+      <c s="13" r="F220">
+        <v>11</v>
+      </c>
+      <c s="13" r="G220">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H220"/>
+      <c s="13" r="I220">
+        <v>14</v>
+      </c>
+      <c s="13" r="J220">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="221" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B221"/>
+      <c s="25" t="str" r="C221"/>
+      <c s="23" t="inlineStr" r="D221">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E221">
+        <v>150</v>
+      </c>
+      <c s="13" r="F221">
+        <v>84</v>
+      </c>
+      <c s="13" r="G221">
+        <v>64</v>
+      </c>
+      <c s="6" t="str" r="H221"/>
+      <c s="13" r="I221">
+        <v>47</v>
+      </c>
+      <c s="13" r="J221">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="222" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B222"/>
+      <c s="25" t="str" r="C222"/>
+      <c s="23" t="inlineStr" r="D222">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E222">
+        <v>158</v>
+      </c>
+      <c s="13" r="F222">
+        <v>8</v>
+      </c>
+      <c s="13" r="G222">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H222"/>
+      <c s="13" r="I222">
+        <v>12</v>
+      </c>
+      <c s="13" r="J222">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B223"/>
+      <c s="25" t="str" r="C223"/>
+      <c s="10" t="inlineStr" r="D223">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E223">
+        <v>323</v>
+      </c>
+      <c s="11" r="F223">
+        <v>103</v>
+      </c>
+      <c s="11" r="G223">
+        <v>85</v>
+      </c>
+      <c s="6" t="str" r="H223"/>
+      <c s="11" r="I223">
+        <v>73</v>
+      </c>
+      <c s="11" r="J223">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="224" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B224"/>
+      <c s="27" t="str" r="C224"/>
+      <c s="23" t="inlineStr" r="D224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H224"/>
+      <c s="23" t="inlineStr" r="I224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="225" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B225">
+        <is>
+          <t xml:space="preserve">Medical Toxicology (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C225"/>
+      <c s="23" t="inlineStr" r="D225">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E225">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F225">
+        <v>11</v>
+      </c>
+      <c s="13" r="G225">
+        <v>12</v>
+      </c>
+      <c s="6" t="str" r="H225"/>
+      <c s="13" r="I225">
+        <v>11</v>
+      </c>
+      <c s="13" r="J225">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="226" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B226"/>
+      <c s="25" t="str" r="C226"/>
+      <c s="23" t="inlineStr" r="D226">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F226">
+        <v>11</v>
+      </c>
+      <c s="28" t="inlineStr" r="G226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H226"/>
+      <c s="28" t="inlineStr" r="I226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J226">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B227"/>
+      <c s="25" t="str" r="C227"/>
+      <c s="23" t="inlineStr" r="D227">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E227">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F227">
+        <v>52</v>
+      </c>
+      <c s="13" r="G227">
+        <v>44</v>
+      </c>
+      <c s="6" t="str" r="H227"/>
+      <c s="13" r="I227">
+        <v>45</v>
+      </c>
+      <c s="13" r="J227">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="228" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B228"/>
+      <c s="25" t="str" r="C228"/>
+      <c s="10" t="inlineStr" r="D228">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E228">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F228">
+        <v>74</v>
+      </c>
+      <c s="11" r="G228">
+        <v>60</v>
+      </c>
+      <c s="6" t="str" r="H228"/>
+      <c s="11" r="I228">
+        <v>60</v>
+      </c>
+      <c s="11" r="J228">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="229" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B229"/>
+      <c s="27" t="str" r="C229"/>
+      <c s="23" t="inlineStr" r="D229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H229"/>
+      <c s="23" t="inlineStr" r="I229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="230" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B230">
+        <is>
+          <t xml:space="preserve">Medical Toxicology (Preventive Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C230"/>
+      <c s="23" t="inlineStr" r="D230">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F230">
+        <v>6</v>
+      </c>
+      <c s="28" t="inlineStr" r="G230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H230"/>
+      <c s="28" t="inlineStr" r="I230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B231"/>
+      <c s="25" t="str" r="C231"/>
+      <c s="23" t="inlineStr" r="D231">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H231"/>
+      <c s="28" t="inlineStr" r="I231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B232"/>
+      <c s="25" t="str" r="C232"/>
+      <c s="23" t="inlineStr" r="D232">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F232">
+        <v>18</v>
+      </c>
+      <c s="28" t="inlineStr" r="G232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H232"/>
+      <c s="28" t="inlineStr" r="I232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B233"/>
+      <c s="25" t="str" r="C233"/>
+      <c s="10" t="inlineStr" r="D233">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F233">
+        <v>27</v>
+      </c>
+      <c s="28" t="inlineStr" r="G233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H233"/>
+      <c s="28" t="inlineStr" r="I233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B234"/>
+      <c s="27" t="str" r="C234"/>
+      <c s="23" t="inlineStr" r="D234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H234"/>
+      <c s="23" t="inlineStr" r="I234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="235" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B235">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C235"/>
+      <c s="23" t="inlineStr" r="D235">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E235">
+        <v>45</v>
+      </c>
+      <c s="13" r="F235">
+        <v>50</v>
+      </c>
+      <c s="13" r="G235">
+        <v>65</v>
+      </c>
+      <c s="6" t="str" r="H235"/>
+      <c s="13" r="I235">
+        <v>54</v>
+      </c>
+      <c s="13" r="J235">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="236" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B236"/>
+      <c s="25" t="str" r="C236"/>
+      <c s="23" t="inlineStr" r="D236">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E236">
+        <v>100</v>
+      </c>
+      <c s="13" r="F236">
+        <v>100</v>
+      </c>
+      <c s="13" r="G236">
+        <v>98</v>
+      </c>
+      <c s="6" t="str" r="H236"/>
+      <c s="13" r="I236">
+        <v>97</v>
+      </c>
+      <c s="13" r="J236">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="237" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B237"/>
+      <c s="25" t="str" r="C237"/>
+      <c s="23" t="inlineStr" r="D237">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E237">
+        <v>188</v>
+      </c>
+      <c s="13" r="F237">
+        <v>160</v>
+      </c>
+      <c s="13" r="G237">
+        <v>136</v>
+      </c>
+      <c s="6" t="str" r="H237"/>
+      <c s="13" r="I237">
+        <v>167</v>
+      </c>
+      <c s="13" r="J237">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="238" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B238"/>
+      <c s="25" t="str" r="C238"/>
+      <c s="10" t="inlineStr" r="D238">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E238">
+        <v>333</v>
+      </c>
+      <c s="11" r="F238">
+        <v>310</v>
+      </c>
+      <c s="11" r="G238">
+        <v>299</v>
+      </c>
+      <c s="6" t="str" r="H238"/>
+      <c s="11" r="I238">
+        <v>318</v>
+      </c>
+      <c s="11" r="J238">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="239" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B239"/>
+      <c s="27" t="str" r="C239"/>
+      <c s="23" t="inlineStr" r="D239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H239"/>
+      <c s="23" t="inlineStr" r="I239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="240" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B240">
+        <is>
+          <t xml:space="preserve">Nephrology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C240"/>
+      <c s="23" t="inlineStr" r="D240">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E240">
+        <v>87</v>
+      </c>
+      <c s="13" r="F240">
+        <v>78</v>
+      </c>
+      <c s="13" r="G240">
+        <v>82</v>
+      </c>
+      <c s="6" t="str" r="H240"/>
+      <c s="13" r="I240">
+        <v>100</v>
+      </c>
+      <c s="13" r="J240">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="241" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B241"/>
+      <c s="25" t="str" r="C241"/>
+      <c s="23" t="inlineStr" r="D241">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E241">
+        <v>341</v>
+      </c>
+      <c s="13" r="F241">
+        <v>342</v>
+      </c>
+      <c s="13" r="G241">
+        <v>317</v>
+      </c>
+      <c s="6" t="str" r="H241"/>
+      <c s="13" r="I241">
+        <v>326</v>
+      </c>
+      <c s="13" r="J241">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="242" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B242"/>
+      <c s="25" t="str" r="C242"/>
+      <c s="23" t="inlineStr" r="D242">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E242">
+        <v>111</v>
+      </c>
+      <c s="13" r="F242">
+        <v>113</v>
+      </c>
+      <c s="13" r="G242">
+        <v>91</v>
+      </c>
+      <c s="6" t="str" r="H242"/>
+      <c s="13" r="I242">
+        <v>105</v>
+      </c>
+      <c s="13" r="J242">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="243" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B243"/>
+      <c s="25" t="str" r="C243"/>
+      <c s="10" t="inlineStr" r="D243">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E243">
+        <v>539</v>
+      </c>
+      <c s="11" r="F243">
+        <v>533</v>
+      </c>
+      <c s="11" r="G243">
+        <v>490</v>
+      </c>
+      <c s="6" t="str" r="H243"/>
+      <c s="11" r="I243">
+        <v>531</v>
+      </c>
+      <c s="11" r="J243">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="244" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B244"/>
+      <c s="27" t="str" r="C244"/>
+      <c s="23" t="inlineStr" r="D244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H244"/>
+      <c s="23" t="inlineStr" r="I244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="245" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B245">
+        <is>
+          <t xml:space="preserve">Neuroendovascular</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C245"/>
+      <c s="23" t="inlineStr" r="D245">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H245"/>
+      <c s="28" t="inlineStr" r="I245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J245">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="246" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B246"/>
+      <c s="25" t="str" r="C246"/>
+      <c s="23" t="inlineStr" r="D246">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H246"/>
+      <c s="28" t="inlineStr" r="I246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J246">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="247" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B247"/>
+      <c s="25" t="str" r="C247"/>
+      <c s="10" t="inlineStr" r="D247">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H247"/>
+      <c s="28" t="inlineStr" r="I247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="J247">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="248" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B248"/>
+      <c s="27" t="str" r="C248"/>
+      <c s="23" t="inlineStr" r="D248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H248"/>
+      <c s="23" t="inlineStr" r="I248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="249" ht="15.8" customHeight="0">
+      <c s="10" t="inlineStr" r="B249">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Neurological Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C249"/>
+      <c s="23" t="inlineStr" r="D249">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H249"/>
+      <c s="28" t="inlineStr" r="I249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J249">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="250" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B250"/>
+      <c s="25" t="str" r="C250"/>
+      <c s="23" t="inlineStr" r="D250">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H250"/>
+      <c s="28" t="inlineStr" r="I250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J250">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="251" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B251"/>
+      <c s="25" t="str" r="C251"/>
+      <c s="10" t="inlineStr" r="D251">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H251"/>
+      <c s="28" t="inlineStr" r="I251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="J251">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="252" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B252"/>
+      <c s="27" t="str" r="C252"/>
+      <c s="23" t="inlineStr" r="D252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H252"/>
+      <c s="23" t="inlineStr" r="I252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="253" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B253">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C253"/>
+      <c s="23" t="inlineStr" r="D253">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H253"/>
+      <c s="28" t="inlineStr" r="I253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J253">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="254" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B254"/>
+      <c s="25" t="str" r="C254"/>
+      <c s="23" t="inlineStr" r="D254">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H254"/>
+      <c s="28" t="inlineStr" r="I254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J254">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="255" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B255"/>
+      <c s="25" t="str" r="C255"/>
+      <c s="10" t="inlineStr" r="D255">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H255"/>
+      <c s="28" t="inlineStr" r="I255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="J255">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="256" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B256"/>
+      <c s="27" t="str" r="C256"/>
+      <c s="23" t="inlineStr" r="D256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H256"/>
+      <c s="23" t="inlineStr" r="I256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="257" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B257">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Radiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C257"/>
+      <c s="23" t="inlineStr" r="D257">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H257"/>
+      <c s="28" t="inlineStr" r="I257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J257">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="258" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B258"/>
+      <c s="25" t="str" r="C258"/>
+      <c s="23" t="inlineStr" r="D258">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H258"/>
+      <c s="28" t="inlineStr" r="I258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J258">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="259" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B259"/>
+      <c s="25" t="str" r="C259"/>
+      <c s="10" t="inlineStr" r="D259">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H259"/>
+      <c s="28" t="inlineStr" r="I259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="J259">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="260" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B260"/>
+      <c s="27" t="str" r="C260"/>
+      <c s="23" t="inlineStr" r="D260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H260"/>
+      <c s="23" t="inlineStr" r="I260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="261" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B261">
+        <is>
+          <t xml:space="preserve">Neuroradiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C261"/>
+      <c s="23" t="inlineStr" r="D261">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E261">
+        <v>39</v>
+      </c>
+      <c s="13" r="F261">
+        <v>35</v>
+      </c>
+      <c s="13" r="G261">
+        <v>49</v>
+      </c>
+      <c s="6" t="str" r="H261"/>
+      <c s="13" r="I261">
+        <v>42</v>
+      </c>
+      <c s="13" r="J261">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="262" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B262"/>
+      <c s="25" t="str" r="C262"/>
+      <c s="23" t="inlineStr" r="D262">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E262">
+        <v>64</v>
+      </c>
+      <c s="13" r="F262">
+        <v>71</v>
+      </c>
+      <c s="13" r="G262">
+        <v>80</v>
+      </c>
+      <c s="6" t="str" r="H262"/>
+      <c s="13" r="I262">
+        <v>70</v>
+      </c>
+      <c s="13" r="J262">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="263" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B263"/>
+      <c s="25" t="str" r="C263"/>
+      <c s="23" t="inlineStr" r="D263">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E263">
+        <v>175</v>
+      </c>
+      <c s="13" r="F263">
+        <v>155</v>
+      </c>
+      <c s="13" r="G263">
+        <v>177</v>
+      </c>
+      <c s="6" t="str" r="H263"/>
+      <c s="13" r="I263">
+        <v>188</v>
+      </c>
+      <c s="13" r="J263">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="264" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B264"/>
+      <c s="25" t="str" r="C264"/>
+      <c s="10" t="inlineStr" r="D264">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E264">
+        <v>278</v>
+      </c>
+      <c s="11" r="F264">
+        <v>261</v>
+      </c>
+      <c s="11" r="G264">
+        <v>306</v>
+      </c>
+      <c s="6" t="str" r="H264"/>
+      <c s="11" r="I264">
+        <v>300</v>
+      </c>
+      <c s="11" r="J264">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="265" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B265"/>
+      <c s="27" t="str" r="C265"/>
+      <c s="23" t="inlineStr" r="D265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H265"/>
+      <c s="23" t="inlineStr" r="I265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="266" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B266">
+        <is>
+          <t xml:space="preserve">Pain Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C266"/>
+      <c s="23" t="inlineStr" r="D266">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E266">
+        <v>155</v>
+      </c>
+      <c s="13" r="F266">
+        <v>121</v>
+      </c>
+      <c s="13" r="G266">
+        <v>121</v>
+      </c>
+      <c s="6" t="str" r="H266"/>
+      <c s="13" r="I266">
+        <v>133</v>
+      </c>
+      <c s="13" r="J266">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="267" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B267"/>
+      <c s="25" t="str" r="C267"/>
+      <c s="23" t="inlineStr" r="D267">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E267">
+        <v>99</v>
+      </c>
+      <c s="13" r="F267">
+        <v>80</v>
+      </c>
+      <c s="13" r="G267">
+        <v>86</v>
+      </c>
+      <c s="6" t="str" r="H267"/>
+      <c s="13" r="I267">
+        <v>86</v>
+      </c>
+      <c s="13" r="J267">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="268" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B268"/>
+      <c s="25" t="str" r="C268"/>
+      <c s="23" t="inlineStr" r="D268">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E268">
+        <v>294</v>
+      </c>
+      <c s="13" r="F268">
+        <v>245</v>
+      </c>
+      <c s="13" r="G268">
+        <v>218</v>
+      </c>
+      <c s="6" t="str" r="H268"/>
+      <c s="13" r="I268">
+        <v>223</v>
+      </c>
+      <c s="13" r="J268">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="269" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B269"/>
+      <c s="25" t="str" r="C269"/>
+      <c s="10" t="inlineStr" r="D269">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E269">
+        <v>548</v>
+      </c>
+      <c s="11" r="F269">
+        <v>446</v>
+      </c>
+      <c s="11" r="G269">
+        <v>425</v>
+      </c>
+      <c s="6" t="str" r="H269"/>
+      <c s="11" r="I269">
+        <v>442</v>
+      </c>
+      <c s="11" r="J269">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="270" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B270"/>
+      <c s="27" t="str" r="C270"/>
+      <c s="23" t="inlineStr" r="D270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H270"/>
+      <c s="23" t="inlineStr" r="I270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="271" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B271">
+        <is>
+          <t xml:space="preserve">Pediatric Anesthesiology (Anesthesiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C271"/>
+      <c s="23" t="inlineStr" r="D271">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E271">
+        <v>24</v>
+      </c>
+      <c s="13" r="F271">
+        <v>29</v>
+      </c>
+      <c s="28" t="inlineStr" r="G271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H271"/>
+      <c s="28" t="inlineStr" r="I271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B272"/>
+      <c s="25" t="str" r="C272"/>
+      <c s="23" t="inlineStr" r="D272">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E272">
         <v>23</v>
       </c>
-      <c r="C7" s="28"/>
-      <c r="D7" s="10" t="s">
+      <c s="13" r="F272">
+        <v>20</v>
+      </c>
+      <c s="28" t="inlineStr" r="G272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H272"/>
+      <c s="28" t="inlineStr" r="I272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B273"/>
+      <c s="25" t="str" r="C273"/>
+      <c s="23" t="inlineStr" r="D273">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E273">
+        <v>126</v>
+      </c>
+      <c s="13" r="F273">
+        <v>96</v>
+      </c>
+      <c s="28" t="inlineStr" r="G273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H273"/>
+      <c s="28" t="inlineStr" r="I273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B274"/>
+      <c s="25" t="str" r="C274"/>
+      <c s="10" t="inlineStr" r="D274">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E274">
+        <v>173</v>
+      </c>
+      <c s="11" r="F274">
+        <v>145</v>
+      </c>
+      <c s="28" t="inlineStr" r="G274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H274"/>
+      <c s="28" t="inlineStr" r="I274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B275"/>
+      <c s="27" t="str" r="C275"/>
+      <c s="23" t="inlineStr" r="D275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H275"/>
+      <c s="23" t="inlineStr" r="I275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="276" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B276">
+        <is>
+          <t xml:space="preserve">Pediatric Cardiology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C276"/>
+      <c s="23" t="inlineStr" r="D276">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E276">
+        <v>20</v>
+      </c>
+      <c s="13" r="F276">
+        <v>22</v>
+      </c>
+      <c s="13" r="G276">
+        <v>21</v>
+      </c>
+      <c s="6" t="str" r="H276"/>
+      <c s="13" r="I276">
+        <v>16</v>
+      </c>
+      <c s="13" r="J276">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="277" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B277"/>
+      <c s="25" t="str" r="C277"/>
+      <c s="23" t="inlineStr" r="D277">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E277">
+        <v>54</v>
+      </c>
+      <c s="13" r="F277">
+        <v>56</v>
+      </c>
+      <c s="13" r="G277">
+        <v>49</v>
+      </c>
+      <c s="6" t="str" r="H277"/>
+      <c s="13" r="I277">
+        <v>56</v>
+      </c>
+      <c s="13" r="J277">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="278" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B278"/>
+      <c s="25" t="str" r="C278"/>
+      <c s="23" t="inlineStr" r="D278">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E278">
+        <v>115</v>
+      </c>
+      <c s="13" r="F278">
+        <v>119</v>
+      </c>
+      <c s="13" r="G278">
+        <v>128</v>
+      </c>
+      <c s="6" t="str" r="H278"/>
+      <c s="13" r="I278">
+        <v>123</v>
+      </c>
+      <c s="13" r="J278">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="279" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B279"/>
+      <c s="25" t="str" r="C279"/>
+      <c s="10" t="inlineStr" r="D279">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E279">
+        <v>189</v>
+      </c>
+      <c s="11" r="F279">
+        <v>197</v>
+      </c>
+      <c s="11" r="G279">
+        <v>198</v>
+      </c>
+      <c s="6" t="str" r="H279"/>
+      <c s="11" r="I279">
+        <v>195</v>
+      </c>
+      <c s="11" r="J279">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="280" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B280"/>
+      <c s="27" t="str" r="C280"/>
+      <c s="23" t="inlineStr" r="D280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H280"/>
+      <c s="23" t="inlineStr" r="I280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="281" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B281">
+        <is>
+          <t xml:space="preserve">Pediatric Critical Care Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C281"/>
+      <c s="23" t="inlineStr" r="D281">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E281">
+        <v>36</v>
+      </c>
+      <c s="13" r="F281">
+        <v>31</v>
+      </c>
+      <c s="13" r="G281">
+        <v>43</v>
+      </c>
+      <c s="6" t="str" r="H281"/>
+      <c s="13" r="I281">
+        <v>44</v>
+      </c>
+      <c s="13" r="J281">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="282" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B282"/>
+      <c s="25" t="str" r="C282"/>
+      <c s="23" t="inlineStr" r="D282">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E282">
+        <v>59</v>
+      </c>
+      <c s="13" r="F282">
+        <v>60</v>
+      </c>
+      <c s="13" r="G282">
+        <v>41</v>
+      </c>
+      <c s="6" t="str" r="H282"/>
+      <c s="13" r="I282">
+        <v>46</v>
+      </c>
+      <c s="13" r="J282">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="283" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B283"/>
+      <c s="25" t="str" r="C283"/>
+      <c s="23" t="inlineStr" r="D283">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E283">
+        <v>175</v>
+      </c>
+      <c s="13" r="F283">
+        <v>154</v>
+      </c>
+      <c s="13" r="G283">
+        <v>147</v>
+      </c>
+      <c s="6" t="str" r="H283"/>
+      <c s="13" r="I283">
+        <v>165</v>
+      </c>
+      <c s="13" r="J283">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="284" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B284"/>
+      <c s="25" t="str" r="C284"/>
+      <c s="10" t="inlineStr" r="D284">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E284">
+        <v>270</v>
+      </c>
+      <c s="11" r="F284">
+        <v>245</v>
+      </c>
+      <c s="11" r="G284">
+        <v>231</v>
+      </c>
+      <c s="6" t="str" r="H284"/>
+      <c s="11" r="I284">
+        <v>255</v>
+      </c>
+      <c s="11" r="J284">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="285" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B285"/>
+      <c s="27" t="str" r="C285"/>
+      <c s="23" t="inlineStr" r="D285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H285"/>
+      <c s="23" t="inlineStr" r="I285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="286" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B286">
+        <is>
+          <t xml:space="preserve">Pediatric Emergency Medicine (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C286"/>
+      <c s="23" t="inlineStr" r="D286">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E286">
+        <v>54</v>
+      </c>
+      <c s="13" r="F286">
+        <v>47</v>
+      </c>
+      <c s="13" r="G286">
+        <v>37</v>
+      </c>
+      <c s="6" t="str" r="H286"/>
+      <c s="13" r="I286">
+        <v>38</v>
+      </c>
+      <c s="13" r="J286">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="287" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B287"/>
+      <c s="25" t="str" r="C287"/>
+      <c s="23" t="inlineStr" r="D287">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E287">
+        <v>64</v>
+      </c>
+      <c s="13" r="F287">
+        <v>47</v>
+      </c>
+      <c s="13" r="G287">
+        <v>42</v>
+      </c>
+      <c s="6" t="str" r="H287"/>
+      <c s="13" r="I287">
+        <v>44</v>
+      </c>
+      <c s="13" r="J287">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="288" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B288"/>
+      <c s="25" t="str" r="C288"/>
+      <c s="23" t="inlineStr" r="D288">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E288">
+        <v>147</v>
+      </c>
+      <c s="13" r="F288">
+        <v>137</v>
+      </c>
+      <c s="13" r="G288">
+        <v>93</v>
+      </c>
+      <c s="6" t="str" r="H288"/>
+      <c s="13" r="I288">
+        <v>92</v>
+      </c>
+      <c s="13" r="J288">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="289" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B289"/>
+      <c s="25" t="str" r="C289"/>
+      <c s="10" t="inlineStr" r="D289">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E289">
+        <v>265</v>
+      </c>
+      <c s="11" r="F289">
+        <v>231</v>
+      </c>
+      <c s="11" r="G289">
+        <v>172</v>
+      </c>
+      <c s="6" t="str" r="H289"/>
+      <c s="11" r="I289">
+        <v>174</v>
+      </c>
+      <c s="11" r="J289">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="290" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B290"/>
+      <c s="27" t="str" r="C290"/>
+      <c s="23" t="inlineStr" r="D290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H290"/>
+      <c s="23" t="inlineStr" r="I290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="291" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B291">
+        <is>
+          <t xml:space="preserve">Pediatric Emergency Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C291"/>
+      <c s="23" t="inlineStr" r="D291">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E291">
+        <v>58</v>
+      </c>
+      <c s="13" r="F291">
+        <v>45</v>
+      </c>
+      <c s="13" r="G291">
+        <v>41</v>
+      </c>
+      <c s="6" t="str" r="H291"/>
+      <c s="13" r="I291">
+        <v>44</v>
+      </c>
+      <c s="13" r="J291">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="292" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B292"/>
+      <c s="25" t="str" r="C292"/>
+      <c s="23" t="inlineStr" r="D292">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E292">
+        <v>74</v>
+      </c>
+      <c s="13" r="F292">
+        <v>53</v>
+      </c>
+      <c s="13" r="G292">
+        <v>46</v>
+      </c>
+      <c s="6" t="str" r="H292"/>
+      <c s="13" r="I292">
+        <v>53</v>
+      </c>
+      <c s="13" r="J292">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="293" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B293"/>
+      <c s="25" t="str" r="C293"/>
+      <c s="23" t="inlineStr" r="D293">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E293">
+        <v>193</v>
+      </c>
+      <c s="13" r="F293">
+        <v>162</v>
+      </c>
+      <c s="13" r="G293">
+        <v>129</v>
+      </c>
+      <c s="6" t="str" r="H293"/>
+      <c s="13" r="I293">
+        <v>126</v>
+      </c>
+      <c s="13" r="J293">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="294" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B294"/>
+      <c s="25" t="str" r="C294"/>
+      <c s="10" t="inlineStr" r="D294">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E294">
+        <v>325</v>
+      </c>
+      <c s="11" r="F294">
+        <v>260</v>
+      </c>
+      <c s="11" r="G294">
+        <v>216</v>
+      </c>
+      <c s="6" t="str" r="H294"/>
+      <c s="11" r="I294">
+        <v>223</v>
+      </c>
+      <c s="11" r="J294">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="295" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B295"/>
+      <c s="27" t="str" r="C295"/>
+      <c s="23" t="inlineStr" r="D295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H295"/>
+      <c s="23" t="inlineStr" r="I295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="296" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B296">
+        <is>
+          <t xml:space="preserve">Pediatric Endocrinology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C296"/>
+      <c s="23" t="inlineStr" r="D296">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E296">
+        <v>12</v>
+      </c>
+      <c s="13" r="F296">
+        <v>11</v>
+      </c>
+      <c s="13" r="G296">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H296"/>
+      <c s="13" r="I296">
+        <v>8</v>
+      </c>
+      <c s="28" t="inlineStr" r="J296">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="297" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B297"/>
+      <c s="25" t="str" r="C297"/>
+      <c s="23" t="inlineStr" r="D297">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E297">
+        <v>33</v>
+      </c>
+      <c s="13" r="F297">
+        <v>33</v>
+      </c>
+      <c s="13" r="G297">
+        <v>26</v>
+      </c>
+      <c s="6" t="str" r="H297"/>
+      <c s="13" r="I297">
+        <v>27</v>
+      </c>
+      <c s="13" r="J297">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="298" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B298"/>
+      <c s="25" t="str" r="C298"/>
+      <c s="23" t="inlineStr" r="D298">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E298">
+        <v>38</v>
+      </c>
+      <c s="13" r="F298">
+        <v>36</v>
+      </c>
+      <c s="13" r="G298">
+        <v>34</v>
+      </c>
+      <c s="6" t="str" r="H298"/>
+      <c s="13" r="I298">
+        <v>35</v>
+      </c>
+      <c s="13" r="J298">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="299" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B299"/>
+      <c s="25" t="str" r="C299"/>
+      <c s="10" t="inlineStr" r="D299">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E299">
+        <v>83</v>
+      </c>
+      <c s="11" r="F299">
+        <v>80</v>
+      </c>
+      <c s="11" r="G299">
+        <v>71</v>
+      </c>
+      <c s="6" t="str" r="H299"/>
+      <c s="11" r="I299">
+        <v>70</v>
+      </c>
+      <c s="11" r="J299">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="300" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B300"/>
+      <c s="27" t="str" r="C300"/>
+      <c s="23" t="inlineStr" r="D300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H300"/>
+      <c s="23" t="inlineStr" r="I300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="301" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B301">
+        <is>
+          <t xml:space="preserve">Pediatric Gastroenterology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C301"/>
+      <c s="23" t="inlineStr" r="D301">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E301">
+        <v>18</v>
+      </c>
+      <c s="13" r="F301">
+        <v>22</v>
+      </c>
+      <c s="13" r="G301">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H301"/>
+      <c s="13" r="I301">
+        <v>16</v>
+      </c>
+      <c s="13" r="J301">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="302" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B302"/>
+      <c s="25" t="str" r="C302"/>
+      <c s="23" t="inlineStr" r="D302">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E302">
+        <v>48</v>
+      </c>
+      <c s="13" r="F302">
+        <v>50</v>
+      </c>
+      <c s="13" r="G302">
+        <v>38</v>
+      </c>
+      <c s="6" t="str" r="H302"/>
+      <c s="13" r="I302">
+        <v>53</v>
+      </c>
+      <c s="13" r="J302">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="303" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B303"/>
+      <c s="25" t="str" r="C303"/>
+      <c s="23" t="inlineStr" r="D303">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E303">
+        <v>69</v>
+      </c>
+      <c s="13" r="F303">
+        <v>65</v>
+      </c>
+      <c s="13" r="G303">
+        <v>55</v>
+      </c>
+      <c s="6" t="str" r="H303"/>
+      <c s="13" r="I303">
+        <v>52</v>
+      </c>
+      <c s="13" r="J303">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="304" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B304"/>
+      <c s="25" t="str" r="C304"/>
+      <c s="10" t="inlineStr" r="D304">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E304">
+        <v>135</v>
+      </c>
+      <c s="11" r="F304">
+        <v>137</v>
+      </c>
+      <c s="11" r="G304">
+        <v>104</v>
+      </c>
+      <c s="6" t="str" r="H304"/>
+      <c s="11" r="I304">
+        <v>121</v>
+      </c>
+      <c s="11" r="J304">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="305" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B305"/>
+      <c s="27" t="str" r="C305"/>
+      <c s="23" t="inlineStr" r="D305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H305"/>
+      <c s="23" t="inlineStr" r="I305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="306" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B306">
+        <is>
+          <t xml:space="preserve">Pediatric Hematology/Oncology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C306"/>
+      <c s="23" t="inlineStr" r="D306">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E306">
+        <v>26</v>
+      </c>
+      <c s="13" r="F306">
+        <v>25</v>
+      </c>
+      <c s="13" r="G306">
+        <v>16</v>
+      </c>
+      <c s="6" t="str" r="H306"/>
+      <c s="13" r="I306">
         <v>24</v>
       </c>
-      <c r="E7" s="7">
+      <c s="13" r="J306">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="307" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B307"/>
+      <c s="25" t="str" r="C307"/>
+      <c s="23" t="inlineStr" r="D307">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E307">
+        <v>51</v>
+      </c>
+      <c s="13" r="F307">
+        <v>45</v>
+      </c>
+      <c s="13" r="G307">
+        <v>38</v>
+      </c>
+      <c s="6" t="str" r="H307"/>
+      <c s="13" r="I307">
+        <v>38</v>
+      </c>
+      <c s="13" r="J307">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="308" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B308"/>
+      <c s="25" t="str" r="C308"/>
+      <c s="23" t="inlineStr" r="D308">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E308">
+        <v>93</v>
+      </c>
+      <c s="13" r="F308">
+        <v>103</v>
+      </c>
+      <c s="13" r="G308">
+        <v>84</v>
+      </c>
+      <c s="6" t="str" r="H308"/>
+      <c s="13" r="I308">
+        <v>101</v>
+      </c>
+      <c s="13" r="J308">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="309" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B309"/>
+      <c s="25" t="str" r="C309"/>
+      <c s="10" t="inlineStr" r="D309">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E309">
+        <v>170</v>
+      </c>
+      <c s="11" r="F309">
+        <v>173</v>
+      </c>
+      <c s="11" r="G309">
+        <v>138</v>
+      </c>
+      <c s="6" t="str" r="H309"/>
+      <c s="11" r="I309">
+        <v>163</v>
+      </c>
+      <c s="11" r="J309">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="310" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B310"/>
+      <c s="27" t="str" r="C310"/>
+      <c s="23" t="inlineStr" r="D310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H310"/>
+      <c s="23" t="inlineStr" r="I310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="311" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B311">
+        <is>
+          <t xml:space="preserve">Pediatric Hospital Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C311"/>
+      <c s="23" t="inlineStr" r="D311">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E311">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F311">
+        <v>22</v>
+      </c>
+      <c s="13" r="G311">
+        <v>23</v>
+      </c>
+      <c s="6" t="str" r="H311"/>
+      <c s="13" r="I311">
+        <v>24</v>
+      </c>
+      <c s="13" r="J311">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="312" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B312"/>
+      <c s="25" t="str" r="C312"/>
+      <c s="23" t="inlineStr" r="D312">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E312">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F312">
+        <v>20</v>
+      </c>
+      <c s="13" r="G312">
+        <v>24</v>
+      </c>
+      <c s="6" t="str" r="H312"/>
+      <c s="13" r="I312">
+        <v>19</v>
+      </c>
+      <c s="13" r="J312">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="313" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B313"/>
+      <c s="25" t="str" r="C313"/>
+      <c s="23" t="inlineStr" r="D313">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E313">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F313">
+        <v>93</v>
+      </c>
+      <c s="13" r="G313">
+        <v>105</v>
+      </c>
+      <c s="6" t="str" r="H313"/>
+      <c s="13" r="I313">
+        <v>100</v>
+      </c>
+      <c s="13" r="J313">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="314" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B314"/>
+      <c s="25" t="str" r="C314"/>
+      <c s="10" t="inlineStr" r="D314">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E314">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F314">
+        <v>135</v>
+      </c>
+      <c s="11" r="G314">
+        <v>152</v>
+      </c>
+      <c s="6" t="str" r="H314"/>
+      <c s="11" r="I314">
+        <v>143</v>
+      </c>
+      <c s="11" r="J314">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="315" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B315"/>
+      <c s="27" t="str" r="C315"/>
+      <c s="23" t="inlineStr" r="D315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H315"/>
+      <c s="23" t="inlineStr" r="I315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="316" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B316">
+        <is>
+          <t xml:space="preserve">Pediatric Infectious Diseases (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C316"/>
+      <c s="23" t="inlineStr" r="D316">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E316">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F316">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G316">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H316"/>
+      <c s="13" r="I316">
+        <v>8</v>
+      </c>
+      <c s="13" r="J316">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="317" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B317"/>
+      <c s="25" t="str" r="C317"/>
+      <c s="23" t="inlineStr" r="D317">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E317">
+        <v>32</v>
+      </c>
+      <c s="13" r="F317">
+        <v>22</v>
+      </c>
+      <c s="13" r="G317">
+        <v>18</v>
+      </c>
+      <c s="6" t="str" r="H317"/>
+      <c s="13" r="I317">
+        <v>18</v>
+      </c>
+      <c s="13" r="J317">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="318" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B318"/>
+      <c s="25" t="str" r="C318"/>
+      <c s="23" t="inlineStr" r="D318">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E318">
+        <v>30</v>
+      </c>
+      <c s="13" r="F318">
+        <v>40</v>
+      </c>
+      <c s="13" r="G318">
         <v>31</v>
       </c>
-      <c r="F7" s="7">
-[...2 lines deleted...]
-      <c r="G7" s="24">
+      <c s="6" t="str" r="H318"/>
+      <c s="13" r="I318">
+        <v>38</v>
+      </c>
+      <c s="13" r="J318">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="319" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B319"/>
+      <c s="25" t="str" r="C319"/>
+      <c s="10" t="inlineStr" r="D319">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E319">
+        <v>67</v>
+      </c>
+      <c s="11" r="F319">
+        <v>64</v>
+      </c>
+      <c s="11" r="G319">
+        <v>51</v>
+      </c>
+      <c s="6" t="str" r="H319"/>
+      <c s="11" r="I319">
+        <v>64</v>
+      </c>
+      <c s="11" r="J319">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="320" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B320"/>
+      <c s="27" t="str" r="C320"/>
+      <c s="23" t="inlineStr" r="D320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H320"/>
+      <c s="23" t="inlineStr" r="I320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="321" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B321">
+        <is>
+          <t xml:space="preserve">Pediatric Nephrology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C321"/>
+      <c s="23" t="inlineStr" r="D321">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E321">
+        <v>7</v>
+      </c>
+      <c s="13" r="F321">
+        <v>5</v>
+      </c>
+      <c s="13" r="G321">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H321"/>
+      <c s="28" t="inlineStr" r="I321">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J321">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B322"/>
+      <c s="25" t="str" r="C322"/>
+      <c s="23" t="inlineStr" r="D322">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E322">
+        <v>17</v>
+      </c>
+      <c s="13" r="F322">
+        <v>14</v>
+      </c>
+      <c s="13" r="G322">
+        <v>12</v>
+      </c>
+      <c s="6" t="str" r="H322"/>
+      <c s="13" r="I322">
+        <v>13</v>
+      </c>
+      <c s="13" r="J322">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="323" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B323"/>
+      <c s="25" t="str" r="C323"/>
+      <c s="23" t="inlineStr" r="D323">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E323">
+        <v>22</v>
+      </c>
+      <c s="13" r="F323">
+        <v>27</v>
+      </c>
+      <c s="13" r="G323">
+        <v>26</v>
+      </c>
+      <c s="6" t="str" r="H323"/>
+      <c s="13" r="I323">
+        <v>22</v>
+      </c>
+      <c s="13" r="J323">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="324" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B324"/>
+      <c s="25" t="str" r="C324"/>
+      <c s="10" t="inlineStr" r="D324">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E324">
+        <v>46</v>
+      </c>
+      <c s="11" r="F324">
+        <v>46</v>
+      </c>
+      <c s="11" r="G324">
+        <v>44</v>
+      </c>
+      <c s="6" t="str" r="H324"/>
+      <c s="11" r="I324">
+        <v>38</v>
+      </c>
+      <c s="11" r="J324">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="325" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B325"/>
+      <c s="27" t="str" r="C325"/>
+      <c s="23" t="inlineStr" r="D325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H325"/>
+      <c s="23" t="inlineStr" r="I325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="326" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B326">
+        <is>
+          <t xml:space="preserve">Pediatric Pulmonology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C326"/>
+      <c s="23" t="inlineStr" r="D326">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E326">
+        <v>6</v>
+      </c>
+      <c s="13" r="F326">
+        <v>8</v>
+      </c>
+      <c s="13" r="G326">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H326"/>
+      <c s="13" r="I326">
+        <v>6</v>
+      </c>
+      <c s="13" r="J326">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="327" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B327"/>
+      <c s="25" t="str" r="C327"/>
+      <c s="23" t="inlineStr" r="D327">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E327">
+        <v>32</v>
+      </c>
+      <c s="13" r="F327">
+        <v>29</v>
+      </c>
+      <c s="13" r="G327">
+        <v>24</v>
+      </c>
+      <c s="6" t="str" r="H327"/>
+      <c s="13" r="I327">
+        <v>30</v>
+      </c>
+      <c s="13" r="J327">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="328" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B328"/>
+      <c s="25" t="str" r="C328"/>
+      <c s="23" t="inlineStr" r="D328">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E328">
+        <v>37</v>
+      </c>
+      <c s="13" r="F328">
+        <v>33</v>
+      </c>
+      <c s="13" r="G328">
+        <v>31</v>
+      </c>
+      <c s="6" t="str" r="H328"/>
+      <c s="13" r="I328">
+        <v>26</v>
+      </c>
+      <c s="13" r="J328">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="329" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B329"/>
+      <c s="25" t="str" r="C329"/>
+      <c s="10" t="inlineStr" r="D329">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E329">
+        <v>75</v>
+      </c>
+      <c s="11" r="F329">
+        <v>70</v>
+      </c>
+      <c s="11" r="G329">
+        <v>62</v>
+      </c>
+      <c s="6" t="str" r="H329"/>
+      <c s="11" r="I329">
+        <v>62</v>
+      </c>
+      <c s="11" r="J329">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="330" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B330"/>
+      <c s="27" t="str" r="C330"/>
+      <c s="23" t="inlineStr" r="D330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H330"/>
+      <c s="23" t="inlineStr" r="I330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="331" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B331">
+        <is>
+          <t xml:space="preserve">Pediatric Rehabilitation Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C331"/>
+      <c s="23" t="inlineStr" r="D331">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G331">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H331"/>
+      <c s="13" r="I331">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="J331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B332"/>
+      <c s="25" t="str" r="C332"/>
+      <c s="23" t="inlineStr" r="D332">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H332"/>
+      <c s="28" t="inlineStr" r="I332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="333" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B333"/>
+      <c s="25" t="str" r="C333"/>
+      <c s="23" t="inlineStr" r="D333">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E333">
+        <v>21</v>
+      </c>
+      <c s="13" r="F333">
+        <v>9</v>
+      </c>
+      <c s="13" r="G333">
+        <v>5</v>
+      </c>
+      <c s="6" t="str" r="H333"/>
+      <c s="13" r="I333">
+        <v>8</v>
+      </c>
+      <c s="13" r="J333">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="334" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B334"/>
+      <c s="25" t="str" r="C334"/>
+      <c s="10" t="inlineStr" r="D334">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E334">
+        <v>27</v>
+      </c>
+      <c s="11" r="F334">
+        <v>13</v>
+      </c>
+      <c s="11" r="G334">
+        <v>12</v>
+      </c>
+      <c s="6" t="str" r="H334"/>
+      <c s="11" r="I334">
+        <v>15</v>
+      </c>
+      <c s="11" r="J334">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="335" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B335"/>
+      <c s="27" t="str" r="C335"/>
+      <c s="23" t="inlineStr" r="D335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H335"/>
+      <c s="23" t="inlineStr" r="I335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="336" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B336">
+        <is>
+          <t xml:space="preserve">Pediatric Rheumatology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C336"/>
+      <c s="23" t="inlineStr" r="D336">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G336">
+        <v>8</v>
+      </c>
+      <c s="6" t="str" r="H336"/>
+      <c s="13" r="I336">
+        <v>9</v>
+      </c>
+      <c s="28" t="inlineStr" r="J336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="337" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B337"/>
+      <c s="25" t="str" r="C337"/>
+      <c s="23" t="inlineStr" r="D337">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E337">
+        <v>12</v>
+      </c>
+      <c s="13" r="F337">
+        <v>12</v>
+      </c>
+      <c s="13" r="G337">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H337"/>
+      <c s="13" r="I337">
+        <v>14</v>
+      </c>
+      <c s="13" r="J337">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="338" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B338"/>
+      <c s="25" t="str" r="C338"/>
+      <c s="23" t="inlineStr" r="D338">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E338">
         <v>28</v>
       </c>
-      <c r="H7" s="22"/>
-      <c r="I7" s="7">
+      <c s="13" r="F338">
+        <v>19</v>
+      </c>
+      <c s="13" r="G338">
+        <v>25</v>
+      </c>
+      <c s="6" t="str" r="H338"/>
+      <c s="13" r="I338">
+        <v>17</v>
+      </c>
+      <c s="13" r="J338">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="339" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B339"/>
+      <c s="25" t="str" r="C339"/>
+      <c s="10" t="inlineStr" r="D339">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E339">
+        <v>43</v>
+      </c>
+      <c s="11" r="F339">
+        <v>33</v>
+      </c>
+      <c s="11" r="G339">
+        <v>40</v>
+      </c>
+      <c s="6" t="str" r="H339"/>
+      <c s="11" r="I339">
+        <v>40</v>
+      </c>
+      <c s="11" r="J339">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="340" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B340"/>
+      <c s="27" t="str" r="C340"/>
+      <c s="23" t="inlineStr" r="D340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H340"/>
+      <c s="23" t="inlineStr" r="I340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="341" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B341">
+        <is>
+          <t xml:space="preserve">Pediatric Surgery (General Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C341"/>
+      <c s="23" t="inlineStr" r="D341">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H341"/>
+      <c s="28" t="inlineStr" r="I341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J341">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="342" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B342"/>
+      <c s="25" t="str" r="C342"/>
+      <c s="23" t="inlineStr" r="D342">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E342">
+        <v>13</v>
+      </c>
+      <c s="13" r="F342">
+        <v>9</v>
+      </c>
+      <c s="13" r="G342">
+        <v>8</v>
+      </c>
+      <c s="6" t="str" r="H342"/>
+      <c s="28" t="inlineStr" r="I342">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="J342">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="343" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B343"/>
+      <c s="25" t="str" r="C343"/>
+      <c s="23" t="inlineStr" r="D343">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E343">
+        <v>72</v>
+      </c>
+      <c s="13" r="F343">
+        <v>57</v>
+      </c>
+      <c s="13" r="G343">
+        <v>61</v>
+      </c>
+      <c s="6" t="str" r="H343"/>
+      <c s="13" r="I343">
+        <v>62</v>
+      </c>
+      <c s="13" r="J343">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="344" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B344"/>
+      <c s="25" t="str" r="C344"/>
+      <c s="10" t="inlineStr" r="D344">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E344">
+        <v>86</v>
+      </c>
+      <c s="11" r="F344">
+        <v>67</v>
+      </c>
+      <c s="11" r="G344">
+        <v>70</v>
+      </c>
+      <c s="6" t="str" r="H344"/>
+      <c s="11" r="I344">
+        <v>68</v>
+      </c>
+      <c s="11" r="J344">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="345" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B345"/>
+      <c s="27" t="str" r="C345"/>
+      <c s="23" t="inlineStr" r="D345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H345"/>
+      <c s="23" t="inlineStr" r="I345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="346" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B346">
+        <is>
+          <t xml:space="preserve">Pediatric Transplant Hepatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C346"/>
+      <c s="23" t="inlineStr" r="D346">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H346"/>
+      <c s="28" t="inlineStr" r="I346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B347"/>
+      <c s="25" t="str" r="C347"/>
+      <c s="23" t="inlineStr" r="D347">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F347">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="G347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H347"/>
+      <c s="13" r="I347">
+        <v>6</v>
+      </c>
+      <c s="28" t="inlineStr" r="J347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="348" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B348"/>
+      <c s="25" t="str" r="C348"/>
+      <c s="23" t="inlineStr" r="D348">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E348">
+        <v>10</v>
+      </c>
+      <c s="13" r="F348">
+        <v>8</v>
+      </c>
+      <c s="13" r="G348">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H348"/>
+      <c s="13" r="I348">
+        <v>8</v>
+      </c>
+      <c s="28" t="inlineStr" r="J348">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="349" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B349"/>
+      <c s="25" t="str" r="C349"/>
+      <c s="10" t="inlineStr" r="D349">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E349">
+        <v>14</v>
+      </c>
+      <c s="11" r="F349">
+        <v>14</v>
+      </c>
+      <c s="11" r="G349">
+        <v>15</v>
+      </c>
+      <c s="6" t="str" r="H349"/>
+      <c s="11" r="I349">
+        <v>16</v>
+      </c>
+      <c s="11" r="J349">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="350" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B350"/>
+      <c s="27" t="str" r="C350"/>
+      <c s="23" t="inlineStr" r="D350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H350"/>
+      <c s="23" t="inlineStr" r="I350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="351" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B351">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C351"/>
+      <c s="23" t="inlineStr" r="D351">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E351">
+        <v>30</v>
+      </c>
+      <c s="13" r="F351">
+        <v>28</v>
+      </c>
+      <c s="13" r="G351">
+        <v>21</v>
+      </c>
+      <c s="6" t="str" r="H351"/>
+      <c s="13" r="I351">
+        <v>24</v>
+      </c>
+      <c s="13" r="J351">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="352" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B352"/>
+      <c s="25" t="str" r="C352"/>
+      <c s="23" t="inlineStr" r="D352">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E352">
+        <v>182</v>
+      </c>
+      <c s="13" r="F352">
+        <v>178</v>
+      </c>
+      <c s="13" r="G352">
+        <v>156</v>
+      </c>
+      <c s="6" t="str" r="H352"/>
+      <c s="13" r="I352">
+        <v>143</v>
+      </c>
+      <c s="13" r="J352">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="353" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B353"/>
+      <c s="25" t="str" r="C353"/>
+      <c s="23" t="inlineStr" r="D353">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E353">
+        <v>16</v>
+      </c>
+      <c s="13" r="F353">
+        <v>13</v>
+      </c>
+      <c s="13" r="G353">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H353"/>
+      <c s="13" r="I353">
+        <v>6</v>
+      </c>
+      <c s="13" r="J353">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="354" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B354"/>
+      <c s="25" t="str" r="C354"/>
+      <c s="10" t="inlineStr" r="D354">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E354">
+        <v>228</v>
+      </c>
+      <c s="11" r="F354">
+        <v>219</v>
+      </c>
+      <c s="11" r="G354">
+        <v>184</v>
+      </c>
+      <c s="6" t="str" r="H354"/>
+      <c s="11" r="I354">
+        <v>173</v>
+      </c>
+      <c s="11" r="J354">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="355" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B355"/>
+      <c s="27" t="str" r="C355"/>
+      <c s="23" t="inlineStr" r="D355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H355"/>
+      <c s="23" t="inlineStr" r="I355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="356" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B356">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C356"/>
+      <c s="23" t="inlineStr" r="D356">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E356">
+        <v>257</v>
+      </c>
+      <c s="13" r="F356">
+        <v>214</v>
+      </c>
+      <c s="13" r="G356">
+        <v>216</v>
+      </c>
+      <c s="6" t="str" r="H356"/>
+      <c s="13" r="I356">
+        <v>245</v>
+      </c>
+      <c s="13" r="J356">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="357" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B357"/>
+      <c s="25" t="str" r="C357"/>
+      <c s="23" t="inlineStr" r="D357">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E357">
+        <v>684</v>
+      </c>
+      <c s="13" r="F357">
+        <v>673</v>
+      </c>
+      <c s="13" r="G357">
+        <v>620</v>
+      </c>
+      <c s="6" t="str" r="H357"/>
+      <c s="13" r="I357">
+        <v>651</v>
+      </c>
+      <c s="13" r="J357">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="358" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B358"/>
+      <c s="25" t="str" r="C358"/>
+      <c s="23" t="inlineStr" r="D358">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E358">
+        <v>506</v>
+      </c>
+      <c s="13" r="F358">
+        <v>432</v>
+      </c>
+      <c s="13" r="G358">
+        <v>461</v>
+      </c>
+      <c s="6" t="str" r="H358"/>
+      <c s="13" r="I358">
+        <v>430</v>
+      </c>
+      <c s="13" r="J358">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="359" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B359"/>
+      <c s="25" t="str" r="C359"/>
+      <c s="10" t="inlineStr" r="D359">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E359">
+        <v>1447</v>
+      </c>
+      <c s="11" r="F359">
+        <v>1319</v>
+      </c>
+      <c s="11" r="G359">
+        <v>1297</v>
+      </c>
+      <c s="6" t="str" r="H359"/>
+      <c s="11" r="I359">
+        <v>1326</v>
+      </c>
+      <c s="11" r="J359">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="360" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B360"/>
+      <c s="27" t="str" r="C360"/>
+      <c s="23" t="inlineStr" r="D360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H360"/>
+      <c s="23" t="inlineStr" r="I360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="361" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B361">
+        <is>
+          <t xml:space="preserve">Reproductive Endocrinology and Infertility</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C361"/>
+      <c s="23" t="inlineStr" r="D361">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E361">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H361"/>
+      <c s="28" t="inlineStr" r="I361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="362" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B362"/>
+      <c s="25" t="str" r="C362"/>
+      <c s="23" t="inlineStr" r="D362">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E362">
+        <v>16</v>
+      </c>
+      <c s="13" r="F362">
+        <v>14</v>
+      </c>
+      <c s="13" r="G362">
+        <v>12</v>
+      </c>
+      <c s="6" t="str" r="H362"/>
+      <c s="13" r="I362">
+        <v>7</v>
+      </c>
+      <c s="28" t="inlineStr" r="J362">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="363" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B363"/>
+      <c s="25" t="str" r="C363"/>
+      <c s="23" t="inlineStr" r="D363">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E363">
+        <v>68</v>
+      </c>
+      <c s="13" r="F363">
+        <v>64</v>
+      </c>
+      <c s="13" r="G363">
+        <v>56</v>
+      </c>
+      <c s="6" t="str" r="H363"/>
+      <c s="13" r="I363">
+        <v>72</v>
+      </c>
+      <c s="28" t="inlineStr" r="J363">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B364"/>
+      <c s="25" t="str" r="C364"/>
+      <c s="10" t="inlineStr" r="D364">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E364">
+        <v>89</v>
+      </c>
+      <c s="11" r="F364">
+        <v>82</v>
+      </c>
+      <c s="11" r="G364">
+        <v>72</v>
+      </c>
+      <c s="6" t="str" r="H364"/>
+      <c s="11" r="I364">
+        <v>81</v>
+      </c>
+      <c s="28" t="inlineStr" r="J364">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="365" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B365"/>
+      <c s="27" t="str" r="C365"/>
+      <c s="23" t="inlineStr" r="D365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H365"/>
+      <c s="23" t="inlineStr" r="I365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="366" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B366">
+        <is>
+          <t xml:space="preserve">Rheumatology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C366"/>
+      <c s="23" t="inlineStr" r="D366">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E366">
+        <v>57</v>
+      </c>
+      <c s="13" r="F366">
+        <v>65</v>
+      </c>
+      <c s="13" r="G366">
+        <v>56</v>
+      </c>
+      <c s="6" t="str" r="H366"/>
+      <c s="13" r="I366">
+        <v>63</v>
+      </c>
+      <c s="13" r="J366">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="367" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B367"/>
+      <c s="25" t="str" r="C367"/>
+      <c s="23" t="inlineStr" r="D367">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E367">
+        <v>243</v>
+      </c>
+      <c s="13" r="F367">
+        <v>214</v>
+      </c>
+      <c s="13" r="G367">
+        <v>214</v>
+      </c>
+      <c s="6" t="str" r="H367"/>
+      <c s="13" r="I367">
+        <v>231</v>
+      </c>
+      <c s="13" r="J367">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="368" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B368"/>
+      <c s="25" t="str" r="C368"/>
+      <c s="23" t="inlineStr" r="D368">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E368">
+        <v>138</v>
+      </c>
+      <c s="13" r="F368">
+        <v>140</v>
+      </c>
+      <c s="13" r="G368">
+        <v>132</v>
+      </c>
+      <c s="6" t="str" r="H368"/>
+      <c s="13" r="I368">
+        <v>132</v>
+      </c>
+      <c s="13" r="J368">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="369" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B369"/>
+      <c s="25" t="str" r="C369"/>
+      <c s="10" t="inlineStr" r="D369">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E369">
+        <v>438</v>
+      </c>
+      <c s="11" r="F369">
+        <v>419</v>
+      </c>
+      <c s="11" r="G369">
+        <v>402</v>
+      </c>
+      <c s="6" t="str" r="H369"/>
+      <c s="11" r="I369">
+        <v>426</v>
+      </c>
+      <c s="11" r="J369">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="370" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B370"/>
+      <c s="27" t="str" r="C370"/>
+      <c s="23" t="inlineStr" r="D370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H370"/>
+      <c s="23" t="inlineStr" r="I370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="371" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B371">
+        <is>
+          <t xml:space="preserve">Sleep Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C371"/>
+      <c s="23" t="inlineStr" r="D371">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E371">
+        <v>41</v>
+      </c>
+      <c s="13" r="F371">
+        <v>50</v>
+      </c>
+      <c s="13" r="G371">
+        <v>41</v>
+      </c>
+      <c s="6" t="str" r="H371"/>
+      <c s="13" r="I371">
+        <v>55</v>
+      </c>
+      <c s="13" r="J371">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="372" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B372"/>
+      <c s="25" t="str" r="C372"/>
+      <c s="23" t="inlineStr" r="D372">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E372">
+        <v>163</v>
+      </c>
+      <c s="13" r="F372">
+        <v>164</v>
+      </c>
+      <c s="13" r="G372">
+        <v>156</v>
+      </c>
+      <c s="6" t="str" r="H372"/>
+      <c s="13" r="I372">
+        <v>139</v>
+      </c>
+      <c s="13" r="J372">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="373" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B373"/>
+      <c s="25" t="str" r="C373"/>
+      <c s="23" t="inlineStr" r="D373">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E373">
+        <v>94</v>
+      </c>
+      <c s="13" r="F373">
+        <v>87</v>
+      </c>
+      <c s="13" r="G373">
+        <v>94</v>
+      </c>
+      <c s="6" t="str" r="H373"/>
+      <c s="13" r="I373">
+        <v>98</v>
+      </c>
+      <c s="13" r="J373">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="374" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B374"/>
+      <c s="25" t="str" r="C374"/>
+      <c s="10" t="inlineStr" r="D374">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E374">
+        <v>298</v>
+      </c>
+      <c s="11" r="F374">
+        <v>301</v>
+      </c>
+      <c s="11" r="G374">
+        <v>291</v>
+      </c>
+      <c s="6" t="str" r="H374"/>
+      <c s="11" r="I374">
+        <v>292</v>
+      </c>
+      <c s="11" r="J374">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="375" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B375"/>
+      <c s="27" t="str" r="C375"/>
+      <c s="23" t="inlineStr" r="D375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H375"/>
+      <c s="23" t="inlineStr" r="I375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="376" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B376">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C376"/>
+      <c s="23" t="inlineStr" r="D376">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E376">
+        <v>48</v>
+      </c>
+      <c s="13" r="F376">
+        <v>49</v>
+      </c>
+      <c s="13" r="G376">
+        <v>45</v>
+      </c>
+      <c s="6" t="str" r="H376"/>
+      <c s="13" r="I376">
+        <v>61</v>
+      </c>
+      <c s="13" r="J376">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="377" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B377"/>
+      <c s="25" t="str" r="C377"/>
+      <c s="23" t="inlineStr" r="D377">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E377">
+        <v>25</v>
+      </c>
+      <c s="13" r="F377">
+        <v>29</v>
+      </c>
+      <c s="13" r="G377">
+        <v>33</v>
+      </c>
+      <c s="6" t="str" r="H377"/>
+      <c s="13" r="I377">
+        <v>29</v>
+      </c>
+      <c s="13" r="J377">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="378" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B378"/>
+      <c s="25" t="str" r="C378"/>
+      <c s="23" t="inlineStr" r="D378">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E378">
+        <v>63</v>
+      </c>
+      <c s="13" r="F378">
+        <v>53</v>
+      </c>
+      <c s="13" r="G378">
+        <v>58</v>
+      </c>
+      <c s="6" t="str" r="H378"/>
+      <c s="13" r="I378">
+        <v>72</v>
+      </c>
+      <c s="13" r="J378">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="379" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B379"/>
+      <c s="25" t="str" r="C379"/>
+      <c s="10" t="inlineStr" r="D379">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E379">
+        <v>136</v>
+      </c>
+      <c s="11" r="F379">
+        <v>131</v>
+      </c>
+      <c s="11" r="G379">
+        <v>136</v>
+      </c>
+      <c s="6" t="str" r="H379"/>
+      <c s="11" r="I379">
+        <v>162</v>
+      </c>
+      <c s="11" r="J379">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="380" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B380"/>
+      <c s="27" t="str" r="C380"/>
+      <c s="23" t="inlineStr" r="D380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H380"/>
+      <c s="23" t="inlineStr" r="I380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="381" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B381">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C381"/>
+      <c s="23" t="inlineStr" r="D381">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E381">
+        <v>164</v>
+      </c>
+      <c s="13" r="F381">
+        <v>206</v>
+      </c>
+      <c s="13" r="G381">
+        <v>170</v>
+      </c>
+      <c s="6" t="str" r="H381"/>
+      <c s="13" r="I381">
+        <v>202</v>
+      </c>
+      <c s="13" r="J381">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="382" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B382"/>
+      <c s="25" t="str" r="C382"/>
+      <c s="23" t="inlineStr" r="D382">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E382">
+        <v>84</v>
+      </c>
+      <c s="13" r="F382">
+        <v>94</v>
+      </c>
+      <c s="13" r="G382">
+        <v>102</v>
+      </c>
+      <c s="6" t="str" r="H382"/>
+      <c s="13" r="I382">
+        <v>99</v>
+      </c>
+      <c s="13" r="J382">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="383" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B383"/>
+      <c s="25" t="str" r="C383"/>
+      <c s="23" t="inlineStr" r="D383">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E383">
+        <v>210</v>
+      </c>
+      <c s="13" r="F383">
+        <v>186</v>
+      </c>
+      <c s="13" r="G383">
+        <v>206</v>
+      </c>
+      <c s="6" t="str" r="H383"/>
+      <c s="13" r="I383">
+        <v>219</v>
+      </c>
+      <c s="13" r="J383">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="384" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B384"/>
+      <c s="25" t="str" r="C384"/>
+      <c s="10" t="inlineStr" r="D384">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E384">
+        <v>458</v>
+      </c>
+      <c s="11" r="F384">
+        <v>486</v>
+      </c>
+      <c s="11" r="G384">
+        <v>478</v>
+      </c>
+      <c s="6" t="str" r="H384"/>
+      <c s="11" r="I384">
+        <v>520</v>
+      </c>
+      <c s="11" r="J384">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="385" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B385"/>
+      <c s="27" t="str" r="C385"/>
+      <c s="23" t="inlineStr" r="D385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H385"/>
+      <c s="23" t="inlineStr" r="I385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="386" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B386">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C386"/>
+      <c s="23" t="inlineStr" r="D386">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E386">
+        <v>70</v>
+      </c>
+      <c s="13" r="F386">
+        <v>68</v>
+      </c>
+      <c s="13" r="G386">
+        <v>65</v>
+      </c>
+      <c s="6" t="str" r="H386"/>
+      <c s="13" r="I386">
+        <v>81</v>
+      </c>
+      <c s="13" r="J386">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="387" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B387"/>
+      <c s="25" t="str" r="C387"/>
+      <c s="23" t="inlineStr" r="D387">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E387">
+        <v>24</v>
+      </c>
+      <c s="13" r="F387">
+        <v>33</v>
+      </c>
+      <c s="13" r="G387">
+        <v>46</v>
+      </c>
+      <c s="6" t="str" r="H387"/>
+      <c s="13" r="I387">
+        <v>37</v>
+      </c>
+      <c s="13" r="J387">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="388" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B388"/>
+      <c s="25" t="str" r="C388"/>
+      <c s="23" t="inlineStr" r="D388">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E388">
+        <v>110</v>
+      </c>
+      <c s="13" r="F388">
+        <v>96</v>
+      </c>
+      <c s="13" r="G388">
+        <v>105</v>
+      </c>
+      <c s="6" t="str" r="H388"/>
+      <c s="13" r="I388">
+        <v>102</v>
+      </c>
+      <c s="13" r="J388">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="389" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B389"/>
+      <c s="25" t="str" r="C389"/>
+      <c s="10" t="inlineStr" r="D389">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E389">
+        <v>204</v>
+      </c>
+      <c s="11" r="F389">
+        <v>197</v>
+      </c>
+      <c s="11" r="G389">
+        <v>216</v>
+      </c>
+      <c s="6" t="str" r="H389"/>
+      <c s="11" r="I389">
+        <v>220</v>
+      </c>
+      <c s="11" r="J389">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="390" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B390"/>
+      <c s="27" t="str" r="C390"/>
+      <c s="23" t="inlineStr" r="D390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H390"/>
+      <c s="23" t="inlineStr" r="I390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="391" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B391">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Physical Medicine and Rehabilitation)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C391"/>
+      <c s="23" t="inlineStr" r="D391">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E391">
+        <v>52</v>
+      </c>
+      <c s="13" r="F391">
+        <v>64</v>
+      </c>
+      <c s="13" r="G391">
+        <v>57</v>
+      </c>
+      <c s="6" t="str" r="H391"/>
+      <c s="13" r="I391">
+        <v>83</v>
+      </c>
+      <c s="13" r="J391">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="392" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B392"/>
+      <c s="25" t="str" r="C392"/>
+      <c s="23" t="inlineStr" r="D392">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E392">
+        <v>37</v>
+      </c>
+      <c s="13" r="F392">
+        <v>33</v>
+      </c>
+      <c s="13" r="G392">
+        <v>40</v>
+      </c>
+      <c s="6" t="str" r="H392"/>
+      <c s="13" r="I392">
+        <v>37</v>
+      </c>
+      <c s="13" r="J392">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="393" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B393"/>
+      <c s="25" t="str" r="C393"/>
+      <c s="23" t="inlineStr" r="D393">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E393">
+        <v>110</v>
+      </c>
+      <c s="13" r="F393">
+        <v>99</v>
+      </c>
+      <c s="13" r="G393">
+        <v>112</v>
+      </c>
+      <c s="6" t="str" r="H393"/>
+      <c s="13" r="I393">
+        <v>143</v>
+      </c>
+      <c s="13" r="J393">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="394" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B394"/>
+      <c s="25" t="str" r="C394"/>
+      <c s="10" t="inlineStr" r="D394">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E394">
+        <v>199</v>
+      </c>
+      <c s="11" r="F394">
+        <v>196</v>
+      </c>
+      <c s="11" r="G394">
+        <v>209</v>
+      </c>
+      <c s="6" t="str" r="H394"/>
+      <c s="11" r="I394">
+        <v>263</v>
+      </c>
+      <c s="11" r="J394">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="395" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B395"/>
+      <c s="27" t="str" r="C395"/>
+      <c s="23" t="inlineStr" r="D395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H395"/>
+      <c s="23" t="inlineStr" r="I395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="396" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B396">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C396"/>
+      <c s="23" t="inlineStr" r="D396">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E396">
+        <v>14</v>
+      </c>
+      <c s="13" r="F396">
+        <v>14</v>
+      </c>
+      <c s="13" r="G396">
+        <v>19</v>
+      </c>
+      <c s="6" t="str" r="H396"/>
+      <c s="13" r="I396">
+        <v>14</v>
+      </c>
+      <c s="13" r="J396">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="397" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B397"/>
+      <c s="25" t="str" r="C397"/>
+      <c s="23" t="inlineStr" r="D397">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E397">
+        <v>56</v>
+      </c>
+      <c s="13" r="F397">
+        <v>43</v>
+      </c>
+      <c s="13" r="G397">
+        <v>48</v>
+      </c>
+      <c s="6" t="str" r="H397"/>
+      <c s="13" r="I397">
+        <v>52</v>
+      </c>
+      <c s="13" r="J397">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="398" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B398"/>
+      <c s="25" t="str" r="C398"/>
+      <c s="23" t="inlineStr" r="D398">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E398">
+        <v>116</v>
+      </c>
+      <c s="13" r="F398">
+        <v>116</v>
+      </c>
+      <c s="13" r="G398">
+        <v>111</v>
+      </c>
+      <c s="6" t="str" r="H398"/>
+      <c s="13" r="I398">
+        <v>119</v>
+      </c>
+      <c s="13" r="J398">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="399" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B399"/>
+      <c s="25" t="str" r="C399"/>
+      <c s="10" t="inlineStr" r="D399">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E399">
+        <v>186</v>
+      </c>
+      <c s="11" r="F399">
+        <v>173</v>
+      </c>
+      <c s="11" r="G399">
+        <v>178</v>
+      </c>
+      <c s="6" t="str" r="H399"/>
+      <c s="11" r="I399">
+        <v>185</v>
+      </c>
+      <c s="11" r="J399">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="400" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B400"/>
+      <c s="27" t="str" r="C400"/>
+      <c s="23" t="inlineStr" r="D400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H400"/>
+      <c s="23" t="inlineStr" r="I400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="401" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B401">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (OBGYN)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C401"/>
+      <c s="23" t="inlineStr" r="D401">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E401">
+        <v>6</v>
+      </c>
+      <c s="13" r="F401">
+        <v>7</v>
+      </c>
+      <c s="13" r="G401">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H401"/>
+      <c s="13" r="I401">
+        <v>12</v>
+      </c>
+      <c s="13" r="J401">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="402" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B402"/>
+      <c s="25" t="str" r="C402"/>
+      <c s="23" t="inlineStr" r="D402">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E402">
+        <v>7</v>
+      </c>
+      <c s="13" r="F402">
+        <v>7</v>
+      </c>
+      <c s="13" r="G402">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H402"/>
+      <c s="13" r="I402">
+        <v>7</v>
+      </c>
+      <c s="13" r="J402">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="403" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B403"/>
+      <c s="25" t="str" r="C403"/>
+      <c s="23" t="inlineStr" r="D403">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E403">
+        <v>53</v>
+      </c>
+      <c s="13" r="F403">
+        <v>62</v>
+      </c>
+      <c s="13" r="G403">
+        <v>67</v>
+      </c>
+      <c s="6" t="str" r="H403"/>
+      <c s="13" r="I403">
+        <v>85</v>
+      </c>
+      <c s="13" r="J403">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="404" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B404"/>
+      <c s="25" t="str" r="C404"/>
+      <c s="10" t="inlineStr" r="D404">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E404">
+        <v>66</v>
+      </c>
+      <c s="11" r="F404">
+        <v>76</v>
+      </c>
+      <c s="11" r="G404">
+        <v>83</v>
+      </c>
+      <c s="6" t="str" r="H404"/>
+      <c s="11" r="I404">
+        <v>104</v>
+      </c>
+      <c s="11" r="J404">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="405" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B405"/>
+      <c s="27" t="str" r="C405"/>
+      <c s="23" t="inlineStr" r="D405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H405"/>
+      <c s="23" t="inlineStr" r="I405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="406" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B406">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (Urology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C406"/>
+      <c s="23" t="inlineStr" r="D406">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E406">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F406">
+        <v>5</v>
+      </c>
+      <c s="13" r="G406">
+        <v>5</v>
+      </c>
+      <c s="6" t="str" r="H406"/>
+      <c s="13" r="I406">
+        <v>9</v>
+      </c>
+      <c s="13" r="J406">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="407" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B407"/>
+      <c s="25" t="str" r="C407"/>
+      <c s="23" t="inlineStr" r="D407">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F407">
+        <v>7</v>
+      </c>
+      <c s="28" t="inlineStr" r="G407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H407"/>
+      <c s="13" r="I407">
+        <v>7</v>
+      </c>
+      <c s="13" r="J407">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="408" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B408"/>
+      <c s="25" t="str" r="C408"/>
+      <c s="23" t="inlineStr" r="D408">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E408">
+        <v>47</v>
+      </c>
+      <c s="13" r="F408">
+        <v>42</v>
+      </c>
+      <c s="13" r="G408">
+        <v>57</v>
+      </c>
+      <c s="6" t="str" r="H408"/>
+      <c s="13" r="I408">
+        <v>67</v>
+      </c>
+      <c s="13" r="J408">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="409" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B409"/>
+      <c s="25" t="str" r="C409"/>
+      <c s="10" t="inlineStr" r="D409">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E409">
+        <v>52</v>
+      </c>
+      <c s="11" r="F409">
+        <v>54</v>
+      </c>
+      <c s="11" r="G409">
+        <v>65</v>
+      </c>
+      <c s="6" t="str" r="H409"/>
+      <c s="11" r="I409">
+        <v>83</v>
+      </c>
+      <c s="11" r="J409">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="410" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B410"/>
+      <c s="27" t="str" r="C410"/>
+      <c s="23" t="inlineStr" r="D410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H410"/>
+      <c s="23" t="inlineStr" r="I410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="411" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B411">
+        <is>
+          <t xml:space="preserve">Vascular Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C411"/>
+      <c s="23" t="inlineStr" r="D411">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E411">
+        <v>17</v>
+      </c>
+      <c s="13" r="F411">
+        <v>26</v>
+      </c>
+      <c s="13" r="G411">
+        <v>34</v>
+      </c>
+      <c s="6" t="str" r="H411"/>
+      <c s="13" r="I411">
+        <v>26</v>
+      </c>
+      <c s="13" r="J411">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="412" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B412"/>
+      <c s="25" t="str" r="C412"/>
+      <c s="23" t="inlineStr" r="D412">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E412">
+        <v>85</v>
+      </c>
+      <c s="13" r="F412">
+        <v>82</v>
+      </c>
+      <c s="13" r="G412">
+        <v>77</v>
+      </c>
+      <c s="6" t="str" r="H412"/>
+      <c s="13" r="I412">
+        <v>79</v>
+      </c>
+      <c s="13" r="J412">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="413" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B413"/>
+      <c s="25" t="str" r="C413"/>
+      <c s="23" t="inlineStr" r="D413">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E413">
+        <v>101</v>
+      </c>
+      <c s="13" r="F413">
+        <v>73</v>
+      </c>
+      <c s="13" r="G413">
+        <v>95</v>
+      </c>
+      <c s="6" t="str" r="H413"/>
+      <c s="13" r="I413">
+        <v>105</v>
+      </c>
+      <c s="13" r="J413">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="414" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B414"/>
+      <c s="25" t="str" r="C414"/>
+      <c s="10" t="inlineStr" r="D414">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E414">
+        <v>203</v>
+      </c>
+      <c s="11" r="F414">
+        <v>181</v>
+      </c>
+      <c s="11" r="G414">
+        <v>206</v>
+      </c>
+      <c s="6" t="str" r="H414"/>
+      <c s="11" r="I414">
+        <v>210</v>
+      </c>
+      <c s="11" r="J414">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="415" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B415"/>
+      <c s="27" t="str" r="C415"/>
+      <c s="23" t="inlineStr" r="D415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H415"/>
+      <c s="23" t="inlineStr" r="I415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="416" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B416">
+        <is>
+          <t xml:space="preserve">Vascular Surgery (General Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C416"/>
+      <c s="23" t="inlineStr" r="D416">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E416">
+        <v>25</v>
+      </c>
+      <c s="13" r="F416">
+        <v>23</v>
+      </c>
+      <c s="13" r="G416">
+        <v>19</v>
+      </c>
+      <c s="6" t="str" r="H416"/>
+      <c s="13" r="I416">
+        <v>33</v>
+      </c>
+      <c s="13" r="J416">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="417" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B417"/>
+      <c s="25" t="str" r="C417"/>
+      <c s="23" t="inlineStr" r="D417">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E417">
         <v>38</v>
       </c>
-      <c r="J7" s="7">
-[...289 lines deleted...]
-      <c r="E20" s="6">
+      <c s="13" r="F417">
+        <v>33</v>
+      </c>
+      <c s="13" r="G417">
         <v>44</v>
       </c>
-      <c r="F20" s="6">
-[...210 lines deleted...]
-      <c r="F29" s="7">
+      <c s="6" t="str" r="H417"/>
+      <c s="13" r="I417">
+        <v>42</v>
+      </c>
+      <c s="13" r="J417">
         <v>44</v>
       </c>
-      <c r="G29" s="24">
-[...26 lines deleted...]
-      <c r="I30" s="6">
+    </row>
+    <row r="418" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B418"/>
+      <c s="25" t="str" r="C418"/>
+      <c s="23" t="inlineStr" r="D418">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E418">
+        <v>132</v>
+      </c>
+      <c s="13" r="F418">
+        <v>111</v>
+      </c>
+      <c s="13" r="G418">
+        <v>83</v>
+      </c>
+      <c s="6" t="str" r="H418"/>
+      <c s="13" r="I418">
+        <v>102</v>
+      </c>
+      <c s="13" r="J418">
         <v>122</v>
       </c>
-      <c r="J30" s="6">
-[...86 lines deleted...]
-      <c r="G34" s="24">
+    </row>
+    <row r="419" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B419"/>
+      <c s="25" t="str" r="C419"/>
+      <c s="10" t="inlineStr" r="D419">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E419">
+        <v>195</v>
+      </c>
+      <c s="11" r="F419">
+        <v>167</v>
+      </c>
+      <c s="11" r="G419">
         <v>146</v>
       </c>
-      <c r="H34" s="22"/>
-[...728 lines deleted...]
-      <c r="J65" s="6">
+      <c s="6" t="str" r="H419"/>
+      <c s="11" r="I419">
+        <v>177</v>
+      </c>
+      <c s="11" r="J419">
         <v>194</v>
       </c>
     </row>
-    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
-[...8317 lines deleted...]
-      <c r="G422" s="16"/>
+    <row r="420" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B420"/>
+      <c s="27" t="str" r="C420"/>
+      <c s="23" t="inlineStr" r="D420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H420"/>
+      <c s="23" t="inlineStr" r="I420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="421" ht="18.05" customHeight="1"/>
+    <row r="422" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="B422">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="504">
+  <mergeCells>
     <mergeCell ref="B4:L4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="E5:J5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
     <mergeCell ref="B12:C16"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B172:C175"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="B176:C180"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="B181:C185"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="B186:C190"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="B191:C195"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="B196:C200"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="B201:C205"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="B206:C210"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="B211:C215"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="B216:C219"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="B220:C224"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="B225:C229"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="B230:C234"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="B235:C239"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="B240:C244"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="B245:C248"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="B249:C252"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="B253:C256"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B257:C260"/>
+    <mergeCell ref="G257:H257"/>
+    <mergeCell ref="G258:H258"/>
+    <mergeCell ref="G259:H259"/>
+    <mergeCell ref="G260:H260"/>
+    <mergeCell ref="B261:C265"/>
+    <mergeCell ref="G261:H261"/>
+    <mergeCell ref="G262:H262"/>
+    <mergeCell ref="G263:H263"/>
+    <mergeCell ref="G264:H264"/>
+    <mergeCell ref="G265:H265"/>
+    <mergeCell ref="B266:C270"/>
+    <mergeCell ref="G266:H266"/>
+    <mergeCell ref="G267:H267"/>
+    <mergeCell ref="G268:H268"/>
+    <mergeCell ref="G269:H269"/>
+    <mergeCell ref="G270:H270"/>
+    <mergeCell ref="B271:C275"/>
+    <mergeCell ref="G271:H271"/>
+    <mergeCell ref="G272:H272"/>
+    <mergeCell ref="G273:H273"/>
+    <mergeCell ref="G274:H274"/>
+    <mergeCell ref="G275:H275"/>
+    <mergeCell ref="B276:C280"/>
+    <mergeCell ref="G276:H276"/>
+    <mergeCell ref="G277:H277"/>
+    <mergeCell ref="G278:H278"/>
+    <mergeCell ref="G279:H279"/>
+    <mergeCell ref="G280:H280"/>
+    <mergeCell ref="B281:C285"/>
+    <mergeCell ref="G281:H281"/>
+    <mergeCell ref="G282:H282"/>
+    <mergeCell ref="G283:H283"/>
+    <mergeCell ref="G284:H284"/>
+    <mergeCell ref="G285:H285"/>
+    <mergeCell ref="B286:C290"/>
+    <mergeCell ref="G286:H286"/>
+    <mergeCell ref="G287:H287"/>
+    <mergeCell ref="G288:H288"/>
+    <mergeCell ref="G289:H289"/>
+    <mergeCell ref="G290:H290"/>
+    <mergeCell ref="B291:C295"/>
+    <mergeCell ref="G291:H291"/>
+    <mergeCell ref="G292:H292"/>
+    <mergeCell ref="G293:H293"/>
+    <mergeCell ref="G294:H294"/>
+    <mergeCell ref="G295:H295"/>
+    <mergeCell ref="B296:C300"/>
+    <mergeCell ref="G296:H296"/>
+    <mergeCell ref="G297:H297"/>
+    <mergeCell ref="G298:H298"/>
+    <mergeCell ref="G299:H299"/>
+    <mergeCell ref="G300:H300"/>
+    <mergeCell ref="B301:C305"/>
+    <mergeCell ref="G301:H301"/>
+    <mergeCell ref="G302:H302"/>
+    <mergeCell ref="G303:H303"/>
+    <mergeCell ref="G304:H304"/>
+    <mergeCell ref="G305:H305"/>
+    <mergeCell ref="B306:C310"/>
+    <mergeCell ref="G306:H306"/>
+    <mergeCell ref="G307:H307"/>
+    <mergeCell ref="G308:H308"/>
+    <mergeCell ref="G309:H309"/>
+    <mergeCell ref="G310:H310"/>
+    <mergeCell ref="B311:C315"/>
+    <mergeCell ref="G311:H311"/>
+    <mergeCell ref="G312:H312"/>
+    <mergeCell ref="G313:H313"/>
+    <mergeCell ref="G314:H314"/>
+    <mergeCell ref="G315:H315"/>
+    <mergeCell ref="B316:C320"/>
+    <mergeCell ref="G316:H316"/>
+    <mergeCell ref="G317:H317"/>
+    <mergeCell ref="G318:H318"/>
+    <mergeCell ref="G319:H319"/>
+    <mergeCell ref="G320:H320"/>
+    <mergeCell ref="B321:C325"/>
+    <mergeCell ref="G321:H321"/>
+    <mergeCell ref="G322:H322"/>
+    <mergeCell ref="G323:H323"/>
+    <mergeCell ref="G324:H324"/>
+    <mergeCell ref="G325:H325"/>
+    <mergeCell ref="B326:C330"/>
+    <mergeCell ref="G326:H326"/>
+    <mergeCell ref="G327:H327"/>
+    <mergeCell ref="G328:H328"/>
+    <mergeCell ref="G329:H329"/>
+    <mergeCell ref="G330:H330"/>
+    <mergeCell ref="B331:C335"/>
+    <mergeCell ref="G331:H331"/>
+    <mergeCell ref="G332:H332"/>
+    <mergeCell ref="G333:H333"/>
+    <mergeCell ref="G334:H334"/>
+    <mergeCell ref="G335:H335"/>
+    <mergeCell ref="B336:C340"/>
+    <mergeCell ref="G336:H336"/>
+    <mergeCell ref="G337:H337"/>
+    <mergeCell ref="G338:H338"/>
+    <mergeCell ref="G339:H339"/>
+    <mergeCell ref="G340:H340"/>
+    <mergeCell ref="B341:C345"/>
+    <mergeCell ref="G341:H341"/>
+    <mergeCell ref="G342:H342"/>
+    <mergeCell ref="G343:H343"/>
+    <mergeCell ref="G344:H344"/>
+    <mergeCell ref="G345:H345"/>
+    <mergeCell ref="B346:C350"/>
+    <mergeCell ref="G346:H346"/>
+    <mergeCell ref="G347:H347"/>
+    <mergeCell ref="G348:H348"/>
+    <mergeCell ref="G349:H349"/>
+    <mergeCell ref="G350:H350"/>
+    <mergeCell ref="B351:C355"/>
+    <mergeCell ref="G351:H351"/>
+    <mergeCell ref="G352:H352"/>
+    <mergeCell ref="G353:H353"/>
+    <mergeCell ref="G354:H354"/>
+    <mergeCell ref="G355:H355"/>
+    <mergeCell ref="B356:C360"/>
+    <mergeCell ref="G356:H356"/>
+    <mergeCell ref="G357:H357"/>
+    <mergeCell ref="G358:H358"/>
+    <mergeCell ref="G359:H359"/>
+    <mergeCell ref="G360:H360"/>
+    <mergeCell ref="B361:C365"/>
+    <mergeCell ref="G361:H361"/>
+    <mergeCell ref="G362:H362"/>
+    <mergeCell ref="G363:H363"/>
+    <mergeCell ref="G364:H364"/>
+    <mergeCell ref="G365:H365"/>
+    <mergeCell ref="B366:C370"/>
+    <mergeCell ref="G366:H366"/>
+    <mergeCell ref="G367:H367"/>
+    <mergeCell ref="G368:H368"/>
+    <mergeCell ref="G369:H369"/>
+    <mergeCell ref="G370:H370"/>
+    <mergeCell ref="B371:C375"/>
+    <mergeCell ref="G371:H371"/>
+    <mergeCell ref="G372:H372"/>
+    <mergeCell ref="G373:H373"/>
+    <mergeCell ref="G374:H374"/>
+    <mergeCell ref="G375:H375"/>
+    <mergeCell ref="B376:C380"/>
+    <mergeCell ref="G376:H376"/>
+    <mergeCell ref="G377:H377"/>
+    <mergeCell ref="G378:H378"/>
+    <mergeCell ref="G379:H379"/>
+    <mergeCell ref="G380:H380"/>
+    <mergeCell ref="B381:C385"/>
+    <mergeCell ref="G381:H381"/>
+    <mergeCell ref="G382:H382"/>
+    <mergeCell ref="G383:H383"/>
+    <mergeCell ref="G384:H384"/>
+    <mergeCell ref="G385:H385"/>
+    <mergeCell ref="B386:C390"/>
+    <mergeCell ref="G386:H386"/>
+    <mergeCell ref="G387:H387"/>
+    <mergeCell ref="G388:H388"/>
+    <mergeCell ref="G389:H389"/>
+    <mergeCell ref="G390:H390"/>
+    <mergeCell ref="B391:C395"/>
+    <mergeCell ref="G391:H391"/>
+    <mergeCell ref="G392:H392"/>
+    <mergeCell ref="G393:H393"/>
+    <mergeCell ref="G394:H394"/>
+    <mergeCell ref="G395:H395"/>
+    <mergeCell ref="B396:C400"/>
+    <mergeCell ref="G396:H396"/>
+    <mergeCell ref="G397:H397"/>
+    <mergeCell ref="G398:H398"/>
+    <mergeCell ref="G399:H399"/>
+    <mergeCell ref="G400:H400"/>
+    <mergeCell ref="B401:C405"/>
+    <mergeCell ref="G401:H401"/>
+    <mergeCell ref="G402:H402"/>
+    <mergeCell ref="G403:H403"/>
+    <mergeCell ref="G404:H404"/>
+    <mergeCell ref="G405:H405"/>
+    <mergeCell ref="B406:C410"/>
+    <mergeCell ref="G406:H406"/>
+    <mergeCell ref="G407:H407"/>
+    <mergeCell ref="G408:H408"/>
+    <mergeCell ref="G409:H409"/>
+    <mergeCell ref="G410:H410"/>
+    <mergeCell ref="B411:C415"/>
+    <mergeCell ref="G411:H411"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="G413:H413"/>
+    <mergeCell ref="G414:H414"/>
+    <mergeCell ref="G415:H415"/>
+    <mergeCell ref="B416:C420"/>
+    <mergeCell ref="G416:H416"/>
+    <mergeCell ref="G417:H417"/>
+    <mergeCell ref="G418:H418"/>
+    <mergeCell ref="G419:H419"/>
+    <mergeCell ref="G420:H420"/>
+    <mergeCell ref="B422:G422"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId10"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="3.421875"/>
+    <col min="2" max="2" customWidth="1" width="23.3125"/>
+    <col min="3" max="3" customWidth="1" width="36.5625"/>
+    <col min="4" max="4" customWidth="1" width="11.78125"/>
+    <col min="5" max="5" customWidth="1" width="12.50390625"/>
+    <col min="6" max="6" customWidth="1" width="12.4921875"/>
+    <col min="7" max="7" customWidth="1" width="3.47265625"/>
+    <col min="8" max="8" customWidth="1" width="9.0234375"/>
+    <col min="9" max="9" customWidth="1" width="12.4921875"/>
+    <col min="10" max="10" customWidth="1" width="12.4921875"/>
+    <col min="11" max="11" customWidth="1" width="0.0234375"/>
+    <col min="12" max="12" customWidth="1" width="56.4609375"/>
+    <col min="13" max="13" customWidth="1" width="1.37109375"/>
+    <col min="14" max="14" customWidth="1" width="1.86328125"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="7.9" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="16.5" customHeight="0">
+      <c s="16" t="inlineStr" r="B5">
+        <is>
+          <t xml:space="preserve">Average Applications Submitted</t>
+        </is>
+      </c>
+      <c s="17" t="str" r="C5"/>
+      <c s="18" t="inlineStr" r="D5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="19" t="inlineStr" r="E5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="17" t="str" r="F5"/>
+      <c s="17" t="str" r="G5"/>
+      <c s="17" t="str" r="H5"/>
+      <c s="17" t="str" r="I5"/>
+      <c s="17" t="str" r="J5"/>
+    </row>
+    <row r="6" ht="18" customHeight="0">
+      <c s="20" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve">Specialty</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="C6"/>
+      <c s="21" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve">Grad Type</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="E6">
+        <is>
+          <t xml:space="preserve">ERAS2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="F6">
+        <is>
+          <t xml:space="preserve">ERAS2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS2024</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H6"/>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B7">
+        <is>
+          <t xml:space="preserve">Addiction Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C7"/>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E7">
+        <v>12.32</v>
+      </c>
+      <c s="30" r="F7">
+        <v>13.46</v>
+      </c>
+      <c s="30" r="G7">
+        <v>14.14</v>
+      </c>
+      <c s="6" t="str" r="H7"/>
+      <c s="30" r="I7">
+        <v>16.89</v>
+      </c>
+      <c s="30" r="J7">
+        <v>14.68</v>
+      </c>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B8"/>
+      <c s="25" t="str" r="C8"/>
+      <c s="23" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E8">
+        <v>15.57</v>
+      </c>
+      <c s="30" r="F8">
+        <v>16.42</v>
+      </c>
+      <c s="30" r="G8">
+        <v>16.96</v>
+      </c>
+      <c s="6" t="str" r="H8"/>
+      <c s="30" r="I8">
+        <v>18.56</v>
+      </c>
+      <c s="30" r="J8">
+        <v>20.67</v>
+      </c>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B9"/>
+      <c s="25" t="str" r="C9"/>
+      <c s="23" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E9">
+        <v>6.59</v>
+      </c>
+      <c s="30" r="F9">
+        <v>9.69</v>
+      </c>
+      <c s="30" r="G9">
+        <v>9.54</v>
+      </c>
+      <c s="6" t="str" r="H9"/>
+      <c s="30" r="I9">
+        <v>8.18</v>
+      </c>
+      <c s="30" r="J9">
+        <v>10.01</v>
+      </c>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B10"/>
+      <c s="25" t="str" r="C10"/>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E10">
+        <v>10.12</v>
+      </c>
+      <c s="31" r="F10">
+        <v>12.6</v>
+      </c>
+      <c s="31" r="G10">
+        <v>12.17</v>
+      </c>
+      <c s="6" t="str" r="H10"/>
+      <c s="31" r="I10">
+        <v>12.68</v>
+      </c>
+      <c s="31" r="J10">
+        <v>13.56</v>
+      </c>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B11"/>
+      <c s="27" t="str" r="C11"/>
+      <c s="23" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H11"/>
+      <c s="23" t="inlineStr" r="I11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve">Addiction Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C12"/>
+      <c s="23" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E12">
+        <v>7.08</v>
+      </c>
+      <c s="30" r="F12">
+        <v>9.08</v>
+      </c>
+      <c s="30" r="G12">
+        <v>14.11</v>
+      </c>
+      <c s="6" t="str" r="H12"/>
+      <c s="30" r="I12">
+        <v>6.2</v>
+      </c>
+      <c s="30" r="J12">
+        <v>8.3</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B13"/>
+      <c s="25" t="str" r="C13"/>
+      <c s="23" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E13">
+        <v>10.74</v>
+      </c>
+      <c s="30" r="F13">
+        <v>12.35</v>
+      </c>
+      <c s="30" r="G13">
+        <v>12.41</v>
+      </c>
+      <c s="6" t="str" r="H13"/>
+      <c s="30" r="I13">
+        <v>14.9</v>
+      </c>
+      <c s="30" r="J13">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B14"/>
+      <c s="25" t="str" r="C14"/>
+      <c s="23" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E14">
+        <v>7.79</v>
+      </c>
+      <c s="30" r="F14">
+        <v>6.44</v>
+      </c>
+      <c s="30" r="G14">
+        <v>6.08</v>
+      </c>
+      <c s="6" t="str" r="H14"/>
+      <c s="30" r="I14">
+        <v>5.27</v>
+      </c>
+      <c s="30" r="J14">
+        <v>7.89</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B15"/>
+      <c s="25" t="str" r="C15"/>
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E15">
+        <v>8.6</v>
+      </c>
+      <c s="31" r="F15">
+        <v>9.11</v>
+      </c>
+      <c s="31" r="G15">
+        <v>9.49</v>
+      </c>
+      <c s="6" t="str" r="H15"/>
+      <c s="31" r="I15">
+        <v>7.82</v>
+      </c>
+      <c s="31" r="J15">
+        <v>8.05</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B16"/>
+      <c s="27" t="str" r="C16"/>
+      <c s="23" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H16"/>
+      <c s="23" t="inlineStr" r="I16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Adolescent Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C17"/>
+      <c s="23" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E17">
+        <v>17.8</v>
+      </c>
+      <c s="30" r="F17">
+        <v>12</v>
+      </c>
+      <c s="30" r="G17">
+        <v>14.5</v>
+      </c>
+      <c s="6" t="str" r="H17"/>
+      <c s="30" r="I17">
+        <v>8.67</v>
+      </c>
+      <c s="30" r="J17">
+        <v>17.83</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B18"/>
+      <c s="25" t="str" r="C18"/>
+      <c s="23" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E18">
+        <v>11</v>
+      </c>
+      <c s="30" r="F18">
+        <v>19.11</v>
+      </c>
+      <c s="30" r="G18">
+        <v>13.17</v>
+      </c>
+      <c s="6" t="str" r="H18"/>
+      <c s="30" r="I18">
+        <v>8.17</v>
+      </c>
+      <c s="30" r="J18">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B19"/>
+      <c s="25" t="str" r="C19"/>
+      <c s="23" t="inlineStr" r="D19">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E19">
+        <v>12.06</v>
+      </c>
+      <c s="30" r="F19">
+        <v>10.24</v>
+      </c>
+      <c s="30" r="G19">
+        <v>11.19</v>
+      </c>
+      <c s="6" t="str" r="H19"/>
+      <c s="30" r="I19">
+        <v>13.89</v>
+      </c>
+      <c s="30" r="J19">
+        <v>10.68</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B20"/>
+      <c s="25" t="str" r="C20"/>
+      <c s="10" t="inlineStr" r="D20">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E20">
+        <v>12.61</v>
+      </c>
+      <c s="31" r="F20">
+        <v>12.53</v>
+      </c>
+      <c s="31" r="G20">
+        <v>11.83</v>
+      </c>
+      <c s="6" t="str" r="H20"/>
+      <c s="31" r="I20">
+        <v>11.7</v>
+      </c>
+      <c s="31" r="J20">
+        <v>12.33</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B21"/>
+      <c s="27" t="str" r="C21"/>
+      <c s="23" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H21"/>
+      <c s="23" t="inlineStr" r="I21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B22">
+        <is>
+          <t xml:space="preserve">Adult Congenital Heart Disease</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C22"/>
+      <c s="23" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H22"/>
+      <c s="30" r="I22">
+        <v>7</v>
+      </c>
+      <c s="30" r="J22">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B23"/>
+      <c s="25" t="str" r="C23"/>
+      <c s="23" t="inlineStr" r="D23">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E23">
+        <v>12.67</v>
+      </c>
+      <c s="30" r="F23">
+        <v>11.86</v>
+      </c>
+      <c s="30" r="G23">
+        <v>12.57</v>
+      </c>
+      <c s="6" t="str" r="H23"/>
+      <c s="30" r="I23">
+        <v>9.22</v>
+      </c>
+      <c s="30" r="J23">
+        <v>10.92</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B24"/>
+      <c s="25" t="str" r="C24"/>
+      <c s="23" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E24">
+        <v>8</v>
+      </c>
+      <c s="30" r="F24">
+        <v>9.27</v>
+      </c>
+      <c s="30" r="G24">
+        <v>11.2</v>
+      </c>
+      <c s="6" t="str" r="H24"/>
+      <c s="30" r="I24">
+        <v>8.77</v>
+      </c>
+      <c s="30" r="J24">
+        <v>9.24</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B25"/>
+      <c s="25" t="str" r="C25"/>
+      <c s="10" t="inlineStr" r="D25">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E25">
+        <v>9</v>
+      </c>
+      <c s="31" r="F25">
+        <v>10.28</v>
+      </c>
+      <c s="31" r="G25">
+        <v>11.17</v>
+      </c>
+      <c s="6" t="str" r="H25"/>
+      <c s="31" r="I25">
+        <v>8.8</v>
+      </c>
+      <c s="31" r="J25">
+        <v>10.26</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B26"/>
+      <c s="27" t="str" r="C26"/>
+      <c s="23" t="inlineStr" r="D26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H26"/>
+      <c s="23" t="inlineStr" r="I26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve">Advanced Heart Failure and Transplant Cardiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C27"/>
+      <c s="23" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E27">
+        <v>34.17</v>
+      </c>
+      <c s="30" r="F27">
+        <v>14.35</v>
+      </c>
+      <c s="30" r="G27">
+        <v>13.5</v>
+      </c>
+      <c s="6" t="str" r="H27"/>
+      <c s="30" r="I27">
+        <v>8.25</v>
+      </c>
+      <c s="30" r="J27">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B28"/>
+      <c s="25" t="str" r="C28"/>
+      <c s="23" t="inlineStr" r="D28">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E28">
+        <v>16.46</v>
+      </c>
+      <c s="30" r="F28">
+        <v>14.13</v>
+      </c>
+      <c s="30" r="G28">
+        <v>22.61</v>
+      </c>
+      <c s="6" t="str" r="H28"/>
+      <c s="30" r="I28">
+        <v>14.51</v>
+      </c>
+      <c s="30" r="J28">
+        <v>21.88</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B29"/>
+      <c s="25" t="str" r="C29"/>
+      <c s="23" t="inlineStr" r="D29">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E29">
+        <v>11.56</v>
+      </c>
+      <c s="30" r="F29">
+        <v>16.23</v>
+      </c>
+      <c s="30" r="G29">
+        <v>14.57</v>
+      </c>
+      <c s="6" t="str" r="H29"/>
+      <c s="30" r="I29">
+        <v>10.62</v>
+      </c>
+      <c s="30" r="J29">
+        <v>11.6</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B30"/>
+      <c s="25" t="str" r="C30"/>
+      <c s="10" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E30">
+        <v>15.65</v>
+      </c>
+      <c s="31" r="F30">
+        <v>14.82</v>
+      </c>
+      <c s="31" r="G30">
+        <v>19.03</v>
+      </c>
+      <c s="6" t="str" r="H30"/>
+      <c s="31" r="I30">
+        <v>12.81</v>
+      </c>
+      <c s="31" r="J30">
+        <v>17.43</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B31"/>
+      <c s="27" t="str" r="C31"/>
+      <c s="23" t="inlineStr" r="D31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H31"/>
+      <c s="23" t="inlineStr" r="I31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Allergy and Immunology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C32"/>
+      <c s="23" t="inlineStr" r="D32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E32">
+        <v>43.61</v>
+      </c>
+      <c s="30" r="F32">
+        <v>39.49</v>
+      </c>
+      <c s="30" r="G32">
+        <v>37.48</v>
+      </c>
+      <c s="6" t="str" r="H32"/>
+      <c s="30" r="I32">
+        <v>46.83</v>
+      </c>
+      <c s="30" r="J32">
+        <v>48.54</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="23" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E33">
+        <v>35.79</v>
+      </c>
+      <c s="30" r="F33">
+        <v>36.45</v>
+      </c>
+      <c s="30" r="G33">
+        <v>41.48</v>
+      </c>
+      <c s="6" t="str" r="H33"/>
+      <c s="30" r="I33">
+        <v>43.23</v>
+      </c>
+      <c s="30" r="J33">
+        <v>44.15</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="23" t="inlineStr" r="D34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E34">
+        <v>28.11</v>
+      </c>
+      <c s="30" r="F34">
+        <v>31.72</v>
+      </c>
+      <c s="30" r="G34">
+        <v>29.51</v>
+      </c>
+      <c s="6" t="str" r="H34"/>
+      <c s="30" r="I34">
+        <v>33.14</v>
+      </c>
+      <c s="30" r="J34">
+        <v>32.87</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B35"/>
+      <c s="25" t="str" r="C35"/>
+      <c s="10" t="inlineStr" r="D35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E35">
+        <v>32.72</v>
+      </c>
+      <c s="31" r="F35">
+        <v>34.28</v>
+      </c>
+      <c s="31" r="G35">
+        <v>33.9</v>
+      </c>
+      <c s="6" t="str" r="H35"/>
+      <c s="31" r="I35">
+        <v>38.1</v>
+      </c>
+      <c s="31" r="J35">
+        <v>39.22</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B36"/>
+      <c s="27" t="str" r="C36"/>
+      <c s="23" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H36"/>
+      <c s="23" t="inlineStr" r="I36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">Brain Injury Medicine (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C37"/>
+      <c s="23" t="inlineStr" r="D37">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H37"/>
+      <c s="28" t="inlineStr" r="I37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B38"/>
+      <c s="25" t="str" r="C38"/>
+      <c s="23" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H38"/>
+      <c s="28" t="inlineStr" r="I38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B39"/>
+      <c s="25" t="str" r="C39"/>
+      <c s="23" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H39"/>
+      <c s="28" t="inlineStr" r="I39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B40"/>
+      <c s="25" t="str" r="C40"/>
+      <c s="10" t="inlineStr" r="D40">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H40"/>
+      <c s="28" t="inlineStr" r="I40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B41"/>
+      <c s="27" t="str" r="C41"/>
+      <c s="23" t="inlineStr" r="D41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H41"/>
+      <c s="23" t="inlineStr" r="I41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve">Brain Injury Medicine (Physical Medicine and Rehabilitation)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C42"/>
+      <c s="23" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E42">
+        <v>13.14</v>
+      </c>
+      <c s="30" r="F42">
+        <v>15</v>
+      </c>
+      <c s="30" r="G42">
+        <v>16.25</v>
+      </c>
+      <c s="6" t="str" r="H42"/>
+      <c s="30" r="I42">
+        <v>6.33</v>
+      </c>
+      <c s="30" r="J42">
+        <v>11.86</v>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B43"/>
+      <c s="25" t="str" r="C43"/>
+      <c s="23" t="inlineStr" r="D43">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E43">
+        <v>12.2</v>
+      </c>
+      <c s="30" r="F43">
+        <v>23</v>
+      </c>
+      <c s="28" t="inlineStr" r="G43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H43"/>
+      <c s="30" r="I43">
+        <v>10.71</v>
+      </c>
+      <c s="30" r="J43">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B44"/>
+      <c s="25" t="str" r="C44"/>
+      <c s="23" t="inlineStr" r="D44">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E44">
+        <v>12.93</v>
+      </c>
+      <c s="30" r="F44">
+        <v>14</v>
+      </c>
+      <c s="30" r="G44">
+        <v>14.47</v>
+      </c>
+      <c s="6" t="str" r="H44"/>
+      <c s="30" r="I44">
+        <v>16.55</v>
+      </c>
+      <c s="30" r="J44">
+        <v>12.33</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="10" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E45">
+        <v>12.85</v>
+      </c>
+      <c s="31" r="F45">
+        <v>15.1</v>
+      </c>
+      <c s="31" r="G45">
+        <v>14.38</v>
+      </c>
+      <c s="6" t="str" r="H45"/>
+      <c s="31" r="I45">
+        <v>14.31</v>
+      </c>
+      <c s="31" r="J45">
+        <v>11.48</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B46"/>
+      <c s="27" t="str" r="C46"/>
+      <c s="23" t="inlineStr" r="D46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H46"/>
+      <c s="23" t="inlineStr" r="I46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Cardiovascular Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C47"/>
+      <c s="23" t="inlineStr" r="D47">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E47">
+        <v>79.01</v>
+      </c>
+      <c s="30" r="F47">
+        <v>88.65</v>
+      </c>
+      <c s="30" r="G47">
+        <v>90.02</v>
+      </c>
+      <c s="6" t="str" r="H47"/>
+      <c s="30" r="I47">
+        <v>93.22</v>
+      </c>
+      <c s="30" r="J47">
+        <v>94.83</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B48"/>
+      <c s="25" t="str" r="C48"/>
+      <c s="23" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E48">
+        <v>115.2</v>
+      </c>
+      <c s="30" r="F48">
+        <v>120.13</v>
+      </c>
+      <c s="30" r="G48">
+        <v>122.4</v>
+      </c>
+      <c s="6" t="str" r="H48"/>
+      <c s="30" r="I48">
+        <v>120.15</v>
+      </c>
+      <c s="30" r="J48">
+        <v>113.72</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B49"/>
+      <c s="25" t="str" r="C49"/>
+      <c s="23" t="inlineStr" r="D49">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E49">
+        <v>60.01</v>
+      </c>
+      <c s="30" r="F49">
+        <v>64.12</v>
+      </c>
+      <c s="30" r="G49">
+        <v>61.32</v>
+      </c>
+      <c s="6" t="str" r="H49"/>
+      <c s="30" r="I49">
+        <v>68.73</v>
+      </c>
+      <c s="30" r="J49">
+        <v>59.58</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B50"/>
+      <c s="25" t="str" r="C50"/>
+      <c s="10" t="inlineStr" r="D50">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E50">
+        <v>90</v>
+      </c>
+      <c s="31" r="F50">
+        <v>95.21</v>
+      </c>
+      <c s="31" r="G50">
+        <v>93.82</v>
+      </c>
+      <c s="6" t="str" r="H50"/>
+      <c s="31" r="I50">
+        <v>96.27</v>
+      </c>
+      <c s="31" r="J50">
+        <v>90.36</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B51"/>
+      <c s="27" t="str" r="C51"/>
+      <c s="23" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H51"/>
+      <c s="23" t="inlineStr" r="I51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B52">
+        <is>
+          <t xml:space="preserve">Child Abuse Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C52"/>
+      <c s="23" t="inlineStr" r="D52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F52">
+        <v>13.25</v>
+      </c>
+      <c s="30" r="G52">
+        <v>10.83</v>
+      </c>
+      <c s="6" t="str" r="H52"/>
+      <c s="30" r="I52">
+        <v>13</v>
+      </c>
+      <c s="30" r="J52">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B53"/>
+      <c s="25" t="str" r="C53"/>
+      <c s="23" t="inlineStr" r="D53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E53">
+        <v>6.67</v>
+      </c>
+      <c s="28" t="inlineStr" r="F53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G53">
+        <v>5.5</v>
+      </c>
+      <c s="6" t="str" r="H53"/>
+      <c s="30" r="I53">
+        <v>14</v>
+      </c>
+      <c s="30" r="J53">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B54"/>
+      <c s="25" t="str" r="C54"/>
+      <c s="23" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E54">
+        <v>8.62</v>
+      </c>
+      <c s="30" r="F54">
+        <v>11.7</v>
+      </c>
+      <c s="30" r="G54">
+        <v>8.2</v>
+      </c>
+      <c s="6" t="str" r="H54"/>
+      <c s="30" r="I54">
+        <v>8.43</v>
+      </c>
+      <c s="30" r="J54">
+        <v>5.36</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B55"/>
+      <c s="25" t="str" r="C55"/>
+      <c s="10" t="inlineStr" r="D55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E55">
+        <v>7.71</v>
+      </c>
+      <c s="31" r="F55">
+        <v>10.39</v>
+      </c>
+      <c s="31" r="G55">
+        <v>8.53</v>
+      </c>
+      <c s="6" t="str" r="H55"/>
+      <c s="31" r="I55">
+        <v>10.69</v>
+      </c>
+      <c s="31" r="J55">
+        <v>5.53</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B56"/>
+      <c s="27" t="str" r="C56"/>
+      <c s="23" t="inlineStr" r="D56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H56"/>
+      <c s="23" t="inlineStr" r="I56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve">Child and Adolescent Psychiatry (Psychiatry)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C57"/>
+      <c s="23" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E57">
+        <v>19.4</v>
+      </c>
+      <c s="30" r="F57">
+        <v>23.78</v>
+      </c>
+      <c s="30" r="G57">
+        <v>20.2</v>
+      </c>
+      <c s="6" t="str" r="H57"/>
+      <c s="30" r="I57">
+        <v>18.48</v>
+      </c>
+      <c s="30" r="J57">
+        <v>20.34</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="23" t="inlineStr" r="D58">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E58">
+        <v>25.76</v>
+      </c>
+      <c s="30" r="F58">
+        <v>28.59</v>
+      </c>
+      <c s="30" r="G58">
+        <v>22.91</v>
+      </c>
+      <c s="6" t="str" r="H58"/>
+      <c s="30" r="I58">
+        <v>23.51</v>
+      </c>
+      <c s="30" r="J58">
+        <v>23.9</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B59"/>
+      <c s="25" t="str" r="C59"/>
+      <c s="23" t="inlineStr" r="D59">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E59">
+        <v>14.45</v>
+      </c>
+      <c s="30" r="F59">
+        <v>14.35</v>
+      </c>
+      <c s="30" r="G59">
+        <v>14.41</v>
+      </c>
+      <c s="6" t="str" r="H59"/>
+      <c s="30" r="I59">
+        <v>14.35</v>
+      </c>
+      <c s="30" r="J59">
+        <v>16.32</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B60"/>
+      <c s="25" t="str" r="C60"/>
+      <c s="10" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E60">
+        <v>18.1</v>
+      </c>
+      <c s="31" r="F60">
+        <v>19.38</v>
+      </c>
+      <c s="31" r="G60">
+        <v>17.54</v>
+      </c>
+      <c s="6" t="str" r="H60"/>
+      <c s="31" r="I60">
+        <v>17.29</v>
+      </c>
+      <c s="31" r="J60">
+        <v>18.85</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B61"/>
+      <c s="27" t="str" r="C61"/>
+      <c s="23" t="inlineStr" r="D61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H61"/>
+      <c s="23" t="inlineStr" r="I61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Clinical Cardiac Electrophysiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C62"/>
+      <c s="23" t="inlineStr" r="D62">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E62">
+        <v>41.23</v>
+      </c>
+      <c s="30" r="F62">
+        <v>41.72</v>
+      </c>
+      <c s="30" r="G62">
+        <v>66.93</v>
+      </c>
+      <c s="6" t="str" r="H62"/>
+      <c s="30" r="I62">
+        <v>60.94</v>
+      </c>
+      <c s="30" r="J62">
+        <v>66.68</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B63"/>
+      <c s="25" t="str" r="C63"/>
+      <c s="23" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E63">
+        <v>46.1</v>
+      </c>
+      <c s="30" r="F63">
+        <v>50.57</v>
+      </c>
+      <c s="30" r="G63">
+        <v>54.85</v>
+      </c>
+      <c s="6" t="str" r="H63"/>
+      <c s="30" r="I63">
+        <v>50.64</v>
+      </c>
+      <c s="30" r="J63">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B64"/>
+      <c s="25" t="str" r="C64"/>
+      <c s="23" t="inlineStr" r="D64">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E64">
+        <v>23.15</v>
+      </c>
+      <c s="30" r="F64">
+        <v>24.88</v>
+      </c>
+      <c s="30" r="G64">
+        <v>25.15</v>
+      </c>
+      <c s="6" t="str" r="H64"/>
+      <c s="30" r="I64">
+        <v>26.69</v>
+      </c>
+      <c s="30" r="J64">
+        <v>32.08</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B65"/>
+      <c s="25" t="str" r="C65"/>
+      <c s="10" t="inlineStr" r="D65">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E65">
+        <v>35.34</v>
+      </c>
+      <c s="31" r="F65">
+        <v>38.5</v>
+      </c>
+      <c s="31" r="G65">
+        <v>43.57</v>
+      </c>
+      <c s="6" t="str" r="H65"/>
+      <c s="31" r="I65">
+        <v>44.69</v>
+      </c>
+      <c s="31" r="J65">
+        <v>52.4</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B66"/>
+      <c s="27" t="str" r="C66"/>
+      <c s="23" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H66"/>
+      <c s="23" t="inlineStr" r="I66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B67">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Anesthesiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C67"/>
+      <c s="23" t="inlineStr" r="D67">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H67"/>
+      <c s="28" t="inlineStr" r="I67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B68"/>
+      <c s="25" t="str" r="C68"/>
+      <c s="23" t="inlineStr" r="D68">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H68"/>
+      <c s="28" t="inlineStr" r="I68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B69"/>
+      <c s="25" t="str" r="C69"/>
+      <c s="23" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H69"/>
+      <c s="28" t="inlineStr" r="I69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B70"/>
+      <c s="25" t="str" r="C70"/>
+      <c s="10" t="inlineStr" r="D70">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H70"/>
+      <c s="28" t="inlineStr" r="I70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B71"/>
+      <c s="27" t="str" r="C71"/>
+      <c s="23" t="inlineStr" r="D71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H71"/>
+      <c s="23" t="inlineStr" r="I71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C72"/>
+      <c s="23" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H72"/>
+      <c s="28" t="inlineStr" r="I72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B73"/>
+      <c s="25" t="str" r="C73"/>
+      <c s="23" t="inlineStr" r="D73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H73"/>
+      <c s="28" t="inlineStr" r="I73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B74"/>
+      <c s="25" t="str" r="C74"/>
+      <c s="23" t="inlineStr" r="D74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H74"/>
+      <c s="28" t="inlineStr" r="I74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B75"/>
+      <c s="25" t="str" r="C75"/>
+      <c s="10" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H75"/>
+      <c s="28" t="inlineStr" r="I75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B76"/>
+      <c s="27" t="str" r="C76"/>
+      <c s="23" t="inlineStr" r="D76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H76"/>
+      <c s="23" t="inlineStr" r="I76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C77"/>
+      <c s="23" t="inlineStr" r="D77">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H77"/>
+      <c s="28" t="inlineStr" r="I77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="23" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H78"/>
+      <c s="28" t="inlineStr" r="I78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B79"/>
+      <c s="25" t="str" r="C79"/>
+      <c s="23" t="inlineStr" r="D79">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H79"/>
+      <c s="28" t="inlineStr" r="I79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B80"/>
+      <c s="25" t="str" r="C80"/>
+      <c s="10" t="inlineStr" r="D80">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H80"/>
+      <c s="29" t="inlineStr" r="I80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B81"/>
+      <c s="27" t="str" r="C81"/>
+      <c s="23" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H81"/>
+      <c s="23" t="inlineStr" r="I81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B82">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C82"/>
+      <c s="23" t="inlineStr" r="D82">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E82">
+        <v>7.73</v>
+      </c>
+      <c s="30" r="F82">
+        <v>8.2</v>
+      </c>
+      <c s="30" r="G82">
+        <v>15.44</v>
+      </c>
+      <c s="6" t="str" r="H82"/>
+      <c s="30" r="I82">
+        <v>5.29</v>
+      </c>
+      <c s="30" r="J82">
+        <v>9.33</v>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B83"/>
+      <c s="25" t="str" r="C83"/>
+      <c s="23" t="inlineStr" r="D83">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E83">
+        <v>9.11</v>
+      </c>
+      <c s="30" r="F83">
+        <v>13.2</v>
+      </c>
+      <c s="30" r="G83">
+        <v>6.86</v>
+      </c>
+      <c s="6" t="str" r="H83"/>
+      <c s="30" r="I83">
+        <v>7.04</v>
+      </c>
+      <c s="30" r="J83">
+        <v>12.3</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B84"/>
+      <c s="25" t="str" r="C84"/>
+      <c s="23" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E84">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F84">
+        <v>8.45</v>
+      </c>
+      <c s="30" r="G84">
+        <v>6.51</v>
+      </c>
+      <c s="6" t="str" r="H84"/>
+      <c s="30" r="I84">
+        <v>7.88</v>
+      </c>
+      <c s="30" r="J84">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="10" t="inlineStr" r="D85">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E85">
+        <v>6.62</v>
+      </c>
+      <c s="31" r="F85">
+        <v>10.29</v>
+      </c>
+      <c s="31" r="G85">
+        <v>7.81</v>
+      </c>
+      <c s="6" t="str" r="H85"/>
+      <c s="31" r="I85">
+        <v>7.33</v>
+      </c>
+      <c s="31" r="J85">
+        <v>8.97</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B86"/>
+      <c s="27" t="str" r="C86"/>
+      <c s="23" t="inlineStr" r="D86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H86"/>
+      <c s="23" t="inlineStr" r="I86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Pathology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C87"/>
+      <c s="23" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H87"/>
+      <c s="28" t="inlineStr" r="I87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J87">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B88"/>
+      <c s="25" t="str" r="C88"/>
+      <c s="23" t="inlineStr" r="D88">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E88">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F88">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G88">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H88"/>
+      <c s="28" t="inlineStr" r="I88">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J88">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="23" t="inlineStr" r="D89">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E89">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F89">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G89">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H89"/>
+      <c s="28" t="inlineStr" r="I89">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J89">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="10" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E90">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F90">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G90">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H90"/>
+      <c s="29" t="inlineStr" r="I90">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J90">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B91"/>
+      <c s="27" t="str" r="C91"/>
+      <c s="23" t="inlineStr" r="D91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H91"/>
+      <c s="23" t="inlineStr" r="I91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C92"/>
+      <c s="23" t="inlineStr" r="D92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H92"/>
+      <c s="28" t="inlineStr" r="I92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B93"/>
+      <c s="25" t="str" r="C93"/>
+      <c s="23" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E93">
+        <v>5.2</v>
+      </c>
+      <c s="28" t="inlineStr" r="F93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H93"/>
+      <c s="28" t="inlineStr" r="I93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B94"/>
+      <c s="25" t="str" r="C94"/>
+      <c s="23" t="inlineStr" r="D94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H94"/>
+      <c s="28" t="inlineStr" r="I94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B95"/>
+      <c s="25" t="str" r="C95"/>
+      <c s="10" t="inlineStr" r="D95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H95"/>
+      <c s="29" t="inlineStr" r="I95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B96"/>
+      <c s="27" t="str" r="C96"/>
+      <c s="23" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H96"/>
+      <c s="23" t="inlineStr" r="I96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B97">
+        <is>
+          <t xml:space="preserve">Clinical Neurophysiology (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C97"/>
+      <c s="23" t="inlineStr" r="D97">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E97">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F97">
+        <v>9.75</v>
+      </c>
+      <c s="30" r="G97">
+        <v>12.06</v>
+      </c>
+      <c s="6" t="str" r="H97"/>
+      <c s="30" r="I97">
+        <v>8.12</v>
+      </c>
+      <c s="30" r="J97">
+        <v>10.53</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B98"/>
+      <c s="25" t="str" r="C98"/>
+      <c s="23" t="inlineStr" r="D98">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E98">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F98">
+        <v>12.9</v>
+      </c>
+      <c s="30" r="G98">
+        <v>11.44</v>
+      </c>
+      <c s="6" t="str" r="H98"/>
+      <c s="30" r="I98">
+        <v>9.71</v>
+      </c>
+      <c s="30" r="J98">
+        <v>11.71</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B99"/>
+      <c s="25" t="str" r="C99"/>
+      <c s="23" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E99">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F99">
+        <v>5.44</v>
+      </c>
+      <c s="30" r="G99">
+        <v>6.96</v>
+      </c>
+      <c s="6" t="str" r="H99"/>
+      <c s="30" r="I99">
+        <v>7.04</v>
+      </c>
+      <c s="30" r="J99">
+        <v>7.22</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B100"/>
+      <c s="25" t="str" r="C100"/>
+      <c s="10" t="inlineStr" r="D100">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E100">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F100">
+        <v>8.99</v>
+      </c>
+      <c s="31" r="G100">
+        <v>9.25</v>
+      </c>
+      <c s="6" t="str" r="H100"/>
+      <c s="31" r="I100">
+        <v>8.21</v>
+      </c>
+      <c s="31" r="J100">
+        <v>9.35</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B101"/>
+      <c s="27" t="str" r="C101"/>
+      <c s="23" t="inlineStr" r="D101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H101"/>
+      <c s="23" t="inlineStr" r="I101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve">Colon and Rectal Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C102"/>
+      <c s="23" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E102">
+        <v>57.85</v>
+      </c>
+      <c s="30" r="F102">
+        <v>62.14</v>
+      </c>
+      <c s="30" r="G102">
+        <v>51.26</v>
+      </c>
+      <c s="6" t="str" r="H102"/>
+      <c s="30" r="I102">
+        <v>59.73</v>
+      </c>
+      <c s="30" r="J102">
+        <v>56.83</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B103"/>
+      <c s="25" t="str" r="C103"/>
+      <c s="23" t="inlineStr" r="D103">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E103">
+        <v>43.52</v>
+      </c>
+      <c s="30" r="F103">
+        <v>55.86</v>
+      </c>
+      <c s="30" r="G103">
+        <v>50.97</v>
+      </c>
+      <c s="6" t="str" r="H103"/>
+      <c s="30" r="I103">
+        <v>50.93</v>
+      </c>
+      <c s="30" r="J103">
+        <v>55.97</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B104"/>
+      <c s="25" t="str" r="C104"/>
+      <c s="23" t="inlineStr" r="D104">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E104">
+        <v>41.98</v>
+      </c>
+      <c s="30" r="F104">
+        <v>44.59</v>
+      </c>
+      <c s="30" r="G104">
+        <v>46.26</v>
+      </c>
+      <c s="6" t="str" r="H104"/>
+      <c s="30" r="I104">
+        <v>49.75</v>
+      </c>
+      <c s="30" r="J104">
+        <v>49.21</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B105"/>
+      <c s="25" t="str" r="C105"/>
+      <c s="10" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E105">
+        <v>43.5</v>
+      </c>
+      <c s="31" r="F105">
+        <v>49.39</v>
+      </c>
+      <c s="31" r="G105">
+        <v>47.73</v>
+      </c>
+      <c s="6" t="str" r="H105"/>
+      <c s="31" r="I105">
+        <v>51.42</v>
+      </c>
+      <c s="31" r="J105">
+        <v>51.31</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B106"/>
+      <c s="27" t="str" r="C106"/>
+      <c s="23" t="inlineStr" r="D106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H106"/>
+      <c s="23" t="inlineStr" r="I106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Complex Family Planning</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C107"/>
+      <c s="23" t="inlineStr" r="D107">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F107">
+        <v>27.67</v>
+      </c>
+      <c s="28" t="inlineStr" r="G107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H107"/>
+      <c s="30" r="I107">
+        <v>35</v>
+      </c>
+      <c s="28" t="inlineStr" r="J107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B108"/>
+      <c s="25" t="str" r="C108"/>
+      <c s="23" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E108">
+        <v>28</v>
+      </c>
+      <c s="30" r="F108">
+        <v>7.5</v>
+      </c>
+      <c s="28" t="inlineStr" r="G108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H108"/>
+      <c s="30" r="I108">
+        <v>27.75</v>
+      </c>
+      <c s="30" r="J108">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B109"/>
+      <c s="25" t="str" r="C109"/>
+      <c s="23" t="inlineStr" r="D109">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E109">
+        <v>23.69</v>
+      </c>
+      <c s="30" r="F109">
+        <v>21.52</v>
+      </c>
+      <c s="30" r="G109">
+        <v>26.76</v>
+      </c>
+      <c s="6" t="str" r="H109"/>
+      <c s="30" r="I109">
+        <v>25.65</v>
+      </c>
+      <c s="30" r="J109">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B110"/>
+      <c s="25" t="str" r="C110"/>
+      <c s="10" t="inlineStr" r="D110">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E110">
+        <v>23.85</v>
+      </c>
+      <c s="31" r="F110">
+        <v>21.22</v>
+      </c>
+      <c s="31" r="G110">
+        <v>26.06</v>
+      </c>
+      <c s="6" t="str" r="H110"/>
+      <c s="31" r="I110">
+        <v>26.23</v>
+      </c>
+      <c s="31" r="J110">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B111"/>
+      <c s="27" t="str" r="C111"/>
+      <c s="23" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H111"/>
+      <c s="23" t="inlineStr" r="I111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B112">
+        <is>
+          <t xml:space="preserve">Complex General Surgical Oncology (Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C112"/>
+      <c s="23" t="inlineStr" r="D112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E112">
+        <v>31</v>
+      </c>
+      <c s="30" r="F112">
+        <v>34</v>
+      </c>
+      <c s="30" r="G112">
+        <v>33.25</v>
+      </c>
+      <c s="6" t="str" r="H112"/>
+      <c s="30" r="I112">
+        <v>32.67</v>
+      </c>
+      <c s="30" r="J112">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B113"/>
+      <c s="25" t="str" r="C113"/>
+      <c s="23" t="inlineStr" r="D113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E113">
+        <v>20.35</v>
+      </c>
+      <c s="30" r="F113">
+        <v>24.04</v>
+      </c>
+      <c s="30" r="G113">
+        <v>20.19</v>
+      </c>
+      <c s="6" t="str" r="H113"/>
+      <c s="30" r="I113">
+        <v>24.18</v>
+      </c>
+      <c s="30" r="J113">
+        <v>20.52</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B114"/>
+      <c s="25" t="str" r="C114"/>
+      <c s="23" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E114">
+        <v>25.28</v>
+      </c>
+      <c s="30" r="F114">
+        <v>27.4</v>
+      </c>
+      <c s="30" r="G114">
+        <v>28.1</v>
+      </c>
+      <c s="6" t="str" r="H114"/>
+      <c s="30" r="I114">
+        <v>27.3</v>
+      </c>
+      <c s="30" r="J114">
+        <v>30.24</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B115"/>
+      <c s="25" t="str" r="C115"/>
+      <c s="10" t="inlineStr" r="D115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E115">
+        <v>23.42</v>
+      </c>
+      <c s="31" r="F115">
+        <v>26.86</v>
+      </c>
+      <c s="31" r="G115">
+        <v>26.11</v>
+      </c>
+      <c s="6" t="str" r="H115"/>
+      <c s="31" r="I115">
+        <v>26.7</v>
+      </c>
+      <c s="31" r="J115">
+        <v>28.05</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B116"/>
+      <c s="27" t="str" r="C116"/>
+      <c s="23" t="inlineStr" r="D116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H116"/>
+      <c s="23" t="inlineStr" r="I116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve">Consultation-Liaison Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C117"/>
+      <c s="23" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G117">
+        <v>11.67</v>
+      </c>
+      <c s="6" t="str" r="H117"/>
+      <c s="30" r="I117">
+        <v>14.75</v>
+      </c>
+      <c s="30" r="J117">
+        <v>14.71</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B118"/>
+      <c s="25" t="str" r="C118"/>
+      <c s="23" t="inlineStr" r="D118">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G118">
+        <v>14.54</v>
+      </c>
+      <c s="6" t="str" r="H118"/>
+      <c s="30" r="I118">
+        <v>14.59</v>
+      </c>
+      <c s="30" r="J118">
+        <v>11.84</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B119"/>
+      <c s="25" t="str" r="C119"/>
+      <c s="23" t="inlineStr" r="D119">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E119">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F119">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G119">
+        <v>9.13</v>
+      </c>
+      <c s="6" t="str" r="H119"/>
+      <c s="30" r="I119">
+        <v>8.95</v>
+      </c>
+      <c s="30" r="J119">
+        <v>11.76</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B120"/>
+      <c s="25" t="str" r="C120"/>
+      <c s="10" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E120">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F120">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="G120">
+        <v>11.16</v>
+      </c>
+      <c s="6" t="str" r="H120"/>
+      <c s="31" r="I120">
+        <v>10.94</v>
+      </c>
+      <c s="31" r="J120">
+        <v>12.25</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B121"/>
+      <c s="27" t="str" r="C121"/>
+      <c s="23" t="inlineStr" r="D121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H121"/>
+      <c s="23" t="inlineStr" r="I121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C122"/>
+      <c s="23" t="inlineStr" r="D122">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E122">
+        <v>18.07</v>
+      </c>
+      <c s="30" r="F122">
+        <v>20.41</v>
+      </c>
+      <c s="30" r="G122">
+        <v>20.35</v>
+      </c>
+      <c s="6" t="str" r="H122"/>
+      <c s="30" r="I122">
+        <v>19.42</v>
+      </c>
+      <c s="30" r="J122">
+        <v>15.71</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B123"/>
+      <c s="25" t="str" r="C123"/>
+      <c s="23" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E123">
+        <v>18.59</v>
+      </c>
+      <c s="30" r="F123">
+        <v>22.02</v>
+      </c>
+      <c s="30" r="G123">
+        <v>20.97</v>
+      </c>
+      <c s="6" t="str" r="H123"/>
+      <c s="30" r="I123">
+        <v>19.53</v>
+      </c>
+      <c s="30" r="J123">
+        <v>21.2</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B124"/>
+      <c s="25" t="str" r="C124"/>
+      <c s="23" t="inlineStr" r="D124">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E124">
+        <v>12.6</v>
+      </c>
+      <c s="30" r="F124">
+        <v>15.93</v>
+      </c>
+      <c s="30" r="G124">
+        <v>16.13</v>
+      </c>
+      <c s="6" t="str" r="H124"/>
+      <c s="30" r="I124">
+        <v>13.15</v>
+      </c>
+      <c s="30" r="J124">
+        <v>11.98</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B125"/>
+      <c s="25" t="str" r="C125"/>
+      <c s="10" t="inlineStr" r="D125">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E125">
+        <v>17.24</v>
+      </c>
+      <c s="31" r="F125">
+        <v>20.59</v>
+      </c>
+      <c s="31" r="G125">
+        <v>19.81</v>
+      </c>
+      <c s="6" t="str" r="H125"/>
+      <c s="31" r="I125">
+        <v>18.09</v>
+      </c>
+      <c s="31" r="J125">
+        <v>18.42</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B126"/>
+      <c s="27" t="str" r="C126"/>
+      <c s="23" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H126"/>
+      <c s="23" t="inlineStr" r="I126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B127">
+        <is>
+          <t xml:space="preserve">Developmental-Behavioral Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C127"/>
+      <c s="23" t="inlineStr" r="D127">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E127">
+        <v>12.4</v>
+      </c>
+      <c s="30" r="F127">
+        <v>10.5</v>
+      </c>
+      <c s="30" r="G127">
+        <v>16</v>
+      </c>
+      <c s="6" t="str" r="H127"/>
+      <c s="30" r="I127">
+        <v>16.6</v>
+      </c>
+      <c s="30" r="J127">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B128"/>
+      <c s="25" t="str" r="C128"/>
+      <c s="23" t="inlineStr" r="D128">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E128">
+        <v>19.7</v>
+      </c>
+      <c s="30" r="F128">
+        <v>11.21</v>
+      </c>
+      <c s="30" r="G128">
+        <v>9.71</v>
+      </c>
+      <c s="6" t="str" r="H128"/>
+      <c s="30" r="I128">
+        <v>13.13</v>
+      </c>
+      <c s="30" r="J128">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B129"/>
+      <c s="25" t="str" r="C129"/>
+      <c s="23" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E129">
+        <v>6.78</v>
+      </c>
+      <c s="30" r="F129">
+        <v>6</v>
+      </c>
+      <c s="30" r="G129">
+        <v>7.28</v>
+      </c>
+      <c s="6" t="str" r="H129"/>
+      <c s="30" r="I129">
+        <v>10.73</v>
+      </c>
+      <c s="30" r="J129">
+        <v>8.3</v>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B130"/>
+      <c s="25" t="str" r="C130"/>
+      <c s="10" t="inlineStr" r="D130">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E130">
+        <v>11.55</v>
+      </c>
+      <c s="31" r="F130">
+        <v>8.72</v>
+      </c>
+      <c s="31" r="G130">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H130"/>
+      <c s="31" r="I130">
+        <v>12.11</v>
+      </c>
+      <c s="31" r="J130">
+        <v>9.27</v>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B131"/>
+      <c s="27" t="str" r="C131"/>
+      <c s="23" t="inlineStr" r="D131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H131"/>
+      <c s="23" t="inlineStr" r="I131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve">Endocrinology, Diabetes, and Metabolism (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C132"/>
+      <c s="23" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E132">
+        <v>37.57</v>
+      </c>
+      <c s="30" r="F132">
+        <v>45.14</v>
+      </c>
+      <c s="30" r="G132">
+        <v>38.7</v>
+      </c>
+      <c s="6" t="str" r="H132"/>
+      <c s="30" r="I132">
+        <v>38.97</v>
+      </c>
+      <c s="30" r="J132">
+        <v>39.74</v>
+      </c>
+    </row>
+    <row r="133" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B133"/>
+      <c s="25" t="str" r="C133"/>
+      <c s="23" t="inlineStr" r="D133">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E133">
+        <v>56.5</v>
+      </c>
+      <c s="30" r="F133">
+        <v>55.41</v>
+      </c>
+      <c s="30" r="G133">
+        <v>53.37</v>
+      </c>
+      <c s="6" t="str" r="H133"/>
+      <c s="30" r="I133">
+        <v>59.26</v>
+      </c>
+      <c s="30" r="J133">
+        <v>49.83</v>
+      </c>
+    </row>
+    <row r="134" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B134"/>
+      <c s="25" t="str" r="C134"/>
+      <c s="23" t="inlineStr" r="D134">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E134">
+        <v>24.78</v>
+      </c>
+      <c s="30" r="F134">
+        <v>25.65</v>
+      </c>
+      <c s="30" r="G134">
+        <v>28.68</v>
+      </c>
+      <c s="6" t="str" r="H134"/>
+      <c s="30" r="I134">
+        <v>25.05</v>
+      </c>
+      <c s="30" r="J134">
+        <v>21.52</v>
+      </c>
+    </row>
+    <row r="135" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B135"/>
+      <c s="25" t="str" r="C135"/>
+      <c s="10" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E135">
+        <v>46.96</v>
+      </c>
+      <c s="31" r="F135">
+        <v>46.46</v>
+      </c>
+      <c s="31" r="G135">
+        <v>45.08</v>
+      </c>
+      <c s="6" t="str" r="H135"/>
+      <c s="31" r="I135">
+        <v>48.49</v>
+      </c>
+      <c s="31" r="J135">
+        <v>41.91</v>
+      </c>
+    </row>
+    <row r="136" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B136"/>
+      <c s="27" t="str" r="C136"/>
+      <c s="23" t="inlineStr" r="D136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H136"/>
+      <c s="23" t="inlineStr" r="I136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Epilepsy (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C137"/>
+      <c s="23" t="inlineStr" r="D137">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E137">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F137">
+        <v>12.96</v>
+      </c>
+      <c s="30" r="G137">
+        <v>18.1</v>
+      </c>
+      <c s="6" t="str" r="H137"/>
+      <c s="30" r="I137">
+        <v>17.29</v>
+      </c>
+      <c s="30" r="J137">
+        <v>18.74</v>
+      </c>
+    </row>
+    <row r="138" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B138"/>
+      <c s="25" t="str" r="C138"/>
+      <c s="23" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E138">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F138">
+        <v>17.76</v>
+      </c>
+      <c s="30" r="G138">
+        <v>19.35</v>
+      </c>
+      <c s="6" t="str" r="H138"/>
+      <c s="30" r="I138">
+        <v>23.1</v>
+      </c>
+      <c s="30" r="J138">
+        <v>24.19</v>
+      </c>
+    </row>
+    <row r="139" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B139"/>
+      <c s="25" t="str" r="C139"/>
+      <c s="23" t="inlineStr" r="D139">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E139">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F139">
+        <v>7.71</v>
+      </c>
+      <c s="30" r="G139">
+        <v>9.43</v>
+      </c>
+      <c s="6" t="str" r="H139"/>
+      <c s="30" r="I139">
+        <v>11.81</v>
+      </c>
+      <c s="30" r="J139">
+        <v>13.52</v>
+      </c>
+    </row>
+    <row r="140" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B140"/>
+      <c s="25" t="str" r="C140"/>
+      <c s="10" t="inlineStr" r="D140">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E140">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F140">
+        <v>12.42</v>
+      </c>
+      <c s="31" r="G140">
+        <v>13.73</v>
+      </c>
+      <c s="6" t="str" r="H140"/>
+      <c s="31" r="I140">
+        <v>16.86</v>
+      </c>
+      <c s="31" r="J140">
+        <v>17.73</v>
+      </c>
+    </row>
+    <row r="141" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B141"/>
+      <c s="27" t="str" r="C141"/>
+      <c s="23" t="inlineStr" r="D141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H141"/>
+      <c s="23" t="inlineStr" r="I141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B142">
+        <is>
+          <t xml:space="preserve">Forensic Pathology (Pathology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C142"/>
+      <c s="23" t="inlineStr" r="D142">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H142"/>
+      <c s="30" r="I142">
+        <v>6.45</v>
+      </c>
+      <c s="30" r="J142">
+        <v>8.9</v>
+      </c>
+    </row>
+    <row r="143" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B143"/>
+      <c s="25" t="str" r="C143"/>
+      <c s="23" t="inlineStr" r="D143">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H143"/>
+      <c s="30" r="I143">
+        <v>5.85</v>
+      </c>
+      <c s="30" r="J143">
+        <v>8.21</v>
+      </c>
+    </row>
+    <row r="144" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B144"/>
+      <c s="25" t="str" r="C144"/>
+      <c s="23" t="inlineStr" r="D144">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H144"/>
+      <c s="30" r="I144">
+        <v>7.05</v>
+      </c>
+      <c s="30" r="J144">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="145" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B145"/>
+      <c s="25" t="str" r="C145"/>
+      <c s="10" t="inlineStr" r="D145">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H145"/>
+      <c s="31" r="I145">
+        <v>6.55</v>
+      </c>
+      <c s="31" r="J145">
+        <v>8.42</v>
+      </c>
+    </row>
+    <row r="146" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B146"/>
+      <c s="27" t="str" r="C146"/>
+      <c s="23" t="inlineStr" r="D146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H146"/>
+      <c s="23" t="inlineStr" r="I146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B147">
+        <is>
+          <t xml:space="preserve">Forensic Psychiatry (Psychiatry)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C147"/>
+      <c s="23" t="inlineStr" r="D147">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H147"/>
+      <c s="28" t="inlineStr" r="I147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J147">
+        <v>8.17</v>
+      </c>
+    </row>
+    <row r="148" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B148"/>
+      <c s="25" t="str" r="C148"/>
+      <c s="23" t="inlineStr" r="D148">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H148"/>
+      <c s="28" t="inlineStr" r="I148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J148">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="149" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B149"/>
+      <c s="25" t="str" r="C149"/>
+      <c s="23" t="inlineStr" r="D149">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H149"/>
+      <c s="28" t="inlineStr" r="I149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J149">
+        <v>7.61</v>
+      </c>
+    </row>
+    <row r="150" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B150"/>
+      <c s="25" t="str" r="C150"/>
+      <c s="10" t="inlineStr" r="D150">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H150"/>
+      <c s="28" t="inlineStr" r="I150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J150">
+        <v>8.61</v>
+      </c>
+    </row>
+    <row r="151" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B151"/>
+      <c s="27" t="str" r="C151"/>
+      <c s="23" t="inlineStr" r="D151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H151"/>
+      <c s="23" t="inlineStr" r="I151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B152">
+        <is>
+          <t xml:space="preserve">Gastroenterology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C152"/>
+      <c s="23" t="inlineStr" r="D152">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E152">
+        <v>77.82</v>
+      </c>
+      <c s="30" r="F152">
+        <v>84.4</v>
+      </c>
+      <c s="30" r="G152">
+        <v>94.99</v>
+      </c>
+      <c s="6" t="str" r="H152"/>
+      <c s="30" r="I152">
+        <v>99.34</v>
+      </c>
+      <c s="30" r="J152">
+        <v>90.58</v>
+      </c>
+    </row>
+    <row r="153" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B153"/>
+      <c s="25" t="str" r="C153"/>
+      <c s="23" t="inlineStr" r="D153">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E153">
+        <v>102.42</v>
+      </c>
+      <c s="30" r="F153">
+        <v>101.8</v>
+      </c>
+      <c s="30" r="G153">
+        <v>109.48</v>
+      </c>
+      <c s="6" t="str" r="H153"/>
+      <c s="30" r="I153">
+        <v>111.26</v>
+      </c>
+      <c s="30" r="J153">
+        <v>106.43</v>
+      </c>
+    </row>
+    <row r="154" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B154"/>
+      <c s="25" t="str" r="C154"/>
+      <c s="23" t="inlineStr" r="D154">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E154">
+        <v>65.31</v>
+      </c>
+      <c s="30" r="F154">
+        <v>68.85</v>
+      </c>
+      <c s="30" r="G154">
+        <v>74.44</v>
+      </c>
+      <c s="6" t="str" r="H154"/>
+      <c s="30" r="I154">
+        <v>76.63</v>
+      </c>
+      <c s="30" r="J154">
+        <v>67.65</v>
+      </c>
+    </row>
+    <row r="155" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B155"/>
+      <c s="25" t="str" r="C155"/>
+      <c s="10" t="inlineStr" r="D155">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E155">
+        <v>83.21</v>
+      </c>
+      <c s="31" r="F155">
+        <v>84.78</v>
+      </c>
+      <c s="31" r="G155">
+        <v>92.08</v>
+      </c>
+      <c s="6" t="str" r="H155"/>
+      <c s="31" r="I155">
+        <v>94.42</v>
+      </c>
+      <c s="31" r="J155">
+        <v>88.65</v>
+      </c>
+    </row>
+    <row r="156" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B156"/>
+      <c s="27" t="str" r="C156"/>
+      <c s="23" t="inlineStr" r="D156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H156"/>
+      <c s="23" t="inlineStr" r="I156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B157">
+        <is>
+          <t xml:space="preserve">Geriatric Medicine (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C157"/>
+      <c s="23" t="inlineStr" r="D157">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H157"/>
+      <c s="28" t="inlineStr" r="I157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B158"/>
+      <c s="25" t="str" r="C158"/>
+      <c s="23" t="inlineStr" r="D158">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E158">
+        <v>5.38</v>
+      </c>
+      <c s="28" t="inlineStr" r="F158">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G158">
+        <v>6.63</v>
+      </c>
+      <c s="6" t="str" r="H158"/>
+      <c s="30" r="I158">
+        <v>5.31</v>
+      </c>
+      <c s="30" r="J158">
+        <v>5.39</v>
+      </c>
+    </row>
+    <row r="159" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B159"/>
+      <c s="25" t="str" r="C159"/>
+      <c s="23" t="inlineStr" r="D159">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H159"/>
+      <c s="28" t="inlineStr" r="I159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B160"/>
+      <c s="25" t="str" r="C160"/>
+      <c s="10" t="inlineStr" r="D160">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E160">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F160">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G160">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H160"/>
+      <c s="29" t="inlineStr" r="I160">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J160">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B161"/>
+      <c s="27" t="str" r="C161"/>
+      <c s="23" t="inlineStr" r="D161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H161"/>
+      <c s="23" t="inlineStr" r="I161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B162">
+        <is>
+          <t xml:space="preserve">Geriatric Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C162"/>
+      <c s="23" t="inlineStr" r="D162">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E162">
+        <v>11.77</v>
+      </c>
+      <c s="30" r="F162">
+        <v>9.53</v>
+      </c>
+      <c s="30" r="G162">
+        <v>7.06</v>
+      </c>
+      <c s="6" t="str" r="H162"/>
+      <c s="30" r="I162">
+        <v>7.02</v>
+      </c>
+      <c s="30" r="J162">
+        <v>5.49</v>
+      </c>
+    </row>
+    <row r="163" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B163"/>
+      <c s="25" t="str" r="C163"/>
+      <c s="23" t="inlineStr" r="D163">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E163">
+        <v>12.67</v>
+      </c>
+      <c s="30" r="F163">
+        <v>10.31</v>
+      </c>
+      <c s="30" r="G163">
+        <v>9.9</v>
+      </c>
+      <c s="6" t="str" r="H163"/>
+      <c s="30" r="I163">
+        <v>8.6</v>
+      </c>
+      <c s="30" r="J163">
+        <v>9.25</v>
+      </c>
+    </row>
+    <row r="164" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B164"/>
+      <c s="25" t="str" r="C164"/>
+      <c s="23" t="inlineStr" r="D164">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E164">
+        <v>7.25</v>
+      </c>
+      <c s="30" r="F164">
+        <v>8.56</v>
+      </c>
+      <c s="30" r="G164">
+        <v>9.3</v>
+      </c>
+      <c s="6" t="str" r="H164"/>
+      <c s="30" r="I164">
+        <v>7.93</v>
+      </c>
+      <c s="30" r="J164">
+        <v>7.39</v>
+      </c>
+    </row>
+    <row r="165" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B165"/>
+      <c s="25" t="str" r="C165"/>
+      <c s="10" t="inlineStr" r="D165">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E165">
+        <v>11.05</v>
+      </c>
+      <c s="31" r="F165">
+        <v>9.68</v>
+      </c>
+      <c s="31" r="G165">
+        <v>9.42</v>
+      </c>
+      <c s="6" t="str" r="H165"/>
+      <c s="31" r="I165">
+        <v>8.2</v>
+      </c>
+      <c s="31" r="J165">
+        <v>8.31</v>
+      </c>
+    </row>
+    <row r="166" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B166"/>
+      <c s="27" t="str" r="C166"/>
+      <c s="23" t="inlineStr" r="D166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H166"/>
+      <c s="23" t="inlineStr" r="I166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="167" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B167">
+        <is>
+          <t xml:space="preserve">Gynecologic Oncology (Obstetrics and Gynecology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C167"/>
+      <c s="23" t="inlineStr" r="D167">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E167">
+        <v>52.33</v>
+      </c>
+      <c s="30" r="F167">
+        <v>52.88</v>
+      </c>
+      <c s="30" r="G167">
+        <v>67.8</v>
+      </c>
+      <c s="6" t="str" r="H167"/>
+      <c s="30" r="I167">
+        <v>64.15</v>
+      </c>
+      <c s="28" t="inlineStr" r="J167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B168"/>
+      <c s="25" t="str" r="C168"/>
+      <c s="23" t="inlineStr" r="D168">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E168">
+        <v>46.9</v>
+      </c>
+      <c s="30" r="F168">
+        <v>16.14</v>
+      </c>
+      <c s="30" r="G168">
+        <v>47.5</v>
+      </c>
+      <c s="6" t="str" r="H168"/>
+      <c s="30" r="I168">
+        <v>50.09</v>
+      </c>
+      <c s="30" r="J168">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="169" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B169"/>
+      <c s="25" t="str" r="C169"/>
+      <c s="23" t="inlineStr" r="D169">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E169">
+        <v>54.65</v>
+      </c>
+      <c s="30" r="F169">
+        <v>50.91</v>
+      </c>
+      <c s="30" r="G169">
+        <v>52.78</v>
+      </c>
+      <c s="6" t="str" r="H169"/>
+      <c s="30" r="I169">
+        <v>51.51</v>
+      </c>
+      <c s="28" t="inlineStr" r="J169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B170"/>
+      <c s="25" t="str" r="C170"/>
+      <c s="10" t="inlineStr" r="D170">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E170">
+        <v>53.83</v>
+      </c>
+      <c s="31" r="F170">
+        <v>48.54</v>
+      </c>
+      <c s="31" r="G170">
+        <v>53.01</v>
+      </c>
+      <c s="6" t="str" r="H170"/>
+      <c s="31" r="I170">
+        <v>52.94</v>
+      </c>
+      <c s="31" r="J170">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="171" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B171"/>
+      <c s="27" t="str" r="C171"/>
+      <c s="23" t="inlineStr" r="D171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H171"/>
+      <c s="23" t="inlineStr" r="I171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="172" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B172">
+        <is>
+          <t xml:space="preserve">Headache Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C172"/>
+      <c s="23" t="inlineStr" r="D172">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F172">
+        <v>7</v>
+      </c>
+      <c s="28" t="inlineStr" r="G172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H172"/>
+      <c s="28" t="inlineStr" r="I172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B173"/>
+      <c s="25" t="str" r="C173"/>
+      <c s="23" t="inlineStr" r="D173">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H173"/>
+      <c s="28" t="inlineStr" r="I173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B174"/>
+      <c s="25" t="str" r="C174"/>
+      <c s="10" t="inlineStr" r="D174">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H174"/>
+      <c s="29" t="inlineStr" r="I174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B175"/>
+      <c s="27" t="str" r="C175"/>
+      <c s="23" t="inlineStr" r="D175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H175"/>
+      <c s="23" t="inlineStr" r="I175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="176" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B176">
+        <is>
+          <t xml:space="preserve">Hematology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C176"/>
+      <c s="23" t="inlineStr" r="D176">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H176"/>
+      <c s="28" t="inlineStr" r="I176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B177"/>
+      <c s="25" t="str" r="C177"/>
+      <c s="23" t="inlineStr" r="D177">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H177"/>
+      <c s="28" t="inlineStr" r="I177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B178"/>
+      <c s="25" t="str" r="C178"/>
+      <c s="23" t="inlineStr" r="D178">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H178"/>
+      <c s="28" t="inlineStr" r="I178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B179"/>
+      <c s="25" t="str" r="C179"/>
+      <c s="10" t="inlineStr" r="D179">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H179"/>
+      <c s="28" t="inlineStr" r="I179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B180"/>
+      <c s="27" t="str" r="C180"/>
+      <c s="23" t="inlineStr" r="D180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H180"/>
+      <c s="23" t="inlineStr" r="I180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="181" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B181">
+        <is>
+          <t xml:space="preserve">Hematology and Medical Oncology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C181"/>
+      <c s="23" t="inlineStr" r="D181">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E181">
+        <v>61.37</v>
+      </c>
+      <c s="30" r="F181">
+        <v>78.71</v>
+      </c>
+      <c s="30" r="G181">
+        <v>61.84</v>
+      </c>
+      <c s="6" t="str" r="H181"/>
+      <c s="30" r="I181">
+        <v>70.25</v>
+      </c>
+      <c s="30" r="J181">
+        <v>65.07</v>
+      </c>
+    </row>
+    <row r="182" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B182"/>
+      <c s="25" t="str" r="C182"/>
+      <c s="23" t="inlineStr" r="D182">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E182">
+        <v>87.89</v>
+      </c>
+      <c s="30" r="F182">
+        <v>88.58</v>
+      </c>
+      <c s="30" r="G182">
+        <v>93.04</v>
+      </c>
+      <c s="6" t="str" r="H182"/>
+      <c s="30" r="I182">
+        <v>90.64</v>
+      </c>
+      <c s="30" r="J182">
+        <v>88.21</v>
+      </c>
+    </row>
+    <row r="183" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B183"/>
+      <c s="25" t="str" r="C183"/>
+      <c s="23" t="inlineStr" r="D183">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E183">
+        <v>37.47</v>
+      </c>
+      <c s="30" r="F183">
+        <v>37.45</v>
+      </c>
+      <c s="30" r="G183">
+        <v>39.78</v>
+      </c>
+      <c s="6" t="str" r="H183"/>
+      <c s="30" r="I183">
+        <v>40.94</v>
+      </c>
+      <c s="30" r="J183">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="184" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B184"/>
+      <c s="25" t="str" r="C184"/>
+      <c s="10" t="inlineStr" r="D184">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E184">
+        <v>64.04</v>
+      </c>
+      <c s="31" r="F184">
+        <v>65</v>
+      </c>
+      <c s="31" r="G184">
+        <v>66.55</v>
+      </c>
+      <c s="6" t="str" r="H184"/>
+      <c s="31" r="I184">
+        <v>66.35</v>
+      </c>
+      <c s="31" r="J184">
+        <v>66.35</v>
+      </c>
+    </row>
+    <row r="185" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B185"/>
+      <c s="27" t="str" r="C185"/>
+      <c s="23" t="inlineStr" r="D185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H185"/>
+      <c s="23" t="inlineStr" r="I185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="186" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B186">
+        <is>
+          <t xml:space="preserve">Hospice and Palliative Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C186"/>
+      <c s="23" t="inlineStr" r="D186">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E186">
+        <v>16.72</v>
+      </c>
+      <c s="30" r="F186">
+        <v>14.4</v>
+      </c>
+      <c s="30" r="G186">
+        <v>14.65</v>
+      </c>
+      <c s="6" t="str" r="H186"/>
+      <c s="30" r="I186">
+        <v>14.38</v>
+      </c>
+      <c s="30" r="J186">
+        <v>14.36</v>
+      </c>
+    </row>
+    <row r="187" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B187"/>
+      <c s="25" t="str" r="C187"/>
+      <c s="23" t="inlineStr" r="D187">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E187">
+        <v>21.61</v>
+      </c>
+      <c s="30" r="F187">
+        <v>21.7</v>
+      </c>
+      <c s="30" r="G187">
+        <v>18.76</v>
+      </c>
+      <c s="6" t="str" r="H187"/>
+      <c s="30" r="I187">
+        <v>15.2</v>
+      </c>
+      <c s="30" r="J187">
+        <v>17.87</v>
+      </c>
+    </row>
+    <row r="188" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B188"/>
+      <c s="25" t="str" r="C188"/>
+      <c s="23" t="inlineStr" r="D188">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E188">
+        <v>12.58</v>
+      </c>
+      <c s="30" r="F188">
+        <v>12.68</v>
+      </c>
+      <c s="30" r="G188">
+        <v>12.13</v>
+      </c>
+      <c s="6" t="str" r="H188"/>
+      <c s="30" r="I188">
+        <v>11.72</v>
+      </c>
+      <c s="30" r="J188">
+        <v>11.18</v>
+      </c>
+    </row>
+    <row r="189" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B189"/>
+      <c s="25" t="str" r="C189"/>
+      <c s="10" t="inlineStr" r="D189">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E189">
+        <v>16.06</v>
+      </c>
+      <c s="31" r="F189">
+        <v>15.58</v>
+      </c>
+      <c s="31" r="G189">
+        <v>14.41</v>
+      </c>
+      <c s="6" t="str" r="H189"/>
+      <c s="31" r="I189">
+        <v>13.28</v>
+      </c>
+      <c s="31" r="J189">
+        <v>13.91</v>
+      </c>
+    </row>
+    <row r="190" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B190"/>
+      <c s="27" t="str" r="C190"/>
+      <c s="23" t="inlineStr" r="D190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H190"/>
+      <c s="23" t="inlineStr" r="I190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="191" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B191">
+        <is>
+          <t xml:space="preserve">Infectious Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C191"/>
+      <c s="23" t="inlineStr" r="D191">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E191">
+        <v>27.18</v>
+      </c>
+      <c s="30" r="F191">
+        <v>27.57</v>
+      </c>
+      <c s="30" r="G191">
+        <v>21.95</v>
+      </c>
+      <c s="6" t="str" r="H191"/>
+      <c s="30" r="I191">
+        <v>22.94</v>
+      </c>
+      <c s="30" r="J191">
+        <v>31.05</v>
+      </c>
+    </row>
+    <row r="192" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B192"/>
+      <c s="25" t="str" r="C192"/>
+      <c s="23" t="inlineStr" r="D192">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E192">
+        <v>33.28</v>
+      </c>
+      <c s="30" r="F192">
+        <v>28.84</v>
+      </c>
+      <c s="30" r="G192">
+        <v>27.7</v>
+      </c>
+      <c s="6" t="str" r="H192"/>
+      <c s="30" r="I192">
+        <v>24.37</v>
+      </c>
+      <c s="30" r="J192">
+        <v>22.83</v>
+      </c>
+    </row>
+    <row r="193" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B193"/>
+      <c s="25" t="str" r="C193"/>
+      <c s="23" t="inlineStr" r="D193">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E193">
+        <v>16.44</v>
+      </c>
+      <c s="30" r="F193">
+        <v>17.1</v>
+      </c>
+      <c s="30" r="G193">
+        <v>15.06</v>
+      </c>
+      <c s="6" t="str" r="H193"/>
+      <c s="30" r="I193">
+        <v>15.63</v>
+      </c>
+      <c s="30" r="J193">
+        <v>16.14</v>
+      </c>
+    </row>
+    <row r="194" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B194"/>
+      <c s="25" t="str" r="C194"/>
+      <c s="10" t="inlineStr" r="D194">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E194">
+        <v>25.97</v>
+      </c>
+      <c s="31" r="F194">
+        <v>24.21</v>
+      </c>
+      <c s="31" r="G194">
+        <v>21.29</v>
+      </c>
+      <c s="6" t="str" r="H194"/>
+      <c s="31" r="I194">
+        <v>21.09</v>
+      </c>
+      <c s="31" r="J194">
+        <v>21.44</v>
+      </c>
+    </row>
+    <row r="195" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B195"/>
+      <c s="27" t="str" r="C195"/>
+      <c s="23" t="inlineStr" r="D195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H195"/>
+      <c s="23" t="inlineStr" r="I195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="196" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B196">
+        <is>
+          <t xml:space="preserve">Interventional Cardiology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C196"/>
+      <c s="23" t="inlineStr" r="D196">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E196">
+        <v>59</v>
+      </c>
+      <c s="30" r="F196">
+        <v>37.81</v>
+      </c>
+      <c s="28" t="inlineStr" r="G196">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H196"/>
+      <c s="30" r="I196">
+        <v>38.5</v>
+      </c>
+      <c s="30" r="J196">
+        <v>44.49</v>
+      </c>
+    </row>
+    <row r="197" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B197"/>
+      <c s="25" t="str" r="C197"/>
+      <c s="23" t="inlineStr" r="D197">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E197">
+        <v>70.6</v>
+      </c>
+      <c s="30" r="F197">
+        <v>66.45</v>
+      </c>
+      <c s="28" t="inlineStr" r="G197">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H197"/>
+      <c s="30" r="I197">
+        <v>71.14</v>
+      </c>
+      <c s="30" r="J197">
+        <v>72.65</v>
+      </c>
+    </row>
+    <row r="198" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B198"/>
+      <c s="25" t="str" r="C198"/>
+      <c s="23" t="inlineStr" r="D198">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E198">
+        <v>42.92</v>
+      </c>
+      <c s="30" r="F198">
+        <v>40.45</v>
+      </c>
+      <c s="28" t="inlineStr" r="G198">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H198"/>
+      <c s="30" r="I198">
+        <v>31.6</v>
+      </c>
+      <c s="30" r="J198">
+        <v>41.62</v>
+      </c>
+    </row>
+    <row r="199" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B199"/>
+      <c s="25" t="str" r="C199"/>
+      <c s="10" t="inlineStr" r="D199">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E199">
+        <v>61.85</v>
+      </c>
+      <c s="31" r="F199">
+        <v>54.51</v>
+      </c>
+      <c s="28" t="inlineStr" r="G199">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H199"/>
+      <c s="31" r="I199">
+        <v>54.65</v>
+      </c>
+      <c s="31" r="J199">
+        <v>61.18</v>
+      </c>
+    </row>
+    <row r="200" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B200"/>
+      <c s="27" t="str" r="C200"/>
+      <c s="23" t="inlineStr" r="D200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H200"/>
+      <c s="23" t="inlineStr" r="I200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="201" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B201">
+        <is>
+          <t xml:space="preserve">Interventional Radiology - Independent</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C201"/>
+      <c s="23" t="inlineStr" r="D201">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E201">
+        <v>39.95</v>
+      </c>
+      <c s="30" r="F201">
+        <v>41.86</v>
+      </c>
+      <c s="30" r="G201">
+        <v>34.32</v>
+      </c>
+      <c s="6" t="str" r="H201"/>
+      <c s="30" r="I201">
+        <v>20.8</v>
+      </c>
+      <c s="30" r="J201">
+        <v>27.79</v>
+      </c>
+    </row>
+    <row r="202" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B202"/>
+      <c s="25" t="str" r="C202"/>
+      <c s="23" t="inlineStr" r="D202">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E202">
+        <v>57.6</v>
+      </c>
+      <c s="30" r="F202">
+        <v>49.81</v>
+      </c>
+      <c s="30" r="G202">
+        <v>39.42</v>
+      </c>
+      <c s="6" t="str" r="H202"/>
+      <c s="30" r="I202">
+        <v>26.8</v>
+      </c>
+      <c s="30" r="J202">
+        <v>26.23</v>
+      </c>
+    </row>
+    <row r="203" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B203"/>
+      <c s="25" t="str" r="C203"/>
+      <c s="23" t="inlineStr" r="D203">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E203">
+        <v>32.48</v>
+      </c>
+      <c s="30" r="F203">
+        <v>34.65</v>
+      </c>
+      <c s="30" r="G203">
+        <v>28.46</v>
+      </c>
+      <c s="6" t="str" r="H203"/>
+      <c s="30" r="I203">
+        <v>26.82</v>
+      </c>
+      <c s="30" r="J203">
+        <v>18.24</v>
+      </c>
+    </row>
+    <row r="204" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B204"/>
+      <c s="25" t="str" r="C204"/>
+      <c s="10" t="inlineStr" r="D204">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E204">
+        <v>39.07</v>
+      </c>
+      <c s="31" r="F204">
+        <v>39.5</v>
+      </c>
+      <c s="31" r="G204">
+        <v>33.28</v>
+      </c>
+      <c s="6" t="str" r="H204"/>
+      <c s="31" r="I204">
+        <v>25.97</v>
+      </c>
+      <c s="31" r="J204">
+        <v>21.88</v>
+      </c>
+    </row>
+    <row r="205" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B205"/>
+      <c s="27" t="str" r="C205"/>
+      <c s="23" t="inlineStr" r="D205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H205"/>
+      <c s="23" t="inlineStr" r="I205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="206" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B206">
+        <is>
+          <t xml:space="preserve">Maternal-Fetal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C206"/>
+      <c s="23" t="inlineStr" r="D206">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E206">
+        <v>55</v>
+      </c>
+      <c s="30" r="F206">
+        <v>55.29</v>
+      </c>
+      <c s="30" r="G206">
+        <v>55.23</v>
+      </c>
+      <c s="6" t="str" r="H206"/>
+      <c s="30" r="I206">
+        <v>54.12</v>
+      </c>
+      <c s="28" t="inlineStr" r="J206">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B207"/>
+      <c s="25" t="str" r="C207"/>
+      <c s="23" t="inlineStr" r="D207">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E207">
+        <v>59.72</v>
+      </c>
+      <c s="30" r="F207">
+        <v>49.71</v>
+      </c>
+      <c s="30" r="G207">
+        <v>58.09</v>
+      </c>
+      <c s="6" t="str" r="H207"/>
+      <c s="30" r="I207">
+        <v>55.9</v>
+      </c>
+      <c s="30" r="J207">
+        <v>30.5</v>
+      </c>
+    </row>
+    <row r="208" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B208"/>
+      <c s="25" t="str" r="C208"/>
+      <c s="23" t="inlineStr" r="D208">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E208">
+        <v>41.48</v>
+      </c>
+      <c s="30" r="F208">
+        <v>45.67</v>
+      </c>
+      <c s="30" r="G208">
+        <v>45.03</v>
+      </c>
+      <c s="6" t="str" r="H208"/>
+      <c s="30" r="I208">
+        <v>38.6</v>
+      </c>
+      <c s="30" r="J208">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="209" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B209"/>
+      <c s="25" t="str" r="C209"/>
+      <c s="10" t="inlineStr" r="D209">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E209">
+        <v>44.92</v>
+      </c>
+      <c s="31" r="F209">
+        <v>46.94</v>
+      </c>
+      <c s="31" r="G209">
+        <v>47.67</v>
+      </c>
+      <c s="6" t="str" r="H209"/>
+      <c s="31" r="I209">
+        <v>42.16</v>
+      </c>
+      <c s="31" r="J209">
+        <v>32.8</v>
+      </c>
+    </row>
+    <row r="210" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B210"/>
+      <c s="27" t="str" r="C210"/>
+      <c s="23" t="inlineStr" r="D210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H210"/>
+      <c s="23" t="inlineStr" r="I210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="211" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B211">
+        <is>
+          <t xml:space="preserve">Medical Genetics and Genomics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C211"/>
+      <c s="23" t="inlineStr" r="D211">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E211">
+        <v>20.25</v>
+      </c>
+      <c s="30" r="F211">
+        <v>9</v>
+      </c>
+      <c s="30" r="G211">
+        <v>13.5</v>
+      </c>
+      <c s="6" t="str" r="H211"/>
+      <c s="30" r="I211">
+        <v>21</v>
+      </c>
+      <c s="30" r="J211">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="212" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B212"/>
+      <c s="25" t="str" r="C212"/>
+      <c s="23" t="inlineStr" r="D212">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E212">
+        <v>19.95</v>
+      </c>
+      <c s="30" r="F212">
+        <v>15.05</v>
+      </c>
+      <c s="30" r="G212">
+        <v>14.16</v>
+      </c>
+      <c s="6" t="str" r="H212"/>
+      <c s="30" r="I212">
+        <v>17.56</v>
+      </c>
+      <c s="30" r="J212">
+        <v>17.56</v>
+      </c>
+    </row>
+    <row r="213" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B213"/>
+      <c s="25" t="str" r="C213"/>
+      <c s="23" t="inlineStr" r="D213">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E213">
+        <v>16.86</v>
+      </c>
+      <c s="30" r="F213">
+        <v>8.7</v>
+      </c>
+      <c s="30" r="G213">
+        <v>10.2</v>
+      </c>
+      <c s="6" t="str" r="H213"/>
+      <c s="30" r="I213">
+        <v>12.8</v>
+      </c>
+      <c s="30" r="J213">
+        <v>11.18</v>
+      </c>
+    </row>
+    <row r="214" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B214"/>
+      <c s="25" t="str" r="C214"/>
+      <c s="10" t="inlineStr" r="D214">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E214">
+        <v>19.27</v>
+      </c>
+      <c s="31" r="F214">
+        <v>12.71</v>
+      </c>
+      <c s="31" r="G214">
+        <v>12.88</v>
+      </c>
+      <c s="6" t="str" r="H214"/>
+      <c s="31" r="I214">
+        <v>16.33</v>
+      </c>
+      <c s="31" r="J214">
+        <v>13.59</v>
+      </c>
+    </row>
+    <row r="215" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B215"/>
+      <c s="27" t="str" r="C215"/>
+      <c s="23" t="inlineStr" r="D215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H215"/>
+      <c s="23" t="inlineStr" r="I215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="216" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B216">
+        <is>
+          <t xml:space="preserve">Medical Genetics and Genomics/Maternal-Fetal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C216"/>
+      <c s="23" t="inlineStr" r="D216">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H216"/>
+      <c s="28" t="inlineStr" r="I216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B217"/>
+      <c s="25" t="str" r="C217"/>
+      <c s="23" t="inlineStr" r="D217">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H217"/>
+      <c s="28" t="inlineStr" r="I217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B218"/>
+      <c s="25" t="str" r="C218"/>
+      <c s="10" t="inlineStr" r="D218">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H218"/>
+      <c s="29" t="inlineStr" r="I218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B219"/>
+      <c s="27" t="str" r="C219"/>
+      <c s="23" t="inlineStr" r="D219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H219"/>
+      <c s="23" t="inlineStr" r="I219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="220" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B220">
+        <is>
+          <t xml:space="preserve">Medical Oncology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C220"/>
+      <c s="23" t="inlineStr" r="D220">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E220">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F220">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G220">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H220"/>
+      <c s="28" t="inlineStr" r="I220">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J220">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B221"/>
+      <c s="25" t="str" r="C221"/>
+      <c s="23" t="inlineStr" r="D221">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E221">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F221">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G221">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H221"/>
+      <c s="28" t="inlineStr" r="I221">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J221">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B222"/>
+      <c s="25" t="str" r="C222"/>
+      <c s="23" t="inlineStr" r="D222">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E222">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F222">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G222">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H222"/>
+      <c s="28" t="inlineStr" r="I222">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J222">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B223"/>
+      <c s="25" t="str" r="C223"/>
+      <c s="10" t="inlineStr" r="D223">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E223">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F223">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G223">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H223"/>
+      <c s="29" t="inlineStr" r="I223">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J223">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B224"/>
+      <c s="27" t="str" r="C224"/>
+      <c s="23" t="inlineStr" r="D224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H224"/>
+      <c s="23" t="inlineStr" r="I224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="225" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B225">
+        <is>
+          <t xml:space="preserve">Medical Toxicology (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C225"/>
+      <c s="23" t="inlineStr" r="D225">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E225">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F225">
+        <v>11.91</v>
+      </c>
+      <c s="30" r="G225">
+        <v>9.25</v>
+      </c>
+      <c s="6" t="str" r="H225"/>
+      <c s="30" r="I225">
+        <v>13.82</v>
+      </c>
+      <c s="30" r="J225">
+        <v>11.56</v>
+      </c>
+    </row>
+    <row r="226" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B226"/>
+      <c s="25" t="str" r="C226"/>
+      <c s="23" t="inlineStr" r="D226">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F226">
+        <v>8.18</v>
+      </c>
+      <c s="30" r="G226">
+        <v>12.5</v>
+      </c>
+      <c s="6" t="str" r="H226"/>
+      <c s="30" r="I226">
+        <v>6.5</v>
+      </c>
+      <c s="30" r="J226">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="227" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B227"/>
+      <c s="25" t="str" r="C227"/>
+      <c s="23" t="inlineStr" r="D227">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E227">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F227">
+        <v>8.1</v>
+      </c>
+      <c s="30" r="G227">
+        <v>11.64</v>
+      </c>
+      <c s="6" t="str" r="H227"/>
+      <c s="30" r="I227">
+        <v>8.27</v>
+      </c>
+      <c s="30" r="J227">
+        <v>11.27</v>
+      </c>
+    </row>
+    <row r="228" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B228"/>
+      <c s="25" t="str" r="C228"/>
+      <c s="10" t="inlineStr" r="D228">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E228">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F228">
+        <v>8.68</v>
+      </c>
+      <c s="31" r="G228">
+        <v>11.22</v>
+      </c>
+      <c s="6" t="str" r="H228"/>
+      <c s="31" r="I228">
+        <v>9.17</v>
+      </c>
+      <c s="31" r="J228">
+        <v>11.23</v>
+      </c>
+    </row>
+    <row r="229" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B229"/>
+      <c s="27" t="str" r="C229"/>
+      <c s="23" t="inlineStr" r="D229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H229"/>
+      <c s="23" t="inlineStr" r="I229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="230" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B230">
+        <is>
+          <t xml:space="preserve">Medical Toxicology (Preventive Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C230"/>
+      <c s="23" t="inlineStr" r="D230">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H230"/>
+      <c s="28" t="inlineStr" r="I230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B231"/>
+      <c s="25" t="str" r="C231"/>
+      <c s="23" t="inlineStr" r="D231">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H231"/>
+      <c s="28" t="inlineStr" r="I231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B232"/>
+      <c s="25" t="str" r="C232"/>
+      <c s="23" t="inlineStr" r="D232">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H232"/>
+      <c s="28" t="inlineStr" r="I232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B233"/>
+      <c s="25" t="str" r="C233"/>
+      <c s="10" t="inlineStr" r="D233">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H233"/>
+      <c s="28" t="inlineStr" r="I233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B234"/>
+      <c s="27" t="str" r="C234"/>
+      <c s="23" t="inlineStr" r="D234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H234"/>
+      <c s="23" t="inlineStr" r="I234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="235" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B235">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C235"/>
+      <c s="23" t="inlineStr" r="D235">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E235">
+        <v>31.33</v>
+      </c>
+      <c s="30" r="F235">
+        <v>27.3</v>
+      </c>
+      <c s="30" r="G235">
+        <v>26.72</v>
+      </c>
+      <c s="6" t="str" r="H235"/>
+      <c s="30" r="I235">
+        <v>23.43</v>
+      </c>
+      <c s="30" r="J235">
+        <v>21.64</v>
+      </c>
+    </row>
+    <row r="236" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B236"/>
+      <c s="25" t="str" r="C236"/>
+      <c s="23" t="inlineStr" r="D236">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E236">
+        <v>35.8</v>
+      </c>
+      <c s="30" r="F236">
+        <v>42.77</v>
+      </c>
+      <c s="30" r="G236">
+        <v>39.77</v>
+      </c>
+      <c s="6" t="str" r="H236"/>
+      <c s="30" r="I236">
+        <v>36.72</v>
+      </c>
+      <c s="30" r="J236">
+        <v>36.49</v>
+      </c>
+    </row>
+    <row r="237" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B237"/>
+      <c s="25" t="str" r="C237"/>
+      <c s="23" t="inlineStr" r="D237">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E237">
+        <v>17.26</v>
+      </c>
+      <c s="30" r="F237">
+        <v>18.74</v>
+      </c>
+      <c s="30" r="G237">
+        <v>18.23</v>
+      </c>
+      <c s="6" t="str" r="H237"/>
+      <c s="30" r="I237">
+        <v>16.3</v>
+      </c>
+      <c s="30" r="J237">
+        <v>14.59</v>
+      </c>
+    </row>
+    <row r="238" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B238"/>
+      <c s="25" t="str" r="C238"/>
+      <c s="10" t="inlineStr" r="D238">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E238">
+        <v>24.73</v>
+      </c>
+      <c s="31" r="F238">
+        <v>27.87</v>
+      </c>
+      <c s="31" r="G238">
+        <v>27.13</v>
+      </c>
+      <c s="6" t="str" r="H238"/>
+      <c s="31" r="I238">
+        <v>23.74</v>
+      </c>
+      <c s="31" r="J238">
+        <v>23.34</v>
+      </c>
+    </row>
+    <row r="239" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B239"/>
+      <c s="27" t="str" r="C239"/>
+      <c s="23" t="inlineStr" r="D239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H239"/>
+      <c s="23" t="inlineStr" r="I239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="240" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B240">
+        <is>
+          <t xml:space="preserve">Nephrology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C240"/>
+      <c s="23" t="inlineStr" r="D240">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E240">
+        <v>24.02</v>
+      </c>
+      <c s="30" r="F240">
+        <v>25.9</v>
+      </c>
+      <c s="30" r="G240">
+        <v>23.27</v>
+      </c>
+      <c s="6" t="str" r="H240"/>
+      <c s="30" r="I240">
+        <v>19.48</v>
+      </c>
+      <c s="30" r="J240">
+        <v>19.24</v>
+      </c>
+    </row>
+    <row r="241" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B241"/>
+      <c s="25" t="str" r="C241"/>
+      <c s="23" t="inlineStr" r="D241">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E241">
+        <v>26.14</v>
+      </c>
+      <c s="30" r="F241">
+        <v>27.73</v>
+      </c>
+      <c s="30" r="G241">
+        <v>27.36</v>
+      </c>
+      <c s="6" t="str" r="H241"/>
+      <c s="30" r="I241">
+        <v>26</v>
+      </c>
+      <c s="30" r="J241">
+        <v>27.45</v>
+      </c>
+    </row>
+    <row r="242" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B242"/>
+      <c s="25" t="str" r="C242"/>
+      <c s="23" t="inlineStr" r="D242">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E242">
+        <v>16.11</v>
+      </c>
+      <c s="30" r="F242">
+        <v>17.57</v>
+      </c>
+      <c s="30" r="G242">
+        <v>17.8</v>
+      </c>
+      <c s="6" t="str" r="H242"/>
+      <c s="30" r="I242">
+        <v>13.64</v>
+      </c>
+      <c s="30" r="J242">
+        <v>14.56</v>
+      </c>
+    </row>
+    <row r="243" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B243"/>
+      <c s="25" t="str" r="C243"/>
+      <c s="10" t="inlineStr" r="D243">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E243">
+        <v>23.73</v>
+      </c>
+      <c s="31" r="F243">
+        <v>25.3</v>
+      </c>
+      <c s="31" r="G243">
+        <v>24.9</v>
+      </c>
+      <c s="6" t="str" r="H243"/>
+      <c s="31" r="I243">
+        <v>22.33</v>
+      </c>
+      <c s="31" r="J243">
+        <v>23.72</v>
+      </c>
+    </row>
+    <row r="244" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B244"/>
+      <c s="27" t="str" r="C244"/>
+      <c s="23" t="inlineStr" r="D244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H244"/>
+      <c s="23" t="inlineStr" r="I244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="245" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B245">
+        <is>
+          <t xml:space="preserve">Neuroendovascular</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C245"/>
+      <c s="23" t="inlineStr" r="D245">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H245"/>
+      <c s="28" t="inlineStr" r="I245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J245">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="246" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B246"/>
+      <c s="25" t="str" r="C246"/>
+      <c s="23" t="inlineStr" r="D246">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H246"/>
+      <c s="28" t="inlineStr" r="I246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J246">
+        <v>16.37</v>
+      </c>
+    </row>
+    <row r="247" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B247"/>
+      <c s="25" t="str" r="C247"/>
+      <c s="10" t="inlineStr" r="D247">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H247"/>
+      <c s="28" t="inlineStr" r="I247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J247">
+        <v>18.31</v>
+      </c>
+    </row>
+    <row r="248" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B248"/>
+      <c s="27" t="str" r="C248"/>
+      <c s="23" t="inlineStr" r="D248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H248"/>
+      <c s="23" t="inlineStr" r="I248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="249" ht="15.8" customHeight="0">
+      <c s="10" t="inlineStr" r="B249">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Neurological Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C249"/>
+      <c s="23" t="inlineStr" r="D249">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H249"/>
+      <c s="28" t="inlineStr" r="I249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="250" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B250"/>
+      <c s="25" t="str" r="C250"/>
+      <c s="23" t="inlineStr" r="D250">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H250"/>
+      <c s="28" t="inlineStr" r="I250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="251" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B251"/>
+      <c s="25" t="str" r="C251"/>
+      <c s="10" t="inlineStr" r="D251">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H251"/>
+      <c s="28" t="inlineStr" r="I251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="252" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B252"/>
+      <c s="27" t="str" r="C252"/>
+      <c s="23" t="inlineStr" r="D252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H252"/>
+      <c s="23" t="inlineStr" r="I252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="253" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B253">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C253"/>
+      <c s="23" t="inlineStr" r="D253">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H253"/>
+      <c s="28" t="inlineStr" r="I253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="254" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B254"/>
+      <c s="25" t="str" r="C254"/>
+      <c s="23" t="inlineStr" r="D254">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H254"/>
+      <c s="28" t="inlineStr" r="I254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="255" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B255"/>
+      <c s="25" t="str" r="C255"/>
+      <c s="10" t="inlineStr" r="D255">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H255"/>
+      <c s="28" t="inlineStr" r="I255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="256" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B256"/>
+      <c s="27" t="str" r="C256"/>
+      <c s="23" t="inlineStr" r="D256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H256"/>
+      <c s="23" t="inlineStr" r="I256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="257" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B257">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Radiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C257"/>
+      <c s="23" t="inlineStr" r="D257">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H257"/>
+      <c s="28" t="inlineStr" r="I257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="258" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B258"/>
+      <c s="25" t="str" r="C258"/>
+      <c s="23" t="inlineStr" r="D258">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H258"/>
+      <c s="28" t="inlineStr" r="I258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B259"/>
+      <c s="25" t="str" r="C259"/>
+      <c s="10" t="inlineStr" r="D259">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H259"/>
+      <c s="28" t="inlineStr" r="I259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B260"/>
+      <c s="27" t="str" r="C260"/>
+      <c s="23" t="inlineStr" r="D260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H260"/>
+      <c s="23" t="inlineStr" r="I260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="261" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B261">
+        <is>
+          <t xml:space="preserve">Neuroradiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C261"/>
+      <c s="23" t="inlineStr" r="D261">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E261">
+        <v>23.38</v>
+      </c>
+      <c s="30" r="F261">
+        <v>20.89</v>
+      </c>
+      <c s="30" r="G261">
+        <v>18.82</v>
+      </c>
+      <c s="6" t="str" r="H261"/>
+      <c s="30" r="I261">
+        <v>18.74</v>
+      </c>
+      <c s="30" r="J261">
+        <v>21.09</v>
+      </c>
+    </row>
+    <row r="262" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B262"/>
+      <c s="25" t="str" r="C262"/>
+      <c s="23" t="inlineStr" r="D262">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E262">
+        <v>18.39</v>
+      </c>
+      <c s="30" r="F262">
+        <v>21.28</v>
+      </c>
+      <c s="30" r="G262">
+        <v>20.2</v>
+      </c>
+      <c s="6" t="str" r="H262"/>
+      <c s="30" r="I262">
+        <v>16.07</v>
+      </c>
+      <c s="30" r="J262">
+        <v>17.17</v>
+      </c>
+    </row>
+    <row r="263" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B263"/>
+      <c s="25" t="str" r="C263"/>
+      <c s="23" t="inlineStr" r="D263">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E263">
+        <v>14.78</v>
+      </c>
+      <c s="30" r="F263">
+        <v>13.17</v>
+      </c>
+      <c s="30" r="G263">
+        <v>15.05</v>
+      </c>
+      <c s="6" t="str" r="H263"/>
+      <c s="30" r="I263">
+        <v>16.4</v>
+      </c>
+      <c s="30" r="J263">
+        <v>15.81</v>
+      </c>
+    </row>
+    <row r="264" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B264"/>
+      <c s="25" t="str" r="C264"/>
+      <c s="10" t="inlineStr" r="D264">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E264">
+        <v>16.82</v>
+      </c>
+      <c s="31" r="F264">
+        <v>16.41</v>
+      </c>
+      <c s="31" r="G264">
+        <v>17</v>
+      </c>
+      <c s="6" t="str" r="H264"/>
+      <c s="31" r="I264">
+        <v>16.65</v>
+      </c>
+      <c s="31" r="J264">
+        <v>16.86</v>
+      </c>
+    </row>
+    <row r="265" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B265"/>
+      <c s="27" t="str" r="C265"/>
+      <c s="23" t="inlineStr" r="D265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H265"/>
+      <c s="23" t="inlineStr" r="I265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="266" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B266">
+        <is>
+          <t xml:space="preserve">Pain Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C266"/>
+      <c s="23" t="inlineStr" r="D266">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E266">
+        <v>58.23</v>
+      </c>
+      <c s="30" r="F266">
+        <v>50.73</v>
+      </c>
+      <c s="30" r="G266">
+        <v>46.76</v>
+      </c>
+      <c s="6" t="str" r="H266"/>
+      <c s="30" r="I266">
+        <v>42.45</v>
+      </c>
+      <c s="30" r="J266">
+        <v>38.57</v>
+      </c>
+    </row>
+    <row r="267" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B267"/>
+      <c s="25" t="str" r="C267"/>
+      <c s="23" t="inlineStr" r="D267">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E267">
+        <v>57.4</v>
+      </c>
+      <c s="30" r="F267">
+        <v>54.35</v>
+      </c>
+      <c s="30" r="G267">
+        <v>41.77</v>
+      </c>
+      <c s="6" t="str" r="H267"/>
+      <c s="30" r="I267">
+        <v>46.09</v>
+      </c>
+      <c s="30" r="J267">
+        <v>42.13</v>
+      </c>
+    </row>
+    <row r="268" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B268"/>
+      <c s="25" t="str" r="C268"/>
+      <c s="23" t="inlineStr" r="D268">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E268">
+        <v>44.49</v>
+      </c>
+      <c s="30" r="F268">
+        <v>41.32</v>
+      </c>
+      <c s="30" r="G268">
+        <v>37.58</v>
+      </c>
+      <c s="6" t="str" r="H268"/>
+      <c s="30" r="I268">
+        <v>34.51</v>
+      </c>
+      <c s="30" r="J268">
+        <v>26.64</v>
+      </c>
+    </row>
+    <row r="269" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B269"/>
+      <c s="25" t="str" r="C269"/>
+      <c s="10" t="inlineStr" r="D269">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E269">
+        <v>50.71</v>
+      </c>
+      <c s="31" r="F269">
+        <v>46.21</v>
+      </c>
+      <c s="31" r="G269">
+        <v>41.04</v>
+      </c>
+      <c s="6" t="str" r="H269"/>
+      <c s="31" r="I269">
+        <v>39.15</v>
+      </c>
+      <c s="31" r="J269">
+        <v>34.19</v>
+      </c>
+    </row>
+    <row r="270" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B270"/>
+      <c s="27" t="str" r="C270"/>
+      <c s="23" t="inlineStr" r="D270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H270"/>
+      <c s="23" t="inlineStr" r="I270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="271" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B271">
+        <is>
+          <t xml:space="preserve">Pediatric Anesthesiology (Anesthesiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C271"/>
+      <c s="23" t="inlineStr" r="D271">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E271">
+        <v>13.38</v>
+      </c>
+      <c s="30" r="F271">
+        <v>15.79</v>
+      </c>
+      <c s="28" t="inlineStr" r="G271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H271"/>
+      <c s="28" t="inlineStr" r="I271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B272"/>
+      <c s="25" t="str" r="C272"/>
+      <c s="23" t="inlineStr" r="D272">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E272">
+        <v>16.13</v>
+      </c>
+      <c s="30" r="F272">
+        <v>14.35</v>
+      </c>
+      <c s="28" t="inlineStr" r="G272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H272"/>
+      <c s="28" t="inlineStr" r="I272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B273"/>
+      <c s="25" t="str" r="C273"/>
+      <c s="23" t="inlineStr" r="D273">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E273">
+        <v>11.7</v>
+      </c>
+      <c s="30" r="F273">
+        <v>9.92</v>
+      </c>
+      <c s="28" t="inlineStr" r="G273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H273"/>
+      <c s="28" t="inlineStr" r="I273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B274"/>
+      <c s="25" t="str" r="C274"/>
+      <c s="10" t="inlineStr" r="D274">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E274">
+        <v>12.52</v>
+      </c>
+      <c s="31" r="F274">
+        <v>11.7</v>
+      </c>
+      <c s="28" t="inlineStr" r="G274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H274"/>
+      <c s="28" t="inlineStr" r="I274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B275"/>
+      <c s="27" t="str" r="C275"/>
+      <c s="23" t="inlineStr" r="D275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H275"/>
+      <c s="23" t="inlineStr" r="I275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="276" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B276">
+        <is>
+          <t xml:space="preserve">Pediatric Cardiology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C276"/>
+      <c s="23" t="inlineStr" r="D276">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E276">
+        <v>33.2</v>
+      </c>
+      <c s="30" r="F276">
+        <v>25.77</v>
+      </c>
+      <c s="30" r="G276">
+        <v>31.33</v>
+      </c>
+      <c s="6" t="str" r="H276"/>
+      <c s="30" r="I276">
+        <v>29.56</v>
+      </c>
+      <c s="30" r="J276">
+        <v>31.29</v>
+      </c>
+    </row>
+    <row r="277" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B277"/>
+      <c s="25" t="str" r="C277"/>
+      <c s="23" t="inlineStr" r="D277">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E277">
+        <v>40.06</v>
+      </c>
+      <c s="30" r="F277">
+        <v>40.59</v>
+      </c>
+      <c s="30" r="G277">
+        <v>40.27</v>
+      </c>
+      <c s="6" t="str" r="H277"/>
+      <c s="30" r="I277">
+        <v>36.3</v>
+      </c>
+      <c s="30" r="J277">
+        <v>34.54</v>
+      </c>
+    </row>
+    <row r="278" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B278"/>
+      <c s="25" t="str" r="C278"/>
+      <c s="23" t="inlineStr" r="D278">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E278">
+        <v>19.13</v>
+      </c>
+      <c s="30" r="F278">
+        <v>18.52</v>
+      </c>
+      <c s="30" r="G278">
+        <v>18.99</v>
+      </c>
+      <c s="6" t="str" r="H278"/>
+      <c s="30" r="I278">
+        <v>19.2</v>
+      </c>
+      <c s="30" r="J278">
+        <v>18.94</v>
+      </c>
+    </row>
+    <row r="279" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B279"/>
+      <c s="25" t="str" r="C279"/>
+      <c s="10" t="inlineStr" r="D279">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E279">
+        <v>26.6</v>
+      </c>
+      <c s="31" r="F279">
+        <v>25.6</v>
+      </c>
+      <c s="31" r="G279">
+        <v>25.57</v>
+      </c>
+      <c s="6" t="str" r="H279"/>
+      <c s="31" r="I279">
+        <v>24.96</v>
+      </c>
+      <c s="31" r="J279">
+        <v>25.75</v>
+      </c>
+    </row>
+    <row r="280" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B280"/>
+      <c s="27" t="str" r="C280"/>
+      <c s="23" t="inlineStr" r="D280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H280"/>
+      <c s="23" t="inlineStr" r="I280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="281" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B281">
+        <is>
+          <t xml:space="preserve">Pediatric Critical Care Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C281"/>
+      <c s="23" t="inlineStr" r="D281">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E281">
+        <v>25.64</v>
+      </c>
+      <c s="30" r="F281">
+        <v>27.32</v>
+      </c>
+      <c s="30" r="G281">
+        <v>30.86</v>
+      </c>
+      <c s="6" t="str" r="H281"/>
+      <c s="30" r="I281">
+        <v>19.68</v>
+      </c>
+      <c s="30" r="J281">
+        <v>24.44</v>
+      </c>
+    </row>
+    <row r="282" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B282"/>
+      <c s="25" t="str" r="C282"/>
+      <c s="23" t="inlineStr" r="D282">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E282">
+        <v>42.47</v>
+      </c>
+      <c s="30" r="F282">
+        <v>42.05</v>
+      </c>
+      <c s="30" r="G282">
+        <v>43.37</v>
+      </c>
+      <c s="6" t="str" r="H282"/>
+      <c s="30" r="I282">
+        <v>36.59</v>
+      </c>
+      <c s="30" r="J282">
+        <v>35.31</v>
+      </c>
+    </row>
+    <row r="283" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B283"/>
+      <c s="25" t="str" r="C283"/>
+      <c s="23" t="inlineStr" r="D283">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E283">
+        <v>19.18</v>
+      </c>
+      <c s="30" r="F283">
+        <v>20.19</v>
+      </c>
+      <c s="30" r="G283">
+        <v>18.82</v>
+      </c>
+      <c s="6" t="str" r="H283"/>
+      <c s="30" r="I283">
+        <v>17.4</v>
+      </c>
+      <c s="30" r="J283">
+        <v>18.99</v>
+      </c>
+    </row>
+    <row r="284" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B284"/>
+      <c s="25" t="str" r="C284"/>
+      <c s="10" t="inlineStr" r="D284">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E284">
+        <v>25.13</v>
+      </c>
+      <c s="31" r="F284">
+        <v>26.44</v>
+      </c>
+      <c s="31" r="G284">
+        <v>25.42</v>
+      </c>
+      <c s="6" t="str" r="H284"/>
+      <c s="31" r="I284">
+        <v>21.25</v>
+      </c>
+      <c s="31" r="J284">
+        <v>24.22</v>
+      </c>
+    </row>
+    <row r="285" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B285"/>
+      <c s="27" t="str" r="C285"/>
+      <c s="23" t="inlineStr" r="D285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H285"/>
+      <c s="23" t="inlineStr" r="I285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="286" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B286">
+        <is>
+          <t xml:space="preserve">Pediatric Emergency Medicine (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C286"/>
+      <c s="23" t="inlineStr" r="D286">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E286">
+        <v>9.37</v>
+      </c>
+      <c s="30" r="F286">
+        <v>12.15</v>
+      </c>
+      <c s="30" r="G286">
+        <v>10.92</v>
+      </c>
+      <c s="6" t="str" r="H286"/>
+      <c s="30" r="I286">
+        <v>7.37</v>
+      </c>
+      <c s="30" r="J286">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="287" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B287"/>
+      <c s="25" t="str" r="C287"/>
+      <c s="23" t="inlineStr" r="D287">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E287">
+        <v>14.22</v>
+      </c>
+      <c s="30" r="F287">
+        <v>15.72</v>
+      </c>
+      <c s="30" r="G287">
+        <v>12.02</v>
+      </c>
+      <c s="6" t="str" r="H287"/>
+      <c s="30" r="I287">
+        <v>9.82</v>
+      </c>
+      <c s="30" r="J287">
+        <v>8.56</v>
+      </c>
+    </row>
+    <row r="288" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B288"/>
+      <c s="25" t="str" r="C288"/>
+      <c s="23" t="inlineStr" r="D288">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E288">
+        <v>7.14</v>
+      </c>
+      <c s="30" r="F288">
+        <v>7.64</v>
+      </c>
+      <c s="30" r="G288">
+        <v>6.78</v>
+      </c>
+      <c s="6" t="str" r="H288"/>
+      <c s="28" t="inlineStr" r="I288">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J288">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="289" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B289"/>
+      <c s="25" t="str" r="C289"/>
+      <c s="10" t="inlineStr" r="D289">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E289">
+        <v>9.31</v>
+      </c>
+      <c s="31" r="F289">
+        <v>10.2</v>
+      </c>
+      <c s="31" r="G289">
+        <v>8.95</v>
+      </c>
+      <c s="6" t="str" r="H289"/>
+      <c s="31" r="I289">
+        <v>6.18</v>
+      </c>
+      <c s="31" r="J289">
+        <v>5.62</v>
+      </c>
+    </row>
+    <row r="290" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B290"/>
+      <c s="27" t="str" r="C290"/>
+      <c s="23" t="inlineStr" r="D290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H290"/>
+      <c s="23" t="inlineStr" r="I290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="291" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B291">
+        <is>
+          <t xml:space="preserve">Pediatric Emergency Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C291"/>
+      <c s="23" t="inlineStr" r="D291">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E291">
+        <v>21.22</v>
+      </c>
+      <c s="30" r="F291">
+        <v>27.67</v>
+      </c>
+      <c s="30" r="G291">
+        <v>23.27</v>
+      </c>
+      <c s="6" t="str" r="H291"/>
+      <c s="30" r="I291">
+        <v>18.61</v>
+      </c>
+      <c s="30" r="J291">
+        <v>14.44</v>
+      </c>
+    </row>
+    <row r="292" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B292"/>
+      <c s="25" t="str" r="C292"/>
+      <c s="23" t="inlineStr" r="D292">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E292">
+        <v>28.66</v>
+      </c>
+      <c s="30" r="F292">
+        <v>31.6</v>
+      </c>
+      <c s="30" r="G292">
+        <v>30.57</v>
+      </c>
+      <c s="6" t="str" r="H292"/>
+      <c s="30" r="I292">
+        <v>24.55</v>
+      </c>
+      <c s="30" r="J292">
+        <v>20.91</v>
+      </c>
+    </row>
+    <row r="293" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B293"/>
+      <c s="25" t="str" r="C293"/>
+      <c s="23" t="inlineStr" r="D293">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E293">
+        <v>19</v>
+      </c>
+      <c s="30" r="F293">
+        <v>18.59</v>
+      </c>
+      <c s="30" r="G293">
+        <v>15.32</v>
+      </c>
+      <c s="6" t="str" r="H293"/>
+      <c s="30" r="I293">
+        <v>14.03</v>
+      </c>
+      <c s="30" r="J293">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="294" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B294"/>
+      <c s="25" t="str" r="C294"/>
+      <c s="10" t="inlineStr" r="D294">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E294">
+        <v>21.6</v>
+      </c>
+      <c s="31" r="F294">
+        <v>22.81</v>
+      </c>
+      <c s="31" r="G294">
+        <v>20.07</v>
+      </c>
+      <c s="6" t="str" r="H294"/>
+      <c s="31" r="I294">
+        <v>17.43</v>
+      </c>
+      <c s="31" r="J294">
+        <v>14.52</v>
+      </c>
+    </row>
+    <row r="295" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B295"/>
+      <c s="27" t="str" r="C295"/>
+      <c s="23" t="inlineStr" r="D295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H295"/>
+      <c s="23" t="inlineStr" r="I295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="296" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B296">
+        <is>
+          <t xml:space="preserve">Pediatric Endocrinology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C296"/>
+      <c s="23" t="inlineStr" r="D296">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E296">
+        <v>19.25</v>
+      </c>
+      <c s="30" r="F296">
+        <v>15.36</v>
+      </c>
+      <c s="30" r="G296">
+        <v>14.27</v>
+      </c>
+      <c s="6" t="str" r="H296"/>
+      <c s="30" r="I296">
+        <v>11</v>
+      </c>
+      <c s="30" r="J296">
+        <v>11.25</v>
+      </c>
+    </row>
+    <row r="297" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B297"/>
+      <c s="25" t="str" r="C297"/>
+      <c s="23" t="inlineStr" r="D297">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E297">
+        <v>18.61</v>
+      </c>
+      <c s="30" r="F297">
+        <v>26.18</v>
+      </c>
+      <c s="30" r="G297">
+        <v>28.77</v>
+      </c>
+      <c s="6" t="str" r="H297"/>
+      <c s="30" r="I297">
+        <v>21.04</v>
+      </c>
+      <c s="30" r="J297">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="298" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B298"/>
+      <c s="25" t="str" r="C298"/>
+      <c s="23" t="inlineStr" r="D298">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E298">
+        <v>11.95</v>
+      </c>
+      <c s="30" r="F298">
+        <v>11.39</v>
+      </c>
+      <c s="30" r="G298">
+        <v>8.91</v>
+      </c>
+      <c s="6" t="str" r="H298"/>
+      <c s="30" r="I298">
+        <v>10.97</v>
+      </c>
+      <c s="30" r="J298">
+        <v>9.82</v>
+      </c>
+    </row>
+    <row r="299" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B299"/>
+      <c s="25" t="str" r="C299"/>
+      <c s="10" t="inlineStr" r="D299">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E299">
+        <v>15.65</v>
+      </c>
+      <c s="31" r="F299">
+        <v>18.04</v>
+      </c>
+      <c s="31" r="G299">
+        <v>17.01</v>
+      </c>
+      <c s="6" t="str" r="H299"/>
+      <c s="31" r="I299">
+        <v>14.86</v>
+      </c>
+      <c s="31" r="J299">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="300" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B300"/>
+      <c s="27" t="str" r="C300"/>
+      <c s="23" t="inlineStr" r="D300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H300"/>
+      <c s="23" t="inlineStr" r="I300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="301" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B301">
+        <is>
+          <t xml:space="preserve">Pediatric Gastroenterology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C301"/>
+      <c s="23" t="inlineStr" r="D301">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E301">
+        <v>32.83</v>
+      </c>
+      <c s="30" r="F301">
+        <v>33.86</v>
+      </c>
+      <c s="30" r="G301">
+        <v>18.73</v>
+      </c>
+      <c s="6" t="str" r="H301"/>
+      <c s="30" r="I301">
+        <v>21.69</v>
+      </c>
+      <c s="30" r="J301">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="302" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B302"/>
+      <c s="25" t="str" r="C302"/>
+      <c s="23" t="inlineStr" r="D302">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E302">
+        <v>37.35</v>
+      </c>
+      <c s="30" r="F302">
+        <v>41.08</v>
+      </c>
+      <c s="30" r="G302">
+        <v>46.47</v>
+      </c>
+      <c s="6" t="str" r="H302"/>
+      <c s="30" r="I302">
+        <v>36.09</v>
+      </c>
+      <c s="30" r="J302">
+        <v>30.21</v>
+      </c>
+    </row>
+    <row r="303" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B303"/>
+      <c s="25" t="str" r="C303"/>
+      <c s="23" t="inlineStr" r="D303">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E303">
+        <v>19.71</v>
+      </c>
+      <c s="30" r="F303">
+        <v>16.18</v>
+      </c>
+      <c s="30" r="G303">
+        <v>22.45</v>
+      </c>
+      <c s="6" t="str" r="H303"/>
+      <c s="30" r="I303">
+        <v>14.48</v>
+      </c>
+      <c s="30" r="J303">
+        <v>16.42</v>
+      </c>
+    </row>
+    <row r="304" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B304"/>
+      <c s="25" t="str" r="C304"/>
+      <c s="10" t="inlineStr" r="D304">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E304">
+        <v>27.73</v>
+      </c>
+      <c s="31" r="F304">
+        <v>28.11</v>
+      </c>
+      <c s="31" r="G304">
+        <v>30.84</v>
+      </c>
+      <c s="6" t="str" r="H304"/>
+      <c s="31" r="I304">
+        <v>24.9</v>
+      </c>
+      <c s="31" r="J304">
+        <v>22.49</v>
+      </c>
+    </row>
+    <row r="305" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B305"/>
+      <c s="27" t="str" r="C305"/>
+      <c s="23" t="inlineStr" r="D305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H305"/>
+      <c s="23" t="inlineStr" r="I305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="306" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B306">
+        <is>
+          <t xml:space="preserve">Pediatric Hematology/Oncology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C306"/>
+      <c s="23" t="inlineStr" r="D306">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E306">
+        <v>25.08</v>
+      </c>
+      <c s="30" r="F306">
+        <v>21.28</v>
+      </c>
+      <c s="30" r="G306">
+        <v>18.06</v>
+      </c>
+      <c s="6" t="str" r="H306"/>
+      <c s="30" r="I306">
+        <v>21.08</v>
+      </c>
+      <c s="30" r="J306">
+        <v>16.61</v>
+      </c>
+    </row>
+    <row r="307" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B307"/>
+      <c s="25" t="str" r="C307"/>
+      <c s="23" t="inlineStr" r="D307">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E307">
+        <v>31.33</v>
+      </c>
+      <c s="30" r="F307">
+        <v>33.69</v>
+      </c>
+      <c s="30" r="G307">
+        <v>29.13</v>
+      </c>
+      <c s="6" t="str" r="H307"/>
+      <c s="30" r="I307">
+        <v>30.76</v>
+      </c>
+      <c s="30" r="J307">
+        <v>28.28</v>
+      </c>
+    </row>
+    <row r="308" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B308"/>
+      <c s="25" t="str" r="C308"/>
+      <c s="23" t="inlineStr" r="D308">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E308">
+        <v>15.01</v>
+      </c>
+      <c s="30" r="F308">
+        <v>14.82</v>
+      </c>
+      <c s="30" r="G308">
+        <v>16.61</v>
+      </c>
+      <c s="6" t="str" r="H308"/>
+      <c s="30" r="I308">
+        <v>13.98</v>
+      </c>
+      <c s="30" r="J308">
+        <v>13.02</v>
+      </c>
+    </row>
+    <row r="309" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B309"/>
+      <c s="25" t="str" r="C309"/>
+      <c s="10" t="inlineStr" r="D309">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E309">
+        <v>21.45</v>
+      </c>
+      <c s="31" r="F309">
+        <v>20.66</v>
+      </c>
+      <c s="31" r="G309">
+        <v>20.22</v>
+      </c>
+      <c s="6" t="str" r="H309"/>
+      <c s="31" r="I309">
+        <v>18.94</v>
+      </c>
+      <c s="31" r="J309">
+        <v>16.93</v>
+      </c>
+    </row>
+    <row r="310" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B310"/>
+      <c s="27" t="str" r="C310"/>
+      <c s="23" t="inlineStr" r="D310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H310"/>
+      <c s="23" t="inlineStr" r="I310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="311" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B311">
+        <is>
+          <t xml:space="preserve">Pediatric Hospital Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C311"/>
+      <c s="23" t="inlineStr" r="D311">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E311">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F311">
+        <v>22.05</v>
+      </c>
+      <c s="30" r="G311">
+        <v>18.91</v>
+      </c>
+      <c s="6" t="str" r="H311"/>
+      <c s="30" r="I311">
+        <v>17.92</v>
+      </c>
+      <c s="30" r="J311">
+        <v>15.45</v>
+      </c>
+    </row>
+    <row r="312" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B312"/>
+      <c s="25" t="str" r="C312"/>
+      <c s="23" t="inlineStr" r="D312">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E312">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F312">
+        <v>18.85</v>
+      </c>
+      <c s="30" r="G312">
+        <v>24.04</v>
+      </c>
+      <c s="6" t="str" r="H312"/>
+      <c s="30" r="I312">
+        <v>17.26</v>
+      </c>
+      <c s="30" r="J312">
+        <v>23.8</v>
+      </c>
+    </row>
+    <row r="313" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B313"/>
+      <c s="25" t="str" r="C313"/>
+      <c s="23" t="inlineStr" r="D313">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E313">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F313">
+        <v>18.23</v>
+      </c>
+      <c s="30" r="G313">
+        <v>15.83</v>
+      </c>
+      <c s="6" t="str" r="H313"/>
+      <c s="30" r="I313">
+        <v>13.95</v>
+      </c>
+      <c s="30" r="J313">
+        <v>13.68</v>
+      </c>
+    </row>
+    <row r="314" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B314"/>
+      <c s="25" t="str" r="C314"/>
+      <c s="10" t="inlineStr" r="D314">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E314">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F314">
+        <v>18.94</v>
+      </c>
+      <c s="31" r="G314">
+        <v>17.59</v>
+      </c>
+      <c s="6" t="str" r="H314"/>
+      <c s="31" r="I314">
+        <v>15.06</v>
+      </c>
+      <c s="31" r="J314">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="315" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B315"/>
+      <c s="27" t="str" r="C315"/>
+      <c s="23" t="inlineStr" r="D315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H315"/>
+      <c s="23" t="inlineStr" r="I315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="316" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B316">
+        <is>
+          <t xml:space="preserve">Pediatric Infectious Diseases (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C316"/>
+      <c s="23" t="inlineStr" r="D316">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E316">
+        <v>13</v>
+      </c>
+      <c s="30" r="F316">
+        <v>15</v>
+      </c>
+      <c s="30" r="G316">
+        <v>9.5</v>
+      </c>
+      <c s="6" t="str" r="H316"/>
+      <c s="30" r="I316">
+        <v>15</v>
+      </c>
+      <c s="30" r="J316">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="317" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B317"/>
+      <c s="25" t="str" r="C317"/>
+      <c s="23" t="inlineStr" r="D317">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E317">
+        <v>20.81</v>
+      </c>
+      <c s="30" r="F317">
+        <v>12.91</v>
+      </c>
+      <c s="30" r="G317">
+        <v>17.5</v>
+      </c>
+      <c s="6" t="str" r="H317"/>
+      <c s="30" r="I317">
+        <v>16.94</v>
+      </c>
+      <c s="30" r="J317">
+        <v>16.63</v>
+      </c>
+    </row>
+    <row r="318" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B318"/>
+      <c s="25" t="str" r="C318"/>
+      <c s="23" t="inlineStr" r="D318">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E318">
+        <v>10.57</v>
+      </c>
+      <c s="30" r="F318">
+        <v>10.15</v>
+      </c>
+      <c s="30" r="G318">
+        <v>11.61</v>
+      </c>
+      <c s="6" t="str" r="H318"/>
+      <c s="30" r="I318">
+        <v>9.45</v>
+      </c>
+      <c s="30" r="J318">
+        <v>10.45</v>
+      </c>
+    </row>
+    <row r="319" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B319"/>
+      <c s="25" t="str" r="C319"/>
+      <c s="10" t="inlineStr" r="D319">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E319">
+        <v>15.64</v>
+      </c>
+      <c s="31" r="F319">
+        <v>11.25</v>
+      </c>
+      <c s="31" r="G319">
+        <v>13.61</v>
+      </c>
+      <c s="6" t="str" r="H319"/>
+      <c s="31" r="I319">
+        <v>12.25</v>
+      </c>
+      <c s="31" r="J319">
+        <v>13.17</v>
+      </c>
+    </row>
+    <row r="320" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B320"/>
+      <c s="27" t="str" r="C320"/>
+      <c s="23" t="inlineStr" r="D320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H320"/>
+      <c s="23" t="inlineStr" r="I320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="321" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B321">
+        <is>
+          <t xml:space="preserve">Pediatric Nephrology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C321"/>
+      <c s="23" t="inlineStr" r="D321">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E321">
+        <v>15.57</v>
+      </c>
+      <c s="30" r="F321">
+        <v>13.4</v>
+      </c>
+      <c s="30" r="G321">
+        <v>15</v>
+      </c>
+      <c s="6" t="str" r="H321"/>
+      <c s="30" r="I321">
+        <v>8.67</v>
+      </c>
+      <c s="30" r="J321">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="322" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B322"/>
+      <c s="25" t="str" r="C322"/>
+      <c s="23" t="inlineStr" r="D322">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E322">
+        <v>16.47</v>
+      </c>
+      <c s="30" r="F322">
+        <v>14.71</v>
+      </c>
+      <c s="30" r="G322">
+        <v>15.25</v>
+      </c>
+      <c s="6" t="str" r="H322"/>
+      <c s="30" r="I322">
+        <v>17.23</v>
+      </c>
+      <c s="30" r="J322">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="323" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B323"/>
+      <c s="25" t="str" r="C323"/>
+      <c s="23" t="inlineStr" r="D323">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E323">
+        <v>13</v>
+      </c>
+      <c s="30" r="F323">
+        <v>8.19</v>
+      </c>
+      <c s="30" r="G323">
+        <v>12.12</v>
+      </c>
+      <c s="6" t="str" r="H323"/>
+      <c s="30" r="I323">
+        <v>6.73</v>
+      </c>
+      <c s="30" r="J323">
+        <v>10.13</v>
+      </c>
+    </row>
+    <row r="324" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B324"/>
+      <c s="25" t="str" r="C324"/>
+      <c s="10" t="inlineStr" r="D324">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E324">
+        <v>14.67</v>
+      </c>
+      <c s="31" r="F324">
+        <v>10.74</v>
+      </c>
+      <c s="31" r="G324">
+        <v>13.36</v>
+      </c>
+      <c s="6" t="str" r="H324"/>
+      <c s="31" r="I324">
+        <v>10.47</v>
+      </c>
+      <c s="31" r="J324">
+        <v>9.68</v>
+      </c>
+    </row>
+    <row r="325" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B325"/>
+      <c s="27" t="str" r="C325"/>
+      <c s="23" t="inlineStr" r="D325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H325"/>
+      <c s="23" t="inlineStr" r="I325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="326" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B326">
+        <is>
+          <t xml:space="preserve">Pediatric Pulmonology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C326"/>
+      <c s="23" t="inlineStr" r="D326">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E326">
+        <v>21.83</v>
+      </c>
+      <c s="30" r="F326">
+        <v>15.38</v>
+      </c>
+      <c s="30" r="G326">
+        <v>18.14</v>
+      </c>
+      <c s="6" t="str" r="H326"/>
+      <c s="30" r="I326">
+        <v>11.33</v>
+      </c>
+      <c s="30" r="J326">
+        <v>11.91</v>
+      </c>
+    </row>
+    <row r="327" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B327"/>
+      <c s="25" t="str" r="C327"/>
+      <c s="23" t="inlineStr" r="D327">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E327">
+        <v>17.88</v>
+      </c>
+      <c s="30" r="F327">
+        <v>19</v>
+      </c>
+      <c s="30" r="G327">
+        <v>14</v>
+      </c>
+      <c s="6" t="str" r="H327"/>
+      <c s="30" r="I327">
+        <v>16.37</v>
+      </c>
+      <c s="30" r="J327">
+        <v>17.25</v>
+      </c>
+    </row>
+    <row r="328" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B328"/>
+      <c s="25" t="str" r="C328"/>
+      <c s="23" t="inlineStr" r="D328">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E328">
+        <v>11.22</v>
+      </c>
+      <c s="30" r="F328">
+        <v>13.58</v>
+      </c>
+      <c s="30" r="G328">
+        <v>13.16</v>
+      </c>
+      <c s="6" t="str" r="H328"/>
+      <c s="30" r="I328">
+        <v>10.73</v>
+      </c>
+      <c s="30" r="J328">
+        <v>8.86</v>
+      </c>
+    </row>
+    <row r="329" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B329"/>
+      <c s="25" t="str" r="C329"/>
+      <c s="10" t="inlineStr" r="D329">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E329">
+        <v>14.91</v>
+      </c>
+      <c s="31" r="F329">
+        <v>16.03</v>
+      </c>
+      <c s="31" r="G329">
+        <v>14.05</v>
+      </c>
+      <c s="6" t="str" r="H329"/>
+      <c s="31" r="I329">
+        <v>13.52</v>
+      </c>
+      <c s="31" r="J329">
+        <v>11.56</v>
+      </c>
+    </row>
+    <row r="330" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B330"/>
+      <c s="27" t="str" r="C330"/>
+      <c s="23" t="inlineStr" r="D330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H330"/>
+      <c s="23" t="inlineStr" r="I330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="331" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B331">
+        <is>
+          <t xml:space="preserve">Pediatric Rehabilitation Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C331"/>
+      <c s="23" t="inlineStr" r="D331">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E331">
+        <v>15</v>
+      </c>
+      <c s="30" r="F331">
+        <v>13</v>
+      </c>
+      <c s="30" r="G331">
+        <v>15.67</v>
+      </c>
+      <c s="6" t="str" r="H331"/>
+      <c s="30" r="I331">
+        <v>10.6</v>
+      </c>
+      <c s="28" t="inlineStr" r="J331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B332"/>
+      <c s="25" t="str" r="C332"/>
+      <c s="23" t="inlineStr" r="D332">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E332">
+        <v>14</v>
+      </c>
+      <c s="28" t="inlineStr" r="F332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G332">
+        <v>22</v>
+      </c>
+      <c s="6" t="str" r="H332"/>
+      <c s="30" r="I332">
+        <v>10</v>
+      </c>
+      <c s="30" r="J332">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="333" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B333"/>
+      <c s="25" t="str" r="C333"/>
+      <c s="23" t="inlineStr" r="D333">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E333">
+        <v>15.43</v>
+      </c>
+      <c s="30" r="F333">
+        <v>14.33</v>
+      </c>
+      <c s="30" r="G333">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H333"/>
+      <c s="30" r="I333">
+        <v>10.88</v>
+      </c>
+      <c s="30" r="J333">
+        <v>11.14</v>
+      </c>
+    </row>
+    <row r="334" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B334"/>
+      <c s="25" t="str" r="C334"/>
+      <c s="10" t="inlineStr" r="D334">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E334">
+        <v>15.22</v>
+      </c>
+      <c s="31" r="F334">
+        <v>13.92</v>
+      </c>
+      <c s="31" r="G334">
+        <v>14.25</v>
+      </c>
+      <c s="6" t="str" r="H334"/>
+      <c s="31" r="I334">
+        <v>10.67</v>
+      </c>
+      <c s="31" r="J334">
+        <v>11.06</v>
+      </c>
+    </row>
+    <row r="335" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B335"/>
+      <c s="27" t="str" r="C335"/>
+      <c s="23" t="inlineStr" r="D335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H335"/>
+      <c s="23" t="inlineStr" r="I335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="336" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B336">
+        <is>
+          <t xml:space="preserve">Pediatric Rheumatology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C336"/>
+      <c s="23" t="inlineStr" r="D336">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E336">
+        <v>16</v>
+      </c>
+      <c s="30" r="F336">
+        <v>10</v>
+      </c>
+      <c s="30" r="G336">
+        <v>10.25</v>
+      </c>
+      <c s="6" t="str" r="H336"/>
+      <c s="30" r="I336">
+        <v>12</v>
+      </c>
+      <c s="30" r="J336">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="337" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B337"/>
+      <c s="25" t="str" r="C337"/>
+      <c s="23" t="inlineStr" r="D337">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E337">
+        <v>18.08</v>
+      </c>
+      <c s="30" r="F337">
+        <v>16.25</v>
+      </c>
+      <c s="30" r="G337">
+        <v>18.14</v>
+      </c>
+      <c s="6" t="str" r="H337"/>
+      <c s="30" r="I337">
+        <v>9.14</v>
+      </c>
+      <c s="30" r="J337">
+        <v>14.21</v>
+      </c>
+    </row>
+    <row r="338" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B338"/>
+      <c s="25" t="str" r="C338"/>
+      <c s="23" t="inlineStr" r="D338">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E338">
+        <v>10.71</v>
+      </c>
+      <c s="30" r="F338">
+        <v>9.32</v>
+      </c>
+      <c s="30" r="G338">
+        <v>11.92</v>
+      </c>
+      <c s="6" t="str" r="H338"/>
+      <c s="30" r="I338">
+        <v>9.47</v>
+      </c>
+      <c s="30" r="J338">
+        <v>8.56</v>
+      </c>
+    </row>
+    <row r="339" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B339"/>
+      <c s="25" t="str" r="C339"/>
+      <c s="10" t="inlineStr" r="D339">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E339">
+        <v>13.14</v>
+      </c>
+      <c s="31" r="F339">
+        <v>11.88</v>
+      </c>
+      <c s="31" r="G339">
+        <v>12.68</v>
+      </c>
+      <c s="6" t="str" r="H339"/>
+      <c s="31" r="I339">
+        <v>9.93</v>
+      </c>
+      <c s="31" r="J339">
+        <v>10.91</v>
+      </c>
+    </row>
+    <row r="340" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B340"/>
+      <c s="27" t="str" r="C340"/>
+      <c s="23" t="inlineStr" r="D340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H340"/>
+      <c s="23" t="inlineStr" r="I340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="341" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B341">
+        <is>
+          <t xml:space="preserve">Pediatric Surgery (General Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C341"/>
+      <c s="23" t="inlineStr" r="D341">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E341">
+        <v>44</v>
+      </c>
+      <c s="30" r="F341">
+        <v>45</v>
+      </c>
+      <c s="30" r="G341">
+        <v>48</v>
+      </c>
+      <c s="6" t="str" r="H341"/>
+      <c s="30" r="I341">
+        <v>44.33</v>
+      </c>
+      <c s="30" r="J341">
+        <v>48.5</v>
+      </c>
+    </row>
+    <row r="342" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B342"/>
+      <c s="25" t="str" r="C342"/>
+      <c s="23" t="inlineStr" r="D342">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E342">
+        <v>27.15</v>
+      </c>
+      <c s="30" r="F342">
+        <v>40.22</v>
+      </c>
+      <c s="30" r="G342">
+        <v>31.38</v>
+      </c>
+      <c s="6" t="str" r="H342"/>
+      <c s="30" r="I342">
+        <v>45.67</v>
+      </c>
+      <c s="30" r="J342">
+        <v>42.5</v>
+      </c>
+    </row>
+    <row r="343" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B343"/>
+      <c s="25" t="str" r="C343"/>
+      <c s="23" t="inlineStr" r="D343">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E343">
+        <v>45.01</v>
+      </c>
+      <c s="30" r="F343">
+        <v>42.05</v>
+      </c>
+      <c s="30" r="G343">
+        <v>44.56</v>
+      </c>
+      <c s="6" t="str" r="H343"/>
+      <c s="30" r="I343">
+        <v>42.58</v>
+      </c>
+      <c s="30" r="J343">
+        <v>46.53</v>
+      </c>
+    </row>
+    <row r="344" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B344"/>
+      <c s="25" t="str" r="C344"/>
+      <c s="10" t="inlineStr" r="D344">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E344">
+        <v>42.3</v>
+      </c>
+      <c s="31" r="F344">
+        <v>41.85</v>
+      </c>
+      <c s="31" r="G344">
+        <v>43.1</v>
+      </c>
+      <c s="6" t="str" r="H344"/>
+      <c s="31" r="I344">
+        <v>42.79</v>
+      </c>
+      <c s="31" r="J344">
+        <v>46.39</v>
+      </c>
+    </row>
+    <row r="345" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B345"/>
+      <c s="27" t="str" r="C345"/>
+      <c s="23" t="inlineStr" r="D345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H345"/>
+      <c s="23" t="inlineStr" r="I345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="346" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B346">
+        <is>
+          <t xml:space="preserve">Pediatric Transplant Hepatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C346"/>
+      <c s="23" t="inlineStr" r="D346">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H346"/>
+      <c s="30" r="I346">
+        <v>5</v>
+      </c>
+      <c s="30" r="J346">
+        <v>7.75</v>
+      </c>
+    </row>
+    <row r="347" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B347"/>
+      <c s="25" t="str" r="C347"/>
+      <c s="23" t="inlineStr" r="D347">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E347">
+        <v>6.33</v>
+      </c>
+      <c s="30" r="F347">
+        <v>12.4</v>
+      </c>
+      <c s="30" r="G347">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H347"/>
+      <c s="30" r="I347">
+        <v>7.67</v>
+      </c>
+      <c s="30" r="J347">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="348" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B348"/>
+      <c s="25" t="str" r="C348"/>
+      <c s="23" t="inlineStr" r="D348">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E348">
+        <v>7.3</v>
+      </c>
+      <c s="30" r="F348">
+        <v>9.88</v>
+      </c>
+      <c s="28" t="inlineStr" r="G348">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H348"/>
+      <c s="28" t="inlineStr" r="I348">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J348">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="349" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B349"/>
+      <c s="25" t="str" r="C349"/>
+      <c s="10" t="inlineStr" r="D349">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E349">
+        <v>6.86</v>
+      </c>
+      <c s="31" r="F349">
+        <v>10.14</v>
+      </c>
+      <c s="29" t="inlineStr" r="G349">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H349"/>
+      <c s="31" r="I349">
+        <v>5.56</v>
+      </c>
+      <c s="31" r="J349">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="350" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B350"/>
+      <c s="27" t="str" r="C350"/>
+      <c s="23" t="inlineStr" r="D350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H350"/>
+      <c s="23" t="inlineStr" r="I350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="351" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B351">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C351"/>
+      <c s="23" t="inlineStr" r="D351">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E351">
+        <v>5.97</v>
+      </c>
+      <c s="30" r="F351">
+        <v>5.43</v>
+      </c>
+      <c s="30" r="G351">
+        <v>5.19</v>
+      </c>
+      <c s="6" t="str" r="H351"/>
+      <c s="28" t="inlineStr" r="I351">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J351">
+        <v>5.72</v>
+      </c>
+    </row>
+    <row r="352" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B352"/>
+      <c s="25" t="str" r="C352"/>
+      <c s="23" t="inlineStr" r="D352">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E352">
+        <v>5.34</v>
+      </c>
+      <c s="30" r="F352">
+        <v>5.48</v>
+      </c>
+      <c s="30" r="G352">
+        <v>5.87</v>
+      </c>
+      <c s="6" t="str" r="H352"/>
+      <c s="30" r="I352">
+        <v>6.5</v>
+      </c>
+      <c s="30" r="J352">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="353" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B353"/>
+      <c s="25" t="str" r="C353"/>
+      <c s="23" t="inlineStr" r="D353">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G353">
+        <v>6.14</v>
+      </c>
+      <c s="6" t="str" r="H353"/>
+      <c s="30" r="I353">
+        <v>6</v>
+      </c>
+      <c s="28" t="inlineStr" r="J353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="354" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B354"/>
+      <c s="25" t="str" r="C354"/>
+      <c s="10" t="inlineStr" r="D354">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E354">
+        <v>5.25</v>
+      </c>
+      <c s="31" r="F354">
+        <v>5.39</v>
+      </c>
+      <c s="31" r="G354">
+        <v>5.8</v>
+      </c>
+      <c s="6" t="str" r="H354"/>
+      <c s="31" r="I354">
+        <v>6.27</v>
+      </c>
+      <c s="31" r="J354">
+        <v>5.45</v>
+      </c>
+    </row>
+    <row r="355" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B355"/>
+      <c s="27" t="str" r="C355"/>
+      <c s="23" t="inlineStr" r="D355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H355"/>
+      <c s="23" t="inlineStr" r="I355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="356" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B356">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C356"/>
+      <c s="23" t="inlineStr" r="D356">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E356">
+        <v>53.39</v>
+      </c>
+      <c s="30" r="F356">
+        <v>52.71</v>
+      </c>
+      <c s="30" r="G356">
+        <v>52.06</v>
+      </c>
+      <c s="6" t="str" r="H356"/>
+      <c s="30" r="I356">
+        <v>56.32</v>
+      </c>
+      <c s="30" r="J356">
+        <v>55.91</v>
+      </c>
+    </row>
+    <row r="357" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B357"/>
+      <c s="25" t="str" r="C357"/>
+      <c s="23" t="inlineStr" r="D357">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E357">
+        <v>71.9</v>
+      </c>
+      <c s="30" r="F357">
+        <v>74.7</v>
+      </c>
+      <c s="30" r="G357">
+        <v>75.17</v>
+      </c>
+      <c s="6" t="str" r="H357"/>
+      <c s="30" r="I357">
+        <v>76.94</v>
+      </c>
+      <c s="30" r="J357">
+        <v>71.83</v>
+      </c>
+    </row>
+    <row r="358" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B358"/>
+      <c s="25" t="str" r="C358"/>
+      <c s="23" t="inlineStr" r="D358">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E358">
+        <v>31.37</v>
+      </c>
+      <c s="30" r="F358">
+        <v>33.75</v>
+      </c>
+      <c s="30" r="G358">
+        <v>33.39</v>
+      </c>
+      <c s="6" t="str" r="H358"/>
+      <c s="30" r="I358">
+        <v>31.42</v>
+      </c>
+      <c s="30" r="J358">
+        <v>32.08</v>
+      </c>
+    </row>
+    <row r="359" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B359"/>
+      <c s="25" t="str" r="C359"/>
+      <c s="10" t="inlineStr" r="D359">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E359">
+        <v>54.44</v>
+      </c>
+      <c s="31" r="F359">
+        <v>57.72</v>
+      </c>
+      <c s="31" r="G359">
+        <v>56.47</v>
+      </c>
+      <c s="6" t="str" r="H359"/>
+      <c s="31" r="I359">
+        <v>58.37</v>
+      </c>
+      <c s="31" r="J359">
+        <v>55.76</v>
+      </c>
+    </row>
+    <row r="360" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B360"/>
+      <c s="27" t="str" r="C360"/>
+      <c s="23" t="inlineStr" r="D360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H360"/>
+      <c s="23" t="inlineStr" r="I360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="361" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B361">
+        <is>
+          <t xml:space="preserve">Reproductive Endocrinology and Infertility</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C361"/>
+      <c s="23" t="inlineStr" r="D361">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E361">
+        <v>36</v>
+      </c>
+      <c s="30" r="F361">
+        <v>37.5</v>
+      </c>
+      <c s="30" r="G361">
+        <v>47.75</v>
+      </c>
+      <c s="6" t="str" r="H361"/>
+      <c s="30" r="I361">
+        <v>46.5</v>
+      </c>
+      <c s="28" t="inlineStr" r="J361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="362" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B362"/>
+      <c s="25" t="str" r="C362"/>
+      <c s="23" t="inlineStr" r="D362">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E362">
+        <v>28.69</v>
+      </c>
+      <c s="30" r="F362">
+        <v>36.21</v>
+      </c>
+      <c s="30" r="G362">
+        <v>32.17</v>
+      </c>
+      <c s="6" t="str" r="H362"/>
+      <c s="30" r="I362">
+        <v>32.29</v>
+      </c>
+      <c s="28" t="inlineStr" r="J362">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="363" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B363"/>
+      <c s="25" t="str" r="C363"/>
+      <c s="23" t="inlineStr" r="D363">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E363">
+        <v>35.94</v>
+      </c>
+      <c s="30" r="F363">
+        <v>37.84</v>
+      </c>
+      <c s="30" r="G363">
+        <v>40.89</v>
+      </c>
+      <c s="6" t="str" r="H363"/>
+      <c s="30" r="I363">
+        <v>38.5</v>
+      </c>
+      <c s="28" t="inlineStr" r="J363">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B364"/>
+      <c s="25" t="str" r="C364"/>
+      <c s="10" t="inlineStr" r="D364">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E364">
+        <v>34.64</v>
+      </c>
+      <c s="31" r="F364">
+        <v>37.55</v>
+      </c>
+      <c s="31" r="G364">
+        <v>39.82</v>
+      </c>
+      <c s="6" t="str" r="H364"/>
+      <c s="31" r="I364">
+        <v>38.16</v>
+      </c>
+      <c s="28" t="inlineStr" r="J364">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="365" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B365"/>
+      <c s="27" t="str" r="C365"/>
+      <c s="23" t="inlineStr" r="D365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H365"/>
+      <c s="23" t="inlineStr" r="I365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="366" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B366">
+        <is>
+          <t xml:space="preserve">Rheumatology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C366"/>
+      <c s="23" t="inlineStr" r="D366">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E366">
+        <v>58.14</v>
+      </c>
+      <c s="30" r="F366">
+        <v>42.12</v>
+      </c>
+      <c s="30" r="G366">
+        <v>57.48</v>
+      </c>
+      <c s="6" t="str" r="H366"/>
+      <c s="30" r="I366">
+        <v>49</v>
+      </c>
+      <c s="30" r="J366">
+        <v>37.32</v>
+      </c>
+    </row>
+    <row r="367" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B367"/>
+      <c s="25" t="str" r="C367"/>
+      <c s="23" t="inlineStr" r="D367">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E367">
+        <v>62.58</v>
+      </c>
+      <c s="30" r="F367">
+        <v>64.53</v>
+      </c>
+      <c s="30" r="G367">
+        <v>64.13</v>
+      </c>
+      <c s="6" t="str" r="H367"/>
+      <c s="30" r="I367">
+        <v>67.74</v>
+      </c>
+      <c s="30" r="J367">
+        <v>61.04</v>
+      </c>
+    </row>
+    <row r="368" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B368"/>
+      <c s="25" t="str" r="C368"/>
+      <c s="23" t="inlineStr" r="D368">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E368">
+        <v>30.28</v>
+      </c>
+      <c s="30" r="F368">
+        <v>33.79</v>
+      </c>
+      <c s="30" r="G368">
+        <v>32.45</v>
+      </c>
+      <c s="6" t="str" r="H368"/>
+      <c s="30" r="I368">
+        <v>34.48</v>
+      </c>
+      <c s="30" r="J368">
+        <v>37.13</v>
+      </c>
+    </row>
+    <row r="369" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B369"/>
+      <c s="25" t="str" r="C369"/>
+      <c s="10" t="inlineStr" r="D369">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E369">
+        <v>51.82</v>
+      </c>
+      <c s="31" r="F369">
+        <v>50.79</v>
+      </c>
+      <c s="31" r="G369">
+        <v>52.8</v>
+      </c>
+      <c s="6" t="str" r="H369"/>
+      <c s="31" r="I369">
+        <v>54.67</v>
+      </c>
+      <c s="31" r="J369">
+        <v>51.03</v>
+      </c>
+    </row>
+    <row r="370" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B370"/>
+      <c s="27" t="str" r="C370"/>
+      <c s="23" t="inlineStr" r="D370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H370"/>
+      <c s="23" t="inlineStr" r="I370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="371" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B371">
+        <is>
+          <t xml:space="preserve">Sleep Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C371"/>
+      <c s="23" t="inlineStr" r="D371">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E371">
+        <v>25.56</v>
+      </c>
+      <c s="30" r="F371">
+        <v>30.32</v>
+      </c>
+      <c s="30" r="G371">
+        <v>17.29</v>
+      </c>
+      <c s="6" t="str" r="H371"/>
+      <c s="30" r="I371">
+        <v>22.82</v>
+      </c>
+      <c s="30" r="J371">
+        <v>23.92</v>
+      </c>
+    </row>
+    <row r="372" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B372"/>
+      <c s="25" t="str" r="C372"/>
+      <c s="23" t="inlineStr" r="D372">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E372">
+        <v>22.07</v>
+      </c>
+      <c s="30" r="F372">
+        <v>23.18</v>
+      </c>
+      <c s="30" r="G372">
+        <v>28.51</v>
+      </c>
+      <c s="6" t="str" r="H372"/>
+      <c s="30" r="I372">
+        <v>23.06</v>
+      </c>
+      <c s="30" r="J372">
+        <v>25.12</v>
+      </c>
+    </row>
+    <row r="373" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B373"/>
+      <c s="25" t="str" r="C373"/>
+      <c s="23" t="inlineStr" r="D373">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E373">
+        <v>15.2</v>
+      </c>
+      <c s="30" r="F373">
+        <v>12.77</v>
+      </c>
+      <c s="30" r="G373">
+        <v>16.66</v>
+      </c>
+      <c s="6" t="str" r="H373"/>
+      <c s="30" r="I373">
+        <v>15.12</v>
+      </c>
+      <c s="30" r="J373">
+        <v>18.42</v>
+      </c>
+    </row>
+    <row r="374" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B374"/>
+      <c s="25" t="str" r="C374"/>
+      <c s="10" t="inlineStr" r="D374">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E374">
+        <v>20.39</v>
+      </c>
+      <c s="31" r="F374">
+        <v>21.36</v>
+      </c>
+      <c s="31" r="G374">
+        <v>23.1</v>
+      </c>
+      <c s="6" t="str" r="H374"/>
+      <c s="31" r="I374">
+        <v>20.35</v>
+      </c>
+      <c s="31" r="J374">
+        <v>22.91</v>
+      </c>
+    </row>
+    <row r="375" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B375"/>
+      <c s="27" t="str" r="C375"/>
+      <c s="23" t="inlineStr" r="D375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H375"/>
+      <c s="23" t="inlineStr" r="I375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="376" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B376">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C376"/>
+      <c s="23" t="inlineStr" r="D376">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E376">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F376">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G376">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H376"/>
+      <c s="28" t="inlineStr" r="I376">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J376">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="377" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B377"/>
+      <c s="25" t="str" r="C377"/>
+      <c s="23" t="inlineStr" r="D377">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E377">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F377">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G377">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H377"/>
+      <c s="28" t="inlineStr" r="I377">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J377">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="378" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B378"/>
+      <c s="25" t="str" r="C378"/>
+      <c s="23" t="inlineStr" r="D378">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E378">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F378">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G378">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H378"/>
+      <c s="28" t="inlineStr" r="I378">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J378">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="379" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B379"/>
+      <c s="25" t="str" r="C379"/>
+      <c s="10" t="inlineStr" r="D379">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E379">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F379">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G379">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H379"/>
+      <c s="29" t="inlineStr" r="I379">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J379">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="380" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B380"/>
+      <c s="27" t="str" r="C380"/>
+      <c s="23" t="inlineStr" r="D380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H380"/>
+      <c s="23" t="inlineStr" r="I380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="381" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B381">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C381"/>
+      <c s="23" t="inlineStr" r="D381">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E381">
+        <v>23.58</v>
+      </c>
+      <c s="30" r="F381">
+        <v>28.71</v>
+      </c>
+      <c s="30" r="G381">
+        <v>29.6</v>
+      </c>
+      <c s="6" t="str" r="H381"/>
+      <c s="30" r="I381">
+        <v>26.83</v>
+      </c>
+      <c s="30" r="J381">
+        <v>27.04</v>
+      </c>
+    </row>
+    <row r="382" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B382"/>
+      <c s="25" t="str" r="C382"/>
+      <c s="23" t="inlineStr" r="D382">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E382">
+        <v>41.76</v>
+      </c>
+      <c s="30" r="F382">
+        <v>43.89</v>
+      </c>
+      <c s="30" r="G382">
+        <v>35.64</v>
+      </c>
+      <c s="6" t="str" r="H382"/>
+      <c s="30" r="I382">
+        <v>33.34</v>
+      </c>
+      <c s="30" r="J382">
+        <v>38.43</v>
+      </c>
+    </row>
+    <row r="383" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B383"/>
+      <c s="25" t="str" r="C383"/>
+      <c s="23" t="inlineStr" r="D383">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E383">
+        <v>20.48</v>
+      </c>
+      <c s="30" r="F383">
+        <v>20.56</v>
+      </c>
+      <c s="30" r="G383">
+        <v>18.96</v>
+      </c>
+      <c s="6" t="str" r="H383"/>
+      <c s="30" r="I383">
+        <v>19.58</v>
+      </c>
+      <c s="30" r="J383">
+        <v>18.89</v>
+      </c>
+    </row>
+    <row r="384" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B384"/>
+      <c s="25" t="str" r="C384"/>
+      <c s="10" t="inlineStr" r="D384">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E384">
+        <v>25.49</v>
+      </c>
+      <c s="31" r="F384">
+        <v>28.53</v>
+      </c>
+      <c s="31" r="G384">
+        <v>26.3</v>
+      </c>
+      <c s="6" t="str" r="H384"/>
+      <c s="31" r="I384">
+        <v>25.01</v>
+      </c>
+      <c s="31" r="J384">
+        <v>25.74</v>
+      </c>
+    </row>
+    <row r="385" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B385"/>
+      <c s="27" t="str" r="C385"/>
+      <c s="23" t="inlineStr" r="D385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H385"/>
+      <c s="23" t="inlineStr" r="I385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="386" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B386">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C386"/>
+      <c s="23" t="inlineStr" r="D386">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E386">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F386">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G386">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H386"/>
+      <c s="28" t="inlineStr" r="I386">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J386">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="387" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B387"/>
+      <c s="25" t="str" r="C387"/>
+      <c s="23" t="inlineStr" r="D387">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E387">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F387">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G387">
+        <v>5</v>
+      </c>
+      <c s="6" t="str" r="H387"/>
+      <c s="28" t="inlineStr" r="I387">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J387">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="388" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B388"/>
+      <c s="25" t="str" r="C388"/>
+      <c s="23" t="inlineStr" r="D388">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E388">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F388">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G388">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H388"/>
+      <c s="28" t="inlineStr" r="I388">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J388">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="389" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B389"/>
+      <c s="25" t="str" r="C389"/>
+      <c s="10" t="inlineStr" r="D389">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E389">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F389">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G389">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H389"/>
+      <c s="29" t="inlineStr" r="I389">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J389">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="390" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B390"/>
+      <c s="27" t="str" r="C390"/>
+      <c s="23" t="inlineStr" r="D390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H390"/>
+      <c s="23" t="inlineStr" r="I390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="391" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B391">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Physical Medicine and Rehabilitation)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C391"/>
+      <c s="23" t="inlineStr" r="D391">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E391">
+        <v>5.81</v>
+      </c>
+      <c s="30" r="F391">
+        <v>6.36</v>
+      </c>
+      <c s="30" r="G391">
+        <v>7.86</v>
+      </c>
+      <c s="6" t="str" r="H391"/>
+      <c s="30" r="I391">
+        <v>5.55</v>
+      </c>
+      <c s="30" r="J391">
+        <v>5.49</v>
+      </c>
+    </row>
+    <row r="392" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B392"/>
+      <c s="25" t="str" r="C392"/>
+      <c s="23" t="inlineStr" r="D392">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E392">
+        <v>6.3</v>
+      </c>
+      <c s="30" r="F392">
+        <v>7.82</v>
+      </c>
+      <c s="30" r="G392">
+        <v>7.03</v>
+      </c>
+      <c s="6" t="str" r="H392"/>
+      <c s="30" r="I392">
+        <v>5.65</v>
+      </c>
+      <c s="30" r="J392">
+        <v>5.86</v>
+      </c>
+    </row>
+    <row r="393" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B393"/>
+      <c s="25" t="str" r="C393"/>
+      <c s="23" t="inlineStr" r="D393">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E393">
+        <v>6.85</v>
+      </c>
+      <c s="30" r="F393">
+        <v>7.62</v>
+      </c>
+      <c s="30" r="G393">
+        <v>7.63</v>
+      </c>
+      <c s="6" t="str" r="H393"/>
+      <c s="30" r="I393">
+        <v>6.31</v>
+      </c>
+      <c s="30" r="J393">
+        <v>6.54</v>
+      </c>
+    </row>
+    <row r="394" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B394"/>
+      <c s="25" t="str" r="C394"/>
+      <c s="10" t="inlineStr" r="D394">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E394">
+        <v>6.48</v>
+      </c>
+      <c s="31" r="F394">
+        <v>7.24</v>
+      </c>
+      <c s="31" r="G394">
+        <v>7.57</v>
+      </c>
+      <c s="6" t="str" r="H394"/>
+      <c s="31" r="I394">
+        <v>5.98</v>
+      </c>
+      <c s="31" r="J394">
+        <v>6.06</v>
+      </c>
+    </row>
+    <row r="395" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B395"/>
+      <c s="27" t="str" r="C395"/>
+      <c s="23" t="inlineStr" r="D395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H395"/>
+      <c s="23" t="inlineStr" r="I395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="396" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B396">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C396"/>
+      <c s="23" t="inlineStr" r="D396">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E396">
+        <v>54.14</v>
+      </c>
+      <c s="30" r="F396">
+        <v>56.14</v>
+      </c>
+      <c s="30" r="G396">
+        <v>55.63</v>
+      </c>
+      <c s="6" t="str" r="H396"/>
+      <c s="30" r="I396">
+        <v>54.64</v>
+      </c>
+      <c s="30" r="J396">
+        <v>53.46</v>
+      </c>
+    </row>
+    <row r="397" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B397"/>
+      <c s="25" t="str" r="C397"/>
+      <c s="23" t="inlineStr" r="D397">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E397">
+        <v>51.59</v>
+      </c>
+      <c s="30" r="F397">
+        <v>50.6</v>
+      </c>
+      <c s="30" r="G397">
+        <v>53.17</v>
+      </c>
+      <c s="6" t="str" r="H397"/>
+      <c s="30" r="I397">
+        <v>54.71</v>
+      </c>
+      <c s="30" r="J397">
+        <v>57.76</v>
+      </c>
+    </row>
+    <row r="398" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B398"/>
+      <c s="25" t="str" r="C398"/>
+      <c s="23" t="inlineStr" r="D398">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E398">
+        <v>48.43</v>
+      </c>
+      <c s="30" r="F398">
+        <v>50.21</v>
+      </c>
+      <c s="30" r="G398">
+        <v>50.12</v>
+      </c>
+      <c s="6" t="str" r="H398"/>
+      <c s="30" r="I398">
+        <v>51.12</v>
+      </c>
+      <c s="30" r="J398">
+        <v>54.75</v>
+      </c>
+    </row>
+    <row r="399" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B399"/>
+      <c s="25" t="str" r="C399"/>
+      <c s="10" t="inlineStr" r="D399">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E399">
+        <v>49.81</v>
+      </c>
+      <c s="31" r="F399">
+        <v>50.79</v>
+      </c>
+      <c s="31" r="G399">
+        <v>51.53</v>
+      </c>
+      <c s="6" t="str" r="H399"/>
+      <c s="31" r="I399">
+        <v>52.39</v>
+      </c>
+      <c s="31" r="J399">
+        <v>55.29</v>
+      </c>
+    </row>
+    <row r="400" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B400"/>
+      <c s="27" t="str" r="C400"/>
+      <c s="23" t="inlineStr" r="D400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H400"/>
+      <c s="23" t="inlineStr" r="I400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="401" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B401">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (OBGYN)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C401"/>
+      <c s="23" t="inlineStr" r="D401">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E401">
+        <v>39</v>
+      </c>
+      <c s="30" r="F401">
+        <v>41.86</v>
+      </c>
+      <c s="30" r="G401">
+        <v>35.4</v>
+      </c>
+      <c s="6" t="str" r="H401"/>
+      <c s="30" r="I401">
+        <v>39.5</v>
+      </c>
+      <c s="30" r="J401">
+        <v>40.58</v>
+      </c>
+    </row>
+    <row r="402" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B402"/>
+      <c s="25" t="str" r="C402"/>
+      <c s="23" t="inlineStr" r="D402">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E402">
+        <v>27.43</v>
+      </c>
+      <c s="30" r="F402">
+        <v>24.43</v>
+      </c>
+      <c s="30" r="G402">
+        <v>37.5</v>
+      </c>
+      <c s="6" t="str" r="H402"/>
+      <c s="30" r="I402">
+        <v>32.86</v>
+      </c>
+      <c s="30" r="J402">
+        <v>29.83</v>
+      </c>
+    </row>
+    <row r="403" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B403"/>
+      <c s="25" t="str" r="C403"/>
+      <c s="23" t="inlineStr" r="D403">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E403">
+        <v>32.87</v>
+      </c>
+      <c s="30" r="F403">
+        <v>34.94</v>
+      </c>
+      <c s="30" r="G403">
+        <v>28.63</v>
+      </c>
+      <c s="6" t="str" r="H403"/>
+      <c s="30" r="I403">
+        <v>33.29</v>
+      </c>
+      <c s="30" r="J403">
+        <v>33.17</v>
+      </c>
+    </row>
+    <row r="404" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B404"/>
+      <c s="25" t="str" r="C404"/>
+      <c s="10" t="inlineStr" r="D404">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E404">
+        <v>32.85</v>
+      </c>
+      <c s="31" r="F404">
+        <v>34.61</v>
+      </c>
+      <c s="31" r="G404">
+        <v>30.08</v>
+      </c>
+      <c s="6" t="str" r="H404"/>
+      <c s="31" r="I404">
+        <v>33.98</v>
+      </c>
+      <c s="31" r="J404">
+        <v>34.23</v>
+      </c>
+    </row>
+    <row r="405" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B405"/>
+      <c s="27" t="str" r="C405"/>
+      <c s="23" t="inlineStr" r="D405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H405"/>
+      <c s="23" t="inlineStr" r="I405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="406" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B406">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (Urology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C406"/>
+      <c s="23" t="inlineStr" r="D406">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E406">
+        <v>5.5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F406">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G406">
+        <v>5</v>
+      </c>
+      <c s="6" t="str" r="H406"/>
+      <c s="30" r="I406">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="J406">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="407" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B407"/>
+      <c s="25" t="str" r="C407"/>
+      <c s="23" t="inlineStr" r="D407">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F407">
+        <v>9.86</v>
+      </c>
+      <c s="30" r="G407">
+        <v>9.67</v>
+      </c>
+      <c s="6" t="str" r="H407"/>
+      <c s="30" r="I407">
+        <v>6.86</v>
+      </c>
+      <c s="30" r="J407">
+        <v>6.2</v>
+      </c>
+    </row>
+    <row r="408" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B408"/>
+      <c s="25" t="str" r="C408"/>
+      <c s="23" t="inlineStr" r="D408">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E408">
+        <v>6.98</v>
+      </c>
+      <c s="28" t="inlineStr" r="F408">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G408">
+        <v>6.14</v>
+      </c>
+      <c s="6" t="str" r="H408"/>
+      <c s="30" r="I408">
+        <v>5.76</v>
+      </c>
+      <c s="30" r="J408">
+        <v>6.47</v>
+      </c>
+    </row>
+    <row r="409" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B409"/>
+      <c s="25" t="str" r="C409"/>
+      <c s="10" t="inlineStr" r="D409">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E409">
+        <v>6.77</v>
+      </c>
+      <c s="31" r="F409">
+        <v>5.15</v>
+      </c>
+      <c s="31" r="G409">
+        <v>6.22</v>
+      </c>
+      <c s="6" t="str" r="H409"/>
+      <c s="31" r="I409">
+        <v>5.77</v>
+      </c>
+      <c s="31" r="J409">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="410" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B410"/>
+      <c s="27" t="str" r="C410"/>
+      <c s="23" t="inlineStr" r="D410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H410"/>
+      <c s="23" t="inlineStr" r="I410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="411" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B411">
+        <is>
+          <t xml:space="preserve">Vascular Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C411"/>
+      <c s="23" t="inlineStr" r="D411">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E411">
+        <v>20.88</v>
+      </c>
+      <c s="30" r="F411">
+        <v>24.04</v>
+      </c>
+      <c s="30" r="G411">
+        <v>22</v>
+      </c>
+      <c s="6" t="str" r="H411"/>
+      <c s="30" r="I411">
+        <v>22.62</v>
+      </c>
+      <c s="30" r="J411">
+        <v>22.14</v>
+      </c>
+    </row>
+    <row r="412" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B412"/>
+      <c s="25" t="str" r="C412"/>
+      <c s="23" t="inlineStr" r="D412">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E412">
+        <v>28.95</v>
+      </c>
+      <c s="30" r="F412">
+        <v>33.13</v>
+      </c>
+      <c s="30" r="G412">
+        <v>35.48</v>
+      </c>
+      <c s="6" t="str" r="H412"/>
+      <c s="30" r="I412">
+        <v>37.54</v>
+      </c>
+      <c s="30" r="J412">
+        <v>35.49</v>
+      </c>
+    </row>
+    <row r="413" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B413"/>
+      <c s="25" t="str" r="C413"/>
+      <c s="23" t="inlineStr" r="D413">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E413">
+        <v>16.8</v>
+      </c>
+      <c s="30" r="F413">
+        <v>17.68</v>
+      </c>
+      <c s="30" r="G413">
+        <v>15.09</v>
+      </c>
+      <c s="6" t="str" r="H413"/>
+      <c s="30" r="I413">
+        <v>17.12</v>
+      </c>
+      <c s="30" r="J413">
+        <v>16.64</v>
+      </c>
+    </row>
+    <row r="414" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B414"/>
+      <c s="25" t="str" r="C414"/>
+      <c s="10" t="inlineStr" r="D414">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E414">
+        <v>22.23</v>
+      </c>
+      <c s="31" r="F414">
+        <v>25.6</v>
+      </c>
+      <c s="31" r="G414">
+        <v>23.85</v>
+      </c>
+      <c s="6" t="str" r="H414"/>
+      <c s="31" r="I414">
+        <v>25.49</v>
+      </c>
+      <c s="31" r="J414">
+        <v>25.55</v>
+      </c>
+    </row>
+    <row r="415" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B415"/>
+      <c s="27" t="str" r="C415"/>
+      <c s="23" t="inlineStr" r="D415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H415"/>
+      <c s="23" t="inlineStr" r="I415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="416" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B416">
+        <is>
+          <t xml:space="preserve">Vascular Surgery (General Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C416"/>
+      <c s="23" t="inlineStr" r="D416">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E416">
+        <v>61.76</v>
+      </c>
+      <c s="30" r="F416">
+        <v>66.26</v>
+      </c>
+      <c s="30" r="G416">
+        <v>64.53</v>
+      </c>
+      <c s="6" t="str" r="H416"/>
+      <c s="30" r="I416">
+        <v>65.24</v>
+      </c>
+      <c s="30" r="J416">
+        <v>79.5</v>
+      </c>
+    </row>
+    <row r="417" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B417"/>
+      <c s="25" t="str" r="C417"/>
+      <c s="23" t="inlineStr" r="D417">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E417">
+        <v>68.71</v>
+      </c>
+      <c s="30" r="F417">
+        <v>68.97</v>
+      </c>
+      <c s="30" r="G417">
+        <v>59.05</v>
+      </c>
+      <c s="6" t="str" r="H417"/>
+      <c s="30" r="I417">
+        <v>75.6</v>
+      </c>
+      <c s="30" r="J417">
+        <v>71.66</v>
+      </c>
+    </row>
+    <row r="418" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B418"/>
+      <c s="25" t="str" r="C418"/>
+      <c s="23" t="inlineStr" r="D418">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E418">
+        <v>47.86</v>
+      </c>
+      <c s="30" r="F418">
+        <v>50.57</v>
+      </c>
+      <c s="30" r="G418">
+        <v>50.51</v>
+      </c>
+      <c s="6" t="str" r="H418"/>
+      <c s="30" r="I418">
+        <v>53.37</v>
+      </c>
+      <c s="30" r="J418">
+        <v>56.41</v>
+      </c>
+    </row>
+    <row r="419" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B419"/>
+      <c s="25" t="str" r="C419"/>
+      <c s="10" t="inlineStr" r="D419">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E419">
+        <v>53.71</v>
+      </c>
+      <c s="31" r="F419">
+        <v>56.37</v>
+      </c>
+      <c s="31" r="G419">
+        <v>54.9</v>
+      </c>
+      <c s="6" t="str" r="H419"/>
+      <c s="31" r="I419">
+        <v>60.86</v>
+      </c>
+      <c s="31" r="J419">
+        <v>63.2</v>
+      </c>
+    </row>
+    <row r="420" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B420"/>
+      <c s="27" t="str" r="C420"/>
+      <c s="23" t="inlineStr" r="D420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H420"/>
+      <c s="23" t="inlineStr" r="I420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="421" ht="18.05" customHeight="1"/>
+    <row r="422" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="B422">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
     <mergeCell ref="B7:C11"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
     <mergeCell ref="B22:C26"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="G25:H25"/>
     <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B172:C175"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="B176:C180"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="B181:C185"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="B186:C190"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="B191:C195"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="B196:C200"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="B201:C205"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="B206:C210"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="B211:C215"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="B216:C219"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="B220:C224"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="B225:C229"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="B230:C234"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="B235:C239"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="B240:C244"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="B245:C248"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="B249:C252"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="B253:C256"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B257:C260"/>
+    <mergeCell ref="G257:H257"/>
+    <mergeCell ref="G258:H258"/>
+    <mergeCell ref="G259:H259"/>
+    <mergeCell ref="G260:H260"/>
+    <mergeCell ref="B261:C265"/>
+    <mergeCell ref="G261:H261"/>
+    <mergeCell ref="G262:H262"/>
+    <mergeCell ref="G263:H263"/>
+    <mergeCell ref="G264:H264"/>
+    <mergeCell ref="G265:H265"/>
+    <mergeCell ref="B266:C270"/>
+    <mergeCell ref="G266:H266"/>
+    <mergeCell ref="G267:H267"/>
+    <mergeCell ref="G268:H268"/>
+    <mergeCell ref="G269:H269"/>
+    <mergeCell ref="G270:H270"/>
+    <mergeCell ref="B271:C275"/>
+    <mergeCell ref="G271:H271"/>
+    <mergeCell ref="G272:H272"/>
+    <mergeCell ref="G273:H273"/>
+    <mergeCell ref="G274:H274"/>
+    <mergeCell ref="G275:H275"/>
+    <mergeCell ref="B276:C280"/>
+    <mergeCell ref="G276:H276"/>
+    <mergeCell ref="G277:H277"/>
+    <mergeCell ref="G278:H278"/>
+    <mergeCell ref="G279:H279"/>
+    <mergeCell ref="G280:H280"/>
+    <mergeCell ref="B281:C285"/>
+    <mergeCell ref="G281:H281"/>
+    <mergeCell ref="G282:H282"/>
+    <mergeCell ref="G283:H283"/>
+    <mergeCell ref="G284:H284"/>
+    <mergeCell ref="G285:H285"/>
+    <mergeCell ref="B286:C290"/>
+    <mergeCell ref="G286:H286"/>
+    <mergeCell ref="G287:H287"/>
+    <mergeCell ref="G288:H288"/>
+    <mergeCell ref="G289:H289"/>
+    <mergeCell ref="G290:H290"/>
+    <mergeCell ref="B291:C295"/>
+    <mergeCell ref="G291:H291"/>
+    <mergeCell ref="G292:H292"/>
+    <mergeCell ref="G293:H293"/>
+    <mergeCell ref="G294:H294"/>
+    <mergeCell ref="G295:H295"/>
+    <mergeCell ref="B296:C300"/>
+    <mergeCell ref="G296:H296"/>
+    <mergeCell ref="G297:H297"/>
+    <mergeCell ref="G298:H298"/>
+    <mergeCell ref="G299:H299"/>
+    <mergeCell ref="G300:H300"/>
+    <mergeCell ref="B301:C305"/>
+    <mergeCell ref="G301:H301"/>
+    <mergeCell ref="G302:H302"/>
+    <mergeCell ref="G303:H303"/>
+    <mergeCell ref="G304:H304"/>
+    <mergeCell ref="G305:H305"/>
+    <mergeCell ref="B306:C310"/>
+    <mergeCell ref="G306:H306"/>
+    <mergeCell ref="G307:H307"/>
+    <mergeCell ref="G308:H308"/>
+    <mergeCell ref="G309:H309"/>
+    <mergeCell ref="G310:H310"/>
+    <mergeCell ref="B311:C315"/>
+    <mergeCell ref="G311:H311"/>
+    <mergeCell ref="G312:H312"/>
+    <mergeCell ref="G313:H313"/>
+    <mergeCell ref="G314:H314"/>
+    <mergeCell ref="G315:H315"/>
+    <mergeCell ref="B316:C320"/>
+    <mergeCell ref="G316:H316"/>
+    <mergeCell ref="G317:H317"/>
+    <mergeCell ref="G318:H318"/>
+    <mergeCell ref="G319:H319"/>
+    <mergeCell ref="G320:H320"/>
+    <mergeCell ref="B321:C325"/>
+    <mergeCell ref="G321:H321"/>
+    <mergeCell ref="G322:H322"/>
+    <mergeCell ref="G323:H323"/>
+    <mergeCell ref="G324:H324"/>
+    <mergeCell ref="G325:H325"/>
+    <mergeCell ref="B326:C330"/>
+    <mergeCell ref="G326:H326"/>
+    <mergeCell ref="G327:H327"/>
+    <mergeCell ref="G328:H328"/>
+    <mergeCell ref="G329:H329"/>
+    <mergeCell ref="G330:H330"/>
+    <mergeCell ref="B331:C335"/>
+    <mergeCell ref="G331:H331"/>
+    <mergeCell ref="G332:H332"/>
+    <mergeCell ref="G333:H333"/>
+    <mergeCell ref="G334:H334"/>
+    <mergeCell ref="G335:H335"/>
+    <mergeCell ref="B336:C340"/>
+    <mergeCell ref="G336:H336"/>
+    <mergeCell ref="G337:H337"/>
+    <mergeCell ref="G338:H338"/>
+    <mergeCell ref="G339:H339"/>
+    <mergeCell ref="G340:H340"/>
+    <mergeCell ref="B341:C345"/>
+    <mergeCell ref="G341:H341"/>
+    <mergeCell ref="G342:H342"/>
+    <mergeCell ref="G343:H343"/>
+    <mergeCell ref="G344:H344"/>
+    <mergeCell ref="G345:H345"/>
+    <mergeCell ref="B346:C350"/>
+    <mergeCell ref="G346:H346"/>
+    <mergeCell ref="G347:H347"/>
+    <mergeCell ref="G348:H348"/>
+    <mergeCell ref="G349:H349"/>
+    <mergeCell ref="G350:H350"/>
+    <mergeCell ref="B351:C355"/>
+    <mergeCell ref="G351:H351"/>
+    <mergeCell ref="G352:H352"/>
+    <mergeCell ref="G353:H353"/>
+    <mergeCell ref="G354:H354"/>
+    <mergeCell ref="G355:H355"/>
+    <mergeCell ref="B356:C360"/>
+    <mergeCell ref="G356:H356"/>
+    <mergeCell ref="G357:H357"/>
+    <mergeCell ref="G358:H358"/>
+    <mergeCell ref="G359:H359"/>
+    <mergeCell ref="G360:H360"/>
+    <mergeCell ref="B361:C365"/>
+    <mergeCell ref="G361:H361"/>
+    <mergeCell ref="G362:H362"/>
+    <mergeCell ref="G363:H363"/>
+    <mergeCell ref="G364:H364"/>
+    <mergeCell ref="G365:H365"/>
+    <mergeCell ref="B366:C370"/>
+    <mergeCell ref="G366:H366"/>
+    <mergeCell ref="G367:H367"/>
+    <mergeCell ref="G368:H368"/>
+    <mergeCell ref="G369:H369"/>
+    <mergeCell ref="G370:H370"/>
+    <mergeCell ref="B371:C375"/>
+    <mergeCell ref="G371:H371"/>
+    <mergeCell ref="G372:H372"/>
+    <mergeCell ref="G373:H373"/>
+    <mergeCell ref="G374:H374"/>
+    <mergeCell ref="G375:H375"/>
+    <mergeCell ref="B376:C380"/>
+    <mergeCell ref="G376:H376"/>
+    <mergeCell ref="G377:H377"/>
+    <mergeCell ref="G378:H378"/>
+    <mergeCell ref="G379:H379"/>
+    <mergeCell ref="G380:H380"/>
+    <mergeCell ref="B381:C385"/>
+    <mergeCell ref="G381:H381"/>
+    <mergeCell ref="G382:H382"/>
+    <mergeCell ref="G383:H383"/>
+    <mergeCell ref="G384:H384"/>
+    <mergeCell ref="G385:H385"/>
+    <mergeCell ref="B386:C390"/>
+    <mergeCell ref="G386:H386"/>
+    <mergeCell ref="G387:H387"/>
+    <mergeCell ref="G388:H388"/>
+    <mergeCell ref="G389:H389"/>
+    <mergeCell ref="G390:H390"/>
+    <mergeCell ref="B391:C395"/>
+    <mergeCell ref="G391:H391"/>
+    <mergeCell ref="G392:H392"/>
+    <mergeCell ref="G393:H393"/>
+    <mergeCell ref="G394:H394"/>
+    <mergeCell ref="G395:H395"/>
+    <mergeCell ref="B396:C400"/>
+    <mergeCell ref="G396:H396"/>
+    <mergeCell ref="G397:H397"/>
+    <mergeCell ref="G398:H398"/>
+    <mergeCell ref="G399:H399"/>
+    <mergeCell ref="G400:H400"/>
+    <mergeCell ref="B401:C405"/>
+    <mergeCell ref="G401:H401"/>
+    <mergeCell ref="G402:H402"/>
+    <mergeCell ref="G403:H403"/>
+    <mergeCell ref="G404:H404"/>
+    <mergeCell ref="G405:H405"/>
+    <mergeCell ref="B406:C410"/>
+    <mergeCell ref="G406:H406"/>
+    <mergeCell ref="G407:H407"/>
+    <mergeCell ref="G408:H408"/>
+    <mergeCell ref="G409:H409"/>
+    <mergeCell ref="G410:H410"/>
+    <mergeCell ref="B411:C415"/>
+    <mergeCell ref="G411:H411"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="G413:H413"/>
+    <mergeCell ref="G414:H414"/>
+    <mergeCell ref="G415:H415"/>
+    <mergeCell ref="B416:C420"/>
+    <mergeCell ref="G416:H416"/>
+    <mergeCell ref="G417:H417"/>
+    <mergeCell ref="G418:H418"/>
+    <mergeCell ref="G419:H419"/>
+    <mergeCell ref="G420:H420"/>
+    <mergeCell ref="B422:G422"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId13"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="3.421875"/>
+    <col min="2" max="2" customWidth="1" width="23.3125"/>
+    <col min="3" max="3" customWidth="1" width="36.5625"/>
+    <col min="4" max="4" customWidth="1" width="11.78125"/>
+    <col min="5" max="5" customWidth="1" width="12.50390625"/>
+    <col min="6" max="6" customWidth="1" width="12.4921875"/>
+    <col min="7" max="7" customWidth="1" width="3.47265625"/>
+    <col min="8" max="8" customWidth="1" width="9.0234375"/>
+    <col min="9" max="9" customWidth="1" width="12.4921875"/>
+    <col min="10" max="10" customWidth="1" width="12.4921875"/>
+    <col min="11" max="11" customWidth="1" width="0.0234375"/>
+    <col min="12" max="12" customWidth="1" width="56.4609375"/>
+    <col min="13" max="13" customWidth="1" width="1.37109375"/>
+    <col min="14" max="14" customWidth="1" width="1.86328125"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="8.6" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="16.5" customHeight="0">
+      <c s="32" t="inlineStr" r="B5">
+        <is>
+          <t xml:space="preserve">Average Applications per Program</t>
+        </is>
+      </c>
+      <c s="17" t="str" r="C5"/>
+      <c s="18" t="inlineStr" r="D5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="19" t="inlineStr" r="E5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="17" t="str" r="F5"/>
+      <c s="17" t="str" r="G5"/>
+      <c s="17" t="str" r="H5"/>
+      <c s="17" t="str" r="I5"/>
+      <c s="17" t="str" r="J5"/>
+    </row>
+    <row r="6" ht="18" customHeight="0">
+      <c s="20" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve">Specialty</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="C6"/>
+      <c s="21" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve">Grad Type</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="E6">
+        <is>
+          <t xml:space="preserve">ERAS2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="F6">
+        <is>
+          <t xml:space="preserve">ERAS2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS2024</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H6"/>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B7">
+        <is>
+          <t xml:space="preserve">Addiction Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C7"/>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E7">
+        <v>5.16</v>
+      </c>
+      <c s="30" r="F7">
+        <v>5.9</v>
+      </c>
+      <c s="28" t="inlineStr" r="G7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H7"/>
+      <c s="30" r="I7">
+        <v>6.42</v>
+      </c>
+      <c s="30" r="J7">
+        <v>6.09</v>
+      </c>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B8"/>
+      <c s="25" t="str" r="C8"/>
+      <c s="23" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E8">
+        <v>10.73</v>
+      </c>
+      <c s="30" r="F8">
+        <v>11.73</v>
+      </c>
+      <c s="30" r="G8">
+        <v>10.33</v>
+      </c>
+      <c s="6" t="str" r="H8"/>
+      <c s="30" r="I8">
+        <v>11.69</v>
+      </c>
+      <c s="30" r="J8">
+        <v>11.7</v>
+      </c>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B9"/>
+      <c s="25" t="str" r="C9"/>
+      <c s="23" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E9">
+        <v>8.5</v>
+      </c>
+      <c s="30" r="F9">
+        <v>10.33</v>
+      </c>
+      <c s="30" r="G9">
+        <v>13.04</v>
+      </c>
+      <c s="6" t="str" r="H9"/>
+      <c s="30" r="I9">
+        <v>9.65</v>
+      </c>
+      <c s="30" r="J9">
+        <v>12.89</v>
+      </c>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B10"/>
+      <c s="25" t="str" r="C10"/>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E10">
+        <v>23.97</v>
+      </c>
+      <c s="31" r="F10">
+        <v>27.82</v>
+      </c>
+      <c s="31" r="G10">
+        <v>27.39</v>
+      </c>
+      <c s="6" t="str" r="H10"/>
+      <c s="31" r="I10">
+        <v>27.76</v>
+      </c>
+      <c s="31" r="J10">
+        <v>30.16</v>
+      </c>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B11"/>
+      <c s="27" t="str" r="C11"/>
+      <c s="23" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H11"/>
+      <c s="23" t="inlineStr" r="I11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve">Addiction Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C12"/>
+      <c s="23" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E12">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F12">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G12">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H12"/>
+      <c s="28" t="inlineStr" r="I12">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J12">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B13"/>
+      <c s="25" t="str" r="C13"/>
+      <c s="23" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E13">
+        <v>5.26</v>
+      </c>
+      <c s="30" r="F13">
+        <v>9.72</v>
+      </c>
+      <c s="30" r="G13">
+        <v>7.5</v>
+      </c>
+      <c s="6" t="str" r="H13"/>
+      <c s="30" r="I13">
+        <v>6.08</v>
+      </c>
+      <c s="30" r="J13">
+        <v>5.11</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B14"/>
+      <c s="25" t="str" r="C14"/>
+      <c s="23" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E14">
+        <v>6.3</v>
+      </c>
+      <c s="30" r="F14">
+        <v>6.59</v>
+      </c>
+      <c s="28" t="inlineStr" r="G14">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H14"/>
+      <c s="30" r="I14">
+        <v>5.86</v>
+      </c>
+      <c s="30" r="J14">
+        <v>11.22</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B15"/>
+      <c s="25" t="str" r="C15"/>
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E15">
+        <v>13.08</v>
+      </c>
+      <c s="31" r="F15">
+        <v>18.4</v>
+      </c>
+      <c s="31" r="G15">
+        <v>14.53</v>
+      </c>
+      <c s="6" t="str" r="H15"/>
+      <c s="31" r="I15">
+        <v>12.61</v>
+      </c>
+      <c s="31" r="J15">
+        <v>17.67</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B16"/>
+      <c s="27" t="str" r="C16"/>
+      <c s="23" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H16"/>
+      <c s="23" t="inlineStr" r="I16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Adolescent Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C17"/>
+      <c s="23" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H17"/>
+      <c s="28" t="inlineStr" r="I17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J17">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B18"/>
+      <c s="25" t="str" r="C18"/>
+      <c s="23" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F18">
+        <v>5.93</v>
+      </c>
+      <c s="28" t="inlineStr" r="G18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H18"/>
+      <c s="28" t="inlineStr" r="I18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J18">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B19"/>
+      <c s="25" t="str" r="C19"/>
+      <c s="23" t="inlineStr" r="D19">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E19">
+        <v>14.55</v>
+      </c>
+      <c s="30" r="F19">
+        <v>8.83</v>
+      </c>
+      <c s="30" r="G19">
+        <v>8.7</v>
+      </c>
+      <c s="6" t="str" r="H19"/>
+      <c s="30" r="I19">
+        <v>8.33</v>
+      </c>
+      <c s="30" r="J19">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B20"/>
+      <c s="25" t="str" r="C20"/>
+      <c s="10" t="inlineStr" r="D20">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E20">
+        <v>19.14</v>
+      </c>
+      <c s="31" r="F20">
+        <v>16.41</v>
+      </c>
+      <c s="31" r="G20">
+        <v>12.7</v>
+      </c>
+      <c s="6" t="str" r="H20"/>
+      <c s="31" r="I20">
+        <v>11.7</v>
+      </c>
+      <c s="31" r="J20">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B21"/>
+      <c s="27" t="str" r="C21"/>
+      <c s="23" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H21"/>
+      <c s="23" t="inlineStr" r="I21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B22">
+        <is>
+          <t xml:space="preserve">Adult Congenital Heart Disease</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C22"/>
+      <c s="23" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H22"/>
+      <c s="28" t="inlineStr" r="I22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J22">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B23"/>
+      <c s="25" t="str" r="C23"/>
+      <c s="23" t="inlineStr" r="D23">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G23">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H23"/>
+      <c s="30" r="I23">
+        <v>6.64</v>
+      </c>
+      <c s="30" r="J23">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B24"/>
+      <c s="25" t="str" r="C24"/>
+      <c s="23" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H24"/>
+      <c s="28" t="inlineStr" r="I24">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J24">
+        <v>7.85</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B25"/>
+      <c s="25" t="str" r="C25"/>
+      <c s="10" t="inlineStr" r="D25">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E25">
+        <v>6.3</v>
+      </c>
+      <c s="31" r="F25">
+        <v>8.81</v>
+      </c>
+      <c s="31" r="G25">
+        <v>8.38</v>
+      </c>
+      <c s="6" t="str" r="H25"/>
+      <c s="31" r="I25">
+        <v>12.32</v>
+      </c>
+      <c s="31" r="J25">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B26"/>
+      <c s="27" t="str" r="C26"/>
+      <c s="23" t="inlineStr" r="D26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H26"/>
+      <c s="23" t="inlineStr" r="I26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve">Advanced Heart Failure and Transplant Cardiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C27"/>
+      <c s="23" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H27"/>
+      <c s="28" t="inlineStr" r="I27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B28"/>
+      <c s="25" t="str" r="C28"/>
+      <c s="23" t="inlineStr" r="D28">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E28">
+        <v>17.31</v>
+      </c>
+      <c s="30" r="F28">
+        <v>13.95</v>
+      </c>
+      <c s="30" r="G28">
+        <v>18.79</v>
+      </c>
+      <c s="6" t="str" r="H28"/>
+      <c s="30" r="I28">
+        <v>13.96</v>
+      </c>
+      <c s="30" r="J28">
+        <v>16.21</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B29"/>
+      <c s="25" t="str" r="C29"/>
+      <c s="23" t="inlineStr" r="D29">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E29">
+        <v>6.9</v>
+      </c>
+      <c s="30" r="F29">
+        <v>9.52</v>
+      </c>
+      <c s="30" r="G29">
+        <v>9.03</v>
+      </c>
+      <c s="6" t="str" r="H29"/>
+      <c s="30" r="I29">
+        <v>5.39</v>
+      </c>
+      <c s="30" r="J29">
+        <v>5.72</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B30"/>
+      <c s="25" t="str" r="C30"/>
+      <c s="10" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E30">
+        <v>26.09</v>
+      </c>
+      <c s="31" r="F30">
+        <v>26.08</v>
+      </c>
+      <c s="31" r="G30">
+        <v>28.17</v>
+      </c>
+      <c s="6" t="str" r="H30"/>
+      <c s="31" r="I30">
+        <v>19.54</v>
+      </c>
+      <c s="31" r="J30">
+        <v>23.67</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B31"/>
+      <c s="27" t="str" r="C31"/>
+      <c s="23" t="inlineStr" r="D31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H31"/>
+      <c s="23" t="inlineStr" r="I31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Allergy and Immunology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C32"/>
+      <c s="23" t="inlineStr" r="D32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E32">
+        <v>19.87</v>
+      </c>
+      <c s="30" r="F32">
+        <v>19.74</v>
+      </c>
+      <c s="30" r="G32">
+        <v>22.05</v>
+      </c>
+      <c s="6" t="str" r="H32"/>
+      <c s="30" r="I32">
+        <v>28.74</v>
+      </c>
+      <c s="30" r="J32">
+        <v>34.75</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B33"/>
+      <c s="25" t="str" r="C33"/>
+      <c s="23" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E33">
+        <v>21.75</v>
+      </c>
+      <c s="30" r="F33">
+        <v>23.56</v>
+      </c>
+      <c s="30" r="G33">
+        <v>29.76</v>
+      </c>
+      <c s="6" t="str" r="H33"/>
+      <c s="30" r="I33">
+        <v>29.97</v>
+      </c>
+      <c s="30" r="J33">
+        <v>32.61</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B34"/>
+      <c s="25" t="str" r="C34"/>
+      <c s="23" t="inlineStr" r="D34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E34">
+        <v>41.63</v>
+      </c>
+      <c s="30" r="F34">
+        <v>49.51</v>
+      </c>
+      <c s="30" r="G34">
+        <v>50.68</v>
+      </c>
+      <c s="6" t="str" r="H34"/>
+      <c s="30" r="I34">
+        <v>59.5</v>
+      </c>
+      <c s="30" r="J34">
+        <v>53.41</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B35"/>
+      <c s="25" t="str" r="C35"/>
+      <c s="10" t="inlineStr" r="D35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E35">
+        <v>83.25</v>
+      </c>
+      <c s="31" r="F35">
+        <v>92.82</v>
+      </c>
+      <c s="31" r="G35">
+        <v>102.49</v>
+      </c>
+      <c s="6" t="str" r="H35"/>
+      <c s="31" r="I35">
+        <v>118.2</v>
+      </c>
+      <c s="31" r="J35">
+        <v>120.77</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B36"/>
+      <c s="27" t="str" r="C36"/>
+      <c s="23" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H36"/>
+      <c s="23" t="inlineStr" r="I36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">Brain Injury Medicine (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C37"/>
+      <c s="23" t="inlineStr" r="D37">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G37">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H37"/>
+      <c s="28" t="inlineStr" r="I37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B38"/>
+      <c s="25" t="str" r="C38"/>
+      <c s="23" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H38"/>
+      <c s="28" t="inlineStr" r="I38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B39"/>
+      <c s="25" t="str" r="C39"/>
+      <c s="23" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E39">
+        <v>8</v>
+      </c>
+      <c s="30" r="F39">
+        <v>8</v>
+      </c>
+      <c s="30" r="G39">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H39"/>
+      <c s="28" t="inlineStr" r="I39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B40"/>
+      <c s="25" t="str" r="C40"/>
+      <c s="10" t="inlineStr" r="D40">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E40">
+        <v>16</v>
+      </c>
+      <c s="31" r="F40">
+        <v>11</v>
+      </c>
+      <c s="31" r="G40">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H40"/>
+      <c s="28" t="inlineStr" r="I40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B41"/>
+      <c s="27" t="str" r="C41"/>
+      <c s="23" t="inlineStr" r="D41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H41"/>
+      <c s="23" t="inlineStr" r="I41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve">Brain Injury Medicine (Physical Medicine and Rehabilitation)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C42"/>
+      <c s="23" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G42">
+        <v>7.8</v>
+      </c>
+      <c s="6" t="str" r="H42"/>
+      <c s="28" t="inlineStr" r="I42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B43"/>
+      <c s="25" t="str" r="C43"/>
+      <c s="23" t="inlineStr" r="D43">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H43"/>
+      <c s="28" t="inlineStr" r="I43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B44"/>
+      <c s="25" t="str" r="C44"/>
+      <c s="23" t="inlineStr" r="D44">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E44">
+        <v>7.24</v>
+      </c>
+      <c s="30" r="F44">
+        <v>7.84</v>
+      </c>
+      <c s="30" r="G44">
+        <v>8.68</v>
+      </c>
+      <c s="6" t="str" r="H44"/>
+      <c s="30" r="I44">
+        <v>12.55</v>
+      </c>
+      <c s="30" r="J44">
+        <v>8.22</v>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B45"/>
+      <c s="25" t="str" r="C45"/>
+      <c s="10" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E45">
+        <v>13.36</v>
+      </c>
+      <c s="31" r="F45">
+        <v>12.68</v>
+      </c>
+      <c s="31" r="G45">
+        <v>16.04</v>
+      </c>
+      <c s="6" t="str" r="H45"/>
+      <c s="31" r="I45">
+        <v>15.79</v>
+      </c>
+      <c s="31" r="J45">
+        <v>12.33</v>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B46"/>
+      <c s="27" t="str" r="C46"/>
+      <c s="23" t="inlineStr" r="D46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H46"/>
+      <c s="23" t="inlineStr" r="I46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Cardiovascular Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C47"/>
+      <c s="23" t="inlineStr" r="D47">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E47">
+        <v>70.65</v>
+      </c>
+      <c s="30" r="F47">
+        <v>82.23</v>
+      </c>
+      <c s="30" r="G47">
+        <v>84.39</v>
+      </c>
+      <c s="6" t="str" r="H47"/>
+      <c s="30" r="I47">
+        <v>88.49</v>
+      </c>
+      <c s="30" r="J47">
+        <v>96.46</v>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B48"/>
+      <c s="25" t="str" r="C48"/>
+      <c s="23" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E48">
+        <v>407.49</v>
+      </c>
+      <c s="30" r="F48">
+        <v>431.44</v>
+      </c>
+      <c s="30" r="G48">
+        <v>416.79</v>
+      </c>
+      <c s="6" t="str" r="H48"/>
+      <c s="30" r="I48">
+        <v>433.6</v>
+      </c>
+      <c s="30" r="J48">
+        <v>439.58</v>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B49"/>
+      <c s="25" t="str" r="C49"/>
+      <c s="23" t="inlineStr" r="D49">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E49">
+        <v>159.23</v>
+      </c>
+      <c s="30" r="F49">
+        <v>172.05</v>
+      </c>
+      <c s="30" r="G49">
+        <v>179</v>
+      </c>
+      <c s="6" t="str" r="H49"/>
+      <c s="30" r="I49">
+        <v>207.93</v>
+      </c>
+      <c s="30" r="J49">
+        <v>183.68</v>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B50"/>
+      <c s="25" t="str" r="C50"/>
+      <c s="10" t="inlineStr" r="D50">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E50">
+        <v>636.74</v>
+      </c>
+      <c s="31" r="F50">
+        <v>685.72</v>
+      </c>
+      <c s="31" r="G50">
+        <v>677.6</v>
+      </c>
+      <c s="6" t="str" r="H50"/>
+      <c s="31" r="I50">
+        <v>730.02</v>
+      </c>
+      <c s="31" r="J50">
+        <v>719.73</v>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B51"/>
+      <c s="27" t="str" r="C51"/>
+      <c s="23" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H51"/>
+      <c s="23" t="inlineStr" r="I51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B52">
+        <is>
+          <t xml:space="preserve">Child Abuse Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C52"/>
+      <c s="23" t="inlineStr" r="D52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H52"/>
+      <c s="28" t="inlineStr" r="I52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J52">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B53"/>
+      <c s="25" t="str" r="C53"/>
+      <c s="23" t="inlineStr" r="D53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H53"/>
+      <c s="28" t="inlineStr" r="I53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J53">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B54"/>
+      <c s="25" t="str" r="C54"/>
+      <c s="23" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E54">
+        <v>7.87</v>
+      </c>
+      <c s="30" r="F54">
+        <v>5.85</v>
+      </c>
+      <c s="28" t="inlineStr" r="G54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H54"/>
+      <c s="28" t="inlineStr" r="I54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J54">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B55"/>
+      <c s="25" t="str" r="C55"/>
+      <c s="10" t="inlineStr" r="D55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E55">
+        <v>9.39</v>
+      </c>
+      <c s="31" r="F55">
+        <v>9.35</v>
+      </c>
+      <c s="31" r="G55">
+        <v>5.33</v>
+      </c>
+      <c s="6" t="str" r="H55"/>
+      <c s="29" t="inlineStr" r="I55">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J55">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B56"/>
+      <c s="27" t="str" r="C56"/>
+      <c s="23" t="inlineStr" r="D56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H56"/>
+      <c s="23" t="inlineStr" r="I56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve">Child and Adolescent Psychiatry (Psychiatry)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C57"/>
+      <c s="23" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E57">
+        <v>9.62</v>
+      </c>
+      <c s="30" r="F57">
+        <v>11.27</v>
+      </c>
+      <c s="30" r="G57">
+        <v>11.52</v>
+      </c>
+      <c s="6" t="str" r="H57"/>
+      <c s="30" r="I57">
+        <v>8.66</v>
+      </c>
+      <c s="30" r="J57">
+        <v>14.27</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B58"/>
+      <c s="25" t="str" r="C58"/>
+      <c s="23" t="inlineStr" r="D58">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E58">
+        <v>17.52</v>
+      </c>
+      <c s="30" r="F58">
+        <v>20.49</v>
+      </c>
+      <c s="30" r="G58">
+        <v>16.34</v>
+      </c>
+      <c s="6" t="str" r="H58"/>
+      <c s="30" r="I58">
+        <v>16.69</v>
+      </c>
+      <c s="30" r="J58">
+        <v>18.59</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B59"/>
+      <c s="25" t="str" r="C59"/>
+      <c s="23" t="inlineStr" r="D59">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E59">
+        <v>23.31</v>
+      </c>
+      <c s="30" r="F59">
+        <v>24.67</v>
+      </c>
+      <c s="30" r="G59">
+        <v>24.62</v>
+      </c>
+      <c s="6" t="str" r="H59"/>
+      <c s="30" r="I59">
+        <v>24.77</v>
+      </c>
+      <c s="30" r="J59">
+        <v>31.36</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B60"/>
+      <c s="25" t="str" r="C60"/>
+      <c s="10" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E60">
+        <v>49.95</v>
+      </c>
+      <c s="31" r="F60">
+        <v>56.27</v>
+      </c>
+      <c s="31" r="G60">
+        <v>50.6</v>
+      </c>
+      <c s="6" t="str" r="H60"/>
+      <c s="31" r="I60">
+        <v>48.98</v>
+      </c>
+      <c s="31" r="J60">
+        <v>63.48</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B61"/>
+      <c s="27" t="str" r="C61"/>
+      <c s="23" t="inlineStr" r="D61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H61"/>
+      <c s="23" t="inlineStr" r="I61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Clinical Cardiac Electrophysiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C62"/>
+      <c s="23" t="inlineStr" r="D62">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E62">
+        <v>6.23</v>
+      </c>
+      <c s="30" r="F62">
+        <v>7.66</v>
+      </c>
+      <c s="30" r="G62">
+        <v>10.68</v>
+      </c>
+      <c s="6" t="str" r="H62"/>
+      <c s="30" r="I62">
+        <v>11.08</v>
+      </c>
+      <c s="30" r="J62">
+        <v>12.42</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B63"/>
+      <c s="25" t="str" r="C63"/>
+      <c s="23" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E63">
+        <v>37.52</v>
+      </c>
+      <c s="30" r="F63">
+        <v>41.8</v>
+      </c>
+      <c s="30" r="G63">
+        <v>43.77</v>
+      </c>
+      <c s="6" t="str" r="H63"/>
+      <c s="30" r="I63">
+        <v>50.64</v>
+      </c>
+      <c s="30" r="J63">
+        <v>67.63</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B64"/>
+      <c s="25" t="str" r="C64"/>
+      <c s="23" t="inlineStr" r="D64">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E64">
+        <v>18.3</v>
+      </c>
+      <c s="30" r="F64">
+        <v>19.3</v>
+      </c>
+      <c s="30" r="G64">
+        <v>17.58</v>
+      </c>
+      <c s="6" t="str" r="H64"/>
+      <c s="30" r="I64">
+        <v>13.35</v>
+      </c>
+      <c s="30" r="J64">
+        <v>20.33</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B65"/>
+      <c s="25" t="str" r="C65"/>
+      <c s="10" t="inlineStr" r="D65">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E65">
+        <v>62.06</v>
+      </c>
+      <c s="31" r="F65">
+        <v>68.76</v>
+      </c>
+      <c s="31" r="G65">
+        <v>71.84</v>
+      </c>
+      <c s="6" t="str" r="H65"/>
+      <c s="31" r="I65">
+        <v>74.18</v>
+      </c>
+      <c s="31" r="J65">
+        <v>100.18</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B66"/>
+      <c s="27" t="str" r="C66"/>
+      <c s="23" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H66"/>
+      <c s="23" t="inlineStr" r="I66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B67">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Anesthesiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C67"/>
+      <c s="23" t="inlineStr" r="D67">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H67"/>
+      <c s="28" t="inlineStr" r="I67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B68"/>
+      <c s="25" t="str" r="C68"/>
+      <c s="23" t="inlineStr" r="D68">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E68">
+        <v>8</v>
+      </c>
+      <c s="30" r="F68">
+        <v>10</v>
+      </c>
+      <c s="28" t="inlineStr" r="G68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H68"/>
+      <c s="28" t="inlineStr" r="I68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B69"/>
+      <c s="25" t="str" r="C69"/>
+      <c s="23" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E69">
+        <v>8</v>
+      </c>
+      <c s="30" r="F69">
+        <v>16</v>
+      </c>
+      <c s="28" t="inlineStr" r="G69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H69"/>
+      <c s="28" t="inlineStr" r="I69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B70"/>
+      <c s="25" t="str" r="C70"/>
+      <c s="10" t="inlineStr" r="D70">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E70">
+        <v>19</v>
+      </c>
+      <c s="31" r="F70">
+        <v>28</v>
+      </c>
+      <c s="28" t="inlineStr" r="G70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H70"/>
+      <c s="28" t="inlineStr" r="I70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B71"/>
+      <c s="27" t="str" r="C71"/>
+      <c s="23" t="inlineStr" r="D71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H71"/>
+      <c s="23" t="inlineStr" r="I71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C72"/>
+      <c s="23" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H72"/>
+      <c s="28" t="inlineStr" r="I72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B73"/>
+      <c s="25" t="str" r="C73"/>
+      <c s="23" t="inlineStr" r="D73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E73">
+        <v>8.4</v>
+      </c>
+      <c s="28" t="inlineStr" r="F73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H73"/>
+      <c s="28" t="inlineStr" r="I73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B74"/>
+      <c s="25" t="str" r="C74"/>
+      <c s="23" t="inlineStr" r="D74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E74">
+        <v>10</v>
+      </c>
+      <c s="28" t="inlineStr" r="F74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H74"/>
+      <c s="28" t="inlineStr" r="I74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B75"/>
+      <c s="25" t="str" r="C75"/>
+      <c s="10" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E75">
+        <v>22.6</v>
+      </c>
+      <c s="28" t="inlineStr" r="F75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H75"/>
+      <c s="28" t="inlineStr" r="I75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B76"/>
+      <c s="27" t="str" r="C76"/>
+      <c s="23" t="inlineStr" r="D76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H76"/>
+      <c s="23" t="inlineStr" r="I76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C77"/>
+      <c s="23" t="inlineStr" r="D77">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H77"/>
+      <c s="28" t="inlineStr" r="I77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B78"/>
+      <c s="25" t="str" r="C78"/>
+      <c s="23" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E78">
+        <v>6.6</v>
+      </c>
+      <c s="30" r="F78">
+        <v>11</v>
+      </c>
+      <c s="28" t="inlineStr" r="G78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H78"/>
+      <c s="28" t="inlineStr" r="I78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J78">
+        <v>7.14</v>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B79"/>
+      <c s="25" t="str" r="C79"/>
+      <c s="23" t="inlineStr" r="D79">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E79">
+        <v>6.33</v>
+      </c>
+      <c s="30" r="F79">
+        <v>8.17</v>
+      </c>
+      <c s="30" r="G79">
+        <v>6.43</v>
+      </c>
+      <c s="6" t="str" r="H79"/>
+      <c s="30" r="I79">
+        <v>8.43</v>
+      </c>
+      <c s="28" t="inlineStr" r="J79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B80"/>
+      <c s="25" t="str" r="C80"/>
+      <c s="10" t="inlineStr" r="D80">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E80">
+        <v>15.67</v>
+      </c>
+      <c s="31" r="F80">
+        <v>20.83</v>
+      </c>
+      <c s="31" r="G80">
+        <v>13.57</v>
+      </c>
+      <c s="6" t="str" r="H80"/>
+      <c s="31" r="I80">
+        <v>11.57</v>
+      </c>
+      <c s="31" r="J80">
+        <v>12.43</v>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B81"/>
+      <c s="27" t="str" r="C81"/>
+      <c s="23" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H81"/>
+      <c s="23" t="inlineStr" r="I81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B82">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C82"/>
+      <c s="23" t="inlineStr" r="D82">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H82"/>
+      <c s="28" t="inlineStr" r="I82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B83"/>
+      <c s="25" t="str" r="C83"/>
+      <c s="23" t="inlineStr" r="D83">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E83">
+        <v>8.63</v>
+      </c>
+      <c s="30" r="F83">
+        <v>13.66</v>
+      </c>
+      <c s="30" r="G83">
+        <v>5.21</v>
+      </c>
+      <c s="6" t="str" r="H83"/>
+      <c s="30" r="I83">
+        <v>6.29</v>
+      </c>
+      <c s="30" r="J83">
+        <v>9.43</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B84"/>
+      <c s="25" t="str" r="C84"/>
+      <c s="23" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E84">
+        <v>8.16</v>
+      </c>
+      <c s="30" r="F84">
+        <v>12.24</v>
+      </c>
+      <c s="30" r="G84">
+        <v>8.31</v>
+      </c>
+      <c s="6" t="str" r="H84"/>
+      <c s="30" r="I84">
+        <v>11.25</v>
+      </c>
+      <c s="30" r="J84">
+        <v>7.83</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B85"/>
+      <c s="25" t="str" r="C85"/>
+      <c s="10" t="inlineStr" r="D85">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E85">
+        <v>21.26</v>
+      </c>
+      <c s="31" r="F85">
+        <v>27.31</v>
+      </c>
+      <c s="31" r="G85">
+        <v>18.31</v>
+      </c>
+      <c s="6" t="str" r="H85"/>
+      <c s="31" r="I85">
+        <v>18.86</v>
+      </c>
+      <c s="31" r="J85">
+        <v>17.93</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B86"/>
+      <c s="27" t="str" r="C86"/>
+      <c s="23" t="inlineStr" r="D86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H86"/>
+      <c s="23" t="inlineStr" r="I86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Pathology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C87"/>
+      <c s="23" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H87"/>
+      <c s="28" t="inlineStr" r="I87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J87">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B88"/>
+      <c s="25" t="str" r="C88"/>
+      <c s="23" t="inlineStr" r="D88">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E88">
+        <v>8</v>
+      </c>
+      <c s="30" r="F88">
+        <v>13.67</v>
+      </c>
+      <c s="28" t="inlineStr" r="G88">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H88"/>
+      <c s="28" t="inlineStr" r="I88">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J88">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B89"/>
+      <c s="25" t="str" r="C89"/>
+      <c s="23" t="inlineStr" r="D89">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E89">
+        <v>8</v>
+      </c>
+      <c s="30" r="F89">
+        <v>13.67</v>
+      </c>
+      <c s="30" r="G89">
+        <v>7.67</v>
+      </c>
+      <c s="6" t="str" r="H89"/>
+      <c s="30" r="I89">
+        <v>7.57</v>
+      </c>
+      <c s="28" t="inlineStr" r="J89">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B90"/>
+      <c s="25" t="str" r="C90"/>
+      <c s="10" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E90">
+        <v>20.2</v>
+      </c>
+      <c s="31" r="F90">
+        <v>28.5</v>
+      </c>
+      <c s="31" r="G90">
+        <v>9.33</v>
+      </c>
+      <c s="6" t="str" r="H90"/>
+      <c s="31" r="I90">
+        <v>10.71</v>
+      </c>
+      <c s="31" r="J90">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B91"/>
+      <c s="27" t="str" r="C91"/>
+      <c s="23" t="inlineStr" r="D91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H91"/>
+      <c s="23" t="inlineStr" r="I91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Clinical Informatics (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C92"/>
+      <c s="23" t="inlineStr" r="D92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H92"/>
+      <c s="28" t="inlineStr" r="I92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B93"/>
+      <c s="25" t="str" r="C93"/>
+      <c s="23" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E93">
+        <v>6.5</v>
+      </c>
+      <c s="30" r="F93">
+        <v>13</v>
+      </c>
+      <c s="28" t="inlineStr" r="G93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H93"/>
+      <c s="30" r="I93">
+        <v>6.88</v>
+      </c>
+      <c s="30" r="J93">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B94"/>
+      <c s="25" t="str" r="C94"/>
+      <c s="23" t="inlineStr" r="D94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E94">
+        <v>10.38</v>
+      </c>
+      <c s="30" r="F94">
+        <v>15.14</v>
+      </c>
+      <c s="30" r="G94">
+        <v>12.63</v>
+      </c>
+      <c s="6" t="str" r="H94"/>
+      <c s="30" r="I94">
+        <v>12.25</v>
+      </c>
+      <c s="30" r="J94">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B95"/>
+      <c s="25" t="str" r="C95"/>
+      <c s="10" t="inlineStr" r="D95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E95">
+        <v>21.13</v>
+      </c>
+      <c s="31" r="F95">
+        <v>29.43</v>
+      </c>
+      <c s="31" r="G95">
+        <v>21.5</v>
+      </c>
+      <c s="6" t="str" r="H95"/>
+      <c s="31" r="I95">
+        <v>19.75</v>
+      </c>
+      <c s="31" r="J95">
+        <v>18.88</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B96"/>
+      <c s="27" t="str" r="C96"/>
+      <c s="23" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H96"/>
+      <c s="23" t="inlineStr" r="I96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B97">
+        <is>
+          <t xml:space="preserve">Clinical Neurophysiology (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C97"/>
+      <c s="23" t="inlineStr" r="D97">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E97">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F97">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G97">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H97"/>
+      <c s="28" t="inlineStr" r="I97">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J97">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B98"/>
+      <c s="25" t="str" r="C98"/>
+      <c s="23" t="inlineStr" r="D98">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E98">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F98">
+        <v>13.5</v>
+      </c>
+      <c s="30" r="G98">
+        <v>10.93</v>
+      </c>
+      <c s="6" t="str" r="H98"/>
+      <c s="30" r="I98">
+        <v>5.61</v>
+      </c>
+      <c s="30" r="J98">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B99"/>
+      <c s="25" t="str" r="C99"/>
+      <c s="23" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E99">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F99">
+        <v>7.19</v>
+      </c>
+      <c s="30" r="G99">
+        <v>8.4</v>
+      </c>
+      <c s="6" t="str" r="H99"/>
+      <c s="28" t="inlineStr" r="I99">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J99">
+        <v>5.59</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B100"/>
+      <c s="25" t="str" r="C100"/>
+      <c s="10" t="inlineStr" r="D100">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E100">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F100">
+        <v>23.17</v>
+      </c>
+      <c s="31" r="G100">
+        <v>22.18</v>
+      </c>
+      <c s="6" t="str" r="H100"/>
+      <c s="31" r="I100">
+        <v>13.54</v>
+      </c>
+      <c s="31" r="J100">
+        <v>14.67</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B101"/>
+      <c s="27" t="str" r="C101"/>
+      <c s="23" t="inlineStr" r="D101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H101"/>
+      <c s="23" t="inlineStr" r="I101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve">Colon and Rectal Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C102"/>
+      <c s="23" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E102">
+        <v>11.57</v>
+      </c>
+      <c s="30" r="F102">
+        <v>19.48</v>
+      </c>
+      <c s="30" r="G102">
+        <v>14.32</v>
+      </c>
+      <c s="6" t="str" r="H102"/>
+      <c s="30" r="I102">
+        <v>22.19</v>
+      </c>
+      <c s="30" r="J102">
+        <v>13.82</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B103"/>
+      <c s="25" t="str" r="C103"/>
+      <c s="23" t="inlineStr" r="D103">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E103">
+        <v>20.75</v>
+      </c>
+      <c s="30" r="F103">
+        <v>24.18</v>
+      </c>
+      <c s="30" r="G103">
+        <v>21.74</v>
+      </c>
+      <c s="6" t="str" r="H103"/>
+      <c s="30" r="I103">
+        <v>32.74</v>
+      </c>
+      <c s="30" r="J103">
+        <v>27.23</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B104"/>
+      <c s="25" t="str" r="C104"/>
+      <c s="23" t="inlineStr" r="D104">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E104">
+        <v>79.45</v>
+      </c>
+      <c s="30" r="F104">
+        <v>63.22</v>
+      </c>
+      <c s="30" r="G104">
+        <v>74.15</v>
+      </c>
+      <c s="6" t="str" r="H104"/>
+      <c s="30" r="I104">
+        <v>82.44</v>
+      </c>
+      <c s="30" r="J104">
+        <v>84.46</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B105"/>
+      <c s="25" t="str" r="C105"/>
+      <c s="10" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E105">
+        <v>111.77</v>
+      </c>
+      <c s="31" r="F105">
+        <v>106.88</v>
+      </c>
+      <c s="31" r="G105">
+        <v>110.21</v>
+      </c>
+      <c s="6" t="str" r="H105"/>
+      <c s="31" r="I105">
+        <v>137.37</v>
+      </c>
+      <c s="31" r="J105">
+        <v>125.51</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B106"/>
+      <c s="27" t="str" r="C106"/>
+      <c s="23" t="inlineStr" r="D106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H106"/>
+      <c s="23" t="inlineStr" r="I106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Complex Family Planning</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C107"/>
+      <c s="23" t="inlineStr" r="D107">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H107"/>
+      <c s="28" t="inlineStr" r="I107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B108"/>
+      <c s="25" t="str" r="C108"/>
+      <c s="23" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H108"/>
+      <c s="28" t="inlineStr" r="I108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B109"/>
+      <c s="25" t="str" r="C109"/>
+      <c s="23" t="inlineStr" r="D109">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E109">
+        <v>21.24</v>
+      </c>
+      <c s="30" r="F109">
+        <v>20.75</v>
+      </c>
+      <c s="30" r="G109">
+        <v>27.59</v>
+      </c>
+      <c s="6" t="str" r="H109"/>
+      <c s="30" r="I109">
+        <v>19.06</v>
+      </c>
+      <c s="28" t="inlineStr" r="J109">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B110"/>
+      <c s="25" t="str" r="C110"/>
+      <c s="10" t="inlineStr" r="D110">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E110">
+        <v>22.21</v>
+      </c>
+      <c s="31" r="F110">
+        <v>22.63</v>
+      </c>
+      <c s="31" r="G110">
+        <v>27.69</v>
+      </c>
+      <c s="6" t="str" r="H110"/>
+      <c s="31" r="I110">
+        <v>23.23</v>
+      </c>
+      <c s="29" t="inlineStr" r="J110">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B111"/>
+      <c s="27" t="str" r="C111"/>
+      <c s="23" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H111"/>
+      <c s="23" t="inlineStr" r="I111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B112">
+        <is>
+          <t xml:space="preserve">Complex General Surgical Oncology (Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C112"/>
+      <c s="23" t="inlineStr" r="D112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E112">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F112">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G112">
+        <v>7.19</v>
+      </c>
+      <c s="6" t="str" r="H112"/>
+      <c s="30" r="I112">
+        <v>7.95</v>
+      </c>
+      <c s="28" t="inlineStr" r="J112">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B113"/>
+      <c s="25" t="str" r="C113"/>
+      <c s="23" t="inlineStr" r="D113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E113">
+        <v>20.92</v>
+      </c>
+      <c s="30" r="F113">
+        <v>16.89</v>
+      </c>
+      <c s="30" r="G113">
+        <v>19.65</v>
+      </c>
+      <c s="6" t="str" r="H113"/>
+      <c s="30" r="I113">
+        <v>25.45</v>
+      </c>
+      <c s="30" r="J113">
+        <v>11.34</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B114"/>
+      <c s="25" t="str" r="C114"/>
+      <c s="23" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E114">
+        <v>40.03</v>
+      </c>
+      <c s="30" r="F114">
+        <v>51.84</v>
+      </c>
+      <c s="30" r="G114">
+        <v>59.24</v>
+      </c>
+      <c s="6" t="str" r="H114"/>
+      <c s="30" r="I114">
+        <v>56.76</v>
+      </c>
+      <c s="30" r="J114">
+        <v>50.13</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B115"/>
+      <c s="25" t="str" r="C115"/>
+      <c s="10" t="inlineStr" r="D115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E115">
+        <v>61.81</v>
+      </c>
+      <c s="31" r="F115">
+        <v>73.32</v>
+      </c>
+      <c s="31" r="G115">
+        <v>86.08</v>
+      </c>
+      <c s="6" t="str" r="H115"/>
+      <c s="31" r="I115">
+        <v>89.95</v>
+      </c>
+      <c s="31" r="J115">
+        <v>64.95</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B116"/>
+      <c s="27" t="str" r="C116"/>
+      <c s="23" t="inlineStr" r="D116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H116"/>
+      <c s="23" t="inlineStr" r="I116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve">Consultation-Liaison Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C117"/>
+      <c s="23" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H117"/>
+      <c s="28" t="inlineStr" r="I117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J117">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B118"/>
+      <c s="25" t="str" r="C118"/>
+      <c s="23" t="inlineStr" r="D118">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G118">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H118"/>
+      <c s="28" t="inlineStr" r="I118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J118">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B119"/>
+      <c s="25" t="str" r="C119"/>
+      <c s="23" t="inlineStr" r="D119">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E119">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F119">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G119">
+        <v>7.47</v>
+      </c>
+      <c s="6" t="str" r="H119"/>
+      <c s="30" r="I119">
+        <v>9.91</v>
+      </c>
+      <c s="30" r="J119">
+        <v>11.16</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B120"/>
+      <c s="25" t="str" r="C120"/>
+      <c s="10" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E120">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F120">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="G120">
+        <v>15.07</v>
+      </c>
+      <c s="6" t="str" r="H120"/>
+      <c s="31" r="I120">
+        <v>18.23</v>
+      </c>
+      <c s="31" r="J120">
+        <v>18.27</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B121"/>
+      <c s="27" t="str" r="C121"/>
+      <c s="23" t="inlineStr" r="D121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H121"/>
+      <c s="23" t="inlineStr" r="I121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Critical Care Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C122"/>
+      <c s="23" t="inlineStr" r="D122">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E122">
+        <v>45.73</v>
+      </c>
+      <c s="30" r="F122">
+        <v>36.24</v>
+      </c>
+      <c s="30" r="G122">
+        <v>40.37</v>
+      </c>
+      <c s="6" t="str" r="H122"/>
+      <c s="30" r="I122">
+        <v>37.36</v>
+      </c>
+      <c s="30" r="J122">
+        <v>27.03</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B123"/>
+      <c s="25" t="str" r="C123"/>
+      <c s="23" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E123">
+        <v>167.27</v>
+      </c>
+      <c s="30" r="F123">
+        <v>159.48</v>
+      </c>
+      <c s="30" r="G123">
+        <v>138.03</v>
+      </c>
+      <c s="6" t="str" r="H123"/>
+      <c s="30" r="I123">
+        <v>103.19</v>
+      </c>
+      <c s="30" r="J123">
+        <v>107.68</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B124"/>
+      <c s="25" t="str" r="C124"/>
+      <c s="23" t="inlineStr" r="D124">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E124">
+        <v>38.57</v>
+      </c>
+      <c s="30" r="F124">
+        <v>34.33</v>
+      </c>
+      <c s="30" r="G124">
+        <v>38.54</v>
+      </c>
+      <c s="6" t="str" r="H124"/>
+      <c s="30" r="I124">
+        <v>27.3</v>
+      </c>
+      <c s="30" r="J124">
+        <v>17.57</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B125"/>
+      <c s="25" t="str" r="C125"/>
+      <c s="10" t="inlineStr" r="D125">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E125">
+        <v>251.57</v>
+      </c>
+      <c s="31" r="F125">
+        <v>230.05</v>
+      </c>
+      <c s="31" r="G125">
+        <v>216.3</v>
+      </c>
+      <c s="6" t="str" r="H125"/>
+      <c s="31" r="I125">
+        <v>166.9</v>
+      </c>
+      <c s="31" r="J125">
+        <v>152.28</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B126"/>
+      <c s="27" t="str" r="C126"/>
+      <c s="23" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H126"/>
+      <c s="23" t="inlineStr" r="I126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B127">
+        <is>
+          <t xml:space="preserve">Developmental-Behavioral Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C127"/>
+      <c s="23" t="inlineStr" r="D127">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H127"/>
+      <c s="28" t="inlineStr" r="I127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B128"/>
+      <c s="25" t="str" r="C128"/>
+      <c s="23" t="inlineStr" r="D128">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E128">
+        <v>5.63</v>
+      </c>
+      <c s="30" r="F128">
+        <v>5.61</v>
+      </c>
+      <c s="28" t="inlineStr" r="G128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H128"/>
+      <c s="28" t="inlineStr" r="I128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B129"/>
+      <c s="25" t="str" r="C129"/>
+      <c s="23" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H129"/>
+      <c s="30" r="I129">
+        <v>5.9</v>
+      </c>
+      <c s="28" t="inlineStr" r="J129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B130"/>
+      <c s="25" t="str" r="C130"/>
+      <c s="10" t="inlineStr" r="D130">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E130">
+        <v>10.89</v>
+      </c>
+      <c s="31" r="F130">
+        <v>9.87</v>
+      </c>
+      <c s="31" r="G130">
+        <v>8.51</v>
+      </c>
+      <c s="6" t="str" r="H130"/>
+      <c s="31" r="I130">
+        <v>10.6</v>
+      </c>
+      <c s="31" r="J130">
+        <v>9.27</v>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B131"/>
+      <c s="27" t="str" r="C131"/>
+      <c s="23" t="inlineStr" r="D131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H131"/>
+      <c s="23" t="inlineStr" r="I131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve">Endocrinology, Diabetes, and Metabolism (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C132"/>
+      <c s="23" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E132">
+        <v>14.82</v>
+      </c>
+      <c s="30" r="F132">
+        <v>17.57</v>
+      </c>
+      <c s="30" r="G132">
+        <v>13.41</v>
+      </c>
+      <c s="6" t="str" r="H132"/>
+      <c s="30" r="I132">
+        <v>15.99</v>
+      </c>
+      <c s="30" r="J132">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="133" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B133"/>
+      <c s="25" t="str" r="C133"/>
+      <c s="23" t="inlineStr" r="D133">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E133">
+        <v>131.95</v>
+      </c>
+      <c s="30" r="F133">
+        <v>105.23</v>
+      </c>
+      <c s="30" r="G133">
+        <v>101.2</v>
+      </c>
+      <c s="6" t="str" r="H133"/>
+      <c s="30" r="I133">
+        <v>134.75</v>
+      </c>
+      <c s="30" r="J133">
+        <v>110.01</v>
+      </c>
+    </row>
+    <row r="134" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B134"/>
+      <c s="25" t="str" r="C134"/>
+      <c s="23" t="inlineStr" r="D134">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E134">
+        <v>20.79</v>
+      </c>
+      <c s="30" r="F134">
+        <v>20.45</v>
+      </c>
+      <c s="30" r="G134">
+        <v>23.8</v>
+      </c>
+      <c s="6" t="str" r="H134"/>
+      <c s="30" r="I134">
+        <v>22.3</v>
+      </c>
+      <c s="30" r="J134">
+        <v>17.32</v>
+      </c>
+    </row>
+    <row r="135" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B135"/>
+      <c s="25" t="str" r="C135"/>
+      <c s="10" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E135">
+        <v>167.37</v>
+      </c>
+      <c s="31" r="F135">
+        <v>143.12</v>
+      </c>
+      <c s="31" r="G135">
+        <v>138.17</v>
+      </c>
+      <c s="6" t="str" r="H135"/>
+      <c s="31" r="I135">
+        <v>172.65</v>
+      </c>
+      <c s="31" r="J135">
+        <v>146.83</v>
+      </c>
+    </row>
+    <row r="136" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B136"/>
+      <c s="27" t="str" r="C136"/>
+      <c s="23" t="inlineStr" r="D136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H136"/>
+      <c s="23" t="inlineStr" r="I136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Epilepsy (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C137"/>
+      <c s="23" t="inlineStr" r="D137">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E137">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F137">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G137">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H137"/>
+      <c s="30" r="I137">
+        <v>6.46</v>
+      </c>
+      <c s="28" t="inlineStr" r="J137">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B138"/>
+      <c s="25" t="str" r="C138"/>
+      <c s="23" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E138">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F138">
+        <v>15.1</v>
+      </c>
+      <c s="30" r="G138">
+        <v>13.5</v>
+      </c>
+      <c s="6" t="str" r="H138"/>
+      <c s="30" r="I138">
+        <v>16.2</v>
+      </c>
+      <c s="30" r="J138">
+        <v>15.32</v>
+      </c>
+    </row>
+    <row r="139" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B139"/>
+      <c s="25" t="str" r="C139"/>
+      <c s="23" t="inlineStr" r="D139">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E139">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F139">
+        <v>8.01</v>
+      </c>
+      <c s="30" r="G139">
+        <v>11.39</v>
+      </c>
+      <c s="6" t="str" r="H139"/>
+      <c s="30" r="I139">
+        <v>10.71</v>
+      </c>
+      <c s="30" r="J139">
+        <v>14.45</v>
+      </c>
+    </row>
+    <row r="140" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B140"/>
+      <c s="25" t="str" r="C140"/>
+      <c s="10" t="inlineStr" r="D140">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E140">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F140">
+        <v>26.21</v>
+      </c>
+      <c s="31" r="G140">
+        <v>28.24</v>
+      </c>
+      <c s="6" t="str" r="H140"/>
+      <c s="31" r="I140">
+        <v>32.57</v>
+      </c>
+      <c s="31" r="J140">
+        <v>33.7</v>
+      </c>
+    </row>
+    <row r="141" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B141"/>
+      <c s="27" t="str" r="C141"/>
+      <c s="23" t="inlineStr" r="D141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H141"/>
+      <c s="23" t="inlineStr" r="I141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B142">
+        <is>
+          <t xml:space="preserve">Forensic Pathology (Pathology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C142"/>
+      <c s="23" t="inlineStr" r="D142">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H142"/>
+      <c s="28" t="inlineStr" r="I142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B143"/>
+      <c s="25" t="str" r="C143"/>
+      <c s="23" t="inlineStr" r="D143">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H143"/>
+      <c s="28" t="inlineStr" r="I143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B144"/>
+      <c s="25" t="str" r="C144"/>
+      <c s="23" t="inlineStr" r="D144">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H144"/>
+      <c s="28" t="inlineStr" r="I144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J144">
+        <v>5.88</v>
+      </c>
+    </row>
+    <row r="145" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B145"/>
+      <c s="25" t="str" r="C145"/>
+      <c s="10" t="inlineStr" r="D145">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H145"/>
+      <c s="31" r="I145">
+        <v>9.93</v>
+      </c>
+      <c s="31" r="J145">
+        <v>11.22</v>
+      </c>
+    </row>
+    <row r="146" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B146"/>
+      <c s="27" t="str" r="C146"/>
+      <c s="23" t="inlineStr" r="D146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H146"/>
+      <c s="23" t="inlineStr" r="I146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B147">
+        <is>
+          <t xml:space="preserve">Forensic Psychiatry (Psychiatry)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C147"/>
+      <c s="23" t="inlineStr" r="D147">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H147"/>
+      <c s="28" t="inlineStr" r="I147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J147">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B148"/>
+      <c s="25" t="str" r="C148"/>
+      <c s="23" t="inlineStr" r="D148">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H148"/>
+      <c s="28" t="inlineStr" r="I148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J148">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B149"/>
+      <c s="25" t="str" r="C149"/>
+      <c s="23" t="inlineStr" r="D149">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H149"/>
+      <c s="28" t="inlineStr" r="I149">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J149">
+        <v>10.04</v>
+      </c>
+    </row>
+    <row r="150" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B150"/>
+      <c s="25" t="str" r="C150"/>
+      <c s="10" t="inlineStr" r="D150">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H150"/>
+      <c s="28" t="inlineStr" r="I150">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J150">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="151" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B151"/>
+      <c s="27" t="str" r="C151"/>
+      <c s="23" t="inlineStr" r="D151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H151"/>
+      <c s="23" t="inlineStr" r="I151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B152">
+        <is>
+          <t xml:space="preserve">Gastroenterology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C152"/>
+      <c s="23" t="inlineStr" r="D152">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E152">
+        <v>63.54</v>
+      </c>
+      <c s="30" r="F152">
+        <v>63</v>
+      </c>
+      <c s="30" r="G152">
+        <v>68.89</v>
+      </c>
+      <c s="6" t="str" r="H152"/>
+      <c s="30" r="I152">
+        <v>89.4</v>
+      </c>
+      <c s="30" r="J152">
+        <v>83.35</v>
+      </c>
+    </row>
+    <row r="153" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B153"/>
+      <c s="25" t="str" r="C153"/>
+      <c s="23" t="inlineStr" r="D153">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E153">
+        <v>234.04</v>
+      </c>
+      <c s="30" r="F153">
+        <v>229.4</v>
+      </c>
+      <c s="30" r="G153">
+        <v>241.05</v>
+      </c>
+      <c s="6" t="str" r="H153"/>
+      <c s="30" r="I153">
+        <v>244.29</v>
+      </c>
+      <c s="30" r="J153">
+        <v>273.42</v>
+      </c>
+    </row>
+    <row r="154" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B154"/>
+      <c s="25" t="str" r="C154"/>
+      <c s="23" t="inlineStr" r="D154">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E154">
+        <v>144.18</v>
+      </c>
+      <c s="30" r="F154">
+        <v>164.53</v>
+      </c>
+      <c s="30" r="G154">
+        <v>170.57</v>
+      </c>
+      <c s="6" t="str" r="H154"/>
+      <c s="30" r="I154">
+        <v>178.25</v>
+      </c>
+      <c s="30" r="J154">
+        <v>152.84</v>
+      </c>
+    </row>
+    <row r="155" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B155"/>
+      <c s="25" t="str" r="C155"/>
+      <c s="10" t="inlineStr" r="D155">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E155">
+        <v>441.75</v>
+      </c>
+      <c s="31" r="F155">
+        <v>456.93</v>
+      </c>
+      <c s="31" r="G155">
+        <v>480.21</v>
+      </c>
+      <c s="6" t="str" r="H155"/>
+      <c s="31" r="I155">
+        <v>511.94</v>
+      </c>
+      <c s="31" r="J155">
+        <v>509.26</v>
+      </c>
+    </row>
+    <row r="156" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B156"/>
+      <c s="27" t="str" r="C156"/>
+      <c s="23" t="inlineStr" r="D156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H156"/>
+      <c s="23" t="inlineStr" r="I156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B157">
+        <is>
+          <t xml:space="preserve">Geriatric Medicine (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C157"/>
+      <c s="23" t="inlineStr" r="D157">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H157"/>
+      <c s="28" t="inlineStr" r="I157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J157">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B158"/>
+      <c s="25" t="str" r="C158"/>
+      <c s="23" t="inlineStr" r="D158">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E158">
+        <v>8.48</v>
+      </c>
+      <c s="30" r="F158">
+        <v>5.59</v>
+      </c>
+      <c s="30" r="G158">
+        <v>6.46</v>
+      </c>
+      <c s="6" t="str" r="H158"/>
+      <c s="30" r="I158">
+        <v>6.78</v>
+      </c>
+      <c s="30" r="J158">
+        <v>7.55</v>
+      </c>
+    </row>
+    <row r="159" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B159"/>
+      <c s="25" t="str" r="C159"/>
+      <c s="23" t="inlineStr" r="D159">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H159"/>
+      <c s="28" t="inlineStr" r="I159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J159">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B160"/>
+      <c s="25" t="str" r="C160"/>
+      <c s="10" t="inlineStr" r="D160">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E160">
+        <v>12.9</v>
+      </c>
+      <c s="31" r="F160">
+        <v>9.05</v>
+      </c>
+      <c s="31" r="G160">
+        <v>9.67</v>
+      </c>
+      <c s="6" t="str" r="H160"/>
+      <c s="31" r="I160">
+        <v>9.8</v>
+      </c>
+      <c s="31" r="J160">
+        <v>9.63</v>
+      </c>
+    </row>
+    <row r="161" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B161"/>
+      <c s="27" t="str" r="C161"/>
+      <c s="23" t="inlineStr" r="D161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H161"/>
+      <c s="23" t="inlineStr" r="I161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B162">
+        <is>
+          <t xml:space="preserve">Geriatric Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C162"/>
+      <c s="23" t="inlineStr" r="D162">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H162"/>
+      <c s="28" t="inlineStr" r="I162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B163"/>
+      <c s="25" t="str" r="C163"/>
+      <c s="23" t="inlineStr" r="D163">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E163">
+        <v>24.98</v>
+      </c>
+      <c s="30" r="F163">
+        <v>16.2</v>
+      </c>
+      <c s="30" r="G163">
+        <v>16.04</v>
+      </c>
+      <c s="6" t="str" r="H163"/>
+      <c s="30" r="I163">
+        <v>15.32</v>
+      </c>
+      <c s="30" r="J163">
+        <v>16.32</v>
+      </c>
+    </row>
+    <row r="164" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B164"/>
+      <c s="25" t="str" r="C164"/>
+      <c s="23" t="inlineStr" r="D164">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E164">
+        <v>8.01</v>
+      </c>
+      <c s="30" r="F164">
+        <v>8</v>
+      </c>
+      <c s="30" r="G164">
+        <v>7.87</v>
+      </c>
+      <c s="6" t="str" r="H164"/>
+      <c s="30" r="I164">
+        <v>7.45</v>
+      </c>
+      <c s="30" r="J164">
+        <v>5.81</v>
+      </c>
+    </row>
+    <row r="165" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B165"/>
+      <c s="25" t="str" r="C165"/>
+      <c s="10" t="inlineStr" r="D165">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E165">
+        <v>36.02</v>
+      </c>
+      <c s="31" r="F165">
+        <v>27.3</v>
+      </c>
+      <c s="31" r="G165">
+        <v>25.19</v>
+      </c>
+      <c s="6" t="str" r="H165"/>
+      <c s="31" r="I165">
+        <v>24.99</v>
+      </c>
+      <c s="31" r="J165">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="166" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B166"/>
+      <c s="27" t="str" r="C166"/>
+      <c s="23" t="inlineStr" r="D166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H166"/>
+      <c s="23" t="inlineStr" r="I166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="167" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B167">
+        <is>
+          <t xml:space="preserve">Gynecologic Oncology (Obstetrics and Gynecology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C167"/>
+      <c s="23" t="inlineStr" r="D167">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E167">
+        <v>7.14</v>
+      </c>
+      <c s="30" r="F167">
+        <v>6.51</v>
+      </c>
+      <c s="28" t="inlineStr" r="G167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H167"/>
+      <c s="30" r="I167">
+        <v>11.27</v>
+      </c>
+      <c s="28" t="inlineStr" r="J167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B168"/>
+      <c s="25" t="str" r="C168"/>
+      <c s="23" t="inlineStr" r="D168">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E168">
+        <v>7.11</v>
+      </c>
+      <c s="28" t="inlineStr" r="F168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G168">
+        <v>6.79</v>
+      </c>
+      <c s="6" t="str" r="H168"/>
+      <c s="30" r="I168">
+        <v>7.45</v>
+      </c>
+      <c s="28" t="inlineStr" r="J168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B169"/>
+      <c s="25" t="str" r="C169"/>
+      <c s="23" t="inlineStr" r="D169">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E169">
+        <v>82.39</v>
+      </c>
+      <c s="30" r="F169">
+        <v>63.45</v>
+      </c>
+      <c s="30" r="G169">
+        <v>60.11</v>
+      </c>
+      <c s="6" t="str" r="H169"/>
+      <c s="30" r="I169">
+        <v>55.69</v>
+      </c>
+      <c s="28" t="inlineStr" r="J169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B170"/>
+      <c s="25" t="str" r="C170"/>
+      <c s="10" t="inlineStr" r="D170">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E170">
+        <v>96.42</v>
+      </c>
+      <c s="31" r="F170">
+        <v>71.69</v>
+      </c>
+      <c s="31" r="G170">
+        <v>71.42</v>
+      </c>
+      <c s="6" t="str" r="H170"/>
+      <c s="31" r="I170">
+        <v>74.41</v>
+      </c>
+      <c s="29" t="inlineStr" r="J170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B171"/>
+      <c s="27" t="str" r="C171"/>
+      <c s="23" t="inlineStr" r="D171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H171"/>
+      <c s="23" t="inlineStr" r="I171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="172" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B172">
+        <is>
+          <t xml:space="preserve">Headache Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C172"/>
+      <c s="23" t="inlineStr" r="D172">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H172"/>
+      <c s="28" t="inlineStr" r="I172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B173"/>
+      <c s="25" t="str" r="C173"/>
+      <c s="23" t="inlineStr" r="D173">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H173"/>
+      <c s="28" t="inlineStr" r="I173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J173">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B174"/>
+      <c s="25" t="str" r="C174"/>
+      <c s="10" t="inlineStr" r="D174">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H174"/>
+      <c s="29" t="inlineStr" r="I174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J174">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B175"/>
+      <c s="27" t="str" r="C175"/>
+      <c s="23" t="inlineStr" r="D175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H175"/>
+      <c s="23" t="inlineStr" r="I175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J175">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="176" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B176">
+        <is>
+          <t xml:space="preserve">Hematology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C176"/>
+      <c s="23" t="inlineStr" r="D176">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H176"/>
+      <c s="28" t="inlineStr" r="I176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J176">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B177"/>
+      <c s="25" t="str" r="C177"/>
+      <c s="23" t="inlineStr" r="D177">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E177">
+        <v>44.5</v>
+      </c>
+      <c s="28" t="inlineStr" r="F177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H177"/>
+      <c s="28" t="inlineStr" r="I177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B178"/>
+      <c s="25" t="str" r="C178"/>
+      <c s="23" t="inlineStr" r="D178">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E178">
+        <v>57</v>
+      </c>
+      <c s="28" t="inlineStr" r="F178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H178"/>
+      <c s="28" t="inlineStr" r="I178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B179"/>
+      <c s="25" t="str" r="C179"/>
+      <c s="10" t="inlineStr" r="D179">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E179">
+        <v>105</v>
+      </c>
+      <c s="28" t="inlineStr" r="F179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H179"/>
+      <c s="28" t="inlineStr" r="I179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B180"/>
+      <c s="27" t="str" r="C180"/>
+      <c s="23" t="inlineStr" r="D180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H180"/>
+      <c s="23" t="inlineStr" r="I180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J180">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="181" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B181">
+        <is>
+          <t xml:space="preserve">Hematology and Medical Oncology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C181"/>
+      <c s="23" t="inlineStr" r="D181">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E181">
+        <v>27.76</v>
+      </c>
+      <c s="30" r="F181">
+        <v>49.88</v>
+      </c>
+      <c s="30" r="G181">
+        <v>38.82</v>
+      </c>
+      <c s="6" t="str" r="H181"/>
+      <c s="30" r="I181">
+        <v>45.55</v>
+      </c>
+      <c s="30" r="J181">
+        <v>50.42</v>
+      </c>
+    </row>
+    <row r="182" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B182"/>
+      <c s="25" t="str" r="C182"/>
+      <c s="23" t="inlineStr" r="D182">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E182">
+        <v>250.66</v>
+      </c>
+      <c s="30" r="F182">
+        <v>243.59</v>
+      </c>
+      <c s="30" r="G182">
+        <v>256</v>
+      </c>
+      <c s="6" t="str" r="H182"/>
+      <c s="30" r="I182">
+        <v>260.6</v>
+      </c>
+      <c s="30" r="J182">
+        <v>283.55</v>
+      </c>
+    </row>
+    <row r="183" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B183"/>
+      <c s="25" t="str" r="C183"/>
+      <c s="23" t="inlineStr" r="D183">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E183">
+        <v>94.79</v>
+      </c>
+      <c s="30" r="F183">
+        <v>99.95</v>
+      </c>
+      <c s="30" r="G183">
+        <v>103.96</v>
+      </c>
+      <c s="6" t="str" r="H183"/>
+      <c s="30" r="I183">
+        <v>117.87</v>
+      </c>
+      <c s="30" r="J183">
+        <v>112.06</v>
+      </c>
+    </row>
+    <row r="184" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B184"/>
+      <c s="25" t="str" r="C184"/>
+      <c s="10" t="inlineStr" r="D184">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E184">
+        <v>372.49</v>
+      </c>
+      <c s="31" r="F184">
+        <v>393.41</v>
+      </c>
+      <c s="31" r="G184">
+        <v>398.57</v>
+      </c>
+      <c s="6" t="str" r="H184"/>
+      <c s="31" r="I184">
+        <v>422.25</v>
+      </c>
+      <c s="31" r="J184">
+        <v>446.04</v>
+      </c>
+    </row>
+    <row r="185" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B185"/>
+      <c s="27" t="str" r="C185"/>
+      <c s="23" t="inlineStr" r="D185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H185"/>
+      <c s="23" t="inlineStr" r="I185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J185">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="186" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B186">
+        <is>
+          <t xml:space="preserve">Hospice and Palliative Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C186"/>
+      <c s="23" t="inlineStr" r="D186">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E186">
+        <v>9.45</v>
+      </c>
+      <c s="30" r="F186">
+        <v>7.84</v>
+      </c>
+      <c s="30" r="G186">
+        <v>7.62</v>
+      </c>
+      <c s="6" t="str" r="H186"/>
+      <c s="30" r="I186">
+        <v>7.4</v>
+      </c>
+      <c s="30" r="J186">
+        <v>8.81</v>
+      </c>
+    </row>
+    <row r="187" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B187"/>
+      <c s="25" t="str" r="C187"/>
+      <c s="23" t="inlineStr" r="D187">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E187">
+        <v>20.85</v>
+      </c>
+      <c s="30" r="F187">
+        <v>18.79</v>
+      </c>
+      <c s="30" r="G187">
+        <v>16.02</v>
+      </c>
+      <c s="6" t="str" r="H187"/>
+      <c s="30" r="I187">
+        <v>14.68</v>
+      </c>
+      <c s="30" r="J187">
+        <v>17.57</v>
+      </c>
+    </row>
+    <row r="188" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B188"/>
+      <c s="25" t="str" r="C188"/>
+      <c s="23" t="inlineStr" r="D188">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E188">
+        <v>20.69</v>
+      </c>
+      <c s="30" r="F188">
+        <v>20.87</v>
+      </c>
+      <c s="30" r="G188">
+        <v>20.92</v>
+      </c>
+      <c s="6" t="str" r="H188"/>
+      <c s="30" r="I188">
+        <v>18.15</v>
+      </c>
+      <c s="30" r="J188">
+        <v>17.54</v>
+      </c>
+    </row>
+    <row r="189" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B189"/>
+      <c s="25" t="str" r="C189"/>
+      <c s="10" t="inlineStr" r="D189">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E189">
+        <v>50.64</v>
+      </c>
+      <c s="31" r="F189">
+        <v>46.82</v>
+      </c>
+      <c s="31" r="G189">
+        <v>43.96</v>
+      </c>
+      <c s="6" t="str" r="H189"/>
+      <c s="31" r="I189">
+        <v>40.15</v>
+      </c>
+      <c s="31" r="J189">
+        <v>43.2</v>
+      </c>
+    </row>
+    <row r="190" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B190"/>
+      <c s="27" t="str" r="C190"/>
+      <c s="23" t="inlineStr" r="D190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H190"/>
+      <c s="23" t="inlineStr" r="I190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J190">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="191" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B191">
+        <is>
+          <t xml:space="preserve">Infectious Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C191"/>
+      <c s="23" t="inlineStr" r="D191">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E191">
+        <v>10.52</v>
+      </c>
+      <c s="30" r="F191">
+        <v>13.43</v>
+      </c>
+      <c s="30" r="G191">
+        <v>7.84</v>
+      </c>
+      <c s="6" t="str" r="H191"/>
+      <c s="30" r="I191">
+        <v>10.46</v>
+      </c>
+      <c s="30" r="J191">
+        <v>8.34</v>
+      </c>
+    </row>
+    <row r="192" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B192"/>
+      <c s="25" t="str" r="C192"/>
+      <c s="23" t="inlineStr" r="D192">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E192">
+        <v>48.3</v>
+      </c>
+      <c s="30" r="F192">
+        <v>40.23</v>
+      </c>
+      <c s="30" r="G192">
+        <v>30.11</v>
+      </c>
+      <c s="6" t="str" r="H192"/>
+      <c s="30" r="I192">
+        <v>32.64</v>
+      </c>
+      <c s="30" r="J192">
+        <v>31.52</v>
+      </c>
+    </row>
+    <row r="193" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B193"/>
+      <c s="25" t="str" r="C193"/>
+      <c s="23" t="inlineStr" r="D193">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E193">
+        <v>19.09</v>
+      </c>
+      <c s="30" r="F193">
+        <v>19.51</v>
+      </c>
+      <c s="30" r="G193">
+        <v>18.19</v>
+      </c>
+      <c s="6" t="str" r="H193"/>
+      <c s="30" r="I193">
+        <v>15.43</v>
+      </c>
+      <c s="30" r="J193">
+        <v>14.84</v>
+      </c>
+    </row>
+    <row r="194" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B194"/>
+      <c s="25" t="str" r="C194"/>
+      <c s="10" t="inlineStr" r="D194">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E194">
+        <v>77.92</v>
+      </c>
+      <c s="31" r="F194">
+        <v>72.32</v>
+      </c>
+      <c s="31" r="G194">
+        <v>55</v>
+      </c>
+      <c s="6" t="str" r="H194"/>
+      <c s="31" r="I194">
+        <v>57.79</v>
+      </c>
+      <c s="31" r="J194">
+        <v>53.27</v>
+      </c>
+    </row>
+    <row r="195" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B195"/>
+      <c s="27" t="str" r="C195"/>
+      <c s="23" t="inlineStr" r="D195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H195"/>
+      <c s="23" t="inlineStr" r="I195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J195">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="196" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B196">
+        <is>
+          <t xml:space="preserve">Interventional Cardiology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C196"/>
+      <c s="23" t="inlineStr" r="D196">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E196">
+        <v>12.76</v>
+      </c>
+      <c s="30" r="F196">
+        <v>6.6</v>
+      </c>
+      <c s="28" t="inlineStr" r="G196">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H196"/>
+      <c s="30" r="I196">
+        <v>7.79</v>
+      </c>
+      <c s="30" r="J196">
+        <v>9.68</v>
+      </c>
+    </row>
+    <row r="197" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B197"/>
+      <c s="25" t="str" r="C197"/>
+      <c s="23" t="inlineStr" r="D197">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E197">
+        <v>102.34</v>
+      </c>
+      <c s="30" r="F197">
+        <v>68.23</v>
+      </c>
+      <c s="28" t="inlineStr" r="G197">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H197"/>
+      <c s="30" r="I197">
+        <v>76.22</v>
+      </c>
+      <c s="30" r="J197">
+        <v>73.49</v>
+      </c>
+    </row>
+    <row r="198" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B198"/>
+      <c s="25" t="str" r="C198"/>
+      <c s="23" t="inlineStr" r="D198">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E198">
+        <v>27.55</v>
+      </c>
+      <c s="30" r="F198">
+        <v>26.97</v>
+      </c>
+      <c s="28" t="inlineStr" r="G198">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H198"/>
+      <c s="30" r="I198">
+        <v>19.75</v>
+      </c>
+      <c s="30" r="J198">
+        <v>17.18</v>
+      </c>
+    </row>
+    <row r="199" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B199"/>
+      <c s="25" t="str" r="C199"/>
+      <c s="10" t="inlineStr" r="D199">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E199">
+        <v>142.38</v>
+      </c>
+      <c s="31" r="F199">
+        <v>101.07</v>
+      </c>
+      <c s="28" t="inlineStr" r="G199">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H199"/>
+      <c s="31" r="I199">
+        <v>103.76</v>
+      </c>
+      <c s="31" r="J199">
+        <v>100.09</v>
+      </c>
+    </row>
+    <row r="200" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B200"/>
+      <c s="27" t="str" r="C200"/>
+      <c s="23" t="inlineStr" r="D200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H200"/>
+      <c s="23" t="inlineStr" r="I200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J200">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="201" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B201">
+        <is>
+          <t xml:space="preserve">Interventional Radiology - Independent</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C201"/>
+      <c s="23" t="inlineStr" r="D201">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E201">
+        <v>9.37</v>
+      </c>
+      <c s="30" r="F201">
+        <v>10.59</v>
+      </c>
+      <c s="30" r="G201">
+        <v>8.05</v>
+      </c>
+      <c s="6" t="str" r="H201"/>
+      <c s="28" t="inlineStr" r="I201">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J201">
+        <v>5.48</v>
+      </c>
+    </row>
+    <row r="202" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B202"/>
+      <c s="25" t="str" r="C202"/>
+      <c s="23" t="inlineStr" r="D202">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E202">
+        <v>21.33</v>
+      </c>
+      <c s="30" r="F202">
+        <v>21.94</v>
+      </c>
+      <c s="30" r="G202">
+        <v>17.52</v>
+      </c>
+      <c s="6" t="str" r="H202"/>
+      <c s="30" r="I202">
+        <v>11.87</v>
+      </c>
+      <c s="30" r="J202">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="203" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B203"/>
+      <c s="25" t="str" r="C203"/>
+      <c s="23" t="inlineStr" r="D203">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E203">
+        <v>34.89</v>
+      </c>
+      <c s="30" r="F203">
+        <v>37.16</v>
+      </c>
+      <c s="30" r="G203">
+        <v>17.57</v>
+      </c>
+      <c s="6" t="str" r="H203"/>
+      <c s="30" r="I203">
+        <v>19.35</v>
+      </c>
+      <c s="30" r="J203">
+        <v>12.59</v>
+      </c>
+    </row>
+    <row r="204" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B204"/>
+      <c s="25" t="str" r="C204"/>
+      <c s="10" t="inlineStr" r="D204">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E204">
+        <v>65.59</v>
+      </c>
+      <c s="31" r="F204">
+        <v>69.12</v>
+      </c>
+      <c s="31" r="G204">
+        <v>43.14</v>
+      </c>
+      <c s="6" t="str" r="H204"/>
+      <c s="31" r="I204">
+        <v>35.18</v>
+      </c>
+      <c s="31" r="J204">
+        <v>26.2</v>
+      </c>
+    </row>
+    <row r="205" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B205"/>
+      <c s="27" t="str" r="C205"/>
+      <c s="23" t="inlineStr" r="D205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H205"/>
+      <c s="23" t="inlineStr" r="I205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J205">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="206" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B206">
+        <is>
+          <t xml:space="preserve">Maternal-Fetal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C206"/>
+      <c s="23" t="inlineStr" r="D206">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E206">
+        <v>11.11</v>
+      </c>
+      <c s="30" r="F206">
+        <v>7.82</v>
+      </c>
+      <c s="30" r="G206">
+        <v>6.71</v>
+      </c>
+      <c s="6" t="str" r="H206"/>
+      <c s="30" r="I206">
+        <v>8.21</v>
+      </c>
+      <c s="28" t="inlineStr" r="J206">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B207"/>
+      <c s="25" t="str" r="C207"/>
+      <c s="23" t="inlineStr" r="D207">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E207">
+        <v>10.97</v>
+      </c>
+      <c s="30" r="F207">
+        <v>12.05</v>
+      </c>
+      <c s="30" r="G207">
+        <v>11.94</v>
+      </c>
+      <c s="6" t="str" r="H207"/>
+      <c s="30" r="I207">
+        <v>10.48</v>
+      </c>
+      <c s="28" t="inlineStr" r="J207">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B208"/>
+      <c s="25" t="str" r="C208"/>
+      <c s="23" t="inlineStr" r="D208">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E208">
+        <v>56.98</v>
+      </c>
+      <c s="30" r="F208">
+        <v>66.42</v>
+      </c>
+      <c s="30" r="G208">
+        <v>52.19</v>
+      </c>
+      <c s="6" t="str" r="H208"/>
+      <c s="30" r="I208">
+        <v>47.99</v>
+      </c>
+      <c s="28" t="inlineStr" r="J208">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B209"/>
+      <c s="25" t="str" r="C209"/>
+      <c s="10" t="inlineStr" r="D209">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E209">
+        <v>78.95</v>
+      </c>
+      <c s="31" r="F209">
+        <v>86.29</v>
+      </c>
+      <c s="31" r="G209">
+        <v>70.84</v>
+      </c>
+      <c s="6" t="str" r="H209"/>
+      <c s="31" r="I209">
+        <v>66.26</v>
+      </c>
+      <c s="29" t="inlineStr" r="J209">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B210"/>
+      <c s="27" t="str" r="C210"/>
+      <c s="23" t="inlineStr" r="D210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H210"/>
+      <c s="23" t="inlineStr" r="I210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J210">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="211" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B211">
+        <is>
+          <t xml:space="preserve">Medical Genetics and Genomics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C211"/>
+      <c s="23" t="inlineStr" r="D211">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H211"/>
+      <c s="28" t="inlineStr" r="I211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J211">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B212"/>
+      <c s="25" t="str" r="C212"/>
+      <c s="23" t="inlineStr" r="D212">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E212">
+        <v>9.72</v>
+      </c>
+      <c s="30" r="F212">
+        <v>8.28</v>
+      </c>
+      <c s="30" r="G212">
+        <v>7.27</v>
+      </c>
+      <c s="6" t="str" r="H212"/>
+      <c s="30" r="I212">
+        <v>12.54</v>
+      </c>
+      <c s="28" t="inlineStr" r="J212">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B213"/>
+      <c s="25" t="str" r="C213"/>
+      <c s="23" t="inlineStr" r="D213">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H213"/>
+      <c s="28" t="inlineStr" r="I213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B214"/>
+      <c s="25" t="str" r="C214"/>
+      <c s="10" t="inlineStr" r="D214">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E214">
+        <v>14.45</v>
+      </c>
+      <c s="31" r="F214">
+        <v>11.13</v>
+      </c>
+      <c s="31" r="G214">
+        <v>11.49</v>
+      </c>
+      <c s="6" t="str" r="H214"/>
+      <c s="31" r="I214">
+        <v>16.8</v>
+      </c>
+      <c s="31" r="J214">
+        <v>9.06</v>
+      </c>
+    </row>
+    <row r="215" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B215"/>
+      <c s="27" t="str" r="C215"/>
+      <c s="23" t="inlineStr" r="D215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H215"/>
+      <c s="23" t="inlineStr" r="I215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J215">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="216" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B216">
+        <is>
+          <t xml:space="preserve">Medical Genetics and Genomics/Maternal-Fetal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C216"/>
+      <c s="23" t="inlineStr" r="D216">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H216"/>
+      <c s="28" t="inlineStr" r="I216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J216">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B217"/>
+      <c s="25" t="str" r="C217"/>
+      <c s="23" t="inlineStr" r="D217">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H217"/>
+      <c s="30" r="I217">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="J217">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B218"/>
+      <c s="25" t="str" r="C218"/>
+      <c s="10" t="inlineStr" r="D218">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H218"/>
+      <c s="31" r="I218">
+        <v>6</v>
+      </c>
+      <c s="28" t="inlineStr" r="J218">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B219"/>
+      <c s="27" t="str" r="C219"/>
+      <c s="23" t="inlineStr" r="D219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H219"/>
+      <c s="23" t="inlineStr" r="I219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J219">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="220" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B220">
+        <is>
+          <t xml:space="preserve">Medical Oncology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C220"/>
+      <c s="23" t="inlineStr" r="D220">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E220">
+        <v>6.6</v>
+      </c>
+      <c s="30" r="F220">
+        <v>9</v>
+      </c>
+      <c s="30" r="G220">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H220"/>
+      <c s="30" r="I220">
+        <v>14</v>
+      </c>
+      <c s="30" r="J220">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="221" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B221"/>
+      <c s="25" t="str" r="C221"/>
+      <c s="23" t="inlineStr" r="D221">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E221">
+        <v>85.6</v>
+      </c>
+      <c s="30" r="F221">
+        <v>74.5</v>
+      </c>
+      <c s="30" r="G221">
+        <v>64</v>
+      </c>
+      <c s="6" t="str" r="H221"/>
+      <c s="30" r="I221">
+        <v>47</v>
+      </c>
+      <c s="30" r="J221">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="222" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B222"/>
+      <c s="25" t="str" r="C222"/>
+      <c s="23" t="inlineStr" r="D222">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E222">
+        <v>49.6</v>
+      </c>
+      <c s="30" r="F222">
+        <v>5</v>
+      </c>
+      <c s="30" r="G222">
+        <v>10</v>
+      </c>
+      <c s="6" t="str" r="H222"/>
+      <c s="30" r="I222">
+        <v>12</v>
+      </c>
+      <c s="30" r="J222">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B223"/>
+      <c s="25" t="str" r="C223"/>
+      <c s="10" t="inlineStr" r="D223">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E223">
+        <v>141.8</v>
+      </c>
+      <c s="31" r="F223">
+        <v>88.5</v>
+      </c>
+      <c s="31" r="G223">
+        <v>85</v>
+      </c>
+      <c s="6" t="str" r="H223"/>
+      <c s="31" r="I223">
+        <v>73</v>
+      </c>
+      <c s="31" r="J223">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="224" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B224"/>
+      <c s="27" t="str" r="C224"/>
+      <c s="23" t="inlineStr" r="D224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H224"/>
+      <c s="23" t="inlineStr" r="I224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J224">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="225" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B225">
+        <is>
+          <t xml:space="preserve">Medical Toxicology (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C225"/>
+      <c s="23" t="inlineStr" r="D225">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E225">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F225">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G225">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H225"/>
+      <c s="30" r="I225">
+        <v>5.24</v>
+      </c>
+      <c s="28" t="inlineStr" r="J225">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B226"/>
+      <c s="25" t="str" r="C226"/>
+      <c s="23" t="inlineStr" r="D226">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H226"/>
+      <c s="28" t="inlineStr" r="I226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J226">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B227"/>
+      <c s="25" t="str" r="C227"/>
+      <c s="23" t="inlineStr" r="D227">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E227">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F227">
+        <v>15.59</v>
+      </c>
+      <c s="30" r="G227">
+        <v>18.29</v>
+      </c>
+      <c s="6" t="str" r="H227"/>
+      <c s="30" r="I227">
+        <v>12.4</v>
+      </c>
+      <c s="30" r="J227">
+        <v>11.27</v>
+      </c>
+    </row>
+    <row r="228" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B228"/>
+      <c s="25" t="str" r="C228"/>
+      <c s="10" t="inlineStr" r="D228">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E228">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F228">
+        <v>23.78</v>
+      </c>
+      <c s="31" r="G228">
+        <v>24.04</v>
+      </c>
+      <c s="6" t="str" r="H228"/>
+      <c s="31" r="I228">
+        <v>18.33</v>
+      </c>
+      <c s="31" r="J228">
+        <v>16.47</v>
+      </c>
+    </row>
+    <row r="229" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B229"/>
+      <c s="27" t="str" r="C229"/>
+      <c s="23" t="inlineStr" r="D229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H229"/>
+      <c s="23" t="inlineStr" r="I229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J229">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="230" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B230">
+        <is>
+          <t xml:space="preserve">Medical Toxicology (Preventive Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C230"/>
+      <c s="23" t="inlineStr" r="D230">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F230">
+        <v>6</v>
+      </c>
+      <c s="28" t="inlineStr" r="G230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H230"/>
+      <c s="28" t="inlineStr" r="I230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J230">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B231"/>
+      <c s="25" t="str" r="C231"/>
+      <c s="23" t="inlineStr" r="D231">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H231"/>
+      <c s="28" t="inlineStr" r="I231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J231">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B232"/>
+      <c s="25" t="str" r="C232"/>
+      <c s="23" t="inlineStr" r="D232">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F232">
+        <v>18</v>
+      </c>
+      <c s="28" t="inlineStr" r="G232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H232"/>
+      <c s="28" t="inlineStr" r="I232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J232">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B233"/>
+      <c s="25" t="str" r="C233"/>
+      <c s="10" t="inlineStr" r="D233">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F233">
+        <v>27</v>
+      </c>
+      <c s="28" t="inlineStr" r="G233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H233"/>
+      <c s="28" t="inlineStr" r="I233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J233">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B234"/>
+      <c s="27" t="str" r="C234"/>
+      <c s="23" t="inlineStr" r="D234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H234"/>
+      <c s="23" t="inlineStr" r="I234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J234">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="235" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B235">
+        <is>
+          <t xml:space="preserve">Neonatal-Perinatal Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C235"/>
+      <c s="23" t="inlineStr" r="D235">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E235">
+        <v>13.96</v>
+      </c>
+      <c s="30" r="F235">
+        <v>13</v>
+      </c>
+      <c s="30" r="G235">
+        <v>16.39</v>
+      </c>
+      <c s="6" t="str" r="H235"/>
+      <c s="30" r="I235">
+        <v>12.05</v>
+      </c>
+      <c s="30" r="J235">
+        <v>11.88</v>
+      </c>
+    </row>
+    <row r="236" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B236"/>
+      <c s="25" t="str" r="C236"/>
+      <c s="23" t="inlineStr" r="D236">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E236">
+        <v>35.1</v>
+      </c>
+      <c s="30" r="F236">
+        <v>40.73</v>
+      </c>
+      <c s="30" r="G236">
+        <v>36.76</v>
+      </c>
+      <c s="6" t="str" r="H236"/>
+      <c s="30" r="I236">
+        <v>33.29</v>
+      </c>
+      <c s="30" r="J236">
+        <v>32.71</v>
+      </c>
+    </row>
+    <row r="237" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B237"/>
+      <c s="25" t="str" r="C237"/>
+      <c s="23" t="inlineStr" r="D237">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E237">
+        <v>31.81</v>
+      </c>
+      <c s="30" r="F237">
+        <v>28.56</v>
+      </c>
+      <c s="30" r="G237">
+        <v>23.39</v>
+      </c>
+      <c s="6" t="str" r="H237"/>
+      <c s="30" r="I237">
+        <v>26.69</v>
+      </c>
+      <c s="30" r="J237">
+        <v>18.7</v>
+      </c>
+    </row>
+    <row r="238" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B238"/>
+      <c s="25" t="str" r="C238"/>
+      <c s="10" t="inlineStr" r="D238">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E238">
+        <v>80.74</v>
+      </c>
+      <c s="31" r="F238">
+        <v>82.3</v>
+      </c>
+      <c s="31" r="G238">
+        <v>76.54</v>
+      </c>
+      <c s="6" t="str" r="H238"/>
+      <c s="31" r="I238">
+        <v>70.55</v>
+      </c>
+      <c s="31" r="J238">
+        <v>61.73</v>
+      </c>
+    </row>
+    <row r="239" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B239"/>
+      <c s="27" t="str" r="C239"/>
+      <c s="23" t="inlineStr" r="D239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H239"/>
+      <c s="23" t="inlineStr" r="I239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J239">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="240" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B240">
+        <is>
+          <t xml:space="preserve">Nephrology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C240"/>
+      <c s="23" t="inlineStr" r="D240">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E240">
+        <v>14.12</v>
+      </c>
+      <c s="30" r="F240">
+        <v>13.65</v>
+      </c>
+      <c s="30" r="G240">
+        <v>12.98</v>
+      </c>
+      <c s="6" t="str" r="H240"/>
+      <c s="30" r="I240">
+        <v>13.34</v>
+      </c>
+      <c s="30" r="J240">
+        <v>8.36</v>
+      </c>
+    </row>
+    <row r="241" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B241"/>
+      <c s="25" t="str" r="C241"/>
+      <c s="23" t="inlineStr" r="D241">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E241">
+        <v>59.83</v>
+      </c>
+      <c s="30" r="F241">
+        <v>64.07</v>
+      </c>
+      <c s="30" r="G241">
+        <v>57.82</v>
+      </c>
+      <c s="6" t="str" r="H241"/>
+      <c s="30" r="I241">
+        <v>56.89</v>
+      </c>
+      <c s="30" r="J241">
+        <v>62.7</v>
+      </c>
+    </row>
+    <row r="242" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B242"/>
+      <c s="25" t="str" r="C242"/>
+      <c s="23" t="inlineStr" r="D242">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E242">
+        <v>12.08</v>
+      </c>
+      <c s="30" r="F242">
+        <v>13.41</v>
+      </c>
+      <c s="30" r="G242">
+        <v>10.95</v>
+      </c>
+      <c s="6" t="str" r="H242"/>
+      <c s="30" r="I242">
+        <v>9.94</v>
+      </c>
+      <c s="30" r="J242">
+        <v>10.74</v>
+      </c>
+    </row>
+    <row r="243" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B243"/>
+      <c s="25" t="str" r="C243"/>
+      <c s="10" t="inlineStr" r="D243">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E243">
+        <v>85.86</v>
+      </c>
+      <c s="31" r="F243">
+        <v>91.13</v>
+      </c>
+      <c s="31" r="G243">
+        <v>81.34</v>
+      </c>
+      <c s="6" t="str" r="H243"/>
+      <c s="31" r="I243">
+        <v>79.57</v>
+      </c>
+      <c s="31" r="J243">
+        <v>81.41</v>
+      </c>
+    </row>
+    <row r="244" ht="15.8" customHeight="0">
+      <c s="26" t="str" r="B244"/>
+      <c s="27" t="str" r="C244"/>
+      <c s="23" t="inlineStr" r="D244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H244"/>
+      <c s="23" t="inlineStr" r="I244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J244">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="245" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B245">
+        <is>
+          <t xml:space="preserve">Neuroendovascular</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C245"/>
+      <c s="23" t="inlineStr" r="D245">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H245"/>
+      <c s="28" t="inlineStr" r="I245">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J245">
+        <v>14.42</v>
+      </c>
+    </row>
+    <row r="246" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B246"/>
+      <c s="25" t="str" r="C246"/>
+      <c s="23" t="inlineStr" r="D246">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H246"/>
+      <c s="28" t="inlineStr" r="I246">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J246">
+        <v>10.28</v>
+      </c>
+    </row>
+    <row r="247" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B247"/>
+      <c s="25" t="str" r="C247"/>
+      <c s="10" t="inlineStr" r="D247">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H247"/>
+      <c s="28" t="inlineStr" r="I247">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J247">
+        <v>24.7</v>
+      </c>
+    </row>
+    <row r="248" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B248"/>
+      <c s="27" t="str" r="C248"/>
+      <c s="23" t="inlineStr" r="D248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H248"/>
+      <c s="23" t="inlineStr" r="I248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J248">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="249" ht="15.8" customHeight="0">
+      <c s="10" t="inlineStr" r="B249">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Neurological Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C249"/>
+      <c s="23" t="inlineStr" r="D249">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H249"/>
+      <c s="28" t="inlineStr" r="I249">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J249">
+        <v>14.75</v>
+      </c>
+    </row>
+    <row r="250" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B250"/>
+      <c s="25" t="str" r="C250"/>
+      <c s="23" t="inlineStr" r="D250">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H250"/>
+      <c s="28" t="inlineStr" r="I250">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J250">
+        <v>10.25</v>
+      </c>
+    </row>
+    <row r="251" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B251"/>
+      <c s="25" t="str" r="C251"/>
+      <c s="10" t="inlineStr" r="D251">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H251"/>
+      <c s="28" t="inlineStr" r="I251">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J251">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="252" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B252"/>
+      <c s="27" t="str" r="C252"/>
+      <c s="23" t="inlineStr" r="D252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H252"/>
+      <c s="23" t="inlineStr" r="I252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J252">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="253" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B253">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Neurology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C253"/>
+      <c s="23" t="inlineStr" r="D253">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H253"/>
+      <c s="28" t="inlineStr" r="I253">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J253">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="254" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B254"/>
+      <c s="25" t="str" r="C254"/>
+      <c s="23" t="inlineStr" r="D254">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H254"/>
+      <c s="28" t="inlineStr" r="I254">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J254">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="255" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B255"/>
+      <c s="25" t="str" r="C255"/>
+      <c s="10" t="inlineStr" r="D255">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H255"/>
+      <c s="28" t="inlineStr" r="I255">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J255">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="256" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B256"/>
+      <c s="27" t="str" r="C256"/>
+      <c s="23" t="inlineStr" r="D256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H256"/>
+      <c s="23" t="inlineStr" r="I256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="257" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B257">
+        <is>
+          <t xml:space="preserve">Neuroendovascular Intervention (Radiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C257"/>
+      <c s="23" t="inlineStr" r="D257">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H257"/>
+      <c s="28" t="inlineStr" r="I257">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J257">
+        <v>20.67</v>
+      </c>
+    </row>
+    <row r="258" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B258"/>
+      <c s="25" t="str" r="C258"/>
+      <c s="23" t="inlineStr" r="D258">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H258"/>
+      <c s="28" t="inlineStr" r="I258">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J258">
+        <v>11.33</v>
+      </c>
+    </row>
+    <row r="259" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B259"/>
+      <c s="25" t="str" r="C259"/>
+      <c s="10" t="inlineStr" r="D259">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H259"/>
+      <c s="28" t="inlineStr" r="I259">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J259">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="260" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B260"/>
+      <c s="27" t="str" r="C260"/>
+      <c s="23" t="inlineStr" r="D260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H260"/>
+      <c s="23" t="inlineStr" r="I260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J260">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="261" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B261">
+        <is>
+          <t xml:space="preserve">Neuroradiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C261"/>
+      <c s="23" t="inlineStr" r="D261">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E261">
+        <v>10.86</v>
+      </c>
+      <c s="30" r="F261">
+        <v>8.81</v>
+      </c>
+      <c s="30" r="G261">
+        <v>11.11</v>
+      </c>
+      <c s="6" t="str" r="H261"/>
+      <c s="30" r="I261">
+        <v>9.05</v>
+      </c>
+      <c s="30" r="J261">
+        <v>10.79</v>
+      </c>
+    </row>
+    <row r="262" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B262"/>
+      <c s="25" t="str" r="C262"/>
+      <c s="23" t="inlineStr" r="D262">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E262">
+        <v>13.85</v>
+      </c>
+      <c s="30" r="F262">
+        <v>17.37</v>
+      </c>
+      <c s="30" r="G262">
+        <v>19.01</v>
+      </c>
+      <c s="6" t="str" r="H262"/>
+      <c s="30" r="I262">
+        <v>12.93</v>
+      </c>
+      <c s="30" r="J262">
+        <v>10.78</v>
+      </c>
+    </row>
+    <row r="263" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B263"/>
+      <c s="25" t="str" r="C263"/>
+      <c s="23" t="inlineStr" r="D263">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E263">
+        <v>31.17</v>
+      </c>
+      <c s="30" r="F263">
+        <v>23.74</v>
+      </c>
+      <c s="30" r="G263">
+        <v>31.34</v>
+      </c>
+      <c s="6" t="str" r="H263"/>
+      <c s="30" r="I263">
+        <v>35.86</v>
+      </c>
+      <c s="30" r="J263">
+        <v>35.48</v>
+      </c>
+    </row>
+    <row r="264" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B264"/>
+      <c s="25" t="str" r="C264"/>
+      <c s="10" t="inlineStr" r="D264">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E264">
+        <v>55.01</v>
+      </c>
+      <c s="31" r="F264">
+        <v>49.24</v>
+      </c>
+      <c s="31" r="G264">
+        <v>61.2</v>
+      </c>
+      <c s="6" t="str" r="H264"/>
+      <c s="31" r="I264">
+        <v>57.43</v>
+      </c>
+      <c s="31" r="J264">
+        <v>57.05</v>
+      </c>
+    </row>
+    <row r="265" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B265"/>
+      <c s="27" t="str" r="C265"/>
+      <c s="23" t="inlineStr" r="D265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H265"/>
+      <c s="23" t="inlineStr" r="I265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J265">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="266" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B266">
+        <is>
+          <t xml:space="preserve">Pain Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C266"/>
+      <c s="23" t="inlineStr" r="D266">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E266">
+        <v>85.95</v>
+      </c>
+      <c s="30" r="F266">
+        <v>56.31</v>
+      </c>
+      <c s="30" r="G266">
+        <v>50.52</v>
+      </c>
+      <c s="6" t="str" r="H266"/>
+      <c s="30" r="I266">
+        <v>50.41</v>
+      </c>
+      <c s="30" r="J266">
+        <v>20.91</v>
+      </c>
+    </row>
+    <row r="267" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B267"/>
+      <c s="25" t="str" r="C267"/>
+      <c s="23" t="inlineStr" r="D267">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E267">
+        <v>54.12</v>
+      </c>
+      <c s="30" r="F267">
+        <v>39.89</v>
+      </c>
+      <c s="30" r="G267">
+        <v>32.07</v>
+      </c>
+      <c s="6" t="str" r="H267"/>
+      <c s="30" r="I267">
+        <v>35.39</v>
+      </c>
+      <c s="30" r="J267">
+        <v>18.9</v>
+      </c>
+    </row>
+    <row r="268" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B268"/>
+      <c s="25" t="str" r="C268"/>
+      <c s="23" t="inlineStr" r="D268">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E268">
+        <v>123.4</v>
+      </c>
+      <c s="30" r="F268">
+        <v>92.88</v>
+      </c>
+      <c s="30" r="G268">
+        <v>73.14</v>
+      </c>
+      <c s="6" t="str" r="H268"/>
+      <c s="30" r="I268">
+        <v>68.71</v>
+      </c>
+      <c s="30" r="J268">
+        <v>20.92</v>
+      </c>
+    </row>
+    <row r="269" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B269"/>
+      <c s="25" t="str" r="C269"/>
+      <c s="10" t="inlineStr" r="D269">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E269">
+        <v>262.15</v>
+      </c>
+      <c s="31" r="F269">
+        <v>189.08</v>
+      </c>
+      <c s="31" r="G269">
+        <v>155.73</v>
+      </c>
+      <c s="6" t="str" r="H269"/>
+      <c s="31" r="I269">
+        <v>154.52</v>
+      </c>
+      <c s="31" r="J269">
+        <v>60.72</v>
+      </c>
+    </row>
+    <row r="270" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B270"/>
+      <c s="27" t="str" r="C270"/>
+      <c s="23" t="inlineStr" r="D270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H270"/>
+      <c s="23" t="inlineStr" r="I270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J270">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="271" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B271">
+        <is>
+          <t xml:space="preserve">Pediatric Anesthesiology (Anesthesiology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C271"/>
+      <c s="23" t="inlineStr" r="D271">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E271">
+        <v>5.35</v>
+      </c>
+      <c s="30" r="F271">
+        <v>8.04</v>
+      </c>
+      <c s="28" t="inlineStr" r="G271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H271"/>
+      <c s="28" t="inlineStr" r="I271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J271">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="272" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B272"/>
+      <c s="25" t="str" r="C272"/>
+      <c s="23" t="inlineStr" r="D272">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E272">
+        <v>6.4</v>
+      </c>
+      <c s="28" t="inlineStr" r="F272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H272"/>
+      <c s="28" t="inlineStr" r="I272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J272">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="273" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B273"/>
+      <c s="25" t="str" r="C273"/>
+      <c s="23" t="inlineStr" r="D273">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E273">
+        <v>24.16</v>
+      </c>
+      <c s="30" r="F273">
+        <v>15.61</v>
+      </c>
+      <c s="28" t="inlineStr" r="G273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H273"/>
+      <c s="28" t="inlineStr" r="I273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J273">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="274" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B274"/>
+      <c s="25" t="str" r="C274"/>
+      <c s="10" t="inlineStr" r="D274">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E274">
+        <v>35.51</v>
+      </c>
+      <c s="31" r="F274">
+        <v>27.82</v>
+      </c>
+      <c s="28" t="inlineStr" r="G274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H274"/>
+      <c s="28" t="inlineStr" r="I274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J274">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="275" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B275"/>
+      <c s="27" t="str" r="C275"/>
+      <c s="23" t="inlineStr" r="D275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H275"/>
+      <c s="23" t="inlineStr" r="I275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J275">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="276" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B276">
+        <is>
+          <t xml:space="preserve">Pediatric Cardiology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C276"/>
+      <c s="23" t="inlineStr" r="D276">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E276">
+        <v>10.71</v>
+      </c>
+      <c s="30" r="F276">
+        <v>9.15</v>
+      </c>
+      <c s="30" r="G276">
+        <v>10.61</v>
+      </c>
+      <c s="6" t="str" r="H276"/>
+      <c s="30" r="I276">
+        <v>7.39</v>
+      </c>
+      <c s="30" r="J276">
+        <v>13.48</v>
+      </c>
+    </row>
+    <row r="277" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B277"/>
+      <c s="25" t="str" r="C277"/>
+      <c s="23" t="inlineStr" r="D277">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E277">
+        <v>34.89</v>
+      </c>
+      <c s="30" r="F277">
+        <v>36.66</v>
+      </c>
+      <c s="30" r="G277">
+        <v>31.82</v>
+      </c>
+      <c s="6" t="str" r="H277"/>
+      <c s="30" r="I277">
+        <v>31.77</v>
+      </c>
+      <c s="30" r="J277">
+        <v>41.86</v>
+      </c>
+    </row>
+    <row r="278" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B278"/>
+      <c s="25" t="str" r="C278"/>
+      <c s="23" t="inlineStr" r="D278">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E278">
+        <v>35.48</v>
+      </c>
+      <c s="30" r="F278">
+        <v>35.55</v>
+      </c>
+      <c s="30" r="G278">
+        <v>39.21</v>
+      </c>
+      <c s="6" t="str" r="H278"/>
+      <c s="30" r="I278">
+        <v>36.91</v>
+      </c>
+      <c s="30" r="J278">
+        <v>36.15</v>
+      </c>
+    </row>
+    <row r="279" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B279"/>
+      <c s="25" t="str" r="C279"/>
+      <c s="10" t="inlineStr" r="D279">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E279">
+        <v>81.08</v>
+      </c>
+      <c s="31" r="F279">
+        <v>81.35</v>
+      </c>
+      <c s="31" r="G279">
+        <v>81.65</v>
+      </c>
+      <c s="6" t="str" r="H279"/>
+      <c s="31" r="I279">
+        <v>76.06</v>
+      </c>
+      <c s="31" r="J279">
+        <v>91.29</v>
+      </c>
+    </row>
+    <row r="280" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B280"/>
+      <c s="27" t="str" r="C280"/>
+      <c s="23" t="inlineStr" r="D280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H280"/>
+      <c s="23" t="inlineStr" r="I280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J280">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="281" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B281">
+        <is>
+          <t xml:space="preserve">Pediatric Critical Care Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C281"/>
+      <c s="23" t="inlineStr" r="D281">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E281">
+        <v>12.47</v>
+      </c>
+      <c s="30" r="F281">
+        <v>11.29</v>
+      </c>
+      <c s="30" r="G281">
+        <v>17.46</v>
+      </c>
+      <c s="6" t="str" r="H281"/>
+      <c s="30" r="I281">
+        <v>11.39</v>
+      </c>
+      <c s="30" r="J281">
+        <v>13.92</v>
+      </c>
+    </row>
+    <row r="282" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B282"/>
+      <c s="25" t="str" r="C282"/>
+      <c s="23" t="inlineStr" r="D282">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E282">
+        <v>33.41</v>
+      </c>
+      <c s="30" r="F282">
+        <v>33.2</v>
+      </c>
+      <c s="30" r="G282">
+        <v>23.09</v>
+      </c>
+      <c s="6" t="str" r="H282"/>
+      <c s="30" r="I282">
+        <v>21.86</v>
+      </c>
+      <c s="30" r="J282">
+        <v>23.24</v>
+      </c>
+    </row>
+    <row r="283" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B283"/>
+      <c s="25" t="str" r="C283"/>
+      <c s="23" t="inlineStr" r="D283">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E283">
+        <v>44.76</v>
+      </c>
+      <c s="30" r="F283">
+        <v>41.45</v>
+      </c>
+      <c s="30" r="G283">
+        <v>35.92</v>
+      </c>
+      <c s="6" t="str" r="H283"/>
+      <c s="30" r="I283">
+        <v>37.78</v>
+      </c>
+      <c s="30" r="J283">
+        <v>26.92</v>
+      </c>
+    </row>
+    <row r="284" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B284"/>
+      <c s="25" t="str" r="C284"/>
+      <c s="10" t="inlineStr" r="D284">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E284">
+        <v>90.48</v>
+      </c>
+      <c s="31" r="F284">
+        <v>85.25</v>
+      </c>
+      <c s="31" r="G284">
+        <v>76.25</v>
+      </c>
+      <c s="6" t="str" r="H284"/>
+      <c s="31" r="I284">
+        <v>70.39</v>
+      </c>
+      <c s="31" r="J284">
+        <v>64.09</v>
+      </c>
+    </row>
+    <row r="285" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B285"/>
+      <c s="27" t="str" r="C285"/>
+      <c s="23" t="inlineStr" r="D285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H285"/>
+      <c s="23" t="inlineStr" r="I285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J285">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="286" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B286">
+        <is>
+          <t xml:space="preserve">Pediatric Emergency Medicine (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C286"/>
+      <c s="23" t="inlineStr" r="D286">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E286">
+        <v>19.46</v>
+      </c>
+      <c s="30" r="F286">
+        <v>20.39</v>
+      </c>
+      <c s="30" r="G286">
+        <v>14.96</v>
+      </c>
+      <c s="6" t="str" r="H286"/>
+      <c s="30" r="I286">
+        <v>10</v>
+      </c>
+      <c s="30" r="J286">
+        <v>8.37</v>
+      </c>
+    </row>
+    <row r="287" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B287"/>
+      <c s="25" t="str" r="C287"/>
+      <c s="23" t="inlineStr" r="D287">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E287">
+        <v>35</v>
+      </c>
+      <c s="30" r="F287">
+        <v>26.39</v>
+      </c>
+      <c s="30" r="G287">
+        <v>18.7</v>
+      </c>
+      <c s="6" t="str" r="H287"/>
+      <c s="30" r="I287">
+        <v>15.43</v>
+      </c>
+      <c s="30" r="J287">
+        <v>15.7</v>
+      </c>
+    </row>
+    <row r="288" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B288"/>
+      <c s="25" t="str" r="C288"/>
+      <c s="23" t="inlineStr" r="D288">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E288">
+        <v>40.38</v>
+      </c>
+      <c s="30" r="F288">
+        <v>37.39</v>
+      </c>
+      <c s="30" r="G288">
+        <v>23.37</v>
+      </c>
+      <c s="6" t="str" r="H288"/>
+      <c s="30" r="I288">
+        <v>13</v>
+      </c>
+      <c s="30" r="J288">
+        <v>17.17</v>
+      </c>
+    </row>
+    <row r="289" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B289"/>
+      <c s="25" t="str" r="C289"/>
+      <c s="10" t="inlineStr" r="D289">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E289">
+        <v>94.85</v>
+      </c>
+      <c s="31" r="F289">
+        <v>84.18</v>
+      </c>
+      <c s="31" r="G289">
+        <v>57.04</v>
+      </c>
+      <c s="6" t="str" r="H289"/>
+      <c s="31" r="I289">
+        <v>38.43</v>
+      </c>
+      <c s="31" r="J289">
+        <v>41.23</v>
+      </c>
+    </row>
+    <row r="290" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B290"/>
+      <c s="27" t="str" r="C290"/>
+      <c s="23" t="inlineStr" r="D290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H290"/>
+      <c s="23" t="inlineStr" r="I290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J290">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="291" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B291">
+        <is>
+          <t xml:space="preserve">Pediatric Emergency Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C291"/>
+      <c s="23" t="inlineStr" r="D291">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E291">
+        <v>22.38</v>
+      </c>
+      <c s="30" r="F291">
+        <v>21.84</v>
+      </c>
+      <c s="30" r="G291">
+        <v>16.45</v>
+      </c>
+      <c s="6" t="str" r="H291"/>
+      <c s="30" r="I291">
+        <v>13.65</v>
+      </c>
+      <c s="30" r="J291">
+        <v>12.79</v>
+      </c>
+    </row>
+    <row r="292" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B292"/>
+      <c s="25" t="str" r="C292"/>
+      <c s="23" t="inlineStr" r="D292">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E292">
+        <v>38.56</v>
+      </c>
+      <c s="30" r="F292">
+        <v>29.39</v>
+      </c>
+      <c s="30" r="G292">
+        <v>24.24</v>
+      </c>
+      <c s="6" t="str" r="H292"/>
+      <c s="30" r="I292">
+        <v>21.68</v>
+      </c>
+      <c s="30" r="J292">
+        <v>19.54</v>
+      </c>
+    </row>
+    <row r="293" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B293"/>
+      <c s="25" t="str" r="C293"/>
+      <c s="23" t="inlineStr" r="D293">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E293">
+        <v>66.67</v>
+      </c>
+      <c s="30" r="F293">
+        <v>52.82</v>
+      </c>
+      <c s="30" r="G293">
+        <v>34.07</v>
+      </c>
+      <c s="6" t="str" r="H293"/>
+      <c s="30" r="I293">
+        <v>29.47</v>
+      </c>
+      <c s="30" r="J293">
+        <v>27.2</v>
+      </c>
+    </row>
+    <row r="294" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B294"/>
+      <c s="25" t="str" r="C294"/>
+      <c s="10" t="inlineStr" r="D294">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E294">
+        <v>127.62</v>
+      </c>
+      <c s="31" r="F294">
+        <v>104.05</v>
+      </c>
+      <c s="31" r="G294">
+        <v>74.76</v>
+      </c>
+      <c s="6" t="str" r="H294"/>
+      <c s="31" r="I294">
+        <v>64.8</v>
+      </c>
+      <c s="31" r="J294">
+        <v>59.52</v>
+      </c>
+    </row>
+    <row r="295" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B295"/>
+      <c s="27" t="str" r="C295"/>
+      <c s="23" t="inlineStr" r="D295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H295"/>
+      <c s="23" t="inlineStr" r="I295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J295">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="296" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B296">
+        <is>
+          <t xml:space="preserve">Pediatric Endocrinology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C296"/>
+      <c s="23" t="inlineStr" r="D296">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E296">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F296">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G296">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H296"/>
+      <c s="28" t="inlineStr" r="I296">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J296">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="297" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B297"/>
+      <c s="25" t="str" r="C297"/>
+      <c s="23" t="inlineStr" r="D297">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E297">
+        <v>9.16</v>
+      </c>
+      <c s="30" r="F297">
+        <v>13.29</v>
+      </c>
+      <c s="30" r="G297">
+        <v>11.16</v>
+      </c>
+      <c s="6" t="str" r="H297"/>
+      <c s="30" r="I297">
+        <v>8.35</v>
+      </c>
+      <c s="30" r="J297">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="298" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B298"/>
+      <c s="25" t="str" r="C298"/>
+      <c s="23" t="inlineStr" r="D298">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E298">
+        <v>6.88</v>
+      </c>
+      <c s="30" r="F298">
+        <v>6.31</v>
+      </c>
+      <c s="28" t="inlineStr" r="G298">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H298"/>
+      <c s="30" r="I298">
+        <v>5.73</v>
+      </c>
+      <c s="30" r="J298">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="299" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B299"/>
+      <c s="25" t="str" r="C299"/>
+      <c s="10" t="inlineStr" r="D299">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E299">
+        <v>19.39</v>
+      </c>
+      <c s="31" r="F299">
+        <v>22.2</v>
+      </c>
+      <c s="31" r="G299">
+        <v>18.03</v>
+      </c>
+      <c s="6" t="str" r="H299"/>
+      <c s="31" r="I299">
+        <v>15.29</v>
+      </c>
+      <c s="31" r="J299">
+        <v>13.18</v>
+      </c>
+    </row>
+    <row r="300" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B300"/>
+      <c s="27" t="str" r="C300"/>
+      <c s="23" t="inlineStr" r="D300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H300"/>
+      <c s="23" t="inlineStr" r="I300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J300">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="301" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B301">
+        <is>
+          <t xml:space="preserve">Pediatric Gastroenterology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C301"/>
+      <c s="23" t="inlineStr" r="D301">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E301">
+        <v>9.09</v>
+      </c>
+      <c s="30" r="F301">
+        <v>11.83</v>
+      </c>
+      <c s="28" t="inlineStr" r="G301">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H301"/>
+      <c s="30" r="I301">
+        <v>5.6</v>
+      </c>
+      <c s="30" r="J301">
+        <v>7.48</v>
+      </c>
+    </row>
+    <row r="302" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B302"/>
+      <c s="25" t="str" r="C302"/>
+      <c s="23" t="inlineStr" r="D302">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E302">
+        <v>27.58</v>
+      </c>
+      <c s="30" r="F302">
+        <v>32.6</v>
+      </c>
+      <c s="30" r="G302">
+        <v>26.36</v>
+      </c>
+      <c s="6" t="str" r="H302"/>
+      <c s="30" r="I302">
+        <v>30.37</v>
+      </c>
+      <c s="30" r="J302">
+        <v>21.97</v>
+      </c>
+    </row>
+    <row r="303" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B303"/>
+      <c s="25" t="str" r="C303"/>
+      <c s="23" t="inlineStr" r="D303">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E303">
+        <v>20.92</v>
+      </c>
+      <c s="30" r="F303">
+        <v>16.7</v>
+      </c>
+      <c s="30" r="G303">
+        <v>18.43</v>
+      </c>
+      <c s="6" t="str" r="H303"/>
+      <c s="30" r="I303">
+        <v>12.15</v>
+      </c>
+      <c s="30" r="J303">
+        <v>17.91</v>
+      </c>
+    </row>
+    <row r="304" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B304"/>
+      <c s="25" t="str" r="C304"/>
+      <c s="10" t="inlineStr" r="D304">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E304">
+        <v>57.6</v>
+      </c>
+      <c s="31" r="F304">
+        <v>61.13</v>
+      </c>
+      <c s="31" r="G304">
+        <v>47.87</v>
+      </c>
+      <c s="6" t="str" r="H304"/>
+      <c s="31" r="I304">
+        <v>47.83</v>
+      </c>
+      <c s="31" r="J304">
+        <v>47.36</v>
+      </c>
+    </row>
+    <row r="305" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B305"/>
+      <c s="27" t="str" r="C305"/>
+      <c s="23" t="inlineStr" r="D305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H305"/>
+      <c s="23" t="inlineStr" r="I305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J305">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="306" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B306">
+        <is>
+          <t xml:space="preserve">Pediatric Hematology/Oncology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C306"/>
+      <c s="23" t="inlineStr" r="D306">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E306">
+        <v>8.93</v>
+      </c>
+      <c s="30" r="F306">
+        <v>7.09</v>
+      </c>
+      <c s="28" t="inlineStr" r="G306">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H306"/>
+      <c s="30" r="I306">
+        <v>6.66</v>
+      </c>
+      <c s="30" r="J306">
+        <v>6.28</v>
+      </c>
+    </row>
+    <row r="307" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B307"/>
+      <c s="25" t="str" r="C307"/>
+      <c s="23" t="inlineStr" r="D307">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E307">
+        <v>21.89</v>
+      </c>
+      <c s="30" r="F307">
+        <v>19.95</v>
+      </c>
+      <c s="30" r="G307">
+        <v>14.57</v>
+      </c>
+      <c s="6" t="str" r="H307"/>
+      <c s="30" r="I307">
+        <v>15.38</v>
+      </c>
+      <c s="30" r="J307">
+        <v>13.57</v>
+      </c>
+    </row>
+    <row r="308" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B308"/>
+      <c s="25" t="str" r="C308"/>
+      <c s="23" t="inlineStr" r="D308">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E308">
+        <v>19.39</v>
+      </c>
+      <c s="30" r="F308">
+        <v>20.35</v>
+      </c>
+      <c s="30" r="G308">
+        <v>18.36</v>
+      </c>
+      <c s="6" t="str" r="H308"/>
+      <c s="30" r="I308">
+        <v>18.58</v>
+      </c>
+      <c s="30" r="J308">
+        <v>17.95</v>
+      </c>
+    </row>
+    <row r="309" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B309"/>
+      <c s="25" t="str" r="C309"/>
+      <c s="10" t="inlineStr" r="D309">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E309">
+        <v>49.95</v>
+      </c>
+      <c s="31" r="F309">
+        <v>46.42</v>
+      </c>
+      <c s="31" r="G309">
+        <v>36.72</v>
+      </c>
+      <c s="6" t="str" r="H309"/>
+      <c s="31" r="I309">
+        <v>40.62</v>
+      </c>
+      <c s="31" r="J309">
+        <v>37.48</v>
+      </c>
+    </row>
+    <row r="310" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B310"/>
+      <c s="27" t="str" r="C310"/>
+      <c s="23" t="inlineStr" r="D310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H310"/>
+      <c s="23" t="inlineStr" r="I310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J310">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="311" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B311">
+        <is>
+          <t xml:space="preserve">Pediatric Hospital Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C311"/>
+      <c s="23" t="inlineStr" r="D311">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E311">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F311">
+        <v>7.46</v>
+      </c>
+      <c s="30" r="G311">
+        <v>5.96</v>
+      </c>
+      <c s="6" t="str" r="H311"/>
+      <c s="30" r="I311">
+        <v>5.81</v>
+      </c>
+      <c s="28" t="inlineStr" r="J311">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B312"/>
+      <c s="25" t="str" r="C312"/>
+      <c s="23" t="inlineStr" r="D312">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E312">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F312">
+        <v>5.71</v>
+      </c>
+      <c s="30" r="G312">
+        <v>7.9</v>
+      </c>
+      <c s="6" t="str" r="H312"/>
+      <c s="28" t="inlineStr" r="I312">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J312">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B313"/>
+      <c s="25" t="str" r="C313"/>
+      <c s="23" t="inlineStr" r="D313">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E313">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F313">
+        <v>25.68</v>
+      </c>
+      <c s="30" r="G313">
+        <v>22.77</v>
+      </c>
+      <c s="6" t="str" r="H313"/>
+      <c s="30" r="I313">
+        <v>18.36</v>
+      </c>
+      <c s="30" r="J313">
+        <v>17.96</v>
+      </c>
+    </row>
+    <row r="314" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B314"/>
+      <c s="25" t="str" r="C314"/>
+      <c s="10" t="inlineStr" r="D314">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E314">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F314">
+        <v>38.74</v>
+      </c>
+      <c s="31" r="G314">
+        <v>36.63</v>
+      </c>
+      <c s="6" t="str" r="H314"/>
+      <c s="31" r="I314">
+        <v>28.33</v>
+      </c>
+      <c s="31" r="J314">
+        <v>26.36</v>
+      </c>
+    </row>
+    <row r="315" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B315"/>
+      <c s="27" t="str" r="C315"/>
+      <c s="23" t="inlineStr" r="D315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H315"/>
+      <c s="23" t="inlineStr" r="I315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J315">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="316" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B316">
+        <is>
+          <t xml:space="preserve">Pediatric Infectious Diseases (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C316"/>
+      <c s="23" t="inlineStr" r="D316">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E316">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F316">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G316">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H316"/>
+      <c s="28" t="inlineStr" r="I316">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J316">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="317" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B317"/>
+      <c s="25" t="str" r="C317"/>
+      <c s="23" t="inlineStr" r="D317">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E317">
+        <v>11.48</v>
+      </c>
+      <c s="28" t="inlineStr" r="F317">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G317">
+        <v>5.83</v>
+      </c>
+      <c s="6" t="str" r="H317"/>
+      <c s="30" r="I317">
+        <v>5.35</v>
+      </c>
+      <c s="30" r="J317">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="318" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B318"/>
+      <c s="25" t="str" r="C318"/>
+      <c s="23" t="inlineStr" r="D318">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E318">
+        <v>5.98</v>
+      </c>
+      <c s="30" r="F318">
+        <v>7.25</v>
+      </c>
+      <c s="30" r="G318">
+        <v>6.92</v>
+      </c>
+      <c s="6" t="str" r="H318"/>
+      <c s="30" r="I318">
+        <v>6.3</v>
+      </c>
+      <c s="30" r="J318">
+        <v>5.89</v>
+      </c>
+    </row>
+    <row r="319" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B319"/>
+      <c s="25" t="str" r="C319"/>
+      <c s="10" t="inlineStr" r="D319">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E319">
+        <v>18.07</v>
+      </c>
+      <c s="31" r="F319">
+        <v>12.2</v>
+      </c>
+      <c s="31" r="G319">
+        <v>12.62</v>
+      </c>
+      <c s="6" t="str" r="H319"/>
+      <c s="31" r="I319">
+        <v>13.75</v>
+      </c>
+      <c s="31" r="J319">
+        <v>13.17</v>
+      </c>
+    </row>
+    <row r="320" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B320"/>
+      <c s="27" t="str" r="C320"/>
+      <c s="23" t="inlineStr" r="D320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H320"/>
+      <c s="23" t="inlineStr" r="I320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J320">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="321" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B321">
+        <is>
+          <t xml:space="preserve">Pediatric Nephrology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C321"/>
+      <c s="23" t="inlineStr" r="D321">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E321">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F321">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G321">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H321"/>
+      <c s="28" t="inlineStr" r="I321">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J321">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B322"/>
+      <c s="25" t="str" r="C322"/>
+      <c s="23" t="inlineStr" r="D322">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E322">
+        <v>6.09</v>
+      </c>
+      <c s="28" t="inlineStr" r="F322">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G322">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H322"/>
+      <c s="28" t="inlineStr" r="I322">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J322">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="323" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B323"/>
+      <c s="25" t="str" r="C323"/>
+      <c s="23" t="inlineStr" r="D323">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E323">
+        <v>6.22</v>
+      </c>
+      <c s="28" t="inlineStr" r="F323">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G323">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H323"/>
+      <c s="28" t="inlineStr" r="I323">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J323">
+        <v>5.4</v>
+      </c>
+    </row>
+    <row r="324" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B324"/>
+      <c s="25" t="str" r="C324"/>
+      <c s="10" t="inlineStr" r="D324">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E324">
+        <v>14.67</v>
+      </c>
+      <c s="31" r="F324">
+        <v>10.74</v>
+      </c>
+      <c s="31" r="G324">
+        <v>12.78</v>
+      </c>
+      <c s="6" t="str" r="H324"/>
+      <c s="31" r="I324">
+        <v>8.29</v>
+      </c>
+      <c s="31" r="J324">
+        <v>7.15</v>
+      </c>
+    </row>
+    <row r="325" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B325"/>
+      <c s="27" t="str" r="C325"/>
+      <c s="23" t="inlineStr" r="D325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H325"/>
+      <c s="23" t="inlineStr" r="I325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J325">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="326" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B326">
+        <is>
+          <t xml:space="preserve">Pediatric Pulmonology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C326"/>
+      <c s="23" t="inlineStr" r="D326">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E326">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F326">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G326">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H326"/>
+      <c s="28" t="inlineStr" r="I326">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J326">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="327" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B327"/>
+      <c s="25" t="str" r="C327"/>
+      <c s="23" t="inlineStr" r="D327">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E327">
+        <v>10.59</v>
+      </c>
+      <c s="30" r="F327">
+        <v>10.8</v>
+      </c>
+      <c s="30" r="G327">
+        <v>6.46</v>
+      </c>
+      <c s="6" t="str" r="H327"/>
+      <c s="30" r="I327">
+        <v>9.09</v>
+      </c>
+      <c s="30" r="J327">
+        <v>5.11</v>
+      </c>
+    </row>
+    <row r="328" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B328"/>
+      <c s="25" t="str" r="C328"/>
+      <c s="23" t="inlineStr" r="D328">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E328">
+        <v>7.98</v>
+      </c>
+      <c s="30" r="F328">
+        <v>8.96</v>
+      </c>
+      <c s="30" r="G328">
+        <v>8</v>
+      </c>
+      <c s="6" t="str" r="H328"/>
+      <c s="30" r="I328">
+        <v>5.69</v>
+      </c>
+      <c s="30" r="J328">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="329" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B329"/>
+      <c s="25" t="str" r="C329"/>
+      <c s="10" t="inlineStr" r="D329">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E329">
+        <v>20.7</v>
+      </c>
+      <c s="31" r="F329">
+        <v>22</v>
+      </c>
+      <c s="31" r="G329">
+        <v>16.75</v>
+      </c>
+      <c s="6" t="str" r="H329"/>
+      <c s="31" r="I329">
+        <v>15.52</v>
+      </c>
+      <c s="31" r="J329">
+        <v>13.28</v>
+      </c>
+    </row>
+    <row r="330" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B330"/>
+      <c s="27" t="str" r="C330"/>
+      <c s="23" t="inlineStr" r="D330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H330"/>
+      <c s="23" t="inlineStr" r="I330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J330">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="331" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B331">
+        <is>
+          <t xml:space="preserve">Pediatric Rehabilitation Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C331"/>
+      <c s="23" t="inlineStr" r="D331">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H331"/>
+      <c s="28" t="inlineStr" r="I331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J331">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B332"/>
+      <c s="25" t="str" r="C332"/>
+      <c s="23" t="inlineStr" r="D332">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H332"/>
+      <c s="28" t="inlineStr" r="I332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J332">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="333" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B333"/>
+      <c s="25" t="str" r="C333"/>
+      <c s="23" t="inlineStr" r="D333">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E333">
+        <v>14.73</v>
+      </c>
+      <c s="30" r="F333">
+        <v>5.86</v>
+      </c>
+      <c s="28" t="inlineStr" r="G333">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H333"/>
+      <c s="28" t="inlineStr" r="I333">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J333">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="334" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B334"/>
+      <c s="25" t="str" r="C334"/>
+      <c s="10" t="inlineStr" r="D334">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E334">
+        <v>18.68</v>
+      </c>
+      <c s="31" r="F334">
+        <v>8.23</v>
+      </c>
+      <c s="31" r="G334">
+        <v>7.77</v>
+      </c>
+      <c s="6" t="str" r="H334"/>
+      <c s="31" r="I334">
+        <v>8</v>
+      </c>
+      <c s="31" r="J334">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="335" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B335"/>
+      <c s="27" t="str" r="C335"/>
+      <c s="23" t="inlineStr" r="D335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H335"/>
+      <c s="23" t="inlineStr" r="I335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J335">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="336" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B336">
+        <is>
+          <t xml:space="preserve">Pediatric Rheumatology (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C336"/>
+      <c s="23" t="inlineStr" r="D336">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H336"/>
+      <c s="28" t="inlineStr" r="I336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J336">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="337" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B337"/>
+      <c s="25" t="str" r="C337"/>
+      <c s="23" t="inlineStr" r="D337">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E337">
+        <v>6.78</v>
+      </c>
+      <c s="30" r="F337">
+        <v>5.74</v>
+      </c>
+      <c s="28" t="inlineStr" r="G337">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H337"/>
+      <c s="28" t="inlineStr" r="I337">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J337">
+        <v>5.85</v>
+      </c>
+    </row>
+    <row r="338" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B338"/>
+      <c s="25" t="str" r="C338"/>
+      <c s="23" t="inlineStr" r="D338">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E338">
+        <v>9.38</v>
+      </c>
+      <c s="30" r="F338">
+        <v>5.36</v>
+      </c>
+      <c s="30" r="G338">
+        <v>8.05</v>
+      </c>
+      <c s="6" t="str" r="H338"/>
+      <c s="28" t="inlineStr" r="I338">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J338">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="339" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B339"/>
+      <c s="25" t="str" r="C339"/>
+      <c s="10" t="inlineStr" r="D339">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E339">
+        <v>17.66</v>
+      </c>
+      <c s="31" r="F339">
+        <v>11.53</v>
+      </c>
+      <c s="31" r="G339">
+        <v>13.7</v>
+      </c>
+      <c s="6" t="str" r="H339"/>
+      <c s="31" r="I339">
+        <v>11.34</v>
+      </c>
+      <c s="31" r="J339">
+        <v>10.29</v>
+      </c>
+    </row>
+    <row r="340" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B340"/>
+      <c s="27" t="str" r="C340"/>
+      <c s="23" t="inlineStr" r="D340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H340"/>
+      <c s="23" t="inlineStr" r="I340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J340">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="341" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B341">
+        <is>
+          <t xml:space="preserve">Pediatric Surgery (General Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C341"/>
+      <c s="23" t="inlineStr" r="D341">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H341"/>
+      <c s="28" t="inlineStr" r="I341">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J341">
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="342" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B342"/>
+      <c s="25" t="str" r="C342"/>
+      <c s="23" t="inlineStr" r="D342">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E342">
+        <v>7.2</v>
+      </c>
+      <c s="30" r="F342">
+        <v>8.04</v>
+      </c>
+      <c s="30" r="G342">
+        <v>5.23</v>
+      </c>
+      <c s="6" t="str" r="H342"/>
+      <c s="28" t="inlineStr" r="I342">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J342">
+        <v>5.1</v>
+      </c>
+    </row>
+    <row r="343" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B343"/>
+      <c s="25" t="str" r="C343"/>
+      <c s="23" t="inlineStr" r="D343">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E343">
+        <v>66.14</v>
+      </c>
+      <c s="30" r="F343">
+        <v>53.27</v>
+      </c>
+      <c s="30" r="G343">
+        <v>56.63</v>
+      </c>
+      <c s="6" t="str" r="H343"/>
+      <c s="30" r="I343">
+        <v>57.39</v>
+      </c>
+      <c s="30" r="J343">
+        <v>67.94</v>
+      </c>
+    </row>
+    <row r="344" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B344"/>
+      <c s="25" t="str" r="C344"/>
+      <c s="10" t="inlineStr" r="D344">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E344">
+        <v>74.24</v>
+      </c>
+      <c s="31" r="F344">
+        <v>62.31</v>
+      </c>
+      <c s="31" r="G344">
+        <v>62.85</v>
+      </c>
+      <c s="6" t="str" r="H344"/>
+      <c s="31" r="I344">
+        <v>63.26</v>
+      </c>
+      <c s="31" r="J344">
+        <v>78.86</v>
+      </c>
+    </row>
+    <row r="345" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B345"/>
+      <c s="27" t="str" r="C345"/>
+      <c s="23" t="inlineStr" r="D345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H345"/>
+      <c s="23" t="inlineStr" r="I345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J345">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="346" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B346">
+        <is>
+          <t xml:space="preserve">Pediatric Transplant Hepatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C346"/>
+      <c s="23" t="inlineStr" r="D346">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H346"/>
+      <c s="28" t="inlineStr" r="I346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J346">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B347"/>
+      <c s="25" t="str" r="C347"/>
+      <c s="23" t="inlineStr" r="D347">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H347"/>
+      <c s="28" t="inlineStr" r="I347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J347">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="348" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B348"/>
+      <c s="25" t="str" r="C348"/>
+      <c s="23" t="inlineStr" r="D348">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E348">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F348">
+        <v>5.64</v>
+      </c>
+      <c s="28" t="inlineStr" r="G348">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H348"/>
+      <c s="28" t="inlineStr" r="I348">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J348">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="349" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B349"/>
+      <c s="25" t="str" r="C349"/>
+      <c s="10" t="inlineStr" r="D349">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E349">
+        <v>6.4</v>
+      </c>
+      <c s="31" r="F349">
+        <v>9.47</v>
+      </c>
+      <c s="29" t="inlineStr" r="G349">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H349"/>
+      <c s="31" r="I349">
+        <v>5.93</v>
+      </c>
+      <c s="31" r="J349">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="350" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B350"/>
+      <c s="27" t="str" r="C350"/>
+      <c s="23" t="inlineStr" r="D350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H350"/>
+      <c s="23" t="inlineStr" r="I350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J350">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="351" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B351">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C351"/>
+      <c s="23" t="inlineStr" r="D351">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E351">
+        <v>11.93</v>
+      </c>
+      <c s="30" r="F351">
+        <v>10.86</v>
+      </c>
+      <c s="30" r="G351">
+        <v>6.81</v>
+      </c>
+      <c s="6" t="str" r="H351"/>
+      <c s="30" r="I351">
+        <v>8.5</v>
+      </c>
+      <c s="30" r="J351">
+        <v>10.3</v>
+      </c>
+    </row>
+    <row r="352" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B352"/>
+      <c s="25" t="str" r="C352"/>
+      <c s="23" t="inlineStr" r="D352">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E352">
+        <v>60.75</v>
+      </c>
+      <c s="30" r="F352">
+        <v>69.71</v>
+      </c>
+      <c s="30" r="G352">
+        <v>57.19</v>
+      </c>
+      <c s="6" t="str" r="H352"/>
+      <c s="30" r="I352">
+        <v>66.43</v>
+      </c>
+      <c s="30" r="J352">
+        <v>66.5</v>
+      </c>
+    </row>
+    <row r="353" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B353"/>
+      <c s="25" t="str" r="C353"/>
+      <c s="23" t="inlineStr" r="D353">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H353"/>
+      <c s="28" t="inlineStr" r="I353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J353">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="354" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B354"/>
+      <c s="25" t="str" r="C354"/>
+      <c s="10" t="inlineStr" r="D354">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E354">
+        <v>74.88</v>
+      </c>
+      <c s="31" r="F354">
+        <v>84.29</v>
+      </c>
+      <c s="31" r="G354">
+        <v>66.69</v>
+      </c>
+      <c s="6" t="str" r="H354"/>
+      <c s="31" r="I354">
+        <v>77.5</v>
+      </c>
+      <c s="31" r="J354">
+        <v>80.1</v>
+      </c>
+    </row>
+    <row r="355" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B355"/>
+      <c s="27" t="str" r="C355"/>
+      <c s="23" t="inlineStr" r="D355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H355"/>
+      <c s="23" t="inlineStr" r="I355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J355">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="356" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B356">
+        <is>
+          <t xml:space="preserve">Pulmonary Disease and Critical Care Medicine (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C356"/>
+      <c s="23" t="inlineStr" r="D356">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E356">
+        <v>74.58</v>
+      </c>
+      <c s="30" r="F356">
+        <v>59.05</v>
+      </c>
+      <c s="30" r="G356">
+        <v>57.67</v>
+      </c>
+      <c s="6" t="str" r="H356"/>
+      <c s="30" r="I356">
+        <v>66.99</v>
+      </c>
+      <c s="30" r="J356">
+        <v>74.46</v>
+      </c>
+    </row>
+    <row r="357" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B357"/>
+      <c s="25" t="str" r="C357"/>
+      <c s="23" t="inlineStr" r="D357">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E357">
+        <v>267.29</v>
+      </c>
+      <c s="30" r="F357">
+        <v>261.84</v>
+      </c>
+      <c s="30" r="G357">
+        <v>239.01</v>
+      </c>
+      <c s="6" t="str" r="H357"/>
+      <c s="30" r="I357">
+        <v>243.13</v>
+      </c>
+      <c s="30" r="J357">
+        <v>232.27</v>
+      </c>
+    </row>
+    <row r="358" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B358"/>
+      <c s="25" t="str" r="C358"/>
+      <c s="23" t="inlineStr" r="D358">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E358">
+        <v>86.27</v>
+      </c>
+      <c s="30" r="F358">
+        <v>75.93</v>
+      </c>
+      <c s="30" r="G358">
+        <v>78.93</v>
+      </c>
+      <c s="6" t="str" r="H358"/>
+      <c s="30" r="I358">
+        <v>65.9</v>
+      </c>
+      <c s="30" r="J358">
+        <v>70.93</v>
+      </c>
+    </row>
+    <row r="359" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B359"/>
+      <c s="25" t="str" r="C359"/>
+      <c s="10" t="inlineStr" r="D359">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E359">
+        <v>428.14</v>
+      </c>
+      <c s="31" r="F359">
+        <v>396.52</v>
+      </c>
+      <c s="31" r="G359">
+        <v>375.61</v>
+      </c>
+      <c s="6" t="str" r="H359"/>
+      <c s="31" r="I359">
+        <v>375.7</v>
+      </c>
+      <c s="31" r="J359">
+        <v>377.32</v>
+      </c>
+    </row>
+    <row r="360" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B360"/>
+      <c s="27" t="str" r="C360"/>
+      <c s="23" t="inlineStr" r="D360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H360"/>
+      <c s="23" t="inlineStr" r="I360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J360">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="361" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B361">
+        <is>
+          <t xml:space="preserve">Reproductive Endocrinology and Infertility</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C361"/>
+      <c s="23" t="inlineStr" r="D361">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H361"/>
+      <c s="28" t="inlineStr" r="I361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J361">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="362" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B362"/>
+      <c s="25" t="str" r="C362"/>
+      <c s="23" t="inlineStr" r="D362">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E362">
+        <v>10.43</v>
+      </c>
+      <c s="30" r="F362">
+        <v>11.02</v>
+      </c>
+      <c s="30" r="G362">
+        <v>7.72</v>
+      </c>
+      <c s="6" t="str" r="H362"/>
+      <c s="28" t="inlineStr" r="I362">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J362">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="363" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B363"/>
+      <c s="25" t="str" r="C363"/>
+      <c s="23" t="inlineStr" r="D363">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E363">
+        <v>53.13</v>
+      </c>
+      <c s="30" r="F363">
+        <v>52.65</v>
+      </c>
+      <c s="30" r="G363">
+        <v>47.71</v>
+      </c>
+      <c s="6" t="str" r="H363"/>
+      <c s="30" r="I363">
+        <v>57.75</v>
+      </c>
+      <c s="28" t="inlineStr" r="J363">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B364"/>
+      <c s="25" t="str" r="C364"/>
+      <c s="10" t="inlineStr" r="D364">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E364">
+        <v>67.02</v>
+      </c>
+      <c s="31" r="F364">
+        <v>66.93</v>
+      </c>
+      <c s="31" r="G364">
+        <v>57.34</v>
+      </c>
+      <c s="6" t="str" r="H364"/>
+      <c s="31" r="I364">
+        <v>64.4</v>
+      </c>
+      <c s="28" t="inlineStr" r="J364">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="365" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B365"/>
+      <c s="27" t="str" r="C365"/>
+      <c s="23" t="inlineStr" r="D365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H365"/>
+      <c s="23" t="inlineStr" r="I365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J365">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="366" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B366">
+        <is>
+          <t xml:space="preserve">Rheumatology (Internal Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C366"/>
+      <c s="23" t="inlineStr" r="D366">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E366">
+        <v>26.94</v>
+      </c>
+      <c s="30" r="F366">
+        <v>22.08</v>
+      </c>
+      <c s="30" r="G366">
+        <v>25.75</v>
+      </c>
+      <c s="6" t="str" r="H366"/>
+      <c s="30" r="I366">
+        <v>23.56</v>
+      </c>
+      <c s="30" r="J366">
+        <v>17.95</v>
+      </c>
+    </row>
+    <row r="367" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B367"/>
+      <c s="25" t="str" r="C367"/>
+      <c s="23" t="inlineStr" r="D367">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E367">
+        <v>123.63</v>
+      </c>
+      <c s="30" r="F367">
+        <v>111.37</v>
+      </c>
+      <c s="30" r="G367">
+        <v>109.79</v>
+      </c>
+      <c s="6" t="str" r="H367"/>
+      <c s="30" r="I367">
+        <v>119.46</v>
+      </c>
+      <c s="30" r="J367">
+        <v>113.75</v>
+      </c>
+    </row>
+    <row r="368" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B368"/>
+      <c s="25" t="str" r="C368"/>
+      <c s="23" t="inlineStr" r="D368">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E368">
+        <v>33.98</v>
+      </c>
+      <c s="30" r="F368">
+        <v>38.15</v>
+      </c>
+      <c s="30" r="G368">
+        <v>34.26</v>
+      </c>
+      <c s="6" t="str" r="H368"/>
+      <c s="30" r="I368">
+        <v>35.29</v>
+      </c>
+      <c s="30" r="J368">
+        <v>32.35</v>
+      </c>
+    </row>
+    <row r="369" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B369"/>
+      <c s="25" t="str" r="C369"/>
+      <c s="10" t="inlineStr" r="D369">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E369">
+        <v>184.54</v>
+      </c>
+      <c s="31" r="F369">
+        <v>171.6</v>
+      </c>
+      <c s="31" r="G369">
+        <v>169.81</v>
+      </c>
+      <c s="6" t="str" r="H369"/>
+      <c s="31" r="I369">
+        <v>177.77</v>
+      </c>
+      <c s="31" r="J369">
+        <v>163.91</v>
+      </c>
+    </row>
+    <row r="370" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B370"/>
+      <c s="27" t="str" r="C370"/>
+      <c s="23" t="inlineStr" r="D370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H370"/>
+      <c s="23" t="inlineStr" r="I370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J370">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="371" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B371">
+        <is>
+          <t xml:space="preserve">Sleep Medicine (Multidisciplinary)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C371"/>
+      <c s="23" t="inlineStr" r="D371">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E371">
+        <v>12.33</v>
+      </c>
+      <c s="30" r="F371">
+        <v>17.23</v>
+      </c>
+      <c s="30" r="G371">
+        <v>7.62</v>
+      </c>
+      <c s="6" t="str" r="H371"/>
+      <c s="30" r="I371">
+        <v>13.49</v>
+      </c>
+      <c s="30" r="J371">
+        <v>15.17</v>
+      </c>
+    </row>
+    <row r="372" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B372"/>
+      <c s="25" t="str" r="C372"/>
+      <c s="23" t="inlineStr" r="D372">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E372">
+        <v>42.33</v>
+      </c>
+      <c s="30" r="F372">
+        <v>42.71</v>
+      </c>
+      <c s="30" r="G372">
+        <v>47.82</v>
+      </c>
+      <c s="6" t="str" r="H372"/>
+      <c s="30" r="I372">
+        <v>34.47</v>
+      </c>
+      <c s="30" r="J372">
+        <v>46.18</v>
+      </c>
+    </row>
+    <row r="373" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B373"/>
+      <c s="25" t="str" r="C373"/>
+      <c s="23" t="inlineStr" r="D373">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E373">
+        <v>16.81</v>
+      </c>
+      <c s="30" r="F373">
+        <v>12.63</v>
+      </c>
+      <c s="30" r="G373">
+        <v>16.84</v>
+      </c>
+      <c s="6" t="str" r="H373"/>
+      <c s="30" r="I373">
+        <v>15.94</v>
+      </c>
+      <c s="30" r="J373">
+        <v>19.42</v>
+      </c>
+    </row>
+    <row r="374" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B374"/>
+      <c s="25" t="str" r="C374"/>
+      <c s="10" t="inlineStr" r="D374">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E374">
+        <v>71.47</v>
+      </c>
+      <c s="31" r="F374">
+        <v>72.22</v>
+      </c>
+      <c s="31" r="G374">
+        <v>72.28</v>
+      </c>
+      <c s="6" t="str" r="H374"/>
+      <c s="31" r="I374">
+        <v>63.9</v>
+      </c>
+      <c s="31" r="J374">
+        <v>80.57</v>
+      </c>
+    </row>
+    <row r="375" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B375"/>
+      <c s="27" t="str" r="C375"/>
+      <c s="23" t="inlineStr" r="D375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H375"/>
+      <c s="23" t="inlineStr" r="I375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J375">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="376" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B376">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Emergency Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C376"/>
+      <c s="23" t="inlineStr" r="D376">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E376">
+        <v>12.22</v>
+      </c>
+      <c s="30" r="F376">
+        <v>12.67</v>
+      </c>
+      <c s="30" r="G376">
+        <v>12.44</v>
+      </c>
+      <c s="6" t="str" r="H376"/>
+      <c s="30" r="I376">
+        <v>16.78</v>
+      </c>
+      <c s="30" r="J376">
+        <v>16.09</v>
+      </c>
+    </row>
+    <row r="377" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B377"/>
+      <c s="25" t="str" r="C377"/>
+      <c s="23" t="inlineStr" r="D377">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E377">
+        <v>9.67</v>
+      </c>
+      <c s="30" r="F377">
+        <v>7.78</v>
+      </c>
+      <c s="30" r="G377">
+        <v>10.44</v>
+      </c>
+      <c s="6" t="str" r="H377"/>
+      <c s="30" r="I377">
+        <v>10.11</v>
+      </c>
+      <c s="30" r="J377">
+        <v>19.18</v>
+      </c>
+    </row>
+    <row r="378" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B378"/>
+      <c s="25" t="str" r="C378"/>
+      <c s="23" t="inlineStr" r="D378">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E378">
+        <v>18.56</v>
+      </c>
+      <c s="30" r="F378">
+        <v>14.78</v>
+      </c>
+      <c s="30" r="G378">
+        <v>16.67</v>
+      </c>
+      <c s="6" t="str" r="H378"/>
+      <c s="30" r="I378">
+        <v>22.33</v>
+      </c>
+      <c s="30" r="J378">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="379" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B379"/>
+      <c s="25" t="str" r="C379"/>
+      <c s="10" t="inlineStr" r="D379">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E379">
+        <v>40.44</v>
+      </c>
+      <c s="31" r="F379">
+        <v>35.22</v>
+      </c>
+      <c s="31" r="G379">
+        <v>39.56</v>
+      </c>
+      <c s="6" t="str" r="H379"/>
+      <c s="31" r="I379">
+        <v>49.22</v>
+      </c>
+      <c s="31" r="J379">
+        <v>56.27</v>
+      </c>
+    </row>
+    <row r="380" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B380"/>
+      <c s="27" t="str" r="C380"/>
+      <c s="23" t="inlineStr" r="D380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H380"/>
+      <c s="23" t="inlineStr" r="I380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J380">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="381" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B381">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Family Medicine)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C381"/>
+      <c s="23" t="inlineStr" r="D381">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E381">
+        <v>25.78</v>
+      </c>
+      <c s="30" r="F381">
+        <v>38.15</v>
+      </c>
+      <c s="30" r="G381">
+        <v>31.25</v>
+      </c>
+      <c s="6" t="str" r="H381"/>
+      <c s="30" r="I381">
+        <v>34.52</v>
+      </c>
+      <c s="30" r="J381">
+        <v>34.26</v>
+      </c>
+    </row>
+    <row r="382" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B382"/>
+      <c s="25" t="str" r="C382"/>
+      <c s="23" t="inlineStr" r="D382">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E382">
+        <v>23.54</v>
+      </c>
+      <c s="30" r="F382">
+        <v>26.62</v>
+      </c>
+      <c s="30" r="G382">
+        <v>22.44</v>
+      </c>
+      <c s="6" t="str" r="H382"/>
+      <c s="30" r="I382">
+        <v>21.03</v>
+      </c>
+      <c s="30" r="J382">
+        <v>26.98</v>
+      </c>
+    </row>
+    <row r="383" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B383"/>
+      <c s="25" t="str" r="C383"/>
+      <c s="23" t="inlineStr" r="D383">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E383">
+        <v>28.87</v>
+      </c>
+      <c s="30" r="F383">
+        <v>24.51</v>
+      </c>
+      <c s="30" r="G383">
+        <v>24.26</v>
+      </c>
+      <c s="6" t="str" r="H383"/>
+      <c s="30" r="I383">
+        <v>27.31</v>
+      </c>
+      <c s="30" r="J383">
+        <v>29.09</v>
+      </c>
+    </row>
+    <row r="384" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B384"/>
+      <c s="25" t="str" r="C384"/>
+      <c s="10" t="inlineStr" r="D384">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E384">
+        <v>77.84</v>
+      </c>
+      <c s="31" r="F384">
+        <v>88.87</v>
+      </c>
+      <c s="31" r="G384">
+        <v>77.61</v>
+      </c>
+      <c s="6" t="str" r="H384"/>
+      <c s="31" r="I384">
+        <v>82.85</v>
+      </c>
+      <c s="31" r="J384">
+        <v>90.33</v>
+      </c>
+    </row>
+    <row r="385" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B385"/>
+      <c s="27" t="str" r="C385"/>
+      <c s="23" t="inlineStr" r="D385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H385"/>
+      <c s="23" t="inlineStr" r="I385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J385">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="386" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B386">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Pediatrics)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C386"/>
+      <c s="23" t="inlineStr" r="D386">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E386">
+        <v>16.29</v>
+      </c>
+      <c s="30" r="F386">
+        <v>14.12</v>
+      </c>
+      <c s="30" r="G386">
+        <v>12.47</v>
+      </c>
+      <c s="6" t="str" r="H386"/>
+      <c s="30" r="I386">
+        <v>17.12</v>
+      </c>
+      <c s="30" r="J386">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="387" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B387"/>
+      <c s="25" t="str" r="C387"/>
+      <c s="23" t="inlineStr" r="D387">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E387">
+        <v>6.65</v>
+      </c>
+      <c s="30" r="F387">
+        <v>7.06</v>
+      </c>
+      <c s="30" r="G387">
+        <v>13.53</v>
+      </c>
+      <c s="6" t="str" r="H387"/>
+      <c s="30" r="I387">
+        <v>9.94</v>
+      </c>
+      <c s="30" r="J387">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="388" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B388"/>
+      <c s="25" t="str" r="C388"/>
+      <c s="23" t="inlineStr" r="D388">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E388">
+        <v>23.76</v>
+      </c>
+      <c s="30" r="F388">
+        <v>17.25</v>
+      </c>
+      <c s="30" r="G388">
+        <v>22.82</v>
+      </c>
+      <c s="6" t="str" r="H388"/>
+      <c s="30" r="I388">
+        <v>18.76</v>
+      </c>
+      <c s="30" r="J388">
+        <v>20.63</v>
+      </c>
+    </row>
+    <row r="389" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B389"/>
+      <c s="25" t="str" r="C389"/>
+      <c s="10" t="inlineStr" r="D389">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E389">
+        <v>46.71</v>
+      </c>
+      <c s="31" r="F389">
+        <v>37.41</v>
+      </c>
+      <c s="31" r="G389">
+        <v>48.82</v>
+      </c>
+      <c s="6" t="str" r="H389"/>
+      <c s="31" r="I389">
+        <v>45.82</v>
+      </c>
+      <c s="31" r="J389">
+        <v>47.63</v>
+      </c>
+    </row>
+    <row r="390" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B390"/>
+      <c s="27" t="str" r="C390"/>
+      <c s="23" t="inlineStr" r="D390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H390"/>
+      <c s="23" t="inlineStr" r="I390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J390">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="391" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B391">
+        <is>
+          <t xml:space="preserve">Sports Medicine (Physical Medicine and Rehabilitation)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C391"/>
+      <c s="23" t="inlineStr" r="D391">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E391">
+        <v>15.1</v>
+      </c>
+      <c s="30" r="F391">
+        <v>20.35</v>
+      </c>
+      <c s="30" r="G391">
+        <v>21.33</v>
+      </c>
+      <c s="6" t="str" r="H391"/>
+      <c s="30" r="I391">
+        <v>20.04</v>
+      </c>
+      <c s="30" r="J391">
+        <v>22.16</v>
+      </c>
+    </row>
+    <row r="392" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B392"/>
+      <c s="25" t="str" r="C392"/>
+      <c s="23" t="inlineStr" r="D392">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E392">
+        <v>11.65</v>
+      </c>
+      <c s="30" r="F392">
+        <v>12.9</v>
+      </c>
+      <c s="30" r="G392">
+        <v>13.38</v>
+      </c>
+      <c s="6" t="str" r="H392"/>
+      <c s="30" r="I392">
+        <v>9.09</v>
+      </c>
+      <c s="30" r="J392">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="393" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B393"/>
+      <c s="25" t="str" r="C393"/>
+      <c s="23" t="inlineStr" r="D393">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E393">
+        <v>37.7</v>
+      </c>
+      <c s="30" r="F393">
+        <v>37.7</v>
+      </c>
+      <c s="30" r="G393">
+        <v>40.67</v>
+      </c>
+      <c s="6" t="str" r="H393"/>
+      <c s="30" r="I393">
+        <v>37.58</v>
+      </c>
+      <c s="30" r="J393">
+        <v>39.48</v>
+      </c>
+    </row>
+    <row r="394" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B394"/>
+      <c s="25" t="str" r="C394"/>
+      <c s="10" t="inlineStr" r="D394">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E394">
+        <v>64.45</v>
+      </c>
+      <c s="31" r="F394">
+        <v>70.95</v>
+      </c>
+      <c s="31" r="G394">
+        <v>75.38</v>
+      </c>
+      <c s="6" t="str" r="H394"/>
+      <c s="31" r="I394">
+        <v>65.5</v>
+      </c>
+      <c s="31" r="J394">
+        <v>76.64</v>
+      </c>
+    </row>
+    <row r="395" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B395"/>
+      <c s="27" t="str" r="C395"/>
+      <c s="23" t="inlineStr" r="D395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H395"/>
+      <c s="23" t="inlineStr" r="I395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J395">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="396" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B396">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C396"/>
+      <c s="23" t="inlineStr" r="D396">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E396">
+        <v>11.31</v>
+      </c>
+      <c s="30" r="F396">
+        <v>11.73</v>
+      </c>
+      <c s="30" r="G396">
+        <v>16.26</v>
+      </c>
+      <c s="6" t="str" r="H396"/>
+      <c s="30" r="I396">
+        <v>11.25</v>
+      </c>
+      <c s="30" r="J396">
+        <v>18.33</v>
+      </c>
+    </row>
+    <row r="397" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B397"/>
+      <c s="25" t="str" r="C397"/>
+      <c s="23" t="inlineStr" r="D397">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E397">
+        <v>43.12</v>
+      </c>
+      <c s="30" r="F397">
+        <v>32.48</v>
+      </c>
+      <c s="30" r="G397">
+        <v>39.26</v>
+      </c>
+      <c s="6" t="str" r="H397"/>
+      <c s="30" r="I397">
+        <v>41.84</v>
+      </c>
+      <c s="30" r="J397">
+        <v>34.66</v>
+      </c>
+    </row>
+    <row r="398" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B398"/>
+      <c s="25" t="str" r="C398"/>
+      <c s="23" t="inlineStr" r="D398">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E398">
+        <v>83.85</v>
+      </c>
+      <c s="30" r="F398">
+        <v>86.93</v>
+      </c>
+      <c s="30" r="G398">
+        <v>85.58</v>
+      </c>
+      <c s="6" t="str" r="H398"/>
+      <c s="30" r="I398">
+        <v>89.46</v>
+      </c>
+      <c s="30" r="J398">
+        <v>85.59</v>
+      </c>
+    </row>
+    <row r="399" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B399"/>
+      <c s="25" t="str" r="C399"/>
+      <c s="10" t="inlineStr" r="D399">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E399">
+        <v>138.28</v>
+      </c>
+      <c s="31" r="F399">
+        <v>131.13</v>
+      </c>
+      <c s="31" r="G399">
+        <v>141.11</v>
+      </c>
+      <c s="6" t="str" r="H399"/>
+      <c s="31" r="I399">
+        <v>142.54</v>
+      </c>
+      <c s="31" r="J399">
+        <v>137.83</v>
+      </c>
+    </row>
+    <row r="400" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B400"/>
+      <c s="27" t="str" r="C400"/>
+      <c s="23" t="inlineStr" r="D400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H400"/>
+      <c s="23" t="inlineStr" r="I400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J400">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="401" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B401">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (OBGYN)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C401"/>
+      <c s="23" t="inlineStr" r="D401">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E401">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F401">
+        <v>5.75</v>
+      </c>
+      <c s="30" r="G401">
+        <v>6.81</v>
+      </c>
+      <c s="6" t="str" r="H401"/>
+      <c s="30" r="I401">
+        <v>8.62</v>
+      </c>
+      <c s="30" r="J401">
+        <v>8.85</v>
+      </c>
+    </row>
+    <row r="402" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B402"/>
+      <c s="25" t="str" r="C402"/>
+      <c s="23" t="inlineStr" r="D402">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E402">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F402">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G402">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H402"/>
+      <c s="28" t="inlineStr" r="I402">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J402">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="403" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B403"/>
+      <c s="25" t="str" r="C403"/>
+      <c s="23" t="inlineStr" r="D403">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E403">
+        <v>35.55</v>
+      </c>
+      <c s="30" r="F403">
+        <v>42.47</v>
+      </c>
+      <c s="30" r="G403">
+        <v>36.88</v>
+      </c>
+      <c s="6" t="str" r="H403"/>
+      <c s="30" r="I403">
+        <v>51.45</v>
+      </c>
+      <c s="30" r="J403">
+        <v>28.87</v>
+      </c>
+    </row>
+    <row r="404" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B404"/>
+      <c s="25" t="str" r="C404"/>
+      <c s="10" t="inlineStr" r="D404">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E404">
+        <v>44.24</v>
+      </c>
+      <c s="31" r="F404">
+        <v>51.57</v>
+      </c>
+      <c s="31" r="G404">
+        <v>48.02</v>
+      </c>
+      <c s="6" t="str" r="H404"/>
+      <c s="31" r="I404">
+        <v>64.25</v>
+      </c>
+      <c s="31" r="J404">
+        <v>40.45</v>
+      </c>
+    </row>
+    <row r="405" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B405"/>
+      <c s="27" t="str" r="C405"/>
+      <c s="23" t="inlineStr" r="D405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H405"/>
+      <c s="23" t="inlineStr" r="I405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J405">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="406" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B406">
+        <is>
+          <t xml:space="preserve">Urogynecology and Reconstructive Pelvic Surgery (Urology)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C406"/>
+      <c s="23" t="inlineStr" r="D406">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E406">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F406">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G406">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H406"/>
+      <c s="30" r="I406">
+        <v>5</v>
+      </c>
+      <c s="28" t="inlineStr" r="J406">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="407" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B407"/>
+      <c s="25" t="str" r="C407"/>
+      <c s="23" t="inlineStr" r="D407">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="F407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="G407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H407"/>
+      <c s="28" t="inlineStr" r="I407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="J407">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="408" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B408"/>
+      <c s="25" t="str" r="C408"/>
+      <c s="23" t="inlineStr" r="D408">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E408">
+        <v>21.87</v>
+      </c>
+      <c s="30" r="F408">
+        <v>13.29</v>
+      </c>
+      <c s="30" r="G408">
+        <v>23.33</v>
+      </c>
+      <c s="6" t="str" r="H408"/>
+      <c s="30" r="I408">
+        <v>27.57</v>
+      </c>
+      <c s="30" r="J408">
+        <v>16.64</v>
+      </c>
+    </row>
+    <row r="409" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B409"/>
+      <c s="25" t="str" r="C409"/>
+      <c s="10" t="inlineStr" r="D409">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E409">
+        <v>23.47</v>
+      </c>
+      <c s="31" r="F409">
+        <v>19.86</v>
+      </c>
+      <c s="31" r="G409">
+        <v>26.93</v>
+      </c>
+      <c s="6" t="str" r="H409"/>
+      <c s="31" r="I409">
+        <v>34.21</v>
+      </c>
+      <c s="31" r="J409">
+        <v>20.43</v>
+      </c>
+    </row>
+    <row r="410" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B410"/>
+      <c s="27" t="str" r="C410"/>
+      <c s="23" t="inlineStr" r="D410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H410"/>
+      <c s="23" t="inlineStr" r="I410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J410">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="411" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B411">
+        <is>
+          <t xml:space="preserve">Vascular Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C411"/>
+      <c s="23" t="inlineStr" r="D411">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="28" t="inlineStr" r="E411">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F411">
+        <v>5.84</v>
+      </c>
+      <c s="30" r="G411">
+        <v>7.26</v>
+      </c>
+      <c s="6" t="str" r="H411"/>
+      <c s="30" r="I411">
+        <v>5.82</v>
+      </c>
+      <c s="30" r="J411">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="412" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B412"/>
+      <c s="25" t="str" r="C412"/>
+      <c s="23" t="inlineStr" r="D412">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E412">
+        <v>22.79</v>
+      </c>
+      <c s="30" r="F412">
+        <v>25.39</v>
+      </c>
+      <c s="30" r="G412">
+        <v>25.06</v>
+      </c>
+      <c s="6" t="str" r="H412"/>
+      <c s="30" r="I412">
+        <v>26.25</v>
+      </c>
+      <c s="30" r="J412">
+        <v>31.97</v>
+      </c>
+    </row>
+    <row r="413" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B413"/>
+      <c s="25" t="str" r="C413"/>
+      <c s="23" t="inlineStr" r="D413">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E413">
+        <v>16.16</v>
+      </c>
+      <c s="30" r="F413">
+        <v>11.95</v>
+      </c>
+      <c s="30" r="G413">
+        <v>13.79</v>
+      </c>
+      <c s="6" t="str" r="H413"/>
+      <c s="30" r="I413">
+        <v>16.5</v>
+      </c>
+      <c s="30" r="J413">
+        <v>16.01</v>
+      </c>
+    </row>
+    <row r="414" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B414"/>
+      <c s="25" t="str" r="C414"/>
+      <c s="10" t="inlineStr" r="D414">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E414">
+        <v>41.79</v>
+      </c>
+      <c s="31" r="F414">
+        <v>42.5</v>
+      </c>
+      <c s="31" r="G414">
+        <v>44.67</v>
+      </c>
+      <c s="6" t="str" r="H414"/>
+      <c s="31" r="I414">
+        <v>47.36</v>
+      </c>
+      <c s="31" r="J414">
+        <v>52.7</v>
+      </c>
+    </row>
+    <row r="415" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B415"/>
+      <c s="27" t="str" r="C415"/>
+      <c s="23" t="inlineStr" r="D415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H415"/>
+      <c s="23" t="inlineStr" r="I415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J415">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="416" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B416">
+        <is>
+          <t xml:space="preserve">Vascular Surgery (General Surgery)</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C416"/>
+      <c s="23" t="inlineStr" r="D416">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E416">
+        <v>14.85</v>
+      </c>
+      <c s="30" r="F416">
+        <v>14.94</v>
+      </c>
+      <c s="30" r="G416">
+        <v>11.57</v>
+      </c>
+      <c s="6" t="str" r="H416"/>
+      <c s="30" r="I416">
+        <v>20.31</v>
+      </c>
+      <c s="30" r="J416">
+        <v>20.42</v>
+      </c>
+    </row>
+    <row r="417" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B417"/>
+      <c s="25" t="str" r="C417"/>
+      <c s="23" t="inlineStr" r="D417">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E417">
+        <v>25.11</v>
+      </c>
+      <c s="30" r="F417">
+        <v>22.31</v>
+      </c>
+      <c s="30" r="G417">
+        <v>24.51</v>
+      </c>
+      <c s="6" t="str" r="H417"/>
+      <c s="30" r="I417">
+        <v>29.95</v>
+      </c>
+      <c s="30" r="J417">
+        <v>29.19</v>
+      </c>
+    </row>
+    <row r="418" ht="15.85" customHeight="0">
+      <c s="24" t="str" r="B418"/>
+      <c s="25" t="str" r="C418"/>
+      <c s="23" t="inlineStr" r="D418">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E418">
+        <v>60.75</v>
+      </c>
+      <c s="30" r="F418">
+        <v>55.03</v>
+      </c>
+      <c s="30" r="G418">
+        <v>39.92</v>
+      </c>
+      <c s="6" t="str" r="H418"/>
+      <c s="30" r="I418">
+        <v>51.36</v>
+      </c>
+      <c s="30" r="J418">
+        <v>63.14</v>
+      </c>
+    </row>
+    <row r="419" ht="15.8" customHeight="0">
+      <c s="24" t="str" r="B419"/>
+      <c s="25" t="str" r="C419"/>
+      <c s="10" t="inlineStr" r="D419">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E419">
+        <v>100.7</v>
+      </c>
+      <c s="31" r="F419">
+        <v>92.28</v>
+      </c>
+      <c s="31" r="G419">
+        <v>75.62</v>
+      </c>
+      <c s="6" t="str" r="H419"/>
+      <c s="31" r="I419">
+        <v>101.62</v>
+      </c>
+      <c s="31" r="J419">
+        <v>112.49</v>
+      </c>
+    </row>
+    <row r="420" ht="15.85" customHeight="0">
+      <c s="26" t="str" r="B420"/>
+      <c s="27" t="str" r="C420"/>
+      <c s="23" t="inlineStr" r="D420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H420"/>
+      <c s="23" t="inlineStr" r="I420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J420">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="421" ht="18.75" customHeight="1"/>
+    <row r="422" ht="43.2" customHeight="1">
+      <c s="15" t="inlineStr" r="B422">
+        <is>
+          <t xml:space="preserve">Overall AVGs are based on the unique programs applied to by all applicant types, the denominator could be different for an individual applicant type depending on the number of unique programs applied to. In some cases you can't add them together to give you the overall AVG. Calculations are also performed before rounding.</t>
+        </is>
+      </c>
+    </row>
+    <row r="423" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="B423">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="424" ht="52.6" customHeight="1"/>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
     <mergeCell ref="B17:C21"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G18:H18"/>
     <mergeCell ref="G19:H19"/>
     <mergeCell ref="G20:H20"/>
     <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
     <mergeCell ref="B32:C36"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="G34:H34"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="G36:H36"/>
-    <mergeCell ref="B27:C31"/>
-[...4 lines deleted...]
-    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B42:C46"/>
     <mergeCell ref="G42:H42"/>
     <mergeCell ref="G43:H43"/>
     <mergeCell ref="G44:H44"/>
     <mergeCell ref="G45:H45"/>
     <mergeCell ref="G46:H46"/>
-    <mergeCell ref="B37:C41"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
     <mergeCell ref="B52:C56"/>
     <mergeCell ref="G52:H52"/>
     <mergeCell ref="G53:H53"/>
     <mergeCell ref="G54:H54"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="G56:H56"/>
-    <mergeCell ref="B47:C51"/>
-[...4 lines deleted...]
-    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
     <mergeCell ref="B62:C66"/>
     <mergeCell ref="G62:H62"/>
     <mergeCell ref="G63:H63"/>
     <mergeCell ref="G64:H64"/>
     <mergeCell ref="G65:H65"/>
     <mergeCell ref="G66:H66"/>
-    <mergeCell ref="B57:C61"/>
-[...4 lines deleted...]
-    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
     <mergeCell ref="B72:C76"/>
     <mergeCell ref="G72:H72"/>
     <mergeCell ref="G73:H73"/>
     <mergeCell ref="G74:H74"/>
     <mergeCell ref="G75:H75"/>
     <mergeCell ref="G76:H76"/>
-    <mergeCell ref="B67:C71"/>
-[...4 lines deleted...]
-    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
     <mergeCell ref="B82:C86"/>
     <mergeCell ref="G82:H82"/>
     <mergeCell ref="G83:H83"/>
     <mergeCell ref="G84:H84"/>
     <mergeCell ref="G85:H85"/>
     <mergeCell ref="G86:H86"/>
-    <mergeCell ref="B77:C81"/>
-[...4 lines deleted...]
-    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
     <mergeCell ref="B92:C96"/>
     <mergeCell ref="G92:H92"/>
     <mergeCell ref="G93:H93"/>
     <mergeCell ref="G94:H94"/>
     <mergeCell ref="G95:H95"/>
     <mergeCell ref="G96:H96"/>
-    <mergeCell ref="B87:C91"/>
-[...4 lines deleted...]
-    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
     <mergeCell ref="B102:C106"/>
     <mergeCell ref="G102:H102"/>
     <mergeCell ref="G103:H103"/>
     <mergeCell ref="G104:H104"/>
     <mergeCell ref="G105:H105"/>
     <mergeCell ref="G106:H106"/>
-    <mergeCell ref="B97:C101"/>
-[...4 lines deleted...]
-    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
     <mergeCell ref="B112:C116"/>
     <mergeCell ref="G112:H112"/>
     <mergeCell ref="G113:H113"/>
     <mergeCell ref="G114:H114"/>
     <mergeCell ref="G115:H115"/>
     <mergeCell ref="G116:H116"/>
-    <mergeCell ref="B107:C111"/>
-[...4 lines deleted...]
-    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
     <mergeCell ref="B122:C126"/>
     <mergeCell ref="G122:H122"/>
     <mergeCell ref="G123:H123"/>
     <mergeCell ref="G124:H124"/>
     <mergeCell ref="G125:H125"/>
     <mergeCell ref="G126:H126"/>
-    <mergeCell ref="B117:C121"/>
-[...4 lines deleted...]
-    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
     <mergeCell ref="B132:C136"/>
     <mergeCell ref="G132:H132"/>
     <mergeCell ref="G133:H133"/>
     <mergeCell ref="G134:H134"/>
     <mergeCell ref="G135:H135"/>
     <mergeCell ref="G136:H136"/>
-    <mergeCell ref="B127:C131"/>
-[...4 lines deleted...]
-    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
     <mergeCell ref="B142:C146"/>
     <mergeCell ref="G142:H142"/>
     <mergeCell ref="G143:H143"/>
     <mergeCell ref="G144:H144"/>
     <mergeCell ref="G145:H145"/>
     <mergeCell ref="G146:H146"/>
-    <mergeCell ref="B137:C141"/>
-[...4 lines deleted...]
-    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
     <mergeCell ref="B152:C156"/>
     <mergeCell ref="G152:H152"/>
     <mergeCell ref="G153:H153"/>
     <mergeCell ref="G154:H154"/>
     <mergeCell ref="G155:H155"/>
     <mergeCell ref="G156:H156"/>
-    <mergeCell ref="B147:C151"/>
-[...4 lines deleted...]
-    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
     <mergeCell ref="B162:C166"/>
     <mergeCell ref="G162:H162"/>
     <mergeCell ref="G163:H163"/>
     <mergeCell ref="G164:H164"/>
     <mergeCell ref="G165:H165"/>
     <mergeCell ref="G166:H166"/>
-    <mergeCell ref="B157:C161"/>
-[...9 lines deleted...]
-    <mergeCell ref="G175:H175"/>
     <mergeCell ref="B167:C171"/>
     <mergeCell ref="G167:H167"/>
     <mergeCell ref="G168:H168"/>
     <mergeCell ref="G169:H169"/>
     <mergeCell ref="G170:H170"/>
     <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B172:C175"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="B176:C180"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
     <mergeCell ref="B181:C185"/>
     <mergeCell ref="G181:H181"/>
     <mergeCell ref="G182:H182"/>
     <mergeCell ref="G183:H183"/>
     <mergeCell ref="G184:H184"/>
     <mergeCell ref="G185:H185"/>
-    <mergeCell ref="B176:C180"/>
-[...4 lines deleted...]
-    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="B186:C190"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
     <mergeCell ref="B191:C195"/>
     <mergeCell ref="G191:H191"/>
     <mergeCell ref="G192:H192"/>
     <mergeCell ref="G193:H193"/>
     <mergeCell ref="G194:H194"/>
     <mergeCell ref="G195:H195"/>
-    <mergeCell ref="B186:C190"/>
-[...4 lines deleted...]
-    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="B196:C200"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
     <mergeCell ref="B201:C205"/>
     <mergeCell ref="G201:H201"/>
     <mergeCell ref="G202:H202"/>
     <mergeCell ref="G203:H203"/>
     <mergeCell ref="G204:H204"/>
     <mergeCell ref="G205:H205"/>
-    <mergeCell ref="B196:C200"/>
-[...4 lines deleted...]
-    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="B206:C210"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
     <mergeCell ref="B211:C215"/>
     <mergeCell ref="G211:H211"/>
     <mergeCell ref="G212:H212"/>
     <mergeCell ref="G213:H213"/>
     <mergeCell ref="G214:H214"/>
     <mergeCell ref="G215:H215"/>
-    <mergeCell ref="B206:C210"/>
-[...4 lines deleted...]
-    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="B216:C219"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
     <mergeCell ref="B220:C224"/>
     <mergeCell ref="G220:H220"/>
     <mergeCell ref="G221:H221"/>
     <mergeCell ref="G222:H222"/>
     <mergeCell ref="G223:H223"/>
     <mergeCell ref="G224:H224"/>
-    <mergeCell ref="B216:C219"/>
-[...3 lines deleted...]
-    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="B225:C229"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
     <mergeCell ref="B230:C234"/>
     <mergeCell ref="G230:H230"/>
     <mergeCell ref="G231:H231"/>
     <mergeCell ref="G232:H232"/>
     <mergeCell ref="G233:H233"/>
     <mergeCell ref="G234:H234"/>
-    <mergeCell ref="B225:C229"/>
-[...4 lines deleted...]
-    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="B235:C239"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
     <mergeCell ref="B240:C244"/>
     <mergeCell ref="G240:H240"/>
     <mergeCell ref="G241:H241"/>
     <mergeCell ref="G242:H242"/>
     <mergeCell ref="G243:H243"/>
     <mergeCell ref="G244:H244"/>
-    <mergeCell ref="B235:C239"/>
-[...4 lines deleted...]
-    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="B245:C248"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
     <mergeCell ref="B249:C252"/>
     <mergeCell ref="G249:H249"/>
     <mergeCell ref="G250:H250"/>
     <mergeCell ref="G251:H251"/>
     <mergeCell ref="G252:H252"/>
-    <mergeCell ref="B245:C248"/>
-[...3 lines deleted...]
-    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="B253:C256"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
     <mergeCell ref="B257:C260"/>
     <mergeCell ref="G257:H257"/>
     <mergeCell ref="G258:H258"/>
     <mergeCell ref="G259:H259"/>
     <mergeCell ref="G260:H260"/>
-    <mergeCell ref="B253:C256"/>
-[...3 lines deleted...]
-    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B261:C265"/>
+    <mergeCell ref="G261:H261"/>
+    <mergeCell ref="G262:H262"/>
+    <mergeCell ref="G263:H263"/>
+    <mergeCell ref="G264:H264"/>
+    <mergeCell ref="G265:H265"/>
     <mergeCell ref="B266:C270"/>
     <mergeCell ref="G266:H266"/>
     <mergeCell ref="G267:H267"/>
     <mergeCell ref="G268:H268"/>
     <mergeCell ref="G269:H269"/>
     <mergeCell ref="G270:H270"/>
-    <mergeCell ref="B261:C265"/>
-[...4 lines deleted...]
-    <mergeCell ref="G265:H265"/>
+    <mergeCell ref="B271:C275"/>
+    <mergeCell ref="G271:H271"/>
+    <mergeCell ref="G272:H272"/>
+    <mergeCell ref="G273:H273"/>
+    <mergeCell ref="G274:H274"/>
+    <mergeCell ref="G275:H275"/>
     <mergeCell ref="B276:C280"/>
     <mergeCell ref="G276:H276"/>
     <mergeCell ref="G277:H277"/>
     <mergeCell ref="G278:H278"/>
     <mergeCell ref="G279:H279"/>
     <mergeCell ref="G280:H280"/>
-    <mergeCell ref="B271:C275"/>
-[...4 lines deleted...]
-    <mergeCell ref="G275:H275"/>
+    <mergeCell ref="B281:C285"/>
+    <mergeCell ref="G281:H281"/>
+    <mergeCell ref="G282:H282"/>
+    <mergeCell ref="G283:H283"/>
+    <mergeCell ref="G284:H284"/>
+    <mergeCell ref="G285:H285"/>
     <mergeCell ref="B286:C290"/>
     <mergeCell ref="G286:H286"/>
     <mergeCell ref="G287:H287"/>
     <mergeCell ref="G288:H288"/>
     <mergeCell ref="G289:H289"/>
     <mergeCell ref="G290:H290"/>
-    <mergeCell ref="B281:C285"/>
-[...4 lines deleted...]
-    <mergeCell ref="G285:H285"/>
+    <mergeCell ref="B291:C295"/>
+    <mergeCell ref="G291:H291"/>
+    <mergeCell ref="G292:H292"/>
+    <mergeCell ref="G293:H293"/>
+    <mergeCell ref="G294:H294"/>
+    <mergeCell ref="G295:H295"/>
     <mergeCell ref="B296:C300"/>
     <mergeCell ref="G296:H296"/>
     <mergeCell ref="G297:H297"/>
     <mergeCell ref="G298:H298"/>
     <mergeCell ref="G299:H299"/>
     <mergeCell ref="G300:H300"/>
-    <mergeCell ref="B291:C295"/>
-[...4 lines deleted...]
-    <mergeCell ref="G295:H295"/>
+    <mergeCell ref="B301:C305"/>
+    <mergeCell ref="G301:H301"/>
+    <mergeCell ref="G302:H302"/>
+    <mergeCell ref="G303:H303"/>
+    <mergeCell ref="G304:H304"/>
+    <mergeCell ref="G305:H305"/>
     <mergeCell ref="B306:C310"/>
     <mergeCell ref="G306:H306"/>
     <mergeCell ref="G307:H307"/>
     <mergeCell ref="G308:H308"/>
     <mergeCell ref="G309:H309"/>
     <mergeCell ref="G310:H310"/>
-    <mergeCell ref="B301:C305"/>
-[...4 lines deleted...]
-    <mergeCell ref="G305:H305"/>
+    <mergeCell ref="B311:C315"/>
+    <mergeCell ref="G311:H311"/>
+    <mergeCell ref="G312:H312"/>
+    <mergeCell ref="G313:H313"/>
+    <mergeCell ref="G314:H314"/>
+    <mergeCell ref="G315:H315"/>
     <mergeCell ref="B316:C320"/>
     <mergeCell ref="G316:H316"/>
     <mergeCell ref="G317:H317"/>
     <mergeCell ref="G318:H318"/>
     <mergeCell ref="G319:H319"/>
     <mergeCell ref="G320:H320"/>
-    <mergeCell ref="B311:C315"/>
-[...4 lines deleted...]
-    <mergeCell ref="G315:H315"/>
+    <mergeCell ref="B321:C325"/>
+    <mergeCell ref="G321:H321"/>
+    <mergeCell ref="G322:H322"/>
+    <mergeCell ref="G323:H323"/>
+    <mergeCell ref="G324:H324"/>
+    <mergeCell ref="G325:H325"/>
     <mergeCell ref="B326:C330"/>
     <mergeCell ref="G326:H326"/>
     <mergeCell ref="G327:H327"/>
     <mergeCell ref="G328:H328"/>
     <mergeCell ref="G329:H329"/>
     <mergeCell ref="G330:H330"/>
-    <mergeCell ref="B321:C325"/>
-[...4 lines deleted...]
-    <mergeCell ref="G325:H325"/>
+    <mergeCell ref="B331:C335"/>
+    <mergeCell ref="G331:H331"/>
+    <mergeCell ref="G332:H332"/>
+    <mergeCell ref="G333:H333"/>
+    <mergeCell ref="G334:H334"/>
+    <mergeCell ref="G335:H335"/>
     <mergeCell ref="B336:C340"/>
     <mergeCell ref="G336:H336"/>
     <mergeCell ref="G337:H337"/>
     <mergeCell ref="G338:H338"/>
     <mergeCell ref="G339:H339"/>
     <mergeCell ref="G340:H340"/>
-    <mergeCell ref="B331:C335"/>
-[...4 lines deleted...]
-    <mergeCell ref="G335:H335"/>
+    <mergeCell ref="B341:C345"/>
+    <mergeCell ref="G341:H341"/>
+    <mergeCell ref="G342:H342"/>
+    <mergeCell ref="G343:H343"/>
+    <mergeCell ref="G344:H344"/>
+    <mergeCell ref="G345:H345"/>
     <mergeCell ref="B346:C350"/>
     <mergeCell ref="G346:H346"/>
     <mergeCell ref="G347:H347"/>
     <mergeCell ref="G348:H348"/>
     <mergeCell ref="G349:H349"/>
     <mergeCell ref="G350:H350"/>
-    <mergeCell ref="B341:C345"/>
-[...4 lines deleted...]
-    <mergeCell ref="G345:H345"/>
+    <mergeCell ref="B351:C355"/>
+    <mergeCell ref="G351:H351"/>
+    <mergeCell ref="G352:H352"/>
+    <mergeCell ref="G353:H353"/>
+    <mergeCell ref="G354:H354"/>
+    <mergeCell ref="G355:H355"/>
     <mergeCell ref="B356:C360"/>
     <mergeCell ref="G356:H356"/>
     <mergeCell ref="G357:H357"/>
     <mergeCell ref="G358:H358"/>
     <mergeCell ref="G359:H359"/>
     <mergeCell ref="G360:H360"/>
-    <mergeCell ref="B351:C355"/>
-[...4 lines deleted...]
-    <mergeCell ref="G355:H355"/>
+    <mergeCell ref="B361:C365"/>
+    <mergeCell ref="G361:H361"/>
+    <mergeCell ref="G362:H362"/>
+    <mergeCell ref="G363:H363"/>
+    <mergeCell ref="G364:H364"/>
+    <mergeCell ref="G365:H365"/>
     <mergeCell ref="B366:C370"/>
     <mergeCell ref="G366:H366"/>
     <mergeCell ref="G367:H367"/>
     <mergeCell ref="G368:H368"/>
     <mergeCell ref="G369:H369"/>
     <mergeCell ref="G370:H370"/>
-    <mergeCell ref="B361:C365"/>
-[...4 lines deleted...]
-    <mergeCell ref="G365:H365"/>
+    <mergeCell ref="B371:C375"/>
+    <mergeCell ref="G371:H371"/>
+    <mergeCell ref="G372:H372"/>
+    <mergeCell ref="G373:H373"/>
+    <mergeCell ref="G374:H374"/>
+    <mergeCell ref="G375:H375"/>
     <mergeCell ref="B376:C380"/>
     <mergeCell ref="G376:H376"/>
     <mergeCell ref="G377:H377"/>
     <mergeCell ref="G378:H378"/>
     <mergeCell ref="G379:H379"/>
     <mergeCell ref="G380:H380"/>
-    <mergeCell ref="B371:C375"/>
-[...4 lines deleted...]
-    <mergeCell ref="G375:H375"/>
+    <mergeCell ref="B381:C385"/>
+    <mergeCell ref="G381:H381"/>
+    <mergeCell ref="G382:H382"/>
+    <mergeCell ref="G383:H383"/>
+    <mergeCell ref="G384:H384"/>
+    <mergeCell ref="G385:H385"/>
     <mergeCell ref="B386:C390"/>
     <mergeCell ref="G386:H386"/>
     <mergeCell ref="G387:H387"/>
     <mergeCell ref="G388:H388"/>
     <mergeCell ref="G389:H389"/>
     <mergeCell ref="G390:H390"/>
-    <mergeCell ref="B381:C385"/>
-[...4 lines deleted...]
-    <mergeCell ref="G385:H385"/>
+    <mergeCell ref="B391:C395"/>
+    <mergeCell ref="G391:H391"/>
+    <mergeCell ref="G392:H392"/>
+    <mergeCell ref="G393:H393"/>
+    <mergeCell ref="G394:H394"/>
+    <mergeCell ref="G395:H395"/>
     <mergeCell ref="B396:C400"/>
     <mergeCell ref="G396:H396"/>
     <mergeCell ref="G397:H397"/>
     <mergeCell ref="G398:H398"/>
     <mergeCell ref="G399:H399"/>
     <mergeCell ref="G400:H400"/>
-    <mergeCell ref="B391:C395"/>
-[...4 lines deleted...]
-    <mergeCell ref="G395:H395"/>
+    <mergeCell ref="B401:C405"/>
+    <mergeCell ref="G401:H401"/>
+    <mergeCell ref="G402:H402"/>
+    <mergeCell ref="G403:H403"/>
+    <mergeCell ref="G404:H404"/>
+    <mergeCell ref="G405:H405"/>
     <mergeCell ref="B406:C410"/>
     <mergeCell ref="G406:H406"/>
     <mergeCell ref="G407:H407"/>
     <mergeCell ref="G408:H408"/>
     <mergeCell ref="G409:H409"/>
     <mergeCell ref="G410:H410"/>
-    <mergeCell ref="B401:C405"/>
-[...5 lines deleted...]
-    <mergeCell ref="B422:G422"/>
+    <mergeCell ref="B411:C415"/>
+    <mergeCell ref="G411:H411"/>
+    <mergeCell ref="G412:H412"/>
+    <mergeCell ref="G413:H413"/>
+    <mergeCell ref="G414:H414"/>
+    <mergeCell ref="G415:H415"/>
     <mergeCell ref="B416:C420"/>
     <mergeCell ref="G416:H416"/>
     <mergeCell ref="G417:H417"/>
     <mergeCell ref="G418:H418"/>
     <mergeCell ref="G419:H419"/>
     <mergeCell ref="G420:H420"/>
-    <mergeCell ref="B411:C415"/>
-[...4 lines deleted...]
-    <mergeCell ref="G415:H415"/>
+    <mergeCell ref="B422:G422"/>
+    <mergeCell ref="B423:G423"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
-[...20613 lines deleted...]
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId16"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
@@ -33145,151 +40506,100 @@
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
     <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162777</_dlc_DocId>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-198452</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
-      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162777</Url>
-      <Description>TQ32YHM4J7VE-1507329340-162777</Description>
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-198452</Url>
+      <Description>TQ32YHM4J7VE-1507329340-198452</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6488DD60-8EE2-4AD6-B530-984EC7382DF1}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00DAFA7E-4EF9-4E94-8BA3-8E961251AF27}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F11CBB95-1E0E-4AB3-86E1-91EEA8E8D9BE}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9B39DFE-0BED-4B1A-A671-30FBE22FB24A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F071D4A-F2D4-4159-B233-9BE7E0144C79}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DC2A3D7-67BC-4C58-9C39-2EF34DD15568}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDA64F34-841D-4AB8-8F6F-BC3A7BABF379}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27992DF9-FC86-4918-95B2-51B829BDD850}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...2 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <Pages>0</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <Slides>0</Slides>
+  <Notes>0</Notes>
+  <TotalTime></TotalTime>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...8 lines deleted...]
-    </vt:vector>
+    <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
-  <Manager/>
-[...4 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <LinksUpToDate>0</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
+  <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...11 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>46030c33-a5ea-4b1e-a4ae-27cd42f0bfd3</vt:lpwstr>
+    <vt:lpwstr>8ea73b39-b795-47a9-99e8-5f96ba7faaad</vt:lpwstr>
   </property>
 </Properties>
 </file>