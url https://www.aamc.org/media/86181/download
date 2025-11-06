--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,183 +1,404 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29429"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_B2E46AEB8B396CD590A5896FAC9C09122D763B1A" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Residency Overall" sheetId="1" r:id="rId6"/>
-[...2 lines deleted...]
-    <sheet name="Residency Avg Apps Per Program" sheetId="4" r:id="rId15"/>
+    <sheet name="Residency Overall" sheetId="1" r:id="rId1"/>
+    <sheet name="Residency Applicants" sheetId="2" r:id="rId2"/>
+    <sheet name="Residency Avg Apps" sheetId="3" r:id="rId3"/>
+    <sheet name="Residency Avg Apps Per Program" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Residency Overall'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Residency Applicants'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Residency Avg Apps'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Residency Avg Apps Per Program'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2285" uniqueCount="81">
+  <si>
+    <t>As of 5/31 of prior seasons. As of 11/3/2025 of current (ERAS 2026) season.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>ERAS 2022</t>
+  </si>
+  <si>
+    <t>ERAS 2023</t>
+  </si>
+  <si>
+    <t>ERAS 2024</t>
+  </si>
+  <si>
+    <t>ERAS 2025</t>
+  </si>
+  <si>
+    <t>ERAS 2026</t>
+  </si>
+  <si>
+    <t>Applied</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   DO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   IMG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   MD</t>
+  </si>
+  <si>
+    <t>MyERAS Apps Submitted</t>
+  </si>
+  <si>
+    <t>Registered</t>
+  </si>
+  <si>
+    <t>MD includes US and Canadian Graduates from US and Canadian MD granting schools</t>
+  </si>
+  <si>
+    <t>"--" is mask for N &lt; 5</t>
+  </si>
+  <si>
+    <t>Applicants</t>
+  </si>
+  <si>
+    <t>Specialty</t>
+  </si>
+  <si>
+    <t>Grad Type</t>
+  </si>
+  <si>
+    <t>ERAS2022</t>
+  </si>
+  <si>
+    <t>ERAS2023</t>
+  </si>
+  <si>
+    <t>ERAS2024</t>
+  </si>
+  <si>
+    <t>ERAS2025</t>
+  </si>
+  <si>
+    <t>ERAS2026</t>
+  </si>
+  <si>
+    <t>Aerospace Medicine</t>
+  </si>
+  <si>
+    <t>DO</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>IMG</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Overall</t>
+  </si>
+  <si>
+    <t>Anesthesiology</t>
+  </si>
+  <si>
+    <t>Child Neurology</t>
+  </si>
+  <si>
+    <t>Dermatology</t>
+  </si>
+  <si>
+    <t>Diagnostic Radiology/Nuclear Medicine</t>
+  </si>
+  <si>
+    <t>Emergency Medicine</t>
+  </si>
+  <si>
+    <t>Emergency Medicine/Aerospace Medicine</t>
+  </si>
+  <si>
+    <t>Emergency Medicine/Anesthesiology</t>
+  </si>
+  <si>
+    <t>Emergency Medicine/Family Medicine</t>
+  </si>
+  <si>
+    <t>Family Medicine</t>
+  </si>
+  <si>
+    <t>Family Medicine/Preventive Medicine</t>
+  </si>
+  <si>
+    <t>Internal Medicine</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Anesthesiology</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Dermatology</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Emergency Medicine</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Medical Genetics</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Pediatrics</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Preventive Medicine</t>
+  </si>
+  <si>
+    <t>Internal Medicine/Psychiatry</t>
+  </si>
+  <si>
+    <t>Interventional Radiology - Integrated</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental Disabilities</t>
+  </si>
+  <si>
+    <t>Neurological Surgery</t>
+  </si>
+  <si>
+    <t>Neurology</t>
+  </si>
+  <si>
+    <t>Nuclear Medicine</t>
+  </si>
+  <si>
+    <t>Obstetrics and Gynecology</t>
+  </si>
+  <si>
+    <t>Occupational and Environmental Medicine</t>
+  </si>
+  <si>
+    <t>Orthopaedic Surgery</t>
+  </si>
+  <si>
+    <t>Osteopathic Neuromusculoskeletal Medicine</t>
+  </si>
+  <si>
+    <t>Otolaryngology - Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Pathology-Anatomic and Clinical</t>
+  </si>
+  <si>
+    <t>Pediatrics</t>
+  </si>
+  <si>
+    <t>Pediatrics/Anesthesiology</t>
+  </si>
+  <si>
+    <t>Pediatrics/Emergency Medicine</t>
+  </si>
+  <si>
+    <t>Pediatrics/Medical Genetics</t>
+  </si>
+  <si>
+    <t>Pediatrics/Physical Medicine and Rehabilitation</t>
+  </si>
+  <si>
+    <t>Pediatrics/Psychiatry/Child and Adolescent Psychiatry</t>
+  </si>
+  <si>
+    <t>Physical Medicine and Rehabilitation</t>
+  </si>
+  <si>
+    <t>Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Plastic Surgery-Integrated</t>
+  </si>
+  <si>
+    <t>Psychiatry</t>
+  </si>
+  <si>
+    <t>Psychiatry/Family medicine</t>
+  </si>
+  <si>
+    <t>Psychiatry/Neurology</t>
+  </si>
+  <si>
+    <t>Public Health and General Preventive Medicine</t>
+  </si>
+  <si>
+    <t>Radiation Oncology</t>
+  </si>
+  <si>
+    <t>Radiology-Diagnostic</t>
+  </si>
+  <si>
+    <t>Surgery</t>
+  </si>
+  <si>
+    <t>Thoracic Surgery - Integrated</t>
+  </si>
+  <si>
+    <t>Transitional Year</t>
+  </si>
+  <si>
+    <t>Urology</t>
+  </si>
+  <si>
+    <t>Vascular Surgery - Integrated</t>
+  </si>
+  <si>
+    <t>Average Applications Submitted</t>
+  </si>
+  <si>
+    <t>Average Applications per Program</t>
+  </si>
+  <si>
+    <t>Overall AVGs are based on the unique programs applied to by all applicant types, the denominator could be different for an individual applicant type depending on the number of unique programs applied to. In some cases you can't add them together to give you the overall AVG. Calculations are also performed before rounding.</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...3 lines deleted...]
-    <numFmt numFmtId="84" formatCode="[$-010409]#,##0.00;-#,##0.00"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\-#,##0"/>
+    <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00;\-#,##0.00"/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font/>
     <font>
-      <b val="0"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
       <i/>
-      <strike val="0"/>
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
-      <b val="0"/>
       <i/>
-      <strike val="0"/>
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF5B9BD5"/>
         <bgColor rgb="FF5B9BD5"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -300,151 +521,179 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs>
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+  <cellXfs count="42">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="2" borderId="2">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="2">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="6" fillId="0" borderId="1">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="7" fillId="0" borderId="1">
-[...8 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="4" fillId="0" borderId="2">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="6">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="0" borderId="7">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="7">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="10" fillId="0" borderId="7">
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="11" fillId="2" borderId="2">
-[...5 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="2">
-[...5 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="12">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="0" borderId="2">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="4" fillId="0" borderId="2">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="8" fillId="0" borderId="2">
-      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="005B9BD5"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -472,24026 +721,19905 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId17" /></Relationships>
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId8" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId11" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId14" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="rId17" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+  <a:themeElements>
+    <a:clrScheme name="Office 2007 - 2010">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office 2007 - 2010">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office 2007 - 2010">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing9.xml" Id="rId16" /></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="B1:M22"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="2.54296875"/>
-[...13 lines deleted...]
-    <col min="15" max="15" customWidth="1" width="2.68359375"/>
+    <col min="1" max="1" width="2.5703125" customWidth="1"/>
+    <col min="2" max="3" width="0.42578125" customWidth="1"/>
+    <col min="4" max="4" width="0" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="23.28515625" customWidth="1"/>
+    <col min="6" max="6" width="4.140625" customWidth="1"/>
+    <col min="7" max="7" width="17" customWidth="1"/>
+    <col min="8" max="8" width="17.140625" customWidth="1"/>
+    <col min="9" max="9" width="17" customWidth="1"/>
+    <col min="10" max="10" width="17.140625" customWidth="1"/>
+    <col min="11" max="11" width="5.7109375" customWidth="1"/>
+    <col min="12" max="12" width="11.42578125" customWidth="1"/>
+    <col min="13" max="13" width="24.28515625" customWidth="1"/>
+    <col min="14" max="14" width="54" customWidth="1"/>
+    <col min="15" max="15" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="3.6" customHeight="1"/>
-[...69 lines deleted...]
-      <c s="11" r="G7">
+    <row r="1" spans="2:13" ht="3.6" customHeight="1"/>
+    <row r="2" spans="2:13" ht="34.5" customHeight="1"/>
+    <row r="3" spans="2:13" ht="7.15" customHeight="1"/>
+    <row r="4" spans="2:13" ht="18" customHeight="1">
+      <c r="D4" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
+      <c r="L4" s="41"/>
+      <c r="M4" s="41"/>
+    </row>
+    <row r="5" spans="2:13" ht="17.25" customHeight="1"/>
+    <row r="6" spans="2:13" ht="18">
+      <c r="B6" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="E6" s="17"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="K6" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="L6" s="18"/>
+    </row>
+    <row r="7" spans="2:13" ht="15.95">
+      <c r="B7" s="20">
+        <v>1</v>
+      </c>
+      <c r="C7" s="4">
+        <v>1</v>
+      </c>
+      <c r="D7" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="17"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="6">
         <v>49737</v>
       </c>
-      <c s="11" r="H7">
+      <c r="H7" s="6">
         <v>49926</v>
       </c>
-      <c s="11" r="I7">
+      <c r="I7" s="6">
         <v>51816</v>
       </c>
-      <c s="11" r="J7">
+      <c r="J7" s="6">
         <v>52051</v>
       </c>
-      <c s="11" r="K7">
-[...6 lines deleted...]
-      <c s="9" r="C8">
+      <c r="K7" s="24">
+        <v>48982</v>
+      </c>
+      <c r="L7" s="18"/>
+    </row>
+    <row r="8" spans="2:13" ht="15.95">
+      <c r="B8" s="21"/>
+      <c r="C8" s="4">
         <v>2</v>
       </c>
-      <c s="10" t="inlineStr" r="D8">
-[...6 lines deleted...]
-      <c s="13" r="G8">
+      <c r="D8" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="17"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="7">
         <v>8569</v>
       </c>
-      <c s="13" r="H8">
+      <c r="H8" s="7">
         <v>8686</v>
       </c>
-      <c s="13" r="I8">
+      <c r="I8" s="7">
         <v>9285</v>
       </c>
-      <c s="13" r="J8">
+      <c r="J8" s="7">
         <v>9420</v>
       </c>
-      <c s="13" r="K8">
-[...6 lines deleted...]
-      <c s="9" r="C9">
+      <c r="K8" s="25">
+        <v>8308</v>
+      </c>
+      <c r="L8" s="18"/>
+    </row>
+    <row r="9" spans="2:13" ht="15.75">
+      <c r="B9" s="21"/>
+      <c r="C9" s="4">
         <v>3</v>
       </c>
-      <c s="10" t="inlineStr" r="D9">
-[...6 lines deleted...]
-      <c s="13" r="G9">
+      <c r="D9" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="17"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="7">
         <v>17992</v>
       </c>
-      <c s="13" r="H9">
+      <c r="H9" s="7">
         <v>18539</v>
       </c>
-      <c s="13" r="I9">
+      <c r="I9" s="7">
         <v>19874</v>
       </c>
-      <c s="13" r="J9">
+      <c r="J9" s="7">
         <v>20756</v>
       </c>
-      <c s="13" r="K9">
-[...6 lines deleted...]
-      <c s="9" r="C10">
+      <c r="K9" s="25">
+        <v>19758</v>
+      </c>
+      <c r="L9" s="18"/>
+    </row>
+    <row r="10" spans="2:13" ht="15.95">
+      <c r="B10" s="22"/>
+      <c r="C10" s="4">
         <v>4</v>
       </c>
-      <c s="10" t="inlineStr" r="D10">
-[...6 lines deleted...]
-      <c s="13" r="G10">
+      <c r="D10" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="17"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="7">
         <v>23176</v>
       </c>
-      <c s="13" r="H10">
+      <c r="H10" s="7">
         <v>22701</v>
       </c>
-      <c s="13" r="I10">
+      <c r="I10" s="7">
         <v>22657</v>
       </c>
-      <c s="13" r="J10">
+      <c r="J10" s="7">
         <v>21875</v>
       </c>
-      <c s="13" r="K10">
-[...5 lines deleted...]
-      <c s="8" r="B11">
+      <c r="K10" s="25">
+        <v>20916</v>
+      </c>
+      <c r="L10" s="18"/>
+    </row>
+    <row r="11" spans="2:13" ht="15.95">
+      <c r="B11" s="20">
         <v>2</v>
       </c>
-      <c s="9" r="C11">
-[...9 lines deleted...]
-      <c s="11" r="G11">
+      <c r="C11" s="4">
+        <v>1</v>
+      </c>
+      <c r="D11" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="17"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="6">
         <v>50865</v>
       </c>
-      <c s="11" r="H11">
+      <c r="H11" s="6">
         <v>51003</v>
       </c>
-      <c s="11" r="I11">
+      <c r="I11" s="6">
         <v>53007</v>
       </c>
-      <c s="11" r="J11">
+      <c r="J11" s="6">
         <v>53266</v>
       </c>
-      <c s="11" r="K11">
-[...6 lines deleted...]
-      <c s="9" r="C12">
+      <c r="K11" s="24">
+        <v>49383</v>
+      </c>
+      <c r="L11" s="18"/>
+    </row>
+    <row r="12" spans="2:13" ht="15.95">
+      <c r="B12" s="21"/>
+      <c r="C12" s="4">
         <v>2</v>
       </c>
-      <c s="10" t="inlineStr" r="D12">
-[...6 lines deleted...]
-      <c s="13" r="G12">
+      <c r="D12" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="17"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="7">
         <v>8729</v>
       </c>
-      <c s="13" r="H12">
+      <c r="H12" s="7">
         <v>8861</v>
       </c>
-      <c s="13" r="I12">
+      <c r="I12" s="7">
         <v>9490</v>
       </c>
-      <c s="13" r="J12">
+      <c r="J12" s="7">
         <v>9600</v>
       </c>
-      <c s="13" r="K12">
-[...6 lines deleted...]
-      <c s="9" r="C13">
+      <c r="K12" s="25">
+        <v>8462</v>
+      </c>
+      <c r="L12" s="18"/>
+    </row>
+    <row r="13" spans="2:13" ht="15.95">
+      <c r="B13" s="21"/>
+      <c r="C13" s="4">
         <v>3</v>
       </c>
-      <c s="10" t="inlineStr" r="D13">
-[...6 lines deleted...]
-      <c s="13" r="G13">
+      <c r="D13" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" s="17"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="7">
         <v>18811</v>
       </c>
-      <c s="13" r="H13">
+      <c r="H13" s="7">
         <v>19270</v>
       </c>
-      <c s="13" r="I13">
+      <c r="I13" s="7">
         <v>20697</v>
       </c>
-      <c s="13" r="J13">
+      <c r="J13" s="7">
         <v>21609</v>
       </c>
-      <c s="13" r="K13">
-[...6 lines deleted...]
-      <c s="9" r="C14">
+      <c r="K13" s="25">
+        <v>19821</v>
+      </c>
+      <c r="L13" s="18"/>
+    </row>
+    <row r="14" spans="2:13" ht="15.75">
+      <c r="B14" s="22"/>
+      <c r="C14" s="4">
         <v>4</v>
       </c>
-      <c s="10" t="inlineStr" r="D14">
-[...6 lines deleted...]
-      <c s="13" r="G14">
+      <c r="D14" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="17"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="7">
         <v>23325</v>
       </c>
-      <c s="13" r="H14">
+      <c r="H14" s="7">
         <v>22872</v>
       </c>
-      <c s="13" r="I14">
+      <c r="I14" s="7">
         <v>22820</v>
       </c>
-      <c s="13" r="J14">
+      <c r="J14" s="7">
         <v>22057</v>
       </c>
-      <c s="13" r="K14">
-[...5 lines deleted...]
-      <c s="8" r="B15">
+      <c r="K14" s="25">
+        <v>21100</v>
+      </c>
+      <c r="L14" s="18"/>
+    </row>
+    <row r="15" spans="2:13" ht="15.95">
+      <c r="B15" s="20">
         <v>3</v>
       </c>
-      <c s="9" r="C15">
-[...9 lines deleted...]
-      <c s="11" r="G15">
+      <c r="C15" s="4">
+        <v>1</v>
+      </c>
+      <c r="D15" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="17"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="6">
         <v>52831</v>
       </c>
-      <c s="11" r="H15">
+      <c r="H15" s="6">
         <v>53250</v>
       </c>
-      <c s="11" r="I15">
+      <c r="I15" s="6">
         <v>55383</v>
       </c>
-      <c s="11" r="J15">
+      <c r="J15" s="6">
         <v>56559</v>
       </c>
-      <c s="11" r="K15">
-[...6 lines deleted...]
-      <c s="9" r="C16">
+      <c r="K15" s="24">
+        <v>55014</v>
+      </c>
+      <c r="L15" s="18"/>
+    </row>
+    <row r="16" spans="2:13" ht="15.95">
+      <c r="B16" s="21"/>
+      <c r="C16" s="4">
         <v>2</v>
       </c>
-      <c s="10" t="inlineStr" r="D16">
-[...6 lines deleted...]
-      <c s="13" r="G16">
+      <c r="D16" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="17"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="7">
         <v>9088</v>
       </c>
-      <c s="13" r="H16">
+      <c r="H16" s="7">
         <v>9248</v>
       </c>
-      <c s="13" r="I16">
+      <c r="I16" s="7">
         <v>9912</v>
       </c>
-      <c s="13" r="J16">
+      <c r="J16" s="7">
         <v>10160</v>
       </c>
-      <c s="13" r="K16">
-[...6 lines deleted...]
-      <c s="9" r="C17">
+      <c r="K16" s="25">
+        <v>10017</v>
+      </c>
+      <c r="L16" s="18"/>
+    </row>
+    <row r="17" spans="2:12" ht="15.95">
+      <c r="B17" s="21"/>
+      <c r="C17" s="4">
         <v>3</v>
       </c>
-      <c s="10" t="inlineStr" r="D17">
-[...6 lines deleted...]
-      <c s="13" r="G17">
+      <c r="D17" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" s="17"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="7">
         <v>19824</v>
       </c>
-      <c s="13" r="H17">
+      <c r="H17" s="7">
         <v>20442</v>
       </c>
-      <c s="13" r="I17">
+      <c r="I17" s="7">
         <v>21908</v>
       </c>
-      <c s="13" r="J17">
+      <c r="J17" s="7">
         <v>22779</v>
       </c>
-      <c s="13" r="K17">
-[...6 lines deleted...]
-      <c s="9" r="C18">
+      <c r="K17" s="25">
+        <v>21853</v>
+      </c>
+      <c r="L17" s="18"/>
+    </row>
+    <row r="18" spans="2:12" ht="15.75">
+      <c r="B18" s="22"/>
+      <c r="C18" s="4">
         <v>4</v>
       </c>
-      <c s="10" t="inlineStr" r="D18">
-[...6 lines deleted...]
-      <c s="13" r="G18">
+      <c r="D18" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="17"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="7">
         <v>23919</v>
       </c>
-      <c s="13" r="H18">
+      <c r="H18" s="7">
         <v>23560</v>
       </c>
-      <c s="13" r="I18">
+      <c r="I18" s="7">
         <v>23563</v>
       </c>
-      <c s="13" r="J18">
+      <c r="J18" s="7">
         <v>23620</v>
       </c>
-      <c s="13" r="K18">
-[...18 lines deleted...]
-      </c>
+      <c r="K18" s="25">
+        <v>23144</v>
+      </c>
+      <c r="L18" s="18"/>
+    </row>
+    <row r="19" spans="2:12" ht="0" hidden="1" customHeight="1"/>
+    <row r="20" spans="2:12" ht="18" customHeight="1"/>
+    <row r="21" spans="2:12" ht="18" customHeight="1">
+      <c r="D21" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="41"/>
+      <c r="F21" s="41"/>
+      <c r="G21" s="41"/>
+      <c r="H21" s="41"/>
+      <c r="I21" s="41"/>
+      <c r="J21" s="41"/>
+      <c r="K21" s="41"/>
+    </row>
+    <row r="22" spans="2:12" ht="18" customHeight="1">
+      <c r="D22" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="41"/>
+      <c r="F22" s="41"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="41"/>
+      <c r="I22" s="41"/>
+      <c r="J22" s="41"/>
+      <c r="K22" s="41"/>
     </row>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="32">
+    <mergeCell ref="D21:K21"/>
+    <mergeCell ref="D22:K22"/>
+    <mergeCell ref="B15:B18"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="K15:L15"/>
+    <mergeCell ref="D16:F16"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="D18:F18"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="D12:F12"/>
+    <mergeCell ref="K12:L12"/>
+    <mergeCell ref="D13:F13"/>
+    <mergeCell ref="K13:L13"/>
+    <mergeCell ref="D14:F14"/>
+    <mergeCell ref="K14:L14"/>
     <mergeCell ref="D4:M4"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="K10:L10"/>
-    <mergeCell ref="B11:B14"/>
-[...18 lines deleted...]
-    <mergeCell ref="D22:K22"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId7"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="B1:L258"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0">
-      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="3.421875"/>
-[...12 lines deleted...]
-    <col min="14" max="14" customWidth="1" width="1.80078125"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" width="36.5703125" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="4.85546875" customWidth="1"/>
+    <col min="8" max="8" width="7.7109375" customWidth="1"/>
+    <col min="9" max="10" width="12.42578125" customWidth="1"/>
+    <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="56.42578125" customWidth="1"/>
+    <col min="13" max="13" width="1.42578125" customWidth="1"/>
+    <col min="14" max="14" width="1.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="3.6" customHeight="1"/>
-[...99 lines deleted...]
-      <c s="13" r="I7">
+    <row r="1" spans="2:12" ht="3.6" customHeight="1"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1"/>
+    <row r="3" spans="2:12" ht="7.9" customHeight="1"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1">
+      <c r="B4" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="41"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
+      <c r="L4" s="41"/>
+    </row>
+    <row r="5" spans="2:12" ht="16.5">
+      <c r="B5" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="28"/>
+      <c r="D5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="28"/>
+      <c r="J5" s="28"/>
+    </row>
+    <row r="6" spans="2:12" ht="18">
+      <c r="B6" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="18"/>
+      <c r="D6" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="18"/>
+      <c r="I6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" ht="15.95">
+      <c r="B7" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="31"/>
+      <c r="D7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="18"/>
+      <c r="I7" s="7">
         <v>10</v>
       </c>
-      <c s="13" r="J7">
+      <c r="J7" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="2:12" ht="15.95">
+      <c r="B8" s="32"/>
+      <c r="C8" s="33"/>
+      <c r="D8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="7">
+        <v>16</v>
+      </c>
+      <c r="G8" s="25">
+        <v>11</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="7">
+        <v>28</v>
+      </c>
+      <c r="J8" s="7">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" ht="15.75">
+      <c r="B9" s="32"/>
+      <c r="C9" s="33"/>
+      <c r="D9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" s="7">
+        <v>8</v>
+      </c>
+      <c r="G9" s="25">
+        <v>7</v>
+      </c>
+      <c r="H9" s="18"/>
+      <c r="I9" s="7">
+        <v>17</v>
+      </c>
+      <c r="J9" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" ht="15.95">
+      <c r="B10" s="32"/>
+      <c r="C10" s="33"/>
+      <c r="D10" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" s="6">
+        <v>27</v>
+      </c>
+      <c r="G10" s="24">
+        <v>19</v>
+      </c>
+      <c r="H10" s="18"/>
+      <c r="I10" s="6">
+        <v>55</v>
+      </c>
+      <c r="J10" s="6">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" ht="15.95">
+      <c r="B11" s="34"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="18"/>
+      <c r="I11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J11" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" ht="15.95">
+      <c r="B12" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="31"/>
+      <c r="D12" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="7">
+        <v>712</v>
+      </c>
+      <c r="F12" s="7">
+        <v>714</v>
+      </c>
+      <c r="G12" s="25">
+        <v>768</v>
+      </c>
+      <c r="H12" s="18"/>
+      <c r="I12" s="7">
+        <v>684</v>
+      </c>
+      <c r="J12" s="7">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" ht="15.95">
+      <c r="B13" s="32"/>
+      <c r="C13" s="33"/>
+      <c r="D13" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="7">
+        <v>785</v>
+      </c>
+      <c r="F13" s="7">
+        <v>764</v>
+      </c>
+      <c r="G13" s="25">
+        <v>787</v>
+      </c>
+      <c r="H13" s="18"/>
+      <c r="I13" s="7">
+        <v>780</v>
+      </c>
+      <c r="J13" s="7">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" ht="15.75">
+      <c r="B14" s="32"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="7">
+        <v>1890</v>
+      </c>
+      <c r="F14" s="7">
+        <v>2142</v>
+      </c>
+      <c r="G14" s="25">
+        <v>2163</v>
+      </c>
+      <c r="H14" s="18"/>
+      <c r="I14" s="7">
+        <v>2233</v>
+      </c>
+      <c r="J14" s="7">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" ht="15.95">
+      <c r="B15" s="32"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="6">
+        <v>3387</v>
+      </c>
+      <c r="F15" s="6">
+        <v>3620</v>
+      </c>
+      <c r="G15" s="24">
+        <v>3718</v>
+      </c>
+      <c r="H15" s="18"/>
+      <c r="I15" s="6">
+        <v>3697</v>
+      </c>
+      <c r="J15" s="6">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" ht="15.95">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G16" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="18"/>
+      <c r="I16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" ht="15.95">
+      <c r="B17" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="31"/>
+      <c r="D17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="7">
+        <v>41</v>
+      </c>
+      <c r="F17" s="7">
+        <v>41</v>
+      </c>
+      <c r="G17" s="25">
+        <v>45</v>
+      </c>
+      <c r="H17" s="18"/>
+      <c r="I17" s="7">
+        <v>47</v>
+      </c>
+      <c r="J17" s="7">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" ht="15.95">
+      <c r="B18" s="32"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" s="7">
+        <v>219</v>
+      </c>
+      <c r="F18" s="7">
+        <v>257</v>
+      </c>
+      <c r="G18" s="25">
+        <v>188</v>
+      </c>
+      <c r="H18" s="18"/>
+      <c r="I18" s="7">
+        <v>255</v>
+      </c>
+      <c r="J18" s="7">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" ht="15.75">
+      <c r="B19" s="32"/>
+      <c r="C19" s="33"/>
+      <c r="D19" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" s="7">
+        <v>139</v>
+      </c>
+      <c r="F19" s="7">
+        <v>158</v>
+      </c>
+      <c r="G19" s="25">
+        <v>163</v>
+      </c>
+      <c r="H19" s="18"/>
+      <c r="I19" s="7">
+        <v>160</v>
+      </c>
+      <c r="J19" s="7">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" ht="15.95">
+      <c r="B20" s="32"/>
+      <c r="C20" s="33"/>
+      <c r="D20" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E20" s="6">
+        <v>399</v>
+      </c>
+      <c r="F20" s="6">
+        <v>456</v>
+      </c>
+      <c r="G20" s="24">
+        <v>396</v>
+      </c>
+      <c r="H20" s="18"/>
+      <c r="I20" s="6">
+        <v>462</v>
+      </c>
+      <c r="J20" s="6">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" ht="15.95">
+      <c r="B21" s="34"/>
+      <c r="C21" s="35"/>
+      <c r="D21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="18"/>
+      <c r="I21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" ht="15.95">
+      <c r="B22" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="31"/>
+      <c r="D22" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="7">
+        <v>155</v>
+      </c>
+      <c r="F22" s="7">
+        <v>151</v>
+      </c>
+      <c r="G22" s="25">
+        <v>165</v>
+      </c>
+      <c r="H22" s="18"/>
+      <c r="I22" s="7">
+        <v>195</v>
+      </c>
+      <c r="J22" s="7">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" ht="15.95">
+      <c r="B23" s="32"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" s="7">
+        <v>163</v>
+      </c>
+      <c r="F23" s="7">
+        <v>149</v>
+      </c>
+      <c r="G23" s="25">
+        <v>172</v>
+      </c>
+      <c r="H23" s="18"/>
+      <c r="I23" s="7">
+        <v>170</v>
+      </c>
+      <c r="J23" s="7">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" ht="15.75">
+      <c r="B24" s="32"/>
+      <c r="C24" s="33"/>
+      <c r="D24" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="7">
+        <v>730</v>
+      </c>
+      <c r="F24" s="7">
+        <v>772</v>
+      </c>
+      <c r="G24" s="25">
+        <v>842</v>
+      </c>
+      <c r="H24" s="18"/>
+      <c r="I24" s="7">
+        <v>914</v>
+      </c>
+      <c r="J24" s="7">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" ht="15.95">
+      <c r="B25" s="32"/>
+      <c r="C25" s="33"/>
+      <c r="D25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6">
+        <v>1048</v>
+      </c>
+      <c r="F25" s="6">
+        <v>1072</v>
+      </c>
+      <c r="G25" s="24">
+        <v>1179</v>
+      </c>
+      <c r="H25" s="18"/>
+      <c r="I25" s="6">
+        <v>1279</v>
+      </c>
+      <c r="J25" s="6">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" ht="15.95">
+      <c r="B26" s="34"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G26" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="18"/>
+      <c r="I26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="2:10" ht="15.95">
+      <c r="B27" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="31"/>
+      <c r="D27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="7">
+        <v>9</v>
+      </c>
+      <c r="F27" s="7">
+        <v>13</v>
+      </c>
+      <c r="G27" s="25">
+        <v>8</v>
+      </c>
+      <c r="H27" s="18"/>
+      <c r="I27" s="7">
         <v>5</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c s="13" r="F8">
+      <c r="J27" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="28" spans="2:10" ht="15.95">
+      <c r="B28" s="32"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" s="7">
+        <v>45</v>
+      </c>
+      <c r="F28" s="7">
+        <v>47</v>
+      </c>
+      <c r="G28" s="25">
+        <v>54</v>
+      </c>
+      <c r="H28" s="18"/>
+      <c r="I28" s="7">
+        <v>71</v>
+      </c>
+      <c r="J28" s="7">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" ht="15.75">
+      <c r="B29" s="32"/>
+      <c r="C29" s="33"/>
+      <c r="D29" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="7">
+        <v>31</v>
+      </c>
+      <c r="F29" s="7">
+        <v>32</v>
+      </c>
+      <c r="G29" s="25">
+        <v>40</v>
+      </c>
+      <c r="H29" s="18"/>
+      <c r="I29" s="7">
+        <v>45</v>
+      </c>
+      <c r="J29" s="7">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="30" spans="2:10" ht="15.95">
+      <c r="B30" s="32"/>
+      <c r="C30" s="33"/>
+      <c r="D30" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="6">
+        <v>85</v>
+      </c>
+      <c r="F30" s="6">
+        <v>92</v>
+      </c>
+      <c r="G30" s="24">
+        <v>102</v>
+      </c>
+      <c r="H30" s="18"/>
+      <c r="I30" s="6">
+        <v>121</v>
+      </c>
+      <c r="J30" s="6">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" ht="15.95">
+      <c r="B31" s="34"/>
+      <c r="C31" s="35"/>
+      <c r="D31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="18"/>
+      <c r="I31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="2:10" ht="15.95">
+      <c r="B32" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="31"/>
+      <c r="D32" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="7">
+        <v>1077</v>
+      </c>
+      <c r="F32" s="7">
+        <v>996</v>
+      </c>
+      <c r="G32" s="25">
+        <v>1390</v>
+      </c>
+      <c r="H32" s="18"/>
+      <c r="I32" s="7">
+        <v>1471</v>
+      </c>
+      <c r="J32" s="7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" ht="15.95">
+      <c r="B33" s="32"/>
+      <c r="C33" s="33"/>
+      <c r="D33" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" s="7">
+        <v>767</v>
+      </c>
+      <c r="F33" s="7">
+        <v>1413</v>
+      </c>
+      <c r="G33" s="25">
+        <v>1578</v>
+      </c>
+      <c r="H33" s="18"/>
+      <c r="I33" s="7">
+        <v>1626</v>
+      </c>
+      <c r="J33" s="7">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" ht="15.75">
+      <c r="B34" s="32"/>
+      <c r="C34" s="33"/>
+      <c r="D34" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E34" s="7">
+        <v>1984</v>
+      </c>
+      <c r="F34" s="7">
+        <v>1539</v>
+      </c>
+      <c r="G34" s="25">
+        <v>1611</v>
+      </c>
+      <c r="H34" s="18"/>
+      <c r="I34" s="7">
+        <v>1771</v>
+      </c>
+      <c r="J34" s="7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" ht="15.95">
+      <c r="B35" s="32"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E35" s="6">
+        <v>3828</v>
+      </c>
+      <c r="F35" s="6">
+        <v>3948</v>
+      </c>
+      <c r="G35" s="24">
+        <v>4579</v>
+      </c>
+      <c r="H35" s="18"/>
+      <c r="I35" s="6">
+        <v>4868</v>
+      </c>
+      <c r="J35" s="6">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" ht="15.95">
+      <c r="B36" s="34"/>
+      <c r="C36" s="35"/>
+      <c r="D36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G36" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="18"/>
+      <c r="I36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="2:10" ht="15.95">
+      <c r="B37" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="31"/>
+      <c r="D37" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G37" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" s="18"/>
+      <c r="I37" s="7">
+        <v>15</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="2:10" ht="15.95">
+      <c r="B38" s="32"/>
+      <c r="C38" s="33"/>
+      <c r="D38" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="18"/>
+      <c r="I38" s="7">
+        <v>28</v>
+      </c>
+      <c r="J38" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="2:10" ht="15.75">
+      <c r="B39" s="32"/>
+      <c r="C39" s="33"/>
+      <c r="D39" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" s="18"/>
+      <c r="I39" s="7">
+        <v>18</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="2:10" ht="15.95">
+      <c r="B40" s="32"/>
+      <c r="C40" s="33"/>
+      <c r="D40" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E40" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F40" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H40" s="18"/>
+      <c r="I40" s="6">
+        <v>61</v>
+      </c>
+      <c r="J40" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="2:10" ht="15.95">
+      <c r="B41" s="34"/>
+      <c r="C41" s="35"/>
+      <c r="D41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G41" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="18"/>
+      <c r="I41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="2:10" ht="15.95">
+      <c r="B42" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="31"/>
+      <c r="D42" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="7">
+        <v>15</v>
+      </c>
+      <c r="F42" s="7">
+        <v>13</v>
+      </c>
+      <c r="G42" s="25">
+        <v>20</v>
+      </c>
+      <c r="H42" s="18"/>
+      <c r="I42" s="7">
+        <v>27</v>
+      </c>
+      <c r="J42" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="43" spans="2:10" ht="15.95">
+      <c r="B43" s="32"/>
+      <c r="C43" s="33"/>
+      <c r="D43" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" s="7">
+        <v>18</v>
+      </c>
+      <c r="F43" s="7">
+        <v>116</v>
+      </c>
+      <c r="G43" s="25">
+        <v>34</v>
+      </c>
+      <c r="H43" s="18"/>
+      <c r="I43" s="7">
+        <v>40</v>
+      </c>
+      <c r="J43" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="2:10" ht="15.75">
+      <c r="B44" s="32"/>
+      <c r="C44" s="33"/>
+      <c r="D44" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E44" s="7">
+        <v>11</v>
+      </c>
+      <c r="F44" s="7">
+        <v>39</v>
+      </c>
+      <c r="G44" s="25">
+        <v>44</v>
+      </c>
+      <c r="H44" s="18"/>
+      <c r="I44" s="7">
+        <v>53</v>
+      </c>
+      <c r="J44" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="2:10" ht="15.95">
+      <c r="B45" s="32"/>
+      <c r="C45" s="33"/>
+      <c r="D45" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E45" s="6">
+        <v>44</v>
+      </c>
+      <c r="F45" s="6">
+        <v>168</v>
+      </c>
+      <c r="G45" s="24">
+        <v>98</v>
+      </c>
+      <c r="H45" s="18"/>
+      <c r="I45" s="6">
+        <v>120</v>
+      </c>
+      <c r="J45" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="2:10" ht="15.95">
+      <c r="B46" s="34"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G46" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="18"/>
+      <c r="I46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="2:10" ht="15.95">
+      <c r="B47" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="C47" s="31"/>
+      <c r="D47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="7">
+        <v>43</v>
+      </c>
+      <c r="F47" s="7">
+        <v>27</v>
+      </c>
+      <c r="G47" s="25">
+        <v>25</v>
+      </c>
+      <c r="H47" s="18"/>
+      <c r="I47" s="7">
+        <v>27</v>
+      </c>
+      <c r="J47" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="48" spans="2:10" ht="15.95">
+      <c r="B48" s="32"/>
+      <c r="C48" s="33"/>
+      <c r="D48" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E48" s="7">
+        <v>79</v>
+      </c>
+      <c r="F48" s="7">
+        <v>83</v>
+      </c>
+      <c r="G48" s="25">
+        <v>61</v>
+      </c>
+      <c r="H48" s="18"/>
+      <c r="I48" s="7">
+        <v>84</v>
+      </c>
+      <c r="J48" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" ht="15.75">
+      <c r="B49" s="32"/>
+      <c r="C49" s="33"/>
+      <c r="D49" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E49" s="7">
+        <v>46</v>
+      </c>
+      <c r="F49" s="7">
+        <v>22</v>
+      </c>
+      <c r="G49" s="25">
+        <v>31</v>
+      </c>
+      <c r="H49" s="18"/>
+      <c r="I49" s="7">
+        <v>41</v>
+      </c>
+      <c r="J49" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="50" spans="2:10" ht="15.95">
+      <c r="B50" s="32"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E50" s="6">
+        <v>168</v>
+      </c>
+      <c r="F50" s="6">
+        <v>132</v>
+      </c>
+      <c r="G50" s="24">
+        <v>117</v>
+      </c>
+      <c r="H50" s="18"/>
+      <c r="I50" s="6">
+        <v>152</v>
+      </c>
+      <c r="J50" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="51" spans="2:10" ht="15.95">
+      <c r="B51" s="34"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G51" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="18"/>
+      <c r="I51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="2:10" ht="15.95">
+      <c r="B52" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C52" s="31"/>
+      <c r="D52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="7">
+        <v>2537</v>
+      </c>
+      <c r="F52" s="7">
+        <v>2395</v>
+      </c>
+      <c r="G52" s="25">
+        <v>2305</v>
+      </c>
+      <c r="H52" s="18"/>
+      <c r="I52" s="7">
+        <v>2362</v>
+      </c>
+      <c r="J52" s="7">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" ht="15.95">
+      <c r="B53" s="32"/>
+      <c r="C53" s="33"/>
+      <c r="D53" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" s="7">
+        <v>7036</v>
+      </c>
+      <c r="F53" s="7">
+        <v>6603</v>
+      </c>
+      <c r="G53" s="25">
+        <v>6386</v>
+      </c>
+      <c r="H53" s="18"/>
+      <c r="I53" s="7">
+        <v>7423</v>
+      </c>
+      <c r="J53" s="7">
+        <v>7549</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" ht="15.75">
+      <c r="B54" s="32"/>
+      <c r="C54" s="33"/>
+      <c r="D54" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E54" s="7">
+        <v>2315</v>
+      </c>
+      <c r="F54" s="7">
+        <v>2170</v>
+      </c>
+      <c r="G54" s="25">
+        <v>2126</v>
+      </c>
+      <c r="H54" s="18"/>
+      <c r="I54" s="7">
+        <v>2150</v>
+      </c>
+      <c r="J54" s="7">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" ht="15.95">
+      <c r="B55" s="32"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E55" s="6">
+        <v>11888</v>
+      </c>
+      <c r="F55" s="6">
+        <v>11168</v>
+      </c>
+      <c r="G55" s="24">
+        <v>10817</v>
+      </c>
+      <c r="H55" s="18"/>
+      <c r="I55" s="6">
+        <v>11935</v>
+      </c>
+      <c r="J55" s="6">
+        <v>11735</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" ht="15.95">
+      <c r="B56" s="34"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G56" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="18"/>
+      <c r="I56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J56" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="2:10" ht="15.95">
+      <c r="B57" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" s="31"/>
+      <c r="D57" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E57" s="7">
+        <v>38</v>
+      </c>
+      <c r="F57" s="7">
+        <v>32</v>
+      </c>
+      <c r="G57" s="25">
+        <v>13</v>
+      </c>
+      <c r="H57" s="18"/>
+      <c r="I57" s="7">
+        <v>29</v>
+      </c>
+      <c r="J57" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="2:10" ht="15.95">
+      <c r="B58" s="32"/>
+      <c r="C58" s="33"/>
+      <c r="D58" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" s="7">
+        <v>158</v>
+      </c>
+      <c r="F58" s="7">
+        <v>114</v>
+      </c>
+      <c r="G58" s="25">
+        <v>63</v>
+      </c>
+      <c r="H58" s="18"/>
+      <c r="I58" s="7">
+        <v>132</v>
+      </c>
+      <c r="J58" s="7">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" ht="15.75">
+      <c r="B59" s="32"/>
+      <c r="C59" s="33"/>
+      <c r="D59" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="7">
+        <v>45</v>
+      </c>
+      <c r="F59" s="7">
+        <v>34</v>
+      </c>
+      <c r="G59" s="25">
+        <v>23</v>
+      </c>
+      <c r="H59" s="18"/>
+      <c r="I59" s="7">
+        <v>24</v>
+      </c>
+      <c r="J59" s="7">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="60" spans="2:10" ht="15.95">
+      <c r="B60" s="32"/>
+      <c r="C60" s="33"/>
+      <c r="D60" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E60" s="6">
+        <v>241</v>
+      </c>
+      <c r="F60" s="6">
+        <v>180</v>
+      </c>
+      <c r="G60" s="24">
+        <v>99</v>
+      </c>
+      <c r="H60" s="18"/>
+      <c r="I60" s="6">
+        <v>185</v>
+      </c>
+      <c r="J60" s="6">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" ht="15.95">
+      <c r="B61" s="34"/>
+      <c r="C61" s="35"/>
+      <c r="D61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G61" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="18"/>
+      <c r="I61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="2:10" ht="15.95">
+      <c r="B62" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" s="31"/>
+      <c r="D62" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E62" s="7">
+        <v>3431</v>
+      </c>
+      <c r="F62" s="7">
+        <v>3379</v>
+      </c>
+      <c r="G62" s="25">
+        <v>3447</v>
+      </c>
+      <c r="H62" s="18"/>
+      <c r="I62" s="7">
+        <v>3630</v>
+      </c>
+      <c r="J62" s="7">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" ht="15.95">
+      <c r="B63" s="32"/>
+      <c r="C63" s="33"/>
+      <c r="D63" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" s="7">
+        <v>12548</v>
+      </c>
+      <c r="F63" s="7">
+        <v>12869</v>
+      </c>
+      <c r="G63" s="25">
+        <v>14046</v>
+      </c>
+      <c r="H63" s="18"/>
+      <c r="I63" s="7">
+        <v>15057</v>
+      </c>
+      <c r="J63" s="7">
+        <v>14643</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" ht="15.75">
+      <c r="B64" s="32"/>
+      <c r="C64" s="33"/>
+      <c r="D64" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E64" s="7">
+        <v>8685</v>
+      </c>
+      <c r="F64" s="7">
+        <v>8634</v>
+      </c>
+      <c r="G64" s="25">
+        <v>8517</v>
+      </c>
+      <c r="H64" s="18"/>
+      <c r="I64" s="7">
+        <v>8898</v>
+      </c>
+      <c r="J64" s="7">
+        <v>9089</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" ht="15.95">
+      <c r="B65" s="32"/>
+      <c r="C65" s="33"/>
+      <c r="D65" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E65" s="6">
+        <v>24664</v>
+      </c>
+      <c r="F65" s="6">
+        <v>24882</v>
+      </c>
+      <c r="G65" s="24">
+        <v>26010</v>
+      </c>
+      <c r="H65" s="18"/>
+      <c r="I65" s="6">
+        <v>27585</v>
+      </c>
+      <c r="J65" s="6">
+        <v>27340</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" ht="15.95">
+      <c r="B66" s="34"/>
+      <c r="C66" s="35"/>
+      <c r="D66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G66" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="18"/>
+      <c r="I66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="2:10" ht="15.95">
+      <c r="B67" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="31"/>
+      <c r="D67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E67" s="7">
+        <v>17</v>
+      </c>
+      <c r="F67" s="7">
+        <v>23</v>
+      </c>
+      <c r="G67" s="25">
+        <v>9</v>
+      </c>
+      <c r="H67" s="18"/>
+      <c r="I67" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J67" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="2:10" ht="15.95">
+      <c r="B68" s="32"/>
+      <c r="C68" s="33"/>
+      <c r="D68" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" s="7">
+        <v>51</v>
+      </c>
+      <c r="F68" s="7">
+        <v>55</v>
+      </c>
+      <c r="G68" s="25">
+        <v>28</v>
+      </c>
+      <c r="H68" s="18"/>
+      <c r="I68" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J68" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="69" spans="2:10" ht="15.75">
+      <c r="B69" s="32"/>
+      <c r="C69" s="33"/>
+      <c r="D69" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E69" s="7">
+        <v>46</v>
+      </c>
+      <c r="F69" s="7">
+        <v>38</v>
+      </c>
+      <c r="G69" s="25">
+        <v>26</v>
+      </c>
+      <c r="H69" s="18"/>
+      <c r="I69" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J69" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="70" spans="2:10" ht="15.95">
+      <c r="B70" s="32"/>
+      <c r="C70" s="33"/>
+      <c r="D70" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E70" s="6">
+        <v>114</v>
+      </c>
+      <c r="F70" s="6">
+        <v>116</v>
+      </c>
+      <c r="G70" s="24">
+        <v>63</v>
+      </c>
+      <c r="H70" s="18"/>
+      <c r="I70" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J70" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="2:10" ht="15.95">
+      <c r="B71" s="34"/>
+      <c r="C71" s="35"/>
+      <c r="D71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G71" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="18"/>
+      <c r="I71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="2:10" ht="15.95">
+      <c r="B72" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="C72" s="31"/>
+      <c r="D72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" s="7">
+        <v>24</v>
+      </c>
+      <c r="F72" s="7">
+        <v>21</v>
+      </c>
+      <c r="G72" s="25">
+        <v>11</v>
+      </c>
+      <c r="H72" s="18"/>
+      <c r="I72" s="7">
+        <v>17</v>
+      </c>
+      <c r="J72" s="7">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" spans="2:10" ht="15.95">
+      <c r="B73" s="32"/>
+      <c r="C73" s="33"/>
+      <c r="D73" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" s="7">
+        <v>36</v>
+      </c>
+      <c r="F73" s="7">
+        <v>34</v>
+      </c>
+      <c r="G73" s="25">
+        <v>42</v>
+      </c>
+      <c r="H73" s="18"/>
+      <c r="I73" s="7">
+        <v>63</v>
+      </c>
+      <c r="J73" s="7">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" ht="15.75">
+      <c r="B74" s="32"/>
+      <c r="C74" s="33"/>
+      <c r="D74" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E74" s="7">
+        <v>108</v>
+      </c>
+      <c r="F74" s="7">
+        <v>93</v>
+      </c>
+      <c r="G74" s="25">
+        <v>104</v>
+      </c>
+      <c r="H74" s="18"/>
+      <c r="I74" s="7">
+        <v>104</v>
+      </c>
+      <c r="J74" s="7">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" ht="15.95">
+      <c r="B75" s="32"/>
+      <c r="C75" s="33"/>
+      <c r="D75" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E75" s="6">
+        <v>168</v>
+      </c>
+      <c r="F75" s="6">
+        <v>148</v>
+      </c>
+      <c r="G75" s="24">
+        <v>157</v>
+      </c>
+      <c r="H75" s="18"/>
+      <c r="I75" s="6">
+        <v>184</v>
+      </c>
+      <c r="J75" s="6">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" ht="15.95">
+      <c r="B76" s="34"/>
+      <c r="C76" s="35"/>
+      <c r="D76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="18"/>
+      <c r="I76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="2:10" ht="15.95">
+      <c r="B77" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="C77" s="31"/>
+      <c r="D77" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E77" s="7">
+        <v>61</v>
+      </c>
+      <c r="F77" s="7">
+        <v>34</v>
+      </c>
+      <c r="G77" s="25">
+        <v>62</v>
+      </c>
+      <c r="H77" s="18"/>
+      <c r="I77" s="7">
+        <v>42</v>
+      </c>
+      <c r="J77" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="78" spans="2:10" ht="15.95">
+      <c r="B78" s="32"/>
+      <c r="C78" s="33"/>
+      <c r="D78" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" s="7">
+        <v>109</v>
+      </c>
+      <c r="F78" s="7">
+        <v>110</v>
+      </c>
+      <c r="G78" s="25">
+        <v>119</v>
+      </c>
+      <c r="H78" s="18"/>
+      <c r="I78" s="7">
+        <v>140</v>
+      </c>
+      <c r="J78" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="79" spans="2:10" ht="15.75">
+      <c r="B79" s="32"/>
+      <c r="C79" s="33"/>
+      <c r="D79" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E79" s="7">
+        <v>97</v>
+      </c>
+      <c r="F79" s="7">
+        <v>56</v>
+      </c>
+      <c r="G79" s="25">
+        <v>63</v>
+      </c>
+      <c r="H79" s="18"/>
+      <c r="I79" s="7">
+        <v>66</v>
+      </c>
+      <c r="J79" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="80" spans="2:10" ht="15.95">
+      <c r="B80" s="32"/>
+      <c r="C80" s="33"/>
+      <c r="D80" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E80" s="6">
+        <v>267</v>
+      </c>
+      <c r="F80" s="6">
+        <v>200</v>
+      </c>
+      <c r="G80" s="24">
+        <v>244</v>
+      </c>
+      <c r="H80" s="18"/>
+      <c r="I80" s="6">
+        <v>248</v>
+      </c>
+      <c r="J80" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="81" spans="2:10" ht="15.95">
+      <c r="B81" s="34"/>
+      <c r="C81" s="35"/>
+      <c r="D81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="18"/>
+      <c r="I81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="2:10" ht="15.95">
+      <c r="B82" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="C82" s="31"/>
+      <c r="D82" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E82" s="7">
+        <v>9</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G82" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H82" s="18"/>
+      <c r="I82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J82" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="83" spans="2:10" ht="15.95">
+      <c r="B83" s="32"/>
+      <c r="C83" s="33"/>
+      <c r="D83" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" s="7">
+        <v>94</v>
+      </c>
+      <c r="F83" s="7">
+        <v>61</v>
+      </c>
+      <c r="G83" s="25">
+        <v>40</v>
+      </c>
+      <c r="H83" s="18"/>
+      <c r="I83" s="7">
+        <v>69</v>
+      </c>
+      <c r="J83" s="7">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" ht="15.75">
+      <c r="B84" s="32"/>
+      <c r="C84" s="33"/>
+      <c r="D84" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E84" s="7">
+        <v>22</v>
+      </c>
+      <c r="F84" s="7">
+        <v>9</v>
+      </c>
+      <c r="G84" s="25">
         <v>16</v>
       </c>
-      <c s="13" r="G8">
+      <c r="H84" s="18"/>
+      <c r="I84" s="7">
+        <v>14</v>
+      </c>
+      <c r="J84" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" ht="15.95">
+      <c r="B85" s="32"/>
+      <c r="C85" s="33"/>
+      <c r="D85" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E85" s="6">
+        <v>125</v>
+      </c>
+      <c r="F85" s="6">
+        <v>74</v>
+      </c>
+      <c r="G85" s="24">
+        <v>59</v>
+      </c>
+      <c r="H85" s="18"/>
+      <c r="I85" s="6">
+        <v>83</v>
+      </c>
+      <c r="J85" s="6">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" ht="15.95">
+      <c r="B86" s="34"/>
+      <c r="C86" s="35"/>
+      <c r="D86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G86" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="18"/>
+      <c r="I86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J86" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="2:10" ht="15.95">
+      <c r="B87" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="C87" s="31"/>
+      <c r="D87" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="7">
+        <v>86</v>
+      </c>
+      <c r="F87" s="7">
+        <v>92</v>
+      </c>
+      <c r="G87" s="25">
+        <v>85</v>
+      </c>
+      <c r="H87" s="18"/>
+      <c r="I87" s="7">
+        <v>85</v>
+      </c>
+      <c r="J87" s="7">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" ht="15.95">
+      <c r="B88" s="32"/>
+      <c r="C88" s="33"/>
+      <c r="D88" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" s="7">
+        <v>329</v>
+      </c>
+      <c r="F88" s="7">
+        <v>362</v>
+      </c>
+      <c r="G88" s="25">
+        <v>412</v>
+      </c>
+      <c r="H88" s="18"/>
+      <c r="I88" s="7">
+        <v>575</v>
+      </c>
+      <c r="J88" s="7">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" ht="15.75">
+      <c r="B89" s="32"/>
+      <c r="C89" s="33"/>
+      <c r="D89" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E89" s="7">
+        <v>430</v>
+      </c>
+      <c r="F89" s="7">
+        <v>372</v>
+      </c>
+      <c r="G89" s="25">
+        <v>447</v>
+      </c>
+      <c r="H89" s="18"/>
+      <c r="I89" s="7">
+        <v>408</v>
+      </c>
+      <c r="J89" s="7">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" ht="15.95">
+      <c r="B90" s="32"/>
+      <c r="C90" s="33"/>
+      <c r="D90" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E90" s="6">
+        <v>845</v>
+      </c>
+      <c r="F90" s="6">
+        <v>826</v>
+      </c>
+      <c r="G90" s="24">
+        <v>944</v>
+      </c>
+      <c r="H90" s="18"/>
+      <c r="I90" s="6">
+        <v>1068</v>
+      </c>
+      <c r="J90" s="6">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" ht="15.95">
+      <c r="B91" s="34"/>
+      <c r="C91" s="35"/>
+      <c r="D91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="18"/>
+      <c r="I91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J91" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="2:10" ht="15.95">
+      <c r="B92" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="C92" s="31"/>
+      <c r="D92" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="7">
+        <v>22</v>
+      </c>
+      <c r="F92" s="7">
+        <v>6</v>
+      </c>
+      <c r="G92" s="25">
+        <v>17</v>
+      </c>
+      <c r="H92" s="18"/>
+      <c r="I92" s="7">
+        <v>19</v>
+      </c>
+      <c r="J92" s="7">
         <v>11</v>
       </c>
-      <c s="6" t="str" r="H8"/>
-      <c s="13" r="I8">
+    </row>
+    <row r="93" spans="2:10" ht="15.95">
+      <c r="B93" s="32"/>
+      <c r="C93" s="33"/>
+      <c r="D93" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E93" s="7">
+        <v>143</v>
+      </c>
+      <c r="F93" s="7">
+        <v>143</v>
+      </c>
+      <c r="G93" s="25">
+        <v>142</v>
+      </c>
+      <c r="H93" s="18"/>
+      <c r="I93" s="7">
+        <v>239</v>
+      </c>
+      <c r="J93" s="7">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" ht="15.75">
+      <c r="B94" s="32"/>
+      <c r="C94" s="33"/>
+      <c r="D94" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E94" s="7">
+        <v>54</v>
+      </c>
+      <c r="F94" s="7">
+        <v>32</v>
+      </c>
+      <c r="G94" s="25">
+        <v>41</v>
+      </c>
+      <c r="H94" s="18"/>
+      <c r="I94" s="7">
+        <v>49</v>
+      </c>
+      <c r="J94" s="7">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="95" spans="2:10" ht="15.95">
+      <c r="B95" s="32"/>
+      <c r="C95" s="33"/>
+      <c r="D95" s="5" t="s">
         <v>28</v>
       </c>
-      <c s="13" r="J8">
+      <c r="E95" s="6">
+        <v>219</v>
+      </c>
+      <c r="F95" s="6">
+        <v>181</v>
+      </c>
+      <c r="G95" s="24">
+        <v>200</v>
+      </c>
+      <c r="H95" s="18"/>
+      <c r="I95" s="6">
+        <v>307</v>
+      </c>
+      <c r="J95" s="6">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="96" spans="2:10" ht="15.95">
+      <c r="B96" s="34"/>
+      <c r="C96" s="35"/>
+      <c r="D96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G96" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="18"/>
+      <c r="I96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="2:10" ht="15.95">
+      <c r="B97" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="C97" s="31"/>
+      <c r="D97" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="7">
+        <v>38</v>
+      </c>
+      <c r="F97" s="7">
+        <v>28</v>
+      </c>
+      <c r="G97" s="25">
+        <v>31</v>
+      </c>
+      <c r="H97" s="18"/>
+      <c r="I97" s="7">
+        <v>38</v>
+      </c>
+      <c r="J97" s="7">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="98" spans="2:10" ht="15.95">
+      <c r="B98" s="32"/>
+      <c r="C98" s="33"/>
+      <c r="D98" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" s="7">
+        <v>146</v>
+      </c>
+      <c r="F98" s="7">
+        <v>173</v>
+      </c>
+      <c r="G98" s="25">
+        <v>121</v>
+      </c>
+      <c r="H98" s="18"/>
+      <c r="I98" s="7">
+        <v>148</v>
+      </c>
+      <c r="J98" s="7">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" ht="15.75">
+      <c r="B99" s="32"/>
+      <c r="C99" s="33"/>
+      <c r="D99" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E99" s="7">
+        <v>111</v>
+      </c>
+      <c r="F99" s="7">
+        <v>94</v>
+      </c>
+      <c r="G99" s="25">
+        <v>86</v>
+      </c>
+      <c r="H99" s="18"/>
+      <c r="I99" s="7">
+        <v>94</v>
+      </c>
+      <c r="J99" s="7">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" ht="15.95">
+      <c r="B100" s="32"/>
+      <c r="C100" s="33"/>
+      <c r="D100" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E100" s="6">
+        <v>295</v>
+      </c>
+      <c r="F100" s="6">
+        <v>295</v>
+      </c>
+      <c r="G100" s="24">
+        <v>238</v>
+      </c>
+      <c r="H100" s="18"/>
+      <c r="I100" s="6">
+        <v>280</v>
+      </c>
+      <c r="J100" s="6">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" ht="15.95">
+      <c r="B101" s="34"/>
+      <c r="C101" s="35"/>
+      <c r="D101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G101" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="18"/>
+      <c r="I101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J101" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="2:10" ht="15.95">
+      <c r="B102" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C102" s="31"/>
+      <c r="D102" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E102" s="7">
+        <v>75</v>
+      </c>
+      <c r="F102" s="7">
+        <v>89</v>
+      </c>
+      <c r="G102" s="25">
+        <v>91</v>
+      </c>
+      <c r="H102" s="18"/>
+      <c r="I102" s="7">
+        <v>74</v>
+      </c>
+      <c r="J102" s="7">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" ht="15.95">
+      <c r="B103" s="32"/>
+      <c r="C103" s="33"/>
+      <c r="D103" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" s="7">
+        <v>104</v>
+      </c>
+      <c r="F103" s="7">
+        <v>120</v>
+      </c>
+      <c r="G103" s="25">
+        <v>130</v>
+      </c>
+      <c r="H103" s="18"/>
+      <c r="I103" s="7">
+        <v>178</v>
+      </c>
+      <c r="J103" s="7">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" ht="15.75">
+      <c r="B104" s="32"/>
+      <c r="C104" s="33"/>
+      <c r="D104" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E104" s="7">
+        <v>230</v>
+      </c>
+      <c r="F104" s="7">
+        <v>240</v>
+      </c>
+      <c r="G104" s="25">
+        <v>262</v>
+      </c>
+      <c r="H104" s="18"/>
+      <c r="I104" s="7">
+        <v>296</v>
+      </c>
+      <c r="J104" s="7">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" ht="15.95">
+      <c r="B105" s="32"/>
+      <c r="C105" s="33"/>
+      <c r="D105" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E105" s="6">
+        <v>409</v>
+      </c>
+      <c r="F105" s="6">
+        <v>449</v>
+      </c>
+      <c r="G105" s="24">
+        <v>483</v>
+      </c>
+      <c r="H105" s="18"/>
+      <c r="I105" s="6">
+        <v>548</v>
+      </c>
+      <c r="J105" s="6">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" ht="15.95">
+      <c r="B106" s="34"/>
+      <c r="C106" s="35"/>
+      <c r="D106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G106" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="18"/>
+      <c r="I106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J106" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="2:10" ht="15.95">
+      <c r="B107" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="C107" s="31"/>
+      <c r="D107" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E107" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F107" s="7">
+        <v>5</v>
+      </c>
+      <c r="G107" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H107" s="18"/>
+      <c r="I107" s="7">
+        <v>7</v>
+      </c>
+      <c r="J107" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="2:10" ht="15.95">
+      <c r="B108" s="32"/>
+      <c r="C108" s="33"/>
+      <c r="D108" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" s="7">
+        <v>19</v>
+      </c>
+      <c r="F108" s="7">
+        <v>34</v>
+      </c>
+      <c r="G108" s="25">
+        <v>17</v>
+      </c>
+      <c r="H108" s="18"/>
+      <c r="I108" s="7">
+        <v>60</v>
+      </c>
+      <c r="J108" s="7">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" ht="15.75">
+      <c r="B109" s="32"/>
+      <c r="C109" s="33"/>
+      <c r="D109" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E109" s="7">
         <v>21</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c s="13" r="F9">
+      <c r="F109" s="7">
+        <v>16</v>
+      </c>
+      <c r="G109" s="25">
+        <v>14</v>
+      </c>
+      <c r="H109" s="18"/>
+      <c r="I109" s="7">
+        <v>25</v>
+      </c>
+      <c r="J109" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="2:10" ht="15.95">
+      <c r="B110" s="32"/>
+      <c r="C110" s="33"/>
+      <c r="D110" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E110" s="6">
+        <v>44</v>
+      </c>
+      <c r="F110" s="6">
+        <v>55</v>
+      </c>
+      <c r="G110" s="24">
+        <v>35</v>
+      </c>
+      <c r="H110" s="18"/>
+      <c r="I110" s="6">
+        <v>92</v>
+      </c>
+      <c r="J110" s="6">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" ht="15.95">
+      <c r="B111" s="34"/>
+      <c r="C111" s="35"/>
+      <c r="D111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G111" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="18"/>
+      <c r="I111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="2:10" ht="15.95">
+      <c r="B112" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="C112" s="31"/>
+      <c r="D112" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E112" s="7">
+        <v>29</v>
+      </c>
+      <c r="F112" s="7">
+        <v>24</v>
+      </c>
+      <c r="G112" s="25">
+        <v>26</v>
+      </c>
+      <c r="H112" s="18"/>
+      <c r="I112" s="7">
+        <v>35</v>
+      </c>
+      <c r="J112" s="7">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="113" spans="2:10" ht="15.95">
+      <c r="B113" s="32"/>
+      <c r="C113" s="33"/>
+      <c r="D113" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E113" s="7">
+        <v>123</v>
+      </c>
+      <c r="F113" s="7">
+        <v>140</v>
+      </c>
+      <c r="G113" s="25">
+        <v>124</v>
+      </c>
+      <c r="H113" s="18"/>
+      <c r="I113" s="7">
+        <v>170</v>
+      </c>
+      <c r="J113" s="7">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" ht="15.75">
+      <c r="B114" s="32"/>
+      <c r="C114" s="33"/>
+      <c r="D114" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E114" s="7">
+        <v>335</v>
+      </c>
+      <c r="F114" s="7">
+        <v>340</v>
+      </c>
+      <c r="G114" s="25">
+        <v>365</v>
+      </c>
+      <c r="H114" s="18"/>
+      <c r="I114" s="7">
+        <v>407</v>
+      </c>
+      <c r="J114" s="7">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" ht="15.95">
+      <c r="B115" s="32"/>
+      <c r="C115" s="33"/>
+      <c r="D115" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E115" s="6">
+        <v>487</v>
+      </c>
+      <c r="F115" s="6">
+        <v>504</v>
+      </c>
+      <c r="G115" s="24">
+        <v>515</v>
+      </c>
+      <c r="H115" s="18"/>
+      <c r="I115" s="6">
+        <v>612</v>
+      </c>
+      <c r="J115" s="6">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" ht="15.95">
+      <c r="B116" s="34"/>
+      <c r="C116" s="35"/>
+      <c r="D116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G116" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="18"/>
+      <c r="I116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="2:10" ht="15.95">
+      <c r="B117" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="C117" s="31"/>
+      <c r="D117" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E117" s="7">
+        <v>231</v>
+      </c>
+      <c r="F117" s="7">
+        <v>275</v>
+      </c>
+      <c r="G117" s="25">
+        <v>287</v>
+      </c>
+      <c r="H117" s="18"/>
+      <c r="I117" s="7">
+        <v>306</v>
+      </c>
+      <c r="J117" s="7">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" ht="15.95">
+      <c r="B118" s="32"/>
+      <c r="C118" s="33"/>
+      <c r="D118" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E118" s="7">
+        <v>1397</v>
+      </c>
+      <c r="F118" s="7">
+        <v>1415</v>
+      </c>
+      <c r="G118" s="25">
+        <v>1380</v>
+      </c>
+      <c r="H118" s="18"/>
+      <c r="I118" s="7">
+        <v>1509</v>
+      </c>
+      <c r="J118" s="7">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" ht="15.75">
+      <c r="B119" s="32"/>
+      <c r="C119" s="33"/>
+      <c r="D119" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E119" s="7">
+        <v>662</v>
+      </c>
+      <c r="F119" s="7">
+        <v>707</v>
+      </c>
+      <c r="G119" s="25">
+        <v>734</v>
+      </c>
+      <c r="H119" s="18"/>
+      <c r="I119" s="7">
+        <v>810</v>
+      </c>
+      <c r="J119" s="7">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" ht="15.95">
+      <c r="B120" s="32"/>
+      <c r="C120" s="33"/>
+      <c r="D120" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E120" s="6">
+        <v>2290</v>
+      </c>
+      <c r="F120" s="6">
+        <v>2397</v>
+      </c>
+      <c r="G120" s="24">
+        <v>2401</v>
+      </c>
+      <c r="H120" s="18"/>
+      <c r="I120" s="6">
+        <v>2625</v>
+      </c>
+      <c r="J120" s="6">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" ht="15.95">
+      <c r="B121" s="34"/>
+      <c r="C121" s="35"/>
+      <c r="D121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G121" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="18"/>
+      <c r="I121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="2:10" ht="15.95">
+      <c r="B122" s="23" t="s">
+        <v>51</v>
+      </c>
+      <c r="C122" s="31"/>
+      <c r="D122" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E122" s="7">
         <v>8</v>
       </c>
-      <c s="13" r="G9">
+      <c r="F122" s="7">
+        <v>16</v>
+      </c>
+      <c r="G122" s="25">
+        <v>6</v>
+      </c>
+      <c r="H122" s="18"/>
+      <c r="I122" s="7">
+        <v>8</v>
+      </c>
+      <c r="J122" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" ht="15.95">
+      <c r="B123" s="32"/>
+      <c r="C123" s="33"/>
+      <c r="D123" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E123" s="7">
+        <v>50</v>
+      </c>
+      <c r="F123" s="7">
+        <v>57</v>
+      </c>
+      <c r="G123" s="25">
+        <v>54</v>
+      </c>
+      <c r="H123" s="18"/>
+      <c r="I123" s="7">
+        <v>70</v>
+      </c>
+      <c r="J123" s="7">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" ht="15.75">
+      <c r="B124" s="32"/>
+      <c r="C124" s="33"/>
+      <c r="D124" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E124" s="7">
+        <v>11</v>
+      </c>
+      <c r="F124" s="7">
+        <v>20</v>
+      </c>
+      <c r="G124" s="25">
+        <v>19</v>
+      </c>
+      <c r="H124" s="18"/>
+      <c r="I124" s="7">
+        <v>22</v>
+      </c>
+      <c r="J124" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" ht="15.95">
+      <c r="B125" s="32"/>
+      <c r="C125" s="33"/>
+      <c r="D125" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E125" s="6">
+        <v>69</v>
+      </c>
+      <c r="F125" s="6">
+        <v>93</v>
+      </c>
+      <c r="G125" s="24">
+        <v>79</v>
+      </c>
+      <c r="H125" s="18"/>
+      <c r="I125" s="6">
+        <v>100</v>
+      </c>
+      <c r="J125" s="6">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" ht="15.95">
+      <c r="B126" s="34"/>
+      <c r="C126" s="35"/>
+      <c r="D126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G126" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="18"/>
+      <c r="I126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="2:10" ht="15.95">
+      <c r="B127" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="C127" s="31"/>
+      <c r="D127" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E127" s="7">
+        <v>508</v>
+      </c>
+      <c r="F127" s="7">
+        <v>462</v>
+      </c>
+      <c r="G127" s="25">
+        <v>527</v>
+      </c>
+      <c r="H127" s="18"/>
+      <c r="I127" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J127" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="2:10" ht="15.95">
+      <c r="B128" s="32"/>
+      <c r="C128" s="33"/>
+      <c r="D128" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E128" s="7">
+        <v>688</v>
+      </c>
+      <c r="F128" s="7">
+        <v>608</v>
+      </c>
+      <c r="G128" s="25">
+        <v>561</v>
+      </c>
+      <c r="H128" s="18"/>
+      <c r="I128" s="7">
+        <v>17</v>
+      </c>
+      <c r="J128" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="2:10" ht="15.75">
+      <c r="B129" s="32"/>
+      <c r="C129" s="33"/>
+      <c r="D129" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E129" s="7">
+        <v>1533</v>
+      </c>
+      <c r="F129" s="7">
+        <v>1431</v>
+      </c>
+      <c r="G129" s="25">
+        <v>1441</v>
+      </c>
+      <c r="H129" s="18"/>
+      <c r="I129" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J129" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="2:10" ht="15.95">
+      <c r="B130" s="32"/>
+      <c r="C130" s="33"/>
+      <c r="D130" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E130" s="6">
+        <v>2729</v>
+      </c>
+      <c r="F130" s="6">
+        <v>2501</v>
+      </c>
+      <c r="G130" s="24">
+        <v>2529</v>
+      </c>
+      <c r="H130" s="18"/>
+      <c r="I130" s="6">
+        <v>18</v>
+      </c>
+      <c r="J130" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="131" spans="2:10" ht="15.95">
+      <c r="B131" s="34"/>
+      <c r="C131" s="35"/>
+      <c r="D131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G131" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="18"/>
+      <c r="I131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="2:10" ht="15.95">
+      <c r="B132" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="C132" s="31"/>
+      <c r="D132" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E132" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F132" s="7">
+        <v>18</v>
+      </c>
+      <c r="G132" s="25">
+        <v>25</v>
+      </c>
+      <c r="H132" s="18"/>
+      <c r="I132" s="7">
+        <v>20</v>
+      </c>
+      <c r="J132" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" ht="15.95">
+      <c r="B133" s="32"/>
+      <c r="C133" s="33"/>
+      <c r="D133" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E133" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F133" s="7">
+        <v>37</v>
+      </c>
+      <c r="G133" s="25">
+        <v>42</v>
+      </c>
+      <c r="H133" s="18"/>
+      <c r="I133" s="7">
+        <v>50</v>
+      </c>
+      <c r="J133" s="7">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" ht="15.75">
+      <c r="B134" s="32"/>
+      <c r="C134" s="33"/>
+      <c r="D134" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E134" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F134" s="7">
+        <v>35</v>
+      </c>
+      <c r="G134" s="25">
+        <v>40</v>
+      </c>
+      <c r="H134" s="18"/>
+      <c r="I134" s="7">
+        <v>45</v>
+      </c>
+      <c r="J134" s="7">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" ht="15.95">
+      <c r="B135" s="32"/>
+      <c r="C135" s="33"/>
+      <c r="D135" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E135" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F135" s="6">
+        <v>90</v>
+      </c>
+      <c r="G135" s="24">
+        <v>107</v>
+      </c>
+      <c r="H135" s="18"/>
+      <c r="I135" s="6">
+        <v>115</v>
+      </c>
+      <c r="J135" s="6">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" ht="15.95">
+      <c r="B136" s="34"/>
+      <c r="C136" s="35"/>
+      <c r="D136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G136" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="18"/>
+      <c r="I136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="2:10" ht="15.95">
+      <c r="B137" s="23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" s="31"/>
+      <c r="D137" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E137" s="7">
+        <v>281</v>
+      </c>
+      <c r="F137" s="7">
+        <v>319</v>
+      </c>
+      <c r="G137" s="25">
+        <v>358</v>
+      </c>
+      <c r="H137" s="18"/>
+      <c r="I137" s="7">
+        <v>398</v>
+      </c>
+      <c r="J137" s="7">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" ht="15.95">
+      <c r="B138" s="32"/>
+      <c r="C138" s="33"/>
+      <c r="D138" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E138" s="7">
+        <v>165</v>
+      </c>
+      <c r="F138" s="7">
+        <v>142</v>
+      </c>
+      <c r="G138" s="25">
+        <v>165</v>
+      </c>
+      <c r="H138" s="18"/>
+      <c r="I138" s="7">
+        <v>196</v>
+      </c>
+      <c r="J138" s="7">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" ht="15.75">
+      <c r="B139" s="32"/>
+      <c r="C139" s="33"/>
+      <c r="D139" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E139" s="7">
+        <v>1293</v>
+      </c>
+      <c r="F139" s="7">
+        <v>1212</v>
+      </c>
+      <c r="G139" s="25">
+        <v>1241</v>
+      </c>
+      <c r="H139" s="18"/>
+      <c r="I139" s="7">
+        <v>1268</v>
+      </c>
+      <c r="J139" s="7">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" ht="15.95">
+      <c r="B140" s="32"/>
+      <c r="C140" s="33"/>
+      <c r="D140" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E140" s="6">
+        <v>1739</v>
+      </c>
+      <c r="F140" s="6">
+        <v>1673</v>
+      </c>
+      <c r="G140" s="24">
+        <v>1764</v>
+      </c>
+      <c r="H140" s="18"/>
+      <c r="I140" s="6">
+        <v>1862</v>
+      </c>
+      <c r="J140" s="6">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" ht="15.95">
+      <c r="B141" s="34"/>
+      <c r="C141" s="35"/>
+      <c r="D141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G141" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="18"/>
+      <c r="I141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J141" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="2:10" ht="15.95">
+      <c r="B142" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="C142" s="31"/>
+      <c r="D142" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E142" s="7">
+        <v>44</v>
+      </c>
+      <c r="F142" s="7">
+        <v>39</v>
+      </c>
+      <c r="G142" s="25">
+        <v>52</v>
+      </c>
+      <c r="H142" s="18"/>
+      <c r="I142" s="7">
+        <v>41</v>
+      </c>
+      <c r="J142" s="7">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" ht="15.95">
+      <c r="B143" s="32"/>
+      <c r="C143" s="33"/>
+      <c r="D143" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E143" s="7">
+        <v>5</v>
+      </c>
+      <c r="F143" s="7">
+        <v>31</v>
+      </c>
+      <c r="G143" s="25">
+        <v>41</v>
+      </c>
+      <c r="H143" s="18"/>
+      <c r="I143" s="7">
+        <v>35</v>
+      </c>
+      <c r="J143" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" ht="15.75">
+      <c r="B144" s="32"/>
+      <c r="C144" s="33"/>
+      <c r="D144" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G144" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144" s="18"/>
+      <c r="I144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J144" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="2:10" ht="15.95">
+      <c r="B145" s="32"/>
+      <c r="C145" s="33"/>
+      <c r="D145" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E145" s="6">
+        <v>50</v>
+      </c>
+      <c r="F145" s="6">
+        <v>72</v>
+      </c>
+      <c r="G145" s="24">
+        <v>94</v>
+      </c>
+      <c r="H145" s="18"/>
+      <c r="I145" s="6">
+        <v>77</v>
+      </c>
+      <c r="J145" s="6">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" ht="15.95">
+      <c r="B146" s="34"/>
+      <c r="C146" s="35"/>
+      <c r="D146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G146" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="18"/>
+      <c r="I146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="2:10" ht="15.95">
+      <c r="B147" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="31"/>
+      <c r="D147" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E147" s="7">
+        <v>57</v>
+      </c>
+      <c r="F147" s="7">
+        <v>45</v>
+      </c>
+      <c r="G147" s="25">
+        <v>52</v>
+      </c>
+      <c r="H147" s="18"/>
+      <c r="I147" s="7">
+        <v>50</v>
+      </c>
+      <c r="J147" s="7">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="148" spans="2:10" ht="15.95">
+      <c r="B148" s="32"/>
+      <c r="C148" s="33"/>
+      <c r="D148" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E148" s="7">
+        <v>54</v>
+      </c>
+      <c r="F148" s="7">
+        <v>53</v>
+      </c>
+      <c r="G148" s="25">
+        <v>69</v>
+      </c>
+      <c r="H148" s="18"/>
+      <c r="I148" s="7">
+        <v>84</v>
+      </c>
+      <c r="J148" s="7">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" ht="15.75">
+      <c r="B149" s="32"/>
+      <c r="C149" s="33"/>
+      <c r="D149" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E149" s="7">
+        <v>543</v>
+      </c>
+      <c r="F149" s="7">
+        <v>452</v>
+      </c>
+      <c r="G149" s="25">
+        <v>457</v>
+      </c>
+      <c r="H149" s="18"/>
+      <c r="I149" s="7">
+        <v>499</v>
+      </c>
+      <c r="J149" s="7">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" ht="15.95">
+      <c r="B150" s="32"/>
+      <c r="C150" s="33"/>
+      <c r="D150" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E150" s="6">
+        <v>654</v>
+      </c>
+      <c r="F150" s="6">
+        <v>550</v>
+      </c>
+      <c r="G150" s="24">
+        <v>578</v>
+      </c>
+      <c r="H150" s="18"/>
+      <c r="I150" s="6">
+        <v>633</v>
+      </c>
+      <c r="J150" s="6">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" ht="15.95">
+      <c r="B151" s="34"/>
+      <c r="C151" s="35"/>
+      <c r="D151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="18"/>
+      <c r="I151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="2:10" ht="15.95">
+      <c r="B152" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C152" s="31"/>
+      <c r="D152" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E152" s="7">
+        <v>126</v>
+      </c>
+      <c r="F152" s="7">
+        <v>144</v>
+      </c>
+      <c r="G152" s="25">
+        <v>151</v>
+      </c>
+      <c r="H152" s="18"/>
+      <c r="I152" s="7">
+        <v>170</v>
+      </c>
+      <c r="J152" s="7">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" ht="15.95">
+      <c r="B153" s="32"/>
+      <c r="C153" s="33"/>
+      <c r="D153" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E153" s="7">
+        <v>1152</v>
+      </c>
+      <c r="F153" s="7">
+        <v>1047</v>
+      </c>
+      <c r="G153" s="25">
+        <v>1016</v>
+      </c>
+      <c r="H153" s="18"/>
+      <c r="I153" s="7">
+        <v>890</v>
+      </c>
+      <c r="J153" s="7">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" ht="15.75">
+      <c r="B154" s="32"/>
+      <c r="C154" s="33"/>
+      <c r="D154" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E154" s="7">
+        <v>331</v>
+      </c>
+      <c r="F154" s="7">
+        <v>345</v>
+      </c>
+      <c r="G154" s="25">
+        <v>370</v>
+      </c>
+      <c r="H154" s="18"/>
+      <c r="I154" s="7">
+        <v>365</v>
+      </c>
+      <c r="J154" s="7">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" ht="15.95">
+      <c r="B155" s="32"/>
+      <c r="C155" s="33"/>
+      <c r="D155" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E155" s="6">
+        <v>1609</v>
+      </c>
+      <c r="F155" s="6">
+        <v>1536</v>
+      </c>
+      <c r="G155" s="24">
+        <v>1537</v>
+      </c>
+      <c r="H155" s="18"/>
+      <c r="I155" s="6">
+        <v>1425</v>
+      </c>
+      <c r="J155" s="6">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" ht="15.95">
+      <c r="B156" s="34"/>
+      <c r="C156" s="35"/>
+      <c r="D156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G156" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="18"/>
+      <c r="I156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="2:10" ht="15.95">
+      <c r="B157" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="C157" s="31"/>
+      <c r="D157" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E157" s="7">
+        <v>801</v>
+      </c>
+      <c r="F157" s="7">
+        <v>814</v>
+      </c>
+      <c r="G157" s="25">
+        <v>767</v>
+      </c>
+      <c r="H157" s="18"/>
+      <c r="I157" s="7">
+        <v>833</v>
+      </c>
+      <c r="J157" s="7">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" ht="15.95">
+      <c r="B158" s="32"/>
+      <c r="C158" s="33"/>
+      <c r="D158" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E158" s="7">
+        <v>2257</v>
+      </c>
+      <c r="F158" s="7">
+        <v>2165</v>
+      </c>
+      <c r="G158" s="25">
+        <v>2156</v>
+      </c>
+      <c r="H158" s="18"/>
+      <c r="I158" s="7">
+        <v>2694</v>
+      </c>
+      <c r="J158" s="7">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" ht="15.75">
+      <c r="B159" s="32"/>
+      <c r="C159" s="33"/>
+      <c r="D159" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E159" s="7">
+        <v>2162</v>
+      </c>
+      <c r="F159" s="7">
+        <v>2108</v>
+      </c>
+      <c r="G159" s="25">
+        <v>1942</v>
+      </c>
+      <c r="H159" s="18"/>
+      <c r="I159" s="7">
+        <v>1986</v>
+      </c>
+      <c r="J159" s="7">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" ht="15.95">
+      <c r="B160" s="32"/>
+      <c r="C160" s="33"/>
+      <c r="D160" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E160" s="6">
+        <v>5220</v>
+      </c>
+      <c r="F160" s="6">
+        <v>5087</v>
+      </c>
+      <c r="G160" s="24">
+        <v>4865</v>
+      </c>
+      <c r="H160" s="18"/>
+      <c r="I160" s="6">
+        <v>5513</v>
+      </c>
+      <c r="J160" s="6">
+        <v>5552</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" ht="15.95">
+      <c r="B161" s="34"/>
+      <c r="C161" s="35"/>
+      <c r="D161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G161" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="18"/>
+      <c r="I161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="2:10" ht="15.95">
+      <c r="B162" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C162" s="31"/>
+      <c r="D162" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E162" s="7">
+        <v>5</v>
+      </c>
+      <c r="F162" s="7">
         <v>7</v>
       </c>
-      <c s="6" t="str" r="H9"/>
-      <c s="13" r="I9">
+      <c r="G162" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H162" s="18"/>
+      <c r="I162" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J162" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="2:10" ht="15.95">
+      <c r="B163" s="32"/>
+      <c r="C163" s="33"/>
+      <c r="D163" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" s="7">
+        <v>19</v>
+      </c>
+      <c r="F163" s="7">
         <v>17</v>
       </c>
-      <c s="13" r="J9">
+      <c r="G163" s="25">
+        <v>27</v>
+      </c>
+      <c r="H163" s="18"/>
+      <c r="I163" s="7">
+        <v>28</v>
+      </c>
+      <c r="J163" s="7">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" ht="15.75">
+      <c r="B164" s="32"/>
+      <c r="C164" s="33"/>
+      <c r="D164" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E164" s="7">
+        <v>18</v>
+      </c>
+      <c r="F164" s="7">
+        <v>27</v>
+      </c>
+      <c r="G164" s="25">
+        <v>39</v>
+      </c>
+      <c r="H164" s="18"/>
+      <c r="I164" s="7">
+        <v>48</v>
+      </c>
+      <c r="J164" s="7">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="165" spans="2:10" ht="15.95">
+      <c r="B165" s="32"/>
+      <c r="C165" s="33"/>
+      <c r="D165" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E165" s="6">
+        <v>42</v>
+      </c>
+      <c r="F165" s="6">
+        <v>51</v>
+      </c>
+      <c r="G165" s="24">
+        <v>70</v>
+      </c>
+      <c r="H165" s="18"/>
+      <c r="I165" s="6">
+        <v>80</v>
+      </c>
+      <c r="J165" s="6">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" ht="15.95">
+      <c r="B166" s="34"/>
+      <c r="C166" s="35"/>
+      <c r="D166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G166" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="18"/>
+      <c r="I166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="2:10" ht="15.95">
+      <c r="B167" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C167" s="31"/>
+      <c r="D167" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E167" s="7">
+        <v>17</v>
+      </c>
+      <c r="F167" s="7">
+        <v>20</v>
+      </c>
+      <c r="G167" s="25">
         <v>14</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c s="11" r="F10">
+      <c r="H167" s="18"/>
+      <c r="I167" s="7">
+        <v>13</v>
+      </c>
+      <c r="J167" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="2:10" ht="15.95">
+      <c r="B168" s="32"/>
+      <c r="C168" s="33"/>
+      <c r="D168" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E168" s="7">
+        <v>23</v>
+      </c>
+      <c r="F168" s="7">
+        <v>41</v>
+      </c>
+      <c r="G168" s="25">
+        <v>30</v>
+      </c>
+      <c r="H168" s="18"/>
+      <c r="I168" s="7">
+        <v>30</v>
+      </c>
+      <c r="J168" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="169" spans="2:10" ht="15.75">
+      <c r="B169" s="32"/>
+      <c r="C169" s="33"/>
+      <c r="D169" s="10" t="s">
         <v>27</v>
       </c>
-      <c s="11" r="G10">
-[...3 lines deleted...]
-      <c s="11" r="I10">
+      <c r="E169" s="7">
+        <v>45</v>
+      </c>
+      <c r="F169" s="7">
+        <v>26</v>
+      </c>
+      <c r="G169" s="25">
+        <v>27</v>
+      </c>
+      <c r="H169" s="18"/>
+      <c r="I169" s="7">
+        <v>35</v>
+      </c>
+      <c r="J169" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="170" spans="2:10" ht="15.95">
+      <c r="B170" s="32"/>
+      <c r="C170" s="33"/>
+      <c r="D170" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E170" s="6">
+        <v>85</v>
+      </c>
+      <c r="F170" s="6">
+        <v>87</v>
+      </c>
+      <c r="G170" s="24">
+        <v>71</v>
+      </c>
+      <c r="H170" s="18"/>
+      <c r="I170" s="6">
+        <v>78</v>
+      </c>
+      <c r="J170" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="2:10" ht="15.95">
+      <c r="B171" s="34"/>
+      <c r="C171" s="35"/>
+      <c r="D171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G171" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="18"/>
+      <c r="I171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="2:10" ht="15.95">
+      <c r="B172" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C172" s="31"/>
+      <c r="D172" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F172" s="7">
+        <v>9</v>
+      </c>
+      <c r="G172" s="25">
+        <v>7</v>
+      </c>
+      <c r="H172" s="18"/>
+      <c r="I172" s="7">
+        <v>6</v>
+      </c>
+      <c r="J172" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="173" spans="2:10" ht="15.95">
+      <c r="B173" s="32"/>
+      <c r="C173" s="33"/>
+      <c r="D173" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="7">
         <v>55</v>
       </c>
-      <c s="11" r="J10">
+      <c r="F173" s="7">
+        <v>86</v>
+      </c>
+      <c r="G173" s="25">
+        <v>99</v>
+      </c>
+      <c r="H173" s="18"/>
+      <c r="I173" s="7">
+        <v>87</v>
+      </c>
+      <c r="J173" s="7">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" ht="15.75">
+      <c r="B174" s="32"/>
+      <c r="C174" s="33"/>
+      <c r="D174" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" s="7">
+        <v>31</v>
+      </c>
+      <c r="F174" s="7">
+        <v>30</v>
+      </c>
+      <c r="G174" s="25">
+        <v>30</v>
+      </c>
+      <c r="H174" s="18"/>
+      <c r="I174" s="7">
+        <v>29</v>
+      </c>
+      <c r="J174" s="7">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" ht="15.95">
+      <c r="B175" s="32"/>
+      <c r="C175" s="33"/>
+      <c r="D175" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E175" s="6">
+        <v>90</v>
+      </c>
+      <c r="F175" s="6">
+        <v>125</v>
+      </c>
+      <c r="G175" s="24">
+        <v>136</v>
+      </c>
+      <c r="H175" s="18"/>
+      <c r="I175" s="6">
+        <v>122</v>
+      </c>
+      <c r="J175" s="6">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" ht="15.95">
+      <c r="B176" s="34"/>
+      <c r="C176" s="35"/>
+      <c r="D176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G176" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H176" s="18"/>
+      <c r="I176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J176" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="177" spans="2:10" ht="15.95">
+      <c r="B177" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C177" s="31"/>
+      <c r="D177" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E177" s="7">
+        <v>15</v>
+      </c>
+      <c r="F177" s="7">
+        <v>13</v>
+      </c>
+      <c r="G177" s="25">
+        <v>13</v>
+      </c>
+      <c r="H177" s="18"/>
+      <c r="I177" s="7">
+        <v>23</v>
+      </c>
+      <c r="J177" s="7">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="2:10" ht="15.95">
+      <c r="B178" s="32"/>
+      <c r="C178" s="33"/>
+      <c r="D178" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E178" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F178" s="7">
+        <v>7</v>
+      </c>
+      <c r="G178" s="25">
+        <v>8</v>
+      </c>
+      <c r="H178" s="18"/>
+      <c r="I178" s="7">
+        <v>16</v>
+      </c>
+      <c r="J178" s="7">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" ht="15.75">
+      <c r="B179" s="32"/>
+      <c r="C179" s="33"/>
+      <c r="D179" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E179" s="7">
+        <v>30</v>
+      </c>
+      <c r="F179" s="7">
+        <v>20</v>
+      </c>
+      <c r="G179" s="25">
+        <v>22</v>
+      </c>
+      <c r="H179" s="18"/>
+      <c r="I179" s="7">
+        <v>28</v>
+      </c>
+      <c r="J179" s="7">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="180" spans="2:10" ht="15.95">
+      <c r="B180" s="32"/>
+      <c r="C180" s="33"/>
+      <c r="D180" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E180" s="6">
+        <v>48</v>
+      </c>
+      <c r="F180" s="6">
         <v>40</v>
       </c>
-    </row>
-[...214 lines deleted...]
-      <c s="13" r="F18">
+      <c r="G180" s="24">
+        <v>43</v>
+      </c>
+      <c r="H180" s="18"/>
+      <c r="I180" s="6">
+        <v>67</v>
+      </c>
+      <c r="J180" s="6">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" ht="15.95">
+      <c r="B181" s="34"/>
+      <c r="C181" s="35"/>
+      <c r="D181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G181" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H181" s="18"/>
+      <c r="I181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J181" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="182" spans="2:10" ht="15.95">
+      <c r="B182" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C182" s="31"/>
+      <c r="D182" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E182" s="7">
+        <v>31</v>
+      </c>
+      <c r="F182" s="7">
+        <v>31</v>
+      </c>
+      <c r="G182" s="25">
+        <v>33</v>
+      </c>
+      <c r="H182" s="18"/>
+      <c r="I182" s="7">
+        <v>25</v>
+      </c>
+      <c r="J182" s="7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" ht="15.95">
+      <c r="B183" s="32"/>
+      <c r="C183" s="33"/>
+      <c r="D183" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="7">
+        <v>52</v>
+      </c>
+      <c r="F183" s="7">
+        <v>56</v>
+      </c>
+      <c r="G183" s="25">
+        <v>52</v>
+      </c>
+      <c r="H183" s="18"/>
+      <c r="I183" s="7">
+        <v>63</v>
+      </c>
+      <c r="J183" s="7">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" ht="15.75">
+      <c r="B184" s="32"/>
+      <c r="C184" s="33"/>
+      <c r="D184" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="7">
+        <v>77</v>
+      </c>
+      <c r="F184" s="7">
+        <v>71</v>
+      </c>
+      <c r="G184" s="25">
+        <v>90</v>
+      </c>
+      <c r="H184" s="18"/>
+      <c r="I184" s="7">
+        <v>104</v>
+      </c>
+      <c r="J184" s="7">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" ht="15.95">
+      <c r="B185" s="32"/>
+      <c r="C185" s="33"/>
+      <c r="D185" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E185" s="6">
+        <v>160</v>
+      </c>
+      <c r="F185" s="6">
+        <v>158</v>
+      </c>
+      <c r="G185" s="24">
+        <v>175</v>
+      </c>
+      <c r="H185" s="18"/>
+      <c r="I185" s="6">
+        <v>192</v>
+      </c>
+      <c r="J185" s="6">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" ht="15.95">
+      <c r="B186" s="34"/>
+      <c r="C186" s="35"/>
+      <c r="D186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G186" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H186" s="18"/>
+      <c r="I186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J186" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="2:10" ht="15.95">
+      <c r="B187" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C187" s="31"/>
+      <c r="D187" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E187" s="7">
+        <v>397</v>
+      </c>
+      <c r="F187" s="7">
+        <v>377</v>
+      </c>
+      <c r="G187" s="25">
+        <v>384</v>
+      </c>
+      <c r="H187" s="18"/>
+      <c r="I187" s="7">
+        <v>415</v>
+      </c>
+      <c r="J187" s="7">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" ht="15.95">
+      <c r="B188" s="32"/>
+      <c r="C188" s="33"/>
+      <c r="D188" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="7">
+        <v>267</v>
+      </c>
+      <c r="F188" s="7">
+        <v>258</v>
+      </c>
+      <c r="G188" s="25">
+        <v>231</v>
+      </c>
+      <c r="H188" s="18"/>
+      <c r="I188" s="7">
+        <v>236</v>
+      </c>
+      <c r="J188" s="7">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" ht="15.75">
+      <c r="B189" s="32"/>
+      <c r="C189" s="33"/>
+      <c r="D189" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E189" s="7">
+        <v>410</v>
+      </c>
+      <c r="F189" s="7">
+        <v>458</v>
+      </c>
+      <c r="G189" s="25">
+        <v>454</v>
+      </c>
+      <c r="H189" s="18"/>
+      <c r="I189" s="7">
+        <v>453</v>
+      </c>
+      <c r="J189" s="7">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" ht="15.95">
+      <c r="B190" s="32"/>
+      <c r="C190" s="33"/>
+      <c r="D190" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E190" s="6">
+        <v>1074</v>
+      </c>
+      <c r="F190" s="6">
+        <v>1093</v>
+      </c>
+      <c r="G190" s="24">
+        <v>1069</v>
+      </c>
+      <c r="H190" s="18"/>
+      <c r="I190" s="6">
+        <v>1104</v>
+      </c>
+      <c r="J190" s="6">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" ht="15.95">
+      <c r="B191" s="34"/>
+      <c r="C191" s="35"/>
+      <c r="D191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G191" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H191" s="18"/>
+      <c r="I191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J191" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="2:10" ht="15.95">
+      <c r="B192" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C192" s="31"/>
+      <c r="D192" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G192" s="25">
+        <v>6</v>
+      </c>
+      <c r="H192" s="18"/>
+      <c r="I192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J192" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="193" spans="2:10" ht="15.95">
+      <c r="B193" s="32"/>
+      <c r="C193" s="33"/>
+      <c r="D193" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F193" s="7">
+        <v>7</v>
+      </c>
+      <c r="G193" s="25">
+        <v>20</v>
+      </c>
+      <c r="H193" s="18"/>
+      <c r="I193" s="7">
+        <v>11</v>
+      </c>
+      <c r="J193" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="194" spans="2:10" ht="15.75">
+      <c r="B194" s="32"/>
+      <c r="C194" s="33"/>
+      <c r="D194" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E194" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F194" s="7">
+        <v>59</v>
+      </c>
+      <c r="G194" s="25">
+        <v>123</v>
+      </c>
+      <c r="H194" s="18"/>
+      <c r="I194" s="7">
+        <v>7</v>
+      </c>
+      <c r="J194" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="195" spans="2:10" ht="15.95">
+      <c r="B195" s="32"/>
+      <c r="C195" s="33"/>
+      <c r="D195" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E195" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F195" s="6">
+        <v>68</v>
+      </c>
+      <c r="G195" s="24">
+        <v>149</v>
+      </c>
+      <c r="H195" s="18"/>
+      <c r="I195" s="6">
+        <v>20</v>
+      </c>
+      <c r="J195" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="2:10" ht="15.95">
+      <c r="B196" s="34"/>
+      <c r="C196" s="35"/>
+      <c r="D196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G196" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H196" s="18"/>
+      <c r="I196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J196" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="2:10" ht="15.95">
+      <c r="B197" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C197" s="31"/>
+      <c r="D197" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E197" s="7">
+        <v>17</v>
+      </c>
+      <c r="F197" s="7">
+        <v>18</v>
+      </c>
+      <c r="G197" s="25">
+        <v>27</v>
+      </c>
+      <c r="H197" s="18"/>
+      <c r="I197" s="7">
+        <v>13</v>
+      </c>
+      <c r="J197" s="7">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="198" spans="2:10" ht="15.95">
+      <c r="B198" s="32"/>
+      <c r="C198" s="33"/>
+      <c r="D198" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E198" s="7">
+        <v>76</v>
+      </c>
+      <c r="F198" s="7">
+        <v>93</v>
+      </c>
+      <c r="G198" s="25">
+        <v>82</v>
+      </c>
+      <c r="H198" s="18"/>
+      <c r="I198" s="7">
+        <v>66</v>
+      </c>
+      <c r="J198" s="7">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" ht="15.75">
+      <c r="B199" s="32"/>
+      <c r="C199" s="33"/>
+      <c r="D199" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E199" s="7">
+        <v>327</v>
+      </c>
+      <c r="F199" s="7">
+        <v>295</v>
+      </c>
+      <c r="G199" s="25">
+        <v>295</v>
+      </c>
+      <c r="H199" s="18"/>
+      <c r="I199" s="7">
+        <v>50</v>
+      </c>
+      <c r="J199" s="7">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" ht="15.95">
+      <c r="B200" s="32"/>
+      <c r="C200" s="33"/>
+      <c r="D200" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E200" s="6">
+        <v>420</v>
+      </c>
+      <c r="F200" s="6">
+        <v>406</v>
+      </c>
+      <c r="G200" s="24">
+        <v>404</v>
+      </c>
+      <c r="H200" s="18"/>
+      <c r="I200" s="6">
+        <v>129</v>
+      </c>
+      <c r="J200" s="6">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" ht="15.95">
+      <c r="B201" s="34"/>
+      <c r="C201" s="35"/>
+      <c r="D201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G201" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H201" s="18"/>
+      <c r="I201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J201" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="202" spans="2:10" ht="15.95">
+      <c r="B202" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C202" s="31"/>
+      <c r="D202" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E202" s="7">
+        <v>643</v>
+      </c>
+      <c r="F202" s="7">
+        <v>694</v>
+      </c>
+      <c r="G202" s="25">
+        <v>819</v>
+      </c>
+      <c r="H202" s="18"/>
+      <c r="I202" s="7">
+        <v>859</v>
+      </c>
+      <c r="J202" s="7">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" ht="15.95">
+      <c r="B203" s="32"/>
+      <c r="C203" s="33"/>
+      <c r="D203" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" s="7">
+        <v>1914</v>
+      </c>
+      <c r="F203" s="7">
+        <v>1692</v>
+      </c>
+      <c r="G203" s="25">
+        <v>1590</v>
+      </c>
+      <c r="H203" s="18"/>
+      <c r="I203" s="7">
+        <v>1462</v>
+      </c>
+      <c r="J203" s="7">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" ht="15.75">
+      <c r="B204" s="32"/>
+      <c r="C204" s="33"/>
+      <c r="D204" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E204" s="7">
+        <v>1695</v>
+      </c>
+      <c r="F204" s="7">
+        <v>1763</v>
+      </c>
+      <c r="G204" s="25">
+        <v>1805</v>
+      </c>
+      <c r="H204" s="18"/>
+      <c r="I204" s="7">
+        <v>1915</v>
+      </c>
+      <c r="J204" s="7">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" ht="15.95">
+      <c r="B205" s="32"/>
+      <c r="C205" s="33"/>
+      <c r="D205" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E205" s="6">
+        <v>4252</v>
+      </c>
+      <c r="F205" s="6">
+        <v>4149</v>
+      </c>
+      <c r="G205" s="24">
+        <v>4214</v>
+      </c>
+      <c r="H205" s="18"/>
+      <c r="I205" s="6">
+        <v>4236</v>
+      </c>
+      <c r="J205" s="6">
+        <v>3874</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" ht="15.95">
+      <c r="B206" s="34"/>
+      <c r="C206" s="35"/>
+      <c r="D206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G206" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H206" s="18"/>
+      <c r="I206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J206" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="207" spans="2:10" ht="15.95">
+      <c r="B207" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="C207" s="31"/>
+      <c r="D207" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E207" s="7">
+        <v>52</v>
+      </c>
+      <c r="F207" s="7">
+        <v>35</v>
+      </c>
+      <c r="G207" s="25">
+        <v>43</v>
+      </c>
+      <c r="H207" s="18"/>
+      <c r="I207" s="7">
+        <v>57</v>
+      </c>
+      <c r="J207" s="7">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="208" spans="2:10" ht="15.95">
+      <c r="B208" s="32"/>
+      <c r="C208" s="33"/>
+      <c r="D208" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" s="7">
+        <v>109</v>
+      </c>
+      <c r="F208" s="7">
+        <v>77</v>
+      </c>
+      <c r="G208" s="25">
+        <v>84</v>
+      </c>
+      <c r="H208" s="18"/>
+      <c r="I208" s="7">
+        <v>121</v>
+      </c>
+      <c r="J208" s="7">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" ht="15.75">
+      <c r="B209" s="32"/>
+      <c r="C209" s="33"/>
+      <c r="D209" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E209" s="7">
+        <v>96</v>
+      </c>
+      <c r="F209" s="7">
+        <v>94</v>
+      </c>
+      <c r="G209" s="25">
+        <v>88</v>
+      </c>
+      <c r="H209" s="18"/>
+      <c r="I209" s="7">
+        <v>102</v>
+      </c>
+      <c r="J209" s="7">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" ht="15.95">
+      <c r="B210" s="32"/>
+      <c r="C210" s="33"/>
+      <c r="D210" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E210" s="6">
         <v>257</v>
       </c>
-      <c s="13" r="G18">
-[...28 lines deleted...]
-      <c s="13" r="I19">
+      <c r="F210" s="6">
+        <v>206</v>
+      </c>
+      <c r="G210" s="24">
+        <v>215</v>
+      </c>
+      <c r="H210" s="18"/>
+      <c r="I210" s="6">
+        <v>280</v>
+      </c>
+      <c r="J210" s="6">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" ht="15.95">
+      <c r="B211" s="34"/>
+      <c r="C211" s="35"/>
+      <c r="D211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G211" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H211" s="18"/>
+      <c r="I211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J211" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="212" spans="2:10" ht="15.95">
+      <c r="B212" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C212" s="31"/>
+      <c r="D212" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E212" s="7">
+        <v>22</v>
+      </c>
+      <c r="F212" s="7">
+        <v>11</v>
+      </c>
+      <c r="G212" s="25">
+        <v>14</v>
+      </c>
+      <c r="H212" s="18"/>
+      <c r="I212" s="7">
+        <v>22</v>
+      </c>
+      <c r="J212" s="7">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="213" spans="2:10" ht="15.95">
+      <c r="B213" s="32"/>
+      <c r="C213" s="33"/>
+      <c r="D213" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213" s="7">
+        <v>101</v>
+      </c>
+      <c r="F213" s="7">
+        <v>80</v>
+      </c>
+      <c r="G213" s="25">
+        <v>77</v>
+      </c>
+      <c r="H213" s="18"/>
+      <c r="I213" s="7">
+        <v>78</v>
+      </c>
+      <c r="J213" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" ht="15.75">
+      <c r="B214" s="32"/>
+      <c r="C214" s="33"/>
+      <c r="D214" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E214" s="7">
+        <v>36</v>
+      </c>
+      <c r="F214" s="7">
+        <v>23</v>
+      </c>
+      <c r="G214" s="25">
+        <v>29</v>
+      </c>
+      <c r="H214" s="18"/>
+      <c r="I214" s="7">
+        <v>37</v>
+      </c>
+      <c r="J214" s="7">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" ht="15.95">
+      <c r="B215" s="32"/>
+      <c r="C215" s="33"/>
+      <c r="D215" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E215" s="6">
+        <v>159</v>
+      </c>
+      <c r="F215" s="6">
+        <v>114</v>
+      </c>
+      <c r="G215" s="24">
+        <v>120</v>
+      </c>
+      <c r="H215" s="18"/>
+      <c r="I215" s="6">
+        <v>137</v>
+      </c>
+      <c r="J215" s="6">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" ht="15.95">
+      <c r="B216" s="34"/>
+      <c r="C216" s="35"/>
+      <c r="D216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G216" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H216" s="18"/>
+      <c r="I216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J216" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="217" spans="2:10" ht="15.95">
+      <c r="B217" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C217" s="31"/>
+      <c r="D217" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E217" s="7">
+        <v>35</v>
+      </c>
+      <c r="F217" s="7">
+        <v>17</v>
+      </c>
+      <c r="G217" s="25">
+        <v>20</v>
+      </c>
+      <c r="H217" s="18"/>
+      <c r="I217" s="7">
+        <v>17</v>
+      </c>
+      <c r="J217" s="7">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" ht="15.95">
+      <c r="B218" s="32"/>
+      <c r="C218" s="33"/>
+      <c r="D218" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E218" s="7">
+        <v>152</v>
+      </c>
+      <c r="F218" s="7">
+        <v>148</v>
+      </c>
+      <c r="G218" s="25">
+        <v>124</v>
+      </c>
+      <c r="H218" s="18"/>
+      <c r="I218" s="7">
+        <v>142</v>
+      </c>
+      <c r="J218" s="7">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" ht="15.75">
+      <c r="B219" s="32"/>
+      <c r="C219" s="33"/>
+      <c r="D219" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E219" s="7">
+        <v>103</v>
+      </c>
+      <c r="F219" s="7">
+        <v>56</v>
+      </c>
+      <c r="G219" s="25">
+        <v>61</v>
+      </c>
+      <c r="H219" s="18"/>
+      <c r="I219" s="7">
+        <v>65</v>
+      </c>
+      <c r="J219" s="7">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" ht="15.95">
+      <c r="B220" s="32"/>
+      <c r="C220" s="33"/>
+      <c r="D220" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E220" s="6">
+        <v>290</v>
+      </c>
+      <c r="F220" s="6">
+        <v>221</v>
+      </c>
+      <c r="G220" s="24">
+        <v>205</v>
+      </c>
+      <c r="H220" s="18"/>
+      <c r="I220" s="6">
+        <v>224</v>
+      </c>
+      <c r="J220" s="6">
         <v>160</v>
       </c>
-      <c s="13" r="J19">
-[...85 lines deleted...]
-      <c s="13" r="I22">
+    </row>
+    <row r="221" spans="2:10" ht="15.95">
+      <c r="B221" s="34"/>
+      <c r="C221" s="35"/>
+      <c r="D221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G221" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H221" s="18"/>
+      <c r="I221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J221" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="222" spans="2:10" ht="15.95">
+      <c r="B222" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C222" s="31"/>
+      <c r="D222" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E222" s="7">
+        <v>29</v>
+      </c>
+      <c r="F222" s="7">
+        <v>30</v>
+      </c>
+      <c r="G222" s="25">
+        <v>31</v>
+      </c>
+      <c r="H222" s="18"/>
+      <c r="I222" s="7">
+        <v>34</v>
+      </c>
+      <c r="J222" s="7">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" ht="15.95">
+      <c r="B223" s="32"/>
+      <c r="C223" s="33"/>
+      <c r="D223" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E223" s="7">
+        <v>91</v>
+      </c>
+      <c r="F223" s="7">
+        <v>182</v>
+      </c>
+      <c r="G223" s="25">
+        <v>125</v>
+      </c>
+      <c r="H223" s="18"/>
+      <c r="I223" s="7">
+        <v>140</v>
+      </c>
+      <c r="J223" s="7">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" ht="15.75">
+      <c r="B224" s="32"/>
+      <c r="C224" s="33"/>
+      <c r="D224" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E224" s="7">
+        <v>144</v>
+      </c>
+      <c r="F224" s="7">
+        <v>178</v>
+      </c>
+      <c r="G224" s="25">
+        <v>179</v>
+      </c>
+      <c r="H224" s="18"/>
+      <c r="I224" s="7">
+        <v>184</v>
+      </c>
+      <c r="J224" s="7">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" ht="15.95">
+      <c r="B225" s="32"/>
+      <c r="C225" s="33"/>
+      <c r="D225" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E225" s="6">
+        <v>264</v>
+      </c>
+      <c r="F225" s="6">
+        <v>390</v>
+      </c>
+      <c r="G225" s="24">
+        <v>335</v>
+      </c>
+      <c r="H225" s="18"/>
+      <c r="I225" s="6">
+        <v>358</v>
+      </c>
+      <c r="J225" s="6">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" ht="15.95">
+      <c r="B226" s="34"/>
+      <c r="C226" s="35"/>
+      <c r="D226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G226" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H226" s="18"/>
+      <c r="I226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J226" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="227" spans="2:10" ht="15.95">
+      <c r="B227" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C227" s="31"/>
+      <c r="D227" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E227" s="7">
+        <v>394</v>
+      </c>
+      <c r="F227" s="7">
+        <v>397</v>
+      </c>
+      <c r="G227" s="25">
+        <v>377</v>
+      </c>
+      <c r="H227" s="18"/>
+      <c r="I227" s="7">
+        <v>355</v>
+      </c>
+      <c r="J227" s="7">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" ht="15.95">
+      <c r="B228" s="32"/>
+      <c r="C228" s="33"/>
+      <c r="D228" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E228" s="7">
+        <v>516</v>
+      </c>
+      <c r="F228" s="7">
+        <v>575</v>
+      </c>
+      <c r="G228" s="25">
+        <v>540</v>
+      </c>
+      <c r="H228" s="18"/>
+      <c r="I228" s="7">
+        <v>536</v>
+      </c>
+      <c r="J228" s="7">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" ht="15.75">
+      <c r="B229" s="32"/>
+      <c r="C229" s="33"/>
+      <c r="D229" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E229" s="7">
+        <v>1352</v>
+      </c>
+      <c r="F229" s="7">
+        <v>1479</v>
+      </c>
+      <c r="G229" s="25">
+        <v>1345</v>
+      </c>
+      <c r="H229" s="18"/>
+      <c r="I229" s="7">
+        <v>1263</v>
+      </c>
+      <c r="J229" s="7">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" ht="15.95">
+      <c r="B230" s="32"/>
+      <c r="C230" s="33"/>
+      <c r="D230" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E230" s="6">
+        <v>2262</v>
+      </c>
+      <c r="F230" s="6">
+        <v>2451</v>
+      </c>
+      <c r="G230" s="24">
+        <v>2262</v>
+      </c>
+      <c r="H230" s="18"/>
+      <c r="I230" s="6">
+        <v>2154</v>
+      </c>
+      <c r="J230" s="6">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" ht="15.95">
+      <c r="B231" s="34"/>
+      <c r="C231" s="35"/>
+      <c r="D231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G231" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H231" s="18"/>
+      <c r="I231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J231" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="232" spans="2:10" ht="15.95">
+      <c r="B232" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="C232" s="31"/>
+      <c r="D232" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E232" s="7">
+        <v>843</v>
+      </c>
+      <c r="F232" s="7">
+        <v>853</v>
+      </c>
+      <c r="G232" s="25">
+        <v>890</v>
+      </c>
+      <c r="H232" s="18"/>
+      <c r="I232" s="7">
+        <v>851</v>
+      </c>
+      <c r="J232" s="7">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" ht="15.95">
+      <c r="B233" s="32"/>
+      <c r="C233" s="33"/>
+      <c r="D233" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E233" s="7">
+        <v>1951</v>
+      </c>
+      <c r="F233" s="7">
+        <v>2055</v>
+      </c>
+      <c r="G233" s="25">
+        <v>2055</v>
+      </c>
+      <c r="H233" s="18"/>
+      <c r="I233" s="7">
+        <v>2223</v>
+      </c>
+      <c r="J233" s="7">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" ht="15.75">
+      <c r="B234" s="32"/>
+      <c r="C234" s="33"/>
+      <c r="D234" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E234" s="7">
+        <v>2927</v>
+      </c>
+      <c r="F234" s="7">
+        <v>2804</v>
+      </c>
+      <c r="G234" s="25">
+        <v>2742</v>
+      </c>
+      <c r="H234" s="18"/>
+      <c r="I234" s="7">
+        <v>2851</v>
+      </c>
+      <c r="J234" s="7">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" ht="15.95">
+      <c r="B235" s="32"/>
+      <c r="C235" s="33"/>
+      <c r="D235" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E235" s="6">
+        <v>5721</v>
+      </c>
+      <c r="F235" s="6">
+        <v>5712</v>
+      </c>
+      <c r="G235" s="24">
+        <v>5687</v>
+      </c>
+      <c r="H235" s="18"/>
+      <c r="I235" s="6">
+        <v>5925</v>
+      </c>
+      <c r="J235" s="6">
+        <v>5634</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" ht="15.95">
+      <c r="B236" s="34"/>
+      <c r="C236" s="35"/>
+      <c r="D236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G236" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H236" s="18"/>
+      <c r="I236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J236" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="237" spans="2:10" ht="15.95">
+      <c r="B237" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="C237" s="31"/>
+      <c r="D237" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E237" s="7">
+        <v>13</v>
+      </c>
+      <c r="F237" s="7">
+        <v>13</v>
+      </c>
+      <c r="G237" s="25">
+        <v>13</v>
+      </c>
+      <c r="H237" s="18"/>
+      <c r="I237" s="7">
+        <v>16</v>
+      </c>
+      <c r="J237" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="238" spans="2:10" ht="15.95">
+      <c r="B238" s="32"/>
+      <c r="C238" s="33"/>
+      <c r="D238" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E238" s="7">
+        <v>78</v>
+      </c>
+      <c r="F238" s="7">
+        <v>80</v>
+      </c>
+      <c r="G238" s="25">
+        <v>82</v>
+      </c>
+      <c r="H238" s="18"/>
+      <c r="I238" s="7">
+        <v>92</v>
+      </c>
+      <c r="J238" s="7">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" ht="15.75">
+      <c r="B239" s="32"/>
+      <c r="C239" s="33"/>
+      <c r="D239" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E239" s="7">
+        <v>98</v>
+      </c>
+      <c r="F239" s="7">
+        <v>113</v>
+      </c>
+      <c r="G239" s="25">
+        <v>114</v>
+      </c>
+      <c r="H239" s="18"/>
+      <c r="I239" s="7">
+        <v>123</v>
+      </c>
+      <c r="J239" s="7">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" ht="15.95">
+      <c r="B240" s="32"/>
+      <c r="C240" s="33"/>
+      <c r="D240" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E240" s="6">
+        <v>189</v>
+      </c>
+      <c r="F240" s="6">
+        <v>206</v>
+      </c>
+      <c r="G240" s="24">
+        <v>209</v>
+      </c>
+      <c r="H240" s="18"/>
+      <c r="I240" s="6">
+        <v>231</v>
+      </c>
+      <c r="J240" s="6">
         <v>195</v>
       </c>
-      <c s="13" r="J22">
-[...452 lines deleted...]
-      <c s="13" r="I38">
+    </row>
+    <row r="241" spans="2:10" ht="15.95">
+      <c r="B241" s="34"/>
+      <c r="C241" s="35"/>
+      <c r="D241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G241" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H241" s="18"/>
+      <c r="I241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J241" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="242" spans="2:10" ht="15.95">
+      <c r="B242" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C242" s="31"/>
+      <c r="D242" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E242" s="7">
+        <v>1382</v>
+      </c>
+      <c r="F242" s="7">
+        <v>1262</v>
+      </c>
+      <c r="G242" s="25">
+        <v>1255</v>
+      </c>
+      <c r="H242" s="18"/>
+      <c r="I242" s="7">
+        <v>1383</v>
+      </c>
+      <c r="J242" s="7">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" ht="15.95">
+      <c r="B243" s="32"/>
+      <c r="C243" s="33"/>
+      <c r="D243" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E243" s="7">
+        <v>1816</v>
+      </c>
+      <c r="F243" s="7">
+        <v>2099</v>
+      </c>
+      <c r="G243" s="25">
+        <v>2092</v>
+      </c>
+      <c r="H243" s="18"/>
+      <c r="I243" s="7">
+        <v>2727</v>
+      </c>
+      <c r="J243" s="7">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" ht="15.75">
+      <c r="B244" s="32"/>
+      <c r="C244" s="33"/>
+      <c r="D244" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E244" s="7">
+        <v>3731</v>
+      </c>
+      <c r="F244" s="7">
+        <v>3691</v>
+      </c>
+      <c r="G244" s="25">
+        <v>3531</v>
+      </c>
+      <c r="H244" s="18"/>
+      <c r="I244" s="7">
+        <v>3898</v>
+      </c>
+      <c r="J244" s="7">
+        <v>3796</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" ht="15.95">
+      <c r="B245" s="32"/>
+      <c r="C245" s="33"/>
+      <c r="D245" s="5" t="s">
         <v>28</v>
       </c>
-      <c s="24" t="inlineStr" r="J38">
-[...62 lines deleted...]
-      <c s="11" r="I40">
+      <c r="E245" s="6">
+        <v>6929</v>
+      </c>
+      <c r="F245" s="6">
+        <v>7052</v>
+      </c>
+      <c r="G245" s="24">
+        <v>6878</v>
+      </c>
+      <c r="H245" s="18"/>
+      <c r="I245" s="6">
+        <v>8008</v>
+      </c>
+      <c r="J245" s="6">
+        <v>7117</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" ht="15.95">
+      <c r="B246" s="34"/>
+      <c r="C246" s="35"/>
+      <c r="D246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G246" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H246" s="18"/>
+      <c r="I246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J246" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="247" spans="2:10" ht="15.95">
+      <c r="B247" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="C247" s="31"/>
+      <c r="D247" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E247" s="7">
+        <v>53</v>
+      </c>
+      <c r="F247" s="7">
+        <v>63</v>
+      </c>
+      <c r="G247" s="25">
+        <v>68</v>
+      </c>
+      <c r="H247" s="18"/>
+      <c r="I247" s="7">
         <v>61</v>
       </c>
-      <c s="24" t="inlineStr" r="J40">
-[...58 lines deleted...]
-      <c s="13" r="G42">
+      <c r="J247" s="7">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="248" spans="2:10" ht="15.95">
+      <c r="B248" s="32"/>
+      <c r="C248" s="33"/>
+      <c r="D248" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E248" s="7">
+        <v>64</v>
+      </c>
+      <c r="F248" s="7">
+        <v>73</v>
+      </c>
+      <c r="G248" s="25">
+        <v>96</v>
+      </c>
+      <c r="H248" s="18"/>
+      <c r="I248" s="7">
+        <v>87</v>
+      </c>
+      <c r="J248" s="7">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" ht="15.75">
+      <c r="B249" s="32"/>
+      <c r="C249" s="33"/>
+      <c r="D249" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E249" s="7">
+        <v>491</v>
+      </c>
+      <c r="F249" s="7">
+        <v>424</v>
+      </c>
+      <c r="G249" s="25">
+        <v>391</v>
+      </c>
+      <c r="H249" s="18"/>
+      <c r="I249" s="7">
+        <v>434</v>
+      </c>
+      <c r="J249" s="7">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="250" spans="2:10" ht="15.95">
+      <c r="B250" s="32"/>
+      <c r="C250" s="33"/>
+      <c r="D250" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E250" s="6">
+        <v>608</v>
+      </c>
+      <c r="F250" s="6">
+        <v>560</v>
+      </c>
+      <c r="G250" s="24">
+        <v>555</v>
+      </c>
+      <c r="H250" s="18"/>
+      <c r="I250" s="6">
+        <v>582</v>
+      </c>
+      <c r="J250" s="6">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="251" spans="2:10" ht="15.95">
+      <c r="B251" s="34"/>
+      <c r="C251" s="35"/>
+      <c r="D251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G251" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H251" s="18"/>
+      <c r="I251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J251" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="252" spans="2:10" ht="15.95">
+      <c r="B252" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C252" s="31"/>
+      <c r="D252" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E252" s="7">
+        <v>27</v>
+      </c>
+      <c r="F252" s="7">
+        <v>28</v>
+      </c>
+      <c r="G252" s="25">
+        <v>30</v>
+      </c>
+      <c r="H252" s="18"/>
+      <c r="I252" s="7">
         <v>20</v>
       </c>
-      <c s="6" t="str" r="H42"/>
-      <c s="13" r="I42">
+      <c r="J252" s="7">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="253" spans="2:10" ht="15.95">
+      <c r="B253" s="32"/>
+      <c r="C253" s="33"/>
+      <c r="D253" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E253" s="7">
+        <v>82</v>
+      </c>
+      <c r="F253" s="7">
+        <v>89</v>
+      </c>
+      <c r="G253" s="25">
+        <v>98</v>
+      </c>
+      <c r="H253" s="18"/>
+      <c r="I253" s="7">
+        <v>103</v>
+      </c>
+      <c r="J253" s="7">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" ht="15.75">
+      <c r="B254" s="32"/>
+      <c r="C254" s="33"/>
+      <c r="D254" s="10" t="s">
         <v>27</v>
       </c>
-      <c s="24" t="inlineStr" r="J42">
-[...220 lines deleted...]
-      <c s="11" r="G50">
+      <c r="E254" s="7">
+        <v>128</v>
+      </c>
+      <c r="F254" s="7">
+        <v>112</v>
+      </c>
+      <c r="G254" s="25">
         <v>117</v>
       </c>
-      <c s="6" t="str" r="H50"/>
-[...508 lines deleted...]
-      <c s="13" r="G68">
+      <c r="H254" s="18"/>
+      <c r="I254" s="7">
+        <v>130</v>
+      </c>
+      <c r="J254" s="7">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" ht="15.95">
+      <c r="B255" s="32"/>
+      <c r="C255" s="33"/>
+      <c r="D255" s="5" t="s">
         <v>28</v>
       </c>
-      <c s="6" t="str" r="H68"/>
-[...470 lines deleted...]
-      <c s="13" r="I84">
+      <c r="E255" s="6">
+        <v>237</v>
+      </c>
+      <c r="F255" s="6">
+        <v>229</v>
+      </c>
+      <c r="G255" s="24">
+        <v>245</v>
+      </c>
+      <c r="H255" s="18"/>
+      <c r="I255" s="6">
+        <v>253</v>
+      </c>
+      <c r="J255" s="6">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" ht="15.95">
+      <c r="B256" s="34"/>
+      <c r="C256" s="35"/>
+      <c r="D256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G256" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="18"/>
+      <c r="I256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="2:7" ht="18" customHeight="1"/>
+    <row r="258" spans="2:7" ht="18" customHeight="1">
+      <c r="B258" s="26" t="s">
         <v>14</v>
       </c>
-      <c s="13" r="J84">
-[...4871 lines deleted...]
-      </c>
+      <c r="C258" s="41"/>
+      <c r="D258" s="41"/>
+      <c r="E258" s="41"/>
+      <c r="F258" s="41"/>
+      <c r="G258" s="41"/>
     </row>
   </sheetData>
-  <mergeCells>
-[...4 lines deleted...]
-    <mergeCell ref="G6:H6"/>
+  <mergeCells count="306">
+    <mergeCell ref="B258:G258"/>
+    <mergeCell ref="B252:C256"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B247:C251"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
     <mergeCell ref="B7:C11"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="B1:L258"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" width="36.5703125" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="3.42578125" customWidth="1"/>
+    <col min="8" max="8" width="9" customWidth="1"/>
+    <col min="9" max="10" width="12.42578125" customWidth="1"/>
+    <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="56.42578125" customWidth="1"/>
+    <col min="13" max="13" width="1.42578125" customWidth="1"/>
+    <col min="14" max="14" width="1.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:12" ht="3.6" customHeight="1"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1"/>
+    <row r="3" spans="2:12" ht="7.9" customHeight="1"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1">
+      <c r="B4" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="41"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
+      <c r="L4" s="41"/>
+    </row>
+    <row r="5" spans="2:12" ht="16.5">
+      <c r="B5" s="27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" s="28"/>
+      <c r="D5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="28"/>
+      <c r="J5" s="28"/>
+    </row>
+    <row r="6" spans="2:12" ht="18">
+      <c r="B6" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="18"/>
+      <c r="D6" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="18"/>
+      <c r="I6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" ht="15.95">
+      <c r="B7" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="31"/>
+      <c r="D7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="18"/>
+      <c r="I7" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J7" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="2:12" ht="15.95">
+      <c r="B8" s="32"/>
+      <c r="C8" s="33"/>
+      <c r="D8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J8" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" ht="15.75">
+      <c r="B9" s="32"/>
+      <c r="C9" s="33"/>
+      <c r="D9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="18"/>
+      <c r="I9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J9" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" ht="15.95">
+      <c r="B10" s="32"/>
+      <c r="C10" s="33"/>
+      <c r="D10" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="18"/>
+      <c r="I10" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J10" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" ht="15.95">
+      <c r="B11" s="34"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="18"/>
+      <c r="I11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J11" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" ht="15.95">
+      <c r="B12" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="31"/>
+      <c r="D12" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="13">
+        <v>75.14</v>
+      </c>
+      <c r="F12" s="13">
+        <v>79.44</v>
+      </c>
+      <c r="G12" s="39">
+        <v>67.09</v>
+      </c>
+      <c r="H12" s="18"/>
+      <c r="I12" s="13">
+        <v>57.42</v>
+      </c>
+      <c r="J12" s="13">
+        <v>42.42</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" ht="15.95">
+      <c r="B13" s="32"/>
+      <c r="C13" s="33"/>
+      <c r="D13" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="13">
+        <v>56.35</v>
+      </c>
+      <c r="F13" s="13">
+        <v>63.2</v>
+      </c>
+      <c r="G13" s="39">
+        <v>57.58</v>
+      </c>
+      <c r="H13" s="18"/>
+      <c r="I13" s="13">
+        <v>48.15</v>
+      </c>
+      <c r="J13" s="13">
+        <v>47.71</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" ht="15.75">
+      <c r="B14" s="32"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="13">
+        <v>56.03</v>
+      </c>
+      <c r="F14" s="13">
+        <v>61.53</v>
+      </c>
+      <c r="G14" s="39">
+        <v>56.43</v>
+      </c>
+      <c r="H14" s="18"/>
+      <c r="I14" s="13">
+        <v>44.08</v>
+      </c>
+      <c r="J14" s="13">
+        <v>33.26</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" ht="15.95">
+      <c r="B15" s="32"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="14">
+        <v>60.12</v>
+      </c>
+      <c r="F15" s="14">
+        <v>65.42</v>
+      </c>
+      <c r="G15" s="40">
+        <v>58.88</v>
+      </c>
+      <c r="H15" s="18"/>
+      <c r="I15" s="14">
+        <v>47.41</v>
+      </c>
+      <c r="J15" s="14">
+        <v>38.1</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" ht="15.95">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G16" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="18"/>
+      <c r="I16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" ht="15.95">
+      <c r="B17" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="31"/>
+      <c r="D17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="13">
+        <v>30.88</v>
+      </c>
+      <c r="F17" s="13">
+        <v>39.340000000000003</v>
+      </c>
+      <c r="G17" s="39">
+        <v>30.04</v>
+      </c>
+      <c r="H17" s="18"/>
+      <c r="I17" s="13">
+        <v>31.06</v>
+      </c>
+      <c r="J17" s="13">
+        <v>35.049999999999997</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" ht="15.95">
+      <c r="B18" s="32"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" s="13">
+        <v>20.39</v>
+      </c>
+      <c r="F18" s="13">
+        <v>20.190000000000001</v>
+      </c>
+      <c r="G18" s="39">
+        <v>20.81</v>
+      </c>
+      <c r="H18" s="18"/>
+      <c r="I18" s="13">
+        <v>16.93</v>
+      </c>
+      <c r="J18" s="13">
+        <v>20.73</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" ht="15.75">
+      <c r="B19" s="32"/>
+      <c r="C19" s="33"/>
+      <c r="D19" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" s="13">
+        <v>27.3</v>
+      </c>
+      <c r="F19" s="13">
+        <v>28.8</v>
+      </c>
+      <c r="G19" s="39">
+        <v>27.25</v>
+      </c>
+      <c r="H19" s="18"/>
+      <c r="I19" s="13">
+        <v>26.02</v>
+      </c>
+      <c r="J19" s="13">
+        <v>27.37</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" ht="15.95">
+      <c r="B20" s="32"/>
+      <c r="C20" s="33"/>
+      <c r="D20" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E20" s="14">
+        <v>23.87</v>
+      </c>
+      <c r="F20" s="14">
+        <v>24.89</v>
+      </c>
+      <c r="G20" s="40">
+        <v>24.51</v>
+      </c>
+      <c r="H20" s="18"/>
+      <c r="I20" s="14">
+        <v>21.52</v>
+      </c>
+      <c r="J20" s="14">
+        <v>24.39</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" ht="15.95">
+      <c r="B21" s="34"/>
+      <c r="C21" s="35"/>
+      <c r="D21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="18"/>
+      <c r="I21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" ht="15.95">
+      <c r="B22" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="31"/>
+      <c r="D22" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="13">
+        <v>50.39</v>
+      </c>
+      <c r="F22" s="13">
+        <v>56.28</v>
+      </c>
+      <c r="G22" s="39">
+        <v>42.26</v>
+      </c>
+      <c r="H22" s="18"/>
+      <c r="I22" s="13">
+        <v>38.229999999999997</v>
+      </c>
+      <c r="J22" s="13">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" ht="15.95">
+      <c r="B23" s="32"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" s="13">
+        <v>36.1</v>
+      </c>
+      <c r="F23" s="13">
+        <v>43.41</v>
+      </c>
+      <c r="G23" s="39">
+        <v>38.42</v>
+      </c>
+      <c r="H23" s="18"/>
+      <c r="I23" s="13">
+        <v>32.43</v>
+      </c>
+      <c r="J23" s="13">
+        <v>32.380000000000003</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" ht="15.75">
+      <c r="B24" s="32"/>
+      <c r="C24" s="33"/>
+      <c r="D24" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="13">
+        <v>86.6</v>
+      </c>
+      <c r="F24" s="13">
+        <v>89.91</v>
+      </c>
+      <c r="G24" s="39">
+        <v>61.41</v>
+      </c>
+      <c r="H24" s="18"/>
+      <c r="I24" s="13">
+        <v>42.71</v>
+      </c>
+      <c r="J24" s="13">
+        <v>35.020000000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" ht="15.95">
+      <c r="B25" s="32"/>
+      <c r="C25" s="33"/>
+      <c r="D25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="14">
+        <v>73.39</v>
+      </c>
+      <c r="F25" s="14">
+        <v>78.709999999999994</v>
+      </c>
+      <c r="G25" s="40">
+        <v>55.38</v>
+      </c>
+      <c r="H25" s="18"/>
+      <c r="I25" s="14">
+        <v>40.659999999999997</v>
+      </c>
+      <c r="J25" s="14">
+        <v>34.33</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" ht="15.95">
+      <c r="B26" s="34"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G26" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="18"/>
+      <c r="I26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="2:10" ht="15.95">
+      <c r="B27" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="31"/>
+      <c r="D27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F27" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G27" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H27" s="18"/>
+      <c r="I27" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J27" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="2:10" ht="15.95">
+      <c r="B28" s="32"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F28" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G28" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" s="18"/>
+      <c r="I28" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J28" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" ht="15.75">
+      <c r="B29" s="32"/>
+      <c r="C29" s="33"/>
+      <c r="D29" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F29" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G29" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H29" s="18"/>
+      <c r="I29" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J29" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30" spans="2:10" ht="15.95">
+      <c r="B30" s="32"/>
+      <c r="C30" s="33"/>
+      <c r="D30" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F30" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G30" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H30" s="18"/>
+      <c r="I30" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J30" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" ht="15.95">
+      <c r="B31" s="34"/>
+      <c r="C31" s="35"/>
+      <c r="D31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="18"/>
+      <c r="I31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="2:10" ht="15.95">
+      <c r="B32" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="31"/>
+      <c r="D32" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="13">
+        <v>64.459999999999994</v>
+      </c>
+      <c r="F32" s="13">
+        <v>56.57</v>
+      </c>
+      <c r="G32" s="39">
+        <v>48.66</v>
+      </c>
+      <c r="H32" s="18"/>
+      <c r="I32" s="13">
+        <v>46.75</v>
+      </c>
+      <c r="J32" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" ht="15.95">
+      <c r="B33" s="32"/>
+      <c r="C33" s="33"/>
+      <c r="D33" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" s="13">
+        <v>53.74</v>
+      </c>
+      <c r="F33" s="13">
+        <v>36.950000000000003</v>
+      </c>
+      <c r="G33" s="39">
+        <v>44.46</v>
+      </c>
+      <c r="H33" s="18"/>
+      <c r="I33" s="13">
+        <v>42.87</v>
+      </c>
+      <c r="J33" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" ht="15.75">
+      <c r="B34" s="32"/>
+      <c r="C34" s="33"/>
+      <c r="D34" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E34" s="13">
+        <v>55.52</v>
+      </c>
+      <c r="F34" s="13">
+        <v>47.86</v>
+      </c>
+      <c r="G34" s="39">
+        <v>41.63</v>
+      </c>
+      <c r="H34" s="18"/>
+      <c r="I34" s="13">
+        <v>40.97</v>
+      </c>
+      <c r="J34" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" ht="15.95">
+      <c r="B35" s="32"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E35" s="14">
+        <v>57.68</v>
+      </c>
+      <c r="F35" s="14">
+        <v>46.15</v>
+      </c>
+      <c r="G35" s="40">
+        <v>44.74</v>
+      </c>
+      <c r="H35" s="18"/>
+      <c r="I35" s="14">
+        <v>43.35</v>
+      </c>
+      <c r="J35" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" ht="15.95">
+      <c r="B36" s="34"/>
+      <c r="C36" s="35"/>
+      <c r="D36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G36" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="18"/>
+      <c r="I36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="2:10" ht="15.95">
+      <c r="B37" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="31"/>
+      <c r="D37" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G37" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" s="18"/>
+      <c r="I37" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="2:10" ht="15.95">
+      <c r="B38" s="32"/>
+      <c r="C38" s="33"/>
+      <c r="D38" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="18"/>
+      <c r="I38" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J38" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="2:10" ht="15.75">
+      <c r="B39" s="32"/>
+      <c r="C39" s="33"/>
+      <c r="D39" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" s="18"/>
+      <c r="I39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="2:10" ht="15.95">
+      <c r="B40" s="32"/>
+      <c r="C40" s="33"/>
+      <c r="D40" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E40" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F40" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H40" s="18"/>
+      <c r="I40" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J40" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="2:10" ht="15.95">
+      <c r="B41" s="34"/>
+      <c r="C41" s="35"/>
+      <c r="D41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G41" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="18"/>
+      <c r="I41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="2:10" ht="15.95">
+      <c r="B42" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="31"/>
+      <c r="D42" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F42" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G42" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H42" s="18"/>
+      <c r="I42" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J42" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="43" spans="2:10" ht="15.95">
+      <c r="B43" s="32"/>
+      <c r="C43" s="33"/>
+      <c r="D43" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F43" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G43" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H43" s="18"/>
+      <c r="I43" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J43" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="2:10" ht="15.75">
+      <c r="B44" s="32"/>
+      <c r="C44" s="33"/>
+      <c r="D44" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E44" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F44" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G44" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H44" s="18"/>
+      <c r="I44" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J44" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="2:10" ht="15.95">
+      <c r="B45" s="32"/>
+      <c r="C45" s="33"/>
+      <c r="D45" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E45" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F45" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G45" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H45" s="18"/>
+      <c r="I45" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J45" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="2:10" ht="15.95">
+      <c r="B46" s="34"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G46" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="18"/>
+      <c r="I46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="2:10" ht="15.95">
+      <c r="B47" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="C47" s="31"/>
+      <c r="D47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F47" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G47" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H47" s="18"/>
+      <c r="I47" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J47" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="48" spans="2:10" ht="15.95">
+      <c r="B48" s="32"/>
+      <c r="C48" s="33"/>
+      <c r="D48" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E48" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F48" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G48" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H48" s="18"/>
+      <c r="I48" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J48" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" ht="15.75">
+      <c r="B49" s="32"/>
+      <c r="C49" s="33"/>
+      <c r="D49" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E49" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F49" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G49" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H49" s="18"/>
+      <c r="I49" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J49" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="50" spans="2:10" ht="15.95">
+      <c r="B50" s="32"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E50" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F50" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G50" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H50" s="18"/>
+      <c r="I50" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J50" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="51" spans="2:10" ht="15.95">
+      <c r="B51" s="34"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G51" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="18"/>
+      <c r="I51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="2:10" ht="15.95">
+      <c r="B52" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C52" s="31"/>
+      <c r="D52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="13">
+        <v>51.76</v>
+      </c>
+      <c r="F52" s="13">
+        <v>50.79</v>
+      </c>
+      <c r="G52" s="39">
+        <v>44.7</v>
+      </c>
+      <c r="H52" s="18"/>
+      <c r="I52" s="13">
+        <v>40.97</v>
+      </c>
+      <c r="J52" s="13">
+        <v>38.26</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" ht="15.95">
+      <c r="B53" s="32"/>
+      <c r="C53" s="33"/>
+      <c r="D53" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" s="13">
+        <v>64.47</v>
+      </c>
+      <c r="F53" s="13">
+        <v>60.45</v>
+      </c>
+      <c r="G53" s="39">
+        <v>50.54</v>
+      </c>
+      <c r="H53" s="18"/>
+      <c r="I53" s="13">
+        <v>43.54</v>
+      </c>
+      <c r="J53" s="13">
+        <v>47.65</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" ht="15.75">
+      <c r="B54" s="32"/>
+      <c r="C54" s="33"/>
+      <c r="D54" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E54" s="13">
+        <v>35.53</v>
+      </c>
+      <c r="F54" s="13">
+        <v>33.21</v>
+      </c>
+      <c r="G54" s="39">
+        <v>31.17</v>
+      </c>
+      <c r="H54" s="18"/>
+      <c r="I54" s="13">
+        <v>30.16</v>
+      </c>
+      <c r="J54" s="13">
+        <v>30.58</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" ht="15.95">
+      <c r="B55" s="32"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E55" s="14">
+        <v>56.12</v>
+      </c>
+      <c r="F55" s="14">
+        <v>53.09</v>
+      </c>
+      <c r="G55" s="40">
+        <v>45.49</v>
+      </c>
+      <c r="H55" s="18"/>
+      <c r="I55" s="14">
+        <v>40.619999999999997</v>
+      </c>
+      <c r="J55" s="14">
+        <v>42.94</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" ht="15.95">
+      <c r="B56" s="34"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G56" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="18"/>
+      <c r="I56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J56" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="2:10" ht="15.95">
+      <c r="B57" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" s="31"/>
+      <c r="D57" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E57" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F57" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G57" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H57" s="18"/>
+      <c r="I57" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J57" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="2:10" ht="15.95">
+      <c r="B58" s="32"/>
+      <c r="C58" s="33"/>
+      <c r="D58" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F58" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G58" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H58" s="18"/>
+      <c r="I58" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J58" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" ht="15.75">
+      <c r="B59" s="32"/>
+      <c r="C59" s="33"/>
+      <c r="D59" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F59" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G59" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H59" s="18"/>
+      <c r="I59" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J59" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="2:10" ht="15.95">
+      <c r="B60" s="32"/>
+      <c r="C60" s="33"/>
+      <c r="D60" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E60" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F60" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G60" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H60" s="18"/>
+      <c r="I60" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J60" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" ht="15.95">
+      <c r="B61" s="34"/>
+      <c r="C61" s="35"/>
+      <c r="D61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G61" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="18"/>
+      <c r="I61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="2:10" ht="15.95">
+      <c r="B62" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" s="31"/>
+      <c r="D62" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E62" s="13">
+        <v>58.16</v>
+      </c>
+      <c r="F62" s="13">
+        <v>56.79</v>
+      </c>
+      <c r="G62" s="39">
+        <v>57.04</v>
+      </c>
+      <c r="H62" s="18"/>
+      <c r="I62" s="13">
+        <v>49.74</v>
+      </c>
+      <c r="J62" s="13">
+        <v>46.44</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" ht="15.95">
+      <c r="B63" s="32"/>
+      <c r="C63" s="33"/>
+      <c r="D63" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" s="13">
+        <v>98.16</v>
+      </c>
+      <c r="F63" s="13">
+        <v>103.13</v>
+      </c>
+      <c r="G63" s="39">
+        <v>107.38</v>
+      </c>
+      <c r="H63" s="18"/>
+      <c r="I63" s="13">
+        <v>99.84</v>
+      </c>
+      <c r="J63" s="13">
+        <v>89.36</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" ht="15.75">
+      <c r="B64" s="32"/>
+      <c r="C64" s="33"/>
+      <c r="D64" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E64" s="13">
+        <v>34.82</v>
+      </c>
+      <c r="F64" s="13">
+        <v>34.9</v>
+      </c>
+      <c r="G64" s="39">
+        <v>34.090000000000003</v>
+      </c>
+      <c r="H64" s="18"/>
+      <c r="I64" s="13">
+        <v>30.35</v>
+      </c>
+      <c r="J64" s="13">
+        <v>28.09</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" ht="15.95">
+      <c r="B65" s="32"/>
+      <c r="C65" s="33"/>
+      <c r="D65" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E65" s="14">
+        <v>70.290000000000006</v>
+      </c>
+      <c r="F65" s="14">
+        <v>73.16</v>
+      </c>
+      <c r="G65" s="40">
+        <v>76.709999999999994</v>
+      </c>
+      <c r="H65" s="18"/>
+      <c r="I65" s="14">
+        <v>70.83</v>
+      </c>
+      <c r="J65" s="14">
+        <v>63.33</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" ht="15.95">
+      <c r="B66" s="34"/>
+      <c r="C66" s="35"/>
+      <c r="D66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G66" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="18"/>
+      <c r="I66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="2:10" ht="15.95">
+      <c r="B67" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="31"/>
+      <c r="D67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E67" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G67" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H67" s="18"/>
+      <c r="I67" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J67" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="2:10" ht="15.95">
+      <c r="B68" s="32"/>
+      <c r="C68" s="33"/>
+      <c r="D68" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F68" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G68" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H68" s="18"/>
+      <c r="I68" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J68" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="69" spans="2:10" ht="15.75">
+      <c r="B69" s="32"/>
+      <c r="C69" s="33"/>
+      <c r="D69" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E69" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F69" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G69" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H69" s="18"/>
+      <c r="I69" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J69" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="70" spans="2:10" ht="15.95">
+      <c r="B70" s="32"/>
+      <c r="C70" s="33"/>
+      <c r="D70" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E70" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F70" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G70" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H70" s="18"/>
+      <c r="I70" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J70" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="2:10" ht="15.95">
+      <c r="B71" s="34"/>
+      <c r="C71" s="35"/>
+      <c r="D71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G71" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="18"/>
+      <c r="I71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="2:10" ht="15.95">
+      <c r="B72" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="C72" s="31"/>
+      <c r="D72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G72" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H72" s="18"/>
+      <c r="I72" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J72" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="73" spans="2:10" ht="15.95">
+      <c r="B73" s="32"/>
+      <c r="C73" s="33"/>
+      <c r="D73" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F73" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G73" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H73" s="18"/>
+      <c r="I73" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J73" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" ht="15.75">
+      <c r="B74" s="32"/>
+      <c r="C74" s="33"/>
+      <c r="D74" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E74" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F74" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G74" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H74" s="18"/>
+      <c r="I74" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J74" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" ht="15.95">
+      <c r="B75" s="32"/>
+      <c r="C75" s="33"/>
+      <c r="D75" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E75" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F75" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G75" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H75" s="18"/>
+      <c r="I75" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J75" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" ht="15.95">
+      <c r="B76" s="34"/>
+      <c r="C76" s="35"/>
+      <c r="D76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="18"/>
+      <c r="I76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="2:10" ht="15.95">
+      <c r="B77" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="C77" s="31"/>
+      <c r="D77" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E77" s="13">
+        <v>6.23</v>
+      </c>
+      <c r="F77" s="13">
+        <v>6.56</v>
+      </c>
+      <c r="G77" s="39">
+        <v>6.61</v>
+      </c>
+      <c r="H77" s="18"/>
+      <c r="I77" s="13">
+        <v>5.05</v>
+      </c>
+      <c r="J77" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="78" spans="2:10" ht="15.95">
+      <c r="B78" s="32"/>
+      <c r="C78" s="33"/>
+      <c r="D78" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" s="13">
+        <v>7</v>
+      </c>
+      <c r="F78" s="13">
+        <v>7.16</v>
+      </c>
+      <c r="G78" s="39">
+        <v>7.94</v>
+      </c>
+      <c r="H78" s="18"/>
+      <c r="I78" s="13">
+        <v>5.63</v>
+      </c>
+      <c r="J78" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="79" spans="2:10" ht="15.75">
+      <c r="B79" s="32"/>
+      <c r="C79" s="33"/>
+      <c r="D79" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E79" s="13">
+        <v>8.3800000000000008</v>
+      </c>
+      <c r="F79" s="13">
+        <v>8.89</v>
+      </c>
+      <c r="G79" s="39">
+        <v>7.59</v>
+      </c>
+      <c r="H79" s="18"/>
+      <c r="I79" s="13">
+        <v>7.02</v>
+      </c>
+      <c r="J79" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="80" spans="2:10" ht="15.95">
+      <c r="B80" s="32"/>
+      <c r="C80" s="33"/>
+      <c r="D80" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E80" s="14">
+        <v>7.33</v>
+      </c>
+      <c r="F80" s="14">
+        <v>7.55</v>
+      </c>
+      <c r="G80" s="40">
+        <v>7.51</v>
+      </c>
+      <c r="H80" s="18"/>
+      <c r="I80" s="14">
+        <v>5.9</v>
+      </c>
+      <c r="J80" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="81" spans="2:10" ht="15.95">
+      <c r="B81" s="34"/>
+      <c r="C81" s="35"/>
+      <c r="D81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="18"/>
+      <c r="I81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="2:10" ht="15.95">
+      <c r="B82" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="C82" s="31"/>
+      <c r="D82" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G82" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H82" s="18"/>
+      <c r="I82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J82" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="83" spans="2:10" ht="15.95">
+      <c r="B83" s="32"/>
+      <c r="C83" s="33"/>
+      <c r="D83" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F83" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G83" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H83" s="18"/>
+      <c r="I83" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J83" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" ht="15.75">
+      <c r="B84" s="32"/>
+      <c r="C84" s="33"/>
+      <c r="D84" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E84" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F84" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G84" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H84" s="18"/>
+      <c r="I84" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J84" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" ht="15.95">
+      <c r="B85" s="32"/>
+      <c r="C85" s="33"/>
+      <c r="D85" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E85" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F85" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G85" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H85" s="18"/>
+      <c r="I85" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J85" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" ht="15.95">
+      <c r="B86" s="34"/>
+      <c r="C86" s="35"/>
+      <c r="D86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G86" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="18"/>
+      <c r="I86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J86" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="2:10" ht="15.95">
+      <c r="B87" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="C87" s="31"/>
+      <c r="D87" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="13">
+        <v>27.31</v>
+      </c>
+      <c r="F87" s="13">
+        <v>28.36</v>
+      </c>
+      <c r="G87" s="39">
+        <v>27.4</v>
+      </c>
+      <c r="H87" s="18"/>
+      <c r="I87" s="13">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="J87" s="13">
+        <v>30.92</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" ht="15.95">
+      <c r="B88" s="32"/>
+      <c r="C88" s="33"/>
+      <c r="D88" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" s="13">
+        <v>12.02</v>
+      </c>
+      <c r="F88" s="13">
+        <v>11.8</v>
+      </c>
+      <c r="G88" s="39">
+        <v>12.6</v>
+      </c>
+      <c r="H88" s="18"/>
+      <c r="I88" s="13">
+        <v>10.81</v>
+      </c>
+      <c r="J88" s="13">
+        <v>9.1199999999999992</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" ht="15.75">
+      <c r="B89" s="32"/>
+      <c r="C89" s="33"/>
+      <c r="D89" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E89" s="13">
+        <v>31.29</v>
+      </c>
+      <c r="F89" s="13">
+        <v>30.93</v>
+      </c>
+      <c r="G89" s="39">
+        <v>32.619999999999997</v>
+      </c>
+      <c r="H89" s="18"/>
+      <c r="I89" s="13">
+        <v>31.14</v>
+      </c>
+      <c r="J89" s="13">
+        <v>30.5</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" ht="15.95">
+      <c r="B90" s="32"/>
+      <c r="C90" s="33"/>
+      <c r="D90" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E90" s="14">
+        <v>23.38</v>
+      </c>
+      <c r="F90" s="14">
+        <v>22.26</v>
+      </c>
+      <c r="G90" s="40">
+        <v>23.41</v>
+      </c>
+      <c r="H90" s="18"/>
+      <c r="I90" s="14">
+        <v>20.36</v>
+      </c>
+      <c r="J90" s="14">
+        <v>18.809999999999999</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" ht="15.95">
+      <c r="B91" s="34"/>
+      <c r="C91" s="35"/>
+      <c r="D91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="18"/>
+      <c r="I91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J91" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="2:10" ht="15.95">
+      <c r="B92" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="C92" s="31"/>
+      <c r="D92" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F92" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G92" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H92" s="18"/>
+      <c r="I92" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J92" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="93" spans="2:10" ht="15.95">
+      <c r="B93" s="32"/>
+      <c r="C93" s="33"/>
+      <c r="D93" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E93" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G93" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H93" s="18"/>
+      <c r="I93" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J93" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" ht="15.75">
+      <c r="B94" s="32"/>
+      <c r="C94" s="33"/>
+      <c r="D94" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E94" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F94" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G94" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H94" s="18"/>
+      <c r="I94" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J94" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="95" spans="2:10" ht="15.95">
+      <c r="B95" s="32"/>
+      <c r="C95" s="33"/>
+      <c r="D95" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E95" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F95" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G95" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H95" s="18"/>
+      <c r="I95" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J95" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="96" spans="2:10" ht="15.95">
+      <c r="B96" s="34"/>
+      <c r="C96" s="35"/>
+      <c r="D96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G96" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="18"/>
+      <c r="I96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="2:10" ht="15.95">
+      <c r="B97" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="C97" s="31"/>
+      <c r="D97" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="13">
+        <v>5.47</v>
+      </c>
+      <c r="F97" s="13">
+        <v>7.46</v>
+      </c>
+      <c r="G97" s="39">
+        <v>6.06</v>
+      </c>
+      <c r="H97" s="18"/>
+      <c r="I97" s="13">
+        <v>6.58</v>
+      </c>
+      <c r="J97" s="13">
+        <v>5.57</v>
+      </c>
+    </row>
+    <row r="98" spans="2:10" ht="15.95">
+      <c r="B98" s="32"/>
+      <c r="C98" s="33"/>
+      <c r="D98" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" s="13">
+        <v>7.19</v>
+      </c>
+      <c r="F98" s="13">
+        <v>7.21</v>
+      </c>
+      <c r="G98" s="39">
+        <v>7.85</v>
+      </c>
+      <c r="H98" s="18"/>
+      <c r="I98" s="13">
+        <v>5.49</v>
+      </c>
+      <c r="J98" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" ht="15.75">
+      <c r="B99" s="32"/>
+      <c r="C99" s="33"/>
+      <c r="D99" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E99" s="13">
+        <v>7.46</v>
+      </c>
+      <c r="F99" s="13">
+        <v>7.99</v>
+      </c>
+      <c r="G99" s="39">
+        <v>8.14</v>
+      </c>
+      <c r="H99" s="18"/>
+      <c r="I99" s="13">
+        <v>6.59</v>
+      </c>
+      <c r="J99" s="13">
+        <v>7.72</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" ht="15.95">
+      <c r="B100" s="32"/>
+      <c r="C100" s="33"/>
+      <c r="D100" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E100" s="14">
+        <v>7.07</v>
+      </c>
+      <c r="F100" s="14">
+        <v>7.48</v>
+      </c>
+      <c r="G100" s="40">
+        <v>7.72</v>
+      </c>
+      <c r="H100" s="18"/>
+      <c r="I100" s="14">
+        <v>6.01</v>
+      </c>
+      <c r="J100" s="14">
+        <v>5.86</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" ht="15.95">
+      <c r="B101" s="34"/>
+      <c r="C101" s="35"/>
+      <c r="D101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G101" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="18"/>
+      <c r="I101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J101" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="2:10" ht="15.95">
+      <c r="B102" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C102" s="31"/>
+      <c r="D102" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E102" s="13">
+        <v>36.549999999999997</v>
+      </c>
+      <c r="F102" s="13">
+        <v>27.31</v>
+      </c>
+      <c r="G102" s="39">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="H102" s="18"/>
+      <c r="I102" s="13">
+        <v>31.11</v>
+      </c>
+      <c r="J102" s="13">
+        <v>34.04</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" ht="15.95">
+      <c r="B103" s="32"/>
+      <c r="C103" s="33"/>
+      <c r="D103" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" s="13">
+        <v>25.41</v>
+      </c>
+      <c r="F103" s="13">
+        <v>26.93</v>
+      </c>
+      <c r="G103" s="39">
+        <v>29.46</v>
+      </c>
+      <c r="H103" s="18"/>
+      <c r="I103" s="13">
+        <v>23.37</v>
+      </c>
+      <c r="J103" s="13">
+        <v>23.41</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" ht="15.75">
+      <c r="B104" s="32"/>
+      <c r="C104" s="33"/>
+      <c r="D104" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E104" s="13">
+        <v>39.590000000000003</v>
+      </c>
+      <c r="F104" s="13">
+        <v>38.86</v>
+      </c>
+      <c r="G104" s="39">
+        <v>41.51</v>
+      </c>
+      <c r="H104" s="18"/>
+      <c r="I104" s="13">
+        <v>38.630000000000003</v>
+      </c>
+      <c r="J104" s="13">
+        <v>39.479999999999997</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" ht="15.95">
+      <c r="B105" s="32"/>
+      <c r="C105" s="33"/>
+      <c r="D105" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E105" s="14">
+        <v>35.43</v>
+      </c>
+      <c r="F105" s="14">
+        <v>33.380000000000003</v>
+      </c>
+      <c r="G105" s="40">
+        <v>37</v>
+      </c>
+      <c r="H105" s="18"/>
+      <c r="I105" s="14">
+        <v>32.659999999999997</v>
+      </c>
+      <c r="J105" s="14">
+        <v>33.72</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" ht="15.95">
+      <c r="B106" s="34"/>
+      <c r="C106" s="35"/>
+      <c r="D106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G106" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="18"/>
+      <c r="I106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J106" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="2:10" ht="15.95">
+      <c r="B107" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="C107" s="31"/>
+      <c r="D107" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E107" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F107" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G107" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H107" s="18"/>
+      <c r="I107" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J107" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="2:10" ht="15.95">
+      <c r="B108" s="32"/>
+      <c r="C108" s="33"/>
+      <c r="D108" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F108" s="13">
+        <v>5.0599999999999996</v>
+      </c>
+      <c r="G108" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H108" s="18"/>
+      <c r="I108" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J108" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" ht="15.75">
+      <c r="B109" s="32"/>
+      <c r="C109" s="33"/>
+      <c r="D109" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E109" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F109" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G109" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H109" s="18"/>
+      <c r="I109" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J109" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="110" spans="2:10" ht="15.95">
+      <c r="B110" s="32"/>
+      <c r="C110" s="33"/>
+      <c r="D110" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E110" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F110" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G110" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H110" s="18"/>
+      <c r="I110" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J110" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" ht="15.95">
+      <c r="B111" s="34"/>
+      <c r="C111" s="35"/>
+      <c r="D111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G111" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="18"/>
+      <c r="I111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="2:10" ht="15.95">
+      <c r="B112" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="C112" s="31"/>
+      <c r="D112" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E112" s="13">
+        <v>71.900000000000006</v>
+      </c>
+      <c r="F112" s="13">
+        <v>51.46</v>
+      </c>
+      <c r="G112" s="39">
+        <v>69.38</v>
+      </c>
+      <c r="H112" s="18"/>
+      <c r="I112" s="13">
+        <v>62.14</v>
+      </c>
+      <c r="J112" s="13">
+        <v>48.78</v>
+      </c>
+    </row>
+    <row r="113" spans="2:10" ht="15.95">
+      <c r="B113" s="32"/>
+      <c r="C113" s="33"/>
+      <c r="D113" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E113" s="13">
+        <v>54.4</v>
+      </c>
+      <c r="F113" s="13">
+        <v>45.96</v>
+      </c>
+      <c r="G113" s="39">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="H113" s="18"/>
+      <c r="I113" s="13">
+        <v>55.64</v>
+      </c>
+      <c r="J113" s="13">
+        <v>57.48</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" ht="15.75">
+      <c r="B114" s="32"/>
+      <c r="C114" s="33"/>
+      <c r="D114" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E114" s="13">
+        <v>79.760000000000005</v>
+      </c>
+      <c r="F114" s="13">
+        <v>76</v>
+      </c>
+      <c r="G114" s="39">
+        <v>68.56</v>
+      </c>
+      <c r="H114" s="18"/>
+      <c r="I114" s="13">
+        <v>67.569999999999993</v>
+      </c>
+      <c r="J114" s="13">
+        <v>62.08</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" ht="15.95">
+      <c r="B115" s="32"/>
+      <c r="C115" s="33"/>
+      <c r="D115" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E115" s="14">
+        <v>72.89</v>
+      </c>
+      <c r="F115" s="14">
+        <v>66.489999999999995</v>
+      </c>
+      <c r="G115" s="40">
+        <v>68.2</v>
+      </c>
+      <c r="H115" s="18"/>
+      <c r="I115" s="14">
+        <v>63.94</v>
+      </c>
+      <c r="J115" s="14">
+        <v>60.16</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" ht="15.95">
+      <c r="B116" s="34"/>
+      <c r="C116" s="35"/>
+      <c r="D116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G116" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="18"/>
+      <c r="I116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="2:10" ht="15.95">
+      <c r="B117" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="C117" s="31"/>
+      <c r="D117" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E117" s="13">
+        <v>59.27</v>
+      </c>
+      <c r="F117" s="13">
+        <v>57.57</v>
+      </c>
+      <c r="G117" s="39">
+        <v>56.88</v>
+      </c>
+      <c r="H117" s="18"/>
+      <c r="I117" s="13">
+        <v>60.29</v>
+      </c>
+      <c r="J117" s="13">
+        <v>60.01</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" ht="15.95">
+      <c r="B118" s="32"/>
+      <c r="C118" s="33"/>
+      <c r="D118" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E118" s="13">
+        <v>48.85</v>
+      </c>
+      <c r="F118" s="13">
+        <v>47.49</v>
+      </c>
+      <c r="G118" s="39">
+        <v>54.55</v>
+      </c>
+      <c r="H118" s="18"/>
+      <c r="I118" s="13">
+        <v>51.07</v>
+      </c>
+      <c r="J118" s="13">
+        <v>51.29</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" ht="15.75">
+      <c r="B119" s="32"/>
+      <c r="C119" s="33"/>
+      <c r="D119" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E119" s="13">
+        <v>39.26</v>
+      </c>
+      <c r="F119" s="13">
+        <v>42.35</v>
+      </c>
+      <c r="G119" s="39">
+        <v>42.89</v>
+      </c>
+      <c r="H119" s="18"/>
+      <c r="I119" s="13">
+        <v>40.770000000000003</v>
+      </c>
+      <c r="J119" s="13">
+        <v>40.369999999999997</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" ht="15.95">
+      <c r="B120" s="32"/>
+      <c r="C120" s="33"/>
+      <c r="D120" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E120" s="14">
+        <v>47.13</v>
+      </c>
+      <c r="F120" s="14">
+        <v>47.13</v>
+      </c>
+      <c r="G120" s="40">
+        <v>51.26</v>
+      </c>
+      <c r="H120" s="18"/>
+      <c r="I120" s="14">
+        <v>48.97</v>
+      </c>
+      <c r="J120" s="14">
+        <v>48.75</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" ht="15.95">
+      <c r="B121" s="34"/>
+      <c r="C121" s="35"/>
+      <c r="D121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G121" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="18"/>
+      <c r="I121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="2:10" ht="15.95">
+      <c r="B122" s="23" t="s">
+        <v>51</v>
+      </c>
+      <c r="C122" s="31"/>
+      <c r="D122" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E122" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F122" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G122" s="39">
+        <v>6.67</v>
+      </c>
+      <c r="H122" s="18"/>
+      <c r="I122" s="13">
+        <v>5.13</v>
+      </c>
+      <c r="J122" s="13">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" ht="15.95">
+      <c r="B123" s="32"/>
+      <c r="C123" s="33"/>
+      <c r="D123" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E123" s="13">
+        <v>6.58</v>
+      </c>
+      <c r="F123" s="13">
+        <v>6.44</v>
+      </c>
+      <c r="G123" s="39">
+        <v>7.5</v>
+      </c>
+      <c r="H123" s="18"/>
+      <c r="I123" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J123" s="13">
+        <v>6.58</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" ht="15.75">
+      <c r="B124" s="32"/>
+      <c r="C124" s="33"/>
+      <c r="D124" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E124" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F124" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G124" s="39">
+        <v>6.05</v>
+      </c>
+      <c r="H124" s="18"/>
+      <c r="I124" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J124" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" ht="15.95">
+      <c r="B125" s="32"/>
+      <c r="C125" s="33"/>
+      <c r="D125" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E125" s="14">
+        <v>5.83</v>
+      </c>
+      <c r="F125" s="14">
+        <v>5.83</v>
+      </c>
+      <c r="G125" s="40">
+        <v>7.09</v>
+      </c>
+      <c r="H125" s="18"/>
+      <c r="I125" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J125" s="14">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" ht="15.95">
+      <c r="B126" s="34"/>
+      <c r="C126" s="35"/>
+      <c r="D126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G126" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="18"/>
+      <c r="I126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="2:10" ht="15.95">
+      <c r="B127" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="C127" s="31"/>
+      <c r="D127" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E127" s="13">
+        <v>86.71</v>
+      </c>
+      <c r="F127" s="13">
+        <v>85.64</v>
+      </c>
+      <c r="G127" s="39">
+        <v>75.22</v>
+      </c>
+      <c r="H127" s="18"/>
+      <c r="I127" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J127" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="2:10" ht="15.95">
+      <c r="B128" s="32"/>
+      <c r="C128" s="33"/>
+      <c r="D128" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E128" s="13">
+        <v>61.51</v>
+      </c>
+      <c r="F128" s="13">
+        <v>68.989999999999995</v>
+      </c>
+      <c r="G128" s="39">
+        <v>68.52</v>
+      </c>
+      <c r="H128" s="18"/>
+      <c r="I128" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J128" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="2:10" ht="15.75">
+      <c r="B129" s="32"/>
+      <c r="C129" s="33"/>
+      <c r="D129" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E129" s="13">
+        <v>67.52</v>
+      </c>
+      <c r="F129" s="13">
+        <v>73.05</v>
+      </c>
+      <c r="G129" s="39">
+        <v>62.33</v>
+      </c>
+      <c r="H129" s="18"/>
+      <c r="I129" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J129" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="2:10" ht="15.95">
+      <c r="B130" s="32"/>
+      <c r="C130" s="33"/>
+      <c r="D130" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E130" s="14">
+        <v>69.58</v>
+      </c>
+      <c r="F130" s="14">
+        <v>74.39</v>
+      </c>
+      <c r="G130" s="40">
+        <v>66.39</v>
+      </c>
+      <c r="H130" s="18"/>
+      <c r="I130" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J130" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="131" spans="2:10" ht="15.95">
+      <c r="B131" s="34"/>
+      <c r="C131" s="35"/>
+      <c r="D131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G131" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="18"/>
+      <c r="I131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="2:10" ht="15.95">
+      <c r="B132" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="C132" s="31"/>
+      <c r="D132" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E132" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F132" s="13">
+        <v>9.83</v>
+      </c>
+      <c r="G132" s="39">
+        <v>10.24</v>
+      </c>
+      <c r="H132" s="18"/>
+      <c r="I132" s="13">
+        <v>6.35</v>
+      </c>
+      <c r="J132" s="13">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" ht="15.95">
+      <c r="B133" s="32"/>
+      <c r="C133" s="33"/>
+      <c r="D133" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E133" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F133" s="13">
+        <v>8.24</v>
+      </c>
+      <c r="G133" s="39">
+        <v>7.69</v>
+      </c>
+      <c r="H133" s="18"/>
+      <c r="I133" s="13">
+        <v>6.36</v>
+      </c>
+      <c r="J133" s="13">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" ht="15.75">
+      <c r="B134" s="32"/>
+      <c r="C134" s="33"/>
+      <c r="D134" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E134" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F134" s="13">
+        <v>6.17</v>
+      </c>
+      <c r="G134" s="39">
+        <v>9.83</v>
+      </c>
+      <c r="H134" s="18"/>
+      <c r="I134" s="13">
+        <v>7.47</v>
+      </c>
+      <c r="J134" s="13">
+        <v>9.31</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" ht="15.95">
+      <c r="B135" s="32"/>
+      <c r="C135" s="33"/>
+      <c r="D135" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E135" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F135" s="14">
+        <v>7.76</v>
+      </c>
+      <c r="G135" s="40">
+        <v>9.08</v>
+      </c>
+      <c r="H135" s="18"/>
+      <c r="I135" s="14">
+        <v>6.79</v>
+      </c>
+      <c r="J135" s="14">
+        <v>8.3699999999999992</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" ht="15.95">
+      <c r="B136" s="34"/>
+      <c r="C136" s="35"/>
+      <c r="D136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G136" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="18"/>
+      <c r="I136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="2:10" ht="15.95">
+      <c r="B137" s="23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" s="31"/>
+      <c r="D137" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E137" s="13">
+        <v>62.78</v>
+      </c>
+      <c r="F137" s="13">
+        <v>60.77</v>
+      </c>
+      <c r="G137" s="39">
+        <v>51.59</v>
+      </c>
+      <c r="H137" s="18"/>
+      <c r="I137" s="13">
+        <v>43.78</v>
+      </c>
+      <c r="J137" s="13">
+        <v>36.01</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" ht="15.95">
+      <c r="B138" s="32"/>
+      <c r="C138" s="33"/>
+      <c r="D138" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E138" s="13">
+        <v>47.24</v>
+      </c>
+      <c r="F138" s="13">
+        <v>55.18</v>
+      </c>
+      <c r="G138" s="39">
+        <v>46.89</v>
+      </c>
+      <c r="H138" s="18"/>
+      <c r="I138" s="13">
+        <v>42.4</v>
+      </c>
+      <c r="J138" s="13">
+        <v>45.23</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" ht="15.75">
+      <c r="B139" s="32"/>
+      <c r="C139" s="33"/>
+      <c r="D139" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E139" s="13">
+        <v>95.94</v>
+      </c>
+      <c r="F139" s="13">
+        <v>83.62</v>
+      </c>
+      <c r="G139" s="39">
+        <v>65.41</v>
+      </c>
+      <c r="H139" s="18"/>
+      <c r="I139" s="13">
+        <v>46.05</v>
+      </c>
+      <c r="J139" s="13">
+        <v>38.979999999999997</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" ht="15.95">
+      <c r="B140" s="32"/>
+      <c r="C140" s="33"/>
+      <c r="D140" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E140" s="14">
+        <v>85.96</v>
+      </c>
+      <c r="F140" s="14">
+        <v>76.849999999999994</v>
+      </c>
+      <c r="G140" s="40">
+        <v>60.88</v>
+      </c>
+      <c r="H140" s="18"/>
+      <c r="I140" s="14">
+        <v>45.18</v>
+      </c>
+      <c r="J140" s="14">
+        <v>38.92</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" ht="15.95">
+      <c r="B141" s="34"/>
+      <c r="C141" s="35"/>
+      <c r="D141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G141" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="18"/>
+      <c r="I141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J141" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="2:10" ht="15.95">
+      <c r="B142" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="C142" s="31"/>
+      <c r="D142" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E142" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F142" s="13">
+        <v>5.38</v>
+      </c>
+      <c r="G142" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H142" s="18"/>
+      <c r="I142" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J142" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" ht="15.95">
+      <c r="B143" s="32"/>
+      <c r="C143" s="33"/>
+      <c r="D143" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E143" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F143" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G143" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H143" s="18"/>
+      <c r="I143" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J143" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" ht="15.75">
+      <c r="B144" s="32"/>
+      <c r="C144" s="33"/>
+      <c r="D144" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G144" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144" s="18"/>
+      <c r="I144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J144" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="2:10" ht="15.95">
+      <c r="B145" s="32"/>
+      <c r="C145" s="33"/>
+      <c r="D145" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E145" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F145" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G145" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H145" s="18"/>
+      <c r="I145" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J145" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" ht="15.95">
+      <c r="B146" s="34"/>
+      <c r="C146" s="35"/>
+      <c r="D146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G146" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="18"/>
+      <c r="I146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="2:10" ht="15.95">
+      <c r="B147" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="31"/>
+      <c r="D147" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E147" s="13">
+        <v>53.09</v>
+      </c>
+      <c r="F147" s="13">
+        <v>65.91</v>
+      </c>
+      <c r="G147" s="39">
+        <v>47.5</v>
+      </c>
+      <c r="H147" s="18"/>
+      <c r="I147" s="13">
+        <v>47.9</v>
+      </c>
+      <c r="J147" s="13">
+        <v>43.85</v>
+      </c>
+    </row>
+    <row r="148" spans="2:10" ht="15.95">
+      <c r="B148" s="32"/>
+      <c r="C148" s="33"/>
+      <c r="D148" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E148" s="13">
+        <v>44.93</v>
+      </c>
+      <c r="F148" s="13">
+        <v>41.74</v>
+      </c>
+      <c r="G148" s="39">
+        <v>42.64</v>
+      </c>
+      <c r="H148" s="18"/>
+      <c r="I148" s="13">
+        <v>31.24</v>
+      </c>
+      <c r="J148" s="13">
+        <v>43.32</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" ht="15.75">
+      <c r="B149" s="32"/>
+      <c r="C149" s="33"/>
+      <c r="D149" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E149" s="13">
+        <v>83.54</v>
+      </c>
+      <c r="F149" s="13">
+        <v>85.28</v>
+      </c>
+      <c r="G149" s="39">
+        <v>59.25</v>
+      </c>
+      <c r="H149" s="18"/>
+      <c r="I149" s="13">
+        <v>46.69</v>
+      </c>
+      <c r="J149" s="13">
+        <v>44.05</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" ht="15.95">
+      <c r="B150" s="32"/>
+      <c r="C150" s="33"/>
+      <c r="D150" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E150" s="14">
+        <v>77.7</v>
+      </c>
+      <c r="F150" s="14">
+        <v>79.5</v>
+      </c>
+      <c r="G150" s="40">
+        <v>56.21</v>
+      </c>
+      <c r="H150" s="18"/>
+      <c r="I150" s="14">
+        <v>44.73</v>
+      </c>
+      <c r="J150" s="14">
+        <v>43.96</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" ht="15.95">
+      <c r="B151" s="34"/>
+      <c r="C151" s="35"/>
+      <c r="D151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="18"/>
+      <c r="I151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="2:10" ht="15.95">
+      <c r="B152" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C152" s="31"/>
+      <c r="D152" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E152" s="13">
+        <v>42.4</v>
+      </c>
+      <c r="F152" s="13">
+        <v>47.05</v>
+      </c>
+      <c r="G152" s="39">
+        <v>43.13</v>
+      </c>
+      <c r="H152" s="18"/>
+      <c r="I152" s="13">
+        <v>46.23</v>
+      </c>
+      <c r="J152" s="13">
+        <v>49.48</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" ht="15.95">
+      <c r="B153" s="32"/>
+      <c r="C153" s="33"/>
+      <c r="D153" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E153" s="13">
+        <v>54.85</v>
+      </c>
+      <c r="F153" s="13">
+        <v>59.12</v>
+      </c>
+      <c r="G153" s="39">
+        <v>60.19</v>
+      </c>
+      <c r="H153" s="18"/>
+      <c r="I153" s="13">
+        <v>61.36</v>
+      </c>
+      <c r="J153" s="13">
+        <v>64.790000000000006</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" ht="15.75">
+      <c r="B154" s="32"/>
+      <c r="C154" s="33"/>
+      <c r="D154" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E154" s="13">
+        <v>28.05</v>
+      </c>
+      <c r="F154" s="13">
+        <v>30.86</v>
+      </c>
+      <c r="G154" s="39">
+        <v>33.71</v>
+      </c>
+      <c r="H154" s="18"/>
+      <c r="I154" s="13">
+        <v>34.25</v>
+      </c>
+      <c r="J154" s="13">
+        <v>35.99</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" ht="15.95">
+      <c r="B155" s="32"/>
+      <c r="C155" s="33"/>
+      <c r="D155" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E155" s="14">
+        <v>48.36</v>
+      </c>
+      <c r="F155" s="14">
+        <v>51.64</v>
+      </c>
+      <c r="G155" s="40">
+        <v>52.14</v>
+      </c>
+      <c r="H155" s="18"/>
+      <c r="I155" s="14">
+        <v>52.61</v>
+      </c>
+      <c r="J155" s="14">
+        <v>54.54</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" ht="15.95">
+      <c r="B156" s="34"/>
+      <c r="C156" s="35"/>
+      <c r="D156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G156" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="18"/>
+      <c r="I156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="2:10" ht="15.95">
+      <c r="B157" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="C157" s="31"/>
+      <c r="D157" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E157" s="13">
+        <v>54.06</v>
+      </c>
+      <c r="F157" s="13">
+        <v>55.04</v>
+      </c>
+      <c r="G157" s="39">
+        <v>49.27</v>
+      </c>
+      <c r="H157" s="18"/>
+      <c r="I157" s="13">
+        <v>42.22</v>
+      </c>
+      <c r="J157" s="13">
+        <v>40.06</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" ht="15.95">
+      <c r="B158" s="32"/>
+      <c r="C158" s="33"/>
+      <c r="D158" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E158" s="13">
+        <v>54.68</v>
+      </c>
+      <c r="F158" s="13">
+        <v>52.49</v>
+      </c>
+      <c r="G158" s="39">
+        <v>51.58</v>
+      </c>
+      <c r="H158" s="18"/>
+      <c r="I158" s="13">
+        <v>43.86</v>
+      </c>
+      <c r="J158" s="13">
+        <v>44.2</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" ht="15.75">
+      <c r="B159" s="32"/>
+      <c r="C159" s="33"/>
+      <c r="D159" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E159" s="13">
+        <v>31.94</v>
+      </c>
+      <c r="F159" s="13">
+        <v>31.21</v>
+      </c>
+      <c r="G159" s="39">
+        <v>29.32</v>
+      </c>
+      <c r="H159" s="18"/>
+      <c r="I159" s="13">
+        <v>27.32</v>
+      </c>
+      <c r="J159" s="13">
+        <v>25.63</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" ht="15.95">
+      <c r="B160" s="32"/>
+      <c r="C160" s="33"/>
+      <c r="D160" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E160" s="14">
+        <v>45.17</v>
+      </c>
+      <c r="F160" s="14">
+        <v>44.08</v>
+      </c>
+      <c r="G160" s="40">
+        <v>42.33</v>
+      </c>
+      <c r="H160" s="18"/>
+      <c r="I160" s="14">
+        <v>37.65</v>
+      </c>
+      <c r="J160" s="14">
+        <v>37.32</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" ht="15.95">
+      <c r="B161" s="34"/>
+      <c r="C161" s="35"/>
+      <c r="D161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G161" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="18"/>
+      <c r="I161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="2:10" ht="15.95">
+      <c r="B162" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C162" s="31"/>
+      <c r="D162" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E162" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F162" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G162" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H162" s="18"/>
+      <c r="I162" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J162" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="2:10" ht="15.95">
+      <c r="B163" s="32"/>
+      <c r="C163" s="33"/>
+      <c r="D163" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F163" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G163" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H163" s="18"/>
+      <c r="I163" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J163" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" ht="15.75">
+      <c r="B164" s="32"/>
+      <c r="C164" s="33"/>
+      <c r="D164" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E164" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F164" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G164" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H164" s="18"/>
+      <c r="I164" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J164" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="2:10" ht="15.95">
+      <c r="B165" s="32"/>
+      <c r="C165" s="33"/>
+      <c r="D165" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E165" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F165" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G165" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H165" s="18"/>
+      <c r="I165" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J165" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" ht="15.95">
+      <c r="B166" s="34"/>
+      <c r="C166" s="35"/>
+      <c r="D166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G166" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="18"/>
+      <c r="I166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="2:10" ht="15.95">
+      <c r="B167" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C167" s="31"/>
+      <c r="D167" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E167" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F167" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G167" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H167" s="18"/>
+      <c r="I167" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J167" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="2:10" ht="15.95">
+      <c r="B168" s="32"/>
+      <c r="C168" s="33"/>
+      <c r="D168" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E168" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F168" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G168" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H168" s="18"/>
+      <c r="I168" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J168" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="169" spans="2:10" ht="15.75">
+      <c r="B169" s="32"/>
+      <c r="C169" s="33"/>
+      <c r="D169" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E169" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F169" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G169" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H169" s="18"/>
+      <c r="I169" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J169" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="170" spans="2:10" ht="15.95">
+      <c r="B170" s="32"/>
+      <c r="C170" s="33"/>
+      <c r="D170" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E170" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F170" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G170" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H170" s="18"/>
+      <c r="I170" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J170" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="2:10" ht="15.95">
+      <c r="B171" s="34"/>
+      <c r="C171" s="35"/>
+      <c r="D171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G171" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="18"/>
+      <c r="I171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="2:10" ht="15.95">
+      <c r="B172" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C172" s="31"/>
+      <c r="D172" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E172" s="13">
+        <v>13</v>
+      </c>
+      <c r="F172" s="13">
+        <v>9.56</v>
+      </c>
+      <c r="G172" s="39">
+        <v>9</v>
+      </c>
+      <c r="H172" s="18"/>
+      <c r="I172" s="13">
+        <v>15.5</v>
+      </c>
+      <c r="J172" s="13">
+        <v>14.29</v>
+      </c>
+    </row>
+    <row r="173" spans="2:10" ht="15.95">
+      <c r="B173" s="32"/>
+      <c r="C173" s="33"/>
+      <c r="D173" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="13">
+        <v>12.71</v>
+      </c>
+      <c r="F173" s="13">
+        <v>6.12</v>
+      </c>
+      <c r="G173" s="39">
+        <v>6.77</v>
+      </c>
+      <c r="H173" s="18"/>
+      <c r="I173" s="13">
+        <v>6.84</v>
+      </c>
+      <c r="J173" s="13">
+        <v>10.18</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" ht="15.75">
+      <c r="B174" s="32"/>
+      <c r="C174" s="33"/>
+      <c r="D174" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" s="13">
+        <v>11.45</v>
+      </c>
+      <c r="F174" s="13">
+        <v>13.23</v>
+      </c>
+      <c r="G174" s="39">
+        <v>14.13</v>
+      </c>
+      <c r="H174" s="18"/>
+      <c r="I174" s="13">
+        <v>9.83</v>
+      </c>
+      <c r="J174" s="13">
+        <v>14.91</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" ht="15.95">
+      <c r="B175" s="32"/>
+      <c r="C175" s="33"/>
+      <c r="D175" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E175" s="14">
+        <v>12.29</v>
+      </c>
+      <c r="F175" s="14">
+        <v>8.07</v>
+      </c>
+      <c r="G175" s="40">
+        <v>8.51</v>
+      </c>
+      <c r="H175" s="18"/>
+      <c r="I175" s="14">
+        <v>7.98</v>
+      </c>
+      <c r="J175" s="14">
+        <v>11.39</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" ht="15.95">
+      <c r="B176" s="34"/>
+      <c r="C176" s="35"/>
+      <c r="D176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G176" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H176" s="18"/>
+      <c r="I176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J176" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="177" spans="2:10" ht="15.95">
+      <c r="B177" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C177" s="31"/>
+      <c r="D177" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E177" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F177" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G177" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H177" s="18"/>
+      <c r="I177" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J177" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="178" spans="2:10" ht="15.95">
+      <c r="B178" s="32"/>
+      <c r="C178" s="33"/>
+      <c r="D178" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E178" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F178" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G178" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H178" s="18"/>
+      <c r="I178" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J178" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" ht="15.75">
+      <c r="B179" s="32"/>
+      <c r="C179" s="33"/>
+      <c r="D179" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E179" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F179" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G179" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H179" s="18"/>
+      <c r="I179" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J179" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="180" spans="2:10" ht="15.95">
+      <c r="B180" s="32"/>
+      <c r="C180" s="33"/>
+      <c r="D180" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E180" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F180" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G180" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H180" s="18"/>
+      <c r="I180" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J180" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" ht="15.95">
+      <c r="B181" s="34"/>
+      <c r="C181" s="35"/>
+      <c r="D181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G181" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H181" s="18"/>
+      <c r="I181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J181" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="182" spans="2:10" ht="15.95">
+      <c r="B182" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C182" s="31"/>
+      <c r="D182" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E182" s="13">
+        <v>6.45</v>
+      </c>
+      <c r="F182" s="13">
+        <v>5.81</v>
+      </c>
+      <c r="G182" s="39">
+        <v>6.18</v>
+      </c>
+      <c r="H182" s="18"/>
+      <c r="I182" s="13">
+        <v>5.44</v>
+      </c>
+      <c r="J182" s="13">
+        <v>6.04</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" ht="15.95">
+      <c r="B183" s="32"/>
+      <c r="C183" s="33"/>
+      <c r="D183" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="13">
+        <v>6.56</v>
+      </c>
+      <c r="F183" s="13">
+        <v>6.75</v>
+      </c>
+      <c r="G183" s="39">
+        <v>6.04</v>
+      </c>
+      <c r="H183" s="18"/>
+      <c r="I183" s="13">
+        <v>5.38</v>
+      </c>
+      <c r="J183" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" ht="15.75">
+      <c r="B184" s="32"/>
+      <c r="C184" s="33"/>
+      <c r="D184" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="13">
+        <v>6.75</v>
+      </c>
+      <c r="F184" s="13">
+        <v>6.72</v>
+      </c>
+      <c r="G184" s="39">
+        <v>7.42</v>
+      </c>
+      <c r="H184" s="18"/>
+      <c r="I184" s="13">
+        <v>7.15</v>
+      </c>
+      <c r="J184" s="13">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" ht="15.95">
+      <c r="B185" s="32"/>
+      <c r="C185" s="33"/>
+      <c r="D185" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E185" s="14">
+        <v>6.63</v>
+      </c>
+      <c r="F185" s="14">
+        <v>6.55</v>
+      </c>
+      <c r="G185" s="40">
+        <v>6.78</v>
+      </c>
+      <c r="H185" s="18"/>
+      <c r="I185" s="14">
+        <v>6.35</v>
+      </c>
+      <c r="J185" s="14">
+        <v>6.05</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" ht="15.95">
+      <c r="B186" s="34"/>
+      <c r="C186" s="35"/>
+      <c r="D186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G186" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H186" s="18"/>
+      <c r="I186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J186" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="2:10" ht="15.95">
+      <c r="B187" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C187" s="31"/>
+      <c r="D187" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E187" s="13">
+        <v>56.31</v>
+      </c>
+      <c r="F187" s="13">
+        <v>56.19</v>
+      </c>
+      <c r="G187" s="39">
+        <v>60.72</v>
+      </c>
+      <c r="H187" s="18"/>
+      <c r="I187" s="13">
+        <v>60.49</v>
+      </c>
+      <c r="J187" s="13">
+        <v>47.87</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" ht="15.95">
+      <c r="B188" s="32"/>
+      <c r="C188" s="33"/>
+      <c r="D188" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="13">
+        <v>28.04</v>
+      </c>
+      <c r="F188" s="13">
+        <v>32</v>
+      </c>
+      <c r="G188" s="39">
+        <v>33.99</v>
+      </c>
+      <c r="H188" s="18"/>
+      <c r="I188" s="13">
+        <v>31.47</v>
+      </c>
+      <c r="J188" s="13">
+        <v>32.82</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" ht="15.75">
+      <c r="B189" s="32"/>
+      <c r="C189" s="33"/>
+      <c r="D189" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E189" s="13">
+        <v>45.78</v>
+      </c>
+      <c r="F189" s="13">
+        <v>47.36</v>
+      </c>
+      <c r="G189" s="39">
+        <v>48.41</v>
+      </c>
+      <c r="H189" s="18"/>
+      <c r="I189" s="13">
+        <v>48.61</v>
+      </c>
+      <c r="J189" s="13">
+        <v>40.83</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" ht="15.95">
+      <c r="B190" s="32"/>
+      <c r="C190" s="33"/>
+      <c r="D190" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E190" s="14">
+        <v>45.26</v>
+      </c>
+      <c r="F190" s="14">
+        <v>46.78</v>
+      </c>
+      <c r="G190" s="40">
+        <v>49.72</v>
+      </c>
+      <c r="H190" s="18"/>
+      <c r="I190" s="14">
+        <v>49.41</v>
+      </c>
+      <c r="J190" s="14">
+        <v>42.25</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" ht="15.95">
+      <c r="B191" s="34"/>
+      <c r="C191" s="35"/>
+      <c r="D191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G191" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H191" s="18"/>
+      <c r="I191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J191" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="2:10" ht="15.95">
+      <c r="B192" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C192" s="31"/>
+      <c r="D192" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G192" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H192" s="18"/>
+      <c r="I192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J192" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="193" spans="2:10" ht="15.95">
+      <c r="B193" s="32"/>
+      <c r="C193" s="33"/>
+      <c r="D193" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F193" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G193" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H193" s="18"/>
+      <c r="I193" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J193" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="194" spans="2:10" ht="15.75">
+      <c r="B194" s="32"/>
+      <c r="C194" s="33"/>
+      <c r="D194" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E194" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F194" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G194" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H194" s="18"/>
+      <c r="I194" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J194" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="195" spans="2:10" ht="15.95">
+      <c r="B195" s="32"/>
+      <c r="C195" s="33"/>
+      <c r="D195" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E195" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F195" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G195" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H195" s="18"/>
+      <c r="I195" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J195" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="2:10" ht="15.95">
+      <c r="B196" s="34"/>
+      <c r="C196" s="35"/>
+      <c r="D196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G196" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H196" s="18"/>
+      <c r="I196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J196" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="2:10" ht="15.95">
+      <c r="B197" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C197" s="31"/>
+      <c r="D197" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E197" s="13">
+        <v>26.47</v>
+      </c>
+      <c r="F197" s="13">
+        <v>27.78</v>
+      </c>
+      <c r="G197" s="39">
+        <v>22.44</v>
+      </c>
+      <c r="H197" s="18"/>
+      <c r="I197" s="13">
+        <v>6.69</v>
+      </c>
+      <c r="J197" s="13">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="198" spans="2:10" ht="15.95">
+      <c r="B198" s="32"/>
+      <c r="C198" s="33"/>
+      <c r="D198" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E198" s="13">
+        <v>32.409999999999997</v>
+      </c>
+      <c r="F198" s="13">
+        <v>29.69</v>
+      </c>
+      <c r="G198" s="39">
+        <v>20.010000000000002</v>
+      </c>
+      <c r="H198" s="18"/>
+      <c r="I198" s="13">
+        <v>8.7899999999999991</v>
+      </c>
+      <c r="J198" s="13">
+        <v>46.24</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" ht="15.75">
+      <c r="B199" s="32"/>
+      <c r="C199" s="33"/>
+      <c r="D199" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E199" s="13">
+        <v>64.58</v>
+      </c>
+      <c r="F199" s="13">
+        <v>60.2</v>
+      </c>
+      <c r="G199" s="39">
+        <v>30.41</v>
+      </c>
+      <c r="H199" s="18"/>
+      <c r="I199" s="13">
+        <v>10.24</v>
+      </c>
+      <c r="J199" s="13">
+        <v>69.23</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" ht="15.95">
+      <c r="B200" s="32"/>
+      <c r="C200" s="33"/>
+      <c r="D200" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E200" s="14">
+        <v>57.22</v>
+      </c>
+      <c r="F200" s="14">
+        <v>51.77</v>
+      </c>
+      <c r="G200" s="40">
+        <v>27.76</v>
+      </c>
+      <c r="H200" s="18"/>
+      <c r="I200" s="14">
+        <v>9.14</v>
+      </c>
+      <c r="J200" s="14">
+        <v>64.33</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" ht="15.95">
+      <c r="B201" s="34"/>
+      <c r="C201" s="35"/>
+      <c r="D201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G201" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H201" s="18"/>
+      <c r="I201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J201" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="202" spans="2:10" ht="15.95">
+      <c r="B202" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C202" s="31"/>
+      <c r="D202" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E202" s="13">
+        <v>81.19</v>
+      </c>
+      <c r="F202" s="13">
+        <v>78.66</v>
+      </c>
+      <c r="G202" s="39">
+        <v>80.099999999999994</v>
+      </c>
+      <c r="H202" s="18"/>
+      <c r="I202" s="13">
+        <v>79.38</v>
+      </c>
+      <c r="J202" s="13">
+        <v>74.790000000000006</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" ht="15.95">
+      <c r="B203" s="32"/>
+      <c r="C203" s="33"/>
+      <c r="D203" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" s="13">
+        <v>57.46</v>
+      </c>
+      <c r="F203" s="13">
+        <v>59.78</v>
+      </c>
+      <c r="G203" s="39">
+        <v>59.7</v>
+      </c>
+      <c r="H203" s="18"/>
+      <c r="I203" s="13">
+        <v>63.24</v>
+      </c>
+      <c r="J203" s="13">
+        <v>65.91</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" ht="15.75">
+      <c r="B204" s="32"/>
+      <c r="C204" s="33"/>
+      <c r="D204" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E204" s="13">
+        <v>58.97</v>
+      </c>
+      <c r="F204" s="13">
+        <v>62.64</v>
+      </c>
+      <c r="G204" s="39">
+        <v>62.32</v>
+      </c>
+      <c r="H204" s="18"/>
+      <c r="I204" s="13">
+        <v>61.87</v>
+      </c>
+      <c r="J204" s="13">
+        <v>58.37</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" ht="15.95">
+      <c r="B205" s="32"/>
+      <c r="C205" s="33"/>
+      <c r="D205" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E205" s="14">
+        <v>61.65</v>
+      </c>
+      <c r="F205" s="14">
+        <v>64.150000000000006</v>
+      </c>
+      <c r="G205" s="40">
+        <v>64.790000000000006</v>
+      </c>
+      <c r="H205" s="18"/>
+      <c r="I205" s="14">
+        <v>65.89</v>
+      </c>
+      <c r="J205" s="14">
+        <v>64.28</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" ht="15.95">
+      <c r="B206" s="34"/>
+      <c r="C206" s="35"/>
+      <c r="D206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G206" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H206" s="18"/>
+      <c r="I206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J206" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="207" spans="2:10" ht="15.95">
+      <c r="B207" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="C207" s="31"/>
+      <c r="D207" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E207" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F207" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G207" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H207" s="18"/>
+      <c r="I207" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J207" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="208" spans="2:10" ht="15.95">
+      <c r="B208" s="32"/>
+      <c r="C208" s="33"/>
+      <c r="D208" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F208" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G208" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H208" s="18"/>
+      <c r="I208" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J208" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" ht="15.75">
+      <c r="B209" s="32"/>
+      <c r="C209" s="33"/>
+      <c r="D209" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E209" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F209" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G209" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H209" s="18"/>
+      <c r="I209" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J209" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" ht="15.95">
+      <c r="B210" s="32"/>
+      <c r="C210" s="33"/>
+      <c r="D210" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E210" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F210" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G210" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H210" s="18"/>
+      <c r="I210" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J210" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" ht="15.95">
+      <c r="B211" s="34"/>
+      <c r="C211" s="35"/>
+      <c r="D211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G211" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H211" s="18"/>
+      <c r="I211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J211" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="212" spans="2:10" ht="15.95">
+      <c r="B212" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C212" s="31"/>
+      <c r="D212" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E212" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F212" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G212" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H212" s="18"/>
+      <c r="I212" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J212" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="213" spans="2:10" ht="15.95">
+      <c r="B213" s="32"/>
+      <c r="C213" s="33"/>
+      <c r="D213" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F213" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G213" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H213" s="18"/>
+      <c r="I213" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J213" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" ht="15.75">
+      <c r="B214" s="32"/>
+      <c r="C214" s="33"/>
+      <c r="D214" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E214" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F214" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G214" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H214" s="18"/>
+      <c r="I214" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J214" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" ht="15.95">
+      <c r="B215" s="32"/>
+      <c r="C215" s="33"/>
+      <c r="D215" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E215" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F215" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G215" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H215" s="18"/>
+      <c r="I215" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="J215" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" ht="15.95">
+      <c r="B216" s="34"/>
+      <c r="C216" s="35"/>
+      <c r="D216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G216" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H216" s="18"/>
+      <c r="I216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J216" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="217" spans="2:10" ht="15.95">
+      <c r="B217" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C217" s="31"/>
+      <c r="D217" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E217" s="13">
+        <v>7.89</v>
+      </c>
+      <c r="F217" s="13">
+        <v>12.82</v>
+      </c>
+      <c r="G217" s="39">
+        <v>13.95</v>
+      </c>
+      <c r="H217" s="18"/>
+      <c r="I217" s="13">
+        <v>11.41</v>
+      </c>
+      <c r="J217" s="13">
+        <v>10.67</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" ht="15.95">
+      <c r="B218" s="32"/>
+      <c r="C218" s="33"/>
+      <c r="D218" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E218" s="13">
+        <v>10.7</v>
+      </c>
+      <c r="F218" s="13">
+        <v>8.7100000000000009</v>
+      </c>
+      <c r="G218" s="39">
+        <v>8.8800000000000008</v>
+      </c>
+      <c r="H218" s="18"/>
+      <c r="I218" s="13">
+        <v>7.37</v>
+      </c>
+      <c r="J218" s="13">
+        <v>7.73</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" ht="15.75">
+      <c r="B219" s="32"/>
+      <c r="C219" s="33"/>
+      <c r="D219" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E219" s="13">
+        <v>12.78</v>
+      </c>
+      <c r="F219" s="13">
+        <v>10.54</v>
+      </c>
+      <c r="G219" s="39">
+        <v>10.08</v>
+      </c>
+      <c r="H219" s="18"/>
+      <c r="I219" s="13">
+        <v>7.05</v>
+      </c>
+      <c r="J219" s="13">
+        <v>11.26</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" ht="15.95">
+      <c r="B220" s="32"/>
+      <c r="C220" s="33"/>
+      <c r="D220" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E220" s="14">
+        <v>11.1</v>
+      </c>
+      <c r="F220" s="14">
+        <v>9.49</v>
+      </c>
+      <c r="G220" s="40">
+        <v>9.73</v>
+      </c>
+      <c r="H220" s="18"/>
+      <c r="I220" s="14">
+        <v>7.58</v>
+      </c>
+      <c r="J220" s="14">
+        <v>9.4600000000000009</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" ht="15.95">
+      <c r="B221" s="34"/>
+      <c r="C221" s="35"/>
+      <c r="D221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G221" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H221" s="18"/>
+      <c r="I221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J221" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="222" spans="2:10" ht="15.95">
+      <c r="B222" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C222" s="31"/>
+      <c r="D222" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E222" s="13">
+        <v>18.309999999999999</v>
+      </c>
+      <c r="F222" s="13">
+        <v>22.4</v>
+      </c>
+      <c r="G222" s="39">
+        <v>41.74</v>
+      </c>
+      <c r="H222" s="18"/>
+      <c r="I222" s="13">
+        <v>32.15</v>
+      </c>
+      <c r="J222" s="13">
+        <v>44.59</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" ht="15.95">
+      <c r="B223" s="32"/>
+      <c r="C223" s="33"/>
+      <c r="D223" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E223" s="13">
+        <v>26.51</v>
+      </c>
+      <c r="F223" s="13">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="G223" s="39">
+        <v>30.9</v>
+      </c>
+      <c r="H223" s="18"/>
+      <c r="I223" s="13">
+        <v>26.31</v>
+      </c>
+      <c r="J223" s="13">
+        <v>33.909999999999997</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" ht="15.75">
+      <c r="B224" s="32"/>
+      <c r="C224" s="33"/>
+      <c r="D224" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E224" s="13">
+        <v>36.51</v>
+      </c>
+      <c r="F224" s="13">
+        <v>32.64</v>
+      </c>
+      <c r="G224" s="39">
+        <v>31.7</v>
+      </c>
+      <c r="H224" s="18"/>
+      <c r="I224" s="13">
+        <v>35.76</v>
+      </c>
+      <c r="J224" s="13">
+        <v>38.4</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" ht="15.95">
+      <c r="B225" s="32"/>
+      <c r="C225" s="33"/>
+      <c r="D225" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E225" s="14">
+        <v>31.06</v>
+      </c>
+      <c r="F225" s="14">
+        <v>24.51</v>
+      </c>
+      <c r="G225" s="40">
+        <v>32.33</v>
+      </c>
+      <c r="H225" s="18"/>
+      <c r="I225" s="14">
+        <v>31.72</v>
+      </c>
+      <c r="J225" s="14">
+        <v>37.619999999999997</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" ht="15.95">
+      <c r="B226" s="34"/>
+      <c r="C226" s="35"/>
+      <c r="D226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G226" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H226" s="18"/>
+      <c r="I226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J226" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="227" spans="2:10" ht="15.95">
+      <c r="B227" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C227" s="31"/>
+      <c r="D227" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E227" s="13">
+        <v>76.48</v>
+      </c>
+      <c r="F227" s="13">
+        <v>86.28</v>
+      </c>
+      <c r="G227" s="39">
+        <v>76.69</v>
+      </c>
+      <c r="H227" s="18"/>
+      <c r="I227" s="13">
+        <v>69.42</v>
+      </c>
+      <c r="J227" s="13">
+        <v>65.72</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" ht="15.95">
+      <c r="B228" s="32"/>
+      <c r="C228" s="33"/>
+      <c r="D228" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E228" s="13">
+        <v>61.23</v>
+      </c>
+      <c r="F228" s="13">
+        <v>62.52</v>
+      </c>
+      <c r="G228" s="39">
+        <v>60.64</v>
+      </c>
+      <c r="H228" s="18"/>
+      <c r="I228" s="13">
+        <v>55.95</v>
+      </c>
+      <c r="J228" s="13">
+        <v>52.58</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" ht="15.75">
+      <c r="B229" s="32"/>
+      <c r="C229" s="33"/>
+      <c r="D229" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E229" s="13">
+        <v>61.68</v>
+      </c>
+      <c r="F229" s="13">
+        <v>74.22</v>
+      </c>
+      <c r="G229" s="39">
+        <v>73.650000000000006</v>
+      </c>
+      <c r="H229" s="18"/>
+      <c r="I229" s="13">
+        <v>63.56</v>
+      </c>
+      <c r="J229" s="13">
+        <v>59.18</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" ht="15.95">
+      <c r="B230" s="32"/>
+      <c r="C230" s="33"/>
+      <c r="D230" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E230" s="14">
+        <v>64.16</v>
+      </c>
+      <c r="F230" s="14">
+        <v>73.430000000000007</v>
+      </c>
+      <c r="G230" s="40">
+        <v>71.05</v>
+      </c>
+      <c r="H230" s="18"/>
+      <c r="I230" s="14">
+        <v>62.64</v>
+      </c>
+      <c r="J230" s="14">
+        <v>58.6</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" ht="15.95">
+      <c r="B231" s="34"/>
+      <c r="C231" s="35"/>
+      <c r="D231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G231" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H231" s="18"/>
+      <c r="I231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J231" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="232" spans="2:10" ht="15.95">
+      <c r="B232" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="C232" s="31"/>
+      <c r="D232" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E232" s="13">
+        <v>66.319999999999993</v>
+      </c>
+      <c r="F232" s="13">
+        <v>70.39</v>
+      </c>
+      <c r="G232" s="39">
+        <v>71.260000000000005</v>
+      </c>
+      <c r="H232" s="18"/>
+      <c r="I232" s="13">
+        <v>62.37</v>
+      </c>
+      <c r="J232" s="13">
+        <v>61.65</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" ht="15.95">
+      <c r="B233" s="32"/>
+      <c r="C233" s="33"/>
+      <c r="D233" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E233" s="13">
+        <v>67.709999999999994</v>
+      </c>
+      <c r="F233" s="13">
+        <v>70.19</v>
+      </c>
+      <c r="G233" s="39">
+        <v>73.5</v>
+      </c>
+      <c r="H233" s="18"/>
+      <c r="I233" s="13">
+        <v>73.39</v>
+      </c>
+      <c r="J233" s="13">
+        <v>74.83</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" ht="15.75">
+      <c r="B234" s="32"/>
+      <c r="C234" s="33"/>
+      <c r="D234" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E234" s="13">
+        <v>55.7</v>
+      </c>
+      <c r="F234" s="13">
+        <v>62.78</v>
+      </c>
+      <c r="G234" s="39">
+        <v>60.94</v>
+      </c>
+      <c r="H234" s="18"/>
+      <c r="I234" s="13">
+        <v>54.78</v>
+      </c>
+      <c r="J234" s="13">
+        <v>53.27</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" ht="15.95">
+      <c r="B235" s="32"/>
+      <c r="C235" s="33"/>
+      <c r="D235" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E235" s="14">
+        <v>61.36</v>
+      </c>
+      <c r="F235" s="14">
+        <v>66.58</v>
+      </c>
+      <c r="G235" s="40">
+        <v>67.09</v>
+      </c>
+      <c r="H235" s="18"/>
+      <c r="I235" s="14">
+        <v>62.86</v>
+      </c>
+      <c r="J235" s="14">
+        <v>62.08</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" ht="15.95">
+      <c r="B236" s="34"/>
+      <c r="C236" s="35"/>
+      <c r="D236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G236" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H236" s="18"/>
+      <c r="I236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J236" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="237" spans="2:10" ht="15.95">
+      <c r="B237" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="C237" s="31"/>
+      <c r="D237" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E237" s="13">
+        <v>16.54</v>
+      </c>
+      <c r="F237" s="13">
+        <v>19.46</v>
+      </c>
+      <c r="G237" s="39">
+        <v>18.309999999999999</v>
+      </c>
+      <c r="H237" s="18"/>
+      <c r="I237" s="13">
+        <v>17.38</v>
+      </c>
+      <c r="J237" s="13">
+        <v>14.63</v>
+      </c>
+    </row>
+    <row r="238" spans="2:10" ht="15.95">
+      <c r="B238" s="32"/>
+      <c r="C238" s="33"/>
+      <c r="D238" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E238" s="13">
+        <v>20.47</v>
+      </c>
+      <c r="F238" s="13">
+        <v>20.66</v>
+      </c>
+      <c r="G238" s="39">
+        <v>20.56</v>
+      </c>
+      <c r="H238" s="18"/>
+      <c r="I238" s="13">
+        <v>20.04</v>
+      </c>
+      <c r="J238" s="13">
+        <v>16.34</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" ht="15.75">
+      <c r="B239" s="32"/>
+      <c r="C239" s="33"/>
+      <c r="D239" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E239" s="13">
+        <v>22.77</v>
+      </c>
+      <c r="F239" s="13">
+        <v>27.69</v>
+      </c>
+      <c r="G239" s="39">
+        <v>25.14</v>
+      </c>
+      <c r="H239" s="18"/>
+      <c r="I239" s="13">
+        <v>26.41</v>
+      </c>
+      <c r="J239" s="13">
+        <v>27.48</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" ht="15.95">
+      <c r="B240" s="32"/>
+      <c r="C240" s="33"/>
+      <c r="D240" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E240" s="14">
+        <v>21.39</v>
+      </c>
+      <c r="F240" s="14">
+        <v>24.44</v>
+      </c>
+      <c r="G240" s="40">
+        <v>22.92</v>
+      </c>
+      <c r="H240" s="18"/>
+      <c r="I240" s="14">
+        <v>23.25</v>
+      </c>
+      <c r="J240" s="14">
+        <v>22.38</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" ht="15.95">
+      <c r="B241" s="34"/>
+      <c r="C241" s="35"/>
+      <c r="D241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G241" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H241" s="18"/>
+      <c r="I241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J241" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="242" spans="2:10" ht="15.95">
+      <c r="B242" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C242" s="31"/>
+      <c r="D242" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E242" s="13">
+        <v>20.95</v>
+      </c>
+      <c r="F242" s="13">
+        <v>20.9</v>
+      </c>
+      <c r="G242" s="39">
+        <v>21.49</v>
+      </c>
+      <c r="H242" s="18"/>
+      <c r="I242" s="13">
+        <v>19.920000000000002</v>
+      </c>
+      <c r="J242" s="13">
+        <v>19.100000000000001</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" ht="15.95">
+      <c r="B243" s="32"/>
+      <c r="C243" s="33"/>
+      <c r="D243" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E243" s="13">
+        <v>14.31</v>
+      </c>
+      <c r="F243" s="13">
+        <v>14.2</v>
+      </c>
+      <c r="G243" s="39">
+        <v>14.24</v>
+      </c>
+      <c r="H243" s="18"/>
+      <c r="I243" s="13">
+        <v>11.97</v>
+      </c>
+      <c r="J243" s="13">
+        <v>14.31</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" ht="15.75">
+      <c r="B244" s="32"/>
+      <c r="C244" s="33"/>
+      <c r="D244" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E244" s="13">
+        <v>14.78</v>
+      </c>
+      <c r="F244" s="13">
+        <v>15.25</v>
+      </c>
+      <c r="G244" s="39">
+        <v>16.239999999999998</v>
+      </c>
+      <c r="H244" s="18"/>
+      <c r="I244" s="13">
+        <v>16.59</v>
+      </c>
+      <c r="J244" s="13">
+        <v>16.190000000000001</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" ht="15.95">
+      <c r="B245" s="32"/>
+      <c r="C245" s="33"/>
+      <c r="D245" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E245" s="14">
+        <v>15.89</v>
+      </c>
+      <c r="F245" s="14">
+        <v>15.95</v>
+      </c>
+      <c r="G245" s="40">
+        <v>16.59</v>
+      </c>
+      <c r="H245" s="18"/>
+      <c r="I245" s="14">
+        <v>15.59</v>
+      </c>
+      <c r="J245" s="14">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" ht="15.95">
+      <c r="B246" s="34"/>
+      <c r="C246" s="35"/>
+      <c r="D246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G246" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H246" s="18"/>
+      <c r="I246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J246" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="247" spans="2:10" ht="15.95">
+      <c r="B247" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="C247" s="31"/>
+      <c r="D247" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E247" s="13">
+        <v>83.23</v>
+      </c>
+      <c r="F247" s="13">
+        <v>75.98</v>
+      </c>
+      <c r="G247" s="39">
+        <v>60.9</v>
+      </c>
+      <c r="H247" s="18"/>
+      <c r="I247" s="13">
+        <v>55.2</v>
+      </c>
+      <c r="J247" s="13">
+        <v>41.24</v>
+      </c>
+    </row>
+    <row r="248" spans="2:10" ht="15.95">
+      <c r="B248" s="32"/>
+      <c r="C248" s="33"/>
+      <c r="D248" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E248" s="13">
+        <v>59.59</v>
+      </c>
+      <c r="F248" s="13">
+        <v>64.03</v>
+      </c>
+      <c r="G248" s="39">
+        <v>65.959999999999994</v>
+      </c>
+      <c r="H248" s="18"/>
+      <c r="I248" s="13">
+        <v>45.87</v>
+      </c>
+      <c r="J248" s="13">
+        <v>48.19</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" ht="15.75">
+      <c r="B249" s="32"/>
+      <c r="C249" s="33"/>
+      <c r="D249" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E249" s="13">
+        <v>83.9</v>
+      </c>
+      <c r="F249" s="13">
+        <v>89.7</v>
+      </c>
+      <c r="G249" s="39">
+        <v>66.03</v>
+      </c>
+      <c r="H249" s="18"/>
+      <c r="I249" s="13">
+        <v>54</v>
+      </c>
+      <c r="J249" s="13">
+        <v>44.56</v>
+      </c>
+    </row>
+    <row r="250" spans="2:10" ht="15.95">
+      <c r="B250" s="32"/>
+      <c r="C250" s="33"/>
+      <c r="D250" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E250" s="14">
+        <v>81.28</v>
+      </c>
+      <c r="F250" s="14">
+        <v>84.81</v>
+      </c>
+      <c r="G250" s="40">
+        <v>65.39</v>
+      </c>
+      <c r="H250" s="18"/>
+      <c r="I250" s="14">
+        <v>52.91</v>
+      </c>
+      <c r="J250" s="14">
+        <v>44.7</v>
+      </c>
+    </row>
+    <row r="251" spans="2:10" ht="15.95">
+      <c r="B251" s="34"/>
+      <c r="C251" s="35"/>
+      <c r="D251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G251" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H251" s="18"/>
+      <c r="I251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J251" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="252" spans="2:10" ht="15.95">
+      <c r="B252" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C252" s="31"/>
+      <c r="D252" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E252" s="13">
+        <v>30.44</v>
+      </c>
+      <c r="F252" s="13">
+        <v>31.11</v>
+      </c>
+      <c r="G252" s="39">
+        <v>29.67</v>
+      </c>
+      <c r="H252" s="18"/>
+      <c r="I252" s="13">
+        <v>23.6</v>
+      </c>
+      <c r="J252" s="13">
+        <v>41.17</v>
+      </c>
+    </row>
+    <row r="253" spans="2:10" ht="15.95">
+      <c r="B253" s="32"/>
+      <c r="C253" s="33"/>
+      <c r="D253" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E253" s="13">
+        <v>28.29</v>
+      </c>
+      <c r="F253" s="13">
+        <v>29.8</v>
+      </c>
+      <c r="G253" s="39">
+        <v>26.99</v>
+      </c>
+      <c r="H253" s="18"/>
+      <c r="I253" s="13">
+        <v>30.56</v>
+      </c>
+      <c r="J253" s="13">
+        <v>34.159999999999997</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" ht="15.75">
+      <c r="B254" s="32"/>
+      <c r="C254" s="33"/>
+      <c r="D254" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E254" s="13">
+        <v>44.89</v>
+      </c>
+      <c r="F254" s="13">
+        <v>47.57</v>
+      </c>
+      <c r="G254" s="39">
+        <v>53.5</v>
+      </c>
+      <c r="H254" s="18"/>
+      <c r="I254" s="13">
+        <v>55.25</v>
+      </c>
+      <c r="J254" s="13">
+        <v>53.18</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" ht="15.95">
+      <c r="B255" s="32"/>
+      <c r="C255" s="33"/>
+      <c r="D255" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E255" s="14">
+        <v>37.5</v>
+      </c>
+      <c r="F255" s="14">
+        <v>38.65</v>
+      </c>
+      <c r="G255" s="40">
+        <v>39.979999999999997</v>
+      </c>
+      <c r="H255" s="18"/>
+      <c r="I255" s="14">
+        <v>42.7</v>
+      </c>
+      <c r="J255" s="14">
+        <v>44.62</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" ht="15.95">
+      <c r="B256" s="34"/>
+      <c r="C256" s="35"/>
+      <c r="D256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G256" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="18"/>
+      <c r="I256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="2:7" ht="18" customHeight="1"/>
+    <row r="258" spans="2:7" ht="18" customHeight="1">
+      <c r="B258" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="C258" s="41"/>
+      <c r="D258" s="41"/>
+      <c r="E258" s="41"/>
+      <c r="F258" s="41"/>
+      <c r="G258" s="41"/>
+    </row>
+  </sheetData>
+  <mergeCells count="306">
+    <mergeCell ref="B258:G258"/>
+    <mergeCell ref="B252:C256"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B247:C251"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
     <mergeCell ref="B12:C16"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="B1:L260"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" width="36.5703125" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="3.42578125" customWidth="1"/>
+    <col min="8" max="8" width="9" customWidth="1"/>
+    <col min="9" max="10" width="12.42578125" customWidth="1"/>
+    <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="56.42578125" customWidth="1"/>
+    <col min="13" max="13" width="1.42578125" customWidth="1"/>
+    <col min="14" max="14" width="1.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:12" ht="3.6" customHeight="1"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1"/>
+    <row r="3" spans="2:12" ht="8.65" customHeight="1"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1">
+      <c r="B4" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="41"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
+      <c r="L4" s="41"/>
+    </row>
+    <row r="5" spans="2:12" ht="16.5">
+      <c r="B5" s="27" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" s="28"/>
+      <c r="D5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="28"/>
+      <c r="J5" s="28"/>
+    </row>
+    <row r="6" spans="2:12" ht="18">
+      <c r="B6" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="18"/>
+      <c r="D6" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="18"/>
+      <c r="I6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" ht="15.95">
+      <c r="B7" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="31"/>
+      <c r="D7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="18"/>
+      <c r="I7" s="13">
+        <v>10</v>
+      </c>
+      <c r="J7" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="2:12" ht="15.95">
+      <c r="B8" s="32"/>
+      <c r="C8" s="33"/>
+      <c r="D8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="13">
+        <v>16</v>
+      </c>
+      <c r="G8" s="39">
+        <v>11</v>
+      </c>
+      <c r="H8" s="18"/>
+      <c r="I8" s="13">
+        <v>28</v>
+      </c>
+      <c r="J8" s="13">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" ht="15.75">
+      <c r="B9" s="32"/>
+      <c r="C9" s="33"/>
+      <c r="D9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" s="13">
+        <v>8</v>
+      </c>
+      <c r="G9" s="39">
+        <v>7</v>
+      </c>
+      <c r="H9" s="18"/>
+      <c r="I9" s="13">
+        <v>17</v>
+      </c>
+      <c r="J9" s="13">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" ht="15.95">
+      <c r="B10" s="32"/>
+      <c r="C10" s="33"/>
+      <c r="D10" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" s="14">
+        <v>27</v>
+      </c>
+      <c r="G10" s="40">
+        <v>19</v>
+      </c>
+      <c r="H10" s="18"/>
+      <c r="I10" s="14">
+        <v>55</v>
+      </c>
+      <c r="J10" s="14">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" ht="15.95">
+      <c r="B11" s="34"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="18"/>
+      <c r="I11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J11" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" ht="15.95">
+      <c r="B12" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="31"/>
+      <c r="D12" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="13">
+        <v>340.75</v>
+      </c>
+      <c r="F12" s="13">
+        <v>356.73</v>
+      </c>
+      <c r="G12" s="39">
+        <v>308.51</v>
+      </c>
+      <c r="H12" s="18"/>
+      <c r="I12" s="13">
+        <v>225.72</v>
+      </c>
+      <c r="J12" s="13">
+        <v>165.93</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" ht="15.95">
+      <c r="B13" s="32"/>
+      <c r="C13" s="33"/>
+      <c r="D13" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="13">
+        <v>281.73</v>
+      </c>
+      <c r="F13" s="13">
+        <v>303.66000000000003</v>
+      </c>
+      <c r="G13" s="39">
+        <v>271.35000000000002</v>
+      </c>
+      <c r="H13" s="18"/>
+      <c r="I13" s="13">
+        <v>215.84</v>
+      </c>
+      <c r="J13" s="13">
+        <v>207.29</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" ht="15.75">
+      <c r="B14" s="32"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="13">
+        <v>674.52</v>
+      </c>
+      <c r="F14" s="13">
+        <v>828.94</v>
+      </c>
+      <c r="G14" s="39">
+        <v>730.93</v>
+      </c>
+      <c r="H14" s="18"/>
+      <c r="I14" s="13">
+        <v>565.70000000000005</v>
+      </c>
+      <c r="J14" s="13">
+        <v>403.5</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" ht="15.95">
+      <c r="B15" s="32"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="14">
+        <v>1297.01</v>
+      </c>
+      <c r="F15" s="14">
+        <v>1489.33</v>
+      </c>
+      <c r="G15" s="40">
+        <v>1310.8</v>
+      </c>
+      <c r="H15" s="18"/>
+      <c r="I15" s="14">
+        <v>1007.25</v>
+      </c>
+      <c r="J15" s="14">
+        <v>776.72</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" ht="15.95">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G16" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="18"/>
+      <c r="I16" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" ht="15.95">
+      <c r="B17" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="31"/>
+      <c r="D17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="13">
+        <v>16.66</v>
+      </c>
+      <c r="F17" s="13">
+        <v>21.22</v>
+      </c>
+      <c r="G17" s="39">
+        <v>17.559999999999999</v>
+      </c>
+      <c r="H17" s="18"/>
+      <c r="I17" s="13">
+        <v>18.48</v>
+      </c>
+      <c r="J17" s="13">
+        <v>19.04</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" ht="15.95">
+      <c r="B18" s="32"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" s="13">
+        <v>58.75</v>
+      </c>
+      <c r="F18" s="13">
+        <v>68.28</v>
+      </c>
+      <c r="G18" s="39">
+        <v>50.81</v>
+      </c>
+      <c r="H18" s="18"/>
+      <c r="I18" s="13">
+        <v>54.66</v>
+      </c>
+      <c r="J18" s="13">
+        <v>68.06</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" ht="15.75">
+      <c r="B19" s="32"/>
+      <c r="C19" s="33"/>
+      <c r="D19" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" s="13">
+        <v>49.93</v>
+      </c>
+      <c r="F19" s="13">
+        <v>59.87</v>
+      </c>
+      <c r="G19" s="39">
+        <v>57.69</v>
+      </c>
+      <c r="H19" s="18"/>
+      <c r="I19" s="13">
+        <v>52.7</v>
+      </c>
+      <c r="J19" s="13">
+        <v>57.44</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" ht="15.95">
+      <c r="B20" s="32"/>
+      <c r="C20" s="33"/>
+      <c r="D20" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E20" s="14">
+        <v>125.34</v>
+      </c>
+      <c r="F20" s="14">
+        <v>149.37</v>
+      </c>
+      <c r="G20" s="40">
+        <v>126.05</v>
+      </c>
+      <c r="H20" s="18"/>
+      <c r="I20" s="14">
+        <v>125.84</v>
+      </c>
+      <c r="J20" s="14">
+        <v>144.54</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" ht="15.95">
+      <c r="B21" s="34"/>
+      <c r="C21" s="35"/>
+      <c r="D21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="18"/>
+      <c r="I21" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" ht="15.95">
+      <c r="B22" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="31"/>
+      <c r="D22" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="13">
+        <v>57.43</v>
+      </c>
+      <c r="F22" s="13">
+        <v>61.59</v>
+      </c>
+      <c r="G22" s="39">
+        <v>50.53</v>
+      </c>
+      <c r="H22" s="18"/>
+      <c r="I22" s="13">
+        <v>54.01</v>
+      </c>
+      <c r="J22" s="13">
+        <v>47.01</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" ht="15.95">
+      <c r="B23" s="32"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" s="13">
+        <v>43.26</v>
+      </c>
+      <c r="F23" s="13">
+        <v>46.87</v>
+      </c>
+      <c r="G23" s="39">
+        <v>47.89</v>
+      </c>
+      <c r="H23" s="18"/>
+      <c r="I23" s="13">
+        <v>39.659999999999997</v>
+      </c>
+      <c r="J23" s="13">
+        <v>36.74</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" ht="15.75">
+      <c r="B24" s="32"/>
+      <c r="C24" s="33"/>
+      <c r="D24" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="13">
+        <v>464.83</v>
+      </c>
+      <c r="F24" s="13">
+        <v>502.99</v>
+      </c>
+      <c r="G24" s="39">
+        <v>374.7</v>
+      </c>
+      <c r="H24" s="18"/>
+      <c r="I24" s="13">
+        <v>280.85000000000002</v>
+      </c>
+      <c r="J24" s="13">
+        <v>244.89</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" ht="15.95">
+      <c r="B25" s="32"/>
+      <c r="C25" s="33"/>
+      <c r="D25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="14">
+        <v>565.52</v>
+      </c>
+      <c r="F25" s="14">
+        <v>611.44000000000005</v>
+      </c>
+      <c r="G25" s="40">
+        <v>473.12</v>
+      </c>
+      <c r="H25" s="18"/>
+      <c r="I25" s="14">
+        <v>374.14</v>
+      </c>
+      <c r="J25" s="14">
+        <v>328.65</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" ht="15.95">
+      <c r="B26" s="34"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G26" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="18"/>
+      <c r="I26" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="2:10" ht="15.95">
+      <c r="B27" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="31"/>
+      <c r="D27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="13">
+        <v>6.33</v>
+      </c>
+      <c r="F27" s="13">
+        <v>10.5</v>
+      </c>
+      <c r="G27" s="39">
+        <v>7</v>
+      </c>
+      <c r="H27" s="18"/>
+      <c r="I27" s="13">
+        <v>5</v>
+      </c>
+      <c r="J27" s="13">
+        <v>5.67</v>
+      </c>
+    </row>
+    <row r="28" spans="2:10" ht="15.95">
+      <c r="B28" s="32"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" s="13">
+        <v>40</v>
+      </c>
+      <c r="F28" s="13">
+        <v>40</v>
+      </c>
+      <c r="G28" s="39">
+        <v>45.67</v>
+      </c>
+      <c r="H28" s="18"/>
+      <c r="I28" s="13">
+        <v>61.5</v>
+      </c>
+      <c r="J28" s="13">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" ht="15.75">
+      <c r="B29" s="32"/>
+      <c r="C29" s="33"/>
+      <c r="D29" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="13">
+        <v>22</v>
+      </c>
+      <c r="F29" s="13">
+        <v>29</v>
+      </c>
+      <c r="G29" s="39">
+        <v>33.33</v>
+      </c>
+      <c r="H29" s="18"/>
+      <c r="I29" s="13">
+        <v>39.5</v>
+      </c>
+      <c r="J29" s="13">
+        <v>39.67</v>
+      </c>
+    </row>
+    <row r="30" spans="2:10" ht="15.95">
+      <c r="B30" s="32"/>
+      <c r="C30" s="33"/>
+      <c r="D30" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E30" s="14">
+        <v>68.33</v>
+      </c>
+      <c r="F30" s="14">
+        <v>79.5</v>
+      </c>
+      <c r="G30" s="40">
+        <v>86</v>
+      </c>
+      <c r="H30" s="18"/>
+      <c r="I30" s="14">
+        <v>106</v>
+      </c>
+      <c r="J30" s="14">
+        <v>103.33</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" ht="15.95">
+      <c r="B31" s="34"/>
+      <c r="C31" s="35"/>
+      <c r="D31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="18"/>
+      <c r="I31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="2:10" ht="15.95">
+      <c r="B32" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="31"/>
+      <c r="D32" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="13">
+        <v>257.14</v>
+      </c>
+      <c r="F32" s="13">
+        <v>203.4</v>
+      </c>
+      <c r="G32" s="39">
+        <v>241.55</v>
+      </c>
+      <c r="H32" s="18"/>
+      <c r="I32" s="13">
+        <v>242.17</v>
+      </c>
+      <c r="J32" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" ht="15.95">
+      <c r="B33" s="32"/>
+      <c r="C33" s="33"/>
+      <c r="D33" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" s="13">
+        <v>152.66999999999999</v>
+      </c>
+      <c r="F33" s="13">
+        <v>188.47</v>
+      </c>
+      <c r="G33" s="39">
+        <v>250.54</v>
+      </c>
+      <c r="H33" s="18"/>
+      <c r="I33" s="13">
+        <v>245.45</v>
+      </c>
+      <c r="J33" s="13">
+        <v>33.79</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" ht="15.75">
+      <c r="B34" s="32"/>
+      <c r="C34" s="33"/>
+      <c r="D34" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E34" s="13">
+        <v>407.94</v>
+      </c>
+      <c r="F34" s="13">
+        <v>265.89999999999998</v>
+      </c>
+      <c r="G34" s="39">
+        <v>239.53</v>
+      </c>
+      <c r="H34" s="18"/>
+      <c r="I34" s="13">
+        <v>255.48</v>
+      </c>
+      <c r="J34" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" ht="15.95">
+      <c r="B35" s="32"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E35" s="14">
+        <v>817.76</v>
+      </c>
+      <c r="F35" s="14">
+        <v>657.77</v>
+      </c>
+      <c r="G35" s="40">
+        <v>731.61</v>
+      </c>
+      <c r="H35" s="18"/>
+      <c r="I35" s="14">
+        <v>743.09</v>
+      </c>
+      <c r="J35" s="14">
+        <v>38.21</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" ht="15.95">
+      <c r="B36" s="34"/>
+      <c r="C36" s="35"/>
+      <c r="D36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G36" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="18"/>
+      <c r="I36" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="2:10" ht="15.95">
+      <c r="B37" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="31"/>
+      <c r="D37" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G37" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" s="18"/>
+      <c r="I37" s="13">
+        <v>15</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="2:10" ht="15.95">
+      <c r="B38" s="32"/>
+      <c r="C38" s="33"/>
+      <c r="D38" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="18"/>
+      <c r="I38" s="13">
+        <v>28</v>
+      </c>
+      <c r="J38" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="2:10" ht="15.75">
+      <c r="B39" s="32"/>
+      <c r="C39" s="33"/>
+      <c r="D39" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" s="18"/>
+      <c r="I39" s="13">
+        <v>18</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="2:10" ht="15.95">
+      <c r="B40" s="32"/>
+      <c r="C40" s="33"/>
+      <c r="D40" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E40" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F40" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H40" s="18"/>
+      <c r="I40" s="14">
+        <v>61</v>
+      </c>
+      <c r="J40" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="2:10" ht="15.95">
+      <c r="B41" s="34"/>
+      <c r="C41" s="35"/>
+      <c r="D41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G41" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="18"/>
+      <c r="I41" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="2:10" ht="15.95">
+      <c r="B42" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="31"/>
+      <c r="D42" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="13">
+        <v>15</v>
+      </c>
+      <c r="F42" s="13">
+        <v>13</v>
+      </c>
+      <c r="G42" s="39">
+        <v>20</v>
+      </c>
+      <c r="H42" s="18"/>
+      <c r="I42" s="13">
+        <v>27</v>
+      </c>
+      <c r="J42" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="43" spans="2:10" ht="15.95">
+      <c r="B43" s="32"/>
+      <c r="C43" s="33"/>
+      <c r="D43" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" s="13">
+        <v>18</v>
+      </c>
+      <c r="F43" s="13">
+        <v>116</v>
+      </c>
+      <c r="G43" s="39">
+        <v>34</v>
+      </c>
+      <c r="H43" s="18"/>
+      <c r="I43" s="13">
+        <v>40</v>
+      </c>
+      <c r="J43" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="2:10" ht="15.75">
+      <c r="B44" s="32"/>
+      <c r="C44" s="33"/>
+      <c r="D44" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E44" s="13">
+        <v>11</v>
+      </c>
+      <c r="F44" s="13">
+        <v>39</v>
+      </c>
+      <c r="G44" s="39">
+        <v>44</v>
+      </c>
+      <c r="H44" s="18"/>
+      <c r="I44" s="13">
+        <v>53</v>
+      </c>
+      <c r="J44" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="2:10" ht="15.95">
+      <c r="B45" s="32"/>
+      <c r="C45" s="33"/>
+      <c r="D45" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E45" s="14">
+        <v>44</v>
+      </c>
+      <c r="F45" s="14">
+        <v>168</v>
+      </c>
+      <c r="G45" s="40">
+        <v>98</v>
+      </c>
+      <c r="H45" s="18"/>
+      <c r="I45" s="14">
+        <v>120</v>
+      </c>
+      <c r="J45" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="2:10" ht="15.95">
+      <c r="B46" s="34"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G46" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="18"/>
+      <c r="I46" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="2:10" ht="15.95">
+      <c r="B47" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="C47" s="31"/>
+      <c r="D47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="13">
+        <v>30.67</v>
+      </c>
+      <c r="F47" s="13">
+        <v>20.329999999999998</v>
+      </c>
+      <c r="G47" s="39">
+        <v>16.329999999999998</v>
+      </c>
+      <c r="H47" s="18"/>
+      <c r="I47" s="13">
+        <v>18.670000000000002</v>
+      </c>
+      <c r="J47" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="48" spans="2:10" ht="15.95">
+      <c r="B48" s="32"/>
+      <c r="C48" s="33"/>
+      <c r="D48" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E48" s="13">
+        <v>62.67</v>
+      </c>
+      <c r="F48" s="13">
+        <v>63.67</v>
+      </c>
+      <c r="G48" s="39">
+        <v>48.67</v>
+      </c>
+      <c r="H48" s="18"/>
+      <c r="I48" s="13">
+        <v>56</v>
+      </c>
+      <c r="J48" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" ht="15.75">
+      <c r="B49" s="32"/>
+      <c r="C49" s="33"/>
+      <c r="D49" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E49" s="13">
+        <v>34.67</v>
+      </c>
+      <c r="F49" s="13">
+        <v>17</v>
+      </c>
+      <c r="G49" s="39">
+        <v>25.67</v>
+      </c>
+      <c r="H49" s="18"/>
+      <c r="I49" s="13">
+        <v>27</v>
+      </c>
+      <c r="J49" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="50" spans="2:10" ht="15.95">
+      <c r="B50" s="32"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E50" s="14">
+        <v>128</v>
+      </c>
+      <c r="F50" s="14">
+        <v>101</v>
+      </c>
+      <c r="G50" s="40">
+        <v>90.67</v>
+      </c>
+      <c r="H50" s="18"/>
+      <c r="I50" s="14">
+        <v>101.67</v>
+      </c>
+      <c r="J50" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="51" spans="2:10" ht="15.95">
+      <c r="B51" s="34"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G51" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="18"/>
+      <c r="I51" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="2:10" ht="15.95">
+      <c r="B52" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C52" s="31"/>
+      <c r="D52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="13">
+        <v>188.66</v>
+      </c>
+      <c r="F52" s="13">
+        <v>169.41</v>
+      </c>
+      <c r="G52" s="39">
+        <v>138.86000000000001</v>
+      </c>
+      <c r="H52" s="18"/>
+      <c r="I52" s="13">
+        <v>126.65</v>
+      </c>
+      <c r="J52" s="13">
+        <v>102.73</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" ht="15.95">
+      <c r="B53" s="32"/>
+      <c r="C53" s="33"/>
+      <c r="D53" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" s="13">
+        <v>651.71</v>
+      </c>
+      <c r="F53" s="13">
+        <v>555.16</v>
+      </c>
+      <c r="G53" s="39">
+        <v>433.84</v>
+      </c>
+      <c r="H53" s="18"/>
+      <c r="I53" s="13">
+        <v>423.05</v>
+      </c>
+      <c r="J53" s="13">
+        <v>458.26</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" ht="15.75">
+      <c r="B54" s="32"/>
+      <c r="C54" s="33"/>
+      <c r="D54" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E54" s="13">
+        <v>118.18</v>
+      </c>
+      <c r="F54" s="13">
+        <v>100.66</v>
+      </c>
+      <c r="G54" s="39">
+        <v>89.3</v>
+      </c>
+      <c r="H54" s="18"/>
+      <c r="I54" s="13">
+        <v>84.86</v>
+      </c>
+      <c r="J54" s="13">
+        <v>81.06</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" ht="15.95">
+      <c r="B55" s="32"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E55" s="14">
+        <v>958.55</v>
+      </c>
+      <c r="F55" s="14">
+        <v>824.57</v>
+      </c>
+      <c r="G55" s="40">
+        <v>661.38</v>
+      </c>
+      <c r="H55" s="18"/>
+      <c r="I55" s="14">
+        <v>634.55999999999995</v>
+      </c>
+      <c r="J55" s="14">
+        <v>641.94000000000005</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" ht="15.95">
+      <c r="B56" s="34"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G56" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="18"/>
+      <c r="I56" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J56" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="2:10" ht="15.95">
+      <c r="B57" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" s="31"/>
+      <c r="D57" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E57" s="13">
+        <v>27</v>
+      </c>
+      <c r="F57" s="13">
+        <v>24.5</v>
+      </c>
+      <c r="G57" s="39">
+        <v>13</v>
+      </c>
+      <c r="H57" s="18"/>
+      <c r="I57" s="13">
+        <v>29</v>
+      </c>
+      <c r="J57" s="13">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="2:10" ht="15.95">
+      <c r="B58" s="32"/>
+      <c r="C58" s="33"/>
+      <c r="D58" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" s="13">
+        <v>129.5</v>
+      </c>
+      <c r="F58" s="13">
+        <v>98.5</v>
+      </c>
+      <c r="G58" s="39">
+        <v>32</v>
+      </c>
+      <c r="H58" s="18"/>
+      <c r="I58" s="13">
+        <v>132</v>
+      </c>
+      <c r="J58" s="13">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" ht="15.75">
+      <c r="B59" s="32"/>
+      <c r="C59" s="33"/>
+      <c r="D59" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="13">
+        <v>33.5</v>
+      </c>
+      <c r="F59" s="13">
+        <v>24.5</v>
+      </c>
+      <c r="G59" s="39">
+        <v>23</v>
+      </c>
+      <c r="H59" s="18"/>
+      <c r="I59" s="13">
+        <v>24</v>
+      </c>
+      <c r="J59" s="13">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="60" spans="2:10" ht="15.95">
+      <c r="B60" s="32"/>
+      <c r="C60" s="33"/>
+      <c r="D60" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E60" s="14">
+        <v>190</v>
+      </c>
+      <c r="F60" s="14">
+        <v>147.5</v>
+      </c>
+      <c r="G60" s="40">
+        <v>50</v>
+      </c>
+      <c r="H60" s="18"/>
+      <c r="I60" s="14">
+        <v>185</v>
+      </c>
+      <c r="J60" s="14">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" ht="15.95">
+      <c r="B61" s="34"/>
+      <c r="C61" s="35"/>
+      <c r="D61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G61" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="18"/>
+      <c r="I61" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="2:10" ht="15.95">
+      <c r="B62" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" s="31"/>
+      <c r="D62" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E62" s="13">
+        <v>339.38</v>
+      </c>
+      <c r="F62" s="13">
+        <v>315.07</v>
+      </c>
+      <c r="G62" s="39">
+        <v>309.62</v>
+      </c>
+      <c r="H62" s="18"/>
+      <c r="I62" s="13">
+        <v>269.5</v>
+      </c>
+      <c r="J62" s="13">
+        <v>243.91</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" ht="15.95">
+      <c r="B63" s="32"/>
+      <c r="C63" s="33"/>
+      <c r="D63" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" s="13">
+        <v>2094.66</v>
+      </c>
+      <c r="F63" s="13">
+        <v>2175.6</v>
+      </c>
+      <c r="G63" s="39">
+        <v>2367.84</v>
+      </c>
+      <c r="H63" s="18"/>
+      <c r="I63" s="13">
+        <v>2240.2800000000002</v>
+      </c>
+      <c r="J63" s="13">
+        <v>1904.72</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" ht="15.75">
+      <c r="B64" s="32"/>
+      <c r="C64" s="33"/>
+      <c r="D64" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E64" s="13">
+        <v>515.19000000000005</v>
+      </c>
+      <c r="F64" s="13">
+        <v>493.93</v>
+      </c>
+      <c r="G64" s="39">
+        <v>458</v>
+      </c>
+      <c r="H64" s="18"/>
+      <c r="I64" s="13">
+        <v>403.06</v>
+      </c>
+      <c r="J64" s="13">
+        <v>372.17</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" ht="15.95">
+      <c r="B65" s="32"/>
+      <c r="C65" s="33"/>
+      <c r="D65" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E65" s="14">
+        <v>2948.35</v>
+      </c>
+      <c r="F65" s="14">
+        <v>2984.08</v>
+      </c>
+      <c r="G65" s="40">
+        <v>3132.33</v>
+      </c>
+      <c r="H65" s="18"/>
+      <c r="I65" s="14">
+        <v>2911.83</v>
+      </c>
+      <c r="J65" s="14">
+        <v>2520.2600000000002</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" ht="15.95">
+      <c r="B66" s="34"/>
+      <c r="C66" s="35"/>
+      <c r="D66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G66" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="18"/>
+      <c r="I66" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="2:10" ht="15.95">
+      <c r="B67" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="31"/>
+      <c r="D67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E67" s="13">
+        <v>12.5</v>
+      </c>
+      <c r="F67" s="13">
+        <v>17</v>
+      </c>
+      <c r="G67" s="39">
+        <v>9</v>
+      </c>
+      <c r="H67" s="18"/>
+      <c r="I67" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J67" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="2:10" ht="15.95">
+      <c r="B68" s="32"/>
+      <c r="C68" s="33"/>
+      <c r="D68" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" s="13">
+        <v>45</v>
+      </c>
+      <c r="F68" s="13">
+        <v>41.5</v>
+      </c>
+      <c r="G68" s="39">
+        <v>28</v>
+      </c>
+      <c r="H68" s="18"/>
+      <c r="I68" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J68" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="69" spans="2:10" ht="15.75">
+      <c r="B69" s="32"/>
+      <c r="C69" s="33"/>
+      <c r="D69" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E69" s="13">
+        <v>34</v>
+      </c>
+      <c r="F69" s="13">
+        <v>31.5</v>
+      </c>
+      <c r="G69" s="39">
+        <v>26</v>
+      </c>
+      <c r="H69" s="18"/>
+      <c r="I69" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J69" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="70" spans="2:10" ht="15.95">
+      <c r="B70" s="32"/>
+      <c r="C70" s="33"/>
+      <c r="D70" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E70" s="14">
+        <v>91.5</v>
+      </c>
+      <c r="F70" s="14">
+        <v>90</v>
+      </c>
+      <c r="G70" s="40">
+        <v>63</v>
+      </c>
+      <c r="H70" s="18"/>
+      <c r="I70" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J70" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="2:10" ht="15.95">
+      <c r="B71" s="34"/>
+      <c r="C71" s="35"/>
+      <c r="D71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G71" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="18"/>
+      <c r="I71" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="2:10" ht="15.95">
+      <c r="B72" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="C72" s="31"/>
+      <c r="D72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" s="13">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="F72" s="13">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="G72" s="39">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="H72" s="18"/>
+      <c r="I72" s="13">
+        <v>10.6</v>
+      </c>
+      <c r="J72" s="13">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="73" spans="2:10" ht="15.95">
+      <c r="B73" s="32"/>
+      <c r="C73" s="33"/>
+      <c r="D73" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" s="13">
+        <v>26.2</v>
+      </c>
+      <c r="F73" s="13">
+        <v>25</v>
+      </c>
+      <c r="G73" s="39">
+        <v>30.8</v>
+      </c>
+      <c r="H73" s="18"/>
+      <c r="I73" s="13">
+        <v>41.4</v>
+      </c>
+      <c r="J73" s="13">
+        <v>43.8</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" ht="15.75">
+      <c r="B74" s="32"/>
+      <c r="C74" s="33"/>
+      <c r="D74" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E74" s="13">
+        <v>78.599999999999994</v>
+      </c>
+      <c r="F74" s="13">
+        <v>68.599999999999994</v>
+      </c>
+      <c r="G74" s="39">
+        <v>81.599999999999994</v>
+      </c>
+      <c r="H74" s="18"/>
+      <c r="I74" s="13">
+        <v>77.400000000000006</v>
+      </c>
+      <c r="J74" s="13">
+        <v>83.4</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" ht="15.95">
+      <c r="B75" s="32"/>
+      <c r="C75" s="33"/>
+      <c r="D75" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E75" s="14">
+        <v>121.2</v>
+      </c>
+      <c r="F75" s="14">
+        <v>111</v>
+      </c>
+      <c r="G75" s="40">
+        <v>120.6</v>
+      </c>
+      <c r="H75" s="18"/>
+      <c r="I75" s="14">
+        <v>129.4</v>
+      </c>
+      <c r="J75" s="14">
+        <v>135.19999999999999</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" ht="15.95">
+      <c r="B76" s="34"/>
+      <c r="C76" s="35"/>
+      <c r="D76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="18"/>
+      <c r="I76" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="2:10" ht="15.95">
+      <c r="B77" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="C77" s="31"/>
+      <c r="D77" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E77" s="13">
+        <v>31.67</v>
+      </c>
+      <c r="F77" s="13">
+        <v>18.579999999999998</v>
+      </c>
+      <c r="G77" s="39">
+        <v>34.17</v>
+      </c>
+      <c r="H77" s="18"/>
+      <c r="I77" s="13">
+        <v>16.309999999999999</v>
+      </c>
+      <c r="J77" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="78" spans="2:10" ht="15.95">
+      <c r="B78" s="32"/>
+      <c r="C78" s="33"/>
+      <c r="D78" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" s="13">
+        <v>63.58</v>
+      </c>
+      <c r="F78" s="13">
+        <v>65.67</v>
+      </c>
+      <c r="G78" s="39">
+        <v>78.75</v>
+      </c>
+      <c r="H78" s="18"/>
+      <c r="I78" s="13">
+        <v>60.62</v>
+      </c>
+      <c r="J78" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="79" spans="2:10" ht="15.75">
+      <c r="B79" s="32"/>
+      <c r="C79" s="33"/>
+      <c r="D79" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E79" s="13">
+        <v>67.75</v>
+      </c>
+      <c r="F79" s="13">
+        <v>41.5</v>
+      </c>
+      <c r="G79" s="39">
+        <v>39.83</v>
+      </c>
+      <c r="H79" s="18"/>
+      <c r="I79" s="13">
+        <v>35.619999999999997</v>
+      </c>
+      <c r="J79" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="80" spans="2:10" ht="15.95">
+      <c r="B80" s="32"/>
+      <c r="C80" s="33"/>
+      <c r="D80" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E80" s="14">
+        <v>163</v>
+      </c>
+      <c r="F80" s="14">
+        <v>125.75</v>
+      </c>
+      <c r="G80" s="40">
+        <v>152.75</v>
+      </c>
+      <c r="H80" s="18"/>
+      <c r="I80" s="14">
+        <v>112.54</v>
+      </c>
+      <c r="J80" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="81" spans="2:10" ht="15.95">
+      <c r="B81" s="34"/>
+      <c r="C81" s="35"/>
+      <c r="D81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="18"/>
+      <c r="I81" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="2:10" ht="15.95">
+      <c r="B82" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="C82" s="31"/>
+      <c r="D82" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G82" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H82" s="18"/>
+      <c r="I82" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J82" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="83" spans="2:10" ht="15.95">
+      <c r="B83" s="32"/>
+      <c r="C83" s="33"/>
+      <c r="D83" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" s="13">
+        <v>52.8</v>
+      </c>
+      <c r="F83" s="13">
+        <v>40.6</v>
+      </c>
+      <c r="G83" s="39">
+        <v>29.8</v>
+      </c>
+      <c r="H83" s="18"/>
+      <c r="I83" s="13">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="J83" s="13">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" ht="15.75">
+      <c r="B84" s="32"/>
+      <c r="C84" s="33"/>
+      <c r="D84" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E84" s="13">
+        <v>9.6</v>
+      </c>
+      <c r="F84" s="13">
+        <v>7.8</v>
+      </c>
+      <c r="G84" s="39">
+        <v>9.6</v>
+      </c>
+      <c r="H84" s="18"/>
+      <c r="I84" s="13">
+        <v>7.8</v>
+      </c>
+      <c r="J84" s="13">
+        <v>5.6</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" ht="15.95">
+      <c r="B85" s="32"/>
+      <c r="C85" s="33"/>
+      <c r="D85" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E85" s="14">
+        <v>66.599999999999994</v>
+      </c>
+      <c r="F85" s="14">
+        <v>51.2</v>
+      </c>
+      <c r="G85" s="40">
+        <v>40.4</v>
+      </c>
+      <c r="H85" s="18"/>
+      <c r="I85" s="14">
+        <v>47.6</v>
+      </c>
+      <c r="J85" s="14">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" ht="15.95">
+      <c r="B86" s="34"/>
+      <c r="C86" s="35"/>
+      <c r="D86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G86" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="18"/>
+      <c r="I86" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J86" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="2:10" ht="15.95">
+      <c r="B87" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="C87" s="31"/>
+      <c r="D87" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="13">
+        <v>30.51</v>
+      </c>
+      <c r="F87" s="13">
+        <v>33.880000000000003</v>
+      </c>
+      <c r="G87" s="39">
+        <v>30.25</v>
+      </c>
+      <c r="H87" s="18"/>
+      <c r="I87" s="13">
+        <v>36.18</v>
+      </c>
+      <c r="J87" s="13">
+        <v>43.44</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" ht="15.95">
+      <c r="B88" s="32"/>
+      <c r="C88" s="33"/>
+      <c r="D88" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" s="13">
+        <v>51.38</v>
+      </c>
+      <c r="F88" s="13">
+        <v>55.45</v>
+      </c>
+      <c r="G88" s="39">
+        <v>67.42</v>
+      </c>
+      <c r="H88" s="18"/>
+      <c r="I88" s="13">
+        <v>79.69</v>
+      </c>
+      <c r="J88" s="13">
+        <v>73.78</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" ht="15.75">
+      <c r="B89" s="32"/>
+      <c r="C89" s="33"/>
+      <c r="D89" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E89" s="13">
+        <v>174.71</v>
+      </c>
+      <c r="F89" s="13">
+        <v>149.41999999999999</v>
+      </c>
+      <c r="G89" s="39">
+        <v>189.38</v>
+      </c>
+      <c r="H89" s="18"/>
+      <c r="I89" s="13">
+        <v>162.87</v>
+      </c>
+      <c r="J89" s="13">
+        <v>160.22999999999999</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" ht="15.95">
+      <c r="B90" s="32"/>
+      <c r="C90" s="33"/>
+      <c r="D90" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E90" s="14">
+        <v>256.60000000000002</v>
+      </c>
+      <c r="F90" s="14">
+        <v>238.75</v>
+      </c>
+      <c r="G90" s="40">
+        <v>287.04000000000002</v>
+      </c>
+      <c r="H90" s="18"/>
+      <c r="I90" s="14">
+        <v>278.74</v>
+      </c>
+      <c r="J90" s="14">
+        <v>277.45999999999998</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" ht="15.95">
+      <c r="B91" s="34"/>
+      <c r="C91" s="35"/>
+      <c r="D91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="18"/>
+      <c r="I91" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J91" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="2:10" ht="15.95">
+      <c r="B92" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="C92" s="31"/>
+      <c r="D92" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="13">
+        <v>12.25</v>
+      </c>
+      <c r="F92" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G92" s="39">
+        <v>7.8</v>
+      </c>
+      <c r="H92" s="18"/>
+      <c r="I92" s="13">
+        <v>8.4</v>
+      </c>
+      <c r="J92" s="13">
+        <v>5.67</v>
+      </c>
+    </row>
+    <row r="93" spans="2:10" ht="15.95">
+      <c r="B93" s="32"/>
+      <c r="C93" s="33"/>
+      <c r="D93" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E93" s="13">
+        <v>89.75</v>
+      </c>
+      <c r="F93" s="13">
+        <v>84.5</v>
+      </c>
+      <c r="G93" s="39">
+        <v>89.2</v>
+      </c>
+      <c r="H93" s="18"/>
+      <c r="I93" s="13">
+        <v>111.2</v>
+      </c>
+      <c r="J93" s="13">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" ht="15.75">
+      <c r="B94" s="32"/>
+      <c r="C94" s="33"/>
+      <c r="D94" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E94" s="13">
+        <v>22.25</v>
+      </c>
+      <c r="F94" s="13">
+        <v>12.75</v>
+      </c>
+      <c r="G94" s="39">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="H94" s="18"/>
+      <c r="I94" s="13">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="J94" s="13">
+        <v>8.67</v>
+      </c>
+    </row>
+    <row r="95" spans="2:10" ht="15.95">
+      <c r="B95" s="32"/>
+      <c r="C95" s="33"/>
+      <c r="D95" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E95" s="14">
+        <v>124.25</v>
+      </c>
+      <c r="F95" s="14">
+        <v>99.75</v>
+      </c>
+      <c r="G95" s="40">
+        <v>113.6</v>
+      </c>
+      <c r="H95" s="18"/>
+      <c r="I95" s="14">
+        <v>137</v>
+      </c>
+      <c r="J95" s="14">
+        <v>167.33</v>
+      </c>
+    </row>
+    <row r="96" spans="2:10" ht="15.95">
+      <c r="B96" s="34"/>
+      <c r="C96" s="35"/>
+      <c r="D96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G96" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="18"/>
+      <c r="I96" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="2:10" ht="15.95">
+      <c r="B97" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="C97" s="31"/>
+      <c r="D97" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="13">
+        <v>17.329999999999998</v>
+      </c>
+      <c r="F97" s="13">
+        <v>16.079999999999998</v>
+      </c>
+      <c r="G97" s="39">
+        <v>14.46</v>
+      </c>
+      <c r="H97" s="18"/>
+      <c r="I97" s="13">
+        <v>19.23</v>
+      </c>
+      <c r="J97" s="13">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="2:10" ht="15.95">
+      <c r="B98" s="32"/>
+      <c r="C98" s="33"/>
+      <c r="D98" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" s="13">
+        <v>87.5</v>
+      </c>
+      <c r="F98" s="13">
+        <v>96</v>
+      </c>
+      <c r="G98" s="39">
+        <v>73.08</v>
+      </c>
+      <c r="H98" s="18"/>
+      <c r="I98" s="13">
+        <v>62.54</v>
+      </c>
+      <c r="J98" s="13">
+        <v>65.849999999999994</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" ht="15.75">
+      <c r="B99" s="32"/>
+      <c r="C99" s="33"/>
+      <c r="D99" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E99" s="13">
+        <v>69</v>
+      </c>
+      <c r="F99" s="13">
+        <v>57.77</v>
+      </c>
+      <c r="G99" s="39">
+        <v>53.85</v>
+      </c>
+      <c r="H99" s="18"/>
+      <c r="I99" s="13">
+        <v>47.62</v>
+      </c>
+      <c r="J99" s="13">
+        <v>52.23</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" ht="15.95">
+      <c r="B100" s="32"/>
+      <c r="C100" s="33"/>
+      <c r="D100" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E100" s="14">
+        <v>173.83</v>
+      </c>
+      <c r="F100" s="14">
+        <v>169.85</v>
+      </c>
+      <c r="G100" s="40">
+        <v>141.38</v>
+      </c>
+      <c r="H100" s="18"/>
+      <c r="I100" s="14">
+        <v>129.38</v>
+      </c>
+      <c r="J100" s="14">
+        <v>136.08000000000001</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" ht="15.95">
+      <c r="B101" s="34"/>
+      <c r="C101" s="35"/>
+      <c r="D101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G101" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="18"/>
+      <c r="I101" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J101" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="2:10" ht="15.95">
+      <c r="B102" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C102" s="31"/>
+      <c r="D102" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E102" s="13">
+        <v>30.12</v>
+      </c>
+      <c r="F102" s="13">
+        <v>26.14</v>
+      </c>
+      <c r="G102" s="39">
+        <v>32.99</v>
+      </c>
+      <c r="H102" s="18"/>
+      <c r="I102" s="13">
+        <v>23.49</v>
+      </c>
+      <c r="J102" s="13">
+        <v>25.28</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" ht="15.95">
+      <c r="B103" s="32"/>
+      <c r="C103" s="33"/>
+      <c r="D103" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" s="13">
+        <v>29.37</v>
+      </c>
+      <c r="F103" s="13">
+        <v>34.74</v>
+      </c>
+      <c r="G103" s="39">
+        <v>39.9</v>
+      </c>
+      <c r="H103" s="18"/>
+      <c r="I103" s="13">
+        <v>42.02</v>
+      </c>
+      <c r="J103" s="13">
+        <v>36.619999999999997</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" ht="15.75">
+      <c r="B104" s="32"/>
+      <c r="C104" s="33"/>
+      <c r="D104" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E104" s="13">
+        <v>100.05</v>
+      </c>
+      <c r="F104" s="13">
+        <v>100.29</v>
+      </c>
+      <c r="G104" s="39">
+        <v>113.29</v>
+      </c>
+      <c r="H104" s="18"/>
+      <c r="I104" s="13">
+        <v>116.67</v>
+      </c>
+      <c r="J104" s="13">
+        <v>109.05</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" ht="15.95">
+      <c r="B105" s="32"/>
+      <c r="C105" s="33"/>
+      <c r="D105" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E105" s="14">
+        <v>159.22</v>
+      </c>
+      <c r="F105" s="14">
+        <v>161.16999999999999</v>
+      </c>
+      <c r="G105" s="40">
+        <v>186.18</v>
+      </c>
+      <c r="H105" s="18"/>
+      <c r="I105" s="14">
+        <v>180.77</v>
+      </c>
+      <c r="J105" s="14">
+        <v>170.95</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" ht="15.95">
+      <c r="B106" s="34"/>
+      <c r="C106" s="35"/>
+      <c r="D106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G106" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="18"/>
+      <c r="I106" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J106" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="2:10" ht="15.95">
+      <c r="B107" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="C107" s="31"/>
+      <c r="D107" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E107" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F107" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G107" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H107" s="18"/>
+      <c r="I107" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J107" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="2:10" ht="15.95">
+      <c r="B108" s="32"/>
+      <c r="C108" s="33"/>
+      <c r="D108" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" s="13">
+        <v>10</v>
+      </c>
+      <c r="F108" s="13">
+        <v>24.57</v>
+      </c>
+      <c r="G108" s="39">
+        <v>11.83</v>
+      </c>
+      <c r="H108" s="18"/>
+      <c r="I108" s="13">
+        <v>23.86</v>
+      </c>
+      <c r="J108" s="13">
+        <v>26.5</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" ht="15.75">
+      <c r="B109" s="32"/>
+      <c r="C109" s="33"/>
+      <c r="D109" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E109" s="13">
+        <v>11.86</v>
+      </c>
+      <c r="F109" s="13">
+        <v>7.86</v>
+      </c>
+      <c r="G109" s="39">
+        <v>9.67</v>
+      </c>
+      <c r="H109" s="18"/>
+      <c r="I109" s="13">
+        <v>11.29</v>
+      </c>
+      <c r="J109" s="13">
+        <v>10.67</v>
+      </c>
+    </row>
+    <row r="110" spans="2:10" ht="15.95">
+      <c r="B110" s="32"/>
+      <c r="C110" s="33"/>
+      <c r="D110" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E110" s="14">
+        <v>24.14</v>
+      </c>
+      <c r="F110" s="14">
+        <v>35.86</v>
+      </c>
+      <c r="G110" s="40">
+        <v>24.33</v>
+      </c>
+      <c r="H110" s="18"/>
+      <c r="I110" s="14">
+        <v>38.71</v>
+      </c>
+      <c r="J110" s="14">
+        <v>39.17</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" ht="15.95">
+      <c r="B111" s="34"/>
+      <c r="C111" s="35"/>
+      <c r="D111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G111" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="18"/>
+      <c r="I111" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="2:10" ht="15.95">
+      <c r="B112" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="C112" s="31"/>
+      <c r="D112" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E112" s="13">
+        <v>18.13</v>
+      </c>
+      <c r="F112" s="13">
+        <v>10.74</v>
+      </c>
+      <c r="G112" s="39">
+        <v>15.55</v>
+      </c>
+      <c r="H112" s="18"/>
+      <c r="I112" s="13">
+        <v>18.43</v>
+      </c>
+      <c r="J112" s="13">
+        <v>14.8</v>
+      </c>
+    </row>
+    <row r="113" spans="2:10" ht="15.95">
+      <c r="B113" s="32"/>
+      <c r="C113" s="33"/>
+      <c r="D113" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E113" s="13">
+        <v>58.18</v>
+      </c>
+      <c r="F113" s="13">
+        <v>55.95</v>
+      </c>
+      <c r="G113" s="39">
+        <v>71.52</v>
+      </c>
+      <c r="H113" s="18"/>
+      <c r="I113" s="13">
+        <v>80.150000000000006</v>
+      </c>
+      <c r="J113" s="13">
+        <v>67.84</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" ht="15.75">
+      <c r="B114" s="32"/>
+      <c r="C114" s="33"/>
+      <c r="D114" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E114" s="13">
+        <v>232.34</v>
+      </c>
+      <c r="F114" s="13">
+        <v>224.7</v>
+      </c>
+      <c r="G114" s="39">
+        <v>215.72</v>
+      </c>
+      <c r="H114" s="18"/>
+      <c r="I114" s="13">
+        <v>233.05</v>
+      </c>
+      <c r="J114" s="13">
+        <v>212.71</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" ht="15.95">
+      <c r="B115" s="32"/>
+      <c r="C115" s="33"/>
+      <c r="D115" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E115" s="14">
+        <v>308.64999999999998</v>
+      </c>
+      <c r="F115" s="14">
+        <v>291.38</v>
+      </c>
+      <c r="G115" s="40">
+        <v>302.77999999999997</v>
+      </c>
+      <c r="H115" s="18"/>
+      <c r="I115" s="14">
+        <v>331.64</v>
+      </c>
+      <c r="J115" s="14">
+        <v>295.35000000000002</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" ht="15.95">
+      <c r="B116" s="34"/>
+      <c r="C116" s="35"/>
+      <c r="D116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G116" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="18"/>
+      <c r="I116" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="2:10" ht="15.95">
+      <c r="B117" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="C117" s="31"/>
+      <c r="D117" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E117" s="13">
+        <v>82.48</v>
+      </c>
+      <c r="F117" s="13">
+        <v>90.99</v>
+      </c>
+      <c r="G117" s="39">
+        <v>92.23</v>
+      </c>
+      <c r="H117" s="18"/>
+      <c r="I117" s="13">
+        <v>99.72</v>
+      </c>
+      <c r="J117" s="13">
+        <v>108.51</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" ht="15.95">
+      <c r="B118" s="32"/>
+      <c r="C118" s="33"/>
+      <c r="D118" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E118" s="13">
+        <v>408.63</v>
+      </c>
+      <c r="F118" s="13">
+        <v>386.24</v>
+      </c>
+      <c r="G118" s="39">
+        <v>425.33</v>
+      </c>
+      <c r="H118" s="18"/>
+      <c r="I118" s="13">
+        <v>416.57</v>
+      </c>
+      <c r="J118" s="13">
+        <v>383.19</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" ht="15.75">
+      <c r="B119" s="32"/>
+      <c r="C119" s="33"/>
+      <c r="D119" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E119" s="13">
+        <v>156.55000000000001</v>
+      </c>
+      <c r="F119" s="13">
+        <v>172.08</v>
+      </c>
+      <c r="G119" s="39">
+        <v>177.84</v>
+      </c>
+      <c r="H119" s="18"/>
+      <c r="I119" s="13">
+        <v>178.49</v>
+      </c>
+      <c r="J119" s="13">
+        <v>189.29</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" ht="15.95">
+      <c r="B120" s="32"/>
+      <c r="C120" s="33"/>
+      <c r="D120" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E120" s="14">
+        <v>646.23</v>
+      </c>
+      <c r="F120" s="14">
+        <v>649.30999999999995</v>
+      </c>
+      <c r="G120" s="40">
+        <v>695.4</v>
+      </c>
+      <c r="H120" s="18"/>
+      <c r="I120" s="14">
+        <v>694.78</v>
+      </c>
+      <c r="J120" s="14">
+        <v>680.98</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" ht="15.95">
+      <c r="B121" s="34"/>
+      <c r="C121" s="35"/>
+      <c r="D121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G121" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="18"/>
+      <c r="I121" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="2:10" ht="15.95">
+      <c r="B122" s="23" t="s">
+        <v>51</v>
+      </c>
+      <c r="C122" s="31"/>
+      <c r="D122" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E122" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F122" s="13">
+        <v>5.85</v>
+      </c>
+      <c r="G122" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H122" s="18"/>
+      <c r="I122" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J122" s="13">
+        <v>5.2</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" ht="15.95">
+      <c r="B123" s="32"/>
+      <c r="C123" s="33"/>
+      <c r="D123" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E123" s="13">
+        <v>25.31</v>
+      </c>
+      <c r="F123" s="13">
+        <v>28.23</v>
+      </c>
+      <c r="G123" s="39">
+        <v>36.82</v>
+      </c>
+      <c r="H123" s="18"/>
+      <c r="I123" s="13">
+        <v>34.9</v>
+      </c>
+      <c r="J123" s="13">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" ht="15.75">
+      <c r="B124" s="32"/>
+      <c r="C124" s="33"/>
+      <c r="D124" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E124" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F124" s="13">
+        <v>7.62</v>
+      </c>
+      <c r="G124" s="39">
+        <v>10.45</v>
+      </c>
+      <c r="H124" s="18"/>
+      <c r="I124" s="13">
+        <v>7.7</v>
+      </c>
+      <c r="J124" s="13">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" ht="15.95">
+      <c r="B125" s="32"/>
+      <c r="C125" s="33"/>
+      <c r="D125" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E125" s="14">
+        <v>30.92</v>
+      </c>
+      <c r="F125" s="14">
+        <v>41.69</v>
+      </c>
+      <c r="G125" s="40">
+        <v>50.91</v>
+      </c>
+      <c r="H125" s="18"/>
+      <c r="I125" s="14">
+        <v>46.7</v>
+      </c>
+      <c r="J125" s="14">
+        <v>50.6</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" ht="15.95">
+      <c r="B126" s="34"/>
+      <c r="C126" s="35"/>
+      <c r="D126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G126" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="18"/>
+      <c r="I126" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="2:10" ht="15.95">
+      <c r="B127" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="C127" s="31"/>
+      <c r="D127" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E127" s="13">
+        <v>153.47999999999999</v>
+      </c>
+      <c r="F127" s="13">
+        <v>137.86000000000001</v>
+      </c>
+      <c r="G127" s="39">
+        <v>138.12</v>
+      </c>
+      <c r="H127" s="18"/>
+      <c r="I127" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J127" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="2:10" ht="15.95">
+      <c r="B128" s="32"/>
+      <c r="C128" s="33"/>
+      <c r="D128" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E128" s="13">
+        <v>147.44999999999999</v>
+      </c>
+      <c r="F128" s="13">
+        <v>146.16</v>
+      </c>
+      <c r="G128" s="39">
+        <v>133.94</v>
+      </c>
+      <c r="H128" s="18"/>
+      <c r="I128" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J128" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="2:10" ht="15.75">
+      <c r="B129" s="32"/>
+      <c r="C129" s="33"/>
+      <c r="D129" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E129" s="13">
+        <v>360.64</v>
+      </c>
+      <c r="F129" s="13">
+        <v>364.22</v>
+      </c>
+      <c r="G129" s="39">
+        <v>312.94</v>
+      </c>
+      <c r="H129" s="18"/>
+      <c r="I129" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J129" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="2:10" ht="15.95">
+      <c r="B130" s="32"/>
+      <c r="C130" s="33"/>
+      <c r="D130" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E130" s="14">
+        <v>661.57</v>
+      </c>
+      <c r="F130" s="14">
+        <v>648.24</v>
+      </c>
+      <c r="G130" s="40">
+        <v>585</v>
+      </c>
+      <c r="H130" s="18"/>
+      <c r="I130" s="14">
+        <v>5</v>
+      </c>
+      <c r="J130" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="131" spans="2:10" ht="15.95">
+      <c r="B131" s="34"/>
+      <c r="C131" s="35"/>
+      <c r="D131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G131" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="18"/>
+      <c r="I131" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="2:10" ht="15.95">
+      <c r="B132" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="C132" s="31"/>
+      <c r="D132" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E132" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F132" s="13">
+        <v>9.32</v>
+      </c>
+      <c r="G132" s="39">
+        <v>14.22</v>
+      </c>
+      <c r="H132" s="18"/>
+      <c r="I132" s="13">
+        <v>7.47</v>
+      </c>
+      <c r="J132" s="13">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" ht="15.95">
+      <c r="B133" s="32"/>
+      <c r="C133" s="33"/>
+      <c r="D133" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E133" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F133" s="13">
+        <v>16.05</v>
+      </c>
+      <c r="G133" s="39">
+        <v>17.940000000000001</v>
+      </c>
+      <c r="H133" s="18"/>
+      <c r="I133" s="13">
+        <v>18.71</v>
+      </c>
+      <c r="J133" s="13">
+        <v>13.13</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" ht="15.75">
+      <c r="B134" s="32"/>
+      <c r="C134" s="33"/>
+      <c r="D134" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E134" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F134" s="13">
+        <v>11.37</v>
+      </c>
+      <c r="G134" s="39">
+        <v>21.83</v>
+      </c>
+      <c r="H134" s="18"/>
+      <c r="I134" s="13">
+        <v>19.760000000000002</v>
+      </c>
+      <c r="J134" s="13">
+        <v>24.44</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" ht="15.95">
+      <c r="B135" s="32"/>
+      <c r="C135" s="33"/>
+      <c r="D135" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E135" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F135" s="14">
+        <v>36.74</v>
+      </c>
+      <c r="G135" s="40">
+        <v>54</v>
+      </c>
+      <c r="H135" s="18"/>
+      <c r="I135" s="14">
+        <v>45.94</v>
+      </c>
+      <c r="J135" s="14">
+        <v>46.56</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" ht="15.95">
+      <c r="B136" s="34"/>
+      <c r="C136" s="35"/>
+      <c r="D136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G136" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="18"/>
+      <c r="I136" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="2:10" ht="15.95">
+      <c r="B137" s="23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" s="31"/>
+      <c r="D137" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E137" s="13">
+        <v>91.4</v>
+      </c>
+      <c r="F137" s="13">
+        <v>96.44</v>
+      </c>
+      <c r="G137" s="39">
+        <v>91.43</v>
+      </c>
+      <c r="H137" s="18"/>
+      <c r="I137" s="13">
+        <v>87.12</v>
+      </c>
+      <c r="J137" s="13">
+        <v>72.72</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" ht="15.95">
+      <c r="B138" s="32"/>
+      <c r="C138" s="33"/>
+      <c r="D138" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E138" s="13">
+        <v>40.380000000000003</v>
+      </c>
+      <c r="F138" s="13">
+        <v>38.99</v>
+      </c>
+      <c r="G138" s="39">
+        <v>38.299999999999997</v>
+      </c>
+      <c r="H138" s="18"/>
+      <c r="I138" s="13">
+        <v>41.55</v>
+      </c>
+      <c r="J138" s="13">
+        <v>39.72</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" ht="15.75">
+      <c r="B139" s="32"/>
+      <c r="C139" s="33"/>
+      <c r="D139" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E139" s="13">
+        <v>642.77</v>
+      </c>
+      <c r="F139" s="13">
+        <v>504.19</v>
+      </c>
+      <c r="G139" s="39">
+        <v>401.87</v>
+      </c>
+      <c r="H139" s="18"/>
+      <c r="I139" s="13">
+        <v>291.94</v>
+      </c>
+      <c r="J139" s="13">
+        <v>254.96</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" ht="15.95">
+      <c r="B140" s="32"/>
+      <c r="C140" s="33"/>
+      <c r="D140" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E140" s="14">
+        <v>774.56</v>
+      </c>
+      <c r="F140" s="14">
+        <v>639.62</v>
+      </c>
+      <c r="G140" s="40">
+        <v>531.6</v>
+      </c>
+      <c r="H140" s="18"/>
+      <c r="I140" s="14">
+        <v>420.6</v>
+      </c>
+      <c r="J140" s="14">
+        <v>367.39</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" ht="15.95">
+      <c r="B141" s="34"/>
+      <c r="C141" s="35"/>
+      <c r="D141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G141" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="18"/>
+      <c r="I141" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J141" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="2:10" ht="15.95">
+      <c r="B142" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="C142" s="31"/>
+      <c r="D142" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E142" s="13">
+        <v>18.64</v>
+      </c>
+      <c r="F142" s="13">
+        <v>16.149999999999999</v>
+      </c>
+      <c r="G142" s="39">
+        <v>15.75</v>
+      </c>
+      <c r="H142" s="18"/>
+      <c r="I142" s="13">
+        <v>12.46</v>
+      </c>
+      <c r="J142" s="13">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" ht="15.95">
+      <c r="B143" s="32"/>
+      <c r="C143" s="33"/>
+      <c r="D143" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E143" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F143" s="13">
+        <v>8.1</v>
+      </c>
+      <c r="G143" s="39">
+        <v>10.75</v>
+      </c>
+      <c r="H143" s="18"/>
+      <c r="I143" s="13">
+        <v>8.3800000000000008</v>
+      </c>
+      <c r="J143" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" ht="15.75">
+      <c r="B144" s="32"/>
+      <c r="C144" s="33"/>
+      <c r="D144" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G144" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144" s="18"/>
+      <c r="I144" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J144" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="2:10" ht="15.95">
+      <c r="B145" s="32"/>
+      <c r="C145" s="33"/>
+      <c r="D145" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E145" s="14">
+        <v>19.91</v>
+      </c>
+      <c r="F145" s="14">
+        <v>22.62</v>
+      </c>
+      <c r="G145" s="40">
+        <v>26.67</v>
+      </c>
+      <c r="H145" s="18"/>
+      <c r="I145" s="14">
+        <v>20.92</v>
+      </c>
+      <c r="J145" s="14">
+        <v>12.33</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" ht="15.95">
+      <c r="B146" s="34"/>
+      <c r="C146" s="35"/>
+      <c r="D146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G146" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="18"/>
+      <c r="I146" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="2:10" ht="15.95">
+      <c r="B147" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="31"/>
+      <c r="D147" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E147" s="13">
+        <v>25.43</v>
+      </c>
+      <c r="F147" s="13">
+        <v>23.73</v>
+      </c>
+      <c r="G147" s="39">
+        <v>19.760000000000002</v>
+      </c>
+      <c r="H147" s="18"/>
+      <c r="I147" s="13">
+        <v>19.010000000000002</v>
+      </c>
+      <c r="J147" s="13">
+        <v>23.13</v>
+      </c>
+    </row>
+    <row r="148" spans="2:10" ht="15.95">
+      <c r="B148" s="32"/>
+      <c r="C148" s="33"/>
+      <c r="D148" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E148" s="13">
+        <v>20.22</v>
+      </c>
+      <c r="F148" s="13">
+        <v>17.7</v>
+      </c>
+      <c r="G148" s="39">
+        <v>23.54</v>
+      </c>
+      <c r="H148" s="18"/>
+      <c r="I148" s="13">
+        <v>20.83</v>
+      </c>
+      <c r="J148" s="13">
+        <v>22.51</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" ht="15.75">
+      <c r="B149" s="32"/>
+      <c r="C149" s="33"/>
+      <c r="D149" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E149" s="13">
+        <v>378.01</v>
+      </c>
+      <c r="F149" s="13">
+        <v>308.38</v>
+      </c>
+      <c r="G149" s="39">
+        <v>216.63</v>
+      </c>
+      <c r="H149" s="18"/>
+      <c r="I149" s="13">
+        <v>184.9</v>
+      </c>
+      <c r="J149" s="13">
+        <v>182.09</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" ht="15.95">
+      <c r="B150" s="32"/>
+      <c r="C150" s="33"/>
+      <c r="D150" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E150" s="14">
+        <v>423.44</v>
+      </c>
+      <c r="F150" s="14">
+        <v>349.81</v>
+      </c>
+      <c r="G150" s="40">
+        <v>259.93</v>
+      </c>
+      <c r="H150" s="18"/>
+      <c r="I150" s="14">
+        <v>224.73</v>
+      </c>
+      <c r="J150" s="14">
+        <v>227.74</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" ht="15.95">
+      <c r="B151" s="34"/>
+      <c r="C151" s="35"/>
+      <c r="D151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="18"/>
+      <c r="I151" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="2:10" ht="15.95">
+      <c r="B152" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C152" s="31"/>
+      <c r="D152" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E152" s="13">
+        <v>38.159999999999997</v>
+      </c>
+      <c r="F152" s="13">
+        <v>49.09</v>
+      </c>
+      <c r="G152" s="39">
+        <v>46.85</v>
+      </c>
+      <c r="H152" s="18"/>
+      <c r="I152" s="13">
+        <v>56.95</v>
+      </c>
+      <c r="J152" s="13">
+        <v>72.069999999999993</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" ht="15.95">
+      <c r="B153" s="32"/>
+      <c r="C153" s="33"/>
+      <c r="D153" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E153" s="13">
+        <v>451.37</v>
+      </c>
+      <c r="F153" s="13">
+        <v>448.53</v>
+      </c>
+      <c r="G153" s="39">
+        <v>439.93</v>
+      </c>
+      <c r="H153" s="18"/>
+      <c r="I153" s="13">
+        <v>395.72</v>
+      </c>
+      <c r="J153" s="13">
+        <v>373.28</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" ht="15.75">
+      <c r="B154" s="32"/>
+      <c r="C154" s="33"/>
+      <c r="D154" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E154" s="13">
+        <v>66.31</v>
+      </c>
+      <c r="F154" s="13">
+        <v>77.16</v>
+      </c>
+      <c r="G154" s="39">
+        <v>89.73</v>
+      </c>
+      <c r="H154" s="18"/>
+      <c r="I154" s="13">
+        <v>90.59</v>
+      </c>
+      <c r="J154" s="13">
+        <v>100.42</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" ht="15.95">
+      <c r="B155" s="32"/>
+      <c r="C155" s="33"/>
+      <c r="D155" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E155" s="14">
+        <v>555.84</v>
+      </c>
+      <c r="F155" s="14">
+        <v>574.78</v>
+      </c>
+      <c r="G155" s="40">
+        <v>576.51</v>
+      </c>
+      <c r="H155" s="18"/>
+      <c r="I155" s="14">
+        <v>543.27</v>
+      </c>
+      <c r="J155" s="14">
+        <v>545.77</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" ht="15.95">
+      <c r="B156" s="34"/>
+      <c r="C156" s="35"/>
+      <c r="D156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G156" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="18"/>
+      <c r="I156" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="2:10" ht="15.95">
+      <c r="B157" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="C157" s="31"/>
+      <c r="D157" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E157" s="13">
+        <v>211.22</v>
+      </c>
+      <c r="F157" s="13">
+        <v>216.42</v>
+      </c>
+      <c r="G157" s="39">
+        <v>179.1</v>
+      </c>
+      <c r="H157" s="18"/>
+      <c r="I157" s="13">
+        <v>167.49</v>
+      </c>
+      <c r="J157" s="13">
+        <v>144.55000000000001</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" ht="15.95">
+      <c r="B158" s="32"/>
+      <c r="C158" s="33"/>
+      <c r="D158" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E158" s="13">
+        <v>602.04</v>
+      </c>
+      <c r="F158" s="13">
+        <v>549</v>
+      </c>
+      <c r="G158" s="39">
+        <v>527</v>
+      </c>
+      <c r="H158" s="18"/>
+      <c r="I158" s="13">
+        <v>562.66999999999996</v>
+      </c>
+      <c r="J158" s="13">
+        <v>604.87</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" ht="15.75">
+      <c r="B159" s="32"/>
+      <c r="C159" s="33"/>
+      <c r="D159" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E159" s="13">
+        <v>336.89</v>
+      </c>
+      <c r="F159" s="13">
+        <v>317.82</v>
+      </c>
+      <c r="G159" s="39">
+        <v>269.82</v>
+      </c>
+      <c r="H159" s="18"/>
+      <c r="I159" s="13">
+        <v>258.35000000000002</v>
+      </c>
+      <c r="J159" s="13">
+        <v>227.97</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" ht="15.95">
+      <c r="B160" s="32"/>
+      <c r="C160" s="33"/>
+      <c r="D160" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E160" s="14">
+        <v>1150.1600000000001</v>
+      </c>
+      <c r="F160" s="14">
+        <v>1083.24</v>
+      </c>
+      <c r="G160" s="40">
+        <v>975.92</v>
+      </c>
+      <c r="H160" s="18"/>
+      <c r="I160" s="14">
+        <v>988.51</v>
+      </c>
+      <c r="J160" s="14">
+        <v>977.39</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" ht="15.95">
+      <c r="B161" s="34"/>
+      <c r="C161" s="35"/>
+      <c r="D161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G161" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="18"/>
+      <c r="I161" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="2:10" ht="15.95">
+      <c r="B162" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C162" s="31"/>
+      <c r="D162" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E162" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F162" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G162" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H162" s="18"/>
+      <c r="I162" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J162" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="2:10" ht="15.95">
+      <c r="B163" s="32"/>
+      <c r="C163" s="33"/>
+      <c r="D163" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" s="13">
+        <v>15.6</v>
+      </c>
+      <c r="F163" s="13">
+        <v>13</v>
+      </c>
+      <c r="G163" s="39">
+        <v>20.6</v>
+      </c>
+      <c r="H163" s="18"/>
+      <c r="I163" s="13">
+        <v>20</v>
+      </c>
+      <c r="J163" s="13">
+        <v>17.600000000000001</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" ht="15.75">
+      <c r="B164" s="32"/>
+      <c r="C164" s="33"/>
+      <c r="D164" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E164" s="13">
+        <v>12</v>
+      </c>
+      <c r="F164" s="13">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="G164" s="39">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="H164" s="18"/>
+      <c r="I164" s="13">
+        <v>36</v>
+      </c>
+      <c r="J164" s="13">
+        <v>38.6</v>
+      </c>
+    </row>
+    <row r="165" spans="2:10" ht="15.95">
+      <c r="B165" s="32"/>
+      <c r="C165" s="33"/>
+      <c r="D165" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E165" s="14">
+        <v>31</v>
+      </c>
+      <c r="F165" s="14">
+        <v>35.4</v>
+      </c>
+      <c r="G165" s="40">
+        <v>57.6</v>
+      </c>
+      <c r="H165" s="18"/>
+      <c r="I165" s="14">
+        <v>58.8</v>
+      </c>
+      <c r="J165" s="14">
+        <v>58.6</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" ht="15.95">
+      <c r="B166" s="34"/>
+      <c r="C166" s="35"/>
+      <c r="D166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G166" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="18"/>
+      <c r="I166" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="2:10" ht="15.95">
+      <c r="B167" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C167" s="31"/>
+      <c r="D167" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E167" s="13">
+        <v>13.5</v>
+      </c>
+      <c r="F167" s="13">
+        <v>14.5</v>
+      </c>
+      <c r="G167" s="39">
+        <v>12.75</v>
+      </c>
+      <c r="H167" s="18"/>
+      <c r="I167" s="13">
+        <v>8.25</v>
+      </c>
+      <c r="J167" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="2:10" ht="15.95">
+      <c r="B168" s="32"/>
+      <c r="C168" s="33"/>
+      <c r="D168" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E168" s="13">
+        <v>16.25</v>
+      </c>
+      <c r="F168" s="13">
+        <v>35</v>
+      </c>
+      <c r="G168" s="39">
+        <v>25</v>
+      </c>
+      <c r="H168" s="18"/>
+      <c r="I168" s="13">
+        <v>18.75</v>
+      </c>
+      <c r="J168" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="169" spans="2:10" ht="15.75">
+      <c r="B169" s="32"/>
+      <c r="C169" s="33"/>
+      <c r="D169" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E169" s="13">
+        <v>37.25</v>
+      </c>
+      <c r="F169" s="13">
+        <v>21</v>
+      </c>
+      <c r="G169" s="39">
+        <v>22</v>
+      </c>
+      <c r="H169" s="18"/>
+      <c r="I169" s="13">
+        <v>25.5</v>
+      </c>
+      <c r="J169" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="170" spans="2:10" ht="15.95">
+      <c r="B170" s="32"/>
+      <c r="C170" s="33"/>
+      <c r="D170" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E170" s="14">
+        <v>67</v>
+      </c>
+      <c r="F170" s="14">
+        <v>70.5</v>
+      </c>
+      <c r="G170" s="40">
+        <v>59.75</v>
+      </c>
+      <c r="H170" s="18"/>
+      <c r="I170" s="14">
+        <v>52.5</v>
+      </c>
+      <c r="J170" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="2:10" ht="15.95">
+      <c r="B171" s="34"/>
+      <c r="C171" s="35"/>
+      <c r="D171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G171" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="18"/>
+      <c r="I171" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="2:10" ht="15.95">
+      <c r="B172" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C172" s="31"/>
+      <c r="D172" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F172" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G172" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="H172" s="18"/>
+      <c r="I172" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J172" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="173" spans="2:10" ht="15.95">
+      <c r="B173" s="32"/>
+      <c r="C173" s="33"/>
+      <c r="D173" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="13">
+        <v>31.77</v>
+      </c>
+      <c r="F173" s="13">
+        <v>25.05</v>
+      </c>
+      <c r="G173" s="39">
+        <v>29.13</v>
+      </c>
+      <c r="H173" s="18"/>
+      <c r="I173" s="13">
+        <v>25.87</v>
+      </c>
+      <c r="J173" s="13">
+        <v>32.56</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" ht="15.75">
+      <c r="B174" s="32"/>
+      <c r="C174" s="33"/>
+      <c r="D174" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" s="13">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="F174" s="13">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="G174" s="39">
+        <v>18.43</v>
+      </c>
+      <c r="H174" s="18"/>
+      <c r="I174" s="13">
+        <v>12.39</v>
+      </c>
+      <c r="J174" s="13">
+        <v>13.12</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" ht="15.95">
+      <c r="B175" s="32"/>
+      <c r="C175" s="33"/>
+      <c r="D175" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E175" s="14">
+        <v>50.27</v>
+      </c>
+      <c r="F175" s="14">
+        <v>48.05</v>
+      </c>
+      <c r="G175" s="40">
+        <v>50.3</v>
+      </c>
+      <c r="H175" s="18"/>
+      <c r="I175" s="14">
+        <v>42.3</v>
+      </c>
+      <c r="J175" s="14">
+        <v>49.68</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" ht="15.95">
+      <c r="B176" s="34"/>
+      <c r="C176" s="35"/>
+      <c r="D176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G176" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H176" s="18"/>
+      <c r="I176" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J176" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="177" spans="2:10" ht="15.95">
+      <c r="B177" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C177" s="31"/>
+      <c r="D177" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E177" s="13">
+        <v>12</v>
+      </c>
+      <c r="F177" s="13">
+        <v>10</v>
+      </c>
+      <c r="G177" s="39">
+        <v>10.33</v>
+      </c>
+      <c r="H177" s="18"/>
+      <c r="I177" s="13">
+        <v>17</v>
+      </c>
+      <c r="J177" s="13">
+        <v>22.25</v>
+      </c>
+    </row>
+    <row r="178" spans="2:10" ht="15.95">
+      <c r="B178" s="32"/>
+      <c r="C178" s="33"/>
+      <c r="D178" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E178" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F178" s="13">
+        <v>5.67</v>
+      </c>
+      <c r="G178" s="39">
+        <v>7</v>
+      </c>
+      <c r="H178" s="18"/>
+      <c r="I178" s="13">
+        <v>13.25</v>
+      </c>
+      <c r="J178" s="13">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" ht="15.75">
+      <c r="B179" s="32"/>
+      <c r="C179" s="33"/>
+      <c r="D179" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E179" s="13">
+        <v>27</v>
+      </c>
+      <c r="F179" s="13">
+        <v>17.670000000000002</v>
+      </c>
+      <c r="G179" s="39">
+        <v>21</v>
+      </c>
+      <c r="H179" s="18"/>
+      <c r="I179" s="13">
+        <v>22.5</v>
+      </c>
+      <c r="J179" s="13">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" spans="2:10" ht="15.95">
+      <c r="B180" s="32"/>
+      <c r="C180" s="33"/>
+      <c r="D180" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E180" s="14">
+        <v>41.33</v>
+      </c>
+      <c r="F180" s="14">
+        <v>33.33</v>
+      </c>
+      <c r="G180" s="40">
+        <v>38.33</v>
+      </c>
+      <c r="H180" s="18"/>
+      <c r="I180" s="14">
+        <v>52.75</v>
+      </c>
+      <c r="J180" s="14">
+        <v>57.75</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" ht="15.95">
+      <c r="B181" s="34"/>
+      <c r="C181" s="35"/>
+      <c r="D181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G181" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H181" s="18"/>
+      <c r="I181" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J181" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="182" spans="2:10" ht="15.95">
+      <c r="B182" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C182" s="31"/>
+      <c r="D182" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E182" s="13">
+        <v>22.22</v>
+      </c>
+      <c r="F182" s="13">
+        <v>18</v>
+      </c>
+      <c r="G182" s="39">
+        <v>18.55</v>
+      </c>
+      <c r="H182" s="18"/>
+      <c r="I182" s="13">
+        <v>12.36</v>
+      </c>
+      <c r="J182" s="13">
+        <v>13.18</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" ht="15.95">
+      <c r="B183" s="32"/>
+      <c r="C183" s="33"/>
+      <c r="D183" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="13">
+        <v>37.89</v>
+      </c>
+      <c r="F183" s="13">
+        <v>37.799999999999997</v>
+      </c>
+      <c r="G183" s="39">
+        <v>28.55</v>
+      </c>
+      <c r="H183" s="18"/>
+      <c r="I183" s="13">
+        <v>30.82</v>
+      </c>
+      <c r="J183" s="13">
+        <v>27.45</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" ht="15.75">
+      <c r="B184" s="32"/>
+      <c r="C184" s="33"/>
+      <c r="D184" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="13">
+        <v>57.78</v>
+      </c>
+      <c r="F184" s="13">
+        <v>47.7</v>
+      </c>
+      <c r="G184" s="39">
+        <v>60.73</v>
+      </c>
+      <c r="H184" s="18"/>
+      <c r="I184" s="13">
+        <v>67.64</v>
+      </c>
+      <c r="J184" s="13">
+        <v>59.55</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" ht="15.95">
+      <c r="B185" s="32"/>
+      <c r="C185" s="33"/>
+      <c r="D185" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E185" s="14">
+        <v>117.89</v>
+      </c>
+      <c r="F185" s="14">
+        <v>103.5</v>
+      </c>
+      <c r="G185" s="40">
+        <v>107.82</v>
+      </c>
+      <c r="H185" s="18"/>
+      <c r="I185" s="14">
+        <v>110.82</v>
+      </c>
+      <c r="J185" s="14">
+        <v>100.18</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" ht="15.95">
+      <c r="B186" s="34"/>
+      <c r="C186" s="35"/>
+      <c r="D186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G186" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H186" s="18"/>
+      <c r="I186" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J186" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="2:10" ht="15.95">
+      <c r="B187" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C187" s="31"/>
+      <c r="D187" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E187" s="13">
+        <v>225.81</v>
+      </c>
+      <c r="F187" s="13">
+        <v>205.67</v>
+      </c>
+      <c r="G187" s="39">
+        <v>213.92</v>
+      </c>
+      <c r="H187" s="18"/>
+      <c r="I187" s="13">
+        <v>222.15</v>
+      </c>
+      <c r="J187" s="13">
+        <v>185.61</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" ht="15.95">
+      <c r="B188" s="32"/>
+      <c r="C188" s="33"/>
+      <c r="D188" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="13">
+        <v>75.63</v>
+      </c>
+      <c r="F188" s="13">
+        <v>80.16</v>
+      </c>
+      <c r="G188" s="39">
+        <v>72.040000000000006</v>
+      </c>
+      <c r="H188" s="18"/>
+      <c r="I188" s="13">
+        <v>65.73</v>
+      </c>
+      <c r="J188" s="13">
+        <v>55.28</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" ht="15.75">
+      <c r="B189" s="32"/>
+      <c r="C189" s="33"/>
+      <c r="D189" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E189" s="13">
+        <v>189.59</v>
+      </c>
+      <c r="F189" s="13">
+        <v>210.59</v>
+      </c>
+      <c r="G189" s="39">
+        <v>201.62</v>
+      </c>
+      <c r="H189" s="18"/>
+      <c r="I189" s="13">
+        <v>194.87</v>
+      </c>
+      <c r="J189" s="13">
+        <v>169.41</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" ht="15.95">
+      <c r="B190" s="32"/>
+      <c r="C190" s="33"/>
+      <c r="D190" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E190" s="14">
+        <v>491.02</v>
+      </c>
+      <c r="F190" s="14">
+        <v>496.42</v>
+      </c>
+      <c r="G190" s="40">
+        <v>487.58</v>
+      </c>
+      <c r="H190" s="18"/>
+      <c r="I190" s="14">
+        <v>482.75</v>
+      </c>
+      <c r="J190" s="14">
+        <v>410.31</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" ht="15.95">
+      <c r="B191" s="34"/>
+      <c r="C191" s="35"/>
+      <c r="D191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G191" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H191" s="18"/>
+      <c r="I191" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J191" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="2:10" ht="15.95">
+      <c r="B192" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C192" s="31"/>
+      <c r="D192" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G192" s="39">
+        <v>6</v>
+      </c>
+      <c r="H192" s="18"/>
+      <c r="I192" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J192" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="193" spans="2:10" ht="15.95">
+      <c r="B193" s="32"/>
+      <c r="C193" s="33"/>
+      <c r="D193" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F193" s="13">
+        <v>7</v>
+      </c>
+      <c r="G193" s="39">
+        <v>20</v>
+      </c>
+      <c r="H193" s="18"/>
+      <c r="I193" s="13">
+        <v>11</v>
+      </c>
+      <c r="J193" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="194" spans="2:10" ht="15.75">
+      <c r="B194" s="32"/>
+      <c r="C194" s="33"/>
+      <c r="D194" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E194" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F194" s="13">
+        <v>59</v>
+      </c>
+      <c r="G194" s="39">
+        <v>123</v>
+      </c>
+      <c r="H194" s="18"/>
+      <c r="I194" s="13">
+        <v>7</v>
+      </c>
+      <c r="J194" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="195" spans="2:10" ht="15.95">
+      <c r="B195" s="32"/>
+      <c r="C195" s="33"/>
+      <c r="D195" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E195" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F195" s="14">
+        <v>68</v>
+      </c>
+      <c r="G195" s="40">
+        <v>149</v>
+      </c>
+      <c r="H195" s="18"/>
+      <c r="I195" s="14">
+        <v>20</v>
+      </c>
+      <c r="J195" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="2:10" ht="15.95">
+      <c r="B196" s="34"/>
+      <c r="C196" s="35"/>
+      <c r="D196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G196" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H196" s="18"/>
+      <c r="I196" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J196" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="2:10" ht="15.95">
+      <c r="B197" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C197" s="31"/>
+      <c r="D197" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E197" s="13">
+        <v>6</v>
+      </c>
+      <c r="F197" s="13">
+        <v>6.94</v>
+      </c>
+      <c r="G197" s="39">
+        <v>11.02</v>
+      </c>
+      <c r="H197" s="18"/>
+      <c r="I197" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="J197" s="13">
+        <v>13.1</v>
+      </c>
+    </row>
+    <row r="198" spans="2:10" ht="15.95">
+      <c r="B198" s="32"/>
+      <c r="C198" s="33"/>
+      <c r="D198" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E198" s="13">
+        <v>31.58</v>
+      </c>
+      <c r="F198" s="13">
+        <v>37.82</v>
+      </c>
+      <c r="G198" s="39">
+        <v>29.3</v>
+      </c>
+      <c r="H198" s="18"/>
+      <c r="I198" s="13">
+        <v>21.48</v>
+      </c>
+      <c r="J198" s="13">
+        <v>47.8</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" ht="15.75">
+      <c r="B199" s="32"/>
+      <c r="C199" s="33"/>
+      <c r="D199" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E199" s="13">
+        <v>274.26</v>
+      </c>
+      <c r="F199" s="13">
+        <v>246.65</v>
+      </c>
+      <c r="G199" s="39">
+        <v>160.18</v>
+      </c>
+      <c r="H199" s="18"/>
+      <c r="I199" s="13">
+        <v>19.690000000000001</v>
+      </c>
+      <c r="J199" s="13">
+        <v>304.13</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" ht="15.95">
+      <c r="B200" s="32"/>
+      <c r="C200" s="33"/>
+      <c r="D200" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E200" s="14">
+        <v>308.08999999999997</v>
+      </c>
+      <c r="F200" s="14">
+        <v>287.95</v>
+      </c>
+      <c r="G200" s="40">
+        <v>200.3</v>
+      </c>
+      <c r="H200" s="18"/>
+      <c r="I200" s="14">
+        <v>40.659999999999997</v>
+      </c>
+      <c r="J200" s="14">
+        <v>365.03</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" ht="15.95">
+      <c r="B201" s="34"/>
+      <c r="C201" s="35"/>
+      <c r="D201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G201" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H201" s="18"/>
+      <c r="I201" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J201" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="202" spans="2:10" ht="15.95">
+      <c r="B202" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C202" s="31"/>
+      <c r="D202" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E202" s="13">
+        <v>185.78</v>
+      </c>
+      <c r="F202" s="13">
+        <v>186.31</v>
+      </c>
+      <c r="G202" s="39">
+        <v>214.38</v>
+      </c>
+      <c r="H202" s="18"/>
+      <c r="I202" s="13">
+        <v>211.76</v>
+      </c>
+      <c r="J202" s="13">
+        <v>180.69</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" ht="15.95">
+      <c r="B203" s="32"/>
+      <c r="C203" s="33"/>
+      <c r="D203" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" s="13">
+        <v>389.98</v>
+      </c>
+      <c r="F203" s="13">
+        <v>346.37</v>
+      </c>
+      <c r="G203" s="39">
+        <v>310.23</v>
+      </c>
+      <c r="H203" s="18"/>
+      <c r="I203" s="13">
+        <v>287.16000000000003</v>
+      </c>
+      <c r="J203" s="13">
+        <v>243.8</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" ht="15.75">
+      <c r="B204" s="32"/>
+      <c r="C204" s="33"/>
+      <c r="D204" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E204" s="13">
+        <v>355.69</v>
+      </c>
+      <c r="F204" s="13">
+        <v>380.79</v>
+      </c>
+      <c r="G204" s="39">
+        <v>367.58</v>
+      </c>
+      <c r="H204" s="18"/>
+      <c r="I204" s="13">
+        <v>367.93</v>
+      </c>
+      <c r="J204" s="13">
+        <v>310.99</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" ht="15.95">
+      <c r="B205" s="32"/>
+      <c r="C205" s="33"/>
+      <c r="D205" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E205" s="14">
+        <v>929.52</v>
+      </c>
+      <c r="F205" s="14">
+        <v>908.39</v>
+      </c>
+      <c r="G205" s="40">
+        <v>892.19</v>
+      </c>
+      <c r="H205" s="18"/>
+      <c r="I205" s="14">
+        <v>866.84</v>
+      </c>
+      <c r="J205" s="14">
+        <v>734.57</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" ht="15.95">
+      <c r="B206" s="34"/>
+      <c r="C206" s="35"/>
+      <c r="D206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G206" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H206" s="18"/>
+      <c r="I206" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J206" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="207" spans="2:10" ht="15.95">
+      <c r="B207" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="C207" s="31"/>
+      <c r="D207" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E207" s="13">
+        <v>36.4</v>
+      </c>
+      <c r="F207" s="13">
+        <v>20</v>
+      </c>
+      <c r="G207" s="39">
+        <v>29.6</v>
+      </c>
+      <c r="H207" s="18"/>
+      <c r="I207" s="13">
+        <v>27.5</v>
+      </c>
+      <c r="J207" s="13">
+        <v>27.67</v>
+      </c>
+    </row>
+    <row r="208" spans="2:10" ht="15.95">
+      <c r="B208" s="32"/>
+      <c r="C208" s="33"/>
+      <c r="D208" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" s="13">
+        <v>72</v>
+      </c>
+      <c r="F208" s="13">
+        <v>53.4</v>
+      </c>
+      <c r="G208" s="39">
+        <v>61</v>
+      </c>
+      <c r="H208" s="18"/>
+      <c r="I208" s="13">
+        <v>61.83</v>
+      </c>
+      <c r="J208" s="13">
+        <v>62.5</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" ht="15.75">
+      <c r="B209" s="32"/>
+      <c r="C209" s="33"/>
+      <c r="D209" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E209" s="13">
+        <v>69.400000000000006</v>
+      </c>
+      <c r="F209" s="13">
+        <v>67.599999999999994</v>
+      </c>
+      <c r="G209" s="39">
+        <v>61.8</v>
+      </c>
+      <c r="H209" s="18"/>
+      <c r="I209" s="13">
+        <v>64.5</v>
+      </c>
+      <c r="J209" s="13">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" ht="15.95">
+      <c r="B210" s="32"/>
+      <c r="C210" s="33"/>
+      <c r="D210" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E210" s="14">
+        <v>177.8</v>
+      </c>
+      <c r="F210" s="14">
+        <v>141</v>
+      </c>
+      <c r="G210" s="40">
+        <v>152.4</v>
+      </c>
+      <c r="H210" s="18"/>
+      <c r="I210" s="14">
+        <v>153.83000000000001</v>
+      </c>
+      <c r="J210" s="14">
+        <v>155.16999999999999</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" ht="15.95">
+      <c r="B211" s="34"/>
+      <c r="C211" s="35"/>
+      <c r="D211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G211" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H211" s="18"/>
+      <c r="I211" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J211" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="212" spans="2:10" ht="15.95">
+      <c r="B212" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C212" s="31"/>
+      <c r="D212" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E212" s="13">
+        <v>15</v>
+      </c>
+      <c r="F212" s="13">
+        <v>8.25</v>
+      </c>
+      <c r="G212" s="39">
+        <v>9.5</v>
+      </c>
+      <c r="H212" s="18"/>
+      <c r="I212" s="13">
+        <v>14</v>
+      </c>
+      <c r="J212" s="13">
+        <v>13.33</v>
+      </c>
+    </row>
+    <row r="213" spans="2:10" ht="15.95">
+      <c r="B213" s="32"/>
+      <c r="C213" s="33"/>
+      <c r="D213" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213" s="13">
+        <v>67</v>
+      </c>
+      <c r="F213" s="13">
+        <v>61</v>
+      </c>
+      <c r="G213" s="39">
+        <v>60.75</v>
+      </c>
+      <c r="H213" s="18"/>
+      <c r="I213" s="13">
+        <v>52.75</v>
+      </c>
+      <c r="J213" s="13">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" ht="15.75">
+      <c r="B214" s="32"/>
+      <c r="C214" s="33"/>
+      <c r="D214" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E214" s="13">
+        <v>23.75</v>
+      </c>
+      <c r="F214" s="13">
+        <v>17.5</v>
+      </c>
+      <c r="G214" s="39">
+        <v>19.5</v>
+      </c>
+      <c r="H214" s="18"/>
+      <c r="I214" s="13">
+        <v>25.25</v>
+      </c>
+      <c r="J214" s="13">
+        <v>29.33</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" ht="15.95">
+      <c r="B215" s="32"/>
+      <c r="C215" s="33"/>
+      <c r="D215" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E215" s="14">
+        <v>105.75</v>
+      </c>
+      <c r="F215" s="14">
+        <v>86.75</v>
+      </c>
+      <c r="G215" s="40">
+        <v>89.75</v>
+      </c>
+      <c r="H215" s="18"/>
+      <c r="I215" s="14">
+        <v>92</v>
+      </c>
+      <c r="J215" s="14">
+        <v>100.67</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" ht="15.95">
+      <c r="B216" s="34"/>
+      <c r="C216" s="35"/>
+      <c r="D216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G216" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H216" s="18"/>
+      <c r="I216" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J216" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="217" spans="2:10" ht="15.95">
+      <c r="B217" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C217" s="31"/>
+      <c r="D217" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E217" s="13">
+        <v>5.1100000000000003</v>
+      </c>
+      <c r="F217" s="13">
+        <v>6.41</v>
+      </c>
+      <c r="G217" s="39">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="H217" s="18"/>
+      <c r="I217" s="13">
+        <v>6.47</v>
+      </c>
+      <c r="J217" s="13">
+        <v>5.71</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" ht="15.95">
+      <c r="B218" s="32"/>
+      <c r="C218" s="33"/>
+      <c r="D218" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E218" s="13">
+        <v>30.11</v>
+      </c>
+      <c r="F218" s="13">
+        <v>37.909999999999997</v>
+      </c>
+      <c r="G218" s="39">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="H218" s="18"/>
+      <c r="I218" s="13">
+        <v>33.74</v>
+      </c>
+      <c r="J218" s="13">
+        <v>21.82</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" ht="15.75">
+      <c r="B219" s="32"/>
+      <c r="C219" s="33"/>
+      <c r="D219" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E219" s="13">
+        <v>24.37</v>
+      </c>
+      <c r="F219" s="13">
+        <v>17.350000000000001</v>
+      </c>
+      <c r="G219" s="39">
+        <v>19.84</v>
+      </c>
+      <c r="H219" s="18"/>
+      <c r="I219" s="13">
+        <v>14.77</v>
+      </c>
+      <c r="J219" s="13">
+        <v>26.54</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" ht="15.95">
+      <c r="B220" s="32"/>
+      <c r="C220" s="33"/>
+      <c r="D220" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E220" s="14">
+        <v>59.59</v>
+      </c>
+      <c r="F220" s="14">
+        <v>61.68</v>
+      </c>
+      <c r="G220" s="40">
+        <v>64.349999999999994</v>
+      </c>
+      <c r="H220" s="18"/>
+      <c r="I220" s="14">
+        <v>54.77</v>
+      </c>
+      <c r="J220" s="14">
+        <v>54.07</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" ht="15.95">
+      <c r="B221" s="34"/>
+      <c r="C221" s="35"/>
+      <c r="D221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G221" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H221" s="18"/>
+      <c r="I221" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J221" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="222" spans="2:10" ht="15.95">
+      <c r="B222" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C222" s="31"/>
+      <c r="D222" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E222" s="13">
+        <v>6.1</v>
+      </c>
+      <c r="F222" s="13">
+        <v>7.81</v>
+      </c>
+      <c r="G222" s="39">
+        <v>15.22</v>
+      </c>
+      <c r="H222" s="18"/>
+      <c r="I222" s="13">
+        <v>12.56</v>
+      </c>
+      <c r="J222" s="13">
+        <v>17.190000000000001</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" ht="15.95">
+      <c r="B223" s="32"/>
+      <c r="C223" s="33"/>
+      <c r="D223" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E223" s="13">
+        <v>27.41</v>
+      </c>
+      <c r="F223" s="13">
+        <v>35.76</v>
+      </c>
+      <c r="G223" s="39">
+        <v>45.44</v>
+      </c>
+      <c r="H223" s="18"/>
+      <c r="I223" s="13">
+        <v>42.33</v>
+      </c>
+      <c r="J223" s="13">
+        <v>39.630000000000003</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" ht="15.75">
+      <c r="B224" s="32"/>
+      <c r="C224" s="33"/>
+      <c r="D224" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E224" s="13">
+        <v>59.75</v>
+      </c>
+      <c r="F224" s="13">
+        <v>68.349999999999994</v>
+      </c>
+      <c r="G224" s="39">
+        <v>66.75</v>
+      </c>
+      <c r="H224" s="18"/>
+      <c r="I224" s="13">
+        <v>75.62</v>
+      </c>
+      <c r="J224" s="13">
+        <v>81.88</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" ht="15.95">
+      <c r="B225" s="32"/>
+      <c r="C225" s="33"/>
+      <c r="D225" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E225" s="14">
+        <v>93.19</v>
+      </c>
+      <c r="F225" s="14">
+        <v>111.13</v>
+      </c>
+      <c r="G225" s="40">
+        <v>127.41</v>
+      </c>
+      <c r="H225" s="18"/>
+      <c r="I225" s="14">
+        <v>130.52000000000001</v>
+      </c>
+      <c r="J225" s="14">
+        <v>138.69999999999999</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" ht="15.95">
+      <c r="B226" s="34"/>
+      <c r="C226" s="35"/>
+      <c r="D226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G226" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H226" s="18"/>
+      <c r="I226" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J226" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="227" spans="2:10" ht="15.95">
+      <c r="B227" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C227" s="31"/>
+      <c r="D227" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E227" s="13">
+        <v>160.29</v>
+      </c>
+      <c r="F227" s="13">
+        <v>180.28</v>
+      </c>
+      <c r="G227" s="39">
+        <v>154.61000000000001</v>
+      </c>
+      <c r="H227" s="18"/>
+      <c r="I227" s="13">
+        <v>131.09</v>
+      </c>
+      <c r="J227" s="13">
+        <v>112.41</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" ht="15.95">
+      <c r="B228" s="32"/>
+      <c r="C228" s="33"/>
+      <c r="D228" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E228" s="13">
+        <v>168.05</v>
+      </c>
+      <c r="F228" s="13">
+        <v>189.21</v>
+      </c>
+      <c r="G228" s="39">
+        <v>175.12</v>
+      </c>
+      <c r="H228" s="18"/>
+      <c r="I228" s="13">
+        <v>159.52000000000001</v>
+      </c>
+      <c r="J228" s="13">
+        <v>139.19</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" ht="15.75">
+      <c r="B229" s="32"/>
+      <c r="C229" s="33"/>
+      <c r="D229" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E229" s="13">
+        <v>443.59</v>
+      </c>
+      <c r="F229" s="13">
+        <v>577.73</v>
+      </c>
+      <c r="G229" s="39">
+        <v>529.73</v>
+      </c>
+      <c r="H229" s="18"/>
+      <c r="I229" s="13">
+        <v>427.03</v>
+      </c>
+      <c r="J229" s="13">
+        <v>387.47</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" ht="15.95">
+      <c r="B230" s="32"/>
+      <c r="C230" s="33"/>
+      <c r="D230" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E230" s="14">
+        <v>771.93</v>
+      </c>
+      <c r="F230" s="14">
+        <v>947.21</v>
+      </c>
+      <c r="G230" s="40">
+        <v>859.46</v>
+      </c>
+      <c r="H230" s="18"/>
+      <c r="I230" s="14">
+        <v>717.64</v>
+      </c>
+      <c r="J230" s="14">
+        <v>639.07000000000005</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" ht="15.95">
+      <c r="B231" s="34"/>
+      <c r="C231" s="35"/>
+      <c r="D231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G231" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H231" s="18"/>
+      <c r="I231" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J231" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="232" spans="2:10" ht="15.95">
+      <c r="B232" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="C232" s="31"/>
+      <c r="D232" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E232" s="13">
+        <v>169.93</v>
+      </c>
+      <c r="F232" s="13">
+        <v>177.11</v>
+      </c>
+      <c r="G232" s="39">
+        <v>183.84</v>
+      </c>
+      <c r="H232" s="18"/>
+      <c r="I232" s="13">
+        <v>151.21</v>
+      </c>
+      <c r="J232" s="13">
+        <v>154.82</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" ht="15.95">
+      <c r="B233" s="32"/>
+      <c r="C233" s="33"/>
+      <c r="D233" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E233" s="13">
+        <v>399.13</v>
+      </c>
+      <c r="F233" s="13">
+        <v>425.51</v>
+      </c>
+      <c r="G233" s="39">
+        <v>437.78</v>
+      </c>
+      <c r="H233" s="18"/>
+      <c r="I233" s="13">
+        <v>464.83</v>
+      </c>
+      <c r="J233" s="13">
+        <v>413.65</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" ht="15.75">
+      <c r="B234" s="32"/>
+      <c r="C234" s="33"/>
+      <c r="D234" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E234" s="13">
+        <v>494.04</v>
+      </c>
+      <c r="F234" s="13">
+        <v>519.29</v>
+      </c>
+      <c r="G234" s="39">
+        <v>484.37</v>
+      </c>
+      <c r="H234" s="18"/>
+      <c r="I234" s="13">
+        <v>444.98</v>
+      </c>
+      <c r="J234" s="13">
+        <v>419.57</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" ht="15.95">
+      <c r="B235" s="32"/>
+      <c r="C235" s="33"/>
+      <c r="D235" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E235" s="14">
+        <v>1060.57</v>
+      </c>
+      <c r="F235" s="14">
+        <v>1121.92</v>
+      </c>
+      <c r="G235" s="40">
+        <v>1105.99</v>
+      </c>
+      <c r="H235" s="18"/>
+      <c r="I235" s="14">
+        <v>1061.01</v>
+      </c>
+      <c r="J235" s="14">
+        <v>988.04</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" ht="15.95">
+      <c r="B236" s="34"/>
+      <c r="C236" s="35"/>
+      <c r="D236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G236" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H236" s="18"/>
+      <c r="I236" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J236" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="237" spans="2:10" ht="15.95">
+      <c r="B237" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="C237" s="31"/>
+      <c r="D237" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E237" s="13">
+        <v>6.52</v>
+      </c>
+      <c r="F237" s="13">
+        <v>7.44</v>
+      </c>
+      <c r="G237" s="39">
+        <v>7</v>
+      </c>
+      <c r="H237" s="18"/>
+      <c r="I237" s="13">
+        <v>7.72</v>
+      </c>
+      <c r="J237" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="238" spans="2:10" ht="15.95">
+      <c r="B238" s="32"/>
+      <c r="C238" s="33"/>
+      <c r="D238" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E238" s="13">
+        <v>48.39</v>
+      </c>
+      <c r="F238" s="13">
+        <v>48.62</v>
+      </c>
+      <c r="G238" s="39">
+        <v>49.59</v>
+      </c>
+      <c r="H238" s="18"/>
+      <c r="I238" s="13">
+        <v>51.22</v>
+      </c>
+      <c r="J238" s="13">
+        <v>36.31</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" ht="15.75">
+      <c r="B239" s="32"/>
+      <c r="C239" s="33"/>
+      <c r="D239" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E239" s="13">
+        <v>67.61</v>
+      </c>
+      <c r="F239" s="13">
+        <v>92.03</v>
+      </c>
+      <c r="G239" s="39">
+        <v>84.29</v>
+      </c>
+      <c r="H239" s="18"/>
+      <c r="I239" s="13">
+        <v>90.25</v>
+      </c>
+      <c r="J239" s="13">
+        <v>81.67</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" ht="15.95">
+      <c r="B240" s="32"/>
+      <c r="C240" s="33"/>
+      <c r="D240" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E240" s="14">
+        <v>122.52</v>
+      </c>
+      <c r="F240" s="14">
+        <v>148.09</v>
+      </c>
+      <c r="G240" s="40">
+        <v>140.88</v>
+      </c>
+      <c r="H240" s="18"/>
+      <c r="I240" s="14">
+        <v>149.19</v>
+      </c>
+      <c r="J240" s="14">
+        <v>121.22</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" ht="15.95">
+      <c r="B241" s="34"/>
+      <c r="C241" s="35"/>
+      <c r="D241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G241" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H241" s="18"/>
+      <c r="I241" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J241" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="242" spans="2:10" ht="15.95">
+      <c r="B242" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C242" s="31"/>
+      <c r="D242" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E242" s="13">
+        <v>180.98</v>
+      </c>
+      <c r="F242" s="13">
+        <v>155.13999999999999</v>
+      </c>
+      <c r="G242" s="39">
+        <v>156.78</v>
+      </c>
+      <c r="H242" s="18"/>
+      <c r="I242" s="13">
+        <v>148.9</v>
+      </c>
+      <c r="J242" s="13">
+        <v>138.12</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" ht="15.95">
+      <c r="B243" s="32"/>
+      <c r="C243" s="33"/>
+      <c r="D243" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E243" s="13">
+        <v>163.44999999999999</v>
+      </c>
+      <c r="F243" s="13">
+        <v>175.28</v>
+      </c>
+      <c r="G243" s="39">
+        <v>174.26</v>
+      </c>
+      <c r="H243" s="18"/>
+      <c r="I243" s="13">
+        <v>176.41</v>
+      </c>
+      <c r="J243" s="13">
+        <v>157.66</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" ht="15.75">
+      <c r="B244" s="32"/>
+      <c r="C244" s="33"/>
+      <c r="D244" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E244" s="13">
+        <v>346.92</v>
+      </c>
+      <c r="F244" s="13">
+        <v>333.14</v>
+      </c>
+      <c r="G244" s="39">
+        <v>335.38</v>
+      </c>
+      <c r="H244" s="18"/>
+      <c r="I244" s="13">
+        <v>349.56</v>
+      </c>
+      <c r="J244" s="13">
+        <v>337.62</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" ht="15.95">
+      <c r="B245" s="32"/>
+      <c r="C245" s="33"/>
+      <c r="D245" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E245" s="14">
+        <v>688.16</v>
+      </c>
+      <c r="F245" s="14">
+        <v>661.59</v>
+      </c>
+      <c r="G245" s="40">
+        <v>663.45</v>
+      </c>
+      <c r="H245" s="18"/>
+      <c r="I245" s="14">
+        <v>674.88</v>
+      </c>
+      <c r="J245" s="14">
+        <v>633.4</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" ht="15.95">
+      <c r="B246" s="34"/>
+      <c r="C246" s="35"/>
+      <c r="D246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G246" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H246" s="18"/>
+      <c r="I246" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J246" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="247" spans="2:10" ht="15.95">
+      <c r="B247" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="C247" s="31"/>
+      <c r="D247" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E247" s="13">
+        <v>31.28</v>
+      </c>
+      <c r="F247" s="13">
+        <v>33.479999999999997</v>
+      </c>
+      <c r="G247" s="39">
+        <v>28.56</v>
+      </c>
+      <c r="H247" s="18"/>
+      <c r="I247" s="13">
+        <v>23.06</v>
+      </c>
+      <c r="J247" s="13">
+        <v>19.93</v>
+      </c>
+    </row>
+    <row r="248" spans="2:10" ht="15.95">
+      <c r="B248" s="32"/>
+      <c r="C248" s="33"/>
+      <c r="D248" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E248" s="13">
+        <v>27.05</v>
+      </c>
+      <c r="F248" s="13">
+        <v>32.69</v>
+      </c>
+      <c r="G248" s="39">
+        <v>43.67</v>
+      </c>
+      <c r="H248" s="18"/>
+      <c r="I248" s="13">
+        <v>27.34</v>
+      </c>
+      <c r="J248" s="13">
+        <v>28.79</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" ht="15.75">
+      <c r="B249" s="32"/>
+      <c r="C249" s="33"/>
+      <c r="D249" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E249" s="13">
+        <v>292.14999999999998</v>
+      </c>
+      <c r="F249" s="13">
+        <v>265.97000000000003</v>
+      </c>
+      <c r="G249" s="39">
+        <v>178.06</v>
+      </c>
+      <c r="H249" s="18"/>
+      <c r="I249" s="13">
+        <v>160.52000000000001</v>
+      </c>
+      <c r="J249" s="13">
+        <v>132.16999999999999</v>
+      </c>
+    </row>
+    <row r="250" spans="2:10" ht="15.95">
+      <c r="B250" s="32"/>
+      <c r="C250" s="33"/>
+      <c r="D250" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E250" s="14">
+        <v>350.48</v>
+      </c>
+      <c r="F250" s="14">
+        <v>332.13</v>
+      </c>
+      <c r="G250" s="40">
+        <v>250.28</v>
+      </c>
+      <c r="H250" s="18"/>
+      <c r="I250" s="14">
+        <v>210.92</v>
+      </c>
+      <c r="J250" s="14">
+        <v>180.89</v>
+      </c>
+    </row>
+    <row r="251" spans="2:10" ht="15.95">
+      <c r="B251" s="34"/>
+      <c r="C251" s="35"/>
+      <c r="D251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G251" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H251" s="18"/>
+      <c r="I251" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J251" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="252" spans="2:10" ht="15.95">
+      <c r="B252" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C252" s="31"/>
+      <c r="D252" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E252" s="13">
+        <v>12.09</v>
+      </c>
+      <c r="F252" s="13">
+        <v>11.93</v>
+      </c>
+      <c r="G252" s="39">
+        <v>11.56</v>
+      </c>
+      <c r="H252" s="18"/>
+      <c r="I252" s="13">
+        <v>6.13</v>
+      </c>
+      <c r="J252" s="13">
+        <v>11.69</v>
+      </c>
+    </row>
+    <row r="253" spans="2:10" ht="15.95">
+      <c r="B253" s="32"/>
+      <c r="C253" s="33"/>
+      <c r="D253" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E253" s="13">
+        <v>34.119999999999997</v>
+      </c>
+      <c r="F253" s="13">
+        <v>36.33</v>
+      </c>
+      <c r="G253" s="39">
+        <v>34.35</v>
+      </c>
+      <c r="H253" s="18"/>
+      <c r="I253" s="13">
+        <v>40.880000000000003</v>
+      </c>
+      <c r="J253" s="13">
+        <v>41.75</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" ht="15.75">
+      <c r="B254" s="32"/>
+      <c r="C254" s="33"/>
+      <c r="D254" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E254" s="13">
+        <v>84.5</v>
+      </c>
+      <c r="F254" s="13">
+        <v>72.989999999999995</v>
+      </c>
+      <c r="G254" s="39">
+        <v>81.290000000000006</v>
+      </c>
+      <c r="H254" s="18"/>
+      <c r="I254" s="13">
+        <v>93.29</v>
+      </c>
+      <c r="J254" s="13">
+        <v>85.36</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" ht="15.95">
+      <c r="B255" s="32"/>
+      <c r="C255" s="33"/>
+      <c r="D255" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E255" s="14">
+        <v>130.71</v>
+      </c>
+      <c r="F255" s="14">
+        <v>121.25</v>
+      </c>
+      <c r="G255" s="40">
+        <v>127.19</v>
+      </c>
+      <c r="H255" s="18"/>
+      <c r="I255" s="14">
+        <v>140.30000000000001</v>
+      </c>
+      <c r="J255" s="14">
+        <v>138.80000000000001</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" ht="15.95">
+      <c r="B256" s="34"/>
+      <c r="C256" s="35"/>
+      <c r="D256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="G256" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="18"/>
+      <c r="I256" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="2:7" ht="18.75" customHeight="1"/>
+    <row r="258" spans="2:7" ht="43.15" customHeight="1">
+      <c r="B258" s="26" t="s">
+        <v>80</v>
+      </c>
+      <c r="C258" s="41"/>
+      <c r="D258" s="41"/>
+      <c r="E258" s="41"/>
+      <c r="F258" s="41"/>
+      <c r="G258" s="41"/>
+    </row>
+    <row r="259" spans="2:7" ht="18" customHeight="1">
+      <c r="B259" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="C259" s="41"/>
+      <c r="D259" s="41"/>
+      <c r="E259" s="41"/>
+      <c r="F259" s="41"/>
+      <c r="G259" s="41"/>
+    </row>
+    <row r="260" spans="2:7" ht="52.7" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="307">
+    <mergeCell ref="B258:G258"/>
+    <mergeCell ref="B259:G259"/>
+    <mergeCell ref="B252:C256"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B247:C251"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
     <mergeCell ref="B17:C21"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G18:H18"/>
     <mergeCell ref="G19:H19"/>
     <mergeCell ref="G20:H20"/>
     <mergeCell ref="G21:H21"/>
-    <mergeCell ref="B22:C26"/>
-[...8123 lines deleted...]
-    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
     <mergeCell ref="B7:C11"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
-    <mergeCell ref="B12:C16"/>
-[...7584 lines deleted...]
-  <mergeCells>
     <mergeCell ref="B4:L4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="E5:J5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="G6:H6"/>
-    <mergeCell ref="B7:C11"/>
-[...300 lines deleted...]
-    <mergeCell ref="B259:G259"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId16"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c2d27576f286ceb2e8f49e8e43e46ba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b7f5610f0a9127ab9d7c0d2dbcb5982" ns1:_="" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1637a0de158fc4e00f2c534a36e6018b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -24770,174 +20898,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-143139</_dlc_DocId>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
-[...5 lines deleted...]
-    </_dlc_DocIdUrl>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
+    <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145136</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145136</Url>
+      <Description>TQ32YHM4J7VE-1507329340-145136</Description>
+    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9864F12C-FCB2-4FE8-9DE8-D543370166A2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B9D2D6D-FA44-49E1-AD31-10A84FA3A062}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89749612-CCA2-4798-8F88-CD5B963D3D13}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDD002FD-7E6D-4A5D-850A-D860CEAA1D6D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3685AB2C-E805-469D-B024-CF429D17B4F9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27991FC2-5DC1-4F2C-A75A-6B7013C26ED9}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27697384-3FC8-4011-8FEA-B76F8EAAEF75}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E9716C0-67DF-49FE-9C06-CFA281BD88D3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...28 lines deleted...]
-  <Application>Microsoft Excel</Application>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
+  <Company/>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>37a2d103-4be3-404c-b55c-277011e7063f</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>ddeecbbb-82c7-49fd-afc3-8efde9a91495</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>