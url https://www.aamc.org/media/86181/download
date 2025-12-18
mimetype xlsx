--- v1 (2025-11-06)
+++ v2 (2025-12-18)
@@ -1,90 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="11_B2E46AEB8B396CD590A5896FAC9C09122D763B1A" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1-my.sharepoint.com/personal/jwimsatt_aamc_org/Documents/G-Drive/ERAS/Dashboard Job Aids/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B5BAD4C3-062E-45BD-8CA4-23A09590AFC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Residency Overall" sheetId="1" r:id="rId1"/>
     <sheet name="Residency Applicants" sheetId="2" r:id="rId2"/>
     <sheet name="Residency Avg Apps" sheetId="3" r:id="rId3"/>
     <sheet name="Residency Avg Apps Per Program" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Residency Overall'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Residency Applicants'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Residency Avg Apps'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Residency Avg Apps Per Program'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Residency Overall'!$1:$2</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2285" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2282" uniqueCount="81">
   <si>
-    <t>As of 5/31 of prior seasons. As of 11/3/2025 of current (ERAS 2026) season.</t>
+    <t>As of 5/31 of prior seasons. As of 12/4/2025 of current (ERAS 2026) season.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>ERAS 2022</t>
   </si>
   <si>
     <t>ERAS 2023</t>
   </si>
   <si>
     <t>ERAS 2024</t>
   </si>
   <si>
     <t>ERAS 2025</t>
   </si>
   <si>
     <t>ERAS 2026</t>
   </si>
   <si>
     <t>Applied</t>
   </si>
   <si>
     <t xml:space="preserve">   DO</t>
   </si>
@@ -291,51 +307,51 @@
   </si>
   <si>
     <t>Urology</t>
   </si>
   <si>
     <t>Vascular Surgery - Integrated</t>
   </si>
   <si>
     <t>Average Applications Submitted</t>
   </si>
   <si>
     <t>Average Applications per Program</t>
   </si>
   <si>
     <t>Overall AVGs are based on the unique programs applied to by all applicant types, the denominator could be different for an individual applicant type depending on the number of unique programs applied to. In some cases you can't add them together to give you the overall AVG. Calculations are also performed before rounding.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-10409]#,##0;\-#,##0"/>
     <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00;\-#,##0.00"/>
   </numFmts>
-  <fonts count="12">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -569,128 +585,128 @@
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="005B9BD5"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
@@ -1234,19392 +1250,19333 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:M22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.5703125" customWidth="1"/>
     <col min="2" max="3" width="0.42578125" customWidth="1"/>
     <col min="4" max="4" width="0" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="23.28515625" customWidth="1"/>
     <col min="6" max="6" width="4.140625" customWidth="1"/>
     <col min="7" max="7" width="17" customWidth="1"/>
     <col min="8" max="8" width="17.140625" customWidth="1"/>
     <col min="9" max="9" width="17" customWidth="1"/>
     <col min="10" max="10" width="17.140625" customWidth="1"/>
     <col min="11" max="11" width="5.7109375" customWidth="1"/>
     <col min="12" max="12" width="11.42578125" customWidth="1"/>
     <col min="13" max="13" width="24.28515625" customWidth="1"/>
     <col min="14" max="14" width="54" customWidth="1"/>
     <col min="15" max="15" width="2.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="3.6" customHeight="1"/>
-[...3 lines deleted...]
-      <c r="D4" s="15" t="s">
+    <row r="1" spans="2:13" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:13" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:13" ht="7.15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="E4" s="41"/>
-[...10 lines deleted...]
-    <row r="6" spans="2:13" ht="18">
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+      <c r="M4" s="16"/>
+    </row>
+    <row r="5" spans="2:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B6" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="16" t="s">
-[...3 lines deleted...]
-      <c r="F6" s="18"/>
+      <c r="D6" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="E6" s="21"/>
+      <c r="F6" s="22"/>
       <c r="G6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>3</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="K6" s="19" t="s">
+      <c r="K6" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="L6" s="18"/>
-[...2 lines deleted...]
-      <c r="B7" s="20">
+      <c r="L6" s="22"/>
+    </row>
+    <row r="7" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B7" s="17">
         <v>1</v>
       </c>
       <c r="C7" s="4">
         <v>1</v>
       </c>
-      <c r="D7" s="23" t="s">
+      <c r="D7" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="17"/>
-      <c r="F7" s="18"/>
+      <c r="E7" s="21"/>
+      <c r="F7" s="22"/>
       <c r="G7" s="6">
         <v>49737</v>
       </c>
       <c r="H7" s="6">
         <v>49926</v>
       </c>
       <c r="I7" s="6">
         <v>51816</v>
       </c>
       <c r="J7" s="6">
         <v>52051</v>
       </c>
-      <c r="K7" s="24">
-[...5 lines deleted...]
-      <c r="B8" s="21"/>
+      <c r="K7" s="23">
+        <v>49444</v>
+      </c>
+      <c r="L7" s="22"/>
+    </row>
+    <row r="8" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B8" s="18"/>
       <c r="C8" s="4">
         <v>2</v>
       </c>
-      <c r="D8" s="23" t="s">
+      <c r="D8" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="E8" s="17"/>
-      <c r="F8" s="18"/>
+      <c r="E8" s="21"/>
+      <c r="F8" s="22"/>
       <c r="G8" s="7">
         <v>8569</v>
       </c>
       <c r="H8" s="7">
         <v>8686</v>
       </c>
       <c r="I8" s="7">
         <v>9285</v>
       </c>
       <c r="J8" s="7">
         <v>9420</v>
       </c>
-      <c r="K8" s="25">
-[...5 lines deleted...]
-      <c r="B9" s="21"/>
+      <c r="K8" s="24">
+        <v>8336</v>
+      </c>
+      <c r="L8" s="22"/>
+    </row>
+    <row r="9" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B9" s="18"/>
       <c r="C9" s="4">
         <v>3</v>
       </c>
-      <c r="D9" s="23" t="s">
+      <c r="D9" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="E9" s="17"/>
-      <c r="F9" s="18"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="22"/>
       <c r="G9" s="7">
         <v>17992</v>
       </c>
       <c r="H9" s="7">
         <v>18539</v>
       </c>
       <c r="I9" s="7">
         <v>19874</v>
       </c>
       <c r="J9" s="7">
         <v>20756</v>
       </c>
-      <c r="K9" s="25">
-[...5 lines deleted...]
-      <c r="B10" s="22"/>
+      <c r="K9" s="24">
+        <v>20105</v>
+      </c>
+      <c r="L9" s="22"/>
+    </row>
+    <row r="10" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B10" s="19"/>
       <c r="C10" s="4">
         <v>4</v>
       </c>
-      <c r="D10" s="23" t="s">
+      <c r="D10" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="E10" s="17"/>
-      <c r="F10" s="18"/>
+      <c r="E10" s="21"/>
+      <c r="F10" s="22"/>
       <c r="G10" s="7">
         <v>23176</v>
       </c>
       <c r="H10" s="7">
         <v>22701</v>
       </c>
       <c r="I10" s="7">
         <v>22657</v>
       </c>
       <c r="J10" s="7">
         <v>21875</v>
       </c>
-      <c r="K10" s="25">
-[...5 lines deleted...]
-      <c r="B11" s="20">
+      <c r="K10" s="24">
+        <v>21003</v>
+      </c>
+      <c r="L10" s="22"/>
+    </row>
+    <row r="11" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B11" s="17">
         <v>2</v>
       </c>
       <c r="C11" s="4">
         <v>1</v>
       </c>
-      <c r="D11" s="23" t="s">
+      <c r="D11" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="E11" s="17"/>
-      <c r="F11" s="18"/>
+      <c r="E11" s="21"/>
+      <c r="F11" s="22"/>
       <c r="G11" s="6">
         <v>50865</v>
       </c>
       <c r="H11" s="6">
         <v>51003</v>
       </c>
       <c r="I11" s="6">
         <v>53007</v>
       </c>
       <c r="J11" s="6">
         <v>53266</v>
       </c>
-      <c r="K11" s="24">
-[...5 lines deleted...]
-      <c r="B12" s="21"/>
+      <c r="K11" s="23">
+        <v>49846</v>
+      </c>
+      <c r="L11" s="22"/>
+    </row>
+    <row r="12" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B12" s="18"/>
       <c r="C12" s="4">
         <v>2</v>
       </c>
-      <c r="D12" s="23" t="s">
+      <c r="D12" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="E12" s="17"/>
-      <c r="F12" s="18"/>
+      <c r="E12" s="21"/>
+      <c r="F12" s="22"/>
       <c r="G12" s="7">
         <v>8729</v>
       </c>
       <c r="H12" s="7">
         <v>8861</v>
       </c>
       <c r="I12" s="7">
         <v>9490</v>
       </c>
       <c r="J12" s="7">
         <v>9600</v>
       </c>
-      <c r="K12" s="25">
-[...5 lines deleted...]
-      <c r="B13" s="21"/>
+      <c r="K12" s="24">
+        <v>8491</v>
+      </c>
+      <c r="L12" s="22"/>
+    </row>
+    <row r="13" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B13" s="18"/>
       <c r="C13" s="4">
         <v>3</v>
       </c>
-      <c r="D13" s="23" t="s">
+      <c r="D13" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="E13" s="17"/>
-      <c r="F13" s="18"/>
+      <c r="E13" s="21"/>
+      <c r="F13" s="22"/>
       <c r="G13" s="7">
         <v>18811</v>
       </c>
       <c r="H13" s="7">
         <v>19270</v>
       </c>
       <c r="I13" s="7">
         <v>20697</v>
       </c>
       <c r="J13" s="7">
         <v>21609</v>
       </c>
-      <c r="K13" s="25">
-[...5 lines deleted...]
-      <c r="B14" s="22"/>
+      <c r="K13" s="24">
+        <v>20170</v>
+      </c>
+      <c r="L13" s="22"/>
+    </row>
+    <row r="14" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B14" s="19"/>
       <c r="C14" s="4">
         <v>4</v>
       </c>
-      <c r="D14" s="23" t="s">
+      <c r="D14" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="E14" s="17"/>
-      <c r="F14" s="18"/>
+      <c r="E14" s="21"/>
+      <c r="F14" s="22"/>
       <c r="G14" s="7">
         <v>23325</v>
       </c>
       <c r="H14" s="7">
         <v>22872</v>
       </c>
       <c r="I14" s="7">
         <v>22820</v>
       </c>
       <c r="J14" s="7">
         <v>22057</v>
       </c>
-      <c r="K14" s="25">
-[...5 lines deleted...]
-      <c r="B15" s="20">
+      <c r="K14" s="24">
+        <v>21185</v>
+      </c>
+      <c r="L14" s="22"/>
+    </row>
+    <row r="15" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B15" s="17">
         <v>3</v>
       </c>
       <c r="C15" s="4">
         <v>1</v>
       </c>
-      <c r="D15" s="23" t="s">
+      <c r="D15" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="E15" s="17"/>
-      <c r="F15" s="18"/>
+      <c r="E15" s="21"/>
+      <c r="F15" s="22"/>
       <c r="G15" s="6">
         <v>52831</v>
       </c>
       <c r="H15" s="6">
         <v>53250</v>
       </c>
       <c r="I15" s="6">
         <v>55383</v>
       </c>
       <c r="J15" s="6">
         <v>56559</v>
       </c>
-      <c r="K15" s="24">
-[...5 lines deleted...]
-      <c r="B16" s="21"/>
+      <c r="K15" s="23">
+        <v>55440</v>
+      </c>
+      <c r="L15" s="22"/>
+    </row>
+    <row r="16" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B16" s="18"/>
       <c r="C16" s="4">
         <v>2</v>
       </c>
-      <c r="D16" s="23" t="s">
+      <c r="D16" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="E16" s="17"/>
-      <c r="F16" s="18"/>
+      <c r="E16" s="21"/>
+      <c r="F16" s="22"/>
       <c r="G16" s="7">
         <v>9088</v>
       </c>
       <c r="H16" s="7">
         <v>9248</v>
       </c>
       <c r="I16" s="7">
         <v>9912</v>
       </c>
       <c r="J16" s="7">
         <v>10160</v>
       </c>
-      <c r="K16" s="25">
-[...5 lines deleted...]
-      <c r="B17" s="21"/>
+      <c r="K16" s="24">
+        <v>10042</v>
+      </c>
+      <c r="L16" s="22"/>
+    </row>
+    <row r="17" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B17" s="18"/>
       <c r="C17" s="4">
         <v>3</v>
       </c>
-      <c r="D17" s="23" t="s">
+      <c r="D17" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="E17" s="17"/>
-      <c r="F17" s="18"/>
+      <c r="E17" s="21"/>
+      <c r="F17" s="22"/>
       <c r="G17" s="7">
         <v>19824</v>
       </c>
       <c r="H17" s="7">
         <v>20442</v>
       </c>
       <c r="I17" s="7">
         <v>21908</v>
       </c>
       <c r="J17" s="7">
         <v>22779</v>
       </c>
-      <c r="K17" s="25">
-[...5 lines deleted...]
-      <c r="B18" s="22"/>
+      <c r="K17" s="24">
+        <v>22183</v>
+      </c>
+      <c r="L17" s="22"/>
+    </row>
+    <row r="18" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B18" s="19"/>
       <c r="C18" s="4">
         <v>4</v>
       </c>
-      <c r="D18" s="23" t="s">
+      <c r="D18" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="E18" s="17"/>
-      <c r="F18" s="18"/>
+      <c r="E18" s="21"/>
+      <c r="F18" s="22"/>
       <c r="G18" s="7">
         <v>23919</v>
       </c>
       <c r="H18" s="7">
         <v>23560</v>
       </c>
       <c r="I18" s="7">
         <v>23563</v>
       </c>
       <c r="J18" s="7">
         <v>23620</v>
       </c>
-      <c r="K18" s="25">
-[...7 lines deleted...]
-      <c r="D21" s="26" t="s">
+      <c r="K18" s="24">
+        <v>23215</v>
+      </c>
+      <c r="L18" s="22"/>
+    </row>
+    <row r="19" spans="2:12" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="20" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D21" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="E21" s="41"/>
-[...8 lines deleted...]
-      <c r="D22" s="26" t="s">
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
+      <c r="K21" s="16"/>
+    </row>
+    <row r="22" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D22" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="E22" s="41"/>
-[...5 lines deleted...]
-      <c r="K22" s="41"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+      <c r="G22" s="16"/>
+      <c r="H22" s="16"/>
+      <c r="I22" s="16"/>
+      <c r="J22" s="16"/>
+      <c r="K22" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="D21:K21"/>
-[...18 lines deleted...]
-    <mergeCell ref="K14:L14"/>
     <mergeCell ref="D4:M4"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="K10:L10"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="D12:F12"/>
+    <mergeCell ref="K12:L12"/>
+    <mergeCell ref="D13:F13"/>
+    <mergeCell ref="K13:L13"/>
+    <mergeCell ref="D14:F14"/>
+    <mergeCell ref="K14:L14"/>
+    <mergeCell ref="D21:K21"/>
+    <mergeCell ref="D22:K22"/>
+    <mergeCell ref="B15:B18"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="K15:L15"/>
+    <mergeCell ref="D16:F16"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="D18:F18"/>
+    <mergeCell ref="K18:L18"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:L258"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" customWidth="1"/>
     <col min="3" max="3" width="36.5703125" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="4.85546875" customWidth="1"/>
     <col min="8" max="8" width="7.7109375" customWidth="1"/>
     <col min="9" max="10" width="12.42578125" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="56.42578125" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" customWidth="1"/>
     <col min="14" max="14" width="1.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="3.6" customHeight="1"/>
-[...3 lines deleted...]
-      <c r="B4" s="15" t="s">
+    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:12" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="41"/>
-[...11 lines deleted...]
-      <c r="B5" s="27" t="s">
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+    </row>
+    <row r="5" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B5" s="35" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="28"/>
+      <c r="C5" s="36"/>
       <c r="D5" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="E5" s="29" t="s">
-[...9 lines deleted...]
-      <c r="B6" s="30" t="s">
+      <c r="E5" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="36"/>
+      <c r="G5" s="36"/>
+      <c r="H5" s="36"/>
+      <c r="I5" s="36"/>
+      <c r="J5" s="36"/>
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B6" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="18"/>
+      <c r="C6" s="22"/>
       <c r="D6" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="G6" s="19" t="s">
+      <c r="G6" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="H6" s="18"/>
+      <c r="H6" s="22"/>
       <c r="I6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="2:12" ht="15.95">
-      <c r="B7" s="23" t="s">
+    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B7" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="31"/>
+      <c r="C7" s="28"/>
       <c r="D7" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G7" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="18"/>
+      <c r="G7" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="22"/>
       <c r="I7" s="7">
         <v>10</v>
       </c>
       <c r="J7" s="7">
         <v>7</v>
       </c>
     </row>
-    <row r="8" spans="2:12" ht="15.95">
-[...1 lines deleted...]
-      <c r="C8" s="33"/>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="29"/>
+      <c r="C8" s="30"/>
       <c r="D8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="7">
         <v>16</v>
       </c>
-      <c r="G8" s="25">
+      <c r="G8" s="24">
         <v>11</v>
       </c>
-      <c r="H8" s="18"/>
+      <c r="H8" s="22"/>
       <c r="I8" s="7">
         <v>28</v>
       </c>
       <c r="J8" s="7">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="C9" s="33"/>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="29"/>
+      <c r="C9" s="30"/>
       <c r="D9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="7">
         <v>8</v>
       </c>
-      <c r="G9" s="25">
+      <c r="G9" s="24">
         <v>7</v>
       </c>
-      <c r="H9" s="18"/>
+      <c r="H9" s="22"/>
       <c r="I9" s="7">
         <v>17</v>
       </c>
       <c r="J9" s="7">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="C10" s="33"/>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="29"/>
+      <c r="C10" s="30"/>
       <c r="D10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="6">
         <v>27</v>
       </c>
-      <c r="G10" s="24">
+      <c r="G10" s="23">
         <v>19</v>
       </c>
-      <c r="H10" s="18"/>
+      <c r="H10" s="22"/>
       <c r="I10" s="6">
         <v>55</v>
       </c>
       <c r="J10" s="6">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="C11" s="35"/>
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B11" s="31"/>
+      <c r="C11" s="32"/>
       <c r="D11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G11" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="18"/>
+      <c r="G11" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="22"/>
       <c r="I11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="2:12" ht="15.95">
-      <c r="B12" s="23" t="s">
+    <row r="12" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B12" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="31"/>
+      <c r="C12" s="28"/>
       <c r="D12" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="7">
         <v>712</v>
       </c>
       <c r="F12" s="7">
         <v>714</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="24">
         <v>768</v>
       </c>
-      <c r="H12" s="18"/>
+      <c r="H12" s="22"/>
       <c r="I12" s="7">
         <v>684</v>
       </c>
       <c r="J12" s="7">
-        <v>704</v>
-[...4 lines deleted...]
-      <c r="C13" s="33"/>
+        <v>706</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="29"/>
+      <c r="C13" s="30"/>
       <c r="D13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="7">
         <v>785</v>
       </c>
       <c r="F13" s="7">
         <v>764</v>
       </c>
-      <c r="G13" s="25">
+      <c r="G13" s="24">
         <v>787</v>
       </c>
-      <c r="H13" s="18"/>
+      <c r="H13" s="22"/>
       <c r="I13" s="7">
         <v>780</v>
       </c>
       <c r="J13" s="7">
-        <v>782</v>
-[...4 lines deleted...]
-      <c r="C14" s="33"/>
+        <v>801</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="29"/>
+      <c r="C14" s="30"/>
       <c r="D14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="7">
         <v>1890</v>
       </c>
       <c r="F14" s="7">
         <v>2142</v>
       </c>
-      <c r="G14" s="25">
+      <c r="G14" s="24">
         <v>2163</v>
       </c>
-      <c r="H14" s="18"/>
+      <c r="H14" s="22"/>
       <c r="I14" s="7">
         <v>2233</v>
       </c>
       <c r="J14" s="7">
-        <v>2184</v>
-[...4 lines deleted...]
-      <c r="C15" s="33"/>
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
       <c r="D15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="6">
         <v>3387</v>
       </c>
       <c r="F15" s="6">
         <v>3620</v>
       </c>
-      <c r="G15" s="24">
+      <c r="G15" s="23">
         <v>3718</v>
       </c>
-      <c r="H15" s="18"/>
+      <c r="H15" s="22"/>
       <c r="I15" s="6">
         <v>3697</v>
       </c>
       <c r="J15" s="6">
-        <v>3670</v>
-[...4 lines deleted...]
-      <c r="C16" s="35"/>
+        <v>3699</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
       <c r="D16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G16" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="18"/>
+      <c r="G16" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="22"/>
       <c r="I16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="2:10" ht="15.95">
-      <c r="B17" s="23" t="s">
+    <row r="17" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B17" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="31"/>
+      <c r="C17" s="28"/>
       <c r="D17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="7">
         <v>41</v>
       </c>
       <c r="F17" s="7">
         <v>41</v>
       </c>
-      <c r="G17" s="25">
+      <c r="G17" s="24">
         <v>45</v>
       </c>
-      <c r="H17" s="18"/>
+      <c r="H17" s="22"/>
       <c r="I17" s="7">
         <v>47</v>
       </c>
       <c r="J17" s="7">
         <v>44</v>
       </c>
     </row>
-    <row r="18" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C18" s="33"/>
+    <row r="18" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B18" s="29"/>
+      <c r="C18" s="30"/>
       <c r="D18" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="7">
         <v>219</v>
       </c>
       <c r="F18" s="7">
         <v>257</v>
       </c>
-      <c r="G18" s="25">
+      <c r="G18" s="24">
         <v>188</v>
       </c>
-      <c r="H18" s="18"/>
+      <c r="H18" s="22"/>
       <c r="I18" s="7">
         <v>255</v>
       </c>
       <c r="J18" s="7">
-        <v>266</v>
-[...4 lines deleted...]
-      <c r="C19" s="33"/>
+        <v>270</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B19" s="29"/>
+      <c r="C19" s="30"/>
       <c r="D19" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E19" s="7">
         <v>139</v>
       </c>
       <c r="F19" s="7">
         <v>158</v>
       </c>
-      <c r="G19" s="25">
+      <c r="G19" s="24">
         <v>163</v>
       </c>
-      <c r="H19" s="18"/>
+      <c r="H19" s="22"/>
       <c r="I19" s="7">
         <v>160</v>
       </c>
       <c r="J19" s="7">
-        <v>170</v>
-[...4 lines deleted...]
-      <c r="C20" s="33"/>
+        <v>171</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B20" s="29"/>
+      <c r="C20" s="30"/>
       <c r="D20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="6">
         <v>399</v>
       </c>
       <c r="F20" s="6">
         <v>456</v>
       </c>
-      <c r="G20" s="24">
+      <c r="G20" s="23">
         <v>396</v>
       </c>
-      <c r="H20" s="18"/>
+      <c r="H20" s="22"/>
       <c r="I20" s="6">
         <v>462</v>
       </c>
       <c r="J20" s="6">
-        <v>480</v>
-[...4 lines deleted...]
-      <c r="C21" s="35"/>
+        <v>485</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
       <c r="D21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G21" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="18"/>
+      <c r="G21" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="22"/>
       <c r="I21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="2:10" ht="15.95">
-      <c r="B22" s="23" t="s">
+    <row r="22" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B22" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="C22" s="31"/>
+      <c r="C22" s="28"/>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="7">
         <v>155</v>
       </c>
       <c r="F22" s="7">
         <v>151</v>
       </c>
-      <c r="G22" s="25">
+      <c r="G22" s="24">
         <v>165</v>
       </c>
-      <c r="H22" s="18"/>
+      <c r="H22" s="22"/>
       <c r="I22" s="7">
         <v>195</v>
       </c>
       <c r="J22" s="7">
-        <v>204</v>
-[...4 lines deleted...]
-      <c r="C23" s="33"/>
+        <v>205</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B23" s="29"/>
+      <c r="C23" s="30"/>
       <c r="D23" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E23" s="7">
         <v>163</v>
       </c>
       <c r="F23" s="7">
         <v>149</v>
       </c>
-      <c r="G23" s="25">
+      <c r="G23" s="24">
         <v>172</v>
       </c>
-      <c r="H23" s="18"/>
+      <c r="H23" s="22"/>
       <c r="I23" s="7">
         <v>170</v>
       </c>
       <c r="J23" s="7">
-        <v>160</v>
-[...4 lines deleted...]
-      <c r="C24" s="33"/>
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B24" s="29"/>
+      <c r="C24" s="30"/>
       <c r="D24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E24" s="7">
         <v>730</v>
       </c>
       <c r="F24" s="7">
         <v>772</v>
       </c>
-      <c r="G24" s="25">
+      <c r="G24" s="24">
         <v>842</v>
       </c>
-      <c r="H24" s="18"/>
+      <c r="H24" s="22"/>
       <c r="I24" s="7">
         <v>914</v>
       </c>
       <c r="J24" s="7">
-        <v>986</v>
-[...4 lines deleted...]
-      <c r="C25" s="33"/>
+        <v>988</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B25" s="29"/>
+      <c r="C25" s="30"/>
       <c r="D25" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E25" s="6">
         <v>1048</v>
       </c>
       <c r="F25" s="6">
         <v>1072</v>
       </c>
-      <c r="G25" s="24">
+      <c r="G25" s="23">
         <v>1179</v>
       </c>
-      <c r="H25" s="18"/>
+      <c r="H25" s="22"/>
       <c r="I25" s="6">
         <v>1279</v>
       </c>
       <c r="J25" s="6">
-        <v>1350</v>
-[...4 lines deleted...]
-      <c r="C26" s="35"/>
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B26" s="31"/>
+      <c r="C26" s="32"/>
       <c r="D26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G26" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="18"/>
+      <c r="G26" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="22"/>
       <c r="I26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J26" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="2:10" ht="15.95">
-      <c r="B27" s="23" t="s">
+    <row r="27" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B27" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="C27" s="31"/>
+      <c r="C27" s="28"/>
       <c r="D27" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="7">
         <v>9</v>
       </c>
       <c r="F27" s="7">
         <v>13</v>
       </c>
-      <c r="G27" s="25">
+      <c r="G27" s="24">
         <v>8</v>
       </c>
-      <c r="H27" s="18"/>
+      <c r="H27" s="22"/>
       <c r="I27" s="7">
         <v>5</v>
       </c>
       <c r="J27" s="7">
         <v>7</v>
       </c>
     </row>
-    <row r="28" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C28" s="33"/>
+    <row r="28" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B28" s="29"/>
+      <c r="C28" s="30"/>
       <c r="D28" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="7">
         <v>45</v>
       </c>
       <c r="F28" s="7">
         <v>47</v>
       </c>
-      <c r="G28" s="25">
+      <c r="G28" s="24">
         <v>54</v>
       </c>
-      <c r="H28" s="18"/>
+      <c r="H28" s="22"/>
       <c r="I28" s="7">
         <v>71</v>
       </c>
       <c r="J28" s="7">
-        <v>77</v>
-[...4 lines deleted...]
-      <c r="C29" s="33"/>
+        <v>80</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B29" s="29"/>
+      <c r="C29" s="30"/>
       <c r="D29" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E29" s="7">
         <v>31</v>
       </c>
       <c r="F29" s="7">
         <v>32</v>
       </c>
-      <c r="G29" s="25">
+      <c r="G29" s="24">
         <v>40</v>
       </c>
-      <c r="H29" s="18"/>
+      <c r="H29" s="22"/>
       <c r="I29" s="7">
         <v>45</v>
       </c>
       <c r="J29" s="7">
         <v>52</v>
       </c>
     </row>
-    <row r="30" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C30" s="33"/>
+    <row r="30" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B30" s="29"/>
+      <c r="C30" s="30"/>
       <c r="D30" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E30" s="6">
         <v>85</v>
       </c>
       <c r="F30" s="6">
         <v>92</v>
       </c>
-      <c r="G30" s="24">
+      <c r="G30" s="23">
         <v>102</v>
       </c>
-      <c r="H30" s="18"/>
+      <c r="H30" s="22"/>
       <c r="I30" s="6">
         <v>121</v>
       </c>
       <c r="J30" s="6">
-        <v>136</v>
-[...4 lines deleted...]
-      <c r="C31" s="35"/>
+        <v>139</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B31" s="31"/>
+      <c r="C31" s="32"/>
       <c r="D31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G31" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H31" s="18"/>
+      <c r="G31" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="22"/>
       <c r="I31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="2:10" ht="15.95">
-      <c r="B32" s="23" t="s">
+    <row r="32" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B32" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="31"/>
+      <c r="C32" s="28"/>
       <c r="D32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E32" s="7">
         <v>1077</v>
       </c>
       <c r="F32" s="7">
         <v>996</v>
       </c>
-      <c r="G32" s="25">
+      <c r="G32" s="24">
         <v>1390</v>
       </c>
-      <c r="H32" s="18"/>
+      <c r="H32" s="22"/>
       <c r="I32" s="7">
         <v>1471</v>
       </c>
       <c r="J32" s="7">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="C33" s="33"/>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B33" s="29"/>
+      <c r="C33" s="30"/>
       <c r="D33" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="7">
         <v>767</v>
       </c>
       <c r="F33" s="7">
         <v>1413</v>
       </c>
-      <c r="G33" s="25">
+      <c r="G33" s="24">
         <v>1578</v>
       </c>
-      <c r="H33" s="18"/>
+      <c r="H33" s="22"/>
       <c r="I33" s="7">
         <v>1626</v>
       </c>
       <c r="J33" s="7">
-        <v>156</v>
-[...4 lines deleted...]
-      <c r="C34" s="33"/>
+        <v>165</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B34" s="29"/>
+      <c r="C34" s="30"/>
       <c r="D34" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E34" s="7">
         <v>1984</v>
       </c>
       <c r="F34" s="7">
         <v>1539</v>
       </c>
-      <c r="G34" s="25">
+      <c r="G34" s="24">
         <v>1611</v>
       </c>
-      <c r="H34" s="18"/>
+      <c r="H34" s="22"/>
       <c r="I34" s="7">
         <v>1771</v>
       </c>
       <c r="J34" s="7">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="C35" s="33"/>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="35" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B35" s="29"/>
+      <c r="C35" s="30"/>
       <c r="D35" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E35" s="6">
         <v>3828</v>
       </c>
       <c r="F35" s="6">
         <v>3948</v>
       </c>
-      <c r="G35" s="24">
+      <c r="G35" s="23">
         <v>4579</v>
       </c>
-      <c r="H35" s="18"/>
+      <c r="H35" s="22"/>
       <c r="I35" s="6">
         <v>4868</v>
       </c>
       <c r="J35" s="6">
-        <v>178</v>
-[...4 lines deleted...]
-      <c r="C36" s="35"/>
+        <v>191</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B36" s="31"/>
+      <c r="C36" s="32"/>
       <c r="D36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G36" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="18"/>
+      <c r="G36" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="22"/>
       <c r="I36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="2:10" ht="15.95">
-      <c r="B37" s="23" t="s">
+    <row r="37" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B37" s="20" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="31"/>
+      <c r="C37" s="28"/>
       <c r="D37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E37" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F37" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G37" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="18"/>
+      <c r="G37" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" s="22"/>
       <c r="I37" s="7">
         <v>15</v>
       </c>
       <c r="J37" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="38" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C38" s="33"/>
+    <row r="38" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B38" s="29"/>
+      <c r="C38" s="30"/>
       <c r="D38" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E38" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F38" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G38" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H38" s="18"/>
+      <c r="G38" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="22"/>
       <c r="I38" s="7">
         <v>28</v>
       </c>
       <c r="J38" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="39" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C39" s="33"/>
+    <row r="39" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
       <c r="D39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F39" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G39" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H39" s="18"/>
+      <c r="G39" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" s="22"/>
       <c r="I39" s="7">
         <v>18</v>
       </c>
       <c r="J39" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="40" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C40" s="33"/>
+    <row r="40" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B40" s="29"/>
+      <c r="C40" s="30"/>
       <c r="D40" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F40" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G40" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="18"/>
+      <c r="G40" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H40" s="22"/>
       <c r="I40" s="6">
         <v>61</v>
       </c>
       <c r="J40" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="41" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C41" s="35"/>
+    <row r="41" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B41" s="31"/>
+      <c r="C41" s="32"/>
       <c r="D41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G41" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="18"/>
+      <c r="G41" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="22"/>
       <c r="I41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="42" spans="2:10" ht="15.95">
-      <c r="B42" s="23" t="s">
+    <row r="42" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B42" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="C42" s="31"/>
+      <c r="C42" s="28"/>
       <c r="D42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E42" s="7">
         <v>15</v>
       </c>
       <c r="F42" s="7">
         <v>13</v>
       </c>
-      <c r="G42" s="25">
+      <c r="G42" s="24">
         <v>20</v>
       </c>
-      <c r="H42" s="18"/>
+      <c r="H42" s="22"/>
       <c r="I42" s="7">
         <v>27</v>
       </c>
       <c r="J42" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="43" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C43" s="33"/>
+    <row r="43" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B43" s="29"/>
+      <c r="C43" s="30"/>
       <c r="D43" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="7">
         <v>18</v>
       </c>
       <c r="F43" s="7">
         <v>116</v>
       </c>
-      <c r="G43" s="25">
+      <c r="G43" s="24">
         <v>34</v>
       </c>
-      <c r="H43" s="18"/>
+      <c r="H43" s="22"/>
       <c r="I43" s="7">
         <v>40</v>
       </c>
       <c r="J43" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="44" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C44" s="33"/>
+    <row r="44" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B44" s="29"/>
+      <c r="C44" s="30"/>
       <c r="D44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E44" s="7">
         <v>11</v>
       </c>
       <c r="F44" s="7">
         <v>39</v>
       </c>
-      <c r="G44" s="25">
+      <c r="G44" s="24">
         <v>44</v>
       </c>
-      <c r="H44" s="18"/>
+      <c r="H44" s="22"/>
       <c r="I44" s="7">
         <v>53</v>
       </c>
       <c r="J44" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="45" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C45" s="33"/>
+    <row r="45" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B45" s="29"/>
+      <c r="C45" s="30"/>
       <c r="D45" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E45" s="6">
         <v>44</v>
       </c>
       <c r="F45" s="6">
         <v>168</v>
       </c>
-      <c r="G45" s="24">
+      <c r="G45" s="23">
         <v>98</v>
       </c>
-      <c r="H45" s="18"/>
+      <c r="H45" s="22"/>
       <c r="I45" s="6">
         <v>120</v>
       </c>
       <c r="J45" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="46" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C46" s="35"/>
+    <row r="46" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B46" s="31"/>
+      <c r="C46" s="32"/>
       <c r="D46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G46" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="18"/>
+      <c r="G46" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="22"/>
       <c r="I46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J46" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="47" spans="2:10" ht="15.95">
-      <c r="B47" s="23" t="s">
+    <row r="47" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B47" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="31"/>
+      <c r="C47" s="28"/>
       <c r="D47" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E47" s="7">
         <v>43</v>
       </c>
       <c r="F47" s="7">
         <v>27</v>
       </c>
-      <c r="G47" s="25">
-[...2 lines deleted...]
-      <c r="H47" s="18"/>
+      <c r="G47" s="24">
+        <v>25</v>
+      </c>
+      <c r="H47" s="22"/>
       <c r="I47" s="7">
         <v>27</v>
       </c>
       <c r="J47" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="48" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C48" s="33"/>
+    <row r="48" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B48" s="29"/>
+      <c r="C48" s="30"/>
       <c r="D48" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E48" s="7">
         <v>79</v>
       </c>
       <c r="F48" s="7">
         <v>83</v>
       </c>
-      <c r="G48" s="25">
+      <c r="G48" s="24">
         <v>61</v>
       </c>
-      <c r="H48" s="18"/>
+      <c r="H48" s="22"/>
       <c r="I48" s="7">
         <v>84</v>
       </c>
       <c r="J48" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="49" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C49" s="33"/>
+    <row r="49" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B49" s="29"/>
+      <c r="C49" s="30"/>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="7">
         <v>46</v>
       </c>
       <c r="F49" s="7">
         <v>22</v>
       </c>
-      <c r="G49" s="25">
+      <c r="G49" s="24">
         <v>31</v>
       </c>
-      <c r="H49" s="18"/>
+      <c r="H49" s="22"/>
       <c r="I49" s="7">
         <v>41</v>
       </c>
       <c r="J49" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="50" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C50" s="33"/>
+    <row r="50" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B50" s="29"/>
+      <c r="C50" s="30"/>
       <c r="D50" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E50" s="6">
         <v>168</v>
       </c>
       <c r="F50" s="6">
         <v>132</v>
       </c>
-      <c r="G50" s="24">
+      <c r="G50" s="23">
         <v>117</v>
       </c>
-      <c r="H50" s="18"/>
+      <c r="H50" s="22"/>
       <c r="I50" s="6">
         <v>152</v>
       </c>
       <c r="J50" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="51" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C51" s="35"/>
+    <row r="51" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B51" s="31"/>
+      <c r="C51" s="32"/>
       <c r="D51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G51" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H51" s="18"/>
+      <c r="G51" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="22"/>
       <c r="I51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J51" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="52" spans="2:10" ht="15.95">
-      <c r="B52" s="23" t="s">
+    <row r="52" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B52" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="C52" s="31"/>
+      <c r="C52" s="28"/>
       <c r="D52" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E52" s="7">
         <v>2537</v>
       </c>
       <c r="F52" s="7">
         <v>2395</v>
       </c>
-      <c r="G52" s="25">
+      <c r="G52" s="24">
         <v>2305</v>
       </c>
-      <c r="H52" s="18"/>
+      <c r="H52" s="22"/>
       <c r="I52" s="7">
         <v>2362</v>
       </c>
       <c r="J52" s="7">
-        <v>2108</v>
-[...4 lines deleted...]
-      <c r="C53" s="33"/>
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B53" s="29"/>
+      <c r="C53" s="30"/>
       <c r="D53" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E53" s="7">
         <v>7036</v>
       </c>
       <c r="F53" s="7">
         <v>6603</v>
       </c>
-      <c r="G53" s="25">
+      <c r="G53" s="24">
         <v>6386</v>
       </c>
-      <c r="H53" s="18"/>
+      <c r="H53" s="22"/>
       <c r="I53" s="7">
         <v>7423</v>
       </c>
       <c r="J53" s="7">
-        <v>7549</v>
-[...4 lines deleted...]
-      <c r="C54" s="33"/>
+        <v>7781</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B54" s="29"/>
+      <c r="C54" s="30"/>
       <c r="D54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E54" s="7">
         <v>2315</v>
       </c>
       <c r="F54" s="7">
         <v>2170</v>
       </c>
-      <c r="G54" s="25">
+      <c r="G54" s="24">
         <v>2126</v>
       </c>
-      <c r="H54" s="18"/>
+      <c r="H54" s="22"/>
       <c r="I54" s="7">
         <v>2150</v>
       </c>
       <c r="J54" s="7">
-        <v>2078</v>
-[...4 lines deleted...]
-      <c r="C55" s="33"/>
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B55" s="29"/>
+      <c r="C55" s="30"/>
       <c r="D55" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E55" s="6">
         <v>11888</v>
       </c>
       <c r="F55" s="6">
         <v>11168</v>
       </c>
-      <c r="G55" s="24">
+      <c r="G55" s="23">
         <v>10817</v>
       </c>
-      <c r="H55" s="18"/>
+      <c r="H55" s="22"/>
       <c r="I55" s="6">
         <v>11935</v>
       </c>
       <c r="J55" s="6">
-        <v>11735</v>
-[...4 lines deleted...]
-      <c r="C56" s="35"/>
+        <v>12030</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B56" s="31"/>
+      <c r="C56" s="32"/>
       <c r="D56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G56" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="18"/>
+      <c r="G56" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="22"/>
       <c r="I56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J56" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="2:10" ht="15.95">
-      <c r="B57" s="23" t="s">
+    <row r="57" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B57" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="C57" s="31"/>
+      <c r="C57" s="28"/>
       <c r="D57" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E57" s="7">
         <v>38</v>
       </c>
       <c r="F57" s="7">
         <v>32</v>
       </c>
-      <c r="G57" s="25">
+      <c r="G57" s="24">
         <v>13</v>
       </c>
-      <c r="H57" s="18"/>
+      <c r="H57" s="22"/>
       <c r="I57" s="7">
         <v>29</v>
       </c>
       <c r="J57" s="7">
         <v>24</v>
       </c>
     </row>
-    <row r="58" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C58" s="33"/>
+    <row r="58" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B58" s="29"/>
+      <c r="C58" s="30"/>
       <c r="D58" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E58" s="7">
         <v>158</v>
       </c>
       <c r="F58" s="7">
         <v>114</v>
       </c>
-      <c r="G58" s="25">
+      <c r="G58" s="24">
         <v>63</v>
       </c>
-      <c r="H58" s="18"/>
+      <c r="H58" s="22"/>
       <c r="I58" s="7">
         <v>132</v>
       </c>
       <c r="J58" s="7">
-        <v>158</v>
-[...4 lines deleted...]
-      <c r="C59" s="33"/>
+        <v>168</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B59" s="29"/>
+      <c r="C59" s="30"/>
       <c r="D59" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E59" s="7">
         <v>45</v>
       </c>
       <c r="F59" s="7">
         <v>34</v>
       </c>
-      <c r="G59" s="25">
+      <c r="G59" s="24">
         <v>23</v>
       </c>
-      <c r="H59" s="18"/>
+      <c r="H59" s="22"/>
       <c r="I59" s="7">
         <v>24</v>
       </c>
       <c r="J59" s="7">
         <v>37</v>
       </c>
     </row>
-    <row r="60" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C60" s="33"/>
+    <row r="60" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B60" s="29"/>
+      <c r="C60" s="30"/>
       <c r="D60" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E60" s="6">
         <v>241</v>
       </c>
       <c r="F60" s="6">
         <v>180</v>
       </c>
-      <c r="G60" s="24">
+      <c r="G60" s="23">
         <v>99</v>
       </c>
-      <c r="H60" s="18"/>
+      <c r="H60" s="22"/>
       <c r="I60" s="6">
         <v>185</v>
       </c>
       <c r="J60" s="6">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="C61" s="35"/>
+        <v>229</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B61" s="31"/>
+      <c r="C61" s="32"/>
       <c r="D61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G61" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H61" s="18"/>
+      <c r="G61" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="22"/>
       <c r="I61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="62" spans="2:10" ht="15.95">
-      <c r="B62" s="23" t="s">
+    <row r="62" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B62" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="C62" s="31"/>
+      <c r="C62" s="28"/>
       <c r="D62" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E62" s="7">
         <v>3431</v>
       </c>
       <c r="F62" s="7">
         <v>3379</v>
       </c>
-      <c r="G62" s="25">
+      <c r="G62" s="24">
         <v>3447</v>
       </c>
-      <c r="H62" s="18"/>
+      <c r="H62" s="22"/>
       <c r="I62" s="7">
         <v>3630</v>
       </c>
       <c r="J62" s="7">
-        <v>3608</v>
-[...4 lines deleted...]
-      <c r="C63" s="33"/>
+        <v>3646</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B63" s="29"/>
+      <c r="C63" s="30"/>
       <c r="D63" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E63" s="7">
         <v>12548</v>
       </c>
       <c r="F63" s="7">
         <v>12869</v>
       </c>
-      <c r="G63" s="25">
+      <c r="G63" s="24">
         <v>14046</v>
       </c>
-      <c r="H63" s="18"/>
+      <c r="H63" s="22"/>
       <c r="I63" s="7">
         <v>15057</v>
       </c>
       <c r="J63" s="7">
-        <v>14643</v>
-[...4 lines deleted...]
-      <c r="C64" s="33"/>
+        <v>14926</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B64" s="29"/>
+      <c r="C64" s="30"/>
       <c r="D64" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E64" s="7">
         <v>8685</v>
       </c>
       <c r="F64" s="7">
         <v>8634</v>
       </c>
-      <c r="G64" s="25">
+      <c r="G64" s="24">
         <v>8517</v>
       </c>
-      <c r="H64" s="18"/>
+      <c r="H64" s="22"/>
       <c r="I64" s="7">
         <v>8898</v>
       </c>
       <c r="J64" s="7">
-        <v>9089</v>
-[...4 lines deleted...]
-      <c r="C65" s="33"/>
+        <v>9178</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B65" s="29"/>
+      <c r="C65" s="30"/>
       <c r="D65" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E65" s="6">
         <v>24664</v>
       </c>
       <c r="F65" s="6">
         <v>24882</v>
       </c>
-      <c r="G65" s="24">
+      <c r="G65" s="23">
         <v>26010</v>
       </c>
-      <c r="H65" s="18"/>
+      <c r="H65" s="22"/>
       <c r="I65" s="6">
         <v>27585</v>
       </c>
       <c r="J65" s="6">
-        <v>27340</v>
-[...4 lines deleted...]
-      <c r="C66" s="35"/>
+        <v>27750</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B66" s="31"/>
+      <c r="C66" s="32"/>
       <c r="D66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G66" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H66" s="18"/>
+      <c r="G66" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="22"/>
       <c r="I66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="67" spans="2:10" ht="15.95">
-      <c r="B67" s="23" t="s">
+    <row r="67" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B67" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="C67" s="31"/>
+      <c r="C67" s="28"/>
       <c r="D67" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E67" s="7">
         <v>17</v>
       </c>
       <c r="F67" s="7">
         <v>23</v>
       </c>
-      <c r="G67" s="25">
+      <c r="G67" s="24">
         <v>9</v>
       </c>
-      <c r="H67" s="18"/>
+      <c r="H67" s="22"/>
       <c r="I67" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J67" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="68" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C68" s="33"/>
+    <row r="68" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B68" s="29"/>
+      <c r="C68" s="30"/>
       <c r="D68" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E68" s="7">
         <v>51</v>
       </c>
       <c r="F68" s="7">
         <v>55</v>
       </c>
-      <c r="G68" s="25">
+      <c r="G68" s="24">
         <v>28</v>
       </c>
-      <c r="H68" s="18"/>
+      <c r="H68" s="22"/>
       <c r="I68" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J68" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="69" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C69" s="33"/>
+    <row r="69" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B69" s="29"/>
+      <c r="C69" s="30"/>
       <c r="D69" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E69" s="7">
         <v>46</v>
       </c>
       <c r="F69" s="7">
         <v>38</v>
       </c>
-      <c r="G69" s="25">
+      <c r="G69" s="24">
         <v>26</v>
       </c>
-      <c r="H69" s="18"/>
+      <c r="H69" s="22"/>
       <c r="I69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J69" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="70" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C70" s="33"/>
+    <row r="70" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B70" s="29"/>
+      <c r="C70" s="30"/>
       <c r="D70" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E70" s="6">
         <v>114</v>
       </c>
       <c r="F70" s="6">
         <v>116</v>
       </c>
-      <c r="G70" s="24">
+      <c r="G70" s="23">
         <v>63</v>
       </c>
-      <c r="H70" s="18"/>
+      <c r="H70" s="22"/>
       <c r="I70" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J70" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="71" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C71" s="35"/>
+    <row r="71" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B71" s="31"/>
+      <c r="C71" s="32"/>
       <c r="D71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G71" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H71" s="18"/>
+      <c r="G71" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="22"/>
       <c r="I71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J71" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="72" spans="2:10" ht="15.95">
-      <c r="B72" s="23" t="s">
+    <row r="72" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B72" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="C72" s="31"/>
+      <c r="C72" s="28"/>
       <c r="D72" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E72" s="7">
         <v>24</v>
       </c>
       <c r="F72" s="7">
         <v>21</v>
       </c>
-      <c r="G72" s="25">
+      <c r="G72" s="24">
         <v>11</v>
       </c>
-      <c r="H72" s="18"/>
+      <c r="H72" s="22"/>
       <c r="I72" s="7">
         <v>17</v>
       </c>
       <c r="J72" s="7">
         <v>15</v>
       </c>
     </row>
-    <row r="73" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C73" s="33"/>
+    <row r="73" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B73" s="29"/>
+      <c r="C73" s="30"/>
       <c r="D73" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E73" s="7">
         <v>36</v>
       </c>
       <c r="F73" s="7">
         <v>34</v>
       </c>
-      <c r="G73" s="25">
+      <c r="G73" s="24">
         <v>42</v>
       </c>
-      <c r="H73" s="18"/>
+      <c r="H73" s="22"/>
       <c r="I73" s="7">
         <v>63</v>
       </c>
       <c r="J73" s="7">
-        <v>62</v>
-[...4 lines deleted...]
-      <c r="C74" s="33"/>
+        <v>63</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B74" s="29"/>
+      <c r="C74" s="30"/>
       <c r="D74" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E74" s="7">
         <v>108</v>
       </c>
       <c r="F74" s="7">
         <v>93</v>
       </c>
-      <c r="G74" s="25">
+      <c r="G74" s="24">
         <v>104</v>
       </c>
-      <c r="H74" s="18"/>
+      <c r="H74" s="22"/>
       <c r="I74" s="7">
         <v>104</v>
       </c>
       <c r="J74" s="7">
-        <v>105</v>
-[...4 lines deleted...]
-      <c r="C75" s="33"/>
+        <v>107</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B75" s="29"/>
+      <c r="C75" s="30"/>
       <c r="D75" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E75" s="6">
         <v>168</v>
       </c>
       <c r="F75" s="6">
         <v>148</v>
       </c>
-      <c r="G75" s="24">
+      <c r="G75" s="23">
         <v>157</v>
       </c>
-      <c r="H75" s="18"/>
+      <c r="H75" s="22"/>
       <c r="I75" s="6">
         <v>184</v>
       </c>
       <c r="J75" s="6">
-        <v>182</v>
-[...4 lines deleted...]
-      <c r="C76" s="35"/>
+        <v>185</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B76" s="31"/>
+      <c r="C76" s="32"/>
       <c r="D76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G76" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H76" s="18"/>
+      <c r="G76" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="22"/>
       <c r="I76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="77" spans="2:10" ht="15.95">
-      <c r="B77" s="23" t="s">
+    <row r="77" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B77" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="C77" s="31"/>
+      <c r="C77" s="28"/>
       <c r="D77" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E77" s="7">
         <v>61</v>
       </c>
       <c r="F77" s="7">
         <v>34</v>
       </c>
-      <c r="G77" s="25">
+      <c r="G77" s="24">
         <v>62</v>
       </c>
-      <c r="H77" s="18"/>
+      <c r="H77" s="22"/>
       <c r="I77" s="7">
         <v>42</v>
       </c>
       <c r="J77" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="78" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C78" s="33"/>
+    <row r="78" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B78" s="29"/>
+      <c r="C78" s="30"/>
       <c r="D78" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E78" s="7">
         <v>109</v>
       </c>
       <c r="F78" s="7">
         <v>110</v>
       </c>
-      <c r="G78" s="25">
+      <c r="G78" s="24">
         <v>119</v>
       </c>
-      <c r="H78" s="18"/>
+      <c r="H78" s="22"/>
       <c r="I78" s="7">
         <v>140</v>
       </c>
       <c r="J78" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="79" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C79" s="33"/>
+    <row r="79" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B79" s="29"/>
+      <c r="C79" s="30"/>
       <c r="D79" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E79" s="7">
         <v>97</v>
       </c>
       <c r="F79" s="7">
         <v>56</v>
       </c>
-      <c r="G79" s="25">
+      <c r="G79" s="24">
         <v>63</v>
       </c>
-      <c r="H79" s="18"/>
+      <c r="H79" s="22"/>
       <c r="I79" s="7">
         <v>66</v>
       </c>
       <c r="J79" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="80" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C80" s="33"/>
+    <row r="80" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B80" s="29"/>
+      <c r="C80" s="30"/>
       <c r="D80" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E80" s="6">
         <v>267</v>
       </c>
       <c r="F80" s="6">
         <v>200</v>
       </c>
-      <c r="G80" s="24">
+      <c r="G80" s="23">
         <v>244</v>
       </c>
-      <c r="H80" s="18"/>
+      <c r="H80" s="22"/>
       <c r="I80" s="6">
         <v>248</v>
       </c>
       <c r="J80" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="81" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C81" s="35"/>
+    <row r="81" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B81" s="31"/>
+      <c r="C81" s="32"/>
       <c r="D81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G81" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H81" s="18"/>
+      <c r="G81" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="22"/>
       <c r="I81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J81" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="82" spans="2:10" ht="15.95">
-      <c r="B82" s="23" t="s">
+    <row r="82" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B82" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="C82" s="31"/>
+      <c r="C82" s="28"/>
       <c r="D82" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E82" s="7">
         <v>9</v>
       </c>
       <c r="F82" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G82" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H82" s="18"/>
+      <c r="G82" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H82" s="22"/>
       <c r="I82" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J82" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="83" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C83" s="33"/>
+    <row r="83" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B83" s="29"/>
+      <c r="C83" s="30"/>
       <c r="D83" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E83" s="7">
         <v>94</v>
       </c>
       <c r="F83" s="7">
         <v>61</v>
       </c>
-      <c r="G83" s="25">
+      <c r="G83" s="24">
         <v>40</v>
       </c>
-      <c r="H83" s="18"/>
+      <c r="H83" s="22"/>
       <c r="I83" s="7">
         <v>69</v>
       </c>
       <c r="J83" s="7">
-        <v>98</v>
-[...4 lines deleted...]
-      <c r="C84" s="33"/>
+        <v>107</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B84" s="29"/>
+      <c r="C84" s="30"/>
       <c r="D84" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E84" s="7">
         <v>22</v>
       </c>
       <c r="F84" s="7">
         <v>9</v>
       </c>
-      <c r="G84" s="25">
+      <c r="G84" s="24">
         <v>16</v>
       </c>
-      <c r="H84" s="18"/>
+      <c r="H84" s="22"/>
       <c r="I84" s="7">
         <v>14</v>
       </c>
       <c r="J84" s="7">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="C85" s="33"/>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B85" s="29"/>
+      <c r="C85" s="30"/>
       <c r="D85" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E85" s="6">
         <v>125</v>
       </c>
       <c r="F85" s="6">
         <v>74</v>
       </c>
-      <c r="G85" s="24">
+      <c r="G85" s="23">
         <v>59</v>
       </c>
-      <c r="H85" s="18"/>
+      <c r="H85" s="22"/>
       <c r="I85" s="6">
         <v>83</v>
       </c>
       <c r="J85" s="6">
-        <v>112</v>
-[...4 lines deleted...]
-      <c r="C86" s="35"/>
+        <v>122</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B86" s="31"/>
+      <c r="C86" s="32"/>
       <c r="D86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G86" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H86" s="18"/>
+      <c r="G86" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="22"/>
       <c r="I86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J86" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="87" spans="2:10" ht="15.95">
-      <c r="B87" s="23" t="s">
+    <row r="87" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B87" s="20" t="s">
         <v>44</v>
       </c>
-      <c r="C87" s="31"/>
+      <c r="C87" s="28"/>
       <c r="D87" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E87" s="7">
         <v>86</v>
       </c>
       <c r="F87" s="7">
         <v>92</v>
       </c>
-      <c r="G87" s="25">
+      <c r="G87" s="24">
         <v>85</v>
       </c>
-      <c r="H87" s="18"/>
+      <c r="H87" s="22"/>
       <c r="I87" s="7">
         <v>85</v>
       </c>
       <c r="J87" s="7">
         <v>111</v>
       </c>
     </row>
-    <row r="88" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C88" s="33"/>
+    <row r="88" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B88" s="29"/>
+      <c r="C88" s="30"/>
       <c r="D88" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E88" s="7">
         <v>329</v>
       </c>
       <c r="F88" s="7">
         <v>362</v>
       </c>
-      <c r="G88" s="25">
+      <c r="G88" s="24">
         <v>412</v>
       </c>
-      <c r="H88" s="18"/>
+      <c r="H88" s="22"/>
       <c r="I88" s="7">
         <v>575</v>
       </c>
       <c r="J88" s="7">
-        <v>639</v>
-[...4 lines deleted...]
-      <c r="C89" s="33"/>
+        <v>656</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B89" s="29"/>
+      <c r="C89" s="30"/>
       <c r="D89" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E89" s="7">
         <v>430</v>
       </c>
       <c r="F89" s="7">
         <v>372</v>
       </c>
-      <c r="G89" s="25">
+      <c r="G89" s="24">
         <v>447</v>
       </c>
-      <c r="H89" s="18"/>
+      <c r="H89" s="22"/>
       <c r="I89" s="7">
         <v>408</v>
       </c>
       <c r="J89" s="7">
-        <v>415</v>
-[...4 lines deleted...]
-      <c r="C90" s="33"/>
+        <v>418</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B90" s="29"/>
+      <c r="C90" s="30"/>
       <c r="D90" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E90" s="6">
         <v>845</v>
       </c>
       <c r="F90" s="6">
         <v>826</v>
       </c>
-      <c r="G90" s="24">
+      <c r="G90" s="23">
         <v>944</v>
       </c>
-      <c r="H90" s="18"/>
+      <c r="H90" s="22"/>
       <c r="I90" s="6">
         <v>1068</v>
       </c>
       <c r="J90" s="6">
-        <v>1165</v>
-[...4 lines deleted...]
-      <c r="C91" s="35"/>
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B91" s="31"/>
+      <c r="C91" s="32"/>
       <c r="D91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G91" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H91" s="18"/>
+      <c r="G91" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="22"/>
       <c r="I91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J91" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="92" spans="2:10" ht="15.95">
-      <c r="B92" s="23" t="s">
+    <row r="92" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B92" s="20" t="s">
         <v>45</v>
       </c>
-      <c r="C92" s="31"/>
+      <c r="C92" s="28"/>
       <c r="D92" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E92" s="7">
         <v>22</v>
       </c>
       <c r="F92" s="7">
         <v>6</v>
       </c>
-      <c r="G92" s="25">
+      <c r="G92" s="24">
         <v>17</v>
       </c>
-      <c r="H92" s="18"/>
+      <c r="H92" s="22"/>
       <c r="I92" s="7">
         <v>19</v>
       </c>
       <c r="J92" s="7">
         <v>11</v>
       </c>
     </row>
-    <row r="93" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C93" s="33"/>
+    <row r="93" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B93" s="29"/>
+      <c r="C93" s="30"/>
       <c r="D93" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E93" s="7">
         <v>143</v>
       </c>
       <c r="F93" s="7">
         <v>143</v>
       </c>
-      <c r="G93" s="25">
+      <c r="G93" s="24">
         <v>142</v>
       </c>
-      <c r="H93" s="18"/>
+      <c r="H93" s="22"/>
       <c r="I93" s="7">
         <v>239</v>
       </c>
       <c r="J93" s="7">
-        <v>321</v>
-[...4 lines deleted...]
-      <c r="C94" s="33"/>
+        <v>335</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B94" s="29"/>
+      <c r="C94" s="30"/>
       <c r="D94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E94" s="7">
         <v>54</v>
       </c>
       <c r="F94" s="7">
         <v>32</v>
       </c>
-      <c r="G94" s="25">
+      <c r="G94" s="24">
         <v>41</v>
       </c>
-      <c r="H94" s="18"/>
+      <c r="H94" s="22"/>
       <c r="I94" s="7">
         <v>49</v>
       </c>
       <c r="J94" s="7">
         <v>19</v>
       </c>
     </row>
-    <row r="95" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C95" s="33"/>
+    <row r="95" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B95" s="29"/>
+      <c r="C95" s="30"/>
       <c r="D95" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E95" s="6">
         <v>219</v>
       </c>
       <c r="F95" s="6">
         <v>181</v>
       </c>
-      <c r="G95" s="24">
+      <c r="G95" s="23">
         <v>200</v>
       </c>
-      <c r="H95" s="18"/>
+      <c r="H95" s="22"/>
       <c r="I95" s="6">
         <v>307</v>
       </c>
       <c r="J95" s="6">
-        <v>351</v>
-[...4 lines deleted...]
-      <c r="C96" s="35"/>
+        <v>365</v>
+      </c>
+    </row>
+    <row r="96" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B96" s="31"/>
+      <c r="C96" s="32"/>
       <c r="D96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G96" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H96" s="18"/>
+      <c r="G96" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="22"/>
       <c r="I96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J96" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="97" spans="2:10" ht="15.95">
-      <c r="B97" s="23" t="s">
+    <row r="97" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B97" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="C97" s="31"/>
+      <c r="C97" s="28"/>
       <c r="D97" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E97" s="7">
         <v>38</v>
       </c>
       <c r="F97" s="7">
         <v>28</v>
       </c>
-      <c r="G97" s="25">
+      <c r="G97" s="24">
         <v>31</v>
       </c>
-      <c r="H97" s="18"/>
+      <c r="H97" s="22"/>
       <c r="I97" s="7">
         <v>38</v>
       </c>
       <c r="J97" s="7">
         <v>42</v>
       </c>
     </row>
-    <row r="98" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C98" s="33"/>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B98" s="29"/>
+      <c r="C98" s="30"/>
       <c r="D98" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E98" s="7">
         <v>146</v>
       </c>
       <c r="F98" s="7">
         <v>173</v>
       </c>
-      <c r="G98" s="25">
+      <c r="G98" s="24">
         <v>121</v>
       </c>
-      <c r="H98" s="18"/>
+      <c r="H98" s="22"/>
       <c r="I98" s="7">
         <v>148</v>
       </c>
       <c r="J98" s="7">
-        <v>172</v>
-[...4 lines deleted...]
-      <c r="C99" s="33"/>
+        <v>176</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B99" s="29"/>
+      <c r="C99" s="30"/>
       <c r="D99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E99" s="7">
         <v>111</v>
       </c>
       <c r="F99" s="7">
         <v>94</v>
       </c>
-      <c r="G99" s="25">
+      <c r="G99" s="24">
         <v>86</v>
       </c>
-      <c r="H99" s="18"/>
+      <c r="H99" s="22"/>
       <c r="I99" s="7">
         <v>94</v>
       </c>
       <c r="J99" s="7">
-        <v>88</v>
-[...4 lines deleted...]
-      <c r="C100" s="33"/>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B100" s="29"/>
+      <c r="C100" s="30"/>
       <c r="D100" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E100" s="6">
         <v>295</v>
       </c>
       <c r="F100" s="6">
         <v>295</v>
       </c>
-      <c r="G100" s="24">
+      <c r="G100" s="23">
         <v>238</v>
       </c>
-      <c r="H100" s="18"/>
+      <c r="H100" s="22"/>
       <c r="I100" s="6">
         <v>280</v>
       </c>
       <c r="J100" s="6">
-        <v>302</v>
-[...4 lines deleted...]
-      <c r="C101" s="35"/>
+        <v>309</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B101" s="31"/>
+      <c r="C101" s="32"/>
       <c r="D101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G101" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H101" s="18"/>
+      <c r="G101" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="22"/>
       <c r="I101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="102" spans="2:10" ht="15.95">
-      <c r="B102" s="23" t="s">
+    <row r="102" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B102" s="20" t="s">
         <v>47</v>
       </c>
-      <c r="C102" s="31"/>
+      <c r="C102" s="28"/>
       <c r="D102" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E102" s="7">
         <v>75</v>
       </c>
       <c r="F102" s="7">
         <v>89</v>
       </c>
-      <c r="G102" s="25">
+      <c r="G102" s="24">
         <v>91</v>
       </c>
-      <c r="H102" s="18"/>
+      <c r="H102" s="22"/>
       <c r="I102" s="7">
         <v>74</v>
       </c>
       <c r="J102" s="7">
         <v>75</v>
       </c>
     </row>
-    <row r="103" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C103" s="33"/>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B103" s="29"/>
+      <c r="C103" s="30"/>
       <c r="D103" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E103" s="7">
         <v>104</v>
       </c>
       <c r="F103" s="7">
         <v>120</v>
       </c>
-      <c r="G103" s="25">
+      <c r="G103" s="24">
         <v>130</v>
       </c>
-      <c r="H103" s="18"/>
+      <c r="H103" s="22"/>
       <c r="I103" s="7">
         <v>178</v>
       </c>
       <c r="J103" s="7">
-        <v>158</v>
-[...4 lines deleted...]
-      <c r="C104" s="33"/>
+        <v>165</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B104" s="29"/>
+      <c r="C104" s="30"/>
       <c r="D104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E104" s="7">
         <v>230</v>
       </c>
       <c r="F104" s="7">
         <v>240</v>
       </c>
-      <c r="G104" s="25">
+      <c r="G104" s="24">
         <v>262</v>
       </c>
-      <c r="H104" s="18"/>
+      <c r="H104" s="22"/>
       <c r="I104" s="7">
         <v>296</v>
       </c>
       <c r="J104" s="7">
-        <v>279</v>
-[...4 lines deleted...]
-      <c r="C105" s="33"/>
+        <v>281</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B105" s="29"/>
+      <c r="C105" s="30"/>
       <c r="D105" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E105" s="6">
         <v>409</v>
       </c>
       <c r="F105" s="6">
         <v>449</v>
       </c>
-      <c r="G105" s="24">
+      <c r="G105" s="23">
         <v>483</v>
       </c>
-      <c r="H105" s="18"/>
+      <c r="H105" s="22"/>
       <c r="I105" s="6">
         <v>548</v>
       </c>
       <c r="J105" s="6">
-        <v>512</v>
-[...4 lines deleted...]
-      <c r="C106" s="35"/>
+        <v>521</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B106" s="31"/>
+      <c r="C106" s="32"/>
       <c r="D106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G106" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H106" s="18"/>
+      <c r="G106" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="22"/>
       <c r="I106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="107" spans="2:10" ht="15.95">
-      <c r="B107" s="23" t="s">
+    <row r="107" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B107" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="C107" s="31"/>
+      <c r="C107" s="28"/>
       <c r="D107" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E107" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F107" s="7">
         <v>5</v>
       </c>
-      <c r="G107" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H107" s="18"/>
+      <c r="G107" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H107" s="22"/>
       <c r="I107" s="7">
         <v>7</v>
       </c>
       <c r="J107" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="108" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C108" s="33"/>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B108" s="29"/>
+      <c r="C108" s="30"/>
       <c r="D108" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E108" s="7">
         <v>19</v>
       </c>
       <c r="F108" s="7">
         <v>34</v>
       </c>
-      <c r="G108" s="25">
+      <c r="G108" s="24">
         <v>17</v>
       </c>
-      <c r="H108" s="18"/>
+      <c r="H108" s="22"/>
       <c r="I108" s="7">
         <v>60</v>
       </c>
       <c r="J108" s="7">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="C109" s="33"/>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B109" s="29"/>
+      <c r="C109" s="30"/>
       <c r="D109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E109" s="7">
         <v>21</v>
       </c>
       <c r="F109" s="7">
         <v>16</v>
       </c>
-      <c r="G109" s="25">
+      <c r="G109" s="24">
         <v>14</v>
       </c>
-      <c r="H109" s="18"/>
+      <c r="H109" s="22"/>
       <c r="I109" s="7">
         <v>25</v>
       </c>
       <c r="J109" s="7">
         <v>18</v>
       </c>
     </row>
-    <row r="110" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C110" s="33"/>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B110" s="29"/>
+      <c r="C110" s="30"/>
       <c r="D110" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E110" s="6">
         <v>44</v>
       </c>
       <c r="F110" s="6">
         <v>55</v>
       </c>
-      <c r="G110" s="24">
+      <c r="G110" s="23">
         <v>35</v>
       </c>
-      <c r="H110" s="18"/>
+      <c r="H110" s="22"/>
       <c r="I110" s="6">
         <v>92</v>
       </c>
       <c r="J110" s="6">
-        <v>63</v>
-[...4 lines deleted...]
-      <c r="C111" s="35"/>
+        <v>64</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B111" s="31"/>
+      <c r="C111" s="32"/>
       <c r="D111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G111" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H111" s="18"/>
+      <c r="G111" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="22"/>
       <c r="I111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J111" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="112" spans="2:10" ht="15.95">
-      <c r="B112" s="23" t="s">
+    <row r="112" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B112" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="C112" s="31"/>
+      <c r="C112" s="28"/>
       <c r="D112" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E112" s="7">
         <v>29</v>
       </c>
       <c r="F112" s="7">
         <v>24</v>
       </c>
-      <c r="G112" s="25">
+      <c r="G112" s="24">
         <v>26</v>
       </c>
-      <c r="H112" s="18"/>
+      <c r="H112" s="22"/>
       <c r="I112" s="7">
         <v>35</v>
       </c>
       <c r="J112" s="7">
         <v>37</v>
       </c>
     </row>
-    <row r="113" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C113" s="33"/>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B113" s="29"/>
+      <c r="C113" s="30"/>
       <c r="D113" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E113" s="7">
         <v>123</v>
       </c>
       <c r="F113" s="7">
         <v>140</v>
       </c>
-      <c r="G113" s="25">
+      <c r="G113" s="24">
         <v>124</v>
       </c>
-      <c r="H113" s="18"/>
+      <c r="H113" s="22"/>
       <c r="I113" s="7">
         <v>170</v>
       </c>
       <c r="J113" s="7">
-        <v>144</v>
-[...4 lines deleted...]
-      <c r="C114" s="33"/>
+        <v>148</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B114" s="29"/>
+      <c r="C114" s="30"/>
       <c r="D114" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E114" s="7">
         <v>335</v>
       </c>
       <c r="F114" s="7">
         <v>340</v>
       </c>
-      <c r="G114" s="25">
+      <c r="G114" s="24">
         <v>365</v>
       </c>
-      <c r="H114" s="18"/>
+      <c r="H114" s="22"/>
       <c r="I114" s="7">
         <v>407</v>
       </c>
       <c r="J114" s="7">
-        <v>418</v>
-[...4 lines deleted...]
-      <c r="C115" s="33"/>
+        <v>419</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B115" s="29"/>
+      <c r="C115" s="30"/>
       <c r="D115" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E115" s="6">
         <v>487</v>
       </c>
       <c r="F115" s="6">
         <v>504</v>
       </c>
-      <c r="G115" s="24">
+      <c r="G115" s="23">
         <v>515</v>
       </c>
-      <c r="H115" s="18"/>
+      <c r="H115" s="22"/>
       <c r="I115" s="6">
         <v>612</v>
       </c>
       <c r="J115" s="6">
-        <v>599</v>
-[...4 lines deleted...]
-      <c r="C116" s="35"/>
+        <v>604</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B116" s="31"/>
+      <c r="C116" s="32"/>
       <c r="D116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F116" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G116" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H116" s="18"/>
+      <c r="G116" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="22"/>
       <c r="I116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J116" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="117" spans="2:10" ht="15.95">
-      <c r="B117" s="23" t="s">
+    <row r="117" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B117" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="C117" s="31"/>
+      <c r="C117" s="28"/>
       <c r="D117" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E117" s="7">
         <v>231</v>
       </c>
       <c r="F117" s="7">
         <v>275</v>
       </c>
-      <c r="G117" s="25">
+      <c r="G117" s="24">
         <v>287</v>
       </c>
-      <c r="H117" s="18"/>
+      <c r="H117" s="22"/>
       <c r="I117" s="7">
         <v>306</v>
       </c>
       <c r="J117" s="7">
         <v>349</v>
       </c>
     </row>
-    <row r="118" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C118" s="33"/>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B118" s="29"/>
+      <c r="C118" s="30"/>
       <c r="D118" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E118" s="7">
         <v>1397</v>
       </c>
       <c r="F118" s="7">
         <v>1415</v>
       </c>
-      <c r="G118" s="25">
+      <c r="G118" s="24">
         <v>1380</v>
       </c>
-      <c r="H118" s="18"/>
+      <c r="H118" s="22"/>
       <c r="I118" s="7">
         <v>1509</v>
       </c>
       <c r="J118" s="7">
-        <v>1442</v>
-[...4 lines deleted...]
-      <c r="C119" s="33"/>
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B119" s="29"/>
+      <c r="C119" s="30"/>
       <c r="D119" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E119" s="7">
         <v>662</v>
       </c>
       <c r="F119" s="7">
         <v>707</v>
       </c>
-      <c r="G119" s="25">
+      <c r="G119" s="24">
         <v>734</v>
       </c>
-      <c r="H119" s="18"/>
+      <c r="H119" s="22"/>
       <c r="I119" s="7">
         <v>810</v>
       </c>
       <c r="J119" s="7">
-        <v>905</v>
-[...4 lines deleted...]
-      <c r="C120" s="33"/>
+        <v>908</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B120" s="29"/>
+      <c r="C120" s="30"/>
       <c r="D120" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E120" s="6">
         <v>2290</v>
       </c>
       <c r="F120" s="6">
         <v>2397</v>
       </c>
-      <c r="G120" s="24">
+      <c r="G120" s="23">
         <v>2401</v>
       </c>
-      <c r="H120" s="18"/>
+      <c r="H120" s="22"/>
       <c r="I120" s="6">
         <v>2625</v>
       </c>
       <c r="J120" s="6">
-        <v>2696</v>
-[...4 lines deleted...]
-      <c r="C121" s="35"/>
+        <v>2723</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B121" s="31"/>
+      <c r="C121" s="32"/>
       <c r="D121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F121" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G121" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H121" s="18"/>
+      <c r="G121" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="22"/>
       <c r="I121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J121" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="122" spans="2:10" ht="15.95">
-      <c r="B122" s="23" t="s">
+    <row r="122" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B122" s="20" t="s">
         <v>51</v>
       </c>
-      <c r="C122" s="31"/>
+      <c r="C122" s="28"/>
       <c r="D122" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E122" s="7">
         <v>8</v>
       </c>
       <c r="F122" s="7">
         <v>16</v>
       </c>
-      <c r="G122" s="25">
+      <c r="G122" s="24">
         <v>6</v>
       </c>
-      <c r="H122" s="18"/>
+      <c r="H122" s="22"/>
       <c r="I122" s="7">
         <v>8</v>
       </c>
       <c r="J122" s="7">
         <v>8</v>
       </c>
     </row>
-    <row r="123" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C123" s="33"/>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B123" s="29"/>
+      <c r="C123" s="30"/>
       <c r="D123" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E123" s="7">
         <v>50</v>
       </c>
       <c r="F123" s="7">
         <v>57</v>
       </c>
-      <c r="G123" s="25">
+      <c r="G123" s="24">
         <v>54</v>
       </c>
-      <c r="H123" s="18"/>
+      <c r="H123" s="22"/>
       <c r="I123" s="7">
         <v>70</v>
       </c>
       <c r="J123" s="7">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="C124" s="33"/>
+        <v>64</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B124" s="29"/>
+      <c r="C124" s="30"/>
       <c r="D124" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E124" s="7">
         <v>11</v>
       </c>
       <c r="F124" s="7">
         <v>20</v>
       </c>
-      <c r="G124" s="25">
+      <c r="G124" s="24">
         <v>19</v>
       </c>
-      <c r="H124" s="18"/>
+      <c r="H124" s="22"/>
       <c r="I124" s="7">
         <v>22</v>
       </c>
       <c r="J124" s="7">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="C125" s="33"/>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B125" s="29"/>
+      <c r="C125" s="30"/>
       <c r="D125" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E125" s="6">
         <v>69</v>
       </c>
       <c r="F125" s="6">
         <v>93</v>
       </c>
-      <c r="G125" s="24">
+      <c r="G125" s="23">
         <v>79</v>
       </c>
-      <c r="H125" s="18"/>
+      <c r="H125" s="22"/>
       <c r="I125" s="6">
         <v>100</v>
       </c>
       <c r="J125" s="6">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="C126" s="35"/>
+        <v>86</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B126" s="31"/>
+      <c r="C126" s="32"/>
       <c r="D126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G126" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H126" s="18"/>
+      <c r="G126" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="22"/>
       <c r="I126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J126" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="127" spans="2:10" ht="15.95">
-      <c r="B127" s="23" t="s">
+    <row r="127" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B127" s="20" t="s">
         <v>52</v>
       </c>
-      <c r="C127" s="31"/>
+      <c r="C127" s="28"/>
       <c r="D127" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E127" s="7">
         <v>508</v>
       </c>
       <c r="F127" s="7">
         <v>462</v>
       </c>
-      <c r="G127" s="25">
+      <c r="G127" s="24">
         <v>527</v>
       </c>
-      <c r="H127" s="18"/>
+      <c r="H127" s="22"/>
       <c r="I127" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J127" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="128" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C128" s="33"/>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B128" s="29"/>
+      <c r="C128" s="30"/>
       <c r="D128" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E128" s="7">
         <v>688</v>
       </c>
       <c r="F128" s="7">
         <v>608</v>
       </c>
-      <c r="G128" s="25">
+      <c r="G128" s="24">
         <v>561</v>
       </c>
-      <c r="H128" s="18"/>
+      <c r="H128" s="22"/>
       <c r="I128" s="7">
         <v>17</v>
       </c>
       <c r="J128" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="129" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C129" s="33"/>
+    <row r="129" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B129" s="29"/>
+      <c r="C129" s="30"/>
       <c r="D129" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E129" s="7">
         <v>1533</v>
       </c>
       <c r="F129" s="7">
         <v>1431</v>
       </c>
-      <c r="G129" s="25">
+      <c r="G129" s="24">
         <v>1441</v>
       </c>
-      <c r="H129" s="18"/>
+      <c r="H129" s="22"/>
       <c r="I129" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J129" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="130" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C130" s="33"/>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B130" s="29"/>
+      <c r="C130" s="30"/>
       <c r="D130" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E130" s="6">
         <v>2729</v>
       </c>
       <c r="F130" s="6">
         <v>2501</v>
       </c>
-      <c r="G130" s="24">
+      <c r="G130" s="23">
         <v>2529</v>
       </c>
-      <c r="H130" s="18"/>
+      <c r="H130" s="22"/>
       <c r="I130" s="6">
         <v>18</v>
       </c>
       <c r="J130" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="131" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C131" s="35"/>
+    <row r="131" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B131" s="31"/>
+      <c r="C131" s="32"/>
       <c r="D131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F131" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G131" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H131" s="18"/>
+      <c r="G131" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="22"/>
       <c r="I131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J131" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="132" spans="2:10" ht="15.95">
-      <c r="B132" s="23" t="s">
+    <row r="132" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B132" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="C132" s="31"/>
+      <c r="C132" s="28"/>
       <c r="D132" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E132" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F132" s="7">
         <v>18</v>
       </c>
-      <c r="G132" s="25">
-[...2 lines deleted...]
-      <c r="H132" s="18"/>
+      <c r="G132" s="24">
+        <v>25</v>
+      </c>
+      <c r="H132" s="22"/>
       <c r="I132" s="7">
         <v>20</v>
       </c>
       <c r="J132" s="7">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="C133" s="33"/>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B133" s="29"/>
+      <c r="C133" s="30"/>
       <c r="D133" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F133" s="7">
         <v>37</v>
       </c>
-      <c r="G133" s="25">
+      <c r="G133" s="24">
         <v>42</v>
       </c>
-      <c r="H133" s="18"/>
+      <c r="H133" s="22"/>
       <c r="I133" s="7">
         <v>50</v>
       </c>
       <c r="J133" s="7">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="C134" s="33"/>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B134" s="29"/>
+      <c r="C134" s="30"/>
       <c r="D134" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E134" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F134" s="7">
         <v>35</v>
       </c>
-      <c r="G134" s="25">
+      <c r="G134" s="24">
         <v>40</v>
       </c>
-      <c r="H134" s="18"/>
+      <c r="H134" s="22"/>
       <c r="I134" s="7">
         <v>45</v>
       </c>
       <c r="J134" s="7">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="C135" s="33"/>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B135" s="29"/>
+      <c r="C135" s="30"/>
       <c r="D135" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E135" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F135" s="6">
         <v>90</v>
       </c>
-      <c r="G135" s="24">
+      <c r="G135" s="23">
         <v>107</v>
       </c>
-      <c r="H135" s="18"/>
+      <c r="H135" s="22"/>
       <c r="I135" s="6">
         <v>115</v>
       </c>
       <c r="J135" s="6">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="C136" s="35"/>
+        <v>106</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B136" s="31"/>
+      <c r="C136" s="32"/>
       <c r="D136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F136" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G136" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H136" s="18"/>
+      <c r="G136" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="22"/>
       <c r="I136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J136" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="137" spans="2:10" ht="15.95">
-      <c r="B137" s="23" t="s">
+    <row r="137" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B137" s="20" t="s">
         <v>54</v>
       </c>
-      <c r="C137" s="31"/>
+      <c r="C137" s="28"/>
       <c r="D137" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E137" s="7">
         <v>281</v>
       </c>
       <c r="F137" s="7">
         <v>319</v>
       </c>
-      <c r="G137" s="25">
+      <c r="G137" s="24">
         <v>358</v>
       </c>
-      <c r="H137" s="18"/>
+      <c r="H137" s="22"/>
       <c r="I137" s="7">
         <v>398</v>
       </c>
       <c r="J137" s="7">
         <v>414</v>
       </c>
     </row>
-    <row r="138" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C138" s="33"/>
+    <row r="138" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B138" s="29"/>
+      <c r="C138" s="30"/>
       <c r="D138" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E138" s="7">
         <v>165</v>
       </c>
       <c r="F138" s="7">
         <v>142</v>
       </c>
-      <c r="G138" s="25">
+      <c r="G138" s="24">
         <v>165</v>
       </c>
-      <c r="H138" s="18"/>
+      <c r="H138" s="22"/>
       <c r="I138" s="7">
         <v>196</v>
       </c>
       <c r="J138" s="7">
-        <v>180</v>
-[...4 lines deleted...]
-      <c r="C139" s="33"/>
+        <v>186</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B139" s="29"/>
+      <c r="C139" s="30"/>
       <c r="D139" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E139" s="7">
         <v>1293</v>
       </c>
       <c r="F139" s="7">
         <v>1212</v>
       </c>
-      <c r="G139" s="25">
+      <c r="G139" s="24">
         <v>1241</v>
       </c>
-      <c r="H139" s="18"/>
+      <c r="H139" s="22"/>
       <c r="I139" s="7">
         <v>1268</v>
       </c>
       <c r="J139" s="7">
-        <v>1341</v>
-[...4 lines deleted...]
-      <c r="C140" s="33"/>
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B140" s="29"/>
+      <c r="C140" s="30"/>
       <c r="D140" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E140" s="6">
         <v>1739</v>
       </c>
       <c r="F140" s="6">
         <v>1673</v>
       </c>
-      <c r="G140" s="24">
+      <c r="G140" s="23">
         <v>1764</v>
       </c>
-      <c r="H140" s="18"/>
+      <c r="H140" s="22"/>
       <c r="I140" s="6">
         <v>1862</v>
       </c>
       <c r="J140" s="6">
-        <v>1935</v>
-[...4 lines deleted...]
-      <c r="C141" s="35"/>
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B141" s="31"/>
+      <c r="C141" s="32"/>
       <c r="D141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F141" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G141" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H141" s="18"/>
+      <c r="G141" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="22"/>
       <c r="I141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J141" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="142" spans="2:10" ht="15.95">
-      <c r="B142" s="23" t="s">
+    <row r="142" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B142" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="C142" s="31"/>
+      <c r="C142" s="28"/>
       <c r="D142" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E142" s="7">
         <v>44</v>
       </c>
       <c r="F142" s="7">
         <v>39</v>
       </c>
-      <c r="G142" s="25">
+      <c r="G142" s="24">
         <v>52</v>
       </c>
-      <c r="H142" s="18"/>
+      <c r="H142" s="22"/>
       <c r="I142" s="7">
         <v>41</v>
       </c>
       <c r="J142" s="7">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="C143" s="33"/>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B143" s="29"/>
+      <c r="C143" s="30"/>
       <c r="D143" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E143" s="7">
         <v>5</v>
       </c>
       <c r="F143" s="7">
         <v>31</v>
       </c>
-      <c r="G143" s="25">
+      <c r="G143" s="24">
         <v>41</v>
       </c>
-      <c r="H143" s="18"/>
+      <c r="H143" s="22"/>
       <c r="I143" s="7">
         <v>35</v>
       </c>
       <c r="J143" s="7">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="C144" s="33"/>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B144" s="29"/>
+      <c r="C144" s="30"/>
       <c r="D144" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F144" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G144" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H144" s="18"/>
+      <c r="G144" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144" s="22"/>
       <c r="I144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J144" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="145" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C145" s="33"/>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B145" s="29"/>
+      <c r="C145" s="30"/>
       <c r="D145" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E145" s="6">
         <v>50</v>
       </c>
       <c r="F145" s="6">
         <v>72</v>
       </c>
-      <c r="G145" s="24">
+      <c r="G145" s="23">
         <v>94</v>
       </c>
-      <c r="H145" s="18"/>
+      <c r="H145" s="22"/>
       <c r="I145" s="6">
         <v>77</v>
       </c>
       <c r="J145" s="6">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="C146" s="35"/>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B146" s="31"/>
+      <c r="C146" s="32"/>
       <c r="D146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F146" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G146" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H146" s="18"/>
+      <c r="G146" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="22"/>
       <c r="I146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J146" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="147" spans="2:10" ht="15.95">
-      <c r="B147" s="23" t="s">
+    <row r="147" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B147" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="C147" s="31"/>
+      <c r="C147" s="28"/>
       <c r="D147" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E147" s="7">
         <v>57</v>
       </c>
       <c r="F147" s="7">
         <v>45</v>
       </c>
-      <c r="G147" s="25">
+      <c r="G147" s="24">
         <v>52</v>
       </c>
-      <c r="H147" s="18"/>
+      <c r="H147" s="22"/>
       <c r="I147" s="7">
         <v>50</v>
       </c>
       <c r="J147" s="7">
         <v>67</v>
       </c>
     </row>
-    <row r="148" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C148" s="33"/>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B148" s="29"/>
+      <c r="C148" s="30"/>
       <c r="D148" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E148" s="7">
         <v>54</v>
       </c>
       <c r="F148" s="7">
         <v>53</v>
       </c>
-      <c r="G148" s="25">
+      <c r="G148" s="24">
         <v>69</v>
       </c>
-      <c r="H148" s="18"/>
+      <c r="H148" s="22"/>
       <c r="I148" s="7">
         <v>84</v>
       </c>
       <c r="J148" s="7">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="C149" s="33"/>
+        <v>68</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B149" s="29"/>
+      <c r="C149" s="30"/>
       <c r="D149" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E149" s="7">
         <v>543</v>
       </c>
       <c r="F149" s="7">
         <v>452</v>
       </c>
-      <c r="G149" s="25">
+      <c r="G149" s="24">
         <v>457</v>
       </c>
-      <c r="H149" s="18"/>
+      <c r="H149" s="22"/>
       <c r="I149" s="7">
         <v>499</v>
       </c>
       <c r="J149" s="7">
         <v>525</v>
       </c>
     </row>
-    <row r="150" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C150" s="33"/>
+    <row r="150" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B150" s="29"/>
+      <c r="C150" s="30"/>
       <c r="D150" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E150" s="6">
         <v>654</v>
       </c>
       <c r="F150" s="6">
         <v>550</v>
       </c>
-      <c r="G150" s="24">
+      <c r="G150" s="23">
         <v>578</v>
       </c>
-      <c r="H150" s="18"/>
+      <c r="H150" s="22"/>
       <c r="I150" s="6">
         <v>633</v>
       </c>
       <c r="J150" s="6">
-        <v>658</v>
-[...4 lines deleted...]
-      <c r="C151" s="35"/>
+        <v>660</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B151" s="31"/>
+      <c r="C151" s="32"/>
       <c r="D151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F151" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G151" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H151" s="18"/>
+      <c r="G151" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="22"/>
       <c r="I151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J151" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="152" spans="2:10" ht="15.95">
-      <c r="B152" s="23" t="s">
+    <row r="152" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B152" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="C152" s="31"/>
+      <c r="C152" s="28"/>
       <c r="D152" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E152" s="7">
         <v>126</v>
       </c>
       <c r="F152" s="7">
         <v>144</v>
       </c>
-      <c r="G152" s="25">
+      <c r="G152" s="24">
         <v>151</v>
       </c>
-      <c r="H152" s="18"/>
+      <c r="H152" s="22"/>
       <c r="I152" s="7">
         <v>170</v>
       </c>
       <c r="J152" s="7">
-        <v>201</v>
-[...4 lines deleted...]
-      <c r="C153" s="33"/>
+        <v>202</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B153" s="29"/>
+      <c r="C153" s="30"/>
       <c r="D153" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E153" s="7">
         <v>1152</v>
       </c>
       <c r="F153" s="7">
         <v>1047</v>
       </c>
-      <c r="G153" s="25">
+      <c r="G153" s="24">
         <v>1016</v>
       </c>
-      <c r="H153" s="18"/>
+      <c r="H153" s="22"/>
       <c r="I153" s="7">
         <v>890</v>
       </c>
       <c r="J153" s="7">
-        <v>795</v>
-[...4 lines deleted...]
-      <c r="C154" s="33"/>
+        <v>815</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B154" s="29"/>
+      <c r="C154" s="30"/>
       <c r="D154" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E154" s="7">
         <v>331</v>
       </c>
       <c r="F154" s="7">
         <v>345</v>
       </c>
-      <c r="G154" s="25">
+      <c r="G154" s="24">
         <v>370</v>
       </c>
-      <c r="H154" s="18"/>
+      <c r="H154" s="22"/>
       <c r="I154" s="7">
         <v>365</v>
       </c>
       <c r="J154" s="7">
-        <v>385</v>
-[...4 lines deleted...]
-      <c r="C155" s="33"/>
+        <v>389</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B155" s="29"/>
+      <c r="C155" s="30"/>
       <c r="D155" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E155" s="6">
         <v>1609</v>
       </c>
       <c r="F155" s="6">
         <v>1536</v>
       </c>
-      <c r="G155" s="24">
+      <c r="G155" s="23">
         <v>1537</v>
       </c>
-      <c r="H155" s="18"/>
+      <c r="H155" s="22"/>
       <c r="I155" s="6">
         <v>1425</v>
       </c>
       <c r="J155" s="6">
-        <v>1381</v>
-[...4 lines deleted...]
-      <c r="C156" s="35"/>
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B156" s="31"/>
+      <c r="C156" s="32"/>
       <c r="D156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G156" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H156" s="18"/>
+      <c r="G156" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="22"/>
       <c r="I156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J156" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="157" spans="2:10" ht="15.95">
-      <c r="B157" s="23" t="s">
+    <row r="157" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B157" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="C157" s="31"/>
+      <c r="C157" s="28"/>
       <c r="D157" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E157" s="7">
         <v>801</v>
       </c>
       <c r="F157" s="7">
         <v>814</v>
       </c>
-      <c r="G157" s="25">
+      <c r="G157" s="24">
         <v>767</v>
       </c>
-      <c r="H157" s="18"/>
+      <c r="H157" s="22"/>
       <c r="I157" s="7">
         <v>833</v>
       </c>
       <c r="J157" s="7">
-        <v>765</v>
-[...4 lines deleted...]
-      <c r="C158" s="33"/>
+        <v>767</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B158" s="29"/>
+      <c r="C158" s="30"/>
       <c r="D158" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E158" s="7">
         <v>2257</v>
       </c>
       <c r="F158" s="7">
         <v>2165</v>
       </c>
-      <c r="G158" s="25">
+      <c r="G158" s="24">
         <v>2156</v>
       </c>
-      <c r="H158" s="18"/>
+      <c r="H158" s="22"/>
       <c r="I158" s="7">
         <v>2694</v>
       </c>
       <c r="J158" s="7">
-        <v>2901</v>
-[...4 lines deleted...]
-      <c r="C159" s="33"/>
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B159" s="29"/>
+      <c r="C159" s="30"/>
       <c r="D159" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E159" s="7">
         <v>2162</v>
       </c>
       <c r="F159" s="7">
         <v>2108</v>
       </c>
-      <c r="G159" s="25">
+      <c r="G159" s="24">
         <v>1942</v>
       </c>
-      <c r="H159" s="18"/>
+      <c r="H159" s="22"/>
       <c r="I159" s="7">
         <v>1986</v>
       </c>
       <c r="J159" s="7">
-        <v>1886</v>
-[...4 lines deleted...]
-      <c r="C160" s="33"/>
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B160" s="29"/>
+      <c r="C160" s="30"/>
       <c r="D160" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E160" s="6">
         <v>5220</v>
       </c>
       <c r="F160" s="6">
         <v>5087</v>
       </c>
-      <c r="G160" s="24">
+      <c r="G160" s="23">
         <v>4865</v>
       </c>
-      <c r="H160" s="18"/>
+      <c r="H160" s="22"/>
       <c r="I160" s="6">
         <v>5513</v>
       </c>
       <c r="J160" s="6">
-        <v>5552</v>
-[...4 lines deleted...]
-      <c r="C161" s="35"/>
+        <v>5636</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B161" s="31"/>
+      <c r="C161" s="32"/>
       <c r="D161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F161" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G161" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H161" s="18"/>
+      <c r="G161" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="22"/>
       <c r="I161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J161" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="162" spans="2:10" ht="15.95">
-      <c r="B162" s="23" t="s">
+    <row r="162" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B162" s="20" t="s">
         <v>59</v>
       </c>
-      <c r="C162" s="31"/>
+      <c r="C162" s="28"/>
       <c r="D162" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E162" s="7">
         <v>5</v>
       </c>
       <c r="F162" s="7">
         <v>7</v>
       </c>
-      <c r="G162" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H162" s="18"/>
+      <c r="G162" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H162" s="22"/>
       <c r="I162" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J162" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="163" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C163" s="33"/>
+    <row r="163" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B163" s="29"/>
+      <c r="C163" s="30"/>
       <c r="D163" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E163" s="7">
         <v>19</v>
       </c>
       <c r="F163" s="7">
         <v>17</v>
       </c>
-      <c r="G163" s="25">
+      <c r="G163" s="24">
         <v>27</v>
       </c>
-      <c r="H163" s="18"/>
+      <c r="H163" s="22"/>
       <c r="I163" s="7">
         <v>28</v>
       </c>
       <c r="J163" s="7">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="C164" s="33"/>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B164" s="29"/>
+      <c r="C164" s="30"/>
       <c r="D164" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E164" s="7">
         <v>18</v>
       </c>
       <c r="F164" s="7">
         <v>27</v>
       </c>
-      <c r="G164" s="25">
+      <c r="G164" s="24">
         <v>39</v>
       </c>
-      <c r="H164" s="18"/>
+      <c r="H164" s="22"/>
       <c r="I164" s="7">
         <v>48</v>
       </c>
       <c r="J164" s="7">
         <v>59</v>
       </c>
     </row>
-    <row r="165" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C165" s="33"/>
+    <row r="165" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B165" s="29"/>
+      <c r="C165" s="30"/>
       <c r="D165" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E165" s="6">
         <v>42</v>
       </c>
       <c r="F165" s="6">
         <v>51</v>
       </c>
-      <c r="G165" s="24">
+      <c r="G165" s="23">
         <v>70</v>
       </c>
-      <c r="H165" s="18"/>
+      <c r="H165" s="22"/>
       <c r="I165" s="6">
         <v>80</v>
       </c>
       <c r="J165" s="6">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="C166" s="35"/>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B166" s="31"/>
+      <c r="C166" s="32"/>
       <c r="D166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F166" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G166" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H166" s="18"/>
+      <c r="G166" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="22"/>
       <c r="I166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J166" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="167" spans="2:10" ht="15.95">
-      <c r="B167" s="23" t="s">
+    <row r="167" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B167" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="C167" s="31"/>
+      <c r="C167" s="28"/>
       <c r="D167" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E167" s="7">
         <v>17</v>
       </c>
       <c r="F167" s="7">
         <v>20</v>
       </c>
-      <c r="G167" s="25">
+      <c r="G167" s="24">
         <v>14</v>
       </c>
-      <c r="H167" s="18"/>
+      <c r="H167" s="22"/>
       <c r="I167" s="7">
         <v>13</v>
       </c>
       <c r="J167" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="168" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C168" s="33"/>
+    <row r="168" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B168" s="29"/>
+      <c r="C168" s="30"/>
       <c r="D168" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E168" s="7">
         <v>23</v>
       </c>
       <c r="F168" s="7">
         <v>41</v>
       </c>
-      <c r="G168" s="25">
+      <c r="G168" s="24">
         <v>30</v>
       </c>
-      <c r="H168" s="18"/>
+      <c r="H168" s="22"/>
       <c r="I168" s="7">
         <v>30</v>
       </c>
       <c r="J168" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="169" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C169" s="33"/>
+    <row r="169" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B169" s="29"/>
+      <c r="C169" s="30"/>
       <c r="D169" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E169" s="7">
         <v>45</v>
       </c>
       <c r="F169" s="7">
         <v>26</v>
       </c>
-      <c r="G169" s="25">
+      <c r="G169" s="24">
         <v>27</v>
       </c>
-      <c r="H169" s="18"/>
+      <c r="H169" s="22"/>
       <c r="I169" s="7">
         <v>35</v>
       </c>
       <c r="J169" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="170" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C170" s="33"/>
+    <row r="170" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B170" s="29"/>
+      <c r="C170" s="30"/>
       <c r="D170" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E170" s="6">
         <v>85</v>
       </c>
       <c r="F170" s="6">
         <v>87</v>
       </c>
-      <c r="G170" s="24">
+      <c r="G170" s="23">
         <v>71</v>
       </c>
-      <c r="H170" s="18"/>
+      <c r="H170" s="22"/>
       <c r="I170" s="6">
         <v>78</v>
       </c>
       <c r="J170" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="171" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C171" s="35"/>
+    <row r="171" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B171" s="31"/>
+      <c r="C171" s="32"/>
       <c r="D171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F171" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G171" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H171" s="18"/>
+      <c r="G171" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="22"/>
       <c r="I171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J171" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="172" spans="2:10" ht="15.95">
-      <c r="B172" s="23" t="s">
+    <row r="172" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B172" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="C172" s="31"/>
+      <c r="C172" s="28"/>
       <c r="D172" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E172" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F172" s="7">
         <v>9</v>
       </c>
-      <c r="G172" s="25">
+      <c r="G172" s="24">
         <v>7</v>
       </c>
-      <c r="H172" s="18"/>
+      <c r="H172" s="22"/>
       <c r="I172" s="7">
         <v>6</v>
       </c>
       <c r="J172" s="7">
         <v>7</v>
       </c>
     </row>
-    <row r="173" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C173" s="33"/>
+    <row r="173" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B173" s="29"/>
+      <c r="C173" s="30"/>
       <c r="D173" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E173" s="7">
         <v>55</v>
       </c>
       <c r="F173" s="7">
         <v>86</v>
       </c>
-      <c r="G173" s="25">
+      <c r="G173" s="24">
         <v>99</v>
       </c>
-      <c r="H173" s="18"/>
+      <c r="H173" s="22"/>
       <c r="I173" s="7">
         <v>87</v>
       </c>
       <c r="J173" s="7">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="C174" s="33"/>
+        <v>83</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B174" s="29"/>
+      <c r="C174" s="30"/>
       <c r="D174" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E174" s="7">
         <v>31</v>
       </c>
       <c r="F174" s="7">
         <v>30</v>
       </c>
-      <c r="G174" s="25">
+      <c r="G174" s="24">
         <v>30</v>
       </c>
-      <c r="H174" s="18"/>
+      <c r="H174" s="22"/>
       <c r="I174" s="7">
         <v>29</v>
       </c>
       <c r="J174" s="7">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="C175" s="33"/>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B175" s="29"/>
+      <c r="C175" s="30"/>
       <c r="D175" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E175" s="6">
         <v>90</v>
       </c>
       <c r="F175" s="6">
         <v>125</v>
       </c>
-      <c r="G175" s="24">
+      <c r="G175" s="23">
         <v>136</v>
       </c>
-      <c r="H175" s="18"/>
+      <c r="H175" s="22"/>
       <c r="I175" s="6">
         <v>122</v>
       </c>
       <c r="J175" s="6">
-        <v>109</v>
-[...4 lines deleted...]
-      <c r="C176" s="35"/>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B176" s="31"/>
+      <c r="C176" s="32"/>
       <c r="D176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F176" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G176" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H176" s="18"/>
+      <c r="G176" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H176" s="22"/>
       <c r="I176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J176" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="177" spans="2:10" ht="15.95">
-      <c r="B177" s="23" t="s">
+    <row r="177" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B177" s="20" t="s">
         <v>62</v>
       </c>
-      <c r="C177" s="31"/>
+      <c r="C177" s="28"/>
       <c r="D177" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E177" s="7">
         <v>15</v>
       </c>
       <c r="F177" s="7">
         <v>13</v>
       </c>
-      <c r="G177" s="25">
+      <c r="G177" s="24">
         <v>13</v>
       </c>
-      <c r="H177" s="18"/>
+      <c r="H177" s="22"/>
       <c r="I177" s="7">
         <v>23</v>
       </c>
       <c r="J177" s="7">
         <v>30</v>
       </c>
     </row>
-    <row r="178" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C178" s="33"/>
+    <row r="178" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B178" s="29"/>
+      <c r="C178" s="30"/>
       <c r="D178" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E178" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F178" s="7">
         <v>7</v>
       </c>
-      <c r="G178" s="25">
+      <c r="G178" s="24">
         <v>8</v>
       </c>
-      <c r="H178" s="18"/>
+      <c r="H178" s="22"/>
       <c r="I178" s="7">
         <v>16</v>
       </c>
       <c r="J178" s="7">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="C179" s="33"/>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B179" s="29"/>
+      <c r="C179" s="30"/>
       <c r="D179" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E179" s="7">
         <v>30</v>
       </c>
       <c r="F179" s="7">
         <v>20</v>
       </c>
-      <c r="G179" s="25">
+      <c r="G179" s="24">
         <v>22</v>
       </c>
-      <c r="H179" s="18"/>
+      <c r="H179" s="22"/>
       <c r="I179" s="7">
         <v>28</v>
       </c>
       <c r="J179" s="7">
         <v>28</v>
       </c>
     </row>
-    <row r="180" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C180" s="33"/>
+    <row r="180" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B180" s="29"/>
+      <c r="C180" s="30"/>
       <c r="D180" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E180" s="6">
         <v>48</v>
       </c>
       <c r="F180" s="6">
         <v>40</v>
       </c>
-      <c r="G180" s="24">
+      <c r="G180" s="23">
         <v>43</v>
       </c>
-      <c r="H180" s="18"/>
+      <c r="H180" s="22"/>
       <c r="I180" s="6">
         <v>67</v>
       </c>
       <c r="J180" s="6">
-        <v>75</v>
-[...4 lines deleted...]
-      <c r="C181" s="35"/>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B181" s="31"/>
+      <c r="C181" s="32"/>
       <c r="D181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F181" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G181" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H181" s="18"/>
+      <c r="G181" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H181" s="22"/>
       <c r="I181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J181" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="182" spans="2:10" ht="15.95">
-      <c r="B182" s="23" t="s">
+    <row r="182" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B182" s="20" t="s">
         <v>63</v>
       </c>
-      <c r="C182" s="31"/>
+      <c r="C182" s="28"/>
       <c r="D182" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E182" s="7">
         <v>31</v>
       </c>
       <c r="F182" s="7">
         <v>31</v>
       </c>
-      <c r="G182" s="25">
+      <c r="G182" s="24">
         <v>33</v>
       </c>
-      <c r="H182" s="18"/>
+      <c r="H182" s="22"/>
       <c r="I182" s="7">
         <v>25</v>
       </c>
       <c r="J182" s="7">
         <v>24</v>
       </c>
     </row>
-    <row r="183" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C183" s="33"/>
+    <row r="183" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B183" s="29"/>
+      <c r="C183" s="30"/>
       <c r="D183" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E183" s="7">
         <v>52</v>
       </c>
       <c r="F183" s="7">
         <v>56</v>
       </c>
-      <c r="G183" s="25">
+      <c r="G183" s="24">
         <v>52</v>
       </c>
-      <c r="H183" s="18"/>
+      <c r="H183" s="22"/>
       <c r="I183" s="7">
         <v>63</v>
       </c>
       <c r="J183" s="7">
-        <v>67</v>
-[...4 lines deleted...]
-      <c r="C184" s="33"/>
+        <v>68</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B184" s="29"/>
+      <c r="C184" s="30"/>
       <c r="D184" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E184" s="7">
         <v>77</v>
       </c>
       <c r="F184" s="7">
         <v>71</v>
       </c>
-      <c r="G184" s="25">
+      <c r="G184" s="24">
         <v>90</v>
       </c>
-      <c r="H184" s="18"/>
+      <c r="H184" s="22"/>
       <c r="I184" s="7">
         <v>104</v>
       </c>
       <c r="J184" s="7">
         <v>91</v>
       </c>
     </row>
-    <row r="185" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C185" s="33"/>
+    <row r="185" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B185" s="29"/>
+      <c r="C185" s="30"/>
       <c r="D185" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E185" s="6">
         <v>160</v>
       </c>
       <c r="F185" s="6">
         <v>158</v>
       </c>
-      <c r="G185" s="24">
+      <c r="G185" s="23">
         <v>175</v>
       </c>
-      <c r="H185" s="18"/>
+      <c r="H185" s="22"/>
       <c r="I185" s="6">
         <v>192</v>
       </c>
       <c r="J185" s="6">
-        <v>182</v>
-[...4 lines deleted...]
-      <c r="C186" s="35"/>
+        <v>183</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B186" s="31"/>
+      <c r="C186" s="32"/>
       <c r="D186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F186" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G186" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H186" s="18"/>
+      <c r="G186" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H186" s="22"/>
       <c r="I186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J186" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="187" spans="2:10" ht="15.95">
-      <c r="B187" s="23" t="s">
+    <row r="187" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B187" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="C187" s="31"/>
+      <c r="C187" s="28"/>
       <c r="D187" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E187" s="7">
         <v>397</v>
       </c>
       <c r="F187" s="7">
         <v>377</v>
       </c>
-      <c r="G187" s="25">
+      <c r="G187" s="24">
         <v>384</v>
       </c>
-      <c r="H187" s="18"/>
+      <c r="H187" s="22"/>
       <c r="I187" s="7">
         <v>415</v>
       </c>
       <c r="J187" s="7">
-        <v>442</v>
-[...4 lines deleted...]
-      <c r="C188" s="33"/>
+        <v>446</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B188" s="29"/>
+      <c r="C188" s="30"/>
       <c r="D188" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E188" s="7">
         <v>267</v>
       </c>
       <c r="F188" s="7">
         <v>258</v>
       </c>
-      <c r="G188" s="25">
+      <c r="G188" s="24">
         <v>231</v>
       </c>
-      <c r="H188" s="18"/>
+      <c r="H188" s="22"/>
       <c r="I188" s="7">
         <v>236</v>
       </c>
       <c r="J188" s="7">
-        <v>192</v>
-[...4 lines deleted...]
-      <c r="C189" s="33"/>
+        <v>199</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B189" s="29"/>
+      <c r="C189" s="30"/>
       <c r="D189" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E189" s="7">
         <v>410</v>
       </c>
       <c r="F189" s="7">
         <v>458</v>
       </c>
-      <c r="G189" s="25">
+      <c r="G189" s="24">
         <v>454</v>
       </c>
-      <c r="H189" s="18"/>
+      <c r="H189" s="22"/>
       <c r="I189" s="7">
         <v>453</v>
       </c>
       <c r="J189" s="7">
-        <v>473</v>
-[...4 lines deleted...]
-      <c r="C190" s="33"/>
+        <v>477</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B190" s="29"/>
+      <c r="C190" s="30"/>
       <c r="D190" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E190" s="6">
         <v>1074</v>
       </c>
       <c r="F190" s="6">
         <v>1093</v>
       </c>
-      <c r="G190" s="24">
+      <c r="G190" s="23">
         <v>1069</v>
       </c>
-      <c r="H190" s="18"/>
+      <c r="H190" s="22"/>
       <c r="I190" s="6">
         <v>1104</v>
       </c>
       <c r="J190" s="6">
-        <v>1107</v>
-[...4 lines deleted...]
-      <c r="C191" s="35"/>
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B191" s="31"/>
+      <c r="C191" s="32"/>
       <c r="D191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F191" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G191" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H191" s="18"/>
+      <c r="G191" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H191" s="22"/>
       <c r="I191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J191" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="192" spans="2:10" ht="15.95">
-      <c r="B192" s="23" t="s">
+    <row r="192" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B192" s="20" t="s">
         <v>65</v>
       </c>
-      <c r="C192" s="31"/>
+      <c r="C192" s="28"/>
       <c r="D192" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F192" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G192" s="25">
+      <c r="G192" s="24">
         <v>6</v>
       </c>
-      <c r="H192" s="18"/>
+      <c r="H192" s="22"/>
       <c r="I192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J192" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="193" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C193" s="33"/>
+    <row r="193" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B193" s="29"/>
+      <c r="C193" s="30"/>
       <c r="D193" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E193" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F193" s="7">
         <v>7</v>
       </c>
-      <c r="G193" s="25">
+      <c r="G193" s="24">
         <v>20</v>
       </c>
-      <c r="H193" s="18"/>
+      <c r="H193" s="22"/>
       <c r="I193" s="7">
         <v>11</v>
       </c>
       <c r="J193" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="194" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C194" s="33"/>
+    <row r="194" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B194" s="29"/>
+      <c r="C194" s="30"/>
       <c r="D194" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E194" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F194" s="7">
         <v>59</v>
       </c>
-      <c r="G194" s="25">
+      <c r="G194" s="24">
         <v>123</v>
       </c>
-      <c r="H194" s="18"/>
+      <c r="H194" s="22"/>
       <c r="I194" s="7">
         <v>7</v>
       </c>
       <c r="J194" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="195" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C195" s="33"/>
+    <row r="195" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B195" s="29"/>
+      <c r="C195" s="30"/>
       <c r="D195" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E195" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F195" s="6">
         <v>68</v>
       </c>
-      <c r="G195" s="24">
+      <c r="G195" s="23">
         <v>149</v>
       </c>
-      <c r="H195" s="18"/>
+      <c r="H195" s="22"/>
       <c r="I195" s="6">
         <v>20</v>
       </c>
       <c r="J195" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="196" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C196" s="35"/>
+    <row r="196" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B196" s="31"/>
+      <c r="C196" s="32"/>
       <c r="D196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F196" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G196" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H196" s="18"/>
+      <c r="G196" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H196" s="22"/>
       <c r="I196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J196" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="197" spans="2:10" ht="15.95">
-      <c r="B197" s="23" t="s">
+    <row r="197" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B197" s="20" t="s">
         <v>66</v>
       </c>
-      <c r="C197" s="31"/>
+      <c r="C197" s="28"/>
       <c r="D197" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E197" s="7">
         <v>17</v>
       </c>
       <c r="F197" s="7">
         <v>18</v>
       </c>
-      <c r="G197" s="25">
+      <c r="G197" s="24">
         <v>27</v>
       </c>
-      <c r="H197" s="18"/>
+      <c r="H197" s="22"/>
       <c r="I197" s="7">
         <v>13</v>
       </c>
       <c r="J197" s="7">
         <v>22</v>
       </c>
     </row>
-    <row r="198" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C198" s="33"/>
+    <row r="198" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B198" s="29"/>
+      <c r="C198" s="30"/>
       <c r="D198" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E198" s="7">
         <v>76</v>
       </c>
       <c r="F198" s="7">
         <v>93</v>
       </c>
-      <c r="G198" s="25">
+      <c r="G198" s="24">
         <v>82</v>
       </c>
-      <c r="H198" s="18"/>
+      <c r="H198" s="22"/>
       <c r="I198" s="7">
         <v>66</v>
       </c>
       <c r="J198" s="7">
-        <v>92</v>
-[...4 lines deleted...]
-      <c r="C199" s="33"/>
+        <v>93</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B199" s="29"/>
+      <c r="C199" s="30"/>
       <c r="D199" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E199" s="7">
         <v>327</v>
       </c>
       <c r="F199" s="7">
         <v>295</v>
       </c>
-      <c r="G199" s="25">
+      <c r="G199" s="24">
         <v>295</v>
       </c>
-      <c r="H199" s="18"/>
+      <c r="H199" s="22"/>
       <c r="I199" s="7">
         <v>50</v>
       </c>
       <c r="J199" s="7">
         <v>391</v>
       </c>
     </row>
-    <row r="200" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C200" s="33"/>
+    <row r="200" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B200" s="29"/>
+      <c r="C200" s="30"/>
       <c r="D200" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E200" s="6">
         <v>420</v>
       </c>
       <c r="F200" s="6">
         <v>406</v>
       </c>
-      <c r="G200" s="24">
+      <c r="G200" s="23">
         <v>404</v>
       </c>
-      <c r="H200" s="18"/>
+      <c r="H200" s="22"/>
       <c r="I200" s="6">
         <v>129</v>
       </c>
       <c r="J200" s="6">
-        <v>505</v>
-[...4 lines deleted...]
-      <c r="C201" s="35"/>
+        <v>506</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B201" s="31"/>
+      <c r="C201" s="32"/>
       <c r="D201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F201" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G201" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H201" s="18"/>
+      <c r="G201" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H201" s="22"/>
       <c r="I201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J201" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="202" spans="2:10" ht="15.95">
-      <c r="B202" s="23" t="s">
+    <row r="202" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B202" s="20" t="s">
         <v>67</v>
       </c>
-      <c r="C202" s="31"/>
+      <c r="C202" s="28"/>
       <c r="D202" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E202" s="7">
         <v>643</v>
       </c>
       <c r="F202" s="7">
         <v>694</v>
       </c>
-      <c r="G202" s="25">
+      <c r="G202" s="24">
         <v>819</v>
       </c>
-      <c r="H202" s="18"/>
+      <c r="H202" s="22"/>
       <c r="I202" s="7">
         <v>859</v>
       </c>
       <c r="J202" s="7">
-        <v>819</v>
-[...4 lines deleted...]
-      <c r="C203" s="33"/>
+        <v>825</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B203" s="29"/>
+      <c r="C203" s="30"/>
       <c r="D203" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E203" s="7">
         <v>1914</v>
       </c>
       <c r="F203" s="7">
         <v>1692</v>
       </c>
-      <c r="G203" s="25">
+      <c r="G203" s="24">
         <v>1590</v>
       </c>
-      <c r="H203" s="18"/>
+      <c r="H203" s="22"/>
       <c r="I203" s="7">
         <v>1462</v>
       </c>
       <c r="J203" s="7">
-        <v>1254</v>
-[...4 lines deleted...]
-      <c r="C204" s="33"/>
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B204" s="29"/>
+      <c r="C204" s="30"/>
       <c r="D204" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E204" s="7">
         <v>1695</v>
       </c>
       <c r="F204" s="7">
         <v>1763</v>
       </c>
-      <c r="G204" s="25">
+      <c r="G204" s="24">
         <v>1805</v>
       </c>
-      <c r="H204" s="18"/>
+      <c r="H204" s="22"/>
       <c r="I204" s="7">
         <v>1915</v>
       </c>
       <c r="J204" s="7">
-        <v>1801</v>
-[...4 lines deleted...]
-      <c r="C205" s="33"/>
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B205" s="29"/>
+      <c r="C205" s="30"/>
       <c r="D205" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E205" s="6">
         <v>4252</v>
       </c>
       <c r="F205" s="6">
         <v>4149</v>
       </c>
-      <c r="G205" s="24">
+      <c r="G205" s="23">
         <v>4214</v>
       </c>
-      <c r="H205" s="18"/>
+      <c r="H205" s="22"/>
       <c r="I205" s="6">
         <v>4236</v>
       </c>
       <c r="J205" s="6">
-        <v>3874</v>
-[...4 lines deleted...]
-      <c r="C206" s="35"/>
+        <v>3935</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B206" s="31"/>
+      <c r="C206" s="32"/>
       <c r="D206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F206" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G206" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H206" s="18"/>
+      <c r="G206" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H206" s="22"/>
       <c r="I206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J206" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="207" spans="2:10" ht="15.95">
-      <c r="B207" s="23" t="s">
+    <row r="207" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B207" s="20" t="s">
         <v>68</v>
       </c>
-      <c r="C207" s="31"/>
+      <c r="C207" s="28"/>
       <c r="D207" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E207" s="7">
         <v>52</v>
       </c>
       <c r="F207" s="7">
         <v>35</v>
       </c>
-      <c r="G207" s="25">
+      <c r="G207" s="24">
         <v>43</v>
       </c>
-      <c r="H207" s="18"/>
+      <c r="H207" s="22"/>
       <c r="I207" s="7">
         <v>57</v>
       </c>
       <c r="J207" s="7">
         <v>55</v>
       </c>
     </row>
-    <row r="208" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C208" s="33"/>
+    <row r="208" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B208" s="29"/>
+      <c r="C208" s="30"/>
       <c r="D208" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="7">
         <v>109</v>
       </c>
       <c r="F208" s="7">
         <v>77</v>
       </c>
-      <c r="G208" s="25">
+      <c r="G208" s="24">
         <v>84</v>
       </c>
-      <c r="H208" s="18"/>
+      <c r="H208" s="22"/>
       <c r="I208" s="7">
         <v>121</v>
       </c>
       <c r="J208" s="7">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="C209" s="33"/>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B209" s="29"/>
+      <c r="C209" s="30"/>
       <c r="D209" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E209" s="7">
         <v>96</v>
       </c>
       <c r="F209" s="7">
         <v>94</v>
       </c>
-      <c r="G209" s="25">
+      <c r="G209" s="24">
         <v>88</v>
       </c>
-      <c r="H209" s="18"/>
+      <c r="H209" s="22"/>
       <c r="I209" s="7">
         <v>102</v>
       </c>
       <c r="J209" s="7">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="C210" s="33"/>
+        <v>96</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B210" s="29"/>
+      <c r="C210" s="30"/>
       <c r="D210" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E210" s="6">
         <v>257</v>
       </c>
       <c r="F210" s="6">
         <v>206</v>
       </c>
-      <c r="G210" s="24">
+      <c r="G210" s="23">
         <v>215</v>
       </c>
-      <c r="H210" s="18"/>
+      <c r="H210" s="22"/>
       <c r="I210" s="6">
         <v>280</v>
       </c>
       <c r="J210" s="6">
-        <v>274</v>
-[...4 lines deleted...]
-      <c r="C211" s="35"/>
+        <v>277</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B211" s="31"/>
+      <c r="C211" s="32"/>
       <c r="D211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F211" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G211" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H211" s="18"/>
+      <c r="G211" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H211" s="22"/>
       <c r="I211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J211" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="212" spans="2:10" ht="15.95">
-      <c r="B212" s="23" t="s">
+    <row r="212" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B212" s="20" t="s">
         <v>69</v>
       </c>
-      <c r="C212" s="31"/>
+      <c r="C212" s="28"/>
       <c r="D212" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E212" s="7">
         <v>22</v>
       </c>
       <c r="F212" s="7">
         <v>11</v>
       </c>
-      <c r="G212" s="25">
+      <c r="G212" s="24">
         <v>14</v>
       </c>
-      <c r="H212" s="18"/>
+      <c r="H212" s="22"/>
       <c r="I212" s="7">
         <v>22</v>
       </c>
       <c r="J212" s="7">
         <v>17</v>
       </c>
     </row>
-    <row r="213" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C213" s="33"/>
+    <row r="213" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B213" s="29"/>
+      <c r="C213" s="30"/>
       <c r="D213" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E213" s="7">
         <v>101</v>
       </c>
       <c r="F213" s="7">
         <v>80</v>
       </c>
-      <c r="G213" s="25">
+      <c r="G213" s="24">
         <v>77</v>
       </c>
-      <c r="H213" s="18"/>
+      <c r="H213" s="22"/>
       <c r="I213" s="7">
         <v>78</v>
       </c>
       <c r="J213" s="7">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="C214" s="33"/>
+        <v>73</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B214" s="29"/>
+      <c r="C214" s="30"/>
       <c r="D214" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E214" s="7">
         <v>36</v>
       </c>
       <c r="F214" s="7">
         <v>23</v>
       </c>
-      <c r="G214" s="25">
+      <c r="G214" s="24">
         <v>29</v>
       </c>
-      <c r="H214" s="18"/>
+      <c r="H214" s="22"/>
       <c r="I214" s="7">
         <v>37</v>
       </c>
       <c r="J214" s="7">
-        <v>35</v>
-[...4 lines deleted...]
-      <c r="C215" s="33"/>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B215" s="29"/>
+      <c r="C215" s="30"/>
       <c r="D215" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E215" s="6">
         <v>159</v>
       </c>
       <c r="F215" s="6">
         <v>114</v>
       </c>
-      <c r="G215" s="24">
+      <c r="G215" s="23">
         <v>120</v>
       </c>
-      <c r="H215" s="18"/>
+      <c r="H215" s="22"/>
       <c r="I215" s="6">
         <v>137</v>
       </c>
       <c r="J215" s="6">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="C216" s="35"/>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B216" s="31"/>
+      <c r="C216" s="32"/>
       <c r="D216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F216" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G216" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H216" s="18"/>
+      <c r="G216" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H216" s="22"/>
       <c r="I216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J216" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="217" spans="2:10" ht="15.95">
-      <c r="B217" s="23" t="s">
+    <row r="217" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B217" s="20" t="s">
         <v>70</v>
       </c>
-      <c r="C217" s="31"/>
+      <c r="C217" s="28"/>
       <c r="D217" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E217" s="7">
         <v>35</v>
       </c>
       <c r="F217" s="7">
         <v>17</v>
       </c>
-      <c r="G217" s="25">
+      <c r="G217" s="24">
         <v>20</v>
       </c>
-      <c r="H217" s="18"/>
+      <c r="H217" s="22"/>
       <c r="I217" s="7">
         <v>17</v>
       </c>
       <c r="J217" s="7">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="C218" s="33"/>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B218" s="29"/>
+      <c r="C218" s="30"/>
       <c r="D218" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E218" s="7">
         <v>152</v>
       </c>
       <c r="F218" s="7">
         <v>148</v>
       </c>
-      <c r="G218" s="25">
+      <c r="G218" s="24">
         <v>124</v>
       </c>
-      <c r="H218" s="18"/>
+      <c r="H218" s="22"/>
       <c r="I218" s="7">
         <v>142</v>
       </c>
       <c r="J218" s="7">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="C219" s="33"/>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B219" s="29"/>
+      <c r="C219" s="30"/>
       <c r="D219" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E219" s="7">
         <v>103</v>
       </c>
       <c r="F219" s="7">
         <v>56</v>
       </c>
-      <c r="G219" s="25">
+      <c r="G219" s="24">
         <v>61</v>
       </c>
-      <c r="H219" s="18"/>
+      <c r="H219" s="22"/>
       <c r="I219" s="7">
         <v>65</v>
       </c>
       <c r="J219" s="7">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="C220" s="33"/>
+        <v>72</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B220" s="29"/>
+      <c r="C220" s="30"/>
       <c r="D220" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E220" s="6">
         <v>290</v>
       </c>
       <c r="F220" s="6">
         <v>221</v>
       </c>
-      <c r="G220" s="24">
+      <c r="G220" s="23">
         <v>205</v>
       </c>
-      <c r="H220" s="18"/>
+      <c r="H220" s="22"/>
       <c r="I220" s="6">
         <v>224</v>
       </c>
       <c r="J220" s="6">
-        <v>160</v>
-[...4 lines deleted...]
-      <c r="C221" s="35"/>
+        <v>179</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B221" s="31"/>
+      <c r="C221" s="32"/>
       <c r="D221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F221" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G221" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H221" s="18"/>
+      <c r="G221" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H221" s="22"/>
       <c r="I221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J221" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="222" spans="2:10" ht="15.95">
-      <c r="B222" s="23" t="s">
+    <row r="222" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B222" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="C222" s="31"/>
+      <c r="C222" s="28"/>
       <c r="D222" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E222" s="7">
         <v>29</v>
       </c>
       <c r="F222" s="7">
         <v>30</v>
       </c>
-      <c r="G222" s="25">
+      <c r="G222" s="24">
         <v>31</v>
       </c>
-      <c r="H222" s="18"/>
+      <c r="H222" s="22"/>
       <c r="I222" s="7">
         <v>34</v>
       </c>
       <c r="J222" s="7">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="C223" s="33"/>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B223" s="29"/>
+      <c r="C223" s="30"/>
       <c r="D223" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E223" s="7">
         <v>91</v>
       </c>
       <c r="F223" s="7">
         <v>182</v>
       </c>
-      <c r="G223" s="25">
+      <c r="G223" s="24">
         <v>125</v>
       </c>
-      <c r="H223" s="18"/>
+      <c r="H223" s="22"/>
       <c r="I223" s="7">
         <v>140</v>
       </c>
       <c r="J223" s="7">
-        <v>97</v>
-[...4 lines deleted...]
-      <c r="C224" s="33"/>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B224" s="29"/>
+      <c r="C224" s="30"/>
       <c r="D224" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E224" s="7">
         <v>144</v>
       </c>
       <c r="F224" s="7">
         <v>178</v>
       </c>
-      <c r="G224" s="25">
+      <c r="G224" s="24">
         <v>179</v>
       </c>
-      <c r="H224" s="18"/>
+      <c r="H224" s="22"/>
       <c r="I224" s="7">
         <v>184</v>
       </c>
       <c r="J224" s="7">
-        <v>177</v>
-[...4 lines deleted...]
-      <c r="C225" s="33"/>
+        <v>179</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B225" s="29"/>
+      <c r="C225" s="30"/>
       <c r="D225" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E225" s="6">
         <v>264</v>
       </c>
       <c r="F225" s="6">
         <v>390</v>
       </c>
-      <c r="G225" s="24">
+      <c r="G225" s="23">
         <v>335</v>
       </c>
-      <c r="H225" s="18"/>
+      <c r="H225" s="22"/>
       <c r="I225" s="6">
         <v>358</v>
       </c>
       <c r="J225" s="6">
-        <v>306</v>
-[...4 lines deleted...]
-      <c r="C226" s="35"/>
+        <v>314</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B226" s="31"/>
+      <c r="C226" s="32"/>
       <c r="D226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F226" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G226" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H226" s="18"/>
+      <c r="G226" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H226" s="22"/>
       <c r="I226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J226" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="227" spans="2:10" ht="15.95">
-      <c r="B227" s="23" t="s">
+    <row r="227" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B227" s="20" t="s">
         <v>72</v>
       </c>
-      <c r="C227" s="31"/>
+      <c r="C227" s="28"/>
       <c r="D227" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E227" s="7">
         <v>394</v>
       </c>
       <c r="F227" s="7">
         <v>397</v>
       </c>
-      <c r="G227" s="25">
+      <c r="G227" s="24">
         <v>377</v>
       </c>
-      <c r="H227" s="18"/>
+      <c r="H227" s="22"/>
       <c r="I227" s="7">
         <v>355</v>
       </c>
       <c r="J227" s="7">
-        <v>325</v>
-[...4 lines deleted...]
-      <c r="C228" s="33"/>
+        <v>327</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B228" s="29"/>
+      <c r="C228" s="30"/>
       <c r="D228" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E228" s="7">
         <v>516</v>
       </c>
       <c r="F228" s="7">
         <v>575</v>
       </c>
-      <c r="G228" s="25">
+      <c r="G228" s="24">
         <v>540</v>
       </c>
-      <c r="H228" s="18"/>
+      <c r="H228" s="22"/>
       <c r="I228" s="7">
         <v>536</v>
       </c>
       <c r="J228" s="7">
-        <v>503</v>
-[...4 lines deleted...]
-      <c r="C229" s="33"/>
+        <v>515</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B229" s="29"/>
+      <c r="C229" s="30"/>
       <c r="D229" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E229" s="7">
         <v>1352</v>
       </c>
       <c r="F229" s="7">
         <v>1479</v>
       </c>
-      <c r="G229" s="25">
+      <c r="G229" s="24">
         <v>1345</v>
       </c>
-      <c r="H229" s="18"/>
+      <c r="H229" s="22"/>
       <c r="I229" s="7">
         <v>1263</v>
       </c>
       <c r="J229" s="7">
-        <v>1244</v>
-[...4 lines deleted...]
-      <c r="C230" s="33"/>
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B230" s="29"/>
+      <c r="C230" s="30"/>
       <c r="D230" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E230" s="6">
         <v>2262</v>
       </c>
       <c r="F230" s="6">
         <v>2451</v>
       </c>
-      <c r="G230" s="24">
+      <c r="G230" s="23">
         <v>2262</v>
       </c>
-      <c r="H230" s="18"/>
+      <c r="H230" s="22"/>
       <c r="I230" s="6">
         <v>2154</v>
       </c>
       <c r="J230" s="6">
-        <v>2072</v>
-[...4 lines deleted...]
-      <c r="C231" s="35"/>
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B231" s="31"/>
+      <c r="C231" s="32"/>
       <c r="D231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F231" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G231" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H231" s="18"/>
+      <c r="G231" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H231" s="22"/>
       <c r="I231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J231" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="232" spans="2:10" ht="15.95">
-      <c r="B232" s="23" t="s">
+    <row r="232" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B232" s="20" t="s">
         <v>73</v>
       </c>
-      <c r="C232" s="31"/>
+      <c r="C232" s="28"/>
       <c r="D232" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E232" s="7">
         <v>843</v>
       </c>
       <c r="F232" s="7">
         <v>853</v>
       </c>
-      <c r="G232" s="25">
+      <c r="G232" s="24">
         <v>890</v>
       </c>
-      <c r="H232" s="18"/>
+      <c r="H232" s="22"/>
       <c r="I232" s="7">
         <v>851</v>
       </c>
       <c r="J232" s="7">
-        <v>889</v>
-[...4 lines deleted...]
-      <c r="C233" s="33"/>
+        <v>913</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B233" s="29"/>
+      <c r="C233" s="30"/>
       <c r="D233" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E233" s="7">
         <v>1951</v>
       </c>
       <c r="F233" s="7">
         <v>2055</v>
       </c>
-      <c r="G233" s="25">
+      <c r="G233" s="24">
         <v>2055</v>
       </c>
-      <c r="H233" s="18"/>
+      <c r="H233" s="22"/>
       <c r="I233" s="7">
         <v>2223</v>
       </c>
       <c r="J233" s="7">
-        <v>1957</v>
-[...4 lines deleted...]
-      <c r="C234" s="33"/>
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B234" s="29"/>
+      <c r="C234" s="30"/>
       <c r="D234" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E234" s="7">
         <v>2927</v>
       </c>
       <c r="F234" s="7">
         <v>2804</v>
       </c>
-      <c r="G234" s="25">
+      <c r="G234" s="24">
         <v>2742</v>
       </c>
-      <c r="H234" s="18"/>
+      <c r="H234" s="22"/>
       <c r="I234" s="7">
         <v>2851</v>
       </c>
       <c r="J234" s="7">
-        <v>2788</v>
-[...4 lines deleted...]
-      <c r="C235" s="33"/>
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B235" s="29"/>
+      <c r="C235" s="30"/>
       <c r="D235" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E235" s="6">
         <v>5721</v>
       </c>
       <c r="F235" s="6">
         <v>5712</v>
       </c>
-      <c r="G235" s="24">
+      <c r="G235" s="23">
         <v>5687</v>
       </c>
-      <c r="H235" s="18"/>
+      <c r="H235" s="22"/>
       <c r="I235" s="6">
         <v>5925</v>
       </c>
       <c r="J235" s="6">
-        <v>5634</v>
-[...4 lines deleted...]
-      <c r="C236" s="35"/>
+        <v>5767</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B236" s="31"/>
+      <c r="C236" s="32"/>
       <c r="D236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F236" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G236" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H236" s="18"/>
+      <c r="G236" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H236" s="22"/>
       <c r="I236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J236" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="237" spans="2:10" ht="15.95">
-      <c r="B237" s="23" t="s">
+    <row r="237" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B237" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="C237" s="31"/>
+      <c r="C237" s="28"/>
       <c r="D237" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E237" s="7">
         <v>13</v>
       </c>
       <c r="F237" s="7">
         <v>13</v>
       </c>
-      <c r="G237" s="25">
+      <c r="G237" s="24">
         <v>13</v>
       </c>
-      <c r="H237" s="18"/>
+      <c r="H237" s="22"/>
       <c r="I237" s="7">
         <v>16</v>
       </c>
       <c r="J237" s="7">
         <v>8</v>
       </c>
     </row>
-    <row r="238" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C238" s="33"/>
+    <row r="238" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B238" s="29"/>
+      <c r="C238" s="30"/>
       <c r="D238" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E238" s="7">
         <v>78</v>
       </c>
       <c r="F238" s="7">
         <v>80</v>
       </c>
-      <c r="G238" s="25">
+      <c r="G238" s="24">
         <v>82</v>
       </c>
-      <c r="H238" s="18"/>
+      <c r="H238" s="22"/>
       <c r="I238" s="7">
         <v>92</v>
       </c>
       <c r="J238" s="7">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="C239" s="33"/>
+        <v>85</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B239" s="29"/>
+      <c r="C239" s="30"/>
       <c r="D239" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E239" s="7">
         <v>98</v>
       </c>
       <c r="F239" s="7">
         <v>113</v>
       </c>
-      <c r="G239" s="25">
+      <c r="G239" s="24">
         <v>114</v>
       </c>
-      <c r="H239" s="18"/>
+      <c r="H239" s="22"/>
       <c r="I239" s="7">
         <v>123</v>
       </c>
       <c r="J239" s="7">
-        <v>107</v>
-[...4 lines deleted...]
-      <c r="C240" s="33"/>
+        <v>108</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B240" s="29"/>
+      <c r="C240" s="30"/>
       <c r="D240" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E240" s="6">
         <v>189</v>
       </c>
       <c r="F240" s="6">
         <v>206</v>
       </c>
-      <c r="G240" s="24">
+      <c r="G240" s="23">
         <v>209</v>
       </c>
-      <c r="H240" s="18"/>
+      <c r="H240" s="22"/>
       <c r="I240" s="6">
         <v>231</v>
       </c>
       <c r="J240" s="6">
-        <v>195</v>
-[...4 lines deleted...]
-      <c r="C241" s="35"/>
+        <v>201</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B241" s="31"/>
+      <c r="C241" s="32"/>
       <c r="D241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F241" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G241" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H241" s="18"/>
+      <c r="G241" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H241" s="22"/>
       <c r="I241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J241" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="242" spans="2:10" ht="15.95">
-      <c r="B242" s="23" t="s">
+    <row r="242" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B242" s="20" t="s">
         <v>75</v>
       </c>
-      <c r="C242" s="31"/>
+      <c r="C242" s="28"/>
       <c r="D242" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E242" s="7">
         <v>1382</v>
       </c>
       <c r="F242" s="7">
         <v>1262</v>
       </c>
-      <c r="G242" s="25">
+      <c r="G242" s="24">
         <v>1255</v>
       </c>
-      <c r="H242" s="18"/>
+      <c r="H242" s="22"/>
       <c r="I242" s="7">
         <v>1383</v>
       </c>
       <c r="J242" s="7">
-        <v>1316</v>
-[...4 lines deleted...]
-      <c r="C243" s="33"/>
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B243" s="29"/>
+      <c r="C243" s="30"/>
       <c r="D243" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E243" s="7">
         <v>1816</v>
       </c>
       <c r="F243" s="7">
         <v>2099</v>
       </c>
-      <c r="G243" s="25">
+      <c r="G243" s="24">
         <v>2092</v>
       </c>
-      <c r="H243" s="18"/>
+      <c r="H243" s="22"/>
       <c r="I243" s="7">
         <v>2727</v>
       </c>
       <c r="J243" s="7">
-        <v>2005</v>
-[...4 lines deleted...]
-      <c r="C244" s="33"/>
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B244" s="29"/>
+      <c r="C244" s="30"/>
       <c r="D244" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E244" s="7">
         <v>3731</v>
       </c>
       <c r="F244" s="7">
         <v>3691</v>
       </c>
-      <c r="G244" s="25">
+      <c r="G244" s="24">
         <v>3531</v>
       </c>
-      <c r="H244" s="18"/>
+      <c r="H244" s="22"/>
       <c r="I244" s="7">
         <v>3898</v>
       </c>
       <c r="J244" s="7">
-        <v>3796</v>
-[...4 lines deleted...]
-      <c r="C245" s="33"/>
+        <v>3842</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B245" s="29"/>
+      <c r="C245" s="30"/>
       <c r="D245" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E245" s="6">
         <v>6929</v>
       </c>
       <c r="F245" s="6">
         <v>7052</v>
       </c>
-      <c r="G245" s="24">
+      <c r="G245" s="23">
         <v>6878</v>
       </c>
-      <c r="H245" s="18"/>
+      <c r="H245" s="22"/>
       <c r="I245" s="6">
         <v>8008</v>
       </c>
       <c r="J245" s="6">
-        <v>7117</v>
-[...4 lines deleted...]
-      <c r="C246" s="35"/>
+        <v>7312</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B246" s="31"/>
+      <c r="C246" s="32"/>
       <c r="D246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F246" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G246" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H246" s="18"/>
+      <c r="G246" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H246" s="22"/>
       <c r="I246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J246" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="247" spans="2:10" ht="15.95">
-      <c r="B247" s="23" t="s">
+    <row r="247" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B247" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="C247" s="31"/>
+      <c r="C247" s="28"/>
       <c r="D247" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E247" s="7">
         <v>53</v>
       </c>
       <c r="F247" s="7">
         <v>63</v>
       </c>
-      <c r="G247" s="25">
+      <c r="G247" s="24">
         <v>68</v>
       </c>
-      <c r="H247" s="18"/>
+      <c r="H247" s="22"/>
       <c r="I247" s="7">
         <v>61</v>
       </c>
       <c r="J247" s="7">
         <v>72</v>
       </c>
     </row>
-    <row r="248" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C248" s="33"/>
+    <row r="248" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B248" s="29"/>
+      <c r="C248" s="30"/>
       <c r="D248" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E248" s="7">
         <v>64</v>
       </c>
       <c r="F248" s="7">
         <v>73</v>
       </c>
-      <c r="G248" s="25">
+      <c r="G248" s="24">
         <v>96</v>
       </c>
-      <c r="H248" s="18"/>
+      <c r="H248" s="22"/>
       <c r="I248" s="7">
         <v>87</v>
       </c>
       <c r="J248" s="7">
         <v>89</v>
       </c>
     </row>
-    <row r="249" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C249" s="33"/>
+    <row r="249" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B249" s="29"/>
+      <c r="C249" s="30"/>
       <c r="D249" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E249" s="7">
         <v>491</v>
       </c>
       <c r="F249" s="7">
         <v>424</v>
       </c>
-      <c r="G249" s="25">
+      <c r="G249" s="24">
         <v>391</v>
       </c>
-      <c r="H249" s="18"/>
+      <c r="H249" s="22"/>
       <c r="I249" s="7">
         <v>434</v>
       </c>
       <c r="J249" s="7">
         <v>442</v>
       </c>
     </row>
-    <row r="250" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C250" s="33"/>
+    <row r="250" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B250" s="29"/>
+      <c r="C250" s="30"/>
       <c r="D250" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E250" s="6">
         <v>608</v>
       </c>
       <c r="F250" s="6">
         <v>560</v>
       </c>
-      <c r="G250" s="24">
+      <c r="G250" s="23">
         <v>555</v>
       </c>
-      <c r="H250" s="18"/>
+      <c r="H250" s="22"/>
       <c r="I250" s="6">
         <v>582</v>
       </c>
       <c r="J250" s="6">
         <v>603</v>
       </c>
     </row>
-    <row r="251" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C251" s="35"/>
+    <row r="251" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B251" s="31"/>
+      <c r="C251" s="32"/>
       <c r="D251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F251" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G251" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H251" s="18"/>
+      <c r="G251" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H251" s="22"/>
       <c r="I251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J251" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="252" spans="2:10" ht="15.95">
-      <c r="B252" s="23" t="s">
+    <row r="252" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B252" s="20" t="s">
         <v>77</v>
       </c>
-      <c r="C252" s="31"/>
+      <c r="C252" s="28"/>
       <c r="D252" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E252" s="7">
         <v>27</v>
       </c>
       <c r="F252" s="7">
         <v>28</v>
       </c>
-      <c r="G252" s="25">
+      <c r="G252" s="24">
         <v>30</v>
       </c>
-      <c r="H252" s="18"/>
+      <c r="H252" s="22"/>
       <c r="I252" s="7">
         <v>20</v>
       </c>
       <c r="J252" s="7">
         <v>23</v>
       </c>
     </row>
-    <row r="253" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C253" s="33"/>
+    <row r="253" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B253" s="29"/>
+      <c r="C253" s="30"/>
       <c r="D253" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E253" s="7">
         <v>82</v>
       </c>
       <c r="F253" s="7">
         <v>89</v>
       </c>
-      <c r="G253" s="25">
+      <c r="G253" s="24">
         <v>98</v>
       </c>
-      <c r="H253" s="18"/>
+      <c r="H253" s="22"/>
       <c r="I253" s="7">
         <v>103</v>
       </c>
       <c r="J253" s="7">
-        <v>99</v>
-[...4 lines deleted...]
-      <c r="C254" s="33"/>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B254" s="29"/>
+      <c r="C254" s="30"/>
       <c r="D254" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E254" s="7">
         <v>128</v>
       </c>
       <c r="F254" s="7">
         <v>112</v>
       </c>
-      <c r="G254" s="25">
+      <c r="G254" s="24">
         <v>117</v>
       </c>
-      <c r="H254" s="18"/>
+      <c r="H254" s="22"/>
       <c r="I254" s="7">
         <v>130</v>
       </c>
       <c r="J254" s="7">
-        <v>130</v>
-[...4 lines deleted...]
-      <c r="C255" s="33"/>
+        <v>131</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B255" s="29"/>
+      <c r="C255" s="30"/>
       <c r="D255" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E255" s="6">
         <v>237</v>
       </c>
       <c r="F255" s="6">
         <v>229</v>
       </c>
-      <c r="G255" s="24">
+      <c r="G255" s="23">
         <v>245</v>
       </c>
-      <c r="H255" s="18"/>
+      <c r="H255" s="22"/>
       <c r="I255" s="6">
         <v>253</v>
       </c>
       <c r="J255" s="6">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="C256" s="35"/>
+        <v>256</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B256" s="31"/>
+      <c r="C256" s="32"/>
       <c r="D256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F256" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G256" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H256" s="18"/>
+      <c r="G256" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="22"/>
       <c r="I256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J256" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="257" spans="2:7" ht="18" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="B258" s="26" t="s">
+    <row r="257" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="258" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B258" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="C258" s="41"/>
-[...3 lines deleted...]
-      <c r="G258" s="41"/>
+      <c r="C258" s="16"/>
+      <c r="D258" s="16"/>
+      <c r="E258" s="16"/>
+      <c r="F258" s="16"/>
+      <c r="G258" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="306">
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
     <mergeCell ref="B258:G258"/>
     <mergeCell ref="B252:C256"/>
     <mergeCell ref="G252:H252"/>
     <mergeCell ref="G253:H253"/>
     <mergeCell ref="G254:H254"/>
     <mergeCell ref="G255:H255"/>
     <mergeCell ref="G256:H256"/>
     <mergeCell ref="B247:C251"/>
     <mergeCell ref="G247:H247"/>
     <mergeCell ref="G248:H248"/>
     <mergeCell ref="G249:H249"/>
     <mergeCell ref="G250:H250"/>
     <mergeCell ref="G251:H251"/>
-    <mergeCell ref="B242:C246"/>
-[...291 lines deleted...]
-    <mergeCell ref="G6:H6"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:L258"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" customWidth="1"/>
     <col min="3" max="3" width="36.5703125" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="3.42578125" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
     <col min="9" max="10" width="12.42578125" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="56.42578125" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" customWidth="1"/>
     <col min="14" max="14" width="1.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="3.6" customHeight="1"/>
-[...3 lines deleted...]
-      <c r="B4" s="15" t="s">
+    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:12" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="41"/>
-[...11 lines deleted...]
-      <c r="B5" s="27" t="s">
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+    </row>
+    <row r="5" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B5" s="35" t="s">
         <v>78</v>
       </c>
-      <c r="C5" s="28"/>
+      <c r="C5" s="36"/>
       <c r="D5" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="E5" s="29" t="s">
-[...9 lines deleted...]
-      <c r="B6" s="30" t="s">
+      <c r="E5" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="36"/>
+      <c r="G5" s="36"/>
+      <c r="H5" s="36"/>
+      <c r="I5" s="36"/>
+      <c r="J5" s="36"/>
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B6" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="18"/>
+      <c r="C6" s="22"/>
       <c r="D6" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="G6" s="19" t="s">
+      <c r="G6" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="H6" s="18"/>
+      <c r="H6" s="22"/>
       <c r="I6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="2:12" ht="15.95">
-      <c r="B7" s="23" t="s">
+    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B7" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="31"/>
+      <c r="C7" s="28"/>
       <c r="D7" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G7" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="18"/>
+      <c r="G7" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="22"/>
       <c r="I7" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J7" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="8" spans="2:12" ht="15.95">
-[...1 lines deleted...]
-      <c r="C8" s="33"/>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="29"/>
+      <c r="C8" s="30"/>
       <c r="D8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G8" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H8" s="18"/>
+      <c r="G8" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" s="22"/>
       <c r="I8" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="9" spans="2:12" ht="15.75">
-[...1 lines deleted...]
-      <c r="C9" s="33"/>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="29"/>
+      <c r="C9" s="30"/>
       <c r="D9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G9" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="18"/>
+      <c r="G9" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="22"/>
       <c r="I9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="10" spans="2:12" ht="15.95">
-[...1 lines deleted...]
-      <c r="C10" s="33"/>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="29"/>
+      <c r="C10" s="30"/>
       <c r="D10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G10" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="18"/>
+      <c r="G10" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="22"/>
       <c r="I10" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J10" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="11" spans="2:12" ht="15.95">
-[...1 lines deleted...]
-      <c r="C11" s="35"/>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B11" s="31"/>
+      <c r="C11" s="32"/>
       <c r="D11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G11" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="18"/>
+      <c r="G11" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="22"/>
       <c r="I11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="2:12" ht="15.95">
-      <c r="B12" s="23" t="s">
+    <row r="12" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B12" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="31"/>
+      <c r="C12" s="28"/>
       <c r="D12" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="13">
         <v>75.14</v>
       </c>
       <c r="F12" s="13">
         <v>79.44</v>
       </c>
       <c r="G12" s="39">
         <v>67.09</v>
       </c>
-      <c r="H12" s="18"/>
+      <c r="H12" s="22"/>
       <c r="I12" s="13">
         <v>57.42</v>
       </c>
       <c r="J12" s="13">
-        <v>42.42</v>
-[...4 lines deleted...]
-      <c r="C13" s="33"/>
+        <v>42.43</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="29"/>
+      <c r="C13" s="30"/>
       <c r="D13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="13">
         <v>56.35</v>
       </c>
       <c r="F13" s="13">
         <v>63.2</v>
       </c>
       <c r="G13" s="39">
         <v>57.58</v>
       </c>
-      <c r="H13" s="18"/>
+      <c r="H13" s="22"/>
       <c r="I13" s="13">
         <v>48.15</v>
       </c>
       <c r="J13" s="13">
-        <v>47.71</v>
-[...4 lines deleted...]
-      <c r="C14" s="33"/>
+        <v>47.45</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="29"/>
+      <c r="C14" s="30"/>
       <c r="D14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="13">
         <v>56.03</v>
       </c>
       <c r="F14" s="13">
         <v>61.53</v>
       </c>
       <c r="G14" s="39">
         <v>56.43</v>
       </c>
-      <c r="H14" s="18"/>
+      <c r="H14" s="22"/>
       <c r="I14" s="13">
         <v>44.08</v>
       </c>
       <c r="J14" s="13">
-        <v>33.26</v>
-[...4 lines deleted...]
-      <c r="C15" s="33"/>
+        <v>33.229999999999997</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
       <c r="D15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="14">
         <v>60.12</v>
       </c>
       <c r="F15" s="14">
         <v>65.42</v>
       </c>
       <c r="G15" s="40">
         <v>58.88</v>
       </c>
-      <c r="H15" s="18"/>
+      <c r="H15" s="22"/>
       <c r="I15" s="14">
         <v>47.41</v>
       </c>
       <c r="J15" s="14">
-        <v>38.1</v>
-[...4 lines deleted...]
-      <c r="C16" s="35"/>
+        <v>38.06</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
       <c r="D16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G16" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="18"/>
+      <c r="G16" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="22"/>
       <c r="I16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="2:10" ht="15.95">
-      <c r="B17" s="23" t="s">
+    <row r="17" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B17" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="31"/>
+      <c r="C17" s="28"/>
       <c r="D17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="13">
         <v>30.88</v>
       </c>
       <c r="F17" s="13">
         <v>39.340000000000003</v>
       </c>
       <c r="G17" s="39">
         <v>30.04</v>
       </c>
-      <c r="H17" s="18"/>
+      <c r="H17" s="22"/>
       <c r="I17" s="13">
         <v>31.06</v>
       </c>
       <c r="J17" s="13">
-        <v>35.049999999999997</v>
-[...4 lines deleted...]
-      <c r="C18" s="33"/>
+        <v>35.07</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B18" s="29"/>
+      <c r="C18" s="30"/>
       <c r="D18" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="13">
         <v>20.39</v>
       </c>
       <c r="F18" s="13">
         <v>20.190000000000001</v>
       </c>
       <c r="G18" s="39">
         <v>20.81</v>
       </c>
-      <c r="H18" s="18"/>
+      <c r="H18" s="22"/>
       <c r="I18" s="13">
         <v>16.93</v>
       </c>
       <c r="J18" s="13">
-        <v>20.73</v>
-[...4 lines deleted...]
-      <c r="C19" s="33"/>
+        <v>20.46</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B19" s="29"/>
+      <c r="C19" s="30"/>
       <c r="D19" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E19" s="13">
         <v>27.3</v>
       </c>
       <c r="F19" s="13">
         <v>28.8</v>
       </c>
       <c r="G19" s="39">
         <v>27.25</v>
       </c>
-      <c r="H19" s="18"/>
+      <c r="H19" s="22"/>
       <c r="I19" s="13">
         <v>26.02</v>
       </c>
       <c r="J19" s="13">
-        <v>27.37</v>
-[...4 lines deleted...]
-      <c r="C20" s="33"/>
+        <v>27.22</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B20" s="29"/>
+      <c r="C20" s="30"/>
       <c r="D20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="14">
         <v>23.87</v>
       </c>
       <c r="F20" s="14">
         <v>24.89</v>
       </c>
       <c r="G20" s="40">
         <v>24.51</v>
       </c>
-      <c r="H20" s="18"/>
+      <c r="H20" s="22"/>
       <c r="I20" s="14">
         <v>21.52</v>
       </c>
       <c r="J20" s="14">
-        <v>24.39</v>
-[...4 lines deleted...]
-      <c r="C21" s="35"/>
+        <v>24.16</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
       <c r="D21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G21" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="18"/>
+      <c r="G21" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="22"/>
       <c r="I21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="2:10" ht="15.95">
-      <c r="B22" s="23" t="s">
+    <row r="22" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B22" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="C22" s="31"/>
+      <c r="C22" s="28"/>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="13">
         <v>50.39</v>
       </c>
       <c r="F22" s="13">
         <v>56.28</v>
       </c>
       <c r="G22" s="39">
         <v>42.26</v>
       </c>
-      <c r="H22" s="18"/>
+      <c r="H22" s="22"/>
       <c r="I22" s="13">
         <v>38.229999999999997</v>
       </c>
       <c r="J22" s="13">
-        <v>32.5</v>
-[...4 lines deleted...]
-      <c r="C23" s="33"/>
+        <v>32.380000000000003</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B23" s="29"/>
+      <c r="C23" s="30"/>
       <c r="D23" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E23" s="13">
         <v>36.1</v>
       </c>
       <c r="F23" s="13">
         <v>43.41</v>
       </c>
       <c r="G23" s="39">
         <v>38.42</v>
       </c>
-      <c r="H23" s="18"/>
+      <c r="H23" s="22"/>
       <c r="I23" s="13">
         <v>32.43</v>
       </c>
       <c r="J23" s="13">
-        <v>32.380000000000003</v>
-[...4 lines deleted...]
-      <c r="C24" s="33"/>
+        <v>32.520000000000003</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B24" s="29"/>
+      <c r="C24" s="30"/>
       <c r="D24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E24" s="13">
         <v>86.6</v>
       </c>
       <c r="F24" s="13">
         <v>89.91</v>
       </c>
       <c r="G24" s="39">
         <v>61.41</v>
       </c>
-      <c r="H24" s="18"/>
+      <c r="H24" s="22"/>
       <c r="I24" s="13">
         <v>42.71</v>
       </c>
       <c r="J24" s="13">
         <v>35.020000000000003</v>
       </c>
     </row>
-    <row r="25" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C25" s="33"/>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B25" s="29"/>
+      <c r="C25" s="30"/>
       <c r="D25" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E25" s="14">
         <v>73.39</v>
       </c>
       <c r="F25" s="14">
         <v>78.709999999999994</v>
       </c>
       <c r="G25" s="40">
         <v>55.38</v>
       </c>
-      <c r="H25" s="18"/>
+      <c r="H25" s="22"/>
       <c r="I25" s="14">
         <v>40.659999999999997</v>
       </c>
       <c r="J25" s="14">
-        <v>34.33</v>
-[...4 lines deleted...]
-      <c r="C26" s="35"/>
+        <v>34.32</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B26" s="31"/>
+      <c r="C26" s="32"/>
       <c r="D26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G26" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="18"/>
+      <c r="G26" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="22"/>
       <c r="I26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J26" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="2:10" ht="15.95">
-      <c r="B27" s="23" t="s">
+    <row r="27" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B27" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="C27" s="31"/>
+      <c r="C27" s="28"/>
       <c r="D27" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F27" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G27" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="18"/>
+      <c r="G27" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H27" s="22"/>
       <c r="I27" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J27" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="28" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C28" s="33"/>
+    <row r="28" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B28" s="29"/>
+      <c r="C28" s="30"/>
       <c r="D28" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F28" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G28" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H28" s="18"/>
+      <c r="G28" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" s="22"/>
       <c r="I28" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J28" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="29" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C29" s="33"/>
+    <row r="29" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B29" s="29"/>
+      <c r="C29" s="30"/>
       <c r="D29" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G29" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H29" s="18"/>
+      <c r="G29" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H29" s="22"/>
       <c r="I29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J29" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="30" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C30" s="33"/>
+    <row r="30" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B30" s="29"/>
+      <c r="C30" s="30"/>
       <c r="D30" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F30" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G30" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H30" s="18"/>
+      <c r="G30" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H30" s="22"/>
       <c r="I30" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J30" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="31" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C31" s="35"/>
+    <row r="31" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B31" s="31"/>
+      <c r="C31" s="32"/>
       <c r="D31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G31" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H31" s="18"/>
+      <c r="G31" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="22"/>
       <c r="I31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="2:10" ht="15.95">
-      <c r="B32" s="23" t="s">
+    <row r="32" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B32" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="31"/>
+      <c r="C32" s="28"/>
       <c r="D32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E32" s="13">
         <v>64.459999999999994</v>
       </c>
       <c r="F32" s="13">
         <v>56.57</v>
       </c>
       <c r="G32" s="39">
         <v>48.66</v>
       </c>
-      <c r="H32" s="18"/>
+      <c r="H32" s="22"/>
       <c r="I32" s="13">
         <v>46.75</v>
       </c>
       <c r="J32" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="33" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C33" s="33"/>
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B33" s="29"/>
+      <c r="C33" s="30"/>
       <c r="D33" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="13">
         <v>53.74</v>
       </c>
       <c r="F33" s="13">
         <v>36.950000000000003</v>
       </c>
       <c r="G33" s="39">
         <v>44.46</v>
       </c>
-      <c r="H33" s="18"/>
+      <c r="H33" s="22"/>
       <c r="I33" s="13">
         <v>42.87</v>
       </c>
       <c r="J33" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="34" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C34" s="33"/>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B34" s="29"/>
+      <c r="C34" s="30"/>
       <c r="D34" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E34" s="13">
         <v>55.52</v>
       </c>
       <c r="F34" s="13">
         <v>47.86</v>
       </c>
       <c r="G34" s="39">
         <v>41.63</v>
       </c>
-      <c r="H34" s="18"/>
+      <c r="H34" s="22"/>
       <c r="I34" s="13">
         <v>40.97</v>
       </c>
       <c r="J34" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="35" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C35" s="33"/>
+    <row r="35" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B35" s="29"/>
+      <c r="C35" s="30"/>
       <c r="D35" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E35" s="14">
         <v>57.68</v>
       </c>
       <c r="F35" s="14">
         <v>46.15</v>
       </c>
       <c r="G35" s="40">
         <v>44.74</v>
       </c>
-      <c r="H35" s="18"/>
+      <c r="H35" s="22"/>
       <c r="I35" s="14">
         <v>43.35</v>
       </c>
       <c r="J35" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="36" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C36" s="35"/>
+    <row r="36" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B36" s="31"/>
+      <c r="C36" s="32"/>
       <c r="D36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G36" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="18"/>
+      <c r="G36" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="22"/>
       <c r="I36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="2:10" ht="15.95">
-      <c r="B37" s="23" t="s">
+    <row r="37" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B37" s="20" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="31"/>
+      <c r="C37" s="28"/>
       <c r="D37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E37" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F37" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G37" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="18"/>
+      <c r="G37" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" s="22"/>
       <c r="I37" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J37" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="38" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C38" s="33"/>
+    <row r="38" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B38" s="29"/>
+      <c r="C38" s="30"/>
       <c r="D38" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E38" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F38" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G38" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H38" s="18"/>
+      <c r="G38" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="22"/>
       <c r="I38" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J38" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="39" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C39" s="33"/>
+    <row r="39" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
       <c r="D39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F39" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G39" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H39" s="18"/>
+      <c r="G39" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" s="22"/>
       <c r="I39" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J39" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="40" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C40" s="33"/>
+    <row r="40" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B40" s="29"/>
+      <c r="C40" s="30"/>
       <c r="D40" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F40" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G40" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="18"/>
+      <c r="G40" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H40" s="22"/>
       <c r="I40" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J40" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="41" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C41" s="35"/>
+    <row r="41" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B41" s="31"/>
+      <c r="C41" s="32"/>
       <c r="D41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G41" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="18"/>
+      <c r="G41" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="22"/>
       <c r="I41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="42" spans="2:10" ht="15.95">
-      <c r="B42" s="23" t="s">
+    <row r="42" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B42" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="C42" s="31"/>
+      <c r="C42" s="28"/>
       <c r="D42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E42" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F42" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G42" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H42" s="18"/>
+      <c r="G42" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H42" s="22"/>
       <c r="I42" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J42" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="43" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C43" s="33"/>
+    <row r="43" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B43" s="29"/>
+      <c r="C43" s="30"/>
       <c r="D43" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F43" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G43" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H43" s="18"/>
+      <c r="G43" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H43" s="22"/>
       <c r="I43" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J43" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="44" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C44" s="33"/>
+    <row r="44" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B44" s="29"/>
+      <c r="C44" s="30"/>
       <c r="D44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E44" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F44" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G44" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H44" s="18"/>
+      <c r="G44" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H44" s="22"/>
       <c r="I44" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J44" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="45" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C45" s="33"/>
+    <row r="45" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B45" s="29"/>
+      <c r="C45" s="30"/>
       <c r="D45" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F45" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G45" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="18"/>
+      <c r="G45" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H45" s="22"/>
       <c r="I45" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J45" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="46" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C46" s="35"/>
+    <row r="46" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B46" s="31"/>
+      <c r="C46" s="32"/>
       <c r="D46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G46" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="18"/>
+      <c r="G46" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="22"/>
       <c r="I46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J46" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="47" spans="2:10" ht="15.95">
-      <c r="B47" s="23" t="s">
+    <row r="47" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B47" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="31"/>
+      <c r="C47" s="28"/>
       <c r="D47" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E47" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F47" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G47" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H47" s="18"/>
+      <c r="G47" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H47" s="22"/>
       <c r="I47" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J47" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="48" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C48" s="33"/>
+    <row r="48" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B48" s="29"/>
+      <c r="C48" s="30"/>
       <c r="D48" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E48" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F48" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G48" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H48" s="18"/>
+      <c r="G48" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H48" s="22"/>
       <c r="I48" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J48" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="49" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C49" s="33"/>
+    <row r="49" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B49" s="29"/>
+      <c r="C49" s="30"/>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F49" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G49" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H49" s="18"/>
+      <c r="G49" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H49" s="22"/>
       <c r="I49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J49" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="50" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C50" s="33"/>
+    <row r="50" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B50" s="29"/>
+      <c r="C50" s="30"/>
       <c r="D50" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F50" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G50" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H50" s="18"/>
+      <c r="G50" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H50" s="22"/>
       <c r="I50" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J50" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="51" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C51" s="35"/>
+    <row r="51" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B51" s="31"/>
+      <c r="C51" s="32"/>
       <c r="D51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G51" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H51" s="18"/>
+      <c r="G51" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="22"/>
       <c r="I51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J51" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="52" spans="2:10" ht="15.95">
-      <c r="B52" s="23" t="s">
+    <row r="52" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B52" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="C52" s="31"/>
+      <c r="C52" s="28"/>
       <c r="D52" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E52" s="13">
         <v>51.76</v>
       </c>
       <c r="F52" s="13">
         <v>50.79</v>
       </c>
       <c r="G52" s="39">
         <v>44.7</v>
       </c>
-      <c r="H52" s="18"/>
+      <c r="H52" s="22"/>
       <c r="I52" s="13">
         <v>40.97</v>
       </c>
       <c r="J52" s="13">
-        <v>38.26</v>
-[...4 lines deleted...]
-      <c r="C53" s="33"/>
+        <v>38.24</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B53" s="29"/>
+      <c r="C53" s="30"/>
       <c r="D53" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E53" s="13">
         <v>64.47</v>
       </c>
       <c r="F53" s="13">
         <v>60.45</v>
       </c>
       <c r="G53" s="39">
         <v>50.54</v>
       </c>
-      <c r="H53" s="18"/>
+      <c r="H53" s="22"/>
       <c r="I53" s="13">
         <v>43.54</v>
       </c>
       <c r="J53" s="13">
-        <v>47.65</v>
-[...4 lines deleted...]
-      <c r="C54" s="33"/>
+        <v>47.19</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B54" s="29"/>
+      <c r="C54" s="30"/>
       <c r="D54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E54" s="13">
         <v>35.53</v>
       </c>
       <c r="F54" s="13">
         <v>33.21</v>
       </c>
       <c r="G54" s="39">
         <v>31.17</v>
       </c>
-      <c r="H54" s="18"/>
+      <c r="H54" s="22"/>
       <c r="I54" s="13">
         <v>30.16</v>
       </c>
       <c r="J54" s="13">
-        <v>30.58</v>
-[...4 lines deleted...]
-      <c r="C55" s="33"/>
+        <v>30.57</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B55" s="29"/>
+      <c r="C55" s="30"/>
       <c r="D55" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E55" s="14">
         <v>56.12</v>
       </c>
       <c r="F55" s="14">
         <v>53.09</v>
       </c>
       <c r="G55" s="40">
         <v>45.49</v>
       </c>
-      <c r="H55" s="18"/>
+      <c r="H55" s="22"/>
       <c r="I55" s="14">
         <v>40.619999999999997</v>
       </c>
       <c r="J55" s="14">
-        <v>42.94</v>
-[...4 lines deleted...]
-      <c r="C56" s="35"/>
+        <v>42.68</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B56" s="31"/>
+      <c r="C56" s="32"/>
       <c r="D56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G56" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="18"/>
+      <c r="G56" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="22"/>
       <c r="I56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J56" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="2:10" ht="15.95">
-      <c r="B57" s="23" t="s">
+    <row r="57" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B57" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="C57" s="31"/>
+      <c r="C57" s="28"/>
       <c r="D57" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E57" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F57" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G57" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H57" s="18"/>
+      <c r="G57" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H57" s="22"/>
       <c r="I57" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J57" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="58" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C58" s="33"/>
+    <row r="58" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B58" s="29"/>
+      <c r="C58" s="30"/>
       <c r="D58" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G58" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H58" s="18"/>
+      <c r="G58" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H58" s="22"/>
       <c r="I58" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J58" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="59" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C59" s="33"/>
+    <row r="59" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B59" s="29"/>
+      <c r="C59" s="30"/>
       <c r="D59" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E59" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F59" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G59" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H59" s="18"/>
+      <c r="G59" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H59" s="22"/>
       <c r="I59" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J59" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="60" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C60" s="33"/>
+    <row r="60" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B60" s="29"/>
+      <c r="C60" s="30"/>
       <c r="D60" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E60" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F60" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G60" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H60" s="18"/>
+      <c r="G60" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H60" s="22"/>
       <c r="I60" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J60" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="61" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C61" s="35"/>
+    <row r="61" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B61" s="31"/>
+      <c r="C61" s="32"/>
       <c r="D61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G61" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H61" s="18"/>
+      <c r="G61" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="22"/>
       <c r="I61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="62" spans="2:10" ht="15.95">
-      <c r="B62" s="23" t="s">
+    <row r="62" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B62" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="C62" s="31"/>
+      <c r="C62" s="28"/>
       <c r="D62" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E62" s="13">
         <v>58.16</v>
       </c>
       <c r="F62" s="13">
         <v>56.79</v>
       </c>
       <c r="G62" s="39">
         <v>57.04</v>
       </c>
-      <c r="H62" s="18"/>
+      <c r="H62" s="22"/>
       <c r="I62" s="13">
         <v>49.74</v>
       </c>
       <c r="J62" s="13">
-        <v>46.44</v>
-[...4 lines deleted...]
-      <c r="C63" s="33"/>
+        <v>46.33</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B63" s="29"/>
+      <c r="C63" s="30"/>
       <c r="D63" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E63" s="13">
         <v>98.16</v>
       </c>
       <c r="F63" s="13">
         <v>103.13</v>
       </c>
       <c r="G63" s="39">
         <v>107.38</v>
       </c>
-      <c r="H63" s="18"/>
+      <c r="H63" s="22"/>
       <c r="I63" s="13">
         <v>99.84</v>
       </c>
       <c r="J63" s="13">
-        <v>89.36</v>
-[...4 lines deleted...]
-      <c r="C64" s="33"/>
+        <v>88.65</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B64" s="29"/>
+      <c r="C64" s="30"/>
       <c r="D64" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E64" s="13">
         <v>34.82</v>
       </c>
       <c r="F64" s="13">
         <v>34.9</v>
       </c>
       <c r="G64" s="39">
         <v>34.090000000000003</v>
       </c>
-      <c r="H64" s="18"/>
+      <c r="H64" s="22"/>
       <c r="I64" s="13">
         <v>30.35</v>
       </c>
       <c r="J64" s="13">
-        <v>28.09</v>
-[...4 lines deleted...]
-      <c r="C65" s="33"/>
+        <v>28.07</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B65" s="29"/>
+      <c r="C65" s="30"/>
       <c r="D65" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E65" s="14">
         <v>70.290000000000006</v>
       </c>
       <c r="F65" s="14">
         <v>73.16</v>
       </c>
       <c r="G65" s="40">
         <v>76.709999999999994</v>
       </c>
-      <c r="H65" s="18"/>
+      <c r="H65" s="22"/>
       <c r="I65" s="14">
         <v>70.83</v>
       </c>
       <c r="J65" s="14">
-        <v>63.33</v>
-[...4 lines deleted...]
-      <c r="C66" s="35"/>
+        <v>63.06</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B66" s="31"/>
+      <c r="C66" s="32"/>
       <c r="D66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G66" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H66" s="18"/>
+      <c r="G66" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="22"/>
       <c r="I66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="67" spans="2:10" ht="15.95">
-      <c r="B67" s="23" t="s">
+    <row r="67" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B67" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="C67" s="31"/>
+      <c r="C67" s="28"/>
       <c r="D67" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E67" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F67" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G67" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H67" s="18"/>
+      <c r="G67" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H67" s="22"/>
       <c r="I67" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J67" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="68" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C68" s="33"/>
+    <row r="68" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B68" s="29"/>
+      <c r="C68" s="30"/>
       <c r="D68" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E68" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F68" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G68" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H68" s="18"/>
+      <c r="G68" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H68" s="22"/>
       <c r="I68" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J68" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="69" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C69" s="33"/>
+    <row r="69" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B69" s="29"/>
+      <c r="C69" s="30"/>
       <c r="D69" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F69" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G69" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H69" s="18"/>
+      <c r="G69" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H69" s="22"/>
       <c r="I69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J69" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="70" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C70" s="33"/>
+    <row r="70" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B70" s="29"/>
+      <c r="C70" s="30"/>
       <c r="D70" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F70" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G70" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H70" s="18"/>
+      <c r="G70" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H70" s="22"/>
       <c r="I70" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J70" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="71" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C71" s="35"/>
+    <row r="71" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B71" s="31"/>
+      <c r="C71" s="32"/>
       <c r="D71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G71" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H71" s="18"/>
+      <c r="G71" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="22"/>
       <c r="I71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J71" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="72" spans="2:10" ht="15.95">
-      <c r="B72" s="23" t="s">
+    <row r="72" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B72" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="C72" s="31"/>
+      <c r="C72" s="28"/>
       <c r="D72" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E72" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F72" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G72" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H72" s="18"/>
+      <c r="G72" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H72" s="22"/>
       <c r="I72" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J72" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="73" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C73" s="33"/>
+    <row r="73" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B73" s="29"/>
+      <c r="C73" s="30"/>
       <c r="D73" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E73" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F73" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G73" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H73" s="18"/>
+      <c r="G73" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H73" s="22"/>
       <c r="I73" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J73" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="74" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C74" s="33"/>
+    <row r="74" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B74" s="29"/>
+      <c r="C74" s="30"/>
       <c r="D74" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E74" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F74" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G74" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H74" s="18"/>
+      <c r="G74" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H74" s="22"/>
       <c r="I74" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J74" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="75" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C75" s="33"/>
+    <row r="75" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B75" s="29"/>
+      <c r="C75" s="30"/>
       <c r="D75" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E75" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F75" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G75" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H75" s="18"/>
+      <c r="G75" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H75" s="22"/>
       <c r="I75" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J75" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="76" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C76" s="35"/>
+    <row r="76" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B76" s="31"/>
+      <c r="C76" s="32"/>
       <c r="D76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G76" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H76" s="18"/>
+      <c r="G76" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="22"/>
       <c r="I76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="77" spans="2:10" ht="15.95">
-      <c r="B77" s="23" t="s">
+    <row r="77" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B77" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="C77" s="31"/>
+      <c r="C77" s="28"/>
       <c r="D77" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E77" s="13">
         <v>6.23</v>
       </c>
       <c r="F77" s="13">
         <v>6.56</v>
       </c>
       <c r="G77" s="39">
         <v>6.61</v>
       </c>
-      <c r="H77" s="18"/>
+      <c r="H77" s="22"/>
       <c r="I77" s="13">
         <v>5.05</v>
       </c>
       <c r="J77" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="78" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C78" s="33"/>
+    <row r="78" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B78" s="29"/>
+      <c r="C78" s="30"/>
       <c r="D78" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E78" s="13">
         <v>7</v>
       </c>
       <c r="F78" s="13">
         <v>7.16</v>
       </c>
       <c r="G78" s="39">
         <v>7.94</v>
       </c>
-      <c r="H78" s="18"/>
+      <c r="H78" s="22"/>
       <c r="I78" s="13">
         <v>5.63</v>
       </c>
       <c r="J78" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="79" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C79" s="33"/>
+    <row r="79" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B79" s="29"/>
+      <c r="C79" s="30"/>
       <c r="D79" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E79" s="13">
         <v>8.3800000000000008</v>
       </c>
       <c r="F79" s="13">
         <v>8.89</v>
       </c>
       <c r="G79" s="39">
         <v>7.59</v>
       </c>
-      <c r="H79" s="18"/>
+      <c r="H79" s="22"/>
       <c r="I79" s="13">
         <v>7.02</v>
       </c>
       <c r="J79" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="80" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C80" s="33"/>
+    <row r="80" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B80" s="29"/>
+      <c r="C80" s="30"/>
       <c r="D80" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E80" s="14">
         <v>7.33</v>
       </c>
       <c r="F80" s="14">
         <v>7.55</v>
       </c>
       <c r="G80" s="40">
         <v>7.51</v>
       </c>
-      <c r="H80" s="18"/>
+      <c r="H80" s="22"/>
       <c r="I80" s="14">
         <v>5.9</v>
       </c>
       <c r="J80" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="81" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C81" s="35"/>
+    <row r="81" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B81" s="31"/>
+      <c r="C81" s="32"/>
       <c r="D81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G81" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H81" s="18"/>
+      <c r="G81" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="22"/>
       <c r="I81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J81" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="82" spans="2:10" ht="15.95">
-      <c r="B82" s="23" t="s">
+    <row r="82" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B82" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="C82" s="31"/>
+      <c r="C82" s="28"/>
       <c r="D82" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E82" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F82" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G82" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H82" s="18"/>
+      <c r="G82" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H82" s="22"/>
       <c r="I82" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J82" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="83" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C83" s="33"/>
+    <row r="83" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B83" s="29"/>
+      <c r="C83" s="30"/>
       <c r="D83" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E83" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F83" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G83" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H83" s="18"/>
+      <c r="G83" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H83" s="22"/>
       <c r="I83" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J83" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="84" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C84" s="33"/>
+    <row r="84" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B84" s="29"/>
+      <c r="C84" s="30"/>
       <c r="D84" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E84" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F84" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G84" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H84" s="18"/>
+      <c r="G84" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H84" s="22"/>
       <c r="I84" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J84" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="85" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C85" s="33"/>
+    <row r="85" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B85" s="29"/>
+      <c r="C85" s="30"/>
       <c r="D85" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E85" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F85" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G85" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H85" s="18"/>
+      <c r="G85" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H85" s="22"/>
       <c r="I85" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J85" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="86" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C86" s="35"/>
+    <row r="86" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B86" s="31"/>
+      <c r="C86" s="32"/>
       <c r="D86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G86" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H86" s="18"/>
+      <c r="G86" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="22"/>
       <c r="I86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J86" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="87" spans="2:10" ht="15.95">
-      <c r="B87" s="23" t="s">
+    <row r="87" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B87" s="20" t="s">
         <v>44</v>
       </c>
-      <c r="C87" s="31"/>
+      <c r="C87" s="28"/>
       <c r="D87" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E87" s="13">
         <v>27.31</v>
       </c>
       <c r="F87" s="13">
         <v>28.36</v>
       </c>
       <c r="G87" s="39">
         <v>27.4</v>
       </c>
-      <c r="H87" s="18"/>
+      <c r="H87" s="22"/>
       <c r="I87" s="13">
         <v>33.200000000000003</v>
       </c>
       <c r="J87" s="13">
-        <v>30.92</v>
-[...4 lines deleted...]
-      <c r="C88" s="33"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B88" s="29"/>
+      <c r="C88" s="30"/>
       <c r="D88" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E88" s="13">
         <v>12.02</v>
       </c>
       <c r="F88" s="13">
         <v>11.8</v>
       </c>
       <c r="G88" s="39">
         <v>12.6</v>
       </c>
-      <c r="H88" s="18"/>
+      <c r="H88" s="22"/>
       <c r="I88" s="13">
         <v>10.81</v>
       </c>
       <c r="J88" s="13">
-        <v>9.1199999999999992</v>
-[...4 lines deleted...]
-      <c r="C89" s="33"/>
+        <v>9.16</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B89" s="29"/>
+      <c r="C89" s="30"/>
       <c r="D89" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E89" s="13">
         <v>31.29</v>
       </c>
       <c r="F89" s="13">
         <v>30.93</v>
       </c>
       <c r="G89" s="39">
         <v>32.619999999999997</v>
       </c>
-      <c r="H89" s="18"/>
+      <c r="H89" s="22"/>
       <c r="I89" s="13">
         <v>31.14</v>
       </c>
       <c r="J89" s="13">
-        <v>30.5</v>
-[...4 lines deleted...]
-      <c r="C90" s="33"/>
+        <v>30.41</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B90" s="29"/>
+      <c r="C90" s="30"/>
       <c r="D90" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E90" s="14">
         <v>23.38</v>
       </c>
       <c r="F90" s="14">
         <v>22.26</v>
       </c>
       <c r="G90" s="40">
         <v>23.41</v>
       </c>
-      <c r="H90" s="18"/>
+      <c r="H90" s="22"/>
       <c r="I90" s="14">
         <v>20.36</v>
       </c>
       <c r="J90" s="14">
-        <v>18.809999999999999</v>
-[...4 lines deleted...]
-      <c r="C91" s="35"/>
+        <v>18.7</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B91" s="31"/>
+      <c r="C91" s="32"/>
       <c r="D91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G91" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H91" s="18"/>
+      <c r="G91" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="22"/>
       <c r="I91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J91" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="92" spans="2:10" ht="15.95">
-      <c r="B92" s="23" t="s">
+    <row r="92" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B92" s="20" t="s">
         <v>45</v>
       </c>
-      <c r="C92" s="31"/>
+      <c r="C92" s="28"/>
       <c r="D92" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E92" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F92" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G92" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H92" s="18"/>
+      <c r="G92" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H92" s="22"/>
       <c r="I92" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J92" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="93" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C93" s="33"/>
+    <row r="93" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B93" s="29"/>
+      <c r="C93" s="30"/>
       <c r="D93" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E93" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F93" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G93" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H93" s="18"/>
+      <c r="G93" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H93" s="22"/>
       <c r="I93" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J93" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="94" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C94" s="33"/>
+    <row r="94" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B94" s="29"/>
+      <c r="C94" s="30"/>
       <c r="D94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E94" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F94" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G94" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H94" s="18"/>
+      <c r="G94" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H94" s="22"/>
       <c r="I94" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J94" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="95" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C95" s="33"/>
+    <row r="95" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B95" s="29"/>
+      <c r="C95" s="30"/>
       <c r="D95" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E95" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F95" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G95" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H95" s="18"/>
+      <c r="G95" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H95" s="22"/>
       <c r="I95" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J95" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="96" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C96" s="35"/>
+    <row r="96" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B96" s="31"/>
+      <c r="C96" s="32"/>
       <c r="D96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G96" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H96" s="18"/>
+      <c r="G96" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="22"/>
       <c r="I96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J96" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="97" spans="2:10" ht="15.95">
-      <c r="B97" s="23" t="s">
+    <row r="97" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B97" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="C97" s="31"/>
+      <c r="C97" s="28"/>
       <c r="D97" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E97" s="13">
         <v>5.47</v>
       </c>
       <c r="F97" s="13">
         <v>7.46</v>
       </c>
       <c r="G97" s="39">
         <v>6.06</v>
       </c>
-      <c r="H97" s="18"/>
+      <c r="H97" s="22"/>
       <c r="I97" s="13">
         <v>6.58</v>
       </c>
       <c r="J97" s="13">
         <v>5.57</v>
       </c>
     </row>
-    <row r="98" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C98" s="33"/>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B98" s="29"/>
+      <c r="C98" s="30"/>
       <c r="D98" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E98" s="13">
         <v>7.19</v>
       </c>
       <c r="F98" s="13">
         <v>7.21</v>
       </c>
       <c r="G98" s="39">
         <v>7.85</v>
       </c>
-      <c r="H98" s="18"/>
+      <c r="H98" s="22"/>
       <c r="I98" s="13">
         <v>5.49</v>
       </c>
-      <c r="J98" s="11" t="s">
-[...5 lines deleted...]
-      <c r="C99" s="33"/>
+      <c r="J98" s="13">
+        <v>5.0199999999999996</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B99" s="29"/>
+      <c r="C99" s="30"/>
       <c r="D99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E99" s="13">
         <v>7.46</v>
       </c>
       <c r="F99" s="13">
         <v>7.99</v>
       </c>
       <c r="G99" s="39">
         <v>8.14</v>
       </c>
-      <c r="H99" s="18"/>
+      <c r="H99" s="22"/>
       <c r="I99" s="13">
         <v>6.59</v>
       </c>
       <c r="J99" s="13">
-        <v>7.72</v>
-[...4 lines deleted...]
-      <c r="C100" s="33"/>
+        <v>7.62</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B100" s="29"/>
+      <c r="C100" s="30"/>
       <c r="D100" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E100" s="14">
         <v>7.07</v>
       </c>
       <c r="F100" s="14">
         <v>7.48</v>
       </c>
       <c r="G100" s="40">
         <v>7.72</v>
       </c>
-      <c r="H100" s="18"/>
+      <c r="H100" s="22"/>
       <c r="I100" s="14">
         <v>6.01</v>
       </c>
       <c r="J100" s="14">
         <v>5.86</v>
       </c>
     </row>
-    <row r="101" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C101" s="35"/>
+    <row r="101" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B101" s="31"/>
+      <c r="C101" s="32"/>
       <c r="D101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G101" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H101" s="18"/>
+      <c r="G101" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="22"/>
       <c r="I101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="102" spans="2:10" ht="15.95">
-      <c r="B102" s="23" t="s">
+    <row r="102" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B102" s="20" t="s">
         <v>47</v>
       </c>
-      <c r="C102" s="31"/>
+      <c r="C102" s="28"/>
       <c r="D102" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E102" s="13">
         <v>36.549999999999997</v>
       </c>
       <c r="F102" s="13">
         <v>27.31</v>
       </c>
       <c r="G102" s="39">
         <v>34.799999999999997</v>
       </c>
-      <c r="H102" s="18"/>
+      <c r="H102" s="22"/>
       <c r="I102" s="13">
         <v>31.11</v>
       </c>
       <c r="J102" s="13">
-        <v>34.04</v>
-[...4 lines deleted...]
-      <c r="C103" s="33"/>
+        <v>34.35</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B103" s="29"/>
+      <c r="C103" s="30"/>
       <c r="D103" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E103" s="13">
         <v>25.41</v>
       </c>
       <c r="F103" s="13">
         <v>26.93</v>
       </c>
       <c r="G103" s="39">
         <v>29.46</v>
       </c>
-      <c r="H103" s="18"/>
+      <c r="H103" s="22"/>
       <c r="I103" s="13">
         <v>23.37</v>
       </c>
       <c r="J103" s="13">
-        <v>23.41</v>
-[...4 lines deleted...]
-      <c r="C104" s="33"/>
+        <v>22.9</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B104" s="29"/>
+      <c r="C104" s="30"/>
       <c r="D104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E104" s="13">
         <v>39.590000000000003</v>
       </c>
       <c r="F104" s="13">
         <v>38.86</v>
       </c>
       <c r="G104" s="39">
         <v>41.51</v>
       </c>
-      <c r="H104" s="18"/>
+      <c r="H104" s="22"/>
       <c r="I104" s="13">
         <v>38.630000000000003</v>
       </c>
       <c r="J104" s="13">
-        <v>39.479999999999997</v>
-[...4 lines deleted...]
-      <c r="C105" s="33"/>
+        <v>39.340000000000003</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B105" s="29"/>
+      <c r="C105" s="30"/>
       <c r="D105" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E105" s="14">
         <v>35.43</v>
       </c>
       <c r="F105" s="14">
         <v>33.380000000000003</v>
       </c>
       <c r="G105" s="40">
         <v>37</v>
       </c>
-      <c r="H105" s="18"/>
+      <c r="H105" s="22"/>
       <c r="I105" s="14">
         <v>32.659999999999997</v>
       </c>
       <c r="J105" s="14">
-        <v>33.72</v>
-[...4 lines deleted...]
-      <c r="C106" s="35"/>
+        <v>33.409999999999997</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B106" s="31"/>
+      <c r="C106" s="32"/>
       <c r="D106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G106" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H106" s="18"/>
+      <c r="G106" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="22"/>
       <c r="I106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="107" spans="2:10" ht="15.95">
-      <c r="B107" s="23" t="s">
+    <row r="107" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B107" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="C107" s="31"/>
+      <c r="C107" s="28"/>
       <c r="D107" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E107" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F107" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G107" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H107" s="18"/>
+      <c r="G107" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H107" s="22"/>
       <c r="I107" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J107" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="108" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C108" s="33"/>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B108" s="29"/>
+      <c r="C108" s="30"/>
       <c r="D108" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E108" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F108" s="13">
         <v>5.0599999999999996</v>
       </c>
-      <c r="G108" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H108" s="18"/>
+      <c r="G108" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H108" s="22"/>
       <c r="I108" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J108" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="109" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C109" s="33"/>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B109" s="29"/>
+      <c r="C109" s="30"/>
       <c r="D109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E109" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F109" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G109" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H109" s="18"/>
+      <c r="G109" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H109" s="22"/>
       <c r="I109" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J109" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="110" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C110" s="33"/>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B110" s="29"/>
+      <c r="C110" s="30"/>
       <c r="D110" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E110" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F110" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G110" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H110" s="18"/>
+      <c r="G110" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H110" s="22"/>
       <c r="I110" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J110" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="111" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C111" s="35"/>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B111" s="31"/>
+      <c r="C111" s="32"/>
       <c r="D111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G111" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H111" s="18"/>
+      <c r="G111" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="22"/>
       <c r="I111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J111" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="112" spans="2:10" ht="15.95">
-      <c r="B112" s="23" t="s">
+    <row r="112" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B112" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="C112" s="31"/>
+      <c r="C112" s="28"/>
       <c r="D112" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E112" s="13">
         <v>71.900000000000006</v>
       </c>
       <c r="F112" s="13">
         <v>51.46</v>
       </c>
       <c r="G112" s="39">
         <v>69.38</v>
       </c>
-      <c r="H112" s="18"/>
+      <c r="H112" s="22"/>
       <c r="I112" s="13">
         <v>62.14</v>
       </c>
       <c r="J112" s="13">
         <v>48.78</v>
       </c>
     </row>
-    <row r="113" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C113" s="33"/>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B113" s="29"/>
+      <c r="C113" s="30"/>
       <c r="D113" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E113" s="13">
         <v>54.4</v>
       </c>
       <c r="F113" s="13">
         <v>45.96</v>
       </c>
       <c r="G113" s="39">
         <v>66.900000000000006</v>
       </c>
-      <c r="H113" s="18"/>
+      <c r="H113" s="22"/>
       <c r="I113" s="13">
         <v>55.64</v>
       </c>
       <c r="J113" s="13">
-        <v>57.48</v>
-[...4 lines deleted...]
-      <c r="C114" s="33"/>
+        <v>56.07</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B114" s="29"/>
+      <c r="C114" s="30"/>
       <c r="D114" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E114" s="13">
         <v>79.760000000000005</v>
       </c>
       <c r="F114" s="13">
         <v>76</v>
       </c>
       <c r="G114" s="39">
         <v>68.56</v>
       </c>
-      <c r="H114" s="18"/>
+      <c r="H114" s="22"/>
       <c r="I114" s="13">
         <v>67.569999999999993</v>
       </c>
       <c r="J114" s="13">
-        <v>62.08</v>
-[...4 lines deleted...]
-      <c r="C115" s="33"/>
+        <v>62.38</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B115" s="29"/>
+      <c r="C115" s="30"/>
       <c r="D115" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E115" s="14">
         <v>72.89</v>
       </c>
       <c r="F115" s="14">
         <v>66.489999999999995</v>
       </c>
       <c r="G115" s="40">
         <v>68.2</v>
       </c>
-      <c r="H115" s="18"/>
+      <c r="H115" s="22"/>
       <c r="I115" s="14">
         <v>63.94</v>
       </c>
       <c r="J115" s="14">
-        <v>60.16</v>
-[...4 lines deleted...]
-      <c r="C116" s="35"/>
+        <v>60</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B116" s="31"/>
+      <c r="C116" s="32"/>
       <c r="D116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F116" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G116" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H116" s="18"/>
+      <c r="G116" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="22"/>
       <c r="I116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J116" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="117" spans="2:10" ht="15.95">
-      <c r="B117" s="23" t="s">
+    <row r="117" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B117" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="C117" s="31"/>
+      <c r="C117" s="28"/>
       <c r="D117" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E117" s="13">
         <v>59.27</v>
       </c>
       <c r="F117" s="13">
         <v>57.57</v>
       </c>
       <c r="G117" s="39">
         <v>56.88</v>
       </c>
-      <c r="H117" s="18"/>
+      <c r="H117" s="22"/>
       <c r="I117" s="13">
         <v>60.29</v>
       </c>
       <c r="J117" s="13">
-        <v>60.01</v>
-[...4 lines deleted...]
-      <c r="C118" s="33"/>
+        <v>60.12</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B118" s="29"/>
+      <c r="C118" s="30"/>
       <c r="D118" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E118" s="13">
         <v>48.85</v>
       </c>
       <c r="F118" s="13">
         <v>47.49</v>
       </c>
       <c r="G118" s="39">
         <v>54.55</v>
       </c>
-      <c r="H118" s="18"/>
+      <c r="H118" s="22"/>
       <c r="I118" s="13">
         <v>51.07</v>
       </c>
       <c r="J118" s="13">
-        <v>51.29</v>
-[...4 lines deleted...]
-      <c r="C119" s="33"/>
+        <v>50.91</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B119" s="29"/>
+      <c r="C119" s="30"/>
       <c r="D119" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E119" s="13">
         <v>39.26</v>
       </c>
       <c r="F119" s="13">
         <v>42.35</v>
       </c>
       <c r="G119" s="39">
         <v>42.89</v>
       </c>
-      <c r="H119" s="18"/>
+      <c r="H119" s="22"/>
       <c r="I119" s="13">
         <v>40.770000000000003</v>
       </c>
       <c r="J119" s="13">
-        <v>40.369999999999997</v>
-[...4 lines deleted...]
-      <c r="C120" s="33"/>
+        <v>40.4</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B120" s="29"/>
+      <c r="C120" s="30"/>
       <c r="D120" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E120" s="14">
         <v>47.13</v>
       </c>
       <c r="F120" s="14">
         <v>47.13</v>
       </c>
       <c r="G120" s="40">
         <v>51.26</v>
       </c>
-      <c r="H120" s="18"/>
+      <c r="H120" s="22"/>
       <c r="I120" s="14">
         <v>48.97</v>
       </c>
       <c r="J120" s="14">
-        <v>48.75</v>
-[...4 lines deleted...]
-      <c r="C121" s="35"/>
+        <v>48.58</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B121" s="31"/>
+      <c r="C121" s="32"/>
       <c r="D121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F121" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G121" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H121" s="18"/>
+      <c r="G121" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="22"/>
       <c r="I121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J121" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="122" spans="2:10" ht="15.95">
-      <c r="B122" s="23" t="s">
+    <row r="122" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B122" s="20" t="s">
         <v>51</v>
       </c>
-      <c r="C122" s="31"/>
+      <c r="C122" s="28"/>
       <c r="D122" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E122" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F122" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G122" s="39">
         <v>6.67</v>
       </c>
-      <c r="H122" s="18"/>
+      <c r="H122" s="22"/>
       <c r="I122" s="13">
         <v>5.13</v>
       </c>
       <c r="J122" s="13">
-        <v>6.5</v>
-[...4 lines deleted...]
-      <c r="C123" s="33"/>
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B123" s="29"/>
+      <c r="C123" s="30"/>
       <c r="D123" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E123" s="13">
         <v>6.58</v>
       </c>
       <c r="F123" s="13">
         <v>6.44</v>
       </c>
       <c r="G123" s="39">
         <v>7.5</v>
       </c>
-      <c r="H123" s="18"/>
+      <c r="H123" s="22"/>
       <c r="I123" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J123" s="13">
-        <v>6.58</v>
-[...4 lines deleted...]
-      <c r="C124" s="33"/>
+        <v>6.36</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B124" s="29"/>
+      <c r="C124" s="30"/>
       <c r="D124" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E124" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F124" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G124" s="39">
         <v>6.05</v>
       </c>
-      <c r="H124" s="18"/>
+      <c r="H124" s="22"/>
       <c r="I124" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="J124" s="11" t="s">
-[...5 lines deleted...]
-      <c r="C125" s="33"/>
+      <c r="J124" s="13">
+        <v>5.07</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B125" s="29"/>
+      <c r="C125" s="30"/>
       <c r="D125" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E125" s="14">
         <v>5.83</v>
       </c>
       <c r="F125" s="14">
         <v>5.83</v>
       </c>
       <c r="G125" s="40">
         <v>7.09</v>
       </c>
-      <c r="H125" s="18"/>
+      <c r="H125" s="22"/>
       <c r="I125" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J125" s="14">
-        <v>6.33</v>
-[...4 lines deleted...]
-      <c r="C126" s="35"/>
+        <v>6.26</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B126" s="31"/>
+      <c r="C126" s="32"/>
       <c r="D126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G126" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H126" s="18"/>
+      <c r="G126" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="22"/>
       <c r="I126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J126" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="127" spans="2:10" ht="15.95">
-      <c r="B127" s="23" t="s">
+    <row r="127" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B127" s="20" t="s">
         <v>52</v>
       </c>
-      <c r="C127" s="31"/>
+      <c r="C127" s="28"/>
       <c r="D127" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E127" s="13">
         <v>86.71</v>
       </c>
       <c r="F127" s="13">
         <v>85.64</v>
       </c>
       <c r="G127" s="39">
         <v>75.22</v>
       </c>
-      <c r="H127" s="18"/>
+      <c r="H127" s="22"/>
       <c r="I127" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J127" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="128" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C128" s="33"/>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B128" s="29"/>
+      <c r="C128" s="30"/>
       <c r="D128" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E128" s="13">
         <v>61.51</v>
       </c>
       <c r="F128" s="13">
         <v>68.989999999999995</v>
       </c>
       <c r="G128" s="39">
         <v>68.52</v>
       </c>
-      <c r="H128" s="18"/>
+      <c r="H128" s="22"/>
       <c r="I128" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J128" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="129" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C129" s="33"/>
+    <row r="129" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B129" s="29"/>
+      <c r="C129" s="30"/>
       <c r="D129" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E129" s="13">
         <v>67.52</v>
       </c>
       <c r="F129" s="13">
         <v>73.05</v>
       </c>
       <c r="G129" s="39">
         <v>62.33</v>
       </c>
-      <c r="H129" s="18"/>
+      <c r="H129" s="22"/>
       <c r="I129" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J129" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="130" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C130" s="33"/>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B130" s="29"/>
+      <c r="C130" s="30"/>
       <c r="D130" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E130" s="14">
         <v>69.58</v>
       </c>
       <c r="F130" s="14">
         <v>74.39</v>
       </c>
       <c r="G130" s="40">
         <v>66.39</v>
       </c>
-      <c r="H130" s="18"/>
+      <c r="H130" s="22"/>
       <c r="I130" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J130" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="131" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C131" s="35"/>
+    <row r="131" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B131" s="31"/>
+      <c r="C131" s="32"/>
       <c r="D131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F131" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G131" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H131" s="18"/>
+      <c r="G131" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="22"/>
       <c r="I131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J131" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="132" spans="2:10" ht="15.95">
-      <c r="B132" s="23" t="s">
+    <row r="132" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B132" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="C132" s="31"/>
+      <c r="C132" s="28"/>
       <c r="D132" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E132" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F132" s="13">
         <v>9.83</v>
       </c>
       <c r="G132" s="39">
         <v>10.24</v>
       </c>
-      <c r="H132" s="18"/>
+      <c r="H132" s="22"/>
       <c r="I132" s="13">
         <v>6.35</v>
       </c>
       <c r="J132" s="13">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="C133" s="33"/>
+        <v>9.94</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B133" s="29"/>
+      <c r="C133" s="30"/>
       <c r="D133" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F133" s="13">
         <v>8.24</v>
       </c>
       <c r="G133" s="39">
         <v>7.69</v>
       </c>
-      <c r="H133" s="18"/>
+      <c r="H133" s="22"/>
       <c r="I133" s="13">
         <v>6.36</v>
       </c>
       <c r="J133" s="13">
-        <v>6.77</v>
-[...4 lines deleted...]
-      <c r="C134" s="33"/>
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B134" s="29"/>
+      <c r="C134" s="30"/>
       <c r="D134" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E134" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F134" s="13">
         <v>6.17</v>
       </c>
       <c r="G134" s="39">
         <v>9.83</v>
       </c>
-      <c r="H134" s="18"/>
+      <c r="H134" s="22"/>
       <c r="I134" s="13">
         <v>7.47</v>
       </c>
       <c r="J134" s="13">
-        <v>9.31</v>
-[...4 lines deleted...]
-      <c r="C135" s="33"/>
+        <v>9.2899999999999991</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B135" s="29"/>
+      <c r="C135" s="30"/>
       <c r="D135" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E135" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F135" s="14">
         <v>7.76</v>
       </c>
       <c r="G135" s="40">
         <v>9.08</v>
       </c>
-      <c r="H135" s="18"/>
+      <c r="H135" s="22"/>
       <c r="I135" s="14">
         <v>6.79</v>
       </c>
       <c r="J135" s="14">
-        <v>8.3699999999999992</v>
-[...4 lines deleted...]
-      <c r="C136" s="35"/>
+        <v>8.49</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B136" s="31"/>
+      <c r="C136" s="32"/>
       <c r="D136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F136" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G136" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H136" s="18"/>
+      <c r="G136" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="22"/>
       <c r="I136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J136" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="137" spans="2:10" ht="15.95">
-      <c r="B137" s="23" t="s">
+    <row r="137" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B137" s="20" t="s">
         <v>54</v>
       </c>
-      <c r="C137" s="31"/>
+      <c r="C137" s="28"/>
       <c r="D137" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E137" s="13">
         <v>62.78</v>
       </c>
       <c r="F137" s="13">
         <v>60.77</v>
       </c>
       <c r="G137" s="39">
         <v>51.59</v>
       </c>
-      <c r="H137" s="18"/>
+      <c r="H137" s="22"/>
       <c r="I137" s="13">
         <v>43.78</v>
       </c>
       <c r="J137" s="13">
-        <v>36.01</v>
-[...4 lines deleted...]
-      <c r="C138" s="33"/>
+        <v>36.07</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B138" s="29"/>
+      <c r="C138" s="30"/>
       <c r="D138" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E138" s="13">
         <v>47.24</v>
       </c>
       <c r="F138" s="13">
         <v>55.18</v>
       </c>
       <c r="G138" s="39">
         <v>46.89</v>
       </c>
-      <c r="H138" s="18"/>
+      <c r="H138" s="22"/>
       <c r="I138" s="13">
         <v>42.4</v>
       </c>
       <c r="J138" s="13">
-        <v>45.23</v>
-[...4 lines deleted...]
-      <c r="C139" s="33"/>
+        <v>44.4</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B139" s="29"/>
+      <c r="C139" s="30"/>
       <c r="D139" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E139" s="13">
         <v>95.94</v>
       </c>
       <c r="F139" s="13">
         <v>83.62</v>
       </c>
       <c r="G139" s="39">
         <v>65.41</v>
       </c>
-      <c r="H139" s="18"/>
+      <c r="H139" s="22"/>
       <c r="I139" s="13">
         <v>46.05</v>
       </c>
       <c r="J139" s="13">
-        <v>38.979999999999997</v>
-[...4 lines deleted...]
-      <c r="C140" s="33"/>
+        <v>38.99</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B140" s="29"/>
+      <c r="C140" s="30"/>
       <c r="D140" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E140" s="14">
         <v>85.96</v>
       </c>
       <c r="F140" s="14">
         <v>76.849999999999994</v>
       </c>
       <c r="G140" s="40">
         <v>60.88</v>
       </c>
-      <c r="H140" s="18"/>
+      <c r="H140" s="22"/>
       <c r="I140" s="14">
         <v>45.18</v>
       </c>
       <c r="J140" s="14">
-        <v>38.92</v>
-[...4 lines deleted...]
-      <c r="C141" s="35"/>
+        <v>38.880000000000003</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B141" s="31"/>
+      <c r="C141" s="32"/>
       <c r="D141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F141" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G141" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H141" s="18"/>
+      <c r="G141" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="22"/>
       <c r="I141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J141" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="142" spans="2:10" ht="15.95">
-      <c r="B142" s="23" t="s">
+    <row r="142" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B142" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="C142" s="31"/>
+      <c r="C142" s="28"/>
       <c r="D142" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E142" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F142" s="13">
         <v>5.38</v>
       </c>
-      <c r="G142" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H142" s="18"/>
+      <c r="G142" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H142" s="22"/>
       <c r="I142" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J142" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="143" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C143" s="33"/>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B143" s="29"/>
+      <c r="C143" s="30"/>
       <c r="D143" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E143" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F143" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G143" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H143" s="18"/>
+      <c r="G143" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H143" s="22"/>
       <c r="I143" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="J143" s="11" t="s">
-[...5 lines deleted...]
-      <c r="C144" s="33"/>
+      <c r="J143" s="13">
+        <v>5.29</v>
+      </c>
+    </row>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B144" s="29"/>
+      <c r="C144" s="30"/>
       <c r="D144" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F144" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G144" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H144" s="18"/>
+      <c r="G144" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144" s="22"/>
       <c r="I144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J144" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="145" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C145" s="33"/>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B145" s="29"/>
+      <c r="C145" s="30"/>
       <c r="D145" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E145" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F145" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G145" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H145" s="18"/>
+      <c r="G145" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H145" s="22"/>
       <c r="I145" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J145" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="146" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C146" s="35"/>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B146" s="31"/>
+      <c r="C146" s="32"/>
       <c r="D146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F146" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G146" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H146" s="18"/>
+      <c r="G146" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="22"/>
       <c r="I146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J146" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="147" spans="2:10" ht="15.95">
-      <c r="B147" s="23" t="s">
+    <row r="147" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B147" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="C147" s="31"/>
+      <c r="C147" s="28"/>
       <c r="D147" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E147" s="13">
         <v>53.09</v>
       </c>
       <c r="F147" s="13">
         <v>65.91</v>
       </c>
       <c r="G147" s="39">
         <v>47.5</v>
       </c>
-      <c r="H147" s="18"/>
+      <c r="H147" s="22"/>
       <c r="I147" s="13">
         <v>47.9</v>
       </c>
       <c r="J147" s="13">
         <v>43.85</v>
       </c>
     </row>
-    <row r="148" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C148" s="33"/>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B148" s="29"/>
+      <c r="C148" s="30"/>
       <c r="D148" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E148" s="13">
         <v>44.93</v>
       </c>
       <c r="F148" s="13">
         <v>41.74</v>
       </c>
       <c r="G148" s="39">
         <v>42.64</v>
       </c>
-      <c r="H148" s="18"/>
+      <c r="H148" s="22"/>
       <c r="I148" s="13">
         <v>31.24</v>
       </c>
       <c r="J148" s="13">
-        <v>43.32</v>
-[...4 lines deleted...]
-      <c r="C149" s="33"/>
+        <v>42.29</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B149" s="29"/>
+      <c r="C149" s="30"/>
       <c r="D149" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E149" s="13">
         <v>83.54</v>
       </c>
       <c r="F149" s="13">
         <v>85.28</v>
       </c>
       <c r="G149" s="39">
         <v>59.25</v>
       </c>
-      <c r="H149" s="18"/>
+      <c r="H149" s="22"/>
       <c r="I149" s="13">
         <v>46.69</v>
       </c>
       <c r="J149" s="13">
-        <v>44.05</v>
-[...4 lines deleted...]
-      <c r="C150" s="33"/>
+        <v>44.09</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B150" s="29"/>
+      <c r="C150" s="30"/>
       <c r="D150" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E150" s="14">
         <v>77.7</v>
       </c>
       <c r="F150" s="14">
         <v>79.5</v>
       </c>
       <c r="G150" s="40">
         <v>56.21</v>
       </c>
-      <c r="H150" s="18"/>
+      <c r="H150" s="22"/>
       <c r="I150" s="14">
         <v>44.73</v>
       </c>
       <c r="J150" s="14">
-        <v>43.96</v>
-[...4 lines deleted...]
-      <c r="C151" s="35"/>
+        <v>43.88</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B151" s="31"/>
+      <c r="C151" s="32"/>
       <c r="D151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F151" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G151" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H151" s="18"/>
+      <c r="G151" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="22"/>
       <c r="I151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J151" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="152" spans="2:10" ht="15.95">
-      <c r="B152" s="23" t="s">
+    <row r="152" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B152" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="C152" s="31"/>
+      <c r="C152" s="28"/>
       <c r="D152" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E152" s="13">
         <v>42.4</v>
       </c>
       <c r="F152" s="13">
         <v>47.05</v>
       </c>
       <c r="G152" s="39">
         <v>43.13</v>
       </c>
-      <c r="H152" s="18"/>
+      <c r="H152" s="22"/>
       <c r="I152" s="13">
         <v>46.23</v>
       </c>
       <c r="J152" s="13">
-        <v>49.48</v>
-[...4 lines deleted...]
-      <c r="C153" s="33"/>
+        <v>49.69</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B153" s="29"/>
+      <c r="C153" s="30"/>
       <c r="D153" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E153" s="13">
         <v>54.85</v>
       </c>
       <c r="F153" s="13">
         <v>59.12</v>
       </c>
       <c r="G153" s="39">
         <v>60.19</v>
       </c>
-      <c r="H153" s="18"/>
+      <c r="H153" s="22"/>
       <c r="I153" s="13">
         <v>61.36</v>
       </c>
       <c r="J153" s="13">
-        <v>64.790000000000006</v>
-[...4 lines deleted...]
-      <c r="C154" s="33"/>
+        <v>63.77</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B154" s="29"/>
+      <c r="C154" s="30"/>
       <c r="D154" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E154" s="13">
         <v>28.05</v>
       </c>
       <c r="F154" s="13">
         <v>30.86</v>
       </c>
       <c r="G154" s="39">
         <v>33.71</v>
       </c>
-      <c r="H154" s="18"/>
+      <c r="H154" s="22"/>
       <c r="I154" s="13">
         <v>34.25</v>
       </c>
       <c r="J154" s="13">
-        <v>35.99</v>
-[...4 lines deleted...]
-      <c r="C155" s="33"/>
+        <v>35.799999999999997</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B155" s="29"/>
+      <c r="C155" s="30"/>
       <c r="D155" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E155" s="14">
         <v>48.36</v>
       </c>
       <c r="F155" s="14">
         <v>51.64</v>
       </c>
       <c r="G155" s="40">
         <v>52.14</v>
       </c>
-      <c r="H155" s="18"/>
+      <c r="H155" s="22"/>
       <c r="I155" s="14">
         <v>52.61</v>
       </c>
       <c r="J155" s="14">
-        <v>54.54</v>
-[...4 lines deleted...]
-      <c r="C156" s="35"/>
+        <v>54.01</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B156" s="31"/>
+      <c r="C156" s="32"/>
       <c r="D156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G156" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H156" s="18"/>
+      <c r="G156" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="22"/>
       <c r="I156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J156" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="157" spans="2:10" ht="15.95">
-      <c r="B157" s="23" t="s">
+    <row r="157" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B157" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="C157" s="31"/>
+      <c r="C157" s="28"/>
       <c r="D157" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E157" s="13">
         <v>54.06</v>
       </c>
       <c r="F157" s="13">
         <v>55.04</v>
       </c>
       <c r="G157" s="39">
         <v>49.27</v>
       </c>
-      <c r="H157" s="18"/>
+      <c r="H157" s="22"/>
       <c r="I157" s="13">
         <v>42.22</v>
       </c>
       <c r="J157" s="13">
-        <v>40.06</v>
-[...4 lines deleted...]
-      <c r="C158" s="33"/>
+        <v>40.090000000000003</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B158" s="29"/>
+      <c r="C158" s="30"/>
       <c r="D158" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E158" s="13">
         <v>54.68</v>
       </c>
       <c r="F158" s="13">
         <v>52.49</v>
       </c>
       <c r="G158" s="39">
         <v>51.58</v>
       </c>
-      <c r="H158" s="18"/>
+      <c r="H158" s="22"/>
       <c r="I158" s="13">
         <v>43.86</v>
       </c>
       <c r="J158" s="13">
-        <v>44.2</v>
-[...4 lines deleted...]
-      <c r="C159" s="33"/>
+        <v>43.71</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B159" s="29"/>
+      <c r="C159" s="30"/>
       <c r="D159" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E159" s="13">
         <v>31.94</v>
       </c>
       <c r="F159" s="13">
         <v>31.21</v>
       </c>
       <c r="G159" s="39">
         <v>29.32</v>
       </c>
-      <c r="H159" s="18"/>
+      <c r="H159" s="22"/>
       <c r="I159" s="13">
         <v>27.32</v>
       </c>
       <c r="J159" s="13">
-        <v>25.63</v>
-[...4 lines deleted...]
-      <c r="C160" s="33"/>
+        <v>25.54</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B160" s="29"/>
+      <c r="C160" s="30"/>
       <c r="D160" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E160" s="14">
         <v>45.17</v>
       </c>
       <c r="F160" s="14">
         <v>44.08</v>
       </c>
       <c r="G160" s="40">
         <v>42.33</v>
       </c>
-      <c r="H160" s="18"/>
+      <c r="H160" s="22"/>
       <c r="I160" s="14">
         <v>37.65</v>
       </c>
       <c r="J160" s="14">
-        <v>37.32</v>
-[...4 lines deleted...]
-      <c r="C161" s="35"/>
+        <v>37.090000000000003</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B161" s="31"/>
+      <c r="C161" s="32"/>
       <c r="D161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F161" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G161" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H161" s="18"/>
+      <c r="G161" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="22"/>
       <c r="I161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J161" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="162" spans="2:10" ht="15.95">
-      <c r="B162" s="23" t="s">
+    <row r="162" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B162" s="20" t="s">
         <v>59</v>
       </c>
-      <c r="C162" s="31"/>
+      <c r="C162" s="28"/>
       <c r="D162" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E162" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F162" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G162" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H162" s="18"/>
+      <c r="G162" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H162" s="22"/>
       <c r="I162" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J162" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="163" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C163" s="33"/>
+    <row r="163" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B163" s="29"/>
+      <c r="C163" s="30"/>
       <c r="D163" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E163" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F163" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G163" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H163" s="18"/>
+      <c r="G163" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H163" s="22"/>
       <c r="I163" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J163" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="164" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C164" s="33"/>
+    <row r="164" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B164" s="29"/>
+      <c r="C164" s="30"/>
       <c r="D164" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E164" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F164" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G164" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H164" s="18"/>
+      <c r="G164" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H164" s="22"/>
       <c r="I164" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J164" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="165" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C165" s="33"/>
+    <row r="165" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B165" s="29"/>
+      <c r="C165" s="30"/>
       <c r="D165" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E165" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F165" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G165" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H165" s="18"/>
+      <c r="G165" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H165" s="22"/>
       <c r="I165" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J165" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="166" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C166" s="35"/>
+    <row r="166" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B166" s="31"/>
+      <c r="C166" s="32"/>
       <c r="D166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F166" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G166" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H166" s="18"/>
+      <c r="G166" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="22"/>
       <c r="I166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J166" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="167" spans="2:10" ht="15.95">
-      <c r="B167" s="23" t="s">
+    <row r="167" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B167" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="C167" s="31"/>
+      <c r="C167" s="28"/>
       <c r="D167" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E167" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F167" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G167" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H167" s="18"/>
+      <c r="G167" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H167" s="22"/>
       <c r="I167" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J167" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="168" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C168" s="33"/>
+    <row r="168" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B168" s="29"/>
+      <c r="C168" s="30"/>
       <c r="D168" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E168" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F168" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G168" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H168" s="18"/>
+      <c r="G168" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H168" s="22"/>
       <c r="I168" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J168" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="169" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C169" s="33"/>
+    <row r="169" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B169" s="29"/>
+      <c r="C169" s="30"/>
       <c r="D169" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E169" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F169" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G169" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H169" s="18"/>
+      <c r="G169" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H169" s="22"/>
       <c r="I169" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J169" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="170" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C170" s="33"/>
+    <row r="170" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B170" s="29"/>
+      <c r="C170" s="30"/>
       <c r="D170" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E170" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F170" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G170" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H170" s="18"/>
+      <c r="G170" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H170" s="22"/>
       <c r="I170" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J170" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="171" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C171" s="35"/>
+    <row r="171" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B171" s="31"/>
+      <c r="C171" s="32"/>
       <c r="D171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F171" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G171" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H171" s="18"/>
+      <c r="G171" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="22"/>
       <c r="I171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J171" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="172" spans="2:10" ht="15.95">
-      <c r="B172" s="23" t="s">
+    <row r="172" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B172" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="C172" s="31"/>
+      <c r="C172" s="28"/>
       <c r="D172" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E172" s="13">
         <v>13</v>
       </c>
       <c r="F172" s="13">
         <v>9.56</v>
       </c>
       <c r="G172" s="39">
         <v>9</v>
       </c>
-      <c r="H172" s="18"/>
+      <c r="H172" s="22"/>
       <c r="I172" s="13">
         <v>15.5</v>
       </c>
       <c r="J172" s="13">
-        <v>14.29</v>
-[...4 lines deleted...]
-      <c r="C173" s="33"/>
+        <v>14.43</v>
+      </c>
+    </row>
+    <row r="173" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B173" s="29"/>
+      <c r="C173" s="30"/>
       <c r="D173" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E173" s="13">
         <v>12.71</v>
       </c>
       <c r="F173" s="13">
         <v>6.12</v>
       </c>
       <c r="G173" s="39">
         <v>6.77</v>
       </c>
-      <c r="H173" s="18"/>
+      <c r="H173" s="22"/>
       <c r="I173" s="13">
         <v>6.84</v>
       </c>
       <c r="J173" s="13">
-        <v>10.18</v>
-[...4 lines deleted...]
-      <c r="C174" s="33"/>
+        <v>10.01</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B174" s="29"/>
+      <c r="C174" s="30"/>
       <c r="D174" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E174" s="13">
         <v>11.45</v>
       </c>
       <c r="F174" s="13">
         <v>13.23</v>
       </c>
       <c r="G174" s="39">
         <v>14.13</v>
       </c>
-      <c r="H174" s="18"/>
+      <c r="H174" s="22"/>
       <c r="I174" s="13">
         <v>9.83</v>
       </c>
       <c r="J174" s="13">
-        <v>14.91</v>
-[...4 lines deleted...]
-      <c r="C175" s="33"/>
+        <v>14.75</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B175" s="29"/>
+      <c r="C175" s="30"/>
       <c r="D175" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E175" s="14">
         <v>12.29</v>
       </c>
       <c r="F175" s="14">
         <v>8.07</v>
       </c>
       <c r="G175" s="40">
         <v>8.51</v>
       </c>
-      <c r="H175" s="18"/>
+      <c r="H175" s="22"/>
       <c r="I175" s="14">
         <v>7.98</v>
       </c>
       <c r="J175" s="14">
-        <v>11.39</v>
-[...4 lines deleted...]
-      <c r="C176" s="35"/>
+        <v>11.28</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B176" s="31"/>
+      <c r="C176" s="32"/>
       <c r="D176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F176" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G176" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H176" s="18"/>
+      <c r="G176" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H176" s="22"/>
       <c r="I176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J176" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="177" spans="2:10" ht="15.95">
-      <c r="B177" s="23" t="s">
+    <row r="177" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B177" s="20" t="s">
         <v>62</v>
       </c>
-      <c r="C177" s="31"/>
+      <c r="C177" s="28"/>
       <c r="D177" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E177" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F177" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G177" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H177" s="18"/>
+      <c r="G177" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H177" s="22"/>
       <c r="I177" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J177" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="178" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C178" s="33"/>
+    <row r="178" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B178" s="29"/>
+      <c r="C178" s="30"/>
       <c r="D178" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E178" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F178" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G178" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H178" s="18"/>
+      <c r="G178" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H178" s="22"/>
       <c r="I178" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J178" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="179" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C179" s="33"/>
+    <row r="179" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B179" s="29"/>
+      <c r="C179" s="30"/>
       <c r="D179" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E179" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F179" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G179" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H179" s="18"/>
+      <c r="G179" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H179" s="22"/>
       <c r="I179" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J179" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="180" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C180" s="33"/>
+    <row r="180" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B180" s="29"/>
+      <c r="C180" s="30"/>
       <c r="D180" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E180" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F180" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G180" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H180" s="18"/>
+      <c r="G180" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H180" s="22"/>
       <c r="I180" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J180" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="181" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C181" s="35"/>
+    <row r="181" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B181" s="31"/>
+      <c r="C181" s="32"/>
       <c r="D181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F181" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G181" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H181" s="18"/>
+      <c r="G181" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H181" s="22"/>
       <c r="I181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J181" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="182" spans="2:10" ht="15.95">
-      <c r="B182" s="23" t="s">
+    <row r="182" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B182" s="20" t="s">
         <v>63</v>
       </c>
-      <c r="C182" s="31"/>
+      <c r="C182" s="28"/>
       <c r="D182" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E182" s="13">
         <v>6.45</v>
       </c>
       <c r="F182" s="13">
         <v>5.81</v>
       </c>
       <c r="G182" s="39">
         <v>6.18</v>
       </c>
-      <c r="H182" s="18"/>
+      <c r="H182" s="22"/>
       <c r="I182" s="13">
         <v>5.44</v>
       </c>
       <c r="J182" s="13">
-        <v>6.04</v>
-[...4 lines deleted...]
-      <c r="C183" s="33"/>
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B183" s="29"/>
+      <c r="C183" s="30"/>
       <c r="D183" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E183" s="13">
         <v>6.56</v>
       </c>
       <c r="F183" s="13">
         <v>6.75</v>
       </c>
       <c r="G183" s="39">
         <v>6.04</v>
       </c>
-      <c r="H183" s="18"/>
+      <c r="H183" s="22"/>
       <c r="I183" s="13">
         <v>5.38</v>
       </c>
       <c r="J183" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="184" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C184" s="33"/>
+    <row r="184" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B184" s="29"/>
+      <c r="C184" s="30"/>
       <c r="D184" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E184" s="13">
         <v>6.75</v>
       </c>
       <c r="F184" s="13">
         <v>6.72</v>
       </c>
       <c r="G184" s="39">
         <v>7.42</v>
       </c>
-      <c r="H184" s="18"/>
+      <c r="H184" s="22"/>
       <c r="I184" s="13">
         <v>7.15</v>
       </c>
       <c r="J184" s="13">
-        <v>7.2</v>
-[...4 lines deleted...]
-      <c r="C185" s="33"/>
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B185" s="29"/>
+      <c r="C185" s="30"/>
       <c r="D185" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E185" s="14">
         <v>6.63</v>
       </c>
       <c r="F185" s="14">
         <v>6.55</v>
       </c>
       <c r="G185" s="40">
         <v>6.78</v>
       </c>
-      <c r="H185" s="18"/>
+      <c r="H185" s="22"/>
       <c r="I185" s="14">
         <v>6.35</v>
       </c>
       <c r="J185" s="14">
-        <v>6.05</v>
-[...4 lines deleted...]
-      <c r="C186" s="35"/>
+        <v>6.17</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B186" s="31"/>
+      <c r="C186" s="32"/>
       <c r="D186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F186" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G186" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H186" s="18"/>
+      <c r="G186" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H186" s="22"/>
       <c r="I186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J186" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="187" spans="2:10" ht="15.95">
-      <c r="B187" s="23" t="s">
+    <row r="187" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B187" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="C187" s="31"/>
+      <c r="C187" s="28"/>
       <c r="D187" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E187" s="13">
         <v>56.31</v>
       </c>
       <c r="F187" s="13">
         <v>56.19</v>
       </c>
       <c r="G187" s="39">
         <v>60.72</v>
       </c>
-      <c r="H187" s="18"/>
+      <c r="H187" s="22"/>
       <c r="I187" s="13">
         <v>60.49</v>
       </c>
       <c r="J187" s="13">
-        <v>47.87</v>
-[...4 lines deleted...]
-      <c r="C188" s="33"/>
+        <v>47.59</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B188" s="29"/>
+      <c r="C188" s="30"/>
       <c r="D188" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E188" s="13">
         <v>28.04</v>
       </c>
       <c r="F188" s="13">
         <v>32</v>
       </c>
       <c r="G188" s="39">
         <v>33.99</v>
       </c>
-      <c r="H188" s="18"/>
+      <c r="H188" s="22"/>
       <c r="I188" s="13">
         <v>31.47</v>
       </c>
       <c r="J188" s="13">
-        <v>32.82</v>
-[...4 lines deleted...]
-      <c r="C189" s="33"/>
+        <v>32.32</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B189" s="29"/>
+      <c r="C189" s="30"/>
       <c r="D189" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E189" s="13">
         <v>45.78</v>
       </c>
       <c r="F189" s="13">
         <v>47.36</v>
       </c>
       <c r="G189" s="39">
         <v>48.41</v>
       </c>
-      <c r="H189" s="18"/>
+      <c r="H189" s="22"/>
       <c r="I189" s="13">
         <v>48.61</v>
       </c>
       <c r="J189" s="13">
-        <v>40.83</v>
-[...4 lines deleted...]
-      <c r="C190" s="33"/>
+        <v>40.68</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B190" s="29"/>
+      <c r="C190" s="30"/>
       <c r="D190" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E190" s="14">
         <v>45.26</v>
       </c>
       <c r="F190" s="14">
         <v>46.78</v>
       </c>
       <c r="G190" s="40">
         <v>49.72</v>
       </c>
-      <c r="H190" s="18"/>
+      <c r="H190" s="22"/>
       <c r="I190" s="14">
         <v>49.41</v>
       </c>
       <c r="J190" s="14">
-        <v>42.25</v>
-[...4 lines deleted...]
-      <c r="C191" s="35"/>
+        <v>41.95</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B191" s="31"/>
+      <c r="C191" s="32"/>
       <c r="D191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F191" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G191" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H191" s="18"/>
+      <c r="G191" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H191" s="22"/>
       <c r="I191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J191" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="192" spans="2:10" ht="15.95">
-      <c r="B192" s="23" t="s">
+    <row r="192" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B192" s="20" t="s">
         <v>65</v>
       </c>
-      <c r="C192" s="31"/>
+      <c r="C192" s="28"/>
       <c r="D192" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F192" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G192" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H192" s="18"/>
+      <c r="G192" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H192" s="22"/>
       <c r="I192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J192" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="193" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C193" s="33"/>
+    <row r="193" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B193" s="29"/>
+      <c r="C193" s="30"/>
       <c r="D193" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E193" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F193" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G193" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H193" s="18"/>
+      <c r="G193" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H193" s="22"/>
       <c r="I193" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J193" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="194" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C194" s="33"/>
+    <row r="194" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B194" s="29"/>
+      <c r="C194" s="30"/>
       <c r="D194" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E194" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F194" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G194" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H194" s="18"/>
+      <c r="G194" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H194" s="22"/>
       <c r="I194" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J194" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="195" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C195" s="33"/>
+    <row r="195" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B195" s="29"/>
+      <c r="C195" s="30"/>
       <c r="D195" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E195" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F195" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G195" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H195" s="18"/>
+      <c r="G195" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H195" s="22"/>
       <c r="I195" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J195" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="196" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C196" s="35"/>
+    <row r="196" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B196" s="31"/>
+      <c r="C196" s="32"/>
       <c r="D196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F196" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G196" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H196" s="18"/>
+      <c r="G196" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H196" s="22"/>
       <c r="I196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J196" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="197" spans="2:10" ht="15.95">
-      <c r="B197" s="23" t="s">
+    <row r="197" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B197" s="20" t="s">
         <v>66</v>
       </c>
-      <c r="C197" s="31"/>
+      <c r="C197" s="28"/>
       <c r="D197" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E197" s="13">
         <v>26.47</v>
       </c>
       <c r="F197" s="13">
         <v>27.78</v>
       </c>
       <c r="G197" s="39">
         <v>22.44</v>
       </c>
-      <c r="H197" s="18"/>
+      <c r="H197" s="22"/>
       <c r="I197" s="13">
         <v>6.69</v>
       </c>
       <c r="J197" s="13">
         <v>53</v>
       </c>
     </row>
-    <row r="198" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C198" s="33"/>
+    <row r="198" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B198" s="29"/>
+      <c r="C198" s="30"/>
       <c r="D198" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E198" s="13">
         <v>32.409999999999997</v>
       </c>
       <c r="F198" s="13">
         <v>29.69</v>
       </c>
       <c r="G198" s="39">
         <v>20.010000000000002</v>
       </c>
-      <c r="H198" s="18"/>
+      <c r="H198" s="22"/>
       <c r="I198" s="13">
         <v>8.7899999999999991</v>
       </c>
       <c r="J198" s="13">
-        <v>46.24</v>
-[...4 lines deleted...]
-      <c r="C199" s="33"/>
+        <v>45.75</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B199" s="29"/>
+      <c r="C199" s="30"/>
       <c r="D199" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E199" s="13">
         <v>64.58</v>
       </c>
       <c r="F199" s="13">
         <v>60.2</v>
       </c>
       <c r="G199" s="39">
         <v>30.41</v>
       </c>
-      <c r="H199" s="18"/>
+      <c r="H199" s="22"/>
       <c r="I199" s="13">
         <v>10.24</v>
       </c>
       <c r="J199" s="13">
-        <v>69.23</v>
-[...4 lines deleted...]
-      <c r="C200" s="33"/>
+        <v>69.319999999999993</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B200" s="29"/>
+      <c r="C200" s="30"/>
       <c r="D200" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E200" s="14">
         <v>57.22</v>
       </c>
       <c r="F200" s="14">
         <v>51.77</v>
       </c>
       <c r="G200" s="40">
         <v>27.76</v>
       </c>
-      <c r="H200" s="18"/>
+      <c r="H200" s="22"/>
       <c r="I200" s="14">
         <v>9.14</v>
       </c>
       <c r="J200" s="14">
-        <v>64.33</v>
-[...4 lines deleted...]
-      <c r="C201" s="35"/>
+        <v>64.28</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B201" s="31"/>
+      <c r="C201" s="32"/>
       <c r="D201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F201" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G201" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H201" s="18"/>
+      <c r="G201" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H201" s="22"/>
       <c r="I201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J201" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="202" spans="2:10" ht="15.95">
-      <c r="B202" s="23" t="s">
+    <row r="202" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B202" s="20" t="s">
         <v>67</v>
       </c>
-      <c r="C202" s="31"/>
+      <c r="C202" s="28"/>
       <c r="D202" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E202" s="13">
         <v>81.19</v>
       </c>
       <c r="F202" s="13">
         <v>78.66</v>
       </c>
       <c r="G202" s="39">
         <v>80.099999999999994</v>
       </c>
-      <c r="H202" s="18"/>
+      <c r="H202" s="22"/>
       <c r="I202" s="13">
         <v>79.38</v>
       </c>
       <c r="J202" s="13">
-        <v>74.790000000000006</v>
-[...4 lines deleted...]
-      <c r="C203" s="33"/>
+        <v>74.59</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B203" s="29"/>
+      <c r="C203" s="30"/>
       <c r="D203" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E203" s="13">
         <v>57.46</v>
       </c>
       <c r="F203" s="13">
         <v>59.78</v>
       </c>
       <c r="G203" s="39">
         <v>59.7</v>
       </c>
-      <c r="H203" s="18"/>
+      <c r="H203" s="22"/>
       <c r="I203" s="13">
         <v>63.24</v>
       </c>
       <c r="J203" s="13">
-        <v>65.91</v>
-[...4 lines deleted...]
-      <c r="C204" s="33"/>
+        <v>64.790000000000006</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B204" s="29"/>
+      <c r="C204" s="30"/>
       <c r="D204" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E204" s="13">
         <v>58.97</v>
       </c>
       <c r="F204" s="13">
         <v>62.64</v>
       </c>
       <c r="G204" s="39">
         <v>62.32</v>
       </c>
-      <c r="H204" s="18"/>
+      <c r="H204" s="22"/>
       <c r="I204" s="13">
         <v>61.87</v>
       </c>
       <c r="J204" s="13">
-        <v>58.37</v>
-[...4 lines deleted...]
-      <c r="C205" s="33"/>
+        <v>58.21</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B205" s="29"/>
+      <c r="C205" s="30"/>
       <c r="D205" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E205" s="14">
         <v>61.65</v>
       </c>
       <c r="F205" s="14">
         <v>64.150000000000006</v>
       </c>
       <c r="G205" s="40">
         <v>64.790000000000006</v>
       </c>
-      <c r="H205" s="18"/>
+      <c r="H205" s="22"/>
       <c r="I205" s="14">
         <v>65.89</v>
       </c>
       <c r="J205" s="14">
-        <v>64.28</v>
-[...4 lines deleted...]
-      <c r="C206" s="35"/>
+        <v>63.81</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B206" s="31"/>
+      <c r="C206" s="32"/>
       <c r="D206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F206" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G206" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H206" s="18"/>
+      <c r="G206" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H206" s="22"/>
       <c r="I206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J206" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="207" spans="2:10" ht="15.95">
-      <c r="B207" s="23" t="s">
+    <row r="207" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B207" s="20" t="s">
         <v>68</v>
       </c>
-      <c r="C207" s="31"/>
+      <c r="C207" s="28"/>
       <c r="D207" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E207" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F207" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G207" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H207" s="18"/>
+      <c r="G207" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H207" s="22"/>
       <c r="I207" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J207" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="208" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C208" s="33"/>
+    <row r="208" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B208" s="29"/>
+      <c r="C208" s="30"/>
       <c r="D208" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F208" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G208" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H208" s="18"/>
+      <c r="G208" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H208" s="22"/>
       <c r="I208" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J208" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="209" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C209" s="33"/>
+    <row r="209" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B209" s="29"/>
+      <c r="C209" s="30"/>
       <c r="D209" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E209" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F209" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G209" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H209" s="18"/>
+      <c r="G209" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H209" s="22"/>
       <c r="I209" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J209" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="210" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C210" s="33"/>
+    <row r="210" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B210" s="29"/>
+      <c r="C210" s="30"/>
       <c r="D210" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E210" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F210" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G210" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H210" s="18"/>
+      <c r="G210" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H210" s="22"/>
       <c r="I210" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J210" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="211" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C211" s="35"/>
+    <row r="211" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B211" s="31"/>
+      <c r="C211" s="32"/>
       <c r="D211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F211" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G211" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H211" s="18"/>
+      <c r="G211" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H211" s="22"/>
       <c r="I211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J211" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="212" spans="2:10" ht="15.95">
-      <c r="B212" s="23" t="s">
+    <row r="212" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B212" s="20" t="s">
         <v>69</v>
       </c>
-      <c r="C212" s="31"/>
+      <c r="C212" s="28"/>
       <c r="D212" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E212" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F212" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G212" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H212" s="18"/>
+      <c r="G212" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H212" s="22"/>
       <c r="I212" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J212" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="213" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C213" s="33"/>
+    <row r="213" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B213" s="29"/>
+      <c r="C213" s="30"/>
       <c r="D213" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E213" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F213" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G213" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H213" s="18"/>
+      <c r="G213" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H213" s="22"/>
       <c r="I213" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J213" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="214" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C214" s="33"/>
+    <row r="214" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B214" s="29"/>
+      <c r="C214" s="30"/>
       <c r="D214" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E214" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F214" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G214" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H214" s="18"/>
+      <c r="G214" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H214" s="22"/>
       <c r="I214" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J214" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="215" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C215" s="33"/>
+    <row r="215" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B215" s="29"/>
+      <c r="C215" s="30"/>
       <c r="D215" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E215" s="12" t="s">
         <v>25</v>
       </c>
       <c r="F215" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G215" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H215" s="18"/>
+      <c r="G215" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="H215" s="22"/>
       <c r="I215" s="12" t="s">
         <v>25</v>
       </c>
       <c r="J215" s="12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="216" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C216" s="35"/>
+    <row r="216" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B216" s="31"/>
+      <c r="C216" s="32"/>
       <c r="D216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F216" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G216" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H216" s="18"/>
+      <c r="G216" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H216" s="22"/>
       <c r="I216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J216" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="217" spans="2:10" ht="15.95">
-      <c r="B217" s="23" t="s">
+    <row r="217" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B217" s="20" t="s">
         <v>70</v>
       </c>
-      <c r="C217" s="31"/>
+      <c r="C217" s="28"/>
       <c r="D217" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E217" s="13">
         <v>7.89</v>
       </c>
       <c r="F217" s="13">
         <v>12.82</v>
       </c>
       <c r="G217" s="39">
         <v>13.95</v>
       </c>
-      <c r="H217" s="18"/>
+      <c r="H217" s="22"/>
       <c r="I217" s="13">
         <v>11.41</v>
       </c>
       <c r="J217" s="13">
-        <v>10.67</v>
-[...4 lines deleted...]
-      <c r="C218" s="33"/>
+        <v>10.06</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B218" s="29"/>
+      <c r="C218" s="30"/>
       <c r="D218" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E218" s="13">
         <v>10.7</v>
       </c>
       <c r="F218" s="13">
         <v>8.7100000000000009</v>
       </c>
       <c r="G218" s="39">
         <v>8.8800000000000008</v>
       </c>
-      <c r="H218" s="18"/>
+      <c r="H218" s="22"/>
       <c r="I218" s="13">
         <v>7.37</v>
       </c>
       <c r="J218" s="13">
-        <v>7.73</v>
-[...4 lines deleted...]
-      <c r="C219" s="33"/>
+        <v>8.31</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B219" s="29"/>
+      <c r="C219" s="30"/>
       <c r="D219" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E219" s="13">
         <v>12.78</v>
       </c>
       <c r="F219" s="13">
         <v>10.54</v>
       </c>
       <c r="G219" s="39">
         <v>10.08</v>
       </c>
-      <c r="H219" s="18"/>
+      <c r="H219" s="22"/>
       <c r="I219" s="13">
         <v>7.05</v>
       </c>
       <c r="J219" s="13">
-        <v>11.26</v>
-[...4 lines deleted...]
-      <c r="C220" s="33"/>
+        <v>11.06</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B220" s="29"/>
+      <c r="C220" s="30"/>
       <c r="D220" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E220" s="14">
         <v>11.1</v>
       </c>
       <c r="F220" s="14">
         <v>9.49</v>
       </c>
       <c r="G220" s="40">
         <v>9.73</v>
       </c>
-      <c r="H220" s="18"/>
+      <c r="H220" s="22"/>
       <c r="I220" s="14">
         <v>7.58</v>
       </c>
       <c r="J220" s="14">
-        <v>9.4600000000000009</v>
-[...4 lines deleted...]
-      <c r="C221" s="35"/>
+        <v>9.57</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B221" s="31"/>
+      <c r="C221" s="32"/>
       <c r="D221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F221" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G221" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H221" s="18"/>
+      <c r="G221" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H221" s="22"/>
       <c r="I221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J221" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="222" spans="2:10" ht="15.95">
-      <c r="B222" s="23" t="s">
+    <row r="222" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B222" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="C222" s="31"/>
+      <c r="C222" s="28"/>
       <c r="D222" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E222" s="13">
         <v>18.309999999999999</v>
       </c>
       <c r="F222" s="13">
         <v>22.4</v>
       </c>
       <c r="G222" s="39">
         <v>41.74</v>
       </c>
-      <c r="H222" s="18"/>
+      <c r="H222" s="22"/>
       <c r="I222" s="13">
         <v>32.15</v>
       </c>
       <c r="J222" s="13">
-        <v>44.59</v>
-[...4 lines deleted...]
-      <c r="C223" s="33"/>
+        <v>43.45</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B223" s="29"/>
+      <c r="C223" s="30"/>
       <c r="D223" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E223" s="13">
         <v>26.51</v>
       </c>
       <c r="F223" s="13">
         <v>16.899999999999999</v>
       </c>
       <c r="G223" s="39">
         <v>30.9</v>
       </c>
-      <c r="H223" s="18"/>
+      <c r="H223" s="22"/>
       <c r="I223" s="13">
         <v>26.31</v>
       </c>
       <c r="J223" s="13">
-        <v>33.909999999999997</v>
-[...4 lines deleted...]
-      <c r="C224" s="33"/>
+        <v>33.450000000000003</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B224" s="29"/>
+      <c r="C224" s="30"/>
       <c r="D224" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E224" s="13">
         <v>36.51</v>
       </c>
       <c r="F224" s="13">
         <v>32.64</v>
       </c>
       <c r="G224" s="39">
         <v>31.7</v>
       </c>
-      <c r="H224" s="18"/>
+      <c r="H224" s="22"/>
       <c r="I224" s="13">
         <v>35.76</v>
       </c>
       <c r="J224" s="13">
-        <v>38.4</v>
-[...4 lines deleted...]
-      <c r="C225" s="33"/>
+        <v>38.18</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B225" s="29"/>
+      <c r="C225" s="30"/>
       <c r="D225" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E225" s="14">
         <v>31.06</v>
       </c>
       <c r="F225" s="14">
         <v>24.51</v>
       </c>
       <c r="G225" s="40">
         <v>32.33</v>
       </c>
-      <c r="H225" s="18"/>
+      <c r="H225" s="22"/>
       <c r="I225" s="14">
         <v>31.72</v>
       </c>
       <c r="J225" s="14">
-        <v>37.619999999999997</v>
-[...4 lines deleted...]
-      <c r="C226" s="35"/>
+        <v>37.200000000000003</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B226" s="31"/>
+      <c r="C226" s="32"/>
       <c r="D226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F226" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G226" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H226" s="18"/>
+      <c r="G226" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H226" s="22"/>
       <c r="I226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J226" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="227" spans="2:10" ht="15.95">
-      <c r="B227" s="23" t="s">
+    <row r="227" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B227" s="20" t="s">
         <v>72</v>
       </c>
-      <c r="C227" s="31"/>
+      <c r="C227" s="28"/>
       <c r="D227" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E227" s="13">
         <v>76.48</v>
       </c>
       <c r="F227" s="13">
         <v>86.28</v>
       </c>
       <c r="G227" s="39">
         <v>76.69</v>
       </c>
-      <c r="H227" s="18"/>
+      <c r="H227" s="22"/>
       <c r="I227" s="13">
         <v>69.42</v>
       </c>
       <c r="J227" s="13">
-        <v>65.72</v>
-[...4 lines deleted...]
-      <c r="C228" s="33"/>
+        <v>65.59</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B228" s="29"/>
+      <c r="C228" s="30"/>
       <c r="D228" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E228" s="13">
         <v>61.23</v>
       </c>
       <c r="F228" s="13">
         <v>62.52</v>
       </c>
       <c r="G228" s="39">
         <v>60.64</v>
       </c>
-      <c r="H228" s="18"/>
+      <c r="H228" s="22"/>
       <c r="I228" s="13">
         <v>55.95</v>
       </c>
       <c r="J228" s="13">
-        <v>52.58</v>
-[...4 lines deleted...]
-      <c r="C229" s="33"/>
+        <v>51.95</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B229" s="29"/>
+      <c r="C229" s="30"/>
       <c r="D229" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E229" s="13">
         <v>61.68</v>
       </c>
       <c r="F229" s="13">
         <v>74.22</v>
       </c>
       <c r="G229" s="39">
         <v>73.650000000000006</v>
       </c>
-      <c r="H229" s="18"/>
+      <c r="H229" s="22"/>
       <c r="I229" s="13">
         <v>63.56</v>
       </c>
       <c r="J229" s="13">
-        <v>59.18</v>
-[...4 lines deleted...]
-      <c r="C230" s="33"/>
+        <v>59.05</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B230" s="29"/>
+      <c r="C230" s="30"/>
       <c r="D230" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E230" s="14">
         <v>64.16</v>
       </c>
       <c r="F230" s="14">
         <v>73.430000000000007</v>
       </c>
       <c r="G230" s="40">
         <v>71.05</v>
       </c>
-      <c r="H230" s="18"/>
+      <c r="H230" s="22"/>
       <c r="I230" s="14">
         <v>62.64</v>
       </c>
       <c r="J230" s="14">
-        <v>58.6</v>
-[...4 lines deleted...]
-      <c r="C231" s="35"/>
+        <v>58.32</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B231" s="31"/>
+      <c r="C231" s="32"/>
       <c r="D231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F231" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G231" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H231" s="18"/>
+      <c r="G231" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H231" s="22"/>
       <c r="I231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J231" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="232" spans="2:10" ht="15.95">
-      <c r="B232" s="23" t="s">
+    <row r="232" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B232" s="20" t="s">
         <v>73</v>
       </c>
-      <c r="C232" s="31"/>
+      <c r="C232" s="28"/>
       <c r="D232" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E232" s="13">
         <v>66.319999999999993</v>
       </c>
       <c r="F232" s="13">
         <v>70.39</v>
       </c>
       <c r="G232" s="39">
         <v>71.260000000000005</v>
       </c>
-      <c r="H232" s="18"/>
+      <c r="H232" s="22"/>
       <c r="I232" s="13">
         <v>62.37</v>
       </c>
       <c r="J232" s="13">
-        <v>61.65</v>
-[...4 lines deleted...]
-      <c r="C233" s="33"/>
+        <v>60.44</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B233" s="29"/>
+      <c r="C233" s="30"/>
       <c r="D233" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E233" s="13">
         <v>67.709999999999994</v>
       </c>
       <c r="F233" s="13">
         <v>70.19</v>
       </c>
       <c r="G233" s="39">
         <v>73.5</v>
       </c>
-      <c r="H233" s="18"/>
+      <c r="H233" s="22"/>
       <c r="I233" s="13">
         <v>73.39</v>
       </c>
       <c r="J233" s="13">
-        <v>74.83</v>
-[...4 lines deleted...]
-      <c r="C234" s="33"/>
+        <v>73.790000000000006</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B234" s="29"/>
+      <c r="C234" s="30"/>
       <c r="D234" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E234" s="13">
         <v>55.7</v>
       </c>
       <c r="F234" s="13">
         <v>62.78</v>
       </c>
       <c r="G234" s="39">
         <v>60.94</v>
       </c>
-      <c r="H234" s="18"/>
+      <c r="H234" s="22"/>
       <c r="I234" s="13">
         <v>54.78</v>
       </c>
       <c r="J234" s="13">
-        <v>53.27</v>
-[...4 lines deleted...]
-      <c r="C235" s="33"/>
+        <v>52.49</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B235" s="29"/>
+      <c r="C235" s="30"/>
       <c r="D235" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E235" s="14">
         <v>61.36</v>
       </c>
       <c r="F235" s="14">
         <v>66.58</v>
       </c>
       <c r="G235" s="40">
         <v>67.09</v>
       </c>
-      <c r="H235" s="18"/>
+      <c r="H235" s="22"/>
       <c r="I235" s="14">
         <v>62.86</v>
       </c>
       <c r="J235" s="14">
-        <v>62.08</v>
-[...4 lines deleted...]
-      <c r="C236" s="35"/>
+        <v>61.16</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B236" s="31"/>
+      <c r="C236" s="32"/>
       <c r="D236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F236" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G236" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H236" s="18"/>
+      <c r="G236" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H236" s="22"/>
       <c r="I236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J236" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="237" spans="2:10" ht="15.95">
-      <c r="B237" s="23" t="s">
+    <row r="237" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B237" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="C237" s="31"/>
+      <c r="C237" s="28"/>
       <c r="D237" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E237" s="13">
         <v>16.54</v>
       </c>
       <c r="F237" s="13">
         <v>19.46</v>
       </c>
       <c r="G237" s="39">
         <v>18.309999999999999</v>
       </c>
-      <c r="H237" s="18"/>
+      <c r="H237" s="22"/>
       <c r="I237" s="13">
         <v>17.38</v>
       </c>
       <c r="J237" s="13">
         <v>14.63</v>
       </c>
     </row>
-    <row r="238" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C238" s="33"/>
+    <row r="238" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B238" s="29"/>
+      <c r="C238" s="30"/>
       <c r="D238" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E238" s="13">
         <v>20.47</v>
       </c>
       <c r="F238" s="13">
         <v>20.66</v>
       </c>
       <c r="G238" s="39">
         <v>20.56</v>
       </c>
-      <c r="H238" s="18"/>
+      <c r="H238" s="22"/>
       <c r="I238" s="13">
         <v>20.04</v>
       </c>
       <c r="J238" s="13">
-        <v>16.34</v>
-[...4 lines deleted...]
-      <c r="C239" s="33"/>
+        <v>15.95</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B239" s="29"/>
+      <c r="C239" s="30"/>
       <c r="D239" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E239" s="13">
         <v>22.77</v>
       </c>
       <c r="F239" s="13">
         <v>27.69</v>
       </c>
       <c r="G239" s="39">
         <v>25.14</v>
       </c>
-      <c r="H239" s="18"/>
+      <c r="H239" s="22"/>
       <c r="I239" s="13">
         <v>26.41</v>
       </c>
       <c r="J239" s="13">
-        <v>27.48</v>
-[...4 lines deleted...]
-      <c r="C240" s="33"/>
+        <v>27.29</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B240" s="29"/>
+      <c r="C240" s="30"/>
       <c r="D240" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E240" s="14">
         <v>21.39</v>
       </c>
       <c r="F240" s="14">
         <v>24.44</v>
       </c>
       <c r="G240" s="40">
         <v>22.92</v>
       </c>
-      <c r="H240" s="18"/>
+      <c r="H240" s="22"/>
       <c r="I240" s="14">
         <v>23.25</v>
       </c>
       <c r="J240" s="14">
-        <v>22.38</v>
-[...4 lines deleted...]
-      <c r="C241" s="35"/>
+        <v>21.99</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B241" s="31"/>
+      <c r="C241" s="32"/>
       <c r="D241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F241" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G241" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H241" s="18"/>
+      <c r="G241" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H241" s="22"/>
       <c r="I241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J241" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="242" spans="2:10" ht="15.95">
-      <c r="B242" s="23" t="s">
+    <row r="242" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B242" s="20" t="s">
         <v>75</v>
       </c>
-      <c r="C242" s="31"/>
+      <c r="C242" s="28"/>
       <c r="D242" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E242" s="13">
         <v>20.95</v>
       </c>
       <c r="F242" s="13">
         <v>20.9</v>
       </c>
       <c r="G242" s="39">
         <v>21.49</v>
       </c>
-      <c r="H242" s="18"/>
+      <c r="H242" s="22"/>
       <c r="I242" s="13">
         <v>19.920000000000002</v>
       </c>
       <c r="J242" s="13">
-        <v>19.100000000000001</v>
-[...4 lines deleted...]
-      <c r="C243" s="33"/>
+        <v>19.09</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B243" s="29"/>
+      <c r="C243" s="30"/>
       <c r="D243" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E243" s="13">
         <v>14.31</v>
       </c>
       <c r="F243" s="13">
         <v>14.2</v>
       </c>
       <c r="G243" s="39">
         <v>14.24</v>
       </c>
-      <c r="H243" s="18"/>
+      <c r="H243" s="22"/>
       <c r="I243" s="13">
         <v>11.97</v>
       </c>
       <c r="J243" s="13">
-        <v>14.31</v>
-[...4 lines deleted...]
-      <c r="C244" s="33"/>
+        <v>14.08</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B244" s="29"/>
+      <c r="C244" s="30"/>
       <c r="D244" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E244" s="13">
         <v>14.78</v>
       </c>
       <c r="F244" s="13">
         <v>15.25</v>
       </c>
       <c r="G244" s="39">
         <v>16.239999999999998</v>
       </c>
-      <c r="H244" s="18"/>
+      <c r="H244" s="22"/>
       <c r="I244" s="13">
         <v>16.59</v>
       </c>
       <c r="J244" s="13">
         <v>16.190000000000001</v>
       </c>
     </row>
-    <row r="245" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C245" s="33"/>
+    <row r="245" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B245" s="29"/>
+      <c r="C245" s="30"/>
       <c r="D245" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E245" s="14">
         <v>15.89</v>
       </c>
       <c r="F245" s="14">
         <v>15.95</v>
       </c>
       <c r="G245" s="40">
         <v>16.59</v>
       </c>
-      <c r="H245" s="18"/>
+      <c r="H245" s="22"/>
       <c r="I245" s="14">
         <v>15.59</v>
       </c>
       <c r="J245" s="14">
-        <v>16.2</v>
-[...4 lines deleted...]
-      <c r="C246" s="35"/>
+        <v>16.100000000000001</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B246" s="31"/>
+      <c r="C246" s="32"/>
       <c r="D246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F246" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G246" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H246" s="18"/>
+      <c r="G246" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H246" s="22"/>
       <c r="I246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J246" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="247" spans="2:10" ht="15.95">
-      <c r="B247" s="23" t="s">
+    <row r="247" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B247" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="C247" s="31"/>
+      <c r="C247" s="28"/>
       <c r="D247" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E247" s="13">
         <v>83.23</v>
       </c>
       <c r="F247" s="13">
         <v>75.98</v>
       </c>
       <c r="G247" s="39">
         <v>60.9</v>
       </c>
-      <c r="H247" s="18"/>
+      <c r="H247" s="22"/>
       <c r="I247" s="13">
         <v>55.2</v>
       </c>
       <c r="J247" s="13">
         <v>41.24</v>
       </c>
     </row>
-    <row r="248" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C248" s="33"/>
+    <row r="248" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B248" s="29"/>
+      <c r="C248" s="30"/>
       <c r="D248" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E248" s="13">
         <v>59.59</v>
       </c>
       <c r="F248" s="13">
         <v>64.03</v>
       </c>
       <c r="G248" s="39">
         <v>65.959999999999994</v>
       </c>
-      <c r="H248" s="18"/>
+      <c r="H248" s="22"/>
       <c r="I248" s="13">
         <v>45.87</v>
       </c>
       <c r="J248" s="13">
-        <v>48.19</v>
-[...4 lines deleted...]
-      <c r="C249" s="33"/>
+        <v>48.22</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B249" s="29"/>
+      <c r="C249" s="30"/>
       <c r="D249" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E249" s="13">
         <v>83.9</v>
       </c>
       <c r="F249" s="13">
         <v>89.7</v>
       </c>
       <c r="G249" s="39">
         <v>66.03</v>
       </c>
-      <c r="H249" s="18"/>
+      <c r="H249" s="22"/>
       <c r="I249" s="13">
         <v>54</v>
       </c>
       <c r="J249" s="13">
         <v>44.56</v>
       </c>
     </row>
-    <row r="250" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C250" s="33"/>
+    <row r="250" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B250" s="29"/>
+      <c r="C250" s="30"/>
       <c r="D250" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E250" s="14">
         <v>81.28</v>
       </c>
       <c r="F250" s="14">
         <v>84.81</v>
       </c>
       <c r="G250" s="40">
         <v>65.39</v>
       </c>
-      <c r="H250" s="18"/>
+      <c r="H250" s="22"/>
       <c r="I250" s="14">
         <v>52.91</v>
       </c>
       <c r="J250" s="14">
         <v>44.7</v>
       </c>
     </row>
-    <row r="251" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C251" s="35"/>
+    <row r="251" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B251" s="31"/>
+      <c r="C251" s="32"/>
       <c r="D251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F251" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G251" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H251" s="18"/>
+      <c r="G251" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H251" s="22"/>
       <c r="I251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J251" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="252" spans="2:10" ht="15.95">
-      <c r="B252" s="23" t="s">
+    <row r="252" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B252" s="20" t="s">
         <v>77</v>
       </c>
-      <c r="C252" s="31"/>
+      <c r="C252" s="28"/>
       <c r="D252" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E252" s="13">
         <v>30.44</v>
       </c>
       <c r="F252" s="13">
         <v>31.11</v>
       </c>
       <c r="G252" s="39">
         <v>29.67</v>
       </c>
-      <c r="H252" s="18"/>
+      <c r="H252" s="22"/>
       <c r="I252" s="13">
         <v>23.6</v>
       </c>
       <c r="J252" s="13">
         <v>41.17</v>
       </c>
     </row>
-    <row r="253" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C253" s="33"/>
+    <row r="253" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B253" s="29"/>
+      <c r="C253" s="30"/>
       <c r="D253" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E253" s="13">
         <v>28.29</v>
       </c>
       <c r="F253" s="13">
         <v>29.8</v>
       </c>
       <c r="G253" s="39">
         <v>26.99</v>
       </c>
-      <c r="H253" s="18"/>
+      <c r="H253" s="22"/>
       <c r="I253" s="13">
         <v>30.56</v>
       </c>
       <c r="J253" s="13">
-        <v>34.159999999999997</v>
-[...4 lines deleted...]
-      <c r="C254" s="33"/>
+        <v>33.450000000000003</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B254" s="29"/>
+      <c r="C254" s="30"/>
       <c r="D254" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E254" s="13">
         <v>44.89</v>
       </c>
       <c r="F254" s="13">
         <v>47.57</v>
       </c>
       <c r="G254" s="39">
         <v>53.5</v>
       </c>
-      <c r="H254" s="18"/>
+      <c r="H254" s="22"/>
       <c r="I254" s="13">
         <v>55.25</v>
       </c>
       <c r="J254" s="13">
-        <v>53.18</v>
-[...4 lines deleted...]
-      <c r="C255" s="33"/>
+        <v>52.92</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B255" s="29"/>
+      <c r="C255" s="30"/>
       <c r="D255" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E255" s="14">
         <v>37.5</v>
       </c>
       <c r="F255" s="14">
         <v>38.65</v>
       </c>
       <c r="G255" s="40">
         <v>39.979999999999997</v>
       </c>
-      <c r="H255" s="18"/>
+      <c r="H255" s="22"/>
       <c r="I255" s="14">
         <v>42.7</v>
       </c>
       <c r="J255" s="14">
-        <v>44.62</v>
-[...4 lines deleted...]
-      <c r="C256" s="35"/>
+        <v>44.11</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B256" s="31"/>
+      <c r="C256" s="32"/>
       <c r="D256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F256" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G256" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H256" s="18"/>
+      <c r="G256" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="22"/>
       <c r="I256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J256" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="257" spans="2:7" ht="18" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="B258" s="26" t="s">
+    <row r="257" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="258" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B258" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="C258" s="41"/>
-[...3 lines deleted...]
-      <c r="G258" s="41"/>
+      <c r="C258" s="16"/>
+      <c r="D258" s="16"/>
+      <c r="E258" s="16"/>
+      <c r="F258" s="16"/>
+      <c r="G258" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="306">
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
     <mergeCell ref="B258:G258"/>
     <mergeCell ref="B252:C256"/>
     <mergeCell ref="G252:H252"/>
     <mergeCell ref="G253:H253"/>
     <mergeCell ref="G254:H254"/>
     <mergeCell ref="G255:H255"/>
     <mergeCell ref="G256:H256"/>
     <mergeCell ref="B247:C251"/>
     <mergeCell ref="G247:H247"/>
     <mergeCell ref="G248:H248"/>
     <mergeCell ref="G249:H249"/>
     <mergeCell ref="G250:H250"/>
     <mergeCell ref="G251:H251"/>
-    <mergeCell ref="B242:C246"/>
-[...291 lines deleted...]
-    <mergeCell ref="G6:H6"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B1:L260"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" customWidth="1"/>
     <col min="3" max="3" width="36.5703125" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="3.42578125" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
     <col min="9" max="10" width="12.42578125" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="56.42578125" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" customWidth="1"/>
     <col min="14" max="14" width="1.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="3.6" customHeight="1"/>
-[...3 lines deleted...]
-      <c r="B4" s="15" t="s">
+    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="2:12" ht="8.65" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="41"/>
-[...11 lines deleted...]
-      <c r="B5" s="27" t="s">
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+    </row>
+    <row r="5" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B5" s="35" t="s">
         <v>79</v>
       </c>
-      <c r="C5" s="28"/>
+      <c r="C5" s="36"/>
       <c r="D5" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="E5" s="29" t="s">
-[...9 lines deleted...]
-      <c r="B6" s="30" t="s">
+      <c r="E5" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="F5" s="36"/>
+      <c r="G5" s="36"/>
+      <c r="H5" s="36"/>
+      <c r="I5" s="36"/>
+      <c r="J5" s="36"/>
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B6" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="18"/>
+      <c r="C6" s="22"/>
       <c r="D6" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="G6" s="19" t="s">
+      <c r="G6" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="H6" s="18"/>
+      <c r="H6" s="22"/>
       <c r="I6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="2:12" ht="15.95">
-      <c r="B7" s="23" t="s">
+    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B7" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="31"/>
+      <c r="C7" s="28"/>
       <c r="D7" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G7" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="18"/>
+      <c r="G7" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="22"/>
       <c r="I7" s="13">
         <v>10</v>
       </c>
       <c r="J7" s="13">
         <v>7</v>
       </c>
     </row>
-    <row r="8" spans="2:12" ht="15.95">
-[...1 lines deleted...]
-      <c r="C8" s="33"/>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="29"/>
+      <c r="C8" s="30"/>
       <c r="D8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="13">
         <v>16</v>
       </c>
       <c r="G8" s="39">
         <v>11</v>
       </c>
-      <c r="H8" s="18"/>
+      <c r="H8" s="22"/>
       <c r="I8" s="13">
         <v>28</v>
       </c>
       <c r="J8" s="13">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="C9" s="33"/>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B9" s="29"/>
+      <c r="C9" s="30"/>
       <c r="D9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="13">
         <v>8</v>
       </c>
       <c r="G9" s="39">
         <v>7</v>
       </c>
-      <c r="H9" s="18"/>
+      <c r="H9" s="22"/>
       <c r="I9" s="13">
         <v>17</v>
       </c>
       <c r="J9" s="13">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="C10" s="33"/>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B10" s="29"/>
+      <c r="C10" s="30"/>
       <c r="D10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="14">
         <v>27</v>
       </c>
       <c r="G10" s="40">
         <v>19</v>
       </c>
-      <c r="H10" s="18"/>
+      <c r="H10" s="22"/>
       <c r="I10" s="14">
         <v>55</v>
       </c>
       <c r="J10" s="14">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="C11" s="35"/>
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B11" s="31"/>
+      <c r="C11" s="32"/>
       <c r="D11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G11" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="18"/>
+      <c r="G11" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11" s="22"/>
       <c r="I11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="2:12" ht="15.95">
-      <c r="B12" s="23" t="s">
+    <row r="12" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B12" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="31"/>
+      <c r="C12" s="28"/>
       <c r="D12" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="13">
         <v>340.75</v>
       </c>
       <c r="F12" s="13">
         <v>356.73</v>
       </c>
       <c r="G12" s="39">
         <v>308.51</v>
       </c>
-      <c r="H12" s="18"/>
+      <c r="H12" s="22"/>
       <c r="I12" s="13">
         <v>225.72</v>
       </c>
       <c r="J12" s="13">
-        <v>165.93</v>
-[...4 lines deleted...]
-      <c r="C13" s="33"/>
+        <v>166.43</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B13" s="29"/>
+      <c r="C13" s="30"/>
       <c r="D13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="13">
         <v>281.73</v>
       </c>
       <c r="F13" s="13">
         <v>303.66000000000003</v>
       </c>
       <c r="G13" s="39">
         <v>271.35000000000002</v>
       </c>
-      <c r="H13" s="18"/>
+      <c r="H13" s="22"/>
       <c r="I13" s="13">
         <v>215.84</v>
       </c>
       <c r="J13" s="13">
-        <v>207.29</v>
-[...4 lines deleted...]
-      <c r="C14" s="33"/>
+        <v>211.17</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B14" s="29"/>
+      <c r="C14" s="30"/>
       <c r="D14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="13">
         <v>674.52</v>
       </c>
       <c r="F14" s="13">
         <v>828.94</v>
       </c>
       <c r="G14" s="39">
         <v>730.93</v>
       </c>
-      <c r="H14" s="18"/>
+      <c r="H14" s="22"/>
       <c r="I14" s="13">
         <v>565.70000000000005</v>
       </c>
       <c r="J14" s="13">
-        <v>403.5</v>
-[...4 lines deleted...]
-      <c r="C15" s="33"/>
+        <v>404.63</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
       <c r="D15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="14">
         <v>1297.01</v>
       </c>
       <c r="F15" s="14">
         <v>1489.33</v>
       </c>
       <c r="G15" s="40">
         <v>1310.8</v>
       </c>
-      <c r="H15" s="18"/>
+      <c r="H15" s="22"/>
       <c r="I15" s="14">
         <v>1007.25</v>
       </c>
       <c r="J15" s="14">
-        <v>776.72</v>
-[...4 lines deleted...]
-      <c r="C16" s="35"/>
+        <v>782.23</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
       <c r="D16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G16" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="18"/>
+      <c r="G16" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16" s="22"/>
       <c r="I16" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="2:10" ht="15.95">
-      <c r="B17" s="23" t="s">
+    <row r="17" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B17" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="31"/>
+      <c r="C17" s="28"/>
       <c r="D17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="13">
         <v>16.66</v>
       </c>
       <c r="F17" s="13">
         <v>21.22</v>
       </c>
       <c r="G17" s="39">
         <v>17.559999999999999</v>
       </c>
-      <c r="H17" s="18"/>
+      <c r="H17" s="22"/>
       <c r="I17" s="13">
         <v>18.48</v>
       </c>
       <c r="J17" s="13">
-        <v>19.04</v>
-[...4 lines deleted...]
-      <c r="C18" s="33"/>
+        <v>19.05</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B18" s="29"/>
+      <c r="C18" s="30"/>
       <c r="D18" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="13">
         <v>58.75</v>
       </c>
       <c r="F18" s="13">
         <v>68.28</v>
       </c>
       <c r="G18" s="39">
         <v>50.81</v>
       </c>
-      <c r="H18" s="18"/>
+      <c r="H18" s="22"/>
       <c r="I18" s="13">
         <v>54.66</v>
       </c>
       <c r="J18" s="13">
-        <v>68.06</v>
-[...4 lines deleted...]
-      <c r="C19" s="33"/>
+        <v>68.19</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B19" s="29"/>
+      <c r="C19" s="30"/>
       <c r="D19" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E19" s="13">
         <v>49.93</v>
       </c>
       <c r="F19" s="13">
         <v>59.87</v>
       </c>
       <c r="G19" s="39">
         <v>57.69</v>
       </c>
-      <c r="H19" s="18"/>
+      <c r="H19" s="22"/>
       <c r="I19" s="13">
         <v>52.7</v>
       </c>
       <c r="J19" s="13">
-        <v>57.44</v>
-[...4 lines deleted...]
-      <c r="C20" s="33"/>
+        <v>57.46</v>
+      </c>
+    </row>
+    <row r="20" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B20" s="29"/>
+      <c r="C20" s="30"/>
       <c r="D20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="14">
         <v>125.34</v>
       </c>
       <c r="F20" s="14">
         <v>149.37</v>
       </c>
       <c r="G20" s="40">
         <v>126.05</v>
       </c>
-      <c r="H20" s="18"/>
+      <c r="H20" s="22"/>
       <c r="I20" s="14">
         <v>125.84</v>
       </c>
       <c r="J20" s="14">
-        <v>144.54</v>
-[...4 lines deleted...]
-      <c r="C21" s="35"/>
+        <v>144.69</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
       <c r="D21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G21" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="18"/>
+      <c r="G21" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H21" s="22"/>
       <c r="I21" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="2:10" ht="15.95">
-      <c r="B22" s="23" t="s">
+    <row r="22" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B22" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="C22" s="31"/>
+      <c r="C22" s="28"/>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="13">
         <v>57.43</v>
       </c>
       <c r="F22" s="13">
         <v>61.59</v>
       </c>
       <c r="G22" s="39">
         <v>50.53</v>
       </c>
-      <c r="H22" s="18"/>
+      <c r="H22" s="22"/>
       <c r="I22" s="13">
         <v>54.01</v>
       </c>
       <c r="J22" s="13">
-        <v>47.01</v>
-[...4 lines deleted...]
-      <c r="C23" s="33"/>
+        <v>47.07</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B23" s="29"/>
+      <c r="C23" s="30"/>
       <c r="D23" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E23" s="13">
         <v>43.26</v>
       </c>
       <c r="F23" s="13">
         <v>46.87</v>
       </c>
       <c r="G23" s="39">
         <v>47.89</v>
       </c>
-      <c r="H23" s="18"/>
+      <c r="H23" s="22"/>
       <c r="I23" s="13">
         <v>39.659999999999997</v>
       </c>
       <c r="J23" s="13">
-        <v>36.74</v>
-[...4 lines deleted...]
-      <c r="C24" s="33"/>
+        <v>38.06</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B24" s="29"/>
+      <c r="C24" s="30"/>
       <c r="D24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E24" s="13">
         <v>464.83</v>
       </c>
       <c r="F24" s="13">
         <v>502.99</v>
       </c>
       <c r="G24" s="39">
         <v>374.7</v>
       </c>
-      <c r="H24" s="18"/>
+      <c r="H24" s="22"/>
       <c r="I24" s="13">
         <v>280.85000000000002</v>
       </c>
       <c r="J24" s="13">
-        <v>244.89</v>
-[...4 lines deleted...]
-      <c r="C25" s="33"/>
+        <v>245.41</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B25" s="29"/>
+      <c r="C25" s="30"/>
       <c r="D25" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E25" s="14">
         <v>565.52</v>
       </c>
       <c r="F25" s="14">
         <v>611.44000000000005</v>
       </c>
       <c r="G25" s="40">
         <v>473.12</v>
       </c>
-      <c r="H25" s="18"/>
+      <c r="H25" s="22"/>
       <c r="I25" s="14">
         <v>374.14</v>
       </c>
       <c r="J25" s="14">
-        <v>328.65</v>
-[...4 lines deleted...]
-      <c r="C26" s="35"/>
+        <v>330.54</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B26" s="31"/>
+      <c r="C26" s="32"/>
       <c r="D26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G26" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="18"/>
+      <c r="G26" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H26" s="22"/>
       <c r="I26" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J26" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="2:10" ht="15.95">
-      <c r="B27" s="23" t="s">
+    <row r="27" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B27" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="C27" s="31"/>
+      <c r="C27" s="28"/>
       <c r="D27" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E27" s="13">
         <v>6.33</v>
       </c>
       <c r="F27" s="13">
         <v>10.5</v>
       </c>
       <c r="G27" s="39">
         <v>7</v>
       </c>
-      <c r="H27" s="18"/>
+      <c r="H27" s="22"/>
       <c r="I27" s="13">
         <v>5</v>
       </c>
       <c r="J27" s="13">
         <v>5.67</v>
       </c>
     </row>
-    <row r="28" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C28" s="33"/>
+    <row r="28" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B28" s="29"/>
+      <c r="C28" s="30"/>
       <c r="D28" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="13">
         <v>40</v>
       </c>
       <c r="F28" s="13">
         <v>40</v>
       </c>
       <c r="G28" s="39">
         <v>45.67</v>
       </c>
-      <c r="H28" s="18"/>
+      <c r="H28" s="22"/>
       <c r="I28" s="13">
         <v>61.5</v>
       </c>
       <c r="J28" s="13">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="C29" s="33"/>
+        <v>60</v>
+      </c>
+    </row>
+    <row r="29" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B29" s="29"/>
+      <c r="C29" s="30"/>
       <c r="D29" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E29" s="13">
         <v>22</v>
       </c>
       <c r="F29" s="13">
         <v>29</v>
       </c>
       <c r="G29" s="39">
         <v>33.33</v>
       </c>
-      <c r="H29" s="18"/>
+      <c r="H29" s="22"/>
       <c r="I29" s="13">
         <v>39.5</v>
       </c>
       <c r="J29" s="13">
         <v>39.67</v>
       </c>
     </row>
-    <row r="30" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C30" s="33"/>
+    <row r="30" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B30" s="29"/>
+      <c r="C30" s="30"/>
       <c r="D30" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E30" s="14">
         <v>68.33</v>
       </c>
       <c r="F30" s="14">
         <v>79.5</v>
       </c>
       <c r="G30" s="40">
         <v>86</v>
       </c>
-      <c r="H30" s="18"/>
+      <c r="H30" s="22"/>
       <c r="I30" s="14">
         <v>106</v>
       </c>
       <c r="J30" s="14">
-        <v>103.33</v>
-[...4 lines deleted...]
-      <c r="C31" s="35"/>
+        <v>105.33</v>
+      </c>
+    </row>
+    <row r="31" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B31" s="31"/>
+      <c r="C31" s="32"/>
       <c r="D31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G31" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H31" s="18"/>
+      <c r="G31" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="22"/>
       <c r="I31" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="2:10" ht="15.95">
-      <c r="B32" s="23" t="s">
+    <row r="32" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B32" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="31"/>
+      <c r="C32" s="28"/>
       <c r="D32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E32" s="13">
         <v>257.14</v>
       </c>
       <c r="F32" s="13">
         <v>203.4</v>
       </c>
       <c r="G32" s="39">
         <v>241.55</v>
       </c>
-      <c r="H32" s="18"/>
+      <c r="H32" s="22"/>
       <c r="I32" s="13">
         <v>242.17</v>
       </c>
       <c r="J32" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="33" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C33" s="33"/>
+    <row r="33" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B33" s="29"/>
+      <c r="C33" s="30"/>
       <c r="D33" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="13">
         <v>152.66999999999999</v>
       </c>
       <c r="F33" s="13">
         <v>188.47</v>
       </c>
       <c r="G33" s="39">
         <v>250.54</v>
       </c>
-      <c r="H33" s="18"/>
+      <c r="H33" s="22"/>
       <c r="I33" s="13">
         <v>245.45</v>
       </c>
       <c r="J33" s="13">
-        <v>33.79</v>
-[...4 lines deleted...]
-      <c r="C34" s="33"/>
+        <v>35.93</v>
+      </c>
+    </row>
+    <row r="34" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B34" s="29"/>
+      <c r="C34" s="30"/>
       <c r="D34" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E34" s="13">
         <v>407.94</v>
       </c>
       <c r="F34" s="13">
         <v>265.89999999999998</v>
       </c>
       <c r="G34" s="39">
         <v>239.53</v>
       </c>
-      <c r="H34" s="18"/>
+      <c r="H34" s="22"/>
       <c r="I34" s="13">
         <v>255.48</v>
       </c>
       <c r="J34" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="35" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C35" s="33"/>
+    <row r="35" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B35" s="29"/>
+      <c r="C35" s="30"/>
       <c r="D35" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E35" s="14">
         <v>817.76</v>
       </c>
       <c r="F35" s="14">
         <v>657.77</v>
       </c>
       <c r="G35" s="40">
         <v>731.61</v>
       </c>
-      <c r="H35" s="18"/>
+      <c r="H35" s="22"/>
       <c r="I35" s="14">
         <v>743.09</v>
       </c>
       <c r="J35" s="14">
-        <v>38.21</v>
-[...4 lines deleted...]
-      <c r="C36" s="35"/>
+        <v>41.29</v>
+      </c>
+    </row>
+    <row r="36" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B36" s="31"/>
+      <c r="C36" s="32"/>
       <c r="D36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G36" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="18"/>
+      <c r="G36" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H36" s="22"/>
       <c r="I36" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="2:10" ht="15.95">
-      <c r="B37" s="23" t="s">
+    <row r="37" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B37" s="20" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="31"/>
+      <c r="C37" s="28"/>
       <c r="D37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E37" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F37" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G37" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="18"/>
+      <c r="G37" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" s="22"/>
       <c r="I37" s="13">
         <v>15</v>
       </c>
       <c r="J37" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="38" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C38" s="33"/>
+    <row r="38" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B38" s="29"/>
+      <c r="C38" s="30"/>
       <c r="D38" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E38" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F38" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G38" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H38" s="18"/>
+      <c r="G38" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="22"/>
       <c r="I38" s="13">
         <v>28</v>
       </c>
       <c r="J38" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="39" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C39" s="33"/>
+    <row r="39" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B39" s="29"/>
+      <c r="C39" s="30"/>
       <c r="D39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F39" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G39" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H39" s="18"/>
+      <c r="G39" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" s="22"/>
       <c r="I39" s="13">
         <v>18</v>
       </c>
       <c r="J39" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="40" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C40" s="33"/>
+    <row r="40" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B40" s="29"/>
+      <c r="C40" s="30"/>
       <c r="D40" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F40" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G40" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="18"/>
+      <c r="G40" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H40" s="22"/>
       <c r="I40" s="14">
         <v>61</v>
       </c>
       <c r="J40" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="41" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C41" s="35"/>
+    <row r="41" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B41" s="31"/>
+      <c r="C41" s="32"/>
       <c r="D41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G41" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="18"/>
+      <c r="G41" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="22"/>
       <c r="I41" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="42" spans="2:10" ht="15.95">
-      <c r="B42" s="23" t="s">
+    <row r="42" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B42" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="C42" s="31"/>
+      <c r="C42" s="28"/>
       <c r="D42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E42" s="13">
         <v>15</v>
       </c>
       <c r="F42" s="13">
         <v>13</v>
       </c>
       <c r="G42" s="39">
         <v>20</v>
       </c>
-      <c r="H42" s="18"/>
+      <c r="H42" s="22"/>
       <c r="I42" s="13">
         <v>27</v>
       </c>
       <c r="J42" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="43" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C43" s="33"/>
+    <row r="43" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B43" s="29"/>
+      <c r="C43" s="30"/>
       <c r="D43" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="13">
         <v>18</v>
       </c>
       <c r="F43" s="13">
         <v>116</v>
       </c>
       <c r="G43" s="39">
         <v>34</v>
       </c>
-      <c r="H43" s="18"/>
+      <c r="H43" s="22"/>
       <c r="I43" s="13">
         <v>40</v>
       </c>
       <c r="J43" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="44" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C44" s="33"/>
+    <row r="44" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B44" s="29"/>
+      <c r="C44" s="30"/>
       <c r="D44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E44" s="13">
         <v>11</v>
       </c>
       <c r="F44" s="13">
         <v>39</v>
       </c>
       <c r="G44" s="39">
         <v>44</v>
       </c>
-      <c r="H44" s="18"/>
+      <c r="H44" s="22"/>
       <c r="I44" s="13">
         <v>53</v>
       </c>
       <c r="J44" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="45" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C45" s="33"/>
+    <row r="45" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B45" s="29"/>
+      <c r="C45" s="30"/>
       <c r="D45" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E45" s="14">
         <v>44</v>
       </c>
       <c r="F45" s="14">
         <v>168</v>
       </c>
       <c r="G45" s="40">
         <v>98</v>
       </c>
-      <c r="H45" s="18"/>
+      <c r="H45" s="22"/>
       <c r="I45" s="14">
         <v>120</v>
       </c>
       <c r="J45" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="46" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C46" s="35"/>
+    <row r="46" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B46" s="31"/>
+      <c r="C46" s="32"/>
       <c r="D46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G46" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="18"/>
+      <c r="G46" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H46" s="22"/>
       <c r="I46" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J46" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="47" spans="2:10" ht="15.95">
-      <c r="B47" s="23" t="s">
+    <row r="47" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B47" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="C47" s="31"/>
+      <c r="C47" s="28"/>
       <c r="D47" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E47" s="13">
         <v>30.67</v>
       </c>
       <c r="F47" s="13">
         <v>20.329999999999998</v>
       </c>
       <c r="G47" s="39">
         <v>16.329999999999998</v>
       </c>
-      <c r="H47" s="18"/>
+      <c r="H47" s="22"/>
       <c r="I47" s="13">
         <v>18.670000000000002</v>
       </c>
       <c r="J47" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="48" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C48" s="33"/>
+    <row r="48" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B48" s="29"/>
+      <c r="C48" s="30"/>
       <c r="D48" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E48" s="13">
         <v>62.67</v>
       </c>
       <c r="F48" s="13">
         <v>63.67</v>
       </c>
       <c r="G48" s="39">
         <v>48.67</v>
       </c>
-      <c r="H48" s="18"/>
+      <c r="H48" s="22"/>
       <c r="I48" s="13">
         <v>56</v>
       </c>
       <c r="J48" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="49" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C49" s="33"/>
+    <row r="49" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B49" s="29"/>
+      <c r="C49" s="30"/>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="13">
         <v>34.67</v>
       </c>
       <c r="F49" s="13">
         <v>17</v>
       </c>
       <c r="G49" s="39">
         <v>25.67</v>
       </c>
-      <c r="H49" s="18"/>
+      <c r="H49" s="22"/>
       <c r="I49" s="13">
         <v>27</v>
       </c>
       <c r="J49" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="50" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C50" s="33"/>
+    <row r="50" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B50" s="29"/>
+      <c r="C50" s="30"/>
       <c r="D50" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E50" s="14">
         <v>128</v>
       </c>
       <c r="F50" s="14">
         <v>101</v>
       </c>
       <c r="G50" s="40">
         <v>90.67</v>
       </c>
-      <c r="H50" s="18"/>
+      <c r="H50" s="22"/>
       <c r="I50" s="14">
         <v>101.67</v>
       </c>
       <c r="J50" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="51" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C51" s="35"/>
+    <row r="51" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B51" s="31"/>
+      <c r="C51" s="32"/>
       <c r="D51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G51" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H51" s="18"/>
+      <c r="G51" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H51" s="22"/>
       <c r="I51" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J51" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="52" spans="2:10" ht="15.95">
-      <c r="B52" s="23" t="s">
+    <row r="52" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B52" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="C52" s="31"/>
+      <c r="C52" s="28"/>
       <c r="D52" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E52" s="13">
         <v>188.66</v>
       </c>
       <c r="F52" s="13">
         <v>169.41</v>
       </c>
       <c r="G52" s="39">
         <v>138.86000000000001</v>
       </c>
-      <c r="H52" s="18"/>
+      <c r="H52" s="22"/>
       <c r="I52" s="13">
         <v>126.65</v>
       </c>
       <c r="J52" s="13">
-        <v>102.73</v>
-[...4 lines deleted...]
-      <c r="C53" s="33"/>
+        <v>104.16</v>
+      </c>
+    </row>
+    <row r="53" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B53" s="29"/>
+      <c r="C53" s="30"/>
       <c r="D53" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E53" s="13">
         <v>651.71</v>
       </c>
       <c r="F53" s="13">
         <v>555.16</v>
       </c>
       <c r="G53" s="39">
         <v>433.84</v>
       </c>
-      <c r="H53" s="18"/>
+      <c r="H53" s="22"/>
       <c r="I53" s="13">
         <v>423.05</v>
       </c>
       <c r="J53" s="13">
-        <v>458.26</v>
-[...4 lines deleted...]
-      <c r="C54" s="33"/>
+        <v>467.14</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B54" s="29"/>
+      <c r="C54" s="30"/>
       <c r="D54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E54" s="13">
         <v>118.18</v>
       </c>
       <c r="F54" s="13">
         <v>100.66</v>
       </c>
       <c r="G54" s="39">
         <v>89.3</v>
       </c>
-      <c r="H54" s="18"/>
+      <c r="H54" s="22"/>
       <c r="I54" s="13">
         <v>84.86</v>
       </c>
       <c r="J54" s="13">
-        <v>81.06</v>
-[...4 lines deleted...]
-      <c r="C55" s="33"/>
+        <v>82</v>
+      </c>
+    </row>
+    <row r="55" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B55" s="29"/>
+      <c r="C55" s="30"/>
       <c r="D55" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E55" s="14">
         <v>958.55</v>
       </c>
       <c r="F55" s="14">
         <v>824.57</v>
       </c>
       <c r="G55" s="40">
         <v>661.38</v>
       </c>
-      <c r="H55" s="18"/>
+      <c r="H55" s="22"/>
       <c r="I55" s="14">
         <v>634.55999999999995</v>
       </c>
       <c r="J55" s="14">
-        <v>641.94000000000005</v>
-[...4 lines deleted...]
-      <c r="C56" s="35"/>
+        <v>653.29999999999995</v>
+      </c>
+    </row>
+    <row r="56" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B56" s="31"/>
+      <c r="C56" s="32"/>
       <c r="D56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G56" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="18"/>
+      <c r="G56" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H56" s="22"/>
       <c r="I56" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J56" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="2:10" ht="15.95">
-      <c r="B57" s="23" t="s">
+    <row r="57" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B57" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="C57" s="31"/>
+      <c r="C57" s="28"/>
       <c r="D57" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E57" s="13">
         <v>27</v>
       </c>
       <c r="F57" s="13">
         <v>24.5</v>
       </c>
       <c r="G57" s="39">
         <v>13</v>
       </c>
-      <c r="H57" s="18"/>
+      <c r="H57" s="22"/>
       <c r="I57" s="13">
         <v>29</v>
       </c>
       <c r="J57" s="13">
         <v>24</v>
       </c>
     </row>
-    <row r="58" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C58" s="33"/>
+    <row r="58" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B58" s="29"/>
+      <c r="C58" s="30"/>
       <c r="D58" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E58" s="13">
         <v>129.5</v>
       </c>
       <c r="F58" s="13">
         <v>98.5</v>
       </c>
       <c r="G58" s="39">
         <v>32</v>
       </c>
-      <c r="H58" s="18"/>
+      <c r="H58" s="22"/>
       <c r="I58" s="13">
         <v>132</v>
       </c>
       <c r="J58" s="13">
-        <v>158</v>
-[...4 lines deleted...]
-      <c r="C59" s="33"/>
+        <v>168</v>
+      </c>
+    </row>
+    <row r="59" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B59" s="29"/>
+      <c r="C59" s="30"/>
       <c r="D59" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E59" s="13">
         <v>33.5</v>
       </c>
       <c r="F59" s="13">
         <v>24.5</v>
       </c>
       <c r="G59" s="39">
         <v>23</v>
       </c>
-      <c r="H59" s="18"/>
+      <c r="H59" s="22"/>
       <c r="I59" s="13">
         <v>24</v>
       </c>
       <c r="J59" s="13">
         <v>37</v>
       </c>
     </row>
-    <row r="60" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C60" s="33"/>
+    <row r="60" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B60" s="29"/>
+      <c r="C60" s="30"/>
       <c r="D60" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E60" s="14">
         <v>190</v>
       </c>
       <c r="F60" s="14">
         <v>147.5</v>
       </c>
       <c r="G60" s="40">
         <v>50</v>
       </c>
-      <c r="H60" s="18"/>
+      <c r="H60" s="22"/>
       <c r="I60" s="14">
         <v>185</v>
       </c>
       <c r="J60" s="14">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="C61" s="35"/>
+        <v>229</v>
+      </c>
+    </row>
+    <row r="61" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B61" s="31"/>
+      <c r="C61" s="32"/>
       <c r="D61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G61" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H61" s="18"/>
+      <c r="G61" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H61" s="22"/>
       <c r="I61" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="62" spans="2:10" ht="15.95">
-      <c r="B62" s="23" t="s">
+    <row r="62" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B62" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="C62" s="31"/>
+      <c r="C62" s="28"/>
       <c r="D62" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E62" s="13">
         <v>339.38</v>
       </c>
       <c r="F62" s="13">
         <v>315.07</v>
       </c>
       <c r="G62" s="39">
         <v>309.62</v>
       </c>
-      <c r="H62" s="18"/>
+      <c r="H62" s="22"/>
       <c r="I62" s="13">
         <v>269.5</v>
       </c>
       <c r="J62" s="13">
-        <v>243.91</v>
-[...4 lines deleted...]
-      <c r="C63" s="33"/>
+        <v>245.52</v>
+      </c>
+    </row>
+    <row r="63" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B63" s="29"/>
+      <c r="C63" s="30"/>
       <c r="D63" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E63" s="13">
         <v>2094.66</v>
       </c>
       <c r="F63" s="13">
         <v>2175.6</v>
       </c>
       <c r="G63" s="39">
         <v>2367.84</v>
       </c>
-      <c r="H63" s="18"/>
+      <c r="H63" s="22"/>
       <c r="I63" s="13">
         <v>2240.2800000000002</v>
       </c>
       <c r="J63" s="13">
-        <v>1904.72</v>
-[...4 lines deleted...]
-      <c r="C64" s="33"/>
+        <v>1923.29</v>
+      </c>
+    </row>
+    <row r="64" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B64" s="29"/>
+      <c r="C64" s="30"/>
       <c r="D64" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E64" s="13">
         <v>515.19000000000005</v>
       </c>
       <c r="F64" s="13">
         <v>493.93</v>
       </c>
       <c r="G64" s="39">
         <v>458</v>
       </c>
-      <c r="H64" s="18"/>
+      <c r="H64" s="22"/>
       <c r="I64" s="13">
         <v>403.06</v>
       </c>
       <c r="J64" s="13">
-        <v>372.17</v>
-[...4 lines deleted...]
-      <c r="C65" s="33"/>
+        <v>375.02</v>
+      </c>
+    </row>
+    <row r="65" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B65" s="29"/>
+      <c r="C65" s="30"/>
       <c r="D65" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E65" s="14">
         <v>2948.35</v>
       </c>
       <c r="F65" s="14">
         <v>2984.08</v>
       </c>
       <c r="G65" s="40">
         <v>3132.33</v>
       </c>
-      <c r="H65" s="18"/>
+      <c r="H65" s="22"/>
       <c r="I65" s="14">
         <v>2911.83</v>
       </c>
       <c r="J65" s="14">
-        <v>2520.2600000000002</v>
-[...4 lines deleted...]
-      <c r="C66" s="35"/>
+        <v>2543.2800000000002</v>
+      </c>
+    </row>
+    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B66" s="31"/>
+      <c r="C66" s="32"/>
       <c r="D66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G66" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H66" s="18"/>
+      <c r="G66" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H66" s="22"/>
       <c r="I66" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="67" spans="2:10" ht="15.95">
-      <c r="B67" s="23" t="s">
+    <row r="67" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B67" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="C67" s="31"/>
+      <c r="C67" s="28"/>
       <c r="D67" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E67" s="13">
         <v>12.5</v>
       </c>
       <c r="F67" s="13">
         <v>17</v>
       </c>
       <c r="G67" s="39">
         <v>9</v>
       </c>
-      <c r="H67" s="18"/>
+      <c r="H67" s="22"/>
       <c r="I67" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J67" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="68" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C68" s="33"/>
+    <row r="68" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B68" s="29"/>
+      <c r="C68" s="30"/>
       <c r="D68" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E68" s="13">
         <v>45</v>
       </c>
       <c r="F68" s="13">
         <v>41.5</v>
       </c>
       <c r="G68" s="39">
         <v>28</v>
       </c>
-      <c r="H68" s="18"/>
+      <c r="H68" s="22"/>
       <c r="I68" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J68" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="69" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C69" s="33"/>
+    <row r="69" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B69" s="29"/>
+      <c r="C69" s="30"/>
       <c r="D69" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E69" s="13">
         <v>34</v>
       </c>
       <c r="F69" s="13">
         <v>31.5</v>
       </c>
       <c r="G69" s="39">
         <v>26</v>
       </c>
-      <c r="H69" s="18"/>
+      <c r="H69" s="22"/>
       <c r="I69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J69" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="70" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C70" s="33"/>
+    <row r="70" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B70" s="29"/>
+      <c r="C70" s="30"/>
       <c r="D70" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E70" s="14">
         <v>91.5</v>
       </c>
       <c r="F70" s="14">
         <v>90</v>
       </c>
       <c r="G70" s="40">
         <v>63</v>
       </c>
-      <c r="H70" s="18"/>
+      <c r="H70" s="22"/>
       <c r="I70" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J70" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="71" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C71" s="35"/>
+    <row r="71" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B71" s="31"/>
+      <c r="C71" s="32"/>
       <c r="D71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G71" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H71" s="18"/>
+      <c r="G71" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H71" s="22"/>
       <c r="I71" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J71" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="72" spans="2:10" ht="15.95">
-      <c r="B72" s="23" t="s">
+    <row r="72" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B72" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="C72" s="31"/>
+      <c r="C72" s="28"/>
       <c r="D72" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E72" s="13">
         <v>16.399999999999999</v>
       </c>
       <c r="F72" s="13">
         <v>17.399999999999999</v>
       </c>
       <c r="G72" s="39">
         <v>8.1999999999999993</v>
       </c>
-      <c r="H72" s="18"/>
+      <c r="H72" s="22"/>
       <c r="I72" s="13">
         <v>10.6</v>
       </c>
       <c r="J72" s="13">
         <v>8</v>
       </c>
     </row>
-    <row r="73" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C73" s="33"/>
+    <row r="73" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B73" s="29"/>
+      <c r="C73" s="30"/>
       <c r="D73" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E73" s="13">
         <v>26.2</v>
       </c>
       <c r="F73" s="13">
         <v>25</v>
       </c>
       <c r="G73" s="39">
         <v>30.8</v>
       </c>
-      <c r="H73" s="18"/>
+      <c r="H73" s="22"/>
       <c r="I73" s="13">
         <v>41.4</v>
       </c>
       <c r="J73" s="13">
-        <v>43.8</v>
-[...4 lines deleted...]
-      <c r="C74" s="33"/>
+        <v>44.4</v>
+      </c>
+    </row>
+    <row r="74" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B74" s="29"/>
+      <c r="C74" s="30"/>
       <c r="D74" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E74" s="13">
         <v>78.599999999999994</v>
       </c>
       <c r="F74" s="13">
         <v>68.599999999999994</v>
       </c>
       <c r="G74" s="39">
         <v>81.599999999999994</v>
       </c>
-      <c r="H74" s="18"/>
+      <c r="H74" s="22"/>
       <c r="I74" s="13">
         <v>77.400000000000006</v>
       </c>
       <c r="J74" s="13">
-        <v>83.4</v>
-[...4 lines deleted...]
-      <c r="C75" s="33"/>
+        <v>83.8</v>
+      </c>
+    </row>
+    <row r="75" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B75" s="29"/>
+      <c r="C75" s="30"/>
       <c r="D75" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E75" s="14">
         <v>121.2</v>
       </c>
       <c r="F75" s="14">
         <v>111</v>
       </c>
       <c r="G75" s="40">
         <v>120.6</v>
       </c>
-      <c r="H75" s="18"/>
+      <c r="H75" s="22"/>
       <c r="I75" s="14">
         <v>129.4</v>
       </c>
       <c r="J75" s="14">
-        <v>135.19999999999999</v>
-[...4 lines deleted...]
-      <c r="C76" s="35"/>
+        <v>136.19999999999999</v>
+      </c>
+    </row>
+    <row r="76" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B76" s="31"/>
+      <c r="C76" s="32"/>
       <c r="D76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G76" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H76" s="18"/>
+      <c r="G76" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H76" s="22"/>
       <c r="I76" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="77" spans="2:10" ht="15.95">
-      <c r="B77" s="23" t="s">
+    <row r="77" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B77" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="C77" s="31"/>
+      <c r="C77" s="28"/>
       <c r="D77" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E77" s="13">
         <v>31.67</v>
       </c>
       <c r="F77" s="13">
         <v>18.579999999999998</v>
       </c>
       <c r="G77" s="39">
         <v>34.17</v>
       </c>
-      <c r="H77" s="18"/>
+      <c r="H77" s="22"/>
       <c r="I77" s="13">
         <v>16.309999999999999</v>
       </c>
       <c r="J77" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="78" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C78" s="33"/>
+    <row r="78" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B78" s="29"/>
+      <c r="C78" s="30"/>
       <c r="D78" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E78" s="13">
         <v>63.58</v>
       </c>
       <c r="F78" s="13">
         <v>65.67</v>
       </c>
       <c r="G78" s="39">
         <v>78.75</v>
       </c>
-      <c r="H78" s="18"/>
+      <c r="H78" s="22"/>
       <c r="I78" s="13">
         <v>60.62</v>
       </c>
       <c r="J78" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="79" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C79" s="33"/>
+    <row r="79" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B79" s="29"/>
+      <c r="C79" s="30"/>
       <c r="D79" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E79" s="13">
         <v>67.75</v>
       </c>
       <c r="F79" s="13">
         <v>41.5</v>
       </c>
       <c r="G79" s="39">
         <v>39.83</v>
       </c>
-      <c r="H79" s="18"/>
+      <c r="H79" s="22"/>
       <c r="I79" s="13">
         <v>35.619999999999997</v>
       </c>
       <c r="J79" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="80" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C80" s="33"/>
+    <row r="80" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B80" s="29"/>
+      <c r="C80" s="30"/>
       <c r="D80" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E80" s="14">
         <v>163</v>
       </c>
       <c r="F80" s="14">
         <v>125.75</v>
       </c>
       <c r="G80" s="40">
         <v>152.75</v>
       </c>
-      <c r="H80" s="18"/>
+      <c r="H80" s="22"/>
       <c r="I80" s="14">
         <v>112.54</v>
       </c>
       <c r="J80" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="81" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C81" s="35"/>
+    <row r="81" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B81" s="31"/>
+      <c r="C81" s="32"/>
       <c r="D81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G81" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H81" s="18"/>
+      <c r="G81" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H81" s="22"/>
       <c r="I81" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J81" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="82" spans="2:10" ht="15.95">
-      <c r="B82" s="23" t="s">
+    <row r="82" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B82" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="C82" s="31"/>
+      <c r="C82" s="28"/>
       <c r="D82" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E82" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F82" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G82" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H82" s="18"/>
+      <c r="G82" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H82" s="22"/>
       <c r="I82" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J82" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="83" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C83" s="33"/>
+    <row r="83" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B83" s="29"/>
+      <c r="C83" s="30"/>
       <c r="D83" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E83" s="13">
         <v>52.8</v>
       </c>
       <c r="F83" s="13">
         <v>40.6</v>
       </c>
       <c r="G83" s="39">
         <v>29.8</v>
       </c>
-      <c r="H83" s="18"/>
+      <c r="H83" s="22"/>
       <c r="I83" s="13">
         <v>39.799999999999997</v>
       </c>
       <c r="J83" s="13">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="C84" s="33"/>
+        <v>63.6</v>
+      </c>
+    </row>
+    <row r="84" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B84" s="29"/>
+      <c r="C84" s="30"/>
       <c r="D84" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E84" s="13">
         <v>9.6</v>
       </c>
       <c r="F84" s="13">
         <v>7.8</v>
       </c>
       <c r="G84" s="39">
         <v>9.6</v>
       </c>
-      <c r="H84" s="18"/>
+      <c r="H84" s="22"/>
       <c r="I84" s="13">
         <v>7.8</v>
       </c>
       <c r="J84" s="13">
-        <v>5.6</v>
-[...4 lines deleted...]
-      <c r="C85" s="33"/>
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="85" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B85" s="29"/>
+      <c r="C85" s="30"/>
       <c r="D85" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E85" s="14">
         <v>66.599999999999994</v>
       </c>
       <c r="F85" s="14">
         <v>51.2</v>
       </c>
       <c r="G85" s="40">
         <v>40.4</v>
       </c>
-      <c r="H85" s="18"/>
+      <c r="H85" s="22"/>
       <c r="I85" s="14">
         <v>47.6</v>
       </c>
       <c r="J85" s="14">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="C86" s="35"/>
+        <v>70.8</v>
+      </c>
+    </row>
+    <row r="86" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B86" s="31"/>
+      <c r="C86" s="32"/>
       <c r="D86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G86" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H86" s="18"/>
+      <c r="G86" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H86" s="22"/>
       <c r="I86" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J86" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="87" spans="2:10" ht="15.95">
-      <c r="B87" s="23" t="s">
+    <row r="87" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B87" s="20" t="s">
         <v>44</v>
       </c>
-      <c r="C87" s="31"/>
+      <c r="C87" s="28"/>
       <c r="D87" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E87" s="13">
         <v>30.51</v>
       </c>
       <c r="F87" s="13">
         <v>33.880000000000003</v>
       </c>
       <c r="G87" s="39">
         <v>30.25</v>
       </c>
-      <c r="H87" s="18"/>
+      <c r="H87" s="22"/>
       <c r="I87" s="13">
         <v>36.18</v>
       </c>
       <c r="J87" s="13">
-        <v>43.44</v>
-[...4 lines deleted...]
-      <c r="C88" s="33"/>
+        <v>43.56</v>
+      </c>
+    </row>
+    <row r="88" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B88" s="29"/>
+      <c r="C88" s="30"/>
       <c r="D88" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E88" s="13">
         <v>51.38</v>
       </c>
       <c r="F88" s="13">
         <v>55.45</v>
       </c>
       <c r="G88" s="39">
         <v>67.42</v>
       </c>
-      <c r="H88" s="18"/>
+      <c r="H88" s="22"/>
       <c r="I88" s="13">
         <v>79.69</v>
       </c>
       <c r="J88" s="13">
-        <v>73.78</v>
-[...4 lines deleted...]
-      <c r="C89" s="33"/>
+        <v>76.099999999999994</v>
+      </c>
+    </row>
+    <row r="89" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B89" s="29"/>
+      <c r="C89" s="30"/>
       <c r="D89" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E89" s="13">
         <v>174.71</v>
       </c>
       <c r="F89" s="13">
         <v>149.41999999999999</v>
       </c>
       <c r="G89" s="39">
         <v>189.38</v>
       </c>
-      <c r="H89" s="18"/>
+      <c r="H89" s="22"/>
       <c r="I89" s="13">
         <v>162.87</v>
       </c>
       <c r="J89" s="13">
-        <v>160.22999999999999</v>
-[...4 lines deleted...]
-      <c r="C90" s="33"/>
+        <v>160.88999999999999</v>
+      </c>
+    </row>
+    <row r="90" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B90" s="29"/>
+      <c r="C90" s="30"/>
       <c r="D90" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E90" s="14">
         <v>256.60000000000002</v>
       </c>
       <c r="F90" s="14">
         <v>238.75</v>
       </c>
       <c r="G90" s="40">
         <v>287.04000000000002</v>
       </c>
-      <c r="H90" s="18"/>
+      <c r="H90" s="22"/>
       <c r="I90" s="14">
         <v>278.74</v>
       </c>
       <c r="J90" s="14">
-        <v>277.45999999999998</v>
-[...4 lines deleted...]
-      <c r="C91" s="35"/>
+        <v>280.54000000000002</v>
+      </c>
+    </row>
+    <row r="91" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B91" s="31"/>
+      <c r="C91" s="32"/>
       <c r="D91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G91" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H91" s="18"/>
+      <c r="G91" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H91" s="22"/>
       <c r="I91" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J91" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="92" spans="2:10" ht="15.95">
-      <c r="B92" s="23" t="s">
+    <row r="92" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B92" s="20" t="s">
         <v>45</v>
       </c>
-      <c r="C92" s="31"/>
+      <c r="C92" s="28"/>
       <c r="D92" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E92" s="13">
         <v>12.25</v>
       </c>
       <c r="F92" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G92" s="39">
         <v>7.8</v>
       </c>
-      <c r="H92" s="18"/>
+      <c r="H92" s="22"/>
       <c r="I92" s="13">
         <v>8.4</v>
       </c>
       <c r="J92" s="13">
         <v>5.67</v>
       </c>
     </row>
-    <row r="93" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C93" s="33"/>
+    <row r="93" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B93" s="29"/>
+      <c r="C93" s="30"/>
       <c r="D93" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E93" s="13">
         <v>89.75</v>
       </c>
       <c r="F93" s="13">
         <v>84.5</v>
       </c>
       <c r="G93" s="39">
         <v>89.2</v>
       </c>
-      <c r="H93" s="18"/>
+      <c r="H93" s="22"/>
       <c r="I93" s="13">
         <v>111.2</v>
       </c>
       <c r="J93" s="13">
-        <v>153</v>
-[...4 lines deleted...]
-      <c r="C94" s="33"/>
+        <v>159.33000000000001</v>
+      </c>
+    </row>
+    <row r="94" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B94" s="29"/>
+      <c r="C94" s="30"/>
       <c r="D94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E94" s="13">
         <v>22.25</v>
       </c>
       <c r="F94" s="13">
         <v>12.75</v>
       </c>
       <c r="G94" s="39">
         <v>16.600000000000001</v>
       </c>
-      <c r="H94" s="18"/>
+      <c r="H94" s="22"/>
       <c r="I94" s="13">
         <v>17.399999999999999</v>
       </c>
       <c r="J94" s="13">
         <v>8.67</v>
       </c>
     </row>
-    <row r="95" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C95" s="33"/>
+    <row r="95" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B95" s="29"/>
+      <c r="C95" s="30"/>
       <c r="D95" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E95" s="14">
         <v>124.25</v>
       </c>
       <c r="F95" s="14">
         <v>99.75</v>
       </c>
       <c r="G95" s="40">
         <v>113.6</v>
       </c>
-      <c r="H95" s="18"/>
+      <c r="H95" s="22"/>
       <c r="I95" s="14">
         <v>137</v>
       </c>
       <c r="J95" s="14">
-        <v>167.33</v>
-[...4 lines deleted...]
-      <c r="C96" s="35"/>
+        <v>173.67</v>
+      </c>
+    </row>
+    <row r="96" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B96" s="31"/>
+      <c r="C96" s="32"/>
       <c r="D96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G96" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H96" s="18"/>
+      <c r="G96" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H96" s="22"/>
       <c r="I96" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J96" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="97" spans="2:10" ht="15.95">
-      <c r="B97" s="23" t="s">
+    <row r="97" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B97" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="C97" s="31"/>
+      <c r="C97" s="28"/>
       <c r="D97" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E97" s="13">
         <v>17.329999999999998</v>
       </c>
       <c r="F97" s="13">
         <v>16.079999999999998</v>
       </c>
       <c r="G97" s="39">
         <v>14.46</v>
       </c>
-      <c r="H97" s="18"/>
+      <c r="H97" s="22"/>
       <c r="I97" s="13">
         <v>19.23</v>
       </c>
       <c r="J97" s="13">
         <v>18</v>
       </c>
     </row>
-    <row r="98" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C98" s="33"/>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B98" s="29"/>
+      <c r="C98" s="30"/>
       <c r="D98" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E98" s="13">
         <v>87.5</v>
       </c>
       <c r="F98" s="13">
         <v>96</v>
       </c>
       <c r="G98" s="39">
         <v>73.08</v>
       </c>
-      <c r="H98" s="18"/>
+      <c r="H98" s="22"/>
       <c r="I98" s="13">
         <v>62.54</v>
       </c>
       <c r="J98" s="13">
-        <v>65.849999999999994</v>
-[...4 lines deleted...]
-      <c r="C99" s="33"/>
+        <v>67.92</v>
+      </c>
+    </row>
+    <row r="99" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B99" s="29"/>
+      <c r="C99" s="30"/>
       <c r="D99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E99" s="13">
         <v>69</v>
       </c>
       <c r="F99" s="13">
         <v>57.77</v>
       </c>
       <c r="G99" s="39">
         <v>53.85</v>
       </c>
-      <c r="H99" s="18"/>
+      <c r="H99" s="22"/>
       <c r="I99" s="13">
         <v>47.62</v>
       </c>
       <c r="J99" s="13">
-        <v>52.23</v>
-[...4 lines deleted...]
-      <c r="C100" s="33"/>
+        <v>53.31</v>
+      </c>
+    </row>
+    <row r="100" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B100" s="29"/>
+      <c r="C100" s="30"/>
       <c r="D100" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E100" s="14">
         <v>173.83</v>
       </c>
       <c r="F100" s="14">
         <v>169.85</v>
       </c>
       <c r="G100" s="40">
         <v>141.38</v>
       </c>
-      <c r="H100" s="18"/>
+      <c r="H100" s="22"/>
       <c r="I100" s="14">
         <v>129.38</v>
       </c>
       <c r="J100" s="14">
-        <v>136.08000000000001</v>
-[...4 lines deleted...]
-      <c r="C101" s="35"/>
+        <v>139.22999999999999</v>
+      </c>
+    </row>
+    <row r="101" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B101" s="31"/>
+      <c r="C101" s="32"/>
       <c r="D101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G101" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H101" s="18"/>
+      <c r="G101" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H101" s="22"/>
       <c r="I101" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="102" spans="2:10" ht="15.95">
-      <c r="B102" s="23" t="s">
+    <row r="102" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B102" s="20" t="s">
         <v>47</v>
       </c>
-      <c r="C102" s="31"/>
+      <c r="C102" s="28"/>
       <c r="D102" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E102" s="13">
         <v>30.12</v>
       </c>
       <c r="F102" s="13">
         <v>26.14</v>
       </c>
       <c r="G102" s="39">
         <v>32.99</v>
       </c>
-      <c r="H102" s="18"/>
+      <c r="H102" s="22"/>
       <c r="I102" s="13">
         <v>23.49</v>
       </c>
       <c r="J102" s="13">
-        <v>25.28</v>
-[...4 lines deleted...]
-      <c r="C103" s="33"/>
+        <v>25.25</v>
+      </c>
+    </row>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B103" s="29"/>
+      <c r="C103" s="30"/>
       <c r="D103" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E103" s="13">
         <v>29.37</v>
       </c>
       <c r="F103" s="13">
         <v>34.74</v>
       </c>
       <c r="G103" s="39">
         <v>39.9</v>
       </c>
-      <c r="H103" s="18"/>
+      <c r="H103" s="22"/>
       <c r="I103" s="13">
         <v>42.02</v>
       </c>
       <c r="J103" s="13">
-        <v>36.619999999999997</v>
-[...4 lines deleted...]
-      <c r="C104" s="33"/>
+        <v>37.049999999999997</v>
+      </c>
+    </row>
+    <row r="104" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B104" s="29"/>
+      <c r="C104" s="30"/>
       <c r="D104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E104" s="13">
         <v>100.05</v>
       </c>
       <c r="F104" s="13">
         <v>100.29</v>
       </c>
       <c r="G104" s="39">
         <v>113.29</v>
       </c>
-      <c r="H104" s="18"/>
+      <c r="H104" s="22"/>
       <c r="I104" s="13">
         <v>116.67</v>
       </c>
       <c r="J104" s="13">
-        <v>109.05</v>
-[...4 lines deleted...]
-      <c r="C105" s="33"/>
+        <v>108.37</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B105" s="29"/>
+      <c r="C105" s="30"/>
       <c r="D105" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E105" s="14">
         <v>159.22</v>
       </c>
       <c r="F105" s="14">
         <v>161.16999999999999</v>
       </c>
       <c r="G105" s="40">
         <v>186.18</v>
       </c>
-      <c r="H105" s="18"/>
+      <c r="H105" s="22"/>
       <c r="I105" s="14">
         <v>180.77</v>
       </c>
       <c r="J105" s="14">
-        <v>170.95</v>
-[...4 lines deleted...]
-      <c r="C106" s="35"/>
+        <v>170.68</v>
+      </c>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B106" s="31"/>
+      <c r="C106" s="32"/>
       <c r="D106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G106" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H106" s="18"/>
+      <c r="G106" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H106" s="22"/>
       <c r="I106" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="107" spans="2:10" ht="15.95">
-      <c r="B107" s="23" t="s">
+    <row r="107" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B107" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="C107" s="31"/>
+      <c r="C107" s="28"/>
       <c r="D107" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E107" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F107" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G107" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H107" s="18"/>
+      <c r="G107" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H107" s="22"/>
       <c r="I107" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J107" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="108" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C108" s="33"/>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B108" s="29"/>
+      <c r="C108" s="30"/>
       <c r="D108" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E108" s="13">
         <v>10</v>
       </c>
       <c r="F108" s="13">
         <v>24.57</v>
       </c>
       <c r="G108" s="39">
         <v>11.83</v>
       </c>
-      <c r="H108" s="18"/>
+      <c r="H108" s="22"/>
       <c r="I108" s="13">
         <v>23.86</v>
       </c>
       <c r="J108" s="13">
-        <v>26.5</v>
-[...4 lines deleted...]
-      <c r="C109" s="33"/>
+        <v>27.5</v>
+      </c>
+    </row>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B109" s="29"/>
+      <c r="C109" s="30"/>
       <c r="D109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E109" s="13">
         <v>11.86</v>
       </c>
       <c r="F109" s="13">
         <v>7.86</v>
       </c>
       <c r="G109" s="39">
         <v>9.67</v>
       </c>
-      <c r="H109" s="18"/>
+      <c r="H109" s="22"/>
       <c r="I109" s="13">
         <v>11.29</v>
       </c>
       <c r="J109" s="13">
         <v>10.67</v>
       </c>
     </row>
-    <row r="110" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C110" s="33"/>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B110" s="29"/>
+      <c r="C110" s="30"/>
       <c r="D110" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E110" s="14">
         <v>24.14</v>
       </c>
       <c r="F110" s="14">
         <v>35.86</v>
       </c>
       <c r="G110" s="40">
         <v>24.33</v>
       </c>
-      <c r="H110" s="18"/>
+      <c r="H110" s="22"/>
       <c r="I110" s="14">
         <v>38.71</v>
       </c>
       <c r="J110" s="14">
-        <v>39.17</v>
-[...4 lines deleted...]
-      <c r="C111" s="35"/>
+        <v>40.17</v>
+      </c>
+    </row>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B111" s="31"/>
+      <c r="C111" s="32"/>
       <c r="D111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G111" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H111" s="18"/>
+      <c r="G111" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H111" s="22"/>
       <c r="I111" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J111" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="112" spans="2:10" ht="15.95">
-      <c r="B112" s="23" t="s">
+    <row r="112" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B112" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="C112" s="31"/>
+      <c r="C112" s="28"/>
       <c r="D112" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E112" s="13">
         <v>18.13</v>
       </c>
       <c r="F112" s="13">
         <v>10.74</v>
       </c>
       <c r="G112" s="39">
         <v>15.55</v>
       </c>
-      <c r="H112" s="18"/>
+      <c r="H112" s="22"/>
       <c r="I112" s="13">
         <v>18.43</v>
       </c>
       <c r="J112" s="13">
         <v>14.8</v>
       </c>
     </row>
-    <row r="113" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C113" s="33"/>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B113" s="29"/>
+      <c r="C113" s="30"/>
       <c r="D113" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E113" s="13">
         <v>58.18</v>
       </c>
       <c r="F113" s="13">
         <v>55.95</v>
       </c>
       <c r="G113" s="39">
         <v>71.52</v>
       </c>
-      <c r="H113" s="18"/>
+      <c r="H113" s="22"/>
       <c r="I113" s="13">
         <v>80.150000000000006</v>
       </c>
       <c r="J113" s="13">
-        <v>67.84</v>
-[...4 lines deleted...]
-      <c r="C114" s="33"/>
+        <v>68.02</v>
+      </c>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B114" s="29"/>
+      <c r="C114" s="30"/>
       <c r="D114" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E114" s="13">
         <v>232.34</v>
       </c>
       <c r="F114" s="13">
         <v>224.7</v>
       </c>
       <c r="G114" s="39">
         <v>215.72</v>
       </c>
-      <c r="H114" s="18"/>
+      <c r="H114" s="22"/>
       <c r="I114" s="13">
         <v>233.05</v>
       </c>
       <c r="J114" s="13">
-        <v>212.71</v>
-[...4 lines deleted...]
-      <c r="C115" s="33"/>
+        <v>214.25</v>
+      </c>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B115" s="29"/>
+      <c r="C115" s="30"/>
       <c r="D115" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E115" s="14">
         <v>308.64999999999998</v>
       </c>
       <c r="F115" s="14">
         <v>291.38</v>
       </c>
       <c r="G115" s="40">
         <v>302.77999999999997</v>
       </c>
-      <c r="H115" s="18"/>
+      <c r="H115" s="22"/>
       <c r="I115" s="14">
         <v>331.64</v>
       </c>
       <c r="J115" s="14">
-        <v>295.35000000000002</v>
-[...4 lines deleted...]
-      <c r="C116" s="35"/>
+        <v>297.07</v>
+      </c>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B116" s="31"/>
+      <c r="C116" s="32"/>
       <c r="D116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F116" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G116" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H116" s="18"/>
+      <c r="G116" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H116" s="22"/>
       <c r="I116" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J116" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="117" spans="2:10" ht="15.95">
-      <c r="B117" s="23" t="s">
+    <row r="117" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B117" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="C117" s="31"/>
+      <c r="C117" s="28"/>
       <c r="D117" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E117" s="13">
         <v>82.48</v>
       </c>
       <c r="F117" s="13">
         <v>90.99</v>
       </c>
       <c r="G117" s="39">
         <v>92.23</v>
       </c>
-      <c r="H117" s="18"/>
+      <c r="H117" s="22"/>
       <c r="I117" s="13">
         <v>99.72</v>
       </c>
       <c r="J117" s="13">
-        <v>108.51</v>
-[...4 lines deleted...]
-      <c r="C118" s="33"/>
+        <v>108.71</v>
+      </c>
+    </row>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B118" s="29"/>
+      <c r="C118" s="30"/>
       <c r="D118" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E118" s="13">
         <v>408.63</v>
       </c>
       <c r="F118" s="13">
         <v>386.24</v>
       </c>
       <c r="G118" s="39">
         <v>425.33</v>
       </c>
-      <c r="H118" s="18"/>
+      <c r="H118" s="22"/>
       <c r="I118" s="13">
         <v>416.57</v>
       </c>
       <c r="J118" s="13">
-        <v>383.19</v>
-[...4 lines deleted...]
-      <c r="C119" s="33"/>
+        <v>386.69</v>
+      </c>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B119" s="29"/>
+      <c r="C119" s="30"/>
       <c r="D119" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E119" s="13">
         <v>156.55000000000001</v>
       </c>
       <c r="F119" s="13">
         <v>172.08</v>
       </c>
       <c r="G119" s="39">
         <v>177.84</v>
       </c>
-      <c r="H119" s="18"/>
+      <c r="H119" s="22"/>
       <c r="I119" s="13">
         <v>178.49</v>
       </c>
       <c r="J119" s="13">
-        <v>189.29</v>
-[...4 lines deleted...]
-      <c r="C120" s="33"/>
+        <v>190.06</v>
+      </c>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B120" s="29"/>
+      <c r="C120" s="30"/>
       <c r="D120" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E120" s="14">
         <v>646.23</v>
       </c>
       <c r="F120" s="14">
         <v>649.30999999999995</v>
       </c>
       <c r="G120" s="40">
         <v>695.4</v>
       </c>
-      <c r="H120" s="18"/>
+      <c r="H120" s="22"/>
       <c r="I120" s="14">
         <v>694.78</v>
       </c>
       <c r="J120" s="14">
-        <v>680.98</v>
-[...4 lines deleted...]
-      <c r="C121" s="35"/>
+        <v>685.46</v>
+      </c>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B121" s="31"/>
+      <c r="C121" s="32"/>
       <c r="D121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F121" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G121" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H121" s="18"/>
+      <c r="G121" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H121" s="22"/>
       <c r="I121" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J121" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="122" spans="2:10" ht="15.95">
-      <c r="B122" s="23" t="s">
+    <row r="122" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B122" s="20" t="s">
         <v>51</v>
       </c>
-      <c r="C122" s="31"/>
+      <c r="C122" s="28"/>
       <c r="D122" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E122" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F122" s="13">
         <v>5.85</v>
       </c>
-      <c r="G122" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H122" s="18"/>
+      <c r="G122" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H122" s="22"/>
       <c r="I122" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J122" s="13">
-        <v>5.2</v>
-[...4 lines deleted...]
-      <c r="C123" s="33"/>
+        <v>5.45</v>
+      </c>
+    </row>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B123" s="29"/>
+      <c r="C123" s="30"/>
       <c r="D123" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E123" s="13">
         <v>25.31</v>
       </c>
       <c r="F123" s="13">
         <v>28.23</v>
       </c>
       <c r="G123" s="39">
         <v>36.82</v>
       </c>
-      <c r="H123" s="18"/>
+      <c r="H123" s="22"/>
       <c r="I123" s="13">
         <v>34.9</v>
       </c>
       <c r="J123" s="13">
-        <v>39.5</v>
-[...4 lines deleted...]
-      <c r="C124" s="33"/>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="124" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B124" s="29"/>
+      <c r="C124" s="30"/>
       <c r="D124" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E124" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F124" s="13">
         <v>7.62</v>
       </c>
       <c r="G124" s="39">
         <v>10.45</v>
       </c>
-      <c r="H124" s="18"/>
+      <c r="H124" s="22"/>
       <c r="I124" s="13">
         <v>7.7</v>
       </c>
       <c r="J124" s="13">
-        <v>5.9</v>
-[...4 lines deleted...]
-      <c r="C125" s="33"/>
+        <v>6.45</v>
+      </c>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B125" s="29"/>
+      <c r="C125" s="30"/>
       <c r="D125" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E125" s="14">
         <v>30.92</v>
       </c>
       <c r="F125" s="14">
         <v>41.69</v>
       </c>
       <c r="G125" s="40">
         <v>50.91</v>
       </c>
-      <c r="H125" s="18"/>
+      <c r="H125" s="22"/>
       <c r="I125" s="14">
         <v>46.7</v>
       </c>
       <c r="J125" s="14">
-        <v>50.6</v>
-[...4 lines deleted...]
-      <c r="C126" s="35"/>
+        <v>48.91</v>
+      </c>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B126" s="31"/>
+      <c r="C126" s="32"/>
       <c r="D126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G126" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H126" s="18"/>
+      <c r="G126" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H126" s="22"/>
       <c r="I126" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J126" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="127" spans="2:10" ht="15.95">
-      <c r="B127" s="23" t="s">
+    <row r="127" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B127" s="20" t="s">
         <v>52</v>
       </c>
-      <c r="C127" s="31"/>
+      <c r="C127" s="28"/>
       <c r="D127" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E127" s="13">
         <v>153.47999999999999</v>
       </c>
       <c r="F127" s="13">
         <v>137.86000000000001</v>
       </c>
       <c r="G127" s="39">
         <v>138.12</v>
       </c>
-      <c r="H127" s="18"/>
+      <c r="H127" s="22"/>
       <c r="I127" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J127" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="128" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C128" s="33"/>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B128" s="29"/>
+      <c r="C128" s="30"/>
       <c r="D128" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E128" s="13">
         <v>147.44999999999999</v>
       </c>
       <c r="F128" s="13">
         <v>146.16</v>
       </c>
       <c r="G128" s="39">
         <v>133.94</v>
       </c>
-      <c r="H128" s="18"/>
+      <c r="H128" s="22"/>
       <c r="I128" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J128" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="129" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C129" s="33"/>
+    <row r="129" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B129" s="29"/>
+      <c r="C129" s="30"/>
       <c r="D129" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E129" s="13">
         <v>360.64</v>
       </c>
       <c r="F129" s="13">
         <v>364.22</v>
       </c>
       <c r="G129" s="39">
         <v>312.94</v>
       </c>
-      <c r="H129" s="18"/>
+      <c r="H129" s="22"/>
       <c r="I129" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J129" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="130" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C130" s="33"/>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B130" s="29"/>
+      <c r="C130" s="30"/>
       <c r="D130" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E130" s="14">
         <v>661.57</v>
       </c>
       <c r="F130" s="14">
         <v>648.24</v>
       </c>
       <c r="G130" s="40">
         <v>585</v>
       </c>
-      <c r="H130" s="18"/>
+      <c r="H130" s="22"/>
       <c r="I130" s="14">
         <v>5</v>
       </c>
       <c r="J130" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="131" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C131" s="35"/>
+    <row r="131" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B131" s="31"/>
+      <c r="C131" s="32"/>
       <c r="D131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F131" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G131" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H131" s="18"/>
+      <c r="G131" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H131" s="22"/>
       <c r="I131" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J131" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="132" spans="2:10" ht="15.95">
-      <c r="B132" s="23" t="s">
+    <row r="132" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B132" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="C132" s="31"/>
+      <c r="C132" s="28"/>
       <c r="D132" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E132" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F132" s="13">
         <v>9.32</v>
       </c>
       <c r="G132" s="39">
         <v>14.22</v>
       </c>
-      <c r="H132" s="18"/>
+      <c r="H132" s="22"/>
       <c r="I132" s="13">
         <v>7.47</v>
       </c>
       <c r="J132" s="13">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="C133" s="33"/>
+        <v>10.56</v>
+      </c>
+    </row>
+    <row r="133" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B133" s="29"/>
+      <c r="C133" s="30"/>
       <c r="D133" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F133" s="13">
         <v>16.05</v>
       </c>
       <c r="G133" s="39">
         <v>17.940000000000001</v>
       </c>
-      <c r="H133" s="18"/>
+      <c r="H133" s="22"/>
       <c r="I133" s="13">
         <v>18.71</v>
       </c>
       <c r="J133" s="13">
-        <v>13.13</v>
-[...4 lines deleted...]
-      <c r="C134" s="33"/>
+        <v>17.809999999999999</v>
+      </c>
+    </row>
+    <row r="134" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B134" s="29"/>
+      <c r="C134" s="30"/>
       <c r="D134" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E134" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F134" s="13">
         <v>11.37</v>
       </c>
       <c r="G134" s="39">
         <v>21.83</v>
       </c>
-      <c r="H134" s="18"/>
+      <c r="H134" s="22"/>
       <c r="I134" s="13">
         <v>19.760000000000002</v>
       </c>
       <c r="J134" s="13">
-        <v>24.44</v>
-[...4 lines deleted...]
-      <c r="C135" s="33"/>
+        <v>27.88</v>
+      </c>
+    </row>
+    <row r="135" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B135" s="29"/>
+      <c r="C135" s="30"/>
       <c r="D135" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E135" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F135" s="14">
         <v>36.74</v>
       </c>
       <c r="G135" s="40">
         <v>54</v>
       </c>
-      <c r="H135" s="18"/>
+      <c r="H135" s="22"/>
       <c r="I135" s="14">
         <v>45.94</v>
       </c>
       <c r="J135" s="14">
-        <v>46.56</v>
-[...4 lines deleted...]
-      <c r="C136" s="35"/>
+        <v>56.25</v>
+      </c>
+    </row>
+    <row r="136" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B136" s="31"/>
+      <c r="C136" s="32"/>
       <c r="D136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F136" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G136" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H136" s="18"/>
+      <c r="G136" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H136" s="22"/>
       <c r="I136" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J136" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="137" spans="2:10" ht="15.95">
-      <c r="B137" s="23" t="s">
+    <row r="137" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B137" s="20" t="s">
         <v>54</v>
       </c>
-      <c r="C137" s="31"/>
+      <c r="C137" s="28"/>
       <c r="D137" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E137" s="13">
         <v>91.4</v>
       </c>
       <c r="F137" s="13">
         <v>96.44</v>
       </c>
       <c r="G137" s="39">
         <v>91.43</v>
       </c>
-      <c r="H137" s="18"/>
+      <c r="H137" s="22"/>
       <c r="I137" s="13">
         <v>87.12</v>
       </c>
       <c r="J137" s="13">
-        <v>72.72</v>
-[...4 lines deleted...]
-      <c r="C138" s="33"/>
+        <v>72.849999999999994</v>
+      </c>
+    </row>
+    <row r="138" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B138" s="29"/>
+      <c r="C138" s="30"/>
       <c r="D138" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E138" s="13">
         <v>40.380000000000003</v>
       </c>
       <c r="F138" s="13">
         <v>38.99</v>
       </c>
       <c r="G138" s="39">
         <v>38.299999999999997</v>
       </c>
-      <c r="H138" s="18"/>
+      <c r="H138" s="22"/>
       <c r="I138" s="13">
         <v>41.55</v>
       </c>
       <c r="J138" s="13">
-        <v>39.72</v>
-[...4 lines deleted...]
-      <c r="C139" s="33"/>
+        <v>40.29</v>
+      </c>
+    </row>
+    <row r="139" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B139" s="29"/>
+      <c r="C139" s="30"/>
       <c r="D139" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E139" s="13">
         <v>642.77</v>
       </c>
       <c r="F139" s="13">
         <v>504.19</v>
       </c>
       <c r="G139" s="39">
         <v>401.87</v>
       </c>
-      <c r="H139" s="18"/>
+      <c r="H139" s="22"/>
       <c r="I139" s="13">
         <v>291.94</v>
       </c>
       <c r="J139" s="13">
-        <v>254.96</v>
-[...4 lines deleted...]
-      <c r="C140" s="33"/>
+        <v>255.6</v>
+      </c>
+    </row>
+    <row r="140" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B140" s="29"/>
+      <c r="C140" s="30"/>
       <c r="D140" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E140" s="14">
         <v>774.56</v>
       </c>
       <c r="F140" s="14">
         <v>639.62</v>
       </c>
       <c r="G140" s="40">
         <v>531.6</v>
       </c>
-      <c r="H140" s="18"/>
+      <c r="H140" s="22"/>
       <c r="I140" s="14">
         <v>420.6</v>
       </c>
       <c r="J140" s="14">
-        <v>367.39</v>
-[...4 lines deleted...]
-      <c r="C141" s="35"/>
+        <v>368.74</v>
+      </c>
+    </row>
+    <row r="141" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B141" s="31"/>
+      <c r="C141" s="32"/>
       <c r="D141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F141" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G141" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H141" s="18"/>
+      <c r="G141" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H141" s="22"/>
       <c r="I141" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J141" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="142" spans="2:10" ht="15.95">
-      <c r="B142" s="23" t="s">
+    <row r="142" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B142" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="C142" s="31"/>
+      <c r="C142" s="28"/>
       <c r="D142" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E142" s="13">
         <v>18.64</v>
       </c>
       <c r="F142" s="13">
         <v>16.149999999999999</v>
       </c>
       <c r="G142" s="39">
         <v>15.75</v>
       </c>
-      <c r="H142" s="18"/>
+      <c r="H142" s="22"/>
       <c r="I142" s="13">
         <v>12.46</v>
       </c>
       <c r="J142" s="13">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="C143" s="33"/>
+        <v>11.18</v>
+      </c>
+    </row>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B143" s="29"/>
+      <c r="C143" s="30"/>
       <c r="D143" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E143" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F143" s="13">
         <v>8.1</v>
       </c>
       <c r="G143" s="39">
         <v>10.75</v>
       </c>
-      <c r="H143" s="18"/>
+      <c r="H143" s="22"/>
       <c r="I143" s="13">
         <v>8.3800000000000008</v>
       </c>
       <c r="J143" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="144" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C144" s="33"/>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B144" s="29"/>
+      <c r="C144" s="30"/>
       <c r="D144" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F144" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G144" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H144" s="18"/>
+      <c r="G144" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144" s="22"/>
       <c r="I144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J144" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="145" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C145" s="33"/>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B145" s="29"/>
+      <c r="C145" s="30"/>
       <c r="D145" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E145" s="14">
         <v>19.91</v>
       </c>
       <c r="F145" s="14">
         <v>22.62</v>
       </c>
       <c r="G145" s="40">
         <v>26.67</v>
       </c>
-      <c r="H145" s="18"/>
+      <c r="H145" s="22"/>
       <c r="I145" s="14">
         <v>20.92</v>
       </c>
       <c r="J145" s="14">
-        <v>12.33</v>
-[...4 lines deleted...]
-      <c r="C146" s="35"/>
+        <v>13.33</v>
+      </c>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B146" s="31"/>
+      <c r="C146" s="32"/>
       <c r="D146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F146" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G146" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H146" s="18"/>
+      <c r="G146" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H146" s="22"/>
       <c r="I146" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J146" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="147" spans="2:10" ht="15.95">
-      <c r="B147" s="23" t="s">
+    <row r="147" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B147" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="C147" s="31"/>
+      <c r="C147" s="28"/>
       <c r="D147" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E147" s="13">
         <v>25.43</v>
       </c>
       <c r="F147" s="13">
         <v>23.73</v>
       </c>
       <c r="G147" s="39">
         <v>19.760000000000002</v>
       </c>
-      <c r="H147" s="18"/>
+      <c r="H147" s="22"/>
       <c r="I147" s="13">
         <v>19.010000000000002</v>
       </c>
       <c r="J147" s="13">
         <v>23.13</v>
       </c>
     </row>
-    <row r="148" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C148" s="33"/>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B148" s="29"/>
+      <c r="C148" s="30"/>
       <c r="D148" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E148" s="13">
         <v>20.22</v>
       </c>
       <c r="F148" s="13">
         <v>17.7</v>
       </c>
       <c r="G148" s="39">
         <v>23.54</v>
       </c>
-      <c r="H148" s="18"/>
+      <c r="H148" s="22"/>
       <c r="I148" s="13">
         <v>20.83</v>
       </c>
       <c r="J148" s="13">
-        <v>22.51</v>
-[...4 lines deleted...]
-      <c r="C149" s="33"/>
+        <v>22.65</v>
+      </c>
+    </row>
+    <row r="149" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B149" s="29"/>
+      <c r="C149" s="30"/>
       <c r="D149" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E149" s="13">
         <v>378.01</v>
       </c>
       <c r="F149" s="13">
         <v>308.38</v>
       </c>
       <c r="G149" s="39">
         <v>216.63</v>
       </c>
-      <c r="H149" s="18"/>
+      <c r="H149" s="22"/>
       <c r="I149" s="13">
         <v>184.9</v>
       </c>
       <c r="J149" s="13">
-        <v>182.09</v>
-[...4 lines deleted...]
-      <c r="C150" s="33"/>
+        <v>182.24</v>
+      </c>
+    </row>
+    <row r="150" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B150" s="29"/>
+      <c r="C150" s="30"/>
       <c r="D150" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E150" s="14">
         <v>423.44</v>
       </c>
       <c r="F150" s="14">
         <v>349.81</v>
       </c>
       <c r="G150" s="40">
         <v>259.93</v>
       </c>
-      <c r="H150" s="18"/>
+      <c r="H150" s="22"/>
       <c r="I150" s="14">
         <v>224.73</v>
       </c>
       <c r="J150" s="14">
-        <v>227.74</v>
-[...4 lines deleted...]
-      <c r="C151" s="35"/>
+        <v>228.02</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B151" s="31"/>
+      <c r="C151" s="32"/>
       <c r="D151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F151" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G151" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H151" s="18"/>
+      <c r="G151" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H151" s="22"/>
       <c r="I151" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J151" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="152" spans="2:10" ht="15.95">
-      <c r="B152" s="23" t="s">
+    <row r="152" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B152" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="C152" s="31"/>
+      <c r="C152" s="28"/>
       <c r="D152" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E152" s="13">
         <v>38.159999999999997</v>
       </c>
       <c r="F152" s="13">
         <v>49.09</v>
       </c>
       <c r="G152" s="39">
         <v>46.85</v>
       </c>
-      <c r="H152" s="18"/>
+      <c r="H152" s="22"/>
       <c r="I152" s="13">
         <v>56.95</v>
       </c>
       <c r="J152" s="13">
-        <v>72.069999999999993</v>
-[...4 lines deleted...]
-      <c r="C153" s="33"/>
+        <v>72.73</v>
+      </c>
+    </row>
+    <row r="153" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B153" s="29"/>
+      <c r="C153" s="30"/>
       <c r="D153" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E153" s="13">
         <v>451.37</v>
       </c>
       <c r="F153" s="13">
         <v>448.53</v>
       </c>
       <c r="G153" s="39">
         <v>439.93</v>
       </c>
-      <c r="H153" s="18"/>
+      <c r="H153" s="22"/>
       <c r="I153" s="13">
         <v>395.72</v>
       </c>
       <c r="J153" s="13">
-        <v>373.28</v>
-[...4 lines deleted...]
-      <c r="C154" s="33"/>
+        <v>376.64</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B154" s="29"/>
+      <c r="C154" s="30"/>
       <c r="D154" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E154" s="13">
         <v>66.31</v>
       </c>
       <c r="F154" s="13">
         <v>77.16</v>
       </c>
       <c r="G154" s="39">
         <v>89.73</v>
       </c>
-      <c r="H154" s="18"/>
+      <c r="H154" s="22"/>
       <c r="I154" s="13">
         <v>90.59</v>
       </c>
       <c r="J154" s="13">
-        <v>100.42</v>
-[...4 lines deleted...]
-      <c r="C155" s="33"/>
+        <v>100.93</v>
+      </c>
+    </row>
+    <row r="155" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B155" s="29"/>
+      <c r="C155" s="30"/>
       <c r="D155" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E155" s="14">
         <v>555.84</v>
       </c>
       <c r="F155" s="14">
         <v>574.78</v>
       </c>
       <c r="G155" s="40">
         <v>576.51</v>
       </c>
-      <c r="H155" s="18"/>
+      <c r="H155" s="22"/>
       <c r="I155" s="14">
         <v>543.27</v>
       </c>
       <c r="J155" s="14">
-        <v>545.77</v>
-[...4 lines deleted...]
-      <c r="C156" s="35"/>
+        <v>550.29999999999995</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B156" s="31"/>
+      <c r="C156" s="32"/>
       <c r="D156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G156" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H156" s="18"/>
+      <c r="G156" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H156" s="22"/>
       <c r="I156" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J156" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="157" spans="2:10" ht="15.95">
-      <c r="B157" s="23" t="s">
+    <row r="157" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B157" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="C157" s="31"/>
+      <c r="C157" s="28"/>
       <c r="D157" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E157" s="13">
         <v>211.22</v>
       </c>
       <c r="F157" s="13">
         <v>216.42</v>
       </c>
       <c r="G157" s="39">
         <v>179.1</v>
       </c>
-      <c r="H157" s="18"/>
+      <c r="H157" s="22"/>
       <c r="I157" s="13">
         <v>167.49</v>
       </c>
       <c r="J157" s="13">
-        <v>144.55000000000001</v>
-[...4 lines deleted...]
-      <c r="C158" s="33"/>
+        <v>145.06</v>
+      </c>
+    </row>
+    <row r="158" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B158" s="29"/>
+      <c r="C158" s="30"/>
       <c r="D158" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E158" s="13">
         <v>602.04</v>
       </c>
       <c r="F158" s="13">
         <v>549</v>
       </c>
       <c r="G158" s="39">
         <v>527</v>
       </c>
-      <c r="H158" s="18"/>
+      <c r="H158" s="22"/>
       <c r="I158" s="13">
         <v>562.66999999999996</v>
       </c>
       <c r="J158" s="13">
-        <v>604.87</v>
-[...4 lines deleted...]
-      <c r="C159" s="33"/>
+        <v>612.13</v>
+      </c>
+    </row>
+    <row r="159" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B159" s="29"/>
+      <c r="C159" s="30"/>
       <c r="D159" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E159" s="13">
         <v>336.89</v>
       </c>
       <c r="F159" s="13">
         <v>317.82</v>
       </c>
       <c r="G159" s="39">
         <v>269.82</v>
       </c>
-      <c r="H159" s="18"/>
+      <c r="H159" s="22"/>
       <c r="I159" s="13">
         <v>258.35000000000002</v>
       </c>
       <c r="J159" s="13">
-        <v>227.97</v>
-[...4 lines deleted...]
-      <c r="C160" s="33"/>
+        <v>228.92</v>
+      </c>
+    </row>
+    <row r="160" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B160" s="29"/>
+      <c r="C160" s="30"/>
       <c r="D160" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E160" s="14">
         <v>1150.1600000000001</v>
       </c>
       <c r="F160" s="14">
         <v>1083.24</v>
       </c>
       <c r="G160" s="40">
         <v>975.92</v>
       </c>
-      <c r="H160" s="18"/>
+      <c r="H160" s="22"/>
       <c r="I160" s="14">
         <v>988.51</v>
       </c>
       <c r="J160" s="14">
-        <v>977.39</v>
-[...4 lines deleted...]
-      <c r="C161" s="35"/>
+        <v>986.1</v>
+      </c>
+    </row>
+    <row r="161" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B161" s="31"/>
+      <c r="C161" s="32"/>
       <c r="D161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F161" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G161" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H161" s="18"/>
+      <c r="G161" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H161" s="22"/>
       <c r="I161" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J161" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="162" spans="2:10" ht="15.95">
-      <c r="B162" s="23" t="s">
+    <row r="162" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B162" s="20" t="s">
         <v>59</v>
       </c>
-      <c r="C162" s="31"/>
+      <c r="C162" s="28"/>
       <c r="D162" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E162" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F162" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G162" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H162" s="18"/>
+      <c r="G162" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H162" s="22"/>
       <c r="I162" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J162" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="163" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C163" s="33"/>
+    <row r="163" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B163" s="29"/>
+      <c r="C163" s="30"/>
       <c r="D163" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E163" s="13">
         <v>15.6</v>
       </c>
       <c r="F163" s="13">
         <v>13</v>
       </c>
       <c r="G163" s="39">
         <v>20.6</v>
       </c>
-      <c r="H163" s="18"/>
+      <c r="H163" s="22"/>
       <c r="I163" s="13">
         <v>20</v>
       </c>
       <c r="J163" s="13">
-        <v>17.600000000000001</v>
-[...4 lines deleted...]
-      <c r="C164" s="33"/>
+        <v>19.600000000000001</v>
+      </c>
+    </row>
+    <row r="164" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B164" s="29"/>
+      <c r="C164" s="30"/>
       <c r="D164" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E164" s="13">
         <v>12</v>
       </c>
       <c r="F164" s="13">
         <v>19.399999999999999</v>
       </c>
       <c r="G164" s="39">
         <v>33.799999999999997</v>
       </c>
-      <c r="H164" s="18"/>
+      <c r="H164" s="22"/>
       <c r="I164" s="13">
         <v>36</v>
       </c>
       <c r="J164" s="13">
         <v>38.6</v>
       </c>
     </row>
-    <row r="165" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C165" s="33"/>
+    <row r="165" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B165" s="29"/>
+      <c r="C165" s="30"/>
       <c r="D165" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E165" s="14">
         <v>31</v>
       </c>
       <c r="F165" s="14">
         <v>35.4</v>
       </c>
       <c r="G165" s="40">
         <v>57.6</v>
       </c>
-      <c r="H165" s="18"/>
+      <c r="H165" s="22"/>
       <c r="I165" s="14">
         <v>58.8</v>
       </c>
       <c r="J165" s="14">
-        <v>58.6</v>
-[...4 lines deleted...]
-      <c r="C166" s="35"/>
+        <v>60.6</v>
+      </c>
+    </row>
+    <row r="166" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B166" s="31"/>
+      <c r="C166" s="32"/>
       <c r="D166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F166" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G166" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H166" s="18"/>
+      <c r="G166" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H166" s="22"/>
       <c r="I166" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J166" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="167" spans="2:10" ht="15.95">
-      <c r="B167" s="23" t="s">
+    <row r="167" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B167" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="C167" s="31"/>
+      <c r="C167" s="28"/>
       <c r="D167" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E167" s="13">
         <v>13.5</v>
       </c>
       <c r="F167" s="13">
         <v>14.5</v>
       </c>
       <c r="G167" s="39">
         <v>12.75</v>
       </c>
-      <c r="H167" s="18"/>
+      <c r="H167" s="22"/>
       <c r="I167" s="13">
         <v>8.25</v>
       </c>
       <c r="J167" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="168" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C168" s="33"/>
+    <row r="168" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B168" s="29"/>
+      <c r="C168" s="30"/>
       <c r="D168" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E168" s="13">
         <v>16.25</v>
       </c>
       <c r="F168" s="13">
         <v>35</v>
       </c>
       <c r="G168" s="39">
         <v>25</v>
       </c>
-      <c r="H168" s="18"/>
+      <c r="H168" s="22"/>
       <c r="I168" s="13">
         <v>18.75</v>
       </c>
       <c r="J168" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="169" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C169" s="33"/>
+    <row r="169" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B169" s="29"/>
+      <c r="C169" s="30"/>
       <c r="D169" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E169" s="13">
         <v>37.25</v>
       </c>
       <c r="F169" s="13">
         <v>21</v>
       </c>
       <c r="G169" s="39">
         <v>22</v>
       </c>
-      <c r="H169" s="18"/>
+      <c r="H169" s="22"/>
       <c r="I169" s="13">
         <v>25.5</v>
       </c>
       <c r="J169" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="170" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C170" s="33"/>
+    <row r="170" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B170" s="29"/>
+      <c r="C170" s="30"/>
       <c r="D170" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E170" s="14">
         <v>67</v>
       </c>
       <c r="F170" s="14">
         <v>70.5</v>
       </c>
       <c r="G170" s="40">
         <v>59.75</v>
       </c>
-      <c r="H170" s="18"/>
+      <c r="H170" s="22"/>
       <c r="I170" s="14">
         <v>52.5</v>
       </c>
       <c r="J170" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="171" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C171" s="35"/>
+    <row r="171" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B171" s="31"/>
+      <c r="C171" s="32"/>
       <c r="D171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F171" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G171" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H171" s="18"/>
+      <c r="G171" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H171" s="22"/>
       <c r="I171" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J171" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="172" spans="2:10" ht="15.95">
-      <c r="B172" s="23" t="s">
+    <row r="172" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B172" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="C172" s="31"/>
+      <c r="C172" s="28"/>
       <c r="D172" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E172" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F172" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="G172" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H172" s="18"/>
+      <c r="G172" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H172" s="22"/>
       <c r="I172" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J172" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="173" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C173" s="33"/>
+    <row r="173" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B173" s="29"/>
+      <c r="C173" s="30"/>
       <c r="D173" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E173" s="13">
         <v>31.77</v>
       </c>
       <c r="F173" s="13">
         <v>25.05</v>
       </c>
       <c r="G173" s="39">
         <v>29.13</v>
       </c>
-      <c r="H173" s="18"/>
+      <c r="H173" s="22"/>
       <c r="I173" s="13">
         <v>25.87</v>
       </c>
       <c r="J173" s="13">
-        <v>32.56</v>
-[...4 lines deleted...]
-      <c r="C174" s="33"/>
+        <v>31.96</v>
+      </c>
+    </row>
+    <row r="174" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B174" s="29"/>
+      <c r="C174" s="30"/>
       <c r="D174" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E174" s="13">
         <v>16.899999999999999</v>
       </c>
       <c r="F174" s="13">
         <v>18.899999999999999</v>
       </c>
       <c r="G174" s="39">
         <v>18.43</v>
       </c>
-      <c r="H174" s="18"/>
+      <c r="H174" s="22"/>
       <c r="I174" s="13">
         <v>12.39</v>
       </c>
       <c r="J174" s="13">
-        <v>13.12</v>
-[...4 lines deleted...]
-      <c r="C175" s="33"/>
+        <v>13.62</v>
+      </c>
+    </row>
+    <row r="175" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B175" s="29"/>
+      <c r="C175" s="30"/>
       <c r="D175" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E175" s="14">
         <v>50.27</v>
       </c>
       <c r="F175" s="14">
         <v>48.05</v>
       </c>
       <c r="G175" s="40">
         <v>50.3</v>
       </c>
-      <c r="H175" s="18"/>
+      <c r="H175" s="22"/>
       <c r="I175" s="14">
         <v>42.3</v>
       </c>
       <c r="J175" s="14">
-        <v>49.68</v>
-[...4 lines deleted...]
-      <c r="C176" s="35"/>
+        <v>49.46</v>
+      </c>
+    </row>
+    <row r="176" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B176" s="31"/>
+      <c r="C176" s="32"/>
       <c r="D176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F176" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G176" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H176" s="18"/>
+      <c r="G176" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H176" s="22"/>
       <c r="I176" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J176" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="177" spans="2:10" ht="15.95">
-      <c r="B177" s="23" t="s">
+    <row r="177" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B177" s="20" t="s">
         <v>62</v>
       </c>
-      <c r="C177" s="31"/>
+      <c r="C177" s="28"/>
       <c r="D177" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E177" s="13">
         <v>12</v>
       </c>
       <c r="F177" s="13">
         <v>10</v>
       </c>
       <c r="G177" s="39">
         <v>10.33</v>
       </c>
-      <c r="H177" s="18"/>
+      <c r="H177" s="22"/>
       <c r="I177" s="13">
         <v>17</v>
       </c>
       <c r="J177" s="13">
         <v>22.25</v>
       </c>
     </row>
-    <row r="178" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C178" s="33"/>
+    <row r="178" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B178" s="29"/>
+      <c r="C178" s="30"/>
       <c r="D178" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E178" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F178" s="13">
         <v>5.67</v>
       </c>
       <c r="G178" s="39">
         <v>7</v>
       </c>
-      <c r="H178" s="18"/>
+      <c r="H178" s="22"/>
       <c r="I178" s="13">
         <v>13.25</v>
       </c>
       <c r="J178" s="13">
-        <v>11.5</v>
-[...4 lines deleted...]
-      <c r="C179" s="33"/>
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="179" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B179" s="29"/>
+      <c r="C179" s="30"/>
       <c r="D179" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E179" s="13">
         <v>27</v>
       </c>
       <c r="F179" s="13">
         <v>17.670000000000002</v>
       </c>
       <c r="G179" s="39">
         <v>21</v>
       </c>
-      <c r="H179" s="18"/>
+      <c r="H179" s="22"/>
       <c r="I179" s="13">
         <v>22.5</v>
       </c>
       <c r="J179" s="13">
         <v>24</v>
       </c>
     </row>
-    <row r="180" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C180" s="33"/>
+    <row r="180" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B180" s="29"/>
+      <c r="C180" s="30"/>
       <c r="D180" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E180" s="14">
         <v>41.33</v>
       </c>
       <c r="F180" s="14">
         <v>33.33</v>
       </c>
       <c r="G180" s="40">
         <v>38.33</v>
       </c>
-      <c r="H180" s="18"/>
+      <c r="H180" s="22"/>
       <c r="I180" s="14">
         <v>52.75</v>
       </c>
       <c r="J180" s="14">
-        <v>57.75</v>
-[...4 lines deleted...]
-      <c r="C181" s="35"/>
+        <v>58.75</v>
+      </c>
+    </row>
+    <row r="181" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B181" s="31"/>
+      <c r="C181" s="32"/>
       <c r="D181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F181" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G181" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H181" s="18"/>
+      <c r="G181" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H181" s="22"/>
       <c r="I181" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J181" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="182" spans="2:10" ht="15.95">
-      <c r="B182" s="23" t="s">
+    <row r="182" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B182" s="20" t="s">
         <v>63</v>
       </c>
-      <c r="C182" s="31"/>
+      <c r="C182" s="28"/>
       <c r="D182" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E182" s="13">
         <v>22.22</v>
       </c>
       <c r="F182" s="13">
         <v>18</v>
       </c>
       <c r="G182" s="39">
         <v>18.55</v>
       </c>
-      <c r="H182" s="18"/>
+      <c r="H182" s="22"/>
       <c r="I182" s="13">
         <v>12.36</v>
       </c>
       <c r="J182" s="13">
-        <v>13.18</v>
-[...4 lines deleted...]
-      <c r="C183" s="33"/>
+        <v>13.82</v>
+      </c>
+    </row>
+    <row r="183" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B183" s="29"/>
+      <c r="C183" s="30"/>
       <c r="D183" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E183" s="13">
         <v>37.89</v>
       </c>
       <c r="F183" s="13">
         <v>37.799999999999997</v>
       </c>
       <c r="G183" s="39">
         <v>28.55</v>
       </c>
-      <c r="H183" s="18"/>
+      <c r="H183" s="22"/>
       <c r="I183" s="13">
         <v>30.82</v>
       </c>
       <c r="J183" s="13">
-        <v>27.45</v>
-[...4 lines deleted...]
-      <c r="C184" s="33"/>
+        <v>28.45</v>
+      </c>
+    </row>
+    <row r="184" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B184" s="29"/>
+      <c r="C184" s="30"/>
       <c r="D184" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E184" s="13">
         <v>57.78</v>
       </c>
       <c r="F184" s="13">
         <v>47.7</v>
       </c>
       <c r="G184" s="39">
         <v>60.73</v>
       </c>
-      <c r="H184" s="18"/>
+      <c r="H184" s="22"/>
       <c r="I184" s="13">
         <v>67.64</v>
       </c>
       <c r="J184" s="13">
-        <v>59.55</v>
-[...4 lines deleted...]
-      <c r="C185" s="33"/>
+        <v>60.36</v>
+      </c>
+    </row>
+    <row r="185" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B185" s="29"/>
+      <c r="C185" s="30"/>
       <c r="D185" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E185" s="14">
         <v>117.89</v>
       </c>
       <c r="F185" s="14">
         <v>103.5</v>
       </c>
       <c r="G185" s="40">
         <v>107.82</v>
       </c>
-      <c r="H185" s="18"/>
+      <c r="H185" s="22"/>
       <c r="I185" s="14">
         <v>110.82</v>
       </c>
       <c r="J185" s="14">
-        <v>100.18</v>
-[...4 lines deleted...]
-      <c r="C186" s="35"/>
+        <v>102.64</v>
+      </c>
+    </row>
+    <row r="186" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B186" s="31"/>
+      <c r="C186" s="32"/>
       <c r="D186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F186" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G186" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H186" s="18"/>
+      <c r="G186" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H186" s="22"/>
       <c r="I186" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J186" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="187" spans="2:10" ht="15.95">
-      <c r="B187" s="23" t="s">
+    <row r="187" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B187" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="C187" s="31"/>
+      <c r="C187" s="28"/>
       <c r="D187" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E187" s="13">
         <v>225.81</v>
       </c>
       <c r="F187" s="13">
         <v>205.67</v>
       </c>
       <c r="G187" s="39">
         <v>213.92</v>
       </c>
-      <c r="H187" s="18"/>
+      <c r="H187" s="22"/>
       <c r="I187" s="13">
         <v>222.15</v>
       </c>
       <c r="J187" s="13">
-        <v>185.61</v>
-[...4 lines deleted...]
-      <c r="C188" s="33"/>
+        <v>186.19</v>
+      </c>
+    </row>
+    <row r="188" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B188" s="29"/>
+      <c r="C188" s="30"/>
       <c r="D188" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E188" s="13">
         <v>75.63</v>
       </c>
       <c r="F188" s="13">
         <v>80.16</v>
       </c>
       <c r="G188" s="39">
         <v>72.040000000000006</v>
       </c>
-      <c r="H188" s="18"/>
+      <c r="H188" s="22"/>
       <c r="I188" s="13">
         <v>65.73</v>
       </c>
       <c r="J188" s="13">
-        <v>55.28</v>
-[...4 lines deleted...]
-      <c r="C189" s="33"/>
+        <v>56.42</v>
+      </c>
+    </row>
+    <row r="189" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B189" s="29"/>
+      <c r="C189" s="30"/>
       <c r="D189" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E189" s="13">
         <v>189.59</v>
       </c>
       <c r="F189" s="13">
         <v>210.59</v>
       </c>
       <c r="G189" s="39">
         <v>201.62</v>
       </c>
-      <c r="H189" s="18"/>
+      <c r="H189" s="22"/>
       <c r="I189" s="13">
         <v>194.87</v>
       </c>
       <c r="J189" s="13">
-        <v>169.41</v>
-[...4 lines deleted...]
-      <c r="C190" s="33"/>
+        <v>170.23</v>
+      </c>
+    </row>
+    <row r="190" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B190" s="29"/>
+      <c r="C190" s="30"/>
       <c r="D190" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E190" s="14">
         <v>491.02</v>
       </c>
       <c r="F190" s="14">
         <v>496.42</v>
       </c>
       <c r="G190" s="40">
         <v>487.58</v>
       </c>
-      <c r="H190" s="18"/>
+      <c r="H190" s="22"/>
       <c r="I190" s="14">
         <v>482.75</v>
       </c>
       <c r="J190" s="14">
-        <v>410.31</v>
-[...4 lines deleted...]
-      <c r="C191" s="35"/>
+        <v>412.84</v>
+      </c>
+    </row>
+    <row r="191" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B191" s="31"/>
+      <c r="C191" s="32"/>
       <c r="D191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F191" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G191" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H191" s="18"/>
+      <c r="G191" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H191" s="22"/>
       <c r="I191" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J191" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="192" spans="2:10" ht="15.95">
-      <c r="B192" s="23" t="s">
+    <row r="192" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B192" s="20" t="s">
         <v>65</v>
       </c>
-      <c r="C192" s="31"/>
+      <c r="C192" s="28"/>
       <c r="D192" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G192" s="39">
         <v>6</v>
       </c>
-      <c r="H192" s="18"/>
+      <c r="H192" s="22"/>
       <c r="I192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J192" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="193" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C193" s="33"/>
+    <row r="193" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B193" s="29"/>
+      <c r="C193" s="30"/>
       <c r="D193" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E193" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F193" s="13">
         <v>7</v>
       </c>
       <c r="G193" s="39">
         <v>20</v>
       </c>
-      <c r="H193" s="18"/>
+      <c r="H193" s="22"/>
       <c r="I193" s="13">
         <v>11</v>
       </c>
       <c r="J193" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="194" spans="2:10" ht="15.75">
-[...1 lines deleted...]
-      <c r="C194" s="33"/>
+    <row r="194" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B194" s="29"/>
+      <c r="C194" s="30"/>
       <c r="D194" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E194" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F194" s="13">
         <v>59</v>
       </c>
       <c r="G194" s="39">
         <v>123</v>
       </c>
-      <c r="H194" s="18"/>
+      <c r="H194" s="22"/>
       <c r="I194" s="13">
         <v>7</v>
       </c>
       <c r="J194" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="195" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C195" s="33"/>
+    <row r="195" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B195" s="29"/>
+      <c r="C195" s="30"/>
       <c r="D195" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E195" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F195" s="14">
         <v>68</v>
       </c>
       <c r="G195" s="40">
         <v>149</v>
       </c>
-      <c r="H195" s="18"/>
+      <c r="H195" s="22"/>
       <c r="I195" s="14">
         <v>20</v>
       </c>
       <c r="J195" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="196" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C196" s="35"/>
+    <row r="196" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B196" s="31"/>
+      <c r="C196" s="32"/>
       <c r="D196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F196" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G196" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H196" s="18"/>
+      <c r="G196" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H196" s="22"/>
       <c r="I196" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J196" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="197" spans="2:10" ht="15.95">
-      <c r="B197" s="23" t="s">
+    <row r="197" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B197" s="20" t="s">
         <v>66</v>
       </c>
-      <c r="C197" s="31"/>
+      <c r="C197" s="28"/>
       <c r="D197" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E197" s="13">
         <v>6</v>
       </c>
       <c r="F197" s="13">
         <v>6.94</v>
       </c>
       <c r="G197" s="39">
         <v>11.02</v>
       </c>
-      <c r="H197" s="18"/>
+      <c r="H197" s="22"/>
       <c r="I197" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J197" s="13">
         <v>13.1</v>
       </c>
     </row>
-    <row r="198" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C198" s="33"/>
+    <row r="198" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B198" s="29"/>
+      <c r="C198" s="30"/>
       <c r="D198" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E198" s="13">
         <v>31.58</v>
       </c>
       <c r="F198" s="13">
         <v>37.82</v>
       </c>
       <c r="G198" s="39">
         <v>29.3</v>
       </c>
-      <c r="H198" s="18"/>
+      <c r="H198" s="22"/>
       <c r="I198" s="13">
         <v>21.48</v>
       </c>
       <c r="J198" s="13">
-        <v>47.8</v>
-[...4 lines deleted...]
-      <c r="C199" s="33"/>
+        <v>47.81</v>
+      </c>
+    </row>
+    <row r="199" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B199" s="29"/>
+      <c r="C199" s="30"/>
       <c r="D199" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E199" s="13">
         <v>274.26</v>
       </c>
       <c r="F199" s="13">
         <v>246.65</v>
       </c>
       <c r="G199" s="39">
         <v>160.18</v>
       </c>
-      <c r="H199" s="18"/>
+      <c r="H199" s="22"/>
       <c r="I199" s="13">
         <v>19.690000000000001</v>
       </c>
       <c r="J199" s="13">
-        <v>304.13</v>
-[...4 lines deleted...]
-      <c r="C200" s="33"/>
+        <v>304.55</v>
+      </c>
+    </row>
+    <row r="200" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B200" s="29"/>
+      <c r="C200" s="30"/>
       <c r="D200" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E200" s="14">
         <v>308.08999999999997</v>
       </c>
       <c r="F200" s="14">
         <v>287.95</v>
       </c>
       <c r="G200" s="40">
         <v>200.3</v>
       </c>
-      <c r="H200" s="18"/>
+      <c r="H200" s="22"/>
       <c r="I200" s="14">
         <v>40.659999999999997</v>
       </c>
       <c r="J200" s="14">
-        <v>365.03</v>
-[...4 lines deleted...]
-      <c r="C201" s="35"/>
+        <v>365.46</v>
+      </c>
+    </row>
+    <row r="201" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B201" s="31"/>
+      <c r="C201" s="32"/>
       <c r="D201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F201" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G201" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H201" s="18"/>
+      <c r="G201" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H201" s="22"/>
       <c r="I201" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J201" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="202" spans="2:10" ht="15.95">
-      <c r="B202" s="23" t="s">
+    <row r="202" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B202" s="20" t="s">
         <v>67</v>
       </c>
-      <c r="C202" s="31"/>
+      <c r="C202" s="28"/>
       <c r="D202" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E202" s="13">
         <v>185.78</v>
       </c>
       <c r="F202" s="13">
         <v>186.31</v>
       </c>
       <c r="G202" s="39">
         <v>214.38</v>
       </c>
-      <c r="H202" s="18"/>
+      <c r="H202" s="22"/>
       <c r="I202" s="13">
         <v>211.76</v>
       </c>
       <c r="J202" s="13">
-        <v>180.69</v>
-[...4 lines deleted...]
-      <c r="C203" s="33"/>
+        <v>180.99</v>
+      </c>
+    </row>
+    <row r="203" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B203" s="29"/>
+      <c r="C203" s="30"/>
       <c r="D203" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E203" s="13">
         <v>389.98</v>
       </c>
       <c r="F203" s="13">
         <v>346.37</v>
       </c>
       <c r="G203" s="39">
         <v>310.23</v>
       </c>
-      <c r="H203" s="18"/>
+      <c r="H203" s="22"/>
       <c r="I203" s="13">
         <v>287.16000000000003</v>
       </c>
       <c r="J203" s="13">
-        <v>243.8</v>
-[...4 lines deleted...]
-      <c r="C204" s="33"/>
+        <v>246.57</v>
+      </c>
+    </row>
+    <row r="204" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B204" s="29"/>
+      <c r="C204" s="30"/>
       <c r="D204" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E204" s="13">
         <v>355.69</v>
       </c>
       <c r="F204" s="13">
         <v>380.79</v>
       </c>
       <c r="G204" s="39">
         <v>367.58</v>
       </c>
-      <c r="H204" s="18"/>
+      <c r="H204" s="22"/>
       <c r="I204" s="13">
         <v>367.93</v>
       </c>
       <c r="J204" s="13">
-        <v>310.99</v>
-[...4 lines deleted...]
-      <c r="C205" s="33"/>
+        <v>310.93</v>
+      </c>
+    </row>
+    <row r="205" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B205" s="29"/>
+      <c r="C205" s="30"/>
       <c r="D205" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E205" s="14">
         <v>929.52</v>
       </c>
       <c r="F205" s="14">
         <v>908.39</v>
       </c>
       <c r="G205" s="40">
         <v>892.19</v>
       </c>
-      <c r="H205" s="18"/>
+      <c r="H205" s="22"/>
       <c r="I205" s="14">
         <v>866.84</v>
       </c>
       <c r="J205" s="14">
-        <v>734.57</v>
-[...4 lines deleted...]
-      <c r="C206" s="35"/>
+        <v>738.49</v>
+      </c>
+    </row>
+    <row r="206" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B206" s="31"/>
+      <c r="C206" s="32"/>
       <c r="D206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F206" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G206" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H206" s="18"/>
+      <c r="G206" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H206" s="22"/>
       <c r="I206" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J206" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="207" spans="2:10" ht="15.95">
-      <c r="B207" s="23" t="s">
+    <row r="207" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B207" s="20" t="s">
         <v>68</v>
       </c>
-      <c r="C207" s="31"/>
+      <c r="C207" s="28"/>
       <c r="D207" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E207" s="13">
         <v>36.4</v>
       </c>
       <c r="F207" s="13">
         <v>20</v>
       </c>
       <c r="G207" s="39">
         <v>29.6</v>
       </c>
-      <c r="H207" s="18"/>
+      <c r="H207" s="22"/>
       <c r="I207" s="13">
         <v>27.5</v>
       </c>
       <c r="J207" s="13">
         <v>27.67</v>
       </c>
     </row>
-    <row r="208" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C208" s="33"/>
+    <row r="208" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B208" s="29"/>
+      <c r="C208" s="30"/>
       <c r="D208" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="13">
         <v>72</v>
       </c>
       <c r="F208" s="13">
         <v>53.4</v>
       </c>
       <c r="G208" s="39">
         <v>61</v>
       </c>
-      <c r="H208" s="18"/>
+      <c r="H208" s="22"/>
       <c r="I208" s="13">
         <v>61.83</v>
       </c>
       <c r="J208" s="13">
-        <v>62.5</v>
-[...4 lines deleted...]
-      <c r="C209" s="33"/>
+        <v>63.83</v>
+      </c>
+    </row>
+    <row r="209" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B209" s="29"/>
+      <c r="C209" s="30"/>
       <c r="D209" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E209" s="13">
         <v>69.400000000000006</v>
       </c>
       <c r="F209" s="13">
         <v>67.599999999999994</v>
       </c>
       <c r="G209" s="39">
         <v>61.8</v>
       </c>
-      <c r="H209" s="18"/>
+      <c r="H209" s="22"/>
       <c r="I209" s="13">
         <v>64.5</v>
       </c>
       <c r="J209" s="13">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="C210" s="33"/>
+        <v>65.33</v>
+      </c>
+    </row>
+    <row r="210" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B210" s="29"/>
+      <c r="C210" s="30"/>
       <c r="D210" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E210" s="14">
         <v>177.8</v>
       </c>
       <c r="F210" s="14">
         <v>141</v>
       </c>
       <c r="G210" s="40">
         <v>152.4</v>
       </c>
-      <c r="H210" s="18"/>
+      <c r="H210" s="22"/>
       <c r="I210" s="14">
         <v>153.83000000000001</v>
       </c>
       <c r="J210" s="14">
-        <v>155.16999999999999</v>
-[...4 lines deleted...]
-      <c r="C211" s="35"/>
+        <v>156.83000000000001</v>
+      </c>
+    </row>
+    <row r="211" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B211" s="31"/>
+      <c r="C211" s="32"/>
       <c r="D211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F211" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G211" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H211" s="18"/>
+      <c r="G211" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H211" s="22"/>
       <c r="I211" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J211" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="212" spans="2:10" ht="15.95">
-      <c r="B212" s="23" t="s">
+    <row r="212" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B212" s="20" t="s">
         <v>69</v>
       </c>
-      <c r="C212" s="31"/>
+      <c r="C212" s="28"/>
       <c r="D212" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E212" s="13">
         <v>15</v>
       </c>
       <c r="F212" s="13">
         <v>8.25</v>
       </c>
       <c r="G212" s="39">
         <v>9.5</v>
       </c>
-      <c r="H212" s="18"/>
+      <c r="H212" s="22"/>
       <c r="I212" s="13">
         <v>14</v>
       </c>
       <c r="J212" s="13">
         <v>13.33</v>
       </c>
     </row>
-    <row r="213" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C213" s="33"/>
+    <row r="213" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B213" s="29"/>
+      <c r="C213" s="30"/>
       <c r="D213" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E213" s="13">
         <v>67</v>
       </c>
       <c r="F213" s="13">
         <v>61</v>
       </c>
       <c r="G213" s="39">
         <v>60.75</v>
       </c>
-      <c r="H213" s="18"/>
+      <c r="H213" s="22"/>
       <c r="I213" s="13">
         <v>52.75</v>
       </c>
       <c r="J213" s="13">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="C214" s="33"/>
+        <v>59</v>
+      </c>
+    </row>
+    <row r="214" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B214" s="29"/>
+      <c r="C214" s="30"/>
       <c r="D214" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E214" s="13">
         <v>23.75</v>
       </c>
       <c r="F214" s="13">
         <v>17.5</v>
       </c>
       <c r="G214" s="39">
         <v>19.5</v>
       </c>
-      <c r="H214" s="18"/>
+      <c r="H214" s="22"/>
       <c r="I214" s="13">
         <v>25.25</v>
       </c>
       <c r="J214" s="13">
-        <v>29.33</v>
-[...4 lines deleted...]
-      <c r="C215" s="33"/>
+        <v>29.67</v>
+      </c>
+    </row>
+    <row r="215" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B215" s="29"/>
+      <c r="C215" s="30"/>
       <c r="D215" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E215" s="14">
         <v>105.75</v>
       </c>
       <c r="F215" s="14">
         <v>86.75</v>
       </c>
       <c r="G215" s="40">
         <v>89.75</v>
       </c>
-      <c r="H215" s="18"/>
+      <c r="H215" s="22"/>
       <c r="I215" s="14">
         <v>92</v>
       </c>
       <c r="J215" s="14">
-        <v>100.67</v>
-[...4 lines deleted...]
-      <c r="C216" s="35"/>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="216" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B216" s="31"/>
+      <c r="C216" s="32"/>
       <c r="D216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F216" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G216" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H216" s="18"/>
+      <c r="G216" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H216" s="22"/>
       <c r="I216" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J216" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="217" spans="2:10" ht="15.95">
-      <c r="B217" s="23" t="s">
+    <row r="217" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B217" s="20" t="s">
         <v>70</v>
       </c>
-      <c r="C217" s="31"/>
+      <c r="C217" s="28"/>
       <c r="D217" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E217" s="13">
         <v>5.1100000000000003</v>
       </c>
       <c r="F217" s="13">
         <v>6.41</v>
       </c>
       <c r="G217" s="39">
         <v>9.3000000000000007</v>
       </c>
-      <c r="H217" s="18"/>
+      <c r="H217" s="22"/>
       <c r="I217" s="13">
         <v>6.47</v>
       </c>
       <c r="J217" s="13">
-        <v>5.71</v>
-[...4 lines deleted...]
-      <c r="C218" s="33"/>
+        <v>5.75</v>
+      </c>
+    </row>
+    <row r="218" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B218" s="29"/>
+      <c r="C218" s="30"/>
       <c r="D218" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E218" s="13">
         <v>30.11</v>
       </c>
       <c r="F218" s="13">
         <v>37.909999999999997</v>
       </c>
       <c r="G218" s="39">
         <v>36.700000000000003</v>
       </c>
-      <c r="H218" s="18"/>
+      <c r="H218" s="22"/>
       <c r="I218" s="13">
         <v>33.74</v>
       </c>
       <c r="J218" s="13">
-        <v>21.82</v>
-[...4 lines deleted...]
-      <c r="C219" s="33"/>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="219" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B219" s="29"/>
+      <c r="C219" s="30"/>
       <c r="D219" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E219" s="13">
         <v>24.37</v>
       </c>
       <c r="F219" s="13">
         <v>17.350000000000001</v>
       </c>
       <c r="G219" s="39">
         <v>19.84</v>
       </c>
-      <c r="H219" s="18"/>
+      <c r="H219" s="22"/>
       <c r="I219" s="13">
         <v>14.77</v>
       </c>
       <c r="J219" s="13">
-        <v>26.54</v>
-[...4 lines deleted...]
-      <c r="C220" s="33"/>
+        <v>28.43</v>
+      </c>
+    </row>
+    <row r="220" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B220" s="29"/>
+      <c r="C220" s="30"/>
       <c r="D220" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E220" s="14">
         <v>59.59</v>
       </c>
       <c r="F220" s="14">
         <v>61.68</v>
       </c>
       <c r="G220" s="40">
         <v>64.349999999999994</v>
       </c>
-      <c r="H220" s="18"/>
+      <c r="H220" s="22"/>
       <c r="I220" s="14">
         <v>54.77</v>
       </c>
       <c r="J220" s="14">
-        <v>54.07</v>
-[...4 lines deleted...]
-      <c r="C221" s="35"/>
+        <v>61.18</v>
+      </c>
+    </row>
+    <row r="221" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B221" s="31"/>
+      <c r="C221" s="32"/>
       <c r="D221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F221" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G221" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H221" s="18"/>
+      <c r="G221" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H221" s="22"/>
       <c r="I221" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J221" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="222" spans="2:10" ht="15.95">
-      <c r="B222" s="23" t="s">
+    <row r="222" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B222" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="C222" s="31"/>
+      <c r="C222" s="28"/>
       <c r="D222" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E222" s="13">
         <v>6.1</v>
       </c>
       <c r="F222" s="13">
         <v>7.81</v>
       </c>
       <c r="G222" s="39">
         <v>15.22</v>
       </c>
-      <c r="H222" s="18"/>
+      <c r="H222" s="22"/>
       <c r="I222" s="13">
         <v>12.56</v>
       </c>
       <c r="J222" s="13">
-        <v>17.190000000000001</v>
-[...4 lines deleted...]
-      <c r="C223" s="33"/>
+        <v>17.28</v>
+      </c>
+    </row>
+    <row r="223" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B223" s="29"/>
+      <c r="C223" s="30"/>
       <c r="D223" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E223" s="13">
         <v>27.41</v>
       </c>
       <c r="F223" s="13">
         <v>35.76</v>
       </c>
       <c r="G223" s="39">
         <v>45.44</v>
       </c>
-      <c r="H223" s="18"/>
+      <c r="H223" s="22"/>
       <c r="I223" s="13">
         <v>42.33</v>
       </c>
       <c r="J223" s="13">
-        <v>39.630000000000003</v>
-[...4 lines deleted...]
-      <c r="C224" s="33"/>
+        <v>40.619999999999997</v>
+      </c>
+    </row>
+    <row r="224" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B224" s="29"/>
+      <c r="C224" s="30"/>
       <c r="D224" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E224" s="13">
         <v>59.75</v>
       </c>
       <c r="F224" s="13">
         <v>68.349999999999994</v>
       </c>
       <c r="G224" s="39">
         <v>66.75</v>
       </c>
-      <c r="H224" s="18"/>
+      <c r="H224" s="22"/>
       <c r="I224" s="13">
         <v>75.62</v>
       </c>
       <c r="J224" s="13">
-        <v>81.88</v>
-[...4 lines deleted...]
-      <c r="C225" s="33"/>
+        <v>81.37</v>
+      </c>
+    </row>
+    <row r="225" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B225" s="29"/>
+      <c r="C225" s="30"/>
       <c r="D225" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E225" s="14">
         <v>93.19</v>
       </c>
       <c r="F225" s="14">
         <v>111.13</v>
       </c>
       <c r="G225" s="40">
         <v>127.41</v>
       </c>
-      <c r="H225" s="18"/>
+      <c r="H225" s="22"/>
       <c r="I225" s="14">
         <v>130.52000000000001</v>
       </c>
       <c r="J225" s="14">
-        <v>138.69999999999999</v>
-[...4 lines deleted...]
-      <c r="C226" s="35"/>
+        <v>139.06</v>
+      </c>
+    </row>
+    <row r="226" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B226" s="31"/>
+      <c r="C226" s="32"/>
       <c r="D226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F226" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G226" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H226" s="18"/>
+      <c r="G226" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H226" s="22"/>
       <c r="I226" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J226" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="227" spans="2:10" ht="15.95">
-      <c r="B227" s="23" t="s">
+    <row r="227" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B227" s="20" t="s">
         <v>72</v>
       </c>
-      <c r="C227" s="31"/>
+      <c r="C227" s="28"/>
       <c r="D227" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E227" s="13">
         <v>160.29</v>
       </c>
       <c r="F227" s="13">
         <v>180.28</v>
       </c>
       <c r="G227" s="39">
         <v>154.61000000000001</v>
       </c>
-      <c r="H227" s="18"/>
+      <c r="H227" s="22"/>
       <c r="I227" s="13">
         <v>131.09</v>
       </c>
       <c r="J227" s="13">
-        <v>112.41</v>
-[...4 lines deleted...]
-      <c r="C228" s="33"/>
+        <v>112.88</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B228" s="29"/>
+      <c r="C228" s="30"/>
       <c r="D228" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E228" s="13">
         <v>168.05</v>
       </c>
       <c r="F228" s="13">
         <v>189.21</v>
       </c>
       <c r="G228" s="39">
         <v>175.12</v>
       </c>
-      <c r="H228" s="18"/>
+      <c r="H228" s="22"/>
       <c r="I228" s="13">
         <v>159.52000000000001</v>
       </c>
       <c r="J228" s="13">
-        <v>139.19</v>
-[...4 lines deleted...]
-      <c r="C229" s="33"/>
+        <v>140.81</v>
+      </c>
+    </row>
+    <row r="229" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B229" s="29"/>
+      <c r="C229" s="30"/>
       <c r="D229" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E229" s="13">
         <v>443.59</v>
       </c>
       <c r="F229" s="13">
         <v>577.73</v>
       </c>
       <c r="G229" s="39">
         <v>529.73</v>
       </c>
-      <c r="H229" s="18"/>
+      <c r="H229" s="22"/>
       <c r="I229" s="13">
         <v>427.03</v>
       </c>
       <c r="J229" s="13">
-        <v>387.47</v>
-[...4 lines deleted...]
-      <c r="C230" s="33"/>
+        <v>388.46</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B230" s="29"/>
+      <c r="C230" s="30"/>
       <c r="D230" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E230" s="14">
         <v>771.93</v>
       </c>
       <c r="F230" s="14">
         <v>947.21</v>
       </c>
       <c r="G230" s="40">
         <v>859.46</v>
       </c>
-      <c r="H230" s="18"/>
+      <c r="H230" s="22"/>
       <c r="I230" s="14">
         <v>717.64</v>
       </c>
       <c r="J230" s="14">
-        <v>639.07000000000005</v>
-[...4 lines deleted...]
-      <c r="C231" s="35"/>
+        <v>642.15</v>
+      </c>
+    </row>
+    <row r="231" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B231" s="31"/>
+      <c r="C231" s="32"/>
       <c r="D231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F231" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G231" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H231" s="18"/>
+      <c r="G231" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H231" s="22"/>
       <c r="I231" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J231" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="232" spans="2:10" ht="15.95">
-      <c r="B232" s="23" t="s">
+    <row r="232" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B232" s="20" t="s">
         <v>73</v>
       </c>
-      <c r="C232" s="31"/>
+      <c r="C232" s="28"/>
       <c r="D232" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E232" s="13">
         <v>169.93</v>
       </c>
       <c r="F232" s="13">
         <v>177.11</v>
       </c>
       <c r="G232" s="39">
         <v>183.84</v>
       </c>
-      <c r="H232" s="18"/>
+      <c r="H232" s="22"/>
       <c r="I232" s="13">
         <v>151.21</v>
       </c>
       <c r="J232" s="13">
-        <v>154.82</v>
-[...4 lines deleted...]
-      <c r="C233" s="33"/>
+        <v>155.88</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B233" s="29"/>
+      <c r="C233" s="30"/>
       <c r="D233" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E233" s="13">
         <v>399.13</v>
       </c>
       <c r="F233" s="13">
         <v>425.51</v>
       </c>
       <c r="G233" s="39">
         <v>437.78</v>
       </c>
-      <c r="H233" s="18"/>
+      <c r="H233" s="22"/>
       <c r="I233" s="13">
         <v>464.83</v>
       </c>
       <c r="J233" s="13">
-        <v>413.65</v>
-[...4 lines deleted...]
-      <c r="C234" s="33"/>
+        <v>418.34</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B234" s="29"/>
+      <c r="C234" s="30"/>
       <c r="D234" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E234" s="13">
         <v>494.04</v>
       </c>
       <c r="F234" s="13">
         <v>519.29</v>
       </c>
       <c r="G234" s="39">
         <v>484.37</v>
       </c>
-      <c r="H234" s="18"/>
+      <c r="H234" s="22"/>
       <c r="I234" s="13">
         <v>444.98</v>
       </c>
       <c r="J234" s="13">
-        <v>419.57</v>
-[...4 lines deleted...]
-      <c r="C235" s="33"/>
+        <v>422.14</v>
+      </c>
+    </row>
+    <row r="235" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B235" s="29"/>
+      <c r="C235" s="30"/>
       <c r="D235" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E235" s="14">
         <v>1060.57</v>
       </c>
       <c r="F235" s="14">
         <v>1121.92</v>
       </c>
       <c r="G235" s="40">
         <v>1105.99</v>
       </c>
-      <c r="H235" s="18"/>
+      <c r="H235" s="22"/>
       <c r="I235" s="14">
         <v>1061.01</v>
       </c>
       <c r="J235" s="14">
-        <v>988.04</v>
-[...4 lines deleted...]
-      <c r="C236" s="35"/>
+        <v>996.36</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B236" s="31"/>
+      <c r="C236" s="32"/>
       <c r="D236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F236" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G236" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H236" s="18"/>
+      <c r="G236" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H236" s="22"/>
       <c r="I236" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J236" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="237" spans="2:10" ht="15.95">
-      <c r="B237" s="23" t="s">
+    <row r="237" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B237" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="C237" s="31"/>
+      <c r="C237" s="28"/>
       <c r="D237" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E237" s="13">
         <v>6.52</v>
       </c>
       <c r="F237" s="13">
         <v>7.44</v>
       </c>
       <c r="G237" s="39">
         <v>7</v>
       </c>
-      <c r="H237" s="18"/>
+      <c r="H237" s="22"/>
       <c r="I237" s="13">
         <v>7.72</v>
       </c>
       <c r="J237" s="11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="238" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C238" s="33"/>
+    <row r="238" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B238" s="29"/>
+      <c r="C238" s="30"/>
       <c r="D238" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E238" s="13">
         <v>48.39</v>
       </c>
       <c r="F238" s="13">
         <v>48.62</v>
       </c>
       <c r="G238" s="39">
         <v>49.59</v>
       </c>
-      <c r="H238" s="18"/>
+      <c r="H238" s="22"/>
       <c r="I238" s="13">
         <v>51.22</v>
       </c>
       <c r="J238" s="13">
-        <v>36.31</v>
-[...4 lines deleted...]
-      <c r="C239" s="33"/>
+        <v>37.67</v>
+      </c>
+    </row>
+    <row r="239" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B239" s="29"/>
+      <c r="C239" s="30"/>
       <c r="D239" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E239" s="13">
         <v>67.61</v>
       </c>
       <c r="F239" s="13">
         <v>92.03</v>
       </c>
       <c r="G239" s="39">
         <v>84.29</v>
       </c>
-      <c r="H239" s="18"/>
+      <c r="H239" s="22"/>
       <c r="I239" s="13">
         <v>90.25</v>
       </c>
       <c r="J239" s="13">
-        <v>81.67</v>
-[...4 lines deleted...]
-      <c r="C240" s="33"/>
+        <v>81.86</v>
+      </c>
+    </row>
+    <row r="240" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B240" s="29"/>
+      <c r="C240" s="30"/>
       <c r="D240" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E240" s="14">
         <v>122.52</v>
       </c>
       <c r="F240" s="14">
         <v>148.09</v>
       </c>
       <c r="G240" s="40">
         <v>140.88</v>
       </c>
-      <c r="H240" s="18"/>
+      <c r="H240" s="22"/>
       <c r="I240" s="14">
         <v>149.19</v>
       </c>
       <c r="J240" s="14">
-        <v>121.22</v>
-[...4 lines deleted...]
-      <c r="C241" s="35"/>
+        <v>122.78</v>
+      </c>
+    </row>
+    <row r="241" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B241" s="31"/>
+      <c r="C241" s="32"/>
       <c r="D241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F241" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G241" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H241" s="18"/>
+      <c r="G241" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H241" s="22"/>
       <c r="I241" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J241" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="242" spans="2:10" ht="15.95">
-      <c r="B242" s="23" t="s">
+    <row r="242" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B242" s="20" t="s">
         <v>75</v>
       </c>
-      <c r="C242" s="31"/>
+      <c r="C242" s="28"/>
       <c r="D242" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E242" s="13">
         <v>180.98</v>
       </c>
       <c r="F242" s="13">
         <v>155.13999999999999</v>
       </c>
       <c r="G242" s="39">
         <v>156.78</v>
       </c>
-      <c r="H242" s="18"/>
+      <c r="H242" s="22"/>
       <c r="I242" s="13">
         <v>148.9</v>
       </c>
       <c r="J242" s="13">
-        <v>138.12</v>
-[...4 lines deleted...]
-      <c r="C243" s="33"/>
+        <v>140.32</v>
+      </c>
+    </row>
+    <row r="243" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B243" s="29"/>
+      <c r="C243" s="30"/>
       <c r="D243" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E243" s="13">
         <v>163.44999999999999</v>
       </c>
       <c r="F243" s="13">
         <v>175.28</v>
       </c>
       <c r="G243" s="39">
         <v>174.26</v>
       </c>
-      <c r="H243" s="18"/>
+      <c r="H243" s="22"/>
       <c r="I243" s="13">
         <v>176.41</v>
       </c>
       <c r="J243" s="13">
-        <v>157.66</v>
-[...4 lines deleted...]
-      <c r="C244" s="33"/>
+        <v>164.95</v>
+      </c>
+    </row>
+    <row r="244" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B244" s="29"/>
+      <c r="C244" s="30"/>
       <c r="D244" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E244" s="13">
         <v>346.92</v>
       </c>
       <c r="F244" s="13">
         <v>333.14</v>
       </c>
       <c r="G244" s="39">
         <v>335.38</v>
       </c>
-      <c r="H244" s="18"/>
+      <c r="H244" s="22"/>
       <c r="I244" s="13">
         <v>349.56</v>
       </c>
       <c r="J244" s="13">
-        <v>337.62</v>
-[...4 lines deleted...]
-      <c r="C245" s="33"/>
+        <v>341.69</v>
+      </c>
+    </row>
+    <row r="245" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B245" s="29"/>
+      <c r="C245" s="30"/>
       <c r="D245" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E245" s="14">
         <v>688.16</v>
       </c>
       <c r="F245" s="14">
         <v>661.59</v>
       </c>
       <c r="G245" s="40">
         <v>663.45</v>
       </c>
-      <c r="H245" s="18"/>
+      <c r="H245" s="22"/>
       <c r="I245" s="14">
         <v>674.88</v>
       </c>
       <c r="J245" s="14">
-        <v>633.4</v>
-[...4 lines deleted...]
-      <c r="C246" s="35"/>
+        <v>646.96</v>
+      </c>
+    </row>
+    <row r="246" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B246" s="31"/>
+      <c r="C246" s="32"/>
       <c r="D246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F246" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G246" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H246" s="18"/>
+      <c r="G246" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H246" s="22"/>
       <c r="I246" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J246" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="247" spans="2:10" ht="15.95">
-      <c r="B247" s="23" t="s">
+    <row r="247" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B247" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="C247" s="31"/>
+      <c r="C247" s="28"/>
       <c r="D247" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E247" s="13">
         <v>31.28</v>
       </c>
       <c r="F247" s="13">
         <v>33.479999999999997</v>
       </c>
       <c r="G247" s="39">
         <v>28.56</v>
       </c>
-      <c r="H247" s="18"/>
+      <c r="H247" s="22"/>
       <c r="I247" s="13">
         <v>23.06</v>
       </c>
       <c r="J247" s="13">
         <v>19.93</v>
       </c>
     </row>
-    <row r="248" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C248" s="33"/>
+    <row r="248" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B248" s="29"/>
+      <c r="C248" s="30"/>
       <c r="D248" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E248" s="13">
         <v>27.05</v>
       </c>
       <c r="F248" s="13">
         <v>32.69</v>
       </c>
       <c r="G248" s="39">
         <v>43.67</v>
       </c>
-      <c r="H248" s="18"/>
+      <c r="H248" s="22"/>
       <c r="I248" s="13">
         <v>27.34</v>
       </c>
       <c r="J248" s="13">
-        <v>28.79</v>
-[...4 lines deleted...]
-      <c r="C249" s="33"/>
+        <v>28.81</v>
+      </c>
+    </row>
+    <row r="249" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B249" s="29"/>
+      <c r="C249" s="30"/>
       <c r="D249" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E249" s="13">
         <v>292.14999999999998</v>
       </c>
       <c r="F249" s="13">
         <v>265.97000000000003</v>
       </c>
       <c r="G249" s="39">
         <v>178.06</v>
       </c>
-      <c r="H249" s="18"/>
+      <c r="H249" s="22"/>
       <c r="I249" s="13">
         <v>160.52000000000001</v>
       </c>
       <c r="J249" s="13">
-        <v>132.16999999999999</v>
-[...4 lines deleted...]
-      <c r="C250" s="33"/>
+        <v>132.18</v>
+      </c>
+    </row>
+    <row r="250" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B250" s="29"/>
+      <c r="C250" s="30"/>
       <c r="D250" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E250" s="14">
         <v>350.48</v>
       </c>
       <c r="F250" s="14">
         <v>332.13</v>
       </c>
       <c r="G250" s="40">
         <v>250.28</v>
       </c>
-      <c r="H250" s="18"/>
+      <c r="H250" s="22"/>
       <c r="I250" s="14">
         <v>210.92</v>
       </c>
       <c r="J250" s="14">
-        <v>180.89</v>
-[...4 lines deleted...]
-      <c r="C251" s="35"/>
+        <v>180.91</v>
+      </c>
+    </row>
+    <row r="251" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B251" s="31"/>
+      <c r="C251" s="32"/>
       <c r="D251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F251" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G251" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H251" s="18"/>
+      <c r="G251" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H251" s="22"/>
       <c r="I251" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J251" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="252" spans="2:10" ht="15.95">
-      <c r="B252" s="23" t="s">
+    <row r="252" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B252" s="20" t="s">
         <v>77</v>
       </c>
-      <c r="C252" s="31"/>
+      <c r="C252" s="28"/>
       <c r="D252" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E252" s="13">
         <v>12.09</v>
       </c>
       <c r="F252" s="13">
         <v>11.93</v>
       </c>
       <c r="G252" s="39">
         <v>11.56</v>
       </c>
-      <c r="H252" s="18"/>
+      <c r="H252" s="22"/>
       <c r="I252" s="13">
         <v>6.13</v>
       </c>
       <c r="J252" s="13">
         <v>11.69</v>
       </c>
     </row>
-    <row r="253" spans="2:10" ht="15.95">
-[...1 lines deleted...]
-      <c r="C253" s="33"/>
+    <row r="253" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B253" s="29"/>
+      <c r="C253" s="30"/>
       <c r="D253" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E253" s="13">
         <v>34.119999999999997</v>
       </c>
       <c r="F253" s="13">
         <v>36.33</v>
       </c>
       <c r="G253" s="39">
         <v>34.35</v>
       </c>
-      <c r="H253" s="18"/>
+      <c r="H253" s="22"/>
       <c r="I253" s="13">
         <v>40.880000000000003</v>
       </c>
       <c r="J253" s="13">
-        <v>41.75</v>
-[...4 lines deleted...]
-      <c r="C254" s="33"/>
+        <v>42.12</v>
+      </c>
+    </row>
+    <row r="254" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B254" s="29"/>
+      <c r="C254" s="30"/>
       <c r="D254" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E254" s="13">
         <v>84.5</v>
       </c>
       <c r="F254" s="13">
         <v>72.989999999999995</v>
       </c>
       <c r="G254" s="39">
         <v>81.290000000000006</v>
       </c>
-      <c r="H254" s="18"/>
+      <c r="H254" s="22"/>
       <c r="I254" s="13">
         <v>93.29</v>
       </c>
       <c r="J254" s="13">
-        <v>85.36</v>
-[...4 lines deleted...]
-      <c r="C255" s="33"/>
+        <v>85.59</v>
+      </c>
+    </row>
+    <row r="255" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B255" s="29"/>
+      <c r="C255" s="30"/>
       <c r="D255" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E255" s="14">
         <v>130.71</v>
       </c>
       <c r="F255" s="14">
         <v>121.25</v>
       </c>
       <c r="G255" s="40">
         <v>127.19</v>
       </c>
-      <c r="H255" s="18"/>
+      <c r="H255" s="22"/>
       <c r="I255" s="14">
         <v>140.30000000000001</v>
       </c>
       <c r="J255" s="14">
-        <v>138.80000000000001</v>
-[...4 lines deleted...]
-      <c r="C256" s="35"/>
+        <v>139.41</v>
+      </c>
+    </row>
+    <row r="256" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B256" s="31"/>
+      <c r="C256" s="32"/>
       <c r="D256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F256" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="G256" s="37" t="s">
-[...2 lines deleted...]
-      <c r="H256" s="18"/>
+      <c r="G256" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H256" s="22"/>
       <c r="I256" s="10" t="s">
         <v>1</v>
       </c>
       <c r="J256" s="10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="257" spans="2:7" ht="18.75" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="B258" s="26" t="s">
+    <row r="257" spans="2:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="258" spans="2:7" ht="43.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B258" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="C258" s="41"/>
-[...6 lines deleted...]
-      <c r="B259" s="26" t="s">
+      <c r="C258" s="16"/>
+      <c r="D258" s="16"/>
+      <c r="E258" s="16"/>
+      <c r="F258" s="16"/>
+      <c r="G258" s="16"/>
+    </row>
+    <row r="259" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B259" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="C259" s="41"/>
-[...5 lines deleted...]
-    <row r="260" spans="2:7" ht="52.7" customHeight="1"/>
+      <c r="C259" s="16"/>
+      <c r="D259" s="16"/>
+      <c r="E259" s="16"/>
+      <c r="F259" s="16"/>
+      <c r="G259" s="16"/>
+    </row>
+    <row r="260" spans="2:7" ht="52.7" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="307">
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
     <mergeCell ref="B258:G258"/>
     <mergeCell ref="B259:G259"/>
     <mergeCell ref="B252:C256"/>
     <mergeCell ref="G252:H252"/>
     <mergeCell ref="G253:H253"/>
     <mergeCell ref="G254:H254"/>
     <mergeCell ref="G255:H255"/>
     <mergeCell ref="G256:H256"/>
     <mergeCell ref="B247:C251"/>
     <mergeCell ref="G247:H247"/>
     <mergeCell ref="G248:H248"/>
     <mergeCell ref="G249:H249"/>
     <mergeCell ref="G250:H250"/>
     <mergeCell ref="G251:H251"/>
-    <mergeCell ref="B242:C246"/>
-[...291 lines deleted...]
-    <mergeCell ref="G6:H6"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...59 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1337f9f3e733a35cbfd510f2441e7364" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Note_x002f_Other" minOccurs="0"/>
                 <xsd:element ref="ns2:LoginInformation" minOccurs="0"/>
@@ -20898,101 +20855,225 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
     <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-145136</_dlc_DocId>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162776</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
-      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-145136</Url>
-      <Description>TQ32YHM4J7VE-1507329340-145136</Description>
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162776</Url>
+      <Description>TQ32YHM4J7VE-1507329340-162776</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B9D2D6D-FA44-49E1-AD31-10A84FA3A062}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF3A5C1D-101C-4E3C-8888-A5623609012A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDD002FD-7E6D-4A5D-850A-D860CEAA1D6D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A80E907-001B-4A20-8D77-F9F9BCB23D51}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27991FC2-5DC1-4F2C-A75A-6B7013C26ED9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{926B7E29-5F66-4D87-BAEC-84E4D470F536}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E9716C0-67DF-49FE-9C06-CFA281BD88D3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14ACAC43-AC52-48DE-9D1A-E679992637EC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
+    <ds:schemaRef ds:uri="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Residency Overall</vt:lpstr>
+      <vt:lpstr>Residency Applicants</vt:lpstr>
+      <vt:lpstr>Residency Avg Apps</vt:lpstr>
+      <vt:lpstr>Residency Avg Apps Per Program</vt:lpstr>
+      <vt:lpstr>'Residency Applicants'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Residency Avg Apps'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Residency Avg Apps Per Program'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Residency Overall'!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Jena Wimsatt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>ddeecbbb-82c7-49fd-afc3-8efde9a91495</vt:lpwstr>
+    <vt:lpwstr>f2b0414a-d17f-4b81-9097-806254b16d13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>