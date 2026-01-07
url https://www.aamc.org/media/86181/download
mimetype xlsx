--- v2 (2025-12-18)
+++ v3 (2026-01-07)
@@ -1,420 +1,183 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B5BAD4C3-062E-45BD-8CA4-23A09590AFC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </bookViews>
   <sheets>
-    <sheet name="Residency Overall" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Residency Avg Apps Per Program" sheetId="4" r:id="rId4"/>
+    <sheet name="Residency Overall" sheetId="1" r:id="rId6"/>
+    <sheet name="Residency Applicants" sheetId="2" r:id="rId9"/>
+    <sheet name="Residency Avg Apps" sheetId="3" r:id="rId12"/>
+    <sheet name="Residency Avg Apps Per Program" sheetId="4" r:id="rId15"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Residency Overall'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Residency Applicants'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Residency Avg Apps'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Residency Avg Apps Per Program'!$1:$2</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Residency Overall'!$1:$2</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...246 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00;\-#,##0.00"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <numFmts count="3">
+    <numFmt numFmtId="82" formatCode="General"/>
+    <numFmt numFmtId="83" formatCode="[$-010409]#,##0;-#,##0"/>
+    <numFmt numFmtId="84" formatCode="[$-010409]#,##0.00;-#,##0.00"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="12">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font/>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-    <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
+      <b val="0"/>
       <i/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Segoe UI"/>
     </font>
     <font>
       <b/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Segoe UI"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF5B9BD5"/>
         <bgColor rgb="FF5B9BD5"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -537,179 +300,151 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
-[...2 lines deleted...]
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+  <cellXfs count="32">
+    <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="2" borderId="2">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="2">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="6" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="7" fillId="0" borderId="1">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="83" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="6">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="9" fillId="0" borderId="7">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="7">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="7">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="10" fillId="0" borderId="7">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="11" fillId="2" borderId="2">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="2">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="10">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="11">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="12">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="4" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="84" fontId="8" fillId="0" borderId="2">
+      <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="005B9BD5"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -737,19824 +472,23994 @@
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId8" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId11" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId14" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId17" /></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId11" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId14" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1269647</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>431800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip r:embed="rId17" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...281 lines deleted...]
-</a:theme>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId7" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing5.xml" Id="rId10" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing7.xml" Id="rId13" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing9.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:M22"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.5703125" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="15" width="2.7109375" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="2.54296875"/>
+    <col min="2" max="2" customWidth="1" width="0.44140625"/>
+    <col min="3" max="3" customWidth="1" width="0.44140625"/>
+    <col min="4" max="4" customWidth="1" width="0.0234375"/>
+    <col min="5" max="5" customWidth="1" width="23.3125"/>
+    <col min="6" max="6" customWidth="1" width="4.18359375"/>
+    <col min="7" max="7" customWidth="1" width="17.0625"/>
+    <col min="8" max="8" customWidth="1" width="17.07421875"/>
+    <col min="9" max="9" customWidth="1" width="17.0625"/>
+    <col min="10" max="10" customWidth="1" width="17.07421875"/>
+    <col min="11" max="11" customWidth="1" width="5.703125"/>
+    <col min="12" max="12" customWidth="1" width="11.36328125"/>
+    <col min="13" max="13" customWidth="1" width="24.28125"/>
+    <col min="14" max="14" customWidth="1" width="53.98046875"/>
+    <col min="15" max="15" customWidth="1" width="2.68359375"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
-[...18 lines deleted...]
-      <c r="B6" s="1" t="s">
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="7.2" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="D4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="17.25" customHeight="1"/>
+    <row r="6" ht="18" customHeight="0">
+      <c s="2" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="3" t="inlineStr" r="C6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="4" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="5" t="str" r="E6"/>
+      <c s="6" t="str" r="F6"/>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS 2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="H6">
+        <is>
+          <t xml:space="preserve">ERAS 2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS 2024</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS 2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="K6">
+        <is>
+          <t xml:space="preserve">ERAS 2026</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="L6"/>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="8" r="B7">
         <v>1</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c s="9" r="C7">
         <v>1</v>
       </c>
-      <c r="D6" s="26" t="s">
+      <c s="10" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">Applied</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E7"/>
+      <c s="6" t="str" r="F7"/>
+      <c s="11" r="G7">
+        <v>49737</v>
+      </c>
+      <c s="11" r="H7">
+        <v>49926</v>
+      </c>
+      <c s="11" r="I7">
+        <v>51816</v>
+      </c>
+      <c s="11" r="J7">
+        <v>52051</v>
+      </c>
+      <c s="11" r="K7">
+        <v>49721</v>
+      </c>
+      <c s="6" t="str" r="L7"/>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B8"/>
+      <c s="9" r="C8">
+        <v>2</v>
+      </c>
+      <c s="10" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">   DO</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E8"/>
+      <c s="6" t="str" r="F8"/>
+      <c s="13" r="G8">
+        <v>8569</v>
+      </c>
+      <c s="13" r="H8">
+        <v>8686</v>
+      </c>
+      <c s="13" r="I8">
+        <v>9285</v>
+      </c>
+      <c s="13" r="J8">
+        <v>9420</v>
+      </c>
+      <c s="13" r="K8">
+        <v>8364</v>
+      </c>
+      <c s="6" t="str" r="L8"/>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="12" t="str" r="B9"/>
+      <c s="9" r="C9">
+        <v>3</v>
+      </c>
+      <c s="10" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">   IMG</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E9"/>
+      <c s="6" t="str" r="F9"/>
+      <c s="13" r="G9">
+        <v>17992</v>
+      </c>
+      <c s="13" r="H9">
+        <v>18539</v>
+      </c>
+      <c s="13" r="I9">
+        <v>19874</v>
+      </c>
+      <c s="13" r="J9">
+        <v>20756</v>
+      </c>
+      <c s="13" r="K9">
+        <v>20293</v>
+      </c>
+      <c s="6" t="str" r="L9"/>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="14" t="str" r="B10"/>
+      <c s="9" r="C10">
+        <v>4</v>
+      </c>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">   MD</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E10"/>
+      <c s="6" t="str" r="F10"/>
+      <c s="13" r="G10">
+        <v>23176</v>
+      </c>
+      <c s="13" r="H10">
+        <v>22701</v>
+      </c>
+      <c s="13" r="I10">
+        <v>22657</v>
+      </c>
+      <c s="13" r="J10">
+        <v>21875</v>
+      </c>
+      <c s="13" r="K10">
+        <v>21064</v>
+      </c>
+      <c s="6" t="str" r="L10"/>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="8" r="B11">
+        <v>2</v>
+      </c>
+      <c s="9" r="C11">
         <v>1</v>
       </c>
-      <c r="E6" s="21"/>
-[...1 lines deleted...]
-      <c r="G6" s="3" t="s">
+      <c s="10" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve">MyERAS Apps Submitted</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E11"/>
+      <c s="6" t="str" r="F11"/>
+      <c s="11" r="G11">
+        <v>50865</v>
+      </c>
+      <c s="11" r="H11">
+        <v>51003</v>
+      </c>
+      <c s="11" r="I11">
+        <v>53007</v>
+      </c>
+      <c s="11" r="J11">
+        <v>53266</v>
+      </c>
+      <c s="11" r="K11">
+        <v>50137</v>
+      </c>
+      <c s="6" t="str" r="L11"/>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B12"/>
+      <c s="9" r="C12">
         <v>2</v>
       </c>
-      <c r="H6" s="3" t="s">
+      <c s="10" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">   DO</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E12"/>
+      <c s="6" t="str" r="F12"/>
+      <c s="13" r="G12">
+        <v>8729</v>
+      </c>
+      <c s="13" r="H12">
+        <v>8861</v>
+      </c>
+      <c s="13" r="I12">
+        <v>9490</v>
+      </c>
+      <c s="13" r="J12">
+        <v>9600</v>
+      </c>
+      <c s="13" r="K12">
+        <v>8521</v>
+      </c>
+      <c s="6" t="str" r="L12"/>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B13"/>
+      <c s="9" r="C13">
         <v>3</v>
       </c>
-      <c r="I6" s="3" t="s">
+      <c s="10" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">   IMG</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E13"/>
+      <c s="6" t="str" r="F13"/>
+      <c s="13" r="G13">
+        <v>18811</v>
+      </c>
+      <c s="13" r="H13">
+        <v>19270</v>
+      </c>
+      <c s="13" r="I13">
+        <v>20697</v>
+      </c>
+      <c s="13" r="J13">
+        <v>21609</v>
+      </c>
+      <c s="13" r="K13">
+        <v>20364</v>
+      </c>
+      <c s="6" t="str" r="L13"/>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="B14"/>
+      <c s="9" r="C14">
         <v>4</v>
       </c>
-      <c r="J6" s="3" t="s">
-[...8 lines deleted...]
-      <c r="B7" s="17">
+      <c s="10" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">   MD</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E14"/>
+      <c s="6" t="str" r="F14"/>
+      <c s="13" r="G14">
+        <v>23325</v>
+      </c>
+      <c s="13" r="H14">
+        <v>22872</v>
+      </c>
+      <c s="13" r="I14">
+        <v>22820</v>
+      </c>
+      <c s="13" r="J14">
+        <v>22057</v>
+      </c>
+      <c s="13" r="K14">
+        <v>21252</v>
+      </c>
+      <c s="6" t="str" r="L14"/>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="8" r="B15">
+        <v>3</v>
+      </c>
+      <c s="9" r="C15">
         <v>1</v>
       </c>
-      <c r="C7" s="4">
-[...26 lines deleted...]
-      <c r="C8" s="4">
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Registered</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E15"/>
+      <c s="6" t="str" r="F15"/>
+      <c s="11" r="G15">
+        <v>52831</v>
+      </c>
+      <c s="11" r="H15">
+        <v>53250</v>
+      </c>
+      <c s="11" r="I15">
+        <v>55383</v>
+      </c>
+      <c s="11" r="J15">
+        <v>56559</v>
+      </c>
+      <c s="11" r="K15">
+        <v>55722</v>
+      </c>
+      <c s="6" t="str" r="L15"/>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B16"/>
+      <c s="9" r="C16">
         <v>2</v>
       </c>
-      <c r="D8" s="20" t="s">
-[...23 lines deleted...]
-      <c r="C9" s="4">
+      <c s="10" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve">   DO</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E16"/>
+      <c s="6" t="str" r="F16"/>
+      <c s="13" r="G16">
+        <v>9088</v>
+      </c>
+      <c s="13" r="H16">
+        <v>9248</v>
+      </c>
+      <c s="13" r="I16">
+        <v>9912</v>
+      </c>
+      <c s="13" r="J16">
+        <v>10160</v>
+      </c>
+      <c s="13" r="K16">
+        <v>10057</v>
+      </c>
+      <c s="6" t="str" r="L16"/>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="12" t="str" r="B17"/>
+      <c s="9" r="C17">
         <v>3</v>
       </c>
-      <c r="D9" s="20" t="s">
-[...23 lines deleted...]
-      <c r="C10" s="4">
+      <c s="10" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">   IMG</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E17"/>
+      <c s="6" t="str" r="F17"/>
+      <c s="13" r="G17">
+        <v>19824</v>
+      </c>
+      <c s="13" r="H17">
+        <v>20442</v>
+      </c>
+      <c s="13" r="I17">
+        <v>21908</v>
+      </c>
+      <c s="13" r="J17">
+        <v>22779</v>
+      </c>
+      <c s="13" r="K17">
+        <v>22392</v>
+      </c>
+      <c s="6" t="str" r="L17"/>
+    </row>
+    <row r="18" ht="15.8" customHeight="0">
+      <c s="14" t="str" r="B18"/>
+      <c s="9" r="C18">
         <v>4</v>
       </c>
-      <c r="D10" s="20" t="s">
-[...224 lines deleted...]
-      <c r="G18" s="7">
+      <c s="10" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">   MD</t>
+        </is>
+      </c>
+      <c s="5" t="str" r="E18"/>
+      <c s="6" t="str" r="F18"/>
+      <c s="13" r="G18">
         <v>23919</v>
       </c>
-      <c r="H18" s="7">
+      <c s="13" r="H18">
         <v>23560</v>
       </c>
-      <c r="I18" s="7">
+      <c s="13" r="I18">
         <v>23563</v>
       </c>
-      <c r="J18" s="7">
+      <c s="13" r="J18">
         <v>23620</v>
       </c>
-      <c r="K18" s="24">
-[...28 lines deleted...]
-      <c r="K22" s="16"/>
+      <c s="13" r="K18">
+        <v>23273</v>
+      </c>
+      <c s="6" t="str" r="L18"/>
+    </row>
+    <row r="19" ht="0.05" customHeight="1"/>
+    <row r="20" ht="18" customHeight="1"/>
+    <row r="21" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve">MD includes US and Canadian Graduates from US and Canadian MD granting schools</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="32">
+  <mergeCells>
     <mergeCell ref="D4:M4"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="B11:B14"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="K14:L14"/>
-    <mergeCell ref="D21:K21"/>
-    <mergeCell ref="D22:K22"/>
     <mergeCell ref="B15:B18"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="D17:F17"/>
     <mergeCell ref="K17:L17"/>
     <mergeCell ref="D18:F18"/>
     <mergeCell ref="K18:L18"/>
+    <mergeCell ref="D21:K21"/>
+    <mergeCell ref="D22:K22"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="B1:L258"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="14" width="1.85546875" customWidth="1"/>
+    <col min="1" max="1" customWidth="1" width="3.421875"/>
+    <col min="2" max="2" customWidth="1" width="23.3125"/>
+    <col min="3" max="3" customWidth="1" width="36.5625"/>
+    <col min="4" max="4" customWidth="1" width="11.78125"/>
+    <col min="5" max="5" customWidth="1" width="12.50390625"/>
+    <col min="6" max="6" customWidth="1" width="12.4921875"/>
+    <col min="7" max="7" customWidth="1" width="4.83203125"/>
+    <col min="8" max="8" customWidth="1" width="7.6640625"/>
+    <col min="9" max="9" customWidth="1" width="12.4921875"/>
+    <col min="10" max="10" customWidth="1" width="12.4921875"/>
+    <col min="11" max="11" customWidth="1" width="0.0234375"/>
+    <col min="12" max="12" customWidth="1" width="56.4609375"/>
+    <col min="13" max="13" customWidth="1" width="1.37109375"/>
+    <col min="14" max="14" customWidth="1" width="1.80078125"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="3.6" customHeight="1" x14ac:dyDescent="0.25"/>
-[...18 lines deleted...]
-      <c r="B5" s="35" t="s">
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="7.9" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="16.5" customHeight="0">
+      <c s="16" t="inlineStr" r="B5">
+        <is>
+          <t xml:space="preserve">Applicants</t>
+        </is>
+      </c>
+      <c s="17" t="str" r="C5"/>
+      <c s="18" t="inlineStr" r="D5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="19" t="inlineStr" r="E5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="17" t="str" r="F5"/>
+      <c s="17" t="str" r="G5"/>
+      <c s="17" t="str" r="H5"/>
+      <c s="17" t="str" r="I5"/>
+      <c s="17" t="str" r="J5"/>
+    </row>
+    <row r="6" ht="18" customHeight="0">
+      <c s="20" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve">Specialty</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="C6"/>
+      <c s="21" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve">Grad Type</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="E6">
+        <is>
+          <t xml:space="preserve">ERAS2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="F6">
+        <is>
+          <t xml:space="preserve">ERAS2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS2024</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H6"/>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B7">
+        <is>
+          <t xml:space="preserve">Aerospace Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C7"/>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H7"/>
+      <c s="13" r="I7">
+        <v>10</v>
+      </c>
+      <c s="13" r="J7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B8"/>
+      <c s="26" t="str" r="C8"/>
+      <c s="23" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F8">
+        <v>16</v>
+      </c>
+      <c s="13" r="G8">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H8"/>
+      <c s="13" r="I8">
+        <v>28</v>
+      </c>
+      <c s="13" r="J8">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B9"/>
+      <c s="26" t="str" r="C9"/>
+      <c s="23" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F9">
+        <v>8</v>
+      </c>
+      <c s="13" r="G9">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H9"/>
+      <c s="13" r="I9">
+        <v>17</v>
+      </c>
+      <c s="13" r="J9">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B10"/>
+      <c s="26" t="str" r="C10"/>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F10">
+        <v>27</v>
+      </c>
+      <c s="11" r="G10">
+        <v>19</v>
+      </c>
+      <c s="6" t="str" r="H10"/>
+      <c s="11" r="I10">
+        <v>55</v>
+      </c>
+      <c s="11" r="J10">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B11"/>
+      <c s="28" t="str" r="C11"/>
+      <c s="23" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H11"/>
+      <c s="23" t="inlineStr" r="I11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve">Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C12"/>
+      <c s="23" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E12">
+        <v>712</v>
+      </c>
+      <c s="13" r="F12">
+        <v>714</v>
+      </c>
+      <c s="13" r="G12">
+        <v>768</v>
+      </c>
+      <c s="6" t="str" r="H12"/>
+      <c s="13" r="I12">
+        <v>684</v>
+      </c>
+      <c s="13" r="J12">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B13"/>
+      <c s="26" t="str" r="C13"/>
+      <c s="23" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E13">
+        <v>785</v>
+      </c>
+      <c s="13" r="F13">
+        <v>764</v>
+      </c>
+      <c s="13" r="G13">
+        <v>787</v>
+      </c>
+      <c s="6" t="str" r="H13"/>
+      <c s="13" r="I13">
+        <v>780</v>
+      </c>
+      <c s="13" r="J13">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B14"/>
+      <c s="26" t="str" r="C14"/>
+      <c s="23" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E14">
+        <v>1890</v>
+      </c>
+      <c s="13" r="F14">
+        <v>2142</v>
+      </c>
+      <c s="13" r="G14">
+        <v>2163</v>
+      </c>
+      <c s="6" t="str" r="H14"/>
+      <c s="13" r="I14">
+        <v>2233</v>
+      </c>
+      <c s="13" r="J14">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B15"/>
+      <c s="26" t="str" r="C15"/>
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E15">
+        <v>3387</v>
+      </c>
+      <c s="11" r="F15">
+        <v>3620</v>
+      </c>
+      <c s="11" r="G15">
+        <v>3718</v>
+      </c>
+      <c s="6" t="str" r="H15"/>
+      <c s="11" r="I15">
+        <v>3697</v>
+      </c>
+      <c s="11" r="J15">
+        <v>3719</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B16"/>
+      <c s="28" t="str" r="C16"/>
+      <c s="23" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H16"/>
+      <c s="23" t="inlineStr" r="I16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Child Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C17"/>
+      <c s="23" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E17">
+        <v>41</v>
+      </c>
+      <c s="13" r="F17">
+        <v>41</v>
+      </c>
+      <c s="13" r="G17">
+        <v>45</v>
+      </c>
+      <c s="6" t="str" r="H17"/>
+      <c s="13" r="I17">
+        <v>47</v>
+      </c>
+      <c s="13" r="J17">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B18"/>
+      <c s="26" t="str" r="C18"/>
+      <c s="23" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E18">
+        <v>219</v>
+      </c>
+      <c s="13" r="F18">
+        <v>257</v>
+      </c>
+      <c s="13" r="G18">
+        <v>188</v>
+      </c>
+      <c s="6" t="str" r="H18"/>
+      <c s="13" r="I18">
+        <v>255</v>
+      </c>
+      <c s="13" r="J18">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B19"/>
+      <c s="26" t="str" r="C19"/>
+      <c s="23" t="inlineStr" r="D19">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E19">
+        <v>139</v>
+      </c>
+      <c s="13" r="F19">
+        <v>158</v>
+      </c>
+      <c s="13" r="G19">
+        <v>163</v>
+      </c>
+      <c s="6" t="str" r="H19"/>
+      <c s="13" r="I19">
+        <v>160</v>
+      </c>
+      <c s="13" r="J19">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B20"/>
+      <c s="26" t="str" r="C20"/>
+      <c s="10" t="inlineStr" r="D20">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E20">
+        <v>399</v>
+      </c>
+      <c s="11" r="F20">
+        <v>456</v>
+      </c>
+      <c s="11" r="G20">
+        <v>396</v>
+      </c>
+      <c s="6" t="str" r="H20"/>
+      <c s="11" r="I20">
+        <v>462</v>
+      </c>
+      <c s="11" r="J20">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B21"/>
+      <c s="28" t="str" r="C21"/>
+      <c s="23" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H21"/>
+      <c s="23" t="inlineStr" r="I21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B22">
+        <is>
+          <t xml:space="preserve">Dermatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C22"/>
+      <c s="23" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E22">
+        <v>155</v>
+      </c>
+      <c s="13" r="F22">
+        <v>151</v>
+      </c>
+      <c s="13" r="G22">
+        <v>165</v>
+      </c>
+      <c s="6" t="str" r="H22"/>
+      <c s="13" r="I22">
+        <v>195</v>
+      </c>
+      <c s="13" r="J22">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="23" t="inlineStr" r="D23">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E23">
+        <v>163</v>
+      </c>
+      <c s="13" r="F23">
+        <v>149</v>
+      </c>
+      <c s="13" r="G23">
+        <v>172</v>
+      </c>
+      <c s="6" t="str" r="H23"/>
+      <c s="13" r="I23">
+        <v>170</v>
+      </c>
+      <c s="13" r="J23">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B24"/>
+      <c s="26" t="str" r="C24"/>
+      <c s="23" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E24">
+        <v>730</v>
+      </c>
+      <c s="13" r="F24">
+        <v>772</v>
+      </c>
+      <c s="13" r="G24">
+        <v>842</v>
+      </c>
+      <c s="6" t="str" r="H24"/>
+      <c s="13" r="I24">
+        <v>914</v>
+      </c>
+      <c s="13" r="J24">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B25"/>
+      <c s="26" t="str" r="C25"/>
+      <c s="10" t="inlineStr" r="D25">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E25">
+        <v>1048</v>
+      </c>
+      <c s="11" r="F25">
+        <v>1072</v>
+      </c>
+      <c s="11" r="G25">
+        <v>1179</v>
+      </c>
+      <c s="6" t="str" r="H25"/>
+      <c s="11" r="I25">
+        <v>1279</v>
+      </c>
+      <c s="11" r="J25">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B26"/>
+      <c s="28" t="str" r="C26"/>
+      <c s="23" t="inlineStr" r="D26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H26"/>
+      <c s="23" t="inlineStr" r="I26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve">Diagnostic Radiology/Nuclear Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C27"/>
+      <c s="23" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E27">
+        <v>9</v>
+      </c>
+      <c s="13" r="F27">
+        <v>13</v>
+      </c>
+      <c s="13" r="G27">
+        <v>8</v>
+      </c>
+      <c s="6" t="str" r="H27"/>
+      <c s="13" r="I27">
+        <v>5</v>
+      </c>
+      <c s="13" r="J27">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B28"/>
+      <c s="26" t="str" r="C28"/>
+      <c s="23" t="inlineStr" r="D28">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E28">
+        <v>45</v>
+      </c>
+      <c s="13" r="F28">
+        <v>47</v>
+      </c>
+      <c s="13" r="G28">
+        <v>54</v>
+      </c>
+      <c s="6" t="str" r="H28"/>
+      <c s="13" r="I28">
+        <v>71</v>
+      </c>
+      <c s="13" r="J28">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B29"/>
+      <c s="26" t="str" r="C29"/>
+      <c s="23" t="inlineStr" r="D29">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E29">
+        <v>31</v>
+      </c>
+      <c s="13" r="F29">
+        <v>32</v>
+      </c>
+      <c s="13" r="G29">
+        <v>40</v>
+      </c>
+      <c s="6" t="str" r="H29"/>
+      <c s="13" r="I29">
+        <v>45</v>
+      </c>
+      <c s="13" r="J29">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B30"/>
+      <c s="26" t="str" r="C30"/>
+      <c s="10" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E30">
+        <v>85</v>
+      </c>
+      <c s="11" r="F30">
+        <v>92</v>
+      </c>
+      <c s="11" r="G30">
+        <v>102</v>
+      </c>
+      <c s="6" t="str" r="H30"/>
+      <c s="11" r="I30">
+        <v>121</v>
+      </c>
+      <c s="11" r="J30">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B31"/>
+      <c s="28" t="str" r="C31"/>
+      <c s="23" t="inlineStr" r="D31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H31"/>
+      <c s="23" t="inlineStr" r="I31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C32"/>
+      <c s="23" t="inlineStr" r="D32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E32">
+        <v>1077</v>
+      </c>
+      <c s="13" r="F32">
+        <v>996</v>
+      </c>
+      <c s="13" r="G32">
+        <v>1390</v>
+      </c>
+      <c s="6" t="str" r="H32"/>
+      <c s="13" r="I32">
+        <v>1471</v>
+      </c>
+      <c s="13" r="J32">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B33"/>
+      <c s="26" t="str" r="C33"/>
+      <c s="23" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E33">
+        <v>767</v>
+      </c>
+      <c s="13" r="F33">
+        <v>1413</v>
+      </c>
+      <c s="13" r="G33">
+        <v>1578</v>
+      </c>
+      <c s="6" t="str" r="H33"/>
+      <c s="13" r="I33">
+        <v>1626</v>
+      </c>
+      <c s="13" r="J33">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B34"/>
+      <c s="26" t="str" r="C34"/>
+      <c s="23" t="inlineStr" r="D34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E34">
+        <v>1984</v>
+      </c>
+      <c s="13" r="F34">
+        <v>1539</v>
+      </c>
+      <c s="13" r="G34">
+        <v>1611</v>
+      </c>
+      <c s="6" t="str" r="H34"/>
+      <c s="13" r="I34">
+        <v>1771</v>
+      </c>
+      <c s="13" r="J34">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="10" t="inlineStr" r="D35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E35">
+        <v>3828</v>
+      </c>
+      <c s="11" r="F35">
+        <v>3948</v>
+      </c>
+      <c s="11" r="G35">
+        <v>4579</v>
+      </c>
+      <c s="6" t="str" r="H35"/>
+      <c s="11" r="I35">
+        <v>4868</v>
+      </c>
+      <c s="11" r="J35">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B36"/>
+      <c s="28" t="str" r="C36"/>
+      <c s="23" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H36"/>
+      <c s="23" t="inlineStr" r="I36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Aerospace Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C37"/>
+      <c s="23" t="inlineStr" r="D37">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H37"/>
+      <c s="13" r="I37">
         <v>15</v>
       </c>
-      <c r="C5" s="36"/>
-[...13 lines deleted...]
-      <c r="B6" s="38" t="s">
+      <c s="24" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B38"/>
+      <c s="26" t="str" r="C38"/>
+      <c s="23" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H38"/>
+      <c s="13" r="I38">
+        <v>28</v>
+      </c>
+      <c s="24" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B39"/>
+      <c s="26" t="str" r="C39"/>
+      <c s="23" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H39"/>
+      <c s="13" r="I39">
+        <v>18</v>
+      </c>
+      <c s="24" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B40"/>
+      <c s="26" t="str" r="C40"/>
+      <c s="10" t="inlineStr" r="D40">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H40"/>
+      <c s="11" r="I40">
+        <v>61</v>
+      </c>
+      <c s="24" t="inlineStr" r="J40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B41"/>
+      <c s="28" t="str" r="C41"/>
+      <c s="23" t="inlineStr" r="D41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H41"/>
+      <c s="23" t="inlineStr" r="I41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C42"/>
+      <c s="23" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E42">
+        <v>15</v>
+      </c>
+      <c s="13" r="F42">
+        <v>13</v>
+      </c>
+      <c s="13" r="G42">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H42"/>
+      <c s="13" r="I42">
+        <v>27</v>
+      </c>
+      <c s="24" t="inlineStr" r="J42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B43"/>
+      <c s="26" t="str" r="C43"/>
+      <c s="23" t="inlineStr" r="D43">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E43">
+        <v>18</v>
+      </c>
+      <c s="13" r="F43">
+        <v>116</v>
+      </c>
+      <c s="13" r="G43">
+        <v>34</v>
+      </c>
+      <c s="6" t="str" r="H43"/>
+      <c s="13" r="I43">
+        <v>40</v>
+      </c>
+      <c s="24" t="inlineStr" r="J43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B44"/>
+      <c s="26" t="str" r="C44"/>
+      <c s="23" t="inlineStr" r="D44">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E44">
+        <v>11</v>
+      </c>
+      <c s="13" r="F44">
+        <v>39</v>
+      </c>
+      <c s="13" r="G44">
+        <v>44</v>
+      </c>
+      <c s="6" t="str" r="H44"/>
+      <c s="13" r="I44">
+        <v>53</v>
+      </c>
+      <c s="24" t="inlineStr" r="J44">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B45"/>
+      <c s="26" t="str" r="C45"/>
+      <c s="10" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E45">
+        <v>44</v>
+      </c>
+      <c s="11" r="F45">
+        <v>168</v>
+      </c>
+      <c s="11" r="G45">
+        <v>98</v>
+      </c>
+      <c s="6" t="str" r="H45"/>
+      <c s="11" r="I45">
+        <v>120</v>
+      </c>
+      <c s="24" t="inlineStr" r="J45">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B46"/>
+      <c s="28" t="str" r="C46"/>
+      <c s="23" t="inlineStr" r="D46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H46"/>
+      <c s="23" t="inlineStr" r="I46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Family Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C47"/>
+      <c s="23" t="inlineStr" r="D47">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E47">
+        <v>43</v>
+      </c>
+      <c s="13" r="F47">
+        <v>27</v>
+      </c>
+      <c s="13" r="G47">
+        <v>25</v>
+      </c>
+      <c s="6" t="str" r="H47"/>
+      <c s="13" r="I47">
+        <v>27</v>
+      </c>
+      <c s="24" t="inlineStr" r="J47">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B48"/>
+      <c s="26" t="str" r="C48"/>
+      <c s="23" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E48">
+        <v>79</v>
+      </c>
+      <c s="13" r="F48">
+        <v>83</v>
+      </c>
+      <c s="13" r="G48">
+        <v>61</v>
+      </c>
+      <c s="6" t="str" r="H48"/>
+      <c s="13" r="I48">
+        <v>84</v>
+      </c>
+      <c s="24" t="inlineStr" r="J48">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B49"/>
+      <c s="26" t="str" r="C49"/>
+      <c s="23" t="inlineStr" r="D49">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E49">
+        <v>46</v>
+      </c>
+      <c s="13" r="F49">
+        <v>22</v>
+      </c>
+      <c s="13" r="G49">
+        <v>31</v>
+      </c>
+      <c s="6" t="str" r="H49"/>
+      <c s="13" r="I49">
+        <v>41</v>
+      </c>
+      <c s="24" t="inlineStr" r="J49">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B50"/>
+      <c s="26" t="str" r="C50"/>
+      <c s="10" t="inlineStr" r="D50">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E50">
+        <v>168</v>
+      </c>
+      <c s="11" r="F50">
+        <v>132</v>
+      </c>
+      <c s="11" r="G50">
+        <v>117</v>
+      </c>
+      <c s="6" t="str" r="H50"/>
+      <c s="11" r="I50">
+        <v>152</v>
+      </c>
+      <c s="24" t="inlineStr" r="J50">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B51"/>
+      <c s="28" t="str" r="C51"/>
+      <c s="23" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H51"/>
+      <c s="23" t="inlineStr" r="I51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B52">
+        <is>
+          <t xml:space="preserve">Family Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C52"/>
+      <c s="23" t="inlineStr" r="D52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E52">
+        <v>2537</v>
+      </c>
+      <c s="13" r="F52">
+        <v>2395</v>
+      </c>
+      <c s="13" r="G52">
+        <v>2305</v>
+      </c>
+      <c s="6" t="str" r="H52"/>
+      <c s="13" r="I52">
+        <v>2362</v>
+      </c>
+      <c s="13" r="J52">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B53"/>
+      <c s="26" t="str" r="C53"/>
+      <c s="23" t="inlineStr" r="D53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E53">
+        <v>7036</v>
+      </c>
+      <c s="13" r="F53">
+        <v>6603</v>
+      </c>
+      <c s="13" r="G53">
+        <v>6386</v>
+      </c>
+      <c s="6" t="str" r="H53"/>
+      <c s="13" r="I53">
+        <v>7423</v>
+      </c>
+      <c s="13" r="J53">
+        <v>7886</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B54"/>
+      <c s="26" t="str" r="C54"/>
+      <c s="23" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E54">
+        <v>2315</v>
+      </c>
+      <c s="13" r="F54">
+        <v>2170</v>
+      </c>
+      <c s="13" r="G54">
+        <v>2126</v>
+      </c>
+      <c s="6" t="str" r="H54"/>
+      <c s="13" r="I54">
+        <v>2150</v>
+      </c>
+      <c s="13" r="J54">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B55"/>
+      <c s="26" t="str" r="C55"/>
+      <c s="10" t="inlineStr" r="D55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E55">
+        <v>11888</v>
+      </c>
+      <c s="11" r="F55">
+        <v>11168</v>
+      </c>
+      <c s="11" r="G55">
+        <v>10817</v>
+      </c>
+      <c s="6" t="str" r="H55"/>
+      <c s="11" r="I55">
+        <v>11935</v>
+      </c>
+      <c s="11" r="J55">
+        <v>12180</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B56"/>
+      <c s="28" t="str" r="C56"/>
+      <c s="23" t="inlineStr" r="D56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H56"/>
+      <c s="23" t="inlineStr" r="I56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve">Family Medicine/Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C57"/>
+      <c s="23" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E57">
+        <v>38</v>
+      </c>
+      <c s="13" r="F57">
+        <v>32</v>
+      </c>
+      <c s="13" r="G57">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H57"/>
+      <c s="13" r="I57">
+        <v>29</v>
+      </c>
+      <c s="13" r="J57">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B58"/>
+      <c s="26" t="str" r="C58"/>
+      <c s="23" t="inlineStr" r="D58">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E58">
+        <v>158</v>
+      </c>
+      <c s="13" r="F58">
+        <v>114</v>
+      </c>
+      <c s="13" r="G58">
+        <v>63</v>
+      </c>
+      <c s="6" t="str" r="H58"/>
+      <c s="13" r="I58">
+        <v>132</v>
+      </c>
+      <c s="13" r="J58">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="23" t="inlineStr" r="D59">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E59">
+        <v>45</v>
+      </c>
+      <c s="13" r="F59">
+        <v>34</v>
+      </c>
+      <c s="13" r="G59">
+        <v>23</v>
+      </c>
+      <c s="6" t="str" r="H59"/>
+      <c s="13" r="I59">
+        <v>24</v>
+      </c>
+      <c s="13" r="J59">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B60"/>
+      <c s="26" t="str" r="C60"/>
+      <c s="10" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E60">
+        <v>241</v>
+      </c>
+      <c s="11" r="F60">
+        <v>180</v>
+      </c>
+      <c s="11" r="G60">
+        <v>99</v>
+      </c>
+      <c s="6" t="str" r="H60"/>
+      <c s="11" r="I60">
+        <v>185</v>
+      </c>
+      <c s="11" r="J60">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B61"/>
+      <c s="28" t="str" r="C61"/>
+      <c s="23" t="inlineStr" r="D61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H61"/>
+      <c s="23" t="inlineStr" r="I61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Internal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C62"/>
+      <c s="23" t="inlineStr" r="D62">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E62">
+        <v>3431</v>
+      </c>
+      <c s="13" r="F62">
+        <v>3379</v>
+      </c>
+      <c s="13" r="G62">
+        <v>3447</v>
+      </c>
+      <c s="6" t="str" r="H62"/>
+      <c s="13" r="I62">
+        <v>3630</v>
+      </c>
+      <c s="13" r="J62">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="23" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E63">
+        <v>12548</v>
+      </c>
+      <c s="13" r="F63">
+        <v>12869</v>
+      </c>
+      <c s="13" r="G63">
+        <v>14046</v>
+      </c>
+      <c s="6" t="str" r="H63"/>
+      <c s="13" r="I63">
+        <v>15057</v>
+      </c>
+      <c s="13" r="J63">
+        <v>15063</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B64"/>
+      <c s="26" t="str" r="C64"/>
+      <c s="23" t="inlineStr" r="D64">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E64">
+        <v>8685</v>
+      </c>
+      <c s="13" r="F64">
+        <v>8634</v>
+      </c>
+      <c s="13" r="G64">
+        <v>8517</v>
+      </c>
+      <c s="6" t="str" r="H64"/>
+      <c s="13" r="I64">
+        <v>8898</v>
+      </c>
+      <c s="13" r="J64">
+        <v>9209</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B65"/>
+      <c s="26" t="str" r="C65"/>
+      <c s="10" t="inlineStr" r="D65">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E65">
+        <v>24664</v>
+      </c>
+      <c s="11" r="F65">
+        <v>24882</v>
+      </c>
+      <c s="11" r="G65">
+        <v>26010</v>
+      </c>
+      <c s="6" t="str" r="H65"/>
+      <c s="11" r="I65">
+        <v>27585</v>
+      </c>
+      <c s="11" r="J65">
+        <v>27943</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B66"/>
+      <c s="28" t="str" r="C66"/>
+      <c s="23" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H66"/>
+      <c s="23" t="inlineStr" r="I66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B67">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C67"/>
+      <c s="23" t="inlineStr" r="D67">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E67">
+        <v>17</v>
+      </c>
+      <c s="13" r="F67">
+        <v>23</v>
+      </c>
+      <c s="13" r="G67">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H67"/>
+      <c s="24" t="inlineStr" r="I67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B68"/>
+      <c s="26" t="str" r="C68"/>
+      <c s="23" t="inlineStr" r="D68">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E68">
+        <v>51</v>
+      </c>
+      <c s="13" r="F68">
+        <v>55</v>
+      </c>
+      <c s="13" r="G68">
+        <v>28</v>
+      </c>
+      <c s="6" t="str" r="H68"/>
+      <c s="24" t="inlineStr" r="I68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B69"/>
+      <c s="26" t="str" r="C69"/>
+      <c s="23" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E69">
+        <v>46</v>
+      </c>
+      <c s="13" r="F69">
+        <v>38</v>
+      </c>
+      <c s="13" r="G69">
+        <v>26</v>
+      </c>
+      <c s="6" t="str" r="H69"/>
+      <c s="24" t="inlineStr" r="I69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B70"/>
+      <c s="26" t="str" r="C70"/>
+      <c s="10" t="inlineStr" r="D70">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E70">
+        <v>114</v>
+      </c>
+      <c s="11" r="F70">
+        <v>116</v>
+      </c>
+      <c s="11" r="G70">
+        <v>63</v>
+      </c>
+      <c s="6" t="str" r="H70"/>
+      <c s="24" t="inlineStr" r="I70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B71"/>
+      <c s="28" t="str" r="C71"/>
+      <c s="23" t="inlineStr" r="D71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H71"/>
+      <c s="23" t="inlineStr" r="I71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Dermatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C72"/>
+      <c s="23" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E72">
+        <v>24</v>
+      </c>
+      <c s="13" r="F72">
+        <v>21</v>
+      </c>
+      <c s="13" r="G72">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H72"/>
+      <c s="13" r="I72">
+        <v>17</v>
+      </c>
+      <c s="13" r="J72">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B73"/>
+      <c s="26" t="str" r="C73"/>
+      <c s="23" t="inlineStr" r="D73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E73">
+        <v>36</v>
+      </c>
+      <c s="13" r="F73">
+        <v>34</v>
+      </c>
+      <c s="13" r="G73">
+        <v>42</v>
+      </c>
+      <c s="6" t="str" r="H73"/>
+      <c s="13" r="I73">
+        <v>63</v>
+      </c>
+      <c s="13" r="J73">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B74"/>
+      <c s="26" t="str" r="C74"/>
+      <c s="23" t="inlineStr" r="D74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E74">
+        <v>108</v>
+      </c>
+      <c s="13" r="F74">
+        <v>93</v>
+      </c>
+      <c s="13" r="G74">
+        <v>104</v>
+      </c>
+      <c s="6" t="str" r="H74"/>
+      <c s="13" r="I74">
+        <v>104</v>
+      </c>
+      <c s="13" r="J74">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B75"/>
+      <c s="26" t="str" r="C75"/>
+      <c s="10" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E75">
+        <v>168</v>
+      </c>
+      <c s="11" r="F75">
+        <v>148</v>
+      </c>
+      <c s="11" r="G75">
+        <v>157</v>
+      </c>
+      <c s="6" t="str" r="H75"/>
+      <c s="11" r="I75">
+        <v>184</v>
+      </c>
+      <c s="11" r="J75">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B76"/>
+      <c s="28" t="str" r="C76"/>
+      <c s="23" t="inlineStr" r="D76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H76"/>
+      <c s="23" t="inlineStr" r="I76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C77"/>
+      <c s="23" t="inlineStr" r="D77">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E77">
+        <v>61</v>
+      </c>
+      <c s="13" r="F77">
+        <v>34</v>
+      </c>
+      <c s="13" r="G77">
+        <v>62</v>
+      </c>
+      <c s="6" t="str" r="H77"/>
+      <c s="13" r="I77">
+        <v>42</v>
+      </c>
+      <c s="24" t="inlineStr" r="J77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B78"/>
+      <c s="26" t="str" r="C78"/>
+      <c s="23" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E78">
+        <v>109</v>
+      </c>
+      <c s="13" r="F78">
+        <v>110</v>
+      </c>
+      <c s="13" r="G78">
+        <v>119</v>
+      </c>
+      <c s="6" t="str" r="H78"/>
+      <c s="13" r="I78">
+        <v>140</v>
+      </c>
+      <c s="24" t="inlineStr" r="J78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="23" t="inlineStr" r="D79">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E79">
+        <v>97</v>
+      </c>
+      <c s="13" r="F79">
+        <v>56</v>
+      </c>
+      <c s="13" r="G79">
+        <v>63</v>
+      </c>
+      <c s="6" t="str" r="H79"/>
+      <c s="13" r="I79">
+        <v>66</v>
+      </c>
+      <c s="24" t="inlineStr" r="J79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B80"/>
+      <c s="26" t="str" r="C80"/>
+      <c s="10" t="inlineStr" r="D80">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E80">
+        <v>267</v>
+      </c>
+      <c s="11" r="F80">
+        <v>200</v>
+      </c>
+      <c s="11" r="G80">
+        <v>244</v>
+      </c>
+      <c s="6" t="str" r="H80"/>
+      <c s="11" r="I80">
+        <v>248</v>
+      </c>
+      <c s="24" t="inlineStr" r="J80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B81"/>
+      <c s="28" t="str" r="C81"/>
+      <c s="23" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H81"/>
+      <c s="23" t="inlineStr" r="I81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B82">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Medical Genetics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C82"/>
+      <c s="23" t="inlineStr" r="D82">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E82">
+        <v>9</v>
+      </c>
+      <c s="24" t="inlineStr" r="F82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H82"/>
+      <c s="24" t="inlineStr" r="I82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="23" t="inlineStr" r="D83">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E83">
+        <v>94</v>
+      </c>
+      <c s="13" r="F83">
+        <v>61</v>
+      </c>
+      <c s="13" r="G83">
+        <v>40</v>
+      </c>
+      <c s="6" t="str" r="H83"/>
+      <c s="13" r="I83">
+        <v>69</v>
+      </c>
+      <c s="13" r="J83">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B84"/>
+      <c s="26" t="str" r="C84"/>
+      <c s="23" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E84">
+        <v>22</v>
+      </c>
+      <c s="13" r="F84">
+        <v>9</v>
+      </c>
+      <c s="13" r="G84">
         <v>16</v>
       </c>
-      <c r="C6" s="22"/>
-      <c r="D6" s="9" t="s">
+      <c s="6" t="str" r="H84"/>
+      <c s="13" r="I84">
+        <v>14</v>
+      </c>
+      <c s="13" r="J84">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B85"/>
+      <c s="26" t="str" r="C85"/>
+      <c s="10" t="inlineStr" r="D85">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E85">
+        <v>125</v>
+      </c>
+      <c s="11" r="F85">
+        <v>74</v>
+      </c>
+      <c s="11" r="G85">
+        <v>59</v>
+      </c>
+      <c s="6" t="str" r="H85"/>
+      <c s="11" r="I85">
+        <v>83</v>
+      </c>
+      <c s="11" r="J85">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B86"/>
+      <c s="28" t="str" r="C86"/>
+      <c s="23" t="inlineStr" r="D86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H86"/>
+      <c s="23" t="inlineStr" r="I86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C87"/>
+      <c s="23" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E87">
+        <v>86</v>
+      </c>
+      <c s="13" r="F87">
+        <v>92</v>
+      </c>
+      <c s="13" r="G87">
+        <v>85</v>
+      </c>
+      <c s="6" t="str" r="H87"/>
+      <c s="13" r="I87">
+        <v>85</v>
+      </c>
+      <c s="13" r="J87">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B88"/>
+      <c s="26" t="str" r="C88"/>
+      <c s="23" t="inlineStr" r="D88">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E88">
+        <v>329</v>
+      </c>
+      <c s="13" r="F88">
+        <v>362</v>
+      </c>
+      <c s="13" r="G88">
+        <v>412</v>
+      </c>
+      <c s="6" t="str" r="H88"/>
+      <c s="13" r="I88">
+        <v>575</v>
+      </c>
+      <c s="13" r="J88">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B89"/>
+      <c s="26" t="str" r="C89"/>
+      <c s="23" t="inlineStr" r="D89">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E89">
+        <v>430</v>
+      </c>
+      <c s="13" r="F89">
+        <v>372</v>
+      </c>
+      <c s="13" r="G89">
+        <v>447</v>
+      </c>
+      <c s="6" t="str" r="H89"/>
+      <c s="13" r="I89">
+        <v>408</v>
+      </c>
+      <c s="13" r="J89">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B90"/>
+      <c s="26" t="str" r="C90"/>
+      <c s="10" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E90">
+        <v>845</v>
+      </c>
+      <c s="11" r="F90">
+        <v>826</v>
+      </c>
+      <c s="11" r="G90">
+        <v>944</v>
+      </c>
+      <c s="6" t="str" r="H90"/>
+      <c s="11" r="I90">
+        <v>1068</v>
+      </c>
+      <c s="11" r="J90">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B91"/>
+      <c s="28" t="str" r="C91"/>
+      <c s="23" t="inlineStr" r="D91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H91"/>
+      <c s="23" t="inlineStr" r="I91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C92"/>
+      <c s="23" t="inlineStr" r="D92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E92">
+        <v>22</v>
+      </c>
+      <c s="13" r="F92">
+        <v>6</v>
+      </c>
+      <c s="13" r="G92">
         <v>17</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c s="6" t="str" r="H92"/>
+      <c s="13" r="I92">
+        <v>19</v>
+      </c>
+      <c s="13" r="J92">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B93"/>
+      <c s="26" t="str" r="C93"/>
+      <c s="23" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E93">
+        <v>143</v>
+      </c>
+      <c s="13" r="F93">
+        <v>143</v>
+      </c>
+      <c s="13" r="G93">
+        <v>142</v>
+      </c>
+      <c s="6" t="str" r="H93"/>
+      <c s="13" r="I93">
+        <v>239</v>
+      </c>
+      <c s="13" r="J93">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B94"/>
+      <c s="26" t="str" r="C94"/>
+      <c s="23" t="inlineStr" r="D94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E94">
+        <v>54</v>
+      </c>
+      <c s="13" r="F94">
+        <v>32</v>
+      </c>
+      <c s="13" r="G94">
+        <v>41</v>
+      </c>
+      <c s="6" t="str" r="H94"/>
+      <c s="13" r="I94">
+        <v>49</v>
+      </c>
+      <c s="13" r="J94">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B95"/>
+      <c s="26" t="str" r="C95"/>
+      <c s="10" t="inlineStr" r="D95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E95">
+        <v>219</v>
+      </c>
+      <c s="11" r="F95">
+        <v>181</v>
+      </c>
+      <c s="11" r="G95">
+        <v>200</v>
+      </c>
+      <c s="6" t="str" r="H95"/>
+      <c s="11" r="I95">
+        <v>307</v>
+      </c>
+      <c s="11" r="J95">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B96"/>
+      <c s="28" t="str" r="C96"/>
+      <c s="23" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H96"/>
+      <c s="23" t="inlineStr" r="I96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B97">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C97"/>
+      <c s="23" t="inlineStr" r="D97">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E97">
+        <v>38</v>
+      </c>
+      <c s="13" r="F97">
+        <v>28</v>
+      </c>
+      <c s="13" r="G97">
+        <v>31</v>
+      </c>
+      <c s="6" t="str" r="H97"/>
+      <c s="13" r="I97">
+        <v>38</v>
+      </c>
+      <c s="13" r="J97">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B98"/>
+      <c s="26" t="str" r="C98"/>
+      <c s="23" t="inlineStr" r="D98">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E98">
+        <v>146</v>
+      </c>
+      <c s="13" r="F98">
+        <v>173</v>
+      </c>
+      <c s="13" r="G98">
+        <v>121</v>
+      </c>
+      <c s="6" t="str" r="H98"/>
+      <c s="13" r="I98">
+        <v>148</v>
+      </c>
+      <c s="13" r="J98">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B99"/>
+      <c s="26" t="str" r="C99"/>
+      <c s="23" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E99">
+        <v>111</v>
+      </c>
+      <c s="13" r="F99">
+        <v>94</v>
+      </c>
+      <c s="13" r="G99">
+        <v>86</v>
+      </c>
+      <c s="6" t="str" r="H99"/>
+      <c s="13" r="I99">
+        <v>94</v>
+      </c>
+      <c s="13" r="J99">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B100"/>
+      <c s="26" t="str" r="C100"/>
+      <c s="10" t="inlineStr" r="D100">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E100">
+        <v>295</v>
+      </c>
+      <c s="11" r="F100">
+        <v>295</v>
+      </c>
+      <c s="11" r="G100">
+        <v>238</v>
+      </c>
+      <c s="6" t="str" r="H100"/>
+      <c s="11" r="I100">
+        <v>280</v>
+      </c>
+      <c s="11" r="J100">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B101"/>
+      <c s="28" t="str" r="C101"/>
+      <c s="23" t="inlineStr" r="D101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H101"/>
+      <c s="23" t="inlineStr" r="I101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve">Interventional Radiology - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C102"/>
+      <c s="23" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E102">
+        <v>75</v>
+      </c>
+      <c s="13" r="F102">
+        <v>89</v>
+      </c>
+      <c s="13" r="G102">
+        <v>91</v>
+      </c>
+      <c s="6" t="str" r="H102"/>
+      <c s="13" r="I102">
+        <v>74</v>
+      </c>
+      <c s="13" r="J102">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B103"/>
+      <c s="26" t="str" r="C103"/>
+      <c s="23" t="inlineStr" r="D103">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E103">
+        <v>104</v>
+      </c>
+      <c s="13" r="F103">
+        <v>120</v>
+      </c>
+      <c s="13" r="G103">
+        <v>130</v>
+      </c>
+      <c s="6" t="str" r="H103"/>
+      <c s="13" r="I103">
+        <v>178</v>
+      </c>
+      <c s="13" r="J103">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B104"/>
+      <c s="26" t="str" r="C104"/>
+      <c s="23" t="inlineStr" r="D104">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E104">
+        <v>230</v>
+      </c>
+      <c s="13" r="F104">
+        <v>240</v>
+      </c>
+      <c s="13" r="G104">
+        <v>262</v>
+      </c>
+      <c s="6" t="str" r="H104"/>
+      <c s="13" r="I104">
+        <v>296</v>
+      </c>
+      <c s="13" r="J104">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B105"/>
+      <c s="26" t="str" r="C105"/>
+      <c s="10" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E105">
+        <v>409</v>
+      </c>
+      <c s="11" r="F105">
+        <v>449</v>
+      </c>
+      <c s="11" r="G105">
+        <v>483</v>
+      </c>
+      <c s="6" t="str" r="H105"/>
+      <c s="11" r="I105">
+        <v>548</v>
+      </c>
+      <c s="11" r="J105">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B106"/>
+      <c s="28" t="str" r="C106"/>
+      <c s="23" t="inlineStr" r="D106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H106"/>
+      <c s="23" t="inlineStr" r="I106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C107"/>
+      <c s="23" t="inlineStr" r="D107">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F107">
+        <v>5</v>
+      </c>
+      <c s="24" t="inlineStr" r="G107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H107"/>
+      <c s="13" r="I107">
+        <v>7</v>
+      </c>
+      <c s="24" t="inlineStr" r="J107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B108"/>
+      <c s="26" t="str" r="C108"/>
+      <c s="23" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E108">
+        <v>19</v>
+      </c>
+      <c s="13" r="F108">
+        <v>34</v>
+      </c>
+      <c s="13" r="G108">
+        <v>17</v>
+      </c>
+      <c s="6" t="str" r="H108"/>
+      <c s="13" r="I108">
+        <v>60</v>
+      </c>
+      <c s="13" r="J108">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B109"/>
+      <c s="26" t="str" r="C109"/>
+      <c s="23" t="inlineStr" r="D109">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E109">
+        <v>21</v>
+      </c>
+      <c s="13" r="F109">
+        <v>16</v>
+      </c>
+      <c s="13" r="G109">
+        <v>14</v>
+      </c>
+      <c s="6" t="str" r="H109"/>
+      <c s="13" r="I109">
+        <v>25</v>
+      </c>
+      <c s="13" r="J109">
         <v>18</v>
       </c>
-      <c r="F6" s="3" t="s">
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B110"/>
+      <c s="26" t="str" r="C110"/>
+      <c s="10" t="inlineStr" r="D110">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E110">
+        <v>44</v>
+      </c>
+      <c s="11" r="F110">
+        <v>55</v>
+      </c>
+      <c s="11" r="G110">
+        <v>35</v>
+      </c>
+      <c s="6" t="str" r="H110"/>
+      <c s="11" r="I110">
+        <v>92</v>
+      </c>
+      <c s="11" r="J110">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B111"/>
+      <c s="28" t="str" r="C111"/>
+      <c s="23" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H111"/>
+      <c s="23" t="inlineStr" r="I111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B112">
+        <is>
+          <t xml:space="preserve">Neurological Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C112"/>
+      <c s="23" t="inlineStr" r="D112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E112">
+        <v>29</v>
+      </c>
+      <c s="13" r="F112">
+        <v>24</v>
+      </c>
+      <c s="13" r="G112">
+        <v>26</v>
+      </c>
+      <c s="6" t="str" r="H112"/>
+      <c s="13" r="I112">
+        <v>35</v>
+      </c>
+      <c s="13" r="J112">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B113"/>
+      <c s="26" t="str" r="C113"/>
+      <c s="23" t="inlineStr" r="D113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E113">
+        <v>123</v>
+      </c>
+      <c s="13" r="F113">
+        <v>140</v>
+      </c>
+      <c s="13" r="G113">
+        <v>124</v>
+      </c>
+      <c s="6" t="str" r="H113"/>
+      <c s="13" r="I113">
+        <v>170</v>
+      </c>
+      <c s="13" r="J113">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B114"/>
+      <c s="26" t="str" r="C114"/>
+      <c s="23" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E114">
+        <v>335</v>
+      </c>
+      <c s="13" r="F114">
+        <v>340</v>
+      </c>
+      <c s="13" r="G114">
+        <v>365</v>
+      </c>
+      <c s="6" t="str" r="H114"/>
+      <c s="13" r="I114">
+        <v>407</v>
+      </c>
+      <c s="13" r="J114">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B115"/>
+      <c s="26" t="str" r="C115"/>
+      <c s="10" t="inlineStr" r="D115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E115">
+        <v>487</v>
+      </c>
+      <c s="11" r="F115">
+        <v>504</v>
+      </c>
+      <c s="11" r="G115">
+        <v>515</v>
+      </c>
+      <c s="6" t="str" r="H115"/>
+      <c s="11" r="I115">
+        <v>612</v>
+      </c>
+      <c s="11" r="J115">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B116"/>
+      <c s="28" t="str" r="C116"/>
+      <c s="23" t="inlineStr" r="D116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H116"/>
+      <c s="23" t="inlineStr" r="I116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve">Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C117"/>
+      <c s="23" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E117">
+        <v>231</v>
+      </c>
+      <c s="13" r="F117">
+        <v>275</v>
+      </c>
+      <c s="13" r="G117">
+        <v>287</v>
+      </c>
+      <c s="6" t="str" r="H117"/>
+      <c s="13" r="I117">
+        <v>306</v>
+      </c>
+      <c s="13" r="J117">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B118"/>
+      <c s="26" t="str" r="C118"/>
+      <c s="23" t="inlineStr" r="D118">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E118">
+        <v>1397</v>
+      </c>
+      <c s="13" r="F118">
+        <v>1415</v>
+      </c>
+      <c s="13" r="G118">
+        <v>1380</v>
+      </c>
+      <c s="6" t="str" r="H118"/>
+      <c s="13" r="I118">
+        <v>1509</v>
+      </c>
+      <c s="13" r="J118">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B119"/>
+      <c s="26" t="str" r="C119"/>
+      <c s="23" t="inlineStr" r="D119">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E119">
+        <v>662</v>
+      </c>
+      <c s="13" r="F119">
+        <v>707</v>
+      </c>
+      <c s="13" r="G119">
+        <v>734</v>
+      </c>
+      <c s="6" t="str" r="H119"/>
+      <c s="13" r="I119">
+        <v>810</v>
+      </c>
+      <c s="13" r="J119">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B120"/>
+      <c s="26" t="str" r="C120"/>
+      <c s="10" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E120">
+        <v>2290</v>
+      </c>
+      <c s="11" r="F120">
+        <v>2397</v>
+      </c>
+      <c s="11" r="G120">
+        <v>2401</v>
+      </c>
+      <c s="6" t="str" r="H120"/>
+      <c s="11" r="I120">
+        <v>2625</v>
+      </c>
+      <c s="11" r="J120">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B121"/>
+      <c s="28" t="str" r="C121"/>
+      <c s="23" t="inlineStr" r="D121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H121"/>
+      <c s="23" t="inlineStr" r="I121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Nuclear Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C122"/>
+      <c s="23" t="inlineStr" r="D122">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E122">
+        <v>8</v>
+      </c>
+      <c s="13" r="F122">
+        <v>16</v>
+      </c>
+      <c s="13" r="G122">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H122"/>
+      <c s="13" r="I122">
+        <v>8</v>
+      </c>
+      <c s="13" r="J122">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B123"/>
+      <c s="26" t="str" r="C123"/>
+      <c s="23" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E123">
+        <v>50</v>
+      </c>
+      <c s="13" r="F123">
+        <v>57</v>
+      </c>
+      <c s="13" r="G123">
+        <v>54</v>
+      </c>
+      <c s="6" t="str" r="H123"/>
+      <c s="13" r="I123">
+        <v>70</v>
+      </c>
+      <c s="13" r="J123">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B124"/>
+      <c s="26" t="str" r="C124"/>
+      <c s="23" t="inlineStr" r="D124">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E124">
+        <v>11</v>
+      </c>
+      <c s="13" r="F124">
+        <v>20</v>
+      </c>
+      <c s="13" r="G124">
         <v>19</v>
       </c>
-      <c r="G6" s="27" t="s">
+      <c s="6" t="str" r="H124"/>
+      <c s="13" r="I124">
+        <v>22</v>
+      </c>
+      <c s="13" r="J124">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B125"/>
+      <c s="26" t="str" r="C125"/>
+      <c s="10" t="inlineStr" r="D125">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E125">
+        <v>69</v>
+      </c>
+      <c s="11" r="F125">
+        <v>93</v>
+      </c>
+      <c s="11" r="G125">
+        <v>79</v>
+      </c>
+      <c s="6" t="str" r="H125"/>
+      <c s="11" r="I125">
+        <v>100</v>
+      </c>
+      <c s="11" r="J125">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B126"/>
+      <c s="28" t="str" r="C126"/>
+      <c s="23" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H126"/>
+      <c s="23" t="inlineStr" r="I126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B127">
+        <is>
+          <t xml:space="preserve">Obstetrics and Gynecology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C127"/>
+      <c s="23" t="inlineStr" r="D127">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E127">
+        <v>508</v>
+      </c>
+      <c s="13" r="F127">
+        <v>462</v>
+      </c>
+      <c s="13" r="G127">
+        <v>527</v>
+      </c>
+      <c s="6" t="str" r="H127"/>
+      <c s="24" t="inlineStr" r="I127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B128"/>
+      <c s="26" t="str" r="C128"/>
+      <c s="23" t="inlineStr" r="D128">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E128">
+        <v>688</v>
+      </c>
+      <c s="13" r="F128">
+        <v>608</v>
+      </c>
+      <c s="13" r="G128">
+        <v>561</v>
+      </c>
+      <c s="6" t="str" r="H128"/>
+      <c s="13" r="I128">
+        <v>17</v>
+      </c>
+      <c s="24" t="inlineStr" r="J128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B129"/>
+      <c s="26" t="str" r="C129"/>
+      <c s="23" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E129">
+        <v>1533</v>
+      </c>
+      <c s="13" r="F129">
+        <v>1431</v>
+      </c>
+      <c s="13" r="G129">
+        <v>1441</v>
+      </c>
+      <c s="6" t="str" r="H129"/>
+      <c s="24" t="inlineStr" r="I129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B130"/>
+      <c s="26" t="str" r="C130"/>
+      <c s="10" t="inlineStr" r="D130">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E130">
+        <v>2729</v>
+      </c>
+      <c s="11" r="F130">
+        <v>2501</v>
+      </c>
+      <c s="11" r="G130">
+        <v>2529</v>
+      </c>
+      <c s="6" t="str" r="H130"/>
+      <c s="11" r="I130">
+        <v>18</v>
+      </c>
+      <c s="24" t="inlineStr" r="J130">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B131"/>
+      <c s="28" t="str" r="C131"/>
+      <c s="23" t="inlineStr" r="D131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H131"/>
+      <c s="23" t="inlineStr" r="I131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve">Occupational and Environmental Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C132"/>
+      <c s="23" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E132">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F132">
+        <v>18</v>
+      </c>
+      <c s="13" r="G132">
+        <v>25</v>
+      </c>
+      <c s="6" t="str" r="H132"/>
+      <c s="13" r="I132">
         <v>20</v>
       </c>
-      <c r="H6" s="22"/>
-[...3 lines deleted...]
-      <c r="J6" s="3" t="s">
+      <c s="13" r="J132">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B133"/>
+      <c s="26" t="str" r="C133"/>
+      <c s="23" t="inlineStr" r="D133">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E133">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F133">
+        <v>37</v>
+      </c>
+      <c s="13" r="G133">
+        <v>42</v>
+      </c>
+      <c s="6" t="str" r="H133"/>
+      <c s="13" r="I133">
+        <v>50</v>
+      </c>
+      <c s="13" r="J133">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="134" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B134"/>
+      <c s="26" t="str" r="C134"/>
+      <c s="23" t="inlineStr" r="D134">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E134">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F134">
+        <v>35</v>
+      </c>
+      <c s="13" r="G134">
+        <v>40</v>
+      </c>
+      <c s="6" t="str" r="H134"/>
+      <c s="13" r="I134">
+        <v>45</v>
+      </c>
+      <c s="13" r="J134">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="135" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B135"/>
+      <c s="26" t="str" r="C135"/>
+      <c s="10" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E135">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F135">
+        <v>90</v>
+      </c>
+      <c s="11" r="G135">
+        <v>107</v>
+      </c>
+      <c s="6" t="str" r="H135"/>
+      <c s="11" r="I135">
+        <v>115</v>
+      </c>
+      <c s="11" r="J135">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="136" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B136"/>
+      <c s="28" t="str" r="C136"/>
+      <c s="23" t="inlineStr" r="D136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H136"/>
+      <c s="23" t="inlineStr" r="I136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C137"/>
+      <c s="23" t="inlineStr" r="D137">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E137">
+        <v>281</v>
+      </c>
+      <c s="13" r="F137">
+        <v>319</v>
+      </c>
+      <c s="13" r="G137">
+        <v>358</v>
+      </c>
+      <c s="6" t="str" r="H137"/>
+      <c s="13" r="I137">
+        <v>398</v>
+      </c>
+      <c s="13" r="J137">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="138" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B138"/>
+      <c s="26" t="str" r="C138"/>
+      <c s="23" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E138">
+        <v>165</v>
+      </c>
+      <c s="13" r="F138">
+        <v>142</v>
+      </c>
+      <c s="13" r="G138">
+        <v>165</v>
+      </c>
+      <c s="6" t="str" r="H138"/>
+      <c s="13" r="I138">
+        <v>196</v>
+      </c>
+      <c s="13" r="J138">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="139" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B139"/>
+      <c s="26" t="str" r="C139"/>
+      <c s="23" t="inlineStr" r="D139">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E139">
+        <v>1293</v>
+      </c>
+      <c s="13" r="F139">
+        <v>1212</v>
+      </c>
+      <c s="13" r="G139">
+        <v>1241</v>
+      </c>
+      <c s="6" t="str" r="H139"/>
+      <c s="13" r="I139">
+        <v>1268</v>
+      </c>
+      <c s="13" r="J139">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="140" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B140"/>
+      <c s="26" t="str" r="C140"/>
+      <c s="10" t="inlineStr" r="D140">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E140">
+        <v>1739</v>
+      </c>
+      <c s="11" r="F140">
+        <v>1673</v>
+      </c>
+      <c s="11" r="G140">
+        <v>1764</v>
+      </c>
+      <c s="6" t="str" r="H140"/>
+      <c s="11" r="I140">
+        <v>1862</v>
+      </c>
+      <c s="11" r="J140">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="141" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B141"/>
+      <c s="28" t="str" r="C141"/>
+      <c s="23" t="inlineStr" r="D141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H141"/>
+      <c s="23" t="inlineStr" r="I141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B142">
+        <is>
+          <t xml:space="preserve">Osteopathic Neuromusculoskeletal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C142"/>
+      <c s="23" t="inlineStr" r="D142">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E142">
+        <v>44</v>
+      </c>
+      <c s="13" r="F142">
+        <v>39</v>
+      </c>
+      <c s="13" r="G142">
+        <v>52</v>
+      </c>
+      <c s="6" t="str" r="H142"/>
+      <c s="13" r="I142">
+        <v>41</v>
+      </c>
+      <c s="13" r="J142">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="143" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B143"/>
+      <c s="26" t="str" r="C143"/>
+      <c s="23" t="inlineStr" r="D143">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E143">
+        <v>5</v>
+      </c>
+      <c s="13" r="F143">
+        <v>31</v>
+      </c>
+      <c s="13" r="G143">
+        <v>41</v>
+      </c>
+      <c s="6" t="str" r="H143"/>
+      <c s="13" r="I143">
+        <v>35</v>
+      </c>
+      <c s="13" r="J143">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="144" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B144"/>
+      <c s="26" t="str" r="C144"/>
+      <c s="23" t="inlineStr" r="D144">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H144"/>
+      <c s="24" t="inlineStr" r="I144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B145"/>
+      <c s="26" t="str" r="C145"/>
+      <c s="10" t="inlineStr" r="D145">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E145">
+        <v>50</v>
+      </c>
+      <c s="11" r="F145">
+        <v>72</v>
+      </c>
+      <c s="11" r="G145">
+        <v>94</v>
+      </c>
+      <c s="6" t="str" r="H145"/>
+      <c s="11" r="I145">
+        <v>77</v>
+      </c>
+      <c s="11" r="J145">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="146" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B146"/>
+      <c s="28" t="str" r="C146"/>
+      <c s="23" t="inlineStr" r="D146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H146"/>
+      <c s="23" t="inlineStr" r="I146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B147">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C147"/>
+      <c s="23" t="inlineStr" r="D147">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E147">
+        <v>57</v>
+      </c>
+      <c s="13" r="F147">
+        <v>45</v>
+      </c>
+      <c s="13" r="G147">
+        <v>52</v>
+      </c>
+      <c s="6" t="str" r="H147"/>
+      <c s="13" r="I147">
+        <v>50</v>
+      </c>
+      <c s="13" r="J147">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="148" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B148"/>
+      <c s="26" t="str" r="C148"/>
+      <c s="23" t="inlineStr" r="D148">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E148">
+        <v>54</v>
+      </c>
+      <c s="13" r="F148">
+        <v>53</v>
+      </c>
+      <c s="13" r="G148">
+        <v>69</v>
+      </c>
+      <c s="6" t="str" r="H148"/>
+      <c s="13" r="I148">
+        <v>84</v>
+      </c>
+      <c s="13" r="J148">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="149" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B149"/>
+      <c s="26" t="str" r="C149"/>
+      <c s="23" t="inlineStr" r="D149">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E149">
+        <v>543</v>
+      </c>
+      <c s="13" r="F149">
+        <v>452</v>
+      </c>
+      <c s="13" r="G149">
+        <v>457</v>
+      </c>
+      <c s="6" t="str" r="H149"/>
+      <c s="13" r="I149">
+        <v>499</v>
+      </c>
+      <c s="13" r="J149">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="150" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B150"/>
+      <c s="26" t="str" r="C150"/>
+      <c s="10" t="inlineStr" r="D150">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E150">
+        <v>654</v>
+      </c>
+      <c s="11" r="F150">
+        <v>550</v>
+      </c>
+      <c s="11" r="G150">
+        <v>578</v>
+      </c>
+      <c s="6" t="str" r="H150"/>
+      <c s="11" r="I150">
+        <v>633</v>
+      </c>
+      <c s="11" r="J150">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="151" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B151"/>
+      <c s="28" t="str" r="C151"/>
+      <c s="23" t="inlineStr" r="D151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H151"/>
+      <c s="23" t="inlineStr" r="I151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B152">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C152"/>
+      <c s="23" t="inlineStr" r="D152">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E152">
+        <v>126</v>
+      </c>
+      <c s="13" r="F152">
+        <v>144</v>
+      </c>
+      <c s="13" r="G152">
+        <v>151</v>
+      </c>
+      <c s="6" t="str" r="H152"/>
+      <c s="13" r="I152">
+        <v>170</v>
+      </c>
+      <c s="13" r="J152">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="153" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B153"/>
+      <c s="26" t="str" r="C153"/>
+      <c s="23" t="inlineStr" r="D153">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E153">
+        <v>1152</v>
+      </c>
+      <c s="13" r="F153">
+        <v>1047</v>
+      </c>
+      <c s="13" r="G153">
+        <v>1016</v>
+      </c>
+      <c s="6" t="str" r="H153"/>
+      <c s="13" r="I153">
+        <v>890</v>
+      </c>
+      <c s="13" r="J153">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="154" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B154"/>
+      <c s="26" t="str" r="C154"/>
+      <c s="23" t="inlineStr" r="D154">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E154">
+        <v>331</v>
+      </c>
+      <c s="13" r="F154">
+        <v>345</v>
+      </c>
+      <c s="13" r="G154">
+        <v>370</v>
+      </c>
+      <c s="6" t="str" r="H154"/>
+      <c s="13" r="I154">
+        <v>365</v>
+      </c>
+      <c s="13" r="J154">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="155" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B155"/>
+      <c s="26" t="str" r="C155"/>
+      <c s="10" t="inlineStr" r="D155">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E155">
+        <v>1609</v>
+      </c>
+      <c s="11" r="F155">
+        <v>1536</v>
+      </c>
+      <c s="11" r="G155">
+        <v>1537</v>
+      </c>
+      <c s="6" t="str" r="H155"/>
+      <c s="11" r="I155">
+        <v>1425</v>
+      </c>
+      <c s="11" r="J155">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="156" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B156"/>
+      <c s="28" t="str" r="C156"/>
+      <c s="23" t="inlineStr" r="D156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H156"/>
+      <c s="23" t="inlineStr" r="I156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B157">
+        <is>
+          <t xml:space="preserve">Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C157"/>
+      <c s="23" t="inlineStr" r="D157">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E157">
+        <v>801</v>
+      </c>
+      <c s="13" r="F157">
+        <v>814</v>
+      </c>
+      <c s="13" r="G157">
+        <v>767</v>
+      </c>
+      <c s="6" t="str" r="H157"/>
+      <c s="13" r="I157">
+        <v>833</v>
+      </c>
+      <c s="13" r="J157">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="158" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B158"/>
+      <c s="26" t="str" r="C158"/>
+      <c s="23" t="inlineStr" r="D158">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E158">
+        <v>2257</v>
+      </c>
+      <c s="13" r="F158">
+        <v>2165</v>
+      </c>
+      <c s="13" r="G158">
+        <v>2156</v>
+      </c>
+      <c s="6" t="str" r="H158"/>
+      <c s="13" r="I158">
+        <v>2694</v>
+      </c>
+      <c s="13" r="J158">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="159" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B159"/>
+      <c s="26" t="str" r="C159"/>
+      <c s="23" t="inlineStr" r="D159">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E159">
+        <v>2162</v>
+      </c>
+      <c s="13" r="F159">
+        <v>2108</v>
+      </c>
+      <c s="13" r="G159">
+        <v>1942</v>
+      </c>
+      <c s="6" t="str" r="H159"/>
+      <c s="13" r="I159">
+        <v>1986</v>
+      </c>
+      <c s="13" r="J159">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="160" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B160"/>
+      <c s="26" t="str" r="C160"/>
+      <c s="10" t="inlineStr" r="D160">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E160">
+        <v>5220</v>
+      </c>
+      <c s="11" r="F160">
+        <v>5087</v>
+      </c>
+      <c s="11" r="G160">
+        <v>4865</v>
+      </c>
+      <c s="6" t="str" r="H160"/>
+      <c s="11" r="I160">
+        <v>5513</v>
+      </c>
+      <c s="11" r="J160">
+        <v>5667</v>
+      </c>
+    </row>
+    <row r="161" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B161"/>
+      <c s="28" t="str" r="C161"/>
+      <c s="23" t="inlineStr" r="D161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H161"/>
+      <c s="23" t="inlineStr" r="I161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B162">
+        <is>
+          <t xml:space="preserve">Pediatrics/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C162"/>
+      <c s="23" t="inlineStr" r="D162">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E162">
+        <v>5</v>
+      </c>
+      <c s="13" r="F162">
+        <v>7</v>
+      </c>
+      <c s="24" t="inlineStr" r="G162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H162"/>
+      <c s="24" t="inlineStr" r="I162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B163"/>
+      <c s="26" t="str" r="C163"/>
+      <c s="23" t="inlineStr" r="D163">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E163">
+        <v>19</v>
+      </c>
+      <c s="13" r="F163">
+        <v>17</v>
+      </c>
+      <c s="13" r="G163">
+        <v>27</v>
+      </c>
+      <c s="6" t="str" r="H163"/>
+      <c s="13" r="I163">
+        <v>28</v>
+      </c>
+      <c s="13" r="J163">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="164" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B164"/>
+      <c s="26" t="str" r="C164"/>
+      <c s="23" t="inlineStr" r="D164">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E164">
+        <v>18</v>
+      </c>
+      <c s="13" r="F164">
+        <v>27</v>
+      </c>
+      <c s="13" r="G164">
+        <v>39</v>
+      </c>
+      <c s="6" t="str" r="H164"/>
+      <c s="13" r="I164">
+        <v>48</v>
+      </c>
+      <c s="13" r="J164">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="165" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B165"/>
+      <c s="26" t="str" r="C165"/>
+      <c s="10" t="inlineStr" r="D165">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E165">
+        <v>42</v>
+      </c>
+      <c s="11" r="F165">
+        <v>51</v>
+      </c>
+      <c s="11" r="G165">
+        <v>70</v>
+      </c>
+      <c s="6" t="str" r="H165"/>
+      <c s="11" r="I165">
+        <v>80</v>
+      </c>
+      <c s="11" r="J165">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="166" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B166"/>
+      <c s="28" t="str" r="C166"/>
+      <c s="23" t="inlineStr" r="D166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H166"/>
+      <c s="23" t="inlineStr" r="I166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="167" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B167">
+        <is>
+          <t xml:space="preserve">Pediatrics/Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C167"/>
+      <c s="23" t="inlineStr" r="D167">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E167">
+        <v>17</v>
+      </c>
+      <c s="13" r="F167">
+        <v>20</v>
+      </c>
+      <c s="13" r="G167">
+        <v>14</v>
+      </c>
+      <c s="6" t="str" r="H167"/>
+      <c s="13" r="I167">
+        <v>13</v>
+      </c>
+      <c s="24" t="inlineStr" r="J167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B168"/>
+      <c s="26" t="str" r="C168"/>
+      <c s="23" t="inlineStr" r="D168">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E168">
+        <v>23</v>
+      </c>
+      <c s="13" r="F168">
+        <v>41</v>
+      </c>
+      <c s="13" r="G168">
+        <v>30</v>
+      </c>
+      <c s="6" t="str" r="H168"/>
+      <c s="13" r="I168">
+        <v>30</v>
+      </c>
+      <c s="24" t="inlineStr" r="J168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B169"/>
+      <c s="26" t="str" r="C169"/>
+      <c s="23" t="inlineStr" r="D169">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E169">
+        <v>45</v>
+      </c>
+      <c s="13" r="F169">
+        <v>26</v>
+      </c>
+      <c s="13" r="G169">
+        <v>27</v>
+      </c>
+      <c s="6" t="str" r="H169"/>
+      <c s="13" r="I169">
+        <v>35</v>
+      </c>
+      <c s="24" t="inlineStr" r="J169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B170"/>
+      <c s="26" t="str" r="C170"/>
+      <c s="10" t="inlineStr" r="D170">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E170">
+        <v>85</v>
+      </c>
+      <c s="11" r="F170">
+        <v>87</v>
+      </c>
+      <c s="11" r="G170">
+        <v>71</v>
+      </c>
+      <c s="6" t="str" r="H170"/>
+      <c s="11" r="I170">
+        <v>78</v>
+      </c>
+      <c s="24" t="inlineStr" r="J170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B171"/>
+      <c s="28" t="str" r="C171"/>
+      <c s="23" t="inlineStr" r="D171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H171"/>
+      <c s="23" t="inlineStr" r="I171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="172" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B172">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C172"/>
+      <c s="23" t="inlineStr" r="D172">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F172">
+        <v>9</v>
+      </c>
+      <c s="13" r="G172">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H172"/>
+      <c s="13" r="I172">
+        <v>6</v>
+      </c>
+      <c s="13" r="J172">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="173" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B173"/>
+      <c s="26" t="str" r="C173"/>
+      <c s="23" t="inlineStr" r="D173">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E173">
+        <v>55</v>
+      </c>
+      <c s="13" r="F173">
+        <v>86</v>
+      </c>
+      <c s="13" r="G173">
+        <v>99</v>
+      </c>
+      <c s="6" t="str" r="H173"/>
+      <c s="13" r="I173">
+        <v>87</v>
+      </c>
+      <c s="13" r="J173">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="174" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B174"/>
+      <c s="26" t="str" r="C174"/>
+      <c s="23" t="inlineStr" r="D174">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E174">
+        <v>31</v>
+      </c>
+      <c s="13" r="F174">
+        <v>30</v>
+      </c>
+      <c s="13" r="G174">
+        <v>30</v>
+      </c>
+      <c s="6" t="str" r="H174"/>
+      <c s="13" r="I174">
+        <v>29</v>
+      </c>
+      <c s="13" r="J174">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="175" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B175"/>
+      <c s="26" t="str" r="C175"/>
+      <c s="10" t="inlineStr" r="D175">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E175">
+        <v>90</v>
+      </c>
+      <c s="11" r="F175">
+        <v>125</v>
+      </c>
+      <c s="11" r="G175">
+        <v>136</v>
+      </c>
+      <c s="6" t="str" r="H175"/>
+      <c s="11" r="I175">
+        <v>122</v>
+      </c>
+      <c s="11" r="J175">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="176" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B176"/>
+      <c s="28" t="str" r="C176"/>
+      <c s="23" t="inlineStr" r="D176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H176"/>
+      <c s="23" t="inlineStr" r="I176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="177" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B177">
+        <is>
+          <t xml:space="preserve">Pediatrics/Physical Medicine and Rehabilitation</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C177"/>
+      <c s="23" t="inlineStr" r="D177">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E177">
+        <v>15</v>
+      </c>
+      <c s="13" r="F177">
+        <v>13</v>
+      </c>
+      <c s="13" r="G177">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H177"/>
+      <c s="13" r="I177">
+        <v>23</v>
+      </c>
+      <c s="13" r="J177">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B178"/>
+      <c s="26" t="str" r="C178"/>
+      <c s="23" t="inlineStr" r="D178">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F178">
+        <v>7</v>
+      </c>
+      <c s="13" r="G178">
+        <v>8</v>
+      </c>
+      <c s="6" t="str" r="H178"/>
+      <c s="13" r="I178">
+        <v>16</v>
+      </c>
+      <c s="13" r="J178">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="179" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B179"/>
+      <c s="26" t="str" r="C179"/>
+      <c s="23" t="inlineStr" r="D179">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E179">
+        <v>30</v>
+      </c>
+      <c s="13" r="F179">
+        <v>20</v>
+      </c>
+      <c s="13" r="G179">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="20" t="s">
+      <c s="6" t="str" r="H179"/>
+      <c s="13" r="I179">
+        <v>28</v>
+      </c>
+      <c s="13" r="J179">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="180" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B180"/>
+      <c s="26" t="str" r="C180"/>
+      <c s="10" t="inlineStr" r="D180">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E180">
+        <v>48</v>
+      </c>
+      <c s="11" r="F180">
+        <v>40</v>
+      </c>
+      <c s="11" r="G180">
+        <v>43</v>
+      </c>
+      <c s="6" t="str" r="H180"/>
+      <c s="11" r="I180">
+        <v>67</v>
+      </c>
+      <c s="11" r="J180">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="181" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B181"/>
+      <c s="28" t="str" r="C181"/>
+      <c s="23" t="inlineStr" r="D181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H181"/>
+      <c s="23" t="inlineStr" r="I181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="182" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B182">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C182"/>
+      <c s="23" t="inlineStr" r="D182">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E182">
+        <v>31</v>
+      </c>
+      <c s="13" r="F182">
+        <v>31</v>
+      </c>
+      <c s="13" r="G182">
+        <v>33</v>
+      </c>
+      <c s="6" t="str" r="H182"/>
+      <c s="13" r="I182">
+        <v>25</v>
+      </c>
+      <c s="13" r="J182">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="183" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B183"/>
+      <c s="26" t="str" r="C183"/>
+      <c s="23" t="inlineStr" r="D183">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E183">
+        <v>52</v>
+      </c>
+      <c s="13" r="F183">
+        <v>56</v>
+      </c>
+      <c s="13" r="G183">
+        <v>52</v>
+      </c>
+      <c s="6" t="str" r="H183"/>
+      <c s="13" r="I183">
+        <v>63</v>
+      </c>
+      <c s="13" r="J183">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="184" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B184"/>
+      <c s="26" t="str" r="C184"/>
+      <c s="23" t="inlineStr" r="D184">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E184">
+        <v>77</v>
+      </c>
+      <c s="13" r="F184">
+        <v>71</v>
+      </c>
+      <c s="13" r="G184">
+        <v>90</v>
+      </c>
+      <c s="6" t="str" r="H184"/>
+      <c s="13" r="I184">
+        <v>104</v>
+      </c>
+      <c s="13" r="J184">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="185" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B185"/>
+      <c s="26" t="str" r="C185"/>
+      <c s="10" t="inlineStr" r="D185">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E185">
+        <v>160</v>
+      </c>
+      <c s="11" r="F185">
+        <v>158</v>
+      </c>
+      <c s="11" r="G185">
+        <v>175</v>
+      </c>
+      <c s="6" t="str" r="H185"/>
+      <c s="11" r="I185">
+        <v>192</v>
+      </c>
+      <c s="11" r="J185">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="186" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B186"/>
+      <c s="28" t="str" r="C186"/>
+      <c s="23" t="inlineStr" r="D186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H186"/>
+      <c s="23" t="inlineStr" r="I186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="187" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B187">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C187"/>
+      <c s="23" t="inlineStr" r="D187">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E187">
+        <v>397</v>
+      </c>
+      <c s="13" r="F187">
+        <v>377</v>
+      </c>
+      <c s="13" r="G187">
+        <v>384</v>
+      </c>
+      <c s="6" t="str" r="H187"/>
+      <c s="13" r="I187">
+        <v>415</v>
+      </c>
+      <c s="13" r="J187">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="188" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B188"/>
+      <c s="26" t="str" r="C188"/>
+      <c s="23" t="inlineStr" r="D188">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E188">
+        <v>267</v>
+      </c>
+      <c s="13" r="F188">
+        <v>258</v>
+      </c>
+      <c s="13" r="G188">
+        <v>231</v>
+      </c>
+      <c s="6" t="str" r="H188"/>
+      <c s="13" r="I188">
+        <v>236</v>
+      </c>
+      <c s="13" r="J188">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="189" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B189"/>
+      <c s="26" t="str" r="C189"/>
+      <c s="23" t="inlineStr" r="D189">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E189">
+        <v>410</v>
+      </c>
+      <c s="13" r="F189">
+        <v>458</v>
+      </c>
+      <c s="13" r="G189">
+        <v>454</v>
+      </c>
+      <c s="6" t="str" r="H189"/>
+      <c s="13" r="I189">
+        <v>453</v>
+      </c>
+      <c s="13" r="J189">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="190" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B190"/>
+      <c s="26" t="str" r="C190"/>
+      <c s="10" t="inlineStr" r="D190">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E190">
+        <v>1074</v>
+      </c>
+      <c s="11" r="F190">
+        <v>1093</v>
+      </c>
+      <c s="11" r="G190">
+        <v>1069</v>
+      </c>
+      <c s="6" t="str" r="H190"/>
+      <c s="11" r="I190">
+        <v>1104</v>
+      </c>
+      <c s="11" r="J190">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="191" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B191"/>
+      <c s="28" t="str" r="C191"/>
+      <c s="23" t="inlineStr" r="D191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H191"/>
+      <c s="23" t="inlineStr" r="I191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="192" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B192">
+        <is>
+          <t xml:space="preserve">Plastic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C192"/>
+      <c s="23" t="inlineStr" r="D192">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="G192">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H192"/>
+      <c s="24" t="inlineStr" r="I192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B193"/>
+      <c s="26" t="str" r="C193"/>
+      <c s="23" t="inlineStr" r="D193">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F193">
+        <v>7</v>
+      </c>
+      <c s="13" r="G193">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H193"/>
+      <c s="13" r="I193">
+        <v>11</v>
+      </c>
+      <c s="24" t="inlineStr" r="J193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B194"/>
+      <c s="26" t="str" r="C194"/>
+      <c s="23" t="inlineStr" r="D194">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="13" r="F194">
+        <v>59</v>
+      </c>
+      <c s="13" r="G194">
+        <v>123</v>
+      </c>
+      <c s="6" t="str" r="H194"/>
+      <c s="13" r="I194">
+        <v>7</v>
+      </c>
+      <c s="24" t="inlineStr" r="J194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B195"/>
+      <c s="26" t="str" r="C195"/>
+      <c s="10" t="inlineStr" r="D195">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="11" r="F195">
+        <v>68</v>
+      </c>
+      <c s="11" r="G195">
+        <v>149</v>
+      </c>
+      <c s="6" t="str" r="H195"/>
+      <c s="11" r="I195">
+        <v>20</v>
+      </c>
+      <c s="24" t="inlineStr" r="J195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B196"/>
+      <c s="28" t="str" r="C196"/>
+      <c s="23" t="inlineStr" r="D196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H196"/>
+      <c s="23" t="inlineStr" r="I196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="197" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B197">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C197"/>
+      <c s="23" t="inlineStr" r="D197">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E197">
+        <v>17</v>
+      </c>
+      <c s="13" r="F197">
+        <v>18</v>
+      </c>
+      <c s="13" r="G197">
+        <v>27</v>
+      </c>
+      <c s="6" t="str" r="H197"/>
+      <c s="13" r="I197">
+        <v>13</v>
+      </c>
+      <c s="13" r="J197">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="198" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B198"/>
+      <c s="26" t="str" r="C198"/>
+      <c s="23" t="inlineStr" r="D198">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E198">
+        <v>76</v>
+      </c>
+      <c s="13" r="F198">
+        <v>93</v>
+      </c>
+      <c s="13" r="G198">
+        <v>82</v>
+      </c>
+      <c s="6" t="str" r="H198"/>
+      <c s="13" r="I198">
+        <v>66</v>
+      </c>
+      <c s="13" r="J198">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="199" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B199"/>
+      <c s="26" t="str" r="C199"/>
+      <c s="23" t="inlineStr" r="D199">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E199">
+        <v>327</v>
+      </c>
+      <c s="13" r="F199">
+        <v>295</v>
+      </c>
+      <c s="13" r="G199">
+        <v>295</v>
+      </c>
+      <c s="6" t="str" r="H199"/>
+      <c s="13" r="I199">
+        <v>50</v>
+      </c>
+      <c s="13" r="J199">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="200" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B200"/>
+      <c s="26" t="str" r="C200"/>
+      <c s="10" t="inlineStr" r="D200">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E200">
+        <v>420</v>
+      </c>
+      <c s="11" r="F200">
+        <v>406</v>
+      </c>
+      <c s="11" r="G200">
+        <v>404</v>
+      </c>
+      <c s="6" t="str" r="H200"/>
+      <c s="11" r="I200">
+        <v>129</v>
+      </c>
+      <c s="11" r="J200">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="201" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B201"/>
+      <c s="28" t="str" r="C201"/>
+      <c s="23" t="inlineStr" r="D201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H201"/>
+      <c s="23" t="inlineStr" r="I201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="202" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B202">
+        <is>
+          <t xml:space="preserve">Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C202"/>
+      <c s="23" t="inlineStr" r="D202">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E202">
+        <v>643</v>
+      </c>
+      <c s="13" r="F202">
+        <v>694</v>
+      </c>
+      <c s="13" r="G202">
+        <v>819</v>
+      </c>
+      <c s="6" t="str" r="H202"/>
+      <c s="13" r="I202">
+        <v>859</v>
+      </c>
+      <c s="13" r="J202">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="203" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B203"/>
+      <c s="26" t="str" r="C203"/>
+      <c s="23" t="inlineStr" r="D203">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E203">
+        <v>1914</v>
+      </c>
+      <c s="13" r="F203">
+        <v>1692</v>
+      </c>
+      <c s="13" r="G203">
+        <v>1590</v>
+      </c>
+      <c s="6" t="str" r="H203"/>
+      <c s="13" r="I203">
+        <v>1462</v>
+      </c>
+      <c s="13" r="J203">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="204" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B204"/>
+      <c s="26" t="str" r="C204"/>
+      <c s="23" t="inlineStr" r="D204">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E204">
+        <v>1695</v>
+      </c>
+      <c s="13" r="F204">
+        <v>1763</v>
+      </c>
+      <c s="13" r="G204">
+        <v>1805</v>
+      </c>
+      <c s="6" t="str" r="H204"/>
+      <c s="13" r="I204">
+        <v>1915</v>
+      </c>
+      <c s="13" r="J204">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="205" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B205"/>
+      <c s="26" t="str" r="C205"/>
+      <c s="10" t="inlineStr" r="D205">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E205">
+        <v>4252</v>
+      </c>
+      <c s="11" r="F205">
+        <v>4149</v>
+      </c>
+      <c s="11" r="G205">
+        <v>4214</v>
+      </c>
+      <c s="6" t="str" r="H205"/>
+      <c s="11" r="I205">
+        <v>4236</v>
+      </c>
+      <c s="11" r="J205">
+        <v>3967</v>
+      </c>
+    </row>
+    <row r="206" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B206"/>
+      <c s="28" t="str" r="C206"/>
+      <c s="23" t="inlineStr" r="D206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H206"/>
+      <c s="23" t="inlineStr" r="I206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="207" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B207">
+        <is>
+          <t xml:space="preserve">Psychiatry/Family medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C207"/>
+      <c s="23" t="inlineStr" r="D207">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E207">
+        <v>52</v>
+      </c>
+      <c s="13" r="F207">
+        <v>35</v>
+      </c>
+      <c s="13" r="G207">
+        <v>43</v>
+      </c>
+      <c s="6" t="str" r="H207"/>
+      <c s="13" r="I207">
+        <v>57</v>
+      </c>
+      <c s="13" r="J207">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="208" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B208"/>
+      <c s="26" t="str" r="C208"/>
+      <c s="23" t="inlineStr" r="D208">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E208">
+        <v>109</v>
+      </c>
+      <c s="13" r="F208">
+        <v>77</v>
+      </c>
+      <c s="13" r="G208">
+        <v>84</v>
+      </c>
+      <c s="6" t="str" r="H208"/>
+      <c s="13" r="I208">
+        <v>121</v>
+      </c>
+      <c s="13" r="J208">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="209" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B209"/>
+      <c s="26" t="str" r="C209"/>
+      <c s="23" t="inlineStr" r="D209">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E209">
+        <v>96</v>
+      </c>
+      <c s="13" r="F209">
+        <v>94</v>
+      </c>
+      <c s="13" r="G209">
+        <v>88</v>
+      </c>
+      <c s="6" t="str" r="H209"/>
+      <c s="13" r="I209">
+        <v>102</v>
+      </c>
+      <c s="13" r="J209">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="210" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B210"/>
+      <c s="26" t="str" r="C210"/>
+      <c s="10" t="inlineStr" r="D210">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E210">
+        <v>257</v>
+      </c>
+      <c s="11" r="F210">
+        <v>206</v>
+      </c>
+      <c s="11" r="G210">
+        <v>215</v>
+      </c>
+      <c s="6" t="str" r="H210"/>
+      <c s="11" r="I210">
+        <v>280</v>
+      </c>
+      <c s="11" r="J210">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="211" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B211"/>
+      <c s="28" t="str" r="C211"/>
+      <c s="23" t="inlineStr" r="D211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H211"/>
+      <c s="23" t="inlineStr" r="I211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="212" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B212">
+        <is>
+          <t xml:space="preserve">Psychiatry/Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C212"/>
+      <c s="23" t="inlineStr" r="D212">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E212">
+        <v>22</v>
+      </c>
+      <c s="13" r="F212">
+        <v>11</v>
+      </c>
+      <c s="13" r="G212">
+        <v>14</v>
+      </c>
+      <c s="6" t="str" r="H212"/>
+      <c s="13" r="I212">
+        <v>22</v>
+      </c>
+      <c s="13" r="J212">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="213" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B213"/>
+      <c s="26" t="str" r="C213"/>
+      <c s="23" t="inlineStr" r="D213">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E213">
+        <v>101</v>
+      </c>
+      <c s="13" r="F213">
+        <v>80</v>
+      </c>
+      <c s="13" r="G213">
+        <v>77</v>
+      </c>
+      <c s="6" t="str" r="H213"/>
+      <c s="13" r="I213">
+        <v>78</v>
+      </c>
+      <c s="13" r="J213">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="214" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B214"/>
+      <c s="26" t="str" r="C214"/>
+      <c s="23" t="inlineStr" r="D214">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E214">
+        <v>36</v>
+      </c>
+      <c s="13" r="F214">
         <v>23</v>
       </c>
-      <c r="C7" s="28"/>
-[...29 lines deleted...]
-      <c r="F8" s="7">
+      <c s="13" r="G214">
+        <v>29</v>
+      </c>
+      <c s="6" t="str" r="H214"/>
+      <c s="13" r="I214">
+        <v>37</v>
+      </c>
+      <c s="13" r="J214">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="215" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B215"/>
+      <c s="26" t="str" r="C215"/>
+      <c s="10" t="inlineStr" r="D215">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E215">
+        <v>159</v>
+      </c>
+      <c s="11" r="F215">
+        <v>114</v>
+      </c>
+      <c s="11" r="G215">
+        <v>120</v>
+      </c>
+      <c s="6" t="str" r="H215"/>
+      <c s="11" r="I215">
+        <v>137</v>
+      </c>
+      <c s="11" r="J215">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="216" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B216"/>
+      <c s="28" t="str" r="C216"/>
+      <c s="23" t="inlineStr" r="D216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H216"/>
+      <c s="23" t="inlineStr" r="I216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="217" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B217">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C217"/>
+      <c s="23" t="inlineStr" r="D217">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E217">
+        <v>35</v>
+      </c>
+      <c s="13" r="F217">
+        <v>17</v>
+      </c>
+      <c s="13" r="G217">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H217"/>
+      <c s="13" r="I217">
+        <v>17</v>
+      </c>
+      <c s="13" r="J217">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="218" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B218"/>
+      <c s="26" t="str" r="C218"/>
+      <c s="23" t="inlineStr" r="D218">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E218">
+        <v>152</v>
+      </c>
+      <c s="13" r="F218">
+        <v>148</v>
+      </c>
+      <c s="13" r="G218">
+        <v>124</v>
+      </c>
+      <c s="6" t="str" r="H218"/>
+      <c s="13" r="I218">
+        <v>142</v>
+      </c>
+      <c s="13" r="J218">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="219" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B219"/>
+      <c s="26" t="str" r="C219"/>
+      <c s="23" t="inlineStr" r="D219">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E219">
+        <v>103</v>
+      </c>
+      <c s="13" r="F219">
+        <v>56</v>
+      </c>
+      <c s="13" r="G219">
+        <v>61</v>
+      </c>
+      <c s="6" t="str" r="H219"/>
+      <c s="13" r="I219">
+        <v>65</v>
+      </c>
+      <c s="13" r="J219">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="220" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B220"/>
+      <c s="26" t="str" r="C220"/>
+      <c s="10" t="inlineStr" r="D220">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E220">
+        <v>290</v>
+      </c>
+      <c s="11" r="F220">
+        <v>221</v>
+      </c>
+      <c s="11" r="G220">
+        <v>205</v>
+      </c>
+      <c s="6" t="str" r="H220"/>
+      <c s="11" r="I220">
+        <v>224</v>
+      </c>
+      <c s="11" r="J220">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="221" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B221"/>
+      <c s="28" t="str" r="C221"/>
+      <c s="23" t="inlineStr" r="D221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H221"/>
+      <c s="23" t="inlineStr" r="I221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="222" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B222">
+        <is>
+          <t xml:space="preserve">Radiation Oncology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C222"/>
+      <c s="23" t="inlineStr" r="D222">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E222">
+        <v>29</v>
+      </c>
+      <c s="13" r="F222">
+        <v>30</v>
+      </c>
+      <c s="13" r="G222">
+        <v>31</v>
+      </c>
+      <c s="6" t="str" r="H222"/>
+      <c s="13" r="I222">
+        <v>34</v>
+      </c>
+      <c s="13" r="J222">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="223" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B223"/>
+      <c s="26" t="str" r="C223"/>
+      <c s="23" t="inlineStr" r="D223">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E223">
+        <v>91</v>
+      </c>
+      <c s="13" r="F223">
+        <v>182</v>
+      </c>
+      <c s="13" r="G223">
+        <v>125</v>
+      </c>
+      <c s="6" t="str" r="H223"/>
+      <c s="13" r="I223">
+        <v>140</v>
+      </c>
+      <c s="13" r="J223">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="224" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B224"/>
+      <c s="26" t="str" r="C224"/>
+      <c s="23" t="inlineStr" r="D224">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E224">
+        <v>144</v>
+      </c>
+      <c s="13" r="F224">
+        <v>178</v>
+      </c>
+      <c s="13" r="G224">
+        <v>179</v>
+      </c>
+      <c s="6" t="str" r="H224"/>
+      <c s="13" r="I224">
+        <v>184</v>
+      </c>
+      <c s="13" r="J224">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="225" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B225"/>
+      <c s="26" t="str" r="C225"/>
+      <c s="10" t="inlineStr" r="D225">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E225">
+        <v>264</v>
+      </c>
+      <c s="11" r="F225">
+        <v>390</v>
+      </c>
+      <c s="11" r="G225">
+        <v>335</v>
+      </c>
+      <c s="6" t="str" r="H225"/>
+      <c s="11" r="I225">
+        <v>358</v>
+      </c>
+      <c s="11" r="J225">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="226" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B226"/>
+      <c s="28" t="str" r="C226"/>
+      <c s="23" t="inlineStr" r="D226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H226"/>
+      <c s="23" t="inlineStr" r="I226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="227" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B227">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C227"/>
+      <c s="23" t="inlineStr" r="D227">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E227">
+        <v>394</v>
+      </c>
+      <c s="13" r="F227">
+        <v>397</v>
+      </c>
+      <c s="13" r="G227">
+        <v>377</v>
+      </c>
+      <c s="6" t="str" r="H227"/>
+      <c s="13" r="I227">
+        <v>355</v>
+      </c>
+      <c s="13" r="J227">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="228" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B228"/>
+      <c s="26" t="str" r="C228"/>
+      <c s="23" t="inlineStr" r="D228">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E228">
+        <v>516</v>
+      </c>
+      <c s="13" r="F228">
+        <v>575</v>
+      </c>
+      <c s="13" r="G228">
+        <v>540</v>
+      </c>
+      <c s="6" t="str" r="H228"/>
+      <c s="13" r="I228">
+        <v>536</v>
+      </c>
+      <c s="13" r="J228">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="229" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B229"/>
+      <c s="26" t="str" r="C229"/>
+      <c s="23" t="inlineStr" r="D229">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E229">
+        <v>1352</v>
+      </c>
+      <c s="13" r="F229">
+        <v>1479</v>
+      </c>
+      <c s="13" r="G229">
+        <v>1345</v>
+      </c>
+      <c s="6" t="str" r="H229"/>
+      <c s="13" r="I229">
+        <v>1263</v>
+      </c>
+      <c s="13" r="J229">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="230" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B230"/>
+      <c s="26" t="str" r="C230"/>
+      <c s="10" t="inlineStr" r="D230">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E230">
+        <v>2262</v>
+      </c>
+      <c s="11" r="F230">
+        <v>2451</v>
+      </c>
+      <c s="11" r="G230">
+        <v>2262</v>
+      </c>
+      <c s="6" t="str" r="H230"/>
+      <c s="11" r="I230">
+        <v>2154</v>
+      </c>
+      <c s="11" r="J230">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="231" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B231"/>
+      <c s="28" t="str" r="C231"/>
+      <c s="23" t="inlineStr" r="D231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H231"/>
+      <c s="23" t="inlineStr" r="I231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="232" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B232">
+        <is>
+          <t xml:space="preserve">Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C232"/>
+      <c s="23" t="inlineStr" r="D232">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E232">
+        <v>843</v>
+      </c>
+      <c s="13" r="F232">
+        <v>853</v>
+      </c>
+      <c s="13" r="G232">
+        <v>890</v>
+      </c>
+      <c s="6" t="str" r="H232"/>
+      <c s="13" r="I232">
+        <v>851</v>
+      </c>
+      <c s="13" r="J232">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="233" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B233"/>
+      <c s="26" t="str" r="C233"/>
+      <c s="23" t="inlineStr" r="D233">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E233">
+        <v>1951</v>
+      </c>
+      <c s="13" r="F233">
+        <v>2055</v>
+      </c>
+      <c s="13" r="G233">
+        <v>2055</v>
+      </c>
+      <c s="6" t="str" r="H233"/>
+      <c s="13" r="I233">
+        <v>2223</v>
+      </c>
+      <c s="13" r="J233">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="234" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B234"/>
+      <c s="26" t="str" r="C234"/>
+      <c s="23" t="inlineStr" r="D234">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E234">
+        <v>2927</v>
+      </c>
+      <c s="13" r="F234">
+        <v>2804</v>
+      </c>
+      <c s="13" r="G234">
+        <v>2742</v>
+      </c>
+      <c s="6" t="str" r="H234"/>
+      <c s="13" r="I234">
+        <v>2851</v>
+      </c>
+      <c s="13" r="J234">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="235" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B235"/>
+      <c s="26" t="str" r="C235"/>
+      <c s="10" t="inlineStr" r="D235">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E235">
+        <v>5721</v>
+      </c>
+      <c s="11" r="F235">
+        <v>5712</v>
+      </c>
+      <c s="11" r="G235">
+        <v>5687</v>
+      </c>
+      <c s="6" t="str" r="H235"/>
+      <c s="11" r="I235">
+        <v>5925</v>
+      </c>
+      <c s="11" r="J235">
+        <v>5835</v>
+      </c>
+    </row>
+    <row r="236" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B236"/>
+      <c s="28" t="str" r="C236"/>
+      <c s="23" t="inlineStr" r="D236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H236"/>
+      <c s="23" t="inlineStr" r="I236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="237" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B237">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C237"/>
+      <c s="23" t="inlineStr" r="D237">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E237">
+        <v>13</v>
+      </c>
+      <c s="13" r="F237">
+        <v>13</v>
+      </c>
+      <c s="13" r="G237">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H237"/>
+      <c s="13" r="I237">
         <v>16</v>
       </c>
-      <c r="G8" s="24">
-[...3 lines deleted...]
-      <c r="I8" s="7">
+      <c s="13" r="J237">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="238" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B238"/>
+      <c s="26" t="str" r="C238"/>
+      <c s="23" t="inlineStr" r="D238">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E238">
+        <v>78</v>
+      </c>
+      <c s="13" r="F238">
+        <v>80</v>
+      </c>
+      <c s="13" r="G238">
+        <v>82</v>
+      </c>
+      <c s="6" t="str" r="H238"/>
+      <c s="13" r="I238">
+        <v>92</v>
+      </c>
+      <c s="13" r="J238">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="239" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B239"/>
+      <c s="26" t="str" r="C239"/>
+      <c s="23" t="inlineStr" r="D239">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E239">
+        <v>98</v>
+      </c>
+      <c s="13" r="F239">
+        <v>113</v>
+      </c>
+      <c s="13" r="G239">
+        <v>114</v>
+      </c>
+      <c s="6" t="str" r="H239"/>
+      <c s="13" r="I239">
+        <v>123</v>
+      </c>
+      <c s="13" r="J239">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="240" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B240"/>
+      <c s="26" t="str" r="C240"/>
+      <c s="10" t="inlineStr" r="D240">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E240">
+        <v>189</v>
+      </c>
+      <c s="11" r="F240">
+        <v>206</v>
+      </c>
+      <c s="11" r="G240">
+        <v>209</v>
+      </c>
+      <c s="6" t="str" r="H240"/>
+      <c s="11" r="I240">
+        <v>231</v>
+      </c>
+      <c s="11" r="J240">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="241" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B241"/>
+      <c s="28" t="str" r="C241"/>
+      <c s="23" t="inlineStr" r="D241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H241"/>
+      <c s="23" t="inlineStr" r="I241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="242" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B242">
+        <is>
+          <t xml:space="preserve">Transitional Year</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C242"/>
+      <c s="23" t="inlineStr" r="D242">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E242">
+        <v>1382</v>
+      </c>
+      <c s="13" r="F242">
+        <v>1262</v>
+      </c>
+      <c s="13" r="G242">
+        <v>1255</v>
+      </c>
+      <c s="6" t="str" r="H242"/>
+      <c s="13" r="I242">
+        <v>1383</v>
+      </c>
+      <c s="13" r="J242">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="243" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B243"/>
+      <c s="26" t="str" r="C243"/>
+      <c s="23" t="inlineStr" r="D243">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E243">
+        <v>1816</v>
+      </c>
+      <c s="13" r="F243">
+        <v>2099</v>
+      </c>
+      <c s="13" r="G243">
+        <v>2092</v>
+      </c>
+      <c s="6" t="str" r="H243"/>
+      <c s="13" r="I243">
+        <v>2727</v>
+      </c>
+      <c s="13" r="J243">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="244" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B244"/>
+      <c s="26" t="str" r="C244"/>
+      <c s="23" t="inlineStr" r="D244">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E244">
+        <v>3731</v>
+      </c>
+      <c s="13" r="F244">
+        <v>3691</v>
+      </c>
+      <c s="13" r="G244">
+        <v>3531</v>
+      </c>
+      <c s="6" t="str" r="H244"/>
+      <c s="13" r="I244">
+        <v>3898</v>
+      </c>
+      <c s="13" r="J244">
+        <v>3871</v>
+      </c>
+    </row>
+    <row r="245" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B245"/>
+      <c s="26" t="str" r="C245"/>
+      <c s="10" t="inlineStr" r="D245">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E245">
+        <v>6929</v>
+      </c>
+      <c s="11" r="F245">
+        <v>7052</v>
+      </c>
+      <c s="11" r="G245">
+        <v>6878</v>
+      </c>
+      <c s="6" t="str" r="H245"/>
+      <c s="11" r="I245">
+        <v>8008</v>
+      </c>
+      <c s="11" r="J245">
+        <v>7543</v>
+      </c>
+    </row>
+    <row r="246" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B246"/>
+      <c s="28" t="str" r="C246"/>
+      <c s="23" t="inlineStr" r="D246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H246"/>
+      <c s="23" t="inlineStr" r="I246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="247" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B247">
+        <is>
+          <t xml:space="preserve">Urology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C247"/>
+      <c s="23" t="inlineStr" r="D247">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E247">
+        <v>53</v>
+      </c>
+      <c s="13" r="F247">
+        <v>63</v>
+      </c>
+      <c s="13" r="G247">
+        <v>68</v>
+      </c>
+      <c s="6" t="str" r="H247"/>
+      <c s="13" r="I247">
+        <v>61</v>
+      </c>
+      <c s="13" r="J247">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="248" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B248"/>
+      <c s="26" t="str" r="C248"/>
+      <c s="23" t="inlineStr" r="D248">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E248">
+        <v>64</v>
+      </c>
+      <c s="13" r="F248">
+        <v>73</v>
+      </c>
+      <c s="13" r="G248">
+        <v>96</v>
+      </c>
+      <c s="6" t="str" r="H248"/>
+      <c s="13" r="I248">
+        <v>87</v>
+      </c>
+      <c s="13" r="J248">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="249" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B249"/>
+      <c s="26" t="str" r="C249"/>
+      <c s="23" t="inlineStr" r="D249">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E249">
+        <v>491</v>
+      </c>
+      <c s="13" r="F249">
+        <v>424</v>
+      </c>
+      <c s="13" r="G249">
+        <v>391</v>
+      </c>
+      <c s="6" t="str" r="H249"/>
+      <c s="13" r="I249">
+        <v>434</v>
+      </c>
+      <c s="13" r="J249">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="250" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B250"/>
+      <c s="26" t="str" r="C250"/>
+      <c s="10" t="inlineStr" r="D250">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E250">
+        <v>608</v>
+      </c>
+      <c s="11" r="F250">
+        <v>560</v>
+      </c>
+      <c s="11" r="G250">
+        <v>555</v>
+      </c>
+      <c s="6" t="str" r="H250"/>
+      <c s="11" r="I250">
+        <v>582</v>
+      </c>
+      <c s="11" r="J250">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="251" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B251"/>
+      <c s="28" t="str" r="C251"/>
+      <c s="23" t="inlineStr" r="D251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H251"/>
+      <c s="23" t="inlineStr" r="I251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="252" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B252">
+        <is>
+          <t xml:space="preserve">Vascular Surgery - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C252"/>
+      <c s="23" t="inlineStr" r="D252">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="13" r="E252">
+        <v>27</v>
+      </c>
+      <c s="13" r="F252">
         <v>28</v>
       </c>
-      <c r="J8" s="7">
-[...190 lines deleted...]
-      <c r="B17" s="20" t="s">
+      <c s="13" r="G252">
         <v>30</v>
       </c>
-      <c r="C17" s="28"/>
-[...594 lines deleted...]
-      <c r="G42" s="24">
+      <c s="6" t="str" r="H252"/>
+      <c s="13" r="I252">
         <v>20</v>
       </c>
-      <c r="H42" s="22"/>
-[...65 lines deleted...]
-      <c r="G45" s="23">
+      <c s="13" r="J252">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="253" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B253"/>
+      <c s="26" t="str" r="C253"/>
+      <c s="23" t="inlineStr" r="D253">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="13" r="E253">
+        <v>82</v>
+      </c>
+      <c s="13" r="F253">
+        <v>89</v>
+      </c>
+      <c s="13" r="G253">
         <v>98</v>
       </c>
-      <c r="H45" s="22"/>
-[...113 lines deleted...]
-      <c r="G50" s="23">
+      <c s="6" t="str" r="H253"/>
+      <c s="13" r="I253">
+        <v>103</v>
+      </c>
+      <c s="13" r="J253">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="254" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B254"/>
+      <c s="26" t="str" r="C254"/>
+      <c s="23" t="inlineStr" r="D254">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="13" r="E254">
+        <v>128</v>
+      </c>
+      <c s="13" r="F254">
+        <v>112</v>
+      </c>
+      <c s="13" r="G254">
         <v>117</v>
       </c>
-      <c r="H50" s="22"/>
-[...237 lines deleted...]
-      <c r="J60" s="6">
+      <c s="6" t="str" r="H254"/>
+      <c s="13" r="I254">
+        <v>130</v>
+      </c>
+      <c s="13" r="J254">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="255" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B255"/>
+      <c s="26" t="str" r="C255"/>
+      <c s="10" t="inlineStr" r="D255">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="11" r="E255">
+        <v>237</v>
+      </c>
+      <c s="11" r="F255">
         <v>229</v>
       </c>
-    </row>
-[...2982 lines deleted...]
-      <c r="F188" s="7">
+      <c s="11" r="G255">
+        <v>245</v>
+      </c>
+      <c s="6" t="str" r="H255"/>
+      <c s="11" r="I255">
+        <v>253</v>
+      </c>
+      <c s="11" r="J255">
         <v>258</v>
       </c>
-      <c r="G188" s="24">
-[...1609 lines deleted...]
-      <c r="G258" s="16"/>
+    </row>
+    <row r="256" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B256"/>
+      <c s="28" t="str" r="C256"/>
+      <c s="23" t="inlineStr" r="D256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H256"/>
+      <c s="23" t="inlineStr" r="I256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="257" ht="18.05" customHeight="1"/>
+    <row r="258" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="B258">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="306">
+  <mergeCells>
     <mergeCell ref="B4:L4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="E5:J5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
     <mergeCell ref="B12:C16"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B247:C251"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="B252:C256"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B258:G258"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId10"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="3.421875"/>
+    <col min="2" max="2" customWidth="1" width="23.3125"/>
+    <col min="3" max="3" customWidth="1" width="36.5625"/>
+    <col min="4" max="4" customWidth="1" width="11.78125"/>
+    <col min="5" max="5" customWidth="1" width="12.50390625"/>
+    <col min="6" max="6" customWidth="1" width="12.4921875"/>
+    <col min="7" max="7" customWidth="1" width="3.47265625"/>
+    <col min="8" max="8" customWidth="1" width="9.0234375"/>
+    <col min="9" max="9" customWidth="1" width="12.4921875"/>
+    <col min="10" max="10" customWidth="1" width="12.4921875"/>
+    <col min="11" max="11" customWidth="1" width="0.0234375"/>
+    <col min="12" max="12" customWidth="1" width="56.4609375"/>
+    <col min="13" max="13" customWidth="1" width="1.37109375"/>
+    <col min="14" max="14" customWidth="1" width="1.80078125"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="7.9" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="16.5" customHeight="0">
+      <c s="16" t="inlineStr" r="B5">
+        <is>
+          <t xml:space="preserve">Average Applications Submitted</t>
+        </is>
+      </c>
+      <c s="17" t="str" r="C5"/>
+      <c s="18" t="inlineStr" r="D5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="19" t="inlineStr" r="E5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="17" t="str" r="F5"/>
+      <c s="17" t="str" r="G5"/>
+      <c s="17" t="str" r="H5"/>
+      <c s="17" t="str" r="I5"/>
+      <c s="17" t="str" r="J5"/>
+    </row>
+    <row r="6" ht="18" customHeight="0">
+      <c s="20" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve">Specialty</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="C6"/>
+      <c s="21" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve">Grad Type</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="E6">
+        <is>
+          <t xml:space="preserve">ERAS2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="F6">
+        <is>
+          <t xml:space="preserve">ERAS2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS2024</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H6"/>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B7">
+        <is>
+          <t xml:space="preserve">Aerospace Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C7"/>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H7"/>
+      <c s="24" t="inlineStr" r="I7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B8"/>
+      <c s="26" t="str" r="C8"/>
+      <c s="23" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H8"/>
+      <c s="24" t="inlineStr" r="I8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B9"/>
+      <c s="26" t="str" r="C9"/>
+      <c s="23" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H9"/>
+      <c s="24" t="inlineStr" r="I9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B10"/>
+      <c s="26" t="str" r="C10"/>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H10"/>
+      <c s="29" t="inlineStr" r="I10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B11"/>
+      <c s="28" t="str" r="C11"/>
+      <c s="23" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H11"/>
+      <c s="23" t="inlineStr" r="I11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve">Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C12"/>
+      <c s="23" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E12">
+        <v>75.14</v>
+      </c>
+      <c s="30" r="F12">
+        <v>79.44</v>
+      </c>
+      <c s="30" r="G12">
+        <v>67.09</v>
+      </c>
+      <c s="6" t="str" r="H12"/>
+      <c s="30" r="I12">
+        <v>57.42</v>
+      </c>
+      <c s="30" r="J12">
+        <v>42.49</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B13"/>
+      <c s="26" t="str" r="C13"/>
+      <c s="23" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E13">
+        <v>56.35</v>
+      </c>
+      <c s="30" r="F13">
+        <v>63.2</v>
+      </c>
+      <c s="30" r="G13">
+        <v>57.58</v>
+      </c>
+      <c s="6" t="str" r="H13"/>
+      <c s="30" r="I13">
+        <v>48.15</v>
+      </c>
+      <c s="30" r="J13">
+        <v>47.21</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B14"/>
+      <c s="26" t="str" r="C14"/>
+      <c s="23" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E14">
+        <v>56.03</v>
+      </c>
+      <c s="30" r="F14">
+        <v>61.53</v>
+      </c>
+      <c s="30" r="G14">
+        <v>56.43</v>
+      </c>
+      <c s="6" t="str" r="H14"/>
+      <c s="30" r="I14">
+        <v>44.08</v>
+      </c>
+      <c s="30" r="J14">
+        <v>33.22</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B15"/>
+      <c s="26" t="str" r="C15"/>
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E15">
+        <v>60.12</v>
+      </c>
+      <c s="31" r="F15">
+        <v>65.42</v>
+      </c>
+      <c s="31" r="G15">
+        <v>58.88</v>
+      </c>
+      <c s="6" t="str" r="H15"/>
+      <c s="31" r="I15">
+        <v>47.41</v>
+      </c>
+      <c s="31" r="J15">
+        <v>38.03</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B16"/>
+      <c s="28" t="str" r="C16"/>
+      <c s="23" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H16"/>
+      <c s="23" t="inlineStr" r="I16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Child Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C17"/>
+      <c s="23" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E17">
+        <v>30.88</v>
+      </c>
+      <c s="30" r="F17">
+        <v>39.34</v>
+      </c>
+      <c s="30" r="G17">
+        <v>30.04</v>
+      </c>
+      <c s="6" t="str" r="H17"/>
+      <c s="30" r="I17">
+        <v>31.06</v>
+      </c>
+      <c s="30" r="J17">
+        <v>34.31</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B18"/>
+      <c s="26" t="str" r="C18"/>
+      <c s="23" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E18">
+        <v>20.39</v>
+      </c>
+      <c s="30" r="F18">
+        <v>20.19</v>
+      </c>
+      <c s="30" r="G18">
+        <v>20.81</v>
+      </c>
+      <c s="6" t="str" r="H18"/>
+      <c s="30" r="I18">
+        <v>16.93</v>
+      </c>
+      <c s="30" r="J18">
+        <v>20.26</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B19"/>
+      <c s="26" t="str" r="C19"/>
+      <c s="23" t="inlineStr" r="D19">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E19">
+        <v>27.3</v>
+      </c>
+      <c s="30" r="F19">
+        <v>28.8</v>
+      </c>
+      <c s="30" r="G19">
+        <v>27.25</v>
+      </c>
+      <c s="6" t="str" r="H19"/>
+      <c s="30" r="I19">
+        <v>26.02</v>
+      </c>
+      <c s="30" r="J19">
+        <v>26.97</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B20"/>
+      <c s="26" t="str" r="C20"/>
+      <c s="10" t="inlineStr" r="D20">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E20">
+        <v>23.87</v>
+      </c>
+      <c s="31" r="F20">
+        <v>24.89</v>
+      </c>
+      <c s="31" r="G20">
+        <v>24.51</v>
+      </c>
+      <c s="6" t="str" r="H20"/>
+      <c s="31" r="I20">
+        <v>21.52</v>
+      </c>
+      <c s="31" r="J20">
+        <v>23.91</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B21"/>
+      <c s="28" t="str" r="C21"/>
+      <c s="23" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H21"/>
+      <c s="23" t="inlineStr" r="I21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B22">
+        <is>
+          <t xml:space="preserve">Dermatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C22"/>
+      <c s="23" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E22">
+        <v>50.39</v>
+      </c>
+      <c s="30" r="F22">
+        <v>56.28</v>
+      </c>
+      <c s="30" r="G22">
+        <v>42.26</v>
+      </c>
+      <c s="6" t="str" r="H22"/>
+      <c s="30" r="I22">
+        <v>38.23</v>
+      </c>
+      <c s="30" r="J22">
+        <v>32.15</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="23" t="inlineStr" r="D23">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E23">
+        <v>36.1</v>
+      </c>
+      <c s="30" r="F23">
+        <v>43.41</v>
+      </c>
+      <c s="30" r="G23">
+        <v>38.42</v>
+      </c>
+      <c s="6" t="str" r="H23"/>
+      <c s="30" r="I23">
+        <v>32.43</v>
+      </c>
+      <c s="30" r="J23">
+        <v>32.08</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B24"/>
+      <c s="26" t="str" r="C24"/>
+      <c s="23" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E24">
+        <v>86.6</v>
+      </c>
+      <c s="30" r="F24">
+        <v>89.91</v>
+      </c>
+      <c s="30" r="G24">
+        <v>61.41</v>
+      </c>
+      <c s="6" t="str" r="H24"/>
+      <c s="30" r="I24">
+        <v>42.71</v>
+      </c>
+      <c s="30" r="J24">
+        <v>35.01</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B25"/>
+      <c s="26" t="str" r="C25"/>
+      <c s="10" t="inlineStr" r="D25">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E25">
+        <v>73.39</v>
+      </c>
+      <c s="31" r="F25">
+        <v>78.71</v>
+      </c>
+      <c s="31" r="G25">
+        <v>55.38</v>
+      </c>
+      <c s="6" t="str" r="H25"/>
+      <c s="31" r="I25">
+        <v>40.66</v>
+      </c>
+      <c s="31" r="J25">
+        <v>34.22</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B26"/>
+      <c s="28" t="str" r="C26"/>
+      <c s="23" t="inlineStr" r="D26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H26"/>
+      <c s="23" t="inlineStr" r="I26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve">Diagnostic Radiology/Nuclear Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C27"/>
+      <c s="23" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H27"/>
+      <c s="24" t="inlineStr" r="I27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J27">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B28"/>
+      <c s="26" t="str" r="C28"/>
+      <c s="23" t="inlineStr" r="D28">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E28">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F28">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G28">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H28"/>
+      <c s="24" t="inlineStr" r="I28">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J28">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B29"/>
+      <c s="26" t="str" r="C29"/>
+      <c s="23" t="inlineStr" r="D29">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E29">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F29">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G29">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H29"/>
+      <c s="24" t="inlineStr" r="I29">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J29">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B30"/>
+      <c s="26" t="str" r="C30"/>
+      <c s="10" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E30">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F30">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G30">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H30"/>
+      <c s="29" t="inlineStr" r="I30">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J30">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B31"/>
+      <c s="28" t="str" r="C31"/>
+      <c s="23" t="inlineStr" r="D31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H31"/>
+      <c s="23" t="inlineStr" r="I31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C32"/>
+      <c s="23" t="inlineStr" r="D32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E32">
+        <v>64.46</v>
+      </c>
+      <c s="30" r="F32">
+        <v>56.57</v>
+      </c>
+      <c s="30" r="G32">
+        <v>48.66</v>
+      </c>
+      <c s="6" t="str" r="H32"/>
+      <c s="30" r="I32">
+        <v>46.75</v>
+      </c>
+      <c s="24" t="inlineStr" r="J32">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B33"/>
+      <c s="26" t="str" r="C33"/>
+      <c s="23" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E33">
+        <v>53.74</v>
+      </c>
+      <c s="30" r="F33">
+        <v>36.95</v>
+      </c>
+      <c s="30" r="G33">
+        <v>44.46</v>
+      </c>
+      <c s="6" t="str" r="H33"/>
+      <c s="30" r="I33">
+        <v>42.87</v>
+      </c>
+      <c s="24" t="inlineStr" r="J33">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B34"/>
+      <c s="26" t="str" r="C34"/>
+      <c s="23" t="inlineStr" r="D34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E34">
+        <v>55.52</v>
+      </c>
+      <c s="30" r="F34">
+        <v>47.86</v>
+      </c>
+      <c s="30" r="G34">
+        <v>41.63</v>
+      </c>
+      <c s="6" t="str" r="H34"/>
+      <c s="30" r="I34">
+        <v>40.97</v>
+      </c>
+      <c s="24" t="inlineStr" r="J34">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="10" t="inlineStr" r="D35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E35">
+        <v>57.68</v>
+      </c>
+      <c s="31" r="F35">
+        <v>46.15</v>
+      </c>
+      <c s="31" r="G35">
+        <v>44.74</v>
+      </c>
+      <c s="6" t="str" r="H35"/>
+      <c s="31" r="I35">
+        <v>43.35</v>
+      </c>
+      <c s="29" t="inlineStr" r="J35">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B36"/>
+      <c s="28" t="str" r="C36"/>
+      <c s="23" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H36"/>
+      <c s="23" t="inlineStr" r="I36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Aerospace Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C37"/>
+      <c s="23" t="inlineStr" r="D37">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H37"/>
+      <c s="24" t="inlineStr" r="I37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B38"/>
+      <c s="26" t="str" r="C38"/>
+      <c s="23" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H38"/>
+      <c s="24" t="inlineStr" r="I38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B39"/>
+      <c s="26" t="str" r="C39"/>
+      <c s="23" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H39"/>
+      <c s="24" t="inlineStr" r="I39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B40"/>
+      <c s="26" t="str" r="C40"/>
+      <c s="10" t="inlineStr" r="D40">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H40"/>
+      <c s="29" t="inlineStr" r="I40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B41"/>
+      <c s="28" t="str" r="C41"/>
+      <c s="23" t="inlineStr" r="D41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H41"/>
+      <c s="23" t="inlineStr" r="I41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C42"/>
+      <c s="23" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H42"/>
+      <c s="24" t="inlineStr" r="I42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B43"/>
+      <c s="26" t="str" r="C43"/>
+      <c s="23" t="inlineStr" r="D43">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H43"/>
+      <c s="24" t="inlineStr" r="I43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B44"/>
+      <c s="26" t="str" r="C44"/>
+      <c s="23" t="inlineStr" r="D44">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E44">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F44">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G44">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H44"/>
+      <c s="24" t="inlineStr" r="I44">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J44">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B45"/>
+      <c s="26" t="str" r="C45"/>
+      <c s="10" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E45">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F45">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G45">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H45"/>
+      <c s="29" t="inlineStr" r="I45">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J45">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B46"/>
+      <c s="28" t="str" r="C46"/>
+      <c s="23" t="inlineStr" r="D46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H46"/>
+      <c s="23" t="inlineStr" r="I46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Family Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C47"/>
+      <c s="23" t="inlineStr" r="D47">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E47">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F47">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G47">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H47"/>
+      <c s="24" t="inlineStr" r="I47">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J47">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B48"/>
+      <c s="26" t="str" r="C48"/>
+      <c s="23" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E48">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F48">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G48">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H48"/>
+      <c s="24" t="inlineStr" r="I48">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J48">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B49"/>
+      <c s="26" t="str" r="C49"/>
+      <c s="23" t="inlineStr" r="D49">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E49">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F49">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G49">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H49"/>
+      <c s="24" t="inlineStr" r="I49">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J49">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B50"/>
+      <c s="26" t="str" r="C50"/>
+      <c s="10" t="inlineStr" r="D50">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E50">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F50">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G50">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H50"/>
+      <c s="29" t="inlineStr" r="I50">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J50">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B51"/>
+      <c s="28" t="str" r="C51"/>
+      <c s="23" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H51"/>
+      <c s="23" t="inlineStr" r="I51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B52">
+        <is>
+          <t xml:space="preserve">Family Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C52"/>
+      <c s="23" t="inlineStr" r="D52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E52">
+        <v>51.76</v>
+      </c>
+      <c s="30" r="F52">
+        <v>50.79</v>
+      </c>
+      <c s="30" r="G52">
+        <v>44.7</v>
+      </c>
+      <c s="6" t="str" r="H52"/>
+      <c s="30" r="I52">
+        <v>40.97</v>
+      </c>
+      <c s="30" r="J52">
+        <v>38.15</v>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B53"/>
+      <c s="26" t="str" r="C53"/>
+      <c s="23" t="inlineStr" r="D53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E53">
+        <v>64.47</v>
+      </c>
+      <c s="30" r="F53">
+        <v>60.45</v>
+      </c>
+      <c s="30" r="G53">
+        <v>50.54</v>
+      </c>
+      <c s="6" t="str" r="H53"/>
+      <c s="30" r="I53">
+        <v>43.54</v>
+      </c>
+      <c s="30" r="J53">
+        <v>46.89</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B54"/>
+      <c s="26" t="str" r="C54"/>
+      <c s="23" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E54">
+        <v>35.53</v>
+      </c>
+      <c s="30" r="F54">
+        <v>33.21</v>
+      </c>
+      <c s="30" r="G54">
+        <v>31.17</v>
+      </c>
+      <c s="6" t="str" r="H54"/>
+      <c s="30" r="I54">
+        <v>30.16</v>
+      </c>
+      <c s="30" r="J54">
+        <v>30.38</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B55"/>
+      <c s="26" t="str" r="C55"/>
+      <c s="10" t="inlineStr" r="D55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E55">
+        <v>56.12</v>
+      </c>
+      <c s="31" r="F55">
+        <v>53.09</v>
+      </c>
+      <c s="31" r="G55">
+        <v>45.49</v>
+      </c>
+      <c s="6" t="str" r="H55"/>
+      <c s="31" r="I55">
+        <v>40.62</v>
+      </c>
+      <c s="31" r="J55">
+        <v>42.45</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B56"/>
+      <c s="28" t="str" r="C56"/>
+      <c s="23" t="inlineStr" r="D56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H56"/>
+      <c s="23" t="inlineStr" r="I56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve">Family Medicine/Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C57"/>
+      <c s="23" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E57">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F57">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G57">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H57"/>
+      <c s="24" t="inlineStr" r="I57">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J57">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B58"/>
+      <c s="26" t="str" r="C58"/>
+      <c s="23" t="inlineStr" r="D58">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E58">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F58">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G58">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H58"/>
+      <c s="24" t="inlineStr" r="I58">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J58">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="23" t="inlineStr" r="D59">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E59">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F59">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G59">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H59"/>
+      <c s="24" t="inlineStr" r="I59">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J59">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B60"/>
+      <c s="26" t="str" r="C60"/>
+      <c s="10" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E60">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F60">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G60">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H60"/>
+      <c s="29" t="inlineStr" r="I60">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J60">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B61"/>
+      <c s="28" t="str" r="C61"/>
+      <c s="23" t="inlineStr" r="D61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H61"/>
+      <c s="23" t="inlineStr" r="I61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Internal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C62"/>
+      <c s="23" t="inlineStr" r="D62">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E62">
+        <v>58.16</v>
+      </c>
+      <c s="30" r="F62">
+        <v>56.79</v>
+      </c>
+      <c s="30" r="G62">
+        <v>57.04</v>
+      </c>
+      <c s="6" t="str" r="H62"/>
+      <c s="30" r="I62">
+        <v>49.74</v>
+      </c>
+      <c s="30" r="J62">
+        <v>46.22</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="23" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E63">
+        <v>98.16</v>
+      </c>
+      <c s="30" r="F63">
+        <v>103.13</v>
+      </c>
+      <c s="30" r="G63">
+        <v>107.38</v>
+      </c>
+      <c s="6" t="str" r="H63"/>
+      <c s="30" r="I63">
+        <v>99.84</v>
+      </c>
+      <c s="30" r="J63">
+        <v>88.19</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B64"/>
+      <c s="26" t="str" r="C64"/>
+      <c s="23" t="inlineStr" r="D64">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E64">
+        <v>34.82</v>
+      </c>
+      <c s="30" r="F64">
+        <v>34.9</v>
+      </c>
+      <c s="30" r="G64">
+        <v>34.09</v>
+      </c>
+      <c s="6" t="str" r="H64"/>
+      <c s="30" r="I64">
+        <v>30.35</v>
+      </c>
+      <c s="30" r="J64">
+        <v>28.05</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B65"/>
+      <c s="26" t="str" r="C65"/>
+      <c s="10" t="inlineStr" r="D65">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E65">
+        <v>70.29</v>
+      </c>
+      <c s="31" r="F65">
+        <v>73.16</v>
+      </c>
+      <c s="31" r="G65">
+        <v>76.71</v>
+      </c>
+      <c s="6" t="str" r="H65"/>
+      <c s="31" r="I65">
+        <v>70.83</v>
+      </c>
+      <c s="31" r="J65">
+        <v>62.86</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B66"/>
+      <c s="28" t="str" r="C66"/>
+      <c s="23" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H66"/>
+      <c s="23" t="inlineStr" r="I66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B67">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C67"/>
+      <c s="23" t="inlineStr" r="D67">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H67"/>
+      <c s="24" t="inlineStr" r="I67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B68"/>
+      <c s="26" t="str" r="C68"/>
+      <c s="23" t="inlineStr" r="D68">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H68"/>
+      <c s="24" t="inlineStr" r="I68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B69"/>
+      <c s="26" t="str" r="C69"/>
+      <c s="23" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H69"/>
+      <c s="24" t="inlineStr" r="I69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B70"/>
+      <c s="26" t="str" r="C70"/>
+      <c s="10" t="inlineStr" r="D70">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H70"/>
+      <c s="24" t="inlineStr" r="I70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B71"/>
+      <c s="28" t="str" r="C71"/>
+      <c s="23" t="inlineStr" r="D71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H71"/>
+      <c s="23" t="inlineStr" r="I71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Dermatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C72"/>
+      <c s="23" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H72"/>
+      <c s="24" t="inlineStr" r="I72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J72">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B73"/>
+      <c s="26" t="str" r="C73"/>
+      <c s="23" t="inlineStr" r="D73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H73"/>
+      <c s="24" t="inlineStr" r="I73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J73">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B74"/>
+      <c s="26" t="str" r="C74"/>
+      <c s="23" t="inlineStr" r="D74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H74"/>
+      <c s="24" t="inlineStr" r="I74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J74">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B75"/>
+      <c s="26" t="str" r="C75"/>
+      <c s="10" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H75"/>
+      <c s="29" t="inlineStr" r="I75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J75">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B76"/>
+      <c s="28" t="str" r="C76"/>
+      <c s="23" t="inlineStr" r="D76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H76"/>
+      <c s="23" t="inlineStr" r="I76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C77"/>
+      <c s="23" t="inlineStr" r="D77">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E77">
+        <v>6.23</v>
+      </c>
+      <c s="30" r="F77">
+        <v>6.56</v>
+      </c>
+      <c s="30" r="G77">
+        <v>6.61</v>
+      </c>
+      <c s="6" t="str" r="H77"/>
+      <c s="30" r="I77">
+        <v>5.05</v>
+      </c>
+      <c s="24" t="inlineStr" r="J77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B78"/>
+      <c s="26" t="str" r="C78"/>
+      <c s="23" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E78">
+        <v>7</v>
+      </c>
+      <c s="30" r="F78">
+        <v>7.16</v>
+      </c>
+      <c s="30" r="G78">
+        <v>7.94</v>
+      </c>
+      <c s="6" t="str" r="H78"/>
+      <c s="30" r="I78">
+        <v>5.63</v>
+      </c>
+      <c s="24" t="inlineStr" r="J78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="23" t="inlineStr" r="D79">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E79">
+        <v>8.38</v>
+      </c>
+      <c s="30" r="F79">
+        <v>8.89</v>
+      </c>
+      <c s="30" r="G79">
+        <v>7.59</v>
+      </c>
+      <c s="6" t="str" r="H79"/>
+      <c s="30" r="I79">
+        <v>7.02</v>
+      </c>
+      <c s="24" t="inlineStr" r="J79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B80"/>
+      <c s="26" t="str" r="C80"/>
+      <c s="10" t="inlineStr" r="D80">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E80">
+        <v>7.33</v>
+      </c>
+      <c s="31" r="F80">
+        <v>7.55</v>
+      </c>
+      <c s="31" r="G80">
+        <v>7.51</v>
+      </c>
+      <c s="6" t="str" r="H80"/>
+      <c s="31" r="I80">
+        <v>5.9</v>
+      </c>
+      <c s="24" t="inlineStr" r="J80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B81"/>
+      <c s="28" t="str" r="C81"/>
+      <c s="23" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H81"/>
+      <c s="23" t="inlineStr" r="I81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B82">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Medical Genetics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C82"/>
+      <c s="23" t="inlineStr" r="D82">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H82"/>
+      <c s="24" t="inlineStr" r="I82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="23" t="inlineStr" r="D83">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E83">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F83">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G83">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H83"/>
+      <c s="24" t="inlineStr" r="I83">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J83">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B84"/>
+      <c s="26" t="str" r="C84"/>
+      <c s="23" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E84">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F84">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G84">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H84"/>
+      <c s="24" t="inlineStr" r="I84">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J84">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B85"/>
+      <c s="26" t="str" r="C85"/>
+      <c s="10" t="inlineStr" r="D85">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E85">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F85">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G85">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H85"/>
+      <c s="29" t="inlineStr" r="I85">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J85">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B86"/>
+      <c s="28" t="str" r="C86"/>
+      <c s="23" t="inlineStr" r="D86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H86"/>
+      <c s="23" t="inlineStr" r="I86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C87"/>
+      <c s="23" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E87">
+        <v>27.31</v>
+      </c>
+      <c s="30" r="F87">
+        <v>28.36</v>
+      </c>
+      <c s="30" r="G87">
+        <v>27.4</v>
+      </c>
+      <c s="6" t="str" r="H87"/>
+      <c s="30" r="I87">
+        <v>33.2</v>
+      </c>
+      <c s="30" r="J87">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B88"/>
+      <c s="26" t="str" r="C88"/>
+      <c s="23" t="inlineStr" r="D88">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E88">
+        <v>12.02</v>
+      </c>
+      <c s="30" r="F88">
+        <v>11.8</v>
+      </c>
+      <c s="30" r="G88">
+        <v>12.6</v>
+      </c>
+      <c s="6" t="str" r="H88"/>
+      <c s="30" r="I88">
+        <v>10.81</v>
+      </c>
+      <c s="30" r="J88">
+        <v>9.11</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B89"/>
+      <c s="26" t="str" r="C89"/>
+      <c s="23" t="inlineStr" r="D89">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E89">
+        <v>31.29</v>
+      </c>
+      <c s="30" r="F89">
+        <v>30.93</v>
+      </c>
+      <c s="30" r="G89">
+        <v>32.62</v>
+      </c>
+      <c s="6" t="str" r="H89"/>
+      <c s="30" r="I89">
+        <v>31.14</v>
+      </c>
+      <c s="30" r="J89">
+        <v>30.34</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B90"/>
+      <c s="26" t="str" r="C90"/>
+      <c s="10" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E90">
+        <v>23.38</v>
+      </c>
+      <c s="31" r="F90">
+        <v>22.26</v>
+      </c>
+      <c s="31" r="G90">
+        <v>23.41</v>
+      </c>
+      <c s="6" t="str" r="H90"/>
+      <c s="31" r="I90">
+        <v>20.36</v>
+      </c>
+      <c s="31" r="J90">
+        <v>18.56</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B91"/>
+      <c s="28" t="str" r="C91"/>
+      <c s="23" t="inlineStr" r="D91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H91"/>
+      <c s="23" t="inlineStr" r="I91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C92"/>
+      <c s="23" t="inlineStr" r="D92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H92"/>
+      <c s="24" t="inlineStr" r="I92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B93"/>
+      <c s="26" t="str" r="C93"/>
+      <c s="23" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H93"/>
+      <c s="24" t="inlineStr" r="I93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J93">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B94"/>
+      <c s="26" t="str" r="C94"/>
+      <c s="23" t="inlineStr" r="D94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H94"/>
+      <c s="24" t="inlineStr" r="I94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J94">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B95"/>
+      <c s="26" t="str" r="C95"/>
+      <c s="10" t="inlineStr" r="D95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H95"/>
+      <c s="29" t="inlineStr" r="I95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J95">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B96"/>
+      <c s="28" t="str" r="C96"/>
+      <c s="23" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H96"/>
+      <c s="23" t="inlineStr" r="I96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B97">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C97"/>
+      <c s="23" t="inlineStr" r="D97">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E97">
+        <v>5.47</v>
+      </c>
+      <c s="30" r="F97">
+        <v>7.46</v>
+      </c>
+      <c s="30" r="G97">
+        <v>6.06</v>
+      </c>
+      <c s="6" t="str" r="H97"/>
+      <c s="30" r="I97">
+        <v>6.58</v>
+      </c>
+      <c s="30" r="J97">
+        <v>5.36</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B98"/>
+      <c s="26" t="str" r="C98"/>
+      <c s="23" t="inlineStr" r="D98">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E98">
+        <v>7.19</v>
+      </c>
+      <c s="30" r="F98">
+        <v>7.21</v>
+      </c>
+      <c s="30" r="G98">
+        <v>7.85</v>
+      </c>
+      <c s="6" t="str" r="H98"/>
+      <c s="30" r="I98">
+        <v>5.49</v>
+      </c>
+      <c s="30" r="J98">
+        <v>5.03</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B99"/>
+      <c s="26" t="str" r="C99"/>
+      <c s="23" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E99">
+        <v>7.46</v>
+      </c>
+      <c s="30" r="F99">
+        <v>7.99</v>
+      </c>
+      <c s="30" r="G99">
+        <v>8.14</v>
+      </c>
+      <c s="6" t="str" r="H99"/>
+      <c s="30" r="I99">
+        <v>6.59</v>
+      </c>
+      <c s="30" r="J99">
+        <v>7.62</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B100"/>
+      <c s="26" t="str" r="C100"/>
+      <c s="10" t="inlineStr" r="D100">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E100">
+        <v>7.07</v>
+      </c>
+      <c s="31" r="F100">
+        <v>7.48</v>
+      </c>
+      <c s="31" r="G100">
+        <v>7.72</v>
+      </c>
+      <c s="6" t="str" r="H100"/>
+      <c s="31" r="I100">
+        <v>6.01</v>
+      </c>
+      <c s="31" r="J100">
+        <v>5.83</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B101"/>
+      <c s="28" t="str" r="C101"/>
+      <c s="23" t="inlineStr" r="D101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H101"/>
+      <c s="23" t="inlineStr" r="I101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve">Interventional Radiology - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C102"/>
+      <c s="23" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E102">
+        <v>36.55</v>
+      </c>
+      <c s="30" r="F102">
+        <v>27.31</v>
+      </c>
+      <c s="30" r="G102">
+        <v>34.8</v>
+      </c>
+      <c s="6" t="str" r="H102"/>
+      <c s="30" r="I102">
+        <v>31.11</v>
+      </c>
+      <c s="30" r="J102">
+        <v>33.74</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B103"/>
+      <c s="26" t="str" r="C103"/>
+      <c s="23" t="inlineStr" r="D103">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E103">
+        <v>25.41</v>
+      </c>
+      <c s="30" r="F103">
+        <v>26.93</v>
+      </c>
+      <c s="30" r="G103">
+        <v>29.46</v>
+      </c>
+      <c s="6" t="str" r="H103"/>
+      <c s="30" r="I103">
+        <v>23.37</v>
+      </c>
+      <c s="30" r="J103">
+        <v>22.94</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B104"/>
+      <c s="26" t="str" r="C104"/>
+      <c s="23" t="inlineStr" r="D104">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E104">
+        <v>39.59</v>
+      </c>
+      <c s="30" r="F104">
+        <v>38.86</v>
+      </c>
+      <c s="30" r="G104">
+        <v>41.51</v>
+      </c>
+      <c s="6" t="str" r="H104"/>
+      <c s="30" r="I104">
+        <v>38.63</v>
+      </c>
+      <c s="30" r="J104">
+        <v>39.11</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B105"/>
+      <c s="26" t="str" r="C105"/>
+      <c s="10" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E105">
+        <v>35.43</v>
+      </c>
+      <c s="31" r="F105">
+        <v>33.38</v>
+      </c>
+      <c s="31" r="G105">
+        <v>37</v>
+      </c>
+      <c s="6" t="str" r="H105"/>
+      <c s="31" r="I105">
+        <v>32.66</v>
+      </c>
+      <c s="31" r="J105">
+        <v>33.24</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B106"/>
+      <c s="28" t="str" r="C106"/>
+      <c s="23" t="inlineStr" r="D106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H106"/>
+      <c s="23" t="inlineStr" r="I106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C107"/>
+      <c s="23" t="inlineStr" r="D107">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H107"/>
+      <c s="24" t="inlineStr" r="I107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B108"/>
+      <c s="26" t="str" r="C108"/>
+      <c s="23" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F108">
+        <v>5.06</v>
+      </c>
+      <c s="24" t="inlineStr" r="G108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H108"/>
+      <c s="24" t="inlineStr" r="I108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J108">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B109"/>
+      <c s="26" t="str" r="C109"/>
+      <c s="23" t="inlineStr" r="D109">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E109">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F109">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G109">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H109"/>
+      <c s="24" t="inlineStr" r="I109">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J109">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B110"/>
+      <c s="26" t="str" r="C110"/>
+      <c s="10" t="inlineStr" r="D110">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E110">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F110">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G110">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H110"/>
+      <c s="29" t="inlineStr" r="I110">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J110">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B111"/>
+      <c s="28" t="str" r="C111"/>
+      <c s="23" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H111"/>
+      <c s="23" t="inlineStr" r="I111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B112">
+        <is>
+          <t xml:space="preserve">Neurological Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C112"/>
+      <c s="23" t="inlineStr" r="D112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E112">
+        <v>71.9</v>
+      </c>
+      <c s="30" r="F112">
+        <v>51.46</v>
+      </c>
+      <c s="30" r="G112">
+        <v>69.38</v>
+      </c>
+      <c s="6" t="str" r="H112"/>
+      <c s="30" r="I112">
+        <v>62.14</v>
+      </c>
+      <c s="30" r="J112">
+        <v>48.78</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B113"/>
+      <c s="26" t="str" r="C113"/>
+      <c s="23" t="inlineStr" r="D113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E113">
+        <v>54.4</v>
+      </c>
+      <c s="30" r="F113">
+        <v>45.96</v>
+      </c>
+      <c s="30" r="G113">
+        <v>66.9</v>
+      </c>
+      <c s="6" t="str" r="H113"/>
+      <c s="30" r="I113">
+        <v>55.64</v>
+      </c>
+      <c s="30" r="J113">
+        <v>55.3</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B114"/>
+      <c s="26" t="str" r="C114"/>
+      <c s="23" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E114">
+        <v>79.76</v>
+      </c>
+      <c s="30" r="F114">
+        <v>76</v>
+      </c>
+      <c s="30" r="G114">
+        <v>68.56</v>
+      </c>
+      <c s="6" t="str" r="H114"/>
+      <c s="30" r="I114">
+        <v>67.57</v>
+      </c>
+      <c s="30" r="J114">
+        <v>62.39</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B115"/>
+      <c s="26" t="str" r="C115"/>
+      <c s="10" t="inlineStr" r="D115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E115">
+        <v>72.89</v>
+      </c>
+      <c s="31" r="F115">
+        <v>66.49</v>
+      </c>
+      <c s="31" r="G115">
+        <v>68.2</v>
+      </c>
+      <c s="6" t="str" r="H115"/>
+      <c s="31" r="I115">
+        <v>63.94</v>
+      </c>
+      <c s="31" r="J115">
+        <v>59.8</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B116"/>
+      <c s="28" t="str" r="C116"/>
+      <c s="23" t="inlineStr" r="D116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H116"/>
+      <c s="23" t="inlineStr" r="I116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve">Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C117"/>
+      <c s="23" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E117">
+        <v>59.27</v>
+      </c>
+      <c s="30" r="F117">
+        <v>57.57</v>
+      </c>
+      <c s="30" r="G117">
+        <v>56.88</v>
+      </c>
+      <c s="6" t="str" r="H117"/>
+      <c s="30" r="I117">
+        <v>60.29</v>
+      </c>
+      <c s="30" r="J117">
+        <v>60.12</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B118"/>
+      <c s="26" t="str" r="C118"/>
+      <c s="23" t="inlineStr" r="D118">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E118">
+        <v>48.85</v>
+      </c>
+      <c s="30" r="F118">
+        <v>47.49</v>
+      </c>
+      <c s="30" r="G118">
+        <v>54.55</v>
+      </c>
+      <c s="6" t="str" r="H118"/>
+      <c s="30" r="I118">
+        <v>51.07</v>
+      </c>
+      <c s="30" r="J118">
+        <v>50.66</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B119"/>
+      <c s="26" t="str" r="C119"/>
+      <c s="23" t="inlineStr" r="D119">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E119">
+        <v>39.26</v>
+      </c>
+      <c s="30" r="F119">
+        <v>42.35</v>
+      </c>
+      <c s="30" r="G119">
+        <v>42.89</v>
+      </c>
+      <c s="6" t="str" r="H119"/>
+      <c s="30" r="I119">
+        <v>40.77</v>
+      </c>
+      <c s="30" r="J119">
+        <v>40.47</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B120"/>
+      <c s="26" t="str" r="C120"/>
+      <c s="10" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E120">
+        <v>47.13</v>
+      </c>
+      <c s="31" r="F120">
+        <v>47.13</v>
+      </c>
+      <c s="31" r="G120">
+        <v>51.26</v>
+      </c>
+      <c s="6" t="str" r="H120"/>
+      <c s="31" r="I120">
+        <v>48.97</v>
+      </c>
+      <c s="31" r="J120">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B121"/>
+      <c s="28" t="str" r="C121"/>
+      <c s="23" t="inlineStr" r="D121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H121"/>
+      <c s="23" t="inlineStr" r="I121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Nuclear Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C122"/>
+      <c s="23" t="inlineStr" r="D122">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E122">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F122">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G122">
+        <v>6.67</v>
+      </c>
+      <c s="6" t="str" r="H122"/>
+      <c s="30" r="I122">
+        <v>5.13</v>
+      </c>
+      <c s="30" r="J122">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B123"/>
+      <c s="26" t="str" r="C123"/>
+      <c s="23" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E123">
+        <v>6.58</v>
+      </c>
+      <c s="30" r="F123">
+        <v>6.44</v>
+      </c>
+      <c s="30" r="G123">
+        <v>7.5</v>
+      </c>
+      <c s="6" t="str" r="H123"/>
+      <c s="24" t="inlineStr" r="I123">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J123">
+        <v>6.18</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B124"/>
+      <c s="26" t="str" r="C124"/>
+      <c s="23" t="inlineStr" r="D124">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E124">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F124">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G124">
+        <v>6.05</v>
+      </c>
+      <c s="6" t="str" r="H124"/>
+      <c s="24" t="inlineStr" r="I124">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J124">
+        <v>5.07</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B125"/>
+      <c s="26" t="str" r="C125"/>
+      <c s="10" t="inlineStr" r="D125">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E125">
+        <v>5.83</v>
+      </c>
+      <c s="31" r="F125">
+        <v>5.83</v>
+      </c>
+      <c s="31" r="G125">
+        <v>7.09</v>
+      </c>
+      <c s="6" t="str" r="H125"/>
+      <c s="29" t="inlineStr" r="I125">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="J125">
+        <v>6.12</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B126"/>
+      <c s="28" t="str" r="C126"/>
+      <c s="23" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H126"/>
+      <c s="23" t="inlineStr" r="I126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B127">
+        <is>
+          <t xml:space="preserve">Obstetrics and Gynecology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C127"/>
+      <c s="23" t="inlineStr" r="D127">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E127">
+        <v>86.71</v>
+      </c>
+      <c s="30" r="F127">
+        <v>85.64</v>
+      </c>
+      <c s="30" r="G127">
+        <v>75.22</v>
+      </c>
+      <c s="6" t="str" r="H127"/>
+      <c s="24" t="inlineStr" r="I127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B128"/>
+      <c s="26" t="str" r="C128"/>
+      <c s="23" t="inlineStr" r="D128">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E128">
+        <v>61.51</v>
+      </c>
+      <c s="30" r="F128">
+        <v>68.99</v>
+      </c>
+      <c s="30" r="G128">
+        <v>68.52</v>
+      </c>
+      <c s="6" t="str" r="H128"/>
+      <c s="24" t="inlineStr" r="I128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B129"/>
+      <c s="26" t="str" r="C129"/>
+      <c s="23" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E129">
+        <v>67.52</v>
+      </c>
+      <c s="30" r="F129">
+        <v>73.05</v>
+      </c>
+      <c s="30" r="G129">
+        <v>62.33</v>
+      </c>
+      <c s="6" t="str" r="H129"/>
+      <c s="24" t="inlineStr" r="I129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B130"/>
+      <c s="26" t="str" r="C130"/>
+      <c s="10" t="inlineStr" r="D130">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E130">
+        <v>69.58</v>
+      </c>
+      <c s="31" r="F130">
+        <v>74.39</v>
+      </c>
+      <c s="31" r="G130">
+        <v>66.39</v>
+      </c>
+      <c s="6" t="str" r="H130"/>
+      <c s="29" t="inlineStr" r="I130">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J130">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B131"/>
+      <c s="28" t="str" r="C131"/>
+      <c s="23" t="inlineStr" r="D131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H131"/>
+      <c s="23" t="inlineStr" r="I131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve">Occupational and Environmental Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C132"/>
+      <c s="23" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E132">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F132">
+        <v>9.83</v>
+      </c>
+      <c s="30" r="G132">
+        <v>10.24</v>
+      </c>
+      <c s="6" t="str" r="H132"/>
+      <c s="30" r="I132">
+        <v>6.35</v>
+      </c>
+      <c s="30" r="J132">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="133" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B133"/>
+      <c s="26" t="str" r="C133"/>
+      <c s="23" t="inlineStr" r="D133">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E133">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F133">
+        <v>8.24</v>
+      </c>
+      <c s="30" r="G133">
+        <v>7.69</v>
+      </c>
+      <c s="6" t="str" r="H133"/>
+      <c s="30" r="I133">
+        <v>6.36</v>
+      </c>
+      <c s="30" r="J133">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="134" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B134"/>
+      <c s="26" t="str" r="C134"/>
+      <c s="23" t="inlineStr" r="D134">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E134">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F134">
+        <v>6.17</v>
+      </c>
+      <c s="30" r="G134">
+        <v>9.83</v>
+      </c>
+      <c s="6" t="str" r="H134"/>
+      <c s="30" r="I134">
+        <v>7.47</v>
+      </c>
+      <c s="30" r="J134">
+        <v>9.06</v>
+      </c>
+    </row>
+    <row r="135" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B135"/>
+      <c s="26" t="str" r="C135"/>
+      <c s="10" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E135">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F135">
+        <v>7.76</v>
+      </c>
+      <c s="31" r="G135">
+        <v>9.08</v>
+      </c>
+      <c s="6" t="str" r="H135"/>
+      <c s="31" r="I135">
+        <v>6.79</v>
+      </c>
+      <c s="31" r="J135">
+        <v>8.47</v>
+      </c>
+    </row>
+    <row r="136" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B136"/>
+      <c s="28" t="str" r="C136"/>
+      <c s="23" t="inlineStr" r="D136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H136"/>
+      <c s="23" t="inlineStr" r="I136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C137"/>
+      <c s="23" t="inlineStr" r="D137">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E137">
+        <v>62.78</v>
+      </c>
+      <c s="30" r="F137">
+        <v>60.77</v>
+      </c>
+      <c s="30" r="G137">
+        <v>51.59</v>
+      </c>
+      <c s="6" t="str" r="H137"/>
+      <c s="30" r="I137">
+        <v>43.78</v>
+      </c>
+      <c s="30" r="J137">
+        <v>36.14</v>
+      </c>
+    </row>
+    <row r="138" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B138"/>
+      <c s="26" t="str" r="C138"/>
+      <c s="23" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E138">
+        <v>47.24</v>
+      </c>
+      <c s="30" r="F138">
+        <v>55.18</v>
+      </c>
+      <c s="30" r="G138">
+        <v>46.89</v>
+      </c>
+      <c s="6" t="str" r="H138"/>
+      <c s="30" r="I138">
+        <v>42.4</v>
+      </c>
+      <c s="30" r="J138">
+        <v>44.18</v>
+      </c>
+    </row>
+    <row r="139" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B139"/>
+      <c s="26" t="str" r="C139"/>
+      <c s="23" t="inlineStr" r="D139">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E139">
+        <v>95.94</v>
+      </c>
+      <c s="30" r="F139">
+        <v>83.62</v>
+      </c>
+      <c s="30" r="G139">
+        <v>65.41</v>
+      </c>
+      <c s="6" t="str" r="H139"/>
+      <c s="30" r="I139">
+        <v>46.05</v>
+      </c>
+      <c s="30" r="J139">
+        <v>38.93</v>
+      </c>
+    </row>
+    <row r="140" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B140"/>
+      <c s="26" t="str" r="C140"/>
+      <c s="10" t="inlineStr" r="D140">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E140">
+        <v>85.96</v>
+      </c>
+      <c s="31" r="F140">
+        <v>76.85</v>
+      </c>
+      <c s="31" r="G140">
+        <v>60.88</v>
+      </c>
+      <c s="6" t="str" r="H140"/>
+      <c s="31" r="I140">
+        <v>45.18</v>
+      </c>
+      <c s="31" r="J140">
+        <v>38.84</v>
+      </c>
+    </row>
+    <row r="141" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B141"/>
+      <c s="28" t="str" r="C141"/>
+      <c s="23" t="inlineStr" r="D141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H141"/>
+      <c s="23" t="inlineStr" r="I141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B142">
+        <is>
+          <t xml:space="preserve">Osteopathic Neuromusculoskeletal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C142"/>
+      <c s="23" t="inlineStr" r="D142">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F142">
+        <v>5.38</v>
+      </c>
+      <c s="24" t="inlineStr" r="G142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H142"/>
+      <c s="24" t="inlineStr" r="I142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J142">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B143"/>
+      <c s="26" t="str" r="C143"/>
+      <c s="23" t="inlineStr" r="D143">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H143"/>
+      <c s="24" t="inlineStr" r="I143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J143">
+        <v>5.29</v>
+      </c>
+    </row>
+    <row r="144" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B144"/>
+      <c s="26" t="str" r="C144"/>
+      <c s="23" t="inlineStr" r="D144">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H144"/>
+      <c s="24" t="inlineStr" r="I144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B145"/>
+      <c s="26" t="str" r="C145"/>
+      <c s="10" t="inlineStr" r="D145">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H145"/>
+      <c s="29" t="inlineStr" r="I145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J145">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B146"/>
+      <c s="28" t="str" r="C146"/>
+      <c s="23" t="inlineStr" r="D146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H146"/>
+      <c s="23" t="inlineStr" r="I146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B147">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C147"/>
+      <c s="23" t="inlineStr" r="D147">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E147">
+        <v>53.09</v>
+      </c>
+      <c s="30" r="F147">
+        <v>65.91</v>
+      </c>
+      <c s="30" r="G147">
+        <v>47.5</v>
+      </c>
+      <c s="6" t="str" r="H147"/>
+      <c s="30" r="I147">
+        <v>47.9</v>
+      </c>
+      <c s="30" r="J147">
+        <v>43.85</v>
+      </c>
+    </row>
+    <row r="148" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B148"/>
+      <c s="26" t="str" r="C148"/>
+      <c s="23" t="inlineStr" r="D148">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E148">
+        <v>44.93</v>
+      </c>
+      <c s="30" r="F148">
+        <v>41.74</v>
+      </c>
+      <c s="30" r="G148">
+        <v>42.64</v>
+      </c>
+      <c s="6" t="str" r="H148"/>
+      <c s="30" r="I148">
+        <v>31.24</v>
+      </c>
+      <c s="30" r="J148">
+        <v>40.55</v>
+      </c>
+    </row>
+    <row r="149" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B149"/>
+      <c s="26" t="str" r="C149"/>
+      <c s="23" t="inlineStr" r="D149">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E149">
+        <v>83.54</v>
+      </c>
+      <c s="30" r="F149">
+        <v>85.28</v>
+      </c>
+      <c s="30" r="G149">
+        <v>59.25</v>
+      </c>
+      <c s="6" t="str" r="H149"/>
+      <c s="30" r="I149">
+        <v>46.69</v>
+      </c>
+      <c s="30" r="J149">
+        <v>44.02</v>
+      </c>
+    </row>
+    <row r="150" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B150"/>
+      <c s="26" t="str" r="C150"/>
+      <c s="10" t="inlineStr" r="D150">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E150">
+        <v>77.7</v>
+      </c>
+      <c s="31" r="F150">
+        <v>79.5</v>
+      </c>
+      <c s="31" r="G150">
+        <v>56.21</v>
+      </c>
+      <c s="6" t="str" r="H150"/>
+      <c s="31" r="I150">
+        <v>44.73</v>
+      </c>
+      <c s="31" r="J150">
+        <v>43.63</v>
+      </c>
+    </row>
+    <row r="151" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B151"/>
+      <c s="28" t="str" r="C151"/>
+      <c s="23" t="inlineStr" r="D151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H151"/>
+      <c s="23" t="inlineStr" r="I151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B152">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C152"/>
+      <c s="23" t="inlineStr" r="D152">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E152">
+        <v>42.4</v>
+      </c>
+      <c s="30" r="F152">
+        <v>47.05</v>
+      </c>
+      <c s="30" r="G152">
+        <v>43.13</v>
+      </c>
+      <c s="6" t="str" r="H152"/>
+      <c s="30" r="I152">
+        <v>46.23</v>
+      </c>
+      <c s="30" r="J152">
+        <v>49.71</v>
+      </c>
+    </row>
+    <row r="153" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B153"/>
+      <c s="26" t="str" r="C153"/>
+      <c s="23" t="inlineStr" r="D153">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E153">
+        <v>54.85</v>
+      </c>
+      <c s="30" r="F153">
+        <v>59.12</v>
+      </c>
+      <c s="30" r="G153">
+        <v>60.19</v>
+      </c>
+      <c s="6" t="str" r="H153"/>
+      <c s="30" r="I153">
+        <v>61.36</v>
+      </c>
+      <c s="30" r="J153">
+        <v>63.24</v>
+      </c>
+    </row>
+    <row r="154" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B154"/>
+      <c s="26" t="str" r="C154"/>
+      <c s="23" t="inlineStr" r="D154">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E154">
+        <v>28.05</v>
+      </c>
+      <c s="30" r="F154">
+        <v>30.86</v>
+      </c>
+      <c s="30" r="G154">
+        <v>33.71</v>
+      </c>
+      <c s="6" t="str" r="H154"/>
+      <c s="30" r="I154">
+        <v>34.25</v>
+      </c>
+      <c s="30" r="J154">
+        <v>35.73</v>
+      </c>
+    </row>
+    <row r="155" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B155"/>
+      <c s="26" t="str" r="C155"/>
+      <c s="10" t="inlineStr" r="D155">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E155">
+        <v>48.36</v>
+      </c>
+      <c s="31" r="F155">
+        <v>51.64</v>
+      </c>
+      <c s="31" r="G155">
+        <v>52.14</v>
+      </c>
+      <c s="6" t="str" r="H155"/>
+      <c s="31" r="I155">
+        <v>52.61</v>
+      </c>
+      <c s="31" r="J155">
+        <v>53.73</v>
+      </c>
+    </row>
+    <row r="156" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B156"/>
+      <c s="28" t="str" r="C156"/>
+      <c s="23" t="inlineStr" r="D156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H156"/>
+      <c s="23" t="inlineStr" r="I156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B157">
+        <is>
+          <t xml:space="preserve">Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C157"/>
+      <c s="23" t="inlineStr" r="D157">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E157">
+        <v>54.06</v>
+      </c>
+      <c s="30" r="F157">
+        <v>55.04</v>
+      </c>
+      <c s="30" r="G157">
+        <v>49.27</v>
+      </c>
+      <c s="6" t="str" r="H157"/>
+      <c s="30" r="I157">
+        <v>42.22</v>
+      </c>
+      <c s="30" r="J157">
+        <v>40.1</v>
+      </c>
+    </row>
+    <row r="158" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B158"/>
+      <c s="26" t="str" r="C158"/>
+      <c s="23" t="inlineStr" r="D158">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E158">
+        <v>54.68</v>
+      </c>
+      <c s="30" r="F158">
+        <v>52.49</v>
+      </c>
+      <c s="30" r="G158">
+        <v>51.58</v>
+      </c>
+      <c s="6" t="str" r="H158"/>
+      <c s="30" r="I158">
+        <v>43.86</v>
+      </c>
+      <c s="30" r="J158">
+        <v>43.53</v>
+      </c>
+    </row>
+    <row r="159" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B159"/>
+      <c s="26" t="str" r="C159"/>
+      <c s="23" t="inlineStr" r="D159">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E159">
+        <v>31.94</v>
+      </c>
+      <c s="30" r="F159">
+        <v>31.21</v>
+      </c>
+      <c s="30" r="G159">
+        <v>29.32</v>
+      </c>
+      <c s="6" t="str" r="H159"/>
+      <c s="30" r="I159">
+        <v>27.32</v>
+      </c>
+      <c s="30" r="J159">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="160" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B160"/>
+      <c s="26" t="str" r="C160"/>
+      <c s="10" t="inlineStr" r="D160">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E160">
+        <v>45.17</v>
+      </c>
+      <c s="31" r="F160">
+        <v>44.08</v>
+      </c>
+      <c s="31" r="G160">
+        <v>42.33</v>
+      </c>
+      <c s="6" t="str" r="H160"/>
+      <c s="31" r="I160">
+        <v>37.65</v>
+      </c>
+      <c s="31" r="J160">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="161" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B161"/>
+      <c s="28" t="str" r="C161"/>
+      <c s="23" t="inlineStr" r="D161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H161"/>
+      <c s="23" t="inlineStr" r="I161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B162">
+        <is>
+          <t xml:space="preserve">Pediatrics/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C162"/>
+      <c s="23" t="inlineStr" r="D162">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H162"/>
+      <c s="24" t="inlineStr" r="I162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B163"/>
+      <c s="26" t="str" r="C163"/>
+      <c s="23" t="inlineStr" r="D163">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E163">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F163">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G163">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H163"/>
+      <c s="24" t="inlineStr" r="I163">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J163">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B164"/>
+      <c s="26" t="str" r="C164"/>
+      <c s="23" t="inlineStr" r="D164">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E164">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F164">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G164">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H164"/>
+      <c s="24" t="inlineStr" r="I164">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J164">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B165"/>
+      <c s="26" t="str" r="C165"/>
+      <c s="10" t="inlineStr" r="D165">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E165">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F165">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G165">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H165"/>
+      <c s="29" t="inlineStr" r="I165">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J165">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B166"/>
+      <c s="28" t="str" r="C166"/>
+      <c s="23" t="inlineStr" r="D166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H166"/>
+      <c s="23" t="inlineStr" r="I166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="167" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B167">
+        <is>
+          <t xml:space="preserve">Pediatrics/Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C167"/>
+      <c s="23" t="inlineStr" r="D167">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H167"/>
+      <c s="24" t="inlineStr" r="I167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B168"/>
+      <c s="26" t="str" r="C168"/>
+      <c s="23" t="inlineStr" r="D168">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H168"/>
+      <c s="24" t="inlineStr" r="I168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B169"/>
+      <c s="26" t="str" r="C169"/>
+      <c s="23" t="inlineStr" r="D169">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H169"/>
+      <c s="24" t="inlineStr" r="I169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B170"/>
+      <c s="26" t="str" r="C170"/>
+      <c s="10" t="inlineStr" r="D170">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H170"/>
+      <c s="29" t="inlineStr" r="I170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B171"/>
+      <c s="28" t="str" r="C171"/>
+      <c s="23" t="inlineStr" r="D171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H171"/>
+      <c s="23" t="inlineStr" r="I171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="172" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B172">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C172"/>
+      <c s="23" t="inlineStr" r="D172">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E172">
+        <v>13</v>
+      </c>
+      <c s="30" r="F172">
+        <v>9.56</v>
+      </c>
+      <c s="30" r="G172">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H172"/>
+      <c s="30" r="I172">
+        <v>15.5</v>
+      </c>
+      <c s="30" r="J172">
+        <v>14.43</v>
+      </c>
+    </row>
+    <row r="173" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B173"/>
+      <c s="26" t="str" r="C173"/>
+      <c s="23" t="inlineStr" r="D173">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E173">
+        <v>12.71</v>
+      </c>
+      <c s="30" r="F173">
+        <v>6.12</v>
+      </c>
+      <c s="30" r="G173">
+        <v>6.77</v>
+      </c>
+      <c s="6" t="str" r="H173"/>
+      <c s="30" r="I173">
+        <v>6.84</v>
+      </c>
+      <c s="30" r="J173">
+        <v>10.03</v>
+      </c>
+    </row>
+    <row r="174" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B174"/>
+      <c s="26" t="str" r="C174"/>
+      <c s="23" t="inlineStr" r="D174">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E174">
+        <v>11.45</v>
+      </c>
+      <c s="30" r="F174">
+        <v>13.23</v>
+      </c>
+      <c s="30" r="G174">
+        <v>14.13</v>
+      </c>
+      <c s="6" t="str" r="H174"/>
+      <c s="30" r="I174">
+        <v>9.83</v>
+      </c>
+      <c s="30" r="J174">
+        <v>14.75</v>
+      </c>
+    </row>
+    <row r="175" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B175"/>
+      <c s="26" t="str" r="C175"/>
+      <c s="10" t="inlineStr" r="D175">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E175">
+        <v>12.29</v>
+      </c>
+      <c s="31" r="F175">
+        <v>8.07</v>
+      </c>
+      <c s="31" r="G175">
+        <v>8.51</v>
+      </c>
+      <c s="6" t="str" r="H175"/>
+      <c s="31" r="I175">
+        <v>7.98</v>
+      </c>
+      <c s="31" r="J175">
+        <v>11.25</v>
+      </c>
+    </row>
+    <row r="176" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B176"/>
+      <c s="28" t="str" r="C176"/>
+      <c s="23" t="inlineStr" r="D176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H176"/>
+      <c s="23" t="inlineStr" r="I176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="177" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B177">
+        <is>
+          <t xml:space="preserve">Pediatrics/Physical Medicine and Rehabilitation</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C177"/>
+      <c s="23" t="inlineStr" r="D177">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H177"/>
+      <c s="24" t="inlineStr" r="I177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J177">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B178"/>
+      <c s="26" t="str" r="C178"/>
+      <c s="23" t="inlineStr" r="D178">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H178"/>
+      <c s="24" t="inlineStr" r="I178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B179"/>
+      <c s="26" t="str" r="C179"/>
+      <c s="23" t="inlineStr" r="D179">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H179"/>
+      <c s="24" t="inlineStr" r="I179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J179">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B180"/>
+      <c s="26" t="str" r="C180"/>
+      <c s="10" t="inlineStr" r="D180">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E180">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F180">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G180">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H180"/>
+      <c s="29" t="inlineStr" r="I180">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J180">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B181"/>
+      <c s="28" t="str" r="C181"/>
+      <c s="23" t="inlineStr" r="D181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H181"/>
+      <c s="23" t="inlineStr" r="I181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="182" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B182">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C182"/>
+      <c s="23" t="inlineStr" r="D182">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E182">
+        <v>6.45</v>
+      </c>
+      <c s="30" r="F182">
+        <v>5.81</v>
+      </c>
+      <c s="30" r="G182">
+        <v>6.18</v>
+      </c>
+      <c s="6" t="str" r="H182"/>
+      <c s="30" r="I182">
+        <v>5.44</v>
+      </c>
+      <c s="30" r="J182">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="183" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B183"/>
+      <c s="26" t="str" r="C183"/>
+      <c s="23" t="inlineStr" r="D183">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E183">
+        <v>6.56</v>
+      </c>
+      <c s="30" r="F183">
+        <v>6.75</v>
+      </c>
+      <c s="30" r="G183">
+        <v>6.04</v>
+      </c>
+      <c s="6" t="str" r="H183"/>
+      <c s="30" r="I183">
+        <v>5.38</v>
+      </c>
+      <c s="24" t="inlineStr" r="J183">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B184"/>
+      <c s="26" t="str" r="C184"/>
+      <c s="23" t="inlineStr" r="D184">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E184">
+        <v>6.75</v>
+      </c>
+      <c s="30" r="F184">
+        <v>6.72</v>
+      </c>
+      <c s="30" r="G184">
+        <v>7.42</v>
+      </c>
+      <c s="6" t="str" r="H184"/>
+      <c s="30" r="I184">
+        <v>7.15</v>
+      </c>
+      <c s="30" r="J184">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="185" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B185"/>
+      <c s="26" t="str" r="C185"/>
+      <c s="10" t="inlineStr" r="D185">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E185">
+        <v>6.63</v>
+      </c>
+      <c s="31" r="F185">
+        <v>6.55</v>
+      </c>
+      <c s="31" r="G185">
+        <v>6.78</v>
+      </c>
+      <c s="6" t="str" r="H185"/>
+      <c s="31" r="I185">
+        <v>6.35</v>
+      </c>
+      <c s="31" r="J185">
+        <v>6.15</v>
+      </c>
+    </row>
+    <row r="186" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B186"/>
+      <c s="28" t="str" r="C186"/>
+      <c s="23" t="inlineStr" r="D186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H186"/>
+      <c s="23" t="inlineStr" r="I186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="187" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B187">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C187"/>
+      <c s="23" t="inlineStr" r="D187">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E187">
+        <v>56.31</v>
+      </c>
+      <c s="30" r="F187">
+        <v>56.19</v>
+      </c>
+      <c s="30" r="G187">
+        <v>60.72</v>
+      </c>
+      <c s="6" t="str" r="H187"/>
+      <c s="30" r="I187">
+        <v>60.49</v>
+      </c>
+      <c s="30" r="J187">
+        <v>47.43</v>
+      </c>
+    </row>
+    <row r="188" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B188"/>
+      <c s="26" t="str" r="C188"/>
+      <c s="23" t="inlineStr" r="D188">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E188">
+        <v>28.04</v>
+      </c>
+      <c s="30" r="F188">
+        <v>32</v>
+      </c>
+      <c s="30" r="G188">
+        <v>33.99</v>
+      </c>
+      <c s="6" t="str" r="H188"/>
+      <c s="30" r="I188">
+        <v>31.47</v>
+      </c>
+      <c s="30" r="J188">
+        <v>31.91</v>
+      </c>
+    </row>
+    <row r="189" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B189"/>
+      <c s="26" t="str" r="C189"/>
+      <c s="23" t="inlineStr" r="D189">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E189">
+        <v>45.78</v>
+      </c>
+      <c s="30" r="F189">
+        <v>47.36</v>
+      </c>
+      <c s="30" r="G189">
+        <v>48.41</v>
+      </c>
+      <c s="6" t="str" r="H189"/>
+      <c s="30" r="I189">
+        <v>48.61</v>
+      </c>
+      <c s="30" r="J189">
+        <v>40.46</v>
+      </c>
+    </row>
+    <row r="190" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B190"/>
+      <c s="26" t="str" r="C190"/>
+      <c s="10" t="inlineStr" r="D190">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E190">
+        <v>45.26</v>
+      </c>
+      <c s="31" r="F190">
+        <v>46.78</v>
+      </c>
+      <c s="31" r="G190">
+        <v>49.72</v>
+      </c>
+      <c s="6" t="str" r="H190"/>
+      <c s="31" r="I190">
+        <v>49.41</v>
+      </c>
+      <c s="31" r="J190">
+        <v>41.69</v>
+      </c>
+    </row>
+    <row r="191" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B191"/>
+      <c s="28" t="str" r="C191"/>
+      <c s="23" t="inlineStr" r="D191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H191"/>
+      <c s="23" t="inlineStr" r="I191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="192" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B192">
+        <is>
+          <t xml:space="preserve">Plastic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C192"/>
+      <c s="23" t="inlineStr" r="D192">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H192"/>
+      <c s="24" t="inlineStr" r="I192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B193"/>
+      <c s="26" t="str" r="C193"/>
+      <c s="23" t="inlineStr" r="D193">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H193"/>
+      <c s="24" t="inlineStr" r="I193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B194"/>
+      <c s="26" t="str" r="C194"/>
+      <c s="23" t="inlineStr" r="D194">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H194"/>
+      <c s="24" t="inlineStr" r="I194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B195"/>
+      <c s="26" t="str" r="C195"/>
+      <c s="10" t="inlineStr" r="D195">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H195"/>
+      <c s="29" t="inlineStr" r="I195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B196"/>
+      <c s="28" t="str" r="C196"/>
+      <c s="23" t="inlineStr" r="D196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H196"/>
+      <c s="23" t="inlineStr" r="I196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="197" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B197">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C197"/>
+      <c s="23" t="inlineStr" r="D197">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E197">
+        <v>26.47</v>
+      </c>
+      <c s="30" r="F197">
+        <v>27.78</v>
+      </c>
+      <c s="30" r="G197">
+        <v>22.44</v>
+      </c>
+      <c s="6" t="str" r="H197"/>
+      <c s="30" r="I197">
+        <v>6.69</v>
+      </c>
+      <c s="30" r="J197">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="198" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B198"/>
+      <c s="26" t="str" r="C198"/>
+      <c s="23" t="inlineStr" r="D198">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E198">
+        <v>32.41</v>
+      </c>
+      <c s="30" r="F198">
+        <v>29.69</v>
+      </c>
+      <c s="30" r="G198">
+        <v>20.01</v>
+      </c>
+      <c s="6" t="str" r="H198"/>
+      <c s="30" r="I198">
+        <v>8.79</v>
+      </c>
+      <c s="30" r="J198">
+        <v>45.48</v>
+      </c>
+    </row>
+    <row r="199" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B199"/>
+      <c s="26" t="str" r="C199"/>
+      <c s="23" t="inlineStr" r="D199">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E199">
+        <v>64.58</v>
+      </c>
+      <c s="30" r="F199">
+        <v>60.2</v>
+      </c>
+      <c s="30" r="G199">
+        <v>30.41</v>
+      </c>
+      <c s="6" t="str" r="H199"/>
+      <c s="30" r="I199">
+        <v>10.24</v>
+      </c>
+      <c s="30" r="J199">
+        <v>69.15</v>
+      </c>
+    </row>
+    <row r="200" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B200"/>
+      <c s="26" t="str" r="C200"/>
+      <c s="10" t="inlineStr" r="D200">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E200">
+        <v>57.22</v>
+      </c>
+      <c s="31" r="F200">
+        <v>51.77</v>
+      </c>
+      <c s="31" r="G200">
+        <v>27.76</v>
+      </c>
+      <c s="6" t="str" r="H200"/>
+      <c s="31" r="I200">
+        <v>9.14</v>
+      </c>
+      <c s="31" r="J200">
+        <v>64.07</v>
+      </c>
+    </row>
+    <row r="201" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B201"/>
+      <c s="28" t="str" r="C201"/>
+      <c s="23" t="inlineStr" r="D201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H201"/>
+      <c s="23" t="inlineStr" r="I201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="202" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B202">
+        <is>
+          <t xml:space="preserve">Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C202"/>
+      <c s="23" t="inlineStr" r="D202">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E202">
+        <v>81.19</v>
+      </c>
+      <c s="30" r="F202">
+        <v>78.66</v>
+      </c>
+      <c s="30" r="G202">
+        <v>80.1</v>
+      </c>
+      <c s="6" t="str" r="H202"/>
+      <c s="30" r="I202">
+        <v>79.38</v>
+      </c>
+      <c s="30" r="J202">
+        <v>74.59</v>
+      </c>
+    </row>
+    <row r="203" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B203"/>
+      <c s="26" t="str" r="C203"/>
+      <c s="23" t="inlineStr" r="D203">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E203">
+        <v>57.46</v>
+      </c>
+      <c s="30" r="F203">
+        <v>59.78</v>
+      </c>
+      <c s="30" r="G203">
+        <v>59.7</v>
+      </c>
+      <c s="6" t="str" r="H203"/>
+      <c s="30" r="I203">
+        <v>63.24</v>
+      </c>
+      <c s="30" r="J203">
+        <v>63.83</v>
+      </c>
+    </row>
+    <row r="204" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B204"/>
+      <c s="26" t="str" r="C204"/>
+      <c s="23" t="inlineStr" r="D204">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E204">
+        <v>58.97</v>
+      </c>
+      <c s="30" r="F204">
+        <v>62.64</v>
+      </c>
+      <c s="30" r="G204">
+        <v>62.32</v>
+      </c>
+      <c s="6" t="str" r="H204"/>
+      <c s="30" r="I204">
+        <v>61.87</v>
+      </c>
+      <c s="30" r="J204">
+        <v>58.18</v>
+      </c>
+    </row>
+    <row r="205" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B205"/>
+      <c s="26" t="str" r="C205"/>
+      <c s="10" t="inlineStr" r="D205">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E205">
+        <v>61.65</v>
+      </c>
+      <c s="31" r="F205">
+        <v>64.15</v>
+      </c>
+      <c s="31" r="G205">
+        <v>64.79</v>
+      </c>
+      <c s="6" t="str" r="H205"/>
+      <c s="31" r="I205">
+        <v>65.89</v>
+      </c>
+      <c s="31" r="J205">
+        <v>63.48</v>
+      </c>
+    </row>
+    <row r="206" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B206"/>
+      <c s="28" t="str" r="C206"/>
+      <c s="23" t="inlineStr" r="D206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H206"/>
+      <c s="23" t="inlineStr" r="I206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="207" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B207">
+        <is>
+          <t xml:space="preserve">Psychiatry/Family medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C207"/>
+      <c s="23" t="inlineStr" r="D207">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E207">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F207">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G207">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H207"/>
+      <c s="24" t="inlineStr" r="I207">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J207">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B208"/>
+      <c s="26" t="str" r="C208"/>
+      <c s="23" t="inlineStr" r="D208">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E208">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F208">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G208">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H208"/>
+      <c s="24" t="inlineStr" r="I208">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J208">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B209"/>
+      <c s="26" t="str" r="C209"/>
+      <c s="23" t="inlineStr" r="D209">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E209">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F209">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G209">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H209"/>
+      <c s="24" t="inlineStr" r="I209">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J209">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B210"/>
+      <c s="26" t="str" r="C210"/>
+      <c s="10" t="inlineStr" r="D210">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E210">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F210">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G210">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H210"/>
+      <c s="29" t="inlineStr" r="I210">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J210">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B211"/>
+      <c s="28" t="str" r="C211"/>
+      <c s="23" t="inlineStr" r="D211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H211"/>
+      <c s="23" t="inlineStr" r="I211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="212" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B212">
+        <is>
+          <t xml:space="preserve">Psychiatry/Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C212"/>
+      <c s="23" t="inlineStr" r="D212">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E212">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F212">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G212">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H212"/>
+      <c s="24" t="inlineStr" r="I212">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J212">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B213"/>
+      <c s="26" t="str" r="C213"/>
+      <c s="23" t="inlineStr" r="D213">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H213"/>
+      <c s="24" t="inlineStr" r="I213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J213">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B214"/>
+      <c s="26" t="str" r="C214"/>
+      <c s="23" t="inlineStr" r="D214">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E214">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F214">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G214">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H214"/>
+      <c s="24" t="inlineStr" r="I214">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J214">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B215"/>
+      <c s="26" t="str" r="C215"/>
+      <c s="10" t="inlineStr" r="D215">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="E215">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="F215">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="G215">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H215"/>
+      <c s="29" t="inlineStr" r="I215">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="29" t="inlineStr" r="J215">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B216"/>
+      <c s="28" t="str" r="C216"/>
+      <c s="23" t="inlineStr" r="D216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H216"/>
+      <c s="23" t="inlineStr" r="I216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="217" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B217">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C217"/>
+      <c s="23" t="inlineStr" r="D217">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E217">
+        <v>7.89</v>
+      </c>
+      <c s="30" r="F217">
+        <v>12.82</v>
+      </c>
+      <c s="30" r="G217">
+        <v>13.95</v>
+      </c>
+      <c s="6" t="str" r="H217"/>
+      <c s="30" r="I217">
+        <v>11.41</v>
+      </c>
+      <c s="30" r="J217">
+        <v>9.59</v>
+      </c>
+    </row>
+    <row r="218" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B218"/>
+      <c s="26" t="str" r="C218"/>
+      <c s="23" t="inlineStr" r="D218">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E218">
+        <v>10.7</v>
+      </c>
+      <c s="30" r="F218">
+        <v>8.71</v>
+      </c>
+      <c s="30" r="G218">
+        <v>8.88</v>
+      </c>
+      <c s="6" t="str" r="H218"/>
+      <c s="30" r="I218">
+        <v>7.37</v>
+      </c>
+      <c s="30" r="J218">
+        <v>8.74</v>
+      </c>
+    </row>
+    <row r="219" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B219"/>
+      <c s="26" t="str" r="C219"/>
+      <c s="23" t="inlineStr" r="D219">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E219">
+        <v>12.78</v>
+      </c>
+      <c s="30" r="F219">
+        <v>10.54</v>
+      </c>
+      <c s="30" r="G219">
+        <v>10.08</v>
+      </c>
+      <c s="6" t="str" r="H219"/>
+      <c s="30" r="I219">
+        <v>7.05</v>
+      </c>
+      <c s="30" r="J219">
+        <v>10.73</v>
+      </c>
+    </row>
+    <row r="220" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B220"/>
+      <c s="26" t="str" r="C220"/>
+      <c s="10" t="inlineStr" r="D220">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E220">
+        <v>11.1</v>
+      </c>
+      <c s="31" r="F220">
+        <v>9.49</v>
+      </c>
+      <c s="31" r="G220">
+        <v>9.73</v>
+      </c>
+      <c s="6" t="str" r="H220"/>
+      <c s="31" r="I220">
+        <v>7.58</v>
+      </c>
+      <c s="31" r="J220">
+        <v>9.62</v>
+      </c>
+    </row>
+    <row r="221" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B221"/>
+      <c s="28" t="str" r="C221"/>
+      <c s="23" t="inlineStr" r="D221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H221"/>
+      <c s="23" t="inlineStr" r="I221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="222" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B222">
+        <is>
+          <t xml:space="preserve">Radiation Oncology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C222"/>
+      <c s="23" t="inlineStr" r="D222">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E222">
+        <v>18.31</v>
+      </c>
+      <c s="30" r="F222">
+        <v>22.4</v>
+      </c>
+      <c s="30" r="G222">
+        <v>41.74</v>
+      </c>
+      <c s="6" t="str" r="H222"/>
+      <c s="30" r="I222">
+        <v>32.15</v>
+      </c>
+      <c s="30" r="J222">
+        <v>43.61</v>
+      </c>
+    </row>
+    <row r="223" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B223"/>
+      <c s="26" t="str" r="C223"/>
+      <c s="23" t="inlineStr" r="D223">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E223">
+        <v>26.51</v>
+      </c>
+      <c s="30" r="F223">
+        <v>16.9</v>
+      </c>
+      <c s="30" r="G223">
+        <v>30.9</v>
+      </c>
+      <c s="6" t="str" r="H223"/>
+      <c s="30" r="I223">
+        <v>26.31</v>
+      </c>
+      <c s="30" r="J223">
+        <v>33.28</v>
+      </c>
+    </row>
+    <row r="224" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B224"/>
+      <c s="26" t="str" r="C224"/>
+      <c s="23" t="inlineStr" r="D224">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E224">
+        <v>36.51</v>
+      </c>
+      <c s="30" r="F224">
+        <v>32.64</v>
+      </c>
+      <c s="30" r="G224">
+        <v>31.7</v>
+      </c>
+      <c s="6" t="str" r="H224"/>
+      <c s="30" r="I224">
+        <v>35.76</v>
+      </c>
+      <c s="30" r="J224">
+        <v>38.2</v>
+      </c>
+    </row>
+    <row r="225" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B225"/>
+      <c s="26" t="str" r="C225"/>
+      <c s="10" t="inlineStr" r="D225">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E225">
+        <v>31.06</v>
+      </c>
+      <c s="31" r="F225">
+        <v>24.51</v>
+      </c>
+      <c s="31" r="G225">
+        <v>32.33</v>
+      </c>
+      <c s="6" t="str" r="H225"/>
+      <c s="31" r="I225">
+        <v>31.72</v>
+      </c>
+      <c s="31" r="J225">
+        <v>37.13</v>
+      </c>
+    </row>
+    <row r="226" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B226"/>
+      <c s="28" t="str" r="C226"/>
+      <c s="23" t="inlineStr" r="D226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H226"/>
+      <c s="23" t="inlineStr" r="I226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="227" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B227">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C227"/>
+      <c s="23" t="inlineStr" r="D227">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E227">
+        <v>76.48</v>
+      </c>
+      <c s="30" r="F227">
+        <v>86.28</v>
+      </c>
+      <c s="30" r="G227">
+        <v>76.69</v>
+      </c>
+      <c s="6" t="str" r="H227"/>
+      <c s="30" r="I227">
+        <v>69.42</v>
+      </c>
+      <c s="30" r="J227">
+        <v>65.29</v>
+      </c>
+    </row>
+    <row r="228" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B228"/>
+      <c s="26" t="str" r="C228"/>
+      <c s="23" t="inlineStr" r="D228">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E228">
+        <v>61.23</v>
+      </c>
+      <c s="30" r="F228">
+        <v>62.52</v>
+      </c>
+      <c s="30" r="G228">
+        <v>60.64</v>
+      </c>
+      <c s="6" t="str" r="H228"/>
+      <c s="30" r="I228">
+        <v>55.95</v>
+      </c>
+      <c s="30" r="J228">
+        <v>51.56</v>
+      </c>
+    </row>
+    <row r="229" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B229"/>
+      <c s="26" t="str" r="C229"/>
+      <c s="23" t="inlineStr" r="D229">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E229">
+        <v>61.68</v>
+      </c>
+      <c s="30" r="F229">
+        <v>74.22</v>
+      </c>
+      <c s="30" r="G229">
+        <v>73.65</v>
+      </c>
+      <c s="6" t="str" r="H229"/>
+      <c s="30" r="I229">
+        <v>63.56</v>
+      </c>
+      <c s="30" r="J229">
+        <v>58.91</v>
+      </c>
+    </row>
+    <row r="230" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B230"/>
+      <c s="26" t="str" r="C230"/>
+      <c s="10" t="inlineStr" r="D230">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E230">
+        <v>64.16</v>
+      </c>
+      <c s="31" r="F230">
+        <v>73.43</v>
+      </c>
+      <c s="31" r="G230">
+        <v>71.05</v>
+      </c>
+      <c s="6" t="str" r="H230"/>
+      <c s="31" r="I230">
+        <v>62.64</v>
+      </c>
+      <c s="31" r="J230">
+        <v>58.08</v>
+      </c>
+    </row>
+    <row r="231" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B231"/>
+      <c s="28" t="str" r="C231"/>
+      <c s="23" t="inlineStr" r="D231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H231"/>
+      <c s="23" t="inlineStr" r="I231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="232" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B232">
+        <is>
+          <t xml:space="preserve">Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C232"/>
+      <c s="23" t="inlineStr" r="D232">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E232">
+        <v>66.32</v>
+      </c>
+      <c s="30" r="F232">
+        <v>70.39</v>
+      </c>
+      <c s="30" r="G232">
+        <v>71.26</v>
+      </c>
+      <c s="6" t="str" r="H232"/>
+      <c s="30" r="I232">
+        <v>62.37</v>
+      </c>
+      <c s="30" r="J232">
+        <v>59.63</v>
+      </c>
+    </row>
+    <row r="233" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B233"/>
+      <c s="26" t="str" r="C233"/>
+      <c s="23" t="inlineStr" r="D233">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E233">
+        <v>67.71</v>
+      </c>
+      <c s="30" r="F233">
+        <v>70.19</v>
+      </c>
+      <c s="30" r="G233">
+        <v>73.5</v>
+      </c>
+      <c s="6" t="str" r="H233"/>
+      <c s="30" r="I233">
+        <v>73.39</v>
+      </c>
+      <c s="30" r="J233">
+        <v>72.82</v>
+      </c>
+    </row>
+    <row r="234" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B234"/>
+      <c s="26" t="str" r="C234"/>
+      <c s="23" t="inlineStr" r="D234">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E234">
+        <v>55.7</v>
+      </c>
+      <c s="30" r="F234">
+        <v>62.78</v>
+      </c>
+      <c s="30" r="G234">
+        <v>60.94</v>
+      </c>
+      <c s="6" t="str" r="H234"/>
+      <c s="30" r="I234">
+        <v>54.78</v>
+      </c>
+      <c s="30" r="J234">
+        <v>52.27</v>
+      </c>
+    </row>
+    <row r="235" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B235"/>
+      <c s="26" t="str" r="C235"/>
+      <c s="10" t="inlineStr" r="D235">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E235">
+        <v>61.36</v>
+      </c>
+      <c s="31" r="F235">
+        <v>66.58</v>
+      </c>
+      <c s="31" r="G235">
+        <v>67.09</v>
+      </c>
+      <c s="6" t="str" r="H235"/>
+      <c s="31" r="I235">
+        <v>62.86</v>
+      </c>
+      <c s="31" r="J235">
+        <v>60.63</v>
+      </c>
+    </row>
+    <row r="236" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B236"/>
+      <c s="28" t="str" r="C236"/>
+      <c s="23" t="inlineStr" r="D236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H236"/>
+      <c s="23" t="inlineStr" r="I236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="237" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B237">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C237"/>
+      <c s="23" t="inlineStr" r="D237">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E237">
+        <v>16.54</v>
+      </c>
+      <c s="30" r="F237">
+        <v>19.46</v>
+      </c>
+      <c s="30" r="G237">
+        <v>18.31</v>
+      </c>
+      <c s="6" t="str" r="H237"/>
+      <c s="30" r="I237">
+        <v>17.38</v>
+      </c>
+      <c s="30" r="J237">
+        <v>14.63</v>
+      </c>
+    </row>
+    <row r="238" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B238"/>
+      <c s="26" t="str" r="C238"/>
+      <c s="23" t="inlineStr" r="D238">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E238">
+        <v>20.47</v>
+      </c>
+      <c s="30" r="F238">
+        <v>20.66</v>
+      </c>
+      <c s="30" r="G238">
+        <v>20.56</v>
+      </c>
+      <c s="6" t="str" r="H238"/>
+      <c s="30" r="I238">
+        <v>20.04</v>
+      </c>
+      <c s="30" r="J238">
+        <v>15.71</v>
+      </c>
+    </row>
+    <row r="239" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B239"/>
+      <c s="26" t="str" r="C239"/>
+      <c s="23" t="inlineStr" r="D239">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E239">
+        <v>22.77</v>
+      </c>
+      <c s="30" r="F239">
+        <v>27.69</v>
+      </c>
+      <c s="30" r="G239">
+        <v>25.14</v>
+      </c>
+      <c s="6" t="str" r="H239"/>
+      <c s="30" r="I239">
+        <v>26.41</v>
+      </c>
+      <c s="30" r="J239">
+        <v>27.29</v>
+      </c>
+    </row>
+    <row r="240" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B240"/>
+      <c s="26" t="str" r="C240"/>
+      <c s="10" t="inlineStr" r="D240">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E240">
+        <v>21.39</v>
+      </c>
+      <c s="31" r="F240">
+        <v>24.44</v>
+      </c>
+      <c s="31" r="G240">
+        <v>22.92</v>
+      </c>
+      <c s="6" t="str" r="H240"/>
+      <c s="31" r="I240">
+        <v>23.25</v>
+      </c>
+      <c s="31" r="J240">
+        <v>21.83</v>
+      </c>
+    </row>
+    <row r="241" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B241"/>
+      <c s="28" t="str" r="C241"/>
+      <c s="23" t="inlineStr" r="D241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H241"/>
+      <c s="23" t="inlineStr" r="I241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="242" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B242">
+        <is>
+          <t xml:space="preserve">Transitional Year</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C242"/>
+      <c s="23" t="inlineStr" r="D242">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E242">
+        <v>20.95</v>
+      </c>
+      <c s="30" r="F242">
+        <v>20.9</v>
+      </c>
+      <c s="30" r="G242">
+        <v>21.49</v>
+      </c>
+      <c s="6" t="str" r="H242"/>
+      <c s="30" r="I242">
+        <v>19.92</v>
+      </c>
+      <c s="30" r="J242">
+        <v>19.06</v>
+      </c>
+    </row>
+    <row r="243" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B243"/>
+      <c s="26" t="str" r="C243"/>
+      <c s="23" t="inlineStr" r="D243">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E243">
+        <v>14.31</v>
+      </c>
+      <c s="30" r="F243">
+        <v>14.2</v>
+      </c>
+      <c s="30" r="G243">
+        <v>14.24</v>
+      </c>
+      <c s="6" t="str" r="H243"/>
+      <c s="30" r="I243">
+        <v>11.97</v>
+      </c>
+      <c s="30" r="J243">
+        <v>13.47</v>
+      </c>
+    </row>
+    <row r="244" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B244"/>
+      <c s="26" t="str" r="C244"/>
+      <c s="23" t="inlineStr" r="D244">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E244">
+        <v>14.78</v>
+      </c>
+      <c s="30" r="F244">
+        <v>15.25</v>
+      </c>
+      <c s="30" r="G244">
+        <v>16.24</v>
+      </c>
+      <c s="6" t="str" r="H244"/>
+      <c s="30" r="I244">
+        <v>16.59</v>
+      </c>
+      <c s="30" r="J244">
+        <v>16.16</v>
+      </c>
+    </row>
+    <row r="245" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B245"/>
+      <c s="26" t="str" r="C245"/>
+      <c s="10" t="inlineStr" r="D245">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E245">
+        <v>15.89</v>
+      </c>
+      <c s="31" r="F245">
+        <v>15.95</v>
+      </c>
+      <c s="31" r="G245">
+        <v>16.59</v>
+      </c>
+      <c s="6" t="str" r="H245"/>
+      <c s="31" r="I245">
+        <v>15.59</v>
+      </c>
+      <c s="31" r="J245">
+        <v>15.85</v>
+      </c>
+    </row>
+    <row r="246" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B246"/>
+      <c s="28" t="str" r="C246"/>
+      <c s="23" t="inlineStr" r="D246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H246"/>
+      <c s="23" t="inlineStr" r="I246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="247" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B247">
+        <is>
+          <t xml:space="preserve">Urology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C247"/>
+      <c s="23" t="inlineStr" r="D247">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E247">
+        <v>83.23</v>
+      </c>
+      <c s="30" r="F247">
+        <v>75.98</v>
+      </c>
+      <c s="30" r="G247">
+        <v>60.9</v>
+      </c>
+      <c s="6" t="str" r="H247"/>
+      <c s="30" r="I247">
+        <v>55.2</v>
+      </c>
+      <c s="30" r="J247">
+        <v>41.24</v>
+      </c>
+    </row>
+    <row r="248" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B248"/>
+      <c s="26" t="str" r="C248"/>
+      <c s="23" t="inlineStr" r="D248">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E248">
+        <v>59.59</v>
+      </c>
+      <c s="30" r="F248">
+        <v>64.03</v>
+      </c>
+      <c s="30" r="G248">
+        <v>65.96</v>
+      </c>
+      <c s="6" t="str" r="H248"/>
+      <c s="30" r="I248">
+        <v>45.87</v>
+      </c>
+      <c s="30" r="J248">
+        <v>46.68</v>
+      </c>
+    </row>
+    <row r="249" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B249"/>
+      <c s="26" t="str" r="C249"/>
+      <c s="23" t="inlineStr" r="D249">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E249">
+        <v>83.9</v>
+      </c>
+      <c s="30" r="F249">
+        <v>89.7</v>
+      </c>
+      <c s="30" r="G249">
+        <v>66.03</v>
+      </c>
+      <c s="6" t="str" r="H249"/>
+      <c s="30" r="I249">
+        <v>54</v>
+      </c>
+      <c s="30" r="J249">
+        <v>44.56</v>
+      </c>
+    </row>
+    <row r="250" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B250"/>
+      <c s="26" t="str" r="C250"/>
+      <c s="10" t="inlineStr" r="D250">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E250">
+        <v>81.28</v>
+      </c>
+      <c s="31" r="F250">
+        <v>84.81</v>
+      </c>
+      <c s="31" r="G250">
+        <v>65.39</v>
+      </c>
+      <c s="6" t="str" r="H250"/>
+      <c s="31" r="I250">
+        <v>52.91</v>
+      </c>
+      <c s="31" r="J250">
+        <v>44.49</v>
+      </c>
+    </row>
+    <row r="251" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B251"/>
+      <c s="28" t="str" r="C251"/>
+      <c s="23" t="inlineStr" r="D251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H251"/>
+      <c s="23" t="inlineStr" r="I251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="252" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B252">
+        <is>
+          <t xml:space="preserve">Vascular Surgery - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C252"/>
+      <c s="23" t="inlineStr" r="D252">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E252">
+        <v>30.44</v>
+      </c>
+      <c s="30" r="F252">
+        <v>31.11</v>
+      </c>
+      <c s="30" r="G252">
+        <v>29.67</v>
+      </c>
+      <c s="6" t="str" r="H252"/>
+      <c s="30" r="I252">
+        <v>23.6</v>
+      </c>
+      <c s="30" r="J252">
+        <v>41.17</v>
+      </c>
+    </row>
+    <row r="253" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B253"/>
+      <c s="26" t="str" r="C253"/>
+      <c s="23" t="inlineStr" r="D253">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E253">
+        <v>28.29</v>
+      </c>
+      <c s="30" r="F253">
+        <v>29.8</v>
+      </c>
+      <c s="30" r="G253">
+        <v>26.99</v>
+      </c>
+      <c s="6" t="str" r="H253"/>
+      <c s="30" r="I253">
+        <v>30.56</v>
+      </c>
+      <c s="30" r="J253">
+        <v>33.62</v>
+      </c>
+    </row>
+    <row r="254" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B254"/>
+      <c s="26" t="str" r="C254"/>
+      <c s="23" t="inlineStr" r="D254">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E254">
+        <v>44.89</v>
+      </c>
+      <c s="30" r="F254">
+        <v>47.57</v>
+      </c>
+      <c s="30" r="G254">
+        <v>53.5</v>
+      </c>
+      <c s="6" t="str" r="H254"/>
+      <c s="30" r="I254">
+        <v>55.25</v>
+      </c>
+      <c s="30" r="J254">
+        <v>53.03</v>
+      </c>
+    </row>
+    <row r="255" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B255"/>
+      <c s="26" t="str" r="C255"/>
+      <c s="10" t="inlineStr" r="D255">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E255">
+        <v>37.5</v>
+      </c>
+      <c s="31" r="F255">
+        <v>38.65</v>
+      </c>
+      <c s="31" r="G255">
+        <v>39.98</v>
+      </c>
+      <c s="6" t="str" r="H255"/>
+      <c s="31" r="I255">
+        <v>42.7</v>
+      </c>
+      <c s="31" r="J255">
+        <v>44.15</v>
+      </c>
+    </row>
+    <row r="256" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B256"/>
+      <c s="28" t="str" r="C256"/>
+      <c s="23" t="inlineStr" r="D256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H256"/>
+      <c s="23" t="inlineStr" r="I256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="257" ht="18.05" customHeight="1"/>
+    <row r="258" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="B258">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
     <mergeCell ref="B7:C11"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="B17:C21"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
     <mergeCell ref="B22:C26"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="G25:H25"/>
     <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B32:C36"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B42:C46"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="G46:H46"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B52:C56"/>
+    <mergeCell ref="G52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="G56:H56"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B62:C66"/>
+    <mergeCell ref="G62:H62"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="G66:H66"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B72:C76"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="G73:H73"/>
+    <mergeCell ref="G74:H74"/>
+    <mergeCell ref="G75:H75"/>
+    <mergeCell ref="G76:H76"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B82:C86"/>
+    <mergeCell ref="G82:H82"/>
+    <mergeCell ref="G83:H83"/>
+    <mergeCell ref="G84:H84"/>
+    <mergeCell ref="G85:H85"/>
+    <mergeCell ref="G86:H86"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B92:C96"/>
+    <mergeCell ref="G92:H92"/>
+    <mergeCell ref="G93:H93"/>
+    <mergeCell ref="G94:H94"/>
+    <mergeCell ref="G95:H95"/>
+    <mergeCell ref="G96:H96"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B102:C106"/>
+    <mergeCell ref="G102:H102"/>
+    <mergeCell ref="G103:H103"/>
+    <mergeCell ref="G104:H104"/>
+    <mergeCell ref="G105:H105"/>
+    <mergeCell ref="G106:H106"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B112:C116"/>
+    <mergeCell ref="G112:H112"/>
+    <mergeCell ref="G113:H113"/>
+    <mergeCell ref="G114:H114"/>
+    <mergeCell ref="G115:H115"/>
+    <mergeCell ref="G116:H116"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B122:C126"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="G126:H126"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B132:C136"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="G135:H135"/>
+    <mergeCell ref="G136:H136"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B142:C146"/>
+    <mergeCell ref="G142:H142"/>
+    <mergeCell ref="G143:H143"/>
+    <mergeCell ref="G144:H144"/>
+    <mergeCell ref="G145:H145"/>
+    <mergeCell ref="G146:H146"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B152:C156"/>
+    <mergeCell ref="G152:H152"/>
+    <mergeCell ref="G153:H153"/>
+    <mergeCell ref="G154:H154"/>
+    <mergeCell ref="G155:H155"/>
+    <mergeCell ref="G156:H156"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B162:C166"/>
+    <mergeCell ref="G162:H162"/>
+    <mergeCell ref="G163:H163"/>
+    <mergeCell ref="G164:H164"/>
+    <mergeCell ref="G165:H165"/>
+    <mergeCell ref="G166:H166"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B172:C176"/>
+    <mergeCell ref="G172:H172"/>
+    <mergeCell ref="G173:H173"/>
+    <mergeCell ref="G174:H174"/>
+    <mergeCell ref="G175:H175"/>
+    <mergeCell ref="G176:H176"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B182:C186"/>
+    <mergeCell ref="G182:H182"/>
+    <mergeCell ref="G183:H183"/>
+    <mergeCell ref="G184:H184"/>
+    <mergeCell ref="G185:H185"/>
+    <mergeCell ref="G186:H186"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B192:C196"/>
+    <mergeCell ref="G192:H192"/>
+    <mergeCell ref="G193:H193"/>
+    <mergeCell ref="G194:H194"/>
+    <mergeCell ref="G195:H195"/>
+    <mergeCell ref="G196:H196"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B202:C206"/>
+    <mergeCell ref="G202:H202"/>
+    <mergeCell ref="G203:H203"/>
+    <mergeCell ref="G204:H204"/>
+    <mergeCell ref="G205:H205"/>
+    <mergeCell ref="G206:H206"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B212:C216"/>
+    <mergeCell ref="G212:H212"/>
+    <mergeCell ref="G213:H213"/>
+    <mergeCell ref="G214:H214"/>
+    <mergeCell ref="G215:H215"/>
+    <mergeCell ref="G216:H216"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B222:C226"/>
+    <mergeCell ref="G222:H222"/>
+    <mergeCell ref="G223:H223"/>
+    <mergeCell ref="G224:H224"/>
+    <mergeCell ref="G225:H225"/>
+    <mergeCell ref="G226:H226"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B232:C236"/>
+    <mergeCell ref="G232:H232"/>
+    <mergeCell ref="G233:H233"/>
+    <mergeCell ref="G234:H234"/>
+    <mergeCell ref="G235:H235"/>
+    <mergeCell ref="G236:H236"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
+    <mergeCell ref="B242:C246"/>
+    <mergeCell ref="G242:H242"/>
+    <mergeCell ref="G243:H243"/>
+    <mergeCell ref="G244:H244"/>
+    <mergeCell ref="G245:H245"/>
+    <mergeCell ref="G246:H246"/>
+    <mergeCell ref="B247:C251"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="B252:C256"/>
+    <mergeCell ref="G252:H252"/>
+    <mergeCell ref="G253:H253"/>
+    <mergeCell ref="G254:H254"/>
+    <mergeCell ref="G255:H255"/>
+    <mergeCell ref="G256:H256"/>
+    <mergeCell ref="B258:G258"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId13"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <sheetPr>
+    <outlinePr/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView workbookViewId="0" showGridLines="0">
+      <pane ySplit="2" state="frozen" topLeftCell="A3"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="3.421875"/>
+    <col min="2" max="2" customWidth="1" width="23.3125"/>
+    <col min="3" max="3" customWidth="1" width="36.5625"/>
+    <col min="4" max="4" customWidth="1" width="11.78125"/>
+    <col min="5" max="5" customWidth="1" width="12.50390625"/>
+    <col min="6" max="6" customWidth="1" width="12.4921875"/>
+    <col min="7" max="7" customWidth="1" width="3.47265625"/>
+    <col min="8" max="8" customWidth="1" width="9.0234375"/>
+    <col min="9" max="9" customWidth="1" width="12.4921875"/>
+    <col min="10" max="10" customWidth="1" width="12.4921875"/>
+    <col min="11" max="11" customWidth="1" width="0.0234375"/>
+    <col min="12" max="12" customWidth="1" width="56.4609375"/>
+    <col min="13" max="13" customWidth="1" width="1.37109375"/>
+    <col min="14" max="14" customWidth="1" width="1.80078125"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="3.6" customHeight="1"/>
+    <row r="2" ht="34.55" customHeight="1"/>
+    <row r="3" ht="8.6" customHeight="1"/>
+    <row r="4" ht="18" customHeight="1">
+      <c s="1" t="inlineStr" r="B4">
+        <is>
+          <t xml:space="preserve">As of 5/31 of prior seasons. As of 1/5/2026 of current (ERAS 2026) season.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="16.5" customHeight="0">
+      <c s="16" t="inlineStr" r="B5">
+        <is>
+          <t xml:space="preserve">Average Applications per Program</t>
+        </is>
+      </c>
+      <c s="17" t="str" r="C5"/>
+      <c s="18" t="inlineStr" r="D5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="19" t="inlineStr" r="E5">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="17" t="str" r="F5"/>
+      <c s="17" t="str" r="G5"/>
+      <c s="17" t="str" r="H5"/>
+      <c s="17" t="str" r="I5"/>
+      <c s="17" t="str" r="J5"/>
+    </row>
+    <row r="6" ht="18" customHeight="0">
+      <c s="20" t="inlineStr" r="B6">
+        <is>
+          <t xml:space="preserve">Specialty</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="C6"/>
+      <c s="21" t="inlineStr" r="D6">
+        <is>
+          <t xml:space="preserve">Grad Type</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="E6">
+        <is>
+          <t xml:space="preserve">ERAS2022</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="F6">
+        <is>
+          <t xml:space="preserve">ERAS2023</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="G6">
+        <is>
+          <t xml:space="preserve">ERAS2024</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H6"/>
+      <c s="7" t="inlineStr" r="I6">
+        <is>
+          <t xml:space="preserve">ERAS2025</t>
+        </is>
+      </c>
+      <c s="7" t="inlineStr" r="J6">
+        <is>
+          <t xml:space="preserve">ERAS2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B7">
+        <is>
+          <t xml:space="preserve">Aerospace Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C7"/>
+      <c s="23" t="inlineStr" r="D7">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G7">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H7"/>
+      <c s="30" r="I7">
+        <v>10</v>
+      </c>
+      <c s="30" r="J7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B8"/>
+      <c s="26" t="str" r="C8"/>
+      <c s="23" t="inlineStr" r="D8">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E8">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F8">
+        <v>16</v>
+      </c>
+      <c s="30" r="G8">
+        <v>11</v>
+      </c>
+      <c s="6" t="str" r="H8"/>
+      <c s="30" r="I8">
+        <v>28</v>
+      </c>
+      <c s="30" r="J8">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B9"/>
+      <c s="26" t="str" r="C9"/>
+      <c s="23" t="inlineStr" r="D9">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E9">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F9">
+        <v>8</v>
+      </c>
+      <c s="30" r="G9">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H9"/>
+      <c s="30" r="I9">
+        <v>17</v>
+      </c>
+      <c s="30" r="J9">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B10"/>
+      <c s="26" t="str" r="C10"/>
+      <c s="10" t="inlineStr" r="D10">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E10">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F10">
+        <v>27</v>
+      </c>
+      <c s="31" r="G10">
+        <v>19</v>
+      </c>
+      <c s="6" t="str" r="H10"/>
+      <c s="31" r="I10">
+        <v>55</v>
+      </c>
+      <c s="31" r="J10">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B11"/>
+      <c s="28" t="str" r="C11"/>
+      <c s="23" t="inlineStr" r="D11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H11"/>
+      <c s="23" t="inlineStr" r="I11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J11">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B12">
+        <is>
+          <t xml:space="preserve">Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C12"/>
+      <c s="23" t="inlineStr" r="D12">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E12">
+        <v>340.75</v>
+      </c>
+      <c s="30" r="F12">
+        <v>356.73</v>
+      </c>
+      <c s="30" r="G12">
+        <v>308.51</v>
+      </c>
+      <c s="6" t="str" r="H12"/>
+      <c s="30" r="I12">
+        <v>225.72</v>
+      </c>
+      <c s="30" r="J12">
+        <v>166.19</v>
+      </c>
+    </row>
+    <row r="13" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B13"/>
+      <c s="26" t="str" r="C13"/>
+      <c s="23" t="inlineStr" r="D13">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E13">
+        <v>281.73</v>
+      </c>
+      <c s="30" r="F13">
+        <v>303.66</v>
+      </c>
+      <c s="30" r="G13">
+        <v>271.35</v>
+      </c>
+      <c s="6" t="str" r="H13"/>
+      <c s="30" r="I13">
+        <v>215.84</v>
+      </c>
+      <c s="30" r="J13">
+        <v>211.26</v>
+      </c>
+    </row>
+    <row r="14" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B14"/>
+      <c s="26" t="str" r="C14"/>
+      <c s="23" t="inlineStr" r="D14">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E14">
+        <v>674.52</v>
+      </c>
+      <c s="30" r="F14">
+        <v>828.94</v>
+      </c>
+      <c s="30" r="G14">
+        <v>730.93</v>
+      </c>
+      <c s="6" t="str" r="H14"/>
+      <c s="30" r="I14">
+        <v>565.7</v>
+      </c>
+      <c s="30" r="J14">
+        <v>403.99</v>
+      </c>
+    </row>
+    <row r="15" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B15"/>
+      <c s="26" t="str" r="C15"/>
+      <c s="10" t="inlineStr" r="D15">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E15">
+        <v>1297.01</v>
+      </c>
+      <c s="31" r="F15">
+        <v>1489.33</v>
+      </c>
+      <c s="31" r="G15">
+        <v>1310.8</v>
+      </c>
+      <c s="6" t="str" r="H15"/>
+      <c s="31" r="I15">
+        <v>1007.25</v>
+      </c>
+      <c s="31" r="J15">
+        <v>781.44</v>
+      </c>
+    </row>
+    <row r="16" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B16"/>
+      <c s="28" t="str" r="C16"/>
+      <c s="23" t="inlineStr" r="D16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H16"/>
+      <c s="23" t="inlineStr" r="I16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J16">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B17">
+        <is>
+          <t xml:space="preserve">Child Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C17"/>
+      <c s="23" t="inlineStr" r="D17">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E17">
+        <v>16.66</v>
+      </c>
+      <c s="30" r="F17">
+        <v>21.22</v>
+      </c>
+      <c s="30" r="G17">
+        <v>17.56</v>
+      </c>
+      <c s="6" t="str" r="H17"/>
+      <c s="30" r="I17">
+        <v>18.48</v>
+      </c>
+      <c s="30" r="J17">
+        <v>19.06</v>
+      </c>
+    </row>
+    <row r="18" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B18"/>
+      <c s="26" t="str" r="C18"/>
+      <c s="23" t="inlineStr" r="D18">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E18">
+        <v>58.75</v>
+      </c>
+      <c s="30" r="F18">
+        <v>68.28</v>
+      </c>
+      <c s="30" r="G18">
+        <v>50.81</v>
+      </c>
+      <c s="6" t="str" r="H18"/>
+      <c s="30" r="I18">
+        <v>54.66</v>
+      </c>
+      <c s="30" r="J18">
+        <v>68.3</v>
+      </c>
+    </row>
+    <row r="19" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B19"/>
+      <c s="26" t="str" r="C19"/>
+      <c s="23" t="inlineStr" r="D19">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E19">
+        <v>49.93</v>
+      </c>
+      <c s="30" r="F19">
+        <v>59.87</v>
+      </c>
+      <c s="30" r="G19">
+        <v>57.69</v>
+      </c>
+      <c s="6" t="str" r="H19"/>
+      <c s="30" r="I19">
+        <v>52.7</v>
+      </c>
+      <c s="30" r="J19">
+        <v>57.6</v>
+      </c>
+    </row>
+    <row r="20" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B20"/>
+      <c s="26" t="str" r="C20"/>
+      <c s="10" t="inlineStr" r="D20">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E20">
+        <v>125.34</v>
+      </c>
+      <c s="31" r="F20">
+        <v>149.37</v>
+      </c>
+      <c s="31" r="G20">
+        <v>126.05</v>
+      </c>
+      <c s="6" t="str" r="H20"/>
+      <c s="31" r="I20">
+        <v>125.84</v>
+      </c>
+      <c s="31" r="J20">
+        <v>144.96</v>
+      </c>
+    </row>
+    <row r="21" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B21"/>
+      <c s="28" t="str" r="C21"/>
+      <c s="23" t="inlineStr" r="D21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H21"/>
+      <c s="23" t="inlineStr" r="I21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J21">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B22">
+        <is>
+          <t xml:space="preserve">Dermatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C22"/>
+      <c s="23" t="inlineStr" r="D22">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E22">
+        <v>57.43</v>
+      </c>
+      <c s="30" r="F22">
+        <v>61.59</v>
+      </c>
+      <c s="30" r="G22">
+        <v>50.53</v>
+      </c>
+      <c s="6" t="str" r="H22"/>
+      <c s="30" r="I22">
+        <v>54.01</v>
+      </c>
+      <c s="30" r="J22">
+        <v>47.2</v>
+      </c>
+    </row>
+    <row r="23" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B23"/>
+      <c s="26" t="str" r="C23"/>
+      <c s="23" t="inlineStr" r="D23">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E23">
+        <v>43.26</v>
+      </c>
+      <c s="30" r="F23">
+        <v>46.87</v>
+      </c>
+      <c s="30" r="G23">
+        <v>47.89</v>
+      </c>
+      <c s="6" t="str" r="H23"/>
+      <c s="30" r="I23">
+        <v>39.66</v>
+      </c>
+      <c s="30" r="J23">
+        <v>38.22</v>
+      </c>
+    </row>
+    <row r="24" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B24"/>
+      <c s="26" t="str" r="C24"/>
+      <c s="23" t="inlineStr" r="D24">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E24">
+        <v>464.83</v>
+      </c>
+      <c s="30" r="F24">
+        <v>502.99</v>
+      </c>
+      <c s="30" r="G24">
+        <v>374.7</v>
+      </c>
+      <c s="6" t="str" r="H24"/>
+      <c s="30" r="I24">
+        <v>280.85</v>
+      </c>
+      <c s="30" r="J24">
+        <v>245.57</v>
+      </c>
+    </row>
+    <row r="25" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B25"/>
+      <c s="26" t="str" r="C25"/>
+      <c s="10" t="inlineStr" r="D25">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E25">
+        <v>565.52</v>
+      </c>
+      <c s="31" r="F25">
+        <v>611.44</v>
+      </c>
+      <c s="31" r="G25">
+        <v>473.12</v>
+      </c>
+      <c s="6" t="str" r="H25"/>
+      <c s="31" r="I25">
+        <v>374.14</v>
+      </c>
+      <c s="31" r="J25">
+        <v>330.99</v>
+      </c>
+    </row>
+    <row r="26" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B26"/>
+      <c s="28" t="str" r="C26"/>
+      <c s="23" t="inlineStr" r="D26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H26"/>
+      <c s="23" t="inlineStr" r="I26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J26">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="27" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B27">
+        <is>
+          <t xml:space="preserve">Diagnostic Radiology/Nuclear Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C27"/>
+      <c s="23" t="inlineStr" r="D27">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E27">
+        <v>6.33</v>
+      </c>
+      <c s="30" r="F27">
+        <v>10.5</v>
+      </c>
+      <c s="30" r="G27">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H27"/>
+      <c s="30" r="I27">
+        <v>5</v>
+      </c>
+      <c s="30" r="J27">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="28" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B28"/>
+      <c s="26" t="str" r="C28"/>
+      <c s="23" t="inlineStr" r="D28">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E28">
+        <v>40</v>
+      </c>
+      <c s="30" r="F28">
+        <v>40</v>
+      </c>
+      <c s="30" r="G28">
+        <v>45.67</v>
+      </c>
+      <c s="6" t="str" r="H28"/>
+      <c s="30" r="I28">
+        <v>61.5</v>
+      </c>
+      <c s="30" r="J28">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="29" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B29"/>
+      <c s="26" t="str" r="C29"/>
+      <c s="23" t="inlineStr" r="D29">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E29">
+        <v>22</v>
+      </c>
+      <c s="30" r="F29">
+        <v>29</v>
+      </c>
+      <c s="30" r="G29">
+        <v>33.33</v>
+      </c>
+      <c s="6" t="str" r="H29"/>
+      <c s="30" r="I29">
+        <v>39.5</v>
+      </c>
+      <c s="30" r="J29">
+        <v>39.67</v>
+      </c>
+    </row>
+    <row r="30" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B30"/>
+      <c s="26" t="str" r="C30"/>
+      <c s="10" t="inlineStr" r="D30">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E30">
+        <v>68.33</v>
+      </c>
+      <c s="31" r="F30">
+        <v>79.5</v>
+      </c>
+      <c s="31" r="G30">
+        <v>86</v>
+      </c>
+      <c s="6" t="str" r="H30"/>
+      <c s="31" r="I30">
+        <v>106</v>
+      </c>
+      <c s="31" r="J30">
+        <v>105.67</v>
+      </c>
+    </row>
+    <row r="31" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B31"/>
+      <c s="28" t="str" r="C31"/>
+      <c s="23" t="inlineStr" r="D31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H31"/>
+      <c s="23" t="inlineStr" r="I31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B32">
+        <is>
+          <t xml:space="preserve">Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C32"/>
+      <c s="23" t="inlineStr" r="D32">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E32">
+        <v>257.14</v>
+      </c>
+      <c s="30" r="F32">
+        <v>203.4</v>
+      </c>
+      <c s="30" r="G32">
+        <v>241.55</v>
+      </c>
+      <c s="6" t="str" r="H32"/>
+      <c s="30" r="I32">
+        <v>242.17</v>
+      </c>
+      <c s="24" t="inlineStr" r="J32">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B33"/>
+      <c s="26" t="str" r="C33"/>
+      <c s="23" t="inlineStr" r="D33">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E33">
+        <v>152.67</v>
+      </c>
+      <c s="30" r="F33">
+        <v>188.47</v>
+      </c>
+      <c s="30" r="G33">
+        <v>250.54</v>
+      </c>
+      <c s="6" t="str" r="H33"/>
+      <c s="30" r="I33">
+        <v>245.45</v>
+      </c>
+      <c s="30" r="J33">
+        <v>36.86</v>
+      </c>
+    </row>
+    <row r="34" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B34"/>
+      <c s="26" t="str" r="C34"/>
+      <c s="23" t="inlineStr" r="D34">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E34">
+        <v>407.94</v>
+      </c>
+      <c s="30" r="F34">
+        <v>265.9</v>
+      </c>
+      <c s="30" r="G34">
+        <v>239.53</v>
+      </c>
+      <c s="6" t="str" r="H34"/>
+      <c s="30" r="I34">
+        <v>255.48</v>
+      </c>
+      <c s="24" t="inlineStr" r="J34">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B35"/>
+      <c s="26" t="str" r="C35"/>
+      <c s="10" t="inlineStr" r="D35">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E35">
+        <v>817.76</v>
+      </c>
+      <c s="31" r="F35">
+        <v>657.77</v>
+      </c>
+      <c s="31" r="G35">
+        <v>731.61</v>
+      </c>
+      <c s="6" t="str" r="H35"/>
+      <c s="31" r="I35">
+        <v>743.09</v>
+      </c>
+      <c s="31" r="J35">
+        <v>42.57</v>
+      </c>
+    </row>
+    <row r="36" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B36"/>
+      <c s="28" t="str" r="C36"/>
+      <c s="23" t="inlineStr" r="D36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H36"/>
+      <c s="23" t="inlineStr" r="I36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J36">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B37">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Aerospace Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C37"/>
+      <c s="23" t="inlineStr" r="D37">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H37"/>
+      <c s="30" r="I37">
+        <v>15</v>
+      </c>
+      <c s="24" t="inlineStr" r="J37">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B38"/>
+      <c s="26" t="str" r="C38"/>
+      <c s="23" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H38"/>
+      <c s="30" r="I38">
+        <v>28</v>
+      </c>
+      <c s="24" t="inlineStr" r="J38">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B39"/>
+      <c s="26" t="str" r="C39"/>
+      <c s="23" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H39"/>
+      <c s="30" r="I39">
+        <v>18</v>
+      </c>
+      <c s="24" t="inlineStr" r="J39">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B40"/>
+      <c s="26" t="str" r="C40"/>
+      <c s="10" t="inlineStr" r="D40">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H40"/>
+      <c s="31" r="I40">
+        <v>61</v>
+      </c>
+      <c s="24" t="inlineStr" r="J40">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B41"/>
+      <c s="28" t="str" r="C41"/>
+      <c s="23" t="inlineStr" r="D41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H41"/>
+      <c s="23" t="inlineStr" r="I41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J41">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B42">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C42"/>
+      <c s="23" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E42">
+        <v>15</v>
+      </c>
+      <c s="30" r="F42">
+        <v>13</v>
+      </c>
+      <c s="30" r="G42">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H42"/>
+      <c s="30" r="I42">
+        <v>27</v>
+      </c>
+      <c s="24" t="inlineStr" r="J42">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B43"/>
+      <c s="26" t="str" r="C43"/>
+      <c s="23" t="inlineStr" r="D43">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E43">
+        <v>18</v>
+      </c>
+      <c s="30" r="F43">
+        <v>116</v>
+      </c>
+      <c s="30" r="G43">
+        <v>34</v>
+      </c>
+      <c s="6" t="str" r="H43"/>
+      <c s="30" r="I43">
+        <v>40</v>
+      </c>
+      <c s="24" t="inlineStr" r="J43">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B44"/>
+      <c s="26" t="str" r="C44"/>
+      <c s="23" t="inlineStr" r="D44">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E44">
+        <v>11</v>
+      </c>
+      <c s="30" r="F44">
+        <v>39</v>
+      </c>
+      <c s="30" r="G44">
+        <v>44</v>
+      </c>
+      <c s="6" t="str" r="H44"/>
+      <c s="30" r="I44">
+        <v>53</v>
+      </c>
+      <c s="24" t="inlineStr" r="J44">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B45"/>
+      <c s="26" t="str" r="C45"/>
+      <c s="10" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E45">
+        <v>44</v>
+      </c>
+      <c s="31" r="F45">
+        <v>168</v>
+      </c>
+      <c s="31" r="G45">
+        <v>98</v>
+      </c>
+      <c s="6" t="str" r="H45"/>
+      <c s="31" r="I45">
+        <v>120</v>
+      </c>
+      <c s="24" t="inlineStr" r="J45">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B46"/>
+      <c s="28" t="str" r="C46"/>
+      <c s="23" t="inlineStr" r="D46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H46"/>
+      <c s="23" t="inlineStr" r="I46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J46">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="47" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B47">
+        <is>
+          <t xml:space="preserve">Emergency Medicine/Family Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C47"/>
+      <c s="23" t="inlineStr" r="D47">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E47">
+        <v>30.67</v>
+      </c>
+      <c s="30" r="F47">
+        <v>20.33</v>
+      </c>
+      <c s="30" r="G47">
+        <v>16.33</v>
+      </c>
+      <c s="6" t="str" r="H47"/>
+      <c s="30" r="I47">
+        <v>18.67</v>
+      </c>
+      <c s="24" t="inlineStr" r="J47">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B48"/>
+      <c s="26" t="str" r="C48"/>
+      <c s="23" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E48">
+        <v>62.67</v>
+      </c>
+      <c s="30" r="F48">
+        <v>63.67</v>
+      </c>
+      <c s="30" r="G48">
+        <v>48.67</v>
+      </c>
+      <c s="6" t="str" r="H48"/>
+      <c s="30" r="I48">
+        <v>56</v>
+      </c>
+      <c s="24" t="inlineStr" r="J48">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B49"/>
+      <c s="26" t="str" r="C49"/>
+      <c s="23" t="inlineStr" r="D49">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E49">
+        <v>34.67</v>
+      </c>
+      <c s="30" r="F49">
+        <v>17</v>
+      </c>
+      <c s="30" r="G49">
+        <v>25.67</v>
+      </c>
+      <c s="6" t="str" r="H49"/>
+      <c s="30" r="I49">
+        <v>27</v>
+      </c>
+      <c s="24" t="inlineStr" r="J49">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B50"/>
+      <c s="26" t="str" r="C50"/>
+      <c s="10" t="inlineStr" r="D50">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E50">
+        <v>128</v>
+      </c>
+      <c s="31" r="F50">
+        <v>101</v>
+      </c>
+      <c s="31" r="G50">
+        <v>90.67</v>
+      </c>
+      <c s="6" t="str" r="H50"/>
+      <c s="31" r="I50">
+        <v>101.67</v>
+      </c>
+      <c s="24" t="inlineStr" r="J50">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B51"/>
+      <c s="28" t="str" r="C51"/>
+      <c s="23" t="inlineStr" r="D51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H51"/>
+      <c s="23" t="inlineStr" r="I51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J51">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B52">
+        <is>
+          <t xml:space="preserve">Family Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C52"/>
+      <c s="23" t="inlineStr" r="D52">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E52">
+        <v>188.66</v>
+      </c>
+      <c s="30" r="F52">
+        <v>169.41</v>
+      </c>
+      <c s="30" r="G52">
+        <v>138.86</v>
+      </c>
+      <c s="6" t="str" r="H52"/>
+      <c s="30" r="I52">
+        <v>126.65</v>
+      </c>
+      <c s="30" r="J52">
+        <v>104.59</v>
+      </c>
+    </row>
+    <row r="53" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B53"/>
+      <c s="26" t="str" r="C53"/>
+      <c s="23" t="inlineStr" r="D53">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E53">
+        <v>651.71</v>
+      </c>
+      <c s="30" r="F53">
+        <v>555.16</v>
+      </c>
+      <c s="30" r="G53">
+        <v>433.84</v>
+      </c>
+      <c s="6" t="str" r="H53"/>
+      <c s="30" r="I53">
+        <v>423.05</v>
+      </c>
+      <c s="30" r="J53">
+        <v>470.48</v>
+      </c>
+    </row>
+    <row r="54" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B54"/>
+      <c s="26" t="str" r="C54"/>
+      <c s="23" t="inlineStr" r="D54">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E54">
+        <v>118.18</v>
+      </c>
+      <c s="30" r="F54">
+        <v>100.66</v>
+      </c>
+      <c s="30" r="G54">
+        <v>89.3</v>
+      </c>
+      <c s="6" t="str" r="H54"/>
+      <c s="30" r="I54">
+        <v>84.86</v>
+      </c>
+      <c s="30" r="J54">
+        <v>82.69</v>
+      </c>
+    </row>
+    <row r="55" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B55"/>
+      <c s="26" t="str" r="C55"/>
+      <c s="10" t="inlineStr" r="D55">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E55">
+        <v>958.55</v>
+      </c>
+      <c s="31" r="F55">
+        <v>824.57</v>
+      </c>
+      <c s="31" r="G55">
+        <v>661.38</v>
+      </c>
+      <c s="6" t="str" r="H55"/>
+      <c s="31" r="I55">
+        <v>634.56</v>
+      </c>
+      <c s="31" r="J55">
+        <v>657.76</v>
+      </c>
+    </row>
+    <row r="56" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B56"/>
+      <c s="28" t="str" r="C56"/>
+      <c s="23" t="inlineStr" r="D56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H56"/>
+      <c s="23" t="inlineStr" r="I56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J56">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B57">
+        <is>
+          <t xml:space="preserve">Family Medicine/Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C57"/>
+      <c s="23" t="inlineStr" r="D57">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E57">
+        <v>27</v>
+      </c>
+      <c s="30" r="F57">
+        <v>24.5</v>
+      </c>
+      <c s="30" r="G57">
+        <v>13</v>
+      </c>
+      <c s="6" t="str" r="H57"/>
+      <c s="30" r="I57">
+        <v>29</v>
+      </c>
+      <c s="30" r="J57">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B58"/>
+      <c s="26" t="str" r="C58"/>
+      <c s="23" t="inlineStr" r="D58">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E58">
+        <v>129.5</v>
+      </c>
+      <c s="30" r="F58">
+        <v>98.5</v>
+      </c>
+      <c s="30" r="G58">
+        <v>32</v>
+      </c>
+      <c s="6" t="str" r="H58"/>
+      <c s="30" r="I58">
+        <v>132</v>
+      </c>
+      <c s="30" r="J58">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="59" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B59"/>
+      <c s="26" t="str" r="C59"/>
+      <c s="23" t="inlineStr" r="D59">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E59">
+        <v>33.5</v>
+      </c>
+      <c s="30" r="F59">
+        <v>24.5</v>
+      </c>
+      <c s="30" r="G59">
+        <v>23</v>
+      </c>
+      <c s="6" t="str" r="H59"/>
+      <c s="30" r="I59">
+        <v>24</v>
+      </c>
+      <c s="30" r="J59">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="60" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B60"/>
+      <c s="26" t="str" r="C60"/>
+      <c s="10" t="inlineStr" r="D60">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E60">
+        <v>190</v>
+      </c>
+      <c s="31" r="F60">
+        <v>147.5</v>
+      </c>
+      <c s="31" r="G60">
+        <v>50</v>
+      </c>
+      <c s="6" t="str" r="H60"/>
+      <c s="31" r="I60">
+        <v>185</v>
+      </c>
+      <c s="31" r="J60">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="61" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B61"/>
+      <c s="28" t="str" r="C61"/>
+      <c s="23" t="inlineStr" r="D61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H61"/>
+      <c s="23" t="inlineStr" r="I61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J61">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="62" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B62">
+        <is>
+          <t xml:space="preserve">Internal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C62"/>
+      <c s="23" t="inlineStr" r="D62">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E62">
+        <v>339.38</v>
+      </c>
+      <c s="30" r="F62">
+        <v>315.07</v>
+      </c>
+      <c s="30" r="G62">
+        <v>309.62</v>
+      </c>
+      <c s="6" t="str" r="H62"/>
+      <c s="30" r="I62">
+        <v>269.5</v>
+      </c>
+      <c s="30" r="J62">
+        <v>246.61</v>
+      </c>
+    </row>
+    <row r="63" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B63"/>
+      <c s="26" t="str" r="C63"/>
+      <c s="23" t="inlineStr" r="D63">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E63">
+        <v>2094.66</v>
+      </c>
+      <c s="30" r="F63">
+        <v>2175.6</v>
+      </c>
+      <c s="30" r="G63">
+        <v>2367.84</v>
+      </c>
+      <c s="6" t="str" r="H63"/>
+      <c s="30" r="I63">
+        <v>2240.28</v>
+      </c>
+      <c s="30" r="J63">
+        <v>1930.9</v>
+      </c>
+    </row>
+    <row r="64" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B64"/>
+      <c s="26" t="str" r="C64"/>
+      <c s="23" t="inlineStr" r="D64">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E64">
+        <v>515.19</v>
+      </c>
+      <c s="30" r="F64">
+        <v>493.93</v>
+      </c>
+      <c s="30" r="G64">
+        <v>458</v>
+      </c>
+      <c s="6" t="str" r="H64"/>
+      <c s="30" r="I64">
+        <v>403.06</v>
+      </c>
+      <c s="30" r="J64">
+        <v>375.97</v>
+      </c>
+    </row>
+    <row r="65" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B65"/>
+      <c s="26" t="str" r="C65"/>
+      <c s="10" t="inlineStr" r="D65">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E65">
+        <v>2948.35</v>
+      </c>
+      <c s="31" r="F65">
+        <v>2984.08</v>
+      </c>
+      <c s="31" r="G65">
+        <v>3132.33</v>
+      </c>
+      <c s="6" t="str" r="H65"/>
+      <c s="31" r="I65">
+        <v>2911.83</v>
+      </c>
+      <c s="31" r="J65">
+        <v>2552.93</v>
+      </c>
+    </row>
+    <row r="66" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B66"/>
+      <c s="28" t="str" r="C66"/>
+      <c s="23" t="inlineStr" r="D66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H66"/>
+      <c s="23" t="inlineStr" r="I66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J66">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B67">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C67"/>
+      <c s="23" t="inlineStr" r="D67">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E67">
+        <v>12.5</v>
+      </c>
+      <c s="30" r="F67">
+        <v>17</v>
+      </c>
+      <c s="30" r="G67">
+        <v>9</v>
+      </c>
+      <c s="6" t="str" r="H67"/>
+      <c s="24" t="inlineStr" r="I67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J67">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B68"/>
+      <c s="26" t="str" r="C68"/>
+      <c s="23" t="inlineStr" r="D68">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E68">
+        <v>45</v>
+      </c>
+      <c s="30" r="F68">
+        <v>41.5</v>
+      </c>
+      <c s="30" r="G68">
+        <v>28</v>
+      </c>
+      <c s="6" t="str" r="H68"/>
+      <c s="24" t="inlineStr" r="I68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J68">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B69"/>
+      <c s="26" t="str" r="C69"/>
+      <c s="23" t="inlineStr" r="D69">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E69">
+        <v>34</v>
+      </c>
+      <c s="30" r="F69">
+        <v>31.5</v>
+      </c>
+      <c s="30" r="G69">
+        <v>26</v>
+      </c>
+      <c s="6" t="str" r="H69"/>
+      <c s="24" t="inlineStr" r="I69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J69">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B70"/>
+      <c s="26" t="str" r="C70"/>
+      <c s="10" t="inlineStr" r="D70">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E70">
+        <v>91.5</v>
+      </c>
+      <c s="31" r="F70">
+        <v>90</v>
+      </c>
+      <c s="31" r="G70">
+        <v>63</v>
+      </c>
+      <c s="6" t="str" r="H70"/>
+      <c s="24" t="inlineStr" r="I70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J70">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B71"/>
+      <c s="28" t="str" r="C71"/>
+      <c s="23" t="inlineStr" r="D71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H71"/>
+      <c s="23" t="inlineStr" r="I71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J71">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B72">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Dermatology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C72"/>
+      <c s="23" t="inlineStr" r="D72">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E72">
+        <v>16.4</v>
+      </c>
+      <c s="30" r="F72">
+        <v>17.4</v>
+      </c>
+      <c s="30" r="G72">
+        <v>8.2</v>
+      </c>
+      <c s="6" t="str" r="H72"/>
+      <c s="30" r="I72">
+        <v>10.6</v>
+      </c>
+      <c s="30" r="J72">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="73" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B73"/>
+      <c s="26" t="str" r="C73"/>
+      <c s="23" t="inlineStr" r="D73">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E73">
+        <v>26.2</v>
+      </c>
+      <c s="30" r="F73">
+        <v>25</v>
+      </c>
+      <c s="30" r="G73">
+        <v>30.8</v>
+      </c>
+      <c s="6" t="str" r="H73"/>
+      <c s="30" r="I73">
+        <v>41.4</v>
+      </c>
+      <c s="30" r="J73">
+        <v>44.4</v>
+      </c>
+    </row>
+    <row r="74" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B74"/>
+      <c s="26" t="str" r="C74"/>
+      <c s="23" t="inlineStr" r="D74">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E74">
+        <v>78.6</v>
+      </c>
+      <c s="30" r="F74">
+        <v>68.6</v>
+      </c>
+      <c s="30" r="G74">
+        <v>81.6</v>
+      </c>
+      <c s="6" t="str" r="H74"/>
+      <c s="30" r="I74">
+        <v>77.4</v>
+      </c>
+      <c s="30" r="J74">
+        <v>83.8</v>
+      </c>
+    </row>
+    <row r="75" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B75"/>
+      <c s="26" t="str" r="C75"/>
+      <c s="10" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E75">
+        <v>121.2</v>
+      </c>
+      <c s="31" r="F75">
+        <v>111</v>
+      </c>
+      <c s="31" r="G75">
+        <v>120.6</v>
+      </c>
+      <c s="6" t="str" r="H75"/>
+      <c s="31" r="I75">
+        <v>129.4</v>
+      </c>
+      <c s="31" r="J75">
+        <v>136.2</v>
+      </c>
+    </row>
+    <row r="76" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B76"/>
+      <c s="28" t="str" r="C76"/>
+      <c s="23" t="inlineStr" r="D76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H76"/>
+      <c s="23" t="inlineStr" r="I76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J76">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="77" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B77">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C77"/>
+      <c s="23" t="inlineStr" r="D77">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E77">
+        <v>31.67</v>
+      </c>
+      <c s="30" r="F77">
+        <v>18.58</v>
+      </c>
+      <c s="30" r="G77">
+        <v>34.17</v>
+      </c>
+      <c s="6" t="str" r="H77"/>
+      <c s="30" r="I77">
+        <v>16.31</v>
+      </c>
+      <c s="24" t="inlineStr" r="J77">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B78"/>
+      <c s="26" t="str" r="C78"/>
+      <c s="23" t="inlineStr" r="D78">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E78">
+        <v>63.58</v>
+      </c>
+      <c s="30" r="F78">
+        <v>65.67</v>
+      </c>
+      <c s="30" r="G78">
+        <v>78.75</v>
+      </c>
+      <c s="6" t="str" r="H78"/>
+      <c s="30" r="I78">
+        <v>60.62</v>
+      </c>
+      <c s="24" t="inlineStr" r="J78">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B79"/>
+      <c s="26" t="str" r="C79"/>
+      <c s="23" t="inlineStr" r="D79">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E79">
+        <v>67.75</v>
+      </c>
+      <c s="30" r="F79">
+        <v>41.5</v>
+      </c>
+      <c s="30" r="G79">
+        <v>39.83</v>
+      </c>
+      <c s="6" t="str" r="H79"/>
+      <c s="30" r="I79">
+        <v>35.62</v>
+      </c>
+      <c s="24" t="inlineStr" r="J79">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B80"/>
+      <c s="26" t="str" r="C80"/>
+      <c s="10" t="inlineStr" r="D80">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E80">
+        <v>163</v>
+      </c>
+      <c s="31" r="F80">
+        <v>125.75</v>
+      </c>
+      <c s="31" r="G80">
+        <v>152.75</v>
+      </c>
+      <c s="6" t="str" r="H80"/>
+      <c s="31" r="I80">
+        <v>112.54</v>
+      </c>
+      <c s="24" t="inlineStr" r="J80">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B81"/>
+      <c s="28" t="str" r="C81"/>
+      <c s="23" t="inlineStr" r="D81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H81"/>
+      <c s="23" t="inlineStr" r="I81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J81">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="82" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B82">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Medical Genetics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C82"/>
+      <c s="23" t="inlineStr" r="D82">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H82"/>
+      <c s="24" t="inlineStr" r="I82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J82">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B83"/>
+      <c s="26" t="str" r="C83"/>
+      <c s="23" t="inlineStr" r="D83">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E83">
+        <v>52.8</v>
+      </c>
+      <c s="30" r="F83">
+        <v>40.6</v>
+      </c>
+      <c s="30" r="G83">
+        <v>29.8</v>
+      </c>
+      <c s="6" t="str" r="H83"/>
+      <c s="30" r="I83">
+        <v>39.8</v>
+      </c>
+      <c s="30" r="J83">
+        <v>64.6</v>
+      </c>
+    </row>
+    <row r="84" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B84"/>
+      <c s="26" t="str" r="C84"/>
+      <c s="23" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E84">
+        <v>9.6</v>
+      </c>
+      <c s="30" r="F84">
+        <v>7.8</v>
+      </c>
+      <c s="30" r="G84">
+        <v>9.6</v>
+      </c>
+      <c s="6" t="str" r="H84"/>
+      <c s="30" r="I84">
+        <v>7.8</v>
+      </c>
+      <c s="30" r="J84">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="85" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B85"/>
+      <c s="26" t="str" r="C85"/>
+      <c s="10" t="inlineStr" r="D85">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E85">
+        <v>66.6</v>
+      </c>
+      <c s="31" r="F85">
+        <v>51.2</v>
+      </c>
+      <c s="31" r="G85">
+        <v>40.4</v>
+      </c>
+      <c s="6" t="str" r="H85"/>
+      <c s="31" r="I85">
+        <v>47.6</v>
+      </c>
+      <c s="31" r="J85">
+        <v>71.8</v>
+      </c>
+    </row>
+    <row r="86" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B86"/>
+      <c s="28" t="str" r="C86"/>
+      <c s="23" t="inlineStr" r="D86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H86"/>
+      <c s="23" t="inlineStr" r="I86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J86">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B87">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C87"/>
+      <c s="23" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E87">
+        <v>30.51</v>
+      </c>
+      <c s="30" r="F87">
+        <v>33.88</v>
+      </c>
+      <c s="30" r="G87">
+        <v>30.25</v>
+      </c>
+      <c s="6" t="str" r="H87"/>
+      <c s="30" r="I87">
+        <v>36.18</v>
+      </c>
+      <c s="30" r="J87">
+        <v>43.67</v>
+      </c>
+    </row>
+    <row r="88" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B88"/>
+      <c s="26" t="str" r="C88"/>
+      <c s="23" t="inlineStr" r="D88">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E88">
+        <v>51.38</v>
+      </c>
+      <c s="30" r="F88">
+        <v>55.45</v>
+      </c>
+      <c s="30" r="G88">
+        <v>67.42</v>
+      </c>
+      <c s="6" t="str" r="H88"/>
+      <c s="30" r="I88">
+        <v>79.69</v>
+      </c>
+      <c s="30" r="J88">
+        <v>76.22</v>
+      </c>
+    </row>
+    <row r="89" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B89"/>
+      <c s="26" t="str" r="C89"/>
+      <c s="23" t="inlineStr" r="D89">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E89">
+        <v>174.71</v>
+      </c>
+      <c s="30" r="F89">
+        <v>149.42</v>
+      </c>
+      <c s="30" r="G89">
+        <v>189.38</v>
+      </c>
+      <c s="6" t="str" r="H89"/>
+      <c s="30" r="I89">
+        <v>162.87</v>
+      </c>
+      <c s="30" r="J89">
+        <v>160.92</v>
+      </c>
+    </row>
+    <row r="90" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B90"/>
+      <c s="26" t="str" r="C90"/>
+      <c s="10" t="inlineStr" r="D90">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E90">
+        <v>256.6</v>
+      </c>
+      <c s="31" r="F90">
+        <v>238.75</v>
+      </c>
+      <c s="31" r="G90">
+        <v>287.04</v>
+      </c>
+      <c s="6" t="str" r="H90"/>
+      <c s="31" r="I90">
+        <v>278.74</v>
+      </c>
+      <c s="31" r="J90">
+        <v>280.81</v>
+      </c>
+    </row>
+    <row r="91" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B91"/>
+      <c s="28" t="str" r="C91"/>
+      <c s="23" t="inlineStr" r="D91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H91"/>
+      <c s="23" t="inlineStr" r="I91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J91">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B92">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C92"/>
+      <c s="23" t="inlineStr" r="D92">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E92">
+        <v>12.25</v>
+      </c>
+      <c s="24" t="inlineStr" r="F92">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G92">
+        <v>7.8</v>
+      </c>
+      <c s="6" t="str" r="H92"/>
+      <c s="30" r="I92">
+        <v>8.4</v>
+      </c>
+      <c s="30" r="J92">
+        <v>5.67</v>
+      </c>
+    </row>
+    <row r="93" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B93"/>
+      <c s="26" t="str" r="C93"/>
+      <c s="23" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E93">
+        <v>89.75</v>
+      </c>
+      <c s="30" r="F93">
+        <v>84.5</v>
+      </c>
+      <c s="30" r="G93">
+        <v>89.2</v>
+      </c>
+      <c s="6" t="str" r="H93"/>
+      <c s="30" r="I93">
+        <v>111.2</v>
+      </c>
+      <c s="30" r="J93">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="94" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B94"/>
+      <c s="26" t="str" r="C94"/>
+      <c s="23" t="inlineStr" r="D94">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E94">
+        <v>22.25</v>
+      </c>
+      <c s="30" r="F94">
+        <v>12.75</v>
+      </c>
+      <c s="30" r="G94">
+        <v>16.6</v>
+      </c>
+      <c s="6" t="str" r="H94"/>
+      <c s="30" r="I94">
+        <v>17.4</v>
+      </c>
+      <c s="30" r="J94">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="95" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B95"/>
+      <c s="26" t="str" r="C95"/>
+      <c s="10" t="inlineStr" r="D95">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E95">
+        <v>124.25</v>
+      </c>
+      <c s="31" r="F95">
+        <v>99.75</v>
+      </c>
+      <c s="31" r="G95">
+        <v>113.6</v>
+      </c>
+      <c s="6" t="str" r="H95"/>
+      <c s="31" r="I95">
+        <v>137</v>
+      </c>
+      <c s="31" r="J95">
+        <v>175.67</v>
+      </c>
+    </row>
+    <row r="96" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B96"/>
+      <c s="28" t="str" r="C96"/>
+      <c s="23" t="inlineStr" r="D96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H96"/>
+      <c s="23" t="inlineStr" r="I96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J96">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="97" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B97">
+        <is>
+          <t xml:space="preserve">Internal Medicine/Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C97"/>
+      <c s="23" t="inlineStr" r="D97">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E97">
+        <v>17.33</v>
+      </c>
+      <c s="30" r="F97">
+        <v>16.08</v>
+      </c>
+      <c s="30" r="G97">
+        <v>14.46</v>
+      </c>
+      <c s="6" t="str" r="H97"/>
+      <c s="30" r="I97">
+        <v>19.23</v>
+      </c>
+      <c s="30" r="J97">
+        <v>18.15</v>
+      </c>
+    </row>
+    <row r="98" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B98"/>
+      <c s="26" t="str" r="C98"/>
+      <c s="23" t="inlineStr" r="D98">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E98">
+        <v>87.5</v>
+      </c>
+      <c s="30" r="F98">
+        <v>96</v>
+      </c>
+      <c s="30" r="G98">
+        <v>73.08</v>
+      </c>
+      <c s="6" t="str" r="H98"/>
+      <c s="30" r="I98">
+        <v>62.54</v>
+      </c>
+      <c s="30" r="J98">
+        <v>68.54</v>
+      </c>
+    </row>
+    <row r="99" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B99"/>
+      <c s="26" t="str" r="C99"/>
+      <c s="23" t="inlineStr" r="D99">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E99">
+        <v>69</v>
+      </c>
+      <c s="30" r="F99">
+        <v>57.77</v>
+      </c>
+      <c s="30" r="G99">
+        <v>53.85</v>
+      </c>
+      <c s="6" t="str" r="H99"/>
+      <c s="30" r="I99">
+        <v>47.62</v>
+      </c>
+      <c s="30" r="J99">
+        <v>53.31</v>
+      </c>
+    </row>
+    <row r="100" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B100"/>
+      <c s="26" t="str" r="C100"/>
+      <c s="10" t="inlineStr" r="D100">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E100">
+        <v>173.83</v>
+      </c>
+      <c s="31" r="F100">
+        <v>169.85</v>
+      </c>
+      <c s="31" r="G100">
+        <v>141.38</v>
+      </c>
+      <c s="6" t="str" r="H100"/>
+      <c s="31" r="I100">
+        <v>129.38</v>
+      </c>
+      <c s="31" r="J100">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="101" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B101"/>
+      <c s="28" t="str" r="C101"/>
+      <c s="23" t="inlineStr" r="D101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H101"/>
+      <c s="23" t="inlineStr" r="I101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J101">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B102">
+        <is>
+          <t xml:space="preserve">Interventional Radiology - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C102"/>
+      <c s="23" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E102">
+        <v>30.12</v>
+      </c>
+      <c s="30" r="F102">
+        <v>26.14</v>
+      </c>
+      <c s="30" r="G102">
+        <v>32.99</v>
+      </c>
+      <c s="6" t="str" r="H102"/>
+      <c s="30" r="I102">
+        <v>23.49</v>
+      </c>
+      <c s="30" r="J102">
+        <v>25.47</v>
+      </c>
+    </row>
+    <row r="103" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B103"/>
+      <c s="26" t="str" r="C103"/>
+      <c s="23" t="inlineStr" r="D103">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E103">
+        <v>29.37</v>
+      </c>
+      <c s="30" r="F103">
+        <v>34.74</v>
+      </c>
+      <c s="30" r="G103">
+        <v>39.9</v>
+      </c>
+      <c s="6" t="str" r="H103"/>
+      <c s="30" r="I103">
+        <v>42.02</v>
+      </c>
+      <c s="30" r="J103">
+        <v>37.11</v>
+      </c>
+    </row>
+    <row r="104" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B104"/>
+      <c s="26" t="str" r="C104"/>
+      <c s="23" t="inlineStr" r="D104">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E104">
+        <v>100.05</v>
+      </c>
+      <c s="30" r="F104">
+        <v>100.29</v>
+      </c>
+      <c s="30" r="G104">
+        <v>113.29</v>
+      </c>
+      <c s="6" t="str" r="H104"/>
+      <c s="30" r="I104">
+        <v>116.67</v>
+      </c>
+      <c s="30" r="J104">
+        <v>108.52</v>
+      </c>
+    </row>
+    <row r="105" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B105"/>
+      <c s="26" t="str" r="C105"/>
+      <c s="10" t="inlineStr" r="D105">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E105">
+        <v>159.22</v>
+      </c>
+      <c s="31" r="F105">
+        <v>161.17</v>
+      </c>
+      <c s="31" r="G105">
+        <v>186.18</v>
+      </c>
+      <c s="6" t="str" r="H105"/>
+      <c s="31" r="I105">
+        <v>180.77</v>
+      </c>
+      <c s="31" r="J105">
+        <v>171.1</v>
+      </c>
+    </row>
+    <row r="106" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B106"/>
+      <c s="28" t="str" r="C106"/>
+      <c s="23" t="inlineStr" r="D106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H106"/>
+      <c s="23" t="inlineStr" r="I106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J106">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B107">
+        <is>
+          <t xml:space="preserve">Neurodevelopmental Disabilities</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C107"/>
+      <c s="23" t="inlineStr" r="D107">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H107"/>
+      <c s="24" t="inlineStr" r="I107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J107">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B108"/>
+      <c s="26" t="str" r="C108"/>
+      <c s="23" t="inlineStr" r="D108">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E108">
+        <v>10</v>
+      </c>
+      <c s="30" r="F108">
+        <v>24.57</v>
+      </c>
+      <c s="30" r="G108">
+        <v>11.83</v>
+      </c>
+      <c s="6" t="str" r="H108"/>
+      <c s="30" r="I108">
+        <v>23.86</v>
+      </c>
+      <c s="30" r="J108">
+        <v>28.33</v>
+      </c>
+    </row>
+    <row r="109" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B109"/>
+      <c s="26" t="str" r="C109"/>
+      <c s="23" t="inlineStr" r="D109">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E109">
+        <v>11.86</v>
+      </c>
+      <c s="30" r="F109">
+        <v>7.86</v>
+      </c>
+      <c s="30" r="G109">
+        <v>9.67</v>
+      </c>
+      <c s="6" t="str" r="H109"/>
+      <c s="30" r="I109">
+        <v>11.29</v>
+      </c>
+      <c s="30" r="J109">
+        <v>10.67</v>
+      </c>
+    </row>
+    <row r="110" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B110"/>
+      <c s="26" t="str" r="C110"/>
+      <c s="10" t="inlineStr" r="D110">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E110">
+        <v>24.14</v>
+      </c>
+      <c s="31" r="F110">
+        <v>35.86</v>
+      </c>
+      <c s="31" r="G110">
+        <v>24.33</v>
+      </c>
+      <c s="6" t="str" r="H110"/>
+      <c s="31" r="I110">
+        <v>38.71</v>
+      </c>
+      <c s="31" r="J110">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="111" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B111"/>
+      <c s="28" t="str" r="C111"/>
+      <c s="23" t="inlineStr" r="D111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H111"/>
+      <c s="23" t="inlineStr" r="I111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J111">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B112">
+        <is>
+          <t xml:space="preserve">Neurological Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C112"/>
+      <c s="23" t="inlineStr" r="D112">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E112">
+        <v>18.13</v>
+      </c>
+      <c s="30" r="F112">
+        <v>10.74</v>
+      </c>
+      <c s="30" r="G112">
+        <v>15.55</v>
+      </c>
+      <c s="6" t="str" r="H112"/>
+      <c s="30" r="I112">
+        <v>18.43</v>
+      </c>
+      <c s="30" r="J112">
+        <v>14.8</v>
+      </c>
+    </row>
+    <row r="113" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B113"/>
+      <c s="26" t="str" r="C113"/>
+      <c s="23" t="inlineStr" r="D113">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E113">
+        <v>58.18</v>
+      </c>
+      <c s="30" r="F113">
+        <v>55.95</v>
+      </c>
+      <c s="30" r="G113">
+        <v>71.52</v>
+      </c>
+      <c s="6" t="str" r="H113"/>
+      <c s="30" r="I113">
+        <v>80.15</v>
+      </c>
+      <c s="30" r="J113">
+        <v>68.44</v>
+      </c>
+    </row>
+    <row r="114" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B114"/>
+      <c s="26" t="str" r="C114"/>
+      <c s="23" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E114">
+        <v>232.34</v>
+      </c>
+      <c s="30" r="F114">
+        <v>224.7</v>
+      </c>
+      <c s="30" r="G114">
+        <v>215.72</v>
+      </c>
+      <c s="6" t="str" r="H114"/>
+      <c s="30" r="I114">
+        <v>233.05</v>
+      </c>
+      <c s="30" r="J114">
+        <v>214.78</v>
+      </c>
+    </row>
+    <row r="115" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B115"/>
+      <c s="26" t="str" r="C115"/>
+      <c s="10" t="inlineStr" r="D115">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E115">
+        <v>308.65</v>
+      </c>
+      <c s="31" r="F115">
+        <v>291.38</v>
+      </c>
+      <c s="31" r="G115">
+        <v>302.78</v>
+      </c>
+      <c s="6" t="str" r="H115"/>
+      <c s="31" r="I115">
+        <v>331.64</v>
+      </c>
+      <c s="31" r="J115">
+        <v>298.02</v>
+      </c>
+    </row>
+    <row r="116" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B116"/>
+      <c s="28" t="str" r="C116"/>
+      <c s="23" t="inlineStr" r="D116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H116"/>
+      <c s="23" t="inlineStr" r="I116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J116">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B117">
+        <is>
+          <t xml:space="preserve">Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C117"/>
+      <c s="23" t="inlineStr" r="D117">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E117">
+        <v>82.48</v>
+      </c>
+      <c s="30" r="F117">
+        <v>90.99</v>
+      </c>
+      <c s="30" r="G117">
+        <v>92.23</v>
+      </c>
+      <c s="6" t="str" r="H117"/>
+      <c s="30" r="I117">
+        <v>99.72</v>
+      </c>
+      <c s="30" r="J117">
+        <v>108.72</v>
+      </c>
+    </row>
+    <row r="118" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B118"/>
+      <c s="26" t="str" r="C118"/>
+      <c s="23" t="inlineStr" r="D118">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E118">
+        <v>408.63</v>
+      </c>
+      <c s="30" r="F118">
+        <v>386.24</v>
+      </c>
+      <c s="30" r="G118">
+        <v>425.33</v>
+      </c>
+      <c s="6" t="str" r="H118"/>
+      <c s="30" r="I118">
+        <v>416.57</v>
+      </c>
+      <c s="30" r="J118">
+        <v>387.43</v>
+      </c>
+    </row>
+    <row r="119" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B119"/>
+      <c s="26" t="str" r="C119"/>
+      <c s="23" t="inlineStr" r="D119">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E119">
+        <v>156.55</v>
+      </c>
+      <c s="30" r="F119">
+        <v>172.08</v>
+      </c>
+      <c s="30" r="G119">
+        <v>177.84</v>
+      </c>
+      <c s="6" t="str" r="H119"/>
+      <c s="30" r="I119">
+        <v>178.49</v>
+      </c>
+      <c s="30" r="J119">
+        <v>191.23</v>
+      </c>
+    </row>
+    <row r="120" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B120"/>
+      <c s="26" t="str" r="C120"/>
+      <c s="10" t="inlineStr" r="D120">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E120">
+        <v>646.23</v>
+      </c>
+      <c s="31" r="F120">
+        <v>649.31</v>
+      </c>
+      <c s="31" r="G120">
+        <v>695.4</v>
+      </c>
+      <c s="6" t="str" r="H120"/>
+      <c s="31" r="I120">
+        <v>694.78</v>
+      </c>
+      <c s="31" r="J120">
+        <v>687.37</v>
+      </c>
+    </row>
+    <row r="121" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B121"/>
+      <c s="28" t="str" r="C121"/>
+      <c s="23" t="inlineStr" r="D121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H121"/>
+      <c s="23" t="inlineStr" r="I121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J121">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B122">
+        <is>
+          <t xml:space="preserve">Nuclear Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C122"/>
+      <c s="23" t="inlineStr" r="D122">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E122">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F122">
+        <v>5.85</v>
+      </c>
+      <c s="24" t="inlineStr" r="G122">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H122"/>
+      <c s="24" t="inlineStr" r="I122">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J122">
+        <v>5.45</v>
+      </c>
+    </row>
+    <row r="123" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B123"/>
+      <c s="26" t="str" r="C123"/>
+      <c s="23" t="inlineStr" r="D123">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E123">
+        <v>25.31</v>
+      </c>
+      <c s="30" r="F123">
+        <v>28.23</v>
+      </c>
+      <c s="30" r="G123">
+        <v>36.82</v>
+      </c>
+      <c s="6" t="str" r="H123"/>
+      <c s="30" r="I123">
+        <v>34.9</v>
+      </c>
+      <c s="30" r="J123">
+        <v>38.18</v>
+      </c>
+    </row>
+    <row r="124" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B124"/>
+      <c s="26" t="str" r="C124"/>
+      <c s="23" t="inlineStr" r="D124">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E124">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F124">
+        <v>7.62</v>
+      </c>
+      <c s="30" r="G124">
+        <v>10.45</v>
+      </c>
+      <c s="6" t="str" r="H124"/>
+      <c s="30" r="I124">
+        <v>7.7</v>
+      </c>
+      <c s="30" r="J124">
+        <v>6.45</v>
+      </c>
+    </row>
+    <row r="125" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B125"/>
+      <c s="26" t="str" r="C125"/>
+      <c s="10" t="inlineStr" r="D125">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E125">
+        <v>30.92</v>
+      </c>
+      <c s="31" r="F125">
+        <v>41.69</v>
+      </c>
+      <c s="31" r="G125">
+        <v>50.91</v>
+      </c>
+      <c s="6" t="str" r="H125"/>
+      <c s="31" r="I125">
+        <v>46.7</v>
+      </c>
+      <c s="31" r="J125">
+        <v>50.09</v>
+      </c>
+    </row>
+    <row r="126" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B126"/>
+      <c s="28" t="str" r="C126"/>
+      <c s="23" t="inlineStr" r="D126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H126"/>
+      <c s="23" t="inlineStr" r="I126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J126">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B127">
+        <is>
+          <t xml:space="preserve">Obstetrics and Gynecology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C127"/>
+      <c s="23" t="inlineStr" r="D127">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E127">
+        <v>153.48</v>
+      </c>
+      <c s="30" r="F127">
+        <v>137.86</v>
+      </c>
+      <c s="30" r="G127">
+        <v>138.12</v>
+      </c>
+      <c s="6" t="str" r="H127"/>
+      <c s="24" t="inlineStr" r="I127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J127">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B128"/>
+      <c s="26" t="str" r="C128"/>
+      <c s="23" t="inlineStr" r="D128">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E128">
+        <v>147.45</v>
+      </c>
+      <c s="30" r="F128">
+        <v>146.16</v>
+      </c>
+      <c s="30" r="G128">
+        <v>133.94</v>
+      </c>
+      <c s="6" t="str" r="H128"/>
+      <c s="24" t="inlineStr" r="I128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J128">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B129"/>
+      <c s="26" t="str" r="C129"/>
+      <c s="23" t="inlineStr" r="D129">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E129">
+        <v>360.64</v>
+      </c>
+      <c s="30" r="F129">
+        <v>364.22</v>
+      </c>
+      <c s="30" r="G129">
+        <v>312.94</v>
+      </c>
+      <c s="6" t="str" r="H129"/>
+      <c s="24" t="inlineStr" r="I129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J129">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B130"/>
+      <c s="26" t="str" r="C130"/>
+      <c s="10" t="inlineStr" r="D130">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E130">
+        <v>661.57</v>
+      </c>
+      <c s="31" r="F130">
+        <v>648.24</v>
+      </c>
+      <c s="31" r="G130">
+        <v>585</v>
+      </c>
+      <c s="6" t="str" r="H130"/>
+      <c s="31" r="I130">
+        <v>5</v>
+      </c>
+      <c s="24" t="inlineStr" r="J130">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B131"/>
+      <c s="28" t="str" r="C131"/>
+      <c s="23" t="inlineStr" r="D131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H131"/>
+      <c s="23" t="inlineStr" r="I131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J131">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B132">
+        <is>
+          <t xml:space="preserve">Occupational and Environmental Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C132"/>
+      <c s="23" t="inlineStr" r="D132">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E132">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F132">
+        <v>9.32</v>
+      </c>
+      <c s="30" r="G132">
+        <v>14.22</v>
+      </c>
+      <c s="6" t="str" r="H132"/>
+      <c s="30" r="I132">
+        <v>7.47</v>
+      </c>
+      <c s="30" r="J132">
+        <v>10.69</v>
+      </c>
+    </row>
+    <row r="133" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B133"/>
+      <c s="26" t="str" r="C133"/>
+      <c s="23" t="inlineStr" r="D133">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E133">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F133">
+        <v>16.05</v>
+      </c>
+      <c s="30" r="G133">
+        <v>17.94</v>
+      </c>
+      <c s="6" t="str" r="H133"/>
+      <c s="30" r="I133">
+        <v>18.71</v>
+      </c>
+      <c s="30" r="J133">
+        <v>20.81</v>
+      </c>
+    </row>
+    <row r="134" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B134"/>
+      <c s="26" t="str" r="C134"/>
+      <c s="23" t="inlineStr" r="D134">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E134">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F134">
+        <v>11.37</v>
+      </c>
+      <c s="30" r="G134">
+        <v>21.83</v>
+      </c>
+      <c s="6" t="str" r="H134"/>
+      <c s="30" r="I134">
+        <v>19.76</v>
+      </c>
+      <c s="30" r="J134">
+        <v>28.31</v>
+      </c>
+    </row>
+    <row r="135" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B135"/>
+      <c s="26" t="str" r="C135"/>
+      <c s="10" t="inlineStr" r="D135">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E135">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F135">
+        <v>36.74</v>
+      </c>
+      <c s="31" r="G135">
+        <v>54</v>
+      </c>
+      <c s="6" t="str" r="H135"/>
+      <c s="31" r="I135">
+        <v>45.94</v>
+      </c>
+      <c s="31" r="J135">
+        <v>59.81</v>
+      </c>
+    </row>
+    <row r="136" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B136"/>
+      <c s="28" t="str" r="C136"/>
+      <c s="23" t="inlineStr" r="D136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H136"/>
+      <c s="23" t="inlineStr" r="I136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J136">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B137">
+        <is>
+          <t xml:space="preserve">Orthopaedic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C137"/>
+      <c s="23" t="inlineStr" r="D137">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E137">
+        <v>91.4</v>
+      </c>
+      <c s="30" r="F137">
+        <v>96.44</v>
+      </c>
+      <c s="30" r="G137">
+        <v>91.43</v>
+      </c>
+      <c s="6" t="str" r="H137"/>
+      <c s="30" r="I137">
+        <v>87.12</v>
+      </c>
+      <c s="30" r="J137">
+        <v>72.99</v>
+      </c>
+    </row>
+    <row r="138" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B138"/>
+      <c s="26" t="str" r="C138"/>
+      <c s="23" t="inlineStr" r="D138">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E138">
+        <v>40.38</v>
+      </c>
+      <c s="30" r="F138">
+        <v>38.99</v>
+      </c>
+      <c s="30" r="G138">
+        <v>38.3</v>
+      </c>
+      <c s="6" t="str" r="H138"/>
+      <c s="30" r="I138">
+        <v>41.55</v>
+      </c>
+      <c s="30" r="J138">
+        <v>40.3</v>
+      </c>
+    </row>
+    <row r="139" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B139"/>
+      <c s="26" t="str" r="C139"/>
+      <c s="23" t="inlineStr" r="D139">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E139">
+        <v>642.77</v>
+      </c>
+      <c s="30" r="F139">
+        <v>504.19</v>
+      </c>
+      <c s="30" r="G139">
+        <v>401.87</v>
+      </c>
+      <c s="6" t="str" r="H139"/>
+      <c s="30" r="I139">
+        <v>291.94</v>
+      </c>
+      <c s="30" r="J139">
+        <v>255.8</v>
+      </c>
+    </row>
+    <row r="140" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B140"/>
+      <c s="26" t="str" r="C140"/>
+      <c s="10" t="inlineStr" r="D140">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E140">
+        <v>774.56</v>
+      </c>
+      <c s="31" r="F140">
+        <v>639.62</v>
+      </c>
+      <c s="31" r="G140">
+        <v>531.6</v>
+      </c>
+      <c s="6" t="str" r="H140"/>
+      <c s="31" r="I140">
+        <v>420.6</v>
+      </c>
+      <c s="31" r="J140">
+        <v>369.09</v>
+      </c>
+    </row>
+    <row r="141" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B141"/>
+      <c s="28" t="str" r="C141"/>
+      <c s="23" t="inlineStr" r="D141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H141"/>
+      <c s="23" t="inlineStr" r="I141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J141">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B142">
+        <is>
+          <t xml:space="preserve">Osteopathic Neuromusculoskeletal Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C142"/>
+      <c s="23" t="inlineStr" r="D142">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E142">
+        <v>18.64</v>
+      </c>
+      <c s="30" r="F142">
+        <v>16.15</v>
+      </c>
+      <c s="30" r="G142">
+        <v>15.75</v>
+      </c>
+      <c s="6" t="str" r="H142"/>
+      <c s="30" r="I142">
+        <v>12.46</v>
+      </c>
+      <c s="30" r="J142">
+        <v>11.73</v>
+      </c>
+    </row>
+    <row r="143" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B143"/>
+      <c s="26" t="str" r="C143"/>
+      <c s="23" t="inlineStr" r="D143">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F143">
+        <v>8.1</v>
+      </c>
+      <c s="30" r="G143">
+        <v>10.75</v>
+      </c>
+      <c s="6" t="str" r="H143"/>
+      <c s="30" r="I143">
+        <v>8.38</v>
+      </c>
+      <c s="24" t="inlineStr" r="J143">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B144"/>
+      <c s="26" t="str" r="C144"/>
+      <c s="23" t="inlineStr" r="D144">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H144"/>
+      <c s="24" t="inlineStr" r="I144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J144">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B145"/>
+      <c s="26" t="str" r="C145"/>
+      <c s="10" t="inlineStr" r="D145">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E145">
+        <v>19.91</v>
+      </c>
+      <c s="31" r="F145">
+        <v>22.62</v>
+      </c>
+      <c s="31" r="G145">
+        <v>26.67</v>
+      </c>
+      <c s="6" t="str" r="H145"/>
+      <c s="31" r="I145">
+        <v>20.92</v>
+      </c>
+      <c s="31" r="J145">
+        <v>13.83</v>
+      </c>
+    </row>
+    <row r="146" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B146"/>
+      <c s="28" t="str" r="C146"/>
+      <c s="23" t="inlineStr" r="D146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H146"/>
+      <c s="23" t="inlineStr" r="I146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J146">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B147">
+        <is>
+          <t xml:space="preserve">Otolaryngology - Head and Neck Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C147"/>
+      <c s="23" t="inlineStr" r="D147">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E147">
+        <v>25.43</v>
+      </c>
+      <c s="30" r="F147">
+        <v>23.73</v>
+      </c>
+      <c s="30" r="G147">
+        <v>19.76</v>
+      </c>
+      <c s="6" t="str" r="H147"/>
+      <c s="30" r="I147">
+        <v>19.01</v>
+      </c>
+      <c s="30" r="J147">
+        <v>23.13</v>
+      </c>
+    </row>
+    <row r="148" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B148"/>
+      <c s="26" t="str" r="C148"/>
+      <c s="23" t="inlineStr" r="D148">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E148">
+        <v>20.22</v>
+      </c>
+      <c s="30" r="F148">
+        <v>17.7</v>
+      </c>
+      <c s="30" r="G148">
+        <v>23.54</v>
+      </c>
+      <c s="6" t="str" r="H148"/>
+      <c s="30" r="I148">
+        <v>20.83</v>
+      </c>
+      <c s="30" r="J148">
+        <v>22.67</v>
+      </c>
+    </row>
+    <row r="149" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B149"/>
+      <c s="26" t="str" r="C149"/>
+      <c s="23" t="inlineStr" r="D149">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E149">
+        <v>378.01</v>
+      </c>
+      <c s="30" r="F149">
+        <v>308.38</v>
+      </c>
+      <c s="30" r="G149">
+        <v>216.63</v>
+      </c>
+      <c s="6" t="str" r="H149"/>
+      <c s="30" r="I149">
+        <v>184.9</v>
+      </c>
+      <c s="30" r="J149">
+        <v>182.32</v>
+      </c>
+    </row>
+    <row r="150" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B150"/>
+      <c s="26" t="str" r="C150"/>
+      <c s="10" t="inlineStr" r="D150">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E150">
+        <v>423.44</v>
+      </c>
+      <c s="31" r="F150">
+        <v>349.81</v>
+      </c>
+      <c s="31" r="G150">
+        <v>259.93</v>
+      </c>
+      <c s="6" t="str" r="H150"/>
+      <c s="31" r="I150">
+        <v>224.73</v>
+      </c>
+      <c s="31" r="J150">
+        <v>228.13</v>
+      </c>
+    </row>
+    <row r="151" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B151"/>
+      <c s="28" t="str" r="C151"/>
+      <c s="23" t="inlineStr" r="D151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H151"/>
+      <c s="23" t="inlineStr" r="I151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J151">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B152">
+        <is>
+          <t xml:space="preserve">Pathology-Anatomic and Clinical</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C152"/>
+      <c s="23" t="inlineStr" r="D152">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E152">
+        <v>38.16</v>
+      </c>
+      <c s="30" r="F152">
+        <v>49.09</v>
+      </c>
+      <c s="30" r="G152">
+        <v>46.85</v>
+      </c>
+      <c s="6" t="str" r="H152"/>
+      <c s="30" r="I152">
+        <v>56.95</v>
+      </c>
+      <c s="30" r="J152">
+        <v>72.77</v>
+      </c>
+    </row>
+    <row r="153" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B153"/>
+      <c s="26" t="str" r="C153"/>
+      <c s="23" t="inlineStr" r="D153">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E153">
+        <v>451.37</v>
+      </c>
+      <c s="30" r="F153">
+        <v>448.53</v>
+      </c>
+      <c s="30" r="G153">
+        <v>439.93</v>
+      </c>
+      <c s="6" t="str" r="H153"/>
+      <c s="30" r="I153">
+        <v>395.72</v>
+      </c>
+      <c s="30" r="J153">
+        <v>377.59</v>
+      </c>
+    </row>
+    <row r="154" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B154"/>
+      <c s="26" t="str" r="C154"/>
+      <c s="23" t="inlineStr" r="D154">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E154">
+        <v>66.31</v>
+      </c>
+      <c s="30" r="F154">
+        <v>77.16</v>
+      </c>
+      <c s="30" r="G154">
+        <v>89.73</v>
+      </c>
+      <c s="6" t="str" r="H154"/>
+      <c s="30" r="I154">
+        <v>90.59</v>
+      </c>
+      <c s="30" r="J154">
+        <v>100.96</v>
+      </c>
+    </row>
+    <row r="155" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B155"/>
+      <c s="26" t="str" r="C155"/>
+      <c s="10" t="inlineStr" r="D155">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E155">
+        <v>555.84</v>
+      </c>
+      <c s="31" r="F155">
+        <v>574.78</v>
+      </c>
+      <c s="31" r="G155">
+        <v>576.51</v>
+      </c>
+      <c s="6" t="str" r="H155"/>
+      <c s="31" r="I155">
+        <v>543.27</v>
+      </c>
+      <c s="31" r="J155">
+        <v>551.32</v>
+      </c>
+    </row>
+    <row r="156" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B156"/>
+      <c s="28" t="str" r="C156"/>
+      <c s="23" t="inlineStr" r="D156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H156"/>
+      <c s="23" t="inlineStr" r="I156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J156">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B157">
+        <is>
+          <t xml:space="preserve">Pediatrics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C157"/>
+      <c s="23" t="inlineStr" r="D157">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E157">
+        <v>211.22</v>
+      </c>
+      <c s="30" r="F157">
+        <v>216.42</v>
+      </c>
+      <c s="30" r="G157">
+        <v>179.1</v>
+      </c>
+      <c s="6" t="str" r="H157"/>
+      <c s="30" r="I157">
+        <v>167.49</v>
+      </c>
+      <c s="30" r="J157">
+        <v>145.09</v>
+      </c>
+    </row>
+    <row r="158" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B158"/>
+      <c s="26" t="str" r="C158"/>
+      <c s="23" t="inlineStr" r="D158">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E158">
+        <v>602.04</v>
+      </c>
+      <c s="30" r="F158">
+        <v>549</v>
+      </c>
+      <c s="30" r="G158">
+        <v>527</v>
+      </c>
+      <c s="6" t="str" r="H158"/>
+      <c s="30" r="I158">
+        <v>562.67</v>
+      </c>
+      <c s="30" r="J158">
+        <v>614.75</v>
+      </c>
+    </row>
+    <row r="159" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B159"/>
+      <c s="26" t="str" r="C159"/>
+      <c s="23" t="inlineStr" r="D159">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E159">
+        <v>336.89</v>
+      </c>
+      <c s="30" r="F159">
+        <v>317.82</v>
+      </c>
+      <c s="30" r="G159">
+        <v>269.82</v>
+      </c>
+      <c s="6" t="str" r="H159"/>
+      <c s="30" r="I159">
+        <v>258.35</v>
+      </c>
+      <c s="30" r="J159">
+        <v>229.3</v>
+      </c>
+    </row>
+    <row r="160" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B160"/>
+      <c s="26" t="str" r="C160"/>
+      <c s="10" t="inlineStr" r="D160">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E160">
+        <v>1150.16</v>
+      </c>
+      <c s="31" r="F160">
+        <v>1083.24</v>
+      </c>
+      <c s="31" r="G160">
+        <v>975.92</v>
+      </c>
+      <c s="6" t="str" r="H160"/>
+      <c s="31" r="I160">
+        <v>988.51</v>
+      </c>
+      <c s="31" r="J160">
+        <v>989.15</v>
+      </c>
+    </row>
+    <row r="161" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B161"/>
+      <c s="28" t="str" r="C161"/>
+      <c s="23" t="inlineStr" r="D161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H161"/>
+      <c s="23" t="inlineStr" r="I161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J161">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B162">
+        <is>
+          <t xml:space="preserve">Pediatrics/Anesthesiology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C162"/>
+      <c s="23" t="inlineStr" r="D162">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H162"/>
+      <c s="24" t="inlineStr" r="I162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J162">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B163"/>
+      <c s="26" t="str" r="C163"/>
+      <c s="23" t="inlineStr" r="D163">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E163">
+        <v>15.6</v>
+      </c>
+      <c s="30" r="F163">
+        <v>13</v>
+      </c>
+      <c s="30" r="G163">
+        <v>20.6</v>
+      </c>
+      <c s="6" t="str" r="H163"/>
+      <c s="30" r="I163">
+        <v>20</v>
+      </c>
+      <c s="30" r="J163">
+        <v>19.6</v>
+      </c>
+    </row>
+    <row r="164" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B164"/>
+      <c s="26" t="str" r="C164"/>
+      <c s="23" t="inlineStr" r="D164">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E164">
+        <v>12</v>
+      </c>
+      <c s="30" r="F164">
+        <v>19.4</v>
+      </c>
+      <c s="30" r="G164">
+        <v>33.8</v>
+      </c>
+      <c s="6" t="str" r="H164"/>
+      <c s="30" r="I164">
+        <v>36</v>
+      </c>
+      <c s="30" r="J164">
+        <v>38.6</v>
+      </c>
+    </row>
+    <row r="165" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B165"/>
+      <c s="26" t="str" r="C165"/>
+      <c s="10" t="inlineStr" r="D165">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E165">
+        <v>31</v>
+      </c>
+      <c s="31" r="F165">
+        <v>35.4</v>
+      </c>
+      <c s="31" r="G165">
+        <v>57.6</v>
+      </c>
+      <c s="6" t="str" r="H165"/>
+      <c s="31" r="I165">
+        <v>58.8</v>
+      </c>
+      <c s="31" r="J165">
+        <v>60.6</v>
+      </c>
+    </row>
+    <row r="166" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B166"/>
+      <c s="28" t="str" r="C166"/>
+      <c s="23" t="inlineStr" r="D166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H166"/>
+      <c s="23" t="inlineStr" r="I166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J166">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="167" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B167">
+        <is>
+          <t xml:space="preserve">Pediatrics/Emergency Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C167"/>
+      <c s="23" t="inlineStr" r="D167">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E167">
+        <v>13.5</v>
+      </c>
+      <c s="30" r="F167">
+        <v>14.5</v>
+      </c>
+      <c s="30" r="G167">
+        <v>12.75</v>
+      </c>
+      <c s="6" t="str" r="H167"/>
+      <c s="30" r="I167">
+        <v>8.25</v>
+      </c>
+      <c s="24" t="inlineStr" r="J167">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B168"/>
+      <c s="26" t="str" r="C168"/>
+      <c s="23" t="inlineStr" r="D168">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E168">
+        <v>16.25</v>
+      </c>
+      <c s="30" r="F168">
+        <v>35</v>
+      </c>
+      <c s="30" r="G168">
+        <v>25</v>
+      </c>
+      <c s="6" t="str" r="H168"/>
+      <c s="30" r="I168">
+        <v>18.75</v>
+      </c>
+      <c s="24" t="inlineStr" r="J168">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B169"/>
+      <c s="26" t="str" r="C169"/>
+      <c s="23" t="inlineStr" r="D169">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E169">
+        <v>37.25</v>
+      </c>
+      <c s="30" r="F169">
+        <v>21</v>
+      </c>
+      <c s="30" r="G169">
+        <v>22</v>
+      </c>
+      <c s="6" t="str" r="H169"/>
+      <c s="30" r="I169">
+        <v>25.5</v>
+      </c>
+      <c s="24" t="inlineStr" r="J169">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B170"/>
+      <c s="26" t="str" r="C170"/>
+      <c s="10" t="inlineStr" r="D170">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E170">
+        <v>67</v>
+      </c>
+      <c s="31" r="F170">
+        <v>70.5</v>
+      </c>
+      <c s="31" r="G170">
+        <v>59.75</v>
+      </c>
+      <c s="6" t="str" r="H170"/>
+      <c s="31" r="I170">
+        <v>52.5</v>
+      </c>
+      <c s="24" t="inlineStr" r="J170">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B171"/>
+      <c s="28" t="str" r="C171"/>
+      <c s="23" t="inlineStr" r="D171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H171"/>
+      <c s="23" t="inlineStr" r="I171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J171">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="172" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B172">
+        <is>
+          <t xml:space="preserve">Pediatrics/Medical Genetics</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C172"/>
+      <c s="23" t="inlineStr" r="D172">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="G172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="6" t="str" r="H172"/>
+      <c s="24" t="inlineStr" r="I172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J172">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B173"/>
+      <c s="26" t="str" r="C173"/>
+      <c s="23" t="inlineStr" r="D173">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E173">
+        <v>31.77</v>
+      </c>
+      <c s="30" r="F173">
+        <v>25.05</v>
+      </c>
+      <c s="30" r="G173">
+        <v>29.13</v>
+      </c>
+      <c s="6" t="str" r="H173"/>
+      <c s="30" r="I173">
+        <v>25.87</v>
+      </c>
+      <c s="30" r="J173">
+        <v>33.58</v>
+      </c>
+    </row>
+    <row r="174" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B174"/>
+      <c s="26" t="str" r="C174"/>
+      <c s="23" t="inlineStr" r="D174">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E174">
+        <v>16.9</v>
+      </c>
+      <c s="30" r="F174">
+        <v>18.9</v>
+      </c>
+      <c s="30" r="G174">
+        <v>18.43</v>
+      </c>
+      <c s="6" t="str" r="H174"/>
+      <c s="30" r="I174">
+        <v>12.39</v>
+      </c>
+      <c s="30" r="J174">
+        <v>13.62</v>
+      </c>
+    </row>
+    <row r="175" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B175"/>
+      <c s="26" t="str" r="C175"/>
+      <c s="10" t="inlineStr" r="D175">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E175">
+        <v>50.27</v>
+      </c>
+      <c s="31" r="F175">
+        <v>48.05</v>
+      </c>
+      <c s="31" r="G175">
+        <v>50.3</v>
+      </c>
+      <c s="6" t="str" r="H175"/>
+      <c s="31" r="I175">
+        <v>42.3</v>
+      </c>
+      <c s="31" r="J175">
+        <v>51.08</v>
+      </c>
+    </row>
+    <row r="176" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B176"/>
+      <c s="28" t="str" r="C176"/>
+      <c s="23" t="inlineStr" r="D176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H176"/>
+      <c s="23" t="inlineStr" r="I176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J176">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="177" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B177">
+        <is>
+          <t xml:space="preserve">Pediatrics/Physical Medicine and Rehabilitation</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C177"/>
+      <c s="23" t="inlineStr" r="D177">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E177">
+        <v>12</v>
+      </c>
+      <c s="30" r="F177">
+        <v>10</v>
+      </c>
+      <c s="30" r="G177">
+        <v>10.33</v>
+      </c>
+      <c s="6" t="str" r="H177"/>
+      <c s="30" r="I177">
+        <v>17</v>
+      </c>
+      <c s="30" r="J177">
+        <v>22.25</v>
+      </c>
+    </row>
+    <row r="178" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B178"/>
+      <c s="26" t="str" r="C178"/>
+      <c s="23" t="inlineStr" r="D178">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E178">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F178">
+        <v>5.67</v>
+      </c>
+      <c s="30" r="G178">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H178"/>
+      <c s="30" r="I178">
+        <v>13.25</v>
+      </c>
+      <c s="30" r="J178">
+        <v>13.25</v>
+      </c>
+    </row>
+    <row r="179" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B179"/>
+      <c s="26" t="str" r="C179"/>
+      <c s="23" t="inlineStr" r="D179">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E179">
+        <v>27</v>
+      </c>
+      <c s="30" r="F179">
+        <v>17.67</v>
+      </c>
+      <c s="30" r="G179">
+        <v>21</v>
+      </c>
+      <c s="6" t="str" r="H179"/>
+      <c s="30" r="I179">
+        <v>22.5</v>
+      </c>
+      <c s="30" r="J179">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B180"/>
+      <c s="26" t="str" r="C180"/>
+      <c s="10" t="inlineStr" r="D180">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E180">
+        <v>41.33</v>
+      </c>
+      <c s="31" r="F180">
+        <v>33.33</v>
+      </c>
+      <c s="31" r="G180">
+        <v>38.33</v>
+      </c>
+      <c s="6" t="str" r="H180"/>
+      <c s="31" r="I180">
+        <v>52.75</v>
+      </c>
+      <c s="31" r="J180">
+        <v>59.5</v>
+      </c>
+    </row>
+    <row r="181" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B181"/>
+      <c s="28" t="str" r="C181"/>
+      <c s="23" t="inlineStr" r="D181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H181"/>
+      <c s="23" t="inlineStr" r="I181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J181">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="182" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B182">
+        <is>
+          <t xml:space="preserve">Pediatrics/Psychiatry/Child and Adolescent Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C182"/>
+      <c s="23" t="inlineStr" r="D182">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E182">
+        <v>22.22</v>
+      </c>
+      <c s="30" r="F182">
+        <v>18</v>
+      </c>
+      <c s="30" r="G182">
+        <v>18.55</v>
+      </c>
+      <c s="6" t="str" r="H182"/>
+      <c s="30" r="I182">
+        <v>12.36</v>
+      </c>
+      <c s="30" r="J182">
+        <v>13.82</v>
+      </c>
+    </row>
+    <row r="183" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B183"/>
+      <c s="26" t="str" r="C183"/>
+      <c s="23" t="inlineStr" r="D183">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E183">
+        <v>37.89</v>
+      </c>
+      <c s="30" r="F183">
+        <v>37.8</v>
+      </c>
+      <c s="30" r="G183">
+        <v>28.55</v>
+      </c>
+      <c s="6" t="str" r="H183"/>
+      <c s="30" r="I183">
+        <v>30.82</v>
+      </c>
+      <c s="30" r="J183">
+        <v>28.73</v>
+      </c>
+    </row>
+    <row r="184" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B184"/>
+      <c s="26" t="str" r="C184"/>
+      <c s="23" t="inlineStr" r="D184">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E184">
+        <v>57.78</v>
+      </c>
+      <c s="30" r="F184">
+        <v>47.7</v>
+      </c>
+      <c s="30" r="G184">
+        <v>60.73</v>
+      </c>
+      <c s="6" t="str" r="H184"/>
+      <c s="30" r="I184">
+        <v>67.64</v>
+      </c>
+      <c s="30" r="J184">
+        <v>60.36</v>
+      </c>
+    </row>
+    <row r="185" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B185"/>
+      <c s="26" t="str" r="C185"/>
+      <c s="10" t="inlineStr" r="D185">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E185">
+        <v>117.89</v>
+      </c>
+      <c s="31" r="F185">
+        <v>103.5</v>
+      </c>
+      <c s="31" r="G185">
+        <v>107.82</v>
+      </c>
+      <c s="6" t="str" r="H185"/>
+      <c s="31" r="I185">
+        <v>110.82</v>
+      </c>
+      <c s="31" r="J185">
+        <v>102.91</v>
+      </c>
+    </row>
+    <row r="186" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B186"/>
+      <c s="28" t="str" r="C186"/>
+      <c s="23" t="inlineStr" r="D186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H186"/>
+      <c s="23" t="inlineStr" r="I186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J186">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="187" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B187">
+        <is>
+          <t xml:space="preserve">Physical Medicine and Rehabilitation</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C187"/>
+      <c s="23" t="inlineStr" r="D187">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E187">
+        <v>225.81</v>
+      </c>
+      <c s="30" r="F187">
+        <v>205.67</v>
+      </c>
+      <c s="30" r="G187">
+        <v>213.92</v>
+      </c>
+      <c s="6" t="str" r="H187"/>
+      <c s="30" r="I187">
+        <v>222.15</v>
+      </c>
+      <c s="30" r="J187">
+        <v>186.38</v>
+      </c>
+    </row>
+    <row r="188" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B188"/>
+      <c s="26" t="str" r="C188"/>
+      <c s="23" t="inlineStr" r="D188">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E188">
+        <v>75.63</v>
+      </c>
+      <c s="30" r="F188">
+        <v>80.16</v>
+      </c>
+      <c s="30" r="G188">
+        <v>72.04</v>
+      </c>
+      <c s="6" t="str" r="H188"/>
+      <c s="30" r="I188">
+        <v>65.73</v>
+      </c>
+      <c s="30" r="J188">
+        <v>56.54</v>
+      </c>
+    </row>
+    <row r="189" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B189"/>
+      <c s="26" t="str" r="C189"/>
+      <c s="23" t="inlineStr" r="D189">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E189">
+        <v>189.59</v>
+      </c>
+      <c s="30" r="F189">
+        <v>210.59</v>
+      </c>
+      <c s="30" r="G189">
+        <v>201.62</v>
+      </c>
+      <c s="6" t="str" r="H189"/>
+      <c s="30" r="I189">
+        <v>194.87</v>
+      </c>
+      <c s="30" r="J189">
+        <v>170.37</v>
+      </c>
+    </row>
+    <row r="190" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B190"/>
+      <c s="26" t="str" r="C190"/>
+      <c s="10" t="inlineStr" r="D190">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E190">
+        <v>491.02</v>
+      </c>
+      <c s="31" r="F190">
+        <v>496.42</v>
+      </c>
+      <c s="31" r="G190">
+        <v>487.58</v>
+      </c>
+      <c s="6" t="str" r="H190"/>
+      <c s="31" r="I190">
+        <v>482.75</v>
+      </c>
+      <c s="31" r="J190">
+        <v>413.28</v>
+      </c>
+    </row>
+    <row r="191" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B191"/>
+      <c s="28" t="str" r="C191"/>
+      <c s="23" t="inlineStr" r="D191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H191"/>
+      <c s="23" t="inlineStr" r="I191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J191">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="192" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B192">
+        <is>
+          <t xml:space="preserve">Plastic Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C192"/>
+      <c s="23" t="inlineStr" r="D192">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="F192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="G192">
+        <v>6</v>
+      </c>
+      <c s="6" t="str" r="H192"/>
+      <c s="24" t="inlineStr" r="I192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="J192">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B193"/>
+      <c s="26" t="str" r="C193"/>
+      <c s="23" t="inlineStr" r="D193">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F193">
+        <v>7</v>
+      </c>
+      <c s="30" r="G193">
+        <v>20</v>
+      </c>
+      <c s="6" t="str" r="H193"/>
+      <c s="30" r="I193">
+        <v>11</v>
+      </c>
+      <c s="24" t="inlineStr" r="J193">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B194"/>
+      <c s="26" t="str" r="C194"/>
+      <c s="23" t="inlineStr" r="D194">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="F194">
+        <v>59</v>
+      </c>
+      <c s="30" r="G194">
+        <v>123</v>
+      </c>
+      <c s="6" t="str" r="H194"/>
+      <c s="30" r="I194">
+        <v>7</v>
+      </c>
+      <c s="24" t="inlineStr" r="J194">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B195"/>
+      <c s="26" t="str" r="C195"/>
+      <c s="10" t="inlineStr" r="D195">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="24" t="inlineStr" r="E195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="31" r="F195">
+        <v>68</v>
+      </c>
+      <c s="31" r="G195">
+        <v>149</v>
+      </c>
+      <c s="6" t="str" r="H195"/>
+      <c s="31" r="I195">
+        <v>20</v>
+      </c>
+      <c s="24" t="inlineStr" r="J195">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B196"/>
+      <c s="28" t="str" r="C196"/>
+      <c s="23" t="inlineStr" r="D196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H196"/>
+      <c s="23" t="inlineStr" r="I196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J196">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="197" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B197">
+        <is>
+          <t xml:space="preserve">Plastic Surgery-Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C197"/>
+      <c s="23" t="inlineStr" r="D197">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E197">
+        <v>6</v>
+      </c>
+      <c s="30" r="F197">
+        <v>6.94</v>
+      </c>
+      <c s="30" r="G197">
+        <v>11.02</v>
+      </c>
+      <c s="6" t="str" r="H197"/>
+      <c s="24" t="inlineStr" r="I197">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+      <c s="30" r="J197">
+        <v>13.1</v>
+      </c>
+    </row>
+    <row r="198" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B198"/>
+      <c s="26" t="str" r="C198"/>
+      <c s="23" t="inlineStr" r="D198">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E198">
+        <v>31.58</v>
+      </c>
+      <c s="30" r="F198">
+        <v>37.82</v>
+      </c>
+      <c s="30" r="G198">
+        <v>29.3</v>
+      </c>
+      <c s="6" t="str" r="H198"/>
+      <c s="30" r="I198">
+        <v>21.48</v>
+      </c>
+      <c s="30" r="J198">
+        <v>48.03</v>
+      </c>
+    </row>
+    <row r="199" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B199"/>
+      <c s="26" t="str" r="C199"/>
+      <c s="23" t="inlineStr" r="D199">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E199">
+        <v>274.26</v>
+      </c>
+      <c s="30" r="F199">
+        <v>246.65</v>
+      </c>
+      <c s="30" r="G199">
+        <v>160.18</v>
+      </c>
+      <c s="6" t="str" r="H199"/>
+      <c s="30" r="I199">
+        <v>19.69</v>
+      </c>
+      <c s="30" r="J199">
+        <v>304.58</v>
+      </c>
+    </row>
+    <row r="200" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B200"/>
+      <c s="26" t="str" r="C200"/>
+      <c s="10" t="inlineStr" r="D200">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E200">
+        <v>308.09</v>
+      </c>
+      <c s="31" r="F200">
+        <v>287.95</v>
+      </c>
+      <c s="31" r="G200">
+        <v>200.3</v>
+      </c>
+      <c s="6" t="str" r="H200"/>
+      <c s="31" r="I200">
+        <v>40.66</v>
+      </c>
+      <c s="31" r="J200">
+        <v>365.72</v>
+      </c>
+    </row>
+    <row r="201" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B201"/>
+      <c s="28" t="str" r="C201"/>
+      <c s="23" t="inlineStr" r="D201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H201"/>
+      <c s="23" t="inlineStr" r="I201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J201">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="202" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B202">
+        <is>
+          <t xml:space="preserve">Psychiatry</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C202"/>
+      <c s="23" t="inlineStr" r="D202">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E202">
+        <v>185.78</v>
+      </c>
+      <c s="30" r="F202">
+        <v>186.31</v>
+      </c>
+      <c s="30" r="G202">
+        <v>214.38</v>
+      </c>
+      <c s="6" t="str" r="H202"/>
+      <c s="30" r="I202">
+        <v>211.76</v>
+      </c>
+      <c s="30" r="J202">
+        <v>180.67</v>
+      </c>
+    </row>
+    <row r="203" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B203"/>
+      <c s="26" t="str" r="C203"/>
+      <c s="23" t="inlineStr" r="D203">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E203">
+        <v>389.98</v>
+      </c>
+      <c s="30" r="F203">
+        <v>346.37</v>
+      </c>
+      <c s="30" r="G203">
+        <v>310.23</v>
+      </c>
+      <c s="6" t="str" r="H203"/>
+      <c s="30" r="I203">
+        <v>287.16</v>
+      </c>
+      <c s="30" r="J203">
+        <v>247.47</v>
+      </c>
+    </row>
+    <row r="204" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B204"/>
+      <c s="26" t="str" r="C204"/>
+      <c s="23" t="inlineStr" r="D204">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E204">
+        <v>355.69</v>
+      </c>
+      <c s="30" r="F204">
+        <v>380.79</v>
+      </c>
+      <c s="30" r="G204">
+        <v>367.58</v>
+      </c>
+      <c s="6" t="str" r="H204"/>
+      <c s="30" r="I204">
+        <v>367.93</v>
+      </c>
+      <c s="30" r="J204">
+        <v>311.26</v>
+      </c>
+    </row>
+    <row r="205" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B205"/>
+      <c s="26" t="str" r="C205"/>
+      <c s="10" t="inlineStr" r="D205">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E205">
+        <v>929.52</v>
+      </c>
+      <c s="31" r="F205">
+        <v>908.39</v>
+      </c>
+      <c s="31" r="G205">
+        <v>892.19</v>
+      </c>
+      <c s="6" t="str" r="H205"/>
+      <c s="31" r="I205">
+        <v>866.84</v>
+      </c>
+      <c s="31" r="J205">
+        <v>738.48</v>
+      </c>
+    </row>
+    <row r="206" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B206"/>
+      <c s="28" t="str" r="C206"/>
+      <c s="23" t="inlineStr" r="D206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H206"/>
+      <c s="23" t="inlineStr" r="I206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J206">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="207" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B207">
+        <is>
+          <t xml:space="preserve">Psychiatry/Family medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C207"/>
+      <c s="23" t="inlineStr" r="D207">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E207">
+        <v>36.4</v>
+      </c>
+      <c s="30" r="F207">
+        <v>20</v>
+      </c>
+      <c s="30" r="G207">
+        <v>29.6</v>
+      </c>
+      <c s="6" t="str" r="H207"/>
+      <c s="30" r="I207">
+        <v>27.5</v>
+      </c>
+      <c s="30" r="J207">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="208" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B208"/>
+      <c s="26" t="str" r="C208"/>
+      <c s="23" t="inlineStr" r="D208">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E208">
+        <v>72</v>
+      </c>
+      <c s="30" r="F208">
+        <v>53.4</v>
+      </c>
+      <c s="30" r="G208">
+        <v>61</v>
+      </c>
+      <c s="6" t="str" r="H208"/>
+      <c s="30" r="I208">
+        <v>61.83</v>
+      </c>
+      <c s="30" r="J208">
+        <v>63.83</v>
+      </c>
+    </row>
+    <row r="209" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B209"/>
+      <c s="26" t="str" r="C209"/>
+      <c s="23" t="inlineStr" r="D209">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E209">
+        <v>69.4</v>
+      </c>
+      <c s="30" r="F209">
+        <v>67.6</v>
+      </c>
+      <c s="30" r="G209">
+        <v>61.8</v>
+      </c>
+      <c s="6" t="str" r="H209"/>
+      <c s="30" r="I209">
+        <v>64.5</v>
+      </c>
+      <c s="30" r="J209">
+        <v>66.17</v>
+      </c>
+    </row>
+    <row r="210" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B210"/>
+      <c s="26" t="str" r="C210"/>
+      <c s="10" t="inlineStr" r="D210">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E210">
+        <v>177.8</v>
+      </c>
+      <c s="31" r="F210">
+        <v>141</v>
+      </c>
+      <c s="31" r="G210">
+        <v>152.4</v>
+      </c>
+      <c s="6" t="str" r="H210"/>
+      <c s="31" r="I210">
+        <v>153.83</v>
+      </c>
+      <c s="31" r="J210">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="211" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B211"/>
+      <c s="28" t="str" r="C211"/>
+      <c s="23" t="inlineStr" r="D211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H211"/>
+      <c s="23" t="inlineStr" r="I211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J211">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="212" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B212">
+        <is>
+          <t xml:space="preserve">Psychiatry/Neurology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C212"/>
+      <c s="23" t="inlineStr" r="D212">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E212">
+        <v>15</v>
+      </c>
+      <c s="30" r="F212">
+        <v>8.25</v>
+      </c>
+      <c s="30" r="G212">
+        <v>9.5</v>
+      </c>
+      <c s="6" t="str" r="H212"/>
+      <c s="30" r="I212">
+        <v>14</v>
+      </c>
+      <c s="30" r="J212">
+        <v>13.33</v>
+      </c>
+    </row>
+    <row r="213" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B213"/>
+      <c s="26" t="str" r="C213"/>
+      <c s="23" t="inlineStr" r="D213">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E213">
+        <v>67</v>
+      </c>
+      <c s="30" r="F213">
+        <v>61</v>
+      </c>
+      <c s="30" r="G213">
+        <v>60.75</v>
+      </c>
+      <c s="6" t="str" r="H213"/>
+      <c s="30" r="I213">
+        <v>52.75</v>
+      </c>
+      <c s="30" r="J213">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="214" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B214"/>
+      <c s="26" t="str" r="C214"/>
+      <c s="23" t="inlineStr" r="D214">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E214">
+        <v>23.75</v>
+      </c>
+      <c s="30" r="F214">
+        <v>17.5</v>
+      </c>
+      <c s="30" r="G214">
+        <v>19.5</v>
+      </c>
+      <c s="6" t="str" r="H214"/>
+      <c s="30" r="I214">
+        <v>25.25</v>
+      </c>
+      <c s="30" r="J214">
+        <v>29.67</v>
+      </c>
+    </row>
+    <row r="215" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B215"/>
+      <c s="26" t="str" r="C215"/>
+      <c s="10" t="inlineStr" r="D215">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E215">
+        <v>105.75</v>
+      </c>
+      <c s="31" r="F215">
+        <v>86.75</v>
+      </c>
+      <c s="31" r="G215">
+        <v>89.75</v>
+      </c>
+      <c s="6" t="str" r="H215"/>
+      <c s="31" r="I215">
+        <v>92</v>
+      </c>
+      <c s="31" r="J215">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="216" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B216"/>
+      <c s="28" t="str" r="C216"/>
+      <c s="23" t="inlineStr" r="D216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H216"/>
+      <c s="23" t="inlineStr" r="I216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J216">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="217" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B217">
+        <is>
+          <t xml:space="preserve">Public Health and General Preventive Medicine</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C217"/>
+      <c s="23" t="inlineStr" r="D217">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E217">
+        <v>5.11</v>
+      </c>
+      <c s="30" r="F217">
+        <v>6.41</v>
+      </c>
+      <c s="30" r="G217">
+        <v>9.3</v>
+      </c>
+      <c s="6" t="str" r="H217"/>
+      <c s="30" r="I217">
+        <v>6.47</v>
+      </c>
+      <c s="30" r="J217">
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="218" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B218"/>
+      <c s="26" t="str" r="C218"/>
+      <c s="23" t="inlineStr" r="D218">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E218">
+        <v>30.11</v>
+      </c>
+      <c s="30" r="F218">
+        <v>37.91</v>
+      </c>
+      <c s="30" r="G218">
+        <v>36.7</v>
+      </c>
+      <c s="6" t="str" r="H218"/>
+      <c s="30" r="I218">
+        <v>33.74</v>
+      </c>
+      <c s="30" r="J218">
+        <v>30.29</v>
+      </c>
+    </row>
+    <row r="219" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B219"/>
+      <c s="26" t="str" r="C219"/>
+      <c s="23" t="inlineStr" r="D219">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E219">
+        <v>24.37</v>
+      </c>
+      <c s="30" r="F219">
+        <v>17.35</v>
+      </c>
+      <c s="30" r="G219">
+        <v>19.84</v>
+      </c>
+      <c s="6" t="str" r="H219"/>
+      <c s="30" r="I219">
+        <v>14.77</v>
+      </c>
+      <c s="30" r="J219">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="220" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B220"/>
+      <c s="26" t="str" r="C220"/>
+      <c s="10" t="inlineStr" r="D220">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E220">
+        <v>59.59</v>
+      </c>
+      <c s="31" r="F220">
+        <v>61.68</v>
+      </c>
+      <c s="31" r="G220">
+        <v>64.35</v>
+      </c>
+      <c s="6" t="str" r="H220"/>
+      <c s="31" r="I220">
+        <v>54.77</v>
+      </c>
+      <c s="31" r="J220">
+        <v>65.61</v>
+      </c>
+    </row>
+    <row r="221" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B221"/>
+      <c s="28" t="str" r="C221"/>
+      <c s="23" t="inlineStr" r="D221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H221"/>
+      <c s="23" t="inlineStr" r="I221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J221">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="222" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B222">
+        <is>
+          <t xml:space="preserve">Radiation Oncology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C222"/>
+      <c s="23" t="inlineStr" r="D222">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E222">
+        <v>6.1</v>
+      </c>
+      <c s="30" r="F222">
+        <v>7.81</v>
+      </c>
+      <c s="30" r="G222">
+        <v>15.22</v>
+      </c>
+      <c s="6" t="str" r="H222"/>
+      <c s="30" r="I222">
+        <v>12.56</v>
+      </c>
+      <c s="30" r="J222">
+        <v>17.34</v>
+      </c>
+    </row>
+    <row r="223" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B223"/>
+      <c s="26" t="str" r="C223"/>
+      <c s="23" t="inlineStr" r="D223">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E223">
+        <v>27.41</v>
+      </c>
+      <c s="30" r="F223">
+        <v>35.76</v>
+      </c>
+      <c s="30" r="G223">
+        <v>45.44</v>
+      </c>
+      <c s="6" t="str" r="H223"/>
+      <c s="30" r="I223">
+        <v>42.33</v>
+      </c>
+      <c s="30" r="J223">
+        <v>41.6</v>
+      </c>
+    </row>
+    <row r="224" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B224"/>
+      <c s="26" t="str" r="C224"/>
+      <c s="23" t="inlineStr" r="D224">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E224">
+        <v>59.75</v>
+      </c>
+      <c s="30" r="F224">
+        <v>68.35</v>
+      </c>
+      <c s="30" r="G224">
+        <v>66.75</v>
+      </c>
+      <c s="6" t="str" r="H224"/>
+      <c s="30" r="I224">
+        <v>75.62</v>
+      </c>
+      <c s="30" r="J224">
+        <v>81.39</v>
+      </c>
+    </row>
+    <row r="225" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B225"/>
+      <c s="26" t="str" r="C225"/>
+      <c s="10" t="inlineStr" r="D225">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E225">
+        <v>93.19</v>
+      </c>
+      <c s="31" r="F225">
+        <v>111.13</v>
+      </c>
+      <c s="31" r="G225">
+        <v>127.41</v>
+      </c>
+      <c s="6" t="str" r="H225"/>
+      <c s="31" r="I225">
+        <v>130.52</v>
+      </c>
+      <c s="31" r="J225">
+        <v>140.12</v>
+      </c>
+    </row>
+    <row r="226" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B226"/>
+      <c s="28" t="str" r="C226"/>
+      <c s="23" t="inlineStr" r="D226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H226"/>
+      <c s="23" t="inlineStr" r="I226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J226">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="227" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B227">
+        <is>
+          <t xml:space="preserve">Radiology-Diagnostic</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C227"/>
+      <c s="23" t="inlineStr" r="D227">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E227">
+        <v>160.29</v>
+      </c>
+      <c s="30" r="F227">
+        <v>180.28</v>
+      </c>
+      <c s="30" r="G227">
+        <v>154.61</v>
+      </c>
+      <c s="6" t="str" r="H227"/>
+      <c s="30" r="I227">
+        <v>131.09</v>
+      </c>
+      <c s="30" r="J227">
+        <v>113.06</v>
+      </c>
+    </row>
+    <row r="228" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B228"/>
+      <c s="26" t="str" r="C228"/>
+      <c s="23" t="inlineStr" r="D228">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E228">
+        <v>168.05</v>
+      </c>
+      <c s="30" r="F228">
+        <v>189.21</v>
+      </c>
+      <c s="30" r="G228">
+        <v>175.12</v>
+      </c>
+      <c s="6" t="str" r="H228"/>
+      <c s="30" r="I228">
+        <v>159.52</v>
+      </c>
+      <c s="30" r="J228">
+        <v>141.93</v>
+      </c>
+    </row>
+    <row r="229" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B229"/>
+      <c s="26" t="str" r="C229"/>
+      <c s="23" t="inlineStr" r="D229">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E229">
+        <v>443.59</v>
+      </c>
+      <c s="30" r="F229">
+        <v>577.73</v>
+      </c>
+      <c s="30" r="G229">
+        <v>529.73</v>
+      </c>
+      <c s="6" t="str" r="H229"/>
+      <c s="30" r="I229">
+        <v>427.03</v>
+      </c>
+      <c s="30" r="J229">
+        <v>388.8</v>
+      </c>
+    </row>
+    <row r="230" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B230"/>
+      <c s="26" t="str" r="C230"/>
+      <c s="10" t="inlineStr" r="D230">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E230">
+        <v>771.93</v>
+      </c>
+      <c s="31" r="F230">
+        <v>947.21</v>
+      </c>
+      <c s="31" r="G230">
+        <v>859.46</v>
+      </c>
+      <c s="6" t="str" r="H230"/>
+      <c s="31" r="I230">
+        <v>717.64</v>
+      </c>
+      <c s="31" r="J230">
+        <v>643.78</v>
+      </c>
+    </row>
+    <row r="231" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B231"/>
+      <c s="28" t="str" r="C231"/>
+      <c s="23" t="inlineStr" r="D231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H231"/>
+      <c s="23" t="inlineStr" r="I231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J231">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="232" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B232">
+        <is>
+          <t xml:space="preserve">Surgery</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C232"/>
+      <c s="23" t="inlineStr" r="D232">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E232">
+        <v>169.93</v>
+      </c>
+      <c s="30" r="F232">
+        <v>177.11</v>
+      </c>
+      <c s="30" r="G232">
+        <v>183.84</v>
+      </c>
+      <c s="6" t="str" r="H232"/>
+      <c s="30" r="I232">
+        <v>151.21</v>
+      </c>
+      <c s="30" r="J232">
+        <v>156.31</v>
+      </c>
+    </row>
+    <row r="233" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B233"/>
+      <c s="26" t="str" r="C233"/>
+      <c s="23" t="inlineStr" r="D233">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E233">
+        <v>399.13</v>
+      </c>
+      <c s="30" r="F233">
+        <v>425.51</v>
+      </c>
+      <c s="30" r="G233">
+        <v>437.78</v>
+      </c>
+      <c s="6" t="str" r="H233"/>
+      <c s="30" r="I233">
+        <v>464.83</v>
+      </c>
+      <c s="30" r="J233">
+        <v>420.04</v>
+      </c>
+    </row>
+    <row r="234" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B234"/>
+      <c s="26" t="str" r="C234"/>
+      <c s="23" t="inlineStr" r="D234">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E234">
+        <v>494.04</v>
+      </c>
+      <c s="30" r="F234">
+        <v>519.29</v>
+      </c>
+      <c s="30" r="G234">
+        <v>484.37</v>
+      </c>
+      <c s="6" t="str" r="H234"/>
+      <c s="30" r="I234">
+        <v>444.98</v>
+      </c>
+      <c s="30" r="J234">
+        <v>423.01</v>
+      </c>
+    </row>
+    <row r="235" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B235"/>
+      <c s="26" t="str" r="C235"/>
+      <c s="10" t="inlineStr" r="D235">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E235">
+        <v>1060.57</v>
+      </c>
+      <c s="31" r="F235">
+        <v>1121.92</v>
+      </c>
+      <c s="31" r="G235">
+        <v>1105.99</v>
+      </c>
+      <c s="6" t="str" r="H235"/>
+      <c s="31" r="I235">
+        <v>1061.01</v>
+      </c>
+      <c s="31" r="J235">
+        <v>999.36</v>
+      </c>
+    </row>
+    <row r="236" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B236"/>
+      <c s="28" t="str" r="C236"/>
+      <c s="23" t="inlineStr" r="D236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H236"/>
+      <c s="23" t="inlineStr" r="I236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J236">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="237" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B237">
+        <is>
+          <t xml:space="preserve">Thoracic Surgery - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C237"/>
+      <c s="23" t="inlineStr" r="D237">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E237">
+        <v>6.52</v>
+      </c>
+      <c s="30" r="F237">
+        <v>7.44</v>
+      </c>
+      <c s="30" r="G237">
+        <v>7</v>
+      </c>
+      <c s="6" t="str" r="H237"/>
+      <c s="30" r="I237">
+        <v>7.72</v>
+      </c>
+      <c s="24" t="inlineStr" r="J237">
+        <is>
+          <t xml:space="preserve">--</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B238"/>
+      <c s="26" t="str" r="C238"/>
+      <c s="23" t="inlineStr" r="D238">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E238">
+        <v>48.39</v>
+      </c>
+      <c s="30" r="F238">
+        <v>48.62</v>
+      </c>
+      <c s="30" r="G238">
+        <v>49.59</v>
+      </c>
+      <c s="6" t="str" r="H238"/>
+      <c s="30" r="I238">
+        <v>51.22</v>
+      </c>
+      <c s="30" r="J238">
+        <v>37.97</v>
+      </c>
+    </row>
+    <row r="239" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B239"/>
+      <c s="26" t="str" r="C239"/>
+      <c s="23" t="inlineStr" r="D239">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E239">
+        <v>67.61</v>
+      </c>
+      <c s="30" r="F239">
+        <v>92.03</v>
+      </c>
+      <c s="30" r="G239">
+        <v>84.29</v>
+      </c>
+      <c s="6" t="str" r="H239"/>
+      <c s="30" r="I239">
+        <v>90.25</v>
+      </c>
+      <c s="30" r="J239">
+        <v>81.86</v>
+      </c>
+    </row>
+    <row r="240" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B240"/>
+      <c s="26" t="str" r="C240"/>
+      <c s="10" t="inlineStr" r="D240">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E240">
+        <v>122.52</v>
+      </c>
+      <c s="31" r="F240">
+        <v>148.09</v>
+      </c>
+      <c s="31" r="G240">
+        <v>140.88</v>
+      </c>
+      <c s="6" t="str" r="H240"/>
+      <c s="31" r="I240">
+        <v>149.19</v>
+      </c>
+      <c s="31" r="J240">
+        <v>123.08</v>
+      </c>
+    </row>
+    <row r="241" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B241"/>
+      <c s="28" t="str" r="C241"/>
+      <c s="23" t="inlineStr" r="D241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H241"/>
+      <c s="23" t="inlineStr" r="I241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J241">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="242" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B242">
+        <is>
+          <t xml:space="preserve">Transitional Year</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C242"/>
+      <c s="23" t="inlineStr" r="D242">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E242">
+        <v>180.98</v>
+      </c>
+      <c s="30" r="F242">
+        <v>155.14</v>
+      </c>
+      <c s="30" r="G242">
+        <v>156.78</v>
+      </c>
+      <c s="6" t="str" r="H242"/>
+      <c s="30" r="I242">
+        <v>148.9</v>
+      </c>
+      <c s="30" r="J242">
+        <v>136.58</v>
+      </c>
+    </row>
+    <row r="243" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B243"/>
+      <c s="26" t="str" r="C243"/>
+      <c s="23" t="inlineStr" r="D243">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E243">
+        <v>163.45</v>
+      </c>
+      <c s="30" r="F243">
+        <v>175.28</v>
+      </c>
+      <c s="30" r="G243">
+        <v>174.26</v>
+      </c>
+      <c s="6" t="str" r="H243"/>
+      <c s="30" r="I243">
+        <v>176.41</v>
+      </c>
+      <c s="30" r="J243">
+        <v>165.16</v>
+      </c>
+    </row>
+    <row r="244" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B244"/>
+      <c s="26" t="str" r="C244"/>
+      <c s="23" t="inlineStr" r="D244">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E244">
+        <v>346.92</v>
+      </c>
+      <c s="30" r="F244">
+        <v>333.14</v>
+      </c>
+      <c s="30" r="G244">
+        <v>335.38</v>
+      </c>
+      <c s="6" t="str" r="H244"/>
+      <c s="30" r="I244">
+        <v>349.56</v>
+      </c>
+      <c s="30" r="J244">
+        <v>331.02</v>
+      </c>
+    </row>
+    <row r="245" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B245"/>
+      <c s="26" t="str" r="C245"/>
+      <c s="10" t="inlineStr" r="D245">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E245">
+        <v>688.16</v>
+      </c>
+      <c s="31" r="F245">
+        <v>661.59</v>
+      </c>
+      <c s="31" r="G245">
+        <v>663.45</v>
+      </c>
+      <c s="6" t="str" r="H245"/>
+      <c s="31" r="I245">
+        <v>674.88</v>
+      </c>
+      <c s="31" r="J245">
+        <v>632.76</v>
+      </c>
+    </row>
+    <row r="246" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B246"/>
+      <c s="28" t="str" r="C246"/>
+      <c s="23" t="inlineStr" r="D246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H246"/>
+      <c s="23" t="inlineStr" r="I246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J246">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="247" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B247">
+        <is>
+          <t xml:space="preserve">Urology</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C247"/>
+      <c s="23" t="inlineStr" r="D247">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E247">
+        <v>31.28</v>
+      </c>
+      <c s="30" r="F247">
+        <v>33.48</v>
+      </c>
+      <c s="30" r="G247">
+        <v>28.56</v>
+      </c>
+      <c s="6" t="str" r="H247"/>
+      <c s="30" r="I247">
+        <v>23.06</v>
+      </c>
+      <c s="30" r="J247">
+        <v>19.93</v>
+      </c>
+    </row>
+    <row r="248" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B248"/>
+      <c s="26" t="str" r="C248"/>
+      <c s="23" t="inlineStr" r="D248">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E248">
+        <v>27.05</v>
+      </c>
+      <c s="30" r="F248">
+        <v>32.69</v>
+      </c>
+      <c s="30" r="G248">
+        <v>43.67</v>
+      </c>
+      <c s="6" t="str" r="H248"/>
+      <c s="30" r="I248">
+        <v>27.34</v>
+      </c>
+      <c s="30" r="J248">
+        <v>28.83</v>
+      </c>
+    </row>
+    <row r="249" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B249"/>
+      <c s="26" t="str" r="C249"/>
+      <c s="23" t="inlineStr" r="D249">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E249">
+        <v>292.15</v>
+      </c>
+      <c s="30" r="F249">
+        <v>265.97</v>
+      </c>
+      <c s="30" r="G249">
+        <v>178.06</v>
+      </c>
+      <c s="6" t="str" r="H249"/>
+      <c s="30" r="I249">
+        <v>160.52</v>
+      </c>
+      <c s="30" r="J249">
+        <v>132.18</v>
+      </c>
+    </row>
+    <row r="250" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B250"/>
+      <c s="26" t="str" r="C250"/>
+      <c s="10" t="inlineStr" r="D250">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E250">
+        <v>350.48</v>
+      </c>
+      <c s="31" r="F250">
+        <v>332.13</v>
+      </c>
+      <c s="31" r="G250">
+        <v>250.28</v>
+      </c>
+      <c s="6" t="str" r="H250"/>
+      <c s="31" r="I250">
+        <v>210.92</v>
+      </c>
+      <c s="31" r="J250">
+        <v>180.93</v>
+      </c>
+    </row>
+    <row r="251" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B251"/>
+      <c s="28" t="str" r="C251"/>
+      <c s="23" t="inlineStr" r="D251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H251"/>
+      <c s="23" t="inlineStr" r="I251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J251">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="252" ht="15.85" customHeight="0">
+      <c s="10" t="inlineStr" r="B252">
+        <is>
+          <t xml:space="preserve">Vascular Surgery - Integrated</t>
+        </is>
+      </c>
+      <c s="22" t="str" r="C252"/>
+      <c s="23" t="inlineStr" r="D252">
+        <is>
+          <t xml:space="preserve">DO</t>
+        </is>
+      </c>
+      <c s="30" r="E252">
+        <v>12.09</v>
+      </c>
+      <c s="30" r="F252">
+        <v>11.93</v>
+      </c>
+      <c s="30" r="G252">
+        <v>11.56</v>
+      </c>
+      <c s="6" t="str" r="H252"/>
+      <c s="30" r="I252">
+        <v>6.13</v>
+      </c>
+      <c s="30" r="J252">
+        <v>11.69</v>
+      </c>
+    </row>
+    <row r="253" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B253"/>
+      <c s="26" t="str" r="C253"/>
+      <c s="23" t="inlineStr" r="D253">
+        <is>
+          <t xml:space="preserve">IMG</t>
+        </is>
+      </c>
+      <c s="30" r="E253">
+        <v>34.12</v>
+      </c>
+      <c s="30" r="F253">
+        <v>36.33</v>
+      </c>
+      <c s="30" r="G253">
+        <v>34.35</v>
+      </c>
+      <c s="6" t="str" r="H253"/>
+      <c s="30" r="I253">
+        <v>40.88</v>
+      </c>
+      <c s="30" r="J253">
+        <v>43.16</v>
+      </c>
+    </row>
+    <row r="254" ht="15.8" customHeight="0">
+      <c s="25" t="str" r="B254"/>
+      <c s="26" t="str" r="C254"/>
+      <c s="23" t="inlineStr" r="D254">
+        <is>
+          <t xml:space="preserve">MD</t>
+        </is>
+      </c>
+      <c s="30" r="E254">
+        <v>84.5</v>
+      </c>
+      <c s="30" r="F254">
+        <v>72.99</v>
+      </c>
+      <c s="30" r="G254">
+        <v>81.29</v>
+      </c>
+      <c s="6" t="str" r="H254"/>
+      <c s="30" r="I254">
+        <v>93.29</v>
+      </c>
+      <c s="30" r="J254">
+        <v>85.77</v>
+      </c>
+    </row>
+    <row r="255" ht="15.85" customHeight="0">
+      <c s="25" t="str" r="B255"/>
+      <c s="26" t="str" r="C255"/>
+      <c s="10" t="inlineStr" r="D255">
+        <is>
+          <t xml:space="preserve">Overall</t>
+        </is>
+      </c>
+      <c s="31" r="E255">
+        <v>130.71</v>
+      </c>
+      <c s="31" r="F255">
+        <v>121.25</v>
+      </c>
+      <c s="31" r="G255">
+        <v>127.19</v>
+      </c>
+      <c s="6" t="str" r="H255"/>
+      <c s="31" r="I255">
+        <v>140.3</v>
+      </c>
+      <c s="31" r="J255">
+        <v>140.62</v>
+      </c>
+    </row>
+    <row r="256" ht="15.85" customHeight="0">
+      <c s="27" t="str" r="B256"/>
+      <c s="28" t="str" r="C256"/>
+      <c s="23" t="inlineStr" r="D256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="E256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="F256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="G256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="6" t="str" r="H256"/>
+      <c s="23" t="inlineStr" r="I256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c s="23" t="inlineStr" r="J256">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+    </row>
+    <row r="257" ht="18.75" customHeight="1"/>
+    <row r="258" ht="43.2" customHeight="1">
+      <c s="15" t="inlineStr" r="B258">
+        <is>
+          <t xml:space="preserve">Overall AVGs are based on the unique programs applied to by all applicant types, the denominator could be different for an individual applicant type depending on the number of unique programs applied to. In some cases you can't add them together to give you the overall AVG. Calculations are also performed before rounding.</t>
+        </is>
+      </c>
+    </row>
+    <row r="259" ht="18" customHeight="1">
+      <c s="15" t="inlineStr" r="B259">
+        <is>
+          <t xml:space="preserve">"--" is mask for N &lt; 5</t>
+        </is>
+      </c>
+    </row>
+    <row r="260" ht="52.6" customHeight="1"/>
+  </sheetData>
+  <mergeCells>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="B7:C11"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B12:C16"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
     <mergeCell ref="B17:C21"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G18:H18"/>
     <mergeCell ref="G19:H19"/>
     <mergeCell ref="G20:H20"/>
     <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B22:C26"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="B27:C31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
     <mergeCell ref="B32:C36"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="G34:H34"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="G36:H36"/>
-    <mergeCell ref="B27:C31"/>
-[...4 lines deleted...]
-    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B37:C41"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
     <mergeCell ref="B42:C46"/>
     <mergeCell ref="G42:H42"/>
     <mergeCell ref="G43:H43"/>
     <mergeCell ref="G44:H44"/>
     <mergeCell ref="G45:H45"/>
     <mergeCell ref="G46:H46"/>
-    <mergeCell ref="B37:C41"/>
-[...4 lines deleted...]
-    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B47:C51"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="G51:H51"/>
     <mergeCell ref="B52:C56"/>
     <mergeCell ref="G52:H52"/>
     <mergeCell ref="G53:H53"/>
     <mergeCell ref="G54:H54"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="G56:H56"/>
-    <mergeCell ref="B47:C51"/>
-[...4 lines deleted...]
-    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="B57:C61"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="G59:H59"/>
+    <mergeCell ref="G60:H60"/>
+    <mergeCell ref="G61:H61"/>
     <mergeCell ref="B62:C66"/>
     <mergeCell ref="G62:H62"/>
     <mergeCell ref="G63:H63"/>
     <mergeCell ref="G64:H64"/>
     <mergeCell ref="G65:H65"/>
     <mergeCell ref="G66:H66"/>
-    <mergeCell ref="B57:C61"/>
-[...4 lines deleted...]
-    <mergeCell ref="G61:H61"/>
+    <mergeCell ref="B67:C71"/>
+    <mergeCell ref="G67:H67"/>
+    <mergeCell ref="G68:H68"/>
+    <mergeCell ref="G69:H69"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="G71:H71"/>
     <mergeCell ref="B72:C76"/>
     <mergeCell ref="G72:H72"/>
     <mergeCell ref="G73:H73"/>
     <mergeCell ref="G74:H74"/>
     <mergeCell ref="G75:H75"/>
     <mergeCell ref="G76:H76"/>
-    <mergeCell ref="B67:C71"/>
-[...4 lines deleted...]
-    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="B77:C81"/>
+    <mergeCell ref="G77:H77"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="G80:H80"/>
+    <mergeCell ref="G81:H81"/>
     <mergeCell ref="B82:C86"/>
     <mergeCell ref="G82:H82"/>
     <mergeCell ref="G83:H83"/>
     <mergeCell ref="G84:H84"/>
     <mergeCell ref="G85:H85"/>
     <mergeCell ref="G86:H86"/>
-    <mergeCell ref="B77:C81"/>
-[...4 lines deleted...]
-    <mergeCell ref="G81:H81"/>
+    <mergeCell ref="B87:C91"/>
+    <mergeCell ref="G87:H87"/>
+    <mergeCell ref="G88:H88"/>
+    <mergeCell ref="G89:H89"/>
+    <mergeCell ref="G90:H90"/>
+    <mergeCell ref="G91:H91"/>
     <mergeCell ref="B92:C96"/>
     <mergeCell ref="G92:H92"/>
     <mergeCell ref="G93:H93"/>
     <mergeCell ref="G94:H94"/>
     <mergeCell ref="G95:H95"/>
     <mergeCell ref="G96:H96"/>
-    <mergeCell ref="B87:C91"/>
-[...4 lines deleted...]
-    <mergeCell ref="G91:H91"/>
+    <mergeCell ref="B97:C101"/>
+    <mergeCell ref="G97:H97"/>
+    <mergeCell ref="G98:H98"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="G100:H100"/>
+    <mergeCell ref="G101:H101"/>
     <mergeCell ref="B102:C106"/>
     <mergeCell ref="G102:H102"/>
     <mergeCell ref="G103:H103"/>
     <mergeCell ref="G104:H104"/>
     <mergeCell ref="G105:H105"/>
     <mergeCell ref="G106:H106"/>
-    <mergeCell ref="B97:C101"/>
-[...4 lines deleted...]
-    <mergeCell ref="G101:H101"/>
+    <mergeCell ref="B107:C111"/>
+    <mergeCell ref="G107:H107"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="G110:H110"/>
+    <mergeCell ref="G111:H111"/>
     <mergeCell ref="B112:C116"/>
     <mergeCell ref="G112:H112"/>
     <mergeCell ref="G113:H113"/>
     <mergeCell ref="G114:H114"/>
     <mergeCell ref="G115:H115"/>
     <mergeCell ref="G116:H116"/>
-    <mergeCell ref="B107:C111"/>
-[...4 lines deleted...]
-    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="B117:C121"/>
+    <mergeCell ref="G117:H117"/>
+    <mergeCell ref="G118:H118"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="G121:H121"/>
     <mergeCell ref="B122:C126"/>
     <mergeCell ref="G122:H122"/>
     <mergeCell ref="G123:H123"/>
     <mergeCell ref="G124:H124"/>
     <mergeCell ref="G125:H125"/>
     <mergeCell ref="G126:H126"/>
-    <mergeCell ref="B117:C121"/>
-[...4 lines deleted...]
-    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B127:C131"/>
+    <mergeCell ref="G127:H127"/>
+    <mergeCell ref="G128:H128"/>
+    <mergeCell ref="G129:H129"/>
+    <mergeCell ref="G130:H130"/>
+    <mergeCell ref="G131:H131"/>
     <mergeCell ref="B132:C136"/>
     <mergeCell ref="G132:H132"/>
     <mergeCell ref="G133:H133"/>
     <mergeCell ref="G134:H134"/>
     <mergeCell ref="G135:H135"/>
     <mergeCell ref="G136:H136"/>
-    <mergeCell ref="B127:C131"/>
-[...4 lines deleted...]
-    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="B137:C141"/>
+    <mergeCell ref="G137:H137"/>
+    <mergeCell ref="G138:H138"/>
+    <mergeCell ref="G139:H139"/>
+    <mergeCell ref="G140:H140"/>
+    <mergeCell ref="G141:H141"/>
     <mergeCell ref="B142:C146"/>
     <mergeCell ref="G142:H142"/>
     <mergeCell ref="G143:H143"/>
     <mergeCell ref="G144:H144"/>
     <mergeCell ref="G145:H145"/>
     <mergeCell ref="G146:H146"/>
-    <mergeCell ref="B137:C141"/>
-[...4 lines deleted...]
-    <mergeCell ref="G141:H141"/>
+    <mergeCell ref="B147:C151"/>
+    <mergeCell ref="G147:H147"/>
+    <mergeCell ref="G148:H148"/>
+    <mergeCell ref="G149:H149"/>
+    <mergeCell ref="G150:H150"/>
+    <mergeCell ref="G151:H151"/>
     <mergeCell ref="B152:C156"/>
     <mergeCell ref="G152:H152"/>
     <mergeCell ref="G153:H153"/>
     <mergeCell ref="G154:H154"/>
     <mergeCell ref="G155:H155"/>
     <mergeCell ref="G156:H156"/>
-    <mergeCell ref="B147:C151"/>
-[...4 lines deleted...]
-    <mergeCell ref="G151:H151"/>
+    <mergeCell ref="B157:C161"/>
+    <mergeCell ref="G157:H157"/>
+    <mergeCell ref="G158:H158"/>
+    <mergeCell ref="G159:H159"/>
+    <mergeCell ref="G160:H160"/>
+    <mergeCell ref="G161:H161"/>
     <mergeCell ref="B162:C166"/>
     <mergeCell ref="G162:H162"/>
     <mergeCell ref="G163:H163"/>
     <mergeCell ref="G164:H164"/>
     <mergeCell ref="G165:H165"/>
     <mergeCell ref="G166:H166"/>
-    <mergeCell ref="B157:C161"/>
-[...4 lines deleted...]
-    <mergeCell ref="G161:H161"/>
+    <mergeCell ref="B167:C171"/>
+    <mergeCell ref="G167:H167"/>
+    <mergeCell ref="G168:H168"/>
+    <mergeCell ref="G169:H169"/>
+    <mergeCell ref="G170:H170"/>
+    <mergeCell ref="G171:H171"/>
     <mergeCell ref="B172:C176"/>
     <mergeCell ref="G172:H172"/>
     <mergeCell ref="G173:H173"/>
     <mergeCell ref="G174:H174"/>
     <mergeCell ref="G175:H175"/>
     <mergeCell ref="G176:H176"/>
-    <mergeCell ref="B167:C171"/>
-[...4 lines deleted...]
-    <mergeCell ref="G171:H171"/>
+    <mergeCell ref="B177:C181"/>
+    <mergeCell ref="G177:H177"/>
+    <mergeCell ref="G178:H178"/>
+    <mergeCell ref="G179:H179"/>
+    <mergeCell ref="G180:H180"/>
+    <mergeCell ref="G181:H181"/>
     <mergeCell ref="B182:C186"/>
     <mergeCell ref="G182:H182"/>
     <mergeCell ref="G183:H183"/>
     <mergeCell ref="G184:H184"/>
     <mergeCell ref="G185:H185"/>
     <mergeCell ref="G186:H186"/>
-    <mergeCell ref="B177:C181"/>
-[...4 lines deleted...]
-    <mergeCell ref="G181:H181"/>
+    <mergeCell ref="B187:C191"/>
+    <mergeCell ref="G187:H187"/>
+    <mergeCell ref="G188:H188"/>
+    <mergeCell ref="G189:H189"/>
+    <mergeCell ref="G190:H190"/>
+    <mergeCell ref="G191:H191"/>
     <mergeCell ref="B192:C196"/>
     <mergeCell ref="G192:H192"/>
     <mergeCell ref="G193:H193"/>
     <mergeCell ref="G194:H194"/>
     <mergeCell ref="G195:H195"/>
     <mergeCell ref="G196:H196"/>
-    <mergeCell ref="B187:C191"/>
-[...4 lines deleted...]
-    <mergeCell ref="G191:H191"/>
+    <mergeCell ref="B197:C201"/>
+    <mergeCell ref="G197:H197"/>
+    <mergeCell ref="G198:H198"/>
+    <mergeCell ref="G199:H199"/>
+    <mergeCell ref="G200:H200"/>
+    <mergeCell ref="G201:H201"/>
     <mergeCell ref="B202:C206"/>
     <mergeCell ref="G202:H202"/>
     <mergeCell ref="G203:H203"/>
     <mergeCell ref="G204:H204"/>
     <mergeCell ref="G205:H205"/>
     <mergeCell ref="G206:H206"/>
-    <mergeCell ref="B197:C201"/>
-[...4 lines deleted...]
-    <mergeCell ref="G201:H201"/>
+    <mergeCell ref="B207:C211"/>
+    <mergeCell ref="G207:H207"/>
+    <mergeCell ref="G208:H208"/>
+    <mergeCell ref="G209:H209"/>
+    <mergeCell ref="G210:H210"/>
+    <mergeCell ref="G211:H211"/>
     <mergeCell ref="B212:C216"/>
     <mergeCell ref="G212:H212"/>
     <mergeCell ref="G213:H213"/>
     <mergeCell ref="G214:H214"/>
     <mergeCell ref="G215:H215"/>
     <mergeCell ref="G216:H216"/>
-    <mergeCell ref="B207:C211"/>
-[...4 lines deleted...]
-    <mergeCell ref="G211:H211"/>
+    <mergeCell ref="B217:C221"/>
+    <mergeCell ref="G217:H217"/>
+    <mergeCell ref="G218:H218"/>
+    <mergeCell ref="G219:H219"/>
+    <mergeCell ref="G220:H220"/>
+    <mergeCell ref="G221:H221"/>
     <mergeCell ref="B222:C226"/>
     <mergeCell ref="G222:H222"/>
     <mergeCell ref="G223:H223"/>
     <mergeCell ref="G224:H224"/>
     <mergeCell ref="G225:H225"/>
     <mergeCell ref="G226:H226"/>
-    <mergeCell ref="B217:C221"/>
-[...4 lines deleted...]
-    <mergeCell ref="G221:H221"/>
+    <mergeCell ref="B227:C231"/>
+    <mergeCell ref="G227:H227"/>
+    <mergeCell ref="G228:H228"/>
+    <mergeCell ref="G229:H229"/>
+    <mergeCell ref="G230:H230"/>
+    <mergeCell ref="G231:H231"/>
     <mergeCell ref="B232:C236"/>
     <mergeCell ref="G232:H232"/>
     <mergeCell ref="G233:H233"/>
     <mergeCell ref="G234:H234"/>
     <mergeCell ref="G235:H235"/>
     <mergeCell ref="G236:H236"/>
-    <mergeCell ref="B227:C231"/>
-[...4 lines deleted...]
-    <mergeCell ref="G231:H231"/>
+    <mergeCell ref="B237:C241"/>
+    <mergeCell ref="G237:H237"/>
+    <mergeCell ref="G238:H238"/>
+    <mergeCell ref="G239:H239"/>
+    <mergeCell ref="G240:H240"/>
+    <mergeCell ref="G241:H241"/>
     <mergeCell ref="B242:C246"/>
     <mergeCell ref="G242:H242"/>
     <mergeCell ref="G243:H243"/>
     <mergeCell ref="G244:H244"/>
     <mergeCell ref="G245:H245"/>
     <mergeCell ref="G246:H246"/>
-    <mergeCell ref="B237:C241"/>
-[...5 lines deleted...]
-    <mergeCell ref="B258:G258"/>
+    <mergeCell ref="B247:C251"/>
+    <mergeCell ref="G247:H247"/>
+    <mergeCell ref="G248:H248"/>
+    <mergeCell ref="G249:H249"/>
+    <mergeCell ref="G250:H250"/>
+    <mergeCell ref="G251:H251"/>
     <mergeCell ref="B252:C256"/>
     <mergeCell ref="G252:H252"/>
     <mergeCell ref="G253:H253"/>
     <mergeCell ref="G254:H254"/>
     <mergeCell ref="G255:H255"/>
     <mergeCell ref="G256:H256"/>
-    <mergeCell ref="B247:C251"/>
-[...4 lines deleted...]
-    <mergeCell ref="G251:H251"/>
+    <mergeCell ref="B258:G258"/>
+    <mergeCell ref="B259:G259"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId1"/>
-[...12537 lines deleted...]
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId16"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009744FB879CB7A949818AD7EDACBE9793" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a05c7f27ee8f94ed4525ed163cf1acc2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xmlns:ns3="81ca80e8-7e82-497f-a57f-14a1a27c7198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f10e0d58e8e554592ae0b49b800d99ea" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e"/>
     <xsd:import namespace="81ca80e8-7e82-497f-a57f-14a1a27c7198"/>
@@ -20926,154 +24831,100 @@
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Note_x002f_Other xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <TaxCatchAll xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198" xsi:nil="true"/>
     <LoginInformation xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="c53de4bd-2bf9-48e2-8a04-d1e4f20dc86e" xsi:nil="true"/>
-    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-162776</_dlc_DocId>
+    <_dlc_DocId xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">TQ32YHM4J7VE-1507329340-198451</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="81ca80e8-7e82-497f-a57f-14a1a27c7198">
-      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-162776</Url>
-      <Description>TQ32YHM4J7VE-1507329340-162776</Description>
+      <Url>https://aamc1.sharepoint.com/sites/OCOMM/_layouts/15/DocIdRedir.aspx?ID=TQ32YHM4J7VE-1507329340-198451</Url>
+      <Description>TQ32YHM4J7VE-1507329340-198451</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF3A5C1D-101C-4E3C-8888-A5623609012A}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCA5C2D9-C4DE-4F89-8D0C-2225B7974311}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A80E907-001B-4A20-8D77-F9F9BCB23D51}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53BD51DB-D1DA-4BE5-B5B2-5B4A5B8A392E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{926B7E29-5F66-4D87-BAEC-84E4D470F536}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06E566F0-0F61-451B-A663-987B67A3937E}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14ACAC43-AC52-48DE-9D1A-E679992637EC}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E216E9F-EA74-4DF4-A4DD-86B15D418489}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...2 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+  <Pages>0</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <Slides>0</Slides>
+  <Notes>0</Notes>
+  <TotalTime></TotalTime>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...8 lines deleted...]
-    </vt:vector>
+    <vt:vector baseType="lpstr" size="0"/>
   </TitlesOfParts>
-  <Manager/>
-[...4 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <LinksUpToDate>0</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
+  <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...11 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009744FB879CB7A949818AD7EDACBE9793</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>f2b0414a-d17f-4b81-9097-806254b16d13</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>fd5973b0-ae79-4b7e-b248-30ecf6aa7955</vt:lpwstr>
   </property>
 </Properties>
 </file>