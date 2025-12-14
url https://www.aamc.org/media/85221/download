--- v0 (2025-10-07)
+++ v1 (2025-12-14)
@@ -1,69 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DataOperationsandServices/Shared Documents/ASR Data Operations and Services/FACTS/2025/Summary Data/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Summary Data/Posted/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{95338FAD-9B47-44EE-A597-69BC6B7B1F2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{24A11EE3-FABA-4F3B-BB5C-F619169EBD68}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="13_ncr:1_{95338FAD-9B47-44EE-A597-69BC6B7B1F2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ACB59671-91D9-449C-9CA6-E126929546A8}"/>
   <bookViews>
-    <workbookView xWindow="-25350" yWindow="2505" windowWidth="24960" windowHeight="14685" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-21075" yWindow="2325" windowWidth="18150" windowHeight="14295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Graphs" sheetId="3" r:id="rId1"/>
     <sheet name="Graduates Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Graduates Data'!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Graphs!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -2340,95 +2339,138 @@
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>116158</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>20766</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>503766</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>74083</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>541031</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>110887</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="AAMC">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{929A4A7F-1FEF-451D-ACA7-7F38E4B77E25}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8250766" y="74083"/>
+          <a:ext cx="682848" cy="216721"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.07037</cdr:x>
       <cdr:y>0.10707</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.92856</cdr:x>
       <cdr:y>0.21213</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="12" name="TextBox 11"/>
         <cdr:cNvSpPr txBox="1"/>
       </cdr:nvSpPr>
       <cdr:spPr>
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="616596" y="630532"/>
           <a:ext cx="7519632" cy="618702"/>
@@ -2705,75 +2747,75 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;LSource: AAMC &amp;D&amp;R© 2025 Association of American Medical Colleges. 
 These data and charts may not be reproduced or distributed without prior written permission.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
-  <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="14.1328125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.46484375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
@@ -3446,67 +3488,67 @@
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A50:D50"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AB94DC61855BD4FB54A53A6B02FB8B9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4fa060758ad3a83633608c0119c51159">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67" xmlns:ns3="7f53906c-3413-4ea1-b896-8b4dbbba206b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fbc80b48c275a4b587fccac6be0caa1c" ns2:_="" ns3:_="">
     <xsd:import namespace="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <xsd:import namespace="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -3715,64 +3757,64 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C60D246C-F9EB-486B-8FD6-F7C1B0D92292}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CCF4143-EC32-40A1-B084-C5497205B424}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E6CC606-6597-4AD4-9662-501F201A8953}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
@@ -3804,27 +3846,30 @@
     </vt:vector>
   </TitlesOfParts>
   <Company>AAMC</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Brianna Gunter</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001AB94DC61855BD4FB54A53A6B02FB8B9</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>