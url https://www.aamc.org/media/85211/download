--- v0 (2025-10-07)
+++ v1 (2025-11-18)
@@ -5,94 +5,91 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DataOperationsandServices/Shared Documents/ASR Data Operations and Services/FACTS/2025/Excel Reports/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aamc1.sharepoint.com/sites/DOS/Shared Documents/ASR/FACTS/2025/Excel Reports/Posted/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{852365E8-A04A-4149-9924-FC3981C22997}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{852365E8-A04A-4149-9924-FC3981C22997}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{21C42B39-AFF8-4A2C-B752-E4D852D81356}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-27510" yWindow="2250" windowWidth="20565" windowHeight="14880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FACTS Table C-1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'FACTS Table C-1'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A3" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="55">
   <si>
-    <t>Table C-1: Residency Applicants to ACGME-Accredited Programs by Specialty and Gender, Academic Year 2025-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>ERAS Applicants by Specialty and Gender</t>
   </si>
   <si>
     <t>Men</t>
   </si>
   <si>
     <t>Women</t>
   </si>
   <si>
     <t>Applicants</t>
   </si>
   <si>
     <t>Average Number 
 of Applications</t>
   </si>
   <si>
     <t>Aerospace Medicine</t>
   </si>
   <si>
     <t>Anesthesiology</t>
   </si>
   <si>
     <t>Child Neurology</t>
   </si>
   <si>
@@ -210,104 +207,123 @@
     <t>Public Health and General Preventive Medicine</t>
   </si>
   <si>
     <t>Radiation Oncology</t>
   </si>
   <si>
     <t>Radiology-Diagnostic</t>
   </si>
   <si>
     <t>Surgery</t>
   </si>
   <si>
     <t>Thoracic Surgery-Integrated</t>
   </si>
   <si>
     <t>Transitional Year</t>
   </si>
   <si>
     <t>Urology</t>
   </si>
   <si>
     <t>Vascular Surgery-Integrated</t>
   </si>
   <si>
     <t>Note: Applicants who selected "Another Gender Identity" or declined to report gender are not reflected.</t>
+  </si>
+  <si>
+    <t>Table C-1: Residency Applicants to ACGME-Accredited Programs 
+by Specialty and Gender, Academic Year 2025-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="8" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="8" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF215967"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF215967"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -369,331 +385,298 @@
       <top style="thin">
         <color theme="8" tint="0.39994506668294322"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="8" tint="0.39994506668294322"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="8" tint="0.39994506668294322"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF215967"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>865716</xdr:colOff>
+      <xdr:colOff>301095</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>47095</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>66674</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>995973</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>264757</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="2" name="Picture 1" descr="AAMC">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B08AB14D-34F7-4B6E-AAA0-581673E3B109}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
-        <a:srcRect l="88691" t="21766" r="4065" b="70667"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="7554383" y="0"/>
-          <a:ext cx="418837" cy="267757"/>
+          <a:off x="7518928" y="47095"/>
+          <a:ext cx="694878" cy="217662"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...1 lines deleted...]
-          <a:noFill/>
+        <a:ln>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...1 lines deleted...]
-          <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -830,953 +813,953 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection sqref="A1:E1"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="62.5703125" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="62.59765625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="10.86328125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="16.1328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.86328125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="16.1328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="45.265625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="9.1328125" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.1328125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="A2" s="11">
+    <row r="1" spans="1:5" s="3" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+    </row>
+    <row r="2" spans="1:5" s="3" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="5">
         <v>2025</v>
       </c>
     </row>
-    <row r="3" spans="1:5" s="5" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="26" t="str">
+    <row r="3" spans="1:5" s="3" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="10" t="str">
         <f ca="1">"The table below displays the number of applicants to ACGME-accredited residency programs by gender and the average number of applications individuals of that gender supplied to ACGME-accredited residency programs of the corresponding specialty. " &amp; "This includes U.S. and Canadian MD-granting medical school graduates, U.S. DO-granting medical school graduates, and international medical school graduates who applied to ACGME-accredited residency programs through ERAS." &amp; " The academic year refers to residency training that begins in " &amp; IF(ISNUMBER(A2),A2&amp;"-"&amp;(A2+1),YEAR(NOW()) &amp; "-" &amp;(YEAR(NOW())+1)) &amp; ". Please email datarequest@aamc.org if you need further assistance or have additional inquiries."</f>
         <v>The table below displays the number of applicants to ACGME-accredited residency programs by gender and the average number of applications individuals of that gender supplied to ACGME-accredited residency programs of the corresponding specialty. This includes U.S. and Canadian MD-granting medical school graduates, U.S. DO-granting medical school graduates, and international medical school graduates who applied to ACGME-accredited residency programs through ERAS. The academic year refers to residency training that begins in 2025-2026. Please email datarequest@aamc.org if you need further assistance or have additional inquiries.</v>
       </c>
-      <c r="B3" s="25"/>
-[...8 lines deleted...]
-      <c r="A5" s="18" t="s">
+      <c r="B3" s="9"/>
+      <c r="C3" s="9"/>
+      <c r="D3" s="9"/>
+      <c r="E3" s="9"/>
+    </row>
+    <row r="4" spans="1:5" ht="2.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="4"/>
+    </row>
+    <row r="5" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.45">
+      <c r="A5" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="22" t="s">
+      <c r="C5" s="13"/>
+      <c r="D5" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="23"/>
-      <c r="D5" s="22" t="s">
+      <c r="E5" s="13"/>
+    </row>
+    <row r="6" spans="1:5" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A6" s="14"/>
+      <c r="B6" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="23"/>
-[...3 lines deleted...]
-      <c r="B6" s="14" t="s">
+      <c r="C6" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="D6" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="17" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A7" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="14" t="s">
-[...7 lines deleted...]
-      <c r="A7" s="4" t="s">
+      <c r="B7" s="19">
+        <v>41</v>
+      </c>
+      <c r="C7" s="20">
+        <v>1</v>
+      </c>
+      <c r="D7" s="19">
+        <v>13</v>
+      </c>
+      <c r="E7" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A8" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="9">
+      <c r="B8" s="22">
+        <v>2453</v>
+      </c>
+      <c r="C8" s="23">
+        <v>44.7</v>
+      </c>
+      <c r="D8" s="22">
+        <v>1569</v>
+      </c>
+      <c r="E8" s="23">
+        <v>42.7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A9" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="19">
+        <v>322</v>
+      </c>
+      <c r="C9" s="20">
+        <v>11.7</v>
+      </c>
+      <c r="D9" s="19">
+        <v>405</v>
+      </c>
+      <c r="E9" s="20">
+        <v>18.100000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A10" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="22">
+        <v>540</v>
+      </c>
+      <c r="C10" s="23">
+        <v>27.1</v>
+      </c>
+      <c r="D10" s="22">
+        <v>1038</v>
+      </c>
+      <c r="E10" s="23">
+        <v>36.700000000000003</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A11" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="19">
+        <v>78</v>
+      </c>
+      <c r="C11" s="20">
+        <v>1.8</v>
+      </c>
+      <c r="D11" s="19">
+        <v>42</v>
+      </c>
+      <c r="E11" s="20">
+        <v>1.7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A12" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="22">
+        <v>3253</v>
+      </c>
+      <c r="C12" s="23">
+        <v>36.4</v>
+      </c>
+      <c r="D12" s="22">
+        <v>2547</v>
+      </c>
+      <c r="E12" s="23">
+        <v>40.4</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A13" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="19">
+        <v>46</v>
+      </c>
+      <c r="C13" s="20">
+        <v>1</v>
+      </c>
+      <c r="D13" s="19">
+        <v>14</v>
+      </c>
+      <c r="E13" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A14" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="22">
+        <v>82</v>
+      </c>
+      <c r="C14" s="23">
+        <v>1</v>
+      </c>
+      <c r="D14" s="22">
+        <v>37</v>
+      </c>
+      <c r="E14" s="23">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A15" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="19">
+        <v>84</v>
+      </c>
+      <c r="C15" s="20">
+        <v>2</v>
+      </c>
+      <c r="D15" s="19">
+        <v>67</v>
+      </c>
+      <c r="E15" s="20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A16" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="22">
+        <v>6822</v>
+      </c>
+      <c r="C16" s="23">
+        <v>38.700000000000003</v>
+      </c>
+      <c r="D16" s="22">
+        <v>7633</v>
+      </c>
+      <c r="E16" s="23">
+        <v>41.4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A17" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="19">
+        <v>85</v>
+      </c>
+      <c r="C17" s="20">
+        <v>1</v>
+      </c>
+      <c r="D17" s="19">
+        <v>100</v>
+      </c>
+      <c r="E17" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A18" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="22">
+        <v>15349</v>
+      </c>
+      <c r="C18" s="23">
+        <v>73.8</v>
+      </c>
+      <c r="D18" s="22">
+        <v>13528</v>
+      </c>
+      <c r="E18" s="23">
+        <v>70.5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A19" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="19">
+        <v>67</v>
+      </c>
+      <c r="C19" s="20">
+        <v>3.9</v>
+      </c>
+      <c r="D19" s="19">
+        <v>117</v>
+      </c>
+      <c r="E19" s="20">
+        <v>3.3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A20" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22">
+        <v>149</v>
+      </c>
+      <c r="C20" s="23">
+        <v>6.1</v>
+      </c>
+      <c r="D20" s="22">
+        <v>97</v>
+      </c>
+      <c r="E20" s="23">
+        <v>5.7</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A21" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="19">
+        <v>54</v>
+      </c>
+      <c r="C21" s="20">
+        <v>2.9</v>
+      </c>
+      <c r="D21" s="19">
+        <v>29</v>
+      </c>
+      <c r="E21" s="20">
+        <v>2.8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A22" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="22">
+        <v>548</v>
+      </c>
+      <c r="C22" s="23">
+        <v>13.8</v>
+      </c>
+      <c r="D22" s="22">
+        <v>736</v>
+      </c>
+      <c r="E22" s="23">
+        <v>19.600000000000001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A23" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="19">
+        <v>158</v>
+      </c>
+      <c r="C23" s="20">
+        <v>2.4</v>
+      </c>
+      <c r="D23" s="19">
+        <v>147</v>
+      </c>
+      <c r="E23" s="20">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A24" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="22">
+        <v>314</v>
+      </c>
+      <c r="C24" s="23">
+        <v>3.4</v>
+      </c>
+      <c r="D24" s="22">
+        <v>226</v>
+      </c>
+      <c r="E24" s="23">
+        <v>3.9</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A25" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="19">
+        <v>666</v>
+      </c>
+      <c r="C25" s="20">
+        <v>20.5</v>
+      </c>
+      <c r="D25" s="19">
+        <v>270</v>
+      </c>
+      <c r="E25" s="20">
+        <v>18.899999999999999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A26" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="22">
+        <v>73</v>
+      </c>
+      <c r="C26" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D26" s="22">
+        <v>76</v>
+      </c>
+      <c r="E26" s="23">
+        <v>2.7</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A27" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="19">
+        <v>561</v>
+      </c>
+      <c r="C27" s="20">
+        <v>47.3</v>
+      </c>
+      <c r="D27" s="19">
+        <v>252</v>
+      </c>
+      <c r="E27" s="20">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A28" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="22">
+        <v>1656</v>
+      </c>
+      <c r="C28" s="23">
+        <v>41.8</v>
+      </c>
+      <c r="D28" s="22">
+        <v>1321</v>
+      </c>
+      <c r="E28" s="23">
+        <v>45.7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A29" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B29" s="19">
+        <v>134</v>
+      </c>
+      <c r="C29" s="20">
+        <v>2.5</v>
+      </c>
+      <c r="D29" s="19">
+        <v>87</v>
+      </c>
+      <c r="E29" s="20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A30" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" s="22">
+        <v>98</v>
+      </c>
+      <c r="C30" s="23">
+        <v>5.8</v>
+      </c>
+      <c r="D30" s="22">
+        <v>89</v>
+      </c>
+      <c r="E30" s="23">
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A31" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" s="19">
+        <v>1374</v>
+      </c>
+      <c r="C31" s="20">
+        <v>45.3</v>
+      </c>
+      <c r="D31" s="19">
+        <v>487</v>
+      </c>
+      <c r="E31" s="20">
+        <v>44.8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A32" s="21" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="22">
+        <v>65</v>
+      </c>
+      <c r="C32" s="23">
+        <v>3.2</v>
+      </c>
+      <c r="D32" s="22">
         <v>41</v>
       </c>
-      <c r="C7" s="12">
+      <c r="E32" s="23">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A33" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="19">
+        <v>419</v>
+      </c>
+      <c r="C33" s="20">
+        <v>35.200000000000003</v>
+      </c>
+      <c r="D33" s="19">
+        <v>351</v>
+      </c>
+      <c r="E33" s="20">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A34" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="22">
+        <v>751</v>
+      </c>
+      <c r="C34" s="23">
+        <v>47.8</v>
+      </c>
+      <c r="D34" s="22">
+        <v>785</v>
+      </c>
+      <c r="E34" s="23">
+        <v>50.4</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A35" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="19">
+        <v>2170</v>
+      </c>
+      <c r="C35" s="20">
+        <v>27.6</v>
+      </c>
+      <c r="D35" s="19">
+        <v>4445</v>
+      </c>
+      <c r="E35" s="20">
+        <v>37.1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A36" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" s="22">
+        <v>42</v>
+      </c>
+      <c r="C36" s="23">
+        <v>3.8</v>
+      </c>
+      <c r="D36" s="22">
+        <v>38</v>
+      </c>
+      <c r="E36" s="23">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A37" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" s="19">
+        <v>31</v>
+      </c>
+      <c r="C37" s="20">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D37" s="19">
+        <v>47</v>
+      </c>
+      <c r="E37" s="20">
+        <v>2.9</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A38" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" s="22">
+        <v>71</v>
+      </c>
+      <c r="C38" s="23">
+        <v>5.7</v>
+      </c>
+      <c r="D38" s="22">
+        <v>100</v>
+      </c>
+      <c r="E38" s="23">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A39" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="19">
+        <v>30</v>
+      </c>
+      <c r="C39" s="20">
+        <v>2.8</v>
+      </c>
+      <c r="D39" s="19">
+        <v>37</v>
+      </c>
+      <c r="E39" s="20">
+        <v>3.4</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A40" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="22">
+        <v>67</v>
+      </c>
+      <c r="C40" s="23">
+        <v>6.1</v>
+      </c>
+      <c r="D40" s="22">
+        <v>122</v>
+      </c>
+      <c r="E40" s="23">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A41" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" s="19">
+        <v>888</v>
+      </c>
+      <c r="C41" s="20">
+        <v>39</v>
+      </c>
+      <c r="D41" s="19">
+        <v>510</v>
+      </c>
+      <c r="E41" s="20">
+        <v>40.299999999999997</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A42" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" s="22">
+        <v>14</v>
+      </c>
+      <c r="C42" s="23">
         <v>1</v>
       </c>
-      <c r="D7" s="9">
-[...2 lines deleted...]
-      <c r="E7" s="12">
+      <c r="D42" s="22">
+        <v>6</v>
+      </c>
+      <c r="E42" s="23">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-[...60 lines deleted...]
-      <c r="D11" s="9">
+    <row r="43" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A43" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="B43" s="19">
+        <v>70</v>
+      </c>
+      <c r="C43" s="20">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="D43" s="19">
+        <v>59</v>
+      </c>
+      <c r="E43" s="20">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A44" s="21" t="s">
         <v>42</v>
       </c>
-      <c r="E11" s="12">
-[...24 lines deleted...]
-      <c r="B13" s="9">
+      <c r="B44" s="22">
+        <v>2037</v>
+      </c>
+      <c r="C44" s="23">
+        <v>63.1</v>
+      </c>
+      <c r="D44" s="22">
+        <v>2320</v>
+      </c>
+      <c r="E44" s="23">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A45" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="19">
+        <v>141</v>
+      </c>
+      <c r="C45" s="20">
+        <v>3.3</v>
+      </c>
+      <c r="D45" s="19">
+        <v>136</v>
+      </c>
+      <c r="E45" s="20">
+        <v>3.3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A46" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" s="22">
+        <v>67</v>
+      </c>
+      <c r="C46" s="23">
+        <v>2.8</v>
+      </c>
+      <c r="D46" s="22">
+        <v>69</v>
+      </c>
+      <c r="E46" s="23">
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A47" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" s="19">
+        <v>187</v>
+      </c>
+      <c r="C47" s="20">
+        <v>7.2</v>
+      </c>
+      <c r="D47" s="19">
+        <v>200</v>
+      </c>
+      <c r="E47" s="20">
+        <v>5.7</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A48" s="21" t="s">
         <v>46</v>
       </c>
-      <c r="C13" s="12">
-[...243 lines deleted...]
-      <c r="E27" s="12">
+      <c r="B48" s="22">
+        <v>326</v>
+      </c>
+      <c r="C48" s="23">
+        <v>21.4</v>
+      </c>
+      <c r="D48" s="22">
+        <v>230</v>
+      </c>
+      <c r="E48" s="23">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A49" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B49" s="19">
+        <v>1719</v>
+      </c>
+      <c r="C49" s="20">
+        <v>53.2</v>
+      </c>
+      <c r="D49" s="19">
+        <v>905</v>
+      </c>
+      <c r="E49" s="20">
+        <v>51.4</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A50" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B50" s="22">
+        <v>4017</v>
+      </c>
+      <c r="C50" s="23">
+        <v>54.9</v>
+      </c>
+      <c r="D50" s="22">
+        <v>3274</v>
+      </c>
+      <c r="E50" s="23">
+        <v>59.3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A51" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="19">
+        <v>154</v>
+      </c>
+      <c r="C51" s="20">
+        <v>22.9</v>
+      </c>
+      <c r="D51" s="19">
+        <v>77</v>
+      </c>
+      <c r="E51" s="20">
+        <v>24.1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A52" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="22">
+        <v>5116</v>
+      </c>
+      <c r="C52" s="23">
+        <v>15.5</v>
+      </c>
+      <c r="D52" s="22">
+        <v>4619</v>
+      </c>
+      <c r="E52" s="23">
+        <v>14.4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A53" s="18" t="s">
         <v>51</v>
       </c>
-    </row>
-[...426 lines deleted...]
-      <c r="A53" s="4" t="s">
+      <c r="B53" s="19">
+        <v>346</v>
+      </c>
+      <c r="C53" s="20">
+        <v>52.2</v>
+      </c>
+      <c r="D53" s="19">
+        <v>233</v>
+      </c>
+      <c r="E53" s="20">
+        <v>53.5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A54" s="24" t="s">
         <v>52</v>
       </c>
-      <c r="B53" s="9">
-[...13 lines deleted...]
-      <c r="A54" s="15" t="s">
+      <c r="B54" s="25">
+        <v>170</v>
+      </c>
+      <c r="C54" s="26">
+        <v>41.9</v>
+      </c>
+      <c r="D54" s="25">
+        <v>83</v>
+      </c>
+      <c r="E54" s="26">
+        <v>44.3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A55" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="B54" s="16">
-[...28 lines deleted...]
-      <c r="A58" s="7"/>
+      <c r="B55" s="7"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="7"/>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A56" s="4"/>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A57" s="4"/>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A58" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A3:E3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="95" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8 Source: AAMC &amp;D&amp;R&amp;8 ©2025 Association of American Medical Colleges.
 May be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
@@ -2016,103 +1999,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7f53906c-3413-4ea1-b896-8b4dbbba206b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDBE0840-4A93-4E0C-9664-B40F6936E319}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D4F345B-6A9F-456D-9D04-A3D1CE131939}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A120F1D0-E4DD-40A8-BB3B-3F38460380CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c6319a1-d11a-4a5a-95e2-558c5a3c1b67"/>
     <ds:schemaRef ds:uri="7f53906c-3413-4ea1-b896-8b4dbbba206b"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>