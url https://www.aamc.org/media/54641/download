--- v0 (2025-10-06)
+++ v1 (2026-02-19)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Faculty Roster\USMSF\USMSF Package\Output\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8D2BE09C-1F68-4F79-A43F-595329D77B0F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{934CACEE-089C-42C8-9811-68BC41C7F15F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{5F461B6F-0113-429C-B3A4-385888A5BFD9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="14250" xr2:uid="{5F461B6F-0113-429C-B3A4-385888A5BFD9}"/>
   </bookViews>
   <sheets>
     <sheet name="Avg Age by Gender, Rank" sheetId="6" r:id="rId1"/>
     <sheet name="Avg Age by Race, Rank" sheetId="7" r:id="rId2"/>
     <sheet name="First-Time Fac by Gender, Rank" sheetId="8" r:id="rId3"/>
     <sheet name="First-Time Fac by Race, Rank" sheetId="9" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="388" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="384" uniqueCount="98">
   <si>
     <t>Men</t>
   </si>
   <si>
     <t>Women</t>
   </si>
   <si>
     <t>All Full-Time Faculty</t>
   </si>
   <si>
     <t xml:space="preserve"> Instructor</t>
   </si>
   <si>
     <t xml:space="preserve"> Professor</t>
   </si>
   <si>
     <t>Snapshot Year</t>
   </si>
   <si>
     <t>Associate Professor</t>
   </si>
   <si>
     <t>Assistant Professor</t>
   </si>
   <si>
@@ -140,75 +140,75 @@
   <si>
     <t>*Comprehensive data on first-time chairs are available from 1978-1979 onwards.</t>
   </si>
   <si>
     <t>First-Time Chairs*</t>
   </si>
   <si>
     <t>First-Time Other Rank</t>
   </si>
   <si>
     <t>Note: This table excludes faculty with missing race/ethnicity data and faculty with missing or out of range birth dates.</t>
   </si>
   <si>
     <t>The table below displays the average age of department chairs and full-time faculty at all U.S. medical schools by gender and rank from 1966 to the present using December 31 snapshots. The "Chair" breakout is not mutually exclusive from the faculty rank breakouts—each chair is also counted in the breakout associated with their faculty rank. As an example, a chair who holds a full professor appointment will be counted once in the "Chair" breakout and once in the "Professor" breakout. Comprehensive data on department chairs are available from 1977 onwards.</t>
   </si>
   <si>
     <t>Note: This table excludes faculty and chairs with missing race/ethnicity data and missing or out of range birth dates.</t>
   </si>
   <si>
     <t>Trends: Average Age of First-time Chairs and First-time Full-time Faculty by Gender and Rank</t>
   </si>
   <si>
     <t>Trends: Average Age of First-time Chairs and First-time Full-time Faculty by Race/Ethnicity and Rank</t>
   </si>
   <si>
-    <t>The table below displays the average age of department chairs and full-time faculty at all U.S. medical schools by race/ethnicity and rank from 1966 to the present using December 31 snapshots. The "Chair" breakout is not mutually exclusive from the faculty rank breakouts—each chair is also counted in the breakout associated with their faculty rank. As an example, a chair who holds a full professor appointment will be counted once in the "Chair" breakout and once in the "Professor" breakout. Comprehensive data on department chairs are available from 1977 onwards. Note: The high-level race/ethnicity categories at the AAMC are American Indian or Alaska Native; Asian; Black or African American; Hispanic, Latino, or of Spanish origin; Native Hawaiian or Other Pacific Islander; White; and Other. An individual may fall into one or more of these race/ethnicity categories. For the purposes of this particular display, White Alone refers to a faculty member who falls into the White race/ethnicity category but not into any other race/ethnicity category, and All Other Races/Ethnicities refers to a faculty member who falls into any other race/ethnicity category or into any combination of race ethnicity categories (including combinations with White).</t>
-[...1 lines deleted...]
-  <si>
     <t>Note: This table excludes faculty and chairs for whom gender data were not reported or who identified with “another gender identity” and missing or out of range birth dates.</t>
   </si>
   <si>
-    <t>Academic Years 1967-1968 through 2023-2024</t>
+    <t>The table below displays the average age of department chairs and full-time faculty at all U.S. medical schools by race/ethnicity and rank from 1966 to the present using December 31 snapshots. The "Chair" breakout is not mutually exclusive from the faculty rank breakouts—each chair is also counted in the breakout associated with their faculty rank. As an example, a chair who holds a full professor appointment will be counted once in the "Chair" breakout and once in the "Professor" breakout. Comprehensive data on department chairs are available from 1977 onwards. Note: The high-level race/ethnicity categories at the AAMC are American Indian or Alaska Native; Asian; Black or African American; Hispanic, Latino, or of Spanish origin; Middle Eastern or North African; Native Hawaiian or Other Pacific Islander; White; and Other. An individual may fall into one or more of these race/ethnicity categories. For the purposes of this particular display, White Alone refers to a faculty member who falls into the White race/ethnicity category but not into any other race/ethnicity category, and All Other Races/Ethnicities refers to a faculty member who falls into any other race/ethnicity category or into any combination of race ethnicity categories (including combinations with White).</t>
   </si>
   <si>
-    <t>The table below displays the average age of first-time department chairs and first-time full-time faculty at all U.S. medical schools by gender and rank from academic year 1967-1968 through academic year 2023-2024. The "Chair" breakout is not mutually exclusive from the faculty rank breakouts—each chair is also counted in the breakout associated with their faculty rank. As an example, a chair who holds a full professor appointment will be counted once in the "Chair" breakout and once in the "Professor" breakout. A first-time chair is someone whose very first chair appointment (whether permanent, inteim, or acting) began during the specified academic year. A first-time faculty member is someone whose very first appointment at the specified rank began during the specified academic year. Comprehensive data on first-time department chairs are available from 1978-1979 onwards.</t>
+    <t>Academic Years 1967-1968 through 2024-2025</t>
   </si>
   <si>
-    <t>The table below displays the average age of first-time department chairs and first-time full-time faculty at all U.S. medical schools by race/ethnicity and rank from academic year 1967-1968 through academic year 2023-2024. The "Chair" breakout is not mutually exclusive from the faculty rank breakouts—each chair is also counted in the breakout associated with their faculty rank. As an example, a chair who holds a full professor appointment will be counted once in the "Chair" breakout and once in the "Professor" breakout. A first-time chair is someone whose very first chair appointment (whether permanent, inteim, or acting) began during the specified academic year. A first-time faculty member is someone whose very first appointment at the specified rank began during the specified academic year. Comprehensive data on first-time department chairs are available from 1978-1979 onwards. Note: The high-level race/ethnicity categories at the AAMC are American Indian or Alaska Native; Asian; Black or African American; Hispanic, Latino, or of Spanish origin; Native Hawaiian or Other Pacific Islander; White; and Other. An individual may fall into one or more of these race/ethnicity categories. For the purposes of this particular display, White Alone refers to a faculty member who falls into the White race/ethnicity category but not into any other race/ethnicity category, and All Other Races/Ethnicities refers to a faculty member who falls into any other race/ethnicity category or into any combination of race ethnicity categories (including combinations with White).</t>
+    <t>The table below displays the average age of first-time department chairs and first-time full-time faculty at all U.S. medical schools by gender and rank from academic year 1967-1968 through academic year 2024-2025. The "Chair" breakout is not mutually exclusive from the faculty rank breakouts—each chair is also counted in the breakout associated with their faculty rank. As an example, a chair who holds a full professor appointment will be counted once in the "Chair" breakout and once in the "Professor" breakout. A first-time chair is someone whose very first chair appointment (whether permanent, inteim, or acting) began during the specified academic year. A first-time faculty member is someone whose very first appointment at the specified rank began during the specified academic year. Comprehensive data on first-time department chairs are available from 1978-1979 onwards.</t>
   </si>
   <si>
-    <t>Source: AAMC Faculty Roster, December 31 snapshots, as of December 31, 2024.</t>
+    <t>The table below displays the average age of first-time department chairs and first-time full-time faculty at all U.S. medical schools by race/ethnicity and rank from academic year 1967-1968 through academic year 2024-2025. The "Chair" breakout is not mutually exclusive from the faculty rank breakouts—each chair is also counted in the breakout associated with their faculty rank. As an example, a chair who holds a full professor appointment will be counted once in the "Chair" breakout and once in the "Professor" breakout. A first-time chair is someone whose very first chair appointment (whether permanent, inteim, or acting) began during the specified academic year. A first-time faculty member is someone whose very first appointment at the specified rank began during the specified academic year. Comprehensive data on first-time department chairs are available from 1978-1979 onwards. Note: The high-level race/ethnicity categories at the AAMC are American Indian or Alaska Native; Asian; Black or African American; Hispanic, Latino, or of Spanish origin; Middle Eastern or North African; Native Hawaiian or Other Pacific Islander; White; and Other. An individual may fall into one or more of these race/ethnicity categories. For the purposes of this particular display, White Alone refers to a faculty member who falls into the White race/ethnicity category but not into any other race/ethnicity category, and All Other Races/Ethnicities refers to a faculty member who falls into any other race/ethnicity category or into any combination of race ethnicity categories (including combinations with White).</t>
   </si>
   <si>
-    <t>Source: AAMC Faculty Roster, as of December 31, 2024.</t>
+    <t>Source: AAMC Faculty Roster, December 31 snapshots, as of December 31, 2025.</t>
   </si>
   <si>
-    <t>Trends: Average Age of Chairs and Full-time Faculty by Gender and Rank, 1966 through 2024</t>
+    <t>Source: AAMC Faculty Roster, as of December 31, 2025.</t>
   </si>
   <si>
-    <t>Trends: Average Age of Chairs and Full-time Faculty by Race/Ethnicity and Rank, 1966 through 2024</t>
+    <t>Trends: Average Age of Chairs and Full-time Faculty by Gender and Rank, 1966 through 2025</t>
+  </si>
+  <si>
+    <t>Trends: Average Age of Chairs and Full-time Faculty by Race/Ethnicity and Rank, 1966 through 2025</t>
   </si>
   <si>
     <t>1967-1968</t>
   </si>
   <si>
     <t>1968-1969</t>
   </si>
   <si>
     <t>1969-1970</t>
   </si>
   <si>
     <t>1970-1971</t>
   </si>
   <si>
     <t>1971-1972</t>
   </si>
   <si>
     <t>1972-1973</t>
   </si>
   <si>
     <t>1973-1974</t>
   </si>
   <si>
     <t>1974-1975</t>
   </si>
@@ -336,50 +336,53 @@
     <t>2015-2016</t>
   </si>
   <si>
     <t>2016-2017</t>
   </si>
   <si>
     <t>2017-2018</t>
   </si>
   <si>
     <t>2018-2019</t>
   </si>
   <si>
     <t>2019-2020</t>
   </si>
   <si>
     <t>2020-2021</t>
   </si>
   <si>
     <t>2021-2022</t>
   </si>
   <si>
     <t>2022-2023</t>
   </si>
   <si>
     <t>2023-2024</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -600,292 +603,302 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>304800</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
       <xdr:col>21</xdr:col>
-      <xdr:colOff>123825</xdr:colOff>
-[...3 lines deleted...]
-    <xdr:ext cx="457200" cy="334736"/>
+      <xdr:colOff>567565</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>87426</xdr:rowOff>
+    </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5850B4C8-9C10-428B-986C-D1CC5E7AE092}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DFA46D8-EAC9-4D83-B9D0-A6C8F2E9A876}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12792075" y="9525"/>
-          <a:ext cx="457200" cy="334736"/>
+          <a:off x="12439650" y="47625"/>
+          <a:ext cx="843790" cy="239826"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:oneCellAnchor>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
       <xdr:col>21</xdr:col>
-      <xdr:colOff>314325</xdr:colOff>
-[...3 lines deleted...]
-    <xdr:ext cx="457200" cy="334736"/>
+      <xdr:colOff>767590</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>87426</xdr:rowOff>
+    </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C33E3229-51AC-4D71-9410-AD4519D8F777}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D20FF62-AFB4-436F-9381-916021D91FD7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="16983075" y="9525"/>
-          <a:ext cx="457200" cy="334736"/>
+          <a:off x="16611600" y="47625"/>
+          <a:ext cx="843790" cy="239826"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:oneCellAnchor>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>21</xdr:col>
-      <xdr:colOff>123825</xdr:colOff>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>314325</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>577090</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>153761</xdr:rowOff>
+      <xdr:rowOff>87426</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55209670-7B53-49C2-8226-8F0E7910E759}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE366FF7-23BF-40BF-B29C-C14621676374}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12792075" y="9525"/>
-          <a:ext cx="457200" cy="334736"/>
+          <a:off x="12401550" y="47625"/>
+          <a:ext cx="843790" cy="239826"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>21</xdr:col>
-      <xdr:colOff>285750</xdr:colOff>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>666750</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
-      <xdr:colOff>9525</xdr:colOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>719965</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>153761</xdr:rowOff>
+      <xdr:rowOff>87426</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E81451C-68EC-4493-846F-2FC6F1D2AABB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6559D402-2324-4DFF-A6D2-08D71EE2673B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="16402050" y="9525"/>
-          <a:ext cx="457200" cy="344261"/>
+          <a:off x="15992475" y="47625"/>
+          <a:ext cx="843790" cy="239826"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="USMSF Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1159,62 +1172,63 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDBFFE7B-39E7-4CF8-8114-FD790BE8D264}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AA72"/>
+  <dimension ref="A1:AA73"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.42578125" style="14" customWidth="1"/>
     <col min="2" max="15" width="8.7109375" style="12" customWidth="1"/>
     <col min="16" max="22" width="8.7109375" style="3" customWidth="1"/>
-    <col min="23" max="16384" width="9.140625" style="3"/>
+    <col min="23" max="23" width="12.7109375" style="3" customWidth="1"/>
+    <col min="24" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
       <c r="M1" s="20"/>
       <c r="N1" s="20"/>
       <c r="O1" s="20"/>
       <c r="P1" s="20"/>
       <c r="Q1" s="20"/>
       <c r="R1" s="20"/>
       <c r="S1" s="20"/>
       <c r="T1" s="20"/>
@@ -1410,4195 +1424,4264 @@
       </c>
       <c r="Q8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="V8" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>1966</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E9" s="8">
-        <v>46.375999999999998</v>
+        <v>46.377000000000002</v>
       </c>
       <c r="F9" s="8">
-        <v>48.393000000000001</v>
+        <v>48.484000000000002</v>
       </c>
       <c r="G9" s="8">
-        <v>46.457000000000001</v>
+        <v>46.460999999999999</v>
       </c>
       <c r="H9" s="8">
         <v>40.292999999999999</v>
       </c>
       <c r="I9" s="8">
-        <v>43.856000000000002</v>
+        <v>43.887</v>
       </c>
       <c r="J9" s="8">
-        <v>40.659999999999997</v>
+        <v>40.661000000000001</v>
       </c>
       <c r="K9" s="8">
-        <v>37.286999999999999</v>
+        <v>37.287999999999997</v>
       </c>
       <c r="L9" s="8">
-        <v>40.996000000000002</v>
+        <v>41.003999999999998</v>
       </c>
       <c r="M9" s="8">
-        <v>37.959000000000003</v>
+        <v>37.96</v>
       </c>
       <c r="N9" s="8">
         <v>36.179000000000002</v>
       </c>
       <c r="O9" s="8">
-        <v>38.933</v>
+        <v>38.899000000000001</v>
       </c>
       <c r="P9" s="8">
-        <v>36.94</v>
+        <v>36.932000000000002</v>
       </c>
       <c r="Q9" s="8">
         <v>37.215000000000003</v>
       </c>
       <c r="R9" s="8">
         <v>40.137</v>
       </c>
       <c r="S9" s="8">
         <v>38.28</v>
       </c>
       <c r="T9" s="8">
-        <v>41.55</v>
+        <v>41.548000000000002</v>
       </c>
       <c r="U9" s="8">
-        <v>41.875999999999998</v>
+        <v>41.881</v>
       </c>
       <c r="V9" s="8">
-        <v>41.591000000000001</v>
+        <v>41.59</v>
       </c>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A10" s="9">
         <v>1967</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C10" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D10" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E10" s="10">
         <v>47.093000000000004</v>
       </c>
       <c r="F10" s="10">
-        <v>48.991999999999997</v>
+        <v>49.072000000000003</v>
       </c>
       <c r="G10" s="10">
-        <v>47.17</v>
+        <v>47.173999999999999</v>
       </c>
       <c r="H10" s="10">
-        <v>40.76</v>
+        <v>40.761000000000003</v>
       </c>
       <c r="I10" s="10">
-        <v>44.506999999999998</v>
+        <v>44.533000000000001</v>
       </c>
       <c r="J10" s="10">
-        <v>41.143999999999998</v>
+        <v>41.146000000000001</v>
       </c>
       <c r="K10" s="10">
-        <v>37.384999999999998</v>
+        <v>37.386000000000003</v>
       </c>
       <c r="L10" s="10">
-        <v>40.901000000000003</v>
+        <v>40.905999999999999</v>
       </c>
       <c r="M10" s="10">
-        <v>38.058999999999997</v>
+        <v>38.06</v>
       </c>
       <c r="N10" s="10">
         <v>36.408000000000001</v>
       </c>
       <c r="O10" s="10">
-        <v>38.128</v>
+        <v>38.103000000000002</v>
       </c>
       <c r="P10" s="10">
-        <v>36.904000000000003</v>
+        <v>36.898000000000003</v>
       </c>
       <c r="Q10" s="10">
         <v>37.158000000000001</v>
       </c>
       <c r="R10" s="10">
         <v>40.540999999999997</v>
       </c>
       <c r="S10" s="10">
         <v>38.39</v>
       </c>
       <c r="T10" s="10">
-        <v>41.856000000000002</v>
+        <v>41.854999999999997</v>
       </c>
       <c r="U10" s="10">
-        <v>41.756</v>
+        <v>41.759</v>
       </c>
       <c r="V10" s="10">
         <v>41.841999999999999</v>
       </c>
     </row>
     <row r="11" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>1968</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E11" s="8">
-        <v>47.713000000000001</v>
+        <v>47.712000000000003</v>
       </c>
       <c r="F11" s="8">
-        <v>49.567999999999998</v>
+        <v>49.637999999999998</v>
       </c>
       <c r="G11" s="8">
-        <v>47.790999999999997</v>
+        <v>47.792999999999999</v>
       </c>
       <c r="H11" s="8">
-        <v>41.064</v>
+        <v>41.066000000000003</v>
       </c>
       <c r="I11" s="8">
-        <v>44.918999999999997</v>
+        <v>44.938000000000002</v>
       </c>
       <c r="J11" s="8">
-        <v>41.463000000000001</v>
+        <v>41.466000000000001</v>
       </c>
       <c r="K11" s="8">
         <v>37.378999999999998</v>
       </c>
       <c r="L11" s="8">
         <v>40.914000000000001</v>
       </c>
       <c r="M11" s="8">
-        <v>38.08</v>
+        <v>38.078000000000003</v>
       </c>
       <c r="N11" s="8">
         <v>36.494999999999997</v>
       </c>
       <c r="O11" s="8">
-        <v>37.627000000000002</v>
+        <v>37.61</v>
       </c>
       <c r="P11" s="8">
-        <v>36.845999999999997</v>
+        <v>36.841000000000001</v>
       </c>
       <c r="Q11" s="8">
         <v>37.412999999999997</v>
       </c>
       <c r="R11" s="8">
         <v>40.350999999999999</v>
       </c>
       <c r="S11" s="8">
         <v>38.502000000000002</v>
       </c>
       <c r="T11" s="8">
-        <v>42.03</v>
+        <v>42.029000000000003</v>
       </c>
       <c r="U11" s="8">
         <v>41.628</v>
       </c>
       <c r="V11" s="8">
-        <v>41.972999999999999</v>
+        <v>41.972000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A12" s="9">
         <v>1969</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C12" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E12" s="10">
-        <v>48.308</v>
+        <v>48.307000000000002</v>
       </c>
       <c r="F12" s="10">
-        <v>50.09</v>
+        <v>50.151000000000003</v>
       </c>
       <c r="G12" s="10">
-        <v>48.386000000000003</v>
+        <v>48.387999999999998</v>
       </c>
       <c r="H12" s="10">
-        <v>41.414000000000001</v>
+        <v>41.417999999999999</v>
       </c>
       <c r="I12" s="10">
-        <v>45.356000000000002</v>
+        <v>45.371000000000002</v>
       </c>
       <c r="J12" s="10">
-        <v>41.822000000000003</v>
+        <v>41.826000000000001</v>
       </c>
       <c r="K12" s="10">
-        <v>37.354999999999997</v>
+        <v>37.353999999999999</v>
       </c>
       <c r="L12" s="10">
-        <v>41.063000000000002</v>
+        <v>41.061</v>
       </c>
       <c r="M12" s="10">
-        <v>38.081000000000003</v>
+        <v>38.078000000000003</v>
       </c>
       <c r="N12" s="10">
         <v>36.427</v>
       </c>
       <c r="O12" s="10">
-        <v>37.131999999999998</v>
+        <v>37.137</v>
       </c>
       <c r="P12" s="10">
-        <v>36.654000000000003</v>
+        <v>36.655999999999999</v>
       </c>
       <c r="Q12" s="10">
         <v>37.57</v>
       </c>
       <c r="R12" s="10">
         <v>39.581000000000003</v>
       </c>
       <c r="S12" s="10">
         <v>38.302999999999997</v>
       </c>
       <c r="T12" s="10">
-        <v>42.125999999999998</v>
+        <v>42.125</v>
       </c>
       <c r="U12" s="10">
-        <v>41.473999999999997</v>
+        <v>41.478000000000002</v>
       </c>
       <c r="V12" s="10">
-        <v>42.030999999999999</v>
+        <v>42.03</v>
       </c>
     </row>
     <row r="13" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>1970</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E13" s="8">
-        <v>48.847999999999999</v>
+        <v>48.847000000000001</v>
       </c>
       <c r="F13" s="8">
-        <v>50.411999999999999</v>
+        <v>50.463999999999999</v>
       </c>
       <c r="G13" s="8">
-        <v>48.917999999999999</v>
+        <v>48.918999999999997</v>
       </c>
       <c r="H13" s="8">
-        <v>41.808999999999997</v>
+        <v>41.811999999999998</v>
       </c>
       <c r="I13" s="8">
-        <v>45.735999999999997</v>
+        <v>45.783999999999999</v>
       </c>
       <c r="J13" s="8">
-        <v>42.228000000000002</v>
+        <v>42.232999999999997</v>
       </c>
       <c r="K13" s="8">
         <v>37.356999999999999</v>
       </c>
       <c r="L13" s="8">
-        <v>41.127000000000002</v>
+        <v>41.116999999999997</v>
       </c>
       <c r="M13" s="8">
-        <v>38.075000000000003</v>
+        <v>38.072000000000003</v>
       </c>
       <c r="N13" s="8">
         <v>36.244</v>
       </c>
       <c r="O13" s="8">
-        <v>36.786000000000001</v>
+        <v>36.784999999999997</v>
       </c>
       <c r="P13" s="8">
         <v>36.417000000000002</v>
       </c>
       <c r="Q13" s="8">
         <v>37.497999999999998</v>
       </c>
       <c r="R13" s="8">
         <v>39.963000000000001</v>
       </c>
       <c r="S13" s="8">
         <v>38.337000000000003</v>
       </c>
       <c r="T13" s="8">
-        <v>42.154000000000003</v>
+        <v>42.152999999999999</v>
       </c>
       <c r="U13" s="8">
-        <v>41.433</v>
+        <v>41.436</v>
       </c>
       <c r="V13" s="8">
         <v>42.045999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A14" s="9">
         <v>1971</v>
       </c>
       <c r="B14" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E14" s="10">
-        <v>49.332999999999998</v>
+        <v>49.334000000000003</v>
       </c>
       <c r="F14" s="10">
-        <v>51.064999999999998</v>
+        <v>51.113</v>
       </c>
       <c r="G14" s="10">
-        <v>49.411000000000001</v>
+        <v>49.412999999999997</v>
       </c>
       <c r="H14" s="10">
         <v>42.262</v>
       </c>
       <c r="I14" s="10">
-        <v>45.893000000000001</v>
+        <v>45.932000000000002</v>
       </c>
       <c r="J14" s="10">
-        <v>42.655000000000001</v>
+        <v>42.658000000000001</v>
       </c>
       <c r="K14" s="10">
-        <v>37.466999999999999</v>
+        <v>37.468000000000004</v>
       </c>
       <c r="L14" s="10">
-        <v>41.048999999999999</v>
+        <v>41.039000000000001</v>
       </c>
       <c r="M14" s="10">
-        <v>38.146999999999998</v>
+        <v>38.146000000000001</v>
       </c>
       <c r="N14" s="10">
-        <v>36.094999999999999</v>
+        <v>36.095999999999997</v>
       </c>
       <c r="O14" s="10">
-        <v>36.688000000000002</v>
+        <v>36.686</v>
       </c>
       <c r="P14" s="10">
         <v>36.283999999999999</v>
       </c>
       <c r="Q14" s="10">
         <v>37.904000000000003</v>
       </c>
       <c r="R14" s="10">
         <v>39.701000000000001</v>
       </c>
       <c r="S14" s="10">
         <v>38.539000000000001</v>
       </c>
       <c r="T14" s="10">
-        <v>42.29</v>
+        <v>42.287999999999997</v>
       </c>
       <c r="U14" s="10">
-        <v>41.348999999999997</v>
+        <v>41.35</v>
       </c>
       <c r="V14" s="10">
-        <v>42.146000000000001</v>
+        <v>42.145000000000003</v>
       </c>
     </row>
     <row r="15" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>1972</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E15" s="8">
-        <v>49.704999999999998</v>
+        <v>49.706000000000003</v>
       </c>
       <c r="F15" s="8">
-        <v>51.287999999999997</v>
+        <v>51.296999999999997</v>
       </c>
       <c r="G15" s="8">
-        <v>49.777999999999999</v>
+        <v>49.779000000000003</v>
       </c>
       <c r="H15" s="8">
-        <v>42.485999999999997</v>
+        <v>42.487000000000002</v>
       </c>
       <c r="I15" s="8">
-        <v>45.920999999999999</v>
+        <v>45.945999999999998</v>
       </c>
       <c r="J15" s="8">
-        <v>42.865000000000002</v>
+        <v>42.868000000000002</v>
       </c>
       <c r="K15" s="8">
-        <v>37.402999999999999</v>
+        <v>37.404000000000003</v>
       </c>
       <c r="L15" s="8">
-        <v>40.85</v>
+        <v>40.844000000000001</v>
       </c>
       <c r="M15" s="8">
-        <v>38.054000000000002</v>
+        <v>38.052</v>
       </c>
       <c r="N15" s="8">
-        <v>36.337000000000003</v>
+        <v>36.338000000000001</v>
       </c>
       <c r="O15" s="8">
-        <v>36.988</v>
+        <v>36.997</v>
       </c>
       <c r="P15" s="8">
-        <v>36.545000000000002</v>
+        <v>36.548000000000002</v>
       </c>
       <c r="Q15" s="8">
         <v>38.140999999999998</v>
       </c>
       <c r="R15" s="8">
         <v>39.398000000000003</v>
       </c>
       <c r="S15" s="8">
         <v>38.591000000000001</v>
       </c>
       <c r="T15" s="8">
-        <v>42.393999999999998</v>
+        <v>42.393000000000001</v>
       </c>
       <c r="U15" s="8">
-        <v>41.433</v>
+        <v>41.432000000000002</v>
       </c>
       <c r="V15" s="8">
-        <v>42.247</v>
+        <v>42.246000000000002</v>
       </c>
     </row>
     <row r="16" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A16" s="9">
         <v>1973</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C16" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E16" s="10">
-        <v>50.189</v>
+        <v>50.188000000000002</v>
       </c>
       <c r="F16" s="10">
-        <v>51.624000000000002</v>
+        <v>51.591000000000001</v>
       </c>
       <c r="G16" s="10">
-        <v>50.256999999999998</v>
+        <v>50.255000000000003</v>
       </c>
       <c r="H16" s="10">
-        <v>42.813000000000002</v>
+        <v>42.816000000000003</v>
       </c>
       <c r="I16" s="10">
-        <v>45.884999999999998</v>
+        <v>45.914000000000001</v>
       </c>
       <c r="J16" s="10">
-        <v>43.155000000000001</v>
+        <v>43.16</v>
       </c>
       <c r="K16" s="10">
-        <v>37.445999999999998</v>
+        <v>37.444000000000003</v>
       </c>
       <c r="L16" s="10">
-        <v>40.482999999999997</v>
+        <v>40.472000000000001</v>
       </c>
       <c r="M16" s="10">
-        <v>38.011000000000003</v>
+        <v>38.006999999999998</v>
       </c>
       <c r="N16" s="10">
-        <v>36.29</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="O16" s="10">
-        <v>36.880000000000003</v>
+        <v>36.887</v>
       </c>
       <c r="P16" s="10">
-        <v>36.476999999999997</v>
+        <v>36.485999999999997</v>
       </c>
       <c r="Q16" s="10">
         <v>37.646999999999998</v>
       </c>
       <c r="R16" s="10">
         <v>38.875</v>
       </c>
       <c r="S16" s="10">
         <v>38.093000000000004</v>
       </c>
       <c r="T16" s="10">
-        <v>42.493000000000002</v>
+        <v>42.491</v>
       </c>
       <c r="U16" s="10">
-        <v>41.250999999999998</v>
+        <v>41.247</v>
       </c>
       <c r="V16" s="10">
-        <v>42.302</v>
+        <v>42.3</v>
       </c>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A17" s="7">
         <v>1974</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E17" s="8">
-        <v>50.531999999999996</v>
+        <v>50.534999999999997</v>
       </c>
       <c r="F17" s="8">
-        <v>51.898000000000003</v>
+        <v>51.853000000000002</v>
       </c>
       <c r="G17" s="8">
         <v>50.597999999999999</v>
       </c>
       <c r="H17" s="8">
-        <v>43.06</v>
+        <v>43.063000000000002</v>
       </c>
       <c r="I17" s="8">
-        <v>46.006999999999998</v>
+        <v>46.037999999999997</v>
       </c>
       <c r="J17" s="8">
-        <v>43.402999999999999</v>
+        <v>43.406999999999996</v>
       </c>
       <c r="K17" s="8">
-        <v>37.47</v>
+        <v>37.466000000000001</v>
       </c>
       <c r="L17" s="8">
-        <v>40.139000000000003</v>
+        <v>40.131999999999998</v>
       </c>
       <c r="M17" s="8">
-        <v>37.965000000000003</v>
+        <v>37.96</v>
       </c>
       <c r="N17" s="8">
-        <v>36.462000000000003</v>
+        <v>36.47</v>
       </c>
       <c r="O17" s="8">
-        <v>36.670999999999999</v>
+        <v>36.674999999999997</v>
       </c>
       <c r="P17" s="8">
-        <v>36.53</v>
+        <v>36.536999999999999</v>
       </c>
       <c r="Q17" s="8">
         <v>37.624000000000002</v>
       </c>
       <c r="R17" s="8">
         <v>37.978000000000002</v>
       </c>
       <c r="S17" s="8">
         <v>37.746000000000002</v>
       </c>
       <c r="T17" s="8">
-        <v>42.539000000000001</v>
+        <v>42.536999999999999</v>
       </c>
       <c r="U17" s="8">
-        <v>40.997999999999998</v>
+        <v>40.994999999999997</v>
       </c>
       <c r="V17" s="8">
-        <v>42.295999999999999</v>
+        <v>42.295000000000002</v>
       </c>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A18" s="9">
         <v>1975</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C18" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E18" s="10">
-        <v>50.87</v>
+        <v>50.871000000000002</v>
       </c>
       <c r="F18" s="10">
-        <v>52.174999999999997</v>
+        <v>52.134</v>
       </c>
       <c r="G18" s="10">
-        <v>50.936</v>
+        <v>50.935000000000002</v>
       </c>
       <c r="H18" s="10">
-        <v>43.323</v>
+        <v>43.323999999999998</v>
       </c>
       <c r="I18" s="10">
-        <v>45.927</v>
+        <v>45.95</v>
       </c>
       <c r="J18" s="10">
-        <v>43.633000000000003</v>
+        <v>43.636000000000003</v>
       </c>
       <c r="K18" s="10">
-        <v>37.488</v>
+        <v>37.484999999999999</v>
       </c>
       <c r="L18" s="10">
-        <v>39.65</v>
+        <v>39.643000000000001</v>
       </c>
       <c r="M18" s="10">
-        <v>37.896000000000001</v>
+        <v>37.892000000000003</v>
       </c>
       <c r="N18" s="10">
-        <v>36.298999999999999</v>
+        <v>36.302</v>
       </c>
       <c r="O18" s="10">
-        <v>36.582000000000001</v>
+        <v>36.578000000000003</v>
       </c>
       <c r="P18" s="10">
-        <v>36.387999999999998</v>
+        <v>36.389000000000003</v>
       </c>
       <c r="Q18" s="10">
         <v>37.884999999999998</v>
       </c>
       <c r="R18" s="10">
         <v>38.255000000000003</v>
       </c>
       <c r="S18" s="10">
         <v>38.014000000000003</v>
       </c>
       <c r="T18" s="10">
-        <v>42.536000000000001</v>
+        <v>42.533999999999999</v>
       </c>
       <c r="U18" s="10">
-        <v>40.805999999999997</v>
+        <v>40.798999999999999</v>
       </c>
       <c r="V18" s="10">
-        <v>42.259</v>
+        <v>42.256999999999998</v>
       </c>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A19" s="7">
         <v>1976</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E19" s="8">
-        <v>51.165999999999997</v>
+        <v>51.167000000000002</v>
       </c>
       <c r="F19" s="8">
-        <v>52.24</v>
+        <v>52.201000000000001</v>
       </c>
       <c r="G19" s="8">
-        <v>51.222000000000001</v>
+        <v>51.220999999999997</v>
       </c>
       <c r="H19" s="8">
-        <v>43.526000000000003</v>
+        <v>43.529000000000003</v>
       </c>
       <c r="I19" s="8">
-        <v>46.018999999999998</v>
+        <v>46.033000000000001</v>
       </c>
       <c r="J19" s="8">
-        <v>43.826000000000001</v>
+        <v>43.83</v>
       </c>
       <c r="K19" s="8">
-        <v>37.551000000000002</v>
+        <v>37.546999999999997</v>
       </c>
       <c r="L19" s="8">
-        <v>39.475000000000001</v>
+        <v>39.469000000000001</v>
       </c>
       <c r="M19" s="8">
-        <v>37.911999999999999</v>
+        <v>37.908000000000001</v>
       </c>
       <c r="N19" s="8">
-        <v>36.115000000000002</v>
+        <v>36.119</v>
       </c>
       <c r="O19" s="8">
-        <v>36.686</v>
+        <v>36.680999999999997</v>
       </c>
       <c r="P19" s="8">
-        <v>36.289000000000001</v>
+        <v>36.29</v>
       </c>
       <c r="Q19" s="8">
         <v>38.590000000000003</v>
       </c>
       <c r="R19" s="8">
         <v>38.271999999999998</v>
       </c>
       <c r="S19" s="8">
         <v>38.470999999999997</v>
       </c>
       <c r="T19" s="8">
-        <v>42.584000000000003</v>
+        <v>42.582000000000001</v>
       </c>
       <c r="U19" s="8">
-        <v>40.829000000000001</v>
+        <v>40.822000000000003</v>
       </c>
       <c r="V19" s="8">
-        <v>42.304000000000002</v>
+        <v>42.301000000000002</v>
       </c>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A20" s="9">
         <v>1977</v>
       </c>
       <c r="B20" s="10">
-        <v>51.347999999999999</v>
+        <v>51.347000000000001</v>
       </c>
       <c r="C20" s="10">
         <v>49.433</v>
       </c>
       <c r="D20" s="10">
         <v>51.296999999999997</v>
       </c>
       <c r="E20" s="10">
-        <v>51.576000000000001</v>
+        <v>51.578000000000003</v>
       </c>
       <c r="F20" s="10">
-        <v>52.48</v>
+        <v>52.473999999999997</v>
       </c>
       <c r="G20" s="10">
-        <v>51.622999999999998</v>
+        <v>51.625</v>
       </c>
       <c r="H20" s="10">
-        <v>43.59</v>
+        <v>43.593000000000004</v>
       </c>
       <c r="I20" s="10">
-        <v>45.933</v>
+        <v>45.935000000000002</v>
       </c>
       <c r="J20" s="10">
-        <v>43.877000000000002</v>
+        <v>43.878999999999998</v>
       </c>
       <c r="K20" s="10">
-        <v>37.512999999999998</v>
+        <v>37.514000000000003</v>
       </c>
       <c r="L20" s="10">
-        <v>39.369999999999997</v>
+        <v>39.363</v>
       </c>
       <c r="M20" s="10">
-        <v>37.868000000000002</v>
+        <v>37.866999999999997</v>
       </c>
       <c r="N20" s="10">
-        <v>35.579000000000001</v>
+        <v>35.576000000000001</v>
       </c>
       <c r="O20" s="10">
-        <v>37.167000000000002</v>
+        <v>37.161000000000001</v>
       </c>
       <c r="P20" s="10">
-        <v>36.070999999999998</v>
+        <v>36.067</v>
       </c>
       <c r="Q20" s="10">
-        <v>39.543999999999997</v>
+        <v>39.56</v>
       </c>
       <c r="R20" s="10">
         <v>39.125999999999998</v>
       </c>
       <c r="S20" s="10">
-        <v>39.393999999999998</v>
+        <v>39.404000000000003</v>
       </c>
       <c r="T20" s="10">
         <v>42.933999999999997</v>
       </c>
       <c r="U20" s="10">
-        <v>41.165999999999997</v>
+        <v>41.162999999999997</v>
       </c>
       <c r="V20" s="10">
-        <v>42.656999999999996</v>
+        <v>42.655999999999999</v>
       </c>
     </row>
     <row r="21" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A21" s="7">
         <v>1978</v>
       </c>
       <c r="B21" s="8">
-        <v>51.762</v>
+        <v>51.762999999999998</v>
       </c>
       <c r="C21" s="8">
         <v>49.152000000000001</v>
       </c>
       <c r="D21" s="8">
-        <v>51.688000000000002</v>
+        <v>51.689</v>
       </c>
       <c r="E21" s="8">
-        <v>51.856999999999999</v>
+        <v>51.859000000000002</v>
       </c>
       <c r="F21" s="8">
-        <v>52.694000000000003</v>
+        <v>52.69</v>
       </c>
       <c r="G21" s="8">
-        <v>51.902000000000001</v>
+        <v>51.902999999999999</v>
       </c>
       <c r="H21" s="8">
-        <v>43.716000000000001</v>
+        <v>43.719000000000001</v>
       </c>
       <c r="I21" s="8">
-        <v>45.783000000000001</v>
+        <v>45.78</v>
       </c>
       <c r="J21" s="8">
-        <v>43.973999999999997</v>
+        <v>43.975000000000001</v>
       </c>
       <c r="K21" s="8">
-        <v>37.598999999999997</v>
+        <v>37.603000000000002</v>
       </c>
       <c r="L21" s="8">
-        <v>39.307000000000002</v>
+        <v>39.305</v>
       </c>
       <c r="M21" s="8">
-        <v>37.930999999999997</v>
+        <v>37.933999999999997</v>
       </c>
       <c r="N21" s="8">
-        <v>36.128</v>
+        <v>36.125</v>
       </c>
       <c r="O21" s="8">
         <v>37.314</v>
       </c>
       <c r="P21" s="8">
-        <v>36.518000000000001</v>
+        <v>36.515000000000001</v>
       </c>
       <c r="Q21" s="8">
-        <v>39.509</v>
+        <v>39.526000000000003</v>
       </c>
       <c r="R21" s="8">
         <v>38.594999999999999</v>
       </c>
       <c r="S21" s="8">
-        <v>39.183</v>
+        <v>39.194000000000003</v>
       </c>
       <c r="T21" s="8">
-        <v>43.218000000000004</v>
+        <v>43.219000000000001</v>
       </c>
       <c r="U21" s="8">
-        <v>41.207000000000001</v>
+        <v>41.206000000000003</v>
       </c>
       <c r="V21" s="8">
-        <v>42.898000000000003</v>
+        <v>42.899000000000001</v>
       </c>
     </row>
     <row r="22" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A22" s="9">
         <v>1979</v>
       </c>
       <c r="B22" s="10">
-        <v>51.963000000000001</v>
+        <v>51.970999999999997</v>
       </c>
       <c r="C22" s="10">
         <v>50.582999999999998</v>
       </c>
       <c r="D22" s="10">
-        <v>51.92</v>
+        <v>51.927999999999997</v>
       </c>
       <c r="E22" s="10">
-        <v>52.127000000000002</v>
+        <v>52.128999999999998</v>
       </c>
       <c r="F22" s="10">
-        <v>52.686</v>
+        <v>52.683999999999997</v>
       </c>
       <c r="G22" s="10">
-        <v>52.158000000000001</v>
+        <v>52.16</v>
       </c>
       <c r="H22" s="10">
-        <v>43.793999999999997</v>
+        <v>43.795999999999999</v>
       </c>
       <c r="I22" s="10">
-        <v>45.784999999999997</v>
+        <v>45.780999999999999</v>
       </c>
       <c r="J22" s="10">
-        <v>44.05</v>
+        <v>44.051000000000002</v>
       </c>
       <c r="K22" s="10">
-        <v>37.652000000000001</v>
+        <v>37.655999999999999</v>
       </c>
       <c r="L22" s="10">
-        <v>39.283999999999999</v>
+        <v>39.274000000000001</v>
       </c>
       <c r="M22" s="10">
-        <v>37.978999999999999</v>
+        <v>37.979999999999997</v>
       </c>
       <c r="N22" s="10">
-        <v>36.343000000000004</v>
+        <v>36.338999999999999</v>
       </c>
       <c r="O22" s="10">
         <v>37.456000000000003</v>
       </c>
       <c r="P22" s="10">
-        <v>36.715000000000003</v>
+        <v>36.712000000000003</v>
       </c>
       <c r="Q22" s="10">
         <v>39.585999999999999</v>
       </c>
       <c r="R22" s="10">
         <v>38.749000000000002</v>
       </c>
       <c r="S22" s="10">
         <v>39.311999999999998</v>
       </c>
       <c r="T22" s="10">
         <v>43.411999999999999</v>
       </c>
       <c r="U22" s="10">
-        <v>41.314</v>
+        <v>41.31</v>
       </c>
       <c r="V22" s="10">
         <v>43.073</v>
       </c>
     </row>
     <row r="23" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A23" s="7">
         <v>1980</v>
       </c>
       <c r="B23" s="8">
-        <v>52.258000000000003</v>
+        <v>52.268000000000001</v>
       </c>
       <c r="C23" s="8">
         <v>50.529000000000003</v>
       </c>
       <c r="D23" s="8">
-        <v>52.206000000000003</v>
+        <v>52.216000000000001</v>
       </c>
       <c r="E23" s="8">
-        <v>52.414999999999999</v>
+        <v>52.415999999999997</v>
       </c>
       <c r="F23" s="8">
-        <v>52.86</v>
+        <v>52.859000000000002</v>
       </c>
       <c r="G23" s="8">
-        <v>52.439</v>
+        <v>52.441000000000003</v>
       </c>
       <c r="H23" s="8">
-        <v>43.906999999999996</v>
+        <v>43.908000000000001</v>
       </c>
       <c r="I23" s="8">
-        <v>45.807000000000002</v>
+        <v>45.804000000000002</v>
       </c>
       <c r="J23" s="8">
-        <v>44.158000000000001</v>
+        <v>44.158999999999999</v>
       </c>
       <c r="K23" s="8">
-        <v>37.784999999999997</v>
+        <v>37.786999999999999</v>
       </c>
       <c r="L23" s="8">
-        <v>39.290999999999997</v>
+        <v>39.286000000000001</v>
       </c>
       <c r="M23" s="8">
-        <v>38.094999999999999</v>
+        <v>38.097000000000001</v>
       </c>
       <c r="N23" s="8">
-        <v>36.539000000000001</v>
+        <v>36.534999999999997</v>
       </c>
       <c r="O23" s="8">
         <v>37.411999999999999</v>
       </c>
       <c r="P23" s="8">
-        <v>36.838000000000001</v>
+        <v>36.835000000000001</v>
       </c>
       <c r="Q23" s="8">
         <v>39.506999999999998</v>
       </c>
       <c r="R23" s="8">
         <v>38.305</v>
       </c>
       <c r="S23" s="8">
         <v>39.084000000000003</v>
       </c>
       <c r="T23" s="8">
-        <v>43.613</v>
+        <v>43.612000000000002</v>
       </c>
       <c r="U23" s="8">
-        <v>41.314999999999998</v>
+        <v>41.313000000000002</v>
       </c>
       <c r="V23" s="8">
         <v>43.231999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A24" s="9">
         <v>1981</v>
       </c>
       <c r="B24" s="10">
-        <v>52.685000000000002</v>
+        <v>52.695999999999998</v>
       </c>
       <c r="C24" s="10">
         <v>51.372999999999998</v>
       </c>
       <c r="D24" s="10">
-        <v>52.646999999999998</v>
+        <v>52.658000000000001</v>
       </c>
       <c r="E24" s="10">
-        <v>52.625999999999998</v>
+        <v>52.628999999999998</v>
       </c>
       <c r="F24" s="10">
         <v>53.003999999999998</v>
       </c>
       <c r="G24" s="10">
-        <v>52.648000000000003</v>
+        <v>52.651000000000003</v>
       </c>
       <c r="H24" s="10">
-        <v>44.122999999999998</v>
+        <v>44.12</v>
       </c>
       <c r="I24" s="10">
-        <v>45.759</v>
+        <v>45.755000000000003</v>
       </c>
       <c r="J24" s="10">
-        <v>44.344999999999999</v>
+        <v>44.343000000000004</v>
       </c>
       <c r="K24" s="10">
-        <v>37.904000000000003</v>
+        <v>37.901000000000003</v>
       </c>
       <c r="L24" s="10">
-        <v>39.115000000000002</v>
+        <v>39.112000000000002</v>
       </c>
       <c r="M24" s="10">
-        <v>38.161999999999999</v>
+        <v>38.158999999999999</v>
       </c>
       <c r="N24" s="10">
         <v>36.630000000000003</v>
       </c>
       <c r="O24" s="10">
         <v>37.491999999999997</v>
       </c>
       <c r="P24" s="10">
         <v>36.932000000000002</v>
       </c>
       <c r="Q24" s="10">
         <v>38.734000000000002</v>
       </c>
       <c r="R24" s="10">
         <v>39.040999999999997</v>
       </c>
       <c r="S24" s="10">
         <v>38.857999999999997</v>
       </c>
       <c r="T24" s="10">
-        <v>43.871000000000002</v>
+        <v>43.868000000000002</v>
       </c>
       <c r="U24" s="10">
         <v>41.383000000000003</v>
       </c>
       <c r="V24" s="10">
-        <v>43.45</v>
+        <v>43.448</v>
       </c>
     </row>
     <row r="25" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A25" s="7">
         <v>1982</v>
       </c>
       <c r="B25" s="8">
-        <v>52.89</v>
+        <v>52.902000000000001</v>
       </c>
       <c r="C25" s="8">
         <v>51.515000000000001</v>
       </c>
       <c r="D25" s="8">
-        <v>52.847999999999999</v>
+        <v>52.859000000000002</v>
       </c>
       <c r="E25" s="8">
-        <v>52.874000000000002</v>
+        <v>52.878</v>
       </c>
       <c r="F25" s="8">
-        <v>53.042999999999999</v>
+        <v>53.055999999999997</v>
       </c>
       <c r="G25" s="8">
-        <v>52.884</v>
+        <v>52.889000000000003</v>
       </c>
       <c r="H25" s="8">
-        <v>44.29</v>
+        <v>44.286999999999999</v>
       </c>
       <c r="I25" s="8">
-        <v>45.746000000000002</v>
+        <v>45.744999999999997</v>
       </c>
       <c r="J25" s="8">
-        <v>44.497</v>
+        <v>44.494999999999997</v>
       </c>
       <c r="K25" s="8">
-        <v>38.113</v>
+        <v>38.109000000000002</v>
       </c>
       <c r="L25" s="8">
-        <v>39.06</v>
+        <v>39.055</v>
       </c>
       <c r="M25" s="8">
-        <v>38.323</v>
+        <v>38.319000000000003</v>
       </c>
       <c r="N25" s="8">
         <v>36.692</v>
       </c>
       <c r="O25" s="8">
         <v>37.573</v>
       </c>
       <c r="P25" s="8">
         <v>37.006999999999998</v>
       </c>
       <c r="Q25" s="8">
         <v>38.981000000000002</v>
       </c>
       <c r="R25" s="8">
         <v>39.393999999999998</v>
       </c>
       <c r="S25" s="8">
         <v>39.154000000000003</v>
       </c>
       <c r="T25" s="8">
-        <v>44.174999999999997</v>
+        <v>44.171999999999997</v>
       </c>
       <c r="U25" s="8">
         <v>41.468000000000004</v>
       </c>
       <c r="V25" s="8">
-        <v>43.704000000000001</v>
+        <v>43.701999999999998</v>
       </c>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A26" s="9">
         <v>1983</v>
       </c>
       <c r="B26" s="10">
-        <v>53.393000000000001</v>
+        <v>53.405000000000001</v>
       </c>
       <c r="C26" s="10">
         <v>51.984999999999999</v>
       </c>
       <c r="D26" s="10">
-        <v>53.351999999999997</v>
+        <v>53.363999999999997</v>
       </c>
       <c r="E26" s="10">
-        <v>53.216000000000001</v>
+        <v>53.220999999999997</v>
       </c>
       <c r="F26" s="10">
-        <v>53.164999999999999</v>
+        <v>53.177999999999997</v>
       </c>
       <c r="G26" s="10">
-        <v>53.213000000000001</v>
+        <v>53.219000000000001</v>
       </c>
       <c r="H26" s="10">
-        <v>44.533000000000001</v>
+        <v>44.53</v>
       </c>
       <c r="I26" s="10">
-        <v>45.835000000000001</v>
+        <v>45.825000000000003</v>
       </c>
       <c r="J26" s="10">
-        <v>44.722999999999999</v>
+        <v>44.72</v>
       </c>
       <c r="K26" s="10">
-        <v>38.338999999999999</v>
+        <v>38.332000000000001</v>
       </c>
       <c r="L26" s="10">
-        <v>39.070999999999998</v>
+        <v>39.07</v>
       </c>
       <c r="M26" s="10">
-        <v>38.51</v>
+        <v>38.503999999999998</v>
       </c>
       <c r="N26" s="10">
-        <v>36.877000000000002</v>
+        <v>36.878</v>
       </c>
       <c r="O26" s="10">
         <v>37.780999999999999</v>
       </c>
       <c r="P26" s="10">
-        <v>37.204000000000001</v>
+        <v>37.204999999999998</v>
       </c>
       <c r="Q26" s="10">
         <v>39.063000000000002</v>
       </c>
       <c r="R26" s="10">
         <v>39.677</v>
       </c>
       <c r="S26" s="10">
         <v>39.334000000000003</v>
       </c>
       <c r="T26" s="10">
-        <v>44.5</v>
+        <v>44.499000000000002</v>
       </c>
       <c r="U26" s="10">
         <v>41.585999999999999</v>
       </c>
       <c r="V26" s="10">
-        <v>43.978000000000002</v>
+        <v>43.975999999999999</v>
       </c>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A27" s="7">
         <v>1984</v>
       </c>
       <c r="B27" s="8">
-        <v>53.335000000000001</v>
+        <v>53.366999999999997</v>
       </c>
       <c r="C27" s="8">
         <v>51.661999999999999</v>
       </c>
       <c r="D27" s="8">
-        <v>53.284999999999997</v>
+        <v>53.316000000000003</v>
       </c>
       <c r="E27" s="8">
-        <v>53.499000000000002</v>
+        <v>53.503999999999998</v>
       </c>
       <c r="F27" s="8">
-        <v>53.182000000000002</v>
+        <v>53.185000000000002</v>
       </c>
       <c r="G27" s="8">
-        <v>53.478999999999999</v>
+        <v>53.484000000000002</v>
       </c>
       <c r="H27" s="8">
-        <v>44.741</v>
+        <v>44.743000000000002</v>
       </c>
       <c r="I27" s="8">
-        <v>45.826000000000001</v>
+        <v>45.816000000000003</v>
       </c>
       <c r="J27" s="8">
-        <v>44.901000000000003</v>
+        <v>44.902000000000001</v>
       </c>
       <c r="K27" s="8">
-        <v>38.561</v>
+        <v>38.554000000000002</v>
       </c>
       <c r="L27" s="8">
-        <v>39.073</v>
+        <v>39.07</v>
       </c>
       <c r="M27" s="8">
-        <v>38.686</v>
+        <v>38.68</v>
       </c>
       <c r="N27" s="8">
-        <v>37.093000000000004</v>
+        <v>37.095999999999997</v>
       </c>
       <c r="O27" s="8">
-        <v>38.014000000000003</v>
+        <v>38.011000000000003</v>
       </c>
       <c r="P27" s="8">
-        <v>37.43</v>
+        <v>37.430999999999997</v>
       </c>
       <c r="Q27" s="8">
         <v>39.142000000000003</v>
       </c>
       <c r="R27" s="8">
         <v>39.905999999999999</v>
       </c>
       <c r="S27" s="8">
         <v>39.484999999999999</v>
       </c>
       <c r="T27" s="8">
-        <v>44.780999999999999</v>
+        <v>44.78</v>
       </c>
       <c r="U27" s="8">
-        <v>41.651000000000003</v>
+        <v>41.648000000000003</v>
       </c>
       <c r="V27" s="8">
-        <v>44.201999999999998</v>
+        <v>44.201000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A28" s="9">
         <v>1985</v>
       </c>
       <c r="B28" s="10">
-        <v>53.895000000000003</v>
+        <v>53.936999999999998</v>
       </c>
       <c r="C28" s="10">
-        <v>51.881999999999998</v>
+        <v>52.189</v>
       </c>
       <c r="D28" s="10">
-        <v>53.828000000000003</v>
+        <v>53.88</v>
       </c>
       <c r="E28" s="10">
-        <v>53.69</v>
+        <v>53.694000000000003</v>
       </c>
       <c r="F28" s="10">
-        <v>53.076999999999998</v>
+        <v>53.08</v>
       </c>
       <c r="G28" s="10">
-        <v>53.649000000000001</v>
+        <v>53.652999999999999</v>
       </c>
       <c r="H28" s="10">
-        <v>45.054000000000002</v>
+        <v>45.05</v>
       </c>
       <c r="I28" s="10">
-        <v>45.968000000000004</v>
+        <v>45.957000000000001</v>
       </c>
       <c r="J28" s="10">
-        <v>45.192999999999998</v>
+        <v>45.189</v>
       </c>
       <c r="K28" s="10">
-        <v>38.771999999999998</v>
+        <v>38.762</v>
       </c>
       <c r="L28" s="10">
-        <v>39.173999999999999</v>
+        <v>39.17</v>
       </c>
       <c r="M28" s="10">
-        <v>38.872999999999998</v>
+        <v>38.865000000000002</v>
       </c>
       <c r="N28" s="10">
-        <v>37.033000000000001</v>
+        <v>37.033999999999999</v>
       </c>
       <c r="O28" s="10">
-        <v>37.823</v>
+        <v>37.820999999999998</v>
       </c>
       <c r="P28" s="10">
         <v>37.33</v>
       </c>
       <c r="Q28" s="10">
         <v>39.094999999999999</v>
       </c>
       <c r="R28" s="10">
         <v>39.914999999999999</v>
       </c>
       <c r="S28" s="10">
         <v>39.450000000000003</v>
       </c>
       <c r="T28" s="10">
-        <v>44.978999999999999</v>
+        <v>44.976999999999997</v>
       </c>
       <c r="U28" s="10">
-        <v>41.661000000000001</v>
+        <v>41.658000000000001</v>
       </c>
       <c r="V28" s="10">
-        <v>44.344999999999999</v>
+        <v>44.341999999999999</v>
       </c>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A29" s="7">
         <v>1986</v>
       </c>
       <c r="B29" s="8">
-        <v>54.000999999999998</v>
+        <v>54.037999999999997</v>
       </c>
       <c r="C29" s="8">
-        <v>51.543999999999997</v>
+        <v>51.704999999999998</v>
       </c>
       <c r="D29" s="8">
-        <v>53.917000000000002</v>
+        <v>53.957999999999998</v>
       </c>
       <c r="E29" s="8">
-        <v>53.886000000000003</v>
+        <v>53.89</v>
       </c>
       <c r="F29" s="8">
-        <v>53.219000000000001</v>
+        <v>53.222999999999999</v>
       </c>
       <c r="G29" s="8">
-        <v>53.84</v>
+        <v>53.844000000000001</v>
       </c>
       <c r="H29" s="8">
-        <v>45.33</v>
+        <v>45.323</v>
       </c>
       <c r="I29" s="8">
-        <v>45.948</v>
+        <v>45.94</v>
       </c>
       <c r="J29" s="8">
-        <v>45.429000000000002</v>
+        <v>45.421999999999997</v>
       </c>
       <c r="K29" s="8">
-        <v>39.033999999999999</v>
+        <v>39.024999999999999</v>
       </c>
       <c r="L29" s="8">
-        <v>39.351999999999997</v>
+        <v>39.353000000000002</v>
       </c>
       <c r="M29" s="8">
-        <v>39.116</v>
+        <v>39.11</v>
       </c>
       <c r="N29" s="8">
-        <v>37.298999999999999</v>
+        <v>37.301000000000002</v>
       </c>
       <c r="O29" s="8">
-        <v>37.968000000000004</v>
+        <v>37.975999999999999</v>
       </c>
       <c r="P29" s="8">
-        <v>37.558</v>
+        <v>37.561999999999998</v>
       </c>
       <c r="Q29" s="8">
         <v>39.667000000000002</v>
       </c>
       <c r="R29" s="8">
         <v>40.332999999999998</v>
       </c>
       <c r="S29" s="8">
         <v>39.966999999999999</v>
       </c>
       <c r="T29" s="8">
-        <v>45.244999999999997</v>
+        <v>45.241999999999997</v>
       </c>
       <c r="U29" s="8">
-        <v>41.847999999999999</v>
+        <v>41.85</v>
       </c>
       <c r="V29" s="8">
-        <v>44.575000000000003</v>
+        <v>44.572000000000003</v>
       </c>
     </row>
     <row r="30" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A30" s="9">
         <v>1987</v>
       </c>
       <c r="B30" s="10">
-        <v>54.290999999999997</v>
+        <v>54.332000000000001</v>
       </c>
       <c r="C30" s="10">
-        <v>52.21</v>
+        <v>52.363</v>
       </c>
       <c r="D30" s="10">
-        <v>54.216999999999999</v>
+        <v>54.262</v>
       </c>
       <c r="E30" s="10">
-        <v>54.067</v>
+        <v>54.07</v>
       </c>
       <c r="F30" s="10">
-        <v>53.158000000000001</v>
+        <v>53.162999999999997</v>
       </c>
       <c r="G30" s="10">
-        <v>54.000999999999998</v>
+        <v>54.003999999999998</v>
       </c>
       <c r="H30" s="10">
-        <v>45.506</v>
+        <v>45.494999999999997</v>
       </c>
       <c r="I30" s="10">
-        <v>46.043999999999997</v>
+        <v>46.036999999999999</v>
       </c>
       <c r="J30" s="10">
-        <v>45.595999999999997</v>
+        <v>45.585000000000001</v>
       </c>
       <c r="K30" s="10">
-        <v>39.244</v>
+        <v>39.237000000000002</v>
       </c>
       <c r="L30" s="10">
-        <v>39.390999999999998</v>
+        <v>39.392000000000003</v>
       </c>
       <c r="M30" s="10">
-        <v>39.283000000000001</v>
+        <v>39.277999999999999</v>
       </c>
       <c r="N30" s="10">
-        <v>37.546999999999997</v>
+        <v>37.554000000000002</v>
       </c>
       <c r="O30" s="10">
-        <v>38.034999999999997</v>
+        <v>38.030999999999999</v>
       </c>
       <c r="P30" s="10">
-        <v>37.738999999999997</v>
+        <v>37.741999999999997</v>
       </c>
       <c r="Q30" s="10">
         <v>40.01</v>
       </c>
       <c r="R30" s="10">
-        <v>40.39</v>
+        <v>40.390999999999998</v>
       </c>
       <c r="S30" s="10">
-        <v>40.177999999999997</v>
+        <v>40.179000000000002</v>
       </c>
       <c r="T30" s="10">
-        <v>45.432000000000002</v>
+        <v>45.43</v>
       </c>
       <c r="U30" s="10">
-        <v>41.893000000000001</v>
+        <v>41.892000000000003</v>
       </c>
       <c r="V30" s="10">
-        <v>44.710999999999999</v>
+        <v>44.707999999999998</v>
       </c>
     </row>
     <row r="31" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A31" s="7">
         <v>1988</v>
       </c>
       <c r="B31" s="8">
-        <v>54.585000000000001</v>
+        <v>54.616999999999997</v>
       </c>
       <c r="C31" s="8">
-        <v>52.210999999999999</v>
+        <v>52.337000000000003</v>
       </c>
       <c r="D31" s="8">
-        <v>54.491</v>
+        <v>54.527000000000001</v>
       </c>
       <c r="E31" s="8">
         <v>54.332000000000001</v>
       </c>
       <c r="F31" s="8">
-        <v>53.11</v>
+        <v>53.115000000000002</v>
       </c>
       <c r="G31" s="8">
-        <v>54.238</v>
+        <v>54.238999999999997</v>
       </c>
       <c r="H31" s="8">
-        <v>45.820999999999998</v>
+        <v>45.811999999999998</v>
       </c>
       <c r="I31" s="8">
-        <v>46.125999999999998</v>
+        <v>46.119</v>
       </c>
       <c r="J31" s="8">
-        <v>45.872999999999998</v>
+        <v>45.863999999999997</v>
       </c>
       <c r="K31" s="8">
-        <v>39.475000000000001</v>
+        <v>39.468000000000004</v>
       </c>
       <c r="L31" s="8">
-        <v>39.435000000000002</v>
+        <v>39.433</v>
       </c>
       <c r="M31" s="8">
-        <v>39.463999999999999</v>
+        <v>39.457999999999998</v>
       </c>
       <c r="N31" s="8">
-        <v>37.758000000000003</v>
+        <v>37.762999999999998</v>
       </c>
       <c r="O31" s="8">
-        <v>38.265000000000001</v>
+        <v>38.261000000000003</v>
       </c>
       <c r="P31" s="8">
-        <v>37.96</v>
+        <v>37.962000000000003</v>
       </c>
       <c r="Q31" s="8">
         <v>40.399000000000001</v>
       </c>
       <c r="R31" s="8">
-        <v>39.826999999999998</v>
+        <v>39.831000000000003</v>
       </c>
       <c r="S31" s="8">
-        <v>40.139000000000003</v>
+        <v>40.14</v>
       </c>
       <c r="T31" s="8">
-        <v>45.66</v>
+        <v>45.655000000000001</v>
       </c>
       <c r="U31" s="8">
-        <v>41.926000000000002</v>
+        <v>41.923999999999999</v>
       </c>
       <c r="V31" s="8">
-        <v>44.871000000000002</v>
+        <v>44.866</v>
       </c>
     </row>
     <row r="32" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A32" s="9">
         <v>1989</v>
       </c>
       <c r="B32" s="10">
-        <v>54.722000000000001</v>
+        <v>54.74</v>
       </c>
       <c r="C32" s="10">
-        <v>52.143999999999998</v>
+        <v>52.305</v>
       </c>
       <c r="D32" s="10">
-        <v>54.613</v>
+        <v>54.639000000000003</v>
       </c>
       <c r="E32" s="10">
-        <v>54.54</v>
+        <v>54.537999999999997</v>
       </c>
       <c r="F32" s="10">
-        <v>53.095999999999997</v>
+        <v>53.101999999999997</v>
       </c>
       <c r="G32" s="10">
-        <v>54.424999999999997</v>
+        <v>54.423999999999999</v>
       </c>
       <c r="H32" s="10">
-        <v>46.104999999999997</v>
+        <v>46.094999999999999</v>
       </c>
       <c r="I32" s="10">
-        <v>46.23</v>
+        <v>46.222999999999999</v>
       </c>
       <c r="J32" s="10">
-        <v>46.127000000000002</v>
+        <v>46.118000000000002</v>
       </c>
       <c r="K32" s="10">
-        <v>39.732999999999997</v>
+        <v>39.723999999999997</v>
       </c>
       <c r="L32" s="10">
-        <v>39.58</v>
+        <v>39.579000000000001</v>
       </c>
       <c r="M32" s="10">
-        <v>39.69</v>
+        <v>39.683</v>
       </c>
       <c r="N32" s="10">
-        <v>38.042000000000002</v>
+        <v>38.043999999999997</v>
       </c>
       <c r="O32" s="10">
-        <v>38.546999999999997</v>
+        <v>38.542000000000002</v>
       </c>
       <c r="P32" s="10">
         <v>38.244</v>
       </c>
       <c r="Q32" s="10">
         <v>40.435000000000002</v>
       </c>
       <c r="R32" s="10">
-        <v>40.231000000000002</v>
+        <v>40.235999999999997</v>
       </c>
       <c r="S32" s="10">
-        <v>40.340000000000003</v>
+        <v>40.343000000000004</v>
       </c>
       <c r="T32" s="10">
-        <v>45.856999999999999</v>
+        <v>45.851999999999997</v>
       </c>
       <c r="U32" s="10">
-        <v>42.064</v>
+        <v>42.061999999999998</v>
       </c>
       <c r="V32" s="10">
-        <v>45.029000000000003</v>
+        <v>45.024000000000001</v>
       </c>
     </row>
     <row r="33" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A33" s="7">
         <v>1990</v>
       </c>
       <c r="B33" s="8">
-        <v>55.048999999999999</v>
+        <v>55.048000000000002</v>
       </c>
       <c r="C33" s="8">
-        <v>52.228999999999999</v>
+        <v>52.372</v>
       </c>
       <c r="D33" s="8">
-        <v>54.93</v>
+        <v>54.936999999999998</v>
       </c>
       <c r="E33" s="8">
         <v>54.628999999999998</v>
       </c>
       <c r="F33" s="8">
         <v>53.128999999999998</v>
       </c>
       <c r="G33" s="8">
         <v>54.506</v>
       </c>
       <c r="H33" s="8">
-        <v>46.305</v>
+        <v>46.304000000000002</v>
       </c>
       <c r="I33" s="8">
-        <v>46.17</v>
+        <v>46.167000000000002</v>
       </c>
       <c r="J33" s="8">
-        <v>46.28</v>
+        <v>46.279000000000003</v>
       </c>
       <c r="K33" s="8">
-        <v>40.003999999999998</v>
+        <v>40.000999999999998</v>
       </c>
       <c r="L33" s="8">
         <v>39.673000000000002</v>
       </c>
       <c r="M33" s="8">
-        <v>39.906999999999996</v>
+        <v>39.905999999999999</v>
       </c>
       <c r="N33" s="8">
-        <v>38.351999999999997</v>
+        <v>38.350999999999999</v>
       </c>
       <c r="O33" s="8">
-        <v>38.685000000000002</v>
+        <v>38.682000000000002</v>
       </c>
       <c r="P33" s="8">
-        <v>38.488</v>
+        <v>38.487000000000002</v>
       </c>
       <c r="Q33" s="8">
-        <v>40.131</v>
+        <v>40.161000000000001</v>
       </c>
       <c r="R33" s="8">
-        <v>40.514000000000003</v>
+        <v>40.520000000000003</v>
       </c>
       <c r="S33" s="8">
-        <v>40.305999999999997</v>
+        <v>40.325000000000003</v>
       </c>
       <c r="T33" s="8">
-        <v>46.01</v>
+        <v>46.009</v>
       </c>
       <c r="U33" s="8">
-        <v>42.137</v>
+        <v>42.136000000000003</v>
       </c>
       <c r="V33" s="8">
-        <v>45.14</v>
+        <v>45.139000000000003</v>
       </c>
     </row>
     <row r="34" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A34" s="9">
         <v>1991</v>
       </c>
       <c r="B34" s="10">
-        <v>55.078000000000003</v>
+        <v>55.067999999999998</v>
       </c>
       <c r="C34" s="10">
-        <v>51.787999999999997</v>
+        <v>51.863999999999997</v>
       </c>
       <c r="D34" s="10">
-        <v>54.927</v>
+        <v>54.923000000000002</v>
       </c>
       <c r="E34" s="10">
         <v>54.716999999999999</v>
       </c>
       <c r="F34" s="10">
         <v>53.241999999999997</v>
       </c>
       <c r="G34" s="10">
-        <v>54.59</v>
+        <v>54.588999999999999</v>
       </c>
       <c r="H34" s="10">
-        <v>46.45</v>
+        <v>46.448999999999998</v>
       </c>
       <c r="I34" s="10">
         <v>46.186999999999998</v>
       </c>
       <c r="J34" s="10">
         <v>46.399000000000001</v>
       </c>
       <c r="K34" s="10">
-        <v>40.186</v>
+        <v>40.185000000000002</v>
       </c>
       <c r="L34" s="10">
-        <v>39.816000000000003</v>
+        <v>39.814999999999998</v>
       </c>
       <c r="M34" s="10">
-        <v>40.073999999999998</v>
+        <v>40.072000000000003</v>
       </c>
       <c r="N34" s="10">
-        <v>38.573</v>
+        <v>38.572000000000003</v>
       </c>
       <c r="O34" s="10">
-        <v>38.773000000000003</v>
+        <v>38.770000000000003</v>
       </c>
       <c r="P34" s="10">
-        <v>38.655999999999999</v>
+        <v>38.655000000000001</v>
       </c>
       <c r="Q34" s="10">
-        <v>40.521000000000001</v>
+        <v>40.548000000000002</v>
       </c>
       <c r="R34" s="10">
-        <v>40.555</v>
+        <v>40.561</v>
       </c>
       <c r="S34" s="10">
-        <v>40.536999999999999</v>
+        <v>40.554000000000002</v>
       </c>
       <c r="T34" s="10">
-        <v>46.197000000000003</v>
+        <v>46.195999999999998</v>
       </c>
       <c r="U34" s="10">
-        <v>42.271999999999998</v>
+        <v>42.271000000000001</v>
       </c>
       <c r="V34" s="10">
-        <v>45.283999999999999</v>
+        <v>45.283000000000001</v>
       </c>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A35" s="7">
         <v>1992</v>
       </c>
       <c r="B35" s="8">
-        <v>54.911000000000001</v>
+        <v>54.901000000000003</v>
       </c>
       <c r="C35" s="8">
-        <v>52.073</v>
+        <v>52.139000000000003</v>
       </c>
       <c r="D35" s="8">
-        <v>54.777000000000001</v>
+        <v>54.771000000000001</v>
       </c>
       <c r="E35" s="8">
         <v>54.887</v>
       </c>
       <c r="F35" s="8">
         <v>53.186999999999998</v>
       </c>
       <c r="G35" s="8">
         <v>54.734999999999999</v>
       </c>
       <c r="H35" s="8">
         <v>46.674999999999997</v>
       </c>
       <c r="I35" s="8">
         <v>46.195</v>
       </c>
       <c r="J35" s="8">
         <v>46.579000000000001</v>
       </c>
       <c r="K35" s="8">
-        <v>40.408000000000001</v>
+        <v>40.405999999999999</v>
       </c>
       <c r="L35" s="8">
-        <v>39.987000000000002</v>
+        <v>39.985999999999997</v>
       </c>
       <c r="M35" s="8">
-        <v>40.277000000000001</v>
+        <v>40.276000000000003</v>
       </c>
       <c r="N35" s="8">
         <v>38.720999999999997</v>
       </c>
       <c r="O35" s="8">
-        <v>38.811</v>
+        <v>38.805</v>
       </c>
       <c r="P35" s="8">
-        <v>38.76</v>
+        <v>38.756</v>
       </c>
       <c r="Q35" s="8">
-        <v>40.651000000000003</v>
+        <v>40.673999999999999</v>
       </c>
       <c r="R35" s="8">
-        <v>41.036999999999999</v>
+        <v>41.043999999999997</v>
       </c>
       <c r="S35" s="8">
-        <v>40.831000000000003</v>
+        <v>40.847000000000001</v>
       </c>
       <c r="T35" s="8">
         <v>46.314</v>
       </c>
       <c r="U35" s="8">
-        <v>42.341000000000001</v>
+        <v>42.338999999999999</v>
       </c>
       <c r="V35" s="8">
-        <v>45.356999999999999</v>
+        <v>45.354999999999997</v>
       </c>
     </row>
     <row r="36" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A36" s="9">
         <v>1993</v>
       </c>
       <c r="B36" s="10">
-        <v>54.966000000000001</v>
+        <v>54.959000000000003</v>
       </c>
       <c r="C36" s="10">
-        <v>52.612000000000002</v>
+        <v>52.67</v>
       </c>
       <c r="D36" s="10">
-        <v>54.847999999999999</v>
+        <v>54.845999999999997</v>
       </c>
       <c r="E36" s="10">
         <v>55.021999999999998</v>
       </c>
       <c r="F36" s="10">
         <v>53.100999999999999</v>
       </c>
       <c r="G36" s="10">
         <v>54.841999999999999</v>
       </c>
       <c r="H36" s="10">
         <v>46.859000000000002</v>
       </c>
       <c r="I36" s="10">
         <v>46.271000000000001</v>
       </c>
       <c r="J36" s="10">
         <v>46.737000000000002</v>
       </c>
       <c r="K36" s="10">
-        <v>40.633000000000003</v>
+        <v>40.631999999999998</v>
       </c>
       <c r="L36" s="10">
-        <v>40.226999999999997</v>
+        <v>40.225999999999999</v>
       </c>
       <c r="M36" s="10">
-        <v>40.503</v>
+        <v>40.502000000000002</v>
       </c>
       <c r="N36" s="10">
-        <v>38.929000000000002</v>
+        <v>38.927999999999997</v>
       </c>
       <c r="O36" s="10">
-        <v>39.003999999999998</v>
+        <v>38.996000000000002</v>
       </c>
       <c r="P36" s="10">
-        <v>38.962000000000003</v>
+        <v>38.957000000000001</v>
       </c>
       <c r="Q36" s="10">
-        <v>41.235999999999997</v>
+        <v>41.26</v>
       </c>
       <c r="R36" s="10">
         <v>41.555999999999997</v>
       </c>
       <c r="S36" s="10">
-        <v>41.393999999999998</v>
+        <v>41.406999999999996</v>
       </c>
       <c r="T36" s="10">
-        <v>46.412999999999997</v>
+        <v>46.411999999999999</v>
       </c>
       <c r="U36" s="10">
-        <v>42.465000000000003</v>
+        <v>42.462000000000003</v>
       </c>
       <c r="V36" s="10">
-        <v>45.423000000000002</v>
+        <v>45.421999999999997</v>
       </c>
     </row>
     <row r="37" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A37" s="7">
         <v>1994</v>
       </c>
       <c r="B37" s="8">
         <v>55.048999999999999</v>
       </c>
       <c r="C37" s="8">
-        <v>52.764000000000003</v>
+        <v>52.811</v>
       </c>
       <c r="D37" s="8">
-        <v>54.927999999999997</v>
+        <v>54.932000000000002</v>
       </c>
       <c r="E37" s="8">
         <v>55.14</v>
       </c>
       <c r="F37" s="8">
         <v>53.082000000000001</v>
       </c>
       <c r="G37" s="8">
         <v>54.936</v>
       </c>
       <c r="H37" s="8">
-        <v>47.029000000000003</v>
+        <v>47.027999999999999</v>
       </c>
       <c r="I37" s="8">
         <v>46.470999999999997</v>
       </c>
       <c r="J37" s="8">
         <v>46.91</v>
       </c>
       <c r="K37" s="8">
-        <v>40.844999999999999</v>
+        <v>40.844000000000001</v>
       </c>
       <c r="L37" s="8">
-        <v>40.426000000000002</v>
+        <v>40.424999999999997</v>
       </c>
       <c r="M37" s="8">
         <v>40.707999999999998</v>
       </c>
       <c r="N37" s="8">
-        <v>39.287999999999997</v>
+        <v>39.289000000000001</v>
       </c>
       <c r="O37" s="8">
-        <v>39.109000000000002</v>
+        <v>39.100999999999999</v>
       </c>
       <c r="P37" s="8">
-        <v>39.209000000000003</v>
+        <v>39.206000000000003</v>
       </c>
       <c r="Q37" s="8">
-        <v>41.798000000000002</v>
+        <v>41.822000000000003</v>
       </c>
       <c r="R37" s="8">
         <v>42.27</v>
       </c>
       <c r="S37" s="8">
-        <v>42.033000000000001</v>
+        <v>42.045000000000002</v>
       </c>
       <c r="T37" s="8">
         <v>46.573999999999998</v>
       </c>
       <c r="U37" s="8">
-        <v>42.652999999999999</v>
+        <v>42.651000000000003</v>
       </c>
       <c r="V37" s="8">
-        <v>45.564</v>
+        <v>45.563000000000002</v>
       </c>
     </row>
     <row r="38" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A38" s="9">
         <v>1995</v>
       </c>
       <c r="B38" s="10">
-        <v>55.21</v>
+        <v>55.207999999999998</v>
       </c>
       <c r="C38" s="10">
-        <v>52.308</v>
+        <v>52.341000000000001</v>
       </c>
       <c r="D38" s="10">
-        <v>55.045999999999999</v>
+        <v>55.046999999999997</v>
       </c>
       <c r="E38" s="10">
         <v>55.417999999999999</v>
       </c>
       <c r="F38" s="10">
         <v>53.326000000000001</v>
       </c>
       <c r="G38" s="10">
         <v>55.201000000000001</v>
       </c>
       <c r="H38" s="10">
-        <v>47.366</v>
+        <v>47.365000000000002</v>
       </c>
       <c r="I38" s="10">
-        <v>46.732999999999997</v>
+        <v>46.731000000000002</v>
       </c>
       <c r="J38" s="10">
-        <v>47.225999999999999</v>
+        <v>47.225000000000001</v>
       </c>
       <c r="K38" s="10">
-        <v>41.17</v>
+        <v>41.168999999999997</v>
       </c>
       <c r="L38" s="10">
-        <v>40.688000000000002</v>
+        <v>40.686999999999998</v>
       </c>
       <c r="M38" s="10">
-        <v>41.011000000000003</v>
+        <v>41.01</v>
       </c>
       <c r="N38" s="10">
-        <v>39.661999999999999</v>
+        <v>39.662999999999997</v>
       </c>
       <c r="O38" s="10">
-        <v>39.451999999999998</v>
+        <v>39.445</v>
       </c>
       <c r="P38" s="10">
-        <v>39.569000000000003</v>
+        <v>39.566000000000003</v>
       </c>
       <c r="Q38" s="10">
-        <v>42.383000000000003</v>
+        <v>42.411000000000001</v>
       </c>
       <c r="R38" s="10">
         <v>42.764000000000003</v>
       </c>
       <c r="S38" s="10">
-        <v>42.576000000000001</v>
+        <v>42.59</v>
       </c>
       <c r="T38" s="10">
         <v>46.890999999999998</v>
       </c>
       <c r="U38" s="10">
-        <v>42.978999999999999</v>
+        <v>42.976999999999997</v>
       </c>
       <c r="V38" s="10">
-        <v>45.86</v>
+        <v>45.859000000000002</v>
       </c>
     </row>
     <row r="39" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A39" s="7">
         <v>1996</v>
       </c>
       <c r="B39" s="8">
-        <v>55.396000000000001</v>
+        <v>55.393000000000001</v>
       </c>
       <c r="C39" s="8">
-        <v>52.152999999999999</v>
+        <v>52.149000000000001</v>
       </c>
       <c r="D39" s="8">
         <v>55.192</v>
       </c>
       <c r="E39" s="8">
         <v>55.704000000000001</v>
       </c>
       <c r="F39" s="8">
         <v>53.442</v>
       </c>
       <c r="G39" s="8">
         <v>55.457000000000001</v>
       </c>
       <c r="H39" s="8">
         <v>47.695999999999998</v>
       </c>
       <c r="I39" s="8">
-        <v>47.064999999999998</v>
+        <v>47.064</v>
       </c>
       <c r="J39" s="8">
-        <v>47.554000000000002</v>
+        <v>47.552999999999997</v>
       </c>
       <c r="K39" s="8">
         <v>41.506</v>
       </c>
       <c r="L39" s="8">
-        <v>40.963999999999999</v>
+        <v>40.965000000000003</v>
       </c>
       <c r="M39" s="8">
         <v>41.323999999999998</v>
       </c>
       <c r="N39" s="8">
-        <v>39.994999999999997</v>
+        <v>39.991999999999997</v>
       </c>
       <c r="O39" s="8">
-        <v>39.875</v>
+        <v>39.863</v>
       </c>
       <c r="P39" s="8">
-        <v>39.942</v>
+        <v>39.935000000000002</v>
       </c>
       <c r="Q39" s="8">
-        <v>43.466000000000001</v>
+        <v>43.47</v>
       </c>
       <c r="R39" s="8">
         <v>43.36</v>
       </c>
       <c r="S39" s="8">
-        <v>43.411999999999999</v>
+        <v>43.414000000000001</v>
       </c>
       <c r="T39" s="8">
-        <v>47.244999999999997</v>
+        <v>47.243000000000002</v>
       </c>
       <c r="U39" s="8">
-        <v>43.350999999999999</v>
+        <v>43.348999999999997</v>
       </c>
       <c r="V39" s="8">
-        <v>46.201999999999998</v>
+        <v>46.2</v>
       </c>
     </row>
     <row r="40" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A40" s="9">
         <v>1997</v>
       </c>
       <c r="B40" s="10">
-        <v>55.654000000000003</v>
+        <v>55.643999999999998</v>
       </c>
       <c r="C40" s="10">
-        <v>52.34</v>
+        <v>52.357999999999997</v>
       </c>
       <c r="D40" s="10">
-        <v>55.432000000000002</v>
+        <v>55.423999999999999</v>
       </c>
       <c r="E40" s="10">
         <v>55.98</v>
       </c>
       <c r="F40" s="10">
         <v>53.703000000000003</v>
       </c>
       <c r="G40" s="10">
-        <v>55.720999999999997</v>
+        <v>55.72</v>
       </c>
       <c r="H40" s="10">
-        <v>48.078000000000003</v>
+        <v>48.076999999999998</v>
       </c>
       <c r="I40" s="10">
-        <v>47.433999999999997</v>
+        <v>47.436999999999998</v>
       </c>
       <c r="J40" s="10">
         <v>47.929000000000002</v>
       </c>
       <c r="K40" s="10">
-        <v>41.9</v>
+        <v>41.899000000000001</v>
       </c>
       <c r="L40" s="10">
-        <v>41.259</v>
+        <v>41.258000000000003</v>
       </c>
       <c r="M40" s="10">
-        <v>41.680999999999997</v>
+        <v>41.68</v>
       </c>
       <c r="N40" s="10">
-        <v>40.170999999999999</v>
+        <v>40.167999999999999</v>
       </c>
       <c r="O40" s="10">
-        <v>39.984000000000002</v>
+        <v>39.972999999999999</v>
       </c>
       <c r="P40" s="10">
-        <v>40.085999999999999</v>
+        <v>40.08</v>
       </c>
       <c r="Q40" s="10">
         <v>44.052999999999997</v>
       </c>
       <c r="R40" s="10">
         <v>44.131999999999998</v>
       </c>
       <c r="S40" s="10">
         <v>44.094000000000001</v>
       </c>
       <c r="T40" s="10">
-        <v>47.576000000000001</v>
+        <v>47.573999999999998</v>
       </c>
       <c r="U40" s="10">
-        <v>43.648000000000003</v>
+        <v>43.646000000000001</v>
       </c>
       <c r="V40" s="10">
-        <v>46.499000000000002</v>
+        <v>46.497</v>
       </c>
     </row>
     <row r="41" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A41" s="7">
         <v>1998</v>
       </c>
       <c r="B41" s="8">
-        <v>55.585999999999999</v>
+        <v>55.585000000000001</v>
       </c>
       <c r="C41" s="8">
-        <v>52.273000000000003</v>
+        <v>52.357999999999997</v>
       </c>
       <c r="D41" s="8">
-        <v>55.347000000000001</v>
+        <v>55.353000000000002</v>
       </c>
       <c r="E41" s="8">
-        <v>56.26</v>
+        <v>56.259</v>
       </c>
       <c r="F41" s="8">
         <v>53.997</v>
       </c>
       <c r="G41" s="8">
-        <v>55.988</v>
+        <v>55.987000000000002</v>
       </c>
       <c r="H41" s="8">
-        <v>48.459000000000003</v>
+        <v>48.457000000000001</v>
       </c>
       <c r="I41" s="8">
         <v>47.81</v>
       </c>
       <c r="J41" s="8">
-        <v>48.305999999999997</v>
+        <v>48.304000000000002</v>
       </c>
       <c r="K41" s="8">
         <v>42.24</v>
       </c>
       <c r="L41" s="8">
         <v>41.536999999999999</v>
       </c>
       <c r="M41" s="8">
         <v>41.994</v>
       </c>
       <c r="N41" s="8">
-        <v>40.405000000000001</v>
+        <v>40.402999999999999</v>
       </c>
       <c r="O41" s="8">
-        <v>40.149000000000001</v>
+        <v>40.146000000000001</v>
       </c>
       <c r="P41" s="8">
-        <v>40.287999999999997</v>
+        <v>40.284999999999997</v>
       </c>
       <c r="Q41" s="8">
-        <v>44.186</v>
+        <v>44.179000000000002</v>
       </c>
       <c r="R41" s="8">
-        <v>44.43</v>
+        <v>44.438000000000002</v>
       </c>
       <c r="S41" s="8">
         <v>44.31</v>
       </c>
       <c r="T41" s="8">
-        <v>47.872999999999998</v>
+        <v>47.871000000000002</v>
       </c>
       <c r="U41" s="8">
-        <v>43.929000000000002</v>
+        <v>43.927999999999997</v>
       </c>
       <c r="V41" s="8">
-        <v>46.762999999999998</v>
+        <v>46.762</v>
       </c>
     </row>
     <row r="42" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A42" s="9">
         <v>1999</v>
       </c>
       <c r="B42" s="10">
         <v>55.441000000000003</v>
       </c>
       <c r="C42" s="10">
-        <v>52.936</v>
+        <v>53.015999999999998</v>
       </c>
       <c r="D42" s="10">
-        <v>55.252000000000002</v>
+        <v>55.258000000000003</v>
       </c>
       <c r="E42" s="10">
-        <v>56.529000000000003</v>
+        <v>56.527999999999999</v>
       </c>
       <c r="F42" s="10">
         <v>54.225999999999999</v>
       </c>
       <c r="G42" s="10">
-        <v>56.235999999999997</v>
+        <v>56.234999999999999</v>
       </c>
       <c r="H42" s="10">
-        <v>48.773000000000003</v>
+        <v>48.771999999999998</v>
       </c>
       <c r="I42" s="10">
-        <v>48.11</v>
+        <v>48.112000000000002</v>
       </c>
       <c r="J42" s="10">
-        <v>48.612000000000002</v>
+        <v>48.610999999999997</v>
       </c>
       <c r="K42" s="10">
-        <v>42.478000000000002</v>
+        <v>42.476999999999997</v>
       </c>
       <c r="L42" s="10">
-        <v>41.747</v>
+        <v>41.744999999999997</v>
       </c>
       <c r="M42" s="10">
-        <v>42.218000000000004</v>
+        <v>42.216999999999999</v>
       </c>
       <c r="N42" s="10">
-        <v>40.613</v>
+        <v>40.610999999999997</v>
       </c>
       <c r="O42" s="10">
-        <v>40.433999999999997</v>
+        <v>40.436</v>
       </c>
       <c r="P42" s="10">
         <v>40.527999999999999</v>
       </c>
       <c r="Q42" s="10">
         <v>44.350999999999999</v>
       </c>
       <c r="R42" s="10">
         <v>44.326000000000001</v>
       </c>
       <c r="S42" s="10">
         <v>44.338000000000001</v>
       </c>
       <c r="T42" s="10">
-        <v>48.167999999999999</v>
+        <v>48.167000000000002</v>
       </c>
       <c r="U42" s="10">
-        <v>44.223999999999997</v>
+        <v>44.222999999999999</v>
       </c>
       <c r="V42" s="10">
-        <v>47.031999999999996</v>
+        <v>47.030999999999999</v>
       </c>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A43" s="7">
         <v>2000</v>
       </c>
       <c r="B43" s="8">
-        <v>55.466000000000001</v>
+        <v>55.470999999999997</v>
       </c>
       <c r="C43" s="8">
-        <v>52.914999999999999</v>
+        <v>52.985999999999997</v>
       </c>
       <c r="D43" s="8">
-        <v>55.255000000000003</v>
+        <v>55.264000000000003</v>
       </c>
       <c r="E43" s="8">
-        <v>56.783999999999999</v>
+        <v>56.781999999999996</v>
       </c>
       <c r="F43" s="8">
         <v>54.383000000000003</v>
       </c>
       <c r="G43" s="8">
-        <v>56.463000000000001</v>
+        <v>56.460999999999999</v>
       </c>
       <c r="H43" s="8">
-        <v>49.037999999999997</v>
+        <v>49.036000000000001</v>
       </c>
       <c r="I43" s="8">
-        <v>48.313000000000002</v>
+        <v>48.316000000000003</v>
       </c>
       <c r="J43" s="8">
         <v>48.856000000000002</v>
       </c>
       <c r="K43" s="8">
-        <v>42.787999999999997</v>
+        <v>42.786999999999999</v>
       </c>
       <c r="L43" s="8">
-        <v>42.014000000000003</v>
+        <v>42.011000000000003</v>
       </c>
       <c r="M43" s="8">
-        <v>42.509</v>
+        <v>42.506999999999998</v>
       </c>
       <c r="N43" s="8">
-        <v>40.962000000000003</v>
+        <v>40.956000000000003</v>
       </c>
       <c r="O43" s="8">
-        <v>40.622999999999998</v>
+        <v>40.625</v>
       </c>
       <c r="P43" s="8">
-        <v>40.799999999999997</v>
+        <v>40.798000000000002</v>
       </c>
       <c r="Q43" s="8">
-        <v>44.136000000000003</v>
+        <v>44.125999999999998</v>
       </c>
       <c r="R43" s="8">
         <v>44.28</v>
       </c>
       <c r="S43" s="8">
-        <v>44.207999999999998</v>
+        <v>44.201999999999998</v>
       </c>
       <c r="T43" s="8">
-        <v>48.386000000000003</v>
+        <v>48.383000000000003</v>
       </c>
       <c r="U43" s="8">
-        <v>44.445999999999998</v>
+        <v>44.445</v>
       </c>
       <c r="V43" s="8">
-        <v>47.222999999999999</v>
+        <v>47.220999999999997</v>
       </c>
     </row>
     <row r="44" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A44" s="9">
         <v>2001</v>
       </c>
       <c r="B44" s="10">
         <v>55.69</v>
       </c>
       <c r="C44" s="10">
-        <v>53.188000000000002</v>
+        <v>53.238999999999997</v>
       </c>
       <c r="D44" s="10">
-        <v>55.475000000000001</v>
+        <v>55.48</v>
       </c>
       <c r="E44" s="10">
-        <v>57.113999999999997</v>
+        <v>57.112000000000002</v>
       </c>
       <c r="F44" s="10">
-        <v>54.642000000000003</v>
+        <v>54.637999999999998</v>
       </c>
       <c r="G44" s="10">
-        <v>56.77</v>
+        <v>56.767000000000003</v>
       </c>
       <c r="H44" s="10">
-        <v>49.417999999999999</v>
+        <v>49.417000000000002</v>
       </c>
       <c r="I44" s="10">
-        <v>48.59</v>
+        <v>48.591999999999999</v>
       </c>
       <c r="J44" s="10">
         <v>49.204000000000001</v>
       </c>
       <c r="K44" s="10">
         <v>43.061999999999998</v>
       </c>
       <c r="L44" s="10">
-        <v>42.216000000000001</v>
+        <v>42.215000000000003</v>
       </c>
       <c r="M44" s="10">
         <v>42.753999999999998</v>
       </c>
       <c r="N44" s="10">
-        <v>40.936999999999998</v>
+        <v>40.933999999999997</v>
       </c>
       <c r="O44" s="10">
-        <v>40.695</v>
+        <v>40.698999999999998</v>
       </c>
       <c r="P44" s="10">
-        <v>40.820999999999998</v>
+        <v>40.822000000000003</v>
       </c>
       <c r="Q44" s="10">
-        <v>44.075000000000003</v>
+        <v>44.067</v>
       </c>
       <c r="R44" s="10">
         <v>44.216000000000001</v>
       </c>
       <c r="S44" s="10">
-        <v>44.145000000000003</v>
+        <v>44.140999999999998</v>
       </c>
       <c r="T44" s="10">
-        <v>48.55</v>
+        <v>48.548999999999999</v>
       </c>
       <c r="U44" s="10">
         <v>44.613</v>
       </c>
       <c r="V44" s="10">
-        <v>47.36</v>
+        <v>47.359000000000002</v>
       </c>
     </row>
     <row r="45" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A45" s="7">
         <v>2002</v>
       </c>
       <c r="B45" s="8">
-        <v>55.692</v>
+        <v>55.686999999999998</v>
       </c>
       <c r="C45" s="8">
-        <v>53.192999999999998</v>
+        <v>53.237000000000002</v>
       </c>
       <c r="D45" s="8">
-        <v>55.470999999999997</v>
+        <v>55.472000000000001</v>
       </c>
       <c r="E45" s="8">
-        <v>57.424999999999997</v>
+        <v>57.423999999999999</v>
       </c>
       <c r="F45" s="8">
-        <v>54.877000000000002</v>
+        <v>54.871000000000002</v>
       </c>
       <c r="G45" s="8">
-        <v>57.057000000000002</v>
+        <v>57.055</v>
       </c>
       <c r="H45" s="8">
-        <v>49.72</v>
+        <v>49.719000000000001</v>
       </c>
       <c r="I45" s="8">
-        <v>49.006999999999998</v>
+        <v>49.008000000000003</v>
       </c>
       <c r="J45" s="8">
-        <v>49.533000000000001</v>
+        <v>49.531999999999996</v>
       </c>
       <c r="K45" s="8">
-        <v>43.246000000000002</v>
+        <v>43.244999999999997</v>
       </c>
       <c r="L45" s="8">
-        <v>42.366</v>
+        <v>42.363999999999997</v>
       </c>
       <c r="M45" s="8">
-        <v>42.921999999999997</v>
+        <v>42.920999999999999</v>
       </c>
       <c r="N45" s="8">
-        <v>41.261000000000003</v>
+        <v>41.256</v>
       </c>
       <c r="O45" s="8">
-        <v>40.808999999999997</v>
+        <v>40.814</v>
       </c>
       <c r="P45" s="8">
         <v>41.04</v>
       </c>
       <c r="Q45" s="8">
-        <v>44.079000000000001</v>
+        <v>44.073</v>
       </c>
       <c r="R45" s="8">
-        <v>44.326000000000001</v>
+        <v>44.332000000000001</v>
       </c>
       <c r="S45" s="8">
         <v>44.2</v>
       </c>
       <c r="T45" s="8">
-        <v>48.777999999999999</v>
+        <v>48.774999999999999</v>
       </c>
       <c r="U45" s="8">
         <v>44.808999999999997</v>
       </c>
       <c r="V45" s="8">
-        <v>47.552999999999997</v>
+        <v>47.551000000000002</v>
       </c>
     </row>
     <row r="46" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A46" s="9">
         <v>2003</v>
       </c>
       <c r="B46" s="10">
-        <v>56.021000000000001</v>
+        <v>56.014000000000003</v>
       </c>
       <c r="C46" s="10">
-        <v>53.256999999999998</v>
+        <v>53.290999999999997</v>
       </c>
       <c r="D46" s="10">
-        <v>55.735999999999997</v>
+        <v>55.734000000000002</v>
       </c>
       <c r="E46" s="10">
-        <v>57.759</v>
+        <v>57.758000000000003</v>
       </c>
       <c r="F46" s="10">
-        <v>55.167000000000002</v>
+        <v>55.162999999999997</v>
       </c>
       <c r="G46" s="10">
-        <v>57.369</v>
+        <v>57.366999999999997</v>
       </c>
       <c r="H46" s="10">
-        <v>50.048999999999999</v>
+        <v>50.046999999999997</v>
       </c>
       <c r="I46" s="10">
-        <v>49.280999999999999</v>
+        <v>49.28</v>
       </c>
       <c r="J46" s="10">
-        <v>49.841000000000001</v>
+        <v>49.84</v>
       </c>
       <c r="K46" s="10">
-        <v>43.424999999999997</v>
+        <v>43.423000000000002</v>
       </c>
       <c r="L46" s="10">
-        <v>42.436</v>
+        <v>42.433999999999997</v>
       </c>
       <c r="M46" s="10">
-        <v>43.052999999999997</v>
+        <v>43.051000000000002</v>
       </c>
       <c r="N46" s="10">
-        <v>41.249000000000002</v>
+        <v>41.244</v>
       </c>
       <c r="O46" s="10">
-        <v>40.83</v>
+        <v>40.834000000000003</v>
       </c>
       <c r="P46" s="10">
         <v>41.040999999999997</v>
       </c>
       <c r="Q46" s="10">
-        <v>43.999000000000002</v>
+        <v>43.985999999999997</v>
       </c>
       <c r="R46" s="10">
-        <v>43.988999999999997</v>
+        <v>43.993000000000002</v>
       </c>
       <c r="S46" s="10">
-        <v>43.994</v>
+        <v>43.99</v>
       </c>
       <c r="T46" s="10">
-        <v>48.993000000000002</v>
+        <v>48.99</v>
       </c>
       <c r="U46" s="10">
-        <v>44.924999999999997</v>
+        <v>44.926000000000002</v>
       </c>
       <c r="V46" s="10">
-        <v>47.707999999999998</v>
+        <v>47.706000000000003</v>
       </c>
     </row>
     <row r="47" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A47" s="7">
         <v>2004</v>
       </c>
       <c r="B47" s="8">
-        <v>56.387999999999998</v>
+        <v>56.384999999999998</v>
       </c>
       <c r="C47" s="8">
-        <v>53.756999999999998</v>
+        <v>53.761000000000003</v>
       </c>
       <c r="D47" s="8">
-        <v>56.115000000000002</v>
+        <v>56.113</v>
       </c>
       <c r="E47" s="8">
-        <v>58.003999999999998</v>
+        <v>58.002000000000002</v>
       </c>
       <c r="F47" s="8">
-        <v>55.344000000000001</v>
+        <v>55.338000000000001</v>
       </c>
       <c r="G47" s="8">
-        <v>57.588000000000001</v>
+        <v>57.585000000000001</v>
       </c>
       <c r="H47" s="8">
-        <v>50.264000000000003</v>
+        <v>50.261000000000003</v>
       </c>
       <c r="I47" s="8">
-        <v>49.466000000000001</v>
+        <v>49.465000000000003</v>
       </c>
       <c r="J47" s="8">
-        <v>50.042999999999999</v>
+        <v>50.040999999999997</v>
       </c>
       <c r="K47" s="8">
-        <v>43.636000000000003</v>
+        <v>43.634</v>
       </c>
       <c r="L47" s="8">
-        <v>42.451999999999998</v>
+        <v>42.448999999999998</v>
       </c>
       <c r="M47" s="8">
-        <v>43.183</v>
+        <v>43.18</v>
       </c>
       <c r="N47" s="8">
-        <v>41.295000000000002</v>
+        <v>41.292000000000002</v>
       </c>
       <c r="O47" s="8">
-        <v>40.848999999999997</v>
+        <v>40.856000000000002</v>
       </c>
       <c r="P47" s="8">
-        <v>41.072000000000003</v>
+        <v>41.073999999999998</v>
       </c>
       <c r="Q47" s="8">
-        <v>44.503</v>
+        <v>44.473999999999997</v>
       </c>
       <c r="R47" s="8">
-        <v>44.427999999999997</v>
+        <v>44.432000000000002</v>
       </c>
       <c r="S47" s="8">
-        <v>44.466999999999999</v>
+        <v>44.454000000000001</v>
       </c>
       <c r="T47" s="8">
-        <v>49.158000000000001</v>
+        <v>49.155000000000001</v>
       </c>
       <c r="U47" s="8">
         <v>45.006</v>
       </c>
       <c r="V47" s="8">
-        <v>47.817999999999998</v>
+        <v>47.816000000000003</v>
       </c>
     </row>
     <row r="48" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A48" s="9">
         <v>2005</v>
       </c>
       <c r="B48" s="10">
-        <v>56.697000000000003</v>
+        <v>56.707000000000001</v>
       </c>
       <c r="C48" s="10">
-        <v>54.485999999999997</v>
+        <v>54.491</v>
       </c>
       <c r="D48" s="10">
-        <v>56.460999999999999</v>
+        <v>56.47</v>
       </c>
       <c r="E48" s="10">
-        <v>58.215000000000003</v>
+        <v>58.213999999999999</v>
       </c>
       <c r="F48" s="10">
-        <v>55.694000000000003</v>
+        <v>55.69</v>
       </c>
       <c r="G48" s="10">
-        <v>57.802999999999997</v>
+        <v>57.801000000000002</v>
       </c>
       <c r="H48" s="10">
-        <v>50.432000000000002</v>
+        <v>50.43</v>
       </c>
       <c r="I48" s="10">
-        <v>49.622</v>
+        <v>49.624000000000002</v>
       </c>
       <c r="J48" s="10">
-        <v>50.204000000000001</v>
+        <v>50.203000000000003</v>
       </c>
       <c r="K48" s="10">
-        <v>43.804000000000002</v>
+        <v>43.801000000000002</v>
       </c>
       <c r="L48" s="10">
-        <v>42.576999999999998</v>
+        <v>42.573</v>
       </c>
       <c r="M48" s="10">
-        <v>43.329000000000001</v>
+        <v>43.326000000000001</v>
       </c>
       <c r="N48" s="10">
-        <v>41.469000000000001</v>
+        <v>41.468000000000004</v>
       </c>
       <c r="O48" s="10">
-        <v>40.872</v>
+        <v>40.878999999999998</v>
       </c>
       <c r="P48" s="10">
-        <v>41.167000000000002</v>
+        <v>41.17</v>
       </c>
       <c r="Q48" s="10">
-        <v>44.920999999999999</v>
+        <v>44.902999999999999</v>
       </c>
       <c r="R48" s="10">
-        <v>44.764000000000003</v>
+        <v>44.765000000000001</v>
       </c>
       <c r="S48" s="10">
-        <v>44.844000000000001</v>
+        <v>44.835000000000001</v>
       </c>
       <c r="T48" s="10">
-        <v>49.332000000000001</v>
+        <v>49.33</v>
       </c>
       <c r="U48" s="10">
         <v>45.185000000000002</v>
       </c>
       <c r="V48" s="10">
-        <v>47.97</v>
+        <v>47.968000000000004</v>
       </c>
     </row>
     <row r="49" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A49" s="7">
         <v>2006</v>
       </c>
       <c r="B49" s="8">
-        <v>56.978999999999999</v>
+        <v>56.988</v>
       </c>
       <c r="C49" s="8">
-        <v>54.933999999999997</v>
+        <v>54.941000000000003</v>
       </c>
       <c r="D49" s="8">
-        <v>56.750999999999998</v>
+        <v>56.76</v>
       </c>
       <c r="E49" s="8">
-        <v>58.314999999999998</v>
+        <v>58.313000000000002</v>
       </c>
       <c r="F49" s="8">
-        <v>56.006</v>
+        <v>56.002000000000002</v>
       </c>
       <c r="G49" s="8">
-        <v>57.923999999999999</v>
+        <v>57.920999999999999</v>
       </c>
       <c r="H49" s="8">
-        <v>50.537999999999997</v>
+        <v>50.536000000000001</v>
       </c>
       <c r="I49" s="8">
         <v>49.746000000000002</v>
       </c>
       <c r="J49" s="8">
-        <v>50.308999999999997</v>
+        <v>50.307000000000002</v>
       </c>
       <c r="K49" s="8">
-        <v>43.802999999999997</v>
+        <v>43.801000000000002</v>
       </c>
       <c r="L49" s="8">
-        <v>42.534999999999997</v>
+        <v>42.531999999999996</v>
       </c>
       <c r="M49" s="8">
-        <v>43.301000000000002</v>
+        <v>43.298000000000002</v>
       </c>
       <c r="N49" s="8">
-        <v>41.274999999999999</v>
+        <v>41.274000000000001</v>
       </c>
       <c r="O49" s="8">
-        <v>40.695</v>
+        <v>40.698</v>
       </c>
       <c r="P49" s="8">
-        <v>40.976999999999997</v>
+        <v>40.978999999999999</v>
       </c>
       <c r="Q49" s="8">
-        <v>44.874000000000002</v>
+        <v>44.859000000000002</v>
       </c>
       <c r="R49" s="8">
-        <v>44.22</v>
+        <v>44.220999999999997</v>
       </c>
       <c r="S49" s="8">
-        <v>44.546999999999997</v>
+        <v>44.54</v>
       </c>
       <c r="T49" s="8">
-        <v>49.353000000000002</v>
+        <v>49.350999999999999</v>
       </c>
       <c r="U49" s="8">
-        <v>45.17</v>
+        <v>45.168999999999997</v>
       </c>
       <c r="V49" s="8">
-        <v>47.942</v>
+        <v>47.94</v>
       </c>
     </row>
     <row r="50" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A50" s="9">
         <v>2007</v>
       </c>
       <c r="B50" s="10">
-        <v>57.374000000000002</v>
+        <v>57.393000000000001</v>
       </c>
       <c r="C50" s="10">
-        <v>55.125</v>
+        <v>55.155000000000001</v>
       </c>
       <c r="D50" s="10">
-        <v>57.1</v>
+        <v>57.12</v>
       </c>
       <c r="E50" s="10">
-        <v>58.529000000000003</v>
+        <v>58.527999999999999</v>
       </c>
       <c r="F50" s="10">
-        <v>56.244999999999997</v>
+        <v>56.243000000000002</v>
       </c>
       <c r="G50" s="10">
-        <v>58.125999999999998</v>
+        <v>58.124000000000002</v>
       </c>
       <c r="H50" s="10">
-        <v>50.670999999999999</v>
+        <v>50.668999999999997</v>
       </c>
       <c r="I50" s="10">
-        <v>49.886000000000003</v>
+        <v>49.890999999999998</v>
       </c>
       <c r="J50" s="10">
-        <v>50.44</v>
+        <v>50.439</v>
       </c>
       <c r="K50" s="10">
-        <v>43.789000000000001</v>
+        <v>43.787999999999997</v>
       </c>
       <c r="L50" s="10">
-        <v>42.451000000000001</v>
+        <v>42.447000000000003</v>
       </c>
       <c r="M50" s="10">
-        <v>43.244</v>
+        <v>43.241999999999997</v>
       </c>
       <c r="N50" s="10">
-        <v>41.292999999999999</v>
+        <v>41.292000000000002</v>
       </c>
       <c r="O50" s="10">
-        <v>40.587000000000003</v>
+        <v>40.591000000000001</v>
       </c>
       <c r="P50" s="10">
-        <v>40.929000000000002</v>
+        <v>40.93</v>
       </c>
       <c r="Q50" s="10">
-        <v>44.77</v>
+        <v>44.755000000000003</v>
       </c>
       <c r="R50" s="10">
-        <v>44.11</v>
+        <v>44.110999999999997</v>
       </c>
       <c r="S50" s="10">
-        <v>44.438000000000002</v>
+        <v>44.432000000000002</v>
       </c>
       <c r="T50" s="10">
-        <v>49.448</v>
+        <v>49.445</v>
       </c>
       <c r="U50" s="10">
         <v>45.182000000000002</v>
       </c>
       <c r="V50" s="10">
-        <v>47.975999999999999</v>
+        <v>47.973999999999997</v>
       </c>
     </row>
     <row r="51" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A51" s="7">
         <v>2008</v>
       </c>
       <c r="B51" s="8">
-        <v>57.595999999999997</v>
+        <v>57.594000000000001</v>
       </c>
       <c r="C51" s="8">
-        <v>55.444000000000003</v>
+        <v>55.503999999999998</v>
       </c>
       <c r="D51" s="8">
-        <v>57.325000000000003</v>
+        <v>57.331000000000003</v>
       </c>
       <c r="E51" s="8">
-        <v>58.734000000000002</v>
+        <v>58.732999999999997</v>
       </c>
       <c r="F51" s="8">
-        <v>56.5</v>
+        <v>56.500999999999998</v>
       </c>
       <c r="G51" s="8">
-        <v>58.323999999999998</v>
+        <v>58.323</v>
       </c>
       <c r="H51" s="8">
-        <v>50.863999999999997</v>
+        <v>50.86</v>
       </c>
       <c r="I51" s="8">
-        <v>49.975999999999999</v>
+        <v>49.981999999999999</v>
       </c>
       <c r="J51" s="8">
-        <v>50.594000000000001</v>
+        <v>50.593000000000004</v>
       </c>
       <c r="K51" s="8">
-        <v>43.814999999999998</v>
+        <v>43.811999999999998</v>
       </c>
       <c r="L51" s="8">
-        <v>42.381999999999998</v>
+        <v>42.38</v>
       </c>
       <c r="M51" s="8">
-        <v>43.225000000000001</v>
+        <v>43.222000000000001</v>
       </c>
       <c r="N51" s="8">
-        <v>41.317</v>
+        <v>41.31</v>
       </c>
       <c r="O51" s="8">
-        <v>40.533999999999999</v>
+        <v>40.539000000000001</v>
       </c>
       <c r="P51" s="8">
-        <v>40.906999999999996</v>
+        <v>40.905000000000001</v>
       </c>
       <c r="Q51" s="8">
-        <v>45.122999999999998</v>
+        <v>45.115000000000002</v>
       </c>
       <c r="R51" s="8">
-        <v>44.606999999999999</v>
+        <v>44.607999999999997</v>
       </c>
       <c r="S51" s="8">
-        <v>44.860999999999997</v>
+        <v>44.857999999999997</v>
       </c>
       <c r="T51" s="8">
-        <v>49.570999999999998</v>
+        <v>49.567</v>
       </c>
       <c r="U51" s="8">
         <v>45.250999999999998</v>
       </c>
       <c r="V51" s="8">
-        <v>48.052999999999997</v>
+        <v>48.05</v>
       </c>
     </row>
     <row r="52" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A52" s="9">
         <v>2009</v>
       </c>
       <c r="B52" s="10">
-        <v>57.951999999999998</v>
+        <v>57.945999999999998</v>
       </c>
       <c r="C52" s="10">
-        <v>55.887</v>
+        <v>55.944000000000003</v>
       </c>
       <c r="D52" s="10">
-        <v>57.670999999999999</v>
+        <v>57.673000000000002</v>
       </c>
       <c r="E52" s="10">
-        <v>59.003999999999998</v>
+        <v>59.003</v>
       </c>
       <c r="F52" s="10">
-        <v>56.826000000000001</v>
+        <v>56.826999999999998</v>
       </c>
       <c r="G52" s="10">
         <v>58.591000000000001</v>
       </c>
       <c r="H52" s="10">
-        <v>51.122</v>
+        <v>51.119</v>
       </c>
       <c r="I52" s="10">
-        <v>50.085000000000001</v>
+        <v>50.088999999999999</v>
       </c>
       <c r="J52" s="10">
-        <v>50.798999999999999</v>
+        <v>50.798000000000002</v>
       </c>
       <c r="K52" s="10">
-        <v>43.975000000000001</v>
+        <v>43.972000000000001</v>
       </c>
       <c r="L52" s="10">
-        <v>42.417999999999999</v>
+        <v>42.415999999999997</v>
       </c>
       <c r="M52" s="10">
-        <v>43.328000000000003</v>
+        <v>43.326000000000001</v>
       </c>
       <c r="N52" s="10">
-        <v>41.319000000000003</v>
+        <v>41.308</v>
       </c>
       <c r="O52" s="10">
-        <v>40.581000000000003</v>
+        <v>40.585999999999999</v>
       </c>
       <c r="P52" s="10">
-        <v>40.927</v>
+        <v>40.924999999999997</v>
       </c>
       <c r="Q52" s="10">
-        <v>45.506</v>
+        <v>45.494999999999997</v>
       </c>
       <c r="R52" s="10">
-        <v>44.686999999999998</v>
+        <v>44.688000000000002</v>
       </c>
       <c r="S52" s="10">
-        <v>45.097999999999999</v>
+        <v>45.094000000000001</v>
       </c>
       <c r="T52" s="10">
-        <v>49.77</v>
+        <v>49.765999999999998</v>
       </c>
       <c r="U52" s="10">
         <v>45.393000000000001</v>
       </c>
       <c r="V52" s="10">
-        <v>48.213000000000001</v>
+        <v>48.21</v>
       </c>
     </row>
     <row r="53" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A53" s="7">
         <v>2010</v>
       </c>
       <c r="B53" s="8">
-        <v>58.332999999999998</v>
+        <v>58.348999999999997</v>
       </c>
       <c r="C53" s="8">
-        <v>56.6</v>
+        <v>56.640999999999998</v>
       </c>
       <c r="D53" s="8">
-        <v>58.091000000000001</v>
+        <v>58.109000000000002</v>
       </c>
       <c r="E53" s="8">
         <v>59.298000000000002</v>
       </c>
       <c r="F53" s="8">
-        <v>57.215000000000003</v>
+        <v>57.216999999999999</v>
       </c>
       <c r="G53" s="8">
         <v>58.892000000000003</v>
       </c>
       <c r="H53" s="8">
-        <v>51.295999999999999</v>
+        <v>51.293999999999997</v>
       </c>
       <c r="I53" s="8">
-        <v>50.220999999999997</v>
+        <v>50.222999999999999</v>
       </c>
       <c r="J53" s="8">
-        <v>50.953000000000003</v>
+        <v>50.951999999999998</v>
       </c>
       <c r="K53" s="8">
-        <v>44.085000000000001</v>
+        <v>44.082000000000001</v>
       </c>
       <c r="L53" s="8">
-        <v>42.445999999999998</v>
+        <v>42.441000000000003</v>
       </c>
       <c r="M53" s="8">
-        <v>43.398000000000003</v>
+        <v>43.393999999999998</v>
       </c>
       <c r="N53" s="8">
-        <v>41.462000000000003</v>
+        <v>41.451000000000001</v>
       </c>
       <c r="O53" s="8">
-        <v>40.590000000000003</v>
+        <v>40.588999999999999</v>
       </c>
       <c r="P53" s="8">
-        <v>40.994999999999997</v>
+        <v>40.988999999999997</v>
       </c>
       <c r="Q53" s="8">
-        <v>45.893999999999998</v>
+        <v>45.884999999999998</v>
       </c>
       <c r="R53" s="8">
-        <v>44.52</v>
+        <v>44.517000000000003</v>
       </c>
       <c r="S53" s="8">
-        <v>45.198999999999998</v>
+        <v>45.194000000000003</v>
       </c>
       <c r="T53" s="8">
-        <v>49.896999999999998</v>
+        <v>49.892000000000003</v>
       </c>
       <c r="U53" s="8">
-        <v>45.473999999999997</v>
+        <v>45.470999999999997</v>
       </c>
       <c r="V53" s="8">
-        <v>48.298000000000002</v>
+        <v>48.293999999999997</v>
       </c>
     </row>
     <row r="54" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A54" s="9">
         <v>2011</v>
       </c>
       <c r="B54" s="10">
-        <v>58.655000000000001</v>
+        <v>58.667999999999999</v>
       </c>
       <c r="C54" s="10">
-        <v>56.643000000000001</v>
+        <v>56.664000000000001</v>
       </c>
       <c r="D54" s="10">
-        <v>58.368000000000002</v>
+        <v>58.381999999999998</v>
       </c>
       <c r="E54" s="10">
         <v>59.600999999999999</v>
       </c>
       <c r="F54" s="10">
-        <v>57.482999999999997</v>
+        <v>57.484999999999999</v>
       </c>
       <c r="G54" s="10">
-        <v>59.173000000000002</v>
+        <v>59.173999999999999</v>
       </c>
       <c r="H54" s="10">
-        <v>51.505000000000003</v>
+        <v>51.500999999999998</v>
       </c>
       <c r="I54" s="10">
-        <v>50.341000000000001</v>
+        <v>50.345999999999997</v>
       </c>
       <c r="J54" s="10">
-        <v>51.125</v>
+        <v>51.124000000000002</v>
       </c>
       <c r="K54" s="10">
-        <v>44.262999999999998</v>
+        <v>44.258000000000003</v>
       </c>
       <c r="L54" s="10">
-        <v>42.442999999999998</v>
+        <v>42.436999999999998</v>
       </c>
       <c r="M54" s="10">
-        <v>43.493000000000002</v>
+        <v>43.487000000000002</v>
       </c>
       <c r="N54" s="10">
-        <v>41.31</v>
+        <v>41.298999999999999</v>
       </c>
       <c r="O54" s="10">
-        <v>40.49</v>
+        <v>40.484999999999999</v>
       </c>
       <c r="P54" s="10">
-        <v>40.869999999999997</v>
+        <v>40.862000000000002</v>
       </c>
       <c r="Q54" s="10">
-        <v>45.947000000000003</v>
+        <v>45.948</v>
       </c>
       <c r="R54" s="10">
-        <v>44.155000000000001</v>
+        <v>44.149000000000001</v>
       </c>
       <c r="S54" s="10">
-        <v>45.045000000000002</v>
+        <v>45.043999999999997</v>
       </c>
       <c r="T54" s="10">
-        <v>50.018000000000001</v>
+        <v>50.012</v>
       </c>
       <c r="U54" s="10">
-        <v>45.51</v>
+        <v>45.505000000000003</v>
       </c>
       <c r="V54" s="10">
-        <v>48.362000000000002</v>
+        <v>48.356999999999999</v>
       </c>
     </row>
     <row r="55" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A55" s="7">
         <v>2012</v>
       </c>
       <c r="B55" s="8">
-        <v>58.854999999999997</v>
+        <v>58.875999999999998</v>
       </c>
       <c r="C55" s="8">
-        <v>57.106999999999999</v>
+        <v>57.058999999999997</v>
       </c>
       <c r="D55" s="8">
-        <v>58.598999999999997</v>
+        <v>58.609000000000002</v>
       </c>
       <c r="E55" s="8">
-        <v>59.896000000000001</v>
+        <v>59.895000000000003</v>
       </c>
       <c r="F55" s="8">
-        <v>57.774999999999999</v>
+        <v>57.77</v>
       </c>
       <c r="G55" s="8">
-        <v>59.454999999999998</v>
+        <v>59.453000000000003</v>
       </c>
       <c r="H55" s="8">
-        <v>51.692</v>
+        <v>51.689</v>
       </c>
       <c r="I55" s="8">
-        <v>50.47</v>
+        <v>50.472999999999999</v>
       </c>
       <c r="J55" s="8">
-        <v>51.283999999999999</v>
+        <v>51.283000000000001</v>
       </c>
       <c r="K55" s="8">
-        <v>44.332000000000001</v>
+        <v>44.326000000000001</v>
       </c>
       <c r="L55" s="8">
-        <v>42.402000000000001</v>
+        <v>42.39</v>
       </c>
       <c r="M55" s="8">
-        <v>43.505000000000003</v>
+        <v>43.497</v>
       </c>
       <c r="N55" s="8">
-        <v>41.697000000000003</v>
+        <v>41.686999999999998</v>
       </c>
       <c r="O55" s="8">
-        <v>40.656999999999996</v>
+        <v>40.652999999999999</v>
       </c>
       <c r="P55" s="8">
-        <v>41.122999999999998</v>
+        <v>41.116</v>
       </c>
       <c r="Q55" s="8">
-        <v>45.938000000000002</v>
+        <v>45.923999999999999</v>
       </c>
       <c r="R55" s="8">
-        <v>43.902999999999999</v>
+        <v>43.9</v>
       </c>
       <c r="S55" s="8">
-        <v>44.929000000000002</v>
+        <v>44.920999999999999</v>
       </c>
       <c r="T55" s="8">
-        <v>50.207000000000001</v>
+        <v>50.2</v>
       </c>
       <c r="U55" s="8">
-        <v>45.601999999999997</v>
+        <v>45.591999999999999</v>
       </c>
       <c r="V55" s="8">
-        <v>48.488999999999997</v>
+        <v>48.48</v>
       </c>
     </row>
     <row r="56" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A56" s="9">
         <v>2013</v>
       </c>
       <c r="B56" s="10">
-        <v>59.100999999999999</v>
+        <v>59.122</v>
       </c>
       <c r="C56" s="10">
-        <v>57.41</v>
+        <v>57.393999999999998</v>
       </c>
       <c r="D56" s="10">
-        <v>58.841999999999999</v>
+        <v>58.856000000000002</v>
       </c>
       <c r="E56" s="10">
-        <v>60.16</v>
+        <v>60.158000000000001</v>
       </c>
       <c r="F56" s="10">
-        <v>57.942999999999998</v>
+        <v>57.939</v>
       </c>
       <c r="G56" s="10">
-        <v>59.683999999999997</v>
+        <v>59.682000000000002</v>
       </c>
       <c r="H56" s="10">
-        <v>51.765999999999998</v>
+        <v>51.761000000000003</v>
       </c>
       <c r="I56" s="10">
-        <v>50.491999999999997</v>
+        <v>50.496000000000002</v>
       </c>
       <c r="J56" s="10">
-        <v>51.331000000000003</v>
+        <v>51.329000000000001</v>
       </c>
       <c r="K56" s="10">
-        <v>44.441000000000003</v>
+        <v>44.436999999999998</v>
       </c>
       <c r="L56" s="10">
-        <v>42.356999999999999</v>
+        <v>42.347999999999999</v>
       </c>
       <c r="M56" s="10">
-        <v>43.533000000000001</v>
+        <v>43.526000000000003</v>
       </c>
       <c r="N56" s="10">
-        <v>41.781999999999996</v>
+        <v>41.774999999999999</v>
       </c>
       <c r="O56" s="10">
-        <v>40.662999999999997</v>
+        <v>40.664000000000001</v>
       </c>
       <c r="P56" s="10">
-        <v>41.158000000000001</v>
+        <v>41.155999999999999</v>
       </c>
       <c r="Q56" s="10">
-        <v>46.401000000000003</v>
+        <v>46.41</v>
       </c>
       <c r="R56" s="10">
-        <v>44.204999999999998</v>
+        <v>44.201000000000001</v>
       </c>
       <c r="S56" s="10">
-        <v>45.301000000000002</v>
+        <v>45.302999999999997</v>
       </c>
       <c r="T56" s="10">
-        <v>50.337000000000003</v>
+        <v>50.332000000000001</v>
       </c>
       <c r="U56" s="10">
-        <v>45.628</v>
+        <v>45.62</v>
       </c>
       <c r="V56" s="10">
-        <v>48.543999999999997</v>
+        <v>48.536999999999999</v>
       </c>
     </row>
     <row r="57" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A57" s="7">
         <v>2014</v>
       </c>
       <c r="B57" s="8">
-        <v>59.304000000000002</v>
+        <v>59.316000000000003</v>
       </c>
       <c r="C57" s="8">
-        <v>57.534999999999997</v>
+        <v>57.472999999999999</v>
       </c>
       <c r="D57" s="8">
-        <v>59.015000000000001</v>
+        <v>59.012</v>
       </c>
       <c r="E57" s="8">
-        <v>60.401000000000003</v>
+        <v>60.398000000000003</v>
       </c>
       <c r="F57" s="8">
-        <v>58.204999999999998</v>
+        <v>58.201000000000001</v>
       </c>
       <c r="G57" s="8">
-        <v>59.914999999999999</v>
+        <v>59.911999999999999</v>
       </c>
       <c r="H57" s="8">
-        <v>51.902999999999999</v>
+        <v>51.896999999999998</v>
       </c>
       <c r="I57" s="8">
-        <v>50.564999999999998</v>
+        <v>50.57</v>
       </c>
       <c r="J57" s="8">
-        <v>51.435000000000002</v>
+        <v>51.433</v>
       </c>
       <c r="K57" s="8">
-        <v>44.533999999999999</v>
+        <v>44.530999999999999</v>
       </c>
       <c r="L57" s="8">
-        <v>42.329000000000001</v>
+        <v>42.326999999999998</v>
       </c>
       <c r="M57" s="8">
-        <v>43.561999999999998</v>
+        <v>43.558999999999997</v>
       </c>
       <c r="N57" s="8">
         <v>41.798999999999999</v>
       </c>
       <c r="O57" s="8">
-        <v>40.558999999999997</v>
+        <v>40.561</v>
       </c>
       <c r="P57" s="8">
-        <v>41.097999999999999</v>
+        <v>41.098999999999997</v>
       </c>
       <c r="Q57" s="8">
-        <v>46.17</v>
+        <v>46.183999999999997</v>
       </c>
       <c r="R57" s="8">
-        <v>43.662999999999997</v>
+        <v>43.646999999999998</v>
       </c>
       <c r="S57" s="8">
-        <v>44.881</v>
+        <v>44.878999999999998</v>
       </c>
       <c r="T57" s="8">
-        <v>50.404000000000003</v>
+        <v>50.399000000000001</v>
       </c>
       <c r="U57" s="8">
-        <v>45.619</v>
+        <v>45.615000000000002</v>
       </c>
       <c r="V57" s="8">
-        <v>48.545999999999999</v>
+        <v>48.540999999999997</v>
       </c>
     </row>
     <row r="58" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A58" s="9">
         <v>2015</v>
       </c>
       <c r="B58" s="10">
-        <v>59.433999999999997</v>
+        <v>59.444000000000003</v>
       </c>
       <c r="C58" s="10">
-        <v>57.573</v>
+        <v>57.606999999999999</v>
       </c>
       <c r="D58" s="10">
-        <v>59.113999999999997</v>
+        <v>59.127000000000002</v>
       </c>
       <c r="E58" s="10">
-        <v>60.612000000000002</v>
+        <v>60.607999999999997</v>
       </c>
       <c r="F58" s="10">
-        <v>58.38</v>
+        <v>58.375999999999998</v>
       </c>
       <c r="G58" s="10">
-        <v>60.101999999999997</v>
+        <v>60.097999999999999</v>
       </c>
       <c r="H58" s="10">
-        <v>51.904000000000003</v>
+        <v>51.9</v>
       </c>
       <c r="I58" s="10">
         <v>50.445</v>
       </c>
       <c r="J58" s="10">
-        <v>51.386000000000003</v>
+        <v>51.383000000000003</v>
       </c>
       <c r="K58" s="10">
-        <v>44.557000000000002</v>
+        <v>44.554000000000002</v>
       </c>
       <c r="L58" s="10">
-        <v>42.29</v>
+        <v>42.287999999999997</v>
       </c>
       <c r="M58" s="10">
-        <v>43.539000000000001</v>
+        <v>43.536999999999999</v>
       </c>
       <c r="N58" s="10">
-        <v>41.889000000000003</v>
+        <v>41.884</v>
       </c>
       <c r="O58" s="10">
-        <v>40.713999999999999</v>
+        <v>40.715000000000003</v>
       </c>
       <c r="P58" s="10">
-        <v>41.22</v>
+        <v>41.219000000000001</v>
       </c>
       <c r="Q58" s="10">
-        <v>46.05</v>
+        <v>46.048999999999999</v>
       </c>
       <c r="R58" s="10">
-        <v>43.228999999999999</v>
+        <v>43.222000000000001</v>
       </c>
       <c r="S58" s="10">
-        <v>44.543999999999997</v>
+        <v>44.539000000000001</v>
       </c>
       <c r="T58" s="10">
-        <v>50.465000000000003</v>
+        <v>50.46</v>
       </c>
       <c r="U58" s="10">
-        <v>45.62</v>
+        <v>45.613999999999997</v>
       </c>
       <c r="V58" s="10">
-        <v>48.55</v>
+        <v>48.543999999999997</v>
       </c>
     </row>
     <row r="59" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A59" s="7">
         <v>2016</v>
       </c>
       <c r="B59" s="8">
-        <v>59.545000000000002</v>
+        <v>59.564999999999998</v>
       </c>
       <c r="C59" s="8">
-        <v>57.747</v>
+        <v>57.825000000000003</v>
       </c>
       <c r="D59" s="8">
-        <v>59.220999999999997</v>
+        <v>59.252000000000002</v>
       </c>
       <c r="E59" s="8">
-        <v>60.765000000000001</v>
+        <v>60.761000000000003</v>
       </c>
       <c r="F59" s="8">
-        <v>58.408999999999999</v>
+        <v>58.408000000000001</v>
       </c>
       <c r="G59" s="8">
-        <v>60.212000000000003</v>
+        <v>60.207999999999998</v>
       </c>
       <c r="H59" s="8">
-        <v>51.877000000000002</v>
+        <v>51.869</v>
       </c>
       <c r="I59" s="8">
         <v>50.308999999999997</v>
       </c>
       <c r="J59" s="8">
-        <v>51.305999999999997</v>
+        <v>51.301000000000002</v>
       </c>
       <c r="K59" s="8">
         <v>44.628999999999998</v>
       </c>
       <c r="L59" s="8">
-        <v>42.219000000000001</v>
+        <v>42.218000000000004</v>
       </c>
       <c r="M59" s="8">
         <v>43.531999999999996</v>
       </c>
       <c r="N59" s="8">
-        <v>41.755000000000003</v>
+        <v>41.747999999999998</v>
       </c>
       <c r="O59" s="8">
-        <v>40.719000000000001</v>
+        <v>40.718000000000004</v>
       </c>
       <c r="P59" s="8">
-        <v>41.158999999999999</v>
+        <v>41.155000000000001</v>
       </c>
       <c r="Q59" s="8">
-        <v>46.402999999999999</v>
+        <v>46.402000000000001</v>
       </c>
       <c r="R59" s="8">
-        <v>43.051000000000002</v>
+        <v>43.05</v>
       </c>
       <c r="S59" s="8">
-        <v>44.584000000000003</v>
+        <v>44.58</v>
       </c>
       <c r="T59" s="8">
-        <v>50.506</v>
+        <v>50.5</v>
       </c>
       <c r="U59" s="8">
-        <v>45.581000000000003</v>
+        <v>45.576000000000001</v>
       </c>
       <c r="V59" s="8">
-        <v>48.524999999999999</v>
+        <v>48.518999999999998</v>
       </c>
     </row>
     <row r="60" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A60" s="9">
         <v>2017</v>
       </c>
       <c r="B60" s="10">
-        <v>59.631</v>
+        <v>59.645000000000003</v>
       </c>
       <c r="C60" s="10">
-        <v>57.762</v>
+        <v>57.808</v>
       </c>
       <c r="D60" s="10">
-        <v>59.284999999999997</v>
+        <v>59.307000000000002</v>
       </c>
       <c r="E60" s="10">
-        <v>60.832000000000001</v>
+        <v>60.828000000000003</v>
       </c>
       <c r="F60" s="10">
-        <v>58.441000000000003</v>
+        <v>58.436999999999998</v>
       </c>
       <c r="G60" s="10">
-        <v>60.247</v>
+        <v>60.243000000000002</v>
       </c>
       <c r="H60" s="10">
-        <v>51.704999999999998</v>
+        <v>51.698</v>
       </c>
       <c r="I60" s="10">
         <v>50.110999999999997</v>
       </c>
       <c r="J60" s="10">
-        <v>51.110999999999997</v>
+        <v>51.106999999999999</v>
       </c>
       <c r="K60" s="10">
-        <v>44.52</v>
+        <v>44.523000000000003</v>
       </c>
       <c r="L60" s="10">
-        <v>42.14</v>
+        <v>42.143000000000001</v>
       </c>
       <c r="M60" s="10">
-        <v>43.417000000000002</v>
+        <v>43.42</v>
       </c>
       <c r="N60" s="10">
-        <v>41.518000000000001</v>
+        <v>41.514000000000003</v>
       </c>
       <c r="O60" s="10">
-        <v>40.607999999999997</v>
+        <v>40.603000000000002</v>
       </c>
       <c r="P60" s="10">
-        <v>40.99</v>
+        <v>40.984000000000002</v>
       </c>
       <c r="Q60" s="10">
-        <v>46.268000000000001</v>
+        <v>46.253</v>
       </c>
       <c r="R60" s="10">
-        <v>42.895000000000003</v>
+        <v>42.881</v>
       </c>
       <c r="S60" s="10">
-        <v>44.435000000000002</v>
+        <v>44.418999999999997</v>
       </c>
       <c r="T60" s="10">
-        <v>50.423999999999999</v>
+        <v>50.418999999999997</v>
       </c>
       <c r="U60" s="10">
-        <v>45.536000000000001</v>
+        <v>45.53</v>
       </c>
       <c r="V60" s="10">
-        <v>48.417000000000002</v>
+        <v>48.411000000000001</v>
       </c>
     </row>
     <row r="61" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A61" s="7">
         <v>2018</v>
       </c>
       <c r="B61" s="8">
-        <v>59.807000000000002</v>
+        <v>59.817999999999998</v>
       </c>
       <c r="C61" s="8">
-        <v>57.62</v>
+        <v>57.636000000000003</v>
       </c>
       <c r="D61" s="8">
-        <v>59.378</v>
+        <v>59.39</v>
       </c>
       <c r="E61" s="8">
-        <v>60.94</v>
+        <v>60.932000000000002</v>
       </c>
       <c r="F61" s="8">
-        <v>58.537999999999997</v>
+        <v>58.53</v>
       </c>
       <c r="G61" s="8">
-        <v>60.329000000000001</v>
+        <v>60.322000000000003</v>
       </c>
       <c r="H61" s="8">
-        <v>51.576999999999998</v>
+        <v>51.572000000000003</v>
       </c>
       <c r="I61" s="8">
-        <v>49.881</v>
+        <v>49.884</v>
       </c>
       <c r="J61" s="8">
-        <v>50.927999999999997</v>
+        <v>50.926000000000002</v>
       </c>
       <c r="K61" s="8">
-        <v>44.341000000000001</v>
+        <v>44.348999999999997</v>
       </c>
       <c r="L61" s="8">
-        <v>42.017000000000003</v>
+        <v>42.018000000000001</v>
       </c>
       <c r="M61" s="8">
-        <v>43.246000000000002</v>
+        <v>43.25</v>
       </c>
       <c r="N61" s="8">
-        <v>41.438000000000002</v>
+        <v>41.44</v>
       </c>
       <c r="O61" s="8">
-        <v>40.44</v>
+        <v>40.439</v>
       </c>
       <c r="P61" s="8">
         <v>40.850999999999999</v>
       </c>
       <c r="Q61" s="8">
-        <v>46.488999999999997</v>
+        <v>46.470999999999997</v>
       </c>
       <c r="R61" s="8">
-        <v>42.945999999999998</v>
+        <v>42.929000000000002</v>
       </c>
       <c r="S61" s="8">
-        <v>44.5</v>
+        <v>44.481999999999999</v>
       </c>
       <c r="T61" s="8">
-        <v>50.314999999999998</v>
+        <v>50.31</v>
       </c>
       <c r="U61" s="8">
-        <v>45.45</v>
+        <v>45.442999999999998</v>
       </c>
       <c r="V61" s="8">
-        <v>48.273000000000003</v>
+        <v>48.267000000000003</v>
       </c>
     </row>
     <row r="62" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A62" s="9">
         <v>2019</v>
       </c>
       <c r="B62" s="10">
-        <v>59.9</v>
+        <v>59.921999999999997</v>
       </c>
       <c r="C62" s="10">
-        <v>57.432000000000002</v>
+        <v>57.466999999999999</v>
       </c>
       <c r="D62" s="10">
-        <v>59.387</v>
+        <v>59.414000000000001</v>
       </c>
       <c r="E62" s="10">
-        <v>61</v>
+        <v>60.99</v>
       </c>
       <c r="F62" s="10">
-        <v>58.569000000000003</v>
+        <v>58.561</v>
       </c>
       <c r="G62" s="10">
-        <v>60.359000000000002</v>
+        <v>60.35</v>
       </c>
       <c r="H62" s="10">
-        <v>51.517000000000003</v>
+        <v>51.503999999999998</v>
       </c>
       <c r="I62" s="10">
-        <v>49.734000000000002</v>
+        <v>49.73</v>
       </c>
       <c r="J62" s="10">
-        <v>50.816000000000003</v>
+        <v>50.807000000000002</v>
       </c>
       <c r="K62" s="10">
-        <v>44.378</v>
+        <v>44.386000000000003</v>
       </c>
       <c r="L62" s="10">
-        <v>42.021000000000001</v>
+        <v>42.021999999999998</v>
       </c>
       <c r="M62" s="10">
-        <v>43.256999999999998</v>
+        <v>43.262</v>
       </c>
       <c r="N62" s="10">
-        <v>41.311</v>
+        <v>41.323999999999998</v>
       </c>
       <c r="O62" s="10">
-        <v>40.411999999999999</v>
+        <v>40.414000000000001</v>
       </c>
       <c r="P62" s="10">
-        <v>40.780999999999999</v>
+        <v>40.786999999999999</v>
       </c>
       <c r="Q62" s="10">
-        <v>46.588000000000001</v>
+        <v>46.552999999999997</v>
       </c>
       <c r="R62" s="10">
-        <v>43.066000000000003</v>
+        <v>43.04</v>
       </c>
       <c r="S62" s="10">
-        <v>44.607999999999997</v>
+        <v>44.576999999999998</v>
       </c>
       <c r="T62" s="10">
-        <v>50.244999999999997</v>
+        <v>50.238</v>
       </c>
       <c r="U62" s="10">
-        <v>45.46</v>
+        <v>45.451000000000001</v>
       </c>
       <c r="V62" s="10">
-        <v>48.203000000000003</v>
+        <v>48.195999999999998</v>
       </c>
     </row>
     <row r="63" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A63" s="7">
         <v>2020</v>
       </c>
       <c r="B63" s="8">
-        <v>60.179000000000002</v>
+        <v>60.204000000000001</v>
       </c>
       <c r="C63" s="8">
-        <v>57.612000000000002</v>
+        <v>57.622999999999998</v>
       </c>
       <c r="D63" s="8">
-        <v>59.610999999999997</v>
+        <v>59.634</v>
       </c>
       <c r="E63" s="8">
-        <v>61.070999999999998</v>
+        <v>61.057000000000002</v>
       </c>
       <c r="F63" s="8">
-        <v>58.561</v>
+        <v>58.55</v>
       </c>
       <c r="G63" s="8">
-        <v>60.381999999999998</v>
+        <v>60.369</v>
       </c>
       <c r="H63" s="8">
-        <v>51.546999999999997</v>
+        <v>51.53</v>
       </c>
       <c r="I63" s="8">
-        <v>49.59</v>
+        <v>49.579000000000001</v>
       </c>
       <c r="J63" s="8">
-        <v>50.759</v>
+        <v>50.744</v>
       </c>
       <c r="K63" s="8">
-        <v>44.347999999999999</v>
+        <v>44.353000000000002</v>
       </c>
       <c r="L63" s="8">
         <v>42.04</v>
       </c>
       <c r="M63" s="8">
-        <v>43.241999999999997</v>
+        <v>43.244999999999997</v>
       </c>
       <c r="N63" s="8">
-        <v>41.289000000000001</v>
+        <v>41.308999999999997</v>
       </c>
       <c r="O63" s="8">
-        <v>40.521000000000001</v>
+        <v>40.515999999999998</v>
       </c>
       <c r="P63" s="8">
-        <v>40.832999999999998</v>
+        <v>40.838000000000001</v>
       </c>
       <c r="Q63" s="8">
-        <v>47.307000000000002</v>
+        <v>47.274000000000001</v>
       </c>
       <c r="R63" s="8">
-        <v>43.281999999999996</v>
+        <v>43.244999999999997</v>
       </c>
       <c r="S63" s="8">
-        <v>45.015000000000001</v>
+        <v>44.970999999999997</v>
       </c>
       <c r="T63" s="8">
-        <v>50.162999999999997</v>
+        <v>50.152000000000001</v>
       </c>
       <c r="U63" s="8">
-        <v>45.48</v>
+        <v>45.468000000000004</v>
       </c>
       <c r="V63" s="8">
-        <v>48.131999999999998</v>
+        <v>48.121000000000002</v>
       </c>
     </row>
     <row r="64" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A64" s="9">
         <v>2021</v>
       </c>
       <c r="B64" s="10">
-        <v>60.128</v>
+        <v>60.143999999999998</v>
       </c>
       <c r="C64" s="10">
-        <v>57.725999999999999</v>
+        <v>57.682000000000002</v>
       </c>
       <c r="D64" s="10">
-        <v>59.558</v>
+        <v>59.56</v>
       </c>
       <c r="E64" s="10">
-        <v>61.076999999999998</v>
+        <v>61.058</v>
       </c>
       <c r="F64" s="10">
-        <v>58.481000000000002</v>
+        <v>58.463999999999999</v>
       </c>
       <c r="G64" s="10">
-        <v>60.338000000000001</v>
+        <v>60.32</v>
       </c>
       <c r="H64" s="10">
-        <v>51.383000000000003</v>
+        <v>51.359000000000002</v>
       </c>
       <c r="I64" s="10">
-        <v>49.44</v>
+        <v>49.421999999999997</v>
       </c>
       <c r="J64" s="10">
-        <v>50.579000000000001</v>
+        <v>50.558</v>
       </c>
       <c r="K64" s="10">
-        <v>44.356000000000002</v>
+        <v>44.36</v>
       </c>
       <c r="L64" s="10">
-        <v>42.057000000000002</v>
+        <v>42.052</v>
       </c>
       <c r="M64" s="10">
-        <v>43.249000000000002</v>
+        <v>43.25</v>
       </c>
       <c r="N64" s="10">
-        <v>41.451000000000001</v>
+        <v>41.470999999999997</v>
       </c>
       <c r="O64" s="10">
-        <v>40.648000000000003</v>
+        <v>40.639000000000003</v>
       </c>
       <c r="P64" s="10">
-        <v>40.978000000000002</v>
+        <v>40.98</v>
       </c>
       <c r="Q64" s="10">
-        <v>47.256</v>
+        <v>47.225000000000001</v>
       </c>
       <c r="R64" s="10">
-        <v>43.53</v>
+        <v>43.505000000000003</v>
       </c>
       <c r="S64" s="10">
-        <v>45.133000000000003</v>
+        <v>45.097999999999999</v>
       </c>
       <c r="T64" s="10">
-        <v>50.08</v>
+        <v>50.064999999999998</v>
       </c>
       <c r="U64" s="10">
-        <v>45.542000000000002</v>
+        <v>45.527000000000001</v>
       </c>
       <c r="V64" s="10">
-        <v>48.088999999999999</v>
+        <v>48.073999999999998</v>
       </c>
     </row>
     <row r="65" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A65" s="7">
         <v>2022</v>
       </c>
       <c r="B65" s="8">
-        <v>60.198999999999998</v>
+        <v>60.194000000000003</v>
       </c>
       <c r="C65" s="8">
-        <v>57.758000000000003</v>
+        <v>57.686999999999998</v>
       </c>
       <c r="D65" s="8">
-        <v>59.59</v>
+        <v>59.567999999999998</v>
       </c>
       <c r="E65" s="8">
-        <v>61.076000000000001</v>
+        <v>61.036000000000001</v>
       </c>
       <c r="F65" s="8">
-        <v>58.372</v>
+        <v>58.335000000000001</v>
       </c>
       <c r="G65" s="8">
-        <v>60.277999999999999</v>
+        <v>60.238999999999997</v>
       </c>
       <c r="H65" s="8">
-        <v>51.287999999999997</v>
+        <v>51.213000000000001</v>
       </c>
       <c r="I65" s="8">
-        <v>49.26</v>
+        <v>49.201999999999998</v>
       </c>
       <c r="J65" s="8">
-        <v>50.421999999999997</v>
+        <v>50.353000000000002</v>
       </c>
       <c r="K65" s="8">
-        <v>44.369</v>
+        <v>44.350999999999999</v>
       </c>
       <c r="L65" s="8">
-        <v>42.103000000000002</v>
+        <v>42.076999999999998</v>
       </c>
       <c r="M65" s="8">
-        <v>43.271999999999998</v>
+        <v>43.250999999999998</v>
       </c>
       <c r="N65" s="8">
-        <v>41.42</v>
+        <v>41.527000000000001</v>
       </c>
       <c r="O65" s="8">
-        <v>40.686</v>
+        <v>40.665999999999997</v>
       </c>
       <c r="P65" s="8">
-        <v>40.981000000000002</v>
+        <v>41.012999999999998</v>
       </c>
       <c r="Q65" s="8">
-        <v>47.564999999999998</v>
+        <v>47.579000000000001</v>
       </c>
       <c r="R65" s="8">
-        <v>43.606000000000002</v>
+        <v>43.588000000000001</v>
       </c>
       <c r="S65" s="8">
-        <v>45.301000000000002</v>
+        <v>45.284999999999997</v>
       </c>
       <c r="T65" s="8">
-        <v>50.04</v>
+        <v>49.997999999999998</v>
       </c>
       <c r="U65" s="8">
-        <v>45.597000000000001</v>
+        <v>45.561</v>
       </c>
       <c r="V65" s="8">
-        <v>48.061999999999998</v>
+        <v>48.021999999999998</v>
       </c>
     </row>
     <row r="66" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A66" s="9">
         <v>2023</v>
       </c>
       <c r="B66" s="10">
-        <v>60.497999999999998</v>
+        <v>60.228999999999999</v>
       </c>
       <c r="C66" s="10">
-        <v>58.222999999999999</v>
+        <v>57.945</v>
       </c>
       <c r="D66" s="10">
-        <v>59.91</v>
+        <v>59.637</v>
       </c>
       <c r="E66" s="10">
-        <v>61.313000000000002</v>
+        <v>61.082999999999998</v>
       </c>
       <c r="F66" s="10">
-        <v>58.533000000000001</v>
+        <v>58.26</v>
       </c>
       <c r="G66" s="10">
-        <v>60.472999999999999</v>
+        <v>60.223999999999997</v>
       </c>
       <c r="H66" s="10">
-        <v>51.529000000000003</v>
+        <v>51.22</v>
       </c>
       <c r="I66" s="10">
-        <v>49.404000000000003</v>
+        <v>49.098999999999997</v>
       </c>
       <c r="J66" s="10">
-        <v>50.601999999999997</v>
+        <v>50.289000000000001</v>
       </c>
       <c r="K66" s="10">
-        <v>44.756</v>
+        <v>44.445999999999998</v>
       </c>
       <c r="L66" s="10">
-        <v>42.491</v>
+        <v>42.180999999999997</v>
       </c>
       <c r="M66" s="10">
-        <v>43.658000000000001</v>
+        <v>43.345999999999997</v>
       </c>
       <c r="N66" s="10">
-        <v>41.994</v>
+        <v>41.912999999999997</v>
       </c>
       <c r="O66" s="10">
-        <v>41.13</v>
+        <v>40.887</v>
       </c>
       <c r="P66" s="10">
-        <v>41.468000000000004</v>
+        <v>41.290999999999997</v>
       </c>
       <c r="Q66" s="10">
-        <v>47.353999999999999</v>
+        <v>47.287999999999997</v>
       </c>
       <c r="R66" s="10">
-        <v>44.018999999999998</v>
+        <v>43.83</v>
       </c>
       <c r="S66" s="10">
-        <v>45.442999999999998</v>
+        <v>45.296999999999997</v>
       </c>
       <c r="T66" s="10">
-        <v>50.375999999999998</v>
+        <v>50.061999999999998</v>
       </c>
       <c r="U66" s="10">
-        <v>45.99</v>
+        <v>45.691000000000003</v>
       </c>
       <c r="V66" s="10">
-        <v>48.405000000000001</v>
+        <v>48.091000000000001</v>
       </c>
     </row>
     <row r="67" spans="1:27" x14ac:dyDescent="0.25">
-      <c r="A67" s="29">
+      <c r="A67" s="7">
         <v>2024</v>
       </c>
-      <c r="B67" s="30">
-[...88 lines deleted...]
-      <c r="A69" s="11" t="s">
+      <c r="B67" s="8">
+        <v>60.331000000000003</v>
+      </c>
+      <c r="C67" s="8">
+        <v>58.02</v>
+      </c>
+      <c r="D67" s="8">
+        <v>59.707000000000001</v>
+      </c>
+      <c r="E67" s="8">
+        <v>61.100999999999999</v>
+      </c>
+      <c r="F67" s="8">
+        <v>58.176000000000002</v>
+      </c>
+      <c r="G67" s="8">
+        <v>60.180999999999997</v>
+      </c>
+      <c r="H67" s="8">
+        <v>51.213999999999999</v>
+      </c>
+      <c r="I67" s="8">
+        <v>49.100999999999999</v>
+      </c>
+      <c r="J67" s="8">
+        <v>50.267000000000003</v>
+      </c>
+      <c r="K67" s="8">
+        <v>44.655999999999999</v>
+      </c>
+      <c r="L67" s="8">
+        <v>42.395000000000003</v>
+      </c>
+      <c r="M67" s="8">
+        <v>43.554000000000002</v>
+      </c>
+      <c r="N67" s="8">
+        <v>42.165999999999997</v>
+      </c>
+      <c r="O67" s="8">
+        <v>41.01</v>
+      </c>
+      <c r="P67" s="8">
+        <v>41.453000000000003</v>
+      </c>
+      <c r="Q67" s="8">
+        <v>47.026000000000003</v>
+      </c>
+      <c r="R67" s="8">
+        <v>43.898000000000003</v>
+      </c>
+      <c r="S67" s="8">
+        <v>45.265000000000001</v>
+      </c>
+      <c r="T67" s="8">
+        <v>50.222000000000001</v>
+      </c>
+      <c r="U67" s="8">
+        <v>45.923000000000002</v>
+      </c>
+      <c r="V67" s="8">
+        <v>48.262999999999998</v>
+      </c>
+    </row>
+    <row r="68" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A68" s="29">
+        <v>2025</v>
+      </c>
+      <c r="B68" s="30">
+        <v>60.783000000000001</v>
+      </c>
+      <c r="C68" s="30">
+        <v>58.353000000000002</v>
+      </c>
+      <c r="D68" s="30">
+        <v>60.124000000000002</v>
+      </c>
+      <c r="E68" s="30">
+        <v>61.872999999999998</v>
+      </c>
+      <c r="F68" s="30">
+        <v>58.936999999999998</v>
+      </c>
+      <c r="G68" s="30">
+        <v>60.945</v>
+      </c>
+      <c r="H68" s="30">
+        <v>51.978999999999999</v>
+      </c>
+      <c r="I68" s="30">
+        <v>49.878</v>
+      </c>
+      <c r="J68" s="30">
+        <v>51.033999999999999</v>
+      </c>
+      <c r="K68" s="30">
+        <v>45.454999999999998</v>
+      </c>
+      <c r="L68" s="30">
+        <v>43.231000000000002</v>
+      </c>
+      <c r="M68" s="30">
+        <v>44.368000000000002</v>
+      </c>
+      <c r="N68" s="30">
+        <v>43.09</v>
+      </c>
+      <c r="O68" s="30">
+        <v>41.863</v>
+      </c>
+      <c r="P68" s="30">
+        <v>42.329000000000001</v>
+      </c>
+      <c r="Q68" s="30">
+        <v>47.720999999999997</v>
+      </c>
+      <c r="R68" s="30">
+        <v>44.558999999999997</v>
+      </c>
+      <c r="S68" s="30">
+        <v>45.945</v>
+      </c>
+      <c r="T68" s="30">
+        <v>51.036999999999999</v>
+      </c>
+      <c r="U68" s="30">
+        <v>46.759</v>
+      </c>
+      <c r="V68" s="30">
+        <v>49.082999999999998</v>
+      </c>
+    </row>
+    <row r="69" spans="1:27" s="28" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A69"/>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69"/>
+      <c r="F69"/>
+      <c r="G69"/>
+      <c r="H69"/>
+      <c r="I69"/>
+      <c r="J69"/>
+      <c r="K69"/>
+      <c r="L69"/>
+      <c r="M69"/>
+      <c r="N69"/>
+      <c r="O69"/>
+      <c r="P69"/>
+      <c r="Q69"/>
+      <c r="R69"/>
+      <c r="S69"/>
+      <c r="T69"/>
+      <c r="U69"/>
+      <c r="V69"/>
+    </row>
+    <row r="70" spans="1:27" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A70" s="11" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="70" spans="1:27" s="11" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="A72" s="11" t="s">
+    <row r="71" spans="1:27" s="11" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B71" s="13"/>
+      <c r="C71" s="13"/>
+      <c r="D71" s="13"/>
+      <c r="E71" s="13"/>
+      <c r="F71" s="13"/>
+      <c r="G71" s="13"/>
+      <c r="H71" s="13"/>
+      <c r="I71" s="13"/>
+      <c r="J71" s="13"/>
+      <c r="K71" s="13"/>
+      <c r="L71" s="13"/>
+      <c r="M71" s="13"/>
+      <c r="N71" s="13"/>
+      <c r="O71" s="13"/>
+    </row>
+    <row r="73" spans="1:27" s="12" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A73" s="11" t="s">
         <v>35</v>
       </c>
-      <c r="P72" s="3"/>
-[...10 lines deleted...]
-      <c r="AA72" s="3"/>
+      <c r="P73" s="3"/>
+      <c r="Q73" s="3"/>
+      <c r="R73" s="3"/>
+      <c r="S73" s="3"/>
+      <c r="T73" s="3"/>
+      <c r="U73" s="3"/>
+      <c r="V73" s="3"/>
+      <c r="W73" s="3"/>
+      <c r="X73" s="3"/>
+      <c r="Y73" s="3"/>
+      <c r="Z73" s="3"/>
+      <c r="AA73" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A1:V1"/>
     <mergeCell ref="B6:V6"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:S7"/>
     <mergeCell ref="T7:V7"/>
     <mergeCell ref="A3:V5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="49" orientation="landscape" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;R&amp;9©2025 Association of American Medical Colleges
+    <oddFooter>&amp;R&amp;9©2026 AAMC
 The data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D8C3B28-88C4-4171-9DE6-9394732E7FF4}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AA73"/>
+  <dimension ref="A1:AA74"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" style="14" customWidth="1"/>
     <col min="2" max="15" width="11.7109375" style="12" customWidth="1"/>
     <col min="16" max="22" width="11.7109375" style="3" customWidth="1"/>
-    <col min="23" max="16384" width="9.140625" style="3"/>
+    <col min="23" max="23" width="12.7109375" style="3" customWidth="1"/>
+    <col min="24" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
       <c r="M1" s="20"/>
       <c r="N1" s="20"/>
       <c r="O1" s="20"/>
       <c r="P1" s="20"/>
       <c r="Q1" s="20"/>
       <c r="R1" s="20"/>
       <c r="S1" s="20"/>
       <c r="T1" s="20"/>
       <c r="U1" s="20"/>
       <c r="V1" s="20"/>
     </row>
     <row r="3" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="26" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B3" s="26"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="26"/>
       <c r="I3" s="26"/>
       <c r="J3" s="26"/>
       <c r="K3" s="26"/>
       <c r="L3" s="26"/>
       <c r="M3" s="26"/>
       <c r="N3" s="26"/>
       <c r="O3" s="26"/>
       <c r="P3" s="26"/>
       <c r="Q3" s="26"/>
       <c r="R3" s="26"/>
       <c r="S3" s="26"/>
       <c r="T3" s="26"/>
       <c r="U3" s="26"/>
       <c r="V3" s="26"/>
     </row>
     <row r="4" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="26"/>
@@ -5787,8908 +5870,8875 @@
       </c>
       <c r="Q9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>14</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>14</v>
       </c>
       <c r="V9" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>1966</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E10" s="8">
-        <v>46.203000000000003</v>
+        <v>46.207000000000001</v>
       </c>
       <c r="F10" s="8">
         <v>45.264000000000003</v>
       </c>
       <c r="G10" s="8">
-        <v>46.164000000000001</v>
+        <v>46.167000000000002</v>
       </c>
       <c r="H10" s="8">
-        <v>40.558999999999997</v>
+        <v>40.56</v>
       </c>
       <c r="I10" s="8">
         <v>41.036999999999999</v>
       </c>
       <c r="J10" s="8">
-        <v>40.591000000000001</v>
+        <v>40.593000000000004</v>
       </c>
       <c r="K10" s="8">
-        <v>37.917000000000002</v>
+        <v>37.918999999999997</v>
       </c>
       <c r="L10" s="8">
         <v>38.363</v>
       </c>
       <c r="M10" s="8">
-        <v>37.959000000000003</v>
+        <v>37.96</v>
       </c>
       <c r="N10" s="8">
-        <v>36.908999999999999</v>
+        <v>36.899000000000001</v>
       </c>
       <c r="O10" s="8">
         <v>36.518000000000001</v>
       </c>
       <c r="P10" s="8">
-        <v>36.863999999999997</v>
+        <v>36.854999999999997</v>
       </c>
       <c r="Q10" s="8">
         <v>38.734000000000002</v>
       </c>
       <c r="R10" s="8">
         <v>35.225999999999999</v>
       </c>
       <c r="S10" s="8">
         <v>38.284999999999997</v>
       </c>
       <c r="T10" s="8">
-        <v>41.622999999999998</v>
+        <v>41.622</v>
       </c>
       <c r="U10" s="8">
         <v>40.018999999999998</v>
       </c>
       <c r="V10" s="8">
         <v>41.508000000000003</v>
       </c>
     </row>
     <row r="11" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A11" s="9">
         <v>1967</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E11" s="10">
-        <v>46.933</v>
+        <v>46.936</v>
       </c>
       <c r="F11" s="10">
         <v>46.045999999999999</v>
       </c>
       <c r="G11" s="10">
-        <v>46.893999999999998</v>
+        <v>46.896999999999998</v>
       </c>
       <c r="H11" s="10">
-        <v>40.994999999999997</v>
+        <v>40.997999999999998</v>
       </c>
       <c r="I11" s="10">
         <v>41.65</v>
       </c>
       <c r="J11" s="10">
-        <v>41.042000000000002</v>
+        <v>41.045000000000002</v>
       </c>
       <c r="K11" s="10">
-        <v>38.031999999999996</v>
+        <v>38.033000000000001</v>
       </c>
       <c r="L11" s="10">
         <v>38.28</v>
       </c>
       <c r="M11" s="10">
         <v>38.057000000000002</v>
       </c>
       <c r="N11" s="10">
-        <v>36.869999999999997</v>
+        <v>36.862000000000002</v>
       </c>
       <c r="O11" s="10">
         <v>36.459000000000003</v>
       </c>
       <c r="P11" s="10">
-        <v>36.816000000000003</v>
+        <v>36.808999999999997</v>
       </c>
       <c r="Q11" s="10">
         <v>38.887</v>
       </c>
       <c r="R11" s="10">
         <v>35.759</v>
       </c>
       <c r="S11" s="10">
         <v>38.527999999999999</v>
       </c>
       <c r="T11" s="10">
-        <v>41.929000000000002</v>
+        <v>41.927999999999997</v>
       </c>
       <c r="U11" s="10">
         <v>40.192</v>
       </c>
       <c r="V11" s="10">
         <v>41.795999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A12" s="7">
         <v>1968</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E12" s="8">
-        <v>47.558</v>
+        <v>47.56</v>
       </c>
       <c r="F12" s="8">
         <v>46.674999999999997</v>
       </c>
       <c r="G12" s="8">
-        <v>47.518999999999998</v>
+        <v>47.521000000000001</v>
       </c>
       <c r="H12" s="8">
-        <v>41.283999999999999</v>
+        <v>41.286999999999999</v>
       </c>
       <c r="I12" s="8">
         <v>41.972000000000001</v>
       </c>
       <c r="J12" s="8">
-        <v>41.335999999999999</v>
+        <v>41.338999999999999</v>
       </c>
       <c r="K12" s="8">
-        <v>38.076000000000001</v>
+        <v>38.073999999999998</v>
       </c>
       <c r="L12" s="8">
         <v>38.238999999999997</v>
       </c>
       <c r="M12" s="8">
-        <v>38.094000000000001</v>
+        <v>38.091999999999999</v>
       </c>
       <c r="N12" s="8">
-        <v>36.909999999999997</v>
+        <v>36.902999999999999</v>
       </c>
       <c r="O12" s="8">
         <v>36.161999999999999</v>
       </c>
       <c r="P12" s="8">
-        <v>36.811</v>
+        <v>36.805</v>
       </c>
       <c r="Q12" s="8">
         <v>39.122</v>
       </c>
       <c r="R12" s="8">
         <v>35.098999999999997</v>
       </c>
       <c r="S12" s="8">
         <v>38.591000000000001</v>
       </c>
       <c r="T12" s="8">
-        <v>42.128999999999998</v>
+        <v>42.128</v>
       </c>
       <c r="U12" s="8">
         <v>40.143999999999998</v>
       </c>
       <c r="V12" s="8">
-        <v>41.966000000000001</v>
+        <v>41.965000000000003</v>
       </c>
     </row>
     <row r="13" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A13" s="9">
         <v>1969</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C13" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E13" s="10">
-        <v>48.167000000000002</v>
+        <v>48.167999999999999</v>
       </c>
       <c r="F13" s="10">
         <v>47.243000000000002</v>
       </c>
       <c r="G13" s="10">
-        <v>48.124000000000002</v>
+        <v>48.125</v>
       </c>
       <c r="H13" s="10">
-        <v>41.662999999999997</v>
+        <v>41.667000000000002</v>
       </c>
       <c r="I13" s="10">
         <v>42.137999999999998</v>
       </c>
       <c r="J13" s="10">
-        <v>41.7</v>
+        <v>41.704000000000001</v>
       </c>
       <c r="K13" s="10">
-        <v>38.036999999999999</v>
+        <v>38.033999999999999</v>
       </c>
       <c r="L13" s="10">
         <v>38.237000000000002</v>
       </c>
       <c r="M13" s="10">
-        <v>38.061</v>
+        <v>38.057000000000002</v>
       </c>
       <c r="N13" s="10">
-        <v>36.67</v>
+        <v>36.671999999999997</v>
       </c>
       <c r="O13" s="10">
         <v>36.51</v>
       </c>
       <c r="P13" s="10">
-        <v>36.648000000000003</v>
+        <v>36.65</v>
       </c>
       <c r="Q13" s="10">
         <v>38.920999999999999</v>
       </c>
       <c r="R13" s="10">
         <v>35.506</v>
       </c>
       <c r="S13" s="10">
         <v>38.491999999999997</v>
       </c>
       <c r="T13" s="10">
         <v>42.231999999999999</v>
       </c>
       <c r="U13" s="10">
         <v>40.244</v>
       </c>
       <c r="V13" s="10">
-        <v>42.06</v>
+        <v>42.058999999999997</v>
       </c>
     </row>
     <row r="14" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>1970</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E14" s="8">
-        <v>48.725999999999999</v>
+        <v>48.726999999999997</v>
       </c>
       <c r="F14" s="8">
         <v>47.786999999999999</v>
       </c>
       <c r="G14" s="8">
-        <v>48.682000000000002</v>
+        <v>48.683</v>
       </c>
       <c r="H14" s="8">
-        <v>42.066000000000003</v>
+        <v>42.072000000000003</v>
       </c>
       <c r="I14" s="8">
         <v>42.442999999999998</v>
       </c>
       <c r="J14" s="8">
-        <v>42.097000000000001</v>
+        <v>42.101999999999997</v>
       </c>
       <c r="K14" s="8">
-        <v>38.009</v>
+        <v>38.005000000000003</v>
       </c>
       <c r="L14" s="8">
         <v>38.131</v>
       </c>
       <c r="M14" s="8">
-        <v>38.024999999999999</v>
+        <v>38.021000000000001</v>
       </c>
       <c r="N14" s="8">
-        <v>36.499000000000002</v>
+        <v>36.497999999999998</v>
       </c>
       <c r="O14" s="8">
         <v>36.570999999999998</v>
       </c>
       <c r="P14" s="8">
         <v>36.509</v>
       </c>
       <c r="Q14" s="8">
         <v>38.911000000000001</v>
       </c>
       <c r="R14" s="8">
         <v>36.411999999999999</v>
       </c>
       <c r="S14" s="8">
         <v>38.573</v>
       </c>
       <c r="T14" s="8">
         <v>42.326999999999998</v>
       </c>
       <c r="U14" s="8">
         <v>40.198999999999998</v>
       </c>
       <c r="V14" s="8">
         <v>42.128999999999998</v>
       </c>
     </row>
     <row r="15" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A15" s="9">
         <v>1971</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C15" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E15" s="10">
-        <v>49.354999999999997</v>
+        <v>49.356999999999999</v>
       </c>
       <c r="F15" s="10">
         <v>48.116</v>
       </c>
       <c r="G15" s="10">
-        <v>49.293999999999997</v>
+        <v>49.295999999999999</v>
       </c>
       <c r="H15" s="10">
-        <v>42.567</v>
+        <v>42.570999999999998</v>
       </c>
       <c r="I15" s="10">
         <v>42.752000000000002</v>
       </c>
       <c r="J15" s="10">
-        <v>42.582999999999998</v>
+        <v>42.585999999999999</v>
       </c>
       <c r="K15" s="10">
-        <v>38.057000000000002</v>
+        <v>38.055999999999997</v>
       </c>
       <c r="L15" s="10">
         <v>38.277000000000001</v>
       </c>
       <c r="M15" s="10">
-        <v>38.085999999999999</v>
+        <v>38.085000000000001</v>
       </c>
       <c r="N15" s="10">
         <v>36.125999999999998</v>
       </c>
       <c r="O15" s="10">
         <v>36.054000000000002</v>
       </c>
       <c r="P15" s="10">
         <v>36.113999999999997</v>
       </c>
       <c r="Q15" s="10">
         <v>38.780999999999999</v>
       </c>
       <c r="R15" s="10">
         <v>37.372</v>
       </c>
       <c r="S15" s="10">
         <v>38.573999999999998</v>
       </c>
       <c r="T15" s="10">
-        <v>42.387999999999998</v>
+        <v>42.387</v>
       </c>
       <c r="U15" s="10">
         <v>40.069000000000003</v>
       </c>
       <c r="V15" s="10">
-        <v>42.154000000000003</v>
+        <v>42.152999999999999</v>
       </c>
     </row>
     <row r="16" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A16" s="7">
         <v>1972</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E16" s="8">
-        <v>49.795999999999999</v>
+        <v>49.796999999999997</v>
       </c>
       <c r="F16" s="8">
         <v>48.39</v>
       </c>
       <c r="G16" s="8">
-        <v>49.723999999999997</v>
+        <v>49.725000000000001</v>
       </c>
       <c r="H16" s="8">
-        <v>42.826000000000001</v>
+        <v>42.826999999999998</v>
       </c>
       <c r="I16" s="8">
-        <v>42.936999999999998</v>
+        <v>42.954999999999998</v>
       </c>
       <c r="J16" s="8">
-        <v>42.835000000000001</v>
+        <v>42.838000000000001</v>
       </c>
       <c r="K16" s="8">
-        <v>37.975999999999999</v>
+        <v>37.973999999999997</v>
       </c>
       <c r="L16" s="8">
         <v>38.18</v>
       </c>
       <c r="M16" s="8">
-        <v>38.003999999999998</v>
+        <v>38.002000000000002</v>
       </c>
       <c r="N16" s="8">
-        <v>36.485999999999997</v>
+        <v>36.49</v>
       </c>
       <c r="O16" s="8">
         <v>36.048999999999999</v>
       </c>
       <c r="P16" s="8">
-        <v>36.409999999999997</v>
+        <v>36.412999999999997</v>
       </c>
       <c r="Q16" s="8">
         <v>38.860999999999997</v>
       </c>
       <c r="R16" s="8">
         <v>37.904000000000003</v>
       </c>
       <c r="S16" s="8">
         <v>38.709000000000003</v>
       </c>
       <c r="T16" s="8">
-        <v>42.526000000000003</v>
+        <v>42.524999999999999</v>
       </c>
       <c r="U16" s="8">
-        <v>40.040999999999997</v>
+        <v>40.042999999999999</v>
       </c>
       <c r="V16" s="8">
-        <v>42.26</v>
+        <v>42.259</v>
       </c>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A17" s="9">
         <v>1973</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C17" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E17" s="10">
-        <v>50.3</v>
+        <v>50.296999999999997</v>
       </c>
       <c r="F17" s="10">
         <v>48.695999999999998</v>
       </c>
       <c r="G17" s="10">
-        <v>50.213999999999999</v>
+        <v>50.210999999999999</v>
       </c>
       <c r="H17" s="10">
-        <v>43.122999999999998</v>
+        <v>43.127000000000002</v>
       </c>
       <c r="I17" s="10">
-        <v>43.137999999999998</v>
+        <v>43.16</v>
       </c>
       <c r="J17" s="10">
-        <v>43.125</v>
+        <v>43.13</v>
       </c>
       <c r="K17" s="10">
-        <v>37.933999999999997</v>
+        <v>37.929000000000002</v>
       </c>
       <c r="L17" s="10">
         <v>38.238</v>
       </c>
       <c r="M17" s="10">
-        <v>37.976999999999997</v>
+        <v>37.972000000000001</v>
       </c>
       <c r="N17" s="10">
-        <v>36.462000000000003</v>
+        <v>36.476999999999997</v>
       </c>
       <c r="O17" s="10">
-        <v>36.081000000000003</v>
+        <v>36.064</v>
       </c>
       <c r="P17" s="10">
-        <v>36.392000000000003</v>
+        <v>36.402000000000001</v>
       </c>
       <c r="Q17" s="10">
         <v>38.448999999999998</v>
       </c>
       <c r="R17" s="10">
         <v>37.503999999999998</v>
       </c>
       <c r="S17" s="10">
         <v>38.298000000000002</v>
       </c>
       <c r="T17" s="10">
-        <v>42.609000000000002</v>
+        <v>42.606999999999999</v>
       </c>
       <c r="U17" s="10">
-        <v>40.109000000000002</v>
+        <v>40.107999999999997</v>
       </c>
       <c r="V17" s="10">
-        <v>42.332000000000001</v>
+        <v>42.33</v>
       </c>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A18" s="7">
         <v>1974</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E18" s="8">
         <v>50.652000000000001</v>
       </c>
       <c r="F18" s="8">
         <v>48.932000000000002</v>
       </c>
       <c r="G18" s="8">
         <v>50.555999999999997</v>
       </c>
       <c r="H18" s="8">
-        <v>43.39</v>
+        <v>43.393000000000001</v>
       </c>
       <c r="I18" s="8">
-        <v>43.154000000000003</v>
+        <v>43.17</v>
       </c>
       <c r="J18" s="8">
-        <v>43.366999999999997</v>
+        <v>43.371000000000002</v>
       </c>
       <c r="K18" s="8">
-        <v>37.893999999999998</v>
+        <v>37.889000000000003</v>
       </c>
       <c r="L18" s="8">
         <v>38.18</v>
       </c>
       <c r="M18" s="8">
-        <v>37.936</v>
+        <v>37.930999999999997</v>
       </c>
       <c r="N18" s="8">
-        <v>36.459000000000003</v>
+        <v>36.470999999999997</v>
       </c>
       <c r="O18" s="8">
-        <v>36.128</v>
+        <v>36.115000000000002</v>
       </c>
       <c r="P18" s="8">
-        <v>36.399000000000001</v>
+        <v>36.405999999999999</v>
       </c>
       <c r="Q18" s="8">
         <v>37.954000000000001</v>
       </c>
       <c r="R18" s="8">
         <v>38.017000000000003</v>
       </c>
       <c r="S18" s="8">
         <v>37.965000000000003</v>
       </c>
       <c r="T18" s="8">
-        <v>42.61</v>
+        <v>42.609000000000002</v>
       </c>
       <c r="U18" s="8">
-        <v>40.11</v>
+        <v>40.107999999999997</v>
       </c>
       <c r="V18" s="8">
-        <v>42.319000000000003</v>
+        <v>42.317999999999998</v>
       </c>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A19" s="9">
         <v>1975</v>
       </c>
       <c r="B19" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E19" s="10">
         <v>50.991999999999997</v>
       </c>
       <c r="F19" s="10">
         <v>49.305999999999997</v>
       </c>
       <c r="G19" s="10">
-        <v>50.896000000000001</v>
+        <v>50.895000000000003</v>
       </c>
       <c r="H19" s="10">
-        <v>43.622999999999998</v>
+        <v>43.625</v>
       </c>
       <c r="I19" s="10">
-        <v>43.383000000000003</v>
+        <v>43.392000000000003</v>
       </c>
       <c r="J19" s="10">
-        <v>43.597999999999999</v>
+        <v>43.600999999999999</v>
       </c>
       <c r="K19" s="10">
-        <v>37.82</v>
+        <v>37.816000000000003</v>
       </c>
       <c r="L19" s="10">
-        <v>38.128999999999998</v>
+        <v>38.128</v>
       </c>
       <c r="M19" s="10">
-        <v>37.865000000000002</v>
+        <v>37.860999999999997</v>
       </c>
       <c r="N19" s="10">
-        <v>36.201000000000001</v>
+        <v>36.203000000000003</v>
       </c>
       <c r="O19" s="10">
-        <v>36.305</v>
+        <v>36.293999999999997</v>
       </c>
       <c r="P19" s="10">
-        <v>36.220999999999997</v>
+        <v>36.22</v>
       </c>
       <c r="Q19" s="10">
         <v>38.232999999999997</v>
       </c>
       <c r="R19" s="10">
         <v>37.624000000000002</v>
       </c>
       <c r="S19" s="10">
         <v>38.119999999999997</v>
       </c>
       <c r="T19" s="10">
-        <v>42.570999999999998</v>
+        <v>42.567999999999998</v>
       </c>
       <c r="U19" s="10">
-        <v>40.112000000000002</v>
+        <v>40.110999999999997</v>
       </c>
       <c r="V19" s="10">
-        <v>42.274000000000001</v>
+        <v>42.271000000000001</v>
       </c>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A20" s="7">
         <v>1976</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E20" s="8">
-        <v>51.289000000000001</v>
+        <v>51.287999999999997</v>
       </c>
       <c r="F20" s="8">
         <v>49.534999999999997</v>
       </c>
       <c r="G20" s="8">
-        <v>51.183999999999997</v>
+        <v>51.182000000000002</v>
       </c>
       <c r="H20" s="8">
-        <v>43.857999999999997</v>
+        <v>43.860999999999997</v>
       </c>
       <c r="I20" s="8">
-        <v>43.417000000000002</v>
+        <v>43.424999999999997</v>
       </c>
       <c r="J20" s="8">
-        <v>43.811</v>
+        <v>43.814999999999998</v>
       </c>
       <c r="K20" s="8">
-        <v>37.807000000000002</v>
+        <v>37.802</v>
       </c>
       <c r="L20" s="8">
-        <v>38.262</v>
+        <v>38.261000000000003</v>
       </c>
       <c r="M20" s="8">
-        <v>37.874000000000002</v>
+        <v>37.869</v>
       </c>
       <c r="N20" s="8">
-        <v>36.128</v>
+        <v>36.131</v>
       </c>
       <c r="O20" s="8">
-        <v>36.142000000000003</v>
+        <v>36.133000000000003</v>
       </c>
       <c r="P20" s="8">
-        <v>36.130000000000003</v>
+        <v>36.131999999999998</v>
       </c>
       <c r="Q20" s="8">
         <v>38.722000000000001</v>
       </c>
       <c r="R20" s="8">
         <v>38.081000000000003</v>
       </c>
       <c r="S20" s="8">
         <v>38.612000000000002</v>
       </c>
       <c r="T20" s="8">
-        <v>42.62</v>
+        <v>42.618000000000002</v>
       </c>
       <c r="U20" s="8">
-        <v>40.234999999999999</v>
+        <v>40.232999999999997</v>
       </c>
       <c r="V20" s="8">
-        <v>42.328000000000003</v>
+        <v>42.325000000000003</v>
       </c>
     </row>
     <row r="21" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A21" s="9">
         <v>1977</v>
       </c>
       <c r="B21" s="10">
-        <v>51.256999999999998</v>
+        <v>51.259</v>
       </c>
       <c r="C21" s="10">
-        <v>50.664000000000001</v>
+        <v>50.604999999999997</v>
       </c>
       <c r="D21" s="10">
-        <v>51.225999999999999</v>
+        <v>51.225000000000001</v>
       </c>
       <c r="E21" s="10">
-        <v>51.710999999999999</v>
+        <v>51.713000000000001</v>
       </c>
       <c r="F21" s="10">
         <v>49.902999999999999</v>
       </c>
       <c r="G21" s="10">
-        <v>51.600999999999999</v>
+        <v>51.601999999999997</v>
       </c>
       <c r="H21" s="10">
-        <v>43.865000000000002</v>
+        <v>43.866999999999997</v>
       </c>
       <c r="I21" s="10">
-        <v>43.674999999999997</v>
+        <v>43.68</v>
       </c>
       <c r="J21" s="10">
-        <v>43.844000000000001</v>
+        <v>43.847000000000001</v>
       </c>
       <c r="K21" s="10">
-        <v>37.710999999999999</v>
+        <v>37.71</v>
       </c>
       <c r="L21" s="10">
-        <v>38.353000000000002</v>
+        <v>38.350999999999999</v>
       </c>
       <c r="M21" s="10">
-        <v>37.805999999999997</v>
+        <v>37.805</v>
       </c>
       <c r="N21" s="10">
-        <v>35.674999999999997</v>
+        <v>35.671999999999997</v>
       </c>
       <c r="O21" s="10">
-        <v>36.848999999999997</v>
+        <v>36.840000000000003</v>
       </c>
       <c r="P21" s="10">
-        <v>35.901000000000003</v>
+        <v>35.896000000000001</v>
       </c>
       <c r="Q21" s="10">
-        <v>39.656999999999996</v>
+        <v>39.668999999999997</v>
       </c>
       <c r="R21" s="10">
         <v>38.384</v>
       </c>
       <c r="S21" s="10">
-        <v>39.459000000000003</v>
+        <v>39.47</v>
       </c>
       <c r="T21" s="10">
         <v>42.944000000000003</v>
       </c>
       <c r="U21" s="10">
-        <v>40.738999999999997</v>
+        <v>40.737000000000002</v>
       </c>
       <c r="V21" s="10">
-        <v>42.677</v>
+        <v>42.676000000000002</v>
       </c>
     </row>
     <row r="22" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A22" s="7">
         <v>1978</v>
       </c>
       <c r="B22" s="8">
-        <v>51.680999999999997</v>
+        <v>51.686</v>
       </c>
       <c r="C22" s="8">
-        <v>50.5</v>
+        <v>50.454999999999998</v>
       </c>
       <c r="D22" s="8">
-        <v>51.618000000000002</v>
+        <v>51.619</v>
       </c>
       <c r="E22" s="8">
-        <v>51.994999999999997</v>
+        <v>51.996000000000002</v>
       </c>
       <c r="F22" s="8">
         <v>50.043999999999997</v>
       </c>
       <c r="G22" s="8">
-        <v>51.872999999999998</v>
+        <v>51.874000000000002</v>
       </c>
       <c r="H22" s="8">
-        <v>43.948</v>
+        <v>43.95</v>
       </c>
       <c r="I22" s="8">
-        <v>43.953000000000003</v>
+        <v>43.954000000000001</v>
       </c>
       <c r="J22" s="8">
-        <v>43.948999999999998</v>
+        <v>43.951000000000001</v>
       </c>
       <c r="K22" s="8">
-        <v>37.747999999999998</v>
+        <v>37.750999999999998</v>
       </c>
       <c r="L22" s="8">
         <v>38.56</v>
       </c>
       <c r="M22" s="8">
-        <v>37.869999999999997</v>
+        <v>37.872999999999998</v>
       </c>
       <c r="N22" s="8">
-        <v>36.127000000000002</v>
+        <v>36.125</v>
       </c>
       <c r="O22" s="8">
-        <v>37.317</v>
+        <v>37.308</v>
       </c>
       <c r="P22" s="8">
-        <v>36.359000000000002</v>
+        <v>36.356000000000002</v>
       </c>
       <c r="Q22" s="8">
-        <v>39.588999999999999</v>
+        <v>39.601999999999997</v>
       </c>
       <c r="R22" s="8">
         <v>37.658000000000001</v>
       </c>
       <c r="S22" s="8">
-        <v>39.302999999999997</v>
+        <v>39.314</v>
       </c>
       <c r="T22" s="8">
-        <v>43.18</v>
+        <v>43.180999999999997</v>
       </c>
       <c r="U22" s="8">
-        <v>41.075000000000003</v>
+        <v>41.072000000000003</v>
       </c>
       <c r="V22" s="8">
-        <v>42.920999999999999</v>
+        <v>42.921999999999997</v>
       </c>
     </row>
     <row r="23" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A23" s="9">
         <v>1979</v>
       </c>
       <c r="B23" s="10">
-        <v>51.951000000000001</v>
+        <v>51.962000000000003</v>
       </c>
       <c r="C23" s="10">
-        <v>50.5</v>
+        <v>50.466000000000001</v>
       </c>
       <c r="D23" s="10">
-        <v>51.866</v>
+        <v>51.874000000000002</v>
       </c>
       <c r="E23" s="10">
-        <v>52.271999999999998</v>
+        <v>52.274000000000001</v>
       </c>
       <c r="F23" s="10">
         <v>50.244999999999997</v>
       </c>
       <c r="G23" s="10">
-        <v>52.137</v>
+        <v>52.139000000000003</v>
       </c>
       <c r="H23" s="10">
-        <v>44.006999999999998</v>
+        <v>44.01</v>
       </c>
       <c r="I23" s="10">
-        <v>44.110999999999997</v>
+        <v>44.106000000000002</v>
       </c>
       <c r="J23" s="10">
-        <v>44.018999999999998</v>
+        <v>44.021000000000001</v>
       </c>
       <c r="K23" s="10">
-        <v>37.786999999999999</v>
+        <v>37.787999999999997</v>
       </c>
       <c r="L23" s="10">
         <v>38.698</v>
       </c>
       <c r="M23" s="10">
-        <v>37.924999999999997</v>
+        <v>37.926000000000002</v>
       </c>
       <c r="N23" s="10">
-        <v>36.305999999999997</v>
+        <v>36.304000000000002</v>
       </c>
       <c r="O23" s="10">
-        <v>37.786000000000001</v>
+        <v>37.777000000000001</v>
       </c>
       <c r="P23" s="10">
-        <v>36.587000000000003</v>
+        <v>36.585000000000001</v>
       </c>
       <c r="Q23" s="10">
         <v>39.595999999999997</v>
       </c>
       <c r="R23" s="10">
         <v>37.834000000000003</v>
       </c>
       <c r="S23" s="10">
         <v>39.340000000000003</v>
       </c>
       <c r="T23" s="10">
-        <v>43.341999999999999</v>
+        <v>43.343000000000004</v>
       </c>
       <c r="U23" s="10">
-        <v>41.423999999999999</v>
+        <v>41.42</v>
       </c>
       <c r="V23" s="10">
         <v>43.103999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A24" s="7">
         <v>1980</v>
       </c>
       <c r="B24" s="8">
-        <v>52.274000000000001</v>
+        <v>52.286999999999999</v>
       </c>
       <c r="C24" s="8">
-        <v>50.585000000000001</v>
+        <v>50.557000000000002</v>
       </c>
       <c r="D24" s="8">
-        <v>52.177</v>
+        <v>52.186999999999998</v>
       </c>
       <c r="E24" s="8">
-        <v>52.564</v>
+        <v>52.566000000000003</v>
       </c>
       <c r="F24" s="8">
         <v>50.564999999999998</v>
       </c>
       <c r="G24" s="8">
-        <v>52.424999999999997</v>
+        <v>52.427</v>
       </c>
       <c r="H24" s="8">
-        <v>44.127000000000002</v>
+        <v>44.13</v>
       </c>
       <c r="I24" s="8">
-        <v>44.276000000000003</v>
+        <v>44.268000000000001</v>
       </c>
       <c r="J24" s="8">
-        <v>44.145000000000003</v>
+        <v>44.146999999999998</v>
       </c>
       <c r="K24" s="8">
-        <v>37.901000000000003</v>
+        <v>37.902999999999999</v>
       </c>
       <c r="L24" s="8">
-        <v>38.762</v>
+        <v>38.759</v>
       </c>
       <c r="M24" s="8">
-        <v>38.036000000000001</v>
+        <v>38.036999999999999</v>
       </c>
       <c r="N24" s="8">
-        <v>36.380000000000003</v>
+        <v>36.377000000000002</v>
       </c>
       <c r="O24" s="8">
         <v>38.067999999999998</v>
       </c>
       <c r="P24" s="8">
-        <v>36.701000000000001</v>
+        <v>36.698999999999998</v>
       </c>
       <c r="Q24" s="8">
         <v>39.32</v>
       </c>
       <c r="R24" s="8">
         <v>37.634</v>
       </c>
       <c r="S24" s="8">
         <v>39.067999999999998</v>
       </c>
       <c r="T24" s="8">
-        <v>43.509</v>
+        <v>43.51</v>
       </c>
       <c r="U24" s="8">
-        <v>41.62</v>
+        <v>41.615000000000002</v>
       </c>
       <c r="V24" s="8">
         <v>43.268000000000001</v>
       </c>
     </row>
     <row r="25" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A25" s="9">
         <v>1981</v>
       </c>
       <c r="B25" s="10">
-        <v>52.738999999999997</v>
+        <v>52.753999999999998</v>
       </c>
       <c r="C25" s="10">
-        <v>50.985999999999997</v>
+        <v>50.957000000000001</v>
       </c>
       <c r="D25" s="10">
+        <v>52.642000000000003</v>
+      </c>
+      <c r="E25" s="10">
+        <v>52.773000000000003</v>
+      </c>
+      <c r="F25" s="10">
+        <v>50.807000000000002</v>
+      </c>
+      <c r="G25" s="10">
         <v>52.631</v>
       </c>
-      <c r="E25" s="10">
-[...7 lines deleted...]
-      </c>
       <c r="H25" s="10">
-        <v>44.283999999999999</v>
+        <v>44.284999999999997</v>
       </c>
       <c r="I25" s="10">
-        <v>44.572000000000003</v>
+        <v>44.555999999999997</v>
       </c>
       <c r="J25" s="10">
-        <v>44.32</v>
+        <v>44.317999999999998</v>
       </c>
       <c r="K25" s="10">
-        <v>37.92</v>
+        <v>37.915999999999997</v>
       </c>
       <c r="L25" s="10">
-        <v>38.969000000000001</v>
+        <v>38.966999999999999</v>
       </c>
       <c r="M25" s="10">
-        <v>38.088999999999999</v>
+        <v>38.085999999999999</v>
       </c>
       <c r="N25" s="10">
         <v>36.442</v>
       </c>
       <c r="O25" s="10">
         <v>38.125999999999998</v>
       </c>
       <c r="P25" s="10">
-        <v>36.753999999999998</v>
+        <v>36.753</v>
       </c>
       <c r="Q25" s="10">
         <v>39.003</v>
       </c>
       <c r="R25" s="10">
         <v>37.558</v>
       </c>
       <c r="S25" s="10">
         <v>38.765000000000001</v>
       </c>
       <c r="T25" s="10">
-        <v>43.704000000000001</v>
+        <v>43.703000000000003</v>
       </c>
       <c r="U25" s="10">
-        <v>41.941000000000003</v>
+        <v>41.936</v>
       </c>
       <c r="V25" s="10">
-        <v>43.475000000000001</v>
+        <v>43.472999999999999</v>
       </c>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A26" s="7">
         <v>1982</v>
       </c>
       <c r="B26" s="8">
-        <v>52.923999999999999</v>
+        <v>52.936999999999998</v>
       </c>
       <c r="C26" s="8">
-        <v>51.35</v>
+        <v>51.347999999999999</v>
       </c>
       <c r="D26" s="8">
-        <v>52.823999999999998</v>
+        <v>52.835999999999999</v>
       </c>
       <c r="E26" s="8">
-        <v>53.012</v>
+        <v>53.017000000000003</v>
       </c>
       <c r="F26" s="8">
         <v>51.066000000000003</v>
       </c>
       <c r="G26" s="8">
-        <v>52.865000000000002</v>
+        <v>52.87</v>
       </c>
       <c r="H26" s="8">
         <v>44.436</v>
       </c>
       <c r="I26" s="8">
-        <v>44.74</v>
+        <v>44.723999999999997</v>
       </c>
       <c r="J26" s="8">
-        <v>44.473999999999997</v>
+        <v>44.472000000000001</v>
       </c>
       <c r="K26" s="8">
-        <v>38.052999999999997</v>
+        <v>38.046999999999997</v>
       </c>
       <c r="L26" s="8">
-        <v>39.249000000000002</v>
+        <v>39.252000000000002</v>
       </c>
       <c r="M26" s="8">
-        <v>38.244999999999997</v>
+        <v>38.241</v>
       </c>
       <c r="N26" s="8">
         <v>36.540999999999997</v>
       </c>
       <c r="O26" s="8">
         <v>38.158999999999999</v>
       </c>
       <c r="P26" s="8">
         <v>36.840000000000003</v>
       </c>
       <c r="Q26" s="8">
         <v>39.216999999999999</v>
       </c>
       <c r="R26" s="8">
         <v>38.100999999999999</v>
       </c>
       <c r="S26" s="8">
         <v>39.036999999999999</v>
       </c>
       <c r="T26" s="8">
-        <v>43.927999999999997</v>
+        <v>43.926000000000002</v>
       </c>
       <c r="U26" s="8">
-        <v>42.302</v>
+        <v>42.298999999999999</v>
       </c>
       <c r="V26" s="8">
-        <v>43.716000000000001</v>
+        <v>43.713999999999999</v>
       </c>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A27" s="9">
         <v>1983</v>
       </c>
       <c r="B27" s="10">
-        <v>53.45</v>
+        <v>53.463000000000001</v>
       </c>
       <c r="C27" s="10">
-        <v>51.603000000000002</v>
+        <v>51.604999999999997</v>
       </c>
       <c r="D27" s="10">
-        <v>53.326999999999998</v>
+        <v>53.338999999999999</v>
       </c>
       <c r="E27" s="10">
-        <v>53.344999999999999</v>
+        <v>53.350999999999999</v>
       </c>
       <c r="F27" s="10">
-        <v>51.457000000000001</v>
+        <v>51.460999999999999</v>
       </c>
       <c r="G27" s="10">
-        <v>53.195999999999998</v>
+        <v>53.201999999999998</v>
       </c>
       <c r="H27" s="10">
         <v>44.652000000000001</v>
       </c>
       <c r="I27" s="10">
-        <v>45.052999999999997</v>
+        <v>45.026000000000003</v>
       </c>
       <c r="J27" s="10">
-        <v>44.703000000000003</v>
+        <v>44.7</v>
       </c>
       <c r="K27" s="10">
-        <v>38.226999999999997</v>
+        <v>38.219000000000001</v>
       </c>
       <c r="L27" s="10">
-        <v>39.470999999999997</v>
+        <v>39.476999999999997</v>
       </c>
       <c r="M27" s="10">
-        <v>38.424999999999997</v>
+        <v>38.418999999999997</v>
       </c>
       <c r="N27" s="10">
-        <v>36.692</v>
+        <v>36.692999999999998</v>
       </c>
       <c r="O27" s="10">
         <v>38.341000000000001</v>
       </c>
       <c r="P27" s="10">
-        <v>37.003999999999998</v>
+        <v>37.005000000000003</v>
       </c>
       <c r="Q27" s="10">
-        <v>39.365000000000002</v>
+        <v>39.369</v>
       </c>
       <c r="R27" s="10">
-        <v>38.744</v>
+        <v>38.722999999999999</v>
       </c>
       <c r="S27" s="10">
         <v>39.267000000000003</v>
       </c>
       <c r="T27" s="10">
-        <v>44.167000000000002</v>
+        <v>44.165999999999997</v>
       </c>
       <c r="U27" s="10">
-        <v>42.671999999999997</v>
+        <v>42.667999999999999</v>
       </c>
       <c r="V27" s="10">
-        <v>43.97</v>
+        <v>43.968000000000004</v>
       </c>
     </row>
     <row r="28" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A28" s="7">
         <v>1984</v>
       </c>
       <c r="B28" s="8">
-        <v>53.363999999999997</v>
+        <v>53.399000000000001</v>
       </c>
       <c r="C28" s="8">
-        <v>51.761000000000003</v>
+        <v>51.768999999999998</v>
       </c>
       <c r="D28" s="8">
-        <v>53.25</v>
+        <v>53.281999999999996</v>
       </c>
       <c r="E28" s="8">
-        <v>53.606999999999999</v>
+        <v>53.612000000000002</v>
       </c>
       <c r="F28" s="8">
-        <v>51.862000000000002</v>
+        <v>51.866</v>
       </c>
       <c r="G28" s="8">
-        <v>53.463999999999999</v>
+        <v>53.469000000000001</v>
       </c>
       <c r="H28" s="8">
-        <v>44.805999999999997</v>
+        <v>44.808999999999997</v>
       </c>
       <c r="I28" s="8">
-        <v>45.371000000000002</v>
+        <v>45.354999999999997</v>
       </c>
       <c r="J28" s="8">
-        <v>44.878</v>
+        <v>44.878999999999998</v>
       </c>
       <c r="K28" s="8">
-        <v>38.374000000000002</v>
+        <v>38.366999999999997</v>
       </c>
       <c r="L28" s="8">
-        <v>39.793999999999997</v>
+        <v>39.792000000000002</v>
       </c>
       <c r="M28" s="8">
-        <v>38.600999999999999</v>
+        <v>38.594999999999999</v>
       </c>
       <c r="N28" s="8">
-        <v>36.887</v>
+        <v>36.887999999999998</v>
       </c>
       <c r="O28" s="8">
         <v>38.637999999999998</v>
       </c>
       <c r="P28" s="8">
-        <v>37.215000000000003</v>
+        <v>37.216000000000001</v>
       </c>
       <c r="Q28" s="8">
-        <v>39.363999999999997</v>
+        <v>39.366999999999997</v>
       </c>
       <c r="R28" s="8">
-        <v>39.521999999999998</v>
+        <v>39.503999999999998</v>
       </c>
       <c r="S28" s="8">
         <v>39.387999999999998</v>
       </c>
       <c r="T28" s="8">
-        <v>44.351999999999997</v>
+        <v>44.350999999999999</v>
       </c>
       <c r="U28" s="8">
-        <v>43.084000000000003</v>
+        <v>43.08</v>
       </c>
       <c r="V28" s="8">
-        <v>44.183999999999997</v>
+        <v>44.183</v>
       </c>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A29" s="9">
         <v>1985</v>
       </c>
       <c r="B29" s="10">
-        <v>53.889000000000003</v>
+        <v>53.951999999999998</v>
       </c>
       <c r="C29" s="10">
-        <v>52.481000000000002</v>
+        <v>52.491</v>
       </c>
       <c r="D29" s="10">
-        <v>53.79</v>
+        <v>53.847000000000001</v>
       </c>
       <c r="E29" s="10">
-        <v>53.768999999999998</v>
+        <v>53.774000000000001</v>
       </c>
       <c r="F29" s="10">
-        <v>52.116999999999997</v>
+        <v>52.121000000000002</v>
       </c>
       <c r="G29" s="10">
-        <v>53.628999999999998</v>
+        <v>53.634</v>
       </c>
       <c r="H29" s="10">
         <v>45.081000000000003</v>
       </c>
       <c r="I29" s="10">
-        <v>45.767000000000003</v>
+        <v>45.732999999999997</v>
       </c>
       <c r="J29" s="10">
-        <v>45.17</v>
+        <v>45.165999999999997</v>
       </c>
       <c r="K29" s="10">
-        <v>38.542000000000002</v>
+        <v>38.533999999999999</v>
       </c>
       <c r="L29" s="10">
-        <v>39.994999999999997</v>
+        <v>39.981999999999999</v>
       </c>
       <c r="M29" s="10">
-        <v>38.776000000000003</v>
+        <v>38.767000000000003</v>
       </c>
       <c r="N29" s="10">
         <v>36.786999999999999</v>
       </c>
       <c r="O29" s="10">
-        <v>38.725000000000001</v>
+        <v>38.707999999999998</v>
       </c>
       <c r="P29" s="10">
-        <v>37.137</v>
+        <v>37.134</v>
       </c>
       <c r="Q29" s="10">
-        <v>39.363999999999997</v>
+        <v>39.366</v>
       </c>
       <c r="R29" s="10">
-        <v>39.351999999999997</v>
+        <v>39.344000000000001</v>
       </c>
       <c r="S29" s="10">
         <v>39.362000000000002</v>
       </c>
       <c r="T29" s="10">
-        <v>44.463999999999999</v>
+        <v>44.462000000000003</v>
       </c>
       <c r="U29" s="10">
-        <v>43.347000000000001</v>
+        <v>43.331000000000003</v>
       </c>
       <c r="V29" s="10">
-        <v>44.314</v>
+        <v>44.31</v>
       </c>
     </row>
     <row r="30" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A30" s="7">
         <v>1986</v>
       </c>
       <c r="B30" s="8">
-        <v>53.957999999999998</v>
+        <v>54.008000000000003</v>
       </c>
       <c r="C30" s="8">
-        <v>52.914999999999999</v>
+        <v>52.927</v>
       </c>
       <c r="D30" s="8">
-        <v>53.881999999999998</v>
+        <v>53.927999999999997</v>
       </c>
       <c r="E30" s="8">
-        <v>53.953000000000003</v>
+        <v>53.959000000000003</v>
       </c>
       <c r="F30" s="8">
-        <v>52.402999999999999</v>
+        <v>52.398000000000003</v>
       </c>
       <c r="G30" s="8">
-        <v>53.817</v>
+        <v>53.820999999999998</v>
       </c>
       <c r="H30" s="8">
-        <v>45.319000000000003</v>
+        <v>45.316000000000003</v>
       </c>
       <c r="I30" s="8">
-        <v>45.968000000000004</v>
+        <v>45.936999999999998</v>
       </c>
       <c r="J30" s="8">
-        <v>45.405999999999999</v>
+        <v>45.399000000000001</v>
       </c>
       <c r="K30" s="8">
-        <v>38.762</v>
+        <v>38.756999999999998</v>
       </c>
       <c r="L30" s="8">
-        <v>40.283999999999999</v>
+        <v>40.265000000000001</v>
       </c>
       <c r="M30" s="8">
-        <v>39.003999999999998</v>
+        <v>38.997</v>
       </c>
       <c r="N30" s="8">
-        <v>37.006</v>
+        <v>37.011000000000003</v>
       </c>
       <c r="O30" s="8">
-        <v>38.79</v>
+        <v>38.78</v>
       </c>
       <c r="P30" s="8">
-        <v>37.344999999999999</v>
+        <v>37.347000000000001</v>
       </c>
       <c r="Q30" s="8">
-        <v>39.92</v>
+        <v>39.920999999999999</v>
       </c>
       <c r="R30" s="8">
-        <v>39.698</v>
+        <v>39.694000000000003</v>
       </c>
       <c r="S30" s="8">
         <v>39.881999999999998</v>
       </c>
       <c r="T30" s="8">
-        <v>44.665999999999997</v>
+        <v>44.664999999999999</v>
       </c>
       <c r="U30" s="8">
-        <v>43.643000000000001</v>
+        <v>43.627000000000002</v>
       </c>
       <c r="V30" s="8">
-        <v>44.527000000000001</v>
+        <v>44.524000000000001</v>
       </c>
     </row>
     <row r="31" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A31" s="9">
         <v>1987</v>
       </c>
       <c r="B31" s="10">
-        <v>54.24</v>
+        <v>54.292000000000002</v>
       </c>
       <c r="C31" s="10">
-        <v>53.347999999999999</v>
+        <v>53.363999999999997</v>
       </c>
       <c r="D31" s="10">
-        <v>54.173999999999999</v>
+        <v>54.222999999999999</v>
       </c>
       <c r="E31" s="10">
-        <v>54.110999999999997</v>
+        <v>54.116999999999997</v>
       </c>
       <c r="F31" s="10">
-        <v>52.728000000000002</v>
+        <v>52.722999999999999</v>
       </c>
       <c r="G31" s="10">
-        <v>53.982999999999997</v>
+        <v>53.988</v>
       </c>
       <c r="H31" s="10">
-        <v>45.466999999999999</v>
+        <v>45.459000000000003</v>
       </c>
       <c r="I31" s="10">
-        <v>46.177</v>
+        <v>46.152000000000001</v>
       </c>
       <c r="J31" s="10">
-        <v>45.563000000000002</v>
+        <v>45.552</v>
       </c>
       <c r="K31" s="10">
-        <v>38.927999999999997</v>
+        <v>38.923999999999999</v>
       </c>
       <c r="L31" s="10">
-        <v>40.46</v>
+        <v>40.447000000000003</v>
       </c>
       <c r="M31" s="10">
-        <v>39.173000000000002</v>
+        <v>39.167000000000002</v>
       </c>
       <c r="N31" s="10">
-        <v>37.228999999999999</v>
+        <v>37.231999999999999</v>
       </c>
       <c r="O31" s="10">
-        <v>38.869999999999997</v>
+        <v>38.871000000000002</v>
       </c>
       <c r="P31" s="10">
-        <v>37.542000000000002</v>
+        <v>37.545000000000002</v>
       </c>
       <c r="Q31" s="10">
-        <v>40.164000000000001</v>
+        <v>40.165999999999997</v>
       </c>
       <c r="R31" s="10">
-        <v>39.692999999999998</v>
+        <v>39.695</v>
       </c>
       <c r="S31" s="10">
-        <v>40.076999999999998</v>
+        <v>40.078000000000003</v>
       </c>
       <c r="T31" s="10">
-        <v>44.79</v>
+        <v>44.787999999999997</v>
       </c>
       <c r="U31" s="10">
-        <v>43.871000000000002</v>
+        <v>43.863</v>
       </c>
       <c r="V31" s="10">
-        <v>44.662999999999997</v>
+        <v>44.66</v>
       </c>
     </row>
     <row r="32" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A32" s="7">
         <v>1988</v>
       </c>
       <c r="B32" s="8">
-        <v>54.502000000000002</v>
+        <v>54.543999999999997</v>
       </c>
       <c r="C32" s="8">
-        <v>53.722999999999999</v>
+        <v>53.743000000000002</v>
       </c>
       <c r="D32" s="8">
-        <v>54.444000000000003</v>
+        <v>54.484000000000002</v>
       </c>
       <c r="E32" s="8">
-        <v>54.338999999999999</v>
+        <v>54.341999999999999</v>
       </c>
       <c r="F32" s="8">
-        <v>53.067</v>
+        <v>53.063000000000002</v>
       </c>
       <c r="G32" s="8">
-        <v>54.219000000000001</v>
+        <v>54.220999999999997</v>
       </c>
       <c r="H32" s="8">
-        <v>45.737000000000002</v>
+        <v>45.73</v>
       </c>
       <c r="I32" s="8">
-        <v>46.512</v>
+        <v>46.485999999999997</v>
       </c>
       <c r="J32" s="8">
-        <v>45.841999999999999</v>
+        <v>45.832000000000001</v>
       </c>
       <c r="K32" s="8">
-        <v>39.115000000000002</v>
+        <v>39.112000000000002</v>
       </c>
       <c r="L32" s="8">
-        <v>40.597000000000001</v>
+        <v>40.578000000000003</v>
       </c>
       <c r="M32" s="8">
-        <v>39.351999999999997</v>
+        <v>39.345999999999997</v>
       </c>
       <c r="N32" s="8">
-        <v>37.457999999999998</v>
+        <v>37.46</v>
       </c>
       <c r="O32" s="8">
-        <v>39.145000000000003</v>
+        <v>39.14</v>
       </c>
       <c r="P32" s="8">
-        <v>37.783999999999999</v>
+        <v>37.786000000000001</v>
       </c>
       <c r="Q32" s="8">
-        <v>40.256999999999998</v>
+        <v>40.258000000000003</v>
       </c>
       <c r="R32" s="8">
-        <v>39.343000000000004</v>
+        <v>39.350999999999999</v>
       </c>
       <c r="S32" s="8">
-        <v>40.061</v>
+        <v>40.063000000000002</v>
       </c>
       <c r="T32" s="8">
-        <v>44.945999999999998</v>
+        <v>44.942999999999998</v>
       </c>
       <c r="U32" s="8">
-        <v>44.058</v>
+        <v>44.045000000000002</v>
       </c>
       <c r="V32" s="8">
-        <v>44.822000000000003</v>
+        <v>44.817</v>
       </c>
     </row>
     <row r="33" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A33" s="9">
         <v>1989</v>
       </c>
       <c r="B33" s="10">
-        <v>54.627000000000002</v>
+        <v>54.656999999999996</v>
       </c>
       <c r="C33" s="10">
-        <v>53.905999999999999</v>
+        <v>53.93</v>
       </c>
       <c r="D33" s="10">
-        <v>54.572000000000003</v>
+        <v>54.600999999999999</v>
       </c>
       <c r="E33" s="10">
-        <v>54.514000000000003</v>
+        <v>54.515000000000001</v>
       </c>
       <c r="F33" s="10">
-        <v>53.418999999999997</v>
+        <v>53.415999999999997</v>
       </c>
       <c r="G33" s="10">
-        <v>54.408000000000001</v>
+        <v>54.408999999999999</v>
       </c>
       <c r="H33" s="10">
-        <v>45.982999999999997</v>
+        <v>45.975999999999999</v>
       </c>
       <c r="I33" s="10">
-        <v>46.716999999999999</v>
+        <v>46.695999999999998</v>
       </c>
       <c r="J33" s="10">
-        <v>46.085000000000001</v>
+        <v>46.075000000000003</v>
       </c>
       <c r="K33" s="10">
-        <v>39.360999999999997</v>
+        <v>39.356000000000002</v>
       </c>
       <c r="L33" s="10">
-        <v>40.667000000000002</v>
+        <v>40.649000000000001</v>
       </c>
       <c r="M33" s="10">
-        <v>39.573999999999998</v>
+        <v>39.566000000000003</v>
       </c>
       <c r="N33" s="10">
-        <v>37.819000000000003</v>
+        <v>37.820999999999998</v>
       </c>
       <c r="O33" s="10">
-        <v>39.229999999999997</v>
+        <v>39.213000000000001</v>
       </c>
       <c r="P33" s="10">
-        <v>38.100999999999999</v>
+        <v>38.098999999999997</v>
       </c>
       <c r="Q33" s="10">
-        <v>40.463000000000001</v>
+        <v>40.466000000000001</v>
       </c>
       <c r="R33" s="10">
         <v>39.347999999999999</v>
       </c>
       <c r="S33" s="10">
-        <v>40.206000000000003</v>
+        <v>40.209000000000003</v>
       </c>
       <c r="T33" s="10">
-        <v>45.113999999999997</v>
+        <v>45.11</v>
       </c>
       <c r="U33" s="10">
-        <v>44.146999999999998</v>
+        <v>44.131999999999998</v>
       </c>
       <c r="V33" s="10">
-        <v>44.975000000000001</v>
+        <v>44.97</v>
       </c>
     </row>
     <row r="34" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A34" s="7">
         <v>1990</v>
       </c>
       <c r="B34" s="8">
-        <v>54.914000000000001</v>
+        <v>54.92</v>
       </c>
       <c r="C34" s="8">
-        <v>54.439</v>
+        <v>54.466000000000001</v>
       </c>
       <c r="D34" s="8">
-        <v>54.878</v>
+        <v>54.884999999999998</v>
       </c>
       <c r="E34" s="8">
-        <v>54.570999999999998</v>
+        <v>54.573</v>
       </c>
       <c r="F34" s="8">
-        <v>53.656999999999996</v>
+        <v>53.655000000000001</v>
       </c>
       <c r="G34" s="8">
-        <v>54.481000000000002</v>
+        <v>54.481999999999999</v>
       </c>
       <c r="H34" s="8">
         <v>46.139000000000003</v>
       </c>
       <c r="I34" s="8">
-        <v>46.81</v>
+        <v>46.805</v>
       </c>
       <c r="J34" s="8">
-        <v>46.232999999999997</v>
+        <v>46.231999999999999</v>
       </c>
       <c r="K34" s="8">
-        <v>39.585999999999999</v>
+        <v>39.584000000000003</v>
       </c>
       <c r="L34" s="8">
-        <v>40.81</v>
+        <v>40.811</v>
       </c>
       <c r="M34" s="8">
-        <v>39.790999999999997</v>
+        <v>39.79</v>
       </c>
       <c r="N34" s="8">
-        <v>38.151000000000003</v>
+        <v>38.148000000000003</v>
       </c>
       <c r="O34" s="8">
-        <v>39.07</v>
+        <v>39.057000000000002</v>
       </c>
       <c r="P34" s="8">
-        <v>38.337000000000003</v>
+        <v>38.332000000000001</v>
       </c>
       <c r="Q34" s="8">
-        <v>40.478000000000002</v>
+        <v>40.503999999999998</v>
       </c>
       <c r="R34" s="8">
         <v>39.131999999999998</v>
       </c>
       <c r="S34" s="8">
-        <v>40.155999999999999</v>
+        <v>40.174999999999997</v>
       </c>
       <c r="T34" s="8">
         <v>45.232999999999997</v>
       </c>
       <c r="U34" s="8">
-        <v>44.192</v>
+        <v>44.189</v>
       </c>
       <c r="V34" s="8">
-        <v>45.08</v>
+        <v>45.079000000000001</v>
       </c>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A35" s="9">
         <v>1991</v>
       </c>
       <c r="B35" s="10">
-        <v>54.985999999999997</v>
+        <v>54.98</v>
       </c>
       <c r="C35" s="10">
-        <v>53.667000000000002</v>
+        <v>53.701999999999998</v>
       </c>
       <c r="D35" s="10">
-        <v>54.88</v>
+        <v>54.875999999999998</v>
       </c>
       <c r="E35" s="10">
-        <v>54.643999999999998</v>
+        <v>54.645000000000003</v>
       </c>
       <c r="F35" s="10">
-        <v>53.851999999999997</v>
+        <v>53.850999999999999</v>
       </c>
       <c r="G35" s="10">
-        <v>54.564</v>
+        <v>54.564999999999998</v>
       </c>
       <c r="H35" s="10">
         <v>46.252000000000002</v>
       </c>
       <c r="I35" s="10">
-        <v>46.95</v>
+        <v>46.948999999999998</v>
       </c>
       <c r="J35" s="10">
-        <v>46.350999999999999</v>
+        <v>46.35</v>
       </c>
       <c r="K35" s="10">
-        <v>39.767000000000003</v>
+        <v>39.764000000000003</v>
       </c>
       <c r="L35" s="10">
-        <v>40.874000000000002</v>
+        <v>40.875</v>
       </c>
       <c r="M35" s="10">
-        <v>39.957000000000001</v>
+        <v>39.954999999999998</v>
       </c>
       <c r="N35" s="10">
-        <v>38.408999999999999</v>
+        <v>38.404000000000003</v>
       </c>
       <c r="O35" s="10">
-        <v>38.884</v>
+        <v>38.877000000000002</v>
       </c>
       <c r="P35" s="10">
-        <v>38.508000000000003</v>
+        <v>38.503</v>
       </c>
       <c r="Q35" s="10">
-        <v>40.799999999999997</v>
+        <v>40.823999999999998</v>
       </c>
       <c r="R35" s="10">
         <v>39.366</v>
       </c>
       <c r="S35" s="10">
-        <v>40.436</v>
+        <v>40.454000000000001</v>
       </c>
       <c r="T35" s="10">
-        <v>45.389000000000003</v>
+        <v>45.387999999999998</v>
       </c>
       <c r="U35" s="10">
         <v>44.264000000000003</v>
       </c>
       <c r="V35" s="10">
-        <v>45.22</v>
+        <v>45.219000000000001</v>
       </c>
     </row>
     <row r="36" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A36" s="7">
         <v>1992</v>
       </c>
       <c r="B36" s="8">
-        <v>54.856999999999999</v>
+        <v>54.857999999999997</v>
       </c>
       <c r="C36" s="8">
-        <v>53.518000000000001</v>
+        <v>53.454999999999998</v>
       </c>
       <c r="D36" s="8">
-        <v>54.741999999999997</v>
+        <v>54.735999999999997</v>
       </c>
       <c r="E36" s="8">
-        <v>54.771999999999998</v>
+        <v>54.773000000000003</v>
       </c>
       <c r="F36" s="8">
-        <v>54.151000000000003</v>
+        <v>54.15</v>
       </c>
       <c r="G36" s="8">
-        <v>54.707000000000001</v>
+        <v>54.707999999999998</v>
       </c>
       <c r="H36" s="8">
-        <v>46.417999999999999</v>
+        <v>46.417000000000002</v>
       </c>
       <c r="I36" s="8">
-        <v>47.136000000000003</v>
+        <v>47.14</v>
       </c>
       <c r="J36" s="8">
         <v>46.521000000000001</v>
       </c>
       <c r="K36" s="8">
-        <v>39.999000000000002</v>
+        <v>39.997</v>
       </c>
       <c r="L36" s="8">
-        <v>40.918999999999997</v>
+        <v>40.92</v>
       </c>
       <c r="M36" s="8">
-        <v>40.162999999999997</v>
+        <v>40.161999999999999</v>
       </c>
       <c r="N36" s="8">
-        <v>38.496000000000002</v>
+        <v>38.491</v>
       </c>
       <c r="O36" s="8">
-        <v>38.939</v>
+        <v>38.935000000000002</v>
       </c>
       <c r="P36" s="8">
-        <v>38.591999999999999</v>
+        <v>38.587000000000003</v>
       </c>
       <c r="Q36" s="8">
-        <v>41.076000000000001</v>
+        <v>41.098999999999997</v>
       </c>
       <c r="R36" s="8">
         <v>39.805</v>
       </c>
       <c r="S36" s="8">
-        <v>40.750999999999998</v>
+        <v>40.768000000000001</v>
       </c>
       <c r="T36" s="8">
-        <v>45.475000000000001</v>
+        <v>45.472999999999999</v>
       </c>
       <c r="U36" s="8">
-        <v>44.286000000000001</v>
+        <v>44.286999999999999</v>
       </c>
       <c r="V36" s="8">
-        <v>45.289000000000001</v>
+        <v>45.287999999999997</v>
       </c>
     </row>
     <row r="37" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A37" s="9">
         <v>1993</v>
       </c>
       <c r="B37" s="10">
-        <v>54.844000000000001</v>
+        <v>54.84</v>
       </c>
       <c r="C37" s="10">
-        <v>54.295000000000002</v>
+        <v>54.311999999999998</v>
       </c>
       <c r="D37" s="10">
-        <v>54.796999999999997</v>
+        <v>54.793999999999997</v>
       </c>
       <c r="E37" s="10">
-        <v>54.872</v>
+        <v>54.874000000000002</v>
       </c>
       <c r="F37" s="10">
-        <v>54.32</v>
+        <v>54.316000000000003</v>
       </c>
       <c r="G37" s="10">
-        <v>54.811999999999998</v>
+        <v>54.813000000000002</v>
       </c>
       <c r="H37" s="10">
-        <v>46.564</v>
+        <v>46.563000000000002</v>
       </c>
       <c r="I37" s="10">
-        <v>47.34</v>
+        <v>47.341000000000001</v>
       </c>
       <c r="J37" s="10">
         <v>46.673999999999999</v>
       </c>
       <c r="K37" s="10">
-        <v>40.258000000000003</v>
+        <v>40.256</v>
       </c>
       <c r="L37" s="10">
-        <v>40.966999999999999</v>
+        <v>40.968000000000004</v>
       </c>
       <c r="M37" s="10">
-        <v>40.390999999999998</v>
+        <v>40.39</v>
       </c>
       <c r="N37" s="10">
-        <v>38.787999999999997</v>
+        <v>38.777999999999999</v>
       </c>
       <c r="O37" s="10">
-        <v>38.911999999999999</v>
+        <v>38.917999999999999</v>
       </c>
       <c r="P37" s="10">
-        <v>38.814999999999998</v>
+        <v>38.808</v>
       </c>
       <c r="Q37" s="10">
-        <v>41.569000000000003</v>
+        <v>41.585999999999999</v>
       </c>
       <c r="R37" s="10">
-        <v>40.515999999999998</v>
+        <v>40.485999999999997</v>
       </c>
       <c r="S37" s="10">
-        <v>41.301000000000002</v>
+        <v>41.305</v>
       </c>
       <c r="T37" s="10">
-        <v>45.561</v>
+        <v>45.558999999999997</v>
       </c>
       <c r="U37" s="10">
         <v>44.258000000000003</v>
       </c>
       <c r="V37" s="10">
-        <v>45.350999999999999</v>
+        <v>45.35</v>
       </c>
     </row>
     <row r="38" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A38" s="7">
         <v>1994</v>
       </c>
       <c r="B38" s="8">
-        <v>54.948</v>
+        <v>54.95</v>
       </c>
       <c r="C38" s="8">
-        <v>54.082999999999998</v>
+        <v>54.110999999999997</v>
       </c>
       <c r="D38" s="8">
-        <v>54.871000000000002</v>
+        <v>54.874000000000002</v>
       </c>
       <c r="E38" s="8">
-        <v>54.953000000000003</v>
+        <v>54.954000000000001</v>
       </c>
       <c r="F38" s="8">
-        <v>54.512</v>
+        <v>54.509</v>
       </c>
       <c r="G38" s="8">
-        <v>54.904000000000003</v>
+        <v>54.905000000000001</v>
       </c>
       <c r="H38" s="8">
-        <v>46.726999999999997</v>
+        <v>46.725000000000001</v>
       </c>
       <c r="I38" s="8">
-        <v>47.555</v>
+        <v>47.563000000000002</v>
       </c>
       <c r="J38" s="8">
         <v>46.843000000000004</v>
       </c>
       <c r="K38" s="8">
-        <v>40.491999999999997</v>
+        <v>40.491</v>
       </c>
       <c r="L38" s="8">
-        <v>41.000999999999998</v>
+        <v>41</v>
       </c>
       <c r="M38" s="8">
         <v>40.591000000000001</v>
       </c>
       <c r="N38" s="8">
-        <v>39.103999999999999</v>
+        <v>39.097000000000001</v>
       </c>
       <c r="O38" s="8">
-        <v>38.920999999999999</v>
+        <v>38.923000000000002</v>
       </c>
       <c r="P38" s="8">
-        <v>39.061999999999998</v>
+        <v>39.057000000000002</v>
       </c>
       <c r="Q38" s="8">
-        <v>42.079000000000001</v>
+        <v>42.094999999999999</v>
       </c>
       <c r="R38" s="8">
-        <v>41.337000000000003</v>
+        <v>41.305999999999997</v>
       </c>
       <c r="S38" s="8">
-        <v>41.902000000000001</v>
+        <v>41.905999999999999</v>
       </c>
       <c r="T38" s="8">
-        <v>45.73</v>
+        <v>45.728999999999999</v>
       </c>
       <c r="U38" s="8">
         <v>44.280999999999999</v>
       </c>
       <c r="V38" s="8">
-        <v>45.49</v>
+        <v>45.488999999999997</v>
       </c>
     </row>
     <row r="39" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A39" s="9">
         <v>1995</v>
       </c>
       <c r="B39" s="10">
-        <v>55.034999999999997</v>
+        <v>55.033999999999999</v>
       </c>
       <c r="C39" s="10">
-        <v>54.552</v>
+        <v>54.585000000000001</v>
       </c>
       <c r="D39" s="10">
-        <v>54.993000000000002</v>
+        <v>54.994</v>
       </c>
       <c r="E39" s="10">
-        <v>55.209000000000003</v>
+        <v>55.21</v>
       </c>
       <c r="F39" s="10">
-        <v>54.829000000000001</v>
+        <v>54.828000000000003</v>
       </c>
       <c r="G39" s="10">
-        <v>55.165999999999997</v>
+        <v>55.167000000000002</v>
       </c>
       <c r="H39" s="10">
-        <v>47.045000000000002</v>
+        <v>47.042999999999999</v>
       </c>
       <c r="I39" s="10">
-        <v>47.8</v>
+        <v>47.801000000000002</v>
       </c>
       <c r="J39" s="10">
-        <v>47.152999999999999</v>
+        <v>47.152000000000001</v>
       </c>
       <c r="K39" s="10">
-        <v>40.819000000000003</v>
+        <v>40.817999999999998</v>
       </c>
       <c r="L39" s="10">
         <v>41.17</v>
       </c>
       <c r="M39" s="10">
         <v>40.89</v>
       </c>
       <c r="N39" s="10">
-        <v>39.463999999999999</v>
+        <v>39.459000000000003</v>
       </c>
       <c r="O39" s="10">
-        <v>39.243000000000002</v>
+        <v>39.241999999999997</v>
       </c>
       <c r="P39" s="10">
-        <v>39.412999999999997</v>
+        <v>39.408000000000001</v>
       </c>
       <c r="Q39" s="10">
-        <v>42.709000000000003</v>
+        <v>42.728000000000002</v>
       </c>
       <c r="R39" s="10">
-        <v>41.578000000000003</v>
+        <v>41.55</v>
       </c>
       <c r="S39" s="10">
-        <v>42.436999999999998</v>
+        <v>42.444000000000003</v>
       </c>
       <c r="T39" s="10">
-        <v>46.052999999999997</v>
+        <v>46.052</v>
       </c>
       <c r="U39" s="10">
         <v>44.481000000000002</v>
       </c>
       <c r="V39" s="10">
-        <v>45.784999999999997</v>
+        <v>45.783999999999999</v>
       </c>
     </row>
     <row r="40" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A40" s="7">
         <v>1996</v>
       </c>
       <c r="B40" s="8">
-        <v>55.21</v>
+        <v>55.212000000000003</v>
       </c>
       <c r="C40" s="8">
-        <v>54.478999999999999</v>
+        <v>54.466000000000001</v>
       </c>
       <c r="D40" s="8">
         <v>55.143000000000001</v>
       </c>
       <c r="E40" s="8">
-        <v>55.433999999999997</v>
+        <v>55.436</v>
       </c>
       <c r="F40" s="8">
-        <v>55.277999999999999</v>
+        <v>55.274000000000001</v>
       </c>
       <c r="G40" s="8">
-        <v>55.415999999999997</v>
+        <v>55.417000000000002</v>
       </c>
       <c r="H40" s="8">
-        <v>47.396999999999998</v>
+        <v>47.396000000000001</v>
       </c>
       <c r="I40" s="8">
-        <v>47.982999999999997</v>
+        <v>47.984000000000002</v>
       </c>
       <c r="J40" s="8">
-        <v>47.481999999999999</v>
+        <v>47.481000000000002</v>
       </c>
       <c r="K40" s="8">
-        <v>41.161999999999999</v>
+        <v>41.162999999999997</v>
       </c>
       <c r="L40" s="8">
-        <v>41.360999999999997</v>
+        <v>41.356999999999999</v>
       </c>
       <c r="M40" s="8">
         <v>41.204000000000001</v>
       </c>
       <c r="N40" s="8">
-        <v>39.832999999999998</v>
+        <v>39.820999999999998</v>
       </c>
       <c r="O40" s="8">
-        <v>39.613</v>
+        <v>39.612000000000002</v>
       </c>
       <c r="P40" s="8">
-        <v>39.78</v>
+        <v>39.771000000000001</v>
       </c>
       <c r="Q40" s="8">
-        <v>43.512999999999998</v>
+        <v>43.515999999999998</v>
       </c>
       <c r="R40" s="8">
-        <v>42.615000000000002</v>
+        <v>42.587000000000003</v>
       </c>
       <c r="S40" s="8">
-        <v>43.305</v>
+        <v>43.301000000000002</v>
       </c>
       <c r="T40" s="8">
-        <v>46.42</v>
+        <v>46.418999999999997</v>
       </c>
       <c r="U40" s="8">
-        <v>44.734999999999999</v>
+        <v>44.731000000000002</v>
       </c>
       <c r="V40" s="8">
-        <v>46.125999999999998</v>
+        <v>46.125</v>
       </c>
     </row>
     <row r="41" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A41" s="9">
         <v>1997</v>
       </c>
       <c r="B41" s="10">
-        <v>55.433</v>
+        <v>55.423000000000002</v>
       </c>
       <c r="C41" s="10">
-        <v>54.872999999999998</v>
+        <v>54.887</v>
       </c>
       <c r="D41" s="10">
-        <v>55.378999999999998</v>
+        <v>55.372</v>
       </c>
       <c r="E41" s="10">
-        <v>55.689</v>
+        <v>55.691000000000003</v>
       </c>
       <c r="F41" s="10">
-        <v>55.555999999999997</v>
+        <v>55.552</v>
       </c>
       <c r="G41" s="10">
-        <v>55.673999999999999</v>
+        <v>55.674999999999997</v>
       </c>
       <c r="H41" s="10">
-        <v>47.780999999999999</v>
+        <v>47.78</v>
       </c>
       <c r="I41" s="10">
-        <v>48.304000000000002</v>
+        <v>48.307000000000002</v>
       </c>
       <c r="J41" s="10">
         <v>47.857999999999997</v>
       </c>
       <c r="K41" s="10">
         <v>41.584000000000003</v>
       </c>
       <c r="L41" s="10">
-        <v>41.497</v>
+        <v>41.496000000000002</v>
       </c>
       <c r="M41" s="10">
         <v>41.564999999999998</v>
       </c>
       <c r="N41" s="10">
-        <v>40.067999999999998</v>
+        <v>40.06</v>
       </c>
       <c r="O41" s="10">
-        <v>39.381999999999998</v>
+        <v>39.374000000000002</v>
       </c>
       <c r="P41" s="10">
-        <v>39.9</v>
+        <v>39.892000000000003</v>
       </c>
       <c r="Q41" s="10">
-        <v>44.234000000000002</v>
+        <v>44.223999999999997</v>
       </c>
       <c r="R41" s="10">
-        <v>43.256999999999998</v>
+        <v>43.231000000000002</v>
       </c>
       <c r="S41" s="10">
-        <v>44.003</v>
+        <v>43.988999999999997</v>
       </c>
       <c r="T41" s="10">
-        <v>46.771000000000001</v>
+        <v>46.768999999999998</v>
       </c>
       <c r="U41" s="10">
-        <v>44.823999999999998</v>
+        <v>44.82</v>
       </c>
       <c r="V41" s="10">
-        <v>46.423999999999999</v>
+        <v>46.421999999999997</v>
       </c>
     </row>
     <row r="42" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A42" s="7">
         <v>1998</v>
       </c>
       <c r="B42" s="8">
-        <v>55.363999999999997</v>
+        <v>55.368000000000002</v>
       </c>
       <c r="C42" s="8">
-        <v>54.761000000000003</v>
+        <v>54.786000000000001</v>
       </c>
       <c r="D42" s="8">
-        <v>55.302</v>
+        <v>55.308999999999997</v>
       </c>
       <c r="E42" s="8">
         <v>55.954999999999998</v>
       </c>
       <c r="F42" s="8">
-        <v>55.817999999999998</v>
+        <v>55.82</v>
       </c>
       <c r="G42" s="8">
         <v>55.939</v>
       </c>
       <c r="H42" s="8">
         <v>48.188000000000002</v>
       </c>
       <c r="I42" s="8">
-        <v>48.478000000000002</v>
+        <v>48.47</v>
       </c>
       <c r="J42" s="8">
-        <v>48.231999999999999</v>
+        <v>48.231000000000002</v>
       </c>
       <c r="K42" s="8">
-        <v>41.975999999999999</v>
+        <v>41.976999999999997</v>
       </c>
       <c r="L42" s="8">
-        <v>41.545999999999999</v>
+        <v>41.540999999999997</v>
       </c>
       <c r="M42" s="8">
-        <v>41.878999999999998</v>
+        <v>41.878</v>
       </c>
       <c r="N42" s="8">
-        <v>40.322000000000003</v>
+        <v>40.316000000000003</v>
       </c>
       <c r="O42" s="8">
-        <v>39.487000000000002</v>
+        <v>39.482999999999997</v>
       </c>
       <c r="P42" s="8">
-        <v>40.106000000000002</v>
+        <v>40.1</v>
       </c>
       <c r="Q42" s="8">
-        <v>44.545999999999999</v>
+        <v>44.536999999999999</v>
       </c>
       <c r="R42" s="8">
-        <v>43.161999999999999</v>
+        <v>43.140999999999998</v>
       </c>
       <c r="S42" s="8">
-        <v>44.198</v>
+        <v>44.185000000000002</v>
       </c>
       <c r="T42" s="8">
         <v>47.113999999999997</v>
       </c>
       <c r="U42" s="8">
-        <v>44.828000000000003</v>
+        <v>44.822000000000003</v>
       </c>
       <c r="V42" s="8">
-        <v>46.69</v>
+        <v>46.688000000000002</v>
       </c>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A43" s="9">
         <v>1999</v>
       </c>
       <c r="B43" s="10">
-        <v>55.317999999999998</v>
+        <v>55.325000000000003</v>
       </c>
       <c r="C43" s="10">
         <v>54.258000000000003</v>
       </c>
       <c r="D43" s="10">
-        <v>55.207999999999998</v>
+        <v>55.213999999999999</v>
       </c>
       <c r="E43" s="10">
         <v>56.192</v>
       </c>
       <c r="F43" s="10">
-        <v>56.151000000000003</v>
+        <v>56.148000000000003</v>
       </c>
       <c r="G43" s="10">
         <v>56.186999999999998</v>
       </c>
       <c r="H43" s="10">
         <v>48.542000000000002</v>
       </c>
       <c r="I43" s="10">
-        <v>48.564</v>
+        <v>48.557000000000002</v>
       </c>
       <c r="J43" s="10">
         <v>48.545000000000002</v>
       </c>
       <c r="K43" s="10">
         <v>42.271000000000001</v>
       </c>
       <c r="L43" s="10">
-        <v>41.593000000000004</v>
+        <v>41.588000000000001</v>
       </c>
       <c r="M43" s="10">
-        <v>42.106999999999999</v>
+        <v>42.106000000000002</v>
       </c>
       <c r="N43" s="10">
-        <v>40.637999999999998</v>
+        <v>40.634</v>
       </c>
       <c r="O43" s="10">
-        <v>39.511000000000003</v>
+        <v>39.512999999999998</v>
       </c>
       <c r="P43" s="10">
-        <v>40.338000000000001</v>
+        <v>40.335999999999999</v>
       </c>
       <c r="Q43" s="10">
-        <v>44.683</v>
+        <v>44.674999999999997</v>
       </c>
       <c r="R43" s="10">
-        <v>42.917000000000002</v>
+        <v>42.901000000000003</v>
       </c>
       <c r="S43" s="10">
-        <v>44.219000000000001</v>
+        <v>44.209000000000003</v>
       </c>
       <c r="T43" s="10">
         <v>47.473999999999997</v>
       </c>
       <c r="U43" s="10">
-        <v>44.863999999999997</v>
+        <v>44.857999999999997</v>
       </c>
       <c r="V43" s="10">
-        <v>46.966999999999999</v>
+        <v>46.965000000000003</v>
       </c>
     </row>
     <row r="44" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A44" s="7">
         <v>2000</v>
       </c>
       <c r="B44" s="8">
-        <v>55.331000000000003</v>
+        <v>55.341999999999999</v>
       </c>
       <c r="C44" s="8">
         <v>54.226999999999997</v>
       </c>
       <c r="D44" s="8">
-        <v>55.21</v>
+        <v>55.22</v>
       </c>
       <c r="E44" s="8">
         <v>56.402999999999999</v>
       </c>
       <c r="F44" s="8">
-        <v>56.436</v>
+        <v>56.427999999999997</v>
       </c>
       <c r="G44" s="8">
-        <v>56.406999999999996</v>
+        <v>56.405999999999999</v>
       </c>
       <c r="H44" s="8">
-        <v>48.823999999999998</v>
+        <v>48.826000000000001</v>
       </c>
       <c r="I44" s="8">
-        <v>48.622999999999998</v>
+        <v>48.616</v>
       </c>
       <c r="J44" s="8">
         <v>48.792000000000002</v>
       </c>
       <c r="K44" s="8">
         <v>42.62</v>
       </c>
       <c r="L44" s="8">
-        <v>41.726999999999997</v>
+        <v>41.722000000000001</v>
       </c>
       <c r="M44" s="8">
-        <v>42.393999999999998</v>
+        <v>42.393000000000001</v>
       </c>
       <c r="N44" s="8">
-        <v>40.948</v>
+        <v>40.942</v>
       </c>
       <c r="O44" s="8">
-        <v>39.664999999999999</v>
+        <v>39.665999999999997</v>
       </c>
       <c r="P44" s="8">
-        <v>40.591000000000001</v>
+        <v>40.585999999999999</v>
       </c>
       <c r="Q44" s="8">
-        <v>44.924999999999997</v>
+        <v>44.912999999999997</v>
       </c>
       <c r="R44" s="8">
-        <v>42.146000000000001</v>
+        <v>42.134999999999998</v>
       </c>
       <c r="S44" s="8">
-        <v>44.118000000000002</v>
+        <v>44.106000000000002</v>
       </c>
       <c r="T44" s="8">
         <v>47.747999999999998</v>
       </c>
       <c r="U44" s="8">
-        <v>44.856000000000002</v>
+        <v>44.85</v>
       </c>
       <c r="V44" s="8">
-        <v>47.161999999999999</v>
+        <v>47.158999999999999</v>
       </c>
     </row>
     <row r="45" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A45" s="9">
         <v>2001</v>
       </c>
       <c r="B45" s="10">
-        <v>55.529000000000003</v>
+        <v>55.539000000000001</v>
       </c>
       <c r="C45" s="10">
-        <v>54.575000000000003</v>
+        <v>54.537999999999997</v>
       </c>
       <c r="D45" s="10">
-        <v>55.423999999999999</v>
+        <v>55.427999999999997</v>
       </c>
       <c r="E45" s="10">
-        <v>56.71</v>
+        <v>56.709000000000003</v>
       </c>
       <c r="F45" s="10">
-        <v>56.725999999999999</v>
+        <v>56.722000000000001</v>
       </c>
       <c r="G45" s="10">
-        <v>56.712000000000003</v>
+        <v>56.710999999999999</v>
       </c>
       <c r="H45" s="10">
-        <v>49.212000000000003</v>
+        <v>49.213999999999999</v>
       </c>
       <c r="I45" s="10">
-        <v>48.814</v>
+        <v>48.805</v>
       </c>
       <c r="J45" s="10">
         <v>49.145000000000003</v>
       </c>
       <c r="K45" s="10">
-        <v>42.945999999999998</v>
+        <v>42.948</v>
       </c>
       <c r="L45" s="10">
-        <v>41.804000000000002</v>
+        <v>41.8</v>
       </c>
       <c r="M45" s="10">
         <v>42.640999999999998</v>
       </c>
       <c r="N45" s="10">
-        <v>41.03</v>
+        <v>41.023000000000003</v>
       </c>
       <c r="O45" s="10">
-        <v>39.601999999999997</v>
+        <v>39.612000000000002</v>
       </c>
       <c r="P45" s="10">
-        <v>40.618000000000002</v>
+        <v>40.616</v>
       </c>
       <c r="Q45" s="10">
-        <v>44.802999999999997</v>
+        <v>44.776000000000003</v>
       </c>
       <c r="R45" s="10">
-        <v>42.249000000000002</v>
+        <v>42.228000000000002</v>
       </c>
       <c r="S45" s="10">
-        <v>44.061</v>
+        <v>44.036000000000001</v>
       </c>
       <c r="T45" s="10">
-        <v>47.984999999999999</v>
+        <v>47.984000000000002</v>
       </c>
       <c r="U45" s="10">
-        <v>44.802999999999997</v>
+        <v>44.798999999999999</v>
       </c>
       <c r="V45" s="10">
-        <v>47.308</v>
+        <v>47.305999999999997</v>
       </c>
     </row>
     <row r="46" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A46" s="7">
         <v>2002</v>
       </c>
       <c r="B46" s="8">
-        <v>55.59</v>
+        <v>55.595999999999997</v>
       </c>
       <c r="C46" s="8">
-        <v>54.429000000000002</v>
+        <v>54.396999999999998</v>
       </c>
       <c r="D46" s="8">
-        <v>55.459000000000003</v>
+        <v>55.46</v>
       </c>
       <c r="E46" s="8">
         <v>57.023000000000003</v>
       </c>
       <c r="F46" s="8">
-        <v>56.826999999999998</v>
+        <v>56.823999999999998</v>
       </c>
       <c r="G46" s="8">
-        <v>56.999000000000002</v>
+        <v>56.997999999999998</v>
       </c>
       <c r="H46" s="8">
         <v>49.573999999999998</v>
       </c>
       <c r="I46" s="8">
-        <v>49.003999999999998</v>
+        <v>48.994999999999997</v>
       </c>
       <c r="J46" s="8">
-        <v>49.473999999999997</v>
+        <v>49.472999999999999</v>
       </c>
       <c r="K46" s="8">
-        <v>43.180999999999997</v>
+        <v>43.182000000000002</v>
       </c>
       <c r="L46" s="8">
-        <v>41.875999999999998</v>
+        <v>41.874000000000002</v>
       </c>
       <c r="M46" s="8">
-        <v>42.814999999999998</v>
+        <v>42.814</v>
       </c>
       <c r="N46" s="8">
-        <v>41.281999999999996</v>
+        <v>41.279000000000003</v>
       </c>
       <c r="O46" s="8">
-        <v>39.814999999999998</v>
+        <v>39.820999999999998</v>
       </c>
       <c r="P46" s="8">
         <v>40.841999999999999</v>
       </c>
       <c r="Q46" s="8">
-        <v>45.213999999999999</v>
+        <v>45.204999999999998</v>
       </c>
       <c r="R46" s="8">
-        <v>41.878999999999998</v>
+        <v>41.874000000000002</v>
       </c>
       <c r="S46" s="8">
-        <v>44.186</v>
+        <v>44.177</v>
       </c>
       <c r="T46" s="8">
-        <v>48.284999999999997</v>
+        <v>48.283999999999999</v>
       </c>
       <c r="U46" s="8">
-        <v>44.822000000000003</v>
+        <v>44.819000000000003</v>
       </c>
       <c r="V46" s="8">
-        <v>47.514000000000003</v>
+        <v>47.511000000000003</v>
       </c>
     </row>
     <row r="47" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A47" s="9">
         <v>2003</v>
       </c>
       <c r="B47" s="10">
-        <v>55.875999999999998</v>
+        <v>55.875</v>
       </c>
       <c r="C47" s="10">
-        <v>54.62</v>
+        <v>54.613</v>
       </c>
       <c r="D47" s="10">
-        <v>55.731999999999999</v>
+        <v>55.73</v>
       </c>
       <c r="E47" s="10">
         <v>57.359000000000002</v>
       </c>
       <c r="F47" s="10">
-        <v>56.969000000000001</v>
+        <v>56.966000000000001</v>
       </c>
       <c r="G47" s="10">
         <v>57.308999999999997</v>
       </c>
       <c r="H47" s="10">
-        <v>49.917999999999999</v>
+        <v>49.917000000000002</v>
       </c>
       <c r="I47" s="10">
-        <v>49.158999999999999</v>
+        <v>49.152999999999999</v>
       </c>
       <c r="J47" s="10">
-        <v>49.780999999999999</v>
+        <v>49.779000000000003</v>
       </c>
       <c r="K47" s="10">
-        <v>43.384999999999998</v>
+        <v>43.386000000000003</v>
       </c>
       <c r="L47" s="10">
-        <v>41.914999999999999</v>
+        <v>41.905000000000001</v>
       </c>
       <c r="M47" s="10">
-        <v>42.95</v>
+        <v>42.948</v>
       </c>
       <c r="N47" s="10">
-        <v>41.41</v>
+        <v>41.408000000000001</v>
       </c>
       <c r="O47" s="10">
-        <v>39.728999999999999</v>
+        <v>39.731000000000002</v>
       </c>
       <c r="P47" s="10">
-        <v>40.895000000000003</v>
+        <v>40.893999999999998</v>
       </c>
       <c r="Q47" s="10">
-        <v>45.183999999999997</v>
+        <v>45.174999999999997</v>
       </c>
       <c r="R47" s="10">
-        <v>41.448999999999998</v>
+        <v>41.45</v>
       </c>
       <c r="S47" s="10">
-        <v>43.959000000000003</v>
+        <v>43.95</v>
       </c>
       <c r="T47" s="10">
-        <v>48.555</v>
+        <v>48.554000000000002</v>
       </c>
       <c r="U47" s="10">
-        <v>44.779000000000003</v>
+        <v>44.771000000000001</v>
       </c>
       <c r="V47" s="10">
-        <v>47.679000000000002</v>
+        <v>47.674999999999997</v>
       </c>
     </row>
     <row r="48" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A48" s="7">
         <v>2004</v>
       </c>
       <c r="B48" s="8">
-        <v>56.262999999999998</v>
+        <v>56.261000000000003</v>
       </c>
       <c r="C48" s="8">
-        <v>54.945</v>
+        <v>54.939</v>
       </c>
       <c r="D48" s="8">
-        <v>56.110999999999997</v>
+        <v>56.107999999999997</v>
       </c>
       <c r="E48" s="8">
-        <v>57.612000000000002</v>
+        <v>57.61</v>
       </c>
       <c r="F48" s="8">
-        <v>56.988999999999997</v>
+        <v>56.99</v>
       </c>
       <c r="G48" s="8">
-        <v>57.530999999999999</v>
+        <v>57.529000000000003</v>
       </c>
       <c r="H48" s="8">
         <v>50.189</v>
       </c>
       <c r="I48" s="8">
-        <v>49.100999999999999</v>
+        <v>49.094000000000001</v>
       </c>
       <c r="J48" s="8">
-        <v>49.984000000000002</v>
+        <v>49.981999999999999</v>
       </c>
       <c r="K48" s="8">
         <v>43.561999999999998</v>
       </c>
       <c r="L48" s="8">
-        <v>42.024999999999999</v>
+        <v>42.02</v>
       </c>
       <c r="M48" s="8">
-        <v>43.088000000000001</v>
+        <v>43.085999999999999</v>
       </c>
       <c r="N48" s="8">
-        <v>41.478000000000002</v>
+        <v>41.476999999999997</v>
       </c>
       <c r="O48" s="8">
-        <v>39.735999999999997</v>
+        <v>39.734000000000002</v>
       </c>
       <c r="P48" s="8">
-        <v>40.936999999999998</v>
+        <v>40.936</v>
       </c>
       <c r="Q48" s="8">
-        <v>45.63</v>
+        <v>45.613999999999997</v>
       </c>
       <c r="R48" s="8">
-        <v>42.353000000000002</v>
+        <v>42.323</v>
       </c>
       <c r="S48" s="8">
-        <v>44.491</v>
+        <v>44.468000000000004</v>
       </c>
       <c r="T48" s="8">
-        <v>48.749000000000002</v>
+        <v>48.747</v>
       </c>
       <c r="U48" s="8">
-        <v>44.816000000000003</v>
+        <v>44.81</v>
       </c>
       <c r="V48" s="8">
-        <v>47.8</v>
+        <v>47.795999999999999</v>
       </c>
     </row>
     <row r="49" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A49" s="9">
         <v>2005</v>
       </c>
       <c r="B49" s="10">
-        <v>56.57</v>
+        <v>56.575000000000003</v>
       </c>
       <c r="C49" s="10">
-        <v>55.546999999999997</v>
+        <v>55.588999999999999</v>
       </c>
       <c r="D49" s="10">
-        <v>56.448</v>
+        <v>56.457000000000001</v>
       </c>
       <c r="E49" s="10">
-        <v>57.85</v>
+        <v>57.848999999999997</v>
       </c>
       <c r="F49" s="10">
-        <v>57.091999999999999</v>
+        <v>57.097000000000001</v>
       </c>
       <c r="G49" s="10">
         <v>57.747999999999998</v>
       </c>
       <c r="H49" s="10">
-        <v>50.411000000000001</v>
+        <v>50.412999999999997</v>
       </c>
       <c r="I49" s="10">
-        <v>49.063000000000002</v>
+        <v>49.055999999999997</v>
       </c>
       <c r="J49" s="10">
-        <v>50.148000000000003</v>
+        <v>50.146999999999998</v>
       </c>
       <c r="K49" s="10">
-        <v>43.774000000000001</v>
+        <v>43.771999999999998</v>
       </c>
       <c r="L49" s="10">
-        <v>42.100999999999999</v>
+        <v>42.097999999999999</v>
       </c>
       <c r="M49" s="10">
-        <v>43.241</v>
+        <v>43.238</v>
       </c>
       <c r="N49" s="10">
-        <v>41.621000000000002</v>
+        <v>41.625999999999998</v>
       </c>
       <c r="O49" s="10">
         <v>39.777000000000001</v>
       </c>
       <c r="P49" s="10">
-        <v>41.036999999999999</v>
+        <v>41.04</v>
       </c>
       <c r="Q49" s="10">
-        <v>46.036000000000001</v>
+        <v>46.021999999999998</v>
       </c>
       <c r="R49" s="10">
-        <v>42.689</v>
+        <v>42.658000000000001</v>
       </c>
       <c r="S49" s="10">
-        <v>44.908000000000001</v>
+        <v>44.887</v>
       </c>
       <c r="T49" s="10">
-        <v>48.975000000000001</v>
+        <v>48.972999999999999</v>
       </c>
       <c r="U49" s="10">
-        <v>44.881</v>
+        <v>44.877000000000002</v>
       </c>
       <c r="V49" s="10">
-        <v>47.957000000000001</v>
+        <v>47.953000000000003</v>
       </c>
     </row>
     <row r="50" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A50" s="7">
         <v>2006</v>
       </c>
       <c r="B50" s="8">
-        <v>56.887999999999998</v>
+        <v>56.899000000000001</v>
       </c>
       <c r="C50" s="8">
-        <v>55.83</v>
+        <v>55.823999999999998</v>
       </c>
       <c r="D50" s="8">
-        <v>56.75</v>
+        <v>56.759</v>
       </c>
       <c r="E50" s="8">
-        <v>58.012</v>
+        <v>58.011000000000003</v>
       </c>
       <c r="F50" s="8">
-        <v>57.031999999999996</v>
+        <v>57.03</v>
       </c>
       <c r="G50" s="8">
-        <v>57.875999999999998</v>
+        <v>57.875</v>
       </c>
       <c r="H50" s="8">
         <v>50.575000000000003</v>
       </c>
       <c r="I50" s="8">
-        <v>49.018000000000001</v>
+        <v>49.017000000000003</v>
       </c>
       <c r="J50" s="8">
-        <v>50.258000000000003</v>
+        <v>50.256999999999998</v>
       </c>
       <c r="K50" s="8">
-        <v>43.779000000000003</v>
+        <v>43.776000000000003</v>
       </c>
       <c r="L50" s="8">
-        <v>42.067</v>
+        <v>42.066000000000003</v>
       </c>
       <c r="M50" s="8">
-        <v>43.213000000000001</v>
+        <v>43.210999999999999</v>
       </c>
       <c r="N50" s="8">
-        <v>41.473999999999997</v>
+        <v>41.481000000000002</v>
       </c>
       <c r="O50" s="8">
-        <v>39.582000000000001</v>
+        <v>39.584000000000003</v>
       </c>
       <c r="P50" s="8">
-        <v>40.841999999999999</v>
+        <v>40.847000000000001</v>
       </c>
       <c r="Q50" s="8">
-        <v>45.914000000000001</v>
+        <v>45.921999999999997</v>
       </c>
       <c r="R50" s="8">
-        <v>42.277000000000001</v>
+        <v>42.246000000000002</v>
       </c>
       <c r="S50" s="8">
-        <v>44.62</v>
+        <v>44.612000000000002</v>
       </c>
       <c r="T50" s="8">
-        <v>49.052</v>
+        <v>49.051000000000002</v>
       </c>
       <c r="U50" s="8">
-        <v>44.77</v>
+        <v>44.767000000000003</v>
       </c>
       <c r="V50" s="8">
-        <v>47.942</v>
+        <v>47.939</v>
       </c>
     </row>
     <row r="51" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A51" s="9">
         <v>2007</v>
       </c>
       <c r="B51" s="10">
-        <v>57.304000000000002</v>
+        <v>57.33</v>
       </c>
       <c r="C51" s="10">
-        <v>55.853999999999999</v>
+        <v>55.835999999999999</v>
       </c>
       <c r="D51" s="10">
-        <v>57.112000000000002</v>
+        <v>57.131</v>
       </c>
       <c r="E51" s="10">
-        <v>58.262999999999998</v>
+        <v>58.262</v>
       </c>
       <c r="F51" s="10">
-        <v>57.051000000000002</v>
+        <v>57.052999999999997</v>
       </c>
       <c r="G51" s="10">
         <v>58.088999999999999</v>
       </c>
       <c r="H51" s="10">
         <v>50.779000000000003</v>
       </c>
       <c r="I51" s="10">
-        <v>49.030999999999999</v>
+        <v>49.039000000000001</v>
       </c>
       <c r="J51" s="10">
         <v>50.408000000000001</v>
       </c>
       <c r="K51" s="10">
-        <v>43.741</v>
+        <v>43.74</v>
       </c>
       <c r="L51" s="10">
         <v>42.018999999999998</v>
       </c>
       <c r="M51" s="10">
-        <v>43.158000000000001</v>
+        <v>43.156999999999996</v>
       </c>
       <c r="N51" s="10">
-        <v>41.511000000000003</v>
+        <v>41.517000000000003</v>
       </c>
       <c r="O51" s="10">
-        <v>39.502000000000002</v>
+        <v>39.506</v>
       </c>
       <c r="P51" s="10">
-        <v>40.83</v>
+        <v>40.835000000000001</v>
       </c>
       <c r="Q51" s="10">
-        <v>46.152000000000001</v>
+        <v>46.151000000000003</v>
       </c>
       <c r="R51" s="10">
-        <v>42.408000000000001</v>
+        <v>42.384</v>
       </c>
       <c r="S51" s="10">
-        <v>44.828000000000003</v>
+        <v>44.817</v>
       </c>
       <c r="T51" s="10">
-        <v>49.188000000000002</v>
+        <v>49.186999999999998</v>
       </c>
       <c r="U51" s="10">
-        <v>44.789000000000001</v>
+        <v>44.787999999999997</v>
       </c>
       <c r="V51" s="10">
-        <v>48.017000000000003</v>
+        <v>48.015000000000001</v>
       </c>
     </row>
     <row r="52" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A52" s="7">
         <v>2008</v>
       </c>
       <c r="B52" s="8">
-        <v>57.54</v>
+        <v>57.561</v>
       </c>
       <c r="C52" s="8">
-        <v>56.036000000000001</v>
+        <v>55.951000000000001</v>
       </c>
       <c r="D52" s="8">
-        <v>57.331000000000003</v>
+        <v>57.335999999999999</v>
       </c>
       <c r="E52" s="8">
-        <v>58.511000000000003</v>
+        <v>58.512</v>
       </c>
       <c r="F52" s="8">
-        <v>57.076000000000001</v>
+        <v>57.073</v>
       </c>
       <c r="G52" s="8">
         <v>58.3</v>
       </c>
       <c r="H52" s="8">
-        <v>50.997</v>
+        <v>50.996000000000002</v>
       </c>
       <c r="I52" s="8">
-        <v>49.061</v>
+        <v>49.066000000000003</v>
       </c>
       <c r="J52" s="8">
         <v>50.563000000000002</v>
       </c>
       <c r="K52" s="8">
-        <v>43.719000000000001</v>
+        <v>43.716999999999999</v>
       </c>
       <c r="L52" s="8">
-        <v>42.027000000000001</v>
+        <v>42.024999999999999</v>
       </c>
       <c r="M52" s="8">
+        <v>43.131</v>
+      </c>
+      <c r="N52" s="8">
+        <v>41.548999999999999</v>
+      </c>
+      <c r="O52" s="8">
+        <v>39.539000000000001</v>
+      </c>
+      <c r="P52" s="8">
+        <v>40.851999999999997</v>
+      </c>
+      <c r="Q52" s="8">
+        <v>46.744</v>
+      </c>
+      <c r="R52" s="8">
         <v>43.134</v>
       </c>
-      <c r="N52" s="8">
-[...13 lines deleted...]
-      </c>
       <c r="S52" s="8">
-        <v>45.512999999999998</v>
+        <v>45.503</v>
       </c>
       <c r="T52" s="8">
-        <v>49.326000000000001</v>
+        <v>49.323999999999998</v>
       </c>
       <c r="U52" s="8">
-        <v>44.87</v>
+        <v>44.866</v>
       </c>
       <c r="V52" s="8">
-        <v>48.109000000000002</v>
+        <v>48.103999999999999</v>
       </c>
     </row>
     <row r="53" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A53" s="9">
         <v>2009</v>
       </c>
       <c r="B53" s="10">
-        <v>57.893000000000001</v>
+        <v>57.911000000000001</v>
       </c>
       <c r="C53" s="10">
-        <v>56.345999999999997</v>
+        <v>56.249000000000002</v>
       </c>
       <c r="D53" s="10">
-        <v>57.671999999999997</v>
+        <v>57.673999999999999</v>
       </c>
       <c r="E53" s="10">
-        <v>58.83</v>
+        <v>58.831000000000003</v>
       </c>
       <c r="F53" s="10">
-        <v>57.16</v>
+        <v>57.152999999999999</v>
       </c>
       <c r="G53" s="10">
-        <v>58.576000000000001</v>
+        <v>58.575000000000003</v>
       </c>
       <c r="H53" s="10">
         <v>51.265999999999998</v>
       </c>
       <c r="I53" s="10">
-        <v>49.155000000000001</v>
+        <v>49.158000000000001</v>
       </c>
       <c r="J53" s="10">
         <v>50.77</v>
       </c>
       <c r="K53" s="10">
-        <v>43.843000000000004</v>
+        <v>43.841000000000001</v>
       </c>
       <c r="L53" s="10">
-        <v>42.113999999999997</v>
+        <v>42.110999999999997</v>
       </c>
       <c r="M53" s="10">
-        <v>43.237000000000002</v>
+        <v>43.234000000000002</v>
       </c>
       <c r="N53" s="10">
-        <v>41.595999999999997</v>
+        <v>41.597000000000001</v>
       </c>
       <c r="O53" s="10">
-        <v>39.567</v>
+        <v>39.563000000000002</v>
       </c>
       <c r="P53" s="10">
-        <v>40.883000000000003</v>
+        <v>40.881</v>
       </c>
       <c r="Q53" s="10">
-        <v>47.22</v>
+        <v>47.213999999999999</v>
       </c>
       <c r="R53" s="10">
-        <v>43.451999999999998</v>
+        <v>43.423000000000002</v>
       </c>
       <c r="S53" s="10">
-        <v>45.911000000000001</v>
+        <v>45.896000000000001</v>
       </c>
       <c r="T53" s="10">
-        <v>49.53</v>
+        <v>49.527999999999999</v>
       </c>
       <c r="U53" s="10">
-        <v>45.012999999999998</v>
+        <v>45.008000000000003</v>
       </c>
       <c r="V53" s="10">
-        <v>48.268000000000001</v>
+        <v>48.264000000000003</v>
       </c>
     </row>
     <row r="54" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A54" s="7">
         <v>2010</v>
       </c>
       <c r="B54" s="8">
-        <v>58.287999999999997</v>
+        <v>58.33</v>
       </c>
       <c r="C54" s="8">
-        <v>56.936999999999998</v>
+        <v>56.834000000000003</v>
       </c>
       <c r="D54" s="8">
-        <v>58.088000000000001</v>
+        <v>58.106000000000002</v>
       </c>
       <c r="E54" s="8">
-        <v>59.189</v>
+        <v>59.192</v>
       </c>
       <c r="F54" s="8">
-        <v>57.207999999999998</v>
+        <v>57.198999999999998</v>
       </c>
       <c r="G54" s="8">
-        <v>58.875999999999998</v>
+        <v>58.877000000000002</v>
       </c>
       <c r="H54" s="8">
-        <v>51.499000000000002</v>
+        <v>51.5</v>
       </c>
       <c r="I54" s="8">
-        <v>49.17</v>
+        <v>49.168999999999997</v>
       </c>
       <c r="J54" s="8">
-        <v>50.93</v>
+        <v>50.929000000000002</v>
       </c>
       <c r="K54" s="8">
-        <v>43.936999999999998</v>
+        <v>43.932000000000002</v>
       </c>
       <c r="L54" s="8">
-        <v>42.167000000000002</v>
+        <v>42.164999999999999</v>
       </c>
       <c r="M54" s="8">
-        <v>43.307000000000002</v>
+        <v>43.302</v>
       </c>
       <c r="N54" s="8">
-        <v>41.581000000000003</v>
+        <v>41.582000000000001</v>
       </c>
       <c r="O54" s="8">
-        <v>39.723999999999997</v>
+        <v>39.704999999999998</v>
       </c>
       <c r="P54" s="8">
-        <v>40.926000000000002</v>
+        <v>40.917999999999999</v>
       </c>
       <c r="Q54" s="8">
-        <v>47.264000000000003</v>
+        <v>47.256</v>
       </c>
       <c r="R54" s="8">
-        <v>43.329000000000001</v>
+        <v>43.292000000000002</v>
       </c>
       <c r="S54" s="8">
-        <v>45.878999999999998</v>
+        <v>45.857999999999997</v>
       </c>
       <c r="T54" s="8">
-        <v>49.639000000000003</v>
+        <v>49.636000000000003</v>
       </c>
       <c r="U54" s="8">
-        <v>45.07</v>
+        <v>45.061999999999998</v>
       </c>
       <c r="V54" s="8">
-        <v>48.331000000000003</v>
+        <v>48.323999999999998</v>
       </c>
     </row>
     <row r="55" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A55" s="9">
         <v>2011</v>
       </c>
       <c r="B55" s="10">
-        <v>58.648000000000003</v>
+        <v>58.683999999999997</v>
       </c>
       <c r="C55" s="10">
-        <v>56.823</v>
+        <v>56.72</v>
       </c>
       <c r="D55" s="10">
-        <v>58.363</v>
+        <v>58.377000000000002</v>
       </c>
       <c r="E55" s="10">
-        <v>59.533000000000001</v>
+        <v>59.534999999999997</v>
       </c>
       <c r="F55" s="10">
-        <v>57.283000000000001</v>
+        <v>57.281999999999996</v>
       </c>
       <c r="G55" s="10">
-        <v>59.164000000000001</v>
+        <v>59.164999999999999</v>
       </c>
       <c r="H55" s="10">
         <v>51.713999999999999</v>
       </c>
       <c r="I55" s="10">
         <v>49.301000000000002</v>
       </c>
       <c r="J55" s="10">
-        <v>51.103999999999999</v>
+        <v>51.103000000000002</v>
       </c>
       <c r="K55" s="10">
-        <v>44.063000000000002</v>
+        <v>44.058</v>
       </c>
       <c r="L55" s="10">
-        <v>42.220999999999997</v>
+        <v>42.213999999999999</v>
       </c>
       <c r="M55" s="10">
-        <v>43.402000000000001</v>
+        <v>43.396000000000001</v>
       </c>
       <c r="N55" s="10">
-        <v>41.557000000000002</v>
+        <v>41.552</v>
       </c>
       <c r="O55" s="10">
-        <v>39.491999999999997</v>
+        <v>39.484000000000002</v>
       </c>
       <c r="P55" s="10">
-        <v>40.805999999999997</v>
+        <v>40.798999999999999</v>
       </c>
       <c r="Q55" s="10">
-        <v>46.966000000000001</v>
+        <v>46.972999999999999</v>
       </c>
       <c r="R55" s="10">
-        <v>43.466999999999999</v>
+        <v>43.415999999999997</v>
       </c>
       <c r="S55" s="10">
-        <v>45.713000000000001</v>
+        <v>45.692</v>
       </c>
       <c r="T55" s="10">
-        <v>49.752000000000002</v>
+        <v>49.747999999999998</v>
       </c>
       <c r="U55" s="10">
-        <v>45.103999999999999</v>
+        <v>45.094000000000001</v>
       </c>
       <c r="V55" s="10">
-        <v>48.390999999999998</v>
+        <v>48.383000000000003</v>
       </c>
     </row>
     <row r="56" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A56" s="7">
         <v>2012</v>
       </c>
       <c r="B56" s="8">
-        <v>58.938000000000002</v>
+        <v>58.972000000000001</v>
       </c>
       <c r="C56" s="8">
-        <v>56.793999999999997</v>
+        <v>56.692999999999998</v>
       </c>
       <c r="D56" s="8">
-        <v>58.591000000000001</v>
+        <v>58.600999999999999</v>
       </c>
       <c r="E56" s="8">
-        <v>59.863999999999997</v>
+        <v>59.863</v>
       </c>
       <c r="F56" s="8">
         <v>57.424999999999997</v>
       </c>
       <c r="G56" s="8">
-        <v>59.448</v>
+        <v>59.447000000000003</v>
       </c>
       <c r="H56" s="8">
-        <v>51.942999999999998</v>
+        <v>51.945</v>
       </c>
       <c r="I56" s="8">
-        <v>49.371000000000002</v>
+        <v>49.366999999999997</v>
       </c>
       <c r="J56" s="8">
-        <v>51.265000000000001</v>
+        <v>51.262999999999998</v>
       </c>
       <c r="K56" s="8">
-        <v>44.091000000000001</v>
+        <v>44.082000000000001</v>
       </c>
       <c r="L56" s="8">
-        <v>42.262999999999998</v>
+        <v>42.255000000000003</v>
       </c>
       <c r="M56" s="8">
-        <v>43.427999999999997</v>
+        <v>43.418999999999997</v>
       </c>
       <c r="N56" s="8">
-        <v>41.749000000000002</v>
+        <v>41.743000000000002</v>
       </c>
       <c r="O56" s="8">
-        <v>39.795999999999999</v>
+        <v>39.792000000000002</v>
       </c>
       <c r="P56" s="8">
-        <v>41.051000000000002</v>
+        <v>41.045000000000002</v>
       </c>
       <c r="Q56" s="8">
-        <v>47.356000000000002</v>
+        <v>47.348999999999997</v>
       </c>
       <c r="R56" s="8">
-        <v>42.96</v>
+        <v>42.935000000000002</v>
       </c>
       <c r="S56" s="8">
-        <v>45.712000000000003</v>
+        <v>45.691000000000003</v>
       </c>
       <c r="T56" s="8">
-        <v>49.902000000000001</v>
+        <v>49.893999999999998</v>
       </c>
       <c r="U56" s="8">
-        <v>45.273000000000003</v>
+        <v>45.264000000000003</v>
       </c>
       <c r="V56" s="8">
-        <v>48.523000000000003</v>
+        <v>48.512</v>
       </c>
     </row>
     <row r="57" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A57" s="9">
         <v>2013</v>
       </c>
       <c r="B57" s="10">
-        <v>59.219000000000001</v>
+        <v>59.247</v>
       </c>
       <c r="C57" s="10">
-        <v>56.921999999999997</v>
+        <v>56.886000000000003</v>
       </c>
       <c r="D57" s="10">
-        <v>58.829000000000001</v>
+        <v>58.843000000000004</v>
       </c>
       <c r="E57" s="10">
-        <v>60.152999999999999</v>
+        <v>60.151000000000003</v>
       </c>
       <c r="F57" s="10">
-        <v>57.49</v>
+        <v>57.488999999999997</v>
       </c>
       <c r="G57" s="10">
-        <v>59.683</v>
+        <v>59.680999999999997</v>
       </c>
       <c r="H57" s="10">
-        <v>52.036999999999999</v>
+        <v>52.040999999999997</v>
       </c>
       <c r="I57" s="10">
-        <v>49.378</v>
+        <v>49.371000000000002</v>
       </c>
       <c r="J57" s="10">
-        <v>51.307000000000002</v>
+        <v>51.305999999999997</v>
       </c>
       <c r="K57" s="10">
-        <v>44.137</v>
+        <v>44.128999999999998</v>
       </c>
       <c r="L57" s="10">
-        <v>42.283999999999999</v>
+        <v>42.28</v>
       </c>
       <c r="M57" s="10">
-        <v>43.457000000000001</v>
+        <v>43.45</v>
       </c>
       <c r="N57" s="10">
-        <v>41.765999999999998</v>
+        <v>41.759</v>
       </c>
       <c r="O57" s="10">
-        <v>39.835999999999999</v>
+        <v>39.841999999999999</v>
       </c>
       <c r="P57" s="10">
-        <v>41.082999999999998</v>
+        <v>41.08</v>
       </c>
       <c r="Q57" s="10">
-        <v>47.631</v>
+        <v>47.613999999999997</v>
       </c>
       <c r="R57" s="10">
-        <v>43.387999999999998</v>
+        <v>43.418999999999997</v>
       </c>
       <c r="S57" s="10">
-        <v>46.027999999999999</v>
+        <v>46.021999999999998</v>
       </c>
       <c r="T57" s="10">
-        <v>49.975999999999999</v>
+        <v>49.969000000000001</v>
       </c>
       <c r="U57" s="10">
-        <v>45.362000000000002</v>
+        <v>45.357999999999997</v>
       </c>
       <c r="V57" s="10">
-        <v>48.575000000000003</v>
+        <v>48.567</v>
       </c>
     </row>
     <row r="58" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A58" s="7">
         <v>2014</v>
       </c>
       <c r="B58" s="8">
-        <v>59.417000000000002</v>
+        <v>59.423000000000002</v>
       </c>
       <c r="C58" s="8">
-        <v>57.057000000000002</v>
+        <v>57.024999999999999</v>
       </c>
       <c r="D58" s="8">
-        <v>59.014000000000003</v>
+        <v>59.012</v>
       </c>
       <c r="E58" s="8">
-        <v>60.430999999999997</v>
+        <v>60.429000000000002</v>
       </c>
       <c r="F58" s="8">
         <v>57.588999999999999</v>
       </c>
       <c r="G58" s="8">
-        <v>59.912999999999997</v>
+        <v>59.911000000000001</v>
       </c>
       <c r="H58" s="8">
-        <v>52.161000000000001</v>
+        <v>52.164000000000001</v>
       </c>
       <c r="I58" s="8">
-        <v>49.496000000000002</v>
+        <v>49.488999999999997</v>
       </c>
       <c r="J58" s="8">
-        <v>51.41</v>
+        <v>51.408000000000001</v>
       </c>
       <c r="K58" s="8">
-        <v>44.192</v>
+        <v>44.186999999999998</v>
       </c>
       <c r="L58" s="8">
         <v>42.302999999999997</v>
       </c>
       <c r="M58" s="8">
-        <v>43.491999999999997</v>
+        <v>43.488999999999997</v>
       </c>
       <c r="N58" s="8">
-        <v>41.709000000000003</v>
+        <v>41.71</v>
       </c>
       <c r="O58" s="8">
         <v>39.85</v>
       </c>
       <c r="P58" s="8">
         <v>41.048000000000002</v>
       </c>
       <c r="Q58" s="8">
-        <v>46.609000000000002</v>
+        <v>46.604999999999997</v>
       </c>
       <c r="R58" s="8">
-        <v>42.994</v>
+        <v>43.02</v>
       </c>
       <c r="S58" s="8">
-        <v>45.301000000000002</v>
+        <v>45.298999999999999</v>
       </c>
       <c r="T58" s="8">
-        <v>49.991999999999997</v>
+        <v>49.984999999999999</v>
       </c>
       <c r="U58" s="8">
-        <v>45.4</v>
+        <v>45.399000000000001</v>
       </c>
       <c r="V58" s="8">
-        <v>48.573</v>
+        <v>48.567</v>
       </c>
     </row>
     <row r="59" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A59" s="9">
         <v>2015</v>
       </c>
       <c r="B59" s="10">
-        <v>59.564</v>
+        <v>59.576999999999998</v>
       </c>
       <c r="C59" s="10">
-        <v>57.005000000000003</v>
+        <v>57.033999999999999</v>
       </c>
       <c r="D59" s="10">
-        <v>59.106999999999999</v>
+        <v>59.121000000000002</v>
       </c>
       <c r="E59" s="10">
-        <v>60.695999999999998</v>
+        <v>60.695</v>
       </c>
       <c r="F59" s="10">
-        <v>57.576999999999998</v>
+        <v>57.573999999999998</v>
       </c>
       <c r="G59" s="10">
-        <v>60.100999999999999</v>
+        <v>60.097999999999999</v>
       </c>
       <c r="H59" s="10">
-        <v>52.088000000000001</v>
+        <v>52.09</v>
       </c>
       <c r="I59" s="10">
-        <v>49.579000000000001</v>
+        <v>49.569000000000003</v>
       </c>
       <c r="J59" s="10">
-        <v>51.354999999999997</v>
+        <v>51.351999999999997</v>
       </c>
       <c r="K59" s="10">
-        <v>44.167999999999999</v>
+        <v>44.165999999999997</v>
       </c>
       <c r="L59" s="10">
-        <v>42.311</v>
+        <v>42.308999999999997</v>
       </c>
       <c r="M59" s="10">
-        <v>43.472000000000001</v>
+        <v>43.47</v>
       </c>
       <c r="N59" s="10">
-        <v>41.820999999999998</v>
+        <v>41.823</v>
       </c>
       <c r="O59" s="10">
-        <v>40.079000000000001</v>
+        <v>40.082000000000001</v>
       </c>
       <c r="P59" s="10">
-        <v>41.195999999999998</v>
+        <v>41.198999999999998</v>
       </c>
       <c r="Q59" s="10">
-        <v>45.978000000000002</v>
+        <v>45.973999999999997</v>
       </c>
       <c r="R59" s="10">
-        <v>42.744</v>
+        <v>42.779000000000003</v>
       </c>
       <c r="S59" s="10">
-        <v>44.82</v>
+        <v>44.823999999999998</v>
       </c>
       <c r="T59" s="10">
-        <v>49.993000000000002</v>
+        <v>49.988</v>
       </c>
       <c r="U59" s="10">
-        <v>45.500999999999998</v>
+        <v>45.5</v>
       </c>
       <c r="V59" s="10">
-        <v>48.576000000000001</v>
+        <v>48.57</v>
       </c>
     </row>
     <row r="60" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A60" s="7">
         <v>2016</v>
       </c>
       <c r="B60" s="8">
-        <v>59.738</v>
+        <v>59.756999999999998</v>
       </c>
       <c r="C60" s="8">
-        <v>57.042000000000002</v>
+        <v>57.12</v>
       </c>
       <c r="D60" s="8">
-        <v>59.231000000000002</v>
+        <v>59.262</v>
       </c>
       <c r="E60" s="8">
-        <v>60.857999999999997</v>
+        <v>60.856000000000002</v>
       </c>
       <c r="F60" s="8">
         <v>57.680999999999997</v>
       </c>
       <c r="G60" s="8">
-        <v>60.22</v>
+        <v>60.218000000000004</v>
       </c>
       <c r="H60" s="8">
-        <v>52.040999999999997</v>
+        <v>52.042000000000002</v>
       </c>
       <c r="I60" s="8">
-        <v>49.529000000000003</v>
+        <v>49.518000000000001</v>
       </c>
       <c r="J60" s="8">
-        <v>51.277000000000001</v>
+        <v>51.271999999999998</v>
       </c>
       <c r="K60" s="8">
-        <v>44.140999999999998</v>
+        <v>44.142000000000003</v>
       </c>
       <c r="L60" s="8">
         <v>42.375</v>
       </c>
       <c r="M60" s="8">
         <v>43.47</v>
       </c>
       <c r="N60" s="8">
-        <v>41.683</v>
+        <v>41.691000000000003</v>
       </c>
       <c r="O60" s="8">
         <v>40.127000000000002</v>
       </c>
       <c r="P60" s="8">
-        <v>41.121000000000002</v>
+        <v>41.125999999999998</v>
       </c>
       <c r="Q60" s="8">
-        <v>46.253999999999998</v>
+        <v>46.244</v>
       </c>
       <c r="R60" s="8">
-        <v>42.889000000000003</v>
+        <v>42.923000000000002</v>
       </c>
       <c r="S60" s="8">
         <v>45.027999999999999</v>
       </c>
       <c r="T60" s="8">
-        <v>49.96</v>
+        <v>49.957000000000001</v>
       </c>
       <c r="U60" s="8">
-        <v>45.622999999999998</v>
+        <v>45.621000000000002</v>
       </c>
       <c r="V60" s="8">
-        <v>48.558</v>
+        <v>48.552999999999997</v>
       </c>
     </row>
     <row r="61" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A61" s="9">
         <v>2017</v>
       </c>
       <c r="B61" s="10">
-        <v>59.893000000000001</v>
+        <v>59.905000000000001</v>
       </c>
       <c r="C61" s="10">
-        <v>56.826999999999998</v>
+        <v>56.892000000000003</v>
       </c>
       <c r="D61" s="10">
-        <v>59.304000000000002</v>
+        <v>59.326000000000001</v>
       </c>
       <c r="E61" s="10">
-        <v>60.947000000000003</v>
+        <v>60.945</v>
       </c>
       <c r="F61" s="10">
-        <v>57.655999999999999</v>
+        <v>57.649000000000001</v>
       </c>
       <c r="G61" s="10">
-        <v>60.256999999999998</v>
+        <v>60.253</v>
       </c>
       <c r="H61" s="10">
         <v>51.802</v>
       </c>
       <c r="I61" s="10">
-        <v>49.524000000000001</v>
+        <v>49.512</v>
       </c>
       <c r="J61" s="10">
-        <v>51.087000000000003</v>
+        <v>51.082000000000001</v>
       </c>
       <c r="K61" s="10">
-        <v>44.003999999999998</v>
+        <v>44.006999999999998</v>
       </c>
       <c r="L61" s="10">
-        <v>42.362000000000002</v>
+        <v>42.363999999999997</v>
       </c>
       <c r="M61" s="10">
-        <v>43.368000000000002</v>
+        <v>43.371000000000002</v>
       </c>
       <c r="N61" s="10">
-        <v>41.488</v>
+        <v>41.497999999999998</v>
       </c>
       <c r="O61" s="10">
-        <v>40.103999999999999</v>
+        <v>40.11</v>
       </c>
       <c r="P61" s="10">
-        <v>40.976999999999997</v>
+        <v>40.984999999999999</v>
       </c>
       <c r="Q61" s="10">
-        <v>46.170999999999999</v>
+        <v>46.164999999999999</v>
       </c>
       <c r="R61" s="10">
-        <v>42.889000000000003</v>
+        <v>42.915999999999997</v>
       </c>
       <c r="S61" s="10">
-        <v>44.954999999999998</v>
+        <v>44.957000000000001</v>
       </c>
       <c r="T61" s="10">
-        <v>49.854999999999997</v>
+        <v>49.853000000000002</v>
       </c>
       <c r="U61" s="10">
-        <v>45.656999999999996</v>
+        <v>45.655999999999999</v>
       </c>
       <c r="V61" s="10">
-        <v>48.463999999999999</v>
+        <v>48.46</v>
       </c>
     </row>
     <row r="62" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A62" s="7">
         <v>2018</v>
       </c>
       <c r="B62" s="8">
-        <v>59.97</v>
+        <v>59.987000000000002</v>
       </c>
       <c r="C62" s="8">
-        <v>57.11</v>
+        <v>57.097999999999999</v>
       </c>
       <c r="D62" s="8">
-        <v>59.393999999999998</v>
+        <v>59.405999999999999</v>
       </c>
       <c r="E62" s="8">
-        <v>61.116</v>
+        <v>61.112000000000002</v>
       </c>
       <c r="F62" s="8">
-        <v>57.622999999999998</v>
+        <v>57.610999999999997</v>
       </c>
       <c r="G62" s="8">
-        <v>60.338999999999999</v>
+        <v>60.332000000000001</v>
       </c>
       <c r="H62" s="8">
-        <v>51.558999999999997</v>
+        <v>51.558</v>
       </c>
       <c r="I62" s="8">
-        <v>49.521999999999998</v>
+        <v>49.515000000000001</v>
       </c>
       <c r="J62" s="8">
-        <v>50.902999999999999</v>
+        <v>50.899000000000001</v>
       </c>
       <c r="K62" s="8">
-        <v>43.765000000000001</v>
+        <v>43.771000000000001</v>
       </c>
       <c r="L62" s="8">
-        <v>42.317</v>
+        <v>42.319000000000003</v>
       </c>
       <c r="M62" s="8">
-        <v>43.197000000000003</v>
+        <v>43.201000000000001</v>
       </c>
       <c r="N62" s="8">
-        <v>41.295999999999999</v>
+        <v>41.308999999999997</v>
       </c>
       <c r="O62" s="8">
-        <v>40.134</v>
+        <v>40.137</v>
       </c>
       <c r="P62" s="8">
-        <v>40.863999999999997</v>
+        <v>40.872</v>
       </c>
       <c r="Q62" s="8">
-        <v>46.151000000000003</v>
+        <v>46.136000000000003</v>
       </c>
       <c r="R62" s="8">
-        <v>43.243000000000002</v>
+        <v>43.265999999999998</v>
       </c>
       <c r="S62" s="8">
-        <v>45.042999999999999</v>
+        <v>45.040999999999997</v>
       </c>
       <c r="T62" s="8">
-        <v>49.667000000000002</v>
+        <v>49.665999999999997</v>
       </c>
       <c r="U62" s="8">
-        <v>45.710999999999999</v>
+        <v>45.707000000000001</v>
       </c>
       <c r="V62" s="8">
-        <v>48.325000000000003</v>
+        <v>48.32</v>
       </c>
     </row>
     <row r="63" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A63" s="9">
         <v>2019</v>
       </c>
       <c r="B63" s="10">
-        <v>59.985999999999997</v>
+        <v>60.018000000000001</v>
       </c>
       <c r="C63" s="10">
-        <v>57.177</v>
+        <v>57.179000000000002</v>
       </c>
       <c r="D63" s="10">
-        <v>59.4</v>
+        <v>59.427</v>
       </c>
       <c r="E63" s="10">
-        <v>61.188000000000002</v>
+        <v>61.183</v>
       </c>
       <c r="F63" s="10">
-        <v>57.643999999999998</v>
+        <v>57.631999999999998</v>
       </c>
       <c r="G63" s="10">
-        <v>60.366999999999997</v>
+        <v>60.357999999999997</v>
       </c>
       <c r="H63" s="10">
-        <v>51.436999999999998</v>
+        <v>51.430999999999997</v>
       </c>
       <c r="I63" s="10">
-        <v>49.49</v>
+        <v>49.475999999999999</v>
       </c>
       <c r="J63" s="10">
-        <v>50.792000000000002</v>
+        <v>50.781999999999996</v>
       </c>
       <c r="K63" s="10">
-        <v>43.759</v>
+        <v>43.767000000000003</v>
       </c>
       <c r="L63" s="10">
         <v>42.392000000000003</v>
       </c>
       <c r="M63" s="10">
-        <v>43.216000000000001</v>
+        <v>43.22</v>
       </c>
       <c r="N63" s="10">
-        <v>41.256</v>
+        <v>41.273000000000003</v>
       </c>
       <c r="O63" s="10">
-        <v>39.984999999999999</v>
+        <v>40.000999999999998</v>
       </c>
       <c r="P63" s="10">
-        <v>40.783000000000001</v>
+        <v>40.798000000000002</v>
       </c>
       <c r="Q63" s="10">
-        <v>46.308</v>
+        <v>46.28</v>
       </c>
       <c r="R63" s="10">
-        <v>43.271000000000001</v>
+        <v>43.289000000000001</v>
       </c>
       <c r="S63" s="10">
-        <v>45.124000000000002</v>
+        <v>45.113</v>
       </c>
       <c r="T63" s="10">
-        <v>49.582999999999998</v>
+        <v>49.58</v>
       </c>
       <c r="U63" s="10">
-        <v>45.77</v>
+        <v>45.765000000000001</v>
       </c>
       <c r="V63" s="10">
-        <v>48.264000000000003</v>
+        <v>48.256999999999998</v>
       </c>
     </row>
     <row r="64" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A64" s="7">
         <v>2020</v>
       </c>
       <c r="B64" s="8">
-        <v>60.225000000000001</v>
+        <v>60.249000000000002</v>
       </c>
       <c r="C64" s="8">
-        <v>57.534999999999997</v>
+        <v>57.546999999999997</v>
       </c>
       <c r="D64" s="8">
-        <v>59.637</v>
+        <v>59.66</v>
       </c>
       <c r="E64" s="8">
-        <v>61.273000000000003</v>
+        <v>61.262999999999998</v>
       </c>
       <c r="F64" s="8">
-        <v>57.65</v>
+        <v>57.640999999999998</v>
       </c>
       <c r="G64" s="8">
-        <v>60.390999999999998</v>
+        <v>60.378</v>
       </c>
       <c r="H64" s="8">
-        <v>51.331000000000003</v>
+        <v>51.32</v>
       </c>
       <c r="I64" s="8">
-        <v>49.561999999999998</v>
+        <v>49.539000000000001</v>
       </c>
       <c r="J64" s="8">
-        <v>50.734000000000002</v>
+        <v>50.716999999999999</v>
       </c>
       <c r="K64" s="8">
-        <v>43.749000000000002</v>
+        <v>43.756</v>
       </c>
       <c r="L64" s="8">
-        <v>42.383000000000003</v>
+        <v>42.381</v>
       </c>
       <c r="M64" s="8">
-        <v>43.198999999999998</v>
+        <v>43.201000000000001</v>
       </c>
       <c r="N64" s="8">
-        <v>41.313000000000002</v>
+        <v>41.326999999999998</v>
       </c>
       <c r="O64" s="8">
-        <v>40.023000000000003</v>
+        <v>40.034999999999997</v>
       </c>
       <c r="P64" s="8">
-        <v>40.825000000000003</v>
+        <v>40.835999999999999</v>
       </c>
       <c r="Q64" s="8">
-        <v>46.69</v>
+        <v>46.628</v>
       </c>
       <c r="R64" s="8">
-        <v>43.932000000000002</v>
+        <v>43.951000000000001</v>
       </c>
       <c r="S64" s="8">
-        <v>45.621000000000002</v>
+        <v>45.588000000000001</v>
       </c>
       <c r="T64" s="8">
-        <v>49.493000000000002</v>
+        <v>49.487000000000002</v>
       </c>
       <c r="U64" s="8">
-        <v>45.811999999999998</v>
+        <v>45.804000000000002</v>
       </c>
       <c r="V64" s="8">
-        <v>48.191000000000003</v>
+        <v>48.18</v>
       </c>
     </row>
     <row r="65" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A65" s="9">
         <v>2021</v>
       </c>
       <c r="B65" s="10">
-        <v>60.231000000000002</v>
+        <v>60.220999999999997</v>
       </c>
       <c r="C65" s="10">
-        <v>57.393999999999998</v>
+        <v>57.392000000000003</v>
       </c>
       <c r="D65" s="10">
-        <v>59.59</v>
+        <v>59.585000000000001</v>
       </c>
       <c r="E65" s="10">
-        <v>61.273000000000003</v>
+        <v>61.258000000000003</v>
       </c>
       <c r="F65" s="10">
-        <v>57.654000000000003</v>
+        <v>57.642000000000003</v>
       </c>
       <c r="G65" s="10">
-        <v>60.350999999999999</v>
+        <v>60.332999999999998</v>
       </c>
       <c r="H65" s="10">
-        <v>51.146999999999998</v>
+        <v>51.128999999999998</v>
       </c>
       <c r="I65" s="10">
-        <v>49.472000000000001</v>
+        <v>49.442</v>
       </c>
       <c r="J65" s="10">
-        <v>50.566000000000003</v>
+        <v>50.542000000000002</v>
       </c>
       <c r="K65" s="10">
-        <v>43.731000000000002</v>
+        <v>43.737000000000002</v>
       </c>
       <c r="L65" s="10">
-        <v>42.47</v>
+        <v>42.462000000000003</v>
       </c>
       <c r="M65" s="10">
-        <v>43.219000000000001</v>
+        <v>43.218000000000004</v>
       </c>
       <c r="N65" s="10">
-        <v>41.466999999999999</v>
+        <v>41.472000000000001</v>
       </c>
       <c r="O65" s="10">
-        <v>40.280999999999999</v>
+        <v>40.292000000000002</v>
       </c>
       <c r="P65" s="10">
-        <v>41.002000000000002</v>
+        <v>41.008000000000003</v>
       </c>
       <c r="Q65" s="10">
-        <v>46.929000000000002</v>
+        <v>46.923999999999999</v>
       </c>
       <c r="R65" s="10">
-        <v>43.761000000000003</v>
+        <v>43.774999999999999</v>
       </c>
       <c r="S65" s="10">
         <v>45.67</v>
       </c>
       <c r="T65" s="10">
-        <v>49.429000000000002</v>
+        <v>49.420999999999999</v>
       </c>
       <c r="U65" s="10">
-        <v>45.921999999999997</v>
+        <v>45.906999999999996</v>
       </c>
       <c r="V65" s="10">
-        <v>48.162999999999997</v>
+        <v>48.148000000000003</v>
       </c>
     </row>
     <row r="66" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A66" s="7">
         <v>2022</v>
       </c>
       <c r="B66" s="8">
-        <v>60.357999999999997</v>
+        <v>60.305999999999997</v>
       </c>
       <c r="C66" s="8">
-        <v>57.241</v>
+        <v>57.264000000000003</v>
       </c>
       <c r="D66" s="8">
-        <v>59.610999999999997</v>
+        <v>59.582000000000001</v>
       </c>
       <c r="E66" s="8">
-        <v>61.256</v>
+        <v>61.213000000000001</v>
       </c>
       <c r="F66" s="8">
-        <v>57.631999999999998</v>
+        <v>57.616999999999997</v>
       </c>
       <c r="G66" s="8">
-        <v>60.292000000000002</v>
+        <v>60.252000000000002</v>
       </c>
       <c r="H66" s="8">
-        <v>50.957999999999998</v>
+        <v>50.902999999999999</v>
       </c>
       <c r="I66" s="8">
-        <v>49.421999999999997</v>
+        <v>49.326000000000001</v>
       </c>
       <c r="J66" s="8">
-        <v>50.412999999999997</v>
+        <v>50.341000000000001</v>
       </c>
       <c r="K66" s="8">
-        <v>43.713000000000001</v>
+        <v>43.697000000000003</v>
       </c>
       <c r="L66" s="8">
-        <v>42.585999999999999</v>
+        <v>42.542999999999999</v>
       </c>
       <c r="M66" s="8">
-        <v>43.249000000000002</v>
+        <v>43.22</v>
       </c>
       <c r="N66" s="8">
-        <v>41.558</v>
+        <v>41.573999999999998</v>
       </c>
       <c r="O66" s="8">
-        <v>40.256</v>
+        <v>40.31</v>
       </c>
       <c r="P66" s="8">
-        <v>41.04</v>
+        <v>41.063000000000002</v>
       </c>
       <c r="Q66" s="8">
-        <v>47.156999999999996</v>
+        <v>47.100999999999999</v>
       </c>
       <c r="R66" s="8">
-        <v>44.204000000000001</v>
+        <v>44.262</v>
       </c>
       <c r="S66" s="8">
-        <v>45.978000000000002</v>
+        <v>45.966999999999999</v>
       </c>
       <c r="T66" s="8">
-        <v>49.384999999999998</v>
+        <v>49.348999999999997</v>
       </c>
       <c r="U66" s="8">
-        <v>46.048999999999999</v>
+        <v>45.993000000000002</v>
       </c>
       <c r="V66" s="8">
-        <v>48.155999999999999</v>
+        <v>48.106000000000002</v>
       </c>
     </row>
     <row r="67" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A67" s="9">
         <v>2023</v>
       </c>
       <c r="B67" s="10">
-        <v>60.694000000000003</v>
+        <v>60.405000000000001</v>
       </c>
       <c r="C67" s="10">
-        <v>57.536000000000001</v>
+        <v>57.308999999999997</v>
       </c>
       <c r="D67" s="10">
-        <v>59.924999999999997</v>
+        <v>59.645000000000003</v>
       </c>
       <c r="E67" s="10">
-        <v>61.472000000000001</v>
+        <v>61.225000000000001</v>
       </c>
       <c r="F67" s="10">
-        <v>57.92</v>
+        <v>57.710999999999999</v>
       </c>
       <c r="G67" s="10">
-        <v>60.493000000000002</v>
+        <v>60.243000000000002</v>
       </c>
       <c r="H67" s="10">
-        <v>51.134</v>
+        <v>50.826999999999998</v>
       </c>
       <c r="I67" s="10">
-        <v>49.646999999999998</v>
+        <v>49.323</v>
       </c>
       <c r="J67" s="10">
-        <v>50.600999999999999</v>
+        <v>50.280999999999999</v>
       </c>
       <c r="K67" s="10">
-        <v>44.106999999999999</v>
+        <v>43.783999999999999</v>
       </c>
       <c r="L67" s="10">
-        <v>43.043999999999997</v>
+        <v>42.668999999999997</v>
       </c>
       <c r="M67" s="10">
-        <v>43.667000000000002</v>
+        <v>43.317</v>
       </c>
       <c r="N67" s="10">
-        <v>42.023000000000003</v>
+        <v>41.774999999999999</v>
       </c>
       <c r="O67" s="10">
-        <v>40.939</v>
+        <v>40.65</v>
       </c>
       <c r="P67" s="10">
-        <v>41.595999999999997</v>
+        <v>41.317999999999998</v>
       </c>
       <c r="Q67" s="10">
-        <v>47.481000000000002</v>
+        <v>47.406999999999996</v>
       </c>
       <c r="R67" s="10">
-        <v>44.387</v>
+        <v>44.137</v>
       </c>
       <c r="S67" s="10">
-        <v>46.192999999999998</v>
+        <v>46.06</v>
       </c>
       <c r="T67" s="10">
-        <v>49.731000000000002</v>
+        <v>49.393999999999998</v>
       </c>
       <c r="U67" s="10">
-        <v>46.567</v>
+        <v>46.19</v>
       </c>
       <c r="V67" s="10">
-        <v>48.555</v>
+        <v>48.186</v>
       </c>
     </row>
     <row r="68" spans="1:27" x14ac:dyDescent="0.25">
-      <c r="A68" s="29">
+      <c r="A68" s="7">
         <v>2024</v>
       </c>
+      <c r="B68" s="8">
+        <v>60.363999999999997</v>
+      </c>
+      <c r="C68" s="8">
+        <v>57.942</v>
+      </c>
+      <c r="D68" s="8">
+        <v>59.741999999999997</v>
+      </c>
+      <c r="E68" s="8">
+        <v>61.173999999999999</v>
+      </c>
+      <c r="F68" s="8">
+        <v>57.83</v>
+      </c>
+      <c r="G68" s="8">
+        <v>60.206000000000003</v>
+      </c>
+      <c r="H68" s="8">
+        <v>50.76</v>
+      </c>
+      <c r="I68" s="8">
+        <v>49.411999999999999</v>
+      </c>
+      <c r="J68" s="8">
+        <v>50.265000000000001</v>
+      </c>
+      <c r="K68" s="8">
+        <v>43.978000000000002</v>
+      </c>
+      <c r="L68" s="8">
+        <v>42.960999999999999</v>
+      </c>
+      <c r="M68" s="8">
+        <v>43.546999999999997</v>
+      </c>
+      <c r="N68" s="8">
+        <v>41.975999999999999</v>
+      </c>
+      <c r="O68" s="8">
+        <v>40.728000000000002</v>
+      </c>
+      <c r="P68" s="8">
+        <v>41.478999999999999</v>
+      </c>
+      <c r="Q68" s="8">
+        <v>47.332999999999998</v>
+      </c>
+      <c r="R68" s="8">
+        <v>44.42</v>
+      </c>
+      <c r="S68" s="8">
+        <v>46.093000000000004</v>
+      </c>
+      <c r="T68" s="8">
+        <v>49.540999999999997</v>
+      </c>
+      <c r="U68" s="8">
+        <v>46.524999999999999</v>
+      </c>
+      <c r="V68" s="8">
+        <v>48.39</v>
+      </c>
+    </row>
+    <row r="69" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A69" s="29">
+        <v>2025</v>
+      </c>
+      <c r="B69" s="30">
+        <v>60.811999999999998</v>
+      </c>
+      <c r="C69" s="30">
+        <v>58.383000000000003</v>
+      </c>
+      <c r="D69" s="30">
+        <v>60.171999999999997</v>
+      </c>
+      <c r="E69" s="30">
+        <v>61.927</v>
+      </c>
+      <c r="F69" s="30">
+        <v>58.645000000000003</v>
+      </c>
+      <c r="G69" s="30">
+        <v>60.970999999999997</v>
+      </c>
+      <c r="H69" s="30">
+        <v>51.515999999999998</v>
+      </c>
+      <c r="I69" s="30">
+        <v>50.209000000000003</v>
+      </c>
+      <c r="J69" s="30">
+        <v>51.034999999999997</v>
+      </c>
+      <c r="K69" s="30">
+        <v>44.832000000000001</v>
+      </c>
+      <c r="L69" s="30">
+        <v>43.762</v>
+      </c>
+      <c r="M69" s="30">
+        <v>44.378</v>
+      </c>
+      <c r="N69" s="30">
+        <v>42.896999999999998</v>
+      </c>
+      <c r="O69" s="30">
+        <v>41.673999999999999</v>
+      </c>
+      <c r="P69" s="30">
+        <v>42.41</v>
+      </c>
+      <c r="Q69" s="30">
+        <v>48.039000000000001</v>
+      </c>
+      <c r="R69" s="30">
+        <v>45.17</v>
+      </c>
+      <c r="S69" s="30">
+        <v>46.804000000000002</v>
+      </c>
+      <c r="T69" s="30">
+        <v>50.377000000000002</v>
+      </c>
+      <c r="U69" s="30">
+        <v>47.377000000000002</v>
+      </c>
+      <c r="V69" s="30">
+        <v>49.231000000000002</v>
+      </c>
+    </row>
+    <row r="70" spans="1:27" s="28" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70"/>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+      <c r="F70"/>
+      <c r="G70"/>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70"/>
+      <c r="K70"/>
+      <c r="L70"/>
+      <c r="M70"/>
+      <c r="N70"/>
+      <c r="O70"/>
+      <c r="P70"/>
+      <c r="Q70"/>
+      <c r="R70"/>
+      <c r="S70"/>
+      <c r="T70"/>
+      <c r="U70"/>
+      <c r="V70"/>
+    </row>
+    <row r="71" spans="1:27" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" spans="1:27" s="11" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A72" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B72" s="13"/>
+      <c r="C72" s="13"/>
+      <c r="D72" s="13"/>
+      <c r="E72" s="13"/>
+      <c r="F72" s="13"/>
+      <c r="G72" s="13"/>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13"/>
+      <c r="J72" s="13"/>
+      <c r="K72" s="13"/>
+      <c r="L72" s="13"/>
+      <c r="M72" s="13"/>
+      <c r="N72" s="13"/>
+      <c r="O72" s="13"/>
+    </row>
+    <row r="74" spans="1:27" s="12" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A74" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="P74" s="3"/>
+      <c r="Q74" s="3"/>
+      <c r="R74" s="3"/>
+      <c r="S74" s="3"/>
+      <c r="T74" s="3"/>
+      <c r="U74" s="3"/>
+      <c r="V74" s="3"/>
+      <c r="W74" s="3"/>
+      <c r="X74" s="3"/>
+      <c r="Y74" s="3"/>
+      <c r="Z74" s="3"/>
+      <c r="AA74" s="3"/>
+    </row>
+  </sheetData>
+  <mergeCells count="11">
+    <mergeCell ref="T8:V8"/>
+    <mergeCell ref="A1:V1"/>
+    <mergeCell ref="A3:V6"/>
+    <mergeCell ref="B7:V7"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="E8:G8"/>
+    <mergeCell ref="H8:J8"/>
+    <mergeCell ref="K8:M8"/>
+    <mergeCell ref="N8:P8"/>
+    <mergeCell ref="Q8:S8"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="landscape" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;R&amp;9©2026 AAMC
+The data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{570961AA-BBBF-4672-9207-7D659C028BF9}">
+  <sheetPr codeName="Sheet3">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AB73"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:V1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="15.7109375" style="14" customWidth="1"/>
+    <col min="2" max="15" width="8.7109375" style="12" customWidth="1"/>
+    <col min="16" max="22" width="8.7109375" style="3" customWidth="1"/>
+    <col min="23" max="23" width="12.7109375" style="3" customWidth="1"/>
+    <col min="24" max="16384" width="9.140625" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
+      <c r="K1" s="20"/>
+      <c r="L1" s="20"/>
+      <c r="M1" s="20"/>
+      <c r="N1" s="20"/>
+      <c r="O1" s="20"/>
+      <c r="P1" s="20"/>
+      <c r="Q1" s="20"/>
+      <c r="R1" s="20"/>
+      <c r="S1" s="20"/>
+      <c r="T1" s="20"/>
+      <c r="U1" s="20"/>
+      <c r="V1" s="20"/>
+    </row>
+    <row r="2" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+      <c r="K2" s="20"/>
+      <c r="L2" s="20"/>
+      <c r="M2" s="20"/>
+      <c r="N2" s="20"/>
+      <c r="O2" s="20"/>
+      <c r="P2" s="20"/>
+      <c r="Q2" s="20"/>
+      <c r="R2" s="20"/>
+      <c r="S2" s="20"/>
+      <c r="T2" s="20"/>
+      <c r="U2" s="20"/>
+      <c r="V2" s="20"/>
+    </row>
+    <row r="3" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="1"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+      <c r="O3" s="2"/>
+      <c r="P3" s="2"/>
+      <c r="Q3" s="2"/>
+      <c r="R3" s="2"/>
+      <c r="S3" s="2"/>
+      <c r="T3" s="2"/>
+      <c r="U3" s="2"/>
+      <c r="V3" s="2"/>
+    </row>
+    <row r="4" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="26"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+      <c r="O4" s="26"/>
+      <c r="P4" s="26"/>
+      <c r="Q4" s="26"/>
+      <c r="R4" s="26"/>
+      <c r="S4" s="26"/>
+      <c r="T4" s="26"/>
+      <c r="U4" s="26"/>
+      <c r="V4" s="26"/>
+    </row>
+    <row r="5" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26"/>
+      <c r="E5" s="26"/>
+      <c r="F5" s="26"/>
+      <c r="G5" s="26"/>
+      <c r="H5" s="26"/>
+      <c r="I5" s="26"/>
+      <c r="J5" s="26"/>
+      <c r="K5" s="26"/>
+      <c r="L5" s="26"/>
+      <c r="M5" s="26"/>
+      <c r="N5" s="26"/>
+      <c r="O5" s="26"/>
+      <c r="P5" s="26"/>
+      <c r="Q5" s="26"/>
+      <c r="R5" s="26"/>
+      <c r="S5" s="26"/>
+      <c r="T5" s="26"/>
+      <c r="U5" s="26"/>
+      <c r="V5" s="26"/>
+    </row>
+    <row r="6" spans="1:22" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A6" s="26"/>
+      <c r="B6" s="26"/>
+      <c r="C6" s="26"/>
+      <c r="D6" s="26"/>
+      <c r="E6" s="26"/>
+      <c r="F6" s="26"/>
+      <c r="G6" s="26"/>
+      <c r="H6" s="26"/>
+      <c r="I6" s="26"/>
+      <c r="J6" s="26"/>
+      <c r="K6" s="26"/>
+      <c r="L6" s="26"/>
+      <c r="M6" s="26"/>
+      <c r="N6" s="26"/>
+      <c r="O6" s="26"/>
+      <c r="P6" s="26"/>
+      <c r="Q6" s="26"/>
+      <c r="R6" s="26"/>
+      <c r="S6" s="26"/>
+      <c r="T6" s="26"/>
+      <c r="U6" s="26"/>
+      <c r="V6" s="26"/>
+    </row>
+    <row r="7" spans="1:22" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="27"/>
+      <c r="B7" s="27"/>
+      <c r="C7" s="27"/>
+      <c r="D7" s="27"/>
+      <c r="E7" s="27"/>
+      <c r="F7" s="27"/>
+      <c r="G7" s="27"/>
+      <c r="H7" s="27"/>
+      <c r="I7" s="27"/>
+      <c r="J7" s="27"/>
+      <c r="K7" s="27"/>
+      <c r="L7" s="27"/>
+      <c r="M7" s="27"/>
+      <c r="N7" s="27"/>
+      <c r="O7" s="27"/>
+      <c r="P7" s="27"/>
+      <c r="Q7" s="27"/>
+      <c r="R7" s="27"/>
+      <c r="S7" s="27"/>
+      <c r="T7" s="27"/>
+      <c r="U7" s="27"/>
+      <c r="V7" s="27"/>
+    </row>
+    <row r="8" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4"/>
+      <c r="B8" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="22"/>
+      <c r="D8" s="22"/>
+      <c r="E8" s="22"/>
+      <c r="F8" s="22"/>
+      <c r="G8" s="22"/>
+      <c r="H8" s="22"/>
+      <c r="I8" s="22"/>
+      <c r="J8" s="22"/>
+      <c r="K8" s="22"/>
+      <c r="L8" s="22"/>
+      <c r="M8" s="22"/>
+      <c r="N8" s="22"/>
+      <c r="O8" s="22"/>
+      <c r="P8" s="22"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="22"/>
+      <c r="S8" s="22"/>
+      <c r="T8" s="22"/>
+      <c r="U8" s="22"/>
+      <c r="V8" s="22"/>
+    </row>
+    <row r="9" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="25"/>
+      <c r="D9" s="25"/>
+      <c r="E9" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="25"/>
+      <c r="G9" s="25"/>
+      <c r="H9" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="25"/>
+      <c r="J9" s="25"/>
+      <c r="K9" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="L9" s="25"/>
+      <c r="M9" s="25"/>
+      <c r="N9" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="O9" s="25"/>
+      <c r="P9" s="25"/>
+      <c r="Q9" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="R9" s="25"/>
+      <c r="S9" s="25"/>
+      <c r="T9" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="U9" s="25"/>
+      <c r="V9" s="21"/>
+    </row>
+    <row r="10" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A10" s="23"/>
+      <c r="B10" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="G10" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="H10" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="I10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="K10" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="L10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="M10" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="N10" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="O10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="P10" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q10" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="R10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="S10" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="T10" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="U10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="V10" s="16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A11" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" s="18">
+        <v>42.725999999999999</v>
+      </c>
+      <c r="F11" s="18">
+        <v>44.789000000000001</v>
+      </c>
+      <c r="G11" s="18">
+        <v>42.814</v>
+      </c>
+      <c r="H11" s="18">
+        <v>37.594000000000001</v>
+      </c>
+      <c r="I11" s="18">
+        <v>40.929000000000002</v>
+      </c>
+      <c r="J11" s="18">
+        <v>37.835999999999999</v>
+      </c>
+      <c r="K11" s="18">
+        <v>34.088000000000001</v>
+      </c>
+      <c r="L11" s="18">
+        <v>36.228999999999999</v>
+      </c>
+      <c r="M11" s="18">
+        <v>34.447000000000003</v>
+      </c>
+      <c r="N11" s="18">
+        <v>32.67</v>
+      </c>
+      <c r="O11" s="18">
+        <v>31.878</v>
+      </c>
+      <c r="P11" s="18">
+        <v>32.454999999999998</v>
+      </c>
+      <c r="Q11" s="18">
+        <v>32.875999999999998</v>
+      </c>
+      <c r="R11" s="18">
+        <v>35.390999999999998</v>
+      </c>
+      <c r="S11" s="18">
+        <v>33.642000000000003</v>
+      </c>
+      <c r="T11" s="18">
+        <v>36.031999999999996</v>
+      </c>
+      <c r="U11" s="18">
+        <v>35.454000000000001</v>
+      </c>
+      <c r="V11" s="18">
+        <v>35.942</v>
+      </c>
+    </row>
+    <row r="12" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" s="10">
+        <v>43.926000000000002</v>
+      </c>
+      <c r="F12" s="10">
+        <v>46.741999999999997</v>
+      </c>
+      <c r="G12" s="10">
+        <v>44.069000000000003</v>
+      </c>
+      <c r="H12" s="10">
+        <v>37.795999999999999</v>
+      </c>
+      <c r="I12" s="10">
+        <v>40.511000000000003</v>
+      </c>
+      <c r="J12" s="10">
+        <v>38.073999999999998</v>
+      </c>
+      <c r="K12" s="10">
+        <v>34.024999999999999</v>
+      </c>
+      <c r="L12" s="10">
+        <v>36.668999999999997</v>
+      </c>
+      <c r="M12" s="10">
+        <v>34.457999999999998</v>
+      </c>
+      <c r="N12" s="10">
+        <v>32.502000000000002</v>
+      </c>
+      <c r="O12" s="10">
+        <v>32.411999999999999</v>
+      </c>
+      <c r="P12" s="10">
+        <v>32.475000000000001</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>33.902000000000001</v>
+      </c>
+      <c r="R12" s="10">
+        <v>31.338000000000001</v>
+      </c>
+      <c r="S12" s="10">
+        <v>33.100999999999999</v>
+      </c>
+      <c r="T12" s="10">
+        <v>36.347999999999999</v>
+      </c>
+      <c r="U12" s="10">
+        <v>35.634</v>
+      </c>
+      <c r="V12" s="10">
+        <v>36.228000000000002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A13" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" s="8">
+        <v>43.444000000000003</v>
+      </c>
+      <c r="F13" s="8">
+        <v>46.945999999999998</v>
+      </c>
+      <c r="G13" s="8">
+        <v>43.67</v>
+      </c>
+      <c r="H13" s="8">
+        <v>38.070999999999998</v>
+      </c>
+      <c r="I13" s="8">
+        <v>41.8</v>
+      </c>
+      <c r="J13" s="8">
+        <v>38.447000000000003</v>
+      </c>
+      <c r="K13" s="8">
+        <v>33.991999999999997</v>
+      </c>
+      <c r="L13" s="8">
+        <v>36.767000000000003</v>
+      </c>
+      <c r="M13" s="8">
+        <v>34.442999999999998</v>
+      </c>
+      <c r="N13" s="8">
+        <v>32.198999999999998</v>
+      </c>
+      <c r="O13" s="8">
+        <v>32.555999999999997</v>
+      </c>
+      <c r="P13" s="8">
+        <v>32.298000000000002</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>32.593000000000004</v>
+      </c>
+      <c r="R13" s="8">
+        <v>33.036000000000001</v>
+      </c>
+      <c r="S13" s="8">
+        <v>32.697000000000003</v>
+      </c>
+      <c r="T13" s="8">
+        <v>35.753999999999998</v>
+      </c>
+      <c r="U13" s="8">
+        <v>35.902000000000001</v>
+      </c>
+      <c r="V13" s="8">
+        <v>35.779000000000003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A14" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" s="10">
+        <v>43.832999999999998</v>
+      </c>
+      <c r="F14" s="10">
+        <v>45.719000000000001</v>
+      </c>
+      <c r="G14" s="10">
+        <v>43.93</v>
+      </c>
+      <c r="H14" s="10">
+        <v>38.643999999999998</v>
+      </c>
+      <c r="I14" s="10">
+        <v>41.558</v>
+      </c>
+      <c r="J14" s="10">
+        <v>38.954999999999998</v>
+      </c>
+      <c r="K14" s="10">
+        <v>34.030999999999999</v>
+      </c>
+      <c r="L14" s="10">
+        <v>35.725999999999999</v>
+      </c>
+      <c r="M14" s="10">
+        <v>34.271999999999998</v>
+      </c>
+      <c r="N14" s="10">
+        <v>32.033999999999999</v>
+      </c>
+      <c r="O14" s="10">
+        <v>31.609000000000002</v>
+      </c>
+      <c r="P14" s="10">
+        <v>31.928000000000001</v>
+      </c>
+      <c r="Q14" s="10">
+        <v>33.667000000000002</v>
+      </c>
+      <c r="R14" s="10">
+        <v>31.452999999999999</v>
+      </c>
+      <c r="S14" s="10">
+        <v>33</v>
+      </c>
+      <c r="T14" s="10">
+        <v>35.970999999999997</v>
+      </c>
+      <c r="U14" s="10">
+        <v>35.005000000000003</v>
+      </c>
+      <c r="V14" s="10">
+        <v>35.82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A15" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" s="8">
+        <v>44.42</v>
+      </c>
+      <c r="F15" s="8">
+        <v>46.706000000000003</v>
+      </c>
+      <c r="G15" s="8">
+        <v>44.54</v>
+      </c>
+      <c r="H15" s="8">
+        <v>39.192999999999998</v>
+      </c>
+      <c r="I15" s="8">
+        <v>41.09</v>
+      </c>
+      <c r="J15" s="8">
+        <v>39.378999999999998</v>
+      </c>
+      <c r="K15" s="8">
+        <v>34.158000000000001</v>
+      </c>
+      <c r="L15" s="8">
+        <v>35.618000000000002</v>
+      </c>
+      <c r="M15" s="8">
+        <v>34.405000000000001</v>
+      </c>
+      <c r="N15" s="8">
+        <v>32.417999999999999</v>
+      </c>
+      <c r="O15" s="8">
+        <v>32.726999999999997</v>
+      </c>
+      <c r="P15" s="8">
+        <v>32.500999999999998</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>32.008000000000003</v>
+      </c>
+      <c r="R15" s="8">
+        <v>34.701000000000001</v>
+      </c>
+      <c r="S15" s="8">
+        <v>32.914999999999999</v>
+      </c>
+      <c r="T15" s="8">
+        <v>36.47</v>
+      </c>
+      <c r="U15" s="8">
+        <v>35.731000000000002</v>
+      </c>
+      <c r="V15" s="8">
+        <v>36.347999999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A16" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" s="10">
+        <v>46.216999999999999</v>
+      </c>
+      <c r="F16" s="10">
+        <v>48.738</v>
+      </c>
+      <c r="G16" s="10">
+        <v>46.365000000000002</v>
+      </c>
+      <c r="H16" s="10">
+        <v>39.43</v>
+      </c>
+      <c r="I16" s="10">
+        <v>41.430999999999997</v>
+      </c>
+      <c r="J16" s="10">
+        <v>39.652999999999999</v>
+      </c>
+      <c r="K16" s="10">
+        <v>34.313000000000002</v>
+      </c>
+      <c r="L16" s="10">
+        <v>35.456000000000003</v>
+      </c>
+      <c r="M16" s="10">
+        <v>34.500999999999998</v>
+      </c>
+      <c r="N16" s="10">
+        <v>32.731000000000002</v>
+      </c>
+      <c r="O16" s="10">
+        <v>32.74</v>
+      </c>
+      <c r="P16" s="10">
+        <v>32.732999999999997</v>
+      </c>
+      <c r="Q16" s="10">
+        <v>33.177</v>
+      </c>
+      <c r="R16" s="10">
+        <v>32.156999999999996</v>
+      </c>
+      <c r="S16" s="10">
+        <v>32.82</v>
+      </c>
+      <c r="T16" s="10">
+        <v>36.898000000000003</v>
+      </c>
+      <c r="U16" s="10">
+        <v>35.773000000000003</v>
+      </c>
+      <c r="V16" s="10">
+        <v>36.709000000000003</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A17" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E17" s="8">
+        <v>44.523000000000003</v>
+      </c>
+      <c r="F17" s="8">
+        <v>46.48</v>
+      </c>
+      <c r="G17" s="8">
+        <v>44.670999999999999</v>
+      </c>
+      <c r="H17" s="8">
+        <v>38.665999999999997</v>
+      </c>
+      <c r="I17" s="8">
+        <v>41.095999999999997</v>
+      </c>
+      <c r="J17" s="8">
+        <v>38.929000000000002</v>
+      </c>
+      <c r="K17" s="8">
+        <v>33.9</v>
+      </c>
+      <c r="L17" s="8">
+        <v>35.448999999999998</v>
+      </c>
+      <c r="M17" s="8">
+        <v>34.149000000000001</v>
+      </c>
+      <c r="N17" s="8">
+        <v>32.19</v>
+      </c>
+      <c r="O17" s="8">
+        <v>32</v>
+      </c>
+      <c r="P17" s="8">
+        <v>32.139000000000003</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>33.037999999999997</v>
+      </c>
+      <c r="R17" s="8">
+        <v>31.372</v>
+      </c>
+      <c r="S17" s="8">
+        <v>32.537999999999997</v>
+      </c>
+      <c r="T17" s="8">
+        <v>35.817999999999998</v>
+      </c>
+      <c r="U17" s="8">
+        <v>35.1</v>
+      </c>
+      <c r="V17" s="8">
+        <v>35.694000000000003</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A18" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" s="10">
+        <v>44.838999999999999</v>
+      </c>
+      <c r="F18" s="10">
+        <v>47.78</v>
+      </c>
+      <c r="G18" s="10">
+        <v>45.006999999999998</v>
+      </c>
+      <c r="H18" s="10">
+        <v>38.912999999999997</v>
+      </c>
+      <c r="I18" s="10">
+        <v>42.030999999999999</v>
+      </c>
+      <c r="J18" s="10">
+        <v>39.344999999999999</v>
+      </c>
+      <c r="K18" s="10">
+        <v>33.753</v>
+      </c>
+      <c r="L18" s="10">
+        <v>35.131999999999998</v>
+      </c>
+      <c r="M18" s="10">
+        <v>34</v>
+      </c>
+      <c r="N18" s="10">
+        <v>32.247999999999998</v>
+      </c>
+      <c r="O18" s="10">
+        <v>31.824999999999999</v>
+      </c>
+      <c r="P18" s="10">
+        <v>32.125999999999998</v>
+      </c>
+      <c r="Q18" s="10">
+        <v>33.438000000000002</v>
+      </c>
+      <c r="R18" s="10">
+        <v>32.133000000000003</v>
+      </c>
+      <c r="S18" s="10">
+        <v>32.981000000000002</v>
+      </c>
+      <c r="T18" s="10">
+        <v>35.851999999999997</v>
+      </c>
+      <c r="U18" s="10">
+        <v>35.011000000000003</v>
+      </c>
+      <c r="V18" s="10">
+        <v>35.69</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A19" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" s="8">
+        <v>44.613999999999997</v>
+      </c>
+      <c r="F19" s="8">
+        <v>47.683999999999997</v>
+      </c>
+      <c r="G19" s="8">
+        <v>44.88</v>
+      </c>
+      <c r="H19" s="8">
+        <v>39.19</v>
+      </c>
+      <c r="I19" s="8">
+        <v>41.96</v>
+      </c>
+      <c r="J19" s="8">
+        <v>39.526000000000003</v>
+      </c>
+      <c r="K19" s="8">
+        <v>33.851999999999997</v>
+      </c>
+      <c r="L19" s="8">
+        <v>34.264000000000003</v>
+      </c>
+      <c r="M19" s="8">
+        <v>33.927999999999997</v>
+      </c>
+      <c r="N19" s="8">
+        <v>32.012</v>
+      </c>
+      <c r="O19" s="8">
+        <v>31.687999999999999</v>
+      </c>
+      <c r="P19" s="8">
+        <v>31.931000000000001</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>33.222000000000001</v>
+      </c>
+      <c r="R19" s="8">
+        <v>32.703000000000003</v>
+      </c>
+      <c r="S19" s="8">
+        <v>33.058999999999997</v>
+      </c>
+      <c r="T19" s="8">
+        <v>35.618000000000002</v>
+      </c>
+      <c r="U19" s="8">
+        <v>34.822000000000003</v>
+      </c>
+      <c r="V19" s="8">
+        <v>35.472000000000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A20" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E20" s="10">
+        <v>45.091000000000001</v>
+      </c>
+      <c r="F20" s="10">
+        <v>47.387999999999998</v>
+      </c>
+      <c r="G20" s="10">
+        <v>45.28</v>
+      </c>
+      <c r="H20" s="10">
+        <v>39.267000000000003</v>
+      </c>
+      <c r="I20" s="10">
+        <v>41.143000000000001</v>
+      </c>
+      <c r="J20" s="10">
+        <v>39.512999999999998</v>
+      </c>
+      <c r="K20" s="10">
+        <v>33.762</v>
+      </c>
+      <c r="L20" s="10">
+        <v>34.475000000000001</v>
+      </c>
+      <c r="M20" s="10">
+        <v>33.883000000000003</v>
+      </c>
+      <c r="N20" s="10">
+        <v>31.888000000000002</v>
+      </c>
+      <c r="O20" s="10">
+        <v>32.843000000000004</v>
+      </c>
+      <c r="P20" s="10">
+        <v>32.128999999999998</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>35.741999999999997</v>
+      </c>
+      <c r="R20" s="10">
+        <v>33.073999999999998</v>
+      </c>
+      <c r="S20" s="10">
+        <v>35.006999999999998</v>
+      </c>
+      <c r="T20" s="10">
+        <v>35.892000000000003</v>
+      </c>
+      <c r="U20" s="10">
+        <v>35.396000000000001</v>
+      </c>
+      <c r="V20" s="10">
+        <v>35.804000000000002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A21" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="8">
+        <v>51.576999999999998</v>
+      </c>
+      <c r="C21" s="8">
+        <v>50.314</v>
+      </c>
+      <c r="D21" s="8">
+        <v>51.545999999999999</v>
+      </c>
+      <c r="E21" s="8">
+        <v>49.277000000000001</v>
+      </c>
+      <c r="F21" s="8">
+        <v>50.631999999999998</v>
+      </c>
+      <c r="G21" s="8">
+        <v>49.360999999999997</v>
+      </c>
+      <c r="H21" s="8">
+        <v>40.597000000000001</v>
+      </c>
+      <c r="I21" s="8">
+        <v>42.081000000000003</v>
+      </c>
+      <c r="J21" s="8">
+        <v>40.768000000000001</v>
+      </c>
+      <c r="K21" s="8">
+        <v>34.728999999999999</v>
+      </c>
+      <c r="L21" s="8">
+        <v>35.749000000000002</v>
+      </c>
+      <c r="M21" s="8">
+        <v>34.905999999999999</v>
+      </c>
+      <c r="N21" s="8">
+        <v>32.456000000000003</v>
+      </c>
+      <c r="O21" s="8">
+        <v>33.706000000000003</v>
+      </c>
+      <c r="P21" s="8">
+        <v>32.801000000000002</v>
+      </c>
+      <c r="Q21" s="8">
+        <v>32.674999999999997</v>
+      </c>
+      <c r="R21" s="8">
+        <v>31.376999999999999</v>
+      </c>
+      <c r="S21" s="8">
+        <v>32.311999999999998</v>
+      </c>
+      <c r="T21" s="8">
+        <v>38.799999999999997</v>
+      </c>
+      <c r="U21" s="8">
+        <v>37.106000000000002</v>
+      </c>
+      <c r="V21" s="8">
+        <v>38.530999999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A22" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="10">
+        <v>44.884999999999998</v>
+      </c>
+      <c r="C22" s="10">
+        <v>41.555999999999997</v>
+      </c>
+      <c r="D22" s="10">
+        <v>44.655999999999999</v>
+      </c>
+      <c r="E22" s="10">
+        <v>44.779000000000003</v>
+      </c>
+      <c r="F22" s="10">
+        <v>47.716999999999999</v>
+      </c>
+      <c r="G22" s="10">
+        <v>44.966999999999999</v>
+      </c>
+      <c r="H22" s="10">
+        <v>38.700000000000003</v>
+      </c>
+      <c r="I22" s="10">
+        <v>40.465000000000003</v>
+      </c>
+      <c r="J22" s="10">
+        <v>38.938000000000002</v>
+      </c>
+      <c r="K22" s="10">
+        <v>33.540999999999997</v>
+      </c>
+      <c r="L22" s="10">
+        <v>34.695</v>
+      </c>
+      <c r="M22" s="10">
+        <v>33.762999999999998</v>
+      </c>
+      <c r="N22" s="10">
+        <v>31.991</v>
+      </c>
+      <c r="O22" s="10">
+        <v>32.030999999999999</v>
+      </c>
+      <c r="P22" s="10">
+        <v>32.002000000000002</v>
+      </c>
+      <c r="Q22" s="10">
+        <v>35.545999999999999</v>
+      </c>
+      <c r="R22" s="10">
+        <v>33.192</v>
+      </c>
+      <c r="S22" s="10">
+        <v>34.880000000000003</v>
+      </c>
+      <c r="T22" s="10">
+        <v>36.155999999999999</v>
+      </c>
+      <c r="U22" s="10">
+        <v>35.338999999999999</v>
+      </c>
+      <c r="V22" s="10">
+        <v>36.003999999999998</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A23" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="8">
+        <v>47.904000000000003</v>
+      </c>
+      <c r="C23" s="8">
+        <v>48.1</v>
+      </c>
+      <c r="D23" s="8">
+        <v>47.918999999999997</v>
+      </c>
+      <c r="E23" s="8">
+        <v>45.121000000000002</v>
+      </c>
+      <c r="F23" s="8">
+        <v>47.011000000000003</v>
+      </c>
+      <c r="G23" s="8">
+        <v>45.280999999999999</v>
+      </c>
+      <c r="H23" s="8">
+        <v>39.045999999999999</v>
+      </c>
+      <c r="I23" s="8">
+        <v>40.801000000000002</v>
+      </c>
+      <c r="J23" s="8">
+        <v>39.277000000000001</v>
+      </c>
+      <c r="K23" s="8">
+        <v>33.712000000000003</v>
+      </c>
+      <c r="L23" s="8">
+        <v>35.027999999999999</v>
+      </c>
+      <c r="M23" s="8">
+        <v>33.987000000000002</v>
+      </c>
+      <c r="N23" s="8">
+        <v>32.521000000000001</v>
+      </c>
+      <c r="O23" s="8">
+        <v>32.378999999999998</v>
+      </c>
+      <c r="P23" s="8">
+        <v>32.481000000000002</v>
+      </c>
+      <c r="Q23" s="8">
+        <v>34.380000000000003</v>
+      </c>
+      <c r="R23" s="8">
+        <v>32.561999999999998</v>
+      </c>
+      <c r="S23" s="8">
+        <v>33.878999999999998</v>
+      </c>
+      <c r="T23" s="8">
+        <v>36.401000000000003</v>
+      </c>
+      <c r="U23" s="8">
+        <v>35.703000000000003</v>
+      </c>
+      <c r="V23" s="8">
+        <v>36.267000000000003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A24" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="10">
+        <v>47.228999999999999</v>
+      </c>
+      <c r="C24" s="10">
+        <v>41.856999999999999</v>
+      </c>
+      <c r="D24" s="10">
+        <v>47.017000000000003</v>
+      </c>
+      <c r="E24" s="10">
+        <v>45.557000000000002</v>
+      </c>
+      <c r="F24" s="10">
+        <v>45.904000000000003</v>
+      </c>
+      <c r="G24" s="10">
+        <v>45.582999999999998</v>
+      </c>
+      <c r="H24" s="10">
+        <v>39.587000000000003</v>
+      </c>
+      <c r="I24" s="10">
+        <v>40.619999999999997</v>
+      </c>
+      <c r="J24" s="10">
+        <v>39.72</v>
+      </c>
+      <c r="K24" s="10">
+        <v>33.884999999999998</v>
+      </c>
+      <c r="L24" s="10">
+        <v>34.646000000000001</v>
+      </c>
+      <c r="M24" s="10">
+        <v>34.046999999999997</v>
+      </c>
+      <c r="N24" s="10">
+        <v>32.49</v>
+      </c>
+      <c r="O24" s="10">
+        <v>32.787999999999997</v>
+      </c>
+      <c r="P24" s="10">
+        <v>32.579000000000001</v>
+      </c>
+      <c r="Q24" s="10">
+        <v>32.149000000000001</v>
+      </c>
+      <c r="R24" s="10">
+        <v>33.442999999999998</v>
+      </c>
+      <c r="S24" s="10">
+        <v>32.65</v>
+      </c>
+      <c r="T24" s="10">
+        <v>36.643000000000001</v>
+      </c>
+      <c r="U24" s="10">
+        <v>35.476999999999997</v>
+      </c>
+      <c r="V24" s="10">
+        <v>36.411999999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A25" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="8">
+        <v>46.668999999999997</v>
+      </c>
+      <c r="C25" s="8">
+        <v>45</v>
+      </c>
+      <c r="D25" s="8">
+        <v>46.557000000000002</v>
+      </c>
+      <c r="E25" s="8">
+        <v>44.718000000000004</v>
+      </c>
+      <c r="F25" s="8">
+        <v>46.817999999999998</v>
+      </c>
+      <c r="G25" s="8">
+        <v>44.902000000000001</v>
+      </c>
+      <c r="H25" s="8">
+        <v>39.295000000000002</v>
+      </c>
+      <c r="I25" s="8">
+        <v>39.941000000000003</v>
+      </c>
+      <c r="J25" s="8">
+        <v>39.390999999999998</v>
+      </c>
+      <c r="K25" s="8">
+        <v>33.707999999999998</v>
+      </c>
+      <c r="L25" s="8">
+        <v>34.033000000000001</v>
+      </c>
+      <c r="M25" s="8">
+        <v>33.783999999999999</v>
+      </c>
+      <c r="N25" s="8">
+        <v>32.195999999999998</v>
+      </c>
+      <c r="O25" s="8">
+        <v>32.670999999999999</v>
+      </c>
+      <c r="P25" s="8">
+        <v>32.340000000000003</v>
+      </c>
+      <c r="Q25" s="8">
+        <v>33.255000000000003</v>
+      </c>
+      <c r="R25" s="8">
+        <v>35.195</v>
+      </c>
+      <c r="S25" s="8">
+        <v>33.953000000000003</v>
+      </c>
+      <c r="T25" s="8">
+        <v>36.451000000000001</v>
+      </c>
+      <c r="U25" s="8">
+        <v>35.356000000000002</v>
+      </c>
+      <c r="V25" s="8">
+        <v>36.219000000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="10">
+        <v>49.215000000000003</v>
+      </c>
+      <c r="C26" s="10">
+        <v>48.5</v>
+      </c>
+      <c r="D26" s="10">
+        <v>49.188000000000002</v>
+      </c>
+      <c r="E26" s="10">
+        <v>45.250999999999998</v>
+      </c>
+      <c r="F26" s="10">
+        <v>47.276000000000003</v>
+      </c>
+      <c r="G26" s="10">
+        <v>45.421999999999997</v>
+      </c>
+      <c r="H26" s="10">
+        <v>39.384</v>
+      </c>
+      <c r="I26" s="10">
+        <v>40.716999999999999</v>
+      </c>
+      <c r="J26" s="10">
+        <v>39.597999999999999</v>
+      </c>
+      <c r="K26" s="10">
+        <v>33.868000000000002</v>
+      </c>
+      <c r="L26" s="10">
+        <v>34.162999999999997</v>
+      </c>
+      <c r="M26" s="10">
+        <v>33.938000000000002</v>
+      </c>
+      <c r="N26" s="10">
+        <v>32.296999999999997</v>
+      </c>
+      <c r="O26" s="10">
+        <v>32.689</v>
+      </c>
+      <c r="P26" s="10">
+        <v>32.420999999999999</v>
+      </c>
+      <c r="Q26" s="10">
+        <v>32.026000000000003</v>
+      </c>
+      <c r="R26" s="10">
+        <v>33.646000000000001</v>
+      </c>
+      <c r="S26" s="10">
+        <v>32.689</v>
+      </c>
+      <c r="T26" s="10">
+        <v>36.753999999999998</v>
+      </c>
+      <c r="U26" s="10">
+        <v>35.572000000000003</v>
+      </c>
+      <c r="V26" s="10">
+        <v>36.494999999999997</v>
+      </c>
+    </row>
+    <row r="27" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A27" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" s="8">
+        <v>47.347999999999999</v>
+      </c>
+      <c r="C27" s="8">
+        <v>45.4</v>
+      </c>
+      <c r="D27" s="8">
+        <v>47.287999999999997</v>
+      </c>
+      <c r="E27" s="8">
+        <v>44.963999999999999</v>
+      </c>
+      <c r="F27" s="8">
+        <v>46.078000000000003</v>
+      </c>
+      <c r="G27" s="8">
+        <v>45.076999999999998</v>
+      </c>
+      <c r="H27" s="8">
+        <v>38.981999999999999</v>
+      </c>
+      <c r="I27" s="8">
+        <v>40.280999999999999</v>
+      </c>
+      <c r="J27" s="8">
+        <v>39.182000000000002</v>
+      </c>
+      <c r="K27" s="8">
+        <v>33.857999999999997</v>
+      </c>
+      <c r="L27" s="8">
+        <v>34.508000000000003</v>
+      </c>
+      <c r="M27" s="8">
+        <v>34.029000000000003</v>
+      </c>
+      <c r="N27" s="8">
+        <v>32.289000000000001</v>
+      </c>
+      <c r="O27" s="8">
+        <v>32.826000000000001</v>
+      </c>
+      <c r="P27" s="8">
+        <v>32.463000000000001</v>
+      </c>
+      <c r="Q27" s="8">
+        <v>33.094999999999999</v>
+      </c>
+      <c r="R27" s="8">
+        <v>34.99</v>
+      </c>
+      <c r="S27" s="8">
+        <v>34.015000000000001</v>
+      </c>
+      <c r="T27" s="8">
+        <v>36.417000000000002</v>
+      </c>
+      <c r="U27" s="8">
+        <v>35.552</v>
+      </c>
+      <c r="V27" s="8">
+        <v>36.213000000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A28" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="10">
+        <v>49.969000000000001</v>
+      </c>
+      <c r="C28" s="10">
+        <v>48.866999999999997</v>
+      </c>
+      <c r="D28" s="10">
+        <v>49.914000000000001</v>
+      </c>
+      <c r="E28" s="10">
+        <v>44.956000000000003</v>
+      </c>
+      <c r="F28" s="10">
+        <v>45.536999999999999</v>
+      </c>
+      <c r="G28" s="10">
+        <v>45.024000000000001</v>
+      </c>
+      <c r="H28" s="10">
+        <v>39.381</v>
+      </c>
+      <c r="I28" s="10">
+        <v>40.445</v>
+      </c>
+      <c r="J28" s="10">
+        <v>39.567999999999998</v>
+      </c>
+      <c r="K28" s="10">
+        <v>34.479999999999997</v>
+      </c>
+      <c r="L28" s="10">
+        <v>34.756999999999998</v>
+      </c>
+      <c r="M28" s="10">
+        <v>34.555</v>
+      </c>
+      <c r="N28" s="10">
+        <v>32.584000000000003</v>
+      </c>
+      <c r="O28" s="10">
+        <v>32.993000000000002</v>
+      </c>
+      <c r="P28" s="10">
+        <v>32.734999999999999</v>
+      </c>
+      <c r="Q28" s="10">
+        <v>33.792999999999999</v>
+      </c>
+      <c r="R28" s="10">
+        <v>34.31</v>
+      </c>
+      <c r="S28" s="10">
+        <v>33.994999999999997</v>
+      </c>
+      <c r="T28" s="10">
+        <v>36.960999999999999</v>
+      </c>
+      <c r="U28" s="10">
+        <v>35.795000000000002</v>
+      </c>
+      <c r="V28" s="10">
+        <v>36.667000000000002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A29" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B29" s="8">
+        <v>46.164999999999999</v>
+      </c>
+      <c r="C29" s="8">
+        <v>48.429000000000002</v>
+      </c>
+      <c r="D29" s="8">
+        <v>46.308999999999997</v>
+      </c>
+      <c r="E29" s="8">
+        <v>44.713000000000001</v>
+      </c>
+      <c r="F29" s="8">
+        <v>45.99</v>
+      </c>
+      <c r="G29" s="8">
+        <v>44.844000000000001</v>
+      </c>
+      <c r="H29" s="8">
+        <v>39.250999999999998</v>
+      </c>
+      <c r="I29" s="8">
+        <v>40.447000000000003</v>
+      </c>
+      <c r="J29" s="8">
+        <v>39.438000000000002</v>
+      </c>
+      <c r="K29" s="8">
+        <v>34.255000000000003</v>
+      </c>
+      <c r="L29" s="8">
+        <v>34.737000000000002</v>
+      </c>
+      <c r="M29" s="8">
+        <v>34.387</v>
+      </c>
+      <c r="N29" s="8">
+        <v>32.462000000000003</v>
+      </c>
+      <c r="O29" s="8">
+        <v>32.847999999999999</v>
+      </c>
+      <c r="P29" s="8">
+        <v>32.597000000000001</v>
+      </c>
+      <c r="Q29" s="8">
+        <v>33.850999999999999</v>
+      </c>
+      <c r="R29" s="8">
+        <v>34.942</v>
+      </c>
+      <c r="S29" s="8">
+        <v>34.290999999999997</v>
+      </c>
+      <c r="T29" s="8">
+        <v>36.630000000000003</v>
+      </c>
+      <c r="U29" s="8">
+        <v>35.557000000000002</v>
+      </c>
+      <c r="V29" s="8">
+        <v>36.365000000000002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A30" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="10">
+        <v>48.531999999999996</v>
+      </c>
+      <c r="C30" s="10">
+        <v>46.726999999999997</v>
+      </c>
+      <c r="D30" s="10">
+        <v>48.423999999999999</v>
+      </c>
+      <c r="E30" s="10">
+        <v>45.493000000000002</v>
+      </c>
+      <c r="F30" s="10">
+        <v>46.042000000000002</v>
+      </c>
+      <c r="G30" s="10">
+        <v>45.552</v>
+      </c>
+      <c r="H30" s="10">
+        <v>39.695999999999998</v>
+      </c>
+      <c r="I30" s="10">
+        <v>40.557000000000002</v>
+      </c>
+      <c r="J30" s="10">
+        <v>39.869999999999997</v>
+      </c>
+      <c r="K30" s="10">
+        <v>34.747</v>
+      </c>
+      <c r="L30" s="10">
+        <v>34.387999999999998</v>
+      </c>
+      <c r="M30" s="10">
+        <v>34.649000000000001</v>
+      </c>
+      <c r="N30" s="10">
+        <v>32.753</v>
+      </c>
+      <c r="O30" s="10">
+        <v>33.069000000000003</v>
+      </c>
+      <c r="P30" s="10">
+        <v>32.866999999999997</v>
+      </c>
+      <c r="Q30" s="10">
+        <v>35.213999999999999</v>
+      </c>
+      <c r="R30" s="10">
+        <v>34.856000000000002</v>
+      </c>
+      <c r="S30" s="10">
+        <v>35.076999999999998</v>
+      </c>
+      <c r="T30" s="10">
+        <v>37.314999999999998</v>
+      </c>
+      <c r="U30" s="10">
+        <v>35.784999999999997</v>
+      </c>
+      <c r="V30" s="10">
+        <v>36.926000000000002</v>
+      </c>
+    </row>
+    <row r="31" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A31" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B31" s="8">
+        <v>47.859000000000002</v>
+      </c>
+      <c r="C31" s="8">
+        <v>46.182000000000002</v>
+      </c>
+      <c r="D31" s="8">
+        <v>47.744</v>
+      </c>
+      <c r="E31" s="8">
+        <v>45.988</v>
+      </c>
+      <c r="F31" s="8">
+        <v>46.322000000000003</v>
+      </c>
+      <c r="G31" s="8">
+        <v>46.030999999999999</v>
+      </c>
+      <c r="H31" s="8">
+        <v>39.963999999999999</v>
+      </c>
+      <c r="I31" s="8">
+        <v>41.137</v>
+      </c>
+      <c r="J31" s="8">
+        <v>40.182000000000002</v>
+      </c>
+      <c r="K31" s="8">
+        <v>35.037999999999997</v>
+      </c>
+      <c r="L31" s="8">
+        <v>34.981999999999999</v>
+      </c>
+      <c r="M31" s="8">
+        <v>35.021999999999998</v>
+      </c>
+      <c r="N31" s="8">
+        <v>33.418999999999997</v>
+      </c>
+      <c r="O31" s="8">
+        <v>33.909999999999997</v>
+      </c>
+      <c r="P31" s="8">
+        <v>33.594999999999999</v>
+      </c>
+      <c r="Q31" s="8">
+        <v>34.795000000000002</v>
+      </c>
+      <c r="R31" s="8">
+        <v>34.164999999999999</v>
+      </c>
+      <c r="S31" s="8">
+        <v>34.518999999999998</v>
+      </c>
+      <c r="T31" s="8">
+        <v>37.548000000000002</v>
+      </c>
+      <c r="U31" s="8">
+        <v>36.271000000000001</v>
+      </c>
+      <c r="V31" s="8">
+        <v>37.204000000000001</v>
+      </c>
+    </row>
+    <row r="32" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A32" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="10">
+        <v>47.16</v>
+      </c>
+      <c r="C32" s="10">
+        <v>44.384999999999998</v>
+      </c>
+      <c r="D32" s="10">
+        <v>46.954000000000001</v>
+      </c>
+      <c r="E32" s="10">
+        <v>45.762</v>
+      </c>
+      <c r="F32" s="10">
+        <v>46.140999999999998</v>
+      </c>
+      <c r="G32" s="10">
+        <v>45.811</v>
+      </c>
+      <c r="H32" s="10">
+        <v>40.374000000000002</v>
+      </c>
+      <c r="I32" s="10">
+        <v>40.871000000000002</v>
+      </c>
+      <c r="J32" s="10">
+        <v>40.468000000000004</v>
+      </c>
+      <c r="K32" s="10">
+        <v>35.07</v>
+      </c>
+      <c r="L32" s="10">
+        <v>35.585999999999999</v>
+      </c>
+      <c r="M32" s="10">
+        <v>35.228999999999999</v>
+      </c>
+      <c r="N32" s="10">
+        <v>33.61</v>
+      </c>
+      <c r="O32" s="10">
+        <v>33.860999999999997</v>
+      </c>
+      <c r="P32" s="10">
+        <v>33.704999999999998</v>
+      </c>
+      <c r="Q32" s="10">
+        <v>33.712000000000003</v>
+      </c>
+      <c r="R32" s="10">
+        <v>33.947000000000003</v>
+      </c>
+      <c r="S32" s="10">
+        <v>33.822000000000003</v>
+      </c>
+      <c r="T32" s="10">
+        <v>37.613</v>
+      </c>
+      <c r="U32" s="10">
+        <v>36.384</v>
+      </c>
+      <c r="V32" s="10">
+        <v>37.268999999999998</v>
+      </c>
+    </row>
+    <row r="33" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A33" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B33" s="8">
+        <v>48.463999999999999</v>
+      </c>
+      <c r="C33" s="8">
+        <v>47.7</v>
+      </c>
+      <c r="D33" s="8">
+        <v>48.42</v>
+      </c>
+      <c r="E33" s="8">
+        <v>45.953000000000003</v>
+      </c>
+      <c r="F33" s="8">
+        <v>46.359000000000002</v>
+      </c>
+      <c r="G33" s="8">
+        <v>46.002000000000002</v>
+      </c>
+      <c r="H33" s="8">
+        <v>40.488</v>
+      </c>
+      <c r="I33" s="8">
+        <v>41.08</v>
+      </c>
+      <c r="J33" s="8">
+        <v>40.616999999999997</v>
+      </c>
+      <c r="K33" s="8">
+        <v>35.658999999999999</v>
+      </c>
+      <c r="L33" s="8">
+        <v>35.555</v>
+      </c>
+      <c r="M33" s="8">
+        <v>35.627000000000002</v>
+      </c>
+      <c r="N33" s="8">
+        <v>33.597999999999999</v>
+      </c>
+      <c r="O33" s="8">
+        <v>34.146999999999998</v>
+      </c>
+      <c r="P33" s="8">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="Q33" s="8">
+        <v>34.347999999999999</v>
+      </c>
+      <c r="R33" s="8">
+        <v>35.953000000000003</v>
+      </c>
+      <c r="S33" s="8">
+        <v>35.01</v>
+      </c>
+      <c r="T33" s="8">
+        <v>37.944000000000003</v>
+      </c>
+      <c r="U33" s="8">
+        <v>36.713999999999999</v>
+      </c>
+      <c r="V33" s="8">
+        <v>37.600999999999999</v>
+      </c>
+    </row>
+    <row r="34" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A34" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B34" s="10">
+        <v>48.738999999999997</v>
+      </c>
+      <c r="C34" s="10">
+        <v>43.856999999999999</v>
+      </c>
+      <c r="D34" s="10">
+        <v>48.496000000000002</v>
+      </c>
+      <c r="E34" s="10">
+        <v>46.381</v>
+      </c>
+      <c r="F34" s="10">
+        <v>46.973999999999997</v>
+      </c>
+      <c r="G34" s="10">
+        <v>46.456000000000003</v>
+      </c>
+      <c r="H34" s="10">
+        <v>40.527000000000001</v>
+      </c>
+      <c r="I34" s="10">
+        <v>40.899000000000001</v>
+      </c>
+      <c r="J34" s="10">
+        <v>40.612000000000002</v>
+      </c>
+      <c r="K34" s="10">
+        <v>35.725999999999999</v>
+      </c>
+      <c r="L34" s="10">
+        <v>35.683999999999997</v>
+      </c>
+      <c r="M34" s="10">
+        <v>35.712000000000003</v>
+      </c>
+      <c r="N34" s="10">
+        <v>33.874000000000002</v>
+      </c>
+      <c r="O34" s="10">
+        <v>34.311</v>
+      </c>
+      <c r="P34" s="10">
+        <v>34.043999999999997</v>
+      </c>
+      <c r="Q34" s="10">
+        <v>34.755000000000003</v>
+      </c>
+      <c r="R34" s="10">
+        <v>35.465000000000003</v>
+      </c>
+      <c r="S34" s="10">
+        <v>35.045000000000002</v>
+      </c>
+      <c r="T34" s="10">
+        <v>38.177</v>
+      </c>
+      <c r="U34" s="10">
+        <v>36.829000000000001</v>
+      </c>
+      <c r="V34" s="10">
+        <v>37.781999999999996</v>
+      </c>
+    </row>
+    <row r="35" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A35" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B35" s="8">
+        <v>48.936999999999998</v>
+      </c>
+      <c r="C35" s="8">
+        <v>43.286000000000001</v>
+      </c>
+      <c r="D35" s="8">
+        <v>48.548999999999999</v>
+      </c>
+      <c r="E35" s="8">
+        <v>46.771000000000001</v>
+      </c>
+      <c r="F35" s="8">
+        <v>48.411999999999999</v>
+      </c>
+      <c r="G35" s="8">
+        <v>46.97</v>
+      </c>
+      <c r="H35" s="8">
+        <v>41.287999999999997</v>
+      </c>
+      <c r="I35" s="8">
+        <v>41.548000000000002</v>
+      </c>
+      <c r="J35" s="8">
+        <v>41.343000000000004</v>
+      </c>
+      <c r="K35" s="8">
+        <v>35.880000000000003</v>
+      </c>
+      <c r="L35" s="8">
+        <v>36.017000000000003</v>
+      </c>
+      <c r="M35" s="8">
+        <v>35.926000000000002</v>
+      </c>
+      <c r="N35" s="8">
+        <v>34.128999999999998</v>
+      </c>
+      <c r="O35" s="8">
+        <v>33.811</v>
+      </c>
+      <c r="P35" s="8">
+        <v>34.006999999999998</v>
+      </c>
+      <c r="Q35" s="8">
+        <v>36.103000000000002</v>
+      </c>
+      <c r="R35" s="8">
+        <v>35.085000000000001</v>
+      </c>
+      <c r="S35" s="8">
+        <v>35.648000000000003</v>
+      </c>
+      <c r="T35" s="8">
+        <v>38.701999999999998</v>
+      </c>
+      <c r="U35" s="8">
+        <v>37.023000000000003</v>
+      </c>
+      <c r="V35" s="8">
+        <v>38.213000000000001</v>
+      </c>
+    </row>
+    <row r="36" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A36" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B36" s="10">
+        <v>49.817999999999998</v>
+      </c>
+      <c r="C36" s="10">
+        <v>48</v>
+      </c>
+      <c r="D36" s="10">
+        <v>49.728000000000002</v>
+      </c>
+      <c r="E36" s="10">
+        <v>46.881</v>
+      </c>
+      <c r="F36" s="10">
+        <v>46.850999999999999</v>
+      </c>
+      <c r="G36" s="10">
+        <v>46.877000000000002</v>
+      </c>
+      <c r="H36" s="10">
+        <v>41.273000000000003</v>
+      </c>
+      <c r="I36" s="10">
+        <v>41.654000000000003</v>
+      </c>
+      <c r="J36" s="10">
+        <v>41.366</v>
+      </c>
+      <c r="K36" s="10">
+        <v>36.323999999999998</v>
+      </c>
+      <c r="L36" s="10">
+        <v>36.284999999999997</v>
+      </c>
+      <c r="M36" s="10">
+        <v>36.311</v>
+      </c>
+      <c r="N36" s="10">
+        <v>34.475999999999999</v>
+      </c>
+      <c r="O36" s="10">
+        <v>34.786000000000001</v>
+      </c>
+      <c r="P36" s="10">
+        <v>34.598999999999997</v>
+      </c>
+      <c r="Q36" s="10">
+        <v>35.235999999999997</v>
+      </c>
+      <c r="R36" s="10">
+        <v>37.158999999999999</v>
+      </c>
+      <c r="S36" s="10">
+        <v>35.994</v>
+      </c>
+      <c r="T36" s="10">
+        <v>38.656999999999996</v>
+      </c>
+      <c r="U36" s="10">
+        <v>37.436999999999998</v>
+      </c>
+      <c r="V36" s="10">
+        <v>38.284999999999997</v>
+      </c>
+    </row>
+    <row r="37" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A37" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B37" s="8">
+        <v>50.476999999999997</v>
+      </c>
+      <c r="C37" s="8">
+        <v>52.176000000000002</v>
+      </c>
+      <c r="D37" s="8">
+        <v>50.597999999999999</v>
+      </c>
+      <c r="E37" s="8">
+        <v>47.353000000000002</v>
+      </c>
+      <c r="F37" s="8">
+        <v>46.677</v>
+      </c>
+      <c r="G37" s="8">
+        <v>47.250999999999998</v>
+      </c>
+      <c r="H37" s="8">
+        <v>41.487000000000002</v>
+      </c>
+      <c r="I37" s="8">
+        <v>41.537999999999997</v>
+      </c>
+      <c r="J37" s="8">
+        <v>41.499000000000002</v>
+      </c>
+      <c r="K37" s="8">
+        <v>36.634</v>
+      </c>
+      <c r="L37" s="8">
+        <v>36.555</v>
+      </c>
+      <c r="M37" s="8">
+        <v>36.607999999999997</v>
+      </c>
+      <c r="N37" s="8">
+        <v>35.683</v>
+      </c>
+      <c r="O37" s="8">
+        <v>36.15</v>
+      </c>
+      <c r="P37" s="8">
+        <v>35.878999999999998</v>
+      </c>
+      <c r="Q37" s="8">
+        <v>34.817999999999998</v>
+      </c>
+      <c r="R37" s="8">
+        <v>36.9</v>
+      </c>
+      <c r="S37" s="8">
+        <v>35.926000000000002</v>
+      </c>
+      <c r="T37" s="8">
+        <v>39.070999999999998</v>
+      </c>
+      <c r="U37" s="8">
+        <v>37.780999999999999</v>
+      </c>
+      <c r="V37" s="8">
+        <v>38.665999999999997</v>
+      </c>
+    </row>
+    <row r="38" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A38" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B38" s="10">
+        <v>49.734999999999999</v>
+      </c>
+      <c r="C38" s="10">
+        <v>48.941000000000003</v>
+      </c>
+      <c r="D38" s="10">
+        <v>49.670999999999999</v>
+      </c>
+      <c r="E38" s="10">
+        <v>47.587000000000003</v>
+      </c>
+      <c r="F38" s="10">
+        <v>47.735999999999997</v>
+      </c>
+      <c r="G38" s="10">
+        <v>47.610999999999997</v>
+      </c>
+      <c r="H38" s="10">
+        <v>41.804000000000002</v>
+      </c>
+      <c r="I38" s="10">
+        <v>42.201000000000001</v>
+      </c>
+      <c r="J38" s="10">
+        <v>41.9</v>
+      </c>
+      <c r="K38" s="10">
+        <v>36.677</v>
+      </c>
+      <c r="L38" s="10">
+        <v>36.478000000000002</v>
+      </c>
+      <c r="M38" s="10">
+        <v>36.607999999999997</v>
+      </c>
+      <c r="N38" s="10">
+        <v>34.880000000000003</v>
+      </c>
+      <c r="O38" s="10">
+        <v>35.334000000000003</v>
+      </c>
+      <c r="P38" s="10">
+        <v>35.072000000000003</v>
+      </c>
+      <c r="Q38" s="10">
+        <v>36.542999999999999</v>
+      </c>
+      <c r="R38" s="10">
+        <v>38.381999999999998</v>
+      </c>
+      <c r="S38" s="10">
+        <v>37.441000000000003</v>
+      </c>
+      <c r="T38" s="10">
+        <v>39.290999999999997</v>
+      </c>
+      <c r="U38" s="10">
+        <v>37.880000000000003</v>
+      </c>
+      <c r="V38" s="10">
+        <v>38.840000000000003</v>
+      </c>
+    </row>
+    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A39" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B39" s="8">
+        <v>49.667999999999999</v>
+      </c>
+      <c r="C39" s="8">
+        <v>48.521999999999998</v>
+      </c>
+      <c r="D39" s="8">
+        <v>49.55</v>
+      </c>
+      <c r="E39" s="8">
+        <v>47.655000000000001</v>
+      </c>
+      <c r="F39" s="8">
+        <v>47.787999999999997</v>
+      </c>
+      <c r="G39" s="8">
+        <v>47.677</v>
+      </c>
+      <c r="H39" s="8">
+        <v>41.933999999999997</v>
+      </c>
+      <c r="I39" s="8">
+        <v>42.514000000000003</v>
+      </c>
+      <c r="J39" s="8">
+        <v>42.088000000000001</v>
+      </c>
+      <c r="K39" s="8">
+        <v>36.747999999999998</v>
+      </c>
+      <c r="L39" s="8">
+        <v>36.529000000000003</v>
+      </c>
+      <c r="M39" s="8">
+        <v>36.674999999999997</v>
+      </c>
+      <c r="N39" s="8">
+        <v>35.459000000000003</v>
+      </c>
+      <c r="O39" s="8">
+        <v>35.241</v>
+      </c>
+      <c r="P39" s="8">
+        <v>35.369999999999997</v>
+      </c>
+      <c r="Q39" s="8">
+        <v>36.018999999999998</v>
+      </c>
+      <c r="R39" s="8">
+        <v>36.905999999999999</v>
+      </c>
+      <c r="S39" s="8">
+        <v>36.42</v>
+      </c>
+      <c r="T39" s="8">
+        <v>39.393000000000001</v>
+      </c>
+      <c r="U39" s="8">
+        <v>38.027999999999999</v>
+      </c>
+      <c r="V39" s="8">
+        <v>38.96</v>
+      </c>
+    </row>
+    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A40" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B40" s="10">
+        <v>50.481000000000002</v>
+      </c>
+      <c r="C40" s="10">
+        <v>47.667000000000002</v>
+      </c>
+      <c r="D40" s="10">
+        <v>50.16</v>
+      </c>
+      <c r="E40" s="10">
+        <v>47.83</v>
+      </c>
+      <c r="F40" s="10">
+        <v>48.466999999999999</v>
+      </c>
+      <c r="G40" s="10">
+        <v>47.95</v>
+      </c>
+      <c r="H40" s="10">
+        <v>42.143000000000001</v>
+      </c>
+      <c r="I40" s="10">
+        <v>42.872999999999998</v>
+      </c>
+      <c r="J40" s="10">
+        <v>42.329000000000001</v>
+      </c>
+      <c r="K40" s="10">
+        <v>37.052</v>
+      </c>
+      <c r="L40" s="10">
+        <v>36.618000000000002</v>
+      </c>
+      <c r="M40" s="10">
+        <v>36.893000000000001</v>
+      </c>
+      <c r="N40" s="10">
+        <v>34.865000000000002</v>
+      </c>
+      <c r="O40" s="10">
+        <v>35.192</v>
+      </c>
+      <c r="P40" s="10">
+        <v>35</v>
+      </c>
+      <c r="Q40" s="10">
+        <v>38.095999999999997</v>
+      </c>
+      <c r="R40" s="10">
+        <v>37.716999999999999</v>
+      </c>
+      <c r="S40" s="10">
+        <v>37.942999999999998</v>
+      </c>
+      <c r="T40" s="10">
+        <v>39.591000000000001</v>
+      </c>
+      <c r="U40" s="10">
+        <v>38.200000000000003</v>
+      </c>
+      <c r="V40" s="10">
+        <v>39.131999999999998</v>
+      </c>
+    </row>
+    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A41" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B41" s="8">
+        <v>49.228000000000002</v>
+      </c>
+      <c r="C41" s="8">
+        <v>50.148000000000003</v>
+      </c>
+      <c r="D41" s="8">
+        <v>49.356000000000002</v>
+      </c>
+      <c r="E41" s="8">
+        <v>47.805999999999997</v>
+      </c>
+      <c r="F41" s="8">
+        <v>48.432000000000002</v>
+      </c>
+      <c r="G41" s="8">
+        <v>47.921999999999997</v>
+      </c>
+      <c r="H41" s="8">
+        <v>42.53</v>
+      </c>
+      <c r="I41" s="8">
+        <v>43.026000000000003</v>
+      </c>
+      <c r="J41" s="8">
+        <v>42.661000000000001</v>
+      </c>
+      <c r="K41" s="8">
+        <v>37.429000000000002</v>
+      </c>
+      <c r="L41" s="8">
+        <v>37.012</v>
+      </c>
+      <c r="M41" s="8">
+        <v>37.277999999999999</v>
+      </c>
+      <c r="N41" s="8">
+        <v>35.170999999999999</v>
+      </c>
+      <c r="O41" s="8">
+        <v>35.094000000000001</v>
+      </c>
+      <c r="P41" s="8">
+        <v>35.137</v>
+      </c>
+      <c r="Q41" s="8">
+        <v>37.03</v>
+      </c>
+      <c r="R41" s="8">
+        <v>37.072000000000003</v>
+      </c>
+      <c r="S41" s="8">
+        <v>37.048000000000002</v>
+      </c>
+      <c r="T41" s="8">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="U41" s="8">
+        <v>38.244</v>
+      </c>
+      <c r="V41" s="8">
+        <v>39.276000000000003</v>
+      </c>
+    </row>
+    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A42" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B42" s="10">
+        <v>50.881999999999998</v>
+      </c>
+      <c r="C42" s="10">
+        <v>49.225999999999999</v>
+      </c>
+      <c r="D42" s="10">
+        <v>50.712000000000003</v>
+      </c>
+      <c r="E42" s="10">
+        <v>48.18</v>
+      </c>
+      <c r="F42" s="10">
+        <v>49.018000000000001</v>
+      </c>
+      <c r="G42" s="10">
+        <v>48.341999999999999</v>
+      </c>
+      <c r="H42" s="10">
+        <v>43.081000000000003</v>
+      </c>
+      <c r="I42" s="10">
+        <v>43.524999999999999</v>
+      </c>
+      <c r="J42" s="10">
+        <v>43.201999999999998</v>
+      </c>
+      <c r="K42" s="10">
+        <v>37.356000000000002</v>
+      </c>
+      <c r="L42" s="10">
+        <v>37.195999999999998</v>
+      </c>
+      <c r="M42" s="10">
+        <v>37.295000000000002</v>
+      </c>
+      <c r="N42" s="10">
+        <v>35.386000000000003</v>
+      </c>
+      <c r="O42" s="10">
+        <v>35.551000000000002</v>
+      </c>
+      <c r="P42" s="10">
+        <v>35.460999999999999</v>
+      </c>
+      <c r="Q42" s="10">
+        <v>37.454000000000001</v>
+      </c>
+      <c r="R42" s="10">
+        <v>36.707999999999998</v>
+      </c>
+      <c r="S42" s="10">
+        <v>37.125999999999998</v>
+      </c>
+      <c r="T42" s="10">
+        <v>39.975999999999999</v>
+      </c>
+      <c r="U42" s="10">
+        <v>38.557000000000002</v>
+      </c>
+      <c r="V42" s="10">
+        <v>39.475999999999999</v>
+      </c>
+    </row>
+    <row r="43" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A43" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B43" s="8">
+        <v>50.838000000000001</v>
+      </c>
+      <c r="C43" s="8">
+        <v>51.194000000000003</v>
+      </c>
+      <c r="D43" s="8">
+        <v>50.875999999999998</v>
+      </c>
+      <c r="E43" s="8">
+        <v>48.26</v>
+      </c>
+      <c r="F43" s="8">
+        <v>48.762999999999998</v>
+      </c>
+      <c r="G43" s="8">
+        <v>48.37</v>
+      </c>
+      <c r="H43" s="8">
+        <v>43.262</v>
+      </c>
+      <c r="I43" s="8">
+        <v>43.951000000000001</v>
+      </c>
+      <c r="J43" s="8">
+        <v>43.460999999999999</v>
+      </c>
+      <c r="K43" s="8">
+        <v>37.588999999999999</v>
+      </c>
+      <c r="L43" s="8">
+        <v>37.302999999999997</v>
+      </c>
+      <c r="M43" s="8">
+        <v>37.482999999999997</v>
+      </c>
+      <c r="N43" s="8">
+        <v>35.716000000000001</v>
+      </c>
+      <c r="O43" s="8">
+        <v>35.720999999999997</v>
+      </c>
+      <c r="P43" s="8">
+        <v>35.718000000000004</v>
+      </c>
+      <c r="Q43" s="8">
+        <v>38.542999999999999</v>
+      </c>
+      <c r="R43" s="8">
+        <v>37.280999999999999</v>
+      </c>
+      <c r="S43" s="8">
+        <v>37.924999999999997</v>
+      </c>
+      <c r="T43" s="8">
+        <v>40.279000000000003</v>
+      </c>
+      <c r="U43" s="8">
+        <v>38.993000000000002</v>
+      </c>
+      <c r="V43" s="8">
+        <v>39.826999999999998</v>
+      </c>
+    </row>
+    <row r="44" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A44" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B44" s="10">
+        <v>50.64</v>
+      </c>
+      <c r="C44" s="10">
+        <v>48.889000000000003</v>
+      </c>
+      <c r="D44" s="10">
+        <v>50.454000000000001</v>
+      </c>
+      <c r="E44" s="10">
+        <v>49.32</v>
+      </c>
+      <c r="F44" s="10">
+        <v>49.341000000000001</v>
+      </c>
+      <c r="G44" s="10">
+        <v>49.325000000000003</v>
+      </c>
+      <c r="H44" s="10">
+        <v>43.764000000000003</v>
+      </c>
+      <c r="I44" s="10">
+        <v>43.783999999999999</v>
+      </c>
+      <c r="J44" s="10">
+        <v>43.77</v>
+      </c>
+      <c r="K44" s="10">
+        <v>38.162999999999997</v>
+      </c>
+      <c r="L44" s="10">
+        <v>37.414999999999999</v>
+      </c>
+      <c r="M44" s="10">
+        <v>37.881999999999998</v>
+      </c>
+      <c r="N44" s="10">
+        <v>36.747</v>
+      </c>
+      <c r="O44" s="10">
+        <v>36.107999999999997</v>
+      </c>
+      <c r="P44" s="10">
+        <v>36.457999999999998</v>
+      </c>
+      <c r="Q44" s="10">
+        <v>39.604999999999997</v>
+      </c>
+      <c r="R44" s="10">
+        <v>38.276000000000003</v>
+      </c>
+      <c r="S44" s="10">
+        <v>39</v>
+      </c>
+      <c r="T44" s="10">
+        <v>40.911999999999999</v>
+      </c>
+      <c r="U44" s="10">
+        <v>39.127000000000002</v>
+      </c>
+      <c r="V44" s="10">
+        <v>40.273000000000003</v>
+      </c>
+    </row>
+    <row r="45" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A45" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B45" s="8">
+        <v>51.404000000000003</v>
+      </c>
+      <c r="C45" s="8">
+        <v>48.411999999999999</v>
+      </c>
+      <c r="D45" s="8">
+        <v>51.082000000000001</v>
+      </c>
+      <c r="E45" s="8">
+        <v>49.448</v>
+      </c>
+      <c r="F45" s="8">
+        <v>49.014000000000003</v>
+      </c>
+      <c r="G45" s="8">
+        <v>49.350999999999999</v>
+      </c>
+      <c r="H45" s="8">
+        <v>44.277000000000001</v>
+      </c>
+      <c r="I45" s="8">
+        <v>44.648000000000003</v>
+      </c>
+      <c r="J45" s="8">
+        <v>44.390999999999998</v>
+      </c>
+      <c r="K45" s="8">
+        <v>38.177</v>
+      </c>
+      <c r="L45" s="8">
+        <v>37.625999999999998</v>
+      </c>
+      <c r="M45" s="8">
+        <v>37.969000000000001</v>
+      </c>
+      <c r="N45" s="8">
+        <v>36.185000000000002</v>
+      </c>
+      <c r="O45" s="8">
+        <v>36.167000000000002</v>
+      </c>
+      <c r="P45" s="8">
+        <v>36.177</v>
+      </c>
+      <c r="Q45" s="8">
+        <v>38.771999999999998</v>
+      </c>
+      <c r="R45" s="8">
+        <v>38.215000000000003</v>
+      </c>
+      <c r="S45" s="8">
+        <v>38.524000000000001</v>
+      </c>
+      <c r="T45" s="8">
+        <v>40.832000000000001</v>
+      </c>
+      <c r="U45" s="8">
+        <v>39.298999999999999</v>
+      </c>
+      <c r="V45" s="8">
+        <v>40.273000000000003</v>
+      </c>
+    </row>
+    <row r="46" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A46" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B46" s="10">
+        <v>51.408000000000001</v>
+      </c>
+      <c r="C46" s="10">
+        <v>50.713999999999999</v>
+      </c>
+      <c r="D46" s="10">
+        <v>51.314999999999998</v>
+      </c>
+      <c r="E46" s="10">
+        <v>50.375999999999998</v>
+      </c>
+      <c r="F46" s="10">
+        <v>49.518999999999998</v>
+      </c>
+      <c r="G46" s="10">
+        <v>50.197000000000003</v>
+      </c>
+      <c r="H46" s="10">
+        <v>44.59</v>
+      </c>
+      <c r="I46" s="10">
+        <v>45.206000000000003</v>
+      </c>
+      <c r="J46" s="10">
+        <v>44.762</v>
+      </c>
+      <c r="K46" s="10">
+        <v>38.173000000000002</v>
+      </c>
+      <c r="L46" s="10">
+        <v>37.720999999999997</v>
+      </c>
+      <c r="M46" s="10">
+        <v>37.997999999999998</v>
+      </c>
+      <c r="N46" s="10">
+        <v>36.359000000000002</v>
+      </c>
+      <c r="O46" s="10">
+        <v>35.86</v>
+      </c>
+      <c r="P46" s="10">
+        <v>36.113</v>
+      </c>
+      <c r="Q46" s="10">
+        <v>38.481999999999999</v>
+      </c>
+      <c r="R46" s="10">
+        <v>37.415999999999997</v>
+      </c>
+      <c r="S46" s="10">
+        <v>38.011000000000003</v>
+      </c>
+      <c r="T46" s="10">
+        <v>41.215000000000003</v>
+      </c>
+      <c r="U46" s="10">
+        <v>39.173000000000002</v>
+      </c>
+      <c r="V46" s="10">
+        <v>40.469000000000001</v>
+      </c>
+    </row>
+    <row r="47" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A47" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B47" s="8">
+        <v>51.584000000000003</v>
+      </c>
+      <c r="C47" s="8">
+        <v>49.106999999999999</v>
+      </c>
+      <c r="D47" s="8">
+        <v>51.112000000000002</v>
+      </c>
+      <c r="E47" s="8">
+        <v>50.85</v>
+      </c>
+      <c r="F47" s="8">
+        <v>50.01</v>
+      </c>
+      <c r="G47" s="8">
+        <v>50.664000000000001</v>
+      </c>
+      <c r="H47" s="8">
+        <v>44.843000000000004</v>
+      </c>
+      <c r="I47" s="8">
+        <v>44.956000000000003</v>
+      </c>
+      <c r="J47" s="8">
+        <v>44.877000000000002</v>
+      </c>
+      <c r="K47" s="8">
+        <v>38.789000000000001</v>
+      </c>
+      <c r="L47" s="8">
+        <v>37.628999999999998</v>
+      </c>
+      <c r="M47" s="8">
+        <v>38.323999999999998</v>
+      </c>
+      <c r="N47" s="8">
+        <v>36.054000000000002</v>
+      </c>
+      <c r="O47" s="8">
+        <v>36.109000000000002</v>
+      </c>
+      <c r="P47" s="8">
+        <v>36.08</v>
+      </c>
+      <c r="Q47" s="8">
+        <v>37.893999999999998</v>
+      </c>
+      <c r="R47" s="8">
+        <v>37.750999999999998</v>
+      </c>
+      <c r="S47" s="8">
+        <v>37.832000000000001</v>
+      </c>
+      <c r="T47" s="8">
+        <v>41.405000000000001</v>
+      </c>
+      <c r="U47" s="8">
+        <v>39.267000000000003</v>
+      </c>
+      <c r="V47" s="8">
+        <v>40.6</v>
+      </c>
+    </row>
+    <row r="48" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A48" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B48" s="10">
+        <v>51.185000000000002</v>
+      </c>
+      <c r="C48" s="10">
+        <v>51.213999999999999</v>
+      </c>
+      <c r="D48" s="10">
+        <v>51.188000000000002</v>
+      </c>
+      <c r="E48" s="10">
+        <v>50.521000000000001</v>
+      </c>
+      <c r="F48" s="10">
+        <v>50.354999999999997</v>
+      </c>
+      <c r="G48" s="10">
+        <v>50.482999999999997</v>
+      </c>
+      <c r="H48" s="10">
+        <v>44.63</v>
+      </c>
+      <c r="I48" s="10">
+        <v>44.970999999999997</v>
+      </c>
+      <c r="J48" s="10">
+        <v>44.737000000000002</v>
+      </c>
+      <c r="K48" s="10">
+        <v>38.521999999999998</v>
+      </c>
+      <c r="L48" s="10">
+        <v>37.546999999999997</v>
+      </c>
+      <c r="M48" s="10">
+        <v>38.128999999999998</v>
+      </c>
+      <c r="N48" s="10">
+        <v>36.043999999999997</v>
+      </c>
+      <c r="O48" s="10">
+        <v>35.728000000000002</v>
+      </c>
+      <c r="P48" s="10">
+        <v>35.887</v>
+      </c>
+      <c r="Q48" s="10">
+        <v>40.325000000000003</v>
+      </c>
+      <c r="R48" s="10">
+        <v>39.851999999999997</v>
+      </c>
+      <c r="S48" s="10">
+        <v>40.104999999999997</v>
+      </c>
+      <c r="T48" s="10">
+        <v>41.335999999999999</v>
+      </c>
+      <c r="U48" s="10">
+        <v>39.332999999999998</v>
+      </c>
+      <c r="V48" s="10">
+        <v>40.561999999999998</v>
+      </c>
+    </row>
+    <row r="49" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A49" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B49" s="8">
+        <v>51.689</v>
+      </c>
+      <c r="C49" s="8">
+        <v>51.710999999999999</v>
+      </c>
+      <c r="D49" s="8">
+        <v>51.692</v>
+      </c>
+      <c r="E49" s="8">
+        <v>50.116</v>
+      </c>
+      <c r="F49" s="8">
+        <v>51.268000000000001</v>
+      </c>
+      <c r="G49" s="8">
+        <v>50.395000000000003</v>
+      </c>
+      <c r="H49" s="8">
+        <v>44.302</v>
+      </c>
+      <c r="I49" s="8">
+        <v>44.625</v>
+      </c>
+      <c r="J49" s="8">
+        <v>44.402000000000001</v>
+      </c>
+      <c r="K49" s="8">
+        <v>38.256999999999998</v>
+      </c>
+      <c r="L49" s="8">
+        <v>37.655999999999999</v>
+      </c>
+      <c r="M49" s="8">
+        <v>38.011000000000003</v>
+      </c>
+      <c r="N49" s="8">
+        <v>36.215000000000003</v>
+      </c>
+      <c r="O49" s="8">
+        <v>35.941000000000003</v>
+      </c>
+      <c r="P49" s="8">
+        <v>36.082999999999998</v>
+      </c>
+      <c r="Q49" s="8">
+        <v>38.945999999999998</v>
+      </c>
+      <c r="R49" s="8">
+        <v>37.555999999999997</v>
+      </c>
+      <c r="S49" s="8">
+        <v>38.283000000000001</v>
+      </c>
+      <c r="T49" s="8">
+        <v>40.893999999999998</v>
+      </c>
+      <c r="U49" s="8">
+        <v>39.231000000000002</v>
+      </c>
+      <c r="V49" s="8">
+        <v>40.246000000000002</v>
+      </c>
+    </row>
+    <row r="50" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A50" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B50" s="10">
+        <v>52.576000000000001</v>
+      </c>
+      <c r="C50" s="10">
+        <v>51.756</v>
+      </c>
+      <c r="D50" s="10">
+        <v>52.427</v>
+      </c>
+      <c r="E50" s="10">
+        <v>50.746000000000002</v>
+      </c>
+      <c r="F50" s="10">
+        <v>50.94</v>
+      </c>
+      <c r="G50" s="10">
+        <v>50.792000000000002</v>
+      </c>
+      <c r="H50" s="10">
+        <v>44.713000000000001</v>
+      </c>
+      <c r="I50" s="10">
+        <v>45.139000000000003</v>
+      </c>
+      <c r="J50" s="10">
+        <v>44.851999999999997</v>
+      </c>
+      <c r="K50" s="10">
+        <v>38.296999999999997</v>
+      </c>
+      <c r="L50" s="10">
+        <v>37.673000000000002</v>
+      </c>
+      <c r="M50" s="10">
+        <v>38.026000000000003</v>
+      </c>
+      <c r="N50" s="10">
+        <v>36.122999999999998</v>
+      </c>
+      <c r="O50" s="10">
+        <v>35.533999999999999</v>
+      </c>
+      <c r="P50" s="10">
+        <v>35.831000000000003</v>
+      </c>
+      <c r="Q50" s="10">
+        <v>39.173999999999999</v>
+      </c>
+      <c r="R50" s="10">
+        <v>37.863999999999997</v>
+      </c>
+      <c r="S50" s="10">
+        <v>38.564</v>
+      </c>
+      <c r="T50" s="10">
+        <v>41.093000000000004</v>
+      </c>
+      <c r="U50" s="10">
+        <v>39.133000000000003</v>
+      </c>
+      <c r="V50" s="10">
+        <v>40.295000000000002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A51" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B51" s="8">
+        <v>53.034999999999997</v>
+      </c>
+      <c r="C51" s="8">
+        <v>51.457999999999998</v>
+      </c>
+      <c r="D51" s="8">
+        <v>52.713999999999999</v>
+      </c>
+      <c r="E51" s="8">
+        <v>50.86</v>
+      </c>
+      <c r="F51" s="8">
+        <v>51.08</v>
+      </c>
+      <c r="G51" s="8">
+        <v>50.917000000000002</v>
+      </c>
+      <c r="H51" s="8">
+        <v>44.924999999999997</v>
+      </c>
+      <c r="I51" s="8">
+        <v>45.472000000000001</v>
+      </c>
+      <c r="J51" s="8">
+        <v>45.106000000000002</v>
+      </c>
+      <c r="K51" s="8">
+        <v>38.258000000000003</v>
+      </c>
+      <c r="L51" s="8">
+        <v>37.277999999999999</v>
+      </c>
+      <c r="M51" s="8">
+        <v>37.828000000000003</v>
+      </c>
+      <c r="N51" s="8">
+        <v>35.585000000000001</v>
+      </c>
+      <c r="O51" s="8">
+        <v>35.362000000000002</v>
+      </c>
+      <c r="P51" s="8">
+        <v>35.472999999999999</v>
+      </c>
+      <c r="Q51" s="8">
+        <v>37.987000000000002</v>
+      </c>
+      <c r="R51" s="8">
+        <v>37.716000000000001</v>
+      </c>
+      <c r="S51" s="8">
+        <v>37.854999999999997</v>
+      </c>
+      <c r="T51" s="8">
+        <v>40.954999999999998</v>
+      </c>
+      <c r="U51" s="8">
+        <v>38.994</v>
+      </c>
+      <c r="V51" s="8">
+        <v>40.143000000000001</v>
+      </c>
+    </row>
+    <row r="52" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A52" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B52" s="10">
+        <v>53.19</v>
+      </c>
+      <c r="C52" s="10">
+        <v>53.143000000000001</v>
+      </c>
+      <c r="D52" s="10">
+        <v>53.182000000000002</v>
+      </c>
+      <c r="E52" s="10">
+        <v>51.274000000000001</v>
+      </c>
+      <c r="F52" s="10">
+        <v>50.905000000000001</v>
+      </c>
+      <c r="G52" s="10">
+        <v>51.180999999999997</v>
+      </c>
+      <c r="H52" s="10">
+        <v>45.359000000000002</v>
+      </c>
+      <c r="I52" s="10">
+        <v>45.331000000000003</v>
+      </c>
+      <c r="J52" s="10">
+        <v>45.35</v>
+      </c>
+      <c r="K52" s="10">
+        <v>38.417999999999999</v>
+      </c>
+      <c r="L52" s="10">
+        <v>37.365000000000002</v>
+      </c>
+      <c r="M52" s="10">
+        <v>37.951000000000001</v>
+      </c>
+      <c r="N52" s="10">
+        <v>35.540999999999997</v>
+      </c>
+      <c r="O52" s="10">
+        <v>35.148000000000003</v>
+      </c>
+      <c r="P52" s="10">
+        <v>35.337000000000003</v>
+      </c>
+      <c r="Q52" s="10">
+        <v>39.286000000000001</v>
+      </c>
+      <c r="R52" s="10">
+        <v>37.792000000000002</v>
+      </c>
+      <c r="S52" s="10">
+        <v>38.625999999999998</v>
+      </c>
+      <c r="T52" s="10">
+        <v>41.332000000000001</v>
+      </c>
+      <c r="U52" s="10">
+        <v>39.034999999999997</v>
+      </c>
+      <c r="V52" s="10">
+        <v>40.369</v>
+      </c>
+    </row>
+    <row r="53" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A53" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B53" s="8">
+        <v>53.588999999999999</v>
+      </c>
+      <c r="C53" s="8">
+        <v>52.511000000000003</v>
+      </c>
+      <c r="D53" s="8">
+        <v>53.412999999999997</v>
+      </c>
+      <c r="E53" s="8">
+        <v>50.944000000000003</v>
+      </c>
+      <c r="F53" s="8">
+        <v>51.383000000000003</v>
+      </c>
+      <c r="G53" s="8">
+        <v>51.058999999999997</v>
+      </c>
+      <c r="H53" s="8">
+        <v>45.204999999999998</v>
+      </c>
+      <c r="I53" s="8">
+        <v>45.402000000000001</v>
+      </c>
+      <c r="J53" s="8">
+        <v>45.274000000000001</v>
+      </c>
+      <c r="K53" s="8">
+        <v>38.692</v>
+      </c>
+      <c r="L53" s="8">
+        <v>37.246000000000002</v>
+      </c>
+      <c r="M53" s="8">
+        <v>38.075000000000003</v>
+      </c>
+      <c r="N53" s="8">
+        <v>35.476999999999997</v>
+      </c>
+      <c r="O53" s="8">
+        <v>35.183999999999997</v>
+      </c>
+      <c r="P53" s="8">
+        <v>35.329000000000001</v>
+      </c>
+      <c r="Q53" s="8">
+        <v>39.4</v>
+      </c>
+      <c r="R53" s="8">
+        <v>38.061</v>
+      </c>
+      <c r="S53" s="8">
+        <v>38.784999999999997</v>
+      </c>
+      <c r="T53" s="8">
+        <v>41.295000000000002</v>
+      </c>
+      <c r="U53" s="8">
+        <v>39.152999999999999</v>
+      </c>
+      <c r="V53" s="8">
+        <v>40.417000000000002</v>
+      </c>
+    </row>
+    <row r="54" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A54" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B54" s="10">
+        <v>53.936</v>
+      </c>
+      <c r="C54" s="10">
+        <v>51.8</v>
+      </c>
+      <c r="D54" s="10">
+        <v>53.506999999999998</v>
+      </c>
+      <c r="E54" s="10">
+        <v>51.36</v>
+      </c>
+      <c r="F54" s="10">
+        <v>51.728999999999999</v>
+      </c>
+      <c r="G54" s="10">
+        <v>51.46</v>
+      </c>
+      <c r="H54" s="10">
+        <v>45.488</v>
+      </c>
+      <c r="I54" s="10">
+        <v>45.408000000000001</v>
+      </c>
+      <c r="J54" s="10">
+        <v>45.459000000000003</v>
+      </c>
+      <c r="K54" s="10">
+        <v>39.152999999999999</v>
+      </c>
+      <c r="L54" s="10">
+        <v>37.465000000000003</v>
+      </c>
+      <c r="M54" s="10">
+        <v>38.404000000000003</v>
+      </c>
+      <c r="N54" s="10">
+        <v>35.601999999999997</v>
+      </c>
+      <c r="O54" s="10">
+        <v>34.868000000000002</v>
+      </c>
+      <c r="P54" s="10">
+        <v>35.225000000000001</v>
+      </c>
+      <c r="Q54" s="10">
+        <v>39.499000000000002</v>
+      </c>
+      <c r="R54" s="10">
+        <v>36.610999999999997</v>
+      </c>
+      <c r="S54" s="10">
+        <v>38.158000000000001</v>
+      </c>
+      <c r="T54" s="10">
+        <v>41.512</v>
+      </c>
+      <c r="U54" s="10">
+        <v>39.031999999999996</v>
+      </c>
+      <c r="V54" s="10">
+        <v>40.459000000000003</v>
+      </c>
+    </row>
+    <row r="55" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A55" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B55" s="8">
+        <v>53.070999999999998</v>
+      </c>
+      <c r="C55" s="8">
+        <v>52.305999999999997</v>
+      </c>
+      <c r="D55" s="8">
+        <v>52.912999999999997</v>
+      </c>
+      <c r="E55" s="8">
+        <v>51.548999999999999</v>
+      </c>
+      <c r="F55" s="8">
+        <v>51.146999999999998</v>
+      </c>
+      <c r="G55" s="8">
+        <v>51.432000000000002</v>
+      </c>
+      <c r="H55" s="8">
+        <v>45.356000000000002</v>
+      </c>
+      <c r="I55" s="8">
+        <v>45.137999999999998</v>
+      </c>
+      <c r="J55" s="8">
+        <v>45.276000000000003</v>
+      </c>
+      <c r="K55" s="8">
+        <v>38.863</v>
+      </c>
+      <c r="L55" s="8">
+        <v>37.15</v>
+      </c>
+      <c r="M55" s="8">
+        <v>38.093000000000004</v>
+      </c>
+      <c r="N55" s="8">
+        <v>35.664000000000001</v>
+      </c>
+      <c r="O55" s="8">
+        <v>35.289000000000001</v>
+      </c>
+      <c r="P55" s="8">
+        <v>35.469000000000001</v>
+      </c>
+      <c r="Q55" s="8">
+        <v>39.357999999999997</v>
+      </c>
+      <c r="R55" s="8">
+        <v>36.854999999999997</v>
+      </c>
+      <c r="S55" s="8">
+        <v>38.195</v>
+      </c>
+      <c r="T55" s="8">
+        <v>41.292999999999999</v>
+      </c>
+      <c r="U55" s="8">
+        <v>38.889000000000003</v>
+      </c>
+      <c r="V55" s="8">
+        <v>40.252000000000002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A56" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B56" s="10">
+        <v>53.494999999999997</v>
+      </c>
+      <c r="C56" s="10">
+        <v>52.826999999999998</v>
+      </c>
+      <c r="D56" s="10">
+        <v>53.368000000000002</v>
+      </c>
+      <c r="E56" s="10">
+        <v>51.83</v>
+      </c>
+      <c r="F56" s="10">
+        <v>51.832000000000001</v>
+      </c>
+      <c r="G56" s="10">
+        <v>51.83</v>
+      </c>
+      <c r="H56" s="10">
+        <v>45.585000000000001</v>
+      </c>
+      <c r="I56" s="10">
+        <v>45.418999999999997</v>
+      </c>
+      <c r="J56" s="10">
+        <v>45.523000000000003</v>
+      </c>
+      <c r="K56" s="10">
+        <v>38.609000000000002</v>
+      </c>
+      <c r="L56" s="10">
+        <v>37.067</v>
+      </c>
+      <c r="M56" s="10">
+        <v>37.902999999999999</v>
+      </c>
+      <c r="N56" s="10">
+        <v>35.712000000000003</v>
+      </c>
+      <c r="O56" s="10">
+        <v>35.027000000000001</v>
+      </c>
+      <c r="P56" s="10">
+        <v>35.344999999999999</v>
+      </c>
+      <c r="Q56" s="10">
+        <v>39.651000000000003</v>
+      </c>
+      <c r="R56" s="10">
+        <v>36.994</v>
+      </c>
+      <c r="S56" s="10">
+        <v>38.384999999999998</v>
+      </c>
+      <c r="T56" s="10">
+        <v>41.524999999999999</v>
+      </c>
+      <c r="U56" s="10">
+        <v>38.973999999999997</v>
+      </c>
+      <c r="V56" s="10">
+        <v>40.409999999999997</v>
+      </c>
+    </row>
+    <row r="57" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A57" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B57" s="8">
+        <v>53.003999999999998</v>
+      </c>
+      <c r="C57" s="8">
+        <v>52.591000000000001</v>
+      </c>
+      <c r="D57" s="8">
+        <v>52.912999999999997</v>
+      </c>
+      <c r="E57" s="8">
+        <v>51.5</v>
+      </c>
+      <c r="F57" s="8">
+        <v>51.652999999999999</v>
+      </c>
+      <c r="G57" s="8">
+        <v>51.546999999999997</v>
+      </c>
+      <c r="H57" s="8">
+        <v>45.368000000000002</v>
+      </c>
+      <c r="I57" s="8">
+        <v>45.192999999999998</v>
+      </c>
+      <c r="J57" s="8">
+        <v>45.301000000000002</v>
+      </c>
+      <c r="K57" s="8">
+        <v>38.74</v>
+      </c>
+      <c r="L57" s="8">
+        <v>37.210999999999999</v>
+      </c>
+      <c r="M57" s="8">
+        <v>38.015999999999998</v>
+      </c>
+      <c r="N57" s="8">
+        <v>35.482999999999997</v>
+      </c>
+      <c r="O57" s="8">
+        <v>34.853000000000002</v>
+      </c>
+      <c r="P57" s="8">
+        <v>35.14</v>
+      </c>
+      <c r="Q57" s="8">
+        <v>40.109000000000002</v>
+      </c>
+      <c r="R57" s="8">
+        <v>38.292999999999999</v>
+      </c>
+      <c r="S57" s="8">
+        <v>39.218000000000004</v>
+      </c>
+      <c r="T57" s="8">
+        <v>41.421999999999997</v>
+      </c>
+      <c r="U57" s="8">
+        <v>39.088999999999999</v>
+      </c>
+      <c r="V57" s="8">
+        <v>40.365000000000002</v>
+      </c>
+    </row>
+    <row r="58" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A58" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B58" s="10">
+        <v>54.814</v>
+      </c>
+      <c r="C58" s="10">
+        <v>53.481999999999999</v>
+      </c>
+      <c r="D58" s="10">
+        <v>54.484999999999999</v>
+      </c>
+      <c r="E58" s="10">
+        <v>51.988</v>
+      </c>
+      <c r="F58" s="10">
+        <v>51.981000000000002</v>
+      </c>
+      <c r="G58" s="10">
+        <v>51.985999999999997</v>
+      </c>
+      <c r="H58" s="10">
+        <v>45.180999999999997</v>
+      </c>
+      <c r="I58" s="10">
+        <v>45.484000000000002</v>
+      </c>
+      <c r="J58" s="10">
+        <v>45.301000000000002</v>
+      </c>
+      <c r="K58" s="10">
+        <v>38.460999999999999</v>
+      </c>
+      <c r="L58" s="10">
+        <v>36.984999999999999</v>
+      </c>
+      <c r="M58" s="10">
+        <v>37.747</v>
+      </c>
+      <c r="N58" s="10">
+        <v>36.01</v>
+      </c>
+      <c r="O58" s="10">
+        <v>35.307000000000002</v>
+      </c>
+      <c r="P58" s="10">
+        <v>35.622999999999998</v>
+      </c>
+      <c r="Q58" s="10">
+        <v>39.082999999999998</v>
+      </c>
+      <c r="R58" s="10">
+        <v>36.811</v>
+      </c>
+      <c r="S58" s="10">
+        <v>37.860999999999997</v>
+      </c>
+      <c r="T58" s="10">
+        <v>41.256999999999998</v>
+      </c>
+      <c r="U58" s="10">
+        <v>38.877000000000002</v>
+      </c>
+      <c r="V58" s="10">
+        <v>40.15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A59" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B59" s="8">
+        <v>53.561999999999998</v>
+      </c>
+      <c r="C59" s="8">
+        <v>53.085999999999999</v>
+      </c>
+      <c r="D59" s="8">
+        <v>53.448</v>
+      </c>
+      <c r="E59" s="8">
+        <v>52.081000000000003</v>
+      </c>
+      <c r="F59" s="8">
+        <v>52.112000000000002</v>
+      </c>
+      <c r="G59" s="8">
+        <v>52.091000000000001</v>
+      </c>
+      <c r="H59" s="8">
+        <v>45.473999999999997</v>
+      </c>
+      <c r="I59" s="8">
+        <v>44.668999999999997</v>
+      </c>
+      <c r="J59" s="8">
+        <v>45.16</v>
+      </c>
+      <c r="K59" s="8">
+        <v>38.944000000000003</v>
+      </c>
+      <c r="L59" s="8">
+        <v>37.088999999999999</v>
+      </c>
+      <c r="M59" s="8">
+        <v>38.055</v>
+      </c>
+      <c r="N59" s="8">
+        <v>35.609000000000002</v>
+      </c>
+      <c r="O59" s="8">
+        <v>35.118000000000002</v>
+      </c>
+      <c r="P59" s="8">
+        <v>35.344999999999999</v>
+      </c>
+      <c r="Q59" s="8">
+        <v>38.863999999999997</v>
+      </c>
+      <c r="R59" s="8">
+        <v>37.183</v>
+      </c>
+      <c r="S59" s="8">
+        <v>37.927</v>
+      </c>
+      <c r="T59" s="8">
+        <v>41.636000000000003</v>
+      </c>
+      <c r="U59" s="8">
+        <v>39.051000000000002</v>
+      </c>
+      <c r="V59" s="8">
+        <v>40.451000000000001</v>
+      </c>
+    </row>
+    <row r="60" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A60" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B60" s="10">
+        <v>54.232999999999997</v>
+      </c>
+      <c r="C60" s="10">
+        <v>53.828000000000003</v>
+      </c>
+      <c r="D60" s="10">
+        <v>54.131999999999998</v>
+      </c>
+      <c r="E60" s="10">
+        <v>52.051000000000002</v>
+      </c>
+      <c r="F60" s="10">
+        <v>51.67</v>
+      </c>
+      <c r="G60" s="10">
+        <v>51.92</v>
+      </c>
+      <c r="H60" s="10">
+        <v>45.128</v>
+      </c>
+      <c r="I60" s="10">
+        <v>44.970999999999997</v>
+      </c>
+      <c r="J60" s="10">
+        <v>45.061999999999998</v>
+      </c>
+      <c r="K60" s="10">
+        <v>38.906999999999996</v>
+      </c>
+      <c r="L60" s="10">
+        <v>37.045000000000002</v>
+      </c>
+      <c r="M60" s="10">
+        <v>38.006</v>
+      </c>
+      <c r="N60" s="10">
+        <v>35.781999999999996</v>
+      </c>
+      <c r="O60" s="10">
+        <v>34.851999999999997</v>
+      </c>
+      <c r="P60" s="10">
+        <v>35.274000000000001</v>
+      </c>
+      <c r="Q60" s="10">
+        <v>38.798999999999999</v>
+      </c>
+      <c r="R60" s="10">
+        <v>35.86</v>
+      </c>
+      <c r="S60" s="10">
+        <v>37.176000000000002</v>
+      </c>
+      <c r="T60" s="10">
+        <v>41.564999999999998</v>
+      </c>
+      <c r="U60" s="10">
+        <v>39.119999999999997</v>
+      </c>
+      <c r="V60" s="10">
+        <v>40.417999999999999</v>
+      </c>
+    </row>
+    <row r="61" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A61" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B61" s="8">
+        <v>53.198999999999998</v>
+      </c>
+      <c r="C61" s="8">
+        <v>51.959000000000003</v>
+      </c>
+      <c r="D61" s="8">
+        <v>52.857999999999997</v>
+      </c>
+      <c r="E61" s="8">
+        <v>52.064</v>
+      </c>
+      <c r="F61" s="8">
+        <v>51.863</v>
+      </c>
+      <c r="G61" s="8">
+        <v>51.996000000000002</v>
+      </c>
+      <c r="H61" s="8">
+        <v>45.43</v>
+      </c>
+      <c r="I61" s="8">
+        <v>44.707000000000001</v>
+      </c>
+      <c r="J61" s="8">
+        <v>45.133000000000003</v>
+      </c>
+      <c r="K61" s="8">
+        <v>38.93</v>
+      </c>
+      <c r="L61" s="8">
+        <v>36.966999999999999</v>
+      </c>
+      <c r="M61" s="8">
+        <v>37.963999999999999</v>
+      </c>
+      <c r="N61" s="8">
+        <v>36.107999999999997</v>
+      </c>
+      <c r="O61" s="8">
+        <v>35.151000000000003</v>
+      </c>
+      <c r="P61" s="8">
+        <v>35.593000000000004</v>
+      </c>
+      <c r="Q61" s="8">
+        <v>38.622999999999998</v>
+      </c>
+      <c r="R61" s="8">
+        <v>36.978999999999999</v>
+      </c>
+      <c r="S61" s="8">
+        <v>37.771000000000001</v>
+      </c>
+      <c r="T61" s="8">
+        <v>41.680999999999997</v>
+      </c>
+      <c r="U61" s="8">
+        <v>39.131</v>
+      </c>
+      <c r="V61" s="8">
+        <v>40.487000000000002</v>
+      </c>
+    </row>
+    <row r="62" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A62" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="B62" s="10">
+        <v>54.591000000000001</v>
+      </c>
+      <c r="C62" s="10">
+        <v>51.789000000000001</v>
+      </c>
+      <c r="D62" s="10">
+        <v>53.87</v>
+      </c>
+      <c r="E62" s="10">
+        <v>52.317</v>
+      </c>
+      <c r="F62" s="10">
+        <v>51.957999999999998</v>
+      </c>
+      <c r="G62" s="10">
+        <v>52.188000000000002</v>
+      </c>
+      <c r="H62" s="10">
+        <v>45.098999999999997</v>
+      </c>
+      <c r="I62" s="10">
+        <v>44.737000000000002</v>
+      </c>
+      <c r="J62" s="10">
+        <v>44.94</v>
+      </c>
+      <c r="K62" s="10">
+        <v>38.502000000000002</v>
+      </c>
+      <c r="L62" s="10">
+        <v>37.112000000000002</v>
+      </c>
+      <c r="M62" s="10">
+        <v>37.805999999999997</v>
+      </c>
+      <c r="N62" s="10">
+        <v>36.344000000000001</v>
+      </c>
+      <c r="O62" s="10">
+        <v>35.360999999999997</v>
+      </c>
+      <c r="P62" s="10">
+        <v>35.787999999999997</v>
+      </c>
+      <c r="Q62" s="10">
+        <v>39.396000000000001</v>
+      </c>
+      <c r="R62" s="10">
+        <v>37.430999999999997</v>
+      </c>
+      <c r="S62" s="10">
+        <v>38.343000000000004</v>
+      </c>
+      <c r="T62" s="10">
+        <v>41.475000000000001</v>
+      </c>
+      <c r="U62" s="10">
+        <v>39.319000000000003</v>
+      </c>
+      <c r="V62" s="10">
+        <v>40.427</v>
+      </c>
+    </row>
+    <row r="63" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A63" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="B63" s="8">
+        <v>54.241999999999997</v>
+      </c>
+      <c r="C63" s="8">
+        <v>52.847000000000001</v>
+      </c>
+      <c r="D63" s="8">
+        <v>53.76</v>
+      </c>
+      <c r="E63" s="8">
+        <v>52.497999999999998</v>
+      </c>
+      <c r="F63" s="8">
+        <v>51.752000000000002</v>
+      </c>
+      <c r="G63" s="8">
+        <v>52.228000000000002</v>
+      </c>
+      <c r="H63" s="8">
+        <v>45.472999999999999</v>
+      </c>
+      <c r="I63" s="8">
+        <v>44.594000000000001</v>
+      </c>
+      <c r="J63" s="8">
+        <v>45.073999999999998</v>
+      </c>
+      <c r="K63" s="8">
+        <v>38.779000000000003</v>
+      </c>
+      <c r="L63" s="8">
+        <v>37.122999999999998</v>
+      </c>
+      <c r="M63" s="8">
+        <v>37.957000000000001</v>
+      </c>
+      <c r="N63" s="8">
+        <v>35.795000000000002</v>
+      </c>
+      <c r="O63" s="8">
+        <v>35.356000000000002</v>
+      </c>
+      <c r="P63" s="8">
+        <v>35.552999999999997</v>
+      </c>
+      <c r="Q63" s="8">
+        <v>40.225000000000001</v>
+      </c>
+      <c r="R63" s="8">
+        <v>37.057000000000002</v>
+      </c>
+      <c r="S63" s="8">
+        <v>38.488</v>
+      </c>
+      <c r="T63" s="8">
+        <v>41.567</v>
+      </c>
+      <c r="U63" s="8">
+        <v>39.29</v>
+      </c>
+      <c r="V63" s="8">
+        <v>40.462000000000003</v>
+      </c>
+    </row>
+    <row r="64" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A64" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="B64" s="10">
+        <v>53.478999999999999</v>
+      </c>
+      <c r="C64" s="10">
+        <v>54.173000000000002</v>
+      </c>
+      <c r="D64" s="10">
+        <v>53.715000000000003</v>
+      </c>
+      <c r="E64" s="10">
+        <v>51.750999999999998</v>
+      </c>
+      <c r="F64" s="10">
+        <v>51.581000000000003</v>
+      </c>
+      <c r="G64" s="10">
+        <v>51.686</v>
+      </c>
+      <c r="H64" s="10">
+        <v>45.326999999999998</v>
+      </c>
+      <c r="I64" s="10">
+        <v>44.398000000000003</v>
+      </c>
+      <c r="J64" s="10">
+        <v>44.901000000000003</v>
+      </c>
+      <c r="K64" s="10">
+        <v>38.686999999999998</v>
+      </c>
+      <c r="L64" s="10">
+        <v>37.048000000000002</v>
+      </c>
+      <c r="M64" s="10">
+        <v>37.880000000000003</v>
+      </c>
+      <c r="N64" s="10">
+        <v>36.143000000000001</v>
+      </c>
+      <c r="O64" s="10">
+        <v>35.347999999999999</v>
+      </c>
+      <c r="P64" s="10">
+        <v>35.707999999999998</v>
+      </c>
+      <c r="Q64" s="10">
+        <v>39.884</v>
+      </c>
+      <c r="R64" s="10">
+        <v>36.631</v>
+      </c>
+      <c r="S64" s="10">
+        <v>38.219000000000001</v>
+      </c>
+      <c r="T64" s="10">
+        <v>41.427999999999997</v>
+      </c>
+      <c r="U64" s="10">
+        <v>39.365000000000002</v>
+      </c>
+      <c r="V64" s="10">
+        <v>40.430999999999997</v>
+      </c>
+    </row>
+    <row r="65" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A65" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B65" s="8">
+        <v>54.16</v>
+      </c>
+      <c r="C65" s="8">
+        <v>52.335999999999999</v>
+      </c>
+      <c r="D65" s="8">
+        <v>53.561999999999998</v>
+      </c>
+      <c r="E65" s="8">
+        <v>52.100999999999999</v>
+      </c>
+      <c r="F65" s="8">
+        <v>51.475999999999999</v>
+      </c>
+      <c r="G65" s="8">
+        <v>51.860999999999997</v>
+      </c>
+      <c r="H65" s="8">
+        <v>45.113</v>
+      </c>
+      <c r="I65" s="8">
+        <v>44.631999999999998</v>
+      </c>
+      <c r="J65" s="8">
+        <v>44.884</v>
+      </c>
+      <c r="K65" s="8">
+        <v>39.14</v>
+      </c>
+      <c r="L65" s="8">
+        <v>37.276000000000003</v>
+      </c>
+      <c r="M65" s="8">
+        <v>38.213000000000001</v>
+      </c>
+      <c r="N65" s="8">
+        <v>35.497</v>
+      </c>
+      <c r="O65" s="8">
+        <v>35.238</v>
+      </c>
+      <c r="P65" s="8">
+        <v>35.351999999999997</v>
+      </c>
+      <c r="Q65" s="8">
+        <v>38.241999999999997</v>
+      </c>
+      <c r="R65" s="8">
+        <v>36.673000000000002</v>
+      </c>
+      <c r="S65" s="8">
+        <v>37.402000000000001</v>
+      </c>
+      <c r="T65" s="8">
+        <v>41.718000000000004</v>
+      </c>
+      <c r="U65" s="8">
+        <v>39.691000000000003</v>
+      </c>
+      <c r="V65" s="8">
+        <v>40.725999999999999</v>
+      </c>
+    </row>
+    <row r="66" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A66" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="B66" s="10">
+        <v>53.826999999999998</v>
+      </c>
+      <c r="C66" s="10">
+        <v>52.881</v>
+      </c>
+      <c r="D66" s="10">
+        <v>53.487000000000002</v>
+      </c>
+      <c r="E66" s="10">
+        <v>51.807000000000002</v>
+      </c>
+      <c r="F66" s="10">
+        <v>51.055</v>
+      </c>
+      <c r="G66" s="10">
+        <v>51.503999999999998</v>
+      </c>
+      <c r="H66" s="10">
+        <v>45.085000000000001</v>
+      </c>
+      <c r="I66" s="10">
+        <v>44.140999999999998</v>
+      </c>
+      <c r="J66" s="10">
+        <v>44.62</v>
+      </c>
+      <c r="K66" s="10">
+        <v>38.957000000000001</v>
+      </c>
+      <c r="L66" s="10">
+        <v>37.39</v>
+      </c>
+      <c r="M66" s="10">
+        <v>38.17</v>
+      </c>
+      <c r="N66" s="10">
+        <v>36.241999999999997</v>
+      </c>
+      <c r="O66" s="10">
+        <v>35.716000000000001</v>
+      </c>
+      <c r="P66" s="10">
+        <v>35.939</v>
+      </c>
+      <c r="Q66" s="10">
+        <v>40.182000000000002</v>
+      </c>
+      <c r="R66" s="10">
+        <v>37.433</v>
+      </c>
+      <c r="S66" s="10">
+        <v>38.664999999999999</v>
+      </c>
+      <c r="T66" s="10">
+        <v>41.701999999999998</v>
+      </c>
+      <c r="U66" s="10">
+        <v>39.76</v>
+      </c>
+      <c r="V66" s="10">
+        <v>40.728000000000002</v>
+      </c>
+    </row>
+    <row r="67" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A67" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B67" s="8">
+        <v>53.765999999999998</v>
+      </c>
+      <c r="C67" s="8">
+        <v>51.825000000000003</v>
+      </c>
+      <c r="D67" s="8">
+        <v>53.133000000000003</v>
+      </c>
+      <c r="E67" s="8">
+        <v>51.238</v>
+      </c>
+      <c r="F67" s="8">
+        <v>50.691000000000003</v>
+      </c>
+      <c r="G67" s="8">
+        <v>51.012999999999998</v>
+      </c>
+      <c r="H67" s="8">
+        <v>44.652999999999999</v>
+      </c>
+      <c r="I67" s="8">
+        <v>43.98</v>
+      </c>
+      <c r="J67" s="8">
+        <v>44.314999999999998</v>
+      </c>
+      <c r="K67" s="8">
+        <v>38.261000000000003</v>
+      </c>
+      <c r="L67" s="8">
+        <v>36.911999999999999</v>
+      </c>
+      <c r="M67" s="8">
+        <v>37.567999999999998</v>
+      </c>
+      <c r="N67" s="8">
+        <v>36.078000000000003</v>
+      </c>
+      <c r="O67" s="8">
+        <v>35.442999999999998</v>
+      </c>
+      <c r="P67" s="8">
+        <v>35.71</v>
+      </c>
+      <c r="Q67" s="8">
+        <v>38.997999999999998</v>
+      </c>
+      <c r="R67" s="8">
+        <v>38.325000000000003</v>
+      </c>
+      <c r="S67" s="8">
+        <v>38.64</v>
+      </c>
+      <c r="T67" s="8">
+        <v>41.393999999999998</v>
+      </c>
+      <c r="U67" s="8">
+        <v>39.677999999999997</v>
+      </c>
+      <c r="V67" s="8">
+        <v>40.521999999999998</v>
+      </c>
+    </row>
+    <row r="68" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A68" s="29" t="s">
+        <v>96</v>
+      </c>
       <c r="B68" s="30">
-        <v>61.256999999999998</v>
+        <v>55.491999999999997</v>
       </c>
       <c r="C68" s="30">
-        <v>58.42</v>
+        <v>52.427</v>
       </c>
       <c r="D68" s="30">
-        <v>60.548999999999999</v>
+        <v>54.487000000000002</v>
       </c>
       <c r="E68" s="30">
-        <v>62.337000000000003</v>
+        <v>51.850999999999999</v>
       </c>
       <c r="F68" s="30">
-        <v>58.801000000000002</v>
+        <v>50.853000000000002</v>
       </c>
       <c r="G68" s="30">
-        <v>61.359000000000002</v>
+        <v>51.423999999999999</v>
       </c>
       <c r="H68" s="30">
-        <v>51.988999999999997</v>
+        <v>44.807000000000002</v>
       </c>
       <c r="I68" s="30">
-        <v>50.533000000000001</v>
+        <v>44.14</v>
       </c>
       <c r="J68" s="30">
-        <v>51.466999999999999</v>
+        <v>44.475999999999999</v>
       </c>
       <c r="K68" s="30">
-        <v>45.023000000000003</v>
+        <v>38.344000000000001</v>
       </c>
       <c r="L68" s="30">
-        <v>43.969000000000001</v>
+        <v>37.072000000000003</v>
       </c>
       <c r="M68" s="30">
-        <v>44.588000000000001</v>
+        <v>37.697000000000003</v>
       </c>
       <c r="N68" s="30">
-        <v>42.993000000000002</v>
+        <v>35.432000000000002</v>
       </c>
       <c r="O68" s="30">
-        <v>41.957000000000001</v>
+        <v>35.042000000000002</v>
       </c>
       <c r="P68" s="30">
-        <v>42.587000000000003</v>
+        <v>35.207000000000001</v>
       </c>
       <c r="Q68" s="30">
-        <v>48.015000000000001</v>
+        <v>41.509</v>
       </c>
       <c r="R68" s="30">
-        <v>45.127000000000002</v>
+        <v>39.079000000000001</v>
       </c>
       <c r="S68" s="30">
-        <v>46.792000000000002</v>
+        <v>40.313000000000002</v>
       </c>
       <c r="T68" s="30">
-        <v>50.625</v>
+        <v>41.753</v>
       </c>
       <c r="U68" s="30">
-        <v>47.503</v>
+        <v>40.03</v>
       </c>
       <c r="V68" s="30">
-        <v>49.466000000000001</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:27" s="28" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40.886000000000003</v>
+      </c>
+    </row>
+    <row r="69" spans="1:28" s="28" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69"/>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69"/>
       <c r="I69"/>
       <c r="J69"/>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69"/>
       <c r="R69"/>
       <c r="S69"/>
       <c r="T69"/>
       <c r="U69"/>
       <c r="V69"/>
     </row>
-    <row r="70" spans="1:27" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:28" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A70" s="11" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:27" s="11" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="71" spans="1:28" s="11" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A71" s="11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B71" s="13"/>
       <c r="C71" s="13"/>
       <c r="D71" s="13"/>
       <c r="E71" s="13"/>
       <c r="F71" s="13"/>
       <c r="G71" s="13"/>
       <c r="H71" s="13"/>
       <c r="I71" s="13"/>
       <c r="J71" s="13"/>
       <c r="K71" s="13"/>
       <c r="L71" s="13"/>
       <c r="M71" s="13"/>
       <c r="N71" s="13"/>
       <c r="O71" s="13"/>
     </row>
-    <row r="73" spans="1:27" s="12" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:28" s="12" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A73" s="11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P73" s="3"/>
       <c r="Q73" s="3"/>
       <c r="R73" s="3"/>
       <c r="S73" s="3"/>
       <c r="T73" s="3"/>
       <c r="U73" s="3"/>
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
-    </row>
-[...4461 lines deleted...]
-      <c r="AB72" s="3"/>
+      <c r="AB73" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="Q9:S9"/>
     <mergeCell ref="T9:V9"/>
     <mergeCell ref="A1:V1"/>
     <mergeCell ref="A2:V2"/>
     <mergeCell ref="A4:V7"/>
     <mergeCell ref="B8:V8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="H9:J9"/>
     <mergeCell ref="K9:M9"/>
     <mergeCell ref="N9:P9"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;R&amp;9©2025 Association of American Medical Colleges
+    <oddFooter>&amp;R&amp;9©2026 AAMC
 The data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{75005B09-98C6-4FA1-884D-45DC0D2ADD3A}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AB73"/>
+  <dimension ref="A1:AB74"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="11" style="12" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" style="12" customWidth="1"/>
     <col min="4" max="5" width="11" style="12" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" style="12" customWidth="1"/>
     <col min="7" max="8" width="11" style="12" customWidth="1"/>
     <col min="9" max="9" width="11.85546875" style="12" customWidth="1"/>
     <col min="10" max="11" width="11" style="12" customWidth="1"/>
     <col min="12" max="12" width="11.85546875" style="12" customWidth="1"/>
     <col min="13" max="14" width="11" style="12" customWidth="1"/>
     <col min="15" max="15" width="11.85546875" style="12" customWidth="1"/>
     <col min="16" max="17" width="11" style="3" customWidth="1"/>
     <col min="18" max="18" width="11.85546875" style="3" customWidth="1"/>
     <col min="19" max="20" width="11" style="3" customWidth="1"/>
     <col min="21" max="21" width="11.85546875" style="3" customWidth="1"/>
     <col min="22" max="22" width="11" style="3" customWidth="1"/>
-    <col min="23" max="16384" width="9.140625" style="3"/>
+    <col min="23" max="23" width="12.7109375" style="3" customWidth="1"/>
+    <col min="24" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
       <c r="M1" s="20"/>
       <c r="N1" s="20"/>
       <c r="O1" s="20"/>
       <c r="P1" s="20"/>
       <c r="Q1" s="20"/>
       <c r="R1" s="20"/>
       <c r="S1" s="20"/>
       <c r="T1" s="20"/>
       <c r="U1" s="20"/>
       <c r="V1" s="20"/>
     </row>
-    <row r="2" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
       <c r="E2" s="20"/>
       <c r="F2" s="20"/>
       <c r="G2" s="20"/>
       <c r="H2" s="20"/>
       <c r="I2" s="20"/>
       <c r="J2" s="20"/>
       <c r="K2" s="20"/>
       <c r="L2" s="20"/>
       <c r="M2" s="20"/>
       <c r="N2" s="20"/>
       <c r="O2" s="20"/>
       <c r="P2" s="20"/>
       <c r="Q2" s="20"/>
       <c r="R2" s="20"/>
       <c r="S2" s="20"/>
       <c r="T2" s="20"/>
       <c r="U2" s="20"/>
       <c r="V2" s="20"/>
     </row>
-    <row r="3" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="26" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="26"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="26"/>
       <c r="I3" s="26"/>
       <c r="J3" s="26"/>
       <c r="K3" s="26"/>
       <c r="L3" s="26"/>
       <c r="M3" s="26"/>
       <c r="N3" s="26"/>
       <c r="O3" s="26"/>
       <c r="P3" s="26"/>
       <c r="Q3" s="26"/>
       <c r="R3" s="26"/>
       <c r="S3" s="26"/>
       <c r="T3" s="26"/>
       <c r="U3" s="26"/>
       <c r="V3" s="26"/>
     </row>
-    <row r="4" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="26"/>
       <c r="B4" s="26"/>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="26"/>
       <c r="L4" s="26"/>
       <c r="M4" s="26"/>
       <c r="N4" s="26"/>
       <c r="O4" s="26"/>
       <c r="P4" s="26"/>
       <c r="Q4" s="26"/>
       <c r="R4" s="26"/>
       <c r="S4" s="26"/>
       <c r="T4" s="26"/>
       <c r="U4" s="26"/>
       <c r="V4" s="26"/>
     </row>
-    <row r="5" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="26"/>
       <c r="B5" s="26"/>
       <c r="C5" s="26"/>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="26"/>
       <c r="M5" s="26"/>
       <c r="N5" s="26"/>
       <c r="O5" s="26"/>
       <c r="P5" s="26"/>
       <c r="Q5" s="26"/>
       <c r="R5" s="26"/>
       <c r="S5" s="26"/>
       <c r="T5" s="26"/>
       <c r="U5" s="26"/>
       <c r="V5" s="26"/>
     </row>
-    <row r="6" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="26"/>
       <c r="B6" s="26"/>
       <c r="C6" s="26"/>
       <c r="D6" s="26"/>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
       <c r="G6" s="26"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="26"/>
       <c r="K6" s="26"/>
       <c r="L6" s="26"/>
       <c r="M6" s="26"/>
       <c r="N6" s="26"/>
       <c r="O6" s="26"/>
       <c r="P6" s="26"/>
       <c r="Q6" s="26"/>
       <c r="R6" s="26"/>
       <c r="S6" s="26"/>
       <c r="T6" s="26"/>
       <c r="U6" s="26"/>
       <c r="V6" s="26"/>
     </row>
-    <row r="7" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="26"/>
       <c r="B7" s="26"/>
       <c r="C7" s="26"/>
       <c r="D7" s="26"/>
       <c r="E7" s="26"/>
       <c r="F7" s="26"/>
       <c r="G7" s="26"/>
       <c r="H7" s="26"/>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="26"/>
       <c r="L7" s="26"/>
       <c r="M7" s="26"/>
       <c r="N7" s="26"/>
       <c r="O7" s="26"/>
       <c r="P7" s="26"/>
       <c r="Q7" s="26"/>
       <c r="R7" s="26"/>
       <c r="S7" s="26"/>
       <c r="T7" s="26"/>
       <c r="U7" s="26"/>
       <c r="V7" s="26"/>
     </row>
-    <row r="8" spans="1:23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="27"/>
       <c r="B8" s="27"/>
       <c r="C8" s="27"/>
       <c r="D8" s="27"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
       <c r="J8" s="27"/>
       <c r="K8" s="27"/>
       <c r="L8" s="27"/>
       <c r="M8" s="27"/>
       <c r="N8" s="27"/>
       <c r="O8" s="27"/>
       <c r="P8" s="27"/>
       <c r="Q8" s="27"/>
       <c r="R8" s="27"/>
       <c r="S8" s="27"/>
       <c r="T8" s="27"/>
       <c r="U8" s="27"/>
       <c r="V8" s="27"/>
     </row>
-    <row r="9" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4"/>
       <c r="B9" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="22"/>
       <c r="H9" s="22"/>
       <c r="I9" s="22"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="22"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="22"/>
       <c r="Q9" s="22"/>
       <c r="R9" s="22"/>
       <c r="S9" s="22"/>
       <c r="T9" s="22"/>
       <c r="U9" s="22"/>
       <c r="V9" s="22"/>
     </row>
-    <row r="10" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="23" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="25"/>
       <c r="D10" s="25"/>
       <c r="E10" s="25" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="25"/>
       <c r="G10" s="25"/>
       <c r="H10" s="25" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="25"/>
       <c r="J10" s="25"/>
       <c r="K10" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="25"/>
       <c r="M10" s="25"/>
       <c r="N10" s="25" t="s">
         <v>20</v>
       </c>
       <c r="O10" s="25"/>
       <c r="P10" s="25"/>
       <c r="Q10" s="25" t="s">
         <v>24</v>
       </c>
       <c r="R10" s="25"/>
       <c r="S10" s="25"/>
       <c r="T10" s="25" t="s">
         <v>2</v>
       </c>
       <c r="U10" s="25"/>
       <c r="V10" s="21"/>
     </row>
-    <row r="11" spans="1:23" ht="45" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:22" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="24"/>
       <c r="B11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>14</v>
       </c>
@@ -14710,4183 +14760,4080 @@
       <c r="O11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="V11" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>1967</v>
+    <row r="12" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A12" s="7" t="s">
+        <v>39</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>39</v>
+        <v>97</v>
       </c>
       <c r="C12" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" s="8">
+        <v>42.868000000000002</v>
+      </c>
+      <c r="F12" s="8">
+        <v>41.875</v>
+      </c>
+      <c r="G12" s="8">
+        <v>42.814</v>
+      </c>
+      <c r="H12" s="8">
+        <v>37.584000000000003</v>
+      </c>
+      <c r="I12" s="8">
+        <v>39.387999999999998</v>
+      </c>
+      <c r="J12" s="8">
+        <v>37.749000000000002</v>
+      </c>
+      <c r="K12" s="8">
+        <v>34.363999999999997</v>
+      </c>
+      <c r="L12" s="8">
+        <v>35.331000000000003</v>
+      </c>
+      <c r="M12" s="8">
+        <v>34.487000000000002</v>
+      </c>
+      <c r="N12" s="8">
+        <v>32.238</v>
+      </c>
+      <c r="O12" s="8">
+        <v>32.604999999999997</v>
+      </c>
+      <c r="P12" s="8">
+        <v>32.292000000000002</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>33.44</v>
+      </c>
+      <c r="R12" s="8">
+        <v>33.893000000000001</v>
+      </c>
+      <c r="S12" s="8">
+        <v>33.539000000000001</v>
+      </c>
+      <c r="T12" s="8">
+        <v>36.106999999999999</v>
+      </c>
+      <c r="U12" s="8">
+        <v>35.822000000000003</v>
+      </c>
+      <c r="V12" s="8">
+        <v>36.073999999999998</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A13" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" s="10">
+        <v>43.845999999999997</v>
+      </c>
+      <c r="F13" s="10">
+        <v>43.232999999999997</v>
+      </c>
+      <c r="G13" s="10">
+        <v>43.814999999999998</v>
+      </c>
+      <c r="H13" s="10">
+        <v>37.921999999999997</v>
+      </c>
+      <c r="I13" s="10">
+        <v>38.573</v>
+      </c>
+      <c r="J13" s="10">
+        <v>37.979999999999997</v>
+      </c>
+      <c r="K13" s="10">
+        <v>34.334000000000003</v>
+      </c>
+      <c r="L13" s="10">
+        <v>35.325000000000003</v>
+      </c>
+      <c r="M13" s="10">
+        <v>34.470999999999997</v>
+      </c>
+      <c r="N13" s="10">
+        <v>32.225999999999999</v>
+      </c>
+      <c r="O13" s="10">
+        <v>33.042999999999999</v>
+      </c>
+      <c r="P13" s="10">
+        <v>32.341000000000001</v>
+      </c>
+      <c r="Q13" s="10">
+        <v>33.36</v>
+      </c>
+      <c r="R13" s="10">
+        <v>32.4</v>
+      </c>
+      <c r="S13" s="10">
+        <v>33.213000000000001</v>
+      </c>
+      <c r="T13" s="10">
+        <v>36.387999999999998</v>
+      </c>
+      <c r="U13" s="10">
+        <v>35.786999999999999</v>
+      </c>
+      <c r="V13" s="10">
+        <v>36.319000000000003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A14" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" s="8">
+        <v>43.578000000000003</v>
+      </c>
+      <c r="F14" s="8">
+        <v>43.706000000000003</v>
+      </c>
+      <c r="G14" s="8">
+        <v>43.585999999999999</v>
+      </c>
+      <c r="H14" s="8">
+        <v>38.445999999999998</v>
+      </c>
+      <c r="I14" s="8">
+        <v>37.860999999999997</v>
+      </c>
+      <c r="J14" s="8">
+        <v>38.396999999999998</v>
+      </c>
+      <c r="K14" s="8">
+        <v>34.277999999999999</v>
+      </c>
+      <c r="L14" s="8">
+        <v>35.28</v>
+      </c>
+      <c r="M14" s="8">
+        <v>34.414999999999999</v>
+      </c>
+      <c r="N14" s="8">
+        <v>32.027999999999999</v>
+      </c>
+      <c r="O14" s="8">
+        <v>33.668999999999997</v>
+      </c>
+      <c r="P14" s="8">
+        <v>32.268000000000001</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>32.317999999999998</v>
+      </c>
+      <c r="R14" s="8">
+        <v>33.667000000000002</v>
+      </c>
+      <c r="S14" s="8">
+        <v>32.573999999999998</v>
+      </c>
+      <c r="T14" s="8">
+        <v>35.979999999999997</v>
+      </c>
+      <c r="U14" s="8">
+        <v>35.71</v>
+      </c>
+      <c r="V14" s="8">
+        <v>35.947000000000003</v>
+      </c>
+    </row>
+    <row r="15" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A15" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" s="10">
+        <v>43.808999999999997</v>
+      </c>
+      <c r="F15" s="10">
+        <v>43.917000000000002</v>
+      </c>
+      <c r="G15" s="10">
+        <v>43.814999999999998</v>
+      </c>
+      <c r="H15" s="10">
+        <v>38.883000000000003</v>
+      </c>
+      <c r="I15" s="10">
+        <v>39.506</v>
+      </c>
+      <c r="J15" s="10">
+        <v>38.941000000000003</v>
+      </c>
+      <c r="K15" s="10">
+        <v>33.988</v>
+      </c>
+      <c r="L15" s="10">
+        <v>35.164000000000001</v>
+      </c>
+      <c r="M15" s="10">
+        <v>34.165999999999997</v>
+      </c>
+      <c r="N15" s="10">
+        <v>31.640999999999998</v>
+      </c>
+      <c r="O15" s="10">
+        <v>32.841999999999999</v>
+      </c>
+      <c r="P15" s="10">
+        <v>31.885000000000002</v>
+      </c>
+      <c r="Q15" s="10">
+        <v>31.724</v>
+      </c>
+      <c r="R15" s="10">
+        <v>34.515000000000001</v>
+      </c>
+      <c r="S15" s="10">
+        <v>32.299999999999997</v>
+      </c>
+      <c r="T15" s="10">
+        <v>35.843000000000004</v>
+      </c>
+      <c r="U15" s="10">
+        <v>35.381999999999998</v>
+      </c>
+      <c r="V15" s="10">
+        <v>35.777000000000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A16" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" s="8">
+        <v>44.692</v>
+      </c>
+      <c r="F16" s="8">
+        <v>43.134999999999998</v>
+      </c>
+      <c r="G16" s="8">
+        <v>44.563000000000002</v>
+      </c>
+      <c r="H16" s="8">
+        <v>39.353999999999999</v>
+      </c>
+      <c r="I16" s="8">
+        <v>39.323999999999998</v>
+      </c>
+      <c r="J16" s="8">
+        <v>39.350999999999999</v>
+      </c>
+      <c r="K16" s="8">
+        <v>34.223999999999997</v>
+      </c>
+      <c r="L16" s="8">
+        <v>35.197000000000003</v>
+      </c>
+      <c r="M16" s="8">
+        <v>34.372999999999998</v>
+      </c>
+      <c r="N16" s="8">
+        <v>32.29</v>
+      </c>
+      <c r="O16" s="8">
+        <v>33.043999999999997</v>
+      </c>
+      <c r="P16" s="8">
+        <v>32.453000000000003</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>32.636000000000003</v>
+      </c>
+      <c r="R16" s="8">
+        <v>34.396000000000001</v>
+      </c>
+      <c r="S16" s="8">
+        <v>33.079000000000001</v>
+      </c>
+      <c r="T16" s="8">
+        <v>36.481999999999999</v>
+      </c>
+      <c r="U16" s="8">
+        <v>35.74</v>
+      </c>
+      <c r="V16" s="8">
+        <v>36.369999999999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A17" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E17" s="10">
+        <v>46.545000000000002</v>
+      </c>
+      <c r="F17" s="10">
+        <v>43.917000000000002</v>
+      </c>
+      <c r="G17" s="10">
+        <v>46.366</v>
+      </c>
+      <c r="H17" s="10">
+        <v>39.658999999999999</v>
+      </c>
+      <c r="I17" s="10">
+        <v>39.142000000000003</v>
+      </c>
+      <c r="J17" s="10">
+        <v>39.61</v>
+      </c>
+      <c r="K17" s="10">
+        <v>34.380000000000003</v>
+      </c>
+      <c r="L17" s="10">
+        <v>34.840000000000003</v>
+      </c>
+      <c r="M17" s="10">
+        <v>34.445999999999998</v>
+      </c>
+      <c r="N17" s="10">
+        <v>32.503</v>
+      </c>
+      <c r="O17" s="10">
+        <v>33.209000000000003</v>
+      </c>
+      <c r="P17" s="10">
+        <v>32.639000000000003</v>
+      </c>
+      <c r="Q17" s="10">
+        <v>32.875999999999998</v>
+      </c>
+      <c r="R17" s="10">
+        <v>33.768999999999998</v>
+      </c>
+      <c r="S17" s="10">
+        <v>33.064999999999998</v>
+      </c>
+      <c r="T17" s="10">
+        <v>36.908000000000001</v>
+      </c>
+      <c r="U17" s="10">
+        <v>35.585000000000001</v>
+      </c>
+      <c r="V17" s="10">
+        <v>36.729999999999997</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A18" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" s="8">
+        <v>44.674999999999997</v>
+      </c>
+      <c r="F18" s="8">
+        <v>44.332999999999998</v>
+      </c>
+      <c r="G18" s="8">
+        <v>44.64</v>
+      </c>
+      <c r="H18" s="8">
+        <v>38.770000000000003</v>
+      </c>
+      <c r="I18" s="8">
+        <v>39.485999999999997</v>
+      </c>
+      <c r="J18" s="8">
+        <v>38.860999999999997</v>
+      </c>
+      <c r="K18" s="8">
+        <v>33.898000000000003</v>
+      </c>
+      <c r="L18" s="8">
+        <v>35.332999999999998</v>
+      </c>
+      <c r="M18" s="8">
+        <v>34.110999999999997</v>
+      </c>
+      <c r="N18" s="8">
+        <v>31.89</v>
+      </c>
+      <c r="O18" s="8">
+        <v>33.040999999999997</v>
+      </c>
+      <c r="P18" s="8">
+        <v>32.103000000000002</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>31.673999999999999</v>
+      </c>
+      <c r="R18" s="8">
+        <v>35.225999999999999</v>
+      </c>
+      <c r="S18" s="8">
+        <v>32.478999999999999</v>
+      </c>
+      <c r="T18" s="8">
+        <v>35.637999999999998</v>
+      </c>
+      <c r="U18" s="8">
+        <v>36.066000000000003</v>
+      </c>
+      <c r="V18" s="8">
+        <v>35.701999999999998</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A19" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" s="10">
+        <v>44.969000000000001</v>
+      </c>
+      <c r="F19" s="10">
+        <v>45.287999999999997</v>
+      </c>
+      <c r="G19" s="10">
+        <v>44.993000000000002</v>
+      </c>
+      <c r="H19" s="10">
+        <v>39.277000000000001</v>
+      </c>
+      <c r="I19" s="10">
+        <v>39.372999999999998</v>
+      </c>
+      <c r="J19" s="10">
+        <v>39.29</v>
+      </c>
+      <c r="K19" s="10">
+        <v>33.826000000000001</v>
+      </c>
+      <c r="L19" s="10">
+        <v>34.512999999999998</v>
+      </c>
+      <c r="M19" s="10">
+        <v>33.945999999999998</v>
+      </c>
+      <c r="N19" s="10">
+        <v>31.638000000000002</v>
+      </c>
+      <c r="O19" s="10">
+        <v>32.914999999999999</v>
+      </c>
+      <c r="P19" s="10">
+        <v>31.91</v>
+      </c>
+      <c r="Q19" s="10">
+        <v>32.173000000000002</v>
+      </c>
+      <c r="R19" s="10">
+        <v>35.448</v>
+      </c>
+      <c r="S19" s="10">
+        <v>32.895000000000003</v>
+      </c>
+      <c r="T19" s="10">
+        <v>35.704999999999998</v>
+      </c>
+      <c r="U19" s="10">
+        <v>35.347000000000001</v>
+      </c>
+      <c r="V19" s="10">
+        <v>35.645000000000003</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A20" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E20" s="8">
+        <v>44.845999999999997</v>
+      </c>
+      <c r="F20" s="8">
+        <v>44.414000000000001</v>
+      </c>
+      <c r="G20" s="8">
+        <v>44.807000000000002</v>
+      </c>
+      <c r="H20" s="8">
+        <v>39.478000000000002</v>
+      </c>
+      <c r="I20" s="8">
+        <v>39.591999999999999</v>
+      </c>
+      <c r="J20" s="8">
+        <v>39.491</v>
+      </c>
+      <c r="K20" s="8">
+        <v>33.781999999999996</v>
+      </c>
+      <c r="L20" s="8">
+        <v>34.453000000000003</v>
+      </c>
+      <c r="M20" s="8">
+        <v>33.884999999999998</v>
+      </c>
+      <c r="N20" s="8">
+        <v>31.425999999999998</v>
+      </c>
+      <c r="O20" s="8">
+        <v>33.389000000000003</v>
+      </c>
+      <c r="P20" s="8">
+        <v>31.806999999999999</v>
+      </c>
+      <c r="Q20" s="8">
+        <v>33.087000000000003</v>
+      </c>
+      <c r="R20" s="8">
+        <v>33.046999999999997</v>
+      </c>
+      <c r="S20" s="8">
+        <v>33.08</v>
+      </c>
+      <c r="T20" s="8">
+        <v>35.473999999999997</v>
+      </c>
+      <c r="U20" s="8">
+        <v>35.374000000000002</v>
+      </c>
+      <c r="V20" s="8">
+        <v>35.459000000000003</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A21" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" s="10">
+        <v>45.287999999999997</v>
+      </c>
+      <c r="F21" s="10">
+        <v>45.591000000000001</v>
+      </c>
+      <c r="G21" s="10">
+        <v>45.313000000000002</v>
+      </c>
+      <c r="H21" s="10">
+        <v>39.424999999999997</v>
+      </c>
+      <c r="I21" s="10">
+        <v>39.881</v>
+      </c>
+      <c r="J21" s="10">
+        <v>39.488</v>
+      </c>
+      <c r="K21" s="10">
+        <v>33.634</v>
+      </c>
+      <c r="L21" s="10">
+        <v>34.972000000000001</v>
+      </c>
+      <c r="M21" s="10">
+        <v>33.829000000000001</v>
+      </c>
+      <c r="N21" s="10">
+        <v>31.835999999999999</v>
+      </c>
+      <c r="O21" s="10">
+        <v>32.948</v>
+      </c>
+      <c r="P21" s="10">
+        <v>32.043999999999997</v>
+      </c>
+      <c r="Q21" s="10">
+        <v>35.262</v>
+      </c>
+      <c r="R21" s="10">
+        <v>33.395000000000003</v>
+      </c>
+      <c r="S21" s="10">
+        <v>35.003999999999998</v>
+      </c>
+      <c r="T21" s="10">
+        <v>35.795000000000002</v>
+      </c>
+      <c r="U21" s="10">
+        <v>35.838999999999999</v>
+      </c>
+      <c r="V21" s="10">
+        <v>35.801000000000002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A22" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="8">
+        <v>51.478999999999999</v>
+      </c>
+      <c r="C22" s="8">
+        <v>51.152000000000001</v>
+      </c>
+      <c r="D22" s="8">
+        <v>51.462000000000003</v>
+      </c>
+      <c r="E22" s="8">
+        <v>49.457999999999998</v>
+      </c>
+      <c r="F22" s="8">
+        <v>47.448999999999998</v>
+      </c>
+      <c r="G22" s="8">
+        <v>49.316000000000003</v>
+      </c>
+      <c r="H22" s="8">
+        <v>40.555</v>
+      </c>
+      <c r="I22" s="8">
+        <v>41.335000000000001</v>
+      </c>
+      <c r="J22" s="8">
+        <v>40.643999999999998</v>
+      </c>
+      <c r="K22" s="8">
+        <v>34.622</v>
+      </c>
+      <c r="L22" s="8">
+        <v>35.798999999999999</v>
+      </c>
+      <c r="M22" s="8">
+        <v>34.792000000000002</v>
+      </c>
+      <c r="N22" s="8">
+        <v>32.356000000000002</v>
+      </c>
+      <c r="O22" s="8">
+        <v>34.225999999999999</v>
+      </c>
+      <c r="P22" s="8">
+        <v>32.688000000000002</v>
+      </c>
+      <c r="Q22" s="8">
+        <v>32.088000000000001</v>
+      </c>
+      <c r="R22" s="8">
+        <v>32.847999999999999</v>
+      </c>
+      <c r="S22" s="8">
+        <v>32.210999999999999</v>
+      </c>
+      <c r="T22" s="8">
+        <v>38.601999999999997</v>
+      </c>
+      <c r="U22" s="8">
+        <v>37.685000000000002</v>
+      </c>
+      <c r="V22" s="8">
+        <v>38.484000000000002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A23" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="10">
+        <v>45.305</v>
+      </c>
+      <c r="C23" s="10">
+        <v>38.091000000000001</v>
+      </c>
+      <c r="D23" s="10">
+        <v>44.69</v>
+      </c>
+      <c r="E23" s="10">
+        <v>45.01</v>
+      </c>
+      <c r="F23" s="10">
+        <v>44.393000000000001</v>
+      </c>
+      <c r="G23" s="10">
+        <v>44.95</v>
+      </c>
+      <c r="H23" s="10">
+        <v>38.804000000000002</v>
+      </c>
+      <c r="I23" s="10">
+        <v>40.085000000000001</v>
+      </c>
+      <c r="J23" s="10">
+        <v>38.969000000000001</v>
+      </c>
+      <c r="K23" s="10">
+        <v>33.494</v>
+      </c>
+      <c r="L23" s="10">
+        <v>35.146000000000001</v>
+      </c>
+      <c r="M23" s="10">
+        <v>33.734999999999999</v>
+      </c>
+      <c r="N23" s="10">
+        <v>31.71</v>
+      </c>
+      <c r="O23" s="10">
+        <v>32.926000000000002</v>
+      </c>
+      <c r="P23" s="10">
+        <v>31.956</v>
+      </c>
+      <c r="Q23" s="10">
+        <v>35.029000000000003</v>
+      </c>
+      <c r="R23" s="10">
+        <v>34.723999999999997</v>
+      </c>
+      <c r="S23" s="10">
+        <v>34.975999999999999</v>
+      </c>
+      <c r="T23" s="10">
+        <v>35.999000000000002</v>
+      </c>
+      <c r="U23" s="10">
+        <v>36.322000000000003</v>
+      </c>
+      <c r="V23" s="10">
+        <v>36.046999999999997</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A24" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="8">
+        <v>48.119</v>
+      </c>
+      <c r="C24" s="8">
+        <v>45.957000000000001</v>
+      </c>
+      <c r="D24" s="8">
+        <v>47.92</v>
+      </c>
+      <c r="E24" s="8">
+        <v>45.216999999999999</v>
+      </c>
+      <c r="F24" s="8">
+        <v>45.274999999999999</v>
+      </c>
+      <c r="G24" s="8">
+        <v>45.222999999999999</v>
+      </c>
+      <c r="H24" s="8">
+        <v>39.098999999999997</v>
+      </c>
+      <c r="I24" s="8">
+        <v>40.064999999999998</v>
+      </c>
+      <c r="J24" s="8">
+        <v>39.223999999999997</v>
+      </c>
+      <c r="K24" s="8">
+        <v>33.786000000000001</v>
+      </c>
+      <c r="L24" s="8">
+        <v>34.630000000000003</v>
+      </c>
+      <c r="M24" s="8">
+        <v>33.938000000000002</v>
+      </c>
+      <c r="N24" s="8">
+        <v>32.026000000000003</v>
+      </c>
+      <c r="O24" s="8">
+        <v>34.015999999999998</v>
+      </c>
+      <c r="P24" s="8">
+        <v>32.393999999999998</v>
+      </c>
+      <c r="Q24" s="8">
+        <v>33.734999999999999</v>
+      </c>
+      <c r="R24" s="8">
+        <v>33.890999999999998</v>
+      </c>
+      <c r="S24" s="8">
+        <v>33.762999999999998</v>
+      </c>
+      <c r="T24" s="8">
+        <v>36.24</v>
+      </c>
+      <c r="U24" s="8">
+        <v>36.369</v>
+      </c>
+      <c r="V24" s="8">
+        <v>36.261000000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A25" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" s="10">
+        <v>47.247999999999998</v>
+      </c>
+      <c r="C25" s="10">
+        <v>45.375</v>
+      </c>
+      <c r="D25" s="10">
+        <v>47.075000000000003</v>
+      </c>
+      <c r="E25" s="10">
+        <v>45.610999999999997</v>
+      </c>
+      <c r="F25" s="10">
+        <v>44.695</v>
+      </c>
+      <c r="G25" s="10">
+        <v>45.531999999999996</v>
+      </c>
+      <c r="H25" s="10">
+        <v>39.661000000000001</v>
+      </c>
+      <c r="I25" s="10">
+        <v>40.168999999999997</v>
+      </c>
+      <c r="J25" s="10">
+        <v>39.728000000000002</v>
+      </c>
+      <c r="K25" s="10">
+        <v>33.762</v>
+      </c>
+      <c r="L25" s="10">
+        <v>35.07</v>
+      </c>
+      <c r="M25" s="10">
+        <v>33.981999999999999</v>
+      </c>
+      <c r="N25" s="10">
+        <v>32.029000000000003</v>
+      </c>
+      <c r="O25" s="10">
+        <v>34.362000000000002</v>
+      </c>
+      <c r="P25" s="10">
+        <v>32.454999999999998</v>
+      </c>
+      <c r="Q25" s="10">
+        <v>32.344000000000001</v>
+      </c>
+      <c r="R25" s="10">
+        <v>32.981000000000002</v>
+      </c>
+      <c r="S25" s="10">
+        <v>32.472000000000001</v>
+      </c>
+      <c r="T25" s="10">
+        <v>36.381999999999998</v>
+      </c>
+      <c r="U25" s="10">
+        <v>36.511000000000003</v>
+      </c>
+      <c r="V25" s="10">
+        <v>36.401000000000003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A26" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="8">
+        <v>46.802</v>
+      </c>
+      <c r="C26" s="8">
+        <v>44.692</v>
+      </c>
+      <c r="D26" s="8">
+        <v>46.610999999999997</v>
+      </c>
+      <c r="E26" s="8">
+        <v>44.863</v>
+      </c>
+      <c r="F26" s="8">
+        <v>44.591999999999999</v>
+      </c>
+      <c r="G26" s="8">
+        <v>44.83</v>
+      </c>
+      <c r="H26" s="8">
+        <v>39.265999999999998</v>
+      </c>
+      <c r="I26" s="8">
+        <v>39.689</v>
+      </c>
+      <c r="J26" s="8">
+        <v>39.323</v>
+      </c>
+      <c r="K26" s="8">
+        <v>33.473999999999997</v>
+      </c>
+      <c r="L26" s="8">
+        <v>34.930999999999997</v>
+      </c>
+      <c r="M26" s="8">
+        <v>33.71</v>
+      </c>
+      <c r="N26" s="8">
+        <v>31.99</v>
+      </c>
+      <c r="O26" s="8">
+        <v>33.371000000000002</v>
+      </c>
+      <c r="P26" s="8">
+        <v>32.25</v>
+      </c>
+      <c r="Q26" s="8">
+        <v>33.576000000000001</v>
+      </c>
+      <c r="R26" s="8">
+        <v>34.512999999999998</v>
+      </c>
+      <c r="S26" s="8">
+        <v>33.755000000000003</v>
+      </c>
+      <c r="T26" s="8">
+        <v>36.127000000000002</v>
+      </c>
+      <c r="U26" s="8">
+        <v>36.517000000000003</v>
+      </c>
+      <c r="V26" s="8">
+        <v>36.188000000000002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A27" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="10">
+        <v>49.273000000000003</v>
+      </c>
+      <c r="C27" s="10">
+        <v>47.692</v>
+      </c>
+      <c r="D27" s="10">
+        <v>49.192</v>
+      </c>
+      <c r="E27" s="10">
+        <v>45.375</v>
+      </c>
+      <c r="F27" s="10">
+        <v>45.597999999999999</v>
+      </c>
+      <c r="G27" s="10">
+        <v>45.396999999999998</v>
+      </c>
+      <c r="H27" s="10">
+        <v>39.393999999999998</v>
+      </c>
+      <c r="I27" s="10">
+        <v>40.697000000000003</v>
+      </c>
+      <c r="J27" s="10">
+        <v>39.557000000000002</v>
+      </c>
+      <c r="K27" s="10">
+        <v>33.706000000000003</v>
+      </c>
+      <c r="L27" s="10">
+        <v>35.088999999999999</v>
+      </c>
+      <c r="M27" s="10">
+        <v>33.908000000000001</v>
+      </c>
+      <c r="N27" s="10">
+        <v>32.094999999999999</v>
+      </c>
+      <c r="O27" s="10">
+        <v>33.527999999999999</v>
+      </c>
+      <c r="P27" s="10">
+        <v>32.325000000000003</v>
+      </c>
+      <c r="Q27" s="10">
+        <v>32.216000000000001</v>
+      </c>
+      <c r="R27" s="10">
+        <v>34.723999999999997</v>
+      </c>
+      <c r="S27" s="10">
+        <v>32.597000000000001</v>
+      </c>
+      <c r="T27" s="10">
+        <v>36.380000000000003</v>
+      </c>
+      <c r="U27" s="10">
+        <v>37.003</v>
+      </c>
+      <c r="V27" s="10">
+        <v>36.466000000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A28" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="8">
+        <v>47.139000000000003</v>
+      </c>
+      <c r="C28" s="8">
+        <v>48.332999999999998</v>
+      </c>
+      <c r="D28" s="8">
+        <v>47.271999999999998</v>
+      </c>
+      <c r="E28" s="8">
+        <v>44.933</v>
+      </c>
+      <c r="F28" s="8">
+        <v>45.988999999999997</v>
+      </c>
+      <c r="G28" s="8">
+        <v>45.05</v>
+      </c>
+      <c r="H28" s="8">
+        <v>38.832999999999998</v>
+      </c>
+      <c r="I28" s="8">
+        <v>41.206000000000003</v>
+      </c>
+      <c r="J28" s="8">
+        <v>39.17</v>
+      </c>
+      <c r="K28" s="8">
+        <v>33.819000000000003</v>
+      </c>
+      <c r="L28" s="8">
+        <v>34.834000000000003</v>
+      </c>
+      <c r="M28" s="8">
+        <v>33.972999999999999</v>
+      </c>
+      <c r="N28" s="8">
+        <v>32.167000000000002</v>
+      </c>
+      <c r="O28" s="8">
+        <v>33.537999999999997</v>
+      </c>
+      <c r="P28" s="8">
+        <v>32.404000000000003</v>
+      </c>
+      <c r="Q28" s="8">
+        <v>33.970999999999997</v>
+      </c>
+      <c r="R28" s="8">
+        <v>34.033000000000001</v>
+      </c>
+      <c r="S28" s="8">
+        <v>33.979999999999997</v>
+      </c>
+      <c r="T28" s="8">
+        <v>36.039000000000001</v>
+      </c>
+      <c r="U28" s="8">
+        <v>36.896999999999998</v>
+      </c>
+      <c r="V28" s="8">
+        <v>36.167000000000002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A29" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" s="10">
+        <v>50.064</v>
+      </c>
+      <c r="C29" s="10">
+        <v>47.773000000000003</v>
+      </c>
+      <c r="D29" s="10">
+        <v>49.896999999999998</v>
+      </c>
+      <c r="E29" s="10">
+        <v>44.899000000000001</v>
+      </c>
+      <c r="F29" s="10">
+        <v>45.7</v>
+      </c>
+      <c r="G29" s="10">
+        <v>44.991</v>
+      </c>
+      <c r="H29" s="10">
+        <v>39.334000000000003</v>
+      </c>
+      <c r="I29" s="10">
+        <v>40.673000000000002</v>
+      </c>
+      <c r="J29" s="10">
+        <v>39.514000000000003</v>
+      </c>
+      <c r="K29" s="10">
+        <v>34.277999999999999</v>
+      </c>
+      <c r="L29" s="10">
+        <v>35.981999999999999</v>
+      </c>
+      <c r="M29" s="10">
+        <v>34.545000000000002</v>
+      </c>
+      <c r="N29" s="10">
+        <v>32.588999999999999</v>
+      </c>
+      <c r="O29" s="10">
+        <v>33.189</v>
+      </c>
+      <c r="P29" s="10">
+        <v>32.677</v>
+      </c>
+      <c r="Q29" s="10">
+        <v>33.912999999999997</v>
+      </c>
+      <c r="R29" s="10">
+        <v>33.970999999999997</v>
+      </c>
+      <c r="S29" s="10">
+        <v>33.921999999999997</v>
+      </c>
+      <c r="T29" s="10">
+        <v>36.521999999999998</v>
+      </c>
+      <c r="U29" s="10">
+        <v>37.381</v>
+      </c>
+      <c r="V29" s="10">
+        <v>36.646000000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A30" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B30" s="8">
+        <v>46.274999999999999</v>
+      </c>
+      <c r="C30" s="8">
+        <v>48</v>
+      </c>
+      <c r="D30" s="8">
+        <v>46.384999999999998</v>
+      </c>
+      <c r="E30" s="8">
+        <v>44.790999999999997</v>
+      </c>
+      <c r="F30" s="8">
+        <v>44.726999999999997</v>
+      </c>
+      <c r="G30" s="8">
+        <v>44.783000000000001</v>
+      </c>
+      <c r="H30" s="8">
+        <v>39.215000000000003</v>
+      </c>
+      <c r="I30" s="8">
+        <v>40.78</v>
+      </c>
+      <c r="J30" s="8">
+        <v>39.430999999999997</v>
+      </c>
+      <c r="K30" s="8">
+        <v>34.15</v>
+      </c>
+      <c r="L30" s="8">
+        <v>35.164999999999999</v>
+      </c>
+      <c r="M30" s="8">
+        <v>34.298000000000002</v>
+      </c>
+      <c r="N30" s="8">
+        <v>32.369</v>
+      </c>
+      <c r="O30" s="8">
+        <v>33.384</v>
+      </c>
+      <c r="P30" s="8">
+        <v>32.521999999999998</v>
+      </c>
+      <c r="Q30" s="8">
+        <v>33.951999999999998</v>
+      </c>
+      <c r="R30" s="8">
+        <v>35.808999999999997</v>
+      </c>
+      <c r="S30" s="8">
+        <v>34.293999999999997</v>
+      </c>
+      <c r="T30" s="8">
+        <v>36.19</v>
+      </c>
+      <c r="U30" s="8">
+        <v>36.905999999999999</v>
+      </c>
+      <c r="V30" s="8">
+        <v>36.292999999999999</v>
+      </c>
+    </row>
+    <row r="31" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A31" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="10">
+        <v>48.286999999999999</v>
+      </c>
+      <c r="C31" s="10">
+        <v>49.438000000000002</v>
+      </c>
+      <c r="D31" s="10">
+        <v>48.387999999999998</v>
+      </c>
+      <c r="E31" s="10">
+        <v>45.374000000000002</v>
+      </c>
+      <c r="F31" s="10">
+        <v>46.680999999999997</v>
+      </c>
+      <c r="G31" s="10">
+        <v>45.534999999999997</v>
+      </c>
+      <c r="H31" s="10">
+        <v>39.668999999999997</v>
+      </c>
+      <c r="I31" s="10">
+        <v>40.712000000000003</v>
+      </c>
+      <c r="J31" s="10">
+        <v>39.832000000000001</v>
+      </c>
+      <c r="K31" s="10">
+        <v>34.435000000000002</v>
+      </c>
+      <c r="L31" s="10">
+        <v>35.457000000000001</v>
+      </c>
+      <c r="M31" s="10">
+        <v>34.590000000000003</v>
+      </c>
+      <c r="N31" s="10">
+        <v>32.658999999999999</v>
+      </c>
+      <c r="O31" s="10">
+        <v>33.225999999999999</v>
+      </c>
+      <c r="P31" s="10">
+        <v>32.768000000000001</v>
+      </c>
+      <c r="Q31" s="10">
+        <v>35.015999999999998</v>
+      </c>
+      <c r="R31" s="10">
+        <v>35.087000000000003</v>
+      </c>
+      <c r="S31" s="10">
+        <v>35.030999999999999</v>
+      </c>
+      <c r="T31" s="10">
+        <v>36.792000000000002</v>
+      </c>
+      <c r="U31" s="10">
+        <v>37.247</v>
+      </c>
+      <c r="V31" s="10">
+        <v>36.863</v>
+      </c>
+    </row>
+    <row r="32" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A32" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B32" s="8">
+        <v>47.933</v>
+      </c>
+      <c r="C32" s="8">
+        <v>44.444000000000003</v>
+      </c>
+      <c r="D32" s="8">
+        <v>47.735999999999997</v>
+      </c>
+      <c r="E32" s="8">
+        <v>45.881</v>
+      </c>
+      <c r="F32" s="8">
+        <v>47.09</v>
+      </c>
+      <c r="G32" s="8">
+        <v>46.039000000000001</v>
+      </c>
+      <c r="H32" s="8">
+        <v>40.027999999999999</v>
+      </c>
+      <c r="I32" s="8">
+        <v>40.927999999999997</v>
+      </c>
+      <c r="J32" s="8">
+        <v>40.145000000000003</v>
+      </c>
+      <c r="K32" s="8">
+        <v>34.81</v>
+      </c>
+      <c r="L32" s="8">
+        <v>35.51</v>
+      </c>
+      <c r="M32" s="8">
+        <v>34.915999999999997</v>
+      </c>
+      <c r="N32" s="8">
+        <v>33.301000000000002</v>
+      </c>
+      <c r="O32" s="8">
+        <v>34.786999999999999</v>
+      </c>
+      <c r="P32" s="8">
+        <v>33.572000000000003</v>
+      </c>
+      <c r="Q32" s="8">
+        <v>34.345999999999997</v>
+      </c>
+      <c r="R32" s="8">
+        <v>34.738</v>
+      </c>
+      <c r="S32" s="8">
+        <v>34.457999999999998</v>
+      </c>
+      <c r="T32" s="8">
+        <v>37.079000000000001</v>
+      </c>
+      <c r="U32" s="8">
+        <v>37.508000000000003</v>
+      </c>
+      <c r="V32" s="8">
+        <v>37.145000000000003</v>
+      </c>
+    </row>
+    <row r="33" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A33" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B33" s="10">
+        <v>46.938000000000002</v>
+      </c>
+      <c r="C33" s="10">
+        <v>47.133000000000003</v>
+      </c>
+      <c r="D33" s="10">
+        <v>46.954000000000001</v>
+      </c>
+      <c r="E33" s="10">
+        <v>45.576999999999998</v>
+      </c>
+      <c r="F33" s="10">
+        <v>47.103999999999999</v>
+      </c>
+      <c r="G33" s="10">
+        <v>45.756999999999998</v>
+      </c>
+      <c r="H33" s="10">
+        <v>40.258000000000003</v>
+      </c>
+      <c r="I33" s="10">
+        <v>41.426000000000002</v>
+      </c>
+      <c r="J33" s="10">
+        <v>40.42</v>
+      </c>
+      <c r="K33" s="10">
+        <v>34.996000000000002</v>
+      </c>
+      <c r="L33" s="10">
+        <v>35.917000000000002</v>
+      </c>
+      <c r="M33" s="10">
+        <v>35.145000000000003</v>
+      </c>
+      <c r="N33" s="10">
+        <v>33.396999999999998</v>
+      </c>
+      <c r="O33" s="10">
+        <v>34.716999999999999</v>
+      </c>
+      <c r="P33" s="10">
+        <v>33.652000000000001</v>
+      </c>
+      <c r="Q33" s="10">
+        <v>33.396000000000001</v>
+      </c>
+      <c r="R33" s="10">
+        <v>34.603000000000002</v>
+      </c>
+      <c r="S33" s="10">
+        <v>33.695</v>
+      </c>
+      <c r="T33" s="10">
+        <v>37.137999999999998</v>
+      </c>
+      <c r="U33" s="10">
+        <v>37.57</v>
+      </c>
+      <c r="V33" s="10">
+        <v>37.207000000000001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A34" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" s="8">
+        <v>48.594999999999999</v>
+      </c>
+      <c r="C34" s="8">
+        <v>46.417000000000002</v>
+      </c>
+      <c r="D34" s="8">
+        <v>48.445999999999998</v>
+      </c>
+      <c r="E34" s="8">
+        <v>45.802999999999997</v>
+      </c>
+      <c r="F34" s="8">
+        <v>47.119</v>
+      </c>
+      <c r="G34" s="8">
+        <v>45.96</v>
+      </c>
+      <c r="H34" s="8">
+        <v>40.347000000000001</v>
+      </c>
+      <c r="I34" s="8">
+        <v>41.459000000000003</v>
+      </c>
+      <c r="J34" s="8">
+        <v>40.518000000000001</v>
+      </c>
+      <c r="K34" s="8">
+        <v>35.398000000000003</v>
+      </c>
+      <c r="L34" s="8">
+        <v>36.116999999999997</v>
+      </c>
+      <c r="M34" s="8">
+        <v>35.527000000000001</v>
+      </c>
+      <c r="N34" s="8">
+        <v>33.619</v>
+      </c>
+      <c r="O34" s="8">
+        <v>34.295999999999999</v>
+      </c>
+      <c r="P34" s="8">
+        <v>33.756999999999998</v>
+      </c>
+      <c r="Q34" s="8">
+        <v>34.981000000000002</v>
+      </c>
+      <c r="R34" s="8">
+        <v>34.253</v>
+      </c>
+      <c r="S34" s="8">
+        <v>34.765000000000001</v>
+      </c>
+      <c r="T34" s="8">
+        <v>37.517000000000003</v>
+      </c>
+      <c r="U34" s="8">
+        <v>37.551000000000002</v>
+      </c>
+      <c r="V34" s="8">
+        <v>37.523000000000003</v>
+      </c>
+    </row>
+    <row r="35" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A35" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B35" s="10">
+        <v>48.622</v>
+      </c>
+      <c r="C35" s="10">
+        <v>47.537999999999997</v>
+      </c>
+      <c r="D35" s="10">
+        <v>48.521000000000001</v>
+      </c>
+      <c r="E35" s="10">
+        <v>46.33</v>
+      </c>
+      <c r="F35" s="10">
+        <v>47.220999999999997</v>
+      </c>
+      <c r="G35" s="10">
+        <v>46.441000000000003</v>
+      </c>
+      <c r="H35" s="10">
+        <v>40.450000000000003</v>
+      </c>
+      <c r="I35" s="10">
+        <v>41.238</v>
+      </c>
+      <c r="J35" s="10">
+        <v>40.566000000000003</v>
+      </c>
+      <c r="K35" s="10">
+        <v>35.450000000000003</v>
+      </c>
+      <c r="L35" s="10">
+        <v>36.433999999999997</v>
+      </c>
+      <c r="M35" s="10">
+        <v>35.637</v>
+      </c>
+      <c r="N35" s="10">
+        <v>33.942999999999998</v>
+      </c>
+      <c r="O35" s="10">
+        <v>34.183999999999997</v>
+      </c>
+      <c r="P35" s="10">
+        <v>33.996000000000002</v>
+      </c>
+      <c r="Q35" s="10">
+        <v>35.097999999999999</v>
+      </c>
+      <c r="R35" s="10">
+        <v>34.506</v>
+      </c>
+      <c r="S35" s="10">
+        <v>34.945</v>
+      </c>
+      <c r="T35" s="10">
+        <v>37.746000000000002</v>
+      </c>
+      <c r="U35" s="10">
+        <v>37.631</v>
+      </c>
+      <c r="V35" s="10">
+        <v>37.725000000000001</v>
+      </c>
+    </row>
+    <row r="36" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A36" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B36" s="8">
+        <v>48.651000000000003</v>
+      </c>
+      <c r="C36" s="8">
+        <v>47.366999999999997</v>
+      </c>
+      <c r="D36" s="8">
+        <v>48.46</v>
+      </c>
+      <c r="E36" s="8">
+        <v>46.801000000000002</v>
+      </c>
+      <c r="F36" s="8">
+        <v>47.816000000000003</v>
+      </c>
+      <c r="G36" s="8">
+        <v>46.938000000000002</v>
+      </c>
+      <c r="H36" s="8">
+        <v>41.067999999999998</v>
+      </c>
+      <c r="I36" s="8">
+        <v>42.33</v>
+      </c>
+      <c r="J36" s="8">
+        <v>41.255000000000003</v>
+      </c>
+      <c r="K36" s="8">
+        <v>35.734000000000002</v>
+      </c>
+      <c r="L36" s="8">
+        <v>36.4</v>
+      </c>
+      <c r="M36" s="8">
+        <v>35.857999999999997</v>
+      </c>
+      <c r="N36" s="8">
+        <v>33.841000000000001</v>
+      </c>
+      <c r="O36" s="8">
+        <v>34.484000000000002</v>
+      </c>
+      <c r="P36" s="8">
+        <v>33.979999999999997</v>
+      </c>
+      <c r="Q36" s="8">
+        <v>35.502000000000002</v>
+      </c>
+      <c r="R36" s="8">
+        <v>35.972999999999999</v>
+      </c>
+      <c r="S36" s="8">
+        <v>35.619999999999997</v>
+      </c>
+      <c r="T36" s="8">
+        <v>38.139000000000003</v>
+      </c>
+      <c r="U36" s="8">
+        <v>38.186</v>
+      </c>
+      <c r="V36" s="8">
+        <v>38.148000000000003</v>
+      </c>
+    </row>
+    <row r="37" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A37" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B37" s="10">
+        <v>49.88</v>
+      </c>
+      <c r="C37" s="10">
+        <v>48.820999999999998</v>
+      </c>
+      <c r="D37" s="10">
+        <v>49.731999999999999</v>
+      </c>
+      <c r="E37" s="10">
+        <v>46.670999999999999</v>
+      </c>
+      <c r="F37" s="10">
+        <v>48.164999999999999</v>
+      </c>
+      <c r="G37" s="10">
+        <v>46.856999999999999</v>
+      </c>
+      <c r="H37" s="10">
+        <v>41.198</v>
+      </c>
+      <c r="I37" s="10">
+        <v>41.921999999999997</v>
+      </c>
+      <c r="J37" s="10">
+        <v>41.302999999999997</v>
+      </c>
+      <c r="K37" s="10">
+        <v>36.121000000000002</v>
+      </c>
+      <c r="L37" s="10">
+        <v>36.627000000000002</v>
+      </c>
+      <c r="M37" s="10">
+        <v>36.228000000000002</v>
+      </c>
+      <c r="N37" s="10">
+        <v>34.273000000000003</v>
+      </c>
+      <c r="O37" s="10">
+        <v>35.194000000000003</v>
+      </c>
+      <c r="P37" s="10">
+        <v>34.484999999999999</v>
+      </c>
+      <c r="Q37" s="10">
+        <v>36.100999999999999</v>
+      </c>
+      <c r="R37" s="10">
+        <v>34.825000000000003</v>
+      </c>
+      <c r="S37" s="10">
+        <v>35.79</v>
+      </c>
+      <c r="T37" s="10">
+        <v>38.273000000000003</v>
+      </c>
+      <c r="U37" s="10">
+        <v>37.962000000000003</v>
+      </c>
+      <c r="V37" s="10">
+        <v>38.213000000000001</v>
+      </c>
+    </row>
+    <row r="38" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A38" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B38" s="8">
+        <v>50.485999999999997</v>
+      </c>
+      <c r="C38" s="8">
+        <v>51.813000000000002</v>
+      </c>
+      <c r="D38" s="8">
+        <v>50.576000000000001</v>
+      </c>
+      <c r="E38" s="8">
+        <v>47.097999999999999</v>
+      </c>
+      <c r="F38" s="8">
+        <v>47.697000000000003</v>
+      </c>
+      <c r="G38" s="8">
+        <v>47.183999999999997</v>
+      </c>
+      <c r="H38" s="8">
+        <v>41.411000000000001</v>
+      </c>
+      <c r="I38" s="8">
+        <v>41.667999999999999</v>
+      </c>
+      <c r="J38" s="8">
+        <v>41.444000000000003</v>
+      </c>
+      <c r="K38" s="8">
+        <v>36.482999999999997</v>
+      </c>
+      <c r="L38" s="8">
+        <v>36.631</v>
+      </c>
+      <c r="M38" s="8">
+        <v>36.515000000000001</v>
+      </c>
+      <c r="N38" s="8">
+        <v>35.924999999999997</v>
+      </c>
+      <c r="O38" s="8">
+        <v>35.439</v>
+      </c>
+      <c r="P38" s="8">
+        <v>35.823999999999998</v>
+      </c>
+      <c r="Q38" s="8">
+        <v>35.901000000000003</v>
+      </c>
+      <c r="R38" s="8">
+        <v>35.722999999999999</v>
+      </c>
+      <c r="S38" s="8">
+        <v>35.859000000000002</v>
+      </c>
+      <c r="T38" s="8">
+        <v>38.729999999999997</v>
+      </c>
+      <c r="U38" s="8">
+        <v>37.987000000000002</v>
+      </c>
+      <c r="V38" s="8">
+        <v>38.591000000000001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A39" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B39" s="10">
+        <v>49.844999999999999</v>
+      </c>
+      <c r="C39" s="10">
+        <v>48.423000000000002</v>
+      </c>
+      <c r="D39" s="10">
+        <v>49.670999999999999</v>
+      </c>
+      <c r="E39" s="10">
+        <v>47.482999999999997</v>
+      </c>
+      <c r="F39" s="10">
+        <v>48.313000000000002</v>
+      </c>
+      <c r="G39" s="10">
+        <v>47.591999999999999</v>
+      </c>
+      <c r="H39" s="10">
+        <v>41.771999999999998</v>
+      </c>
+      <c r="I39" s="10">
+        <v>42.313000000000002</v>
+      </c>
+      <c r="J39" s="10">
+        <v>41.847000000000001</v>
+      </c>
+      <c r="K39" s="10">
+        <v>36.47</v>
+      </c>
+      <c r="L39" s="10">
+        <v>36.514000000000003</v>
+      </c>
+      <c r="M39" s="10">
+        <v>36.479999999999997</v>
+      </c>
+      <c r="N39" s="10">
+        <v>34.908000000000001</v>
+      </c>
+      <c r="O39" s="10">
+        <v>35.084000000000003</v>
+      </c>
+      <c r="P39" s="10">
+        <v>34.951000000000001</v>
+      </c>
+      <c r="Q39" s="10">
+        <v>37.667999999999999</v>
+      </c>
+      <c r="R39" s="10">
+        <v>35.033000000000001</v>
+      </c>
+      <c r="S39" s="10">
+        <v>37.095999999999997</v>
+      </c>
+      <c r="T39" s="10">
+        <v>38.950000000000003</v>
+      </c>
+      <c r="U39" s="10">
+        <v>37.981999999999999</v>
+      </c>
+      <c r="V39" s="10">
+        <v>38.756</v>
+      </c>
+    </row>
+    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A40" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B40" s="8">
+        <v>49.734000000000002</v>
+      </c>
+      <c r="C40" s="8">
+        <v>47.944000000000003</v>
+      </c>
+      <c r="D40" s="8">
+        <v>49.588000000000001</v>
+      </c>
+      <c r="E40" s="8">
+        <v>47.588999999999999</v>
+      </c>
+      <c r="F40" s="8">
+        <v>47.968000000000004</v>
+      </c>
+      <c r="G40" s="8">
+        <v>47.640999999999998</v>
+      </c>
+      <c r="H40" s="8">
+        <v>42.02</v>
+      </c>
+      <c r="I40" s="8">
+        <v>42.067</v>
+      </c>
+      <c r="J40" s="8">
+        <v>42.027000000000001</v>
+      </c>
+      <c r="K40" s="8">
+        <v>36.625</v>
+      </c>
+      <c r="L40" s="8">
+        <v>36.409999999999997</v>
+      </c>
+      <c r="M40" s="8">
+        <v>36.573999999999998</v>
+      </c>
+      <c r="N40" s="8">
+        <v>35.151000000000003</v>
+      </c>
+      <c r="O40" s="8">
+        <v>35.718000000000004</v>
+      </c>
+      <c r="P40" s="8">
+        <v>35.295999999999999</v>
+      </c>
+      <c r="Q40" s="8">
+        <v>36.75</v>
+      </c>
+      <c r="R40" s="8">
+        <v>34.661999999999999</v>
+      </c>
+      <c r="S40" s="8">
+        <v>36.228000000000002</v>
+      </c>
+      <c r="T40" s="8">
+        <v>39.128999999999998</v>
+      </c>
+      <c r="U40" s="8">
+        <v>38.023000000000003</v>
+      </c>
+      <c r="V40" s="8">
+        <v>38.896999999999998</v>
+      </c>
+    </row>
+    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A41" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B41" s="10">
+        <v>50.189</v>
+      </c>
+      <c r="C41" s="10">
+        <v>49.828000000000003</v>
+      </c>
+      <c r="D41" s="10">
+        <v>50.145000000000003</v>
+      </c>
+      <c r="E41" s="10">
+        <v>47.779000000000003</v>
+      </c>
+      <c r="F41" s="10">
+        <v>48.444000000000003</v>
+      </c>
+      <c r="G41" s="10">
+        <v>47.853999999999999</v>
+      </c>
+      <c r="H41" s="10">
+        <v>42.290999999999997</v>
+      </c>
+      <c r="I41" s="10">
+        <v>42.253</v>
+      </c>
+      <c r="J41" s="10">
+        <v>42.284999999999997</v>
+      </c>
+      <c r="K41" s="10">
+        <v>36.81</v>
+      </c>
+      <c r="L41" s="10">
+        <v>36.707000000000001</v>
+      </c>
+      <c r="M41" s="10">
+        <v>36.783999999999999</v>
+      </c>
+      <c r="N41" s="10">
+        <v>34.905000000000001</v>
+      </c>
+      <c r="O41" s="10">
+        <v>34.715000000000003</v>
+      </c>
+      <c r="P41" s="10">
+        <v>34.854999999999997</v>
+      </c>
+      <c r="Q41" s="10">
+        <v>38.067999999999998</v>
+      </c>
+      <c r="R41" s="10">
+        <v>36.418999999999997</v>
+      </c>
+      <c r="S41" s="10">
+        <v>37.725999999999999</v>
+      </c>
+      <c r="T41" s="10">
+        <v>39.354999999999997</v>
+      </c>
+      <c r="U41" s="10">
+        <v>37.9</v>
+      </c>
+      <c r="V41" s="10">
+        <v>39.042000000000002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A42" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B42" s="8">
+        <v>49.296999999999997</v>
+      </c>
+      <c r="C42" s="8">
+        <v>49.817999999999998</v>
+      </c>
+      <c r="D42" s="8">
+        <v>49.356000000000002</v>
+      </c>
+      <c r="E42" s="8">
+        <v>47.914999999999999</v>
+      </c>
+      <c r="F42" s="8">
+        <v>47.209000000000003</v>
+      </c>
+      <c r="G42" s="8">
+        <v>47.823999999999998</v>
+      </c>
+      <c r="H42" s="8">
+        <v>42.606999999999999</v>
+      </c>
+      <c r="I42" s="8">
+        <v>42.529000000000003</v>
+      </c>
+      <c r="J42" s="8">
+        <v>42.594000000000001</v>
+      </c>
+      <c r="K42" s="8">
+        <v>37.320999999999998</v>
+      </c>
+      <c r="L42" s="8">
+        <v>36.965000000000003</v>
+      </c>
+      <c r="M42" s="8">
+        <v>37.229999999999997</v>
+      </c>
+      <c r="N42" s="8">
+        <v>35.079000000000001</v>
+      </c>
+      <c r="O42" s="8">
+        <v>35.042000000000002</v>
+      </c>
+      <c r="P42" s="8">
+        <v>35.067999999999998</v>
+      </c>
+      <c r="Q42" s="8">
+        <v>36.954999999999998</v>
+      </c>
+      <c r="R42" s="8">
+        <v>36.6</v>
+      </c>
+      <c r="S42" s="8">
+        <v>36.856999999999999</v>
+      </c>
+      <c r="T42" s="8">
+        <v>39.606000000000002</v>
+      </c>
+      <c r="U42" s="8">
+        <v>37.963999999999999</v>
+      </c>
+      <c r="V42" s="8">
+        <v>39.225999999999999</v>
+      </c>
+    </row>
+    <row r="43" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A43" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B43" s="10">
+        <v>50.753999999999998</v>
+      </c>
+      <c r="C43" s="10">
+        <v>50.386000000000003</v>
+      </c>
+      <c r="D43" s="10">
+        <v>50.7</v>
+      </c>
+      <c r="E43" s="10">
+        <v>48.255000000000003</v>
+      </c>
+      <c r="F43" s="10">
+        <v>48.386000000000003</v>
+      </c>
+      <c r="G43" s="10">
+        <v>48.271999999999998</v>
+      </c>
+      <c r="H43" s="10">
+        <v>43.219000000000001</v>
+      </c>
+      <c r="I43" s="10">
+        <v>42.889000000000003</v>
+      </c>
+      <c r="J43" s="10">
+        <v>43.158999999999999</v>
+      </c>
+      <c r="K43" s="10">
+        <v>37.444000000000003</v>
+      </c>
+      <c r="L43" s="10">
+        <v>36.767000000000003</v>
+      </c>
+      <c r="M43" s="10">
+        <v>37.244</v>
+      </c>
+      <c r="N43" s="10">
+        <v>35.366999999999997</v>
+      </c>
+      <c r="O43" s="10">
+        <v>35.320999999999998</v>
+      </c>
+      <c r="P43" s="10">
+        <v>35.353000000000002</v>
+      </c>
+      <c r="Q43" s="10">
+        <v>37.148000000000003</v>
+      </c>
+      <c r="R43" s="10">
+        <v>36.773000000000003</v>
+      </c>
+      <c r="S43" s="10">
+        <v>37.021000000000001</v>
+      </c>
+      <c r="T43" s="10">
+        <v>39.904000000000003</v>
+      </c>
+      <c r="U43" s="10">
+        <v>38.076000000000001</v>
+      </c>
+      <c r="V43" s="10">
+        <v>39.435000000000002</v>
+      </c>
+    </row>
+    <row r="44" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A44" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B44" s="8">
+        <v>51.03</v>
+      </c>
+      <c r="C44" s="8">
+        <v>49.667000000000002</v>
+      </c>
+      <c r="D44" s="8">
+        <v>50.872</v>
+      </c>
+      <c r="E44" s="8">
+        <v>48.082999999999998</v>
+      </c>
+      <c r="F44" s="8">
+        <v>49.595999999999997</v>
+      </c>
+      <c r="G44" s="8">
+        <v>48.283999999999999</v>
+      </c>
+      <c r="H44" s="8">
+        <v>43.497</v>
+      </c>
+      <c r="I44" s="8">
+        <v>43.085000000000001</v>
+      </c>
+      <c r="J44" s="8">
+        <v>43.418999999999997</v>
+      </c>
+      <c r="K44" s="8">
+        <v>37.508000000000003</v>
+      </c>
+      <c r="L44" s="8">
+        <v>37.209000000000003</v>
+      </c>
+      <c r="M44" s="8">
+        <v>37.414999999999999</v>
+      </c>
+      <c r="N44" s="8">
+        <v>35.658999999999999</v>
+      </c>
+      <c r="O44" s="8">
+        <v>35.462000000000003</v>
+      </c>
+      <c r="P44" s="8">
+        <v>35.597000000000001</v>
+      </c>
+      <c r="Q44" s="8">
+        <v>37.845999999999997</v>
+      </c>
+      <c r="R44" s="8">
+        <v>36.863</v>
+      </c>
+      <c r="S44" s="8">
+        <v>37.527000000000001</v>
+      </c>
+      <c r="T44" s="8">
+        <v>40.218000000000004</v>
+      </c>
+      <c r="U44" s="8">
+        <v>38.521999999999998</v>
+      </c>
+      <c r="V44" s="8">
+        <v>39.771000000000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A45" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B45" s="10">
+        <v>50.536000000000001</v>
+      </c>
+      <c r="C45" s="10">
+        <v>49.911000000000001</v>
+      </c>
+      <c r="D45" s="10">
+        <v>50.453000000000003</v>
+      </c>
+      <c r="E45" s="10">
+        <v>49.22</v>
+      </c>
+      <c r="F45" s="10">
+        <v>49.509</v>
+      </c>
+      <c r="G45" s="10">
+        <v>49.259</v>
+      </c>
+      <c r="H45" s="10">
+        <v>43.792999999999999</v>
+      </c>
+      <c r="I45" s="10">
+        <v>43.386000000000003</v>
+      </c>
+      <c r="J45" s="10">
+        <v>43.715000000000003</v>
+      </c>
+      <c r="K45" s="10">
+        <v>37.881</v>
+      </c>
+      <c r="L45" s="10">
+        <v>37.473999999999997</v>
+      </c>
+      <c r="M45" s="10">
+        <v>37.746000000000002</v>
+      </c>
+      <c r="N45" s="10">
+        <v>36.463999999999999</v>
+      </c>
+      <c r="O45" s="10">
+        <v>35.633000000000003</v>
+      </c>
+      <c r="P45" s="10">
+        <v>36.177999999999997</v>
+      </c>
+      <c r="Q45" s="10">
+        <v>38.822000000000003</v>
+      </c>
+      <c r="R45" s="10">
+        <v>37.734000000000002</v>
+      </c>
+      <c r="S45" s="10">
+        <v>38.412999999999997</v>
+      </c>
+      <c r="T45" s="10">
+        <v>40.773000000000003</v>
+      </c>
+      <c r="U45" s="10">
+        <v>38.627000000000002</v>
+      </c>
+      <c r="V45" s="10">
+        <v>40.167999999999999</v>
+      </c>
+    </row>
+    <row r="46" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A46" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B46" s="8">
+        <v>51.435000000000002</v>
+      </c>
+      <c r="C46" s="8">
+        <v>48.378</v>
+      </c>
+      <c r="D46" s="8">
+        <v>51.076000000000001</v>
+      </c>
+      <c r="E46" s="8">
+        <v>49.24</v>
+      </c>
+      <c r="F46" s="8">
+        <v>48.966999999999999</v>
+      </c>
+      <c r="G46" s="8">
+        <v>49.204000000000001</v>
+      </c>
+      <c r="H46" s="8">
+        <v>44.423999999999999</v>
+      </c>
+      <c r="I46" s="8">
+        <v>44.057000000000002</v>
+      </c>
+      <c r="J46" s="8">
+        <v>44.347000000000001</v>
+      </c>
+      <c r="K46" s="8">
+        <v>38.174999999999997</v>
+      </c>
+      <c r="L46" s="8">
+        <v>37.387999999999998</v>
+      </c>
+      <c r="M46" s="8">
+        <v>37.906999999999996</v>
+      </c>
+      <c r="N46" s="8">
+        <v>36.308</v>
+      </c>
+      <c r="O46" s="8">
+        <v>35.713000000000001</v>
+      </c>
+      <c r="P46" s="8">
+        <v>36.106000000000002</v>
+      </c>
+      <c r="Q46" s="8">
+        <v>38.97</v>
+      </c>
+      <c r="R46" s="8">
+        <v>36.883000000000003</v>
+      </c>
+      <c r="S46" s="8">
+        <v>38.256999999999998</v>
+      </c>
+      <c r="T46" s="8">
+        <v>40.893000000000001</v>
+      </c>
+      <c r="U46" s="8">
+        <v>38.601999999999997</v>
+      </c>
+      <c r="V46" s="8">
+        <v>40.231000000000002</v>
+      </c>
+    </row>
+    <row r="47" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A47" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B47" s="10">
+        <v>51.453000000000003</v>
+      </c>
+      <c r="C47" s="10">
+        <v>49.942</v>
+      </c>
+      <c r="D47" s="10">
+        <v>51.237000000000002</v>
+      </c>
+      <c r="E47" s="10">
+        <v>50.27</v>
+      </c>
+      <c r="F47" s="10">
+        <v>49.16</v>
+      </c>
+      <c r="G47" s="10">
+        <v>50.094000000000001</v>
+      </c>
+      <c r="H47" s="10">
+        <v>44.941000000000003</v>
+      </c>
+      <c r="I47" s="10">
+        <v>43.786000000000001</v>
+      </c>
+      <c r="J47" s="10">
+        <v>44.680999999999997</v>
+      </c>
+      <c r="K47" s="10">
+        <v>38.155000000000001</v>
+      </c>
+      <c r="L47" s="10">
+        <v>37.435000000000002</v>
+      </c>
+      <c r="M47" s="10">
+        <v>37.896999999999998</v>
+      </c>
+      <c r="N47" s="10">
+        <v>36.006999999999998</v>
+      </c>
+      <c r="O47" s="10">
+        <v>36.121000000000002</v>
+      </c>
+      <c r="P47" s="10">
+        <v>36.048000000000002</v>
+      </c>
+      <c r="Q47" s="10">
+        <v>39.228000000000002</v>
+      </c>
+      <c r="R47" s="10">
+        <v>37.030999999999999</v>
+      </c>
+      <c r="S47" s="10">
+        <v>38.256</v>
+      </c>
+      <c r="T47" s="10">
+        <v>41.197000000000003</v>
+      </c>
+      <c r="U47" s="10">
+        <v>38.784999999999997</v>
+      </c>
+      <c r="V47" s="10">
+        <v>40.445999999999998</v>
+      </c>
+    </row>
+    <row r="48" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A48" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B48" s="8">
+        <v>51.329000000000001</v>
+      </c>
+      <c r="C48" s="8">
+        <v>49.618000000000002</v>
+      </c>
+      <c r="D48" s="8">
+        <v>51.128</v>
+      </c>
+      <c r="E48" s="8">
+        <v>50.81</v>
+      </c>
+      <c r="F48" s="8">
+        <v>49.384999999999998</v>
+      </c>
+      <c r="G48" s="8">
+        <v>50.6</v>
+      </c>
+      <c r="H48" s="8">
+        <v>45.03</v>
+      </c>
+      <c r="I48" s="8">
+        <v>44.076999999999998</v>
+      </c>
+      <c r="J48" s="8">
+        <v>44.826000000000001</v>
+      </c>
+      <c r="K48" s="8">
+        <v>38.533999999999999</v>
+      </c>
+      <c r="L48" s="8">
+        <v>37.758000000000003</v>
+      </c>
+      <c r="M48" s="8">
+        <v>38.253999999999998</v>
+      </c>
+      <c r="N48" s="8">
+        <v>36.223999999999997</v>
+      </c>
+      <c r="O48" s="8">
+        <v>35.606000000000002</v>
+      </c>
+      <c r="P48" s="8">
+        <v>36.015000000000001</v>
+      </c>
+      <c r="Q48" s="8">
+        <v>37.768999999999998</v>
+      </c>
+      <c r="R48" s="8">
+        <v>37.506999999999998</v>
+      </c>
+      <c r="S48" s="8">
+        <v>37.656999999999996</v>
+      </c>
+      <c r="T48" s="8">
+        <v>41.343000000000004</v>
+      </c>
+      <c r="U48" s="8">
+        <v>38.826999999999998</v>
+      </c>
+      <c r="V48" s="8">
+        <v>40.572000000000003</v>
+      </c>
+    </row>
+    <row r="49" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A49" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B49" s="10">
+        <v>51.112000000000002</v>
+      </c>
+      <c r="C49" s="10">
+        <v>51.058999999999997</v>
+      </c>
+      <c r="D49" s="10">
+        <v>51.103999999999999</v>
+      </c>
+      <c r="E49" s="10">
+        <v>50.597999999999999</v>
+      </c>
+      <c r="F49" s="10">
+        <v>49.441000000000003</v>
+      </c>
+      <c r="G49" s="10">
+        <v>50.390999999999998</v>
+      </c>
+      <c r="H49" s="10">
+        <v>45.027000000000001</v>
+      </c>
+      <c r="I49" s="10">
+        <v>43.677</v>
+      </c>
+      <c r="J49" s="10">
+        <v>44.691000000000003</v>
+      </c>
+      <c r="K49" s="10">
+        <v>38.186999999999998</v>
+      </c>
+      <c r="L49" s="10">
+        <v>37.747</v>
+      </c>
+      <c r="M49" s="10">
+        <v>38.024999999999999</v>
+      </c>
+      <c r="N49" s="10">
+        <v>35.804000000000002</v>
+      </c>
+      <c r="O49" s="10">
+        <v>35.776000000000003</v>
+      </c>
+      <c r="P49" s="10">
+        <v>35.793999999999997</v>
+      </c>
+      <c r="Q49" s="10">
+        <v>41.290999999999997</v>
+      </c>
+      <c r="R49" s="10">
+        <v>38.234000000000002</v>
+      </c>
+      <c r="S49" s="10">
+        <v>40.027000000000001</v>
+      </c>
+      <c r="T49" s="10">
+        <v>41.234000000000002</v>
+      </c>
+      <c r="U49" s="10">
+        <v>39.043999999999997</v>
+      </c>
+      <c r="V49" s="10">
+        <v>40.524999999999999</v>
+      </c>
+    </row>
+    <row r="50" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A50" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B50" s="8">
+        <v>51.886000000000003</v>
+      </c>
+      <c r="C50" s="8">
+        <v>51.058</v>
+      </c>
+      <c r="D50" s="8">
+        <v>51.720999999999997</v>
+      </c>
+      <c r="E50" s="8">
+        <v>50.435000000000002</v>
+      </c>
+      <c r="F50" s="8">
+        <v>49.756999999999998</v>
+      </c>
+      <c r="G50" s="8">
+        <v>50.308</v>
+      </c>
+      <c r="H50" s="8">
+        <v>44.539000000000001</v>
+      </c>
+      <c r="I50" s="8">
+        <v>43.75</v>
+      </c>
+      <c r="J50" s="8">
+        <v>44.338000000000001</v>
+      </c>
+      <c r="K50" s="8">
+        <v>38.145000000000003</v>
+      </c>
+      <c r="L50" s="8">
+        <v>37.491</v>
+      </c>
+      <c r="M50" s="8">
+        <v>37.890999999999998</v>
+      </c>
+      <c r="N50" s="8">
+        <v>35.923000000000002</v>
+      </c>
+      <c r="O50" s="8">
+        <v>35.817</v>
+      </c>
+      <c r="P50" s="8">
+        <v>35.884</v>
+      </c>
+      <c r="Q50" s="8">
+        <v>39.402999999999999</v>
+      </c>
+      <c r="R50" s="8">
+        <v>36.293999999999997</v>
+      </c>
+      <c r="S50" s="8">
+        <v>38.301000000000002</v>
+      </c>
+      <c r="T50" s="8">
+        <v>40.892000000000003</v>
+      </c>
+      <c r="U50" s="8">
+        <v>38.787999999999997</v>
+      </c>
+      <c r="V50" s="8">
+        <v>40.189</v>
+      </c>
+    </row>
+    <row r="51" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A51" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B51" s="10">
+        <v>52.683</v>
+      </c>
+      <c r="C51" s="10">
+        <v>51.308</v>
+      </c>
+      <c r="D51" s="10">
+        <v>52.466000000000001</v>
+      </c>
+      <c r="E51" s="10">
+        <v>50.984000000000002</v>
+      </c>
+      <c r="F51" s="10">
+        <v>49.414999999999999</v>
+      </c>
+      <c r="G51" s="10">
+        <v>50.667999999999999</v>
+      </c>
+      <c r="H51" s="10">
+        <v>45.088000000000001</v>
+      </c>
+      <c r="I51" s="10">
+        <v>43.88</v>
+      </c>
+      <c r="J51" s="10">
+        <v>44.761000000000003</v>
+      </c>
+      <c r="K51" s="10">
+        <v>38.143999999999998</v>
+      </c>
+      <c r="L51" s="10">
+        <v>37.472999999999999</v>
+      </c>
+      <c r="M51" s="10">
+        <v>37.881999999999998</v>
+      </c>
+      <c r="N51" s="10">
+        <v>35.753</v>
+      </c>
+      <c r="O51" s="10">
+        <v>35.387</v>
+      </c>
+      <c r="P51" s="10">
+        <v>35.606000000000002</v>
+      </c>
+      <c r="Q51" s="10">
+        <v>39.286000000000001</v>
+      </c>
+      <c r="R51" s="10">
+        <v>37.466000000000001</v>
+      </c>
+      <c r="S51" s="10">
+        <v>38.491</v>
+      </c>
+      <c r="T51" s="10">
+        <v>41.034999999999997</v>
+      </c>
+      <c r="U51" s="10">
+        <v>38.720999999999997</v>
+      </c>
+      <c r="V51" s="10">
+        <v>40.223999999999997</v>
+      </c>
+    </row>
+    <row r="52" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A52" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B52" s="8">
+        <v>53.1</v>
+      </c>
+      <c r="C52" s="8">
+        <v>51.182000000000002</v>
+      </c>
+      <c r="D52" s="8">
+        <v>52.73</v>
+      </c>
+      <c r="E52" s="8">
+        <v>51.139000000000003</v>
+      </c>
+      <c r="F52" s="8">
+        <v>49.805999999999997</v>
+      </c>
+      <c r="G52" s="8">
+        <v>50.869</v>
+      </c>
+      <c r="H52" s="8">
+        <v>45.32</v>
+      </c>
+      <c r="I52" s="8">
+        <v>44.402000000000001</v>
+      </c>
+      <c r="J52" s="8">
+        <v>45.061</v>
+      </c>
+      <c r="K52" s="8">
+        <v>37.825000000000003</v>
+      </c>
+      <c r="L52" s="8">
+        <v>37.191000000000003</v>
+      </c>
+      <c r="M52" s="8">
+        <v>37.579000000000001</v>
+      </c>
+      <c r="N52" s="8">
+        <v>35.384999999999998</v>
+      </c>
+      <c r="O52" s="8">
+        <v>34.954999999999998</v>
+      </c>
+      <c r="P52" s="8">
+        <v>35.222000000000001</v>
+      </c>
+      <c r="Q52" s="8">
+        <v>38.179000000000002</v>
+      </c>
+      <c r="R52" s="8">
+        <v>36.386000000000003</v>
+      </c>
+      <c r="S52" s="8">
+        <v>37.496000000000002</v>
+      </c>
+      <c r="T52" s="8">
+        <v>40.823999999999998</v>
+      </c>
+      <c r="U52" s="8">
+        <v>38.654000000000003</v>
+      </c>
+      <c r="V52" s="8">
+        <v>40.076000000000001</v>
+      </c>
+    </row>
+    <row r="53" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A53" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B53" s="10">
+        <v>53.517000000000003</v>
+      </c>
+      <c r="C53" s="10">
+        <v>51.521000000000001</v>
+      </c>
+      <c r="D53" s="10">
+        <v>53.182000000000002</v>
+      </c>
+      <c r="E53" s="10">
+        <v>51.31</v>
+      </c>
+      <c r="F53" s="10">
+        <v>50.177</v>
+      </c>
+      <c r="G53" s="10">
+        <v>51.078000000000003</v>
+      </c>
+      <c r="H53" s="10">
+        <v>45.601999999999997</v>
+      </c>
+      <c r="I53" s="10">
+        <v>44.585000000000001</v>
+      </c>
+      <c r="J53" s="10">
+        <v>45.293999999999997</v>
+      </c>
+      <c r="K53" s="10">
+        <v>38.100999999999999</v>
+      </c>
+      <c r="L53" s="10">
+        <v>37.290999999999997</v>
+      </c>
+      <c r="M53" s="10">
+        <v>37.789000000000001</v>
+      </c>
+      <c r="N53" s="10">
+        <v>35.387</v>
+      </c>
+      <c r="O53" s="10">
+        <v>34.863999999999997</v>
+      </c>
+      <c r="P53" s="10">
+        <v>35.177999999999997</v>
+      </c>
+      <c r="Q53" s="10">
+        <v>39.789000000000001</v>
+      </c>
+      <c r="R53" s="10">
+        <v>36.844999999999999</v>
+      </c>
+      <c r="S53" s="10">
+        <v>38.604999999999997</v>
+      </c>
+      <c r="T53" s="10">
+        <v>41.15</v>
+      </c>
+      <c r="U53" s="10">
+        <v>38.856000000000002</v>
+      </c>
+      <c r="V53" s="10">
+        <v>40.344999999999999</v>
+      </c>
+    </row>
+    <row r="54" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A54" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B54" s="8">
+        <v>53.877000000000002</v>
+      </c>
+      <c r="C54" s="8">
+        <v>51.289000000000001</v>
+      </c>
+      <c r="D54" s="8">
+        <v>53.451000000000001</v>
+      </c>
+      <c r="E54" s="8">
+        <v>51.406999999999996</v>
+      </c>
+      <c r="F54" s="8">
+        <v>49.438000000000002</v>
+      </c>
+      <c r="G54" s="8">
+        <v>50.978999999999999</v>
+      </c>
+      <c r="H54" s="8">
+        <v>45.587000000000003</v>
+      </c>
+      <c r="I54" s="8">
+        <v>44.395000000000003</v>
+      </c>
+      <c r="J54" s="8">
+        <v>45.216999999999999</v>
+      </c>
+      <c r="K54" s="8">
+        <v>38.389000000000003</v>
+      </c>
+      <c r="L54" s="8">
+        <v>37.252000000000002</v>
+      </c>
+      <c r="M54" s="8">
+        <v>37.948</v>
+      </c>
+      <c r="N54" s="8">
+        <v>35.14</v>
+      </c>
+      <c r="O54" s="8">
+        <v>35.082000000000001</v>
+      </c>
+      <c r="P54" s="8">
+        <v>35.116999999999997</v>
+      </c>
+      <c r="Q54" s="8">
+        <v>39.805</v>
+      </c>
+      <c r="R54" s="8">
+        <v>37.078000000000003</v>
+      </c>
+      <c r="S54" s="8">
+        <v>38.789000000000001</v>
+      </c>
+      <c r="T54" s="8">
+        <v>41.191000000000003</v>
+      </c>
+      <c r="U54" s="8">
+        <v>38.866</v>
+      </c>
+      <c r="V54" s="8">
+        <v>40.366999999999997</v>
+      </c>
+    </row>
+    <row r="55" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A55" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B55" s="10">
+        <v>54.113</v>
+      </c>
+      <c r="C55" s="10">
+        <v>50.942</v>
+      </c>
+      <c r="D55" s="10">
+        <v>53.509</v>
+      </c>
+      <c r="E55" s="10">
+        <v>51.805999999999997</v>
+      </c>
+      <c r="F55" s="10">
+        <v>50.143999999999998</v>
+      </c>
+      <c r="G55" s="10">
+        <v>51.415999999999997</v>
+      </c>
+      <c r="H55" s="10">
+        <v>45.868000000000002</v>
+      </c>
+      <c r="I55" s="10">
+        <v>44.390999999999998</v>
+      </c>
+      <c r="J55" s="10">
+        <v>45.386000000000003</v>
+      </c>
+      <c r="K55" s="10">
+        <v>38.603999999999999</v>
+      </c>
+      <c r="L55" s="10">
+        <v>37.680999999999997</v>
+      </c>
+      <c r="M55" s="10">
+        <v>38.241</v>
+      </c>
+      <c r="N55" s="10">
+        <v>35.146999999999998</v>
+      </c>
+      <c r="O55" s="10">
+        <v>35.087000000000003</v>
+      </c>
+      <c r="P55" s="10">
+        <v>35.124000000000002</v>
+      </c>
+      <c r="Q55" s="10">
+        <v>38.963999999999999</v>
+      </c>
+      <c r="R55" s="10">
+        <v>37.47</v>
+      </c>
+      <c r="S55" s="10">
+        <v>38.335999999999999</v>
+      </c>
+      <c r="T55" s="10">
+        <v>41.134999999999998</v>
+      </c>
+      <c r="U55" s="10">
+        <v>39.128</v>
+      </c>
+      <c r="V55" s="10">
+        <v>40.402999999999999</v>
+      </c>
+    </row>
+    <row r="56" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A56" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B56" s="8">
+        <v>53.527000000000001</v>
+      </c>
+      <c r="C56" s="8">
+        <v>50.182000000000002</v>
+      </c>
+      <c r="D56" s="8">
+        <v>52.912999999999997</v>
+      </c>
+      <c r="E56" s="8">
+        <v>51.902000000000001</v>
+      </c>
+      <c r="F56" s="8">
+        <v>49.838999999999999</v>
+      </c>
+      <c r="G56" s="8">
+        <v>51.389000000000003</v>
+      </c>
+      <c r="H56" s="8">
+        <v>45.515000000000001</v>
+      </c>
+      <c r="I56" s="8">
+        <v>44.692</v>
+      </c>
+      <c r="J56" s="8">
+        <v>45.244999999999997</v>
+      </c>
+      <c r="K56" s="8">
+        <v>38.441000000000003</v>
+      </c>
+      <c r="L56" s="8">
+        <v>37.371000000000002</v>
+      </c>
+      <c r="M56" s="8">
+        <v>38.030999999999999</v>
+      </c>
+      <c r="N56" s="8">
+        <v>35.524000000000001</v>
+      </c>
+      <c r="O56" s="8">
+        <v>34.887</v>
+      </c>
+      <c r="P56" s="8">
+        <v>35.264000000000003</v>
+      </c>
+      <c r="Q56" s="8">
+        <v>39.198</v>
+      </c>
+      <c r="R56" s="8">
+        <v>36.485999999999997</v>
+      </c>
+      <c r="S56" s="8">
+        <v>38.109000000000002</v>
+      </c>
+      <c r="T56" s="8">
+        <v>40.984999999999999</v>
+      </c>
+      <c r="U56" s="8">
+        <v>38.905000000000001</v>
+      </c>
+      <c r="V56" s="8">
+        <v>40.226999999999997</v>
+      </c>
+    </row>
+    <row r="57" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A57" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B57" s="10">
+        <v>54.301000000000002</v>
+      </c>
+      <c r="C57" s="10">
+        <v>50.018000000000001</v>
+      </c>
+      <c r="D57" s="10">
+        <v>53.406999999999996</v>
+      </c>
+      <c r="E57" s="10">
+        <v>52.301000000000002</v>
+      </c>
+      <c r="F57" s="10">
+        <v>50.295999999999999</v>
+      </c>
+      <c r="G57" s="10">
+        <v>51.816000000000003</v>
+      </c>
+      <c r="H57" s="10">
+        <v>45.902999999999999</v>
+      </c>
+      <c r="I57" s="10">
+        <v>44.642000000000003</v>
+      </c>
+      <c r="J57" s="10">
+        <v>45.478000000000002</v>
+      </c>
+      <c r="K57" s="10">
+        <v>38.179000000000002</v>
+      </c>
+      <c r="L57" s="10">
+        <v>37.286999999999999</v>
+      </c>
+      <c r="M57" s="10">
+        <v>37.817999999999998</v>
+      </c>
+      <c r="N57" s="10">
+        <v>35.323</v>
+      </c>
+      <c r="O57" s="10">
+        <v>35.066000000000003</v>
+      </c>
+      <c r="P57" s="10">
+        <v>35.228000000000002</v>
+      </c>
+      <c r="Q57" s="10">
+        <v>40.954999999999998</v>
+      </c>
+      <c r="R57" s="10">
+        <v>36.026000000000003</v>
+      </c>
+      <c r="S57" s="10">
+        <v>38.915999999999997</v>
+      </c>
+      <c r="T57" s="10">
+        <v>41.203000000000003</v>
+      </c>
+      <c r="U57" s="10">
+        <v>39.085000000000001</v>
+      </c>
+      <c r="V57" s="10">
+        <v>40.423999999999999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A58" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B58" s="8">
+        <v>53.591000000000001</v>
+      </c>
+      <c r="C58" s="8">
+        <v>50.468000000000004</v>
+      </c>
+      <c r="D58" s="8">
+        <v>52.942999999999998</v>
+      </c>
+      <c r="E58" s="8">
+        <v>51.860999999999997</v>
+      </c>
+      <c r="F58" s="8">
+        <v>50.56</v>
+      </c>
+      <c r="G58" s="8">
+        <v>51.52</v>
+      </c>
+      <c r="H58" s="8">
+        <v>45.637999999999998</v>
+      </c>
+      <c r="I58" s="8">
+        <v>44.427999999999997</v>
+      </c>
+      <c r="J58" s="8">
+        <v>45.218000000000004</v>
+      </c>
+      <c r="K58" s="8">
+        <v>38.323</v>
+      </c>
+      <c r="L58" s="8">
+        <v>37.317</v>
+      </c>
+      <c r="M58" s="8">
+        <v>37.920999999999999</v>
+      </c>
+      <c r="N58" s="8">
+        <v>35.188000000000002</v>
+      </c>
+      <c r="O58" s="8">
+        <v>34.728000000000002</v>
+      </c>
+      <c r="P58" s="8">
+        <v>35.012999999999998</v>
+      </c>
+      <c r="Q58" s="8">
+        <v>40.774999999999999</v>
+      </c>
+      <c r="R58" s="8">
+        <v>38.051000000000002</v>
+      </c>
+      <c r="S58" s="8">
+        <v>39.652999999999999</v>
+      </c>
+      <c r="T58" s="8">
+        <v>41.048000000000002</v>
+      </c>
+      <c r="U58" s="8">
+        <v>39.17</v>
+      </c>
+      <c r="V58" s="8">
+        <v>40.348999999999997</v>
+      </c>
+    </row>
+    <row r="59" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A59" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B59" s="10">
+        <v>54.959000000000003</v>
+      </c>
+      <c r="C59" s="10">
+        <v>52.75</v>
+      </c>
+      <c r="D59" s="10">
+        <v>54.536999999999999</v>
+      </c>
+      <c r="E59" s="10">
+        <v>52.472000000000001</v>
+      </c>
+      <c r="F59" s="10">
+        <v>50.366</v>
+      </c>
+      <c r="G59" s="10">
+        <v>51.932000000000002</v>
+      </c>
+      <c r="H59" s="10">
+        <v>45.554000000000002</v>
+      </c>
+      <c r="I59" s="10">
+        <v>44.725999999999999</v>
+      </c>
+      <c r="J59" s="10">
+        <v>45.280999999999999</v>
+      </c>
+      <c r="K59" s="10">
+        <v>37.966999999999999</v>
+      </c>
+      <c r="L59" s="10">
+        <v>37.156999999999996</v>
+      </c>
+      <c r="M59" s="10">
+        <v>37.637</v>
+      </c>
+      <c r="N59" s="10">
+        <v>35.627000000000002</v>
+      </c>
+      <c r="O59" s="10">
+        <v>35.457000000000001</v>
+      </c>
+      <c r="P59" s="10">
+        <v>35.563000000000002</v>
+      </c>
+      <c r="Q59" s="10">
+        <v>38.39</v>
+      </c>
+      <c r="R59" s="10">
+        <v>37.058</v>
+      </c>
+      <c r="S59" s="10">
+        <v>37.886000000000003</v>
+      </c>
+      <c r="T59" s="10">
+        <v>40.790999999999997</v>
+      </c>
+      <c r="U59" s="10">
+        <v>38.997999999999998</v>
+      </c>
+      <c r="V59" s="10">
+        <v>40.127000000000002</v>
+      </c>
+    </row>
+    <row r="60" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A60" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B60" s="8">
+        <v>54.134999999999998</v>
+      </c>
+      <c r="C60" s="8">
+        <v>51.13</v>
+      </c>
+      <c r="D60" s="8">
+        <v>53.448</v>
+      </c>
+      <c r="E60" s="8">
+        <v>52.558</v>
+      </c>
+      <c r="F60" s="8">
+        <v>50.895000000000003</v>
+      </c>
+      <c r="G60" s="8">
+        <v>52.063000000000002</v>
+      </c>
+      <c r="H60" s="8">
+        <v>45.241999999999997</v>
+      </c>
+      <c r="I60" s="8">
+        <v>44.896999999999998</v>
+      </c>
+      <c r="J60" s="8">
+        <v>45.115000000000002</v>
+      </c>
+      <c r="K60" s="8">
+        <v>38.284999999999997</v>
+      </c>
+      <c r="L60" s="8">
+        <v>37.536000000000001</v>
+      </c>
+      <c r="M60" s="8">
+        <v>37.981000000000002</v>
+      </c>
+      <c r="N60" s="8">
+        <v>35.125</v>
+      </c>
+      <c r="O60" s="8">
+        <v>35.42</v>
+      </c>
+      <c r="P60" s="8">
+        <v>35.244</v>
+      </c>
+      <c r="Q60" s="8">
+        <v>38.854999999999997</v>
+      </c>
+      <c r="R60" s="8">
+        <v>36.792999999999999</v>
+      </c>
+      <c r="S60" s="8">
+        <v>38.1</v>
+      </c>
+      <c r="T60" s="8">
+        <v>40.960999999999999</v>
+      </c>
+      <c r="U60" s="8">
+        <v>39.627000000000002</v>
+      </c>
+      <c r="V60" s="8">
+        <v>40.448</v>
+      </c>
+    </row>
+    <row r="61" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A61" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B61" s="10">
+        <v>54.732999999999997</v>
+      </c>
+      <c r="C61" s="10">
+        <v>51.899000000000001</v>
+      </c>
+      <c r="D61" s="10">
+        <v>54.084000000000003</v>
+      </c>
+      <c r="E61" s="10">
+        <v>52.356999999999999</v>
+      </c>
+      <c r="F61" s="10">
+        <v>50.747999999999998</v>
+      </c>
+      <c r="G61" s="10">
+        <v>51.886000000000003</v>
+      </c>
+      <c r="H61" s="10">
+        <v>45.204999999999998</v>
+      </c>
+      <c r="I61" s="10">
+        <v>44.683</v>
+      </c>
+      <c r="J61" s="10">
+        <v>45.012</v>
+      </c>
+      <c r="K61" s="10">
+        <v>38.070999999999998</v>
+      </c>
+      <c r="L61" s="10">
+        <v>37.665999999999997</v>
+      </c>
+      <c r="M61" s="10">
+        <v>37.899000000000001</v>
+      </c>
+      <c r="N61" s="10">
+        <v>35.286999999999999</v>
+      </c>
+      <c r="O61" s="10">
+        <v>35.177</v>
+      </c>
+      <c r="P61" s="10">
+        <v>35.243000000000002</v>
+      </c>
+      <c r="Q61" s="10">
+        <v>38.404000000000003</v>
+      </c>
+      <c r="R61" s="10">
+        <v>36.918999999999997</v>
+      </c>
+      <c r="S61" s="10">
+        <v>37.781999999999996</v>
+      </c>
+      <c r="T61" s="10">
+        <v>40.963000000000001</v>
+      </c>
+      <c r="U61" s="10">
+        <v>39.609000000000002</v>
+      </c>
+      <c r="V61" s="10">
+        <v>40.427999999999997</v>
+      </c>
+    </row>
+    <row r="62" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A62" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B62" s="8">
+        <v>53.555</v>
+      </c>
+      <c r="C62" s="8">
+        <v>51.317</v>
+      </c>
+      <c r="D62" s="8">
+        <v>52.905000000000001</v>
+      </c>
+      <c r="E62" s="8">
+        <v>52.395000000000003</v>
+      </c>
+      <c r="F62" s="8">
+        <v>51.048000000000002</v>
+      </c>
+      <c r="G62" s="8">
+        <v>51.994999999999997</v>
+      </c>
+      <c r="H62" s="8">
+        <v>45.18</v>
+      </c>
+      <c r="I62" s="8">
+        <v>44.853000000000002</v>
+      </c>
+      <c r="J62" s="8">
+        <v>45.061999999999998</v>
+      </c>
+      <c r="K62" s="8">
+        <v>38.052999999999997</v>
+      </c>
+      <c r="L62" s="8">
+        <v>37.615000000000002</v>
+      </c>
+      <c r="M62" s="8">
+        <v>37.869</v>
+      </c>
+      <c r="N62" s="8">
+        <v>35.823</v>
+      </c>
+      <c r="O62" s="8">
+        <v>35.198</v>
+      </c>
+      <c r="P62" s="8">
+        <v>35.575000000000003</v>
+      </c>
+      <c r="Q62" s="8">
+        <v>38.332999999999998</v>
+      </c>
+      <c r="R62" s="8">
+        <v>37.399000000000001</v>
+      </c>
+      <c r="S62" s="8">
+        <v>37.936</v>
+      </c>
+      <c r="T62" s="8">
+        <v>41.023000000000003</v>
+      </c>
+      <c r="U62" s="8">
+        <v>39.667000000000002</v>
+      </c>
+      <c r="V62" s="8">
+        <v>40.491</v>
+      </c>
+    </row>
+    <row r="63" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A63" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="B63" s="10">
+        <v>54.363</v>
+      </c>
+      <c r="C63" s="10">
+        <v>52.322000000000003</v>
+      </c>
+      <c r="D63" s="10">
+        <v>53.88</v>
+      </c>
+      <c r="E63" s="10">
+        <v>52.838999999999999</v>
+      </c>
+      <c r="F63" s="10">
+        <v>50.893999999999998</v>
+      </c>
+      <c r="G63" s="10">
+        <v>52.156999999999996</v>
+      </c>
+      <c r="H63" s="10">
+        <v>45.033999999999999</v>
+      </c>
+      <c r="I63" s="10">
+        <v>44.723999999999997</v>
+      </c>
+      <c r="J63" s="10">
+        <v>44.917000000000002</v>
+      </c>
+      <c r="K63" s="10">
+        <v>38.040999999999997</v>
+      </c>
+      <c r="L63" s="10">
+        <v>37.283000000000001</v>
+      </c>
+      <c r="M63" s="10">
+        <v>37.722999999999999</v>
+      </c>
+      <c r="N63" s="10">
+        <v>35.834000000000003</v>
+      </c>
+      <c r="O63" s="10">
+        <v>35.453000000000003</v>
+      </c>
+      <c r="P63" s="10">
+        <v>35.677999999999997</v>
+      </c>
+      <c r="Q63" s="10">
+        <v>39.628999999999998</v>
+      </c>
+      <c r="R63" s="10">
+        <v>37.505000000000003</v>
+      </c>
+      <c r="S63" s="10">
+        <v>38.665999999999997</v>
+      </c>
+      <c r="T63" s="10">
+        <v>40.947000000000003</v>
+      </c>
+      <c r="U63" s="10">
+        <v>39.673999999999999</v>
+      </c>
+      <c r="V63" s="10">
+        <v>40.435000000000002</v>
+      </c>
+    </row>
+    <row r="64" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A64" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="B64" s="8">
+        <v>54.04</v>
+      </c>
+      <c r="C64" s="8">
+        <v>53.14</v>
+      </c>
+      <c r="D64" s="8">
+        <v>53.802</v>
+      </c>
+      <c r="E64" s="8">
+        <v>52.524000000000001</v>
+      </c>
+      <c r="F64" s="8">
+        <v>51.444000000000003</v>
+      </c>
+      <c r="G64" s="8">
+        <v>52.164000000000001</v>
+      </c>
+      <c r="H64" s="8">
+        <v>45.165999999999997</v>
+      </c>
+      <c r="I64" s="8">
+        <v>44.786999999999999</v>
+      </c>
+      <c r="J64" s="8">
+        <v>45.023000000000003</v>
+      </c>
+      <c r="K64" s="8">
+        <v>38.154000000000003</v>
+      </c>
+      <c r="L64" s="8">
+        <v>37.424999999999997</v>
+      </c>
+      <c r="M64" s="8">
+        <v>37.838999999999999</v>
+      </c>
+      <c r="N64" s="8">
+        <v>35.475999999999999</v>
+      </c>
+      <c r="O64" s="8">
+        <v>35.375</v>
+      </c>
+      <c r="P64" s="8">
+        <v>35.433999999999997</v>
+      </c>
+      <c r="Q64" s="8">
+        <v>39.387999999999998</v>
+      </c>
+      <c r="R64" s="8">
+        <v>38.299999999999997</v>
+      </c>
+      <c r="S64" s="8">
+        <v>38.887999999999998</v>
+      </c>
+      <c r="T64" s="8">
+        <v>40.972000000000001</v>
+      </c>
+      <c r="U64" s="8">
+        <v>39.698999999999998</v>
+      </c>
+      <c r="V64" s="8">
+        <v>40.451999999999998</v>
+      </c>
+    </row>
+    <row r="65" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A65" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="B65" s="10">
+        <v>54.351999999999997</v>
+      </c>
+      <c r="C65" s="10">
+        <v>51.722999999999999</v>
+      </c>
+      <c r="D65" s="10">
+        <v>53.655000000000001</v>
+      </c>
+      <c r="E65" s="10">
+        <v>52.149000000000001</v>
+      </c>
+      <c r="F65" s="10">
+        <v>50.697000000000003</v>
+      </c>
+      <c r="G65" s="10">
+        <v>51.639000000000003</v>
+      </c>
+      <c r="H65" s="10">
+        <v>44.896999999999998</v>
+      </c>
+      <c r="I65" s="10">
+        <v>44.652000000000001</v>
+      </c>
+      <c r="J65" s="10">
+        <v>44.802</v>
+      </c>
+      <c r="K65" s="10">
+        <v>38.073</v>
+      </c>
+      <c r="L65" s="10">
+        <v>37.392000000000003</v>
+      </c>
+      <c r="M65" s="10">
+        <v>37.777000000000001</v>
+      </c>
+      <c r="N65" s="10">
+        <v>35.530999999999999</v>
+      </c>
+      <c r="O65" s="10">
+        <v>35.756</v>
+      </c>
+      <c r="P65" s="10">
+        <v>35.634</v>
+      </c>
+      <c r="Q65" s="10">
+        <v>39.267000000000003</v>
+      </c>
+      <c r="R65" s="10">
+        <v>37.994</v>
+      </c>
+      <c r="S65" s="10">
+        <v>38.698999999999998</v>
+      </c>
+      <c r="T65" s="10">
+        <v>40.912999999999997</v>
+      </c>
+      <c r="U65" s="10">
+        <v>39.704999999999998</v>
+      </c>
+      <c r="V65" s="10">
+        <v>40.406999999999996</v>
+      </c>
+    </row>
+    <row r="66" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A66" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B66" s="8">
+        <v>54.183</v>
+      </c>
+      <c r="C66" s="8">
+        <v>52.139000000000003</v>
+      </c>
+      <c r="D66" s="8">
+        <v>53.515999999999998</v>
+      </c>
+      <c r="E66" s="8">
+        <v>52.22</v>
+      </c>
+      <c r="F66" s="8">
+        <v>51.158999999999999</v>
+      </c>
+      <c r="G66" s="8">
+        <v>51.844999999999999</v>
+      </c>
+      <c r="H66" s="8">
+        <v>44.911000000000001</v>
+      </c>
+      <c r="I66" s="8">
+        <v>44.79</v>
+      </c>
+      <c r="J66" s="8">
+        <v>44.863</v>
+      </c>
+      <c r="K66" s="8">
+        <v>38.409999999999997</v>
+      </c>
+      <c r="L66" s="8">
+        <v>37.765999999999998</v>
+      </c>
+      <c r="M66" s="8">
+        <v>38.130000000000003</v>
+      </c>
+      <c r="N66" s="8">
+        <v>35.145000000000003</v>
+      </c>
+      <c r="O66" s="8">
+        <v>35.456000000000003</v>
+      </c>
+      <c r="P66" s="8">
+        <v>35.28</v>
+      </c>
+      <c r="Q66" s="8">
+        <v>38.234999999999999</v>
+      </c>
+      <c r="R66" s="8">
+        <v>36.975999999999999</v>
+      </c>
+      <c r="S66" s="8">
+        <v>37.582999999999998</v>
+      </c>
+      <c r="T66" s="8">
+        <v>41.195999999999998</v>
+      </c>
+      <c r="U66" s="8">
+        <v>40.164999999999999</v>
+      </c>
+      <c r="V66" s="8">
+        <v>40.762</v>
+      </c>
+    </row>
+    <row r="67" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A67" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="B67" s="10">
+        <v>54.145000000000003</v>
+      </c>
+      <c r="C67" s="10">
+        <v>51.991</v>
+      </c>
+      <c r="D67" s="10">
+        <v>53.444000000000003</v>
+      </c>
+      <c r="E67" s="10">
+        <v>51.798999999999999</v>
+      </c>
+      <c r="F67" s="10">
+        <v>50.828000000000003</v>
+      </c>
+      <c r="G67" s="10">
+        <v>51.453000000000003</v>
+      </c>
+      <c r="H67" s="10">
+        <v>44.639000000000003</v>
+      </c>
+      <c r="I67" s="10">
+        <v>44.496000000000002</v>
+      </c>
+      <c r="J67" s="10">
+        <v>44.581000000000003</v>
+      </c>
+      <c r="K67" s="10">
+        <v>38.106000000000002</v>
+      </c>
+      <c r="L67" s="10">
+        <v>38.002000000000002</v>
+      </c>
+      <c r="M67" s="10">
+        <v>38.058999999999997</v>
+      </c>
+      <c r="N67" s="10">
+        <v>35.790999999999997</v>
+      </c>
+      <c r="O67" s="10">
+        <v>35.786999999999999</v>
+      </c>
+      <c r="P67" s="10">
+        <v>35.789000000000001</v>
+      </c>
+      <c r="Q67" s="10">
+        <v>39.829000000000001</v>
+      </c>
+      <c r="R67" s="10">
+        <v>38.494999999999997</v>
+      </c>
+      <c r="S67" s="10">
+        <v>39.173999999999999</v>
+      </c>
+      <c r="T67" s="10">
+        <v>41.110999999999997</v>
+      </c>
+      <c r="U67" s="10">
+        <v>40.238999999999997</v>
+      </c>
+      <c r="V67" s="10">
+        <v>40.732999999999997</v>
+      </c>
+    </row>
+    <row r="68" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A68" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B68" s="8">
+        <v>53.228999999999999</v>
+      </c>
+      <c r="C68" s="8">
+        <v>52.636000000000003</v>
+      </c>
+      <c r="D68" s="8">
+        <v>53.046999999999997</v>
+      </c>
+      <c r="E68" s="8">
+        <v>51.07</v>
+      </c>
+      <c r="F68" s="8">
+        <v>50.781999999999996</v>
+      </c>
+      <c r="G68" s="8">
+        <v>50.962000000000003</v>
+      </c>
+      <c r="H68" s="8">
+        <v>44.317</v>
+      </c>
+      <c r="I68" s="8">
+        <v>44.188000000000002</v>
+      </c>
+      <c r="J68" s="8">
+        <v>44.265999999999998</v>
+      </c>
+      <c r="K68" s="8">
+        <v>37.558999999999997</v>
+      </c>
+      <c r="L68" s="8">
+        <v>37.293999999999997</v>
+      </c>
+      <c r="M68" s="8">
+        <v>37.439</v>
+      </c>
+      <c r="N68" s="8">
+        <v>35.290999999999997</v>
+      </c>
+      <c r="O68" s="8">
+        <v>35.695</v>
+      </c>
+      <c r="P68" s="8">
+        <v>35.475000000000001</v>
+      </c>
+      <c r="Q68" s="8">
+        <v>40.256</v>
+      </c>
+      <c r="R68" s="8">
+        <v>38.19</v>
+      </c>
+      <c r="S68" s="8">
+        <v>39.119999999999997</v>
+      </c>
+      <c r="T68" s="8">
+        <v>40.881</v>
+      </c>
+      <c r="U68" s="8">
+        <v>40.034999999999997</v>
+      </c>
+      <c r="V68" s="8">
+        <v>40.514000000000003</v>
+      </c>
+    </row>
+    <row r="69" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A69" s="29" t="s">
         <v>96</v>
       </c>
-      <c r="D12" s="8" t="s">
-[...1295 lines deleted...]
-      <c r="J30" s="8">
+      <c r="B69" s="30">
+        <v>54.436999999999998</v>
+      </c>
+      <c r="C69" s="30">
+        <v>54.808</v>
+      </c>
+      <c r="D69" s="30">
+        <v>54.55</v>
+      </c>
+      <c r="E69" s="30">
+        <v>51.326000000000001</v>
+      </c>
+      <c r="F69" s="30">
+        <v>51.265999999999998</v>
+      </c>
+      <c r="G69" s="30">
+        <v>51.304000000000002</v>
+      </c>
+      <c r="H69" s="30">
+        <v>44.33</v>
+      </c>
+      <c r="I69" s="30">
+        <v>44.582999999999998</v>
+      </c>
+      <c r="J69" s="30">
+        <v>44.43</v>
+      </c>
+      <c r="K69" s="30">
+        <v>37.594000000000001</v>
+      </c>
+      <c r="L69" s="30">
+        <v>37.728000000000002</v>
+      </c>
+      <c r="M69" s="30">
+        <v>37.656999999999996</v>
+      </c>
+      <c r="N69" s="30">
+        <v>34.911999999999999</v>
+      </c>
+      <c r="O69" s="30">
+        <v>34.805</v>
+      </c>
+      <c r="P69" s="30">
+        <v>34.863</v>
+      </c>
+      <c r="Q69" s="30">
+        <v>42.116999999999997</v>
+      </c>
+      <c r="R69" s="30">
+        <v>39.85</v>
+      </c>
+      <c r="S69" s="30">
+        <v>40.927999999999997</v>
+      </c>
+      <c r="T69" s="30">
+        <v>41.319000000000003</v>
+      </c>
+      <c r="U69" s="30">
+        <v>40.512999999999998</v>
+      </c>
+      <c r="V69" s="30">
         <v>40.966000000000001</v>
       </c>
-      <c r="K30" s="8">
-[...2762 lines deleted...]
-      <c r="A70" s="11" t="s">
+    </row>
+    <row r="70" spans="1:28" s="28" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70"/>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+      <c r="F70"/>
+      <c r="G70"/>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70"/>
+      <c r="K70"/>
+      <c r="L70"/>
+      <c r="M70"/>
+      <c r="N70"/>
+      <c r="O70"/>
+      <c r="P70"/>
+      <c r="Q70"/>
+      <c r="R70"/>
+      <c r="S70"/>
+      <c r="T70"/>
+      <c r="U70"/>
+      <c r="V70"/>
+    </row>
+    <row r="71" spans="1:28" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="71" spans="1:28" s="11" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A71" s="11" t="s">
+    <row r="72" spans="1:28" s="11" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A72" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B71" s="13"/>
-[...15 lines deleted...]
-      <c r="A73" s="11" t="s">
+      <c r="B72" s="13"/>
+      <c r="C72" s="13"/>
+      <c r="D72" s="13"/>
+      <c r="E72" s="13"/>
+      <c r="F72" s="13"/>
+      <c r="G72" s="13"/>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13"/>
+      <c r="J72" s="13"/>
+      <c r="K72" s="13"/>
+      <c r="L72" s="13"/>
+      <c r="M72" s="13"/>
+      <c r="N72" s="13"/>
+      <c r="O72" s="13"/>
+    </row>
+    <row r="74" spans="1:28" s="12" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A74" s="11" t="s">
         <v>36</v>
       </c>
-      <c r="P73" s="3"/>
-[...11 lines deleted...]
-      <c r="AB73" s="3"/>
+      <c r="P74" s="3"/>
+      <c r="Q74" s="3"/>
+      <c r="R74" s="3"/>
+      <c r="S74" s="3"/>
+      <c r="T74" s="3"/>
+      <c r="U74" s="3"/>
+      <c r="V74" s="3"/>
+      <c r="W74" s="3"/>
+      <c r="X74" s="3"/>
+      <c r="Y74" s="3"/>
+      <c r="Z74" s="3"/>
+      <c r="AA74" s="3"/>
+      <c r="AB74" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="Q10:S10"/>
     <mergeCell ref="T10:V10"/>
     <mergeCell ref="A1:V1"/>
     <mergeCell ref="A2:V2"/>
     <mergeCell ref="A3:V8"/>
     <mergeCell ref="B9:V9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="H10:J10"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="N10:P10"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;R&amp;9©2025 Association of American Medical Colleges
+    <oddFooter>&amp;R&amp;9©2026 AAMC
 The data may be reproduced and distributed with attribution for educational, noncommercial purposes only.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Avg Age by Gender, Rank</vt:lpstr>
       <vt:lpstr>Avg Age by Race, Rank</vt:lpstr>